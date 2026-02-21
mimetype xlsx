--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,888 +1,672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38001AAB-78CB-4DAA-9CB0-492E0B7EB0BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{203B6D6E-D853-447C-9D4C-E214E168652B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
+    <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="90">
   <si>
-    <t>ภาค</t>
+    <t>Region</t>
   </si>
   <si>
-    <t>จังหวัด</t>
+    <t>Province</t>
   </si>
   <si>
-    <t>การตายทั้งหมด</t>
+    <t>Total deaths</t>
   </si>
   <si>
-    <t>การตายในโรงพยาบาล</t>
+    <t>Deaths in hospital</t>
   </si>
   <si>
-    <t>ร้อยละ</t>
+    <t>Percentage</t>
   </si>
   <si>
-    <t>ทั่วราชอาณาจักร</t>
+    <t>Whole Kingdom</t>
   </si>
   <si>
-    <t>กรุงเทพมหานคร</t>
+    <t>Bangkok</t>
   </si>
   <si>
-    <t>ภาคกลาง</t>
+    <t>Central Region</t>
   </si>
   <si>
-    <t>สมุทรปราการ</t>
+    <t>Samut Prakan</t>
   </si>
   <si>
-    <t>นนทบุรี</t>
+    <t>Nonthaburi</t>
   </si>
   <si>
-    <t>ปทุมธานี</t>
+    <t>Pathum Thani</t>
   </si>
   <si>
-    <t>พระนครศรีอยุธยา</t>
+    <t>Phra Nakhon Si Ayutthaya</t>
   </si>
   <si>
-    <t>อ่างทอง</t>
+    <t>Ang Thong</t>
   </si>
   <si>
-    <t>ลพบุรี</t>
+    <t>Lop Buri</t>
   </si>
   <si>
-    <t>สิงห์บุรี</t>
+    <t>Sing Buri</t>
   </si>
   <si>
-    <t>ชัยนาท</t>
+    <t>Chai Nat</t>
   </si>
   <si>
-    <t>สระบุรี</t>
+    <t>Saraburi</t>
   </si>
   <si>
-    <t>ชลบุรี</t>
+    <t>Chon Buri</t>
   </si>
   <si>
-    <t>ระยอง</t>
+    <t>Rayong</t>
   </si>
   <si>
-    <t>จันทบุรี</t>
+    <t>Chanthaburi</t>
   </si>
   <si>
-    <t>ตราด</t>
+    <t>Trat</t>
   </si>
   <si>
-    <t>ฉะเชิงเทรา</t>
+    <t>Chachoengsao</t>
   </si>
   <si>
-    <t>ปราจีนบุรี</t>
+    <t>Prachin Buri</t>
   </si>
   <si>
-    <t>นครนายก</t>
+    <t>Nakhon Nayok</t>
   </si>
   <si>
-    <t>สระแก้ว</t>
+    <t>Sa Kaeo</t>
   </si>
   <si>
-    <t>ราชบุรี</t>
+    <t>Ratchaburi</t>
   </si>
   <si>
-    <t>กาญจนบุรี</t>
+    <t>Kanchanaburi</t>
   </si>
   <si>
-    <t>สุพรรณบุรี</t>
+    <t>Suphan Buri</t>
   </si>
   <si>
-    <t>นครปฐม</t>
+    <t>Nakhon Pathom</t>
   </si>
   <si>
-    <t>สมุทรสาคร</t>
+    <t>Samut Sakhon</t>
   </si>
   <si>
-    <t>สมุทรสงคราม</t>
+    <t>Samut Songkhram</t>
   </si>
   <si>
-    <t>เพชรบุรี</t>
+    <t>Phetchaburi</t>
   </si>
   <si>
-    <t>ประจวบคีรีขันธ์</t>
+    <t>Prachuap Khiri Khan</t>
   </si>
   <si>
-    <t>ภาคเหนือ</t>
+    <t>Northern Region</t>
   </si>
   <si>
-    <t>เชียงใหม่</t>
+    <t>Chiang Mai</t>
   </si>
   <si>
-    <t>ลำพูน</t>
+    <t>Lamphun</t>
   </si>
   <si>
-    <t>ลำปาง</t>
+    <t>Lampang</t>
   </si>
   <si>
-    <t>อุตรดิตถ์</t>
+    <t>Uttaradit</t>
   </si>
   <si>
-    <t>แพร่</t>
+    <t>Phrae</t>
   </si>
   <si>
-    <t>น่าน</t>
+    <t>Nan</t>
   </si>
   <si>
-    <t>พะเยา</t>
+    <t>Phayao</t>
   </si>
   <si>
-    <t>เชียงราย</t>
+    <t>Chiang Rai</t>
   </si>
   <si>
-    <t>แม่ฮ่องสอน</t>
+    <t>Mae Hong Son</t>
   </si>
   <si>
-    <t>นครสวรรค์</t>
+    <t>Nakhon Sawan</t>
   </si>
   <si>
-    <t>อุทัยธานี</t>
+    <t>Uthai Thani</t>
   </si>
   <si>
-    <t>กำแพงเพชร</t>
+    <t>Kamphaeng Phet</t>
   </si>
   <si>
-    <t>ตาก</t>
+    <t>Tak</t>
   </si>
   <si>
-    <t>สุโขทัย</t>
+    <t>Sukhothai</t>
   </si>
   <si>
-    <t>พิษณุโลก</t>
+    <t>Phitsanulok</t>
   </si>
   <si>
-    <t>พิจิตร</t>
+    <t>Phichit</t>
   </si>
   <si>
-    <t>เพชรบูรณ์</t>
+    <t>Phetchabun</t>
   </si>
   <si>
-    <t>ภาคตะวันออกเฉียงเหนือ</t>
+    <t>Northeastern Region</t>
   </si>
   <si>
-    <t>นครราชสีมา</t>
+    <t>Nakhon Ratchasima</t>
   </si>
   <si>
-    <t>บุรีรัมย์</t>
+    <t>Buri Ram</t>
   </si>
   <si>
-    <t>สุรินทร์</t>
+    <t>Surin</t>
   </si>
   <si>
-    <t>ศรีสะเกษ</t>
+    <t>Si Sa Ket</t>
   </si>
   <si>
-    <t>อุบลราชธานี</t>
+    <t>Ubon Ratchathani</t>
   </si>
   <si>
-    <t>ยโสธร</t>
+    <t>Yasothon</t>
   </si>
   <si>
-    <t>ชัยภูมิ</t>
+    <t>Chaiyaphum</t>
   </si>
   <si>
-    <t>อำนาจเจริญ</t>
+    <t>Amnat Charoen</t>
   </si>
   <si>
-    <t>บึงกาฬ</t>
+    <t>Bueng Kan</t>
   </si>
   <si>
-    <t>หนองบัวลำภู</t>
+    <t>Nong Bua Lam Phu</t>
   </si>
   <si>
-    <t>ขอนแก่น</t>
+    <t>Khon Kaen</t>
   </si>
   <si>
-    <t>อุดรธานี</t>
+    <t>Udon Thani</t>
   </si>
   <si>
-    <t>เลย</t>
+    <t>Loei</t>
   </si>
   <si>
-    <t>หนองคาย</t>
+    <t>Nong Khai</t>
   </si>
   <si>
-    <t>มหาสารคาม</t>
+    <t>Maha Sarakham</t>
   </si>
   <si>
-    <t>ร้อยเอ็ด</t>
+    <t>Roi Et</t>
   </si>
   <si>
-    <t>กาฬสินธุ์</t>
+    <t>Kalasin</t>
   </si>
   <si>
-    <t>สกลนคร</t>
+    <t>Sakon Nakhon</t>
   </si>
   <si>
-    <t>นครพนม</t>
+    <t>Nakhon Phanom</t>
   </si>
   <si>
-    <t>มุกดาหาร</t>
+    <t>Mukdahan</t>
   </si>
   <si>
-    <t>ภาคใต้</t>
+    <t>Southern Region</t>
   </si>
   <si>
-    <t>นครศรีธรรมราช</t>
+    <t>Nakhon Si Thammarat</t>
   </si>
   <si>
-    <t>กระบี่</t>
+    <t>Krabi</t>
   </si>
   <si>
-    <t>พังงา</t>
+    <t>Phangnga</t>
   </si>
   <si>
-    <t>ภูเก็ต</t>
+    <t>Phuket</t>
   </si>
   <si>
-    <t>สุราษฎร์ธานี</t>
+    <t>Surat Thani</t>
   </si>
   <si>
-    <t>ระนอง</t>
+    <t>Ranong</t>
   </si>
   <si>
-    <t>ชุมพร</t>
+    <t>Chumphon</t>
   </si>
   <si>
-    <t>สงขลา</t>
+    <t>Songkhla</t>
   </si>
   <si>
-    <t>สตูล</t>
+    <t>Satun</t>
   </si>
   <si>
-    <t>ตรัง</t>
+    <t>Trang</t>
   </si>
   <si>
-    <t>พัทลุง</t>
+    <t>Phatthalung</t>
   </si>
   <si>
-    <t>ปัตตานี</t>
+    <t>Pattani</t>
   </si>
   <si>
-    <t>ยะลา</t>
+    <t>Yala</t>
   </si>
   <si>
-    <t>นราธิวาส</t>
-[...84 lines deleted...]
-    <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
+    <t>Narathiwat</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>หน่วย:</t>
+      <t>Unit:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> คน</t>
+      <t xml:space="preserve"> person</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>ที่มา:</t>
+      <t>Source:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> สำนักงานปลัดกระทรวง กระทรวงสาธารณสุข</t>
+      <t xml:space="preserve"> Office of The Permanent Secretary, Ministry of Public Health</t>
     </r>
   </si>
   <si>
-    <t>จำนวนการตายทั้งหมด การตายในโรงพยาบาล และร้อยละการตายในโรงพยาบาลต่อการตายทั้งหมด จำแนกเป็นรายภาค และจังหวัด พ.ศ. 2555 - 2566</t>
+    <t>Number of Total Deaths and Deaths in Hospital and Percentage of Deaths in 2012-202 Hospital per Total Deaths by Region and Province: 2012 - 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="#,##0.0"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="#0.0"/>
+    <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <sz val="11"/>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...20 lines deleted...]
-      <color theme="10"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...12 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="14">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
-      <right/>
-[...7 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...18 lines deleted...]
-    <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF959595"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF959595"/>
       </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF959595"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
-[...29 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...93 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1130,10319 +914,10637 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AL89"/>
+  <dimension ref="A1:AO89"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="AD1" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.5703125" style="20" customWidth="1"/>
-[...25 lines deleted...]
-    <col min="39" max="16384" width="9.140625" style="20"/>
+    <col min="1" max="1" width="17.5703125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="23.85546875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="12" style="3" customWidth="1"/>
+    <col min="4" max="4" width="14.28515625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="9.85546875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="12" style="3" customWidth="1"/>
+    <col min="7" max="7" width="12.140625" style="3" customWidth="1"/>
+    <col min="8" max="8" width="9.85546875" style="3" customWidth="1"/>
+    <col min="9" max="9" width="12" style="3" customWidth="1"/>
+    <col min="10" max="10" width="11.85546875" style="3" customWidth="1"/>
+    <col min="11" max="11" width="9.85546875" style="3" customWidth="1"/>
+    <col min="12" max="12" width="12" style="3" customWidth="1"/>
+    <col min="13" max="13" width="10.85546875" style="3" customWidth="1"/>
+    <col min="14" max="14" width="10.7109375" style="3" customWidth="1"/>
+    <col min="15" max="15" width="12" style="3" customWidth="1"/>
+    <col min="16" max="16" width="10.85546875" style="3" customWidth="1"/>
+    <col min="17" max="17" width="9.85546875" style="3" customWidth="1"/>
+    <col min="18" max="18" width="12" style="3" customWidth="1"/>
+    <col min="19" max="19" width="13.28515625" style="3" customWidth="1"/>
+    <col min="20" max="20" width="9.85546875" style="3" customWidth="1"/>
+    <col min="21" max="22" width="12" style="3" customWidth="1"/>
+    <col min="23" max="23" width="9.85546875" style="3" customWidth="1"/>
+    <col min="24" max="24" width="12" style="3" customWidth="1"/>
+    <col min="25" max="25" width="12.7109375" style="3" customWidth="1"/>
+    <col min="26" max="26" width="9.85546875" style="3" customWidth="1"/>
+    <col min="27" max="27" width="12" style="3" customWidth="1"/>
+    <col min="28" max="28" width="12.140625" style="3" customWidth="1"/>
+    <col min="29" max="29" width="9.85546875" style="3" customWidth="1"/>
+    <col min="30" max="30" width="12" style="3" customWidth="1"/>
+    <col min="31" max="31" width="10.28515625" style="3" customWidth="1"/>
+    <col min="32" max="32" width="9.85546875" style="3" customWidth="1"/>
+    <col min="33" max="34" width="12.7109375" style="30" customWidth="1"/>
+    <col min="35" max="35" width="9.42578125" style="30" customWidth="1"/>
+    <col min="36" max="37" width="12.7109375" style="30" customWidth="1"/>
+    <col min="38" max="38" width="9.42578125" style="30" customWidth="1"/>
+    <col min="39" max="40" width="12.7109375" style="30" customWidth="1"/>
+    <col min="41" max="41" width="9.42578125" style="30" customWidth="1"/>
+    <col min="42" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38">
-[...39 lines deleted...]
-      <c r="AL1" s="19"/>
+    <row r="1" spans="1:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
+      <c r="N1" s="2"/>
+      <c r="O1" s="2"/>
+      <c r="P1" s="2"/>
+      <c r="Q1" s="2"/>
+      <c r="R1" s="2"/>
+      <c r="S1" s="2"/>
+      <c r="T1" s="2"/>
+      <c r="U1" s="2"/>
+      <c r="V1" s="2"/>
+      <c r="W1" s="2"/>
+      <c r="X1" s="2"/>
+      <c r="Y1" s="2"/>
+      <c r="Z1" s="2"/>
+      <c r="AA1" s="2"/>
+      <c r="AB1" s="2"/>
+      <c r="AC1" s="2"/>
+      <c r="AD1" s="2"/>
+      <c r="AE1" s="2"/>
+      <c r="AF1" s="2"/>
+      <c r="AG1" s="22"/>
+      <c r="AH1" s="22"/>
+      <c r="AI1" s="22"/>
+      <c r="AJ1" s="22"/>
+      <c r="AK1" s="22"/>
+      <c r="AL1" s="22"/>
+      <c r="AM1" s="22"/>
+      <c r="AN1" s="22"/>
+      <c r="AO1" s="22"/>
     </row>
-    <row r="2" spans="1:38">
-[...39 lines deleted...]
-      <c r="AL2" s="21"/>
+    <row r="2" spans="1:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="4"/>
+      <c r="K2" s="4"/>
+      <c r="L2" s="4"/>
+      <c r="M2" s="4"/>
+      <c r="N2" s="4"/>
+      <c r="O2" s="4"/>
+      <c r="P2" s="4"/>
+      <c r="Q2" s="4"/>
+      <c r="R2" s="4"/>
+      <c r="S2" s="4"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="4"/>
+      <c r="V2" s="4"/>
+      <c r="W2" s="4"/>
+      <c r="X2" s="4"/>
+      <c r="Y2" s="4"/>
+      <c r="Z2" s="4"/>
+      <c r="AA2" s="4"/>
+      <c r="AB2" s="4"/>
+      <c r="AC2" s="4"/>
+      <c r="AD2" s="4"/>
+      <c r="AE2" s="4"/>
+      <c r="AF2" s="4"/>
+      <c r="AG2" s="23"/>
+      <c r="AH2" s="23"/>
+      <c r="AI2" s="23"/>
+      <c r="AJ2" s="23"/>
+      <c r="AK2" s="23"/>
+      <c r="AL2" s="23"/>
+      <c r="AM2" s="23"/>
+      <c r="AN2" s="23"/>
+      <c r="AO2" s="23"/>
     </row>
-    <row r="3" spans="1:38">
-[...37 lines deleted...]
-      <c r="AL3" s="21"/>
+    <row r="3" spans="1:41" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="4"/>
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4"/>
+      <c r="E3" s="4"/>
+      <c r="F3" s="4"/>
+      <c r="G3" s="4"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="4"/>
+      <c r="L3" s="4"/>
+      <c r="M3" s="4"/>
+      <c r="N3" s="4"/>
+      <c r="O3" s="4"/>
+      <c r="P3" s="4"/>
+      <c r="Q3" s="4"/>
+      <c r="R3" s="4"/>
+      <c r="S3" s="4"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="4"/>
+      <c r="V3" s="4"/>
+      <c r="W3" s="4"/>
+      <c r="X3" s="4"/>
+      <c r="Y3" s="4"/>
+      <c r="Z3" s="4"/>
+      <c r="AA3" s="4"/>
+      <c r="AB3" s="4"/>
+      <c r="AC3" s="4"/>
+      <c r="AD3" s="4"/>
+      <c r="AE3" s="4"/>
+      <c r="AF3" s="4"/>
+      <c r="AG3" s="23"/>
+      <c r="AH3" s="23"/>
+      <c r="AI3" s="23"/>
+      <c r="AJ3" s="23"/>
+      <c r="AK3" s="23"/>
+      <c r="AL3" s="23"/>
+      <c r="AM3" s="23"/>
+      <c r="AN3" s="23"/>
+      <c r="AO3" s="23"/>
     </row>
-    <row r="4" spans="1:38" s="35" customFormat="1">
+    <row r="4" spans="1:41" s="5" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="41" t="s">
+      <c r="B4" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="36">
-[...58 lines deleted...]
-      <c r="AL4" s="38"/>
+      <c r="C4" s="31">
+        <v>2012</v>
+      </c>
+      <c r="D4" s="32"/>
+      <c r="E4" s="33"/>
+      <c r="F4" s="31">
+        <v>2013</v>
+      </c>
+      <c r="G4" s="32"/>
+      <c r="H4" s="33"/>
+      <c r="I4" s="31">
+        <v>2014</v>
+      </c>
+      <c r="J4" s="32"/>
+      <c r="K4" s="33"/>
+      <c r="L4" s="31">
+        <v>2015</v>
+      </c>
+      <c r="M4" s="32"/>
+      <c r="N4" s="33"/>
+      <c r="O4" s="31">
+        <v>2016</v>
+      </c>
+      <c r="P4" s="32"/>
+      <c r="Q4" s="33"/>
+      <c r="R4" s="31">
+        <v>2017</v>
+      </c>
+      <c r="S4" s="32"/>
+      <c r="T4" s="33"/>
+      <c r="U4" s="31">
+        <v>2018</v>
+      </c>
+      <c r="V4" s="32"/>
+      <c r="W4" s="33"/>
+      <c r="X4" s="31">
+        <v>2019</v>
+      </c>
+      <c r="Y4" s="32"/>
+      <c r="Z4" s="33"/>
+      <c r="AA4" s="31">
+        <v>2020</v>
+      </c>
+      <c r="AB4" s="32"/>
+      <c r="AC4" s="33"/>
+      <c r="AD4" s="31">
+        <v>2021</v>
+      </c>
+      <c r="AE4" s="32"/>
+      <c r="AF4" s="33"/>
+      <c r="AG4" s="31">
+        <v>2022</v>
+      </c>
+      <c r="AH4" s="32"/>
+      <c r="AI4" s="33"/>
+      <c r="AJ4" s="31">
+        <v>2023</v>
+      </c>
+      <c r="AK4" s="32"/>
+      <c r="AL4" s="33"/>
+      <c r="AM4" s="31">
+        <v>2024</v>
+      </c>
+      <c r="AN4" s="32"/>
+      <c r="AO4" s="33"/>
     </row>
-    <row r="5" spans="1:38" s="35" customFormat="1" ht="25.5">
-[...2 lines deleted...]
-      <c r="C5" s="33" t="s">
+    <row r="5" spans="1:41" s="5" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="37"/>
+      <c r="B5" s="35"/>
+      <c r="C5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="33" t="s">
+      <c r="D5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="33" t="s">
+      <c r="E5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="33" t="s">
+      <c r="F5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="G5" s="33" t="s">
+      <c r="G5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H5" s="33" t="s">
+      <c r="H5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I5" s="33" t="s">
+      <c r="I5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="J5" s="33" t="s">
+      <c r="J5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="K5" s="33" t="s">
+      <c r="K5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="L5" s="33" t="s">
+      <c r="L5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="M5" s="33" t="s">
+      <c r="M5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="N5" s="33" t="s">
+      <c r="N5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="O5" s="33" t="s">
+      <c r="O5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="P5" s="33" t="s">
+      <c r="P5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="Q5" s="33" t="s">
+      <c r="Q5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="R5" s="33" t="s">
+      <c r="R5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="S5" s="33" t="s">
+      <c r="S5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="T5" s="33" t="s">
+      <c r="T5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="U5" s="33" t="s">
+      <c r="U5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="V5" s="33" t="s">
+      <c r="V5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="W5" s="33" t="s">
+      <c r="W5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="X5" s="33" t="s">
+      <c r="X5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="Y5" s="33" t="s">
+      <c r="Y5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="Z5" s="34" t="s">
+      <c r="Z5" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="AA5" s="33" t="s">
+      <c r="AA5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="AB5" s="33" t="s">
+      <c r="AB5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AC5" s="34" t="s">
+      <c r="AC5" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="AD5" s="33" t="s">
+      <c r="AD5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="AE5" s="33" t="s">
+      <c r="AE5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AF5" s="34" t="s">
+      <c r="AF5" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="AG5" s="33" t="s">
+      <c r="AG5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="AH5" s="33" t="s">
+      <c r="AH5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AI5" s="34" t="s">
+      <c r="AI5" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="AJ5" s="33" t="s">
+      <c r="AJ5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="AK5" s="33" t="s">
+      <c r="AK5" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AL5" s="34" t="s">
+      <c r="AL5" s="8" t="s">
         <v>4</v>
       </c>
+      <c r="AM5" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="AN5" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="AO5" s="8" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="6" spans="1:38" ht="30" customHeight="1">
-      <c r="A6" s="22" t="s">
+    <row r="6" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="22" t="s">
+      <c r="B6" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="23">
+      <c r="C6" s="10">
         <v>415141</v>
       </c>
-      <c r="D6" s="23">
+      <c r="D6" s="10">
         <v>183232</v>
       </c>
-      <c r="E6" s="24">
+      <c r="E6" s="11">
         <v>44.137293112460597</v>
       </c>
-      <c r="F6" s="23">
+      <c r="F6" s="10">
         <v>426065</v>
       </c>
-      <c r="G6" s="23">
+      <c r="G6" s="10">
         <v>187674</v>
       </c>
-      <c r="H6" s="24">
+      <c r="H6" s="11">
         <v>44.048208606667998</v>
       </c>
-      <c r="I6" s="23">
+      <c r="I6" s="10">
         <v>435624</v>
       </c>
-      <c r="J6" s="23">
+      <c r="J6" s="10">
         <v>195665</v>
       </c>
-      <c r="K6" s="24">
+      <c r="K6" s="11">
         <v>44.916028501643602</v>
       </c>
-      <c r="L6" s="23">
+      <c r="L6" s="10">
         <v>445964</v>
       </c>
-      <c r="M6" s="23">
+      <c r="M6" s="10">
         <v>200615</v>
       </c>
-      <c r="N6" s="24">
+      <c r="N6" s="11">
         <v>44.984572745782202</v>
       </c>
-      <c r="O6" s="23">
+      <c r="O6" s="10">
         <v>469085</v>
       </c>
-      <c r="P6" s="23">
+      <c r="P6" s="10">
         <v>211627</v>
       </c>
-      <c r="Q6" s="24">
+      <c r="Q6" s="11">
         <v>45.114851252971199</v>
       </c>
-      <c r="R6" s="23">
+      <c r="R6" s="10">
         <v>458010</v>
       </c>
-      <c r="S6" s="23">
+      <c r="S6" s="10">
         <v>206625</v>
       </c>
-      <c r="T6" s="24">
+      <c r="T6" s="11">
         <v>45.113643806903802</v>
       </c>
-      <c r="U6" s="23">
+      <c r="U6" s="10">
         <v>461818</v>
       </c>
-      <c r="V6" s="23">
+      <c r="V6" s="10">
         <v>208898</v>
       </c>
-      <c r="W6" s="24">
+      <c r="W6" s="11">
         <v>45.233836706234896</v>
       </c>
-      <c r="X6" s="23">
+      <c r="X6" s="10">
         <v>494339</v>
       </c>
-      <c r="Y6" s="23">
+      <c r="Y6" s="10">
         <v>221418</v>
       </c>
-      <c r="Z6" s="25">
+      <c r="Z6" s="12">
         <v>44.8</v>
       </c>
-      <c r="AA6" s="23">
+      <c r="AA6" s="10">
         <v>489717</v>
       </c>
-      <c r="AB6" s="23">
+      <c r="AB6" s="10">
         <v>213711</v>
       </c>
-      <c r="AC6" s="25">
+      <c r="AC6" s="12">
         <v>43.6</v>
       </c>
-      <c r="AD6" s="23">
+      <c r="AD6" s="10">
         <v>550042</v>
       </c>
-      <c r="AE6" s="23">
+      <c r="AE6" s="10">
         <v>246787</v>
       </c>
-      <c r="AF6" s="25">
+      <c r="AF6" s="12">
         <v>44.9</v>
       </c>
-      <c r="AG6" s="23">
+      <c r="AG6" s="24">
         <v>584854</v>
       </c>
-      <c r="AH6" s="23">
+      <c r="AH6" s="24">
         <v>251578</v>
       </c>
       <c r="AI6" s="25">
         <v>43</v>
       </c>
-      <c r="AJ6" s="46">
+      <c r="AJ6" s="24">
         <v>552650</v>
       </c>
-      <c r="AK6" s="46">
+      <c r="AK6" s="24">
         <v>242141</v>
       </c>
-      <c r="AL6" s="48">
+      <c r="AL6" s="25">
         <v>43.8</v>
       </c>
+      <c r="AM6" s="24">
+        <v>556874</v>
+      </c>
+      <c r="AN6" s="24">
+        <v>249456</v>
+      </c>
+      <c r="AO6" s="25">
+        <v>44.8</v>
+      </c>
     </row>
-    <row r="7" spans="1:38">
-      <c r="A7" s="22" t="s">
+    <row r="7" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="22" t="s">
+      <c r="B7" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="23">
+      <c r="C7" s="10">
         <v>38303</v>
       </c>
-      <c r="D7" s="23">
+      <c r="D7" s="10">
         <v>26582</v>
       </c>
-      <c r="E7" s="24">
+      <c r="E7" s="11">
         <v>69.399263765240306</v>
       </c>
-      <c r="F7" s="23">
+      <c r="F7" s="10">
         <v>38531</v>
       </c>
-      <c r="G7" s="23">
+      <c r="G7" s="10">
         <v>27144</v>
       </c>
-      <c r="H7" s="24">
+      <c r="H7" s="11">
         <v>70.447172406633598</v>
       </c>
-      <c r="I7" s="23">
+      <c r="I7" s="10">
         <v>40486</v>
       </c>
-      <c r="J7" s="23">
+      <c r="J7" s="10">
         <v>28414</v>
       </c>
-      <c r="K7" s="24">
+      <c r="K7" s="11">
         <v>70.182285234402002</v>
       </c>
-      <c r="L7" s="23">
+      <c r="L7" s="10">
         <v>40834</v>
       </c>
-      <c r="M7" s="23">
+      <c r="M7" s="10">
         <v>28447</v>
       </c>
-      <c r="N7" s="24">
+      <c r="N7" s="11">
         <v>69.6649850614684</v>
       </c>
-      <c r="O7" s="23">
+      <c r="O7" s="10">
         <v>42650</v>
       </c>
-      <c r="P7" s="23">
+      <c r="P7" s="10">
         <v>29726</v>
       </c>
-      <c r="Q7" s="24">
+      <c r="Q7" s="11">
         <v>69.697538100820594</v>
       </c>
-      <c r="R7" s="23">
+      <c r="R7" s="10">
         <v>41753</v>
       </c>
-      <c r="S7" s="23">
+      <c r="S7" s="10">
         <v>28684</v>
       </c>
-      <c r="T7" s="24">
+      <c r="T7" s="11">
         <v>68.699255143342995</v>
       </c>
-      <c r="U7" s="23">
+      <c r="U7" s="10">
         <v>42638</v>
       </c>
-      <c r="V7" s="23">
+      <c r="V7" s="10">
         <v>28898</v>
       </c>
-      <c r="W7" s="24">
+      <c r="W7" s="11">
         <v>67.775223978610597</v>
       </c>
-      <c r="X7" s="23">
+      <c r="X7" s="10">
         <v>45346</v>
       </c>
-      <c r="Y7" s="23">
+      <c r="Y7" s="10">
         <v>29976</v>
       </c>
-      <c r="Z7" s="25">
+      <c r="Z7" s="12">
         <v>66.099999999999994</v>
       </c>
-      <c r="AA7" s="23">
+      <c r="AA7" s="10">
         <v>43508</v>
       </c>
-      <c r="AB7" s="23">
+      <c r="AB7" s="10">
         <v>27857</v>
       </c>
-      <c r="AC7" s="25">
+      <c r="AC7" s="12">
         <v>64</v>
       </c>
-      <c r="AD7" s="23">
+      <c r="AD7" s="10">
         <v>57555</v>
       </c>
-      <c r="AE7" s="23">
+      <c r="AE7" s="10">
         <v>38280</v>
       </c>
-      <c r="AF7" s="25">
+      <c r="AF7" s="12">
         <v>66.5</v>
       </c>
-      <c r="AG7" s="23">
+      <c r="AG7" s="24">
         <v>50097</v>
       </c>
-      <c r="AH7" s="23">
+      <c r="AH7" s="24">
         <v>31937</v>
       </c>
       <c r="AI7" s="25">
         <v>63.8</v>
       </c>
-      <c r="AJ7" s="46">
+      <c r="AJ7" s="24">
         <v>47696</v>
       </c>
-      <c r="AK7" s="46">
+      <c r="AK7" s="24">
         <v>30648</v>
       </c>
-      <c r="AL7" s="48">
+      <c r="AL7" s="25">
         <v>64.3</v>
       </c>
+      <c r="AM7" s="24">
+        <v>48309</v>
+      </c>
+      <c r="AN7" s="24">
+        <v>31306</v>
+      </c>
+      <c r="AO7" s="25">
+        <v>64.8</v>
+      </c>
     </row>
-    <row r="8" spans="1:38">
-      <c r="A8" s="43" t="s">
+    <row r="8" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="22" t="s">
+      <c r="B8" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="23">
+      <c r="C8" s="10">
         <v>108767</v>
       </c>
-      <c r="D8" s="23">
+      <c r="D8" s="10">
         <v>60215</v>
       </c>
-      <c r="E8" s="24">
+      <c r="E8" s="11">
         <v>55.361460737172102</v>
       </c>
-      <c r="F8" s="23">
+      <c r="F8" s="10">
         <v>110377</v>
       </c>
-      <c r="G8" s="23">
+      <c r="G8" s="10">
         <v>60598</v>
       </c>
-      <c r="H8" s="24">
+      <c r="H8" s="11">
         <v>54.900930447466401</v>
       </c>
-      <c r="I8" s="23">
+      <c r="I8" s="10">
         <v>113338</v>
       </c>
-      <c r="J8" s="23">
+      <c r="J8" s="10">
         <v>64020</v>
       </c>
-      <c r="K8" s="24">
+      <c r="K8" s="11">
         <v>56.485909403730403</v>
       </c>
-      <c r="L8" s="23">
+      <c r="L8" s="10">
         <v>116302</v>
       </c>
-      <c r="M8" s="23">
+      <c r="M8" s="10">
         <v>65637</v>
       </c>
-      <c r="N8" s="24">
+      <c r="N8" s="11">
         <v>56.436690684596996</v>
       </c>
-      <c r="O8" s="23">
+      <c r="O8" s="10">
         <v>123228</v>
       </c>
-      <c r="P8" s="23">
+      <c r="P8" s="10">
         <v>69328</v>
       </c>
-      <c r="Q8" s="24">
+      <c r="Q8" s="11">
         <v>56.2599409225176</v>
       </c>
-      <c r="R8" s="23">
+      <c r="R8" s="10">
         <v>120288</v>
       </c>
-      <c r="S8" s="23">
+      <c r="S8" s="10">
         <v>68123</v>
       </c>
-      <c r="T8" s="24">
+      <c r="T8" s="11">
         <v>56.633246874168698</v>
       </c>
-      <c r="U8" s="23">
+      <c r="U8" s="10">
         <v>122004</v>
       </c>
-      <c r="V8" s="23">
+      <c r="V8" s="10">
         <v>68861</v>
       </c>
-      <c r="W8" s="24">
+      <c r="W8" s="11">
         <v>56.441592078948197</v>
       </c>
-      <c r="X8" s="23">
+      <c r="X8" s="10">
         <v>130842</v>
       </c>
-      <c r="Y8" s="23">
+      <c r="Y8" s="10">
         <v>73147</v>
       </c>
-      <c r="Z8" s="25">
+      <c r="Z8" s="12">
         <v>55.9</v>
       </c>
-      <c r="AA8" s="23">
+      <c r="AA8" s="10">
         <v>130011</v>
       </c>
-      <c r="AB8" s="23">
+      <c r="AB8" s="10">
         <v>71149</v>
       </c>
-      <c r="AC8" s="25">
+      <c r="AC8" s="12">
         <v>54.7</v>
       </c>
-      <c r="AD8" s="23">
+      <c r="AD8" s="10">
         <v>153157</v>
       </c>
-      <c r="AE8" s="23">
+      <c r="AE8" s="10">
         <v>85084</v>
       </c>
-      <c r="AF8" s="25">
+      <c r="AF8" s="12">
         <v>55.6</v>
       </c>
-      <c r="AG8" s="23">
+      <c r="AG8" s="24">
         <v>155349</v>
       </c>
-      <c r="AH8" s="23">
+      <c r="AH8" s="24">
         <v>82322</v>
       </c>
       <c r="AI8" s="25">
         <v>53</v>
       </c>
-      <c r="AJ8" s="46">
+      <c r="AJ8" s="24">
         <v>147347</v>
       </c>
-      <c r="AK8" s="46">
+      <c r="AK8" s="24">
         <v>80030</v>
       </c>
-      <c r="AL8" s="48">
+      <c r="AL8" s="25">
         <v>54.3</v>
       </c>
+      <c r="AM8" s="24">
+        <v>148470</v>
+      </c>
+      <c r="AN8" s="24">
+        <v>81763</v>
+      </c>
+      <c r="AO8" s="25">
+        <v>55.1</v>
+      </c>
     </row>
-    <row r="9" spans="1:38">
-[...1 lines deleted...]
-      <c r="B9" s="22" t="s">
+    <row r="9" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="14"/>
+      <c r="B9" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="23">
+      <c r="C9" s="10">
         <v>6388</v>
       </c>
-      <c r="D9" s="23">
+      <c r="D9" s="10">
         <v>3967</v>
       </c>
-      <c r="E9" s="24">
+      <c r="E9" s="11">
         <v>62.100814026299297</v>
       </c>
-      <c r="F9" s="23">
+      <c r="F9" s="10">
         <v>7040</v>
       </c>
-      <c r="G9" s="23">
+      <c r="G9" s="10">
         <v>4372</v>
       </c>
-      <c r="H9" s="24">
+      <c r="H9" s="11">
         <v>62.102272727272698</v>
       </c>
-      <c r="I9" s="23">
+      <c r="I9" s="10">
         <v>7415</v>
       </c>
-      <c r="J9" s="23">
+      <c r="J9" s="10">
         <v>4714</v>
       </c>
-      <c r="K9" s="24">
+      <c r="K9" s="11">
         <v>63.573836817262297</v>
       </c>
-      <c r="L9" s="23">
+      <c r="L9" s="10">
         <v>7556</v>
       </c>
-      <c r="M9" s="23">
+      <c r="M9" s="10">
         <v>4787</v>
       </c>
-      <c r="N9" s="24">
+      <c r="N9" s="11">
         <v>63.353626257278997</v>
       </c>
-      <c r="O9" s="23">
+      <c r="O9" s="10">
         <v>8131</v>
       </c>
-      <c r="P9" s="23">
+      <c r="P9" s="10">
         <v>5126</v>
       </c>
-      <c r="Q9" s="24">
+      <c r="Q9" s="11">
         <v>63.0426761775919</v>
       </c>
-      <c r="R9" s="23">
+      <c r="R9" s="10">
         <v>8166</v>
       </c>
-      <c r="S9" s="23">
+      <c r="S9" s="10">
         <v>5070</v>
       </c>
-      <c r="T9" s="24">
+      <c r="T9" s="11">
         <v>62.08670095518</v>
       </c>
-      <c r="U9" s="23">
+      <c r="U9" s="10">
         <v>8255</v>
       </c>
-      <c r="V9" s="23">
+      <c r="V9" s="10">
         <v>5045</v>
       </c>
-      <c r="W9" s="24">
+      <c r="W9" s="11">
         <v>61.114476075105998</v>
       </c>
-      <c r="X9" s="23">
+      <c r="X9" s="10">
         <v>8738</v>
       </c>
-      <c r="Y9" s="23">
+      <c r="Y9" s="10">
         <v>5300</v>
       </c>
-      <c r="Z9" s="25">
+      <c r="Z9" s="12">
         <v>60.7</v>
       </c>
-      <c r="AA9" s="23">
+      <c r="AA9" s="10">
         <v>8756</v>
       </c>
-      <c r="AB9" s="23">
+      <c r="AB9" s="10">
         <v>5085</v>
       </c>
-      <c r="AC9" s="25">
+      <c r="AC9" s="12">
         <v>58.1</v>
       </c>
-      <c r="AD9" s="23">
+      <c r="AD9" s="10">
         <v>12377</v>
       </c>
-      <c r="AE9" s="23">
+      <c r="AE9" s="10">
         <v>7755</v>
       </c>
-      <c r="AF9" s="25">
+      <c r="AF9" s="12">
         <v>62.7</v>
       </c>
-      <c r="AG9" s="23">
+      <c r="AG9" s="24">
         <v>10607</v>
       </c>
-      <c r="AH9" s="23">
+      <c r="AH9" s="24">
         <v>6187</v>
       </c>
       <c r="AI9" s="25">
         <v>58.3</v>
       </c>
-      <c r="AJ9" s="46">
+      <c r="AJ9" s="24">
         <v>9964</v>
       </c>
-      <c r="AK9" s="46">
+      <c r="AK9" s="24">
         <v>6065</v>
       </c>
-      <c r="AL9" s="48">
+      <c r="AL9" s="25">
         <v>60.9</v>
       </c>
+      <c r="AM9" s="24">
+        <v>10173</v>
+      </c>
+      <c r="AN9" s="24">
+        <v>6316</v>
+      </c>
+      <c r="AO9" s="25">
+        <v>62.1</v>
+      </c>
     </row>
-    <row r="10" spans="1:38">
-[...1 lines deleted...]
-      <c r="B10" s="22" t="s">
+    <row r="10" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="14"/>
+      <c r="B10" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="23">
+      <c r="C10" s="10">
         <v>6431</v>
       </c>
-      <c r="D10" s="23">
+      <c r="D10" s="10">
         <v>4070</v>
       </c>
-      <c r="E10" s="24">
+      <c r="E10" s="11">
         <v>63.287202612346498</v>
       </c>
-      <c r="F10" s="23">
+      <c r="F10" s="10">
         <v>6495</v>
       </c>
-      <c r="G10" s="23">
+      <c r="G10" s="10">
         <v>4011</v>
       </c>
-      <c r="H10" s="24">
+      <c r="H10" s="11">
         <v>61.755196304849903</v>
       </c>
-      <c r="I10" s="23">
+      <c r="I10" s="10">
         <v>6770</v>
       </c>
-      <c r="J10" s="23">
+      <c r="J10" s="10">
         <v>4562</v>
       </c>
-      <c r="K10" s="24">
+      <c r="K10" s="11">
         <v>67.385524372230407</v>
       </c>
-      <c r="L10" s="23">
+      <c r="L10" s="10">
         <v>7061</v>
       </c>
-      <c r="M10" s="23">
+      <c r="M10" s="10">
         <v>4271</v>
       </c>
-      <c r="N10" s="24">
+      <c r="N10" s="11">
         <v>60.487183118538503</v>
       </c>
-      <c r="O10" s="23">
+      <c r="O10" s="10">
         <v>7654</v>
       </c>
-      <c r="P10" s="23">
+      <c r="P10" s="10">
         <v>4706</v>
       </c>
-      <c r="Q10" s="24">
+      <c r="Q10" s="11">
         <v>61.484191272537203</v>
       </c>
-      <c r="R10" s="23">
+      <c r="R10" s="10">
         <v>7666</v>
       </c>
-      <c r="S10" s="23">
+      <c r="S10" s="10">
         <v>4656</v>
       </c>
-      <c r="T10" s="24">
+      <c r="T10" s="11">
         <v>60.735716149230399</v>
       </c>
-      <c r="U10" s="23">
+      <c r="U10" s="10">
         <v>7765</v>
       </c>
-      <c r="V10" s="23">
+      <c r="V10" s="10">
         <v>4717</v>
       </c>
-      <c r="W10" s="24">
+      <c r="W10" s="11">
         <v>60.746941403734702</v>
       </c>
-      <c r="X10" s="23">
+      <c r="X10" s="10">
         <v>8818</v>
       </c>
-      <c r="Y10" s="23">
+      <c r="Y10" s="10">
         <v>5126</v>
       </c>
-      <c r="Z10" s="25">
+      <c r="Z10" s="12">
         <v>58.1</v>
       </c>
-      <c r="AA10" s="23">
+      <c r="AA10" s="10">
         <v>8684</v>
       </c>
-      <c r="AB10" s="23">
+      <c r="AB10" s="10">
         <v>5155</v>
       </c>
-      <c r="AC10" s="25">
+      <c r="AC10" s="12">
         <v>59.4</v>
       </c>
-      <c r="AD10" s="23">
+      <c r="AD10" s="10">
         <v>11029</v>
       </c>
-      <c r="AE10" s="23">
+      <c r="AE10" s="10">
         <v>6990</v>
       </c>
-      <c r="AF10" s="25">
+      <c r="AF10" s="12">
         <v>63.4</v>
       </c>
-      <c r="AG10" s="23">
+      <c r="AG10" s="24">
         <v>10663</v>
       </c>
-      <c r="AH10" s="23">
+      <c r="AH10" s="24">
         <v>6368</v>
       </c>
       <c r="AI10" s="25">
         <v>59.7</v>
       </c>
-      <c r="AJ10" s="46">
+      <c r="AJ10" s="24">
         <v>9954</v>
       </c>
-      <c r="AK10" s="46">
+      <c r="AK10" s="24">
         <v>5604</v>
       </c>
-      <c r="AL10" s="48">
+      <c r="AL10" s="25">
         <v>56.3</v>
       </c>
+      <c r="AM10" s="24">
+        <v>10160</v>
+      </c>
+      <c r="AN10" s="24">
+        <v>5794</v>
+      </c>
+      <c r="AO10" s="25">
+        <v>57</v>
+      </c>
     </row>
-    <row r="11" spans="1:38">
-[...1 lines deleted...]
-      <c r="B11" s="22" t="s">
+    <row r="11" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="14"/>
+      <c r="B11" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="23">
+      <c r="C11" s="10">
         <v>5473</v>
       </c>
-      <c r="D11" s="23">
+      <c r="D11" s="10">
         <v>3051</v>
       </c>
-      <c r="E11" s="24">
+      <c r="E11" s="11">
         <v>55.7463913758451</v>
       </c>
-      <c r="F11" s="23">
+      <c r="F11" s="10">
         <v>5604</v>
       </c>
-      <c r="G11" s="23">
+      <c r="G11" s="10">
         <v>3190</v>
       </c>
-      <c r="H11" s="24">
+      <c r="H11" s="11">
         <v>56.923625981441802</v>
       </c>
-      <c r="I11" s="23">
+      <c r="I11" s="10">
         <v>6167</v>
       </c>
-      <c r="J11" s="23">
+      <c r="J11" s="10">
         <v>3564</v>
       </c>
-      <c r="K11" s="24">
+      <c r="K11" s="11">
         <v>57.791470731311797</v>
       </c>
-      <c r="L11" s="23">
+      <c r="L11" s="10">
         <v>6499</v>
       </c>
-      <c r="M11" s="23">
+      <c r="M11" s="10">
         <v>3644</v>
       </c>
-      <c r="N11" s="24">
+      <c r="N11" s="11">
         <v>56.070164640713998</v>
       </c>
-      <c r="O11" s="23">
+      <c r="O11" s="10">
         <v>6953</v>
       </c>
-      <c r="P11" s="23">
+      <c r="P11" s="10">
         <v>3974</v>
       </c>
-      <c r="Q11" s="24">
+      <c r="Q11" s="11">
         <v>57.155184812311198</v>
       </c>
-      <c r="R11" s="23">
+      <c r="R11" s="10">
         <v>6890</v>
       </c>
-      <c r="S11" s="23">
+      <c r="S11" s="10">
         <v>3981</v>
       </c>
-      <c r="T11" s="24">
+      <c r="T11" s="11">
         <v>57.779390420899901</v>
       </c>
-      <c r="U11" s="23">
+      <c r="U11" s="10">
         <v>7208</v>
       </c>
-      <c r="V11" s="23">
+      <c r="V11" s="10">
         <v>4158</v>
       </c>
-      <c r="W11" s="24">
+      <c r="W11" s="11">
         <v>57.685904550499401</v>
       </c>
-      <c r="X11" s="23">
+      <c r="X11" s="10">
         <v>7757</v>
       </c>
-      <c r="Y11" s="23">
+      <c r="Y11" s="10">
         <v>4275</v>
       </c>
-      <c r="Z11" s="25">
+      <c r="Z11" s="12">
         <v>55.1</v>
       </c>
-      <c r="AA11" s="23">
+      <c r="AA11" s="10">
         <v>7807</v>
       </c>
-      <c r="AB11" s="23">
+      <c r="AB11" s="10">
         <v>4247</v>
       </c>
-      <c r="AC11" s="25">
+      <c r="AC11" s="12">
         <v>54.4</v>
       </c>
-      <c r="AD11" s="23">
+      <c r="AD11" s="10">
         <v>9810</v>
       </c>
-      <c r="AE11" s="23">
+      <c r="AE11" s="10">
         <v>5599</v>
       </c>
-      <c r="AF11" s="25">
+      <c r="AF11" s="12">
         <v>57.1</v>
       </c>
-      <c r="AG11" s="23">
+      <c r="AG11" s="24">
         <v>9254</v>
       </c>
-      <c r="AH11" s="23">
+      <c r="AH11" s="24">
         <v>4916</v>
       </c>
       <c r="AI11" s="25">
         <v>53.1</v>
       </c>
-      <c r="AJ11" s="46">
+      <c r="AJ11" s="24">
         <v>9201</v>
       </c>
-      <c r="AK11" s="46">
+      <c r="AK11" s="24">
         <v>5123</v>
       </c>
-      <c r="AL11" s="48">
+      <c r="AL11" s="25">
         <v>55.7</v>
       </c>
+      <c r="AM11" s="24">
+        <v>9390</v>
+      </c>
+      <c r="AN11" s="24">
+        <v>5240</v>
+      </c>
+      <c r="AO11" s="25">
+        <v>55.8</v>
+      </c>
     </row>
-    <row r="12" spans="1:38">
-[...1 lines deleted...]
-      <c r="B12" s="22" t="s">
+    <row r="12" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="14"/>
+      <c r="B12" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="23">
+      <c r="C12" s="10">
         <v>5667</v>
       </c>
-      <c r="D12" s="23">
+      <c r="D12" s="10">
         <v>2954</v>
       </c>
-      <c r="E12" s="24">
+      <c r="E12" s="11">
         <v>52.126345509087699</v>
       </c>
-      <c r="F12" s="23">
+      <c r="F12" s="10">
         <v>5838</v>
       </c>
-      <c r="G12" s="23">
+      <c r="G12" s="10">
         <v>3123</v>
       </c>
-      <c r="H12" s="24">
+      <c r="H12" s="11">
         <v>53.4943473792395</v>
       </c>
-      <c r="I12" s="23">
+      <c r="I12" s="10">
         <v>5865</v>
       </c>
-      <c r="J12" s="23">
+      <c r="J12" s="10">
         <v>3198</v>
       </c>
-      <c r="K12" s="24">
+      <c r="K12" s="11">
         <v>54.526854219948902</v>
       </c>
-      <c r="L12" s="23">
+      <c r="L12" s="10">
         <v>6071</v>
       </c>
-      <c r="M12" s="23">
+      <c r="M12" s="10">
         <v>3434</v>
       </c>
-      <c r="N12" s="24">
+      <c r="N12" s="11">
         <v>56.563992752429598</v>
       </c>
-      <c r="O12" s="23">
+      <c r="O12" s="10">
         <v>6530</v>
       </c>
-      <c r="P12" s="23">
+      <c r="P12" s="10">
         <v>3661</v>
       </c>
-      <c r="Q12" s="24">
+      <c r="Q12" s="11">
         <v>56.064318529862199</v>
       </c>
-      <c r="R12" s="23">
+      <c r="R12" s="10">
         <v>6079</v>
       </c>
-      <c r="S12" s="23">
+      <c r="S12" s="10">
         <v>3371</v>
       </c>
-      <c r="T12" s="24">
+      <c r="T12" s="11">
         <v>55.4531995393979</v>
       </c>
-      <c r="U12" s="23">
+      <c r="U12" s="10">
         <v>6214</v>
       </c>
-      <c r="V12" s="23">
+      <c r="V12" s="10">
         <v>3413</v>
       </c>
-      <c r="W12" s="24">
+      <c r="W12" s="11">
         <v>54.924364338590301</v>
       </c>
-      <c r="X12" s="23">
+      <c r="X12" s="10">
         <v>6766</v>
       </c>
-      <c r="Y12" s="23">
+      <c r="Y12" s="10">
         <v>3700</v>
       </c>
-      <c r="Z12" s="25">
+      <c r="Z12" s="12">
         <v>54.7</v>
       </c>
-      <c r="AA12" s="23">
+      <c r="AA12" s="10">
         <v>6680</v>
       </c>
-      <c r="AB12" s="23">
+      <c r="AB12" s="10">
         <v>3657</v>
       </c>
-      <c r="AC12" s="25">
+      <c r="AC12" s="12">
         <v>54.7</v>
       </c>
-      <c r="AD12" s="23">
+      <c r="AD12" s="10">
         <v>7958</v>
       </c>
-      <c r="AE12" s="23">
+      <c r="AE12" s="10">
         <v>4227</v>
       </c>
-      <c r="AF12" s="25">
+      <c r="AF12" s="12">
         <v>53.1</v>
       </c>
-      <c r="AG12" s="23">
+      <c r="AG12" s="24">
         <v>7845</v>
       </c>
-      <c r="AH12" s="23">
+      <c r="AH12" s="24">
         <v>3976</v>
       </c>
       <c r="AI12" s="25">
         <v>50.7</v>
       </c>
-      <c r="AJ12" s="46">
+      <c r="AJ12" s="24">
         <v>7576</v>
       </c>
-      <c r="AK12" s="46">
+      <c r="AK12" s="24">
         <v>3808</v>
       </c>
-      <c r="AL12" s="48">
+      <c r="AL12" s="25">
         <v>50.3</v>
       </c>
+      <c r="AM12" s="24">
+        <v>7349</v>
+      </c>
+      <c r="AN12" s="24">
+        <v>3791</v>
+      </c>
+      <c r="AO12" s="25">
+        <v>51.6</v>
+      </c>
     </row>
-    <row r="13" spans="1:38">
-[...1 lines deleted...]
-      <c r="B13" s="22" t="s">
+    <row r="13" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="14"/>
+      <c r="B13" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="C13" s="23">
+      <c r="C13" s="10">
         <v>2485</v>
       </c>
-      <c r="D13" s="23">
+      <c r="D13" s="10">
         <v>1312</v>
       </c>
-      <c r="E13" s="24">
+      <c r="E13" s="11">
         <v>52.796780684104597</v>
       </c>
-      <c r="F13" s="23">
+      <c r="F13" s="10">
         <v>2475</v>
       </c>
-      <c r="G13" s="23">
+      <c r="G13" s="10">
         <v>1261</v>
       </c>
-      <c r="H13" s="24">
+      <c r="H13" s="11">
         <v>50.949494949494998</v>
       </c>
-      <c r="I13" s="23">
+      <c r="I13" s="10">
         <v>2303</v>
       </c>
-      <c r="J13" s="23">
+      <c r="J13" s="10">
         <v>1230</v>
       </c>
-      <c r="K13" s="24">
+      <c r="K13" s="11">
         <v>53.408597481545797</v>
       </c>
-      <c r="L13" s="23">
+      <c r="L13" s="10">
         <v>2412</v>
       </c>
-      <c r="M13" s="23">
+      <c r="M13" s="10">
         <v>1270</v>
       </c>
-      <c r="N13" s="24">
+      <c r="N13" s="11">
         <v>52.653399668325001</v>
       </c>
-      <c r="O13" s="23">
+      <c r="O13" s="10">
         <v>2688</v>
       </c>
-      <c r="P13" s="23">
+      <c r="P13" s="10">
         <v>1449</v>
       </c>
-      <c r="Q13" s="24">
+      <c r="Q13" s="11">
         <v>53.90625</v>
       </c>
-      <c r="R13" s="23">
+      <c r="R13" s="10">
         <v>2491</v>
       </c>
-      <c r="S13" s="23">
+      <c r="S13" s="10">
         <v>1334</v>
       </c>
-      <c r="T13" s="24">
+      <c r="T13" s="11">
         <v>53.552790044159003</v>
       </c>
-      <c r="U13" s="23">
+      <c r="U13" s="10">
         <v>2466</v>
       </c>
-      <c r="V13" s="23">
+      <c r="V13" s="10">
         <v>1264</v>
       </c>
-      <c r="W13" s="24">
+      <c r="W13" s="11">
         <v>51.257096512571003</v>
       </c>
-      <c r="X13" s="23">
+      <c r="X13" s="10">
         <v>2609</v>
       </c>
-      <c r="Y13" s="23">
+      <c r="Y13" s="10">
         <v>1358</v>
       </c>
-      <c r="Z13" s="25">
+      <c r="Z13" s="12">
         <v>52.1</v>
       </c>
-      <c r="AA13" s="23">
+      <c r="AA13" s="10">
         <v>2587</v>
       </c>
-      <c r="AB13" s="23">
+      <c r="AB13" s="10">
         <v>1359</v>
       </c>
-      <c r="AC13" s="25">
+      <c r="AC13" s="12">
         <v>52.5</v>
       </c>
-      <c r="AD13" s="23">
+      <c r="AD13" s="10">
         <v>3013</v>
       </c>
-      <c r="AE13" s="23">
+      <c r="AE13" s="10">
         <v>1478</v>
       </c>
-      <c r="AF13" s="25">
+      <c r="AF13" s="12">
         <v>49.1</v>
       </c>
-      <c r="AG13" s="23">
+      <c r="AG13" s="24">
         <v>2993</v>
       </c>
-      <c r="AH13" s="23">
+      <c r="AH13" s="24">
         <v>1321</v>
       </c>
       <c r="AI13" s="25">
         <v>44.1</v>
       </c>
-      <c r="AJ13" s="46">
+      <c r="AJ13" s="24">
         <v>2867</v>
       </c>
-      <c r="AK13" s="46">
+      <c r="AK13" s="24">
         <v>1387</v>
       </c>
-      <c r="AL13" s="48">
+      <c r="AL13" s="25">
         <v>48.4</v>
       </c>
+      <c r="AM13" s="24">
+        <v>2710</v>
+      </c>
+      <c r="AN13" s="24">
+        <v>1359</v>
+      </c>
+      <c r="AO13" s="25">
+        <v>50.1</v>
+      </c>
     </row>
-    <row r="14" spans="1:38">
-[...1 lines deleted...]
-      <c r="B14" s="22" t="s">
+    <row r="14" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="14"/>
+      <c r="B14" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="C14" s="23">
+      <c r="C14" s="10">
         <v>5711</v>
       </c>
-      <c r="D14" s="23">
+      <c r="D14" s="10">
         <v>3268</v>
       </c>
-      <c r="E14" s="24">
+      <c r="E14" s="11">
         <v>57.2229031693224</v>
       </c>
-      <c r="F14" s="23">
+      <c r="F14" s="10">
         <v>5770</v>
       </c>
-      <c r="G14" s="23">
+      <c r="G14" s="10">
         <v>3293</v>
       </c>
-      <c r="H14" s="24">
+      <c r="H14" s="11">
         <v>57.071057192374397</v>
       </c>
-      <c r="I14" s="23">
+      <c r="I14" s="10">
         <v>5666</v>
       </c>
-      <c r="J14" s="23">
+      <c r="J14" s="10">
         <v>3169</v>
       </c>
-      <c r="K14" s="24">
+      <c r="K14" s="11">
         <v>55.930109424638196</v>
       </c>
-      <c r="L14" s="23">
+      <c r="L14" s="10">
         <v>5886</v>
       </c>
-      <c r="M14" s="23">
+      <c r="M14" s="10">
         <v>3413</v>
       </c>
-      <c r="N14" s="24">
+      <c r="N14" s="11">
         <v>57.985049269452901</v>
       </c>
-      <c r="O14" s="23">
+      <c r="O14" s="10">
         <v>6385</v>
       </c>
-      <c r="P14" s="23">
+      <c r="P14" s="10">
         <v>3642</v>
       </c>
-      <c r="Q14" s="24">
+      <c r="Q14" s="11">
         <v>57.039937353171503</v>
       </c>
-      <c r="R14" s="23">
+      <c r="R14" s="10">
         <v>5879</v>
       </c>
-      <c r="S14" s="23">
+      <c r="S14" s="10">
         <v>3353</v>
       </c>
-      <c r="T14" s="24">
+      <c r="T14" s="11">
         <v>57.033509100187104</v>
       </c>
-      <c r="U14" s="23">
+      <c r="U14" s="10">
         <v>6081</v>
       </c>
-      <c r="V14" s="23">
+      <c r="V14" s="10">
         <v>3366</v>
       </c>
-      <c r="W14" s="24">
+      <c r="W14" s="11">
         <v>55.352738036507198</v>
       </c>
-      <c r="X14" s="23">
+      <c r="X14" s="10">
         <v>6384</v>
       </c>
-      <c r="Y14" s="23">
+      <c r="Y14" s="10">
         <v>3466</v>
       </c>
-      <c r="Z14" s="25">
+      <c r="Z14" s="12">
         <v>54.3</v>
       </c>
-      <c r="AA14" s="23">
+      <c r="AA14" s="10">
         <v>6345</v>
       </c>
-      <c r="AB14" s="23">
+      <c r="AB14" s="10">
         <v>3421</v>
       </c>
-      <c r="AC14" s="25">
+      <c r="AC14" s="12">
         <v>53.9</v>
       </c>
-      <c r="AD14" s="23">
+      <c r="AD14" s="10">
         <v>7055</v>
       </c>
-      <c r="AE14" s="23">
+      <c r="AE14" s="10">
         <v>3671</v>
       </c>
-      <c r="AF14" s="25">
+      <c r="AF14" s="12">
         <v>52</v>
       </c>
-      <c r="AG14" s="23">
+      <c r="AG14" s="24">
         <v>7319</v>
       </c>
-      <c r="AH14" s="23">
+      <c r="AH14" s="24">
         <v>3756</v>
       </c>
       <c r="AI14" s="25">
         <v>51.3</v>
       </c>
-      <c r="AJ14" s="46">
+      <c r="AJ14" s="24">
         <v>7192</v>
       </c>
-      <c r="AK14" s="46">
+      <c r="AK14" s="24">
         <v>3734</v>
       </c>
-      <c r="AL14" s="48">
+      <c r="AL14" s="25">
         <v>51.9</v>
       </c>
+      <c r="AM14" s="24">
+        <v>7166</v>
+      </c>
+      <c r="AN14" s="24">
+        <v>3812</v>
+      </c>
+      <c r="AO14" s="25">
+        <v>53.2</v>
+      </c>
     </row>
-    <row r="15" spans="1:38">
-[...1 lines deleted...]
-      <c r="B15" s="22" t="s">
+    <row r="15" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="14"/>
+      <c r="B15" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C15" s="23">
+      <c r="C15" s="10">
         <v>1937</v>
       </c>
-      <c r="D15" s="23">
+      <c r="D15" s="10">
         <v>1088</v>
       </c>
-      <c r="E15" s="24">
+      <c r="E15" s="11">
         <v>56.169334021682999</v>
       </c>
-      <c r="F15" s="23">
+      <c r="F15" s="10">
         <v>1978</v>
       </c>
-      <c r="G15" s="23">
+      <c r="G15" s="10">
         <v>1107</v>
       </c>
-      <c r="H15" s="24">
+      <c r="H15" s="11">
         <v>55.965621840242697</v>
       </c>
-      <c r="I15" s="23">
+      <c r="I15" s="10">
         <v>1928</v>
       </c>
-      <c r="J15" s="23">
+      <c r="J15" s="10">
         <v>1068</v>
       </c>
-      <c r="K15" s="24">
+      <c r="K15" s="11">
         <v>55.394190871369297</v>
       </c>
-      <c r="L15" s="23">
+      <c r="L15" s="10">
         <v>1914</v>
       </c>
-      <c r="M15" s="23">
+      <c r="M15" s="10">
         <v>1065</v>
       </c>
-      <c r="N15" s="24">
+      <c r="N15" s="11">
         <v>55.642633228840097</v>
       </c>
-      <c r="O15" s="23">
+      <c r="O15" s="10">
         <v>2073</v>
       </c>
-      <c r="P15" s="23">
+      <c r="P15" s="10">
         <v>1114</v>
       </c>
-      <c r="Q15" s="24">
+      <c r="Q15" s="11">
         <v>53.7385431741438</v>
       </c>
-      <c r="R15" s="23">
+      <c r="R15" s="10">
         <v>1863</v>
       </c>
-      <c r="S15" s="23">
+      <c r="S15" s="10">
         <v>999</v>
       </c>
-      <c r="T15" s="24">
+      <c r="T15" s="11">
         <v>53.623188405797102</v>
       </c>
-      <c r="U15" s="23">
+      <c r="U15" s="10">
         <v>1859</v>
       </c>
-      <c r="V15" s="23">
+      <c r="V15" s="10">
         <v>1035</v>
       </c>
-      <c r="W15" s="24">
+      <c r="W15" s="11">
         <v>55.675094136632602</v>
       </c>
-      <c r="X15" s="23">
+      <c r="X15" s="10">
         <v>2004</v>
       </c>
-      <c r="Y15" s="23">
+      <c r="Y15" s="10">
         <v>1083</v>
       </c>
-      <c r="Z15" s="25">
+      <c r="Z15" s="12">
         <v>54</v>
       </c>
-      <c r="AA15" s="23">
+      <c r="AA15" s="10">
         <v>2103</v>
       </c>
-      <c r="AB15" s="23">
+      <c r="AB15" s="10">
         <v>1050</v>
       </c>
-      <c r="AC15" s="25">
+      <c r="AC15" s="12">
         <v>49.9</v>
       </c>
-      <c r="AD15" s="23">
+      <c r="AD15" s="10">
         <v>2306</v>
       </c>
-      <c r="AE15" s="23">
+      <c r="AE15" s="10">
         <v>1136</v>
       </c>
-      <c r="AF15" s="25">
+      <c r="AF15" s="12">
         <v>49.3</v>
       </c>
-      <c r="AG15" s="23">
+      <c r="AG15" s="24">
         <v>2418</v>
       </c>
-      <c r="AH15" s="23">
+      <c r="AH15" s="24">
         <v>1134</v>
       </c>
       <c r="AI15" s="25">
         <v>46.9</v>
       </c>
-      <c r="AJ15" s="46">
+      <c r="AJ15" s="24">
         <v>2261</v>
       </c>
-      <c r="AK15" s="46">
+      <c r="AK15" s="24">
         <v>1161</v>
       </c>
-      <c r="AL15" s="48">
+      <c r="AL15" s="25">
         <v>51.3</v>
       </c>
+      <c r="AM15" s="24">
+        <v>2251</v>
+      </c>
+      <c r="AN15" s="24">
+        <v>1126</v>
+      </c>
+      <c r="AO15" s="25">
+        <v>50</v>
+      </c>
     </row>
-    <row r="16" spans="1:38">
-[...1 lines deleted...]
-      <c r="B16" s="22" t="s">
+    <row r="16" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="14"/>
+      <c r="B16" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="C16" s="23">
+      <c r="C16" s="10">
         <v>2873</v>
       </c>
-      <c r="D16" s="23">
+      <c r="D16" s="10">
         <v>1425</v>
       </c>
-      <c r="E16" s="24">
+      <c r="E16" s="11">
         <v>49.599721545422902</v>
       </c>
-      <c r="F16" s="23">
+      <c r="F16" s="10">
         <v>2850</v>
       </c>
-      <c r="G16" s="23">
+      <c r="G16" s="10">
         <v>1425</v>
       </c>
-      <c r="H16" s="24">
+      <c r="H16" s="11">
         <v>50</v>
       </c>
-      <c r="I16" s="23">
+      <c r="I16" s="10">
         <v>2818</v>
       </c>
-      <c r="J16" s="23">
+      <c r="J16" s="10">
         <v>1382</v>
       </c>
-      <c r="K16" s="24">
+      <c r="K16" s="11">
         <v>49.041873669269002</v>
       </c>
-      <c r="L16" s="23">
+      <c r="L16" s="10">
         <v>2839</v>
       </c>
-      <c r="M16" s="23">
+      <c r="M16" s="10">
         <v>1421</v>
       </c>
-      <c r="N16" s="24">
+      <c r="N16" s="11">
         <v>50.052835505459697</v>
       </c>
-      <c r="O16" s="23">
+      <c r="O16" s="10">
         <v>3100</v>
       </c>
-      <c r="P16" s="23">
+      <c r="P16" s="10">
         <v>1535</v>
       </c>
-      <c r="Q16" s="24">
+      <c r="Q16" s="11">
         <v>49.5161290322581</v>
       </c>
-      <c r="R16" s="23">
+      <c r="R16" s="10">
         <v>2917</v>
       </c>
-      <c r="S16" s="23">
+      <c r="S16" s="10">
         <v>1480</v>
       </c>
-      <c r="T16" s="24">
+      <c r="T16" s="11">
         <v>50.737058621871803</v>
       </c>
-      <c r="U16" s="23">
+      <c r="U16" s="10">
         <v>2856</v>
       </c>
-      <c r="V16" s="23">
+      <c r="V16" s="10">
         <v>1488</v>
       </c>
-      <c r="W16" s="24">
+      <c r="W16" s="11">
         <v>52.100840336134503</v>
       </c>
-      <c r="X16" s="23">
+      <c r="X16" s="10">
         <v>3210</v>
       </c>
-      <c r="Y16" s="23">
+      <c r="Y16" s="10">
         <v>1642</v>
       </c>
-      <c r="Z16" s="25">
+      <c r="Z16" s="12">
         <v>51.2</v>
       </c>
-      <c r="AA16" s="23">
+      <c r="AA16" s="10">
         <v>3167</v>
       </c>
-      <c r="AB16" s="23">
+      <c r="AB16" s="10">
         <v>1467</v>
       </c>
-      <c r="AC16" s="25">
+      <c r="AC16" s="12">
         <v>46.3</v>
       </c>
-      <c r="AD16" s="23">
+      <c r="AD16" s="10">
         <v>3237</v>
       </c>
-      <c r="AE16" s="23">
+      <c r="AE16" s="10">
         <v>1426</v>
       </c>
-      <c r="AF16" s="25">
+      <c r="AF16" s="12">
         <v>44.1</v>
       </c>
-      <c r="AG16" s="23">
+      <c r="AG16" s="24">
         <v>3579</v>
       </c>
-      <c r="AH16" s="23">
+      <c r="AH16" s="24">
         <v>1485</v>
       </c>
       <c r="AI16" s="25">
         <v>41.5</v>
       </c>
-      <c r="AJ16" s="46">
+      <c r="AJ16" s="24">
         <v>3464</v>
       </c>
-      <c r="AK16" s="46">
+      <c r="AK16" s="24">
         <v>1579</v>
       </c>
-      <c r="AL16" s="48">
+      <c r="AL16" s="25">
         <v>45.6</v>
       </c>
+      <c r="AM16" s="24">
+        <v>3333</v>
+      </c>
+      <c r="AN16" s="24">
+        <v>1451</v>
+      </c>
+      <c r="AO16" s="25">
+        <v>43.5</v>
+      </c>
     </row>
-    <row r="17" spans="1:38">
-[...1 lines deleted...]
-      <c r="B17" s="22" t="s">
+    <row r="17" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="14"/>
+      <c r="B17" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C17" s="23">
+      <c r="C17" s="10">
         <v>5180</v>
       </c>
-      <c r="D17" s="23">
+      <c r="D17" s="10">
         <v>3360</v>
       </c>
-      <c r="E17" s="24">
+      <c r="E17" s="11">
         <v>64.864864864864899</v>
       </c>
-      <c r="F17" s="23">
+      <c r="F17" s="10">
         <v>4892</v>
       </c>
-      <c r="G17" s="23">
+      <c r="G17" s="10">
         <v>3167</v>
       </c>
-      <c r="H17" s="24">
+      <c r="H17" s="11">
         <v>64.738348323794</v>
       </c>
-      <c r="I17" s="23">
+      <c r="I17" s="10">
         <v>5306</v>
       </c>
-      <c r="J17" s="23">
+      <c r="J17" s="10">
         <v>3495</v>
       </c>
-      <c r="K17" s="24">
+      <c r="K17" s="11">
         <v>65.868827742178695</v>
       </c>
-      <c r="L17" s="23">
+      <c r="L17" s="10">
         <v>5365</v>
       </c>
-      <c r="M17" s="23">
+      <c r="M17" s="10">
         <v>3565</v>
       </c>
-      <c r="N17" s="24">
+      <c r="N17" s="11">
         <v>66.449207828518198</v>
       </c>
-      <c r="O17" s="23">
+      <c r="O17" s="10">
         <v>5592</v>
       </c>
-      <c r="P17" s="23">
+      <c r="P17" s="10">
         <v>3648</v>
       </c>
-      <c r="Q17" s="24">
+      <c r="Q17" s="11">
         <v>65.236051502145898</v>
       </c>
-      <c r="R17" s="23">
+      <c r="R17" s="10">
         <v>5536</v>
       </c>
-      <c r="S17" s="23">
+      <c r="S17" s="10">
         <v>3616</v>
       </c>
-      <c r="T17" s="24">
+      <c r="T17" s="11">
         <v>65.317919075144502</v>
       </c>
-      <c r="U17" s="23">
+      <c r="U17" s="10">
         <v>5301</v>
       </c>
-      <c r="V17" s="23">
+      <c r="V17" s="10">
         <v>3368</v>
       </c>
-      <c r="W17" s="24">
+      <c r="W17" s="11">
         <v>63.535182041124301</v>
       </c>
-      <c r="X17" s="23">
+      <c r="X17" s="10">
         <v>5729</v>
       </c>
-      <c r="Y17" s="23">
+      <c r="Y17" s="10">
         <v>3672</v>
       </c>
-      <c r="Z17" s="25">
+      <c r="Z17" s="12">
         <v>64.099999999999994</v>
       </c>
-      <c r="AA17" s="23">
+      <c r="AA17" s="10">
         <v>5806</v>
       </c>
-      <c r="AB17" s="23">
+      <c r="AB17" s="10">
         <v>3681</v>
       </c>
-      <c r="AC17" s="25">
+      <c r="AC17" s="12">
         <v>63.4</v>
       </c>
-      <c r="AD17" s="23">
+      <c r="AD17" s="10">
         <v>6339</v>
       </c>
-      <c r="AE17" s="23">
+      <c r="AE17" s="10">
         <v>3987</v>
       </c>
-      <c r="AF17" s="25">
+      <c r="AF17" s="12">
         <v>62.9</v>
       </c>
-      <c r="AG17" s="23">
+      <c r="AG17" s="24">
         <v>6621</v>
       </c>
-      <c r="AH17" s="23">
+      <c r="AH17" s="24">
         <v>3942</v>
       </c>
       <c r="AI17" s="25">
         <v>59.5</v>
       </c>
-      <c r="AJ17" s="46">
+      <c r="AJ17" s="24">
         <v>6201</v>
       </c>
-      <c r="AK17" s="46">
+      <c r="AK17" s="24">
         <v>3827</v>
       </c>
-      <c r="AL17" s="48">
+      <c r="AL17" s="25">
         <v>61.7</v>
       </c>
+      <c r="AM17" s="24">
+        <v>6489</v>
+      </c>
+      <c r="AN17" s="24">
+        <v>4003</v>
+      </c>
+      <c r="AO17" s="25">
+        <v>61.7</v>
+      </c>
     </row>
-    <row r="18" spans="1:38">
-[...1 lines deleted...]
-      <c r="B18" s="22" t="s">
+    <row r="18" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="14"/>
+      <c r="B18" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C18" s="23">
+      <c r="C18" s="10">
         <v>9461</v>
       </c>
-      <c r="D18" s="23">
+      <c r="D18" s="10">
         <v>5822</v>
       </c>
-      <c r="E18" s="24">
+      <c r="E18" s="11">
         <v>61.536835429658602</v>
       </c>
-      <c r="F18" s="23">
+      <c r="F18" s="10">
         <v>9660</v>
       </c>
-      <c r="G18" s="23">
+      <c r="G18" s="10">
         <v>5768</v>
       </c>
-      <c r="H18" s="24">
+      <c r="H18" s="11">
         <v>59.710144927536199</v>
       </c>
-      <c r="I18" s="23">
+      <c r="I18" s="10">
         <v>10198</v>
       </c>
-      <c r="J18" s="23">
+      <c r="J18" s="10">
         <v>6346</v>
       </c>
-      <c r="K18" s="24">
+      <c r="K18" s="11">
         <v>62.227887821141401</v>
       </c>
-      <c r="L18" s="23">
+      <c r="L18" s="10">
         <v>10283</v>
       </c>
-      <c r="M18" s="23">
+      <c r="M18" s="10">
         <v>6136</v>
       </c>
-      <c r="N18" s="24">
+      <c r="N18" s="11">
         <v>59.671302149178302</v>
       </c>
-      <c r="O18" s="23">
+      <c r="O18" s="10">
         <v>10844</v>
       </c>
-      <c r="P18" s="23">
+      <c r="P18" s="10">
         <v>6618</v>
       </c>
-      <c r="Q18" s="24">
+      <c r="Q18" s="11">
         <v>61.029140538546699</v>
       </c>
-      <c r="R18" s="23">
+      <c r="R18" s="10">
         <v>10705</v>
       </c>
-      <c r="S18" s="23">
+      <c r="S18" s="10">
         <v>6709</v>
       </c>
-      <c r="T18" s="24">
+      <c r="T18" s="11">
         <v>62.671648762260602</v>
       </c>
-      <c r="U18" s="23">
+      <c r="U18" s="10">
         <v>10863</v>
       </c>
-      <c r="V18" s="23">
+      <c r="V18" s="10">
         <v>6869</v>
       </c>
-      <c r="W18" s="24">
+      <c r="W18" s="11">
         <v>63.232992727607503</v>
       </c>
-      <c r="X18" s="23">
+      <c r="X18" s="10">
         <v>11487</v>
       </c>
-      <c r="Y18" s="23">
+      <c r="Y18" s="10">
         <v>7245</v>
       </c>
-      <c r="Z18" s="25">
+      <c r="Z18" s="12">
         <v>63.1</v>
       </c>
-      <c r="AA18" s="23">
+      <c r="AA18" s="10">
         <v>11321</v>
       </c>
-      <c r="AB18" s="23">
+      <c r="AB18" s="10">
         <v>6902</v>
       </c>
-      <c r="AC18" s="25">
+      <c r="AC18" s="12">
         <v>61</v>
       </c>
-      <c r="AD18" s="23">
+      <c r="AD18" s="10">
         <v>13091</v>
       </c>
-      <c r="AE18" s="23">
+      <c r="AE18" s="10">
         <v>7891</v>
       </c>
-      <c r="AF18" s="25">
+      <c r="AF18" s="12">
         <v>60.3</v>
       </c>
-      <c r="AG18" s="23">
+      <c r="AG18" s="24">
         <v>13675</v>
       </c>
-      <c r="AH18" s="23">
+      <c r="AH18" s="24">
         <v>8100</v>
       </c>
       <c r="AI18" s="25">
         <v>59.2</v>
       </c>
-      <c r="AJ18" s="46">
+      <c r="AJ18" s="24">
         <v>13159</v>
       </c>
-      <c r="AK18" s="46">
+      <c r="AK18" s="24">
         <v>8092</v>
       </c>
-      <c r="AL18" s="48">
+      <c r="AL18" s="25">
         <v>61.5</v>
       </c>
+      <c r="AM18" s="24">
+        <v>13517</v>
+      </c>
+      <c r="AN18" s="24">
+        <v>8486</v>
+      </c>
+      <c r="AO18" s="25">
+        <v>62.8</v>
+      </c>
     </row>
-    <row r="19" spans="1:38">
-[...1 lines deleted...]
-      <c r="B19" s="22" t="s">
+    <row r="19" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="14"/>
+      <c r="B19" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C19" s="23">
+      <c r="C19" s="10">
         <v>4149</v>
       </c>
-      <c r="D19" s="23">
+      <c r="D19" s="10">
         <v>2536</v>
       </c>
-      <c r="E19" s="24">
+      <c r="E19" s="11">
         <v>61.123162207760899</v>
       </c>
-      <c r="F19" s="23">
+      <c r="F19" s="10">
         <v>3938</v>
       </c>
-      <c r="G19" s="23">
+      <c r="G19" s="10">
         <v>2346</v>
       </c>
-      <c r="H19" s="24">
+      <c r="H19" s="11">
         <v>59.573387506348404</v>
       </c>
-      <c r="I19" s="23">
+      <c r="I19" s="10">
         <v>4454</v>
       </c>
-      <c r="J19" s="23">
+      <c r="J19" s="10">
         <v>2663</v>
       </c>
-      <c r="K19" s="24">
+      <c r="K19" s="11">
         <v>59.788953749438697</v>
       </c>
-      <c r="L19" s="23">
+      <c r="L19" s="10">
         <v>4525</v>
       </c>
-      <c r="M19" s="23">
+      <c r="M19" s="10">
         <v>2827</v>
       </c>
-      <c r="N19" s="24">
+      <c r="N19" s="11">
         <v>62.475138121546998</v>
       </c>
-      <c r="O19" s="23">
+      <c r="O19" s="10">
         <v>4621</v>
       </c>
-      <c r="P19" s="23">
+      <c r="P19" s="10">
         <v>2826</v>
       </c>
-      <c r="Q19" s="24">
+      <c r="Q19" s="11">
         <v>61.155594027266801</v>
       </c>
-      <c r="R19" s="23">
+      <c r="R19" s="10">
         <v>4878</v>
       </c>
-      <c r="S19" s="23">
+      <c r="S19" s="10">
         <v>2980</v>
       </c>
-      <c r="T19" s="24">
+      <c r="T19" s="11">
         <v>61.090610906109099</v>
       </c>
-      <c r="U19" s="23">
+      <c r="U19" s="10">
         <v>4851</v>
       </c>
-      <c r="V19" s="23">
+      <c r="V19" s="10">
         <v>2957</v>
       </c>
-      <c r="W19" s="24">
+      <c r="W19" s="11">
         <v>60.956503813646698</v>
       </c>
-      <c r="X19" s="23">
+      <c r="X19" s="10">
         <v>5241</v>
       </c>
-      <c r="Y19" s="23">
+      <c r="Y19" s="10">
         <v>3245</v>
       </c>
-      <c r="Z19" s="25">
+      <c r="Z19" s="12">
         <v>61.9</v>
       </c>
-      <c r="AA19" s="23">
+      <c r="AA19" s="10">
         <v>5170</v>
       </c>
-      <c r="AB19" s="23">
+      <c r="AB19" s="10">
         <v>3047</v>
       </c>
-      <c r="AC19" s="25">
+      <c r="AC19" s="12">
         <v>58.9</v>
       </c>
-      <c r="AD19" s="23">
+      <c r="AD19" s="10">
         <v>5816</v>
       </c>
-      <c r="AE19" s="23">
+      <c r="AE19" s="10">
         <v>3463</v>
       </c>
-      <c r="AF19" s="25">
+      <c r="AF19" s="12">
         <v>59.5</v>
       </c>
-      <c r="AG19" s="23">
+      <c r="AG19" s="24">
         <v>6258</v>
       </c>
-      <c r="AH19" s="23">
+      <c r="AH19" s="24">
         <v>3671</v>
       </c>
       <c r="AI19" s="25">
         <v>58.7</v>
       </c>
-      <c r="AJ19" s="46">
+      <c r="AJ19" s="24">
         <v>5961</v>
       </c>
-      <c r="AK19" s="46">
+      <c r="AK19" s="24">
         <v>3568</v>
       </c>
-      <c r="AL19" s="48">
+      <c r="AL19" s="25">
         <v>59.9</v>
       </c>
+      <c r="AM19" s="24">
+        <v>6000</v>
+      </c>
+      <c r="AN19" s="24">
+        <v>3632</v>
+      </c>
+      <c r="AO19" s="25">
+        <v>60.5</v>
+      </c>
     </row>
-    <row r="20" spans="1:38">
-[...1 lines deleted...]
-      <c r="B20" s="22" t="s">
+    <row r="20" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="14"/>
+      <c r="B20" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="C20" s="23">
+      <c r="C20" s="10">
         <v>3804</v>
       </c>
-      <c r="D20" s="23">
+      <c r="D20" s="10">
         <v>2086</v>
       </c>
-      <c r="E20" s="24">
+      <c r="E20" s="11">
         <v>54.837013669821197</v>
       </c>
-      <c r="F20" s="23">
+      <c r="F20" s="10">
         <v>4020</v>
       </c>
-      <c r="G20" s="23">
+      <c r="G20" s="10">
         <v>2233</v>
       </c>
-      <c r="H20" s="24">
+      <c r="H20" s="11">
         <v>55.547263681592</v>
       </c>
-      <c r="I20" s="23">
+      <c r="I20" s="10">
         <v>3960</v>
       </c>
-      <c r="J20" s="23">
+      <c r="J20" s="10">
         <v>2214</v>
       </c>
-      <c r="K20" s="24">
+      <c r="K20" s="11">
         <v>55.909090909090899</v>
       </c>
-      <c r="L20" s="23">
+      <c r="L20" s="10">
         <v>4081</v>
       </c>
-      <c r="M20" s="23">
+      <c r="M20" s="10">
         <v>2343</v>
       </c>
-      <c r="N20" s="24">
+      <c r="N20" s="11">
         <v>57.412398921832903</v>
       </c>
-      <c r="O20" s="23">
+      <c r="O20" s="10">
         <v>4242</v>
       </c>
-      <c r="P20" s="23">
+      <c r="P20" s="10">
         <v>2413</v>
       </c>
-      <c r="Q20" s="24">
+      <c r="Q20" s="11">
         <v>56.883545497406899</v>
       </c>
-      <c r="R20" s="23">
+      <c r="R20" s="10">
         <v>4137</v>
       </c>
-      <c r="S20" s="23">
+      <c r="S20" s="10">
         <v>2266</v>
       </c>
-      <c r="T20" s="24">
+      <c r="T20" s="11">
         <v>54.773990814599998</v>
       </c>
-      <c r="U20" s="23">
+      <c r="U20" s="10">
         <v>4138</v>
       </c>
-      <c r="V20" s="23">
+      <c r="V20" s="10">
         <v>2240</v>
       </c>
-      <c r="W20" s="24">
+      <c r="W20" s="11">
         <v>54.1324311261479</v>
       </c>
-      <c r="X20" s="23">
+      <c r="X20" s="10">
         <v>4457</v>
       </c>
-      <c r="Y20" s="23">
+      <c r="Y20" s="10">
         <v>2489</v>
       </c>
-      <c r="Z20" s="25">
+      <c r="Z20" s="12">
         <v>55.8</v>
       </c>
-      <c r="AA20" s="23">
+      <c r="AA20" s="10">
         <v>4490</v>
       </c>
-      <c r="AB20" s="23">
+      <c r="AB20" s="10">
         <v>2455</v>
       </c>
-      <c r="AC20" s="25">
+      <c r="AC20" s="12">
         <v>54.7</v>
       </c>
-      <c r="AD20" s="23">
+      <c r="AD20" s="10">
         <v>4852</v>
       </c>
-      <c r="AE20" s="23">
+      <c r="AE20" s="10">
         <v>2652</v>
       </c>
-      <c r="AF20" s="25">
+      <c r="AF20" s="12">
         <v>54.7</v>
       </c>
-      <c r="AG20" s="23">
+      <c r="AG20" s="24">
         <v>5396</v>
       </c>
-      <c r="AH20" s="23">
+      <c r="AH20" s="24">
         <v>2915</v>
       </c>
       <c r="AI20" s="25">
         <v>54</v>
       </c>
-      <c r="AJ20" s="46">
+      <c r="AJ20" s="24">
         <v>5000</v>
       </c>
-      <c r="AK20" s="46">
+      <c r="AK20" s="24">
         <v>2824</v>
       </c>
-      <c r="AL20" s="48">
+      <c r="AL20" s="25">
         <v>56.5</v>
       </c>
+      <c r="AM20" s="24">
+        <v>5058</v>
+      </c>
+      <c r="AN20" s="24">
+        <v>2809</v>
+      </c>
+      <c r="AO20" s="25">
+        <v>55.5</v>
+      </c>
     </row>
-    <row r="21" spans="1:38">
-[...1 lines deleted...]
-      <c r="B21" s="22" t="s">
+    <row r="21" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="14"/>
+      <c r="B21" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C21" s="23">
+      <c r="C21" s="10">
         <v>1338</v>
       </c>
-      <c r="D21" s="23">
+      <c r="D21" s="10">
         <v>830</v>
       </c>
-      <c r="E21" s="24">
+      <c r="E21" s="11">
         <v>62.032884902840102</v>
       </c>
-      <c r="F21" s="23">
+      <c r="F21" s="10">
         <v>1222</v>
       </c>
-      <c r="G21" s="23">
+      <c r="G21" s="10">
         <v>720</v>
       </c>
-      <c r="H21" s="24">
+      <c r="H21" s="11">
         <v>58.919803600654703</v>
       </c>
-      <c r="I21" s="23">
+      <c r="I21" s="10">
         <v>1349</v>
       </c>
-      <c r="J21" s="23">
+      <c r="J21" s="10">
         <v>851</v>
       </c>
-      <c r="K21" s="24">
+      <c r="K21" s="11">
         <v>63.083765752409199</v>
       </c>
-      <c r="L21" s="23">
+      <c r="L21" s="10">
         <v>1447</v>
       </c>
-      <c r="M21" s="23">
+      <c r="M21" s="10">
         <v>930</v>
       </c>
-      <c r="N21" s="24">
+      <c r="N21" s="11">
         <v>64.270905321354505</v>
       </c>
-      <c r="O21" s="23">
+      <c r="O21" s="10">
         <v>1579</v>
       </c>
-      <c r="P21" s="23">
+      <c r="P21" s="10">
         <v>982</v>
       </c>
-      <c r="Q21" s="24">
+      <c r="Q21" s="11">
         <v>62.191260291323601</v>
       </c>
-      <c r="R21" s="23">
+      <c r="R21" s="10">
         <v>1448</v>
       </c>
-      <c r="S21" s="23">
+      <c r="S21" s="10">
         <v>885</v>
       </c>
-      <c r="T21" s="24">
+      <c r="T21" s="11">
         <v>61.118784530386698</v>
       </c>
-      <c r="U21" s="23">
+      <c r="U21" s="10">
         <v>1557</v>
       </c>
-      <c r="V21" s="23">
+      <c r="V21" s="10">
         <v>990</v>
       </c>
-      <c r="W21" s="24">
+      <c r="W21" s="11">
         <v>63.583815028901697</v>
       </c>
-      <c r="X21" s="23">
+      <c r="X21" s="10">
         <v>1592</v>
       </c>
-      <c r="Y21" s="23">
+      <c r="Y21" s="10">
         <v>978</v>
       </c>
-      <c r="Z21" s="25">
+      <c r="Z21" s="12">
         <v>61.4</v>
       </c>
-      <c r="AA21" s="23">
+      <c r="AA21" s="10">
         <v>1448</v>
       </c>
-      <c r="AB21" s="23">
+      <c r="AB21" s="10">
         <v>877</v>
       </c>
-      <c r="AC21" s="25">
+      <c r="AC21" s="12">
         <v>60.6</v>
       </c>
-      <c r="AD21" s="23">
+      <c r="AD21" s="10">
         <v>1815</v>
       </c>
-      <c r="AE21" s="23">
+      <c r="AE21" s="10">
         <v>1104</v>
       </c>
-      <c r="AF21" s="25">
+      <c r="AF21" s="12">
         <v>60.8</v>
       </c>
-      <c r="AG21" s="23">
+      <c r="AG21" s="24">
         <v>1980</v>
       </c>
-      <c r="AH21" s="23">
+      <c r="AH21" s="24">
         <v>1178</v>
       </c>
       <c r="AI21" s="25">
         <v>59.5</v>
       </c>
-      <c r="AJ21" s="46">
+      <c r="AJ21" s="24">
         <v>1767</v>
       </c>
-      <c r="AK21" s="46">
+      <c r="AK21" s="24">
         <v>1112</v>
       </c>
-      <c r="AL21" s="48">
+      <c r="AL21" s="25">
         <v>62.9</v>
       </c>
+      <c r="AM21" s="24">
+        <v>1733</v>
+      </c>
+      <c r="AN21" s="24">
+        <v>1043</v>
+      </c>
+      <c r="AO21" s="25">
+        <v>60.2</v>
+      </c>
     </row>
-    <row r="22" spans="1:38">
-[...1 lines deleted...]
-      <c r="B22" s="22" t="s">
+    <row r="22" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="14"/>
+      <c r="B22" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C22" s="23">
+      <c r="C22" s="10">
         <v>4844</v>
       </c>
-      <c r="D22" s="23">
+      <c r="D22" s="10">
         <v>2478</v>
       </c>
-      <c r="E22" s="24">
+      <c r="E22" s="11">
         <v>51.156069364161901</v>
       </c>
-      <c r="F22" s="23">
+      <c r="F22" s="10">
         <v>4867</v>
       </c>
-      <c r="G22" s="23">
+      <c r="G22" s="10">
         <v>2446</v>
       </c>
-      <c r="H22" s="24">
+      <c r="H22" s="11">
         <v>50.256831723854503</v>
       </c>
-      <c r="I22" s="23">
+      <c r="I22" s="10">
         <v>4888</v>
       </c>
-      <c r="J22" s="23">
+      <c r="J22" s="10">
         <v>2534</v>
       </c>
-      <c r="K22" s="24">
+      <c r="K22" s="11">
         <v>51.8412438625205</v>
       </c>
-      <c r="L22" s="23">
+      <c r="L22" s="10">
         <v>5113</v>
       </c>
-      <c r="M22" s="23">
+      <c r="M22" s="10">
         <v>2778</v>
       </c>
-      <c r="N22" s="24">
+      <c r="N22" s="11">
         <v>54.332094660668901</v>
       </c>
-      <c r="O22" s="23">
+      <c r="O22" s="10">
         <v>5248</v>
       </c>
-      <c r="P22" s="23">
+      <c r="P22" s="10">
         <v>2827</v>
       </c>
-      <c r="Q22" s="24">
+      <c r="Q22" s="11">
         <v>53.868140243902403</v>
       </c>
-      <c r="R22" s="23">
+      <c r="R22" s="10">
         <v>5246</v>
       </c>
-      <c r="S22" s="23">
+      <c r="S22" s="10">
         <v>2786</v>
       </c>
-      <c r="T22" s="24">
+      <c r="T22" s="11">
         <v>53.107129241326703</v>
       </c>
-      <c r="U22" s="23">
+      <c r="U22" s="10">
         <v>5171</v>
       </c>
-      <c r="V22" s="23">
+      <c r="V22" s="10">
         <v>2629</v>
       </c>
-      <c r="W22" s="24">
+      <c r="W22" s="11">
         <v>50.8412299361826</v>
       </c>
-      <c r="X22" s="23">
+      <c r="X22" s="10">
         <v>5397</v>
       </c>
-      <c r="Y22" s="23">
+      <c r="Y22" s="10">
         <v>2754</v>
       </c>
-      <c r="Z22" s="25">
+      <c r="Z22" s="12">
         <v>51</v>
       </c>
-      <c r="AA22" s="23">
+      <c r="AA22" s="10">
         <v>5461</v>
       </c>
-      <c r="AB22" s="23">
+      <c r="AB22" s="10">
         <v>2701</v>
       </c>
-      <c r="AC22" s="25">
+      <c r="AC22" s="12">
         <v>49.5</v>
       </c>
-      <c r="AD22" s="23">
+      <c r="AD22" s="10">
         <v>6027</v>
       </c>
-      <c r="AE22" s="23">
+      <c r="AE22" s="10">
         <v>2983</v>
       </c>
-      <c r="AF22" s="25">
+      <c r="AF22" s="12">
         <v>49.5</v>
       </c>
-      <c r="AG22" s="23">
+      <c r="AG22" s="24">
         <v>6452</v>
       </c>
-      <c r="AH22" s="23">
+      <c r="AH22" s="24">
         <v>3202</v>
       </c>
       <c r="AI22" s="25">
         <v>49.6</v>
       </c>
-      <c r="AJ22" s="46">
+      <c r="AJ22" s="24">
         <v>6165</v>
       </c>
-      <c r="AK22" s="46">
+      <c r="AK22" s="24">
         <v>3112</v>
       </c>
-      <c r="AL22" s="48">
+      <c r="AL22" s="25">
         <v>50.5</v>
       </c>
+      <c r="AM22" s="24">
+        <v>6134</v>
+      </c>
+      <c r="AN22" s="24">
+        <v>3156</v>
+      </c>
+      <c r="AO22" s="25">
+        <v>51.5</v>
+      </c>
     </row>
-    <row r="23" spans="1:38">
-[...1 lines deleted...]
-      <c r="B23" s="22" t="s">
+    <row r="23" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="14"/>
+      <c r="B23" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C23" s="23">
+      <c r="C23" s="10">
         <v>3207</v>
       </c>
-      <c r="D23" s="23">
+      <c r="D23" s="10">
         <v>1770</v>
       </c>
-      <c r="E23" s="24">
+      <c r="E23" s="11">
         <v>55.191768007483603</v>
       </c>
-      <c r="F23" s="23">
+      <c r="F23" s="10">
         <v>3438</v>
       </c>
-      <c r="G23" s="23">
+      <c r="G23" s="10">
         <v>1801</v>
       </c>
-      <c r="H23" s="24">
+      <c r="H23" s="11">
         <v>52.385107620709697</v>
       </c>
-      <c r="I23" s="23">
+      <c r="I23" s="10">
         <v>3421</v>
       </c>
-      <c r="J23" s="23">
+      <c r="J23" s="10">
         <v>1807</v>
       </c>
-      <c r="K23" s="24">
+      <c r="K23" s="11">
         <v>52.820812627886603</v>
       </c>
-      <c r="L23" s="23">
+      <c r="L23" s="10">
         <v>3499</v>
       </c>
-      <c r="M23" s="23">
+      <c r="M23" s="10">
         <v>1848</v>
       </c>
-      <c r="N23" s="24">
+      <c r="N23" s="11">
         <v>52.815090025721602</v>
       </c>
-      <c r="O23" s="23">
+      <c r="O23" s="10">
         <v>3730</v>
       </c>
-      <c r="P23" s="23">
+      <c r="P23" s="10">
         <v>2024</v>
       </c>
-      <c r="Q23" s="24">
+      <c r="Q23" s="11">
         <v>54.262734584450399</v>
       </c>
-      <c r="R23" s="23">
+      <c r="R23" s="10">
         <v>3638</v>
       </c>
-      <c r="S23" s="23">
+      <c r="S23" s="10">
         <v>2021</v>
       </c>
-      <c r="T23" s="24">
+      <c r="T23" s="11">
         <v>55.552501374381499</v>
       </c>
-      <c r="U23" s="23">
+      <c r="U23" s="10">
         <v>3621</v>
       </c>
-      <c r="V23" s="23">
+      <c r="V23" s="10">
         <v>2017</v>
       </c>
-      <c r="W23" s="24">
+      <c r="W23" s="11">
         <v>55.702844518088902</v>
       </c>
-      <c r="X23" s="23">
+      <c r="X23" s="10">
         <v>3968</v>
       </c>
-      <c r="Y23" s="23">
+      <c r="Y23" s="10">
         <v>2183</v>
       </c>
-      <c r="Z23" s="25">
+      <c r="Z23" s="12">
         <v>55</v>
       </c>
-      <c r="AA23" s="23">
+      <c r="AA23" s="10">
         <v>3857</v>
       </c>
-      <c r="AB23" s="23">
+      <c r="AB23" s="10">
         <v>2005</v>
       </c>
-      <c r="AC23" s="25">
+      <c r="AC23" s="12">
         <v>52</v>
       </c>
-      <c r="AD23" s="23">
+      <c r="AD23" s="10">
         <v>4510</v>
       </c>
-      <c r="AE23" s="23">
+      <c r="AE23" s="10">
         <v>2458</v>
       </c>
-      <c r="AF23" s="25">
+      <c r="AF23" s="12">
         <v>54.5</v>
       </c>
-      <c r="AG23" s="23">
+      <c r="AG23" s="24">
         <v>4655</v>
       </c>
-      <c r="AH23" s="23">
+      <c r="AH23" s="24">
         <v>2500</v>
       </c>
       <c r="AI23" s="25">
         <v>53.7</v>
       </c>
-      <c r="AJ23" s="46">
+      <c r="AJ23" s="24">
         <v>4253</v>
       </c>
-      <c r="AK23" s="46">
+      <c r="AK23" s="24">
         <v>2280</v>
       </c>
-      <c r="AL23" s="48">
+      <c r="AL23" s="25">
         <v>53.6</v>
       </c>
+      <c r="AM23" s="24">
+        <v>4497</v>
+      </c>
+      <c r="AN23" s="24">
+        <v>2386</v>
+      </c>
+      <c r="AO23" s="25">
+        <v>53.1</v>
+      </c>
     </row>
-    <row r="24" spans="1:38">
-[...1 lines deleted...]
-      <c r="B24" s="22" t="s">
+    <row r="24" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="14"/>
+      <c r="B24" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C24" s="23">
+      <c r="C24" s="10">
         <v>2278</v>
       </c>
-      <c r="D24" s="23">
+      <c r="D24" s="10">
         <v>1369</v>
       </c>
-      <c r="E24" s="24">
+      <c r="E24" s="11">
         <v>60.0965759438104</v>
       </c>
-      <c r="F24" s="23">
+      <c r="F24" s="10">
         <v>2164</v>
       </c>
-      <c r="G24" s="23">
+      <c r="G24" s="10">
         <v>1317</v>
       </c>
-      <c r="H24" s="24">
+      <c r="H24" s="11">
         <v>60.859519408502798</v>
       </c>
-      <c r="I24" s="23">
+      <c r="I24" s="10">
         <v>2400</v>
       </c>
-      <c r="J24" s="23">
+      <c r="J24" s="10">
         <v>1507</v>
       </c>
-      <c r="K24" s="24">
+      <c r="K24" s="11">
         <v>62.7916666666667</v>
       </c>
-      <c r="L24" s="23">
+      <c r="L24" s="10">
         <v>2276</v>
       </c>
-      <c r="M24" s="23">
+      <c r="M24" s="10">
         <v>1441</v>
       </c>
-      <c r="N24" s="24">
+      <c r="N24" s="11">
         <v>63.312829525483302</v>
       </c>
-      <c r="O24" s="23">
+      <c r="O24" s="10">
         <v>2509</v>
       </c>
-      <c r="P24" s="23">
+      <c r="P24" s="10">
         <v>1542</v>
       </c>
-      <c r="Q24" s="24">
+      <c r="Q24" s="11">
         <v>61.458748505380598</v>
       </c>
-      <c r="R24" s="23">
+      <c r="R24" s="10">
         <v>2358</v>
       </c>
-      <c r="S24" s="23">
+      <c r="S24" s="10">
         <v>1463</v>
       </c>
-      <c r="T24" s="24">
+      <c r="T24" s="11">
         <v>62.044105173876197</v>
       </c>
-      <c r="U24" s="23">
+      <c r="U24" s="10">
         <v>2402</v>
       </c>
-      <c r="V24" s="23">
+      <c r="V24" s="10">
         <v>1491</v>
       </c>
-      <c r="W24" s="24">
+      <c r="W24" s="11">
         <v>62.0732722731058</v>
       </c>
-      <c r="X24" s="23">
+      <c r="X24" s="10">
         <v>2556</v>
       </c>
-      <c r="Y24" s="23">
+      <c r="Y24" s="10">
         <v>1558</v>
       </c>
-      <c r="Z24" s="25">
+      <c r="Z24" s="12">
         <v>61</v>
       </c>
-      <c r="AA24" s="23">
+      <c r="AA24" s="10">
         <v>2467</v>
       </c>
-      <c r="AB24" s="23">
+      <c r="AB24" s="10">
         <v>1488</v>
       </c>
-      <c r="AC24" s="25">
+      <c r="AC24" s="12">
         <v>60.3</v>
       </c>
-      <c r="AD24" s="23">
+      <c r="AD24" s="10">
         <v>2842</v>
       </c>
-      <c r="AE24" s="23">
+      <c r="AE24" s="10">
         <v>1677</v>
       </c>
-      <c r="AF24" s="25">
+      <c r="AF24" s="12">
         <v>59</v>
       </c>
-      <c r="AG24" s="23">
+      <c r="AG24" s="24">
         <v>2869</v>
       </c>
-      <c r="AH24" s="23">
+      <c r="AH24" s="24">
         <v>1664</v>
       </c>
       <c r="AI24" s="25">
         <v>58</v>
       </c>
-      <c r="AJ24" s="46">
+      <c r="AJ24" s="24">
         <v>2686</v>
       </c>
-      <c r="AK24" s="46">
+      <c r="AK24" s="24">
         <v>1545</v>
       </c>
-      <c r="AL24" s="48">
+      <c r="AL24" s="25">
         <v>57.5</v>
       </c>
+      <c r="AM24" s="24">
+        <v>2765</v>
+      </c>
+      <c r="AN24" s="24">
+        <v>1701</v>
+      </c>
+      <c r="AO24" s="25">
+        <v>61.5</v>
+      </c>
     </row>
-    <row r="25" spans="1:38">
-[...1 lines deleted...]
-      <c r="B25" s="22" t="s">
+    <row r="25" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="14"/>
+      <c r="B25" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="C25" s="23">
+      <c r="C25" s="10">
         <v>3148</v>
       </c>
-      <c r="D25" s="23">
+      <c r="D25" s="10">
         <v>1521</v>
       </c>
-      <c r="E25" s="24">
+      <c r="E25" s="11">
         <v>48.316391359593403</v>
       </c>
-      <c r="F25" s="23">
+      <c r="F25" s="10">
         <v>3292</v>
       </c>
-      <c r="G25" s="23">
+      <c r="G25" s="10">
         <v>1620</v>
       </c>
-      <c r="H25" s="24">
+      <c r="H25" s="11">
         <v>49.210206561360899</v>
       </c>
-      <c r="I25" s="23">
+      <c r="I25" s="10">
         <v>3337</v>
       </c>
-      <c r="J25" s="23">
+      <c r="J25" s="10">
         <v>1780</v>
       </c>
-      <c r="K25" s="24">
+      <c r="K25" s="11">
         <v>53.341324543002699</v>
       </c>
-      <c r="L25" s="23">
+      <c r="L25" s="10">
         <v>3345</v>
       </c>
-      <c r="M25" s="23">
+      <c r="M25" s="10">
         <v>1656</v>
       </c>
-      <c r="N25" s="24">
+      <c r="N25" s="11">
         <v>49.506726457399097</v>
       </c>
-      <c r="O25" s="23">
+      <c r="O25" s="10">
         <v>3625</v>
       </c>
-      <c r="P25" s="23">
+      <c r="P25" s="10">
         <v>1832</v>
       </c>
-      <c r="Q25" s="24">
+      <c r="Q25" s="11">
         <v>50.537931034482803</v>
       </c>
-      <c r="R25" s="23">
+      <c r="R25" s="10">
         <v>3410</v>
       </c>
-      <c r="S25" s="23">
+      <c r="S25" s="10">
         <v>1760</v>
       </c>
-      <c r="T25" s="24">
+      <c r="T25" s="11">
         <v>51.612903225806498</v>
       </c>
-      <c r="U25" s="23">
+      <c r="U25" s="10">
         <v>3631</v>
       </c>
-      <c r="V25" s="23">
+      <c r="V25" s="10">
         <v>1970</v>
       </c>
-      <c r="W25" s="24">
+      <c r="W25" s="11">
         <v>54.255026163591303</v>
       </c>
-      <c r="X25" s="23">
+      <c r="X25" s="10">
         <v>3753</v>
       </c>
-      <c r="Y25" s="23">
+      <c r="Y25" s="10">
         <v>2055</v>
       </c>
-      <c r="Z25" s="25">
+      <c r="Z25" s="12">
         <v>54.8</v>
       </c>
-      <c r="AA25" s="23">
+      <c r="AA25" s="10">
         <v>3930</v>
       </c>
-      <c r="AB25" s="23">
+      <c r="AB25" s="10">
         <v>2112</v>
       </c>
-      <c r="AC25" s="25">
+      <c r="AC25" s="12">
         <v>53.7</v>
       </c>
-      <c r="AD25" s="23">
+      <c r="AD25" s="10">
         <v>4269</v>
       </c>
-      <c r="AE25" s="23">
+      <c r="AE25" s="10">
         <v>2285</v>
       </c>
-      <c r="AF25" s="25">
+      <c r="AF25" s="12">
         <v>53.5</v>
       </c>
-      <c r="AG25" s="23">
+      <c r="AG25" s="24">
         <v>4729</v>
       </c>
-      <c r="AH25" s="23">
+      <c r="AH25" s="24">
         <v>2537</v>
       </c>
       <c r="AI25" s="25">
         <v>53.6</v>
       </c>
-      <c r="AJ25" s="46">
+      <c r="AJ25" s="24">
         <v>4560</v>
       </c>
-      <c r="AK25" s="46">
+      <c r="AK25" s="24">
         <v>2544</v>
       </c>
-      <c r="AL25" s="48">
+      <c r="AL25" s="25">
         <v>55.8</v>
       </c>
+      <c r="AM25" s="24">
+        <v>4544</v>
+      </c>
+      <c r="AN25" s="24">
+        <v>2542</v>
+      </c>
+      <c r="AO25" s="25">
+        <v>55.9</v>
+      </c>
     </row>
-    <row r="26" spans="1:38">
-[...1 lines deleted...]
-      <c r="B26" s="22" t="s">
+    <row r="26" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="14"/>
+      <c r="B26" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="C26" s="23">
+      <c r="C26" s="10">
         <v>6101</v>
       </c>
-      <c r="D26" s="23">
+      <c r="D26" s="10">
         <v>3208</v>
       </c>
-      <c r="E26" s="24">
+      <c r="E26" s="11">
         <v>52.581544009178799</v>
       </c>
-      <c r="F26" s="23">
+      <c r="F26" s="10">
         <v>6180</v>
       </c>
-      <c r="G26" s="23">
+      <c r="G26" s="10">
         <v>3161</v>
       </c>
-      <c r="H26" s="24">
+      <c r="H26" s="11">
         <v>51.1488673139159</v>
       </c>
-      <c r="I26" s="23">
+      <c r="I26" s="10">
         <v>6276</v>
       </c>
-      <c r="J26" s="23">
+      <c r="J26" s="10">
         <v>3237</v>
       </c>
-      <c r="K26" s="24">
+      <c r="K26" s="11">
         <v>51.577437858508603</v>
       </c>
-      <c r="L26" s="23">
+      <c r="L26" s="10">
         <v>6651</v>
       </c>
-      <c r="M26" s="23">
+      <c r="M26" s="10">
         <v>3522</v>
       </c>
-      <c r="N26" s="24">
+      <c r="N26" s="11">
         <v>52.9544429409111</v>
       </c>
-      <c r="O26" s="23">
+      <c r="O26" s="10">
         <v>6862</v>
       </c>
-      <c r="P26" s="23">
+      <c r="P26" s="10">
         <v>3595</v>
       </c>
-      <c r="Q26" s="24">
+      <c r="Q26" s="11">
         <v>52.389973768580603</v>
       </c>
-      <c r="R26" s="23">
+      <c r="R26" s="10">
         <v>6497</v>
       </c>
-      <c r="S26" s="23">
+      <c r="S26" s="10">
         <v>3384</v>
       </c>
-      <c r="T26" s="24">
+      <c r="T26" s="11">
         <v>52.085577959058</v>
       </c>
-      <c r="U26" s="23">
+      <c r="U26" s="10">
         <v>6732</v>
       </c>
-      <c r="V26" s="23">
+      <c r="V26" s="10">
         <v>3520</v>
       </c>
-      <c r="W26" s="24">
+      <c r="W26" s="11">
         <v>52.287581699346397</v>
       </c>
-      <c r="X26" s="23">
+      <c r="X26" s="10">
         <v>7173</v>
       </c>
-      <c r="Y26" s="23">
+      <c r="Y26" s="10">
         <v>3610</v>
       </c>
-      <c r="Z26" s="25">
+      <c r="Z26" s="12">
         <v>50.3</v>
       </c>
-      <c r="AA26" s="23">
+      <c r="AA26" s="10">
         <v>7047</v>
       </c>
-      <c r="AB26" s="23">
+      <c r="AB26" s="10">
         <v>3558</v>
       </c>
-      <c r="AC26" s="25">
+      <c r="AC26" s="12">
         <v>50.5</v>
       </c>
-      <c r="AD26" s="23">
+      <c r="AD26" s="10">
         <v>8066</v>
       </c>
-      <c r="AE26" s="23">
+      <c r="AE26" s="10">
         <v>3941</v>
       </c>
-      <c r="AF26" s="25">
+      <c r="AF26" s="12">
         <v>48.9</v>
       </c>
-      <c r="AG26" s="23">
+      <c r="AG26" s="24">
         <v>8557</v>
       </c>
-      <c r="AH26" s="23">
+      <c r="AH26" s="24">
         <v>4152</v>
       </c>
       <c r="AI26" s="25">
         <v>48.5</v>
       </c>
-      <c r="AJ26" s="46">
+      <c r="AJ26" s="24">
         <v>7872</v>
       </c>
-      <c r="AK26" s="46">
+      <c r="AK26" s="24">
         <v>3925</v>
       </c>
-      <c r="AL26" s="48">
+      <c r="AL26" s="25">
         <v>49.9</v>
       </c>
+      <c r="AM26" s="24">
+        <v>7719</v>
+      </c>
+      <c r="AN26" s="24">
+        <v>3868</v>
+      </c>
+      <c r="AO26" s="25">
+        <v>50.1</v>
+      </c>
     </row>
-    <row r="27" spans="1:38">
-[...1 lines deleted...]
-      <c r="B27" s="22" t="s">
+    <row r="27" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="14"/>
+      <c r="B27" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="C27" s="23">
+      <c r="C27" s="10">
         <v>4863</v>
       </c>
-      <c r="D27" s="23">
+      <c r="D27" s="10">
         <v>2494</v>
       </c>
-      <c r="E27" s="24">
+      <c r="E27" s="11">
         <v>51.2852148879293</v>
       </c>
-      <c r="F27" s="23">
+      <c r="F27" s="10">
         <v>4831</v>
       </c>
-      <c r="G27" s="23">
+      <c r="G27" s="10">
         <v>2423</v>
       </c>
-      <c r="H27" s="24">
+      <c r="H27" s="11">
         <v>50.155247360794903</v>
       </c>
-      <c r="I27" s="23">
+      <c r="I27" s="10">
         <v>4801</v>
       </c>
-      <c r="J27" s="23">
+      <c r="J27" s="10">
         <v>2458</v>
       </c>
-      <c r="K27" s="24">
+      <c r="K27" s="11">
         <v>51.197667152676502</v>
       </c>
-      <c r="L27" s="23">
+      <c r="L27" s="10">
         <v>4995</v>
       </c>
-      <c r="M27" s="23">
+      <c r="M27" s="10">
         <v>2611</v>
       </c>
-      <c r="N27" s="24">
+      <c r="N27" s="11">
         <v>52.272272272272303</v>
       </c>
-      <c r="O27" s="23">
+      <c r="O27" s="10">
         <v>5334</v>
       </c>
-      <c r="P27" s="23">
+      <c r="P27" s="10">
         <v>2711</v>
       </c>
-      <c r="Q27" s="24">
+      <c r="Q27" s="11">
         <v>50.824896887888997</v>
       </c>
-      <c r="R27" s="23">
+      <c r="R27" s="10">
         <v>5063</v>
       </c>
-      <c r="S27" s="23">
+      <c r="S27" s="10">
         <v>2631</v>
       </c>
-      <c r="T27" s="24">
+      <c r="T27" s="11">
         <v>51.965238001185099</v>
       </c>
-      <c r="U27" s="23">
+      <c r="U27" s="10">
         <v>5173</v>
       </c>
-      <c r="V27" s="23">
+      <c r="V27" s="10">
         <v>2748</v>
       </c>
-      <c r="W27" s="24">
+      <c r="W27" s="11">
         <v>53.121979508989</v>
       </c>
-      <c r="X27" s="23">
+      <c r="X27" s="10">
         <v>5613</v>
       </c>
-      <c r="Y27" s="23">
+      <c r="Y27" s="10">
         <v>2836</v>
       </c>
-      <c r="Z27" s="25">
+      <c r="Z27" s="12">
         <v>50.5</v>
       </c>
-      <c r="AA27" s="23">
+      <c r="AA27" s="10">
         <v>5562</v>
       </c>
-      <c r="AB27" s="23">
+      <c r="AB27" s="10">
         <v>2731</v>
       </c>
-      <c r="AC27" s="25">
+      <c r="AC27" s="12">
         <v>49.1</v>
       </c>
-      <c r="AD27" s="23">
+      <c r="AD27" s="10">
         <v>6264</v>
       </c>
-      <c r="AE27" s="23">
+      <c r="AE27" s="10">
         <v>2950</v>
       </c>
-      <c r="AF27" s="25">
+      <c r="AF27" s="12">
         <v>47.1</v>
       </c>
-      <c r="AG27" s="23">
+      <c r="AG27" s="24">
         <v>6709</v>
       </c>
-      <c r="AH27" s="23">
+      <c r="AH27" s="24">
         <v>3146</v>
       </c>
       <c r="AI27" s="25">
         <v>46.9</v>
       </c>
-      <c r="AJ27" s="46">
+      <c r="AJ27" s="24">
         <v>6436</v>
       </c>
-      <c r="AK27" s="46">
+      <c r="AK27" s="24">
         <v>3102</v>
       </c>
-      <c r="AL27" s="48">
+      <c r="AL27" s="25">
         <v>48.2</v>
       </c>
+      <c r="AM27" s="24">
+        <v>6543</v>
+      </c>
+      <c r="AN27" s="24">
+        <v>3208</v>
+      </c>
+      <c r="AO27" s="25">
+        <v>49</v>
+      </c>
     </row>
-    <row r="28" spans="1:38">
-[...1 lines deleted...]
-      <c r="B28" s="22" t="s">
+    <row r="28" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="14"/>
+      <c r="B28" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="C28" s="23">
+      <c r="C28" s="10">
         <v>6551</v>
       </c>
-      <c r="D28" s="23">
+      <c r="D28" s="10">
         <v>2910</v>
       </c>
-      <c r="E28" s="24">
+      <c r="E28" s="11">
         <v>44.420699129903802</v>
       </c>
-      <c r="F28" s="23">
+      <c r="F28" s="10">
         <v>6811</v>
       </c>
-      <c r="G28" s="23">
+      <c r="G28" s="10">
         <v>3033</v>
       </c>
-      <c r="H28" s="24">
+      <c r="H28" s="11">
         <v>44.5309058875349</v>
       </c>
-      <c r="I28" s="23">
+      <c r="I28" s="10">
         <v>6564</v>
       </c>
-      <c r="J28" s="23">
+      <c r="J28" s="10">
         <v>2932</v>
       </c>
-      <c r="K28" s="24">
+      <c r="K28" s="11">
         <v>44.667885435709898</v>
       </c>
-      <c r="L28" s="23">
+      <c r="L28" s="10">
         <v>6761</v>
       </c>
-      <c r="M28" s="23">
+      <c r="M28" s="10">
         <v>3135</v>
       </c>
-      <c r="N28" s="24">
+      <c r="N28" s="11">
         <v>46.368880343144497</v>
       </c>
-      <c r="O28" s="23">
+      <c r="O28" s="10">
         <v>6976</v>
       </c>
-      <c r="P28" s="23">
+      <c r="P28" s="10">
         <v>3150</v>
       </c>
-      <c r="Q28" s="24">
+      <c r="Q28" s="11">
         <v>45.154816513761503</v>
       </c>
-      <c r="R28" s="23">
+      <c r="R28" s="10">
         <v>6830</v>
       </c>
-      <c r="S28" s="23">
+      <c r="S28" s="10">
         <v>3173</v>
       </c>
-      <c r="T28" s="24">
+      <c r="T28" s="11">
         <v>46.456808199121497</v>
       </c>
-      <c r="U28" s="23">
+      <c r="U28" s="10">
         <v>7023</v>
       </c>
-      <c r="V28" s="23">
+      <c r="V28" s="10">
         <v>3363</v>
       </c>
-      <c r="W28" s="24">
+      <c r="W28" s="11">
         <v>47.885519008970498</v>
       </c>
-      <c r="X28" s="23">
+      <c r="X28" s="10">
         <v>7459</v>
       </c>
-      <c r="Y28" s="23">
+      <c r="Y28" s="10">
         <v>3573</v>
       </c>
-      <c r="Z28" s="25">
+      <c r="Z28" s="12">
         <v>47.9</v>
       </c>
-      <c r="AA28" s="23">
+      <c r="AA28" s="10">
         <v>7337</v>
       </c>
-      <c r="AB28" s="23">
+      <c r="AB28" s="10">
         <v>3555</v>
       </c>
-      <c r="AC28" s="25">
+      <c r="AC28" s="12">
         <v>48.5</v>
       </c>
-      <c r="AD28" s="23">
+      <c r="AD28" s="10">
         <v>8072</v>
       </c>
-      <c r="AE28" s="23">
+      <c r="AE28" s="10">
         <v>3780</v>
       </c>
-      <c r="AF28" s="25">
+      <c r="AF28" s="12">
         <v>46.8</v>
       </c>
-      <c r="AG28" s="23">
+      <c r="AG28" s="24">
         <v>8715</v>
       </c>
-      <c r="AH28" s="23">
+      <c r="AH28" s="24">
         <v>3675</v>
       </c>
       <c r="AI28" s="25">
         <v>42.2</v>
       </c>
-      <c r="AJ28" s="46">
+      <c r="AJ28" s="24">
         <v>8415</v>
       </c>
-      <c r="AK28" s="46">
+      <c r="AK28" s="24">
         <v>3822</v>
       </c>
-      <c r="AL28" s="48">
+      <c r="AL28" s="25">
         <v>45.4</v>
       </c>
+      <c r="AM28" s="24">
+        <v>8176</v>
+      </c>
+      <c r="AN28" s="24">
+        <v>3750</v>
+      </c>
+      <c r="AO28" s="25">
+        <v>45.9</v>
+      </c>
     </row>
-    <row r="29" spans="1:38">
-[...1 lines deleted...]
-      <c r="B29" s="22" t="s">
+    <row r="29" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="14"/>
+      <c r="B29" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="C29" s="23">
+      <c r="C29" s="10">
         <v>5699</v>
       </c>
-      <c r="D29" s="23">
+      <c r="D29" s="10">
         <v>2766</v>
       </c>
-      <c r="E29" s="24">
+      <c r="E29" s="11">
         <v>48.534830672047697</v>
       </c>
-      <c r="F29" s="23">
+      <c r="F29" s="10">
         <v>5576</v>
       </c>
-      <c r="G29" s="23">
+      <c r="G29" s="10">
         <v>2628</v>
       </c>
-      <c r="H29" s="24">
+      <c r="H29" s="11">
         <v>47.1305595408895</v>
       </c>
-      <c r="I29" s="23">
+      <c r="I29" s="10">
         <v>5740</v>
       </c>
-      <c r="J29" s="23">
+      <c r="J29" s="10">
         <v>2812</v>
       </c>
-      <c r="K29" s="24">
+      <c r="K29" s="11">
         <v>48.989547038327501</v>
       </c>
-      <c r="L29" s="23">
+      <c r="L29" s="10">
         <v>5836</v>
       </c>
-      <c r="M29" s="23">
+      <c r="M29" s="10">
         <v>2934</v>
       </c>
-      <c r="N29" s="24">
+      <c r="N29" s="11">
         <v>50.274160383824501</v>
       </c>
-      <c r="O29" s="23">
+      <c r="O29" s="10">
         <v>6116</v>
       </c>
-      <c r="P29" s="23">
+      <c r="P29" s="10">
         <v>3089</v>
       </c>
-      <c r="Q29" s="24">
+      <c r="Q29" s="11">
         <v>50.506867233485899</v>
       </c>
-      <c r="R29" s="23">
+      <c r="R29" s="10">
         <v>6258</v>
       </c>
-      <c r="S29" s="23">
+      <c r="S29" s="10">
         <v>3401</v>
       </c>
-      <c r="T29" s="24">
+      <c r="T29" s="11">
         <v>54.346436561201699</v>
       </c>
-      <c r="U29" s="23">
+      <c r="U29" s="10">
         <v>6268</v>
       </c>
-      <c r="V29" s="23">
+      <c r="V29" s="10">
         <v>3306</v>
       </c>
-      <c r="W29" s="24">
+      <c r="W29" s="11">
         <v>52.744097000638199</v>
       </c>
-      <c r="X29" s="23">
+      <c r="X29" s="10">
         <v>6858</v>
       </c>
-      <c r="Y29" s="23">
+      <c r="Y29" s="10">
         <v>3710</v>
       </c>
-      <c r="Z29" s="25">
+      <c r="Z29" s="12">
         <v>54.1</v>
       </c>
-      <c r="AA29" s="23">
+      <c r="AA29" s="10">
         <v>6738</v>
       </c>
-      <c r="AB29" s="23">
+      <c r="AB29" s="10">
         <v>3500</v>
       </c>
-      <c r="AC29" s="25">
+      <c r="AC29" s="12">
         <v>51.9</v>
       </c>
-      <c r="AD29" s="23">
+      <c r="AD29" s="10">
         <v>8116</v>
       </c>
-      <c r="AE29" s="23">
+      <c r="AE29" s="10">
         <v>4478</v>
       </c>
-      <c r="AF29" s="25">
+      <c r="AF29" s="12">
         <v>55.2</v>
       </c>
-      <c r="AG29" s="23">
+      <c r="AG29" s="24">
         <v>8351</v>
       </c>
-      <c r="AH29" s="23">
+      <c r="AH29" s="24">
         <v>4293</v>
       </c>
       <c r="AI29" s="25">
         <v>51.4</v>
       </c>
-      <c r="AJ29" s="46">
+      <c r="AJ29" s="24">
         <v>7504</v>
       </c>
-      <c r="AK29" s="46">
+      <c r="AK29" s="24">
         <v>3976</v>
       </c>
-      <c r="AL29" s="48">
+      <c r="AL29" s="25">
         <v>53</v>
       </c>
+      <c r="AM29" s="24">
+        <v>7667</v>
+      </c>
+      <c r="AN29" s="24">
+        <v>4077</v>
+      </c>
+      <c r="AO29" s="25">
+        <v>53.2</v>
+      </c>
     </row>
-    <row r="30" spans="1:38">
-[...1 lines deleted...]
-      <c r="B30" s="22" t="s">
+    <row r="30" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="14"/>
+      <c r="B30" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="C30" s="23">
+      <c r="C30" s="10">
         <v>3593</v>
       </c>
-      <c r="D30" s="23">
+      <c r="D30" s="10">
         <v>2179</v>
       </c>
-      <c r="E30" s="24">
+      <c r="E30" s="11">
         <v>60.645699972168103</v>
       </c>
-      <c r="F30" s="23">
+      <c r="F30" s="10">
         <v>3589</v>
       </c>
-      <c r="G30" s="23">
+      <c r="G30" s="10">
         <v>2252</v>
       </c>
-      <c r="H30" s="24">
+      <c r="H30" s="11">
         <v>62.747283365840097</v>
       </c>
-      <c r="I30" s="23">
+      <c r="I30" s="10">
         <v>3750</v>
       </c>
-      <c r="J30" s="23">
+      <c r="J30" s="10">
         <v>2498</v>
       </c>
-      <c r="K30" s="24">
+      <c r="K30" s="11">
         <v>66.613333333333301</v>
       </c>
-      <c r="L30" s="23">
+      <c r="L30" s="10">
         <v>3744</v>
       </c>
-      <c r="M30" s="23">
+      <c r="M30" s="10">
         <v>2506</v>
       </c>
-      <c r="N30" s="24">
+      <c r="N30" s="11">
         <v>66.933760683760696</v>
       </c>
-      <c r="O30" s="23">
+      <c r="O30" s="10">
         <v>3921</v>
       </c>
-      <c r="P30" s="23">
+      <c r="P30" s="10">
         <v>2579</v>
       </c>
-      <c r="Q30" s="24">
+      <c r="Q30" s="11">
         <v>65.774037235399106</v>
       </c>
-      <c r="R30" s="23">
+      <c r="R30" s="10">
         <v>3809</v>
       </c>
-      <c r="S30" s="23">
+      <c r="S30" s="10">
         <v>2429</v>
       </c>
-      <c r="T30" s="24">
+      <c r="T30" s="11">
         <v>63.770018377526902</v>
       </c>
-      <c r="U30" s="23">
+      <c r="U30" s="10">
         <v>3973</v>
       </c>
-      <c r="V30" s="23">
+      <c r="V30" s="10">
         <v>2569</v>
       </c>
-      <c r="W30" s="24">
+      <c r="W30" s="11">
         <v>64.661464887994001</v>
       </c>
-      <c r="X30" s="23">
+      <c r="X30" s="10">
         <v>4346</v>
       </c>
-      <c r="Y30" s="23">
+      <c r="Y30" s="10">
         <v>2806</v>
       </c>
-      <c r="Z30" s="25">
+      <c r="Z30" s="12">
         <v>64.599999999999994</v>
       </c>
-      <c r="AA30" s="23">
+      <c r="AA30" s="10">
         <v>4270</v>
       </c>
-      <c r="AB30" s="23">
+      <c r="AB30" s="10">
         <v>2699</v>
       </c>
-      <c r="AC30" s="25">
+      <c r="AC30" s="12">
         <v>63.2</v>
       </c>
-      <c r="AD30" s="23">
+      <c r="AD30" s="10">
         <v>6285</v>
       </c>
-      <c r="AE30" s="23">
+      <c r="AE30" s="10">
         <v>4310</v>
       </c>
-      <c r="AF30" s="25">
+      <c r="AF30" s="12">
         <v>68.599999999999994</v>
       </c>
-      <c r="AG30" s="23">
+      <c r="AG30" s="24">
         <v>5114</v>
       </c>
-      <c r="AH30" s="23">
+      <c r="AH30" s="24">
         <v>3296</v>
       </c>
       <c r="AI30" s="25">
         <v>64.5</v>
       </c>
-      <c r="AJ30" s="46">
+      <c r="AJ30" s="24">
         <v>4980</v>
       </c>
-      <c r="AK30" s="46">
+      <c r="AK30" s="24">
         <v>3165</v>
       </c>
-      <c r="AL30" s="48">
+      <c r="AL30" s="25">
         <v>63.6</v>
       </c>
+      <c r="AM30" s="24">
+        <v>5103</v>
+      </c>
+      <c r="AN30" s="24">
+        <v>3277</v>
+      </c>
+      <c r="AO30" s="25">
+        <v>64.2</v>
+      </c>
     </row>
-    <row r="31" spans="1:38">
-[...1 lines deleted...]
-      <c r="B31" s="22" t="s">
+    <row r="31" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="14"/>
+      <c r="B31" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="C31" s="23">
+      <c r="C31" s="10">
         <v>1452</v>
       </c>
-      <c r="D31" s="23">
+      <c r="D31" s="10">
         <v>798</v>
       </c>
-      <c r="E31" s="24">
+      <c r="E31" s="11">
         <v>54.958677685950398</v>
       </c>
-      <c r="F31" s="23">
+      <c r="F31" s="10">
         <v>1345</v>
       </c>
-      <c r="G31" s="23">
+      <c r="G31" s="10">
         <v>711</v>
       </c>
-      <c r="H31" s="24">
+      <c r="H31" s="11">
         <v>52.862453531598497</v>
       </c>
-      <c r="I31" s="23">
+      <c r="I31" s="10">
         <v>1486</v>
       </c>
-      <c r="J31" s="23">
+      <c r="J31" s="10">
         <v>809</v>
       </c>
-      <c r="K31" s="24">
+      <c r="K31" s="11">
         <v>54.441453566621803</v>
       </c>
-      <c r="L31" s="23">
+      <c r="L31" s="10">
         <v>1535</v>
       </c>
-      <c r="M31" s="23">
+      <c r="M31" s="10">
         <v>862</v>
       </c>
-      <c r="N31" s="24">
+      <c r="N31" s="11">
         <v>56.156351791530902</v>
       </c>
-      <c r="O31" s="23">
+      <c r="O31" s="10">
         <v>1541</v>
       </c>
-      <c r="P31" s="23">
+      <c r="P31" s="10">
         <v>838</v>
       </c>
-      <c r="Q31" s="24">
+      <c r="Q31" s="11">
         <v>54.380272550291998</v>
       </c>
-      <c r="R31" s="23">
+      <c r="R31" s="10">
         <v>1549</v>
       </c>
-      <c r="S31" s="23">
+      <c r="S31" s="10">
         <v>832</v>
       </c>
-      <c r="T31" s="24">
+      <c r="T31" s="11">
         <v>53.712072304712699</v>
       </c>
-      <c r="U31" s="23">
+      <c r="U31" s="10">
         <v>1491</v>
       </c>
-      <c r="V31" s="23">
+      <c r="V31" s="10">
         <v>800</v>
       </c>
-      <c r="W31" s="24">
+      <c r="W31" s="11">
         <v>53.6552649228706</v>
       </c>
-      <c r="X31" s="23">
+      <c r="X31" s="10">
         <v>1581</v>
       </c>
-      <c r="Y31" s="23">
+      <c r="Y31" s="10">
         <v>854</v>
       </c>
-      <c r="Z31" s="25">
+      <c r="Z31" s="12">
         <v>54</v>
       </c>
-      <c r="AA31" s="23">
+      <c r="AA31" s="10">
         <v>1597</v>
       </c>
-      <c r="AB31" s="23">
+      <c r="AB31" s="10">
         <v>829</v>
       </c>
-      <c r="AC31" s="25">
+      <c r="AC31" s="12">
         <v>51.9</v>
       </c>
-      <c r="AD31" s="23">
+      <c r="AD31" s="10">
         <v>1983</v>
       </c>
-      <c r="AE31" s="23">
+      <c r="AE31" s="10">
         <v>985</v>
       </c>
-      <c r="AF31" s="25">
+      <c r="AF31" s="12">
         <v>49.7</v>
       </c>
-      <c r="AG31" s="23">
+      <c r="AG31" s="24">
         <v>1818</v>
       </c>
-      <c r="AH31" s="23">
+      <c r="AH31" s="24">
         <v>861</v>
       </c>
       <c r="AI31" s="25">
         <v>47.4</v>
       </c>
-      <c r="AJ31" s="46">
+      <c r="AJ31" s="24">
         <v>1744</v>
       </c>
-      <c r="AK31" s="46">
+      <c r="AK31" s="24">
         <v>832</v>
       </c>
-      <c r="AL31" s="48">
+      <c r="AL31" s="25">
         <v>47.7</v>
       </c>
+      <c r="AM31" s="24">
+        <v>1748</v>
+      </c>
+      <c r="AN31" s="24">
+        <v>861</v>
+      </c>
+      <c r="AO31" s="25">
+        <v>49.3</v>
+      </c>
     </row>
-    <row r="32" spans="1:38">
-[...1 lines deleted...]
-      <c r="B32" s="22" t="s">
+    <row r="32" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="14"/>
+      <c r="B32" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="C32" s="23">
+      <c r="C32" s="10">
         <v>3161</v>
       </c>
-      <c r="D32" s="23">
+      <c r="D32" s="10">
         <v>1419</v>
       </c>
-      <c r="E32" s="24">
+      <c r="E32" s="11">
         <v>44.890857323631799</v>
       </c>
-      <c r="F32" s="23">
+      <c r="F32" s="10">
         <v>3296</v>
       </c>
-      <c r="G32" s="23">
+      <c r="G32" s="10">
         <v>1476</v>
       </c>
-      <c r="H32" s="24">
+      <c r="H32" s="11">
         <v>44.7815533980583</v>
       </c>
-      <c r="I32" s="23">
+      <c r="I32" s="10">
         <v>3292</v>
       </c>
-      <c r="J32" s="23">
+      <c r="J32" s="10">
         <v>1496</v>
       </c>
-      <c r="K32" s="24">
+      <c r="K32" s="11">
         <v>45.443499392466599</v>
       </c>
-      <c r="L32" s="23">
+      <c r="L32" s="10">
         <v>3360</v>
       </c>
-      <c r="M32" s="23">
+      <c r="M32" s="10">
         <v>1551</v>
       </c>
-      <c r="N32" s="24">
+      <c r="N32" s="11">
         <v>46.160714285714299</v>
       </c>
-      <c r="O32" s="23">
+      <c r="O32" s="10">
         <v>3531</v>
       </c>
-      <c r="P32" s="23">
+      <c r="P32" s="10">
         <v>1603</v>
       </c>
-      <c r="Q32" s="24">
+      <c r="Q32" s="11">
         <v>45.397904276409001</v>
       </c>
-      <c r="R32" s="23">
+      <c r="R32" s="10">
         <v>3491</v>
       </c>
-      <c r="S32" s="23">
+      <c r="S32" s="10">
         <v>1628</v>
       </c>
-      <c r="T32" s="24">
+      <c r="T32" s="11">
         <v>46.634202234316803</v>
       </c>
-      <c r="U32" s="23">
+      <c r="U32" s="10">
         <v>3614</v>
       </c>
-      <c r="V32" s="23">
+      <c r="V32" s="10">
         <v>1649</v>
       </c>
-      <c r="W32" s="24">
+      <c r="W32" s="11">
         <v>45.628112894299903</v>
       </c>
-      <c r="X32" s="23">
+      <c r="X32" s="10">
         <v>3688</v>
       </c>
-      <c r="Y32" s="23">
+      <c r="Y32" s="10">
         <v>1609</v>
       </c>
-      <c r="Z32" s="25">
+      <c r="Z32" s="12">
         <v>43.6</v>
       </c>
-      <c r="AA32" s="23">
+      <c r="AA32" s="10">
         <v>3701</v>
       </c>
-      <c r="AB32" s="23">
+      <c r="AB32" s="10">
         <v>1505</v>
       </c>
-      <c r="AC32" s="25">
+      <c r="AC32" s="12">
         <v>40.700000000000003</v>
       </c>
-      <c r="AD32" s="23">
+      <c r="AD32" s="10">
         <v>4003</v>
       </c>
-      <c r="AE32" s="23">
+      <c r="AE32" s="10">
         <v>1651</v>
       </c>
-      <c r="AF32" s="25">
+      <c r="AF32" s="12">
         <v>41.2</v>
       </c>
-      <c r="AG32" s="23">
+      <c r="AG32" s="24">
         <v>4316</v>
       </c>
-      <c r="AH32" s="23">
+      <c r="AH32" s="24">
         <v>1681</v>
       </c>
       <c r="AI32" s="25">
         <v>38.9</v>
       </c>
-      <c r="AJ32" s="46">
+      <c r="AJ32" s="24">
         <v>4084</v>
       </c>
-      <c r="AK32" s="46">
+      <c r="AK32" s="24">
         <v>1676</v>
       </c>
-      <c r="AL32" s="48">
+      <c r="AL32" s="25">
         <v>41</v>
       </c>
+      <c r="AM32" s="24">
+        <v>4001</v>
+      </c>
+      <c r="AN32" s="24">
+        <v>1683</v>
+      </c>
+      <c r="AO32" s="25">
+        <v>42.1</v>
+      </c>
     </row>
-    <row r="33" spans="1:38">
-[...1 lines deleted...]
-      <c r="B33" s="22" t="s">
+    <row r="33" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="15"/>
+      <c r="B33" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="C33" s="23">
+      <c r="C33" s="10">
         <v>2973</v>
       </c>
-      <c r="D33" s="23">
+      <c r="D33" s="10">
         <v>1534</v>
       </c>
-      <c r="E33" s="24">
+      <c r="E33" s="11">
         <v>51.597712748065902</v>
       </c>
-      <c r="F33" s="23">
+      <c r="F33" s="10">
         <v>3206</v>
       </c>
-      <c r="G33" s="23">
+      <c r="G33" s="10">
         <v>1714</v>
       </c>
-      <c r="H33" s="24">
+      <c r="H33" s="11">
         <v>53.4622582657517</v>
       </c>
-      <c r="I33" s="23">
+      <c r="I33" s="10">
         <v>3184</v>
       </c>
-      <c r="J33" s="23">
+      <c r="J33" s="10">
         <v>1694</v>
       </c>
-      <c r="K33" s="24">
+      <c r="K33" s="11">
         <v>53.2035175879397</v>
       </c>
-      <c r="L33" s="23">
+      <c r="L33" s="10">
         <v>3248</v>
       </c>
-      <c r="M33" s="23">
+      <c r="M33" s="10">
         <v>1687</v>
       </c>
-      <c r="N33" s="24">
+      <c r="N33" s="11">
         <v>51.939655172413801</v>
       </c>
-      <c r="O33" s="23">
+      <c r="O33" s="10">
         <v>3443</v>
       </c>
-      <c r="P33" s="23">
+      <c r="P33" s="10">
         <v>1844</v>
       </c>
-      <c r="Q33" s="24">
+      <c r="Q33" s="11">
         <v>53.557943653790304</v>
       </c>
-      <c r="R33" s="23">
+      <c r="R33" s="10">
         <v>3484</v>
       </c>
-      <c r="S33" s="23">
+      <c r="S33" s="10">
         <v>1915</v>
       </c>
-      <c r="T33" s="24">
+      <c r="T33" s="11">
         <v>54.965556831228497</v>
       </c>
-      <c r="U33" s="23">
+      <c r="U33" s="10">
         <v>3491</v>
       </c>
-      <c r="V33" s="23">
+      <c r="V33" s="10">
         <v>1889</v>
       </c>
-      <c r="W33" s="24">
+      <c r="W33" s="11">
         <v>54.110570037238602</v>
       </c>
-      <c r="X33" s="23">
+      <c r="X33" s="10">
         <v>3658</v>
       </c>
-      <c r="Y33" s="23">
+      <c r="Y33" s="10">
         <v>2020</v>
       </c>
-      <c r="Z33" s="25">
+      <c r="Z33" s="12">
         <v>55.2</v>
       </c>
-      <c r="AA33" s="23">
+      <c r="AA33" s="10">
         <v>3680</v>
       </c>
-      <c r="AB33" s="23">
+      <c r="AB33" s="10">
         <v>2063</v>
       </c>
-      <c r="AC33" s="25">
+      <c r="AC33" s="12">
         <v>56.1</v>
       </c>
-      <c r="AD33" s="23">
+      <c r="AD33" s="10">
         <v>4022</v>
       </c>
-      <c r="AE33" s="23">
+      <c r="AE33" s="10">
         <v>2207</v>
       </c>
-      <c r="AF33" s="25">
+      <c r="AF33" s="12">
         <v>54.9</v>
       </c>
-      <c r="AG33" s="23">
+      <c r="AG33" s="24">
         <v>4456</v>
       </c>
-      <c r="AH33" s="23">
+      <c r="AH33" s="24">
         <v>2366</v>
       </c>
       <c r="AI33" s="25">
         <v>53.1</v>
       </c>
-      <c r="AJ33" s="46">
+      <c r="AJ33" s="24">
         <v>4081</v>
       </c>
-      <c r="AK33" s="46">
+      <c r="AK33" s="24">
         <v>2167</v>
       </c>
-      <c r="AL33" s="48">
+      <c r="AL33" s="25">
         <v>53.1</v>
       </c>
+      <c r="AM33" s="24">
+        <v>4244</v>
+      </c>
+      <c r="AN33" s="24">
+        <v>2392</v>
+      </c>
+      <c r="AO33" s="25">
+        <v>56.4</v>
+      </c>
     </row>
-    <row r="34" spans="1:38">
-      <c r="A34" s="43" t="s">
+    <row r="34" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B34" s="22" t="s">
+      <c r="B34" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="C34" s="23">
+      <c r="C34" s="10">
         <v>84540</v>
       </c>
-      <c r="D34" s="23">
+      <c r="D34" s="10">
         <v>35122</v>
       </c>
-      <c r="E34" s="24">
+      <c r="E34" s="11">
         <v>41.544830849302102</v>
       </c>
-      <c r="F34" s="23">
+      <c r="F34" s="10">
         <v>89029</v>
       </c>
-      <c r="G34" s="23">
+      <c r="G34" s="10">
         <v>36862</v>
       </c>
-      <c r="H34" s="24">
+      <c r="H34" s="11">
         <v>41.404486178660903</v>
       </c>
-      <c r="I34" s="23">
+      <c r="I34" s="10">
         <v>89881</v>
       </c>
-      <c r="J34" s="23">
+      <c r="J34" s="10">
         <v>37826</v>
       </c>
-      <c r="K34" s="24">
+      <c r="K34" s="11">
         <v>42.084533994948899</v>
       </c>
-      <c r="L34" s="23">
+      <c r="L34" s="10">
         <v>91601</v>
       </c>
-      <c r="M34" s="23">
+      <c r="M34" s="10">
         <v>39052</v>
       </c>
-      <c r="N34" s="24">
+      <c r="N34" s="11">
         <v>42.632722350192701</v>
       </c>
-      <c r="O34" s="23">
+      <c r="O34" s="10">
         <v>97199</v>
       </c>
-      <c r="P34" s="23">
+      <c r="P34" s="10">
         <v>41173</v>
       </c>
-      <c r="Q34" s="24">
+      <c r="Q34" s="11">
         <v>42.359489295157402</v>
       </c>
-      <c r="R34" s="23">
+      <c r="R34" s="10">
         <v>90772</v>
       </c>
-      <c r="S34" s="23">
+      <c r="S34" s="10">
         <v>38511</v>
       </c>
-      <c r="T34" s="24">
+      <c r="T34" s="11">
         <v>42.426078526417797</v>
       </c>
-      <c r="U34" s="23">
+      <c r="U34" s="10">
         <v>92004</v>
       </c>
-      <c r="V34" s="23">
+      <c r="V34" s="10">
         <v>39569</v>
       </c>
-      <c r="W34" s="24">
+      <c r="W34" s="11">
         <v>43.0079126994479</v>
       </c>
-      <c r="X34" s="23">
+      <c r="X34" s="10">
         <v>99720</v>
       </c>
-      <c r="Y34" s="23">
+      <c r="Y34" s="10">
         <v>42366</v>
       </c>
-      <c r="Z34" s="25">
+      <c r="Z34" s="12">
         <v>42.5</v>
       </c>
-      <c r="AA34" s="23">
+      <c r="AA34" s="10">
         <v>97237</v>
       </c>
-      <c r="AB34" s="23">
+      <c r="AB34" s="10">
         <v>40634</v>
       </c>
-      <c r="AC34" s="25">
+      <c r="AC34" s="12">
         <v>41.8</v>
       </c>
-      <c r="AD34" s="23">
+      <c r="AD34" s="10">
         <v>101792</v>
       </c>
-      <c r="AE34" s="23">
+      <c r="AE34" s="10">
         <v>42274</v>
       </c>
-      <c r="AF34" s="25">
+      <c r="AF34" s="12">
         <v>41.5</v>
       </c>
-      <c r="AG34" s="23">
+      <c r="AG34" s="24">
         <v>114860</v>
       </c>
-      <c r="AH34" s="23">
+      <c r="AH34" s="24">
         <v>47159</v>
       </c>
       <c r="AI34" s="25">
         <v>41.1</v>
       </c>
-      <c r="AJ34" s="46">
+      <c r="AJ34" s="24">
         <v>109475</v>
       </c>
-      <c r="AK34" s="46">
+      <c r="AK34" s="24">
         <v>45802</v>
       </c>
-      <c r="AL34" s="48">
+      <c r="AL34" s="25">
         <v>41.8</v>
       </c>
+      <c r="AM34" s="24">
+        <v>108844</v>
+      </c>
+      <c r="AN34" s="24">
+        <v>47168</v>
+      </c>
+      <c r="AO34" s="25">
+        <v>43.3</v>
+      </c>
     </row>
-    <row r="35" spans="1:38">
-[...1 lines deleted...]
-      <c r="B35" s="22" t="s">
+    <row r="35" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="14"/>
+      <c r="B35" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="C35" s="23">
+      <c r="C35" s="10">
         <v>8912</v>
       </c>
-      <c r="D35" s="23">
+      <c r="D35" s="10">
         <v>3074</v>
       </c>
-      <c r="E35" s="24">
+      <c r="E35" s="11">
         <v>34.492818671454202</v>
       </c>
-      <c r="F35" s="23">
+      <c r="F35" s="10">
         <v>13491</v>
       </c>
-      <c r="G35" s="23">
+      <c r="G35" s="10">
         <v>4839</v>
       </c>
-      <c r="H35" s="24">
+      <c r="H35" s="11">
         <v>35.868356682232601</v>
       </c>
-      <c r="I35" s="23">
+      <c r="I35" s="10">
         <v>13742</v>
       </c>
-      <c r="J35" s="23">
+      <c r="J35" s="10">
         <v>4990</v>
       </c>
-      <c r="K35" s="24">
+      <c r="K35" s="11">
         <v>36.312036093727301</v>
       </c>
-      <c r="L35" s="23">
+      <c r="L35" s="10">
         <v>13813</v>
       </c>
-      <c r="M35" s="23">
+      <c r="M35" s="10">
         <v>4960</v>
       </c>
-      <c r="N35" s="24">
+      <c r="N35" s="11">
         <v>35.908202418012003</v>
       </c>
-      <c r="O35" s="23">
+      <c r="O35" s="10">
         <v>14473</v>
       </c>
-      <c r="P35" s="23">
+      <c r="P35" s="10">
         <v>5322</v>
       </c>
-      <c r="Q35" s="24">
+      <c r="Q35" s="11">
         <v>36.771920127133299</v>
       </c>
-      <c r="R35" s="23">
+      <c r="R35" s="10">
         <v>13753</v>
       </c>
-      <c r="S35" s="23">
+      <c r="S35" s="10">
         <v>5053</v>
       </c>
-      <c r="T35" s="24">
+      <c r="T35" s="11">
         <v>36.741074674616499</v>
       </c>
-      <c r="U35" s="23">
+      <c r="U35" s="10">
         <v>13803</v>
       </c>
-      <c r="V35" s="23">
+      <c r="V35" s="10">
         <v>5173</v>
       </c>
-      <c r="W35" s="24">
+      <c r="W35" s="11">
         <v>37.4773599942042</v>
       </c>
-      <c r="X35" s="23">
+      <c r="X35" s="10">
         <v>14918</v>
       </c>
-      <c r="Y35" s="23">
+      <c r="Y35" s="10">
         <v>5617</v>
       </c>
-      <c r="Z35" s="25">
+      <c r="Z35" s="12">
         <v>37.700000000000003</v>
       </c>
-      <c r="AA35" s="23">
+      <c r="AA35" s="10">
         <v>14245</v>
       </c>
-      <c r="AB35" s="23">
+      <c r="AB35" s="10">
         <v>5539</v>
       </c>
-      <c r="AC35" s="25">
+      <c r="AC35" s="12">
         <v>38.9</v>
       </c>
-      <c r="AD35" s="23">
+      <c r="AD35" s="10">
         <v>14781</v>
       </c>
-      <c r="AE35" s="23">
+      <c r="AE35" s="10">
         <v>5737</v>
       </c>
-      <c r="AF35" s="25">
+      <c r="AF35" s="12">
         <v>38.799999999999997</v>
       </c>
-      <c r="AG35" s="23">
+      <c r="AG35" s="24">
         <v>16787</v>
       </c>
-      <c r="AH35" s="23">
+      <c r="AH35" s="24">
         <v>6608</v>
       </c>
       <c r="AI35" s="25">
         <v>39.4</v>
       </c>
-      <c r="AJ35" s="46">
+      <c r="AJ35" s="24">
         <v>16025</v>
       </c>
-      <c r="AK35" s="46">
+      <c r="AK35" s="24">
         <v>6523</v>
       </c>
-      <c r="AL35" s="48">
+      <c r="AL35" s="25">
         <v>40.700000000000003</v>
       </c>
+      <c r="AM35" s="24">
+        <v>16047</v>
+      </c>
+      <c r="AN35" s="24">
+        <v>6593</v>
+      </c>
+      <c r="AO35" s="25">
+        <v>41.1</v>
+      </c>
     </row>
-    <row r="36" spans="1:38">
-[...1 lines deleted...]
-      <c r="B36" s="22" t="s">
+    <row r="36" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="14"/>
+      <c r="B36" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="C36" s="23">
+      <c r="C36" s="10">
         <v>3605</v>
       </c>
-      <c r="D36" s="23">
+      <c r="D36" s="10">
         <v>910</v>
       </c>
-      <c r="E36" s="24">
+      <c r="E36" s="11">
         <v>25.242718446601899</v>
       </c>
-      <c r="F36" s="23">
+      <c r="F36" s="10">
         <v>3686</v>
       </c>
-      <c r="G36" s="23">
+      <c r="G36" s="10">
         <v>988</v>
       </c>
-      <c r="H36" s="24">
+      <c r="H36" s="11">
         <v>26.8041237113402</v>
       </c>
-      <c r="I36" s="23">
+      <c r="I36" s="10">
         <v>3824</v>
       </c>
-      <c r="J36" s="23">
+      <c r="J36" s="10">
         <v>1005</v>
       </c>
-      <c r="K36" s="24">
+      <c r="K36" s="11">
         <v>26.281380753138102</v>
       </c>
-      <c r="L36" s="23">
+      <c r="L36" s="10">
         <v>3907</v>
       </c>
-      <c r="M36" s="23">
+      <c r="M36" s="10">
         <v>1072</v>
       </c>
-      <c r="N36" s="24">
+      <c r="N36" s="11">
         <v>27.4379319170719</v>
       </c>
-      <c r="O36" s="23">
+      <c r="O36" s="10">
         <v>4044</v>
       </c>
-      <c r="P36" s="23">
+      <c r="P36" s="10">
         <v>1119</v>
       </c>
-      <c r="Q36" s="24">
+      <c r="Q36" s="11">
         <v>27.670623145400601</v>
       </c>
-      <c r="R36" s="23">
+      <c r="R36" s="10">
         <v>3819</v>
       </c>
-      <c r="S36" s="23">
+      <c r="S36" s="10">
         <v>1101</v>
       </c>
-      <c r="T36" s="24">
+      <c r="T36" s="11">
         <v>28.829536527886901</v>
       </c>
-      <c r="U36" s="23">
+      <c r="U36" s="10">
         <v>3781</v>
       </c>
-      <c r="V36" s="23">
+      <c r="V36" s="10">
         <v>1158</v>
       </c>
-      <c r="W36" s="24">
+      <c r="W36" s="11">
         <v>30.626818302036501</v>
       </c>
-      <c r="X36" s="23">
+      <c r="X36" s="10">
         <v>4274</v>
       </c>
-      <c r="Y36" s="23">
+      <c r="Y36" s="10">
         <v>1371</v>
       </c>
-      <c r="Z36" s="25">
+      <c r="Z36" s="12">
         <v>32.1</v>
       </c>
-      <c r="AA36" s="23">
+      <c r="AA36" s="10">
         <v>4314</v>
       </c>
-      <c r="AB36" s="23">
+      <c r="AB36" s="10">
         <v>1376</v>
       </c>
-      <c r="AC36" s="25">
+      <c r="AC36" s="12">
         <v>31.9</v>
       </c>
-      <c r="AD36" s="23">
+      <c r="AD36" s="10">
         <v>4054</v>
       </c>
-      <c r="AE36" s="23">
+      <c r="AE36" s="10">
         <v>1261</v>
       </c>
-      <c r="AF36" s="25">
+      <c r="AF36" s="12">
         <v>31.1</v>
       </c>
-      <c r="AG36" s="23">
+      <c r="AG36" s="24">
         <v>4650</v>
       </c>
-      <c r="AH36" s="23">
+      <c r="AH36" s="24">
         <v>1655</v>
       </c>
       <c r="AI36" s="25">
         <v>35.6</v>
       </c>
-      <c r="AJ36" s="46">
+      <c r="AJ36" s="24">
         <v>4365</v>
       </c>
-      <c r="AK36" s="46">
+      <c r="AK36" s="24">
         <v>1377</v>
       </c>
-      <c r="AL36" s="48">
+      <c r="AL36" s="25">
         <v>31.5</v>
       </c>
+      <c r="AM36" s="24">
+        <v>4359</v>
+      </c>
+      <c r="AN36" s="24">
+        <v>1463</v>
+      </c>
+      <c r="AO36" s="25">
+        <v>33.6</v>
+      </c>
     </row>
-    <row r="37" spans="1:38">
-[...1 lines deleted...]
-      <c r="B37" s="22" t="s">
+    <row r="37" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="14"/>
+      <c r="B37" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="C37" s="23">
+      <c r="C37" s="10">
         <v>6581</v>
       </c>
-      <c r="D37" s="23">
+      <c r="D37" s="10">
         <v>2482</v>
       </c>
-      <c r="E37" s="24">
+      <c r="E37" s="11">
         <v>37.714633034493197</v>
       </c>
-      <c r="F37" s="23">
+      <c r="F37" s="10">
         <v>6926</v>
       </c>
-      <c r="G37" s="23">
+      <c r="G37" s="10">
         <v>2591</v>
       </c>
-      <c r="H37" s="24">
+      <c r="H37" s="11">
         <v>37.409760323419</v>
       </c>
-      <c r="I37" s="23">
+      <c r="I37" s="10">
         <v>6941</v>
       </c>
-      <c r="J37" s="23">
+      <c r="J37" s="10">
         <v>2629</v>
       </c>
-      <c r="K37" s="24">
+      <c r="K37" s="11">
         <v>37.876386687797101</v>
       </c>
-      <c r="L37" s="23">
+      <c r="L37" s="10">
         <v>6996</v>
       </c>
-      <c r="M37" s="23">
+      <c r="M37" s="10">
         <v>2763</v>
       </c>
-      <c r="N37" s="24">
+      <c r="N37" s="11">
         <v>39.493996569468301</v>
       </c>
-      <c r="O37" s="23">
+      <c r="O37" s="10">
         <v>7696</v>
       </c>
-      <c r="P37" s="23">
+      <c r="P37" s="10">
         <v>3003</v>
       </c>
-      <c r="Q37" s="24">
+      <c r="Q37" s="11">
         <v>39.020270270270302</v>
       </c>
-      <c r="R37" s="23">
+      <c r="R37" s="10">
         <v>7016</v>
       </c>
-      <c r="S37" s="23">
+      <c r="S37" s="10">
         <v>2691</v>
       </c>
-      <c r="T37" s="24">
+      <c r="T37" s="11">
         <v>38.355188141391103</v>
       </c>
-      <c r="U37" s="23">
+      <c r="U37" s="10">
         <v>6965</v>
       </c>
-      <c r="V37" s="23">
+      <c r="V37" s="10">
         <v>2748</v>
       </c>
-      <c r="W37" s="24">
+      <c r="W37" s="11">
         <v>39.4544149318019</v>
       </c>
-      <c r="X37" s="23">
+      <c r="X37" s="10">
         <v>7581</v>
       </c>
-      <c r="Y37" s="23">
+      <c r="Y37" s="10">
         <v>2992</v>
       </c>
-      <c r="Z37" s="25">
+      <c r="Z37" s="12">
         <v>39.5</v>
       </c>
-      <c r="AA37" s="23">
+      <c r="AA37" s="10">
         <v>7416</v>
       </c>
-      <c r="AB37" s="23">
+      <c r="AB37" s="10">
         <v>2923</v>
       </c>
-      <c r="AC37" s="25">
+      <c r="AC37" s="12">
         <v>39.4</v>
       </c>
-      <c r="AD37" s="23">
+      <c r="AD37" s="10">
         <v>7496</v>
       </c>
-      <c r="AE37" s="23">
+      <c r="AE37" s="10">
         <v>2844</v>
       </c>
-      <c r="AF37" s="25">
+      <c r="AF37" s="12">
         <v>37.9</v>
       </c>
-      <c r="AG37" s="23">
+      <c r="AG37" s="24">
         <v>8628</v>
       </c>
-      <c r="AH37" s="23">
+      <c r="AH37" s="24">
         <v>3366</v>
       </c>
       <c r="AI37" s="25">
         <v>39</v>
       </c>
-      <c r="AJ37" s="46">
+      <c r="AJ37" s="24">
         <v>8123</v>
       </c>
-      <c r="AK37" s="46">
+      <c r="AK37" s="24">
         <v>3124</v>
       </c>
-      <c r="AL37" s="48">
+      <c r="AL37" s="25">
         <v>38.5</v>
       </c>
+      <c r="AM37" s="24">
+        <v>8081</v>
+      </c>
+      <c r="AN37" s="24">
+        <v>3360</v>
+      </c>
+      <c r="AO37" s="25">
+        <v>41.6</v>
+      </c>
     </row>
-    <row r="38" spans="1:38">
-[...1 lines deleted...]
-      <c r="B38" s="22" t="s">
+    <row r="38" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="14"/>
+      <c r="B38" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="C38" s="23">
+      <c r="C38" s="10">
         <v>3534</v>
       </c>
-      <c r="D38" s="23">
+      <c r="D38" s="10">
         <v>1673</v>
       </c>
-      <c r="E38" s="24">
+      <c r="E38" s="11">
         <v>47.340124504810397</v>
       </c>
-      <c r="F38" s="23">
+      <c r="F38" s="10">
         <v>3734</v>
       </c>
-      <c r="G38" s="23">
+      <c r="G38" s="10">
         <v>1748</v>
       </c>
-      <c r="H38" s="24">
+      <c r="H38" s="11">
         <v>46.813069094804497</v>
       </c>
-      <c r="I38" s="23">
+      <c r="I38" s="10">
         <v>3842</v>
       </c>
-      <c r="J38" s="23">
+      <c r="J38" s="10">
         <v>1813</v>
       </c>
-      <c r="K38" s="24">
+      <c r="K38" s="11">
         <v>47.1889640812077</v>
       </c>
-      <c r="L38" s="23">
+      <c r="L38" s="10">
         <v>3979</v>
       </c>
-      <c r="M38" s="23">
+      <c r="M38" s="10">
         <v>1926</v>
       </c>
-      <c r="N38" s="24">
+      <c r="N38" s="11">
         <v>48.404121638602703</v>
       </c>
-      <c r="O38" s="23">
+      <c r="O38" s="10">
         <v>4317</v>
       </c>
-      <c r="P38" s="23">
+      <c r="P38" s="10">
         <v>1966</v>
       </c>
-      <c r="Q38" s="24">
+      <c r="Q38" s="11">
         <v>45.540884873754898</v>
       </c>
-      <c r="R38" s="23">
+      <c r="R38" s="10">
         <v>3803</v>
       </c>
-      <c r="S38" s="23">
+      <c r="S38" s="10">
         <v>1874</v>
       </c>
-      <c r="T38" s="24">
+      <c r="T38" s="11">
         <v>49.276886668419699</v>
       </c>
-      <c r="U38" s="23">
+      <c r="U38" s="10">
         <v>4085</v>
       </c>
-      <c r="V38" s="23">
+      <c r="V38" s="10">
         <v>1987</v>
       </c>
-      <c r="W38" s="24">
+      <c r="W38" s="11">
         <v>48.641370869033103</v>
       </c>
-      <c r="X38" s="23">
+      <c r="X38" s="10">
         <v>4288</v>
       </c>
-      <c r="Y38" s="23">
+      <c r="Y38" s="10">
         <v>1981</v>
       </c>
-      <c r="Z38" s="25">
+      <c r="Z38" s="12">
         <v>46.2</v>
       </c>
-      <c r="AA38" s="23">
+      <c r="AA38" s="10">
         <v>4303</v>
       </c>
-      <c r="AB38" s="23">
+      <c r="AB38" s="10">
         <v>2006</v>
       </c>
-      <c r="AC38" s="25">
+      <c r="AC38" s="12">
         <v>46.6</v>
       </c>
-      <c r="AD38" s="23">
+      <c r="AD38" s="10">
         <v>4348</v>
       </c>
-      <c r="AE38" s="23">
+      <c r="AE38" s="10">
         <v>1955</v>
       </c>
-      <c r="AF38" s="25">
+      <c r="AF38" s="12">
         <v>45</v>
       </c>
-      <c r="AG38" s="23">
+      <c r="AG38" s="24">
         <v>5008</v>
       </c>
-      <c r="AH38" s="23">
+      <c r="AH38" s="24">
         <v>2129</v>
       </c>
       <c r="AI38" s="25">
         <v>42.5</v>
       </c>
-      <c r="AJ38" s="46">
+      <c r="AJ38" s="24">
         <v>4713</v>
       </c>
-      <c r="AK38" s="46">
+      <c r="AK38" s="24">
         <v>2080</v>
       </c>
-      <c r="AL38" s="48">
+      <c r="AL38" s="25">
         <v>44.1</v>
       </c>
+      <c r="AM38" s="24">
+        <v>4602</v>
+      </c>
+      <c r="AN38" s="24">
+        <v>2008</v>
+      </c>
+      <c r="AO38" s="25">
+        <v>43.6</v>
+      </c>
     </row>
-    <row r="39" spans="1:38">
-[...1 lines deleted...]
-      <c r="B39" s="22" t="s">
+    <row r="39" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="14"/>
+      <c r="B39" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="C39" s="23">
+      <c r="C39" s="10">
         <v>4136</v>
       </c>
-      <c r="D39" s="23">
+      <c r="D39" s="10">
         <v>1447</v>
       </c>
-      <c r="E39" s="24">
+      <c r="E39" s="11">
         <v>34.9854932301741</v>
       </c>
-      <c r="F39" s="23">
+      <c r="F39" s="10">
         <v>4208</v>
       </c>
-      <c r="G39" s="23">
+      <c r="G39" s="10">
         <v>1483</v>
       </c>
-      <c r="H39" s="24">
+      <c r="H39" s="11">
         <v>35.242395437262402</v>
       </c>
-      <c r="I39" s="23">
+      <c r="I39" s="10">
         <v>4257</v>
       </c>
-      <c r="J39" s="23">
+      <c r="J39" s="10">
         <v>1515</v>
       </c>
-      <c r="K39" s="24">
+      <c r="K39" s="11">
         <v>35.588442565186803</v>
       </c>
-      <c r="L39" s="23">
+      <c r="L39" s="10">
         <v>4288</v>
       </c>
-      <c r="M39" s="23">
+      <c r="M39" s="10">
         <v>1583</v>
       </c>
-      <c r="N39" s="24">
+      <c r="N39" s="11">
         <v>36.916977611940297</v>
       </c>
-      <c r="O39" s="23">
+      <c r="O39" s="10">
         <v>4561</v>
       </c>
-      <c r="P39" s="23">
+      <c r="P39" s="10">
         <v>1637</v>
       </c>
-      <c r="Q39" s="24">
+      <c r="Q39" s="11">
         <v>35.891251918438897</v>
       </c>
-      <c r="R39" s="23">
+      <c r="R39" s="10">
         <v>4281</v>
       </c>
-      <c r="S39" s="23">
+      <c r="S39" s="10">
         <v>1600</v>
       </c>
-      <c r="T39" s="24">
+      <c r="T39" s="11">
         <v>37.374445223078702</v>
       </c>
-      <c r="U39" s="23">
+      <c r="U39" s="10">
         <v>4208</v>
       </c>
-      <c r="V39" s="23">
+      <c r="V39" s="10">
         <v>1557</v>
       </c>
-      <c r="W39" s="24">
+      <c r="W39" s="11">
         <v>37.000950570342198</v>
       </c>
-      <c r="X39" s="23">
+      <c r="X39" s="10">
         <v>4709</v>
       </c>
-      <c r="Y39" s="23">
+      <c r="Y39" s="10">
         <v>1689</v>
       </c>
-      <c r="Z39" s="25">
+      <c r="Z39" s="12">
         <v>35.9</v>
       </c>
-      <c r="AA39" s="23">
+      <c r="AA39" s="10">
         <v>4405</v>
       </c>
-      <c r="AB39" s="23">
+      <c r="AB39" s="10">
         <v>1587</v>
       </c>
-      <c r="AC39" s="25">
+      <c r="AC39" s="12">
         <v>36</v>
       </c>
-      <c r="AD39" s="23">
+      <c r="AD39" s="10">
         <v>4476</v>
       </c>
-      <c r="AE39" s="23">
+      <c r="AE39" s="10">
         <v>1647</v>
       </c>
-      <c r="AF39" s="25">
+      <c r="AF39" s="12">
         <v>36.799999999999997</v>
       </c>
-      <c r="AG39" s="23">
+      <c r="AG39" s="24">
         <v>5098</v>
       </c>
-      <c r="AH39" s="23">
+      <c r="AH39" s="24">
         <v>1840</v>
       </c>
       <c r="AI39" s="25">
         <v>36.1</v>
       </c>
-      <c r="AJ39" s="46">
+      <c r="AJ39" s="24">
         <v>4908</v>
       </c>
-      <c r="AK39" s="46">
+      <c r="AK39" s="24">
         <v>1793</v>
       </c>
-      <c r="AL39" s="48">
+      <c r="AL39" s="25">
         <v>36.5</v>
       </c>
+      <c r="AM39" s="24">
+        <v>4822</v>
+      </c>
+      <c r="AN39" s="24">
+        <v>1819</v>
+      </c>
+      <c r="AO39" s="25">
+        <v>37.700000000000003</v>
+      </c>
     </row>
-    <row r="40" spans="1:38">
-[...1 lines deleted...]
-      <c r="B40" s="22" t="s">
+    <row r="40" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="14"/>
+      <c r="B40" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C40" s="23">
+      <c r="C40" s="10">
         <v>3120</v>
       </c>
-      <c r="D40" s="23">
+      <c r="D40" s="10">
         <v>1570</v>
       </c>
-      <c r="E40" s="24">
+      <c r="E40" s="11">
         <v>50.320512820512803</v>
       </c>
-      <c r="F40" s="23">
+      <c r="F40" s="10">
         <v>3231</v>
       </c>
-      <c r="G40" s="23">
+      <c r="G40" s="10">
         <v>1605</v>
       </c>
-      <c r="H40" s="24">
+      <c r="H40" s="11">
         <v>49.6750232126277</v>
       </c>
-      <c r="I40" s="23">
+      <c r="I40" s="10">
         <v>3164</v>
       </c>
-      <c r="J40" s="23">
+      <c r="J40" s="10">
         <v>1609</v>
       </c>
-      <c r="K40" s="24">
+      <c r="K40" s="11">
         <v>50.853350189633403</v>
       </c>
-      <c r="L40" s="23">
+      <c r="L40" s="10">
         <v>3349</v>
       </c>
-      <c r="M40" s="23">
+      <c r="M40" s="10">
         <v>1721</v>
       </c>
-      <c r="N40" s="24">
+      <c r="N40" s="11">
         <v>51.388474171394499</v>
       </c>
-      <c r="O40" s="23">
+      <c r="O40" s="10">
         <v>3428</v>
       </c>
-      <c r="P40" s="23">
+      <c r="P40" s="10">
         <v>1768</v>
       </c>
-      <c r="Q40" s="24">
+      <c r="Q40" s="11">
         <v>51.575262543757297</v>
       </c>
-      <c r="R40" s="23">
+      <c r="R40" s="10">
         <v>3349</v>
       </c>
-      <c r="S40" s="23">
+      <c r="S40" s="10">
         <v>1650</v>
       </c>
-      <c r="T40" s="24">
+      <c r="T40" s="11">
         <v>49.268438339802898</v>
       </c>
-      <c r="U40" s="23">
+      <c r="U40" s="10">
         <v>3421</v>
       </c>
-      <c r="V40" s="23">
+      <c r="V40" s="10">
         <v>1781</v>
       </c>
-      <c r="W40" s="24">
+      <c r="W40" s="11">
         <v>52.060800935399001</v>
       </c>
-      <c r="X40" s="23">
+      <c r="X40" s="10">
         <v>3493</v>
       </c>
-      <c r="Y40" s="23">
+      <c r="Y40" s="10">
         <v>1784</v>
       </c>
-      <c r="Z40" s="25">
+      <c r="Z40" s="12">
         <v>51.1</v>
       </c>
-      <c r="AA40" s="23">
+      <c r="AA40" s="10">
         <v>3543</v>
       </c>
-      <c r="AB40" s="23">
+      <c r="AB40" s="10">
         <v>1741</v>
       </c>
-      <c r="AC40" s="25">
+      <c r="AC40" s="12">
         <v>49.1</v>
       </c>
-      <c r="AD40" s="23">
+      <c r="AD40" s="10">
         <v>3545</v>
       </c>
-      <c r="AE40" s="23">
+      <c r="AE40" s="10">
         <v>1729</v>
       </c>
-      <c r="AF40" s="25">
+      <c r="AF40" s="12">
         <v>48.8</v>
       </c>
-      <c r="AG40" s="23">
+      <c r="AG40" s="24">
         <v>4171</v>
       </c>
-      <c r="AH40" s="23">
+      <c r="AH40" s="24">
         <v>1947</v>
       </c>
       <c r="AI40" s="25">
         <v>46.7</v>
       </c>
-      <c r="AJ40" s="46">
+      <c r="AJ40" s="24">
         <v>4070</v>
       </c>
-      <c r="AK40" s="46">
+      <c r="AK40" s="24">
         <v>2009</v>
       </c>
-      <c r="AL40" s="48">
+      <c r="AL40" s="25">
         <v>49.4</v>
       </c>
+      <c r="AM40" s="24">
+        <v>4008</v>
+      </c>
+      <c r="AN40" s="24">
+        <v>2004</v>
+      </c>
+      <c r="AO40" s="25">
+        <v>50</v>
+      </c>
     </row>
-    <row r="41" spans="1:38">
-[...1 lines deleted...]
-      <c r="B41" s="22" t="s">
+    <row r="41" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="14"/>
+      <c r="B41" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="C41" s="23">
+      <c r="C41" s="10">
         <v>3900</v>
       </c>
-      <c r="D41" s="23">
+      <c r="D41" s="10">
         <v>1377</v>
       </c>
-      <c r="E41" s="24">
+      <c r="E41" s="11">
         <v>35.307692307692299</v>
       </c>
-      <c r="F41" s="23">
+      <c r="F41" s="10">
         <v>3917</v>
       </c>
-      <c r="G41" s="23">
+      <c r="G41" s="10">
         <v>1282</v>
       </c>
-      <c r="H41" s="24">
+      <c r="H41" s="11">
         <v>32.7291294357927</v>
       </c>
-      <c r="I41" s="23">
+      <c r="I41" s="10">
         <v>3931</v>
       </c>
-      <c r="J41" s="23">
+      <c r="J41" s="10">
         <v>1317</v>
       </c>
-      <c r="K41" s="24">
+      <c r="K41" s="11">
         <v>33.502925464258503</v>
       </c>
-      <c r="L41" s="23">
+      <c r="L41" s="10">
         <v>3899</v>
       </c>
-      <c r="M41" s="23">
+      <c r="M41" s="10">
         <v>1338</v>
       </c>
-      <c r="N41" s="24">
+      <c r="N41" s="11">
         <v>34.316491408053302</v>
       </c>
-      <c r="O41" s="23">
+      <c r="O41" s="10">
         <v>4113</v>
       </c>
-      <c r="P41" s="23">
+      <c r="P41" s="10">
         <v>1383</v>
       </c>
-      <c r="Q41" s="24">
+      <c r="Q41" s="11">
         <v>33.625091174325298</v>
       </c>
-      <c r="R41" s="23">
+      <c r="R41" s="10">
         <v>3830</v>
       </c>
-      <c r="S41" s="23">
+      <c r="S41" s="10">
         <v>1207</v>
       </c>
-      <c r="T41" s="24">
+      <c r="T41" s="11">
         <v>31.514360313315901</v>
       </c>
-      <c r="U41" s="23">
+      <c r="U41" s="10">
         <v>3960</v>
       </c>
-      <c r="V41" s="23">
+      <c r="V41" s="10">
         <v>1249</v>
       </c>
-      <c r="W41" s="24">
+      <c r="W41" s="11">
         <v>31.540404040403999</v>
       </c>
-      <c r="X41" s="23">
+      <c r="X41" s="10">
         <v>4276</v>
       </c>
-      <c r="Y41" s="23">
+      <c r="Y41" s="10">
         <v>1469</v>
       </c>
-      <c r="Z41" s="25">
+      <c r="Z41" s="12">
         <v>34.4</v>
       </c>
-      <c r="AA41" s="23">
+      <c r="AA41" s="10">
         <v>4056</v>
       </c>
-      <c r="AB41" s="23">
+      <c r="AB41" s="10">
         <v>1359</v>
       </c>
-      <c r="AC41" s="25">
+      <c r="AC41" s="12">
         <v>33.5</v>
       </c>
-      <c r="AD41" s="23">
+      <c r="AD41" s="10">
         <v>4194</v>
       </c>
-      <c r="AE41" s="23">
+      <c r="AE41" s="10">
         <v>1384</v>
       </c>
-      <c r="AF41" s="25">
+      <c r="AF41" s="12">
         <v>33</v>
       </c>
-      <c r="AG41" s="23">
+      <c r="AG41" s="24">
         <v>4847</v>
       </c>
-      <c r="AH41" s="23">
+      <c r="AH41" s="24">
         <v>1629</v>
       </c>
       <c r="AI41" s="25">
         <v>33.6</v>
       </c>
-      <c r="AJ41" s="46">
+      <c r="AJ41" s="24">
         <v>4623</v>
       </c>
-      <c r="AK41" s="46">
+      <c r="AK41" s="24">
         <v>1611</v>
       </c>
-      <c r="AL41" s="48">
+      <c r="AL41" s="25">
         <v>34.799999999999997</v>
       </c>
+      <c r="AM41" s="24">
+        <v>4632</v>
+      </c>
+      <c r="AN41" s="24">
+        <v>1661</v>
+      </c>
+      <c r="AO41" s="25">
+        <v>35.9</v>
+      </c>
     </row>
-    <row r="42" spans="1:38">
-[...1 lines deleted...]
-      <c r="B42" s="22" t="s">
+    <row r="42" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="14"/>
+      <c r="B42" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="C42" s="23">
+      <c r="C42" s="10">
         <v>8912</v>
       </c>
-      <c r="D42" s="23">
+      <c r="D42" s="10">
         <v>3074</v>
       </c>
-      <c r="E42" s="24">
+      <c r="E42" s="11">
         <v>34.492818671454202</v>
       </c>
-      <c r="F42" s="23">
+      <c r="F42" s="10">
         <v>8435</v>
       </c>
-      <c r="G42" s="23">
+      <c r="G42" s="10">
         <v>2988</v>
       </c>
-      <c r="H42" s="24">
+      <c r="H42" s="11">
         <v>35.423829282750503</v>
       </c>
-      <c r="I42" s="23">
+      <c r="I42" s="10">
         <v>8917</v>
       </c>
-      <c r="J42" s="23">
+      <c r="J42" s="10">
         <v>3404</v>
       </c>
-      <c r="K42" s="24">
+      <c r="K42" s="11">
         <v>38.174273858921197</v>
       </c>
-      <c r="L42" s="23">
+      <c r="L42" s="10">
         <v>8750</v>
       </c>
-      <c r="M42" s="23">
+      <c r="M42" s="10">
         <v>3263</v>
       </c>
-      <c r="N42" s="24">
+      <c r="N42" s="11">
         <v>37.291428571428597</v>
       </c>
-      <c r="O42" s="23">
+      <c r="O42" s="10">
         <v>9138</v>
       </c>
-      <c r="P42" s="23">
+      <c r="P42" s="10">
         <v>3474</v>
       </c>
-      <c r="Q42" s="24">
+      <c r="Q42" s="11">
         <v>38.017071569271202</v>
       </c>
-      <c r="R42" s="23">
+      <c r="R42" s="10">
         <v>8545</v>
       </c>
-      <c r="S42" s="23">
+      <c r="S42" s="10">
         <v>3022</v>
       </c>
-      <c r="T42" s="24">
+      <c r="T42" s="11">
         <v>35.365710942071402</v>
       </c>
-      <c r="U42" s="23">
+      <c r="U42" s="10">
         <v>8533</v>
       </c>
-      <c r="V42" s="23">
+      <c r="V42" s="10">
         <v>3043</v>
       </c>
-      <c r="W42" s="24">
+      <c r="W42" s="11">
         <v>35.661549279268698</v>
       </c>
-      <c r="X42" s="23">
+      <c r="X42" s="10">
         <v>9194</v>
       </c>
-      <c r="Y42" s="23">
+      <c r="Y42" s="10">
         <v>3299</v>
       </c>
-      <c r="Z42" s="25">
+      <c r="Z42" s="12">
         <v>35.9</v>
       </c>
-      <c r="AA42" s="23">
+      <c r="AA42" s="10">
         <v>9124</v>
       </c>
-      <c r="AB42" s="23">
+      <c r="AB42" s="10">
         <v>3256</v>
       </c>
-      <c r="AC42" s="25">
+      <c r="AC42" s="12">
         <v>35.700000000000003</v>
       </c>
-      <c r="AD42" s="23">
+      <c r="AD42" s="10">
         <v>9340</v>
       </c>
-      <c r="AE42" s="23">
+      <c r="AE42" s="10">
         <v>3242</v>
       </c>
-      <c r="AF42" s="25">
+      <c r="AF42" s="12">
         <v>34.700000000000003</v>
       </c>
-      <c r="AG42" s="23">
+      <c r="AG42" s="24">
         <v>10393</v>
       </c>
-      <c r="AH42" s="23">
+      <c r="AH42" s="24">
         <v>3652</v>
       </c>
       <c r="AI42" s="25">
         <v>35.1</v>
       </c>
-      <c r="AJ42" s="46">
+      <c r="AJ42" s="24">
         <v>9901</v>
       </c>
-      <c r="AK42" s="46">
+      <c r="AK42" s="24">
         <v>3418</v>
       </c>
-      <c r="AL42" s="48">
+      <c r="AL42" s="25">
         <v>34.5</v>
       </c>
+      <c r="AM42" s="24">
+        <v>9921</v>
+      </c>
+      <c r="AN42" s="24">
+        <v>3634</v>
+      </c>
+      <c r="AO42" s="25">
+        <v>36.6</v>
+      </c>
     </row>
-    <row r="43" spans="1:38">
-[...1 lines deleted...]
-      <c r="B43" s="22" t="s">
+    <row r="43" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="14"/>
+      <c r="B43" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="C43" s="23">
+      <c r="C43" s="10">
         <v>1213</v>
       </c>
-      <c r="D43" s="23">
+      <c r="D43" s="10">
         <v>324</v>
       </c>
-      <c r="E43" s="24">
+      <c r="E43" s="11">
         <v>26.710634789777401</v>
       </c>
-      <c r="F43" s="23">
+      <c r="F43" s="10">
         <v>1108</v>
       </c>
-      <c r="G43" s="23">
+      <c r="G43" s="10">
         <v>309</v>
       </c>
-      <c r="H43" s="24">
+      <c r="H43" s="11">
         <v>27.888086642599301</v>
       </c>
-      <c r="I43" s="23">
+      <c r="I43" s="10">
         <v>1183</v>
       </c>
-      <c r="J43" s="23">
+      <c r="J43" s="10">
         <v>296</v>
       </c>
-      <c r="K43" s="24">
+      <c r="K43" s="11">
         <v>25.021132713440402</v>
       </c>
-      <c r="L43" s="23">
+      <c r="L43" s="10">
         <v>1217</v>
       </c>
-      <c r="M43" s="23">
+      <c r="M43" s="10">
         <v>304</v>
       </c>
-      <c r="N43" s="24">
+      <c r="N43" s="11">
         <v>24.979457682826599</v>
       </c>
-      <c r="O43" s="23">
+      <c r="O43" s="10">
         <v>1266</v>
       </c>
-      <c r="P43" s="23">
+      <c r="P43" s="10">
         <v>325</v>
       </c>
-      <c r="Q43" s="24">
+      <c r="Q43" s="11">
         <v>25.6714060031596</v>
       </c>
-      <c r="R43" s="23">
+      <c r="R43" s="10">
         <v>1185</v>
       </c>
-      <c r="S43" s="23">
+      <c r="S43" s="10">
         <v>309</v>
       </c>
-      <c r="T43" s="24">
+      <c r="T43" s="11">
         <v>26.075949367088601</v>
       </c>
-      <c r="U43" s="23">
+      <c r="U43" s="10">
         <v>1236</v>
       </c>
-      <c r="V43" s="23">
+      <c r="V43" s="10">
         <v>349</v>
       </c>
-      <c r="W43" s="24">
+      <c r="W43" s="11">
         <v>28.236245954692599</v>
       </c>
-      <c r="X43" s="23">
+      <c r="X43" s="10">
         <v>1352</v>
       </c>
-      <c r="Y43" s="23">
+      <c r="Y43" s="10">
         <v>351</v>
       </c>
-      <c r="Z43" s="25">
+      <c r="Z43" s="12">
         <v>26</v>
       </c>
-      <c r="AA43" s="23">
+      <c r="AA43" s="10">
         <v>1339</v>
       </c>
-      <c r="AB43" s="23">
+      <c r="AB43" s="10">
         <v>335</v>
       </c>
-      <c r="AC43" s="25">
+      <c r="AC43" s="12">
         <v>25</v>
       </c>
-      <c r="AD43" s="23">
+      <c r="AD43" s="10">
         <v>1360</v>
       </c>
-      <c r="AE43" s="23">
+      <c r="AE43" s="10">
         <v>323</v>
       </c>
-      <c r="AF43" s="25">
+      <c r="AF43" s="12">
         <v>23.8</v>
       </c>
-      <c r="AG43" s="23">
+      <c r="AG43" s="24">
         <v>1507</v>
       </c>
-      <c r="AH43" s="23">
+      <c r="AH43" s="24">
         <v>351</v>
       </c>
       <c r="AI43" s="25">
         <v>23.3</v>
       </c>
-      <c r="AJ43" s="46">
+      <c r="AJ43" s="24">
         <v>1430</v>
       </c>
-      <c r="AK43" s="46">
+      <c r="AK43" s="24">
         <v>335</v>
       </c>
-      <c r="AL43" s="48">
+      <c r="AL43" s="25">
         <v>23.4</v>
       </c>
+      <c r="AM43" s="24">
+        <v>1432</v>
+      </c>
+      <c r="AN43" s="24">
+        <v>371</v>
+      </c>
+      <c r="AO43" s="25">
+        <v>25.9</v>
+      </c>
     </row>
-    <row r="44" spans="1:38">
-[...1 lines deleted...]
-      <c r="B44" s="22" t="s">
+    <row r="44" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="14"/>
+      <c r="B44" s="9" t="s">
         <v>43</v>
       </c>
-      <c r="C44" s="23">
+      <c r="C44" s="10">
         <v>8039</v>
       </c>
-      <c r="D44" s="23">
+      <c r="D44" s="10">
         <v>4248</v>
       </c>
-      <c r="E44" s="24">
+      <c r="E44" s="11">
         <v>52.842393332504003</v>
       </c>
-      <c r="F44" s="23">
+      <c r="F44" s="10">
         <v>8121</v>
       </c>
-      <c r="G44" s="23">
+      <c r="G44" s="10">
         <v>4127</v>
       </c>
-      <c r="H44" s="24">
+      <c r="H44" s="11">
         <v>50.818864671838497</v>
       </c>
-      <c r="I44" s="23">
+      <c r="I44" s="10">
         <v>8076</v>
       </c>
-      <c r="J44" s="23">
+      <c r="J44" s="10">
         <v>4279</v>
       </c>
-      <c r="K44" s="24">
+      <c r="K44" s="11">
         <v>52.984150569588898</v>
       </c>
-      <c r="L44" s="23">
+      <c r="L44" s="10">
         <v>8417</v>
       </c>
-      <c r="M44" s="23">
+      <c r="M44" s="10">
         <v>4382</v>
       </c>
-      <c r="N44" s="24">
+      <c r="N44" s="11">
         <v>52.061304502791998</v>
       </c>
-      <c r="O44" s="23">
+      <c r="O44" s="10">
         <v>8856</v>
       </c>
-      <c r="P44" s="23">
+      <c r="P44" s="10">
         <v>4605</v>
       </c>
-      <c r="Q44" s="24">
+      <c r="Q44" s="11">
         <v>51.998644986449897</v>
       </c>
-      <c r="R44" s="23">
+      <c r="R44" s="10">
         <v>8181</v>
       </c>
-      <c r="S44" s="23">
+      <c r="S44" s="10">
         <v>4244</v>
       </c>
-      <c r="T44" s="24">
+      <c r="T44" s="11">
         <v>51.876298740985199</v>
       </c>
-      <c r="U44" s="23">
+      <c r="U44" s="10">
         <v>8554</v>
       </c>
-      <c r="V44" s="23">
+      <c r="V44" s="10">
         <v>4556</v>
       </c>
-      <c r="W44" s="24">
+      <c r="W44" s="11">
         <v>53.261631985036203</v>
       </c>
-      <c r="X44" s="23">
+      <c r="X44" s="10">
         <v>9200</v>
       </c>
-      <c r="Y44" s="23">
+      <c r="Y44" s="10">
         <v>4866</v>
       </c>
-      <c r="Z44" s="25">
+      <c r="Z44" s="12">
         <v>52.9</v>
       </c>
-      <c r="AA44" s="23">
+      <c r="AA44" s="10">
         <v>8797</v>
       </c>
-      <c r="AB44" s="23">
+      <c r="AB44" s="10">
         <v>4522</v>
       </c>
-      <c r="AC44" s="25">
+      <c r="AC44" s="12">
         <v>51.4</v>
       </c>
-      <c r="AD44" s="23">
+      <c r="AD44" s="10">
         <v>9673</v>
       </c>
-      <c r="AE44" s="23">
+      <c r="AE44" s="10">
         <v>4947</v>
       </c>
-      <c r="AF44" s="25">
+      <c r="AF44" s="12">
         <v>51.1</v>
       </c>
-      <c r="AG44" s="23">
+      <c r="AG44" s="24">
         <v>10703</v>
       </c>
-      <c r="AH44" s="23">
+      <c r="AH44" s="24">
         <v>5383</v>
       </c>
       <c r="AI44" s="25">
         <v>50.3</v>
       </c>
-      <c r="AJ44" s="46">
+      <c r="AJ44" s="24">
         <v>10372</v>
       </c>
-      <c r="AK44" s="46">
+      <c r="AK44" s="24">
         <v>5481</v>
       </c>
-      <c r="AL44" s="48">
+      <c r="AL44" s="25">
         <v>52.8</v>
       </c>
+      <c r="AM44" s="24">
+        <v>10423</v>
+      </c>
+      <c r="AN44" s="24">
+        <v>5658</v>
+      </c>
+      <c r="AO44" s="25">
+        <v>54.3</v>
+      </c>
     </row>
-    <row r="45" spans="1:38">
-[...1 lines deleted...]
-      <c r="B45" s="22" t="s">
+    <row r="45" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="14"/>
+      <c r="B45" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="C45" s="23">
+      <c r="C45" s="10">
         <v>3534</v>
       </c>
-      <c r="D45" s="23">
+      <c r="D45" s="10">
         <v>1673</v>
       </c>
-      <c r="E45" s="24">
+      <c r="E45" s="11">
         <v>47.340124504810397</v>
       </c>
-      <c r="F45" s="23">
+      <c r="F45" s="10">
         <v>2522</v>
       </c>
-      <c r="G45" s="23">
+      <c r="G45" s="10">
         <v>1274</v>
       </c>
-      <c r="H45" s="24">
+      <c r="H45" s="11">
         <v>50.5154639175258</v>
       </c>
-      <c r="I45" s="23">
+      <c r="I45" s="10">
         <v>2437</v>
       </c>
-      <c r="J45" s="23">
+      <c r="J45" s="10">
         <v>1236</v>
       </c>
-      <c r="K45" s="24">
+      <c r="K45" s="11">
         <v>50.718096019696397</v>
       </c>
-      <c r="L45" s="23">
+      <c r="L45" s="10">
         <v>2429</v>
       </c>
-      <c r="M45" s="23">
+      <c r="M45" s="10">
         <v>1290</v>
       </c>
-      <c r="N45" s="24">
+      <c r="N45" s="11">
         <v>53.108275010292303</v>
       </c>
-      <c r="O45" s="23">
+      <c r="O45" s="10">
         <v>2672</v>
       </c>
-      <c r="P45" s="23">
+      <c r="P45" s="10">
         <v>1415</v>
       </c>
-      <c r="Q45" s="24">
+      <c r="Q45" s="11">
         <v>52.956586826347298</v>
       </c>
-      <c r="R45" s="23">
+      <c r="R45" s="10">
         <v>2517</v>
       </c>
-      <c r="S45" s="23">
+      <c r="S45" s="10">
         <v>1292</v>
       </c>
-      <c r="T45" s="24">
+      <c r="T45" s="11">
         <v>51.330949543106897</v>
       </c>
-      <c r="U45" s="23">
+      <c r="U45" s="10">
         <v>2422</v>
       </c>
-      <c r="V45" s="23">
+      <c r="V45" s="10">
         <v>1282</v>
       </c>
-      <c r="W45" s="24">
+      <c r="W45" s="11">
         <v>52.931461601981802</v>
       </c>
-      <c r="X45" s="23">
+      <c r="X45" s="10">
         <v>2680</v>
       </c>
-      <c r="Y45" s="23">
+      <c r="Y45" s="10">
         <v>1396</v>
       </c>
-      <c r="Z45" s="25">
+      <c r="Z45" s="12">
         <v>52.1</v>
       </c>
-      <c r="AA45" s="23">
+      <c r="AA45" s="10">
         <v>2563</v>
       </c>
-      <c r="AB45" s="23">
+      <c r="AB45" s="10">
         <v>1213</v>
       </c>
-      <c r="AC45" s="25">
+      <c r="AC45" s="12">
         <v>47.3</v>
       </c>
-      <c r="AD45" s="23">
+      <c r="AD45" s="10">
         <v>2855</v>
       </c>
-      <c r="AE45" s="23">
+      <c r="AE45" s="10">
         <v>1332</v>
       </c>
-      <c r="AF45" s="25">
+      <c r="AF45" s="12">
         <v>46.7</v>
       </c>
-      <c r="AG45" s="23">
+      <c r="AG45" s="24">
         <v>3259</v>
       </c>
-      <c r="AH45" s="23">
+      <c r="AH45" s="24">
         <v>1456</v>
       </c>
       <c r="AI45" s="25">
         <v>44.7</v>
       </c>
-      <c r="AJ45" s="46">
+      <c r="AJ45" s="24">
         <v>3115</v>
       </c>
-      <c r="AK45" s="46">
+      <c r="AK45" s="24">
         <v>1358</v>
       </c>
-      <c r="AL45" s="48">
+      <c r="AL45" s="25">
         <v>43.6</v>
       </c>
+      <c r="AM45" s="24">
+        <v>3226</v>
+      </c>
+      <c r="AN45" s="24">
+        <v>1463</v>
+      </c>
+      <c r="AO45" s="25">
+        <v>45.4</v>
+      </c>
     </row>
-    <row r="46" spans="1:38">
-[...1 lines deleted...]
-      <c r="B46" s="22" t="s">
+    <row r="46" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="14"/>
+      <c r="B46" s="9" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="23">
+      <c r="C46" s="10">
         <v>4767</v>
       </c>
-      <c r="D46" s="23">
+      <c r="D46" s="10">
         <v>2049</v>
       </c>
-      <c r="E46" s="24">
+      <c r="E46" s="11">
         <v>42.983008181246099</v>
       </c>
-      <c r="F46" s="23">
+      <c r="F46" s="10">
         <v>4681</v>
       </c>
-      <c r="G46" s="23">
+      <c r="G46" s="10">
         <v>1938</v>
       </c>
-      <c r="H46" s="24">
+      <c r="H46" s="11">
         <v>41.401409955137801</v>
       </c>
-      <c r="I46" s="23">
+      <c r="I46" s="10">
         <v>4690</v>
       </c>
-      <c r="J46" s="23">
+      <c r="J46" s="10">
         <v>1910</v>
       </c>
-      <c r="K46" s="24">
+      <c r="K46" s="11">
         <v>40.724946695096001</v>
       </c>
-      <c r="L46" s="23">
+      <c r="L46" s="10">
         <v>4836</v>
       </c>
-      <c r="M46" s="23">
+      <c r="M46" s="10">
         <v>1963</v>
       </c>
-      <c r="N46" s="24">
+      <c r="N46" s="11">
         <v>40.591397849462403</v>
       </c>
-      <c r="O46" s="23">
+      <c r="O46" s="10">
         <v>5250</v>
       </c>
-      <c r="P46" s="23">
+      <c r="P46" s="10">
         <v>2072</v>
       </c>
-      <c r="Q46" s="24">
+      <c r="Q46" s="11">
         <v>39.466666666666697</v>
       </c>
-      <c r="R46" s="23">
+      <c r="R46" s="10">
         <v>4750</v>
       </c>
-      <c r="S46" s="23">
+      <c r="S46" s="10">
         <v>1901</v>
       </c>
-      <c r="T46" s="24">
+      <c r="T46" s="11">
         <v>40.021052631579003</v>
       </c>
-      <c r="U46" s="23">
+      <c r="U46" s="10">
         <v>4804</v>
       </c>
-      <c r="V46" s="23">
+      <c r="V46" s="10">
         <v>2054</v>
       </c>
-      <c r="W46" s="24">
+      <c r="W46" s="11">
         <v>42.756036636136599</v>
       </c>
-      <c r="X46" s="23">
+      <c r="X46" s="10">
         <v>5405</v>
       </c>
-      <c r="Y46" s="23">
+      <c r="Y46" s="10">
         <v>2316</v>
       </c>
-      <c r="Z46" s="25">
+      <c r="Z46" s="12">
         <v>42.8</v>
       </c>
-      <c r="AA46" s="23">
+      <c r="AA46" s="10">
         <v>5326</v>
       </c>
-      <c r="AB46" s="23">
+      <c r="AB46" s="10">
         <v>2144</v>
       </c>
-      <c r="AC46" s="25">
+      <c r="AC46" s="12">
         <v>40.299999999999997</v>
       </c>
-      <c r="AD46" s="23">
+      <c r="AD46" s="10">
         <v>5844</v>
       </c>
-      <c r="AE46" s="23">
+      <c r="AE46" s="10">
         <v>2443</v>
       </c>
-      <c r="AF46" s="25">
+      <c r="AF46" s="12">
         <v>41.8</v>
       </c>
-      <c r="AG46" s="23">
+      <c r="AG46" s="24">
         <v>6608</v>
       </c>
-      <c r="AH46" s="23">
+      <c r="AH46" s="24">
         <v>2786</v>
       </c>
       <c r="AI46" s="25">
         <v>42.2</v>
       </c>
-      <c r="AJ46" s="46">
+      <c r="AJ46" s="24">
         <v>6184</v>
       </c>
-      <c r="AK46" s="46">
+      <c r="AK46" s="24">
         <v>2584</v>
       </c>
-      <c r="AL46" s="48">
+      <c r="AL46" s="25">
         <v>41.8</v>
       </c>
+      <c r="AM46" s="24">
+        <v>6142</v>
+      </c>
+      <c r="AN46" s="24">
+        <v>2663</v>
+      </c>
+      <c r="AO46" s="25">
+        <v>43.4</v>
+      </c>
     </row>
-    <row r="47" spans="1:38">
-[...1 lines deleted...]
-      <c r="B47" s="22" t="s">
+    <row r="47" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="14"/>
+      <c r="B47" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="C47" s="23">
+      <c r="C47" s="10">
         <v>2987</v>
       </c>
-      <c r="D47" s="23">
+      <c r="D47" s="10">
         <v>1254</v>
       </c>
-      <c r="E47" s="24">
+      <c r="E47" s="11">
         <v>41.981921660528997</v>
       </c>
-      <c r="F47" s="23">
+      <c r="F47" s="10">
         <v>2846</v>
       </c>
-      <c r="G47" s="23">
+      <c r="G47" s="10">
         <v>1164</v>
       </c>
-      <c r="H47" s="24">
+      <c r="H47" s="11">
         <v>40.899508081517901</v>
       </c>
-      <c r="I47" s="23">
+      <c r="I47" s="10">
         <v>2912</v>
       </c>
-      <c r="J47" s="23">
+      <c r="J47" s="10">
         <v>1180</v>
       </c>
-      <c r="K47" s="24">
+      <c r="K47" s="11">
         <v>40.521978021978001</v>
       </c>
-      <c r="L47" s="23">
+      <c r="L47" s="10">
         <v>2959</v>
       </c>
-      <c r="M47" s="23">
+      <c r="M47" s="10">
         <v>1259</v>
       </c>
-      <c r="N47" s="24">
+      <c r="N47" s="11">
         <v>42.548158161541103</v>
       </c>
-      <c r="O47" s="23">
+      <c r="O47" s="10">
         <v>3245</v>
       </c>
-      <c r="P47" s="23">
+      <c r="P47" s="10">
         <v>1313</v>
       </c>
-      <c r="Q47" s="24">
+      <c r="Q47" s="11">
         <v>40.462249614792</v>
       </c>
-      <c r="R47" s="23">
+      <c r="R47" s="10">
         <v>3153</v>
       </c>
-      <c r="S47" s="23">
+      <c r="S47" s="10">
         <v>1264</v>
       </c>
-      <c r="T47" s="24">
+      <c r="T47" s="11">
         <v>40.088804313352398</v>
       </c>
-      <c r="U47" s="23">
+      <c r="U47" s="10">
         <v>3190</v>
       </c>
-      <c r="V47" s="23">
+      <c r="V47" s="10">
         <v>1279</v>
       </c>
-      <c r="W47" s="24">
+      <c r="W47" s="11">
         <v>40.094043887147301</v>
       </c>
-      <c r="X47" s="23">
+      <c r="X47" s="10">
         <v>3411</v>
       </c>
-      <c r="Y47" s="23">
+      <c r="Y47" s="10">
         <v>1427</v>
       </c>
-      <c r="Z47" s="25">
+      <c r="Z47" s="12">
         <v>41.8</v>
       </c>
-      <c r="AA47" s="23">
+      <c r="AA47" s="10">
         <v>3441</v>
       </c>
-      <c r="AB47" s="23">
+      <c r="AB47" s="10">
         <v>1339</v>
       </c>
-      <c r="AC47" s="25">
+      <c r="AC47" s="12">
         <v>38.9</v>
       </c>
-      <c r="AD47" s="23">
+      <c r="AD47" s="10">
         <v>3697</v>
       </c>
-      <c r="AE47" s="23">
+      <c r="AE47" s="10">
         <v>1509</v>
       </c>
-      <c r="AF47" s="25">
+      <c r="AF47" s="12">
         <v>40.799999999999997</v>
       </c>
-      <c r="AG47" s="23">
+      <c r="AG47" s="24">
         <v>4164</v>
       </c>
-      <c r="AH47" s="23">
+      <c r="AH47" s="24">
         <v>1603</v>
       </c>
       <c r="AI47" s="25">
         <v>38.5</v>
       </c>
-      <c r="AJ47" s="46">
+      <c r="AJ47" s="24">
         <v>3850</v>
       </c>
-      <c r="AK47" s="46">
+      <c r="AK47" s="24">
         <v>1522</v>
       </c>
-      <c r="AL47" s="48">
+      <c r="AL47" s="25">
         <v>39.5</v>
       </c>
+      <c r="AM47" s="24">
+        <v>3765</v>
+      </c>
+      <c r="AN47" s="24">
+        <v>1527</v>
+      </c>
+      <c r="AO47" s="25">
+        <v>40.6</v>
+      </c>
     </row>
-    <row r="48" spans="1:38">
-[...1 lines deleted...]
-      <c r="B48" s="22" t="s">
+    <row r="48" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="14"/>
+      <c r="B48" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="C48" s="23">
+      <c r="C48" s="10">
         <v>4326</v>
       </c>
-      <c r="D48" s="23">
+      <c r="D48" s="10">
         <v>1797</v>
       </c>
-      <c r="E48" s="24">
+      <c r="E48" s="11">
         <v>41.539528432732297</v>
       </c>
-      <c r="F48" s="23">
+      <c r="F48" s="10">
         <v>4365</v>
       </c>
-      <c r="G48" s="23">
+      <c r="G48" s="10">
         <v>1847</v>
       </c>
-      <c r="H48" s="24">
+      <c r="H48" s="11">
         <v>42.313860252004602</v>
       </c>
-      <c r="I48" s="23">
+      <c r="I48" s="10">
         <v>4385</v>
       </c>
-      <c r="J48" s="23">
+      <c r="J48" s="10">
         <v>1800</v>
       </c>
-      <c r="K48" s="24">
+      <c r="K48" s="11">
         <v>41.049030786773102</v>
       </c>
-      <c r="L48" s="23">
+      <c r="L48" s="10">
         <v>4685</v>
       </c>
-      <c r="M48" s="23">
+      <c r="M48" s="10">
         <v>1932</v>
       </c>
-      <c r="N48" s="24">
+      <c r="N48" s="11">
         <v>41.237993596584801</v>
       </c>
-      <c r="O48" s="23">
+      <c r="O48" s="10">
         <v>4820</v>
       </c>
-      <c r="P48" s="23">
+      <c r="P48" s="10">
         <v>2049</v>
       </c>
-      <c r="Q48" s="24">
+      <c r="Q48" s="11">
         <v>42.510373443983397</v>
       </c>
-      <c r="R48" s="23">
+      <c r="R48" s="10">
         <v>4431</v>
       </c>
-      <c r="S48" s="23">
+      <c r="S48" s="10">
         <v>1915</v>
       </c>
-      <c r="T48" s="24">
+      <c r="T48" s="11">
         <v>43.218235161363097</v>
       </c>
-      <c r="U48" s="23">
+      <c r="U48" s="10">
         <v>4583</v>
       </c>
-      <c r="V48" s="23">
+      <c r="V48" s="10">
         <v>1907</v>
       </c>
-      <c r="W48" s="24">
+      <c r="W48" s="11">
         <v>41.610298930831298</v>
       </c>
-      <c r="X48" s="23">
+      <c r="X48" s="10">
         <v>5084</v>
       </c>
-      <c r="Y48" s="23">
+      <c r="Y48" s="10">
         <v>2036</v>
       </c>
-      <c r="Z48" s="25">
+      <c r="Z48" s="12">
         <v>40</v>
       </c>
-      <c r="AA48" s="23">
+      <c r="AA48" s="10">
         <v>4850</v>
       </c>
-      <c r="AB48" s="23">
+      <c r="AB48" s="10">
         <v>1942</v>
       </c>
-      <c r="AC48" s="25">
+      <c r="AC48" s="12">
         <v>40</v>
       </c>
-      <c r="AD48" s="23">
+      <c r="AD48" s="10">
         <v>5357</v>
       </c>
-      <c r="AE48" s="23">
+      <c r="AE48" s="10">
         <v>2217</v>
       </c>
-      <c r="AF48" s="25">
+      <c r="AF48" s="12">
         <v>41.4</v>
       </c>
-      <c r="AG48" s="23">
+      <c r="AG48" s="24">
         <v>6010</v>
       </c>
-      <c r="AH48" s="23">
+      <c r="AH48" s="24">
         <v>2334</v>
       </c>
       <c r="AI48" s="25">
         <v>38.799999999999997</v>
       </c>
-      <c r="AJ48" s="46">
+      <c r="AJ48" s="24">
         <v>5609</v>
       </c>
-      <c r="AK48" s="46">
+      <c r="AK48" s="24">
         <v>2273</v>
       </c>
-      <c r="AL48" s="48">
+      <c r="AL48" s="25">
         <v>40.5</v>
       </c>
+      <c r="AM48" s="24">
+        <v>5667</v>
+      </c>
+      <c r="AN48" s="24">
+        <v>2375</v>
+      </c>
+      <c r="AO48" s="25">
+        <v>41.9</v>
+      </c>
     </row>
-    <row r="49" spans="1:38">
-[...1 lines deleted...]
-      <c r="B49" s="22" t="s">
+    <row r="49" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="14"/>
+      <c r="B49" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="C49" s="23">
+      <c r="C49" s="10">
         <v>6284</v>
       </c>
-      <c r="D49" s="23">
+      <c r="D49" s="10">
         <v>3498</v>
       </c>
-      <c r="E49" s="24">
+      <c r="E49" s="11">
         <v>55.665181413112698</v>
       </c>
-      <c r="F49" s="23">
+      <c r="F49" s="10">
         <v>6806</v>
       </c>
-      <c r="G49" s="23">
+      <c r="G49" s="10">
         <v>3675</v>
       </c>
-      <c r="H49" s="24">
+      <c r="H49" s="11">
         <v>53.996473699676798</v>
       </c>
-      <c r="I49" s="23">
+      <c r="I49" s="10">
         <v>6574</v>
       </c>
-      <c r="J49" s="23">
+      <c r="J49" s="10">
         <v>3710</v>
       </c>
-      <c r="K49" s="24">
+      <c r="K49" s="11">
         <v>56.434438697900802</v>
       </c>
-      <c r="L49" s="23">
+      <c r="L49" s="10">
         <v>6834</v>
       </c>
-      <c r="M49" s="23">
+      <c r="M49" s="10">
         <v>3931</v>
       </c>
-      <c r="N49" s="24">
+      <c r="N49" s="11">
         <v>57.5212174422008</v>
       </c>
-      <c r="O49" s="23">
+      <c r="O49" s="10">
         <v>7247</v>
       </c>
-      <c r="P49" s="23">
+      <c r="P49" s="10">
         <v>3992</v>
       </c>
-      <c r="Q49" s="24">
+      <c r="Q49" s="11">
         <v>55.084862701807602</v>
       </c>
-      <c r="R49" s="23">
+      <c r="R49" s="10">
         <v>6981</v>
       </c>
-      <c r="S49" s="23">
+      <c r="S49" s="10">
         <v>4069</v>
       </c>
-      <c r="T49" s="24">
+      <c r="T49" s="11">
         <v>58.286778398510201</v>
       </c>
-      <c r="U49" s="23">
+      <c r="U49" s="10">
         <v>6907</v>
       </c>
-      <c r="V49" s="23">
+      <c r="V49" s="10">
         <v>3914</v>
       </c>
-      <c r="W49" s="24">
+      <c r="W49" s="11">
         <v>56.667149268857699</v>
       </c>
-      <c r="X49" s="23">
+      <c r="X49" s="10">
         <v>7444</v>
       </c>
-      <c r="Y49" s="23">
+      <c r="Y49" s="10">
         <v>4039</v>
       </c>
-      <c r="Z49" s="25">
+      <c r="Z49" s="12">
         <v>54.3</v>
       </c>
-      <c r="AA49" s="23">
+      <c r="AA49" s="10">
         <v>7326</v>
       </c>
-      <c r="AB49" s="23">
+      <c r="AB49" s="10">
         <v>3816</v>
       </c>
-      <c r="AC49" s="25">
+      <c r="AC49" s="12">
         <v>52.1</v>
       </c>
-      <c r="AD49" s="23">
+      <c r="AD49" s="10">
         <v>7600</v>
       </c>
-      <c r="AE49" s="23">
+      <c r="AE49" s="10">
         <v>3852</v>
       </c>
-      <c r="AF49" s="25">
+      <c r="AF49" s="12">
         <v>50.7</v>
       </c>
-      <c r="AG49" s="23">
+      <c r="AG49" s="24">
         <v>8568</v>
       </c>
-      <c r="AH49" s="23">
+      <c r="AH49" s="24">
         <v>4312</v>
       </c>
       <c r="AI49" s="25">
         <v>50.3</v>
       </c>
-      <c r="AJ49" s="46">
+      <c r="AJ49" s="24">
         <v>8244</v>
       </c>
-      <c r="AK49" s="46">
+      <c r="AK49" s="24">
         <v>4156</v>
       </c>
-      <c r="AL49" s="48">
+      <c r="AL49" s="25">
         <v>50.4</v>
       </c>
+      <c r="AM49" s="24">
+        <v>8045</v>
+      </c>
+      <c r="AN49" s="24">
+        <v>4132</v>
+      </c>
+      <c r="AO49" s="25">
+        <v>51.4</v>
+      </c>
     </row>
-    <row r="50" spans="1:38">
-[...1 lines deleted...]
-      <c r="B50" s="22" t="s">
+    <row r="50" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="14"/>
+      <c r="B50" s="9" t="s">
         <v>49</v>
       </c>
-      <c r="C50" s="23">
+      <c r="C50" s="10">
         <v>4042</v>
       </c>
-      <c r="D50" s="23">
+      <c r="D50" s="10">
         <v>1903</v>
       </c>
-      <c r="E50" s="24">
+      <c r="E50" s="11">
         <v>47.080653142008899</v>
       </c>
-      <c r="F50" s="23">
+      <c r="F50" s="10">
         <v>4083</v>
       </c>
-      <c r="G50" s="23">
+      <c r="G50" s="10">
         <v>2019</v>
       </c>
-      <c r="H50" s="24">
+      <c r="H50" s="11">
         <v>49.448934606906697</v>
       </c>
-      <c r="I50" s="23">
+      <c r="I50" s="10">
         <v>4177</v>
       </c>
-      <c r="J50" s="23">
+      <c r="J50" s="10">
         <v>2107</v>
       </c>
-      <c r="K50" s="24">
+      <c r="K50" s="11">
         <v>50.442901604021998</v>
       </c>
-      <c r="L50" s="23">
+      <c r="L50" s="10">
         <v>4131</v>
       </c>
-      <c r="M50" s="23">
+      <c r="M50" s="10">
         <v>2111</v>
       </c>
-      <c r="N50" s="24">
+      <c r="N50" s="11">
         <v>51.101428225611201</v>
       </c>
-      <c r="O50" s="23">
+      <c r="O50" s="10">
         <v>4447</v>
       </c>
-      <c r="P50" s="23">
+      <c r="P50" s="10">
         <v>2296</v>
       </c>
-      <c r="Q50" s="24">
+      <c r="Q50" s="11">
         <v>51.630312570272103</v>
       </c>
-      <c r="R50" s="23">
+      <c r="R50" s="10">
         <v>3940</v>
       </c>
-      <c r="S50" s="23">
+      <c r="S50" s="10">
         <v>2048</v>
       </c>
-      <c r="T50" s="24">
+      <c r="T50" s="11">
         <v>51.979695431472102</v>
       </c>
-      <c r="U50" s="23">
+      <c r="U50" s="10">
         <v>4214</v>
       </c>
-      <c r="V50" s="23">
+      <c r="V50" s="10">
         <v>2180</v>
       </c>
-      <c r="W50" s="24">
+      <c r="W50" s="11">
         <v>51.732320835310901</v>
       </c>
-      <c r="X50" s="23">
+      <c r="X50" s="10">
         <v>4553</v>
       </c>
-      <c r="Y50" s="23">
+      <c r="Y50" s="10">
         <v>2290</v>
       </c>
-      <c r="Z50" s="25">
+      <c r="Z50" s="12">
         <v>50.3</v>
       </c>
-      <c r="AA50" s="23">
+      <c r="AA50" s="10">
         <v>4365</v>
       </c>
-      <c r="AB50" s="23">
+      <c r="AB50" s="10">
         <v>2176</v>
       </c>
-      <c r="AC50" s="25">
+      <c r="AC50" s="12">
         <v>49.9</v>
       </c>
-      <c r="AD50" s="23">
+      <c r="AD50" s="10">
         <v>4653</v>
       </c>
-      <c r="AE50" s="23">
+      <c r="AE50" s="10">
         <v>2282</v>
       </c>
-      <c r="AF50" s="25">
+      <c r="AF50" s="12">
         <v>49</v>
       </c>
-      <c r="AG50" s="23">
+      <c r="AG50" s="24">
         <v>5236</v>
       </c>
-      <c r="AH50" s="23">
+      <c r="AH50" s="24">
         <v>2467</v>
       </c>
       <c r="AI50" s="25">
         <v>47.1</v>
       </c>
-      <c r="AJ50" s="46">
+      <c r="AJ50" s="24">
         <v>5122</v>
       </c>
-      <c r="AK50" s="46">
+      <c r="AK50" s="24">
         <v>2569</v>
       </c>
-      <c r="AL50" s="48">
+      <c r="AL50" s="25">
         <v>50.2</v>
       </c>
+      <c r="AM50" s="24">
+        <v>4968</v>
+      </c>
+      <c r="AN50" s="24">
+        <v>2656</v>
+      </c>
+      <c r="AO50" s="25">
+        <v>53.5</v>
+      </c>
     </row>
-    <row r="51" spans="1:38">
-[...1 lines deleted...]
-      <c r="B51" s="22" t="s">
+    <row r="51" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="15"/>
+      <c r="B51" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C51" s="23">
+      <c r="C51" s="10">
         <v>6648</v>
       </c>
-      <c r="D51" s="23">
+      <c r="D51" s="10">
         <v>2769</v>
       </c>
-      <c r="E51" s="24">
+      <c r="E51" s="11">
         <v>41.6516245487365</v>
       </c>
-      <c r="F51" s="23">
+      <c r="F51" s="10">
         <v>6869</v>
       </c>
-      <c r="G51" s="23">
+      <c r="G51" s="10">
         <v>2985</v>
       </c>
-      <c r="H51" s="24">
+      <c r="H51" s="11">
         <v>43.456107148056503</v>
       </c>
-      <c r="I51" s="23">
+      <c r="I51" s="10">
         <v>6829</v>
       </c>
-      <c r="J51" s="23">
+      <c r="J51" s="10">
         <v>3026</v>
       </c>
-      <c r="K51" s="24">
+      <c r="K51" s="11">
         <v>44.311026504612698</v>
       </c>
-      <c r="L51" s="23">
+      <c r="L51" s="10">
         <v>7112</v>
       </c>
-      <c r="M51" s="23">
+      <c r="M51" s="10">
         <v>3254</v>
       </c>
-      <c r="N51" s="24">
+      <c r="N51" s="11">
         <v>45.753655793025899</v>
       </c>
-      <c r="O51" s="23">
+      <c r="O51" s="10">
         <v>7626</v>
       </c>
-      <c r="P51" s="23">
+      <c r="P51" s="10">
         <v>3434</v>
       </c>
-      <c r="Q51" s="24">
+      <c r="Q51" s="11">
         <v>45.030159979019103</v>
       </c>
-      <c r="R51" s="23">
+      <c r="R51" s="10">
         <v>7238</v>
       </c>
-      <c r="S51" s="23">
+      <c r="S51" s="10">
         <v>3271</v>
       </c>
-      <c r="T51" s="24">
+      <c r="T51" s="11">
         <v>45.192042000552597</v>
       </c>
-      <c r="U51" s="23">
+      <c r="U51" s="10">
         <v>7338</v>
       </c>
-      <c r="V51" s="23">
+      <c r="V51" s="10">
         <v>3352</v>
       </c>
-      <c r="W51" s="24">
+      <c r="W51" s="11">
         <v>45.680021804306399</v>
       </c>
-      <c r="X51" s="23">
+      <c r="X51" s="10">
         <v>7858</v>
       </c>
-      <c r="Y51" s="23">
+      <c r="Y51" s="10">
         <v>3443</v>
       </c>
-      <c r="Z51" s="25">
+      <c r="Z51" s="12">
         <v>43.8</v>
       </c>
-      <c r="AA51" s="23">
+      <c r="AA51" s="10">
         <v>7824</v>
       </c>
-      <c r="AB51" s="23">
+      <c r="AB51" s="10">
         <v>3360</v>
       </c>
-      <c r="AC51" s="25">
+      <c r="AC51" s="12">
         <v>42.9</v>
       </c>
-      <c r="AD51" s="23">
+      <c r="AD51" s="10">
         <v>8519</v>
       </c>
-      <c r="AE51" s="23">
+      <c r="AE51" s="10">
         <v>3570</v>
       </c>
-      <c r="AF51" s="25">
+      <c r="AF51" s="12">
         <v>41.9</v>
       </c>
-      <c r="AG51" s="23">
+      <c r="AG51" s="24">
         <v>9223</v>
       </c>
-      <c r="AH51" s="23">
+      <c r="AH51" s="24">
         <v>3641</v>
       </c>
       <c r="AI51" s="25">
         <v>39.5</v>
       </c>
-      <c r="AJ51" s="46">
+      <c r="AJ51" s="24">
         <v>8821</v>
       </c>
-      <c r="AK51" s="46">
+      <c r="AK51" s="24">
         <v>3589</v>
       </c>
-      <c r="AL51" s="48">
+      <c r="AL51" s="25">
         <v>40.700000000000003</v>
       </c>
+      <c r="AM51" s="24">
+        <v>8704</v>
+      </c>
+      <c r="AN51" s="24">
+        <v>3781</v>
+      </c>
+      <c r="AO51" s="25">
+        <v>43.4</v>
+      </c>
     </row>
-    <row r="52" spans="1:38">
-      <c r="A52" s="43" t="s">
+    <row r="52" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="B52" s="22" t="s">
+      <c r="B52" s="9" t="s">
         <v>51</v>
       </c>
-      <c r="C52" s="23">
+      <c r="C52" s="10">
         <v>128730</v>
       </c>
-      <c r="D52" s="23">
+      <c r="D52" s="10">
         <v>39370</v>
       </c>
-      <c r="E52" s="24">
+      <c r="E52" s="11">
         <v>30.583391594810799</v>
       </c>
-      <c r="F52" s="23">
+      <c r="F52" s="10">
         <v>136587</v>
       </c>
-      <c r="G52" s="23">
+      <c r="G52" s="10">
         <v>41931</v>
       </c>
-      <c r="H52" s="24">
+      <c r="H52" s="11">
         <v>30.699114849875901</v>
       </c>
-      <c r="I52" s="23">
+      <c r="I52" s="10">
         <v>138931</v>
       </c>
-      <c r="J52" s="23">
+      <c r="J52" s="10">
         <v>43437</v>
       </c>
-      <c r="K52" s="24">
+      <c r="K52" s="11">
         <v>31.265160403365702</v>
       </c>
-      <c r="L52" s="23">
+      <c r="L52" s="10">
         <v>143220</v>
       </c>
-      <c r="M52" s="23">
+      <c r="M52" s="10">
         <v>44953</v>
       </c>
-      <c r="N52" s="24">
+      <c r="N52" s="11">
         <v>31.387376064795401</v>
       </c>
-      <c r="O52" s="23">
+      <c r="O52" s="10">
         <v>149354</v>
       </c>
-      <c r="P52" s="23">
+      <c r="P52" s="10">
         <v>47140</v>
       </c>
-      <c r="Q52" s="24">
+      <c r="Q52" s="11">
         <v>31.562596247840698</v>
       </c>
-      <c r="R52" s="23">
+      <c r="R52" s="10">
         <v>148339</v>
       </c>
-      <c r="S52" s="23">
+      <c r="S52" s="10">
         <v>47374</v>
       </c>
-      <c r="T52" s="24">
+      <c r="T52" s="11">
         <v>31.936308051153102</v>
       </c>
-      <c r="U52" s="23">
+      <c r="U52" s="10">
         <v>147903</v>
       </c>
-      <c r="V52" s="23">
+      <c r="V52" s="10">
         <v>47420</v>
       </c>
-      <c r="W52" s="24">
+      <c r="W52" s="11">
         <v>32.061553856243599</v>
       </c>
-      <c r="X52" s="23">
+      <c r="X52" s="10">
         <v>159532</v>
       </c>
-      <c r="Y52" s="23">
+      <c r="Y52" s="10">
         <v>50686</v>
       </c>
-      <c r="Z52" s="25">
+      <c r="Z52" s="12">
         <v>31.8</v>
       </c>
-      <c r="AA52" s="23">
+      <c r="AA52" s="10">
         <v>161019</v>
       </c>
-      <c r="AB52" s="23">
+      <c r="AB52" s="10">
         <v>50045</v>
       </c>
-      <c r="AC52" s="25">
+      <c r="AC52" s="12">
         <v>31.1</v>
       </c>
-      <c r="AD52" s="23">
+      <c r="AD52" s="10">
         <v>171098</v>
       </c>
-      <c r="AE52" s="23">
+      <c r="AE52" s="10">
         <v>54129</v>
       </c>
-      <c r="AF52" s="25">
+      <c r="AF52" s="12">
         <v>31.6</v>
       </c>
-      <c r="AG52" s="23">
+      <c r="AG52" s="24">
         <v>191780</v>
       </c>
-      <c r="AH52" s="23">
+      <c r="AH52" s="24">
         <v>61253</v>
       </c>
       <c r="AI52" s="25">
         <v>31.9</v>
       </c>
-      <c r="AJ52" s="46">
+      <c r="AJ52" s="24">
         <v>181866</v>
       </c>
-      <c r="AK52" s="46">
+      <c r="AK52" s="24">
         <v>57811</v>
       </c>
-      <c r="AL52" s="48">
+      <c r="AL52" s="25">
         <v>31.8</v>
       </c>
+      <c r="AM52" s="24">
+        <v>183766</v>
+      </c>
+      <c r="AN52" s="24">
+        <v>59509</v>
+      </c>
+      <c r="AO52" s="25">
+        <v>32.4</v>
+      </c>
     </row>
-    <row r="53" spans="1:38">
-[...1 lines deleted...]
-      <c r="B53" s="22" t="s">
+    <row r="53" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="14"/>
+      <c r="B53" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="C53" s="23">
+      <c r="C53" s="10">
         <v>16233</v>
       </c>
-      <c r="D53" s="23">
+      <c r="D53" s="10">
         <v>8637</v>
       </c>
-      <c r="E53" s="24">
+      <c r="E53" s="11">
         <v>53.206431343559402</v>
       </c>
-      <c r="F53" s="23">
+      <c r="F53" s="10">
         <v>17272</v>
       </c>
-      <c r="G53" s="23">
+      <c r="G53" s="10">
         <v>8958</v>
       </c>
-      <c r="H53" s="24">
+      <c r="H53" s="11">
         <v>51.864289022695701</v>
       </c>
-      <c r="I53" s="23">
+      <c r="I53" s="10">
         <v>17528</v>
       </c>
-      <c r="J53" s="23">
+      <c r="J53" s="10">
         <v>9402</v>
       </c>
-      <c r="K53" s="24">
+      <c r="K53" s="11">
         <v>53.639890460976702</v>
       </c>
-      <c r="L53" s="23">
+      <c r="L53" s="10">
         <v>18248</v>
       </c>
-      <c r="M53" s="23">
+      <c r="M53" s="10">
         <v>9713</v>
       </c>
-      <c r="N53" s="24">
+      <c r="N53" s="11">
         <v>53.227750986409497</v>
       </c>
-      <c r="O53" s="23">
+      <c r="O53" s="10">
         <v>19334</v>
       </c>
-      <c r="P53" s="23">
+      <c r="P53" s="10">
         <v>10429</v>
       </c>
-      <c r="Q53" s="24">
+      <c r="Q53" s="11">
         <v>53.941243405399803</v>
       </c>
-      <c r="R53" s="23">
+      <c r="R53" s="10">
         <v>18311</v>
       </c>
-      <c r="S53" s="23">
+      <c r="S53" s="10">
         <v>10035</v>
       </c>
-      <c r="T53" s="24">
+      <c r="T53" s="11">
         <v>54.803123805362901</v>
       </c>
-      <c r="U53" s="23">
+      <c r="U53" s="10">
         <v>18732</v>
       </c>
-      <c r="V53" s="23">
+      <c r="V53" s="10">
         <v>10383</v>
       </c>
-      <c r="W53" s="24">
+      <c r="W53" s="11">
         <v>55.429212043561797</v>
       </c>
-      <c r="X53" s="23">
+      <c r="X53" s="10">
         <v>20224</v>
       </c>
-      <c r="Y53" s="23">
+      <c r="Y53" s="10">
         <v>11109</v>
       </c>
-      <c r="Z53" s="25">
+      <c r="Z53" s="12">
         <v>54.9</v>
       </c>
-      <c r="AA53" s="23">
+      <c r="AA53" s="10">
         <v>19958</v>
       </c>
-      <c r="AB53" s="23">
+      <c r="AB53" s="10">
         <v>10446</v>
       </c>
-      <c r="AC53" s="25">
+      <c r="AC53" s="12">
         <v>52.3</v>
       </c>
-      <c r="AD53" s="23">
+      <c r="AD53" s="10">
         <v>20651</v>
       </c>
-      <c r="AE53" s="23">
+      <c r="AE53" s="10">
         <v>10645</v>
       </c>
-      <c r="AF53" s="25">
+      <c r="AF53" s="12">
         <v>51.5</v>
       </c>
-      <c r="AG53" s="23">
+      <c r="AG53" s="24">
         <v>24019</v>
       </c>
-      <c r="AH53" s="23">
+      <c r="AH53" s="24">
         <v>11949</v>
       </c>
       <c r="AI53" s="25">
         <v>49.7</v>
       </c>
-      <c r="AJ53" s="46">
+      <c r="AJ53" s="24">
         <v>22995</v>
       </c>
-      <c r="AK53" s="46">
+      <c r="AK53" s="24">
         <v>11853</v>
       </c>
-      <c r="AL53" s="48">
+      <c r="AL53" s="25">
         <v>51.5</v>
       </c>
+      <c r="AM53" s="24">
+        <v>22851</v>
+      </c>
+      <c r="AN53" s="24">
+        <v>11795</v>
+      </c>
+      <c r="AO53" s="25">
+        <v>51.6</v>
+      </c>
     </row>
-    <row r="54" spans="1:38">
-[...1 lines deleted...]
-      <c r="B54" s="22" t="s">
+    <row r="54" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="14"/>
+      <c r="B54" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="C54" s="23">
+      <c r="C54" s="10">
         <v>8545</v>
       </c>
-      <c r="D54" s="23">
+      <c r="D54" s="10">
         <v>2904</v>
       </c>
-      <c r="E54" s="24">
+      <c r="E54" s="11">
         <v>33.984786424809798</v>
       </c>
-      <c r="F54" s="23">
+      <c r="F54" s="10">
         <v>8737</v>
       </c>
-      <c r="G54" s="23">
+      <c r="G54" s="10">
         <v>2850</v>
       </c>
-      <c r="H54" s="24">
+      <c r="H54" s="11">
         <v>32.619892411582903</v>
       </c>
-      <c r="I54" s="23">
+      <c r="I54" s="10">
         <v>8977</v>
       </c>
-      <c r="J54" s="23">
+      <c r="J54" s="10">
         <v>2884</v>
       </c>
-      <c r="K54" s="24">
+      <c r="K54" s="11">
         <v>32.126545616575697</v>
       </c>
-      <c r="L54" s="23">
+      <c r="L54" s="10">
         <v>9507</v>
       </c>
-      <c r="M54" s="23">
+      <c r="M54" s="10">
         <v>3026</v>
       </c>
-      <c r="N54" s="24">
+      <c r="N54" s="11">
         <v>31.829178500052599</v>
       </c>
-      <c r="O54" s="23">
+      <c r="O54" s="10">
         <v>10011</v>
       </c>
-      <c r="P54" s="23">
+      <c r="P54" s="10">
         <v>3078</v>
       </c>
-      <c r="Q54" s="24">
+      <c r="Q54" s="11">
         <v>30.7461792028768</v>
       </c>
-      <c r="R54" s="23">
+      <c r="R54" s="10">
         <v>9683</v>
       </c>
-      <c r="S54" s="23">
+      <c r="S54" s="10">
         <v>3000</v>
       </c>
-      <c r="T54" s="24">
+      <c r="T54" s="11">
         <v>30.982133636269801</v>
       </c>
-      <c r="U54" s="23">
+      <c r="U54" s="10">
         <v>9897</v>
       </c>
-      <c r="V54" s="23">
+      <c r="V54" s="10">
         <v>3027</v>
       </c>
-      <c r="W54" s="24">
+      <c r="W54" s="11">
         <v>30.585025765383499</v>
       </c>
-      <c r="X54" s="23">
+      <c r="X54" s="10">
         <v>10945</v>
       </c>
-      <c r="Y54" s="23">
+      <c r="Y54" s="10">
         <v>3395</v>
       </c>
-      <c r="Z54" s="25">
+      <c r="Z54" s="12">
         <v>31</v>
       </c>
-      <c r="AA54" s="23">
+      <c r="AA54" s="10">
         <v>10879</v>
       </c>
-      <c r="AB54" s="23">
+      <c r="AB54" s="10">
         <v>3244</v>
       </c>
-      <c r="AC54" s="25">
+      <c r="AC54" s="12">
         <v>29.8</v>
       </c>
-      <c r="AD54" s="23">
+      <c r="AD54" s="10">
         <v>11602</v>
       </c>
-      <c r="AE54" s="23">
+      <c r="AE54" s="10">
         <v>3431</v>
       </c>
-      <c r="AF54" s="25">
+      <c r="AF54" s="12">
         <v>29.6</v>
       </c>
-      <c r="AG54" s="23">
+      <c r="AG54" s="24">
         <v>13489</v>
       </c>
-      <c r="AH54" s="23">
+      <c r="AH54" s="24">
         <v>4065</v>
       </c>
       <c r="AI54" s="25">
         <v>30.1</v>
       </c>
-      <c r="AJ54" s="46">
+      <c r="AJ54" s="24">
         <v>12776</v>
       </c>
-      <c r="AK54" s="46">
+      <c r="AK54" s="24">
         <v>4036</v>
       </c>
-      <c r="AL54" s="48">
+      <c r="AL54" s="25">
         <v>31.6</v>
       </c>
+      <c r="AM54" s="24">
+        <v>12741</v>
+      </c>
+      <c r="AN54" s="24">
+        <v>3987</v>
+      </c>
+      <c r="AO54" s="25">
+        <v>31.3</v>
+      </c>
     </row>
-    <row r="55" spans="1:38">
-[...1 lines deleted...]
-      <c r="B55" s="22" t="s">
+    <row r="55" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="14"/>
+      <c r="B55" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="C55" s="23">
+      <c r="C55" s="10">
         <v>8133</v>
       </c>
-      <c r="D55" s="23">
+      <c r="D55" s="10">
         <v>2359</v>
       </c>
-      <c r="E55" s="24">
+      <c r="E55" s="11">
         <v>29.005287101930399</v>
       </c>
-      <c r="F55" s="23">
+      <c r="F55" s="10">
         <v>8827</v>
       </c>
-      <c r="G55" s="23">
+      <c r="G55" s="10">
         <v>2571</v>
       </c>
-      <c r="H55" s="24">
+      <c r="H55" s="11">
         <v>29.1265435595333</v>
       </c>
-      <c r="I55" s="23">
+      <c r="I55" s="10">
         <v>8618</v>
       </c>
-      <c r="J55" s="23">
+      <c r="J55" s="10">
         <v>2567</v>
       </c>
-      <c r="K55" s="24">
+      <c r="K55" s="11">
         <v>29.786493385936399</v>
       </c>
-      <c r="L55" s="23">
+      <c r="L55" s="10">
         <v>9024</v>
       </c>
-      <c r="M55" s="23">
+      <c r="M55" s="10">
         <v>2663</v>
       </c>
-      <c r="N55" s="24">
+      <c r="N55" s="11">
         <v>29.510195035460999</v>
       </c>
-      <c r="O55" s="23">
+      <c r="O55" s="10">
         <v>9477</v>
       </c>
-      <c r="P55" s="23">
+      <c r="P55" s="10">
         <v>2758</v>
       </c>
-      <c r="Q55" s="24">
+      <c r="Q55" s="11">
         <v>29.102036509443899</v>
       </c>
-      <c r="R55" s="23">
+      <c r="R55" s="10">
         <v>9260</v>
       </c>
-      <c r="S55" s="23">
+      <c r="S55" s="10">
         <v>2896</v>
       </c>
-      <c r="T55" s="24">
+      <c r="T55" s="11">
         <v>31.274298056155502</v>
       </c>
-      <c r="U55" s="23">
+      <c r="U55" s="10">
         <v>8894</v>
       </c>
-      <c r="V55" s="23">
+      <c r="V55" s="10">
         <v>2746</v>
       </c>
-      <c r="W55" s="24">
+      <c r="W55" s="11">
         <v>30.8747470204632</v>
       </c>
-      <c r="X55" s="23">
+      <c r="X55" s="10">
         <v>9717</v>
       </c>
-      <c r="Y55" s="23">
+      <c r="Y55" s="10">
         <v>2892</v>
       </c>
-      <c r="Z55" s="25">
+      <c r="Z55" s="12">
         <v>29.8</v>
       </c>
-      <c r="AA55" s="23">
+      <c r="AA55" s="10">
         <v>9831</v>
       </c>
-      <c r="AB55" s="23">
+      <c r="AB55" s="10">
         <v>2868</v>
       </c>
-      <c r="AC55" s="25">
+      <c r="AC55" s="12">
         <v>29.2</v>
       </c>
-      <c r="AD55" s="23">
+      <c r="AD55" s="10">
         <v>10742</v>
       </c>
-      <c r="AE55" s="23">
+      <c r="AE55" s="10">
         <v>3437</v>
       </c>
-      <c r="AF55" s="25">
+      <c r="AF55" s="12">
         <v>32</v>
       </c>
-      <c r="AG55" s="23">
+      <c r="AG55" s="24">
         <v>11872</v>
       </c>
-      <c r="AH55" s="23">
+      <c r="AH55" s="24">
         <v>3569</v>
       </c>
       <c r="AI55" s="25">
         <v>30.1</v>
       </c>
-      <c r="AJ55" s="46">
+      <c r="AJ55" s="24">
         <v>10908</v>
       </c>
-      <c r="AK55" s="46">
+      <c r="AK55" s="24">
         <v>3250</v>
       </c>
-      <c r="AL55" s="48">
+      <c r="AL55" s="25">
         <v>29.8</v>
       </c>
+      <c r="AM55" s="24">
+        <v>11567</v>
+      </c>
+      <c r="AN55" s="24">
+        <v>3584</v>
+      </c>
+      <c r="AO55" s="25">
+        <v>31</v>
+      </c>
     </row>
-    <row r="56" spans="1:38">
-[...1 lines deleted...]
-      <c r="B56" s="22" t="s">
+    <row r="56" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="14"/>
+      <c r="B56" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="C56" s="23">
+      <c r="C56" s="10">
         <v>7911</v>
       </c>
-      <c r="D56" s="23">
+      <c r="D56" s="10">
         <v>2747</v>
       </c>
-      <c r="E56" s="24">
+      <c r="E56" s="11">
         <v>34.723802300594102</v>
       </c>
-      <c r="F56" s="23">
+      <c r="F56" s="10">
         <v>8578</v>
       </c>
-      <c r="G56" s="23">
+      <c r="G56" s="10">
         <v>3080</v>
       </c>
-      <c r="H56" s="24">
+      <c r="H56" s="11">
         <v>35.905805549078998</v>
       </c>
-      <c r="I56" s="23">
+      <c r="I56" s="10">
         <v>8661</v>
       </c>
-      <c r="J56" s="23">
+      <c r="J56" s="10">
         <v>3128</v>
       </c>
-      <c r="K56" s="24">
+      <c r="K56" s="11">
         <v>36.115921948966601</v>
       </c>
-      <c r="L56" s="23">
+      <c r="L56" s="10">
         <v>8784</v>
       </c>
-      <c r="M56" s="23">
+      <c r="M56" s="10">
         <v>3142</v>
       </c>
-      <c r="N56" s="24">
+      <c r="N56" s="11">
         <v>35.769581056466301</v>
       </c>
-      <c r="O56" s="23">
+      <c r="O56" s="10">
         <v>9096</v>
       </c>
-      <c r="P56" s="23">
+      <c r="P56" s="10">
         <v>3148</v>
       </c>
-      <c r="Q56" s="24">
+      <c r="Q56" s="11">
         <v>34.608619173263001</v>
       </c>
-      <c r="R56" s="23">
+      <c r="R56" s="10">
         <v>9163</v>
       </c>
-      <c r="S56" s="23">
+      <c r="S56" s="10">
         <v>3252</v>
       </c>
-      <c r="T56" s="24">
+      <c r="T56" s="11">
         <v>35.490559860307798</v>
       </c>
-      <c r="U56" s="23">
+      <c r="U56" s="10">
         <v>8966</v>
       </c>
-      <c r="V56" s="23">
+      <c r="V56" s="10">
         <v>3395</v>
       </c>
-      <c r="W56" s="24">
+      <c r="W56" s="11">
         <v>37.865268793218803</v>
       </c>
-      <c r="X56" s="23">
+      <c r="X56" s="10">
         <v>9888</v>
       </c>
-      <c r="Y56" s="23">
+      <c r="Y56" s="10">
         <v>3693</v>
       </c>
-      <c r="Z56" s="25">
+      <c r="Z56" s="12">
         <v>37.299999999999997</v>
       </c>
-      <c r="AA56" s="23">
+      <c r="AA56" s="10">
         <v>10079</v>
       </c>
-      <c r="AB56" s="23">
+      <c r="AB56" s="10">
         <v>3667</v>
       </c>
-      <c r="AC56" s="25">
+      <c r="AC56" s="12">
         <v>36.4</v>
       </c>
-      <c r="AD56" s="23">
+      <c r="AD56" s="10">
         <v>10700</v>
       </c>
-      <c r="AE56" s="23">
+      <c r="AE56" s="10">
         <v>3758</v>
       </c>
-      <c r="AF56" s="25">
+      <c r="AF56" s="12">
         <v>35.1</v>
       </c>
-      <c r="AG56" s="23">
+      <c r="AG56" s="24">
         <v>12205</v>
       </c>
-      <c r="AH56" s="23">
+      <c r="AH56" s="24">
         <v>4495</v>
       </c>
       <c r="AI56" s="25">
         <v>36.799999999999997</v>
       </c>
-      <c r="AJ56" s="46">
+      <c r="AJ56" s="24">
         <v>11442</v>
       </c>
-      <c r="AK56" s="46">
+      <c r="AK56" s="24">
         <v>4319</v>
       </c>
-      <c r="AL56" s="48">
+      <c r="AL56" s="25">
         <v>37.700000000000003</v>
       </c>
+      <c r="AM56" s="24">
+        <v>11965</v>
+      </c>
+      <c r="AN56" s="24">
+        <v>4569</v>
+      </c>
+      <c r="AO56" s="25">
+        <v>38.200000000000003</v>
+      </c>
     </row>
-    <row r="57" spans="1:38">
-[...1 lines deleted...]
-      <c r="B57" s="22" t="s">
+    <row r="57" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="14"/>
+      <c r="B57" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="C57" s="23">
+      <c r="C57" s="10">
         <v>10949</v>
       </c>
-      <c r="D57" s="23">
+      <c r="D57" s="10">
         <v>3679</v>
       </c>
-      <c r="E57" s="24">
+      <c r="E57" s="11">
         <v>33.601242122568301</v>
       </c>
-      <c r="F57" s="23">
+      <c r="F57" s="10">
         <v>11592</v>
       </c>
-      <c r="G57" s="23">
+      <c r="G57" s="10">
         <v>3926</v>
       </c>
-      <c r="H57" s="24">
+      <c r="H57" s="11">
         <v>33.868184955141501</v>
       </c>
-      <c r="I57" s="23">
+      <c r="I57" s="10">
         <v>11687</v>
       </c>
-      <c r="J57" s="23">
+      <c r="J57" s="10">
         <v>3976</v>
       </c>
-      <c r="K57" s="24">
+      <c r="K57" s="11">
         <v>34.020706768204001</v>
       </c>
-      <c r="L57" s="23">
+      <c r="L57" s="10">
         <v>11899</v>
       </c>
-      <c r="M57" s="23">
+      <c r="M57" s="10">
         <v>4196</v>
       </c>
-      <c r="N57" s="24">
+      <c r="N57" s="11">
         <v>35.263467518278802</v>
       </c>
-      <c r="O57" s="23">
+      <c r="O57" s="10">
         <v>12311</v>
       </c>
-      <c r="P57" s="23">
+      <c r="P57" s="10">
         <v>4514</v>
       </c>
-      <c r="Q57" s="24">
+      <c r="Q57" s="11">
         <v>36.666395906100199</v>
       </c>
-      <c r="R57" s="23">
+      <c r="R57" s="10">
         <v>12142</v>
       </c>
-      <c r="S57" s="23">
+      <c r="S57" s="10">
         <v>4417</v>
       </c>
-      <c r="T57" s="24">
+      <c r="T57" s="11">
         <v>36.377861966727103</v>
       </c>
-      <c r="U57" s="23">
+      <c r="U57" s="10">
         <v>12104</v>
       </c>
-      <c r="V57" s="23">
+      <c r="V57" s="10">
         <v>4441</v>
       </c>
-      <c r="W57" s="24">
+      <c r="W57" s="11">
         <v>36.690350297422299</v>
       </c>
-      <c r="X57" s="23">
+      <c r="X57" s="10">
         <v>12721</v>
       </c>
-      <c r="Y57" s="23">
+      <c r="Y57" s="10">
         <v>4457</v>
       </c>
-      <c r="Z57" s="25">
+      <c r="Z57" s="12">
         <v>35</v>
       </c>
-      <c r="AA57" s="23">
+      <c r="AA57" s="10">
         <v>13189</v>
       </c>
-      <c r="AB57" s="23">
+      <c r="AB57" s="10">
         <v>4554</v>
       </c>
-      <c r="AC57" s="25">
+      <c r="AC57" s="12">
         <v>34.5</v>
       </c>
-      <c r="AD57" s="23">
+      <c r="AD57" s="10">
         <v>14226</v>
       </c>
-      <c r="AE57" s="23">
+      <c r="AE57" s="10">
         <v>5202</v>
       </c>
-      <c r="AF57" s="25">
+      <c r="AF57" s="12">
         <v>36.6</v>
       </c>
-      <c r="AG57" s="23">
+      <c r="AG57" s="24">
         <v>15493</v>
       </c>
-      <c r="AH57" s="23">
+      <c r="AH57" s="24">
         <v>5640</v>
       </c>
       <c r="AI57" s="25">
         <v>36.4</v>
       </c>
-      <c r="AJ57" s="46">
+      <c r="AJ57" s="24">
         <v>14791</v>
       </c>
-      <c r="AK57" s="46">
+      <c r="AK57" s="24">
         <v>5202</v>
       </c>
-      <c r="AL57" s="48">
+      <c r="AL57" s="25">
         <v>35.200000000000003</v>
       </c>
+      <c r="AM57" s="24">
+        <v>14942</v>
+      </c>
+      <c r="AN57" s="24">
+        <v>5443</v>
+      </c>
+      <c r="AO57" s="25">
+        <v>36.4</v>
+      </c>
     </row>
-    <row r="58" spans="1:38">
-[...1 lines deleted...]
-      <c r="B58" s="22" t="s">
+    <row r="58" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="14"/>
+      <c r="B58" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="C58" s="23">
+      <c r="C58" s="10">
         <v>3381</v>
       </c>
-      <c r="D58" s="23">
+      <c r="D58" s="10">
         <v>736</v>
       </c>
-      <c r="E58" s="24">
+      <c r="E58" s="11">
         <v>21.7687074829932</v>
       </c>
-      <c r="F58" s="23">
+      <c r="F58" s="10">
         <v>3531</v>
       </c>
-      <c r="G58" s="23">
+      <c r="G58" s="10">
         <v>751</v>
       </c>
-      <c r="H58" s="24">
+      <c r="H58" s="11">
         <v>21.268762390257699</v>
       </c>
-      <c r="I58" s="23">
+      <c r="I58" s="10">
         <v>3599</v>
       </c>
-      <c r="J58" s="23">
+      <c r="J58" s="10">
         <v>809</v>
       </c>
-      <c r="K58" s="24">
+      <c r="K58" s="11">
         <v>22.478466240622399</v>
       </c>
-      <c r="L58" s="23">
+      <c r="L58" s="10">
         <v>3654</v>
       </c>
-      <c r="M58" s="23">
+      <c r="M58" s="10">
         <v>850</v>
       </c>
-      <c r="N58" s="24">
+      <c r="N58" s="11">
         <v>23.262178434592201</v>
       </c>
-      <c r="O58" s="23">
+      <c r="O58" s="10">
         <v>3824</v>
       </c>
-      <c r="P58" s="23">
+      <c r="P58" s="10">
         <v>925</v>
       </c>
-      <c r="Q58" s="24">
+      <c r="Q58" s="11">
         <v>24.189330543933099</v>
       </c>
-      <c r="R58" s="23">
+      <c r="R58" s="10">
         <v>3863</v>
       </c>
-      <c r="S58" s="23">
+      <c r="S58" s="10">
         <v>1008</v>
       </c>
-      <c r="T58" s="24">
+      <c r="T58" s="11">
         <v>26.093709552161499</v>
       </c>
-      <c r="U58" s="23">
+      <c r="U58" s="10">
         <v>3990</v>
       </c>
-      <c r="V58" s="23">
+      <c r="V58" s="10">
         <v>1061</v>
       </c>
-      <c r="W58" s="24">
+      <c r="W58" s="11">
         <v>26.591478696741898</v>
       </c>
-      <c r="X58" s="23">
+      <c r="X58" s="10">
         <v>4236</v>
       </c>
-      <c r="Y58" s="23">
+      <c r="Y58" s="10">
         <v>1167</v>
       </c>
-      <c r="Z58" s="25">
+      <c r="Z58" s="12">
         <v>27.5</v>
       </c>
-      <c r="AA58" s="23">
+      <c r="AA58" s="10">
         <v>4195</v>
       </c>
-      <c r="AB58" s="23">
+      <c r="AB58" s="10">
         <v>1219</v>
       </c>
-      <c r="AC58" s="25">
+      <c r="AC58" s="12">
         <v>29.1</v>
       </c>
-      <c r="AD58" s="23">
+      <c r="AD58" s="10">
         <v>4511</v>
       </c>
-      <c r="AE58" s="23">
+      <c r="AE58" s="10">
         <v>1348</v>
       </c>
-      <c r="AF58" s="25">
+      <c r="AF58" s="12">
         <v>29.9</v>
       </c>
-      <c r="AG58" s="23">
+      <c r="AG58" s="24">
         <v>5061</v>
       </c>
-      <c r="AH58" s="23">
+      <c r="AH58" s="24">
         <v>1637</v>
       </c>
       <c r="AI58" s="25">
         <v>32.299999999999997</v>
       </c>
-      <c r="AJ58" s="46">
+      <c r="AJ58" s="24">
         <v>4714</v>
       </c>
-      <c r="AK58" s="46">
+      <c r="AK58" s="24">
         <v>1487</v>
       </c>
-      <c r="AL58" s="48">
+      <c r="AL58" s="25">
         <v>31.5</v>
       </c>
+      <c r="AM58" s="24">
+        <v>4759</v>
+      </c>
+      <c r="AN58" s="24">
+        <v>1488</v>
+      </c>
+      <c r="AO58" s="25">
+        <v>31.3</v>
+      </c>
     </row>
-    <row r="59" spans="1:38">
-[...1 lines deleted...]
-      <c r="B59" s="22" t="s">
+    <row r="59" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="14"/>
+      <c r="B59" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="C59" s="23">
+      <c r="C59" s="10">
         <v>6811</v>
       </c>
-      <c r="D59" s="23">
+      <c r="D59" s="10">
         <v>1957</v>
       </c>
-      <c r="E59" s="24">
+      <c r="E59" s="11">
         <v>28.732932021729599</v>
       </c>
-      <c r="F59" s="23">
+      <c r="F59" s="10">
         <v>7157</v>
       </c>
-      <c r="G59" s="23">
+      <c r="G59" s="10">
         <v>2146</v>
       </c>
-      <c r="H59" s="24">
+      <c r="H59" s="11">
         <v>29.984630431745099</v>
       </c>
-      <c r="I59" s="23">
+      <c r="I59" s="10">
         <v>7399</v>
       </c>
-      <c r="J59" s="23">
+      <c r="J59" s="10">
         <v>2244</v>
       </c>
-      <c r="K59" s="24">
+      <c r="K59" s="11">
         <v>30.328422759832399</v>
       </c>
-      <c r="L59" s="23">
+      <c r="L59" s="10">
         <v>7809</v>
       </c>
-      <c r="M59" s="23">
+      <c r="M59" s="10">
         <v>2434</v>
       </c>
-      <c r="N59" s="24">
+      <c r="N59" s="11">
         <v>31.169163785375801</v>
       </c>
-      <c r="O59" s="23">
+      <c r="O59" s="10">
         <v>8228</v>
       </c>
-      <c r="P59" s="23">
+      <c r="P59" s="10">
         <v>2613</v>
       </c>
-      <c r="Q59" s="24">
+      <c r="Q59" s="11">
         <v>31.757413709285402</v>
       </c>
-      <c r="R59" s="23">
+      <c r="R59" s="10">
         <v>8089</v>
       </c>
-      <c r="S59" s="23">
+      <c r="S59" s="10">
         <v>2640</v>
       </c>
-      <c r="T59" s="24">
+      <c r="T59" s="11">
         <v>32.636914328099898</v>
       </c>
-      <c r="U59" s="23">
+      <c r="U59" s="10">
         <v>8448</v>
       </c>
-      <c r="V59" s="23">
+      <c r="V59" s="10">
         <v>2737</v>
       </c>
-      <c r="W59" s="24">
+      <c r="W59" s="11">
         <v>32.3982007575758</v>
       </c>
-      <c r="X59" s="23">
+      <c r="X59" s="10">
         <v>9000</v>
       </c>
-      <c r="Y59" s="23">
+      <c r="Y59" s="10">
         <v>2834</v>
       </c>
-      <c r="Z59" s="25">
+      <c r="Z59" s="12">
         <v>31.5</v>
       </c>
-      <c r="AA59" s="23">
+      <c r="AA59" s="10">
         <v>9026</v>
       </c>
-      <c r="AB59" s="23">
+      <c r="AB59" s="10">
         <v>2791</v>
       </c>
-      <c r="AC59" s="25">
+      <c r="AC59" s="12">
         <v>30.9</v>
       </c>
-      <c r="AD59" s="23">
+      <c r="AD59" s="10">
         <v>9676</v>
       </c>
-      <c r="AE59" s="23">
+      <c r="AE59" s="10">
         <v>3101</v>
       </c>
-      <c r="AF59" s="25">
+      <c r="AF59" s="12">
         <v>32</v>
       </c>
-      <c r="AG59" s="23">
+      <c r="AG59" s="24">
         <v>11006</v>
       </c>
-      <c r="AH59" s="23">
+      <c r="AH59" s="24">
         <v>3583</v>
       </c>
       <c r="AI59" s="25">
         <v>32.6</v>
       </c>
-      <c r="AJ59" s="46">
+      <c r="AJ59" s="24">
         <v>10424</v>
       </c>
-      <c r="AK59" s="46">
+      <c r="AK59" s="24">
         <v>3394</v>
       </c>
-      <c r="AL59" s="48">
+      <c r="AL59" s="25">
         <v>32.6</v>
       </c>
+      <c r="AM59" s="24">
+        <v>10384</v>
+      </c>
+      <c r="AN59" s="24">
+        <v>3490</v>
+      </c>
+      <c r="AO59" s="25">
+        <v>33.6</v>
+      </c>
     </row>
-    <row r="60" spans="1:38">
-[...1 lines deleted...]
-      <c r="B60" s="22" t="s">
+    <row r="60" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="14"/>
+      <c r="B60" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="C60" s="23">
+      <c r="C60" s="10">
         <v>1964</v>
       </c>
-      <c r="D60" s="23">
+      <c r="D60" s="10">
         <v>416</v>
       </c>
-      <c r="E60" s="24">
+      <c r="E60" s="11">
         <v>21.181262729124199</v>
       </c>
-      <c r="F60" s="23">
+      <c r="F60" s="10">
         <v>2028</v>
       </c>
-      <c r="G60" s="23">
+      <c r="G60" s="10">
         <v>396</v>
       </c>
-      <c r="H60" s="24">
+      <c r="H60" s="11">
         <v>19.526627218934902</v>
       </c>
-      <c r="I60" s="23">
+      <c r="I60" s="10">
         <v>2128</v>
       </c>
-      <c r="J60" s="23">
+      <c r="J60" s="10">
         <v>402</v>
       </c>
-      <c r="K60" s="24">
+      <c r="K60" s="11">
         <v>18.890977443609</v>
       </c>
-      <c r="L60" s="23">
+      <c r="L60" s="10">
         <v>2156</v>
       </c>
-      <c r="M60" s="23">
+      <c r="M60" s="10">
         <v>465</v>
       </c>
-      <c r="N60" s="24">
+      <c r="N60" s="11">
         <v>21.567717996289399</v>
       </c>
-      <c r="O60" s="23">
+      <c r="O60" s="10">
         <v>2171</v>
       </c>
-      <c r="P60" s="23">
+      <c r="P60" s="10">
         <v>439</v>
       </c>
-      <c r="Q60" s="24">
+      <c r="Q60" s="11">
         <v>20.221096269000501</v>
       </c>
-      <c r="R60" s="23">
+      <c r="R60" s="10">
         <v>2138</v>
       </c>
-      <c r="S60" s="23">
+      <c r="S60" s="10">
         <v>459</v>
       </c>
-      <c r="T60" s="24">
+      <c r="T60" s="11">
         <v>21.468662301216099</v>
       </c>
-      <c r="U60" s="23">
+      <c r="U60" s="10">
         <v>2339</v>
       </c>
-      <c r="V60" s="23">
+      <c r="V60" s="10">
         <v>565</v>
       </c>
-      <c r="W60" s="24">
+      <c r="W60" s="11">
         <v>24.1556220607097</v>
       </c>
-      <c r="X60" s="23">
+      <c r="X60" s="10">
         <v>2418</v>
       </c>
-      <c r="Y60" s="23">
+      <c r="Y60" s="10">
         <v>569</v>
       </c>
-      <c r="Z60" s="25">
+      <c r="Z60" s="12">
         <v>23.5</v>
       </c>
-      <c r="AA60" s="23">
+      <c r="AA60" s="10">
         <v>2464</v>
       </c>
-      <c r="AB60" s="23">
+      <c r="AB60" s="10">
         <v>606</v>
       </c>
-      <c r="AC60" s="25">
+      <c r="AC60" s="12">
         <v>24.6</v>
       </c>
-      <c r="AD60" s="23">
+      <c r="AD60" s="10">
         <v>2687</v>
       </c>
-      <c r="AE60" s="23">
+      <c r="AE60" s="10">
         <v>673</v>
       </c>
-      <c r="AF60" s="25">
+      <c r="AF60" s="12">
         <v>25</v>
       </c>
-      <c r="AG60" s="23">
+      <c r="AG60" s="24">
         <v>3092</v>
       </c>
-      <c r="AH60" s="23">
+      <c r="AH60" s="24">
         <v>832</v>
       </c>
       <c r="AI60" s="25">
         <v>26.9</v>
       </c>
-      <c r="AJ60" s="46">
+      <c r="AJ60" s="24">
         <v>2810</v>
       </c>
-      <c r="AK60" s="46">
+      <c r="AK60" s="24">
         <v>725</v>
       </c>
-      <c r="AL60" s="48">
+      <c r="AL60" s="25">
         <v>25.8</v>
       </c>
+      <c r="AM60" s="24">
+        <v>2904</v>
+      </c>
+      <c r="AN60" s="24">
+        <v>752</v>
+      </c>
+      <c r="AO60" s="25">
+        <v>25.9</v>
+      </c>
     </row>
-    <row r="61" spans="1:38">
-[...1 lines deleted...]
-      <c r="B61" s="22" t="s">
+    <row r="61" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="14"/>
+      <c r="B61" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="C61" s="23">
+      <c r="C61" s="10">
         <v>2010</v>
       </c>
-      <c r="D61" s="23">
+      <c r="D61" s="10">
         <v>327</v>
       </c>
-      <c r="E61" s="24">
+      <c r="E61" s="11">
         <v>16.268656716417901</v>
       </c>
-      <c r="F61" s="23">
+      <c r="F61" s="10">
         <v>2151</v>
       </c>
-      <c r="G61" s="23">
+      <c r="G61" s="10">
         <v>408</v>
       </c>
-      <c r="H61" s="24">
+      <c r="H61" s="11">
         <v>18.967921896792198</v>
       </c>
-      <c r="I61" s="23">
+      <c r="I61" s="10">
         <v>2160</v>
       </c>
-      <c r="J61" s="23">
+      <c r="J61" s="10">
         <v>409</v>
       </c>
-      <c r="K61" s="24">
+      <c r="K61" s="11">
         <v>18.935185185185201</v>
       </c>
-      <c r="L61" s="23">
+      <c r="L61" s="10">
         <v>2126</v>
       </c>
-      <c r="M61" s="23">
+      <c r="M61" s="10">
         <v>405</v>
       </c>
-      <c r="N61" s="24">
+      <c r="N61" s="11">
         <v>19.0498588899342</v>
       </c>
-      <c r="O61" s="23">
+      <c r="O61" s="10">
         <v>2255</v>
       </c>
-      <c r="P61" s="23">
+      <c r="P61" s="10">
         <v>384</v>
       </c>
-      <c r="Q61" s="24">
+      <c r="Q61" s="11">
         <v>17.028824833702899</v>
       </c>
-      <c r="R61" s="23">
+      <c r="R61" s="10">
         <v>2339</v>
       </c>
-      <c r="S61" s="23">
+      <c r="S61" s="10">
         <v>452</v>
       </c>
-      <c r="T61" s="24">
+      <c r="T61" s="11">
         <v>19.3244976485678</v>
       </c>
-      <c r="U61" s="23">
+      <c r="U61" s="10">
         <v>2289</v>
       </c>
-      <c r="V61" s="23">
+      <c r="V61" s="10">
         <v>489</v>
       </c>
-      <c r="W61" s="24">
+      <c r="W61" s="11">
         <v>21.3630406290957</v>
       </c>
-      <c r="X61" s="23">
+      <c r="X61" s="10">
         <v>2713</v>
       </c>
-      <c r="Y61" s="23">
+      <c r="Y61" s="10">
         <v>628</v>
       </c>
-      <c r="Z61" s="25">
+      <c r="Z61" s="12">
         <v>23.1</v>
       </c>
-      <c r="AA61" s="23">
+      <c r="AA61" s="10">
         <v>2780</v>
       </c>
-      <c r="AB61" s="23">
+      <c r="AB61" s="10">
         <v>615</v>
       </c>
-      <c r="AC61" s="25">
+      <c r="AC61" s="12">
         <v>22.1</v>
       </c>
-      <c r="AD61" s="23">
+      <c r="AD61" s="10">
         <v>2951</v>
       </c>
-      <c r="AE61" s="23">
+      <c r="AE61" s="10">
         <v>761</v>
       </c>
-      <c r="AF61" s="25">
+      <c r="AF61" s="12">
         <v>25.8</v>
       </c>
-      <c r="AG61" s="23">
+      <c r="AG61" s="24">
         <v>3259</v>
       </c>
-      <c r="AH61" s="23">
+      <c r="AH61" s="24">
         <v>807</v>
       </c>
       <c r="AI61" s="25">
         <v>24.8</v>
       </c>
-      <c r="AJ61" s="46">
+      <c r="AJ61" s="24">
         <v>3057</v>
       </c>
-      <c r="AK61" s="46">
+      <c r="AK61" s="24">
         <v>733</v>
       </c>
-      <c r="AL61" s="48">
+      <c r="AL61" s="25">
         <v>24</v>
       </c>
+      <c r="AM61" s="24">
+        <v>2857</v>
+      </c>
+      <c r="AN61" s="24">
+        <v>659</v>
+      </c>
+      <c r="AO61" s="25">
+        <v>23.1</v>
+      </c>
     </row>
-    <row r="62" spans="1:38">
-[...1 lines deleted...]
-      <c r="B62" s="22" t="s">
+    <row r="62" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="14"/>
+      <c r="B62" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="C62" s="23">
+      <c r="C62" s="10">
         <v>2664</v>
       </c>
-      <c r="D62" s="23">
+      <c r="D62" s="10">
         <v>542</v>
       </c>
-      <c r="E62" s="24">
+      <c r="E62" s="11">
         <v>20.345345345345301</v>
       </c>
-      <c r="F62" s="23">
+      <c r="F62" s="10">
         <v>2768</v>
       </c>
-      <c r="G62" s="23">
+      <c r="G62" s="10">
         <v>542</v>
       </c>
-      <c r="H62" s="24">
+      <c r="H62" s="11">
         <v>19.5809248554913</v>
       </c>
-      <c r="I62" s="23">
+      <c r="I62" s="10">
         <v>2761</v>
       </c>
-      <c r="J62" s="23">
+      <c r="J62" s="10">
         <v>611</v>
       </c>
-      <c r="K62" s="24">
+      <c r="K62" s="11">
         <v>22.129663165519698</v>
       </c>
-      <c r="L62" s="23">
+      <c r="L62" s="10">
         <v>2932</v>
       </c>
-      <c r="M62" s="23">
+      <c r="M62" s="10">
         <v>647</v>
       </c>
-      <c r="N62" s="24">
+      <c r="N62" s="11">
         <v>22.066848567530698</v>
       </c>
-      <c r="O62" s="23">
+      <c r="O62" s="10">
         <v>3082</v>
       </c>
-      <c r="P62" s="23">
+      <c r="P62" s="10">
         <v>668</v>
       </c>
-      <c r="Q62" s="24">
+      <c r="Q62" s="11">
         <v>21.674237508111599</v>
       </c>
-      <c r="R62" s="23">
+      <c r="R62" s="10">
         <v>3183</v>
       </c>
-      <c r="S62" s="23">
+      <c r="S62" s="10">
         <v>758</v>
       </c>
-      <c r="T62" s="24">
+      <c r="T62" s="11">
         <v>23.814011938422901</v>
       </c>
-      <c r="U62" s="23">
+      <c r="U62" s="10">
         <v>3103</v>
       </c>
-      <c r="V62" s="23">
+      <c r="V62" s="10">
         <v>675</v>
       </c>
-      <c r="W62" s="24">
+      <c r="W62" s="11">
         <v>21.753142120528501</v>
       </c>
-      <c r="X62" s="23">
+      <c r="X62" s="10">
         <v>3286</v>
       </c>
-      <c r="Y62" s="23">
+      <c r="Y62" s="10">
         <v>760</v>
       </c>
-      <c r="Z62" s="25">
+      <c r="Z62" s="12">
         <v>23.1</v>
       </c>
-      <c r="AA62" s="23">
+      <c r="AA62" s="10">
         <v>3220</v>
       </c>
-      <c r="AB62" s="23">
+      <c r="AB62" s="10">
         <v>697</v>
       </c>
-      <c r="AC62" s="25">
+      <c r="AC62" s="12">
         <v>21.6</v>
       </c>
-      <c r="AD62" s="23">
+      <c r="AD62" s="10">
         <v>3647</v>
       </c>
-      <c r="AE62" s="23">
+      <c r="AE62" s="10">
         <v>863</v>
       </c>
-      <c r="AF62" s="25">
+      <c r="AF62" s="12">
         <v>23.7</v>
       </c>
-      <c r="AG62" s="23">
+      <c r="AG62" s="24">
         <v>4087</v>
       </c>
-      <c r="AH62" s="23">
+      <c r="AH62" s="24">
         <v>981</v>
       </c>
       <c r="AI62" s="25">
         <v>24</v>
       </c>
-      <c r="AJ62" s="46">
+      <c r="AJ62" s="24">
         <v>3877</v>
       </c>
-      <c r="AK62" s="46">
+      <c r="AK62" s="24">
         <v>920</v>
       </c>
-      <c r="AL62" s="48">
+      <c r="AL62" s="25">
         <v>23.7</v>
       </c>
+      <c r="AM62" s="24">
+        <v>3823</v>
+      </c>
+      <c r="AN62" s="24">
+        <v>891</v>
+      </c>
+      <c r="AO62" s="25">
+        <v>23.3</v>
+      </c>
     </row>
-    <row r="63" spans="1:38">
-[...1 lines deleted...]
-      <c r="B63" s="22" t="s">
+    <row r="63" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="14"/>
+      <c r="B63" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="C63" s="23">
+      <c r="C63" s="10">
         <v>12097</v>
       </c>
-      <c r="D63" s="23">
+      <c r="D63" s="10">
         <v>3509</v>
       </c>
-      <c r="E63" s="24">
+      <c r="E63" s="11">
         <v>29.0071918657518</v>
       </c>
-      <c r="F63" s="23">
+      <c r="F63" s="10">
         <v>12892</v>
       </c>
-      <c r="G63" s="23">
+      <c r="G63" s="10">
         <v>3658</v>
       </c>
-      <c r="H63" s="24">
+      <c r="H63" s="11">
         <v>28.374185541420999</v>
       </c>
-      <c r="I63" s="23">
+      <c r="I63" s="10">
         <v>12980</v>
       </c>
-      <c r="J63" s="23">
+      <c r="J63" s="10">
         <v>3453</v>
       </c>
-      <c r="K63" s="24">
+      <c r="K63" s="11">
         <v>26.6024653312789</v>
       </c>
-      <c r="L63" s="23">
+      <c r="L63" s="10">
         <v>13378</v>
       </c>
-      <c r="M63" s="23">
+      <c r="M63" s="10">
         <v>3495</v>
       </c>
-      <c r="N63" s="24">
+      <c r="N63" s="11">
         <v>26.124981312602799</v>
       </c>
-      <c r="O63" s="23">
+      <c r="O63" s="10">
         <v>14148</v>
       </c>
-      <c r="P63" s="23">
+      <c r="P63" s="10">
         <v>3714</v>
       </c>
-      <c r="Q63" s="24">
+      <c r="Q63" s="11">
         <v>26.2510602205259</v>
       </c>
-      <c r="R63" s="23">
+      <c r="R63" s="10">
         <v>13758</v>
       </c>
-      <c r="S63" s="23">
+      <c r="S63" s="10">
         <v>3487</v>
       </c>
-      <c r="T63" s="24">
+      <c r="T63" s="11">
         <v>25.345253670591699</v>
       </c>
-      <c r="U63" s="23">
+      <c r="U63" s="10">
         <v>13824</v>
       </c>
-      <c r="V63" s="23">
+      <c r="V63" s="10">
         <v>3358</v>
       </c>
-      <c r="W63" s="24">
+      <c r="W63" s="11">
         <v>24.291087962963001</v>
       </c>
-      <c r="X63" s="23">
+      <c r="X63" s="10">
         <v>14667</v>
       </c>
-      <c r="Y63" s="23">
+      <c r="Y63" s="10">
         <v>3564</v>
       </c>
-      <c r="Z63" s="25">
+      <c r="Z63" s="12">
         <v>24.3</v>
       </c>
-      <c r="AA63" s="23">
+      <c r="AA63" s="10">
         <v>14736</v>
       </c>
-      <c r="AB63" s="23">
+      <c r="AB63" s="10">
         <v>3612</v>
       </c>
-      <c r="AC63" s="25">
+      <c r="AC63" s="12">
         <v>24.5</v>
       </c>
-      <c r="AD63" s="23">
+      <c r="AD63" s="10">
         <v>15501</v>
       </c>
-      <c r="AE63" s="23">
+      <c r="AE63" s="10">
         <v>3953</v>
       </c>
-      <c r="AF63" s="25">
+      <c r="AF63" s="12">
         <v>25.5</v>
       </c>
-      <c r="AG63" s="23">
+      <c r="AG63" s="24">
         <v>17204</v>
       </c>
-      <c r="AH63" s="23">
+      <c r="AH63" s="24">
         <v>4417</v>
       </c>
       <c r="AI63" s="25">
         <v>25.7</v>
       </c>
-      <c r="AJ63" s="46">
+      <c r="AJ63" s="24">
         <v>16541</v>
       </c>
-      <c r="AK63" s="46">
+      <c r="AK63" s="24">
         <v>4260</v>
       </c>
-      <c r="AL63" s="48">
+      <c r="AL63" s="25">
         <v>25.8</v>
       </c>
+      <c r="AM63" s="24">
+        <v>16557</v>
+      </c>
+      <c r="AN63" s="24">
+        <v>4329</v>
+      </c>
+      <c r="AO63" s="25">
+        <v>26.1</v>
+      </c>
     </row>
-    <row r="64" spans="1:38">
-[...1 lines deleted...]
-      <c r="B64" s="22" t="s">
+    <row r="64" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="14"/>
+      <c r="B64" s="9" t="s">
         <v>63</v>
       </c>
-      <c r="C64" s="23">
+      <c r="C64" s="10">
         <v>8909</v>
       </c>
-      <c r="D64" s="23">
+      <c r="D64" s="10">
         <v>2405</v>
       </c>
-      <c r="E64" s="24">
+      <c r="E64" s="11">
         <v>26.995173420136901</v>
       </c>
-      <c r="F64" s="23">
+      <c r="F64" s="10">
         <v>9277</v>
       </c>
-      <c r="G64" s="23">
+      <c r="G64" s="10">
         <v>2486</v>
       </c>
-      <c r="H64" s="24">
+      <c r="H64" s="11">
         <v>26.7974560741619</v>
       </c>
-      <c r="I64" s="23">
+      <c r="I64" s="10">
         <v>9657</v>
       </c>
-      <c r="J64" s="23">
+      <c r="J64" s="10">
         <v>2749</v>
       </c>
-      <c r="K64" s="24">
+      <c r="K64" s="11">
         <v>28.4663974319147</v>
       </c>
-      <c r="L64" s="23">
+      <c r="L64" s="10">
         <v>10009</v>
       </c>
-      <c r="M64" s="23">
+      <c r="M64" s="10">
         <v>2774</v>
       </c>
-      <c r="N64" s="24">
+      <c r="N64" s="11">
         <v>27.7150564491957</v>
       </c>
-      <c r="O64" s="23">
+      <c r="O64" s="10">
         <v>10301</v>
       </c>
-      <c r="P64" s="23">
+      <c r="P64" s="10">
         <v>2871</v>
       </c>
-      <c r="Q64" s="24">
+      <c r="Q64" s="11">
         <v>27.871080477623501</v>
       </c>
-      <c r="R64" s="23">
+      <c r="R64" s="10">
         <v>10575</v>
       </c>
-      <c r="S64" s="23">
+      <c r="S64" s="10">
         <v>3025</v>
       </c>
-      <c r="T64" s="24">
+      <c r="T64" s="11">
         <v>28.6052009456265</v>
       </c>
-      <c r="U64" s="23">
+      <c r="U64" s="10">
         <v>10402</v>
       </c>
-      <c r="V64" s="23">
+      <c r="V64" s="10">
         <v>2989</v>
       </c>
-      <c r="W64" s="24">
+      <c r="W64" s="11">
         <v>28.734858681022899</v>
       </c>
-      <c r="X64" s="23">
+      <c r="X64" s="10">
         <v>11286</v>
       </c>
-      <c r="Y64" s="23">
+      <c r="Y64" s="10">
         <v>3159</v>
       </c>
-      <c r="Z64" s="25">
+      <c r="Z64" s="12">
         <v>28</v>
       </c>
-      <c r="AA64" s="23">
+      <c r="AA64" s="10">
         <v>11215</v>
       </c>
-      <c r="AB64" s="23">
+      <c r="AB64" s="10">
         <v>3046</v>
       </c>
-      <c r="AC64" s="25">
+      <c r="AC64" s="12">
         <v>27.2</v>
       </c>
-      <c r="AD64" s="23">
+      <c r="AD64" s="10">
         <v>12280</v>
       </c>
-      <c r="AE64" s="23">
+      <c r="AE64" s="10">
         <v>3615</v>
       </c>
-      <c r="AF64" s="25">
+      <c r="AF64" s="12">
         <v>29.4</v>
       </c>
-      <c r="AG64" s="23">
+      <c r="AG64" s="24">
         <v>13364</v>
       </c>
-      <c r="AH64" s="23">
+      <c r="AH64" s="24">
         <v>3967</v>
       </c>
       <c r="AI64" s="25">
         <v>29.7</v>
       </c>
-      <c r="AJ64" s="46">
+      <c r="AJ64" s="24">
         <v>12963</v>
       </c>
-      <c r="AK64" s="46">
+      <c r="AK64" s="24">
         <v>3570</v>
       </c>
-      <c r="AL64" s="48">
+      <c r="AL64" s="25">
         <v>27.5</v>
       </c>
+      <c r="AM64" s="24">
+        <v>13010</v>
+      </c>
+      <c r="AN64" s="24">
+        <v>3874</v>
+      </c>
+      <c r="AO64" s="25">
+        <v>29.8</v>
+      </c>
     </row>
-    <row r="65" spans="1:38">
-[...1 lines deleted...]
-      <c r="B65" s="22" t="s">
+    <row r="65" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="14"/>
+      <c r="B65" s="9" t="s">
         <v>64</v>
       </c>
-      <c r="C65" s="23">
+      <c r="C65" s="10">
         <v>3804</v>
       </c>
-      <c r="D65" s="23">
+      <c r="D65" s="10">
         <v>1124</v>
       </c>
-      <c r="E65" s="24">
+      <c r="E65" s="11">
         <v>29.547844374342802</v>
       </c>
-      <c r="F65" s="23">
+      <c r="F65" s="10">
         <v>4075</v>
       </c>
-      <c r="G65" s="23">
+      <c r="G65" s="10">
         <v>1281</v>
       </c>
-      <c r="H65" s="24">
+      <c r="H65" s="11">
         <v>31.435582822085902</v>
       </c>
-      <c r="I65" s="23">
+      <c r="I65" s="10">
         <v>4179</v>
       </c>
-      <c r="J65" s="23">
+      <c r="J65" s="10">
         <v>1275</v>
       </c>
-      <c r="K65" s="24">
+      <c r="K65" s="11">
         <v>30.5096913137114</v>
       </c>
-      <c r="L65" s="23">
+      <c r="L65" s="10">
         <v>4417</v>
       </c>
-      <c r="M65" s="23">
+      <c r="M65" s="10">
         <v>1392</v>
       </c>
-      <c r="N65" s="24">
+      <c r="N65" s="11">
         <v>31.514602671496501</v>
       </c>
-      <c r="O65" s="23">
+      <c r="O65" s="10">
         <v>4641</v>
       </c>
-      <c r="P65" s="23">
+      <c r="P65" s="10">
         <v>1565</v>
       </c>
-      <c r="Q65" s="24">
+      <c r="Q65" s="11">
         <v>33.721180780004303</v>
       </c>
-      <c r="R65" s="23">
+      <c r="R65" s="10">
         <v>4555</v>
       </c>
-      <c r="S65" s="23">
+      <c r="S65" s="10">
         <v>1512</v>
       </c>
-      <c r="T65" s="24">
+      <c r="T65" s="11">
         <v>33.1942919868277</v>
       </c>
-      <c r="U65" s="23">
+      <c r="U65" s="10">
         <v>4579</v>
       </c>
-      <c r="V65" s="23">
+      <c r="V65" s="10">
         <v>1438</v>
       </c>
-      <c r="W65" s="24">
+      <c r="W65" s="11">
         <v>31.404236732911102</v>
       </c>
-      <c r="X65" s="23">
+      <c r="X65" s="10">
         <v>4834</v>
       </c>
-      <c r="Y65" s="23">
+      <c r="Y65" s="10">
         <v>1542</v>
       </c>
-      <c r="Z65" s="25">
+      <c r="Z65" s="12">
         <v>31.9</v>
       </c>
-      <c r="AA65" s="23">
+      <c r="AA65" s="10">
         <v>4981</v>
       </c>
-      <c r="AB65" s="23">
+      <c r="AB65" s="10">
         <v>1585</v>
       </c>
-      <c r="AC65" s="25">
+      <c r="AC65" s="12">
         <v>31.8</v>
       </c>
-      <c r="AD65" s="23">
+      <c r="AD65" s="10">
         <v>5173</v>
       </c>
-      <c r="AE65" s="23">
+      <c r="AE65" s="10">
         <v>1592</v>
       </c>
-      <c r="AF65" s="25">
+      <c r="AF65" s="12">
         <v>30.8</v>
       </c>
-      <c r="AG65" s="23">
+      <c r="AG65" s="24">
         <v>5872</v>
       </c>
-      <c r="AH65" s="23">
+      <c r="AH65" s="24">
         <v>1832</v>
       </c>
       <c r="AI65" s="25">
         <v>31.2</v>
       </c>
-      <c r="AJ65" s="46">
+      <c r="AJ65" s="24">
         <v>5567</v>
       </c>
-      <c r="AK65" s="46">
+      <c r="AK65" s="24">
         <v>1689</v>
       </c>
-      <c r="AL65" s="48">
+      <c r="AL65" s="25">
         <v>30.3</v>
       </c>
+      <c r="AM65" s="24">
+        <v>5620</v>
+      </c>
+      <c r="AN65" s="24">
+        <v>1833</v>
+      </c>
+      <c r="AO65" s="25">
+        <v>32.6</v>
+      </c>
     </row>
-    <row r="66" spans="1:38">
-[...1 lines deleted...]
-      <c r="B66" s="22" t="s">
+    <row r="66" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="14"/>
+      <c r="B66" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="C66" s="23">
+      <c r="C66" s="10">
         <v>8909</v>
       </c>
-      <c r="D66" s="23">
+      <c r="D66" s="10">
         <v>2405</v>
       </c>
-      <c r="E66" s="24">
+      <c r="E66" s="11">
         <v>26.995173420136901</v>
       </c>
-      <c r="F66" s="23">
+      <c r="F66" s="10">
         <v>3070</v>
       </c>
-      <c r="G66" s="23">
+      <c r="G66" s="10">
         <v>747</v>
       </c>
-      <c r="H66" s="24">
+      <c r="H66" s="11">
         <v>24.332247557003299</v>
       </c>
-      <c r="I66" s="23">
+      <c r="I66" s="10">
         <v>3172</v>
       </c>
-      <c r="J66" s="23">
+      <c r="J66" s="10">
         <v>762</v>
       </c>
-      <c r="K66" s="24">
+      <c r="K66" s="11">
         <v>24.022698612862602</v>
       </c>
-      <c r="L66" s="23">
+      <c r="L66" s="10">
         <v>3365</v>
       </c>
-      <c r="M66" s="23">
+      <c r="M66" s="10">
         <v>896</v>
       </c>
-      <c r="N66" s="24">
+      <c r="N66" s="11">
         <v>26.6270430906389</v>
       </c>
-      <c r="O66" s="23">
+      <c r="O66" s="10">
         <v>3435</v>
       </c>
-      <c r="P66" s="23">
+      <c r="P66" s="10">
         <v>851</v>
       </c>
-      <c r="Q66" s="24">
+      <c r="Q66" s="11">
         <v>24.7743813682678</v>
       </c>
-      <c r="R66" s="23">
+      <c r="R66" s="10">
         <v>3490</v>
       </c>
-      <c r="S66" s="23">
+      <c r="S66" s="10">
         <v>880</v>
       </c>
-      <c r="T66" s="24">
+      <c r="T66" s="11">
         <v>25.214899713467101</v>
       </c>
-      <c r="U66" s="23">
+      <c r="U66" s="10">
         <v>3381</v>
       </c>
-      <c r="V66" s="23">
+      <c r="V66" s="10">
         <v>865</v>
       </c>
-      <c r="W66" s="24">
+      <c r="W66" s="11">
         <v>25.584146702159099</v>
       </c>
-      <c r="X66" s="23">
+      <c r="X66" s="10">
         <v>3622</v>
       </c>
-      <c r="Y66" s="23">
+      <c r="Y66" s="10">
         <v>896</v>
       </c>
-      <c r="Z66" s="25">
+      <c r="Z66" s="12">
         <v>24.7</v>
       </c>
-      <c r="AA66" s="23">
+      <c r="AA66" s="10">
         <v>3575</v>
       </c>
-      <c r="AB66" s="23">
+      <c r="AB66" s="10">
         <v>915</v>
       </c>
-      <c r="AC66" s="25">
+      <c r="AC66" s="12">
         <v>25.6</v>
       </c>
-      <c r="AD66" s="23">
+      <c r="AD66" s="10">
         <v>3730</v>
       </c>
-      <c r="AE66" s="23">
+      <c r="AE66" s="10">
         <v>1002</v>
       </c>
-      <c r="AF66" s="25">
+      <c r="AF66" s="12">
         <v>26.9</v>
       </c>
-      <c r="AG66" s="23">
+      <c r="AG66" s="24">
         <v>4139</v>
       </c>
-      <c r="AH66" s="23">
+      <c r="AH66" s="24">
         <v>1091</v>
       </c>
       <c r="AI66" s="25">
         <v>26.4</v>
       </c>
-      <c r="AJ66" s="46">
+      <c r="AJ66" s="24">
         <v>4084</v>
       </c>
-      <c r="AK66" s="46">
+      <c r="AK66" s="24">
         <v>995</v>
       </c>
-      <c r="AL66" s="48">
+      <c r="AL66" s="25">
         <v>24.4</v>
       </c>
+      <c r="AM66" s="24">
+        <v>3952</v>
+      </c>
+      <c r="AN66" s="24">
+        <v>1049</v>
+      </c>
+      <c r="AO66" s="25">
+        <v>26.5</v>
+      </c>
     </row>
-    <row r="67" spans="1:38">
-[...1 lines deleted...]
-      <c r="B67" s="22" t="s">
+    <row r="67" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="14"/>
+      <c r="B67" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="C67" s="23">
+      <c r="C67" s="10">
         <v>5891</v>
       </c>
-      <c r="D67" s="23">
+      <c r="D67" s="10">
         <v>1189</v>
       </c>
-      <c r="E67" s="24">
+      <c r="E67" s="11">
         <v>20.183330504158899</v>
       </c>
-      <c r="F67" s="23">
+      <c r="F67" s="10">
         <v>6188</v>
       </c>
-      <c r="G67" s="23">
+      <c r="G67" s="10">
         <v>1334</v>
       </c>
-      <c r="H67" s="24">
+      <c r="H67" s="11">
         <v>21.557853910795099</v>
       </c>
-      <c r="I67" s="23">
+      <c r="I67" s="10">
         <v>6564</v>
       </c>
-      <c r="J67" s="23">
+      <c r="J67" s="10">
         <v>1487</v>
       </c>
-      <c r="K67" s="24">
+      <c r="K67" s="11">
         <v>22.6538695917124</v>
       </c>
-      <c r="L67" s="23">
+      <c r="L67" s="10">
         <v>6553</v>
       </c>
-      <c r="M67" s="23">
+      <c r="M67" s="10">
         <v>1368</v>
       </c>
-      <c r="N67" s="24">
+      <c r="N67" s="11">
         <v>20.875934686403198</v>
       </c>
-      <c r="O67" s="23">
+      <c r="O67" s="10">
         <v>6665</v>
       </c>
-      <c r="P67" s="23">
+      <c r="P67" s="10">
         <v>1549</v>
       </c>
-      <c r="Q67" s="24">
+      <c r="Q67" s="11">
         <v>23.240810202550598</v>
       </c>
-      <c r="R67" s="23">
+      <c r="R67" s="10">
         <v>6940</v>
       </c>
-      <c r="S67" s="23">
+      <c r="S67" s="10">
         <v>1639</v>
       </c>
-      <c r="T67" s="24">
+      <c r="T67" s="11">
         <v>23.616714697406302</v>
       </c>
-      <c r="U67" s="23">
+      <c r="U67" s="10">
         <v>6810</v>
       </c>
-      <c r="V67" s="23">
+      <c r="V67" s="10">
         <v>1548</v>
       </c>
-      <c r="W67" s="24">
+      <c r="W67" s="11">
         <v>22.731277533039702</v>
       </c>
-      <c r="X67" s="23">
+      <c r="X67" s="10">
         <v>7274</v>
       </c>
-      <c r="Y67" s="23">
+      <c r="Y67" s="10">
         <v>1708</v>
       </c>
-      <c r="Z67" s="25">
+      <c r="Z67" s="12">
         <v>23.5</v>
       </c>
-      <c r="AA67" s="23">
+      <c r="AA67" s="10">
         <v>7430</v>
       </c>
-      <c r="AB67" s="23">
+      <c r="AB67" s="10">
         <v>1672</v>
       </c>
-      <c r="AC67" s="25">
+      <c r="AC67" s="12">
         <v>22.5</v>
       </c>
-      <c r="AD67" s="23">
+      <c r="AD67" s="10">
         <v>7961</v>
       </c>
-      <c r="AE67" s="23">
+      <c r="AE67" s="10">
         <v>1780</v>
       </c>
-      <c r="AF67" s="25">
+      <c r="AF67" s="12">
         <v>22.4</v>
       </c>
-      <c r="AG67" s="23">
+      <c r="AG67" s="24">
         <v>8687</v>
       </c>
-      <c r="AH67" s="23">
+      <c r="AH67" s="24">
         <v>1960</v>
       </c>
       <c r="AI67" s="25">
         <v>22.6</v>
       </c>
-      <c r="AJ67" s="46">
+      <c r="AJ67" s="24">
         <v>8408</v>
       </c>
-      <c r="AK67" s="46">
+      <c r="AK67" s="24">
         <v>1977</v>
       </c>
-      <c r="AL67" s="48">
+      <c r="AL67" s="25">
         <v>23.5</v>
       </c>
+      <c r="AM67" s="24">
+        <v>8368</v>
+      </c>
+      <c r="AN67" s="24">
+        <v>1988</v>
+      </c>
+      <c r="AO67" s="25">
+        <v>23.8</v>
+      </c>
     </row>
-    <row r="68" spans="1:38">
-[...1 lines deleted...]
-      <c r="B68" s="22" t="s">
+    <row r="68" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="14"/>
+      <c r="B68" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="C68" s="23">
+      <c r="C68" s="10">
         <v>8113</v>
       </c>
-      <c r="D68" s="23">
+      <c r="D68" s="10">
         <v>1791</v>
       </c>
-      <c r="E68" s="24">
+      <c r="E68" s="11">
         <v>22.0756810057932</v>
       </c>
-      <c r="F68" s="23">
+      <c r="F68" s="10">
         <v>8609</v>
       </c>
-      <c r="G68" s="23">
+      <c r="G68" s="10">
         <v>1873</v>
       </c>
-      <c r="H68" s="24">
+      <c r="H68" s="11">
         <v>21.7563015448949</v>
       </c>
-      <c r="I68" s="23">
+      <c r="I68" s="10">
         <v>9009</v>
       </c>
-      <c r="J68" s="23">
+      <c r="J68" s="10">
         <v>2146</v>
       </c>
-      <c r="K68" s="24">
+      <c r="K68" s="11">
         <v>23.820623820623801</v>
       </c>
-      <c r="L68" s="23">
+      <c r="L68" s="10">
         <v>8852</v>
       </c>
-      <c r="M68" s="23">
+      <c r="M68" s="10">
         <v>2105</v>
       </c>
-      <c r="N68" s="24">
+      <c r="N68" s="11">
         <v>23.779936737460499</v>
       </c>
-      <c r="O68" s="23">
+      <c r="O68" s="10">
         <v>9159</v>
       </c>
-      <c r="P68" s="23">
+      <c r="P68" s="10">
         <v>2101</v>
       </c>
-      <c r="Q68" s="24">
+      <c r="Q68" s="11">
         <v>22.939185500600502</v>
       </c>
-      <c r="R68" s="23">
+      <c r="R68" s="10">
         <v>9157</v>
       </c>
-      <c r="S68" s="23">
+      <c r="S68" s="10">
         <v>2281</v>
       </c>
-      <c r="T68" s="24">
+      <c r="T68" s="11">
         <v>24.9099049907175</v>
       </c>
-      <c r="U68" s="23">
+      <c r="U68" s="10">
         <v>8982</v>
       </c>
-      <c r="V68" s="23">
+      <c r="V68" s="10">
         <v>2222</v>
       </c>
-      <c r="W68" s="24">
+      <c r="W68" s="11">
         <v>24.738365620129098</v>
       </c>
-      <c r="X68" s="23">
+      <c r="X68" s="10">
         <v>9743</v>
       </c>
-      <c r="Y68" s="23">
+      <c r="Y68" s="10">
         <v>2605</v>
       </c>
-      <c r="Z68" s="25">
+      <c r="Z68" s="12">
         <v>26.7</v>
       </c>
-      <c r="AA68" s="23">
+      <c r="AA68" s="10">
         <v>10048</v>
       </c>
-      <c r="AB68" s="23">
+      <c r="AB68" s="10">
         <v>2699</v>
       </c>
-      <c r="AC68" s="25">
+      <c r="AC68" s="12">
         <v>26.9</v>
       </c>
-      <c r="AD68" s="23">
+      <c r="AD68" s="10">
         <v>10653</v>
       </c>
-      <c r="AE68" s="23">
+      <c r="AE68" s="10">
         <v>2967</v>
       </c>
-      <c r="AF68" s="25">
+      <c r="AF68" s="12">
         <v>27.9</v>
       </c>
-      <c r="AG68" s="23">
+      <c r="AG68" s="24">
         <v>11829</v>
       </c>
-      <c r="AH68" s="23">
+      <c r="AH68" s="24">
         <v>3504</v>
       </c>
       <c r="AI68" s="25">
         <v>29.6</v>
       </c>
-      <c r="AJ68" s="46">
+      <c r="AJ68" s="24">
         <v>11123</v>
       </c>
-      <c r="AK68" s="46">
+      <c r="AK68" s="24">
         <v>3089</v>
       </c>
-      <c r="AL68" s="48">
+      <c r="AL68" s="25">
         <v>27.8</v>
       </c>
+      <c r="AM68" s="24">
+        <v>11518</v>
+      </c>
+      <c r="AN68" s="24">
+        <v>3336</v>
+      </c>
+      <c r="AO68" s="25">
+        <v>29</v>
+      </c>
     </row>
-    <row r="69" spans="1:38">
-[...1 lines deleted...]
-      <c r="B69" s="22" t="s">
+    <row r="69" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="14"/>
+      <c r="B69" s="9" t="s">
         <v>68</v>
       </c>
-      <c r="C69" s="23">
+      <c r="C69" s="10">
         <v>6000</v>
       </c>
-      <c r="D69" s="23">
+      <c r="D69" s="10">
         <v>1374</v>
       </c>
-      <c r="E69" s="24">
+      <c r="E69" s="11">
         <v>22.9</v>
       </c>
-      <c r="F69" s="23">
+      <c r="F69" s="10">
         <v>6424</v>
       </c>
-      <c r="G69" s="23">
+      <c r="G69" s="10">
         <v>1529</v>
       </c>
-      <c r="H69" s="24">
+      <c r="H69" s="11">
         <v>23.801369863013701</v>
       </c>
-      <c r="I69" s="23">
+      <c r="I69" s="10">
         <v>6553</v>
       </c>
-      <c r="J69" s="23">
+      <c r="J69" s="10">
         <v>1728</v>
       </c>
-      <c r="K69" s="24">
+      <c r="K69" s="11">
         <v>26.369601709140898</v>
       </c>
-      <c r="L69" s="23">
+      <c r="L69" s="10">
         <v>6784</v>
       </c>
-      <c r="M69" s="23">
+      <c r="M69" s="10">
         <v>1739</v>
       </c>
-      <c r="N69" s="24">
+      <c r="N69" s="11">
         <v>25.633844339622598</v>
       </c>
-      <c r="O69" s="23">
+      <c r="O69" s="10">
         <v>6999</v>
       </c>
-      <c r="P69" s="23">
+      <c r="P69" s="10">
         <v>1748</v>
       </c>
-      <c r="Q69" s="24">
+      <c r="Q69" s="11">
         <v>24.9749964280612</v>
       </c>
-      <c r="R69" s="23">
+      <c r="R69" s="10">
         <v>7168</v>
       </c>
-      <c r="S69" s="23">
+      <c r="S69" s="10">
         <v>1851</v>
       </c>
-      <c r="T69" s="24">
+      <c r="T69" s="11">
         <v>25.823102678571399</v>
       </c>
-      <c r="U69" s="23">
+      <c r="U69" s="10">
         <v>7012</v>
       </c>
-      <c r="V69" s="23">
+      <c r="V69" s="10">
         <v>1858</v>
       </c>
-      <c r="W69" s="24">
+      <c r="W69" s="11">
         <v>26.4974329720479</v>
       </c>
-      <c r="X69" s="23">
+      <c r="X69" s="10">
         <v>7687</v>
       </c>
-      <c r="Y69" s="23">
+      <c r="Y69" s="10">
         <v>2019</v>
       </c>
-      <c r="Z69" s="25">
+      <c r="Z69" s="12">
         <v>26.3</v>
       </c>
-      <c r="AA69" s="23">
+      <c r="AA69" s="10">
         <v>7701</v>
       </c>
-      <c r="AB69" s="23">
+      <c r="AB69" s="10">
         <v>1942</v>
       </c>
-      <c r="AC69" s="25">
+      <c r="AC69" s="12">
         <v>25.2</v>
       </c>
-      <c r="AD69" s="23">
+      <c r="AD69" s="10">
         <v>8150</v>
       </c>
-      <c r="AE69" s="23">
+      <c r="AE69" s="10">
         <v>2050</v>
       </c>
-      <c r="AF69" s="25">
+      <c r="AF69" s="12">
         <v>25.2</v>
       </c>
-      <c r="AG69" s="23">
+      <c r="AG69" s="24">
         <v>9013</v>
       </c>
-      <c r="AH69" s="23">
+      <c r="AH69" s="24">
         <v>2383</v>
       </c>
       <c r="AI69" s="25">
         <v>26.4</v>
       </c>
-      <c r="AJ69" s="46">
+      <c r="AJ69" s="24">
         <v>8339</v>
       </c>
-      <c r="AK69" s="46">
+      <c r="AK69" s="24">
         <v>1996</v>
       </c>
-      <c r="AL69" s="48">
+      <c r="AL69" s="25">
         <v>23.9</v>
       </c>
+      <c r="AM69" s="24">
+        <v>8531</v>
+      </c>
+      <c r="AN69" s="24">
+        <v>2056</v>
+      </c>
+      <c r="AO69" s="25">
+        <v>24.1</v>
+      </c>
     </row>
-    <row r="70" spans="1:38">
-[...1 lines deleted...]
-      <c r="B70" s="22" t="s">
+    <row r="70" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="14"/>
+      <c r="B70" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="C70" s="23">
+      <c r="C70" s="10">
         <v>6574</v>
       </c>
-      <c r="D70" s="23">
+      <c r="D70" s="10">
         <v>1832</v>
       </c>
-      <c r="E70" s="24">
+      <c r="E70" s="11">
         <v>27.867356251901398</v>
       </c>
-      <c r="F70" s="23">
+      <c r="F70" s="10">
         <v>7168</v>
       </c>
-      <c r="G70" s="23">
+      <c r="G70" s="10">
         <v>2037</v>
       </c>
-      <c r="H70" s="24">
+      <c r="H70" s="11">
         <v>28.41796875</v>
       </c>
-      <c r="I70" s="23">
+      <c r="I70" s="10">
         <v>7047</v>
       </c>
-      <c r="J70" s="23">
+      <c r="J70" s="10">
         <v>2018</v>
       </c>
-      <c r="K70" s="24">
+      <c r="K70" s="11">
         <v>28.6362991343834</v>
       </c>
-      <c r="L70" s="23">
+      <c r="L70" s="10">
         <v>7257</v>
       </c>
-      <c r="M70" s="23">
+      <c r="M70" s="10">
         <v>2143</v>
       </c>
-      <c r="N70" s="24">
+      <c r="N70" s="11">
         <v>29.5301088604106</v>
       </c>
-      <c r="O70" s="23">
+      <c r="O70" s="10">
         <v>7495</v>
       </c>
-      <c r="P70" s="23">
+      <c r="P70" s="10">
         <v>2239</v>
       </c>
-      <c r="Q70" s="24">
+      <c r="Q70" s="11">
         <v>29.873248832554999</v>
       </c>
-      <c r="R70" s="23">
+      <c r="R70" s="10">
         <v>7428</v>
       </c>
-      <c r="S70" s="23">
+      <c r="S70" s="10">
         <v>2116</v>
       </c>
-      <c r="T70" s="24">
+      <c r="T70" s="11">
         <v>28.4868066774367</v>
       </c>
-      <c r="U70" s="23">
+      <c r="U70" s="10">
         <v>7286</v>
       </c>
-      <c r="V70" s="23">
+      <c r="V70" s="10">
         <v>1966</v>
       </c>
-      <c r="W70" s="24">
+      <c r="W70" s="11">
         <v>26.983255558605499</v>
       </c>
-      <c r="X70" s="23">
+      <c r="X70" s="10">
         <v>7904</v>
       </c>
-      <c r="Y70" s="23">
+      <c r="Y70" s="10">
         <v>2081</v>
       </c>
-      <c r="Z70" s="25">
+      <c r="Z70" s="12">
         <v>26.3</v>
       </c>
-      <c r="AA70" s="23">
+      <c r="AA70" s="10">
         <v>8183</v>
       </c>
-      <c r="AB70" s="23">
+      <c r="AB70" s="10">
         <v>2116</v>
       </c>
-      <c r="AC70" s="25">
+      <c r="AC70" s="12">
         <v>25.9</v>
       </c>
-      <c r="AD70" s="23">
+      <c r="AD70" s="10">
         <v>8406</v>
       </c>
-      <c r="AE70" s="23">
+      <c r="AE70" s="10">
         <v>2196</v>
       </c>
-      <c r="AF70" s="25">
+      <c r="AF70" s="12">
         <v>26.1</v>
       </c>
-      <c r="AG70" s="23">
+      <c r="AG70" s="24">
         <v>9329</v>
       </c>
-      <c r="AH70" s="23">
+      <c r="AH70" s="24">
         <v>2430</v>
       </c>
       <c r="AI70" s="25">
         <v>26</v>
       </c>
-      <c r="AJ70" s="46">
+      <c r="AJ70" s="24">
         <v>8832</v>
       </c>
-      <c r="AK70" s="46">
+      <c r="AK70" s="24">
         <v>2342</v>
       </c>
-      <c r="AL70" s="48">
+      <c r="AL70" s="25">
         <v>26.5</v>
       </c>
+      <c r="AM70" s="24">
+        <v>9121</v>
+      </c>
+      <c r="AN70" s="24">
+        <v>2498</v>
+      </c>
+      <c r="AO70" s="25">
+        <v>27.4</v>
+      </c>
     </row>
-    <row r="71" spans="1:38">
-[...1 lines deleted...]
-      <c r="B71" s="22" t="s">
+    <row r="71" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="14"/>
+      <c r="B71" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="C71" s="23">
+      <c r="C71" s="10">
         <v>4089</v>
       </c>
-      <c r="D71" s="23">
+      <c r="D71" s="10">
         <v>797</v>
       </c>
-      <c r="E71" s="24">
+      <c r="E71" s="11">
         <v>19.491318170701899</v>
       </c>
-      <c r="F71" s="23">
+      <c r="F71" s="10">
         <v>4183</v>
       </c>
-      <c r="G71" s="23">
+      <c r="G71" s="10">
         <v>845</v>
       </c>
-      <c r="H71" s="24">
+      <c r="H71" s="11">
         <v>20.20081281377</v>
       </c>
-      <c r="I71" s="23">
+      <c r="I71" s="10">
         <v>4198</v>
       </c>
-      <c r="J71" s="23">
+      <c r="J71" s="10">
         <v>894</v>
       </c>
-      <c r="K71" s="24">
+      <c r="K71" s="11">
         <v>21.295855169128199</v>
       </c>
-      <c r="L71" s="23">
+      <c r="L71" s="10">
         <v>4326</v>
       </c>
-      <c r="M71" s="23">
+      <c r="M71" s="10">
         <v>979</v>
       </c>
-      <c r="N71" s="24">
+      <c r="N71" s="11">
         <v>22.6306056403144</v>
       </c>
-      <c r="O71" s="23">
+      <c r="O71" s="10">
         <v>4618</v>
       </c>
-      <c r="P71" s="23">
+      <c r="P71" s="10">
         <v>1005</v>
       </c>
-      <c r="Q71" s="24">
+      <c r="Q71" s="11">
         <v>21.762667821567799</v>
       </c>
-      <c r="R71" s="23">
+      <c r="R71" s="10">
         <v>4714</v>
       </c>
-      <c r="S71" s="23">
+      <c r="S71" s="10">
         <v>1055</v>
       </c>
-      <c r="T71" s="24">
+      <c r="T71" s="11">
         <v>22.380144251166701</v>
       </c>
-      <c r="U71" s="23">
+      <c r="U71" s="10">
         <v>4651</v>
       </c>
-      <c r="V71" s="23">
+      <c r="V71" s="10">
         <v>1060</v>
       </c>
-      <c r="W71" s="24">
+      <c r="W71" s="11">
         <v>22.7907976779187</v>
       </c>
-      <c r="X71" s="23">
+      <c r="X71" s="10">
         <v>5057</v>
       </c>
-      <c r="Y71" s="23">
+      <c r="Y71" s="10">
         <v>1035</v>
       </c>
-      <c r="Z71" s="25">
+      <c r="Z71" s="12">
         <v>20.5</v>
       </c>
-      <c r="AA71" s="23">
+      <c r="AA71" s="10">
         <v>5145</v>
       </c>
-      <c r="AB71" s="23">
+      <c r="AB71" s="10">
         <v>1152</v>
       </c>
-      <c r="AC71" s="25">
+      <c r="AC71" s="12">
         <v>22.4</v>
       </c>
-      <c r="AD71" s="23">
+      <c r="AD71" s="10">
         <v>5354</v>
       </c>
-      <c r="AE71" s="23">
+      <c r="AE71" s="10">
         <v>1171</v>
       </c>
-      <c r="AF71" s="25">
+      <c r="AF71" s="12">
         <v>21.9</v>
       </c>
-      <c r="AG71" s="23">
+      <c r="AG71" s="24">
         <v>5996</v>
       </c>
-      <c r="AH71" s="23">
+      <c r="AH71" s="24">
         <v>1403</v>
       </c>
       <c r="AI71" s="25">
         <v>23.4</v>
       </c>
-      <c r="AJ71" s="46">
+      <c r="AJ71" s="24">
         <v>5630</v>
       </c>
-      <c r="AK71" s="46">
+      <c r="AK71" s="24">
         <v>1304</v>
       </c>
-      <c r="AL71" s="48">
+      <c r="AL71" s="25">
         <v>23.2</v>
       </c>
+      <c r="AM71" s="24">
+        <v>5590</v>
+      </c>
+      <c r="AN71" s="24">
+        <v>1249</v>
+      </c>
+      <c r="AO71" s="25">
+        <v>22.3</v>
+      </c>
     </row>
-    <row r="72" spans="1:38">
-[...1 lines deleted...]
-      <c r="B72" s="22" t="s">
+    <row r="72" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="15"/>
+      <c r="B72" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="C72" s="23">
+      <c r="C72" s="10">
         <v>1710</v>
       </c>
-      <c r="D72" s="23">
+      <c r="D72" s="10">
         <v>397</v>
       </c>
-      <c r="E72" s="24">
+      <c r="E72" s="11">
         <v>23.216374269005801</v>
       </c>
-      <c r="F72" s="23">
+      <c r="F72" s="10">
         <v>2060</v>
       </c>
-      <c r="G72" s="23">
+      <c r="G72" s="10">
         <v>513</v>
       </c>
-      <c r="H72" s="24">
+      <c r="H72" s="11">
         <v>24.902912621359199</v>
       </c>
-      <c r="I72" s="23">
+      <c r="I72" s="10">
         <v>2054</v>
       </c>
-      <c r="J72" s="23">
+      <c r="J72" s="10">
         <v>493</v>
       </c>
-      <c r="K72" s="24">
+      <c r="K72" s="11">
         <v>24.001947419668902</v>
       </c>
-      <c r="L72" s="23">
+      <c r="L72" s="10">
         <v>2140</v>
       </c>
-      <c r="M72" s="23">
+      <c r="M72" s="10">
         <v>521</v>
       </c>
-      <c r="N72" s="24">
+      <c r="N72" s="11">
         <v>24.345794392523398</v>
       </c>
-      <c r="O72" s="23">
+      <c r="O72" s="10">
         <v>2104</v>
       </c>
-      <c r="P72" s="23">
+      <c r="P72" s="10">
         <v>541</v>
       </c>
-      <c r="Q72" s="24">
+      <c r="Q72" s="11">
         <v>25.712927756654</v>
       </c>
-      <c r="R72" s="23">
+      <c r="R72" s="10">
         <v>2383</v>
       </c>
-      <c r="S72" s="23">
+      <c r="S72" s="10">
         <v>611</v>
       </c>
-      <c r="T72" s="24">
+      <c r="T72" s="11">
         <v>25.639949643306799</v>
       </c>
-      <c r="U72" s="23">
+      <c r="U72" s="10">
         <v>2214</v>
       </c>
-      <c r="V72" s="23">
+      <c r="V72" s="10">
         <v>597</v>
       </c>
-      <c r="W72" s="24">
+      <c r="W72" s="11">
         <v>26.9647696476965</v>
       </c>
-      <c r="X72" s="23">
+      <c r="X72" s="10">
         <v>2310</v>
       </c>
-      <c r="Y72" s="23">
+      <c r="Y72" s="10">
         <v>573</v>
       </c>
-      <c r="Z72" s="25">
+      <c r="Z72" s="12">
         <v>24.8</v>
       </c>
-      <c r="AA72" s="23">
+      <c r="AA72" s="10">
         <v>2384</v>
       </c>
-      <c r="AB72" s="23">
+      <c r="AB72" s="10">
         <v>599</v>
       </c>
-      <c r="AC72" s="25">
+      <c r="AC72" s="12">
         <v>25.1</v>
       </c>
-      <c r="AD72" s="23">
+      <c r="AD72" s="10">
         <v>2497</v>
       </c>
-      <c r="AE72" s="23">
+      <c r="AE72" s="10">
         <v>584</v>
       </c>
-      <c r="AF72" s="25">
+      <c r="AF72" s="12">
         <v>23.4</v>
       </c>
-      <c r="AG72" s="23">
+      <c r="AG72" s="24">
         <v>2764</v>
       </c>
-      <c r="AH72" s="23">
+      <c r="AH72" s="24">
         <v>708</v>
       </c>
       <c r="AI72" s="25">
         <v>25.6</v>
       </c>
-      <c r="AJ72" s="46">
+      <c r="AJ72" s="24">
         <v>2585</v>
       </c>
-      <c r="AK72" s="46">
+      <c r="AK72" s="24">
         <v>670</v>
       </c>
-      <c r="AL72" s="48">
+      <c r="AL72" s="25">
         <v>25.9</v>
       </c>
+      <c r="AM72" s="24">
+        <v>2706</v>
+      </c>
+      <c r="AN72" s="24">
+        <v>639</v>
+      </c>
+      <c r="AO72" s="25">
+        <v>23.6</v>
+      </c>
     </row>
-    <row r="73" spans="1:38">
-      <c r="A73" s="43" t="s">
+    <row r="73" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="B73" s="22" t="s">
+      <c r="B73" s="9" t="s">
         <v>72</v>
       </c>
-      <c r="C73" s="23">
+      <c r="C73" s="10">
         <v>51305</v>
       </c>
-      <c r="D73" s="23">
+      <c r="D73" s="10">
         <v>20755</v>
       </c>
-      <c r="E73" s="24">
+      <c r="E73" s="11">
         <v>40.454146769320701</v>
       </c>
-      <c r="F73" s="23">
+      <c r="F73" s="10">
         <v>51541</v>
       </c>
-      <c r="G73" s="23">
+      <c r="G73" s="10">
         <v>21139</v>
       </c>
-      <c r="H73" s="24">
+      <c r="H73" s="11">
         <v>41.013950059176203</v>
       </c>
-      <c r="I73" s="23">
+      <c r="I73" s="10">
         <v>52988</v>
       </c>
-      <c r="J73" s="23">
+      <c r="J73" s="10">
         <v>21968</v>
       </c>
-      <c r="K73" s="24">
+      <c r="K73" s="11">
         <v>41.458443421151998</v>
       </c>
-      <c r="L73" s="23">
+      <c r="L73" s="10">
         <v>54007</v>
       </c>
-      <c r="M73" s="23">
+      <c r="M73" s="10">
         <v>22526</v>
       </c>
-      <c r="N73" s="24">
+      <c r="N73" s="11">
         <v>41.709408039698602</v>
       </c>
-      <c r="O73" s="23">
+      <c r="O73" s="10">
         <v>56654</v>
       </c>
-      <c r="P73" s="23">
+      <c r="P73" s="10">
         <v>24260</v>
       </c>
-      <c r="Q73" s="24">
+      <c r="Q73" s="11">
         <v>42.821336534048797</v>
       </c>
-      <c r="R73" s="23">
+      <c r="R73" s="10">
         <v>56858</v>
       </c>
-      <c r="S73" s="23">
+      <c r="S73" s="10">
         <v>23933</v>
       </c>
-      <c r="T73" s="24">
+      <c r="T73" s="11">
         <v>42.092581518871597</v>
       </c>
-      <c r="U73" s="23">
+      <c r="U73" s="10">
         <v>57269</v>
       </c>
-      <c r="V73" s="23">
+      <c r="V73" s="10">
         <v>24150</v>
       </c>
-      <c r="W73" s="24">
+      <c r="W73" s="11">
         <v>42.169411025161999</v>
       </c>
-      <c r="X73" s="23">
+      <c r="X73" s="10">
         <v>58899</v>
       </c>
-      <c r="Y73" s="23">
+      <c r="Y73" s="10">
         <v>25243</v>
       </c>
-      <c r="Z73" s="25">
+      <c r="Z73" s="12">
         <v>42.9</v>
       </c>
-      <c r="AA73" s="23">
+      <c r="AA73" s="10">
         <v>57942</v>
       </c>
-      <c r="AB73" s="23">
+      <c r="AB73" s="10">
         <v>24026</v>
       </c>
-      <c r="AC73" s="25">
+      <c r="AC73" s="12">
         <v>41.5</v>
       </c>
-      <c r="AD73" s="23">
+      <c r="AD73" s="10">
         <v>66440</v>
       </c>
-      <c r="AE73" s="23">
+      <c r="AE73" s="10">
         <v>27020</v>
       </c>
-      <c r="AF73" s="25">
+      <c r="AF73" s="12">
         <v>40.700000000000003</v>
       </c>
-      <c r="AG73" s="23">
+      <c r="AG73" s="24">
         <v>72768</v>
       </c>
-      <c r="AH73" s="23">
+      <c r="AH73" s="24">
         <v>28907</v>
       </c>
       <c r="AI73" s="25">
         <v>39.700000000000003</v>
       </c>
-      <c r="AJ73" s="46">
+      <c r="AJ73" s="24">
         <v>66266</v>
       </c>
-      <c r="AK73" s="46">
+      <c r="AK73" s="24">
         <v>27850</v>
       </c>
-      <c r="AL73" s="48">
+      <c r="AL73" s="25">
         <v>42</v>
       </c>
+      <c r="AM73" s="24">
+        <v>67485</v>
+      </c>
+      <c r="AN73" s="24">
+        <v>29710</v>
+      </c>
+      <c r="AO73" s="25">
+        <v>44</v>
+      </c>
     </row>
-    <row r="74" spans="1:38">
-[...1 lines deleted...]
-      <c r="B74" s="22" t="s">
+    <row r="74" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="14"/>
+      <c r="B74" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="C74" s="23">
+      <c r="C74" s="10">
         <v>8755</v>
       </c>
-      <c r="D74" s="23">
+      <c r="D74" s="10">
         <v>3824</v>
       </c>
-      <c r="E74" s="24">
+      <c r="E74" s="11">
         <v>43.677898343803498</v>
       </c>
-      <c r="F74" s="23">
+      <c r="F74" s="10">
         <v>8806</v>
       </c>
-      <c r="G74" s="23">
+      <c r="G74" s="10">
         <v>3795</v>
       </c>
-      <c r="H74" s="24">
+      <c r="H74" s="11">
         <v>43.095616625028399</v>
       </c>
-      <c r="I74" s="23">
+      <c r="I74" s="10">
         <v>9259</v>
       </c>
-      <c r="J74" s="23">
+      <c r="J74" s="10">
         <v>4125</v>
       </c>
-      <c r="K74" s="24">
+      <c r="K74" s="11">
         <v>44.5512474349282</v>
       </c>
-      <c r="L74" s="23">
+      <c r="L74" s="10">
         <v>9385</v>
       </c>
-      <c r="M74" s="23">
+      <c r="M74" s="10">
         <v>4213</v>
       </c>
-      <c r="N74" s="24">
+      <c r="N74" s="11">
         <v>44.890783164624402</v>
       </c>
-      <c r="O74" s="23">
+      <c r="O74" s="10">
         <v>9823</v>
       </c>
-      <c r="P74" s="23">
+      <c r="P74" s="10">
         <v>4459</v>
       </c>
-      <c r="Q74" s="24">
+      <c r="Q74" s="11">
         <v>45.393464318436301</v>
       </c>
-      <c r="R74" s="23">
+      <c r="R74" s="10">
         <v>9771</v>
       </c>
-      <c r="S74" s="23">
+      <c r="S74" s="10">
         <v>4389</v>
       </c>
-      <c r="T74" s="24">
+      <c r="T74" s="11">
         <v>44.918636782314998</v>
       </c>
-      <c r="U74" s="23">
+      <c r="U74" s="10">
         <v>9857</v>
       </c>
-      <c r="V74" s="23">
+      <c r="V74" s="10">
         <v>4466</v>
       </c>
-      <c r="W74" s="24">
+      <c r="W74" s="11">
         <v>45.307903013087198</v>
       </c>
-      <c r="X74" s="23">
+      <c r="X74" s="10">
         <v>10314</v>
       </c>
-      <c r="Y74" s="23">
+      <c r="Y74" s="10">
         <v>4856</v>
       </c>
-      <c r="Z74" s="25">
+      <c r="Z74" s="12">
         <v>47.1</v>
       </c>
-      <c r="AA74" s="23">
+      <c r="AA74" s="10">
         <v>10420</v>
       </c>
-      <c r="AB74" s="23">
+      <c r="AB74" s="10">
         <v>4760</v>
       </c>
-      <c r="AC74" s="25">
+      <c r="AC74" s="12">
         <v>45.7</v>
       </c>
-      <c r="AD74" s="23">
+      <c r="AD74" s="10">
         <v>11469</v>
       </c>
-      <c r="AE74" s="23">
+      <c r="AE74" s="10">
         <v>5252</v>
       </c>
-      <c r="AF74" s="25">
+      <c r="AF74" s="12">
         <v>45.8</v>
       </c>
-      <c r="AG74" s="23">
+      <c r="AG74" s="24">
         <v>13212</v>
       </c>
-      <c r="AH74" s="23">
+      <c r="AH74" s="24">
         <v>5856</v>
       </c>
       <c r="AI74" s="25">
         <v>44.3</v>
       </c>
-      <c r="AJ74" s="46">
+      <c r="AJ74" s="24">
         <v>12149</v>
       </c>
-      <c r="AK74" s="46">
+      <c r="AK74" s="24">
         <v>5590</v>
       </c>
-      <c r="AL74" s="48">
+      <c r="AL74" s="25">
         <v>46</v>
       </c>
+      <c r="AM74" s="24">
+        <v>12528</v>
+      </c>
+      <c r="AN74" s="24">
+        <v>5898</v>
+      </c>
+      <c r="AO74" s="25">
+        <v>47.1</v>
+      </c>
     </row>
-    <row r="75" spans="1:38">
-[...1 lines deleted...]
-      <c r="B75" s="22" t="s">
+    <row r="75" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="14"/>
+      <c r="B75" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="C75" s="23">
+      <c r="C75" s="10">
         <v>2044</v>
       </c>
-      <c r="D75" s="23">
+      <c r="D75" s="10">
         <v>860</v>
       </c>
-      <c r="E75" s="24">
+      <c r="E75" s="11">
         <v>42.074363992172202</v>
       </c>
-      <c r="F75" s="23">
+      <c r="F75" s="10">
         <v>2127</v>
       </c>
-      <c r="G75" s="23">
+      <c r="G75" s="10">
         <v>902</v>
       </c>
-      <c r="H75" s="24">
+      <c r="H75" s="11">
         <v>42.407146215326797</v>
       </c>
-      <c r="I75" s="23">
+      <c r="I75" s="10">
         <v>2098</v>
       </c>
-      <c r="J75" s="23">
+      <c r="J75" s="10">
         <v>829</v>
       </c>
-      <c r="K75" s="24">
+      <c r="K75" s="11">
         <v>39.513822688274502</v>
       </c>
-      <c r="L75" s="23">
+      <c r="L75" s="10">
         <v>2356</v>
       </c>
-      <c r="M75" s="23">
+      <c r="M75" s="10">
         <v>1048</v>
       </c>
-      <c r="N75" s="24">
+      <c r="N75" s="11">
         <v>44.482173174872699</v>
       </c>
-      <c r="O75" s="23">
+      <c r="O75" s="10">
         <v>2445</v>
       </c>
-      <c r="P75" s="23">
+      <c r="P75" s="10">
         <v>1129</v>
       </c>
-      <c r="Q75" s="24">
+      <c r="Q75" s="11">
         <v>46.175869120654397</v>
       </c>
-      <c r="R75" s="23">
+      <c r="R75" s="10">
         <v>2428</v>
       </c>
-      <c r="S75" s="23">
+      <c r="S75" s="10">
         <v>1088</v>
       </c>
-      <c r="T75" s="24">
+      <c r="T75" s="11">
         <v>44.810543657331102</v>
       </c>
-      <c r="U75" s="23">
+      <c r="U75" s="10">
         <v>2439</v>
       </c>
-      <c r="V75" s="23">
+      <c r="V75" s="10">
         <v>1161</v>
       </c>
-      <c r="W75" s="24">
+      <c r="W75" s="11">
         <v>47.601476014760102</v>
       </c>
-      <c r="X75" s="23">
+      <c r="X75" s="10">
         <v>2631</v>
       </c>
-      <c r="Y75" s="23">
+      <c r="Y75" s="10">
         <v>1262</v>
       </c>
-      <c r="Z75" s="25">
+      <c r="Z75" s="12">
         <v>48</v>
       </c>
-      <c r="AA75" s="23">
+      <c r="AA75" s="10">
         <v>2575</v>
       </c>
-      <c r="AB75" s="23">
+      <c r="AB75" s="10">
         <v>1214</v>
       </c>
-      <c r="AC75" s="25">
+      <c r="AC75" s="12">
         <v>47.1</v>
       </c>
-      <c r="AD75" s="23">
+      <c r="AD75" s="10">
         <v>2719</v>
       </c>
-      <c r="AE75" s="23">
+      <c r="AE75" s="10">
         <v>1290</v>
       </c>
-      <c r="AF75" s="25">
+      <c r="AF75" s="12">
         <v>47.4</v>
       </c>
-      <c r="AG75" s="23">
+      <c r="AG75" s="24">
         <v>3231</v>
       </c>
-      <c r="AH75" s="23">
+      <c r="AH75" s="24">
         <v>1481</v>
       </c>
       <c r="AI75" s="25">
         <v>45.8</v>
       </c>
-      <c r="AJ75" s="46">
+      <c r="AJ75" s="24">
         <v>2804</v>
       </c>
-      <c r="AK75" s="46">
+      <c r="AK75" s="24">
         <v>1289</v>
       </c>
-      <c r="AL75" s="48">
+      <c r="AL75" s="25">
         <v>46</v>
       </c>
+      <c r="AM75" s="24">
+        <v>2959</v>
+      </c>
+      <c r="AN75" s="24">
+        <v>1400</v>
+      </c>
+      <c r="AO75" s="25">
+        <v>47.3</v>
+      </c>
     </row>
-    <row r="76" spans="1:38">
-[...1 lines deleted...]
-      <c r="B76" s="22" t="s">
+    <row r="76" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="14"/>
+      <c r="B76" s="9" t="s">
         <v>75</v>
       </c>
-      <c r="C76" s="23">
+      <c r="C76" s="10">
         <v>1380</v>
       </c>
-      <c r="D76" s="23">
+      <c r="D76" s="10">
         <v>594</v>
       </c>
-      <c r="E76" s="24">
+      <c r="E76" s="11">
         <v>43.043478260869598</v>
       </c>
-      <c r="F76" s="23">
+      <c r="F76" s="10">
         <v>1558</v>
       </c>
-      <c r="G76" s="23">
+      <c r="G76" s="10">
         <v>743</v>
       </c>
-      <c r="H76" s="24">
+      <c r="H76" s="11">
         <v>47.6893453145058</v>
       </c>
-      <c r="I76" s="23">
+      <c r="I76" s="10">
         <v>1471</v>
       </c>
-      <c r="J76" s="23">
+      <c r="J76" s="10">
         <v>681</v>
       </c>
-      <c r="K76" s="24">
+      <c r="K76" s="11">
         <v>46.295037389530897</v>
       </c>
-      <c r="L76" s="23">
+      <c r="L76" s="10">
         <v>1503</v>
       </c>
-      <c r="M76" s="23">
+      <c r="M76" s="10">
         <v>689</v>
       </c>
-      <c r="N76" s="24">
+      <c r="N76" s="11">
         <v>45.841650033266802</v>
       </c>
-      <c r="O76" s="23">
+      <c r="O76" s="10">
         <v>1612</v>
       </c>
-      <c r="P76" s="23">
+      <c r="P76" s="10">
         <v>763</v>
       </c>
-      <c r="Q76" s="24">
+      <c r="Q76" s="11">
         <v>47.332506203473997</v>
       </c>
-      <c r="R76" s="23">
+      <c r="R76" s="10">
         <v>1541</v>
       </c>
-      <c r="S76" s="23">
+      <c r="S76" s="10">
         <v>692</v>
       </c>
-      <c r="T76" s="24">
+      <c r="T76" s="11">
         <v>44.905905256327102</v>
       </c>
-      <c r="U76" s="23">
+      <c r="U76" s="10">
         <v>1630</v>
       </c>
-      <c r="V76" s="23">
+      <c r="V76" s="10">
         <v>783</v>
       </c>
-      <c r="W76" s="24">
+      <c r="W76" s="11">
         <v>48.036809815950903</v>
       </c>
-      <c r="X76" s="23">
+      <c r="X76" s="10">
         <v>1679</v>
       </c>
-      <c r="Y76" s="23">
+      <c r="Y76" s="10">
         <v>769</v>
       </c>
-      <c r="Z76" s="25">
+      <c r="Z76" s="12">
         <v>45.8</v>
       </c>
-      <c r="AA76" s="23">
+      <c r="AA76" s="10">
         <v>1758</v>
       </c>
-      <c r="AB76" s="23">
+      <c r="AB76" s="10">
         <v>781</v>
       </c>
-      <c r="AC76" s="25">
+      <c r="AC76" s="12">
         <v>44.4</v>
       </c>
-      <c r="AD76" s="23">
+      <c r="AD76" s="10">
         <v>1853</v>
       </c>
-      <c r="AE76" s="23">
+      <c r="AE76" s="10">
         <v>805</v>
       </c>
-      <c r="AF76" s="25">
+      <c r="AF76" s="12">
         <v>43.4</v>
       </c>
-      <c r="AG76" s="23">
+      <c r="AG76" s="24">
         <v>2052</v>
       </c>
-      <c r="AH76" s="23">
+      <c r="AH76" s="24">
         <v>869</v>
       </c>
       <c r="AI76" s="25">
         <v>42.3</v>
       </c>
-      <c r="AJ76" s="46">
+      <c r="AJ76" s="24">
         <v>1897</v>
       </c>
-      <c r="AK76" s="46">
+      <c r="AK76" s="24">
         <v>884</v>
       </c>
-      <c r="AL76" s="48">
+      <c r="AL76" s="25">
         <v>46.6</v>
       </c>
+      <c r="AM76" s="24">
+        <v>1930</v>
+      </c>
+      <c r="AN76" s="24">
+        <v>940</v>
+      </c>
+      <c r="AO76" s="25">
+        <v>48.7</v>
+      </c>
     </row>
-    <row r="77" spans="1:38">
-[...1 lines deleted...]
-      <c r="B77" s="22" t="s">
+    <row r="77" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="14"/>
+      <c r="B77" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="C77" s="23">
+      <c r="C77" s="10">
         <v>2005</v>
       </c>
-      <c r="D77" s="23">
+      <c r="D77" s="10">
         <v>1141</v>
       </c>
-      <c r="E77" s="24">
+      <c r="E77" s="11">
         <v>56.907730673316699</v>
       </c>
-      <c r="F77" s="23">
+      <c r="F77" s="10">
         <v>1872</v>
       </c>
-      <c r="G77" s="23">
+      <c r="G77" s="10">
         <v>1041</v>
       </c>
-      <c r="H77" s="24">
+      <c r="H77" s="11">
         <v>55.6089743589744</v>
       </c>
-      <c r="I77" s="23">
+      <c r="I77" s="10">
         <v>1966</v>
       </c>
-      <c r="J77" s="23">
+      <c r="J77" s="10">
         <v>1149</v>
       </c>
-      <c r="K77" s="24">
+      <c r="K77" s="11">
         <v>58.443540183112901</v>
       </c>
-      <c r="L77" s="23">
+      <c r="L77" s="10">
         <v>1988</v>
       </c>
-      <c r="M77" s="23">
+      <c r="M77" s="10">
         <v>1179</v>
       </c>
-      <c r="N77" s="24">
+      <c r="N77" s="11">
         <v>59.305835010060399</v>
       </c>
-      <c r="O77" s="23">
+      <c r="O77" s="10">
         <v>2122</v>
       </c>
-      <c r="P77" s="23">
+      <c r="P77" s="10">
         <v>1281</v>
       </c>
-      <c r="Q77" s="24">
+      <c r="Q77" s="11">
         <v>60.367577756833199</v>
       </c>
-      <c r="R77" s="23">
+      <c r="R77" s="10">
         <v>2081</v>
       </c>
-      <c r="S77" s="23">
+      <c r="S77" s="10">
         <v>1237</v>
       </c>
-      <c r="T77" s="24">
+      <c r="T77" s="11">
         <v>59.442575684766901</v>
       </c>
-      <c r="U77" s="23">
+      <c r="U77" s="10">
         <v>3366</v>
       </c>
-      <c r="V77" s="23">
+      <c r="V77" s="10">
         <v>1261</v>
       </c>
-      <c r="W77" s="24">
+      <c r="W77" s="11">
         <v>37.462863933452198</v>
       </c>
-      <c r="X77" s="23">
+      <c r="X77" s="10">
         <v>2396</v>
       </c>
-      <c r="Y77" s="23">
+      <c r="Y77" s="10">
         <v>1530</v>
       </c>
-      <c r="Z77" s="25">
+      <c r="Z77" s="12">
         <v>63.9</v>
       </c>
-      <c r="AA77" s="23">
+      <c r="AA77" s="10">
         <v>2339</v>
       </c>
-      <c r="AB77" s="23">
+      <c r="AB77" s="10">
         <v>1416</v>
       </c>
-      <c r="AC77" s="25">
+      <c r="AC77" s="12">
         <v>60.5</v>
       </c>
-      <c r="AD77" s="23">
+      <c r="AD77" s="10">
         <v>2392</v>
       </c>
-      <c r="AE77" s="23">
+      <c r="AE77" s="10">
         <v>1541</v>
       </c>
-      <c r="AF77" s="25">
+      <c r="AF77" s="12">
         <v>64.400000000000006</v>
       </c>
-      <c r="AG77" s="23">
+      <c r="AG77" s="24">
         <v>2685</v>
       </c>
-      <c r="AH77" s="23">
+      <c r="AH77" s="24">
         <v>1621</v>
       </c>
       <c r="AI77" s="25">
         <v>60.4</v>
       </c>
-      <c r="AJ77" s="46">
+      <c r="AJ77" s="24">
         <v>2652</v>
       </c>
-      <c r="AK77" s="46">
+      <c r="AK77" s="24">
         <v>1632</v>
       </c>
-      <c r="AL77" s="48">
+      <c r="AL77" s="25">
         <v>61.5</v>
       </c>
+      <c r="AM77" s="24">
+        <v>2772</v>
+      </c>
+      <c r="AN77" s="24">
+        <v>1823</v>
+      </c>
+      <c r="AO77" s="25">
+        <v>65.8</v>
+      </c>
     </row>
-    <row r="78" spans="1:38">
-[...1 lines deleted...]
-      <c r="B78" s="22" t="s">
+    <row r="78" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="14"/>
+      <c r="B78" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="C78" s="23">
+      <c r="C78" s="10">
         <v>5731</v>
       </c>
-      <c r="D78" s="23">
+      <c r="D78" s="10">
         <v>2609</v>
       </c>
-      <c r="E78" s="24">
+      <c r="E78" s="11">
         <v>45.524341301692601</v>
       </c>
-      <c r="F78" s="23">
+      <c r="F78" s="10">
         <v>5735</v>
       </c>
-      <c r="G78" s="23">
+      <c r="G78" s="10">
         <v>2639</v>
       </c>
-      <c r="H78" s="24">
+      <c r="H78" s="11">
         <v>46.015693112467297</v>
       </c>
-      <c r="I78" s="23">
+      <c r="I78" s="10">
         <v>5867</v>
       </c>
-      <c r="J78" s="23">
+      <c r="J78" s="10">
         <v>2741</v>
       </c>
-      <c r="K78" s="24">
+      <c r="K78" s="11">
         <v>46.718936424066797</v>
       </c>
-      <c r="L78" s="23">
+      <c r="L78" s="10">
         <v>6039</v>
       </c>
-      <c r="M78" s="23">
+      <c r="M78" s="10">
         <v>2707</v>
       </c>
-      <c r="N78" s="24">
+      <c r="N78" s="11">
         <v>44.825302202351402</v>
       </c>
-      <c r="O78" s="23">
+      <c r="O78" s="10">
         <v>6237</v>
       </c>
-      <c r="P78" s="23">
+      <c r="P78" s="10">
         <v>2904</v>
       </c>
-      <c r="Q78" s="24">
+      <c r="Q78" s="11">
         <v>46.560846560846599</v>
       </c>
-      <c r="R78" s="23">
+      <c r="R78" s="10">
         <v>6398</v>
       </c>
-      <c r="S78" s="23">
+      <c r="S78" s="10">
         <v>3010</v>
       </c>
-      <c r="T78" s="24">
+      <c r="T78" s="11">
         <v>47.045951859956197</v>
       </c>
-      <c r="U78" s="23">
+      <c r="U78" s="10">
         <v>6420</v>
       </c>
-      <c r="V78" s="23">
+      <c r="V78" s="10">
         <v>3033</v>
       </c>
-      <c r="W78" s="24">
+      <c r="W78" s="11">
         <v>47.242990654205599</v>
       </c>
-      <c r="X78" s="23">
+      <c r="X78" s="10">
         <v>6501</v>
       </c>
-      <c r="Y78" s="23">
+      <c r="Y78" s="10">
         <v>3024</v>
       </c>
-      <c r="Z78" s="25">
+      <c r="Z78" s="12">
         <v>46.5</v>
       </c>
-      <c r="AA78" s="23">
+      <c r="AA78" s="10">
         <v>6559</v>
       </c>
-      <c r="AB78" s="23">
+      <c r="AB78" s="10">
         <v>3121</v>
       </c>
-      <c r="AC78" s="25">
+      <c r="AC78" s="12">
         <v>47.6</v>
       </c>
-      <c r="AD78" s="23">
+      <c r="AD78" s="10">
         <v>7111</v>
       </c>
-      <c r="AE78" s="23">
+      <c r="AE78" s="10">
         <v>3252</v>
       </c>
-      <c r="AF78" s="25">
+      <c r="AF78" s="12">
         <v>45.7</v>
       </c>
-      <c r="AG78" s="23">
+      <c r="AG78" s="24">
         <v>8129</v>
       </c>
-      <c r="AH78" s="23">
+      <c r="AH78" s="24">
         <v>3675</v>
       </c>
       <c r="AI78" s="25">
         <v>45.2</v>
       </c>
-      <c r="AJ78" s="46">
+      <c r="AJ78" s="24">
         <v>7681</v>
       </c>
-      <c r="AK78" s="46">
+      <c r="AK78" s="24">
         <v>3696</v>
       </c>
-      <c r="AL78" s="48">
+      <c r="AL78" s="25">
         <v>48.1</v>
       </c>
+      <c r="AM78" s="24">
+        <v>7817</v>
+      </c>
+      <c r="AN78" s="24">
+        <v>3845</v>
+      </c>
+      <c r="AO78" s="25">
+        <v>49.2</v>
+      </c>
     </row>
-    <row r="79" spans="1:38">
-[...1 lines deleted...]
-      <c r="B79" s="22" t="s">
+    <row r="79" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="14"/>
+      <c r="B79" s="9" t="s">
         <v>78</v>
       </c>
-      <c r="C79" s="23">
+      <c r="C79" s="10">
         <v>787</v>
       </c>
-      <c r="D79" s="23">
+      <c r="D79" s="10">
         <v>384</v>
       </c>
-      <c r="E79" s="24">
+      <c r="E79" s="11">
         <v>48.792884371029203</v>
       </c>
-      <c r="F79" s="23">
+      <c r="F79" s="10">
         <v>797</v>
       </c>
-      <c r="G79" s="23">
+      <c r="G79" s="10">
         <v>385</v>
       </c>
-      <c r="H79" s="24">
+      <c r="H79" s="11">
         <v>48.306148055206997</v>
       </c>
-      <c r="I79" s="23">
+      <c r="I79" s="10">
         <v>847</v>
       </c>
-      <c r="J79" s="23">
+      <c r="J79" s="10">
         <v>435</v>
       </c>
-      <c r="K79" s="24">
+      <c r="K79" s="11">
         <v>51.357733175915001</v>
       </c>
-      <c r="L79" s="23">
+      <c r="L79" s="10">
         <v>880</v>
       </c>
-      <c r="M79" s="23">
+      <c r="M79" s="10">
         <v>440</v>
       </c>
-      <c r="N79" s="24">
+      <c r="N79" s="11">
         <v>50</v>
       </c>
-      <c r="O79" s="23">
+      <c r="O79" s="10">
         <v>906</v>
       </c>
-      <c r="P79" s="23">
+      <c r="P79" s="10">
         <v>482</v>
       </c>
-      <c r="Q79" s="24">
+      <c r="Q79" s="11">
         <v>53.200883002207497</v>
       </c>
-      <c r="R79" s="23">
+      <c r="R79" s="10">
         <v>941</v>
       </c>
-      <c r="S79" s="23">
+      <c r="S79" s="10">
         <v>449</v>
       </c>
-      <c r="T79" s="24">
+      <c r="T79" s="11">
         <v>47.7151965993624</v>
       </c>
-      <c r="U79" s="23">
+      <c r="U79" s="10">
         <v>918</v>
       </c>
-      <c r="V79" s="23">
+      <c r="V79" s="10">
         <v>455</v>
       </c>
-      <c r="W79" s="24">
+      <c r="W79" s="11">
         <v>49.5642701525055</v>
       </c>
-      <c r="X79" s="23">
+      <c r="X79" s="10">
         <v>984</v>
       </c>
-      <c r="Y79" s="23">
+      <c r="Y79" s="10">
         <v>447</v>
       </c>
-      <c r="Z79" s="25">
+      <c r="Z79" s="12">
         <v>45.4</v>
       </c>
-      <c r="AA79" s="23">
+      <c r="AA79" s="10">
         <v>948</v>
       </c>
-      <c r="AB79" s="23">
+      <c r="AB79" s="10">
         <v>424</v>
       </c>
-      <c r="AC79" s="25">
+      <c r="AC79" s="12">
         <v>44.7</v>
       </c>
-      <c r="AD79" s="23">
+      <c r="AD79" s="10">
         <v>1219</v>
       </c>
-      <c r="AE79" s="23">
+      <c r="AE79" s="10">
         <v>553</v>
       </c>
-      <c r="AF79" s="25">
+      <c r="AF79" s="12">
         <v>45.4</v>
       </c>
-      <c r="AG79" s="23">
+      <c r="AG79" s="24">
         <v>1195</v>
       </c>
-      <c r="AH79" s="23">
+      <c r="AH79" s="24">
         <v>552</v>
       </c>
       <c r="AI79" s="25">
         <v>46.2</v>
       </c>
-      <c r="AJ79" s="46">
+      <c r="AJ79" s="24">
         <v>1059</v>
       </c>
-      <c r="AK79" s="46">
+      <c r="AK79" s="24">
         <v>512</v>
       </c>
-      <c r="AL79" s="48">
+      <c r="AL79" s="25">
         <v>48.3</v>
       </c>
+      <c r="AM79" s="24">
+        <v>1143</v>
+      </c>
+      <c r="AN79" s="24">
+        <v>556</v>
+      </c>
+      <c r="AO79" s="25">
+        <v>48.6</v>
+      </c>
     </row>
-    <row r="80" spans="1:38">
-[...1 lines deleted...]
-      <c r="B80" s="22" t="s">
+    <row r="80" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="14"/>
+      <c r="B80" s="9" t="s">
         <v>79</v>
       </c>
-      <c r="C80" s="23">
+      <c r="C80" s="10">
         <v>3048</v>
       </c>
-      <c r="D80" s="23">
+      <c r="D80" s="10">
         <v>1520</v>
       </c>
-      <c r="E80" s="24">
+      <c r="E80" s="11">
         <v>49.868766404199498</v>
       </c>
-      <c r="F80" s="23">
+      <c r="F80" s="10">
         <v>3257</v>
       </c>
-      <c r="G80" s="23">
+      <c r="G80" s="10">
         <v>1575</v>
       </c>
-      <c r="H80" s="24">
+      <c r="H80" s="11">
         <v>48.357384095793698</v>
       </c>
-      <c r="I80" s="23">
+      <c r="I80" s="10">
         <v>3216</v>
       </c>
-      <c r="J80" s="23">
+      <c r="J80" s="10">
         <v>1559</v>
       </c>
-      <c r="K80" s="24">
+      <c r="K80" s="11">
         <v>48.476368159204</v>
       </c>
-      <c r="L80" s="23">
+      <c r="L80" s="10">
         <v>3090</v>
       </c>
-      <c r="M80" s="23">
+      <c r="M80" s="10">
         <v>1487</v>
       </c>
-      <c r="N80" s="24">
+      <c r="N80" s="11">
         <v>48.122977346278297</v>
       </c>
-      <c r="O80" s="23">
+      <c r="O80" s="10">
         <v>3386</v>
       </c>
-      <c r="P80" s="23">
+      <c r="P80" s="10">
         <v>1691</v>
       </c>
-      <c r="Q80" s="24">
+      <c r="Q80" s="11">
         <v>49.9409332545777</v>
       </c>
-      <c r="R80" s="23">
+      <c r="R80" s="10">
         <v>3354</v>
       </c>
-      <c r="S80" s="23">
+      <c r="S80" s="10">
         <v>1750</v>
       </c>
-      <c r="T80" s="24">
+      <c r="T80" s="11">
         <v>52.176505664877801</v>
       </c>
-      <c r="U80" s="23">
+      <c r="U80" s="10">
         <v>3413</v>
       </c>
-      <c r="V80" s="23">
+      <c r="V80" s="10">
         <v>1781</v>
       </c>
-      <c r="W80" s="24">
+      <c r="W80" s="11">
         <v>52.1828303545268</v>
       </c>
-      <c r="X80" s="23">
+      <c r="X80" s="10">
         <v>3526</v>
       </c>
-      <c r="Y80" s="23">
+      <c r="Y80" s="10">
         <v>1827</v>
       </c>
-      <c r="Z80" s="25">
+      <c r="Z80" s="12">
         <v>51.8</v>
       </c>
-      <c r="AA80" s="23">
+      <c r="AA80" s="10">
         <v>3474</v>
       </c>
-      <c r="AB80" s="23">
+      <c r="AB80" s="10">
         <v>1762</v>
       </c>
-      <c r="AC80" s="25">
+      <c r="AC80" s="12">
         <v>50.7</v>
       </c>
-      <c r="AD80" s="23">
+      <c r="AD80" s="10">
         <v>3808</v>
       </c>
-      <c r="AE80" s="23">
+      <c r="AE80" s="10">
         <v>1780</v>
       </c>
-      <c r="AF80" s="25">
+      <c r="AF80" s="12">
         <v>46.7</v>
       </c>
-      <c r="AG80" s="23">
+      <c r="AG80" s="24">
         <v>4403</v>
       </c>
-      <c r="AH80" s="23">
+      <c r="AH80" s="24">
         <v>1956</v>
       </c>
       <c r="AI80" s="25">
         <v>44.4</v>
       </c>
-      <c r="AJ80" s="46">
+      <c r="AJ80" s="24">
         <v>4216</v>
       </c>
-      <c r="AK80" s="46">
+      <c r="AK80" s="24">
         <v>1986</v>
       </c>
-      <c r="AL80" s="48">
+      <c r="AL80" s="25">
         <v>47.1</v>
       </c>
+      <c r="AM80" s="24">
+        <v>4060</v>
+      </c>
+      <c r="AN80" s="24">
+        <v>2006</v>
+      </c>
+      <c r="AO80" s="25">
+        <v>49.4</v>
+      </c>
     </row>
-    <row r="81" spans="1:38">
-[...1 lines deleted...]
-      <c r="B81" s="22" t="s">
+    <row r="81" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="14"/>
+      <c r="B81" s="9" t="s">
         <v>80</v>
       </c>
-      <c r="C81" s="23">
+      <c r="C81" s="10">
         <v>8580</v>
       </c>
-      <c r="D81" s="23">
+      <c r="D81" s="10">
         <v>3786</v>
       </c>
-      <c r="E81" s="24">
+      <c r="E81" s="11">
         <v>44.125874125874098</v>
       </c>
-      <c r="F81" s="23">
+      <c r="F81" s="10">
         <v>8490</v>
       </c>
-      <c r="G81" s="23">
+      <c r="G81" s="10">
         <v>3803</v>
       </c>
-      <c r="H81" s="24">
+      <c r="H81" s="11">
         <v>44.793875147232001</v>
       </c>
-      <c r="I81" s="23">
+      <c r="I81" s="10">
         <v>8870</v>
       </c>
-      <c r="J81" s="23">
+      <c r="J81" s="10">
         <v>4040</v>
       </c>
-      <c r="K81" s="24">
+      <c r="K81" s="11">
         <v>45.546786922209698</v>
       </c>
-      <c r="L81" s="23">
+      <c r="L81" s="10">
         <v>9245</v>
       </c>
-      <c r="M81" s="23">
+      <c r="M81" s="10">
         <v>4133</v>
       </c>
-      <c r="N81" s="24">
+      <c r="N81" s="11">
         <v>44.705246078961601</v>
       </c>
-      <c r="O81" s="23">
+      <c r="O81" s="10">
         <v>9601</v>
       </c>
-      <c r="P81" s="23">
+      <c r="P81" s="10">
         <v>4481</v>
       </c>
-      <c r="Q81" s="24">
+      <c r="Q81" s="11">
         <v>46.672221643578801</v>
       </c>
-      <c r="R81" s="23">
+      <c r="R81" s="10">
         <v>9626</v>
       </c>
-      <c r="S81" s="23">
+      <c r="S81" s="10">
         <v>4377</v>
       </c>
-      <c r="T81" s="24">
+      <c r="T81" s="11">
         <v>45.470600457095401</v>
       </c>
-      <c r="U81" s="23">
+      <c r="U81" s="10">
         <v>9474</v>
       </c>
-      <c r="V81" s="23">
+      <c r="V81" s="10">
         <v>4201</v>
       </c>
-      <c r="W81" s="24">
+      <c r="W81" s="11">
         <v>44.342410808528598</v>
       </c>
-      <c r="X81" s="23">
+      <c r="X81" s="10">
         <v>9596</v>
       </c>
-      <c r="Y81" s="23">
+      <c r="Y81" s="10">
         <v>4345</v>
       </c>
-      <c r="Z81" s="25">
+      <c r="Z81" s="12">
         <v>45.3</v>
       </c>
-      <c r="AA81" s="23">
+      <c r="AA81" s="10">
         <v>9308</v>
       </c>
-      <c r="AB81" s="23">
+      <c r="AB81" s="10">
         <v>4017</v>
       </c>
-      <c r="AC81" s="25">
+      <c r="AC81" s="12">
         <v>43.2</v>
       </c>
-      <c r="AD81" s="23">
+      <c r="AD81" s="10">
         <v>10552</v>
       </c>
-      <c r="AE81" s="23">
+      <c r="AE81" s="10">
         <v>4427</v>
       </c>
-      <c r="AF81" s="25">
+      <c r="AF81" s="12">
         <v>42</v>
       </c>
-      <c r="AG81" s="23">
+      <c r="AG81" s="24">
         <v>11749</v>
       </c>
-      <c r="AH81" s="23">
+      <c r="AH81" s="24">
         <v>5016</v>
       </c>
       <c r="AI81" s="25">
         <v>42.7</v>
       </c>
-      <c r="AJ81" s="46">
+      <c r="AJ81" s="24">
         <v>10885</v>
       </c>
-      <c r="AK81" s="46">
+      <c r="AK81" s="24">
         <v>4965</v>
       </c>
-      <c r="AL81" s="48">
+      <c r="AL81" s="25">
         <v>45.6</v>
       </c>
+      <c r="AM81" s="24">
+        <v>10813</v>
+      </c>
+      <c r="AN81" s="24">
+        <v>5044</v>
+      </c>
+      <c r="AO81" s="25">
+        <v>46.6</v>
+      </c>
     </row>
-    <row r="82" spans="1:38">
-[...1 lines deleted...]
-      <c r="B82" s="22" t="s">
+    <row r="82" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="14"/>
+      <c r="B82" s="9" t="s">
         <v>81</v>
       </c>
-      <c r="C82" s="23">
+      <c r="C82" s="10">
         <v>1548</v>
       </c>
-      <c r="D82" s="23">
+      <c r="D82" s="10">
         <v>465</v>
       </c>
-      <c r="E82" s="24">
+      <c r="E82" s="11">
         <v>30.0387596899225</v>
       </c>
-      <c r="F82" s="23">
+      <c r="F82" s="10">
         <v>1504</v>
       </c>
-      <c r="G82" s="23">
+      <c r="G82" s="10">
         <v>454</v>
       </c>
-      <c r="H82" s="24">
+      <c r="H82" s="11">
         <v>30.186170212766001</v>
       </c>
-      <c r="I82" s="23">
+      <c r="I82" s="10">
         <v>1525</v>
       </c>
-      <c r="J82" s="23">
+      <c r="J82" s="10">
         <v>433</v>
       </c>
-      <c r="K82" s="24">
+      <c r="K82" s="11">
         <v>28.393442622950801</v>
       </c>
-      <c r="L82" s="23">
+      <c r="L82" s="10">
         <v>1462</v>
       </c>
-      <c r="M82" s="23">
+      <c r="M82" s="10">
         <v>454</v>
       </c>
-      <c r="N82" s="24">
+      <c r="N82" s="11">
         <v>31.053351573187399</v>
       </c>
-      <c r="O82" s="23">
+      <c r="O82" s="10">
         <v>1619</v>
       </c>
-      <c r="P82" s="23">
+      <c r="P82" s="10">
         <v>560</v>
       </c>
-      <c r="Q82" s="24">
+      <c r="Q82" s="11">
         <v>34.589252625077201</v>
       </c>
-      <c r="R82" s="23">
+      <c r="R82" s="10">
         <v>1516</v>
       </c>
-      <c r="S82" s="23">
+      <c r="S82" s="10">
         <v>450</v>
       </c>
-      <c r="T82" s="24">
+      <c r="T82" s="11">
         <v>29.683377308707101</v>
       </c>
-      <c r="U82" s="23">
+      <c r="U82" s="10">
         <v>1731</v>
       </c>
-      <c r="V82" s="23">
+      <c r="V82" s="10">
         <v>544</v>
       </c>
-      <c r="W82" s="24">
+      <c r="W82" s="11">
         <v>31.4269208549971</v>
       </c>
-      <c r="X82" s="23">
+      <c r="X82" s="10">
         <v>1625</v>
       </c>
-      <c r="Y82" s="23">
+      <c r="Y82" s="10">
         <v>481</v>
       </c>
-      <c r="Z82" s="25">
+      <c r="Z82" s="12">
         <v>29.6</v>
       </c>
-      <c r="AA82" s="23">
+      <c r="AA82" s="10">
         <v>1595</v>
       </c>
-      <c r="AB82" s="23">
+      <c r="AB82" s="10">
         <v>512</v>
       </c>
-      <c r="AC82" s="25">
+      <c r="AC82" s="12">
         <v>32.1</v>
       </c>
-      <c r="AD82" s="23">
+      <c r="AD82" s="10">
         <v>1930</v>
       </c>
-      <c r="AE82" s="23">
+      <c r="AE82" s="10">
         <v>690</v>
       </c>
-      <c r="AF82" s="25">
+      <c r="AF82" s="12">
         <v>35.799999999999997</v>
       </c>
-      <c r="AG82" s="23">
+      <c r="AG82" s="24">
         <v>2107</v>
       </c>
-      <c r="AH82" s="23">
+      <c r="AH82" s="24">
         <v>691</v>
       </c>
       <c r="AI82" s="25">
         <v>32.799999999999997</v>
       </c>
-      <c r="AJ82" s="46">
+      <c r="AJ82" s="24">
         <v>1816</v>
       </c>
-      <c r="AK82" s="46">
+      <c r="AK82" s="24">
         <v>583</v>
       </c>
-      <c r="AL82" s="48">
+      <c r="AL82" s="25">
         <v>32.1</v>
       </c>
+      <c r="AM82" s="24">
+        <v>1856</v>
+      </c>
+      <c r="AN82" s="24">
+        <v>623</v>
+      </c>
+      <c r="AO82" s="25">
+        <v>33.6</v>
+      </c>
     </row>
-    <row r="83" spans="1:38">
-[...1 lines deleted...]
-      <c r="B83" s="22" t="s">
+    <row r="83" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="14"/>
+      <c r="B83" s="9" t="s">
         <v>82</v>
       </c>
-      <c r="C83" s="23">
+      <c r="C83" s="10">
         <v>3607</v>
       </c>
-      <c r="D83" s="23">
+      <c r="D83" s="10">
         <v>1295</v>
       </c>
-      <c r="E83" s="24">
+      <c r="E83" s="11">
         <v>35.902411976712003</v>
       </c>
-      <c r="F83" s="23">
+      <c r="F83" s="10">
         <v>3672</v>
       </c>
-      <c r="G83" s="23">
+      <c r="G83" s="10">
         <v>1380</v>
       </c>
-      <c r="H83" s="24">
+      <c r="H83" s="11">
         <v>37.581699346405202</v>
       </c>
-      <c r="I83" s="23">
+      <c r="I83" s="10">
         <v>3773</v>
       </c>
-      <c r="J83" s="23">
+      <c r="J83" s="10">
         <v>1372</v>
       </c>
-      <c r="K83" s="24">
+      <c r="K83" s="11">
         <v>36.363636363636402</v>
       </c>
-      <c r="L83" s="23">
+      <c r="L83" s="10">
         <v>3745</v>
       </c>
-      <c r="M83" s="23">
+      <c r="M83" s="10">
         <v>1442</v>
       </c>
-      <c r="N83" s="24">
+      <c r="N83" s="11">
         <v>38.504672897196301</v>
       </c>
-      <c r="O83" s="23">
+      <c r="O83" s="10">
         <v>3964</v>
       </c>
-      <c r="P83" s="23">
+      <c r="P83" s="10">
         <v>1536</v>
       </c>
-      <c r="Q83" s="24">
+      <c r="Q83" s="11">
         <v>38.7487386478305</v>
       </c>
-      <c r="R83" s="23">
+      <c r="R83" s="10">
         <v>3892</v>
       </c>
-      <c r="S83" s="23">
+      <c r="S83" s="10">
         <v>1424</v>
       </c>
-      <c r="T83" s="24">
+      <c r="T83" s="11">
         <v>36.587872559095601</v>
       </c>
-      <c r="U83" s="23">
+      <c r="U83" s="10">
         <v>3825</v>
       </c>
-      <c r="V83" s="23">
+      <c r="V83" s="10">
         <v>1383</v>
       </c>
-      <c r="W83" s="24">
+      <c r="W83" s="11">
         <v>36.156862745098003</v>
       </c>
-      <c r="X83" s="23">
+      <c r="X83" s="10">
         <v>3915</v>
       </c>
-      <c r="Y83" s="23">
+      <c r="Y83" s="10">
         <v>1421</v>
       </c>
-      <c r="Z83" s="25">
+      <c r="Z83" s="12">
         <v>36.299999999999997</v>
       </c>
-      <c r="AA83" s="23">
+      <c r="AA83" s="10">
         <v>4040</v>
       </c>
-      <c r="AB83" s="23">
+      <c r="AB83" s="10">
         <v>1406</v>
       </c>
-      <c r="AC83" s="25">
+      <c r="AC83" s="12">
         <v>34.799999999999997</v>
       </c>
-      <c r="AD83" s="23">
+      <c r="AD83" s="10">
         <v>4320</v>
       </c>
-      <c r="AE83" s="23">
+      <c r="AE83" s="10">
         <v>1492</v>
       </c>
-      <c r="AF83" s="25">
+      <c r="AF83" s="12">
         <v>34.5</v>
       </c>
-      <c r="AG83" s="23">
+      <c r="AG83" s="24">
         <v>5096</v>
       </c>
-      <c r="AH83" s="23">
+      <c r="AH83" s="24">
         <v>1828</v>
       </c>
       <c r="AI83" s="25">
         <v>35.9</v>
       </c>
-      <c r="AJ83" s="46">
+      <c r="AJ83" s="24">
         <v>4511</v>
       </c>
-      <c r="AK83" s="46">
+      <c r="AK83" s="24">
         <v>1647</v>
       </c>
-      <c r="AL83" s="48">
+      <c r="AL83" s="25">
         <v>36.5</v>
       </c>
+      <c r="AM83" s="24">
+        <v>4908</v>
+      </c>
+      <c r="AN83" s="24">
+        <v>2065</v>
+      </c>
+      <c r="AO83" s="25">
+        <v>42.1</v>
+      </c>
     </row>
-    <row r="84" spans="1:38">
-[...1 lines deleted...]
-      <c r="B84" s="22" t="s">
+    <row r="84" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="14"/>
+      <c r="B84" s="9" t="s">
         <v>83</v>
       </c>
-      <c r="C84" s="23">
+      <c r="C84" s="10">
         <v>2893</v>
       </c>
-      <c r="D84" s="23">
+      <c r="D84" s="10">
         <v>982</v>
       </c>
-      <c r="E84" s="24">
+      <c r="E84" s="11">
         <v>33.944002765295501</v>
       </c>
-      <c r="F84" s="23">
+      <c r="F84" s="10">
         <v>2899</v>
       </c>
-      <c r="G84" s="23">
+      <c r="G84" s="10">
         <v>1038</v>
       </c>
-      <c r="H84" s="24">
+      <c r="H84" s="11">
         <v>35.805450155225898</v>
       </c>
-      <c r="I84" s="23">
+      <c r="I84" s="10">
         <v>3017</v>
       </c>
-      <c r="J84" s="23">
+      <c r="J84" s="10">
         <v>1035</v>
       </c>
-      <c r="K84" s="24">
+      <c r="K84" s="11">
         <v>34.305601590984402</v>
       </c>
-      <c r="L84" s="23">
+      <c r="L84" s="10">
         <v>3090</v>
       </c>
-      <c r="M84" s="23">
+      <c r="M84" s="10">
         <v>1142</v>
       </c>
-      <c r="N84" s="24">
+      <c r="N84" s="11">
         <v>36.957928802589002</v>
       </c>
-      <c r="O84" s="23">
+      <c r="O84" s="10">
         <v>3189</v>
       </c>
-      <c r="P84" s="23">
+      <c r="P84" s="10">
         <v>1202</v>
       </c>
-      <c r="Q84" s="24">
+      <c r="Q84" s="11">
         <v>37.692066478519898</v>
       </c>
-      <c r="R84" s="23">
+      <c r="R84" s="10">
         <v>3293</v>
       </c>
-      <c r="S84" s="23">
+      <c r="S84" s="10">
         <v>1237</v>
       </c>
-      <c r="T84" s="24">
+      <c r="T84" s="11">
         <v>37.564530822957799</v>
       </c>
-      <c r="U84" s="23">
+      <c r="U84" s="10">
         <v>2210</v>
       </c>
-      <c r="V84" s="23">
+      <c r="V84" s="10">
         <v>1373</v>
       </c>
-      <c r="W84" s="24">
+      <c r="W84" s="11">
         <v>62.126696832579199</v>
       </c>
-      <c r="X84" s="23">
+      <c r="X84" s="10">
         <v>3572</v>
       </c>
-      <c r="Y84" s="23">
+      <c r="Y84" s="10">
         <v>1429</v>
       </c>
-      <c r="Z84" s="25">
+      <c r="Z84" s="12">
         <v>40</v>
       </c>
-      <c r="AA84" s="23">
+      <c r="AA84" s="10">
         <v>3348</v>
       </c>
-      <c r="AB84" s="23">
+      <c r="AB84" s="10">
         <v>1279</v>
       </c>
-      <c r="AC84" s="25">
+      <c r="AC84" s="12">
         <v>38.200000000000003</v>
       </c>
-      <c r="AD84" s="23">
+      <c r="AD84" s="10">
         <v>3817</v>
       </c>
-      <c r="AE84" s="23">
+      <c r="AE84" s="10">
         <v>1391</v>
       </c>
-      <c r="AF84" s="25">
+      <c r="AF84" s="12">
         <v>36.4</v>
       </c>
-      <c r="AG84" s="23">
+      <c r="AG84" s="24">
         <v>4460</v>
       </c>
-      <c r="AH84" s="23">
+      <c r="AH84" s="24">
         <v>1710</v>
       </c>
       <c r="AI84" s="25">
         <v>38.299999999999997</v>
       </c>
-      <c r="AJ84" s="46">
+      <c r="AJ84" s="24">
         <v>4090</v>
       </c>
-      <c r="AK84" s="46">
+      <c r="AK84" s="24">
         <v>1557</v>
       </c>
-      <c r="AL84" s="48">
+      <c r="AL84" s="25">
         <v>38.1</v>
       </c>
+      <c r="AM84" s="24">
+        <v>3876</v>
+      </c>
+      <c r="AN84" s="24">
+        <v>1645</v>
+      </c>
+      <c r="AO84" s="25">
+        <v>42.4</v>
+      </c>
     </row>
-    <row r="85" spans="1:38">
-[...1 lines deleted...]
-      <c r="B85" s="22" t="s">
+    <row r="85" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="14"/>
+      <c r="B85" s="9" t="s">
         <v>84</v>
       </c>
-      <c r="C85" s="23">
+      <c r="C85" s="10">
         <v>3948</v>
       </c>
-      <c r="D85" s="23">
+      <c r="D85" s="10">
         <v>990</v>
       </c>
-      <c r="E85" s="24">
+      <c r="E85" s="11">
         <v>25.075987841945299</v>
       </c>
-      <c r="F85" s="23">
+      <c r="F85" s="10">
         <v>3882</v>
       </c>
-      <c r="G85" s="23">
+      <c r="G85" s="10">
         <v>1040</v>
       </c>
-      <c r="H85" s="24">
+      <c r="H85" s="11">
         <v>26.790314270994301</v>
       </c>
-      <c r="I85" s="23">
+      <c r="I85" s="10">
         <v>4099</v>
       </c>
-      <c r="J85" s="23">
+      <c r="J85" s="10">
         <v>1115</v>
       </c>
-      <c r="K85" s="24">
+      <c r="K85" s="11">
         <v>27.201756525981999</v>
       </c>
-      <c r="L85" s="23">
+      <c r="L85" s="10">
         <v>4101</v>
       </c>
-      <c r="M85" s="23">
+      <c r="M85" s="10">
         <v>1160</v>
       </c>
-      <c r="N85" s="24">
+      <c r="N85" s="11">
         <v>28.285783955132899</v>
       </c>
-      <c r="O85" s="23">
+      <c r="O85" s="10">
         <v>4403</v>
       </c>
-      <c r="P85" s="23">
+      <c r="P85" s="10">
         <v>1238</v>
       </c>
-      <c r="Q85" s="24">
+      <c r="Q85" s="11">
         <v>28.1171928230752</v>
       </c>
-      <c r="R85" s="23">
+      <c r="R85" s="10">
         <v>4433</v>
       </c>
-      <c r="S85" s="23">
+      <c r="S85" s="10">
         <v>1296</v>
       </c>
-      <c r="T85" s="24">
+      <c r="T85" s="11">
         <v>29.2352808481841</v>
       </c>
-      <c r="U85" s="23">
+      <c r="U85" s="10">
         <v>4367</v>
       </c>
-      <c r="V85" s="23">
+      <c r="V85" s="10">
         <v>1227</v>
       </c>
-      <c r="W85" s="24">
+      <c r="W85" s="11">
         <v>28.0970918250515</v>
       </c>
-      <c r="X85" s="23">
+      <c r="X85" s="10">
         <v>4395</v>
       </c>
-      <c r="Y85" s="23">
+      <c r="Y85" s="10">
         <v>1168</v>
       </c>
-      <c r="Z85" s="25">
+      <c r="Z85" s="12">
         <v>26.6</v>
       </c>
-      <c r="AA85" s="23">
+      <c r="AA85" s="10">
         <v>4245</v>
       </c>
-      <c r="AB85" s="23">
+      <c r="AB85" s="10">
         <v>971</v>
       </c>
-      <c r="AC85" s="25">
+      <c r="AC85" s="12">
         <v>22.9</v>
       </c>
-      <c r="AD85" s="23">
+      <c r="AD85" s="10">
         <v>5635</v>
       </c>
-      <c r="AE85" s="23">
+      <c r="AE85" s="10">
         <v>1476</v>
       </c>
-      <c r="AF85" s="25">
+      <c r="AF85" s="12">
         <v>26.2</v>
       </c>
-      <c r="AG85" s="23">
+      <c r="AG85" s="24">
         <v>5301</v>
       </c>
-      <c r="AH85" s="23">
+      <c r="AH85" s="24">
         <v>1126</v>
       </c>
       <c r="AI85" s="25">
         <v>21.2</v>
       </c>
-      <c r="AJ85" s="46">
+      <c r="AJ85" s="24">
         <v>4538</v>
       </c>
-      <c r="AK85" s="46">
+      <c r="AK85" s="24">
         <v>1081</v>
       </c>
-      <c r="AL85" s="48">
+      <c r="AL85" s="25">
         <v>23.8</v>
       </c>
+      <c r="AM85" s="24">
+        <v>4554</v>
+      </c>
+      <c r="AN85" s="24">
+        <v>1141</v>
+      </c>
+      <c r="AO85" s="25">
+        <v>25.1</v>
+      </c>
     </row>
-    <row r="86" spans="1:38">
-[...1 lines deleted...]
-      <c r="B86" s="22" t="s">
+    <row r="86" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="14"/>
+      <c r="B86" s="9" t="s">
         <v>85</v>
       </c>
-      <c r="C86" s="23">
+      <c r="C86" s="10">
         <v>2720</v>
       </c>
-      <c r="D86" s="23">
+      <c r="D86" s="10">
         <v>1016</v>
       </c>
-      <c r="E86" s="24">
+      <c r="E86" s="11">
         <v>37.352941176470601</v>
       </c>
-      <c r="F86" s="23">
+      <c r="F86" s="10">
         <v>2684</v>
       </c>
-      <c r="G86" s="23">
+      <c r="G86" s="10">
         <v>1038</v>
       </c>
-      <c r="H86" s="24">
+      <c r="H86" s="11">
         <v>38.673621460506702</v>
       </c>
-      <c r="I86" s="23">
+      <c r="I86" s="10">
         <v>2648</v>
       </c>
-      <c r="J86" s="23">
+      <c r="J86" s="10">
         <v>1034</v>
       </c>
-      <c r="K86" s="24">
+      <c r="K86" s="11">
         <v>39.048338368580097</v>
       </c>
-      <c r="L86" s="23">
+      <c r="L86" s="10">
         <v>2708</v>
       </c>
-      <c r="M86" s="23">
+      <c r="M86" s="10">
         <v>966</v>
       </c>
-      <c r="N86" s="24">
+      <c r="N86" s="11">
         <v>35.672082717873003</v>
       </c>
-      <c r="O86" s="23">
+      <c r="O86" s="10">
         <v>2873</v>
       </c>
-      <c r="P86" s="23">
+      <c r="P86" s="10">
         <v>1071</v>
       </c>
-      <c r="Q86" s="24">
+      <c r="Q86" s="11">
         <v>37.278106508875702</v>
       </c>
-      <c r="R86" s="23">
+      <c r="R86" s="10">
         <v>2982</v>
       </c>
-      <c r="S86" s="23">
+      <c r="S86" s="10">
         <v>1102</v>
       </c>
-      <c r="T86" s="24">
+      <c r="T86" s="11">
         <v>36.955063715627098</v>
       </c>
-      <c r="U86" s="23">
+      <c r="U86" s="10">
         <v>3000</v>
       </c>
-      <c r="V86" s="23">
+      <c r="V86" s="10">
         <v>1124</v>
       </c>
-      <c r="W86" s="24">
+      <c r="W86" s="11">
         <v>37.466666666666697</v>
       </c>
-      <c r="X86" s="23">
+      <c r="X86" s="10">
         <v>3019</v>
       </c>
-      <c r="Y86" s="23">
+      <c r="Y86" s="10">
         <v>1154</v>
       </c>
-      <c r="Z86" s="25">
+      <c r="Z86" s="12">
         <v>38.200000000000003</v>
       </c>
-      <c r="AA86" s="23">
+      <c r="AA86" s="10">
         <v>2868</v>
       </c>
-      <c r="AB86" s="23">
+      <c r="AB86" s="10">
         <v>1051</v>
       </c>
-      <c r="AC86" s="25">
+      <c r="AC86" s="12">
         <v>36.6</v>
       </c>
-      <c r="AD86" s="23">
+      <c r="AD86" s="10">
         <v>3772</v>
       </c>
-      <c r="AE86" s="23">
+      <c r="AE86" s="10">
         <v>1360</v>
       </c>
-      <c r="AF86" s="25">
+      <c r="AF86" s="12">
         <v>36.1</v>
       </c>
-      <c r="AG86" s="23">
+      <c r="AG86" s="24">
         <v>3646</v>
       </c>
-      <c r="AH86" s="23">
+      <c r="AH86" s="24">
         <v>1172</v>
       </c>
       <c r="AI86" s="25">
         <v>32.1</v>
       </c>
-      <c r="AJ86" s="46">
+      <c r="AJ86" s="24">
         <v>3088</v>
       </c>
-      <c r="AK86" s="46">
+      <c r="AK86" s="24">
         <v>1116</v>
       </c>
-      <c r="AL86" s="48">
+      <c r="AL86" s="25">
         <v>36.1</v>
       </c>
+      <c r="AM86" s="24">
+        <v>3401</v>
+      </c>
+      <c r="AN86" s="24">
+        <v>1240</v>
+      </c>
+      <c r="AO86" s="25">
+        <v>36.5</v>
+      </c>
     </row>
-    <row r="87" spans="1:38">
-[...1 lines deleted...]
-      <c r="B87" s="26" t="s">
+    <row r="87" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="15"/>
+      <c r="B87" s="16" t="s">
         <v>86</v>
       </c>
-      <c r="C87" s="27">
+      <c r="C87" s="17">
         <v>4259</v>
       </c>
-      <c r="D87" s="27">
+      <c r="D87" s="17">
         <v>1289</v>
       </c>
-      <c r="E87" s="28">
+      <c r="E87" s="18">
         <v>30.265320497769402</v>
       </c>
-      <c r="F87" s="27">
+      <c r="F87" s="17">
         <v>4258</v>
       </c>
-      <c r="G87" s="27">
+      <c r="G87" s="17">
         <v>1306</v>
       </c>
-      <c r="H87" s="28">
+      <c r="H87" s="18">
         <v>30.6716768435885</v>
       </c>
-      <c r="I87" s="27">
+      <c r="I87" s="17">
         <v>4332</v>
       </c>
-      <c r="J87" s="27">
+      <c r="J87" s="17">
         <v>1420</v>
       </c>
-      <c r="K87" s="28">
+      <c r="K87" s="18">
         <v>32.779316712834699</v>
       </c>
-      <c r="L87" s="27">
+      <c r="L87" s="17">
         <v>4415</v>
       </c>
-      <c r="M87" s="27">
+      <c r="M87" s="17">
         <v>1466</v>
       </c>
-      <c r="N87" s="28">
+      <c r="N87" s="18">
         <v>33.204983012457497</v>
       </c>
-      <c r="O87" s="27">
+      <c r="O87" s="17">
         <v>4474</v>
       </c>
-      <c r="P87" s="27">
+      <c r="P87" s="17">
         <v>1463</v>
       </c>
-      <c r="Q87" s="28">
+      <c r="Q87" s="18">
         <v>32.700044702726899</v>
       </c>
-      <c r="R87" s="27">
+      <c r="R87" s="17">
         <v>4602</v>
       </c>
-      <c r="S87" s="27">
+      <c r="S87" s="17">
         <v>1432</v>
       </c>
-      <c r="T87" s="28">
+      <c r="T87" s="18">
         <v>31.1169056931769</v>
       </c>
-      <c r="U87" s="27">
+      <c r="U87" s="17">
         <v>4619</v>
       </c>
-      <c r="V87" s="27">
+      <c r="V87" s="17">
         <v>1358</v>
       </c>
-      <c r="W87" s="28">
+      <c r="W87" s="18">
         <v>29.4003030959082</v>
       </c>
-      <c r="X87" s="27">
+      <c r="X87" s="17">
         <v>4746</v>
       </c>
-      <c r="Y87" s="27">
+      <c r="Y87" s="17">
         <v>1530</v>
       </c>
-      <c r="Z87" s="29">
+      <c r="Z87" s="19">
         <v>32.200000000000003</v>
       </c>
-      <c r="AA87" s="27">
+      <c r="AA87" s="17">
         <v>4465</v>
       </c>
-      <c r="AB87" s="27">
+      <c r="AB87" s="17">
         <v>1312</v>
       </c>
-      <c r="AC87" s="29">
+      <c r="AC87" s="19">
         <v>29.4</v>
       </c>
-      <c r="AD87" s="27">
+      <c r="AD87" s="17">
         <v>5843</v>
       </c>
-      <c r="AE87" s="27">
+      <c r="AE87" s="17">
         <v>1711</v>
       </c>
-      <c r="AF87" s="29">
+      <c r="AF87" s="19">
         <v>29.3</v>
       </c>
-      <c r="AG87" s="27">
+      <c r="AG87" s="26">
         <v>5502</v>
       </c>
-      <c r="AH87" s="27">
+      <c r="AH87" s="26">
         <v>1354</v>
       </c>
-      <c r="AI87" s="29">
+      <c r="AI87" s="27">
         <v>24.6</v>
       </c>
-      <c r="AJ87" s="47">
+      <c r="AJ87" s="26">
         <v>4880</v>
       </c>
-      <c r="AK87" s="47">
+      <c r="AK87" s="26">
         <v>1312</v>
       </c>
-      <c r="AL87" s="49">
+      <c r="AL87" s="27">
         <v>26.9</v>
       </c>
+      <c r="AM87" s="26">
+        <v>4868</v>
+      </c>
+      <c r="AN87" s="26">
+        <v>1484</v>
+      </c>
+      <c r="AO87" s="27">
+        <v>30.5</v>
+      </c>
     </row>
-    <row r="88" spans="1:38">
-[...37 lines deleted...]
-      <c r="AL88" s="32"/>
+    <row r="88" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="2"/>
+      <c r="B88" s="4"/>
+      <c r="C88" s="20"/>
+      <c r="D88" s="20"/>
+      <c r="E88" s="21"/>
+      <c r="F88" s="20"/>
+      <c r="G88" s="20"/>
+      <c r="H88" s="21"/>
+      <c r="I88" s="20"/>
+      <c r="J88" s="20"/>
+      <c r="K88" s="21"/>
+      <c r="L88" s="20"/>
+      <c r="M88" s="20"/>
+      <c r="N88" s="21"/>
+      <c r="O88" s="20"/>
+      <c r="P88" s="20"/>
+      <c r="Q88" s="21"/>
+      <c r="R88" s="20"/>
+      <c r="S88" s="20"/>
+      <c r="T88" s="21"/>
+      <c r="U88" s="20"/>
+      <c r="V88" s="20"/>
+      <c r="W88" s="21"/>
+      <c r="X88" s="20"/>
+      <c r="Y88" s="20"/>
+      <c r="Z88" s="21"/>
+      <c r="AA88" s="20"/>
+      <c r="AB88" s="20"/>
+      <c r="AC88" s="21"/>
+      <c r="AD88" s="20"/>
+      <c r="AE88" s="20"/>
+      <c r="AF88" s="21"/>
+      <c r="AG88" s="28"/>
+      <c r="AH88" s="28"/>
+      <c r="AI88" s="29"/>
+      <c r="AJ88" s="28"/>
+      <c r="AK88" s="28"/>
+      <c r="AL88" s="29"/>
+      <c r="AM88" s="28"/>
+      <c r="AN88" s="28"/>
+      <c r="AO88" s="29"/>
     </row>
-    <row r="89" spans="1:38">
-[...30 lines deleted...]
-      <c r="AC89" s="39"/>
+    <row r="89" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
+      <c r="J89" s="2"/>
+      <c r="K89" s="2"/>
+      <c r="L89" s="2"/>
+      <c r="M89" s="2"/>
+      <c r="N89" s="2"/>
+      <c r="O89" s="2"/>
+      <c r="P89" s="2"/>
+      <c r="Q89" s="2"/>
+      <c r="R89" s="2"/>
+      <c r="S89" s="2"/>
+      <c r="T89" s="2"/>
+      <c r="U89" s="2"/>
+      <c r="V89" s="2"/>
+      <c r="W89" s="2"/>
+      <c r="X89" s="2"/>
+      <c r="Y89" s="2"/>
+      <c r="Z89" s="2"/>
+      <c r="AA89" s="2"/>
+      <c r="AB89" s="2"/>
+      <c r="AC89" s="2"/>
+      <c r="AD89" s="2"/>
+      <c r="AE89" s="2"/>
+      <c r="AF89" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="19">
-    <mergeCell ref="X4:Z4"/>
+  <mergeCells count="15">
+    <mergeCell ref="AM4:AO4"/>
+    <mergeCell ref="AJ4:AL4"/>
+    <mergeCell ref="AG4:AI4"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="A4:A5"/>
     <mergeCell ref="C4:E4"/>
-    <mergeCell ref="AJ4:AL4"/>
+    <mergeCell ref="U4:W4"/>
+    <mergeCell ref="AD4:AF4"/>
+    <mergeCell ref="AA4:AC4"/>
     <mergeCell ref="F4:H4"/>
-    <mergeCell ref="AG4:AI4"/>
-    <mergeCell ref="AD4:AF4"/>
     <mergeCell ref="I4:K4"/>
-    <mergeCell ref="A89:AC89"/>
-[...5 lines deleted...]
-    <mergeCell ref="A73:A87"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R4:T4"/>
-    <mergeCell ref="U4:W4"/>
-    <mergeCell ref="AA4:AC4"/>
+    <mergeCell ref="X4:Z4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
-</worksheet>
-[...448 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Metadata</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>