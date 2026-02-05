--- v0 (2025-10-02)
+++ v1 (2026-02-05)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD8EB820-7538-4684-ADAC-B631E5F2277A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{329AB267-D8F6-4CBB-A442-5FAEC096AF53}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-105" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="118">
   <si>
     <t>ภาค</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>การเกิดมีชีพทั้งหมด</t>
   </si>
   <si>
     <t>การเกิดในโรงพยาบาล</t>
   </si>
   <si>
     <t>ร้อยละ</t>
   </si>
   <si>
     <t>ทั่วราชอาณาจักร</t>
   </si>
   <si>
     <t>กรุงเทพมหานคร</t>
   </si>
   <si>
     <t>ภาคกลาง</t>
   </si>
   <si>
@@ -408,63 +408,63 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">ที่มา: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">สำนักงานปลัดกระทรวง กระทรวงสาธารณสุข </t>
     </r>
   </si>
   <si>
-    <t>จำนวนการเกิดมีชีพทั้งหมด การเกิดมีชีพในโรงพยาบาล และร้อยละการเกิดมีชีพในโรงพยาบาลต่อการเกิดมีชีพทั้งหมด จำแนกเป็นรายภาค และจังหวัด พ.ศ. 2555 - 2566</t>
+    <t>จำนวนการเกิดมีชีพทั้งหมด การเกิดมีชีพในโรงพยาบาล และร้อยละการเกิดมีชีพในโรงพยาบาลต่อการเกิดมีชีพทั้งหมด จำแนกเป็นรายภาค และจังหวัด พ.ศ. 2555 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <sz val="11"/>
@@ -510,50 +510,57 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -723,51 +730,51 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -860,84 +867,102 @@
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{18C3046B-95C7-439D-8DBF-6187C0C558D5}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="เครื่องหมายจุลภาค 3" xfId="4" xr:uid="{9360789A-4CAB-4EC2-A5E6-A162883834DF}"/>
     <cellStyle name="ปกติ 3" xfId="3" xr:uid="{0DF31762-25A6-498C-99B6-1131563A0388}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1217,263 +1242,282 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AL89"/>
+  <dimension ref="A1:AO89"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="G1" workbookViewId="0">
-      <selection activeCell="AL6" sqref="AL6"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="AL7" sqref="AL7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.140625" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="17.7109375" style="1" customWidth="1"/>
-    <col min="2" max="33" width="11.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.5703125" style="1" customWidth="1"/>
+    <col min="3" max="14" width="11.5703125" style="1" hidden="1" customWidth="1"/>
+    <col min="15" max="33" width="11.5703125" style="1" customWidth="1"/>
     <col min="34" max="34" width="12.7109375" style="1" customWidth="1"/>
     <col min="35" max="35" width="8.7109375" style="51" customWidth="1"/>
     <col min="36" max="36" width="11.5703125" style="1" customWidth="1"/>
     <col min="37" max="37" width="12.7109375" style="1" customWidth="1"/>
     <col min="38" max="38" width="8.7109375" style="51" customWidth="1"/>
-    <col min="39" max="16384" width="10.140625" style="1"/>
+    <col min="39" max="39" width="11.5703125" style="51" customWidth="1"/>
+    <col min="40" max="40" width="12.7109375" style="51" customWidth="1"/>
+    <col min="41" max="41" width="8.7109375" style="51" customWidth="1"/>
+    <col min="42" max="16384" width="10.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" s="21" customFormat="1" ht="18.75" customHeight="1">
+    <row r="1" spans="1:41" s="21" customFormat="1" ht="18.75" customHeight="1">
       <c r="A1" s="35" t="s">
         <v>117</v>
       </c>
       <c r="B1" s="22"/>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
       <c r="H1" s="22"/>
       <c r="I1" s="22"/>
       <c r="J1" s="22"/>
       <c r="K1" s="22"/>
       <c r="L1" s="22"/>
       <c r="M1" s="22"/>
       <c r="N1" s="22"/>
       <c r="O1" s="22"/>
       <c r="P1" s="22"/>
       <c r="Q1" s="22"/>
       <c r="R1" s="22"/>
       <c r="S1" s="22"/>
       <c r="T1" s="22"/>
       <c r="U1" s="22"/>
       <c r="V1" s="22"/>
       <c r="W1" s="22"/>
       <c r="X1" s="22"/>
       <c r="Y1" s="22"/>
       <c r="Z1" s="22"/>
       <c r="AA1" s="22"/>
       <c r="AB1" s="22"/>
       <c r="AC1" s="22"/>
       <c r="AD1" s="22"/>
       <c r="AE1" s="22"/>
       <c r="AF1" s="22"/>
       <c r="AG1" s="22"/>
       <c r="AH1" s="22"/>
       <c r="AI1" s="44"/>
       <c r="AJ1" s="22"/>
       <c r="AK1" s="22"/>
       <c r="AL1" s="44"/>
+      <c r="AM1" s="44"/>
+      <c r="AN1" s="44"/>
+      <c r="AO1" s="44"/>
     </row>
-    <row r="2" spans="1:38" s="21" customFormat="1" ht="18.75" customHeight="1">
+    <row r="2" spans="1:41" s="21" customFormat="1" ht="18.75" customHeight="1">
       <c r="A2" s="23" t="s">
         <v>115</v>
       </c>
       <c r="B2" s="23"/>
       <c r="C2" s="23"/>
       <c r="D2" s="23"/>
       <c r="E2" s="23"/>
       <c r="F2" s="23"/>
       <c r="G2" s="23"/>
       <c r="H2" s="23"/>
       <c r="I2" s="23"/>
       <c r="J2" s="23"/>
       <c r="K2" s="23"/>
       <c r="L2" s="23"/>
       <c r="M2" s="23"/>
       <c r="N2" s="23"/>
       <c r="O2" s="23"/>
       <c r="P2" s="23"/>
       <c r="Q2" s="23"/>
       <c r="R2" s="23"/>
       <c r="S2" s="23"/>
       <c r="T2" s="23"/>
       <c r="U2" s="23"/>
       <c r="V2" s="23"/>
       <c r="W2" s="23"/>
       <c r="X2" s="23"/>
       <c r="Y2" s="23"/>
       <c r="Z2" s="23"/>
       <c r="AA2" s="23"/>
       <c r="AB2" s="23"/>
       <c r="AC2" s="23"/>
       <c r="AD2" s="23"/>
       <c r="AE2" s="23"/>
       <c r="AF2" s="23"/>
       <c r="AG2" s="23"/>
       <c r="AH2" s="23"/>
       <c r="AI2" s="45"/>
       <c r="AJ2" s="23"/>
       <c r="AK2" s="23"/>
       <c r="AL2" s="45"/>
+      <c r="AM2" s="45"/>
+      <c r="AN2" s="45"/>
+      <c r="AO2" s="45"/>
     </row>
-    <row r="3" spans="1:38" s="21" customFormat="1" ht="18.75" customHeight="1">
+    <row r="3" spans="1:41" s="21" customFormat="1" ht="18.75" customHeight="1">
       <c r="A3" s="23"/>
       <c r="B3" s="23"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="23"/>
       <c r="J3" s="23"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23"/>
       <c r="M3" s="23"/>
       <c r="N3" s="23"/>
       <c r="O3" s="23"/>
       <c r="P3" s="23"/>
       <c r="Q3" s="23"/>
       <c r="R3" s="23"/>
       <c r="S3" s="23"/>
       <c r="T3" s="23"/>
       <c r="U3" s="23"/>
       <c r="V3" s="23"/>
       <c r="W3" s="23"/>
       <c r="X3" s="23"/>
       <c r="Y3" s="23"/>
       <c r="Z3" s="23"/>
       <c r="AA3" s="23"/>
       <c r="AB3" s="23"/>
       <c r="AC3" s="23"/>
       <c r="AD3" s="23"/>
       <c r="AE3" s="23"/>
       <c r="AF3" s="23"/>
       <c r="AG3" s="23"/>
       <c r="AH3" s="23"/>
       <c r="AI3" s="45"/>
       <c r="AJ3" s="23"/>
       <c r="AK3" s="23"/>
       <c r="AL3" s="45"/>
+      <c r="AM3" s="45"/>
+      <c r="AN3" s="45"/>
+      <c r="AO3" s="45"/>
     </row>
-    <row r="4" spans="1:38" s="38" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A4" s="58" t="s">
+    <row r="4" spans="1:41" s="38" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A4" s="60" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="60" t="s">
+      <c r="B4" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="52">
+      <c r="C4" s="54">
         <v>2555</v>
       </c>
-      <c r="D4" s="53"/>
-[...1 lines deleted...]
-      <c r="F4" s="52">
+      <c r="D4" s="55"/>
+      <c r="E4" s="55"/>
+      <c r="F4" s="54">
         <v>2556</v>
       </c>
-      <c r="G4" s="53"/>
-[...1 lines deleted...]
-      <c r="I4" s="52">
+      <c r="G4" s="55"/>
+      <c r="H4" s="55"/>
+      <c r="I4" s="54">
         <v>2557</v>
       </c>
-      <c r="J4" s="53"/>
-[...1 lines deleted...]
-      <c r="L4" s="52">
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="54">
         <v>2558</v>
       </c>
-      <c r="M4" s="53"/>
-[...1 lines deleted...]
-      <c r="O4" s="52">
+      <c r="M4" s="55"/>
+      <c r="N4" s="55"/>
+      <c r="O4" s="54">
         <v>2559</v>
       </c>
-      <c r="P4" s="53"/>
-[...1 lines deleted...]
-      <c r="R4" s="52">
+      <c r="P4" s="55"/>
+      <c r="Q4" s="55"/>
+      <c r="R4" s="54">
         <v>2560</v>
       </c>
-      <c r="S4" s="53"/>
-[...1 lines deleted...]
-      <c r="U4" s="52">
+      <c r="S4" s="55"/>
+      <c r="T4" s="55"/>
+      <c r="U4" s="54">
         <v>2561</v>
       </c>
-      <c r="V4" s="53"/>
-[...1 lines deleted...]
-      <c r="X4" s="52">
+      <c r="V4" s="55"/>
+      <c r="W4" s="55"/>
+      <c r="X4" s="54">
         <v>2562</v>
       </c>
-      <c r="Y4" s="53"/>
-[...1 lines deleted...]
-      <c r="AA4" s="52">
+      <c r="Y4" s="55"/>
+      <c r="Z4" s="56"/>
+      <c r="AA4" s="54">
         <v>2563</v>
       </c>
-      <c r="AB4" s="53"/>
-[...1 lines deleted...]
-      <c r="AD4" s="52">
+      <c r="AB4" s="55"/>
+      <c r="AC4" s="56"/>
+      <c r="AD4" s="54">
         <v>2564</v>
       </c>
-      <c r="AE4" s="53"/>
-[...1 lines deleted...]
-      <c r="AG4" s="52">
+      <c r="AE4" s="55"/>
+      <c r="AF4" s="56"/>
+      <c r="AG4" s="54">
         <v>2565</v>
       </c>
-      <c r="AH4" s="53"/>
-[...1 lines deleted...]
-      <c r="AJ4" s="52">
+      <c r="AH4" s="55"/>
+      <c r="AI4" s="56"/>
+      <c r="AJ4" s="54">
         <v>2566</v>
       </c>
-      <c r="AK4" s="53"/>
-      <c r="AL4" s="54"/>
+      <c r="AK4" s="55"/>
+      <c r="AL4" s="56"/>
+      <c r="AM4" s="65">
+        <v>2567</v>
+      </c>
+      <c r="AN4" s="66"/>
+      <c r="AO4" s="67"/>
     </row>
-    <row r="5" spans="1:38" s="39" customFormat="1" ht="27.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B5" s="61"/>
+    <row r="5" spans="1:41" s="39" customFormat="1" ht="27.75" customHeight="1">
+      <c r="A5" s="61"/>
+      <c r="B5" s="63"/>
       <c r="C5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="37" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="37" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="G5" s="37" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="37" t="s">
         <v>4</v>
       </c>
       <c r="I5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="J5" s="37" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="37" t="s">
@@ -1538,56 +1582,65 @@
       </c>
       <c r="AE5" s="37" t="s">
         <v>3</v>
       </c>
       <c r="AF5" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AG5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="AH5" s="37" t="s">
         <v>3</v>
       </c>
       <c r="AI5" s="46" t="s">
         <v>4</v>
       </c>
       <c r="AJ5" s="37" t="s">
         <v>2</v>
       </c>
       <c r="AK5" s="37" t="s">
         <v>3</v>
       </c>
       <c r="AL5" s="46" t="s">
         <v>4</v>
       </c>
+      <c r="AM5" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="AN5" s="68" t="s">
+        <v>3</v>
+      </c>
+      <c r="AO5" s="46" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="6" spans="1:38" ht="18.75" customHeight="1">
+    <row r="6" spans="1:41" ht="18.75" customHeight="1">
       <c r="A6" s="24" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="24" t="s">
+      <c r="B6" s="64" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="25">
         <v>801737</v>
       </c>
       <c r="D6" s="25">
         <v>783248</v>
       </c>
       <c r="E6" s="26">
         <v>97.693882158363706</v>
       </c>
       <c r="F6" s="25">
         <v>748081</v>
       </c>
       <c r="G6" s="25">
         <v>711108</v>
       </c>
       <c r="H6" s="26">
         <v>95.057620765665803</v>
       </c>
       <c r="I6" s="25">
         <v>711805</v>
       </c>
       <c r="J6" s="25">
         <v>690310</v>
@@ -1645,65 +1698,74 @@
       </c>
       <c r="AB6" s="25">
         <v>562815</v>
       </c>
       <c r="AC6" s="28">
         <v>98.9</v>
       </c>
       <c r="AD6" s="25">
         <v>526469</v>
       </c>
       <c r="AE6" s="25">
         <v>522469</v>
       </c>
       <c r="AF6" s="28">
         <v>99.240221171616938</v>
       </c>
       <c r="AG6" s="25">
         <v>485085</v>
       </c>
       <c r="AH6" s="25">
         <v>480663</v>
       </c>
       <c r="AI6" s="47">
         <v>99.1</v>
       </c>
-      <c r="AJ6" s="62">
+      <c r="AJ6" s="52">
         <v>498988</v>
       </c>
-      <c r="AK6" s="62">
-        <v>480663</v>
+      <c r="AK6" s="52">
+        <v>495107</v>
       </c>
       <c r="AL6" s="47">
         <v>99.2</v>
       </c>
+      <c r="AM6" s="52">
+        <v>441631</v>
+      </c>
+      <c r="AN6" s="52">
+        <v>438347</v>
+      </c>
+      <c r="AO6" s="47">
+        <v>99.3</v>
+      </c>
     </row>
-    <row r="7" spans="1:38" ht="18.75" customHeight="1">
+    <row r="7" spans="1:41" ht="21" customHeight="1">
       <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="24" t="s">
+      <c r="B7" s="64" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="25">
         <v>103280</v>
       </c>
       <c r="D7" s="25">
         <v>102156</v>
       </c>
       <c r="E7" s="26">
         <v>98.911696359411295</v>
       </c>
       <c r="F7" s="25">
         <v>93829</v>
       </c>
       <c r="G7" s="25">
         <v>88558</v>
       </c>
       <c r="H7" s="26">
         <v>94.382333820034304</v>
       </c>
       <c r="I7" s="25">
         <v>88242</v>
       </c>
       <c r="J7" s="25">
         <v>86572</v>
@@ -1761,62 +1823,71 @@
       </c>
       <c r="AB7" s="25">
         <v>68184</v>
       </c>
       <c r="AC7" s="28">
         <v>99.7</v>
       </c>
       <c r="AD7" s="25">
         <v>58674</v>
       </c>
       <c r="AE7" s="25">
         <v>58582</v>
       </c>
       <c r="AF7" s="28">
         <v>99.843201418004568</v>
       </c>
       <c r="AG7" s="25">
         <v>52338</v>
       </c>
       <c r="AH7" s="25">
         <v>52195</v>
       </c>
       <c r="AI7" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ7" s="62">
+      <c r="AJ7" s="52">
         <v>53560</v>
       </c>
-      <c r="AK7" s="62">
+      <c r="AK7" s="52">
         <v>53363</v>
       </c>
       <c r="AL7" s="47">
         <v>99.6</v>
       </c>
+      <c r="AM7" s="52">
+        <v>48812</v>
+      </c>
+      <c r="AN7" s="52">
+        <v>48605</v>
+      </c>
+      <c r="AO7" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="8" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A8" s="55" t="s">
+    <row r="8" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A8" s="57" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="25">
         <v>211742</v>
       </c>
       <c r="D8" s="25">
         <v>208795</v>
       </c>
       <c r="E8" s="26">
         <v>98.6082118804961</v>
       </c>
       <c r="F8" s="25">
         <v>194471</v>
       </c>
       <c r="G8" s="25">
         <v>188365</v>
       </c>
       <c r="H8" s="26">
         <v>96.860200235510703</v>
       </c>
       <c r="I8" s="25">
         <v>187758</v>
@@ -1877,62 +1948,71 @@
       </c>
       <c r="AB8" s="25">
         <v>154207</v>
       </c>
       <c r="AC8" s="28">
         <v>99.7</v>
       </c>
       <c r="AD8" s="25">
         <v>142595</v>
       </c>
       <c r="AE8" s="25">
         <v>142185</v>
       </c>
       <c r="AF8" s="28">
         <v>99.71247238682983</v>
       </c>
       <c r="AG8" s="25">
         <v>132325</v>
       </c>
       <c r="AH8" s="25">
         <v>131671</v>
       </c>
       <c r="AI8" s="47">
         <v>99.5</v>
       </c>
-      <c r="AJ8" s="62">
+      <c r="AJ8" s="52">
         <v>139859</v>
       </c>
-      <c r="AK8" s="62">
+      <c r="AK8" s="52">
         <v>139043</v>
       </c>
       <c r="AL8" s="47">
         <v>99.4</v>
       </c>
+      <c r="AM8" s="52">
+        <v>124608</v>
+      </c>
+      <c r="AN8" s="52">
+        <v>123919</v>
+      </c>
+      <c r="AO8" s="47">
+        <v>99.4</v>
+      </c>
     </row>
-    <row r="9" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A9" s="56"/>
+    <row r="9" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A9" s="58"/>
       <c r="B9" s="24" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="25">
         <v>16798</v>
       </c>
       <c r="D9" s="25">
         <v>16735</v>
       </c>
       <c r="E9" s="26">
         <v>99.624955351827595</v>
       </c>
       <c r="F9" s="25">
         <v>14638</v>
       </c>
       <c r="G9" s="25">
         <v>13166</v>
       </c>
       <c r="H9" s="26">
         <v>89.9439814182265</v>
       </c>
       <c r="I9" s="25">
         <v>13938</v>
       </c>
       <c r="J9" s="25">
@@ -1991,62 +2071,71 @@
       </c>
       <c r="AB9" s="25">
         <v>11838</v>
       </c>
       <c r="AC9" s="28">
         <v>99.4</v>
       </c>
       <c r="AD9" s="25">
         <v>11324</v>
       </c>
       <c r="AE9" s="25">
         <v>11297</v>
       </c>
       <c r="AF9" s="28">
         <v>99.761568350406222</v>
       </c>
       <c r="AG9" s="25">
         <v>10803</v>
       </c>
       <c r="AH9" s="25">
         <v>10783</v>
       </c>
       <c r="AI9" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ9" s="62">
+      <c r="AJ9" s="52">
         <v>11726</v>
       </c>
-      <c r="AK9" s="62">
+      <c r="AK9" s="52">
         <v>11707</v>
       </c>
       <c r="AL9" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM9" s="52">
+        <v>10444</v>
+      </c>
+      <c r="AN9" s="52">
+        <v>10435</v>
+      </c>
+      <c r="AO9" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="10" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A10" s="56"/>
+    <row r="10" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A10" s="58"/>
       <c r="B10" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="25">
         <v>11358</v>
       </c>
       <c r="D10" s="25">
         <v>11319</v>
       </c>
       <c r="E10" s="26">
         <v>99.656629688325395</v>
       </c>
       <c r="F10" s="25">
         <v>9899</v>
       </c>
       <c r="G10" s="25">
         <v>9888</v>
       </c>
       <c r="H10" s="26">
         <v>99.8888776644106</v>
       </c>
       <c r="I10" s="25">
         <v>9169</v>
       </c>
       <c r="J10" s="25">
@@ -2105,62 +2194,71 @@
       </c>
       <c r="AB10" s="25">
         <v>7918</v>
       </c>
       <c r="AC10" s="28">
         <v>99.9</v>
       </c>
       <c r="AD10" s="25">
         <v>7330</v>
       </c>
       <c r="AE10" s="25">
         <v>7319</v>
       </c>
       <c r="AF10" s="28">
         <v>99.84993178717599</v>
       </c>
       <c r="AG10" s="25">
         <v>6683</v>
       </c>
       <c r="AH10" s="25">
         <v>6655</v>
       </c>
       <c r="AI10" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ10" s="62">
+      <c r="AJ10" s="52">
         <v>6893</v>
       </c>
-      <c r="AK10" s="62">
+      <c r="AK10" s="52">
         <v>6841</v>
       </c>
       <c r="AL10" s="47">
         <v>99.2</v>
       </c>
+      <c r="AM10" s="52">
+        <v>6299</v>
+      </c>
+      <c r="AN10" s="52">
+        <v>6282</v>
+      </c>
+      <c r="AO10" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="11" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A11" s="56"/>
+    <row r="11" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A11" s="58"/>
       <c r="B11" s="24" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="25">
         <v>11794</v>
       </c>
       <c r="D11" s="25">
         <v>11737</v>
       </c>
       <c r="E11" s="26">
         <v>99.516703408512797</v>
       </c>
       <c r="F11" s="25">
         <v>11226</v>
       </c>
       <c r="G11" s="25">
         <v>10755</v>
       </c>
       <c r="H11" s="26">
         <v>95.804382683057199</v>
       </c>
       <c r="I11" s="25">
         <v>10777</v>
       </c>
       <c r="J11" s="25">
@@ -2219,62 +2317,71 @@
       </c>
       <c r="AB11" s="25">
         <v>9751</v>
       </c>
       <c r="AC11" s="28">
         <v>99.9</v>
       </c>
       <c r="AD11" s="25">
         <v>9152</v>
       </c>
       <c r="AE11" s="25">
         <v>9129</v>
       </c>
       <c r="AF11" s="28">
         <v>99.748688811188813</v>
       </c>
       <c r="AG11" s="25">
         <v>8890</v>
       </c>
       <c r="AH11" s="25">
         <v>8875</v>
       </c>
       <c r="AI11" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ11" s="62">
+      <c r="AJ11" s="52">
         <v>9493</v>
       </c>
-      <c r="AK11" s="62">
+      <c r="AK11" s="52">
         <v>9479</v>
       </c>
       <c r="AL11" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM11" s="52">
+        <v>8849</v>
+      </c>
+      <c r="AN11" s="52">
+        <v>8838</v>
+      </c>
+      <c r="AO11" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="12" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A12" s="56"/>
+    <row r="12" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A12" s="58"/>
       <c r="B12" s="24" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="25">
         <v>8881</v>
       </c>
       <c r="D12" s="25">
         <v>8663</v>
       </c>
       <c r="E12" s="26">
         <v>97.545321472807103</v>
       </c>
       <c r="F12" s="25">
         <v>8532</v>
       </c>
       <c r="G12" s="25">
         <v>8071</v>
       </c>
       <c r="H12" s="26">
         <v>94.596812001875307</v>
       </c>
       <c r="I12" s="25">
         <v>8335</v>
       </c>
       <c r="J12" s="25">
@@ -2333,62 +2440,71 @@
       </c>
       <c r="AB12" s="25">
         <v>6610</v>
       </c>
       <c r="AC12" s="28">
         <v>99.9</v>
       </c>
       <c r="AD12" s="25">
         <v>5807</v>
       </c>
       <c r="AE12" s="25">
         <v>5788</v>
       </c>
       <c r="AF12" s="28">
         <v>99.672808679180307</v>
       </c>
       <c r="AG12" s="25">
         <v>5475</v>
       </c>
       <c r="AH12" s="25">
         <v>5424</v>
       </c>
       <c r="AI12" s="47">
         <v>99.1</v>
       </c>
-      <c r="AJ12" s="62">
+      <c r="AJ12" s="52">
         <v>5874</v>
       </c>
-      <c r="AK12" s="62">
+      <c r="AK12" s="52">
         <v>5703</v>
       </c>
       <c r="AL12" s="47">
         <v>97.1</v>
       </c>
+      <c r="AM12" s="52">
+        <v>5151</v>
+      </c>
+      <c r="AN12" s="52">
+        <v>5040</v>
+      </c>
+      <c r="AO12" s="47">
+        <v>97.8</v>
+      </c>
     </row>
-    <row r="13" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A13" s="56"/>
+    <row r="13" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A13" s="58"/>
       <c r="B13" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="25">
         <v>2831</v>
       </c>
       <c r="D13" s="25">
         <v>2823</v>
       </c>
       <c r="E13" s="26">
         <v>99.717414341222195</v>
       </c>
       <c r="F13" s="25">
         <v>2575</v>
       </c>
       <c r="G13" s="25">
         <v>2567</v>
       </c>
       <c r="H13" s="26">
         <v>99.6893203883495</v>
       </c>
       <c r="I13" s="25">
         <v>2385</v>
       </c>
       <c r="J13" s="25">
@@ -2447,62 +2563,71 @@
       </c>
       <c r="AB13" s="25">
         <v>1659</v>
       </c>
       <c r="AC13" s="28">
         <v>99.9</v>
       </c>
       <c r="AD13" s="25">
         <v>1545</v>
       </c>
       <c r="AE13" s="25">
         <v>1545</v>
       </c>
       <c r="AF13" s="28">
         <v>100</v>
       </c>
       <c r="AG13" s="25">
         <v>1445</v>
       </c>
       <c r="AH13" s="25">
         <v>1444</v>
       </c>
       <c r="AI13" s="47">
         <v>99.9</v>
       </c>
-      <c r="AJ13" s="62">
+      <c r="AJ13" s="52">
         <v>1436</v>
       </c>
-      <c r="AK13" s="62">
+      <c r="AK13" s="52">
         <v>1435</v>
       </c>
       <c r="AL13" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM13" s="52">
+        <v>1265</v>
+      </c>
+      <c r="AN13" s="52">
+        <v>1263</v>
+      </c>
+      <c r="AO13" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="14" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A14" s="56"/>
+    <row r="14" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A14" s="58"/>
       <c r="B14" s="24" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="25">
         <v>7678</v>
       </c>
       <c r="D14" s="25">
         <v>7655</v>
       </c>
       <c r="E14" s="26">
         <v>99.700442823651997</v>
       </c>
       <c r="F14" s="25">
         <v>7222</v>
       </c>
       <c r="G14" s="25">
         <v>7201</v>
       </c>
       <c r="H14" s="26">
         <v>99.709221822209898</v>
       </c>
       <c r="I14" s="25">
         <v>6754</v>
       </c>
       <c r="J14" s="25">
@@ -2561,62 +2686,71 @@
       </c>
       <c r="AB14" s="25">
         <v>5269</v>
       </c>
       <c r="AC14" s="28">
         <v>99.8</v>
       </c>
       <c r="AD14" s="25">
         <v>4698</v>
       </c>
       <c r="AE14" s="25">
         <v>4690</v>
       </c>
       <c r="AF14" s="28">
         <v>99.829714772243506</v>
       </c>
       <c r="AG14" s="25">
         <v>4380</v>
       </c>
       <c r="AH14" s="25">
         <v>4369</v>
       </c>
       <c r="AI14" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ14" s="62">
+      <c r="AJ14" s="52">
         <v>4566</v>
       </c>
-      <c r="AK14" s="62">
+      <c r="AK14" s="52">
         <v>4557</v>
       </c>
       <c r="AL14" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM14" s="52">
+        <v>3954</v>
+      </c>
+      <c r="AN14" s="52">
+        <v>3946</v>
+      </c>
+      <c r="AO14" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="15" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A15" s="56"/>
+    <row r="15" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A15" s="58"/>
       <c r="B15" s="24" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="25">
         <v>2148</v>
       </c>
       <c r="D15" s="25">
         <v>2140</v>
       </c>
       <c r="E15" s="26">
         <v>99.627560521415305</v>
       </c>
       <c r="F15" s="25">
         <v>2090</v>
       </c>
       <c r="G15" s="25">
         <v>2090</v>
       </c>
       <c r="H15" s="26">
         <v>100</v>
       </c>
       <c r="I15" s="25">
         <v>1985</v>
       </c>
       <c r="J15" s="25">
@@ -2675,62 +2809,71 @@
       </c>
       <c r="AB15" s="25">
         <v>1614</v>
       </c>
       <c r="AC15" s="28">
         <v>99.8</v>
       </c>
       <c r="AD15" s="25">
         <v>1435</v>
       </c>
       <c r="AE15" s="25">
         <v>1432</v>
       </c>
       <c r="AF15" s="28">
         <v>99.79094076655052</v>
       </c>
       <c r="AG15" s="25">
         <v>1263</v>
       </c>
       <c r="AH15" s="25">
         <v>1261</v>
       </c>
       <c r="AI15" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ15" s="62">
+      <c r="AJ15" s="52">
         <v>1331</v>
       </c>
-      <c r="AK15" s="62">
+      <c r="AK15" s="52">
         <v>1328</v>
       </c>
       <c r="AL15" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM15" s="52">
+        <v>1142</v>
+      </c>
+      <c r="AN15" s="52">
+        <v>1141</v>
+      </c>
+      <c r="AO15" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="16" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A16" s="56"/>
+    <row r="16" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A16" s="58"/>
       <c r="B16" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="25">
         <v>2931</v>
       </c>
       <c r="D16" s="25">
         <v>2914</v>
       </c>
       <c r="E16" s="26">
         <v>99.419993176390307</v>
       </c>
       <c r="F16" s="25">
         <v>2729</v>
       </c>
       <c r="G16" s="25">
         <v>2708</v>
       </c>
       <c r="H16" s="26">
         <v>99.230487358006599</v>
       </c>
       <c r="I16" s="25">
         <v>2599</v>
       </c>
       <c r="J16" s="25">
@@ -2789,62 +2932,71 @@
       </c>
       <c r="AB16" s="25">
         <v>1575</v>
       </c>
       <c r="AC16" s="28">
         <v>99.8</v>
       </c>
       <c r="AD16" s="25">
         <v>1376</v>
       </c>
       <c r="AE16" s="25">
         <v>1374</v>
       </c>
       <c r="AF16" s="28">
         <v>99.854651162790702</v>
       </c>
       <c r="AG16" s="25">
         <v>1316</v>
       </c>
       <c r="AH16" s="25">
         <v>1311</v>
       </c>
       <c r="AI16" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ16" s="62">
+      <c r="AJ16" s="52">
         <v>1409</v>
       </c>
-      <c r="AK16" s="62">
+      <c r="AK16" s="52">
         <v>1408</v>
       </c>
       <c r="AL16" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM16" s="52">
+        <v>1151</v>
+      </c>
+      <c r="AN16" s="52">
+        <v>1151</v>
+      </c>
+      <c r="AO16" s="47">
+        <v>100</v>
+      </c>
     </row>
-    <row r="17" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A17" s="56"/>
+    <row r="17" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A17" s="58"/>
       <c r="B17" s="24" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="25">
         <v>8416</v>
       </c>
       <c r="D17" s="25">
         <v>8391</v>
       </c>
       <c r="E17" s="26">
         <v>99.702946768060798</v>
       </c>
       <c r="F17" s="25">
         <v>7908</v>
       </c>
       <c r="G17" s="25">
         <v>7898</v>
       </c>
       <c r="H17" s="26">
         <v>99.873545776428898</v>
       </c>
       <c r="I17" s="25">
         <v>7668</v>
       </c>
       <c r="J17" s="25">
@@ -2903,62 +3055,71 @@
       </c>
       <c r="AB17" s="25">
         <v>6036</v>
       </c>
       <c r="AC17" s="28">
         <v>99.8</v>
       </c>
       <c r="AD17" s="25">
         <v>5711</v>
       </c>
       <c r="AE17" s="25">
         <v>5699</v>
       </c>
       <c r="AF17" s="28">
         <v>99.7898791805288</v>
       </c>
       <c r="AG17" s="25">
         <v>5171</v>
       </c>
       <c r="AH17" s="25">
         <v>5164</v>
       </c>
       <c r="AI17" s="47">
         <v>99.9</v>
       </c>
-      <c r="AJ17" s="62">
+      <c r="AJ17" s="52">
         <v>5372</v>
       </c>
-      <c r="AK17" s="62">
+      <c r="AK17" s="52">
         <v>5368</v>
       </c>
       <c r="AL17" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM17" s="52">
+        <v>4718</v>
+      </c>
+      <c r="AN17" s="52">
+        <v>4713</v>
+      </c>
+      <c r="AO17" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="18" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A18" s="56"/>
+    <row r="18" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A18" s="58"/>
       <c r="B18" s="24" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="25">
         <v>30487</v>
       </c>
       <c r="D18" s="25">
         <v>30393</v>
       </c>
       <c r="E18" s="26">
         <v>99.691671860137106</v>
       </c>
       <c r="F18" s="25">
         <v>29303</v>
       </c>
       <c r="G18" s="25">
         <v>28289</v>
       </c>
       <c r="H18" s="26">
         <v>96.539603453571303</v>
       </c>
       <c r="I18" s="25">
         <v>29550</v>
       </c>
       <c r="J18" s="25">
@@ -3017,62 +3178,71 @@
       </c>
       <c r="AB18" s="25">
         <v>24769</v>
       </c>
       <c r="AC18" s="28">
         <v>99.8</v>
       </c>
       <c r="AD18" s="25">
         <v>22389</v>
       </c>
       <c r="AE18" s="25">
         <v>22328</v>
       </c>
       <c r="AF18" s="28">
         <v>99.727544776452717</v>
       </c>
       <c r="AG18" s="25">
         <v>20503</v>
       </c>
       <c r="AH18" s="25">
         <v>20446</v>
       </c>
       <c r="AI18" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ18" s="62">
+      <c r="AJ18" s="52">
         <v>21722</v>
       </c>
-      <c r="AK18" s="62">
+      <c r="AK18" s="52">
         <v>21651</v>
       </c>
       <c r="AL18" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM18" s="52">
+        <v>19449</v>
+      </c>
+      <c r="AN18" s="52">
+        <v>19390</v>
+      </c>
+      <c r="AO18" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="19" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A19" s="56"/>
+    <row r="19" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A19" s="58"/>
       <c r="B19" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="25">
         <v>10174</v>
       </c>
       <c r="D19" s="25">
         <v>10126</v>
       </c>
       <c r="E19" s="26">
         <v>99.528209160605499</v>
       </c>
       <c r="F19" s="25">
         <v>9633</v>
       </c>
       <c r="G19" s="25">
         <v>9613</v>
       </c>
       <c r="H19" s="26">
         <v>99.792380359182005</v>
       </c>
       <c r="I19" s="25">
         <v>9236</v>
       </c>
       <c r="J19" s="25">
@@ -3131,62 +3301,71 @@
       </c>
       <c r="AB19" s="25">
         <v>7906</v>
       </c>
       <c r="AC19" s="28">
         <v>99.5</v>
       </c>
       <c r="AD19" s="25">
         <v>7425</v>
       </c>
       <c r="AE19" s="25">
         <v>7399</v>
       </c>
       <c r="AF19" s="28">
         <v>99.649831649831654</v>
       </c>
       <c r="AG19" s="25">
         <v>6898</v>
       </c>
       <c r="AH19" s="25">
         <v>6868</v>
       </c>
       <c r="AI19" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ19" s="62">
+      <c r="AJ19" s="52">
         <v>7824</v>
       </c>
-      <c r="AK19" s="62">
+      <c r="AK19" s="52">
         <v>7791</v>
       </c>
       <c r="AL19" s="47">
         <v>99.6</v>
       </c>
+      <c r="AM19" s="52">
+        <v>7521</v>
+      </c>
+      <c r="AN19" s="52">
+        <v>7494</v>
+      </c>
+      <c r="AO19" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="20" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A20" s="56"/>
+    <row r="20" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A20" s="58"/>
       <c r="B20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="25">
         <v>6735</v>
       </c>
       <c r="D20" s="25">
         <v>6701</v>
       </c>
       <c r="E20" s="26">
         <v>99.495174461766894</v>
       </c>
       <c r="F20" s="25">
         <v>6390</v>
       </c>
       <c r="G20" s="25">
         <v>6062</v>
       </c>
       <c r="H20" s="26">
         <v>94.8669796557121</v>
       </c>
       <c r="I20" s="25">
         <v>6077</v>
       </c>
       <c r="J20" s="25">
@@ -3245,62 +3424,71 @@
       </c>
       <c r="AB20" s="25">
         <v>5279</v>
       </c>
       <c r="AC20" s="28">
         <v>99.9</v>
       </c>
       <c r="AD20" s="25">
         <v>4918</v>
       </c>
       <c r="AE20" s="25">
         <v>4915</v>
       </c>
       <c r="AF20" s="28">
         <v>99.938999593330621</v>
       </c>
       <c r="AG20" s="25">
         <v>4535</v>
       </c>
       <c r="AH20" s="25">
         <v>4531</v>
       </c>
       <c r="AI20" s="47">
         <v>99.9</v>
       </c>
-      <c r="AJ20" s="62">
+      <c r="AJ20" s="52">
         <v>4785</v>
       </c>
-      <c r="AK20" s="62">
+      <c r="AK20" s="52">
         <v>4780</v>
       </c>
       <c r="AL20" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM20" s="52">
+        <v>4258</v>
+      </c>
+      <c r="AN20" s="52">
+        <v>4252</v>
+      </c>
+      <c r="AO20" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="21" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A21" s="56"/>
+    <row r="21" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A21" s="58"/>
       <c r="B21" s="24" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="25">
         <v>2685</v>
       </c>
       <c r="D21" s="25">
         <v>2670</v>
       </c>
       <c r="E21" s="26">
         <v>99.441340782122893</v>
       </c>
       <c r="F21" s="25">
         <v>2300</v>
       </c>
       <c r="G21" s="25">
         <v>2294</v>
       </c>
       <c r="H21" s="26">
         <v>99.739130434782595</v>
       </c>
       <c r="I21" s="25">
         <v>2220</v>
       </c>
       <c r="J21" s="25">
@@ -3359,62 +3547,71 @@
       </c>
       <c r="AB21" s="25">
         <v>1722</v>
       </c>
       <c r="AC21" s="28">
         <v>99.8</v>
       </c>
       <c r="AD21" s="25">
         <v>1689</v>
       </c>
       <c r="AE21" s="25">
         <v>1688</v>
       </c>
       <c r="AF21" s="28">
         <v>99.940793368857314</v>
       </c>
       <c r="AG21" s="25">
         <v>1547</v>
       </c>
       <c r="AH21" s="25">
         <v>1543</v>
       </c>
       <c r="AI21" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ21" s="62">
+      <c r="AJ21" s="52">
         <v>1555</v>
       </c>
-      <c r="AK21" s="62">
+      <c r="AK21" s="52">
         <v>1554</v>
       </c>
       <c r="AL21" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM21" s="52">
+        <v>1364</v>
+      </c>
+      <c r="AN21" s="52">
+        <v>1360</v>
+      </c>
+      <c r="AO21" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="22" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A22" s="56"/>
+    <row r="22" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A22" s="58"/>
       <c r="B22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="25">
         <v>8799</v>
       </c>
       <c r="D22" s="25">
         <v>8749</v>
       </c>
       <c r="E22" s="26">
         <v>99.431753608364602</v>
       </c>
       <c r="F22" s="25">
         <v>8042</v>
       </c>
       <c r="G22" s="25">
         <v>7916</v>
       </c>
       <c r="H22" s="26">
         <v>98.433225565779694</v>
       </c>
       <c r="I22" s="25">
         <v>7983</v>
       </c>
       <c r="J22" s="25">
@@ -3473,62 +3670,71 @@
       </c>
       <c r="AB22" s="25">
         <v>6570</v>
       </c>
       <c r="AC22" s="28">
         <v>99.5</v>
       </c>
       <c r="AD22" s="25">
         <v>6214</v>
       </c>
       <c r="AE22" s="25">
         <v>6196</v>
       </c>
       <c r="AF22" s="28">
         <v>99.710331509494694</v>
       </c>
       <c r="AG22" s="25">
         <v>5736</v>
       </c>
       <c r="AH22" s="25">
         <v>5732</v>
       </c>
       <c r="AI22" s="47">
         <v>99.9</v>
       </c>
-      <c r="AJ22" s="62">
+      <c r="AJ22" s="52">
         <v>6040</v>
       </c>
-      <c r="AK22" s="62">
+      <c r="AK22" s="52">
         <v>6034</v>
       </c>
       <c r="AL22" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM22" s="52">
+        <v>5236</v>
+      </c>
+      <c r="AN22" s="52">
+        <v>5230</v>
+      </c>
+      <c r="AO22" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="23" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A23" s="56"/>
+    <row r="23" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A23" s="58"/>
       <c r="B23" s="24" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="25">
         <v>5804</v>
       </c>
       <c r="D23" s="25">
         <v>5779</v>
       </c>
       <c r="E23" s="26">
         <v>99.569262577532697</v>
       </c>
       <c r="F23" s="25">
         <v>5826</v>
       </c>
       <c r="G23" s="25">
         <v>5813</v>
       </c>
       <c r="H23" s="26">
         <v>99.776862341229005</v>
       </c>
       <c r="I23" s="25">
         <v>5666</v>
       </c>
       <c r="J23" s="25">
@@ -3587,62 +3793,71 @@
       </c>
       <c r="AB23" s="25">
         <v>5145</v>
       </c>
       <c r="AC23" s="28">
         <v>99.8</v>
       </c>
       <c r="AD23" s="25">
         <v>4790</v>
       </c>
       <c r="AE23" s="25">
         <v>4781</v>
       </c>
       <c r="AF23" s="28">
         <v>99.812108559498952</v>
       </c>
       <c r="AG23" s="25">
         <v>4690</v>
       </c>
       <c r="AH23" s="25">
         <v>4688</v>
       </c>
       <c r="AI23" s="47">
         <v>100</v>
       </c>
-      <c r="AJ23" s="62">
+      <c r="AJ23" s="52">
         <v>4668</v>
       </c>
-      <c r="AK23" s="62">
+      <c r="AK23" s="52">
         <v>4662</v>
       </c>
       <c r="AL23" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM23" s="52">
+        <v>4101</v>
+      </c>
+      <c r="AN23" s="52">
+        <v>4095</v>
+      </c>
+      <c r="AO23" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="24" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A24" s="56"/>
+    <row r="24" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A24" s="58"/>
       <c r="B24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="25">
         <v>3664</v>
       </c>
       <c r="D24" s="25">
         <v>3652</v>
       </c>
       <c r="E24" s="26">
         <v>99.672489082969406</v>
       </c>
       <c r="F24" s="25">
         <v>3561</v>
       </c>
       <c r="G24" s="25">
         <v>3552</v>
       </c>
       <c r="H24" s="26">
         <v>99.747262005054793</v>
       </c>
       <c r="I24" s="25">
         <v>3569</v>
       </c>
       <c r="J24" s="25">
@@ -3701,62 +3916,71 @@
       </c>
       <c r="AB24" s="25">
         <v>3101</v>
       </c>
       <c r="AC24" s="28">
         <v>100</v>
       </c>
       <c r="AD24" s="25">
         <v>2735</v>
       </c>
       <c r="AE24" s="25">
         <v>2734</v>
       </c>
       <c r="AF24" s="28">
         <v>99.963436928702009</v>
       </c>
       <c r="AG24" s="25">
         <v>2389</v>
       </c>
       <c r="AH24" s="25">
         <v>2319</v>
       </c>
       <c r="AI24" s="47">
         <v>97.1</v>
       </c>
-      <c r="AJ24" s="62">
+      <c r="AJ24" s="52">
         <v>2542</v>
       </c>
-      <c r="AK24" s="62">
+      <c r="AK24" s="52">
         <v>2316</v>
       </c>
       <c r="AL24" s="47">
         <v>91.1</v>
       </c>
+      <c r="AM24" s="52">
+        <v>2286</v>
+      </c>
+      <c r="AN24" s="52">
+        <v>2050</v>
+      </c>
+      <c r="AO24" s="47">
+        <v>89.7</v>
+      </c>
     </row>
-    <row r="25" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A25" s="56"/>
+    <row r="25" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A25" s="58"/>
       <c r="B25" s="24" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="25">
         <v>6033</v>
       </c>
       <c r="D25" s="25">
         <v>5298</v>
       </c>
       <c r="E25" s="26">
         <v>87.817006464445598</v>
       </c>
       <c r="F25" s="25">
         <v>5767</v>
       </c>
       <c r="G25" s="25">
         <v>5058</v>
       </c>
       <c r="H25" s="26">
         <v>87.705912953008493</v>
       </c>
       <c r="I25" s="25">
         <v>5523</v>
       </c>
       <c r="J25" s="25">
@@ -3815,62 +4039,71 @@
       </c>
       <c r="AB25" s="25">
         <v>4672</v>
       </c>
       <c r="AC25" s="28">
         <v>99.4</v>
       </c>
       <c r="AD25" s="25">
         <v>4417</v>
       </c>
       <c r="AE25" s="25">
         <v>4412</v>
       </c>
       <c r="AF25" s="28">
         <v>99.886800996151237</v>
       </c>
       <c r="AG25" s="25">
         <v>4089</v>
       </c>
       <c r="AH25" s="25">
         <v>4082</v>
       </c>
       <c r="AI25" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ25" s="62">
+      <c r="AJ25" s="52">
         <v>4292</v>
       </c>
-      <c r="AK25" s="62">
+      <c r="AK25" s="52">
         <v>4285</v>
       </c>
       <c r="AL25" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM25" s="52">
+        <v>3684</v>
+      </c>
+      <c r="AN25" s="52">
+        <v>3677</v>
+      </c>
+      <c r="AO25" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="26" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A26" s="56"/>
+    <row r="26" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A26" s="58"/>
       <c r="B26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="25">
         <v>10767</v>
       </c>
       <c r="D26" s="25">
         <v>10639</v>
       </c>
       <c r="E26" s="26">
         <v>98.811182316336996</v>
       </c>
       <c r="F26" s="25">
         <v>9719</v>
       </c>
       <c r="G26" s="25">
         <v>9674</v>
       </c>
       <c r="H26" s="26">
         <v>99.536989402201897</v>
       </c>
       <c r="I26" s="25">
         <v>9473</v>
       </c>
       <c r="J26" s="25">
@@ -3929,62 +4162,71 @@
       </c>
       <c r="AB26" s="25">
         <v>7099</v>
       </c>
       <c r="AC26" s="28">
         <v>99.7</v>
       </c>
       <c r="AD26" s="25">
         <v>6891</v>
       </c>
       <c r="AE26" s="25">
         <v>6869</v>
       </c>
       <c r="AF26" s="28">
         <v>99.680742998113487</v>
       </c>
       <c r="AG26" s="25">
         <v>6171</v>
       </c>
       <c r="AH26" s="25">
         <v>6145</v>
       </c>
       <c r="AI26" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ26" s="62">
+      <c r="AJ26" s="52">
         <v>6456</v>
       </c>
-      <c r="AK26" s="62">
+      <c r="AK26" s="52">
         <v>6436</v>
       </c>
       <c r="AL26" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM26" s="52">
+        <v>5512</v>
+      </c>
+      <c r="AN26" s="52">
+        <v>5494</v>
+      </c>
+      <c r="AO26" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="27" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A27" s="56"/>
+    <row r="27" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A27" s="58"/>
       <c r="B27" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="25">
         <v>9557</v>
       </c>
       <c r="D27" s="25">
         <v>9291</v>
       </c>
       <c r="E27" s="26">
         <v>97.216699801192803</v>
       </c>
       <c r="F27" s="25">
         <v>8401</v>
       </c>
       <c r="G27" s="25">
         <v>8117</v>
       </c>
       <c r="H27" s="26">
         <v>96.619450065468399</v>
       </c>
       <c r="I27" s="25">
         <v>7942</v>
       </c>
       <c r="J27" s="25">
@@ -4043,62 +4285,71 @@
       </c>
       <c r="AB27" s="25">
         <v>6008</v>
       </c>
       <c r="AC27" s="28">
         <v>98.3</v>
       </c>
       <c r="AD27" s="25">
         <v>6019</v>
       </c>
       <c r="AE27" s="25">
         <v>5952</v>
       </c>
       <c r="AF27" s="28">
         <v>98.886858282106658</v>
       </c>
       <c r="AG27" s="25">
         <v>5425</v>
       </c>
       <c r="AH27" s="25">
         <v>5332</v>
       </c>
       <c r="AI27" s="47">
         <v>98.3</v>
       </c>
-      <c r="AJ27" s="62">
+      <c r="AJ27" s="52">
         <v>5661</v>
       </c>
-      <c r="AK27" s="62">
+      <c r="AK27" s="52">
         <v>5584</v>
       </c>
       <c r="AL27" s="47">
         <v>98.6</v>
       </c>
+      <c r="AM27" s="52">
+        <v>5119</v>
+      </c>
+      <c r="AN27" s="52">
+        <v>5044</v>
+      </c>
+      <c r="AO27" s="47">
+        <v>98.5</v>
+      </c>
     </row>
-    <row r="28" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A28" s="56"/>
+    <row r="28" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A28" s="58"/>
       <c r="B28" s="24" t="s">
         <v>27</v>
       </c>
       <c r="C28" s="25">
         <v>9242</v>
       </c>
       <c r="D28" s="25">
         <v>9175</v>
       </c>
       <c r="E28" s="26">
         <v>99.275048690759604</v>
       </c>
       <c r="F28" s="25">
         <v>8785</v>
       </c>
       <c r="G28" s="25">
         <v>8633</v>
       </c>
       <c r="H28" s="26">
         <v>98.269778030734201</v>
       </c>
       <c r="I28" s="25">
         <v>8586</v>
       </c>
       <c r="J28" s="25">
@@ -4157,62 +4408,71 @@
       </c>
       <c r="AB28" s="25">
         <v>6498</v>
       </c>
       <c r="AC28" s="28">
         <v>99.9</v>
       </c>
       <c r="AD28" s="25">
         <v>6039</v>
       </c>
       <c r="AE28" s="25">
         <v>6032</v>
       </c>
       <c r="AF28" s="28">
         <v>99.884086769332669</v>
       </c>
       <c r="AG28" s="25">
         <v>5457</v>
       </c>
       <c r="AH28" s="25">
         <v>5451</v>
       </c>
       <c r="AI28" s="47">
         <v>99.9</v>
       </c>
-      <c r="AJ28" s="62">
+      <c r="AJ28" s="52">
         <v>5682</v>
       </c>
-      <c r="AK28" s="62">
+      <c r="AK28" s="52">
         <v>5670</v>
       </c>
       <c r="AL28" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM28" s="52">
+        <v>5093</v>
+      </c>
+      <c r="AN28" s="52">
+        <v>5081</v>
+      </c>
+      <c r="AO28" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="29" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A29" s="56"/>
+    <row r="29" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A29" s="58"/>
       <c r="B29" s="24" t="s">
         <v>28</v>
       </c>
       <c r="C29" s="25">
         <v>9509</v>
       </c>
       <c r="D29" s="25">
         <v>9470</v>
       </c>
       <c r="E29" s="26">
         <v>99.589862235776593</v>
       </c>
       <c r="F29" s="25">
         <v>8461</v>
       </c>
       <c r="G29" s="25">
         <v>8450</v>
       </c>
       <c r="H29" s="26">
         <v>99.869991726746306</v>
       </c>
       <c r="I29" s="25">
         <v>7775</v>
       </c>
       <c r="J29" s="25">
@@ -4271,62 +4531,71 @@
       </c>
       <c r="AB29" s="25">
         <v>6293</v>
       </c>
       <c r="AC29" s="28">
         <v>99.8</v>
       </c>
       <c r="AD29" s="25">
         <v>5738</v>
       </c>
       <c r="AE29" s="25">
         <v>5725</v>
       </c>
       <c r="AF29" s="28">
         <v>99.773440223074246</v>
       </c>
       <c r="AG29" s="25">
         <v>5206</v>
       </c>
       <c r="AH29" s="25">
         <v>5186</v>
       </c>
       <c r="AI29" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ29" s="62">
+      <c r="AJ29" s="52">
         <v>5527</v>
       </c>
-      <c r="AK29" s="62">
+      <c r="AK29" s="52">
         <v>5503</v>
       </c>
       <c r="AL29" s="47">
         <v>99.6</v>
       </c>
+      <c r="AM29" s="52">
+        <v>4906</v>
+      </c>
+      <c r="AN29" s="52">
+        <v>4884</v>
+      </c>
+      <c r="AO29" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="30" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A30" s="56"/>
+    <row r="30" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A30" s="58"/>
       <c r="B30" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C30" s="25">
         <v>12189</v>
       </c>
       <c r="D30" s="25">
         <v>11516</v>
       </c>
       <c r="E30" s="26">
         <v>94.478628271392196</v>
       </c>
       <c r="F30" s="25">
         <v>9408</v>
       </c>
       <c r="G30" s="25">
         <v>8732</v>
       </c>
       <c r="H30" s="26">
         <v>92.814625850340093</v>
       </c>
       <c r="I30" s="25">
         <v>8773</v>
       </c>
       <c r="J30" s="25">
@@ -4385,62 +4654,71 @@
       </c>
       <c r="AB30" s="25">
         <v>7575</v>
       </c>
       <c r="AC30" s="28">
         <v>99.9</v>
       </c>
       <c r="AD30" s="25">
         <v>6463</v>
       </c>
       <c r="AE30" s="25">
         <v>6459</v>
       </c>
       <c r="AF30" s="28">
         <v>99.938109237196343</v>
       </c>
       <c r="AG30" s="25">
         <v>6426</v>
       </c>
       <c r="AH30" s="25">
         <v>6292</v>
       </c>
       <c r="AI30" s="47">
         <v>97.9</v>
       </c>
-      <c r="AJ30" s="62">
+      <c r="AJ30" s="52">
         <v>6748</v>
       </c>
-      <c r="AK30" s="62">
+      <c r="AK30" s="52">
         <v>6747</v>
       </c>
       <c r="AL30" s="47">
         <v>100</v>
       </c>
+      <c r="AM30" s="52">
+        <v>5922</v>
+      </c>
+      <c r="AN30" s="52">
+        <v>5921</v>
+      </c>
+      <c r="AO30" s="47">
+        <v>100</v>
+      </c>
     </row>
-    <row r="31" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A31" s="56"/>
+    <row r="31" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A31" s="58"/>
       <c r="B31" s="24" t="s">
         <v>30</v>
       </c>
       <c r="C31" s="25">
         <v>1422</v>
       </c>
       <c r="D31" s="25">
         <v>1418</v>
       </c>
       <c r="E31" s="26">
         <v>99.718706047820007</v>
       </c>
       <c r="F31" s="25">
         <v>1239</v>
       </c>
       <c r="G31" s="25">
         <v>1234</v>
       </c>
       <c r="H31" s="26">
         <v>99.596448748991094</v>
       </c>
       <c r="I31" s="25">
         <v>1190</v>
       </c>
       <c r="J31" s="25">
@@ -4499,62 +4777,71 @@
       </c>
       <c r="AB31" s="25">
         <v>849</v>
       </c>
       <c r="AC31" s="28">
         <v>99.9</v>
       </c>
       <c r="AD31" s="25">
         <v>815</v>
       </c>
       <c r="AE31" s="25">
         <v>808</v>
       </c>
       <c r="AF31" s="28">
         <v>99.141104294478524</v>
       </c>
       <c r="AG31" s="25">
         <v>744</v>
       </c>
       <c r="AH31" s="25">
         <v>740</v>
       </c>
       <c r="AI31" s="47">
         <v>99.5</v>
       </c>
-      <c r="AJ31" s="62">
+      <c r="AJ31" s="52">
         <v>789</v>
       </c>
-      <c r="AK31" s="62">
+      <c r="AK31" s="52">
         <v>781</v>
       </c>
       <c r="AL31" s="47">
         <v>99</v>
       </c>
+      <c r="AM31" s="52">
+        <v>747</v>
+      </c>
+      <c r="AN31" s="52">
+        <v>741</v>
+      </c>
+      <c r="AO31" s="47">
+        <v>99.2</v>
+      </c>
     </row>
-    <row r="32" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A32" s="56"/>
+    <row r="32" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A32" s="58"/>
       <c r="B32" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="25">
         <v>4830</v>
       </c>
       <c r="D32" s="25">
         <v>4781</v>
       </c>
       <c r="E32" s="26">
         <v>98.985507246376798</v>
       </c>
       <c r="F32" s="25">
         <v>4504</v>
       </c>
       <c r="G32" s="25">
         <v>4454</v>
       </c>
       <c r="H32" s="26">
         <v>98.889875666074602</v>
       </c>
       <c r="I32" s="25">
         <v>4418</v>
       </c>
       <c r="J32" s="25">
@@ -4613,62 +4900,71 @@
       </c>
       <c r="AB32" s="25">
         <v>3473</v>
       </c>
       <c r="AC32" s="28">
         <v>99.3</v>
       </c>
       <c r="AD32" s="25">
         <v>3172</v>
       </c>
       <c r="AE32" s="25">
         <v>3144</v>
       </c>
       <c r="AF32" s="28">
         <v>99.117276166456492</v>
       </c>
       <c r="AG32" s="25">
         <v>2905</v>
       </c>
       <c r="AH32" s="25">
         <v>2881</v>
       </c>
       <c r="AI32" s="47">
         <v>99.2</v>
       </c>
-      <c r="AJ32" s="62">
+      <c r="AJ32" s="52">
         <v>3089</v>
       </c>
-      <c r="AK32" s="62">
+      <c r="AK32" s="52">
         <v>3073</v>
       </c>
       <c r="AL32" s="47">
         <v>99.5</v>
       </c>
+      <c r="AM32" s="52">
+        <v>2650</v>
+      </c>
+      <c r="AN32" s="52">
+        <v>2624</v>
+      </c>
+      <c r="AO32" s="47">
+        <v>99</v>
+      </c>
     </row>
-    <row r="33" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A33" s="56"/>
+    <row r="33" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A33" s="58"/>
       <c r="B33" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="25">
         <v>7010</v>
       </c>
       <c r="D33" s="25">
         <v>6760</v>
       </c>
       <c r="E33" s="26">
         <v>96.433666191155496</v>
       </c>
       <c r="F33" s="25">
         <v>6313</v>
       </c>
       <c r="G33" s="25">
         <v>6130</v>
       </c>
       <c r="H33" s="26">
         <v>97.1012197053699</v>
       </c>
       <c r="I33" s="25">
         <v>6167</v>
       </c>
       <c r="J33" s="25">
@@ -4727,62 +5023,71 @@
       </c>
       <c r="AB33" s="25">
         <v>4978</v>
       </c>
       <c r="AC33" s="28">
         <v>99.5</v>
       </c>
       <c r="AD33" s="25">
         <v>4503</v>
       </c>
       <c r="AE33" s="25">
         <v>4470</v>
       </c>
       <c r="AF33" s="28">
         <v>99.267155229846765</v>
       </c>
       <c r="AG33" s="25">
         <v>4178</v>
       </c>
       <c r="AH33" s="25">
         <v>4149</v>
       </c>
       <c r="AI33" s="47">
         <v>99.3</v>
       </c>
-      <c r="AJ33" s="62">
+      <c r="AJ33" s="52">
         <v>4379</v>
       </c>
-      <c r="AK33" s="62">
+      <c r="AK33" s="52">
         <v>4350</v>
       </c>
       <c r="AL33" s="47">
         <v>99.3</v>
       </c>
+      <c r="AM33" s="52">
+        <v>3787</v>
+      </c>
+      <c r="AN33" s="52">
+        <v>3773</v>
+      </c>
+      <c r="AO33" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="34" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A34" s="55" t="s">
+    <row r="34" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A34" s="57" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="24" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="25">
         <v>116014</v>
       </c>
       <c r="D34" s="25">
         <v>110871</v>
       </c>
       <c r="E34" s="26">
         <v>95.5669143379247</v>
       </c>
       <c r="F34" s="25">
         <v>108048</v>
       </c>
       <c r="G34" s="25">
         <v>98177</v>
       </c>
       <c r="H34" s="26">
         <v>90.8642455205094</v>
       </c>
       <c r="I34" s="25">
         <v>102909</v>
@@ -4843,62 +5148,71 @@
       </c>
       <c r="AB34" s="25">
         <v>81258</v>
       </c>
       <c r="AC34" s="28">
         <v>98.2</v>
       </c>
       <c r="AD34" s="25">
         <v>78251</v>
       </c>
       <c r="AE34" s="25">
         <v>77081</v>
       </c>
       <c r="AF34" s="28">
         <v>98.504811440109393</v>
       </c>
       <c r="AG34" s="25">
         <v>72700</v>
       </c>
       <c r="AH34" s="25">
         <v>71494</v>
       </c>
       <c r="AI34" s="47">
         <v>98.3</v>
       </c>
-      <c r="AJ34" s="62">
+      <c r="AJ34" s="52">
         <v>73940</v>
       </c>
-      <c r="AK34" s="62">
+      <c r="AK34" s="52">
         <v>72937</v>
       </c>
       <c r="AL34" s="47">
         <v>98.6</v>
       </c>
+      <c r="AM34" s="52">
+        <v>65965</v>
+      </c>
+      <c r="AN34" s="52">
+        <v>65056</v>
+      </c>
+      <c r="AO34" s="47">
+        <v>98.6</v>
+      </c>
     </row>
-    <row r="35" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A35" s="56"/>
+    <row r="35" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A35" s="58"/>
       <c r="B35" s="24" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="25">
         <v>19962</v>
       </c>
       <c r="D35" s="25">
         <v>19006</v>
       </c>
       <c r="E35" s="26">
         <v>95.210900711351599</v>
       </c>
       <c r="F35" s="25">
         <v>17734</v>
       </c>
       <c r="G35" s="25">
         <v>16592</v>
       </c>
       <c r="H35" s="26">
         <v>93.560392466448604</v>
       </c>
       <c r="I35" s="25">
         <v>16955</v>
       </c>
       <c r="J35" s="25">
@@ -4957,62 +5271,71 @@
       </c>
       <c r="AB35" s="25">
         <v>14629</v>
       </c>
       <c r="AC35" s="28">
         <v>98.3</v>
       </c>
       <c r="AD35" s="25">
         <v>13916</v>
       </c>
       <c r="AE35" s="25">
         <v>13710</v>
       </c>
       <c r="AF35" s="28">
         <v>98.519689565967226</v>
       </c>
       <c r="AG35" s="25">
         <v>12639</v>
       </c>
       <c r="AH35" s="25">
         <v>12375</v>
       </c>
       <c r="AI35" s="47">
         <v>97.9</v>
       </c>
-      <c r="AJ35" s="62">
+      <c r="AJ35" s="52">
         <v>12845</v>
       </c>
-      <c r="AK35" s="62">
+      <c r="AK35" s="52">
         <v>12594</v>
       </c>
       <c r="AL35" s="47">
         <v>98</v>
       </c>
+      <c r="AM35" s="52">
+        <v>12845</v>
+      </c>
+      <c r="AN35" s="52">
+        <v>11378</v>
+      </c>
+      <c r="AO35" s="47">
+        <v>98.2</v>
+      </c>
     </row>
-    <row r="36" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A36" s="56"/>
+    <row r="36" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A36" s="58"/>
       <c r="B36" s="24" t="s">
         <v>35</v>
       </c>
       <c r="C36" s="25">
         <v>3518</v>
       </c>
       <c r="D36" s="25">
         <v>3479</v>
       </c>
       <c r="E36" s="26">
         <v>98.891415577032404</v>
       </c>
       <c r="F36" s="25">
         <v>3241</v>
       </c>
       <c r="G36" s="25">
         <v>3171</v>
       </c>
       <c r="H36" s="26">
         <v>97.840172786177106</v>
       </c>
       <c r="I36" s="25">
         <v>3214</v>
       </c>
       <c r="J36" s="25">
@@ -5071,62 +5394,71 @@
       </c>
       <c r="AB36" s="25">
         <v>2497</v>
       </c>
       <c r="AC36" s="28">
         <v>99.6</v>
       </c>
       <c r="AD36" s="25">
         <v>2318</v>
       </c>
       <c r="AE36" s="25">
         <v>2313</v>
       </c>
       <c r="AF36" s="28">
         <v>99.784296807592753</v>
       </c>
       <c r="AG36" s="25">
         <v>2295</v>
       </c>
       <c r="AH36" s="25">
         <v>2291</v>
       </c>
       <c r="AI36" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ36" s="62">
+      <c r="AJ36" s="52">
         <v>2333</v>
       </c>
-      <c r="AK36" s="62">
+      <c r="AK36" s="52">
         <v>2328</v>
       </c>
       <c r="AL36" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM36" s="52">
+        <v>2333</v>
+      </c>
+      <c r="AN36" s="52">
+        <v>2241</v>
+      </c>
+      <c r="AO36" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="37" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A37" s="56"/>
+    <row r="37" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A37" s="58"/>
       <c r="B37" s="24" t="s">
         <v>36</v>
       </c>
       <c r="C37" s="25">
         <v>5277</v>
       </c>
       <c r="D37" s="25">
         <v>5226</v>
       </c>
       <c r="E37" s="26">
         <v>99.0335417851052</v>
       </c>
       <c r="F37" s="25">
         <v>4878</v>
       </c>
       <c r="G37" s="25">
         <v>4507</v>
       </c>
       <c r="H37" s="26">
         <v>92.394423944239406</v>
       </c>
       <c r="I37" s="25">
         <v>4594</v>
       </c>
       <c r="J37" s="25">
@@ -5185,62 +5517,71 @@
       </c>
       <c r="AB37" s="25">
         <v>3605</v>
       </c>
       <c r="AC37" s="28">
         <v>99.8</v>
       </c>
       <c r="AD37" s="25">
         <v>3498</v>
       </c>
       <c r="AE37" s="25">
         <v>3488</v>
       </c>
       <c r="AF37" s="28">
         <v>99.714122355631787</v>
       </c>
       <c r="AG37" s="25">
         <v>3096</v>
       </c>
       <c r="AH37" s="25">
         <v>3089</v>
       </c>
       <c r="AI37" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ37" s="62">
+      <c r="AJ37" s="52">
         <v>3127</v>
       </c>
-      <c r="AK37" s="62">
+      <c r="AK37" s="52">
         <v>3120</v>
       </c>
       <c r="AL37" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM37" s="52">
+        <v>3127</v>
+      </c>
+      <c r="AN37" s="52">
+        <v>2776</v>
+      </c>
+      <c r="AO37" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="38" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A38" s="56"/>
+    <row r="38" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A38" s="58"/>
       <c r="B38" s="24" t="s">
         <v>37</v>
       </c>
       <c r="C38" s="25">
         <v>3954</v>
       </c>
       <c r="D38" s="25">
         <v>3928</v>
       </c>
       <c r="E38" s="26">
         <v>99.342438037430497</v>
       </c>
       <c r="F38" s="25">
         <v>3733</v>
       </c>
       <c r="G38" s="25">
         <v>3720</v>
       </c>
       <c r="H38" s="26">
         <v>99.651754620948296</v>
       </c>
       <c r="I38" s="25">
         <v>3520</v>
       </c>
       <c r="J38" s="25">
@@ -5299,62 +5640,71 @@
       </c>
       <c r="AB38" s="25">
         <v>2514</v>
       </c>
       <c r="AC38" s="28">
         <v>99.7</v>
       </c>
       <c r="AD38" s="25">
         <v>2403</v>
       </c>
       <c r="AE38" s="25">
         <v>2400</v>
       </c>
       <c r="AF38" s="28">
         <v>99.875156054931338</v>
       </c>
       <c r="AG38" s="25">
         <v>2328</v>
       </c>
       <c r="AH38" s="25">
         <v>2323</v>
       </c>
       <c r="AI38" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ38" s="62">
+      <c r="AJ38" s="52">
         <v>2288</v>
       </c>
-      <c r="AK38" s="62">
+      <c r="AK38" s="52">
         <v>2285</v>
       </c>
       <c r="AL38" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM38" s="52">
+        <v>2288</v>
+      </c>
+      <c r="AN38" s="52">
+        <v>2018</v>
+      </c>
+      <c r="AO38" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="39" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A39" s="56"/>
+    <row r="39" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A39" s="58"/>
       <c r="B39" s="24" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="25">
         <v>3289</v>
       </c>
       <c r="D39" s="25">
         <v>3250</v>
       </c>
       <c r="E39" s="26">
         <v>98.814229249011902</v>
       </c>
       <c r="F39" s="25">
         <v>2980</v>
       </c>
       <c r="G39" s="25">
         <v>2900</v>
       </c>
       <c r="H39" s="26">
         <v>97.315436241610698</v>
       </c>
       <c r="I39" s="25">
         <v>2967</v>
       </c>
       <c r="J39" s="25">
@@ -5413,62 +5763,71 @@
       </c>
       <c r="AB39" s="25">
         <v>2126</v>
       </c>
       <c r="AC39" s="28">
         <v>99.7</v>
       </c>
       <c r="AD39" s="25">
         <v>2078</v>
       </c>
       <c r="AE39" s="25">
         <v>2074</v>
       </c>
       <c r="AF39" s="28">
         <v>99.807507218479302</v>
       </c>
       <c r="AG39" s="25">
         <v>1855</v>
       </c>
       <c r="AH39" s="25">
         <v>1849</v>
       </c>
       <c r="AI39" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ39" s="62">
+      <c r="AJ39" s="52">
         <v>1869</v>
       </c>
-      <c r="AK39" s="62">
+      <c r="AK39" s="52">
         <v>1864</v>
       </c>
       <c r="AL39" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM39" s="52">
+        <v>1869</v>
+      </c>
+      <c r="AN39" s="52">
+        <v>1580</v>
+      </c>
+      <c r="AO39" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="40" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A40" s="56"/>
+    <row r="40" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A40" s="58"/>
       <c r="B40" s="24" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="25">
         <v>4227</v>
       </c>
       <c r="D40" s="25">
         <v>4117</v>
       </c>
       <c r="E40" s="26">
         <v>97.397681570854004</v>
       </c>
       <c r="F40" s="25">
         <v>4044</v>
       </c>
       <c r="G40" s="25">
         <v>3960</v>
       </c>
       <c r="H40" s="26">
         <v>97.922848664688402</v>
       </c>
       <c r="I40" s="25">
         <v>3769</v>
       </c>
       <c r="J40" s="25">
@@ -5527,62 +5886,71 @@
       </c>
       <c r="AB40" s="25">
         <v>3080</v>
       </c>
       <c r="AC40" s="28">
         <v>99.4</v>
       </c>
       <c r="AD40" s="25">
         <v>2889</v>
       </c>
       <c r="AE40" s="25">
         <v>2874</v>
       </c>
       <c r="AF40" s="28">
         <v>99.480789200415373</v>
       </c>
       <c r="AG40" s="25">
         <v>2864</v>
       </c>
       <c r="AH40" s="25">
         <v>2852</v>
       </c>
       <c r="AI40" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ40" s="62">
+      <c r="AJ40" s="52">
         <v>2823</v>
       </c>
-      <c r="AK40" s="62">
+      <c r="AK40" s="52">
         <v>2810</v>
       </c>
       <c r="AL40" s="47">
         <v>99.5</v>
       </c>
+      <c r="AM40" s="52">
+        <v>2823</v>
+      </c>
+      <c r="AN40" s="52">
+        <v>2562</v>
+      </c>
+      <c r="AO40" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="41" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A41" s="56"/>
+    <row r="41" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A41" s="58"/>
       <c r="B41" s="24" t="s">
         <v>40</v>
       </c>
       <c r="C41" s="25">
         <v>3919</v>
       </c>
       <c r="D41" s="25">
         <v>3863</v>
       </c>
       <c r="E41" s="26">
         <v>98.571064046950795</v>
       </c>
       <c r="F41" s="25">
         <v>3653</v>
       </c>
       <c r="G41" s="25">
         <v>2723</v>
       </c>
       <c r="H41" s="26">
         <v>74.541472762113301</v>
       </c>
       <c r="I41" s="25">
         <v>3481</v>
       </c>
       <c r="J41" s="25">
@@ -5641,62 +6009,71 @@
       </c>
       <c r="AB41" s="25">
         <v>2768</v>
       </c>
       <c r="AC41" s="28">
         <v>99.5</v>
       </c>
       <c r="AD41" s="25">
         <v>2650</v>
       </c>
       <c r="AE41" s="25">
         <v>2636</v>
       </c>
       <c r="AF41" s="28">
         <v>99.471698113207552</v>
       </c>
       <c r="AG41" s="25">
         <v>2471</v>
       </c>
       <c r="AH41" s="25">
         <v>2464</v>
       </c>
       <c r="AI41" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ41" s="62">
+      <c r="AJ41" s="52">
         <v>2603</v>
       </c>
-      <c r="AK41" s="62">
+      <c r="AK41" s="52">
         <v>2594</v>
       </c>
       <c r="AL41" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM41" s="52">
+        <v>2603</v>
+      </c>
+      <c r="AN41" s="52">
+        <v>2114</v>
+      </c>
+      <c r="AO41" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="42" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A42" s="56"/>
+    <row r="42" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A42" s="58"/>
       <c r="B42" s="24" t="s">
         <v>41</v>
       </c>
       <c r="C42" s="25">
         <v>12154</v>
       </c>
       <c r="D42" s="25">
         <v>11050</v>
       </c>
       <c r="E42" s="26">
         <v>90.916570676320603</v>
       </c>
       <c r="F42" s="25">
         <v>11258</v>
       </c>
       <c r="G42" s="25">
         <v>9530</v>
       </c>
       <c r="H42" s="26">
         <v>84.650914904956494</v>
       </c>
       <c r="I42" s="25">
         <v>10721</v>
       </c>
       <c r="J42" s="25">
@@ -5755,62 +6132,71 @@
       </c>
       <c r="AB42" s="25">
         <v>9279</v>
       </c>
       <c r="AC42" s="28">
         <v>99.4</v>
       </c>
       <c r="AD42" s="25">
         <v>8439</v>
       </c>
       <c r="AE42" s="25">
         <v>8398</v>
       </c>
       <c r="AF42" s="28">
         <v>99.514160445550417</v>
       </c>
       <c r="AG42" s="25">
         <v>7999</v>
       </c>
       <c r="AH42" s="25">
         <v>7963</v>
       </c>
       <c r="AI42" s="47">
         <v>99.5</v>
       </c>
-      <c r="AJ42" s="62">
+      <c r="AJ42" s="52">
         <v>8211</v>
       </c>
-      <c r="AK42" s="62">
+      <c r="AK42" s="52">
         <v>8154</v>
       </c>
       <c r="AL42" s="47">
         <v>99.3</v>
       </c>
+      <c r="AM42" s="52">
+        <v>8211</v>
+      </c>
+      <c r="AN42" s="52">
+        <v>7433</v>
+      </c>
+      <c r="AO42" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="43" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A43" s="56"/>
+    <row r="43" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A43" s="58"/>
       <c r="B43" s="24" t="s">
         <v>42</v>
       </c>
       <c r="C43" s="25">
         <v>3284</v>
       </c>
       <c r="D43" s="25">
         <v>2867</v>
       </c>
       <c r="E43" s="26">
         <v>87.302070645554195</v>
       </c>
       <c r="F43" s="25">
         <v>3106</v>
       </c>
       <c r="G43" s="25">
         <v>2742</v>
       </c>
       <c r="H43" s="26">
         <v>88.280746941403805</v>
       </c>
       <c r="I43" s="25">
         <v>2974</v>
       </c>
       <c r="J43" s="25">
@@ -5869,62 +6255,71 @@
       </c>
       <c r="AB43" s="25">
         <v>2525</v>
       </c>
       <c r="AC43" s="28">
         <v>93.5</v>
       </c>
       <c r="AD43" s="25">
         <v>2601</v>
       </c>
       <c r="AE43" s="25">
         <v>2447</v>
       </c>
       <c r="AF43" s="28">
         <v>94.079200307574013</v>
       </c>
       <c r="AG43" s="25">
         <v>2309</v>
       </c>
       <c r="AH43" s="25">
         <v>2165</v>
       </c>
       <c r="AI43" s="47">
         <v>93.8</v>
       </c>
-      <c r="AJ43" s="62">
+      <c r="AJ43" s="52">
         <v>2414</v>
       </c>
-      <c r="AK43" s="62">
+      <c r="AK43" s="52">
         <v>2284</v>
       </c>
       <c r="AL43" s="47">
         <v>94.6</v>
       </c>
+      <c r="AM43" s="52">
+        <v>2414</v>
+      </c>
+      <c r="AN43" s="52">
+        <v>2078</v>
+      </c>
+      <c r="AO43" s="47">
+        <v>95</v>
+      </c>
     </row>
-    <row r="44" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A44" s="56"/>
+    <row r="44" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A44" s="58"/>
       <c r="B44" s="24" t="s">
         <v>43</v>
       </c>
       <c r="C44" s="25">
         <v>10241</v>
       </c>
       <c r="D44" s="25">
         <v>10191</v>
       </c>
       <c r="E44" s="26">
         <v>99.511766429059705</v>
       </c>
       <c r="F44" s="25">
         <v>10046</v>
       </c>
       <c r="G44" s="25">
         <v>9164</v>
       </c>
       <c r="H44" s="26">
         <v>91.2203862233725</v>
       </c>
       <c r="I44" s="25">
         <v>9408</v>
       </c>
       <c r="J44" s="25">
@@ -5983,62 +6378,71 @@
       </c>
       <c r="AB44" s="25">
         <v>7023</v>
       </c>
       <c r="AC44" s="28">
         <v>99.8</v>
       </c>
       <c r="AD44" s="25">
         <v>6571</v>
       </c>
       <c r="AE44" s="25">
         <v>6561</v>
       </c>
       <c r="AF44" s="28">
         <v>99.847816161923603</v>
       </c>
       <c r="AG44" s="25">
         <v>6256</v>
       </c>
       <c r="AH44" s="25">
         <v>6245</v>
       </c>
       <c r="AI44" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ44" s="62">
+      <c r="AJ44" s="52">
         <v>6387</v>
       </c>
-      <c r="AK44" s="62">
+      <c r="AK44" s="52">
         <v>6373</v>
       </c>
       <c r="AL44" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM44" s="52">
+        <v>6387</v>
+      </c>
+      <c r="AN44" s="52">
+        <v>5694</v>
+      </c>
+      <c r="AO44" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="45" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A45" s="56"/>
+    <row r="45" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A45" s="58"/>
       <c r="B45" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C45" s="25">
         <v>3237</v>
       </c>
       <c r="D45" s="25">
         <v>3199</v>
       </c>
       <c r="E45" s="26">
         <v>98.826073524868704</v>
       </c>
       <c r="F45" s="25">
         <v>3042</v>
       </c>
       <c r="G45" s="25">
         <v>3024</v>
       </c>
       <c r="H45" s="26">
         <v>99.4082840236686</v>
       </c>
       <c r="I45" s="25">
         <v>2796</v>
       </c>
       <c r="J45" s="25">
@@ -6097,62 +6501,71 @@
       </c>
       <c r="AB45" s="25">
         <v>2088</v>
       </c>
       <c r="AC45" s="28">
         <v>93.4</v>
       </c>
       <c r="AD45" s="25">
         <v>2102</v>
       </c>
       <c r="AE45" s="25">
         <v>2095</v>
       </c>
       <c r="AF45" s="28">
         <v>99.666983824928636</v>
       </c>
       <c r="AG45" s="25">
         <v>1895</v>
       </c>
       <c r="AH45" s="25">
         <v>1885</v>
       </c>
       <c r="AI45" s="47">
         <v>99.5</v>
       </c>
-      <c r="AJ45" s="62">
+      <c r="AJ45" s="52">
         <v>2030</v>
       </c>
-      <c r="AK45" s="62">
+      <c r="AK45" s="52">
         <v>2027</v>
       </c>
       <c r="AL45" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM45" s="52">
+        <v>2030</v>
+      </c>
+      <c r="AN45" s="52">
+        <v>1743</v>
+      </c>
+      <c r="AO45" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="46" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A46" s="56"/>
+    <row r="46" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A46" s="58"/>
       <c r="B46" s="24" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="25">
         <v>6299</v>
       </c>
       <c r="D46" s="25">
         <v>6253</v>
       </c>
       <c r="E46" s="26">
         <v>99.269725353230697</v>
       </c>
       <c r="F46" s="25">
         <v>5976</v>
       </c>
       <c r="G46" s="25">
         <v>5538</v>
       </c>
       <c r="H46" s="26">
         <v>92.670682730923701</v>
       </c>
       <c r="I46" s="25">
         <v>5801</v>
       </c>
       <c r="J46" s="25">
@@ -6211,62 +6624,71 @@
       </c>
       <c r="AB46" s="25">
         <v>4187</v>
       </c>
       <c r="AC46" s="28">
         <v>99.8</v>
       </c>
       <c r="AD46" s="25">
         <v>4189</v>
       </c>
       <c r="AE46" s="25">
         <v>4180</v>
       </c>
       <c r="AF46" s="28">
         <v>99.785151587491043</v>
       </c>
       <c r="AG46" s="25">
         <v>3795</v>
       </c>
       <c r="AH46" s="25">
         <v>3781</v>
       </c>
       <c r="AI46" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ46" s="62">
+      <c r="AJ46" s="52">
         <v>3951</v>
       </c>
-      <c r="AK46" s="62">
+      <c r="AK46" s="52">
         <v>3939</v>
       </c>
       <c r="AL46" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM46" s="52">
+        <v>3951</v>
+      </c>
+      <c r="AN46" s="52">
+        <v>3490</v>
+      </c>
+      <c r="AO46" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="47" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A47" s="56"/>
+    <row r="47" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A47" s="58"/>
       <c r="B47" s="24" t="s">
         <v>46</v>
       </c>
       <c r="C47" s="25">
         <v>8300</v>
       </c>
       <c r="D47" s="25">
         <v>6463</v>
       </c>
       <c r="E47" s="26">
         <v>77.867469879518097</v>
       </c>
       <c r="F47" s="25">
         <v>7732</v>
       </c>
       <c r="G47" s="25">
         <v>6084</v>
       </c>
       <c r="H47" s="26">
         <v>78.685980341438196</v>
       </c>
       <c r="I47" s="25">
         <v>7120</v>
       </c>
       <c r="J47" s="25">
@@ -6325,62 +6747,71 @@
       </c>
       <c r="AB47" s="25">
         <v>5692</v>
       </c>
       <c r="AC47" s="28">
         <v>89.2</v>
       </c>
       <c r="AD47" s="25">
         <v>6162</v>
       </c>
       <c r="AE47" s="25">
         <v>5534</v>
       </c>
       <c r="AF47" s="28">
         <v>89.808503732554371</v>
       </c>
       <c r="AG47" s="25">
         <v>5878</v>
       </c>
       <c r="AH47" s="25">
         <v>5279</v>
       </c>
       <c r="AI47" s="47">
         <v>89.8</v>
       </c>
-      <c r="AJ47" s="62">
+      <c r="AJ47" s="52">
         <v>6120</v>
       </c>
-      <c r="AK47" s="62">
+      <c r="AK47" s="52">
         <v>5681</v>
       </c>
       <c r="AL47" s="47">
         <v>92.8</v>
       </c>
+      <c r="AM47" s="52">
+        <v>6120</v>
+      </c>
+      <c r="AN47" s="52">
+        <v>5120</v>
+      </c>
+      <c r="AO47" s="47">
+        <v>92.3</v>
+      </c>
     </row>
-    <row r="48" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A48" s="56"/>
+    <row r="48" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A48" s="58"/>
       <c r="B48" s="24" t="s">
         <v>47</v>
       </c>
       <c r="C48" s="25">
         <v>5079</v>
       </c>
       <c r="D48" s="25">
         <v>5054</v>
       </c>
       <c r="E48" s="26">
         <v>99.507777121480601</v>
       </c>
       <c r="F48" s="25">
         <v>4726</v>
       </c>
       <c r="G48" s="25">
         <v>3709</v>
       </c>
       <c r="H48" s="26">
         <v>78.480744815912004</v>
       </c>
       <c r="I48" s="25">
         <v>4509</v>
       </c>
       <c r="J48" s="25">
@@ -6439,62 +6870,71 @@
       </c>
       <c r="AB48" s="25">
         <v>3181</v>
       </c>
       <c r="AC48" s="28">
         <v>99.7</v>
       </c>
       <c r="AD48" s="25">
         <v>3027</v>
       </c>
       <c r="AE48" s="25">
         <v>3022</v>
       </c>
       <c r="AF48" s="28">
         <v>99.834819953749587</v>
       </c>
       <c r="AG48" s="25">
         <v>2763</v>
       </c>
       <c r="AH48" s="25">
         <v>2754</v>
       </c>
       <c r="AI48" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ48" s="62">
+      <c r="AJ48" s="52">
         <v>2736</v>
       </c>
-      <c r="AK48" s="62">
+      <c r="AK48" s="52">
         <v>2725</v>
       </c>
       <c r="AL48" s="47">
         <v>99.6</v>
       </c>
+      <c r="AM48" s="52">
+        <v>2736</v>
+      </c>
+      <c r="AN48" s="52">
+        <v>2461</v>
+      </c>
+      <c r="AO48" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="49" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A49" s="56"/>
+    <row r="49" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A49" s="58"/>
       <c r="B49" s="24" t="s">
         <v>48</v>
       </c>
       <c r="C49" s="25">
         <v>9235</v>
       </c>
       <c r="D49" s="25">
         <v>9169</v>
       </c>
       <c r="E49" s="26">
         <v>99.285327558202496</v>
       </c>
       <c r="F49" s="25">
         <v>8742</v>
       </c>
       <c r="G49" s="25">
         <v>8594</v>
       </c>
       <c r="H49" s="26">
         <v>98.307023564401803</v>
       </c>
       <c r="I49" s="25">
         <v>8569</v>
       </c>
       <c r="J49" s="25">
@@ -6553,62 +6993,71 @@
       </c>
       <c r="AB49" s="25">
         <v>6587</v>
       </c>
       <c r="AC49" s="28">
         <v>99.8</v>
       </c>
       <c r="AD49" s="25">
         <v>6345</v>
       </c>
       <c r="AE49" s="25">
         <v>6336</v>
       </c>
       <c r="AF49" s="28">
         <v>99.858156028368796</v>
       </c>
       <c r="AG49" s="25">
         <v>5803</v>
       </c>
       <c r="AH49" s="25">
         <v>5779</v>
       </c>
       <c r="AI49" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ49" s="62">
+      <c r="AJ49" s="52">
         <v>5869</v>
       </c>
-      <c r="AK49" s="62">
+      <c r="AK49" s="52">
         <v>5860</v>
       </c>
       <c r="AL49" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM49" s="52">
+        <v>5869</v>
+      </c>
+      <c r="AN49" s="52">
+        <v>5105</v>
+      </c>
+      <c r="AO49" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="50" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A50" s="56"/>
+    <row r="50" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A50" s="58"/>
       <c r="B50" s="24" t="s">
         <v>49</v>
       </c>
       <c r="C50" s="25">
         <v>5229</v>
       </c>
       <c r="D50" s="25">
         <v>5077</v>
       </c>
       <c r="E50" s="26">
         <v>97.093134442532005</v>
       </c>
       <c r="F50" s="25">
         <v>4938</v>
       </c>
       <c r="G50" s="25">
         <v>4096</v>
       </c>
       <c r="H50" s="26">
         <v>82.948562170919402</v>
       </c>
       <c r="I50" s="25">
         <v>4661</v>
       </c>
       <c r="J50" s="25">
@@ -6667,62 +7116,71 @@
       </c>
       <c r="AB50" s="25">
         <v>3333</v>
       </c>
       <c r="AC50" s="28">
         <v>99.9</v>
       </c>
       <c r="AD50" s="25">
         <v>3160</v>
       </c>
       <c r="AE50" s="25">
         <v>3156</v>
       </c>
       <c r="AF50" s="28">
         <v>99.87341772151899</v>
       </c>
       <c r="AG50" s="25">
         <v>3004</v>
       </c>
       <c r="AH50" s="25">
         <v>2996</v>
       </c>
       <c r="AI50" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ50" s="62">
+      <c r="AJ50" s="52">
         <v>3032</v>
       </c>
-      <c r="AK50" s="62">
+      <c r="AK50" s="52">
         <v>3031</v>
       </c>
       <c r="AL50" s="47">
         <v>100</v>
       </c>
+      <c r="AM50" s="52">
+        <v>3032</v>
+      </c>
+      <c r="AN50" s="52">
+        <v>2629</v>
+      </c>
+      <c r="AO50" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="51" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A51" s="56"/>
+    <row r="51" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A51" s="58"/>
       <c r="B51" s="24" t="s">
         <v>50</v>
       </c>
       <c r="C51" s="25">
         <v>8810</v>
       </c>
       <c r="D51" s="25">
         <v>8679</v>
       </c>
       <c r="E51" s="26">
         <v>98.513053348467693</v>
       </c>
       <c r="F51" s="25">
         <v>8219</v>
       </c>
       <c r="G51" s="25">
         <v>8123</v>
       </c>
       <c r="H51" s="26">
         <v>98.831974692784996</v>
       </c>
       <c r="I51" s="25">
         <v>7850</v>
       </c>
       <c r="J51" s="25">
@@ -6781,62 +7239,71 @@
       </c>
       <c r="AB51" s="25">
         <v>6144</v>
       </c>
       <c r="AC51" s="28">
         <v>99.1</v>
       </c>
       <c r="AD51" s="25">
         <v>5903</v>
       </c>
       <c r="AE51" s="25">
         <v>5857</v>
       </c>
       <c r="AF51" s="28">
         <v>99.220735219379975</v>
       </c>
       <c r="AG51" s="25">
         <v>5450</v>
       </c>
       <c r="AH51" s="25">
         <v>5404</v>
       </c>
       <c r="AI51" s="47">
         <v>99.2</v>
       </c>
-      <c r="AJ51" s="62">
+      <c r="AJ51" s="52">
         <v>5302</v>
       </c>
-      <c r="AK51" s="62">
+      <c r="AK51" s="52">
         <v>5268</v>
       </c>
       <c r="AL51" s="47">
         <v>99.4</v>
       </c>
+      <c r="AM51" s="52">
+        <v>5302</v>
+      </c>
+      <c r="AN51" s="52">
+        <v>4634</v>
+      </c>
+      <c r="AO51" s="47">
+        <v>99.2</v>
+      </c>
     </row>
-    <row r="52" spans="1:38" s="2" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A52" s="55" t="s">
+    <row r="52" spans="1:41" s="2" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A52" s="57" t="s">
         <v>51</v>
       </c>
       <c r="B52" s="24" t="s">
         <v>51</v>
       </c>
       <c r="C52" s="25">
         <v>227213</v>
       </c>
       <c r="D52" s="25">
         <v>222575</v>
       </c>
       <c r="E52" s="26">
         <v>97.958743557806997</v>
       </c>
       <c r="F52" s="25">
         <v>213184</v>
       </c>
       <c r="G52" s="25">
         <v>206644</v>
       </c>
       <c r="H52" s="26">
         <v>96.932227559291505</v>
       </c>
       <c r="I52" s="25">
         <v>203661</v>
@@ -6897,62 +7364,71 @@
       </c>
       <c r="AB52" s="25">
         <v>153914</v>
       </c>
       <c r="AC52" s="28">
         <v>97.9</v>
       </c>
       <c r="AD52" s="25">
         <v>149553</v>
       </c>
       <c r="AE52" s="25">
         <v>148359</v>
       </c>
       <c r="AF52" s="28">
         <v>99.201620830073622</v>
       </c>
       <c r="AG52" s="25">
         <v>137812</v>
       </c>
       <c r="AH52" s="25">
         <v>136772</v>
       </c>
       <c r="AI52" s="47">
         <v>99.2</v>
       </c>
-      <c r="AJ52" s="62">
+      <c r="AJ52" s="52">
         <v>138297</v>
       </c>
-      <c r="AK52" s="62">
+      <c r="AK52" s="52">
         <v>137317</v>
       </c>
       <c r="AL52" s="47">
         <v>99.3</v>
       </c>
+      <c r="AM52" s="52">
+        <v>119006</v>
+      </c>
+      <c r="AN52" s="52">
+        <v>118253</v>
+      </c>
+      <c r="AO52" s="47">
+        <v>99.4</v>
+      </c>
     </row>
-    <row r="53" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A53" s="56"/>
+    <row r="53" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A53" s="58"/>
       <c r="B53" s="24" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="25">
         <v>28086</v>
       </c>
       <c r="D53" s="25">
         <v>27626</v>
       </c>
       <c r="E53" s="26">
         <v>98.362173324788202</v>
       </c>
       <c r="F53" s="25">
         <v>26723</v>
       </c>
       <c r="G53" s="25">
         <v>25377</v>
       </c>
       <c r="H53" s="26">
         <v>94.963140365976898</v>
       </c>
       <c r="I53" s="25">
         <v>25842</v>
       </c>
       <c r="J53" s="25">
@@ -7011,62 +7487,71 @@
       </c>
       <c r="AB53" s="25">
         <v>19100</v>
       </c>
       <c r="AC53" s="28">
         <v>95</v>
       </c>
       <c r="AD53" s="25">
         <v>18967</v>
       </c>
       <c r="AE53" s="25">
         <v>18863</v>
       </c>
       <c r="AF53" s="28">
         <v>99.451679232350926</v>
       </c>
       <c r="AG53" s="25">
         <v>17640</v>
       </c>
       <c r="AH53" s="25">
         <v>17562</v>
       </c>
       <c r="AI53" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ53" s="62">
+      <c r="AJ53" s="52">
         <v>18089</v>
       </c>
-      <c r="AK53" s="62">
+      <c r="AK53" s="52">
         <v>17999</v>
       </c>
       <c r="AL53" s="47">
         <v>99.5</v>
       </c>
+      <c r="AM53" s="52">
+        <v>15557</v>
+      </c>
+      <c r="AN53" s="52">
+        <v>15467</v>
+      </c>
+      <c r="AO53" s="47">
+        <v>99.4</v>
+      </c>
     </row>
-    <row r="54" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A54" s="56"/>
+    <row r="54" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A54" s="58"/>
       <c r="B54" s="24" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="25">
         <v>16423</v>
       </c>
       <c r="D54" s="25">
         <v>15907</v>
       </c>
       <c r="E54" s="26">
         <v>96.858064908969098</v>
       </c>
       <c r="F54" s="25">
         <v>15513</v>
       </c>
       <c r="G54" s="25">
         <v>15039</v>
       </c>
       <c r="H54" s="26">
         <v>96.944498162831195</v>
       </c>
       <c r="I54" s="25">
         <v>14920</v>
       </c>
       <c r="J54" s="25">
@@ -7125,62 +7610,71 @@
       </c>
       <c r="AB54" s="25">
         <v>10977</v>
       </c>
       <c r="AC54" s="28">
         <v>97</v>
       </c>
       <c r="AD54" s="25">
         <v>10563</v>
       </c>
       <c r="AE54" s="25">
         <v>10220</v>
       </c>
       <c r="AF54" s="28">
         <v>96.752816434724977</v>
       </c>
       <c r="AG54" s="25">
         <v>9900</v>
       </c>
       <c r="AH54" s="25">
         <v>9592</v>
       </c>
       <c r="AI54" s="47">
         <v>96.9</v>
       </c>
-      <c r="AJ54" s="62">
+      <c r="AJ54" s="52">
         <v>10019</v>
       </c>
-      <c r="AK54" s="62">
+      <c r="AK54" s="52">
         <v>9708</v>
       </c>
       <c r="AL54" s="47">
         <v>96.9</v>
       </c>
+      <c r="AM54" s="52">
+        <v>8771</v>
+      </c>
+      <c r="AN54" s="52">
+        <v>8515</v>
+      </c>
+      <c r="AO54" s="47">
+        <v>97.1</v>
+      </c>
     </row>
-    <row r="55" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A55" s="56"/>
+    <row r="55" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A55" s="58"/>
       <c r="B55" s="24" t="s">
         <v>54</v>
       </c>
       <c r="C55" s="25">
         <v>14364</v>
       </c>
       <c r="D55" s="25">
         <v>14231</v>
       </c>
       <c r="E55" s="26">
         <v>99.074074074074105</v>
       </c>
       <c r="F55" s="25">
         <v>13473</v>
       </c>
       <c r="G55" s="25">
         <v>13328</v>
       </c>
       <c r="H55" s="26">
         <v>98.923773472871702</v>
       </c>
       <c r="I55" s="25">
         <v>12776</v>
       </c>
       <c r="J55" s="25">
@@ -7239,62 +7733,71 @@
       </c>
       <c r="AB55" s="25">
         <v>9851</v>
       </c>
       <c r="AC55" s="28">
         <v>99.8</v>
       </c>
       <c r="AD55" s="25">
         <v>9424</v>
       </c>
       <c r="AE55" s="25">
         <v>9404</v>
       </c>
       <c r="AF55" s="28">
         <v>99.787775891341255</v>
       </c>
       <c r="AG55" s="25">
         <v>8600</v>
       </c>
       <c r="AH55" s="25">
         <v>8588</v>
       </c>
       <c r="AI55" s="47">
         <v>99.9</v>
       </c>
-      <c r="AJ55" s="62">
+      <c r="AJ55" s="52">
         <v>8778</v>
       </c>
-      <c r="AK55" s="62">
+      <c r="AK55" s="52">
         <v>8763</v>
       </c>
       <c r="AL55" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM55" s="52">
+        <v>7503</v>
+      </c>
+      <c r="AN55" s="52">
+        <v>7482</v>
+      </c>
+      <c r="AO55" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="56" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A56" s="56"/>
+    <row r="56" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A56" s="58"/>
       <c r="B56" s="24" t="s">
         <v>55</v>
       </c>
       <c r="C56" s="25">
         <v>14096</v>
       </c>
       <c r="D56" s="25">
         <v>14010</v>
       </c>
       <c r="E56" s="26">
         <v>99.389897843359805</v>
       </c>
       <c r="F56" s="25">
         <v>13098</v>
       </c>
       <c r="G56" s="25">
         <v>12967</v>
       </c>
       <c r="H56" s="26">
         <v>98.999847304932103</v>
       </c>
       <c r="I56" s="25">
         <v>12520</v>
       </c>
       <c r="J56" s="25">
@@ -7353,62 +7856,71 @@
       </c>
       <c r="AB56" s="25">
         <v>9808</v>
       </c>
       <c r="AC56" s="28">
         <v>99.7</v>
       </c>
       <c r="AD56" s="25">
         <v>9384</v>
       </c>
       <c r="AE56" s="25">
         <v>9355</v>
       </c>
       <c r="AF56" s="28">
         <v>99.690963341858478</v>
       </c>
       <c r="AG56" s="25">
         <v>8696</v>
       </c>
       <c r="AH56" s="25">
         <v>8666</v>
       </c>
       <c r="AI56" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ56" s="62">
+      <c r="AJ56" s="52">
         <v>8687</v>
       </c>
-      <c r="AK56" s="62">
+      <c r="AK56" s="52">
         <v>8658</v>
       </c>
       <c r="AL56" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM56" s="52">
+        <v>7431</v>
+      </c>
+      <c r="AN56" s="52">
+        <v>7413</v>
+      </c>
+      <c r="AO56" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="57" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A57" s="56"/>
+    <row r="57" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A57" s="58"/>
       <c r="B57" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C57" s="25">
         <v>21410</v>
       </c>
       <c r="D57" s="25">
         <v>21197</v>
       </c>
       <c r="E57" s="26">
         <v>99.005137786081306</v>
       </c>
       <c r="F57" s="25">
         <v>20092</v>
       </c>
       <c r="G57" s="25">
         <v>19662</v>
       </c>
       <c r="H57" s="26">
         <v>97.859844714314207</v>
       </c>
       <c r="I57" s="25">
         <v>19328</v>
       </c>
       <c r="J57" s="25">
@@ -7467,62 +7979,71 @@
       </c>
       <c r="AB57" s="25">
         <v>14709</v>
       </c>
       <c r="AC57" s="28">
         <v>94.1</v>
       </c>
       <c r="AD57" s="25">
         <v>14905</v>
       </c>
       <c r="AE57" s="25">
         <v>14873</v>
       </c>
       <c r="AF57" s="28">
         <v>99.785306943978526</v>
       </c>
       <c r="AG57" s="25">
         <v>13777</v>
       </c>
       <c r="AH57" s="25">
         <v>13743</v>
       </c>
       <c r="AI57" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ57" s="62">
+      <c r="AJ57" s="52">
         <v>14121</v>
       </c>
-      <c r="AK57" s="62">
+      <c r="AK57" s="52">
         <v>14102</v>
       </c>
       <c r="AL57" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM57" s="52">
+        <v>12221</v>
+      </c>
+      <c r="AN57" s="52">
+        <v>12206</v>
+      </c>
+      <c r="AO57" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="58" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A58" s="56"/>
+    <row r="58" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A58" s="58"/>
       <c r="B58" s="24" t="s">
         <v>57</v>
       </c>
       <c r="C58" s="25">
         <v>4919</v>
       </c>
       <c r="D58" s="25">
         <v>4887</v>
       </c>
       <c r="E58" s="26">
         <v>99.349461272616395</v>
       </c>
       <c r="F58" s="25">
         <v>4665</v>
       </c>
       <c r="G58" s="25">
         <v>4635</v>
       </c>
       <c r="H58" s="26">
         <v>99.356913183279701</v>
       </c>
       <c r="I58" s="25">
         <v>4208</v>
       </c>
       <c r="J58" s="25">
@@ -7581,62 +8102,71 @@
       </c>
       <c r="AB58" s="25">
         <v>3359</v>
       </c>
       <c r="AC58" s="28">
         <v>99.6</v>
       </c>
       <c r="AD58" s="25">
         <v>3348</v>
       </c>
       <c r="AE58" s="25">
         <v>3331</v>
       </c>
       <c r="AF58" s="28">
         <v>99.492234169653528</v>
       </c>
       <c r="AG58" s="25">
         <v>3038</v>
       </c>
       <c r="AH58" s="25">
         <v>3025</v>
       </c>
       <c r="AI58" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ58" s="62">
+      <c r="AJ58" s="52">
         <v>3056</v>
       </c>
-      <c r="AK58" s="62">
+      <c r="AK58" s="52">
         <v>3046</v>
       </c>
       <c r="AL58" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM58" s="52">
+        <v>2612</v>
+      </c>
+      <c r="AN58" s="52">
+        <v>2605</v>
+      </c>
+      <c r="AO58" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="59" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A59" s="56"/>
+    <row r="59" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A59" s="58"/>
       <c r="B59" s="24" t="s">
         <v>58</v>
       </c>
       <c r="C59" s="25">
         <v>10525</v>
       </c>
       <c r="D59" s="25">
         <v>10425</v>
       </c>
       <c r="E59" s="26">
         <v>99.049881235154402</v>
       </c>
       <c r="F59" s="25">
         <v>9786</v>
       </c>
       <c r="G59" s="25">
         <v>9720</v>
       </c>
       <c r="H59" s="26">
         <v>99.325567136725894</v>
       </c>
       <c r="I59" s="25">
         <v>9328</v>
       </c>
       <c r="J59" s="25">
@@ -7695,62 +8225,71 @@
       </c>
       <c r="AB59" s="25">
         <v>7286</v>
       </c>
       <c r="AC59" s="28">
         <v>99.9</v>
       </c>
       <c r="AD59" s="25">
         <v>6759</v>
       </c>
       <c r="AE59" s="25">
         <v>6742</v>
       </c>
       <c r="AF59" s="28">
         <v>99.748483503476848</v>
       </c>
       <c r="AG59" s="25">
         <v>6349</v>
       </c>
       <c r="AH59" s="25">
         <v>6338</v>
       </c>
       <c r="AI59" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ59" s="62">
+      <c r="AJ59" s="52">
         <v>6520</v>
       </c>
-      <c r="AK59" s="62">
+      <c r="AK59" s="52">
         <v>6511</v>
       </c>
       <c r="AL59" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM59" s="52">
+        <v>5518</v>
+      </c>
+      <c r="AN59" s="52">
+        <v>5509</v>
+      </c>
+      <c r="AO59" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="60" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A60" s="56"/>
+    <row r="60" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A60" s="58"/>
       <c r="B60" s="24" t="s">
         <v>59</v>
       </c>
       <c r="C60" s="25">
         <v>3581</v>
       </c>
       <c r="D60" s="25">
         <v>3567</v>
       </c>
       <c r="E60" s="26">
         <v>99.609047752024594</v>
       </c>
       <c r="F60" s="25">
         <v>3497</v>
       </c>
       <c r="G60" s="25">
         <v>3483</v>
       </c>
       <c r="H60" s="26">
         <v>99.599656848727506</v>
       </c>
       <c r="I60" s="25">
         <v>3164</v>
       </c>
       <c r="J60" s="25">
@@ -7809,62 +8348,71 @@
       </c>
       <c r="AB60" s="25">
         <v>2613</v>
       </c>
       <c r="AC60" s="28">
         <v>99.9</v>
       </c>
       <c r="AD60" s="25">
         <v>2634</v>
       </c>
       <c r="AE60" s="25">
         <v>2633</v>
       </c>
       <c r="AF60" s="28">
         <v>99.96203492786637</v>
       </c>
       <c r="AG60" s="25">
         <v>2278</v>
       </c>
       <c r="AH60" s="25">
         <v>2274</v>
       </c>
       <c r="AI60" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ60" s="62">
+      <c r="AJ60" s="52">
         <v>2259</v>
       </c>
-      <c r="AK60" s="62">
+      <c r="AK60" s="52">
         <v>2256</v>
       </c>
       <c r="AL60" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM60" s="52">
+        <v>1983</v>
+      </c>
+      <c r="AN60" s="52">
+        <v>1978</v>
+      </c>
+      <c r="AO60" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="61" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A61" s="56"/>
+    <row r="61" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A61" s="58"/>
       <c r="B61" s="24" t="s">
         <v>60</v>
       </c>
       <c r="C61" s="25">
         <v>5275</v>
       </c>
       <c r="D61" s="25">
         <v>4987</v>
       </c>
       <c r="E61" s="26">
         <v>94.540284360189602</v>
       </c>
       <c r="F61" s="25">
         <v>4953</v>
       </c>
       <c r="G61" s="25">
         <v>4663</v>
       </c>
       <c r="H61" s="26">
         <v>94.144962648899707</v>
       </c>
       <c r="I61" s="25">
         <v>4357</v>
       </c>
       <c r="J61" s="25">
@@ -7923,62 +8471,71 @@
       </c>
       <c r="AB61" s="25">
         <v>2743</v>
       </c>
       <c r="AC61" s="28">
         <v>85.5</v>
       </c>
       <c r="AD61" s="25">
         <v>3079</v>
       </c>
       <c r="AE61" s="25">
         <v>2973</v>
       </c>
       <c r="AF61" s="28">
         <v>96.557323806430659</v>
       </c>
       <c r="AG61" s="25">
         <v>2963</v>
       </c>
       <c r="AH61" s="25">
         <v>2864</v>
       </c>
       <c r="AI61" s="47">
         <v>96.7</v>
       </c>
-      <c r="AJ61" s="62">
+      <c r="AJ61" s="52">
         <v>2794</v>
       </c>
-      <c r="AK61" s="62">
+      <c r="AK61" s="52">
         <v>2716</v>
       </c>
       <c r="AL61" s="47">
         <v>97.2</v>
       </c>
+      <c r="AM61" s="52">
+        <v>2467</v>
+      </c>
+      <c r="AN61" s="52">
+        <v>2467</v>
+      </c>
+      <c r="AO61" s="47">
+        <v>100</v>
+      </c>
     </row>
-    <row r="62" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A62" s="56"/>
+    <row r="62" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A62" s="58"/>
       <c r="B62" s="24" t="s">
         <v>61</v>
       </c>
       <c r="C62" s="25">
         <v>5214</v>
       </c>
       <c r="D62" s="25">
         <v>5125</v>
       </c>
       <c r="E62" s="26">
         <v>98.293057153816704</v>
       </c>
       <c r="F62" s="25">
         <v>4894</v>
       </c>
       <c r="G62" s="25">
         <v>4459</v>
       </c>
       <c r="H62" s="26">
         <v>91.111565181855298</v>
       </c>
       <c r="I62" s="25">
         <v>4723</v>
       </c>
       <c r="J62" s="25">
@@ -8037,62 +8594,71 @@
       </c>
       <c r="AB62" s="25">
         <v>3561</v>
       </c>
       <c r="AC62" s="28">
         <v>99.9</v>
       </c>
       <c r="AD62" s="25">
         <v>3335</v>
       </c>
       <c r="AE62" s="25">
         <v>3331</v>
       </c>
       <c r="AF62" s="28">
         <v>99.880059970014997</v>
       </c>
       <c r="AG62" s="25">
         <v>3050</v>
       </c>
       <c r="AH62" s="25">
         <v>3044</v>
       </c>
       <c r="AI62" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ62" s="62">
+      <c r="AJ62" s="52">
         <v>2954</v>
       </c>
-      <c r="AK62" s="62">
+      <c r="AK62" s="52">
         <v>2949</v>
       </c>
       <c r="AL62" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM62" s="52">
+        <v>2443</v>
+      </c>
+      <c r="AN62" s="52">
+        <v>2440</v>
+      </c>
+      <c r="AO62" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="63" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A63" s="56"/>
+    <row r="63" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A63" s="58"/>
       <c r="B63" s="24" t="s">
         <v>62</v>
       </c>
       <c r="C63" s="25">
         <v>20685</v>
       </c>
       <c r="D63" s="25">
         <v>20369</v>
       </c>
       <c r="E63" s="26">
         <v>98.472322939327995</v>
       </c>
       <c r="F63" s="25">
         <v>19590</v>
       </c>
       <c r="G63" s="25">
         <v>19330</v>
       </c>
       <c r="H63" s="26">
         <v>98.672792240939202</v>
       </c>
       <c r="I63" s="25">
         <v>18617</v>
       </c>
       <c r="J63" s="25">
@@ -8151,62 +8717,71 @@
       </c>
       <c r="AB63" s="25">
         <v>13776</v>
       </c>
       <c r="AC63" s="28">
         <v>99.1</v>
       </c>
       <c r="AD63" s="25">
         <v>13107</v>
       </c>
       <c r="AE63" s="25">
         <v>12993</v>
       </c>
       <c r="AF63" s="28">
         <v>99.130235751888307</v>
       </c>
       <c r="AG63" s="25">
         <v>12196</v>
       </c>
       <c r="AH63" s="25">
         <v>12101</v>
       </c>
       <c r="AI63" s="47">
         <v>99.2</v>
       </c>
-      <c r="AJ63" s="62">
+      <c r="AJ63" s="52">
         <v>12198</v>
       </c>
-      <c r="AK63" s="62">
+      <c r="AK63" s="52">
         <v>12113</v>
       </c>
       <c r="AL63" s="47">
         <v>99.3</v>
       </c>
+      <c r="AM63" s="52">
+        <v>10713</v>
+      </c>
+      <c r="AN63" s="52">
+        <v>10627</v>
+      </c>
+      <c r="AO63" s="47">
+        <v>99.2</v>
+      </c>
     </row>
-    <row r="64" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A64" s="56"/>
+    <row r="64" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A64" s="58"/>
       <c r="B64" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C64" s="25">
         <v>17173</v>
       </c>
       <c r="D64" s="25">
         <v>16353</v>
       </c>
       <c r="E64" s="26">
         <v>95.225062598264699</v>
       </c>
       <c r="F64" s="25">
         <v>16280</v>
       </c>
       <c r="G64" s="25">
         <v>14855</v>
       </c>
       <c r="H64" s="26">
         <v>91.246928746928802</v>
       </c>
       <c r="I64" s="25">
         <v>15551</v>
       </c>
       <c r="J64" s="25">
@@ -8265,62 +8840,71 @@
       </c>
       <c r="AB64" s="25">
         <v>11399</v>
       </c>
       <c r="AC64" s="28">
         <v>99.1</v>
       </c>
       <c r="AD64" s="25">
         <v>10718</v>
       </c>
       <c r="AE64" s="25">
         <v>10608</v>
       </c>
       <c r="AF64" s="28">
         <v>98.973689121104684</v>
       </c>
       <c r="AG64" s="25">
         <v>9870</v>
       </c>
       <c r="AH64" s="25">
         <v>9780</v>
       </c>
       <c r="AI64" s="47">
         <v>99.1</v>
       </c>
-      <c r="AJ64" s="62">
+      <c r="AJ64" s="52">
         <v>9878</v>
       </c>
-      <c r="AK64" s="62">
+      <c r="AK64" s="52">
         <v>9788</v>
       </c>
       <c r="AL64" s="47">
         <v>99.1</v>
       </c>
+      <c r="AM64" s="52">
+        <v>8588</v>
+      </c>
+      <c r="AN64" s="52">
+        <v>8516</v>
+      </c>
+      <c r="AO64" s="47">
+        <v>99.2</v>
+      </c>
     </row>
-    <row r="65" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A65" s="56"/>
+    <row r="65" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A65" s="58"/>
       <c r="B65" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C65" s="25">
         <v>7352</v>
       </c>
       <c r="D65" s="25">
         <v>6953</v>
       </c>
       <c r="E65" s="26">
         <v>94.572905331882495</v>
       </c>
       <c r="F65" s="25">
         <v>6750</v>
       </c>
       <c r="G65" s="25">
         <v>6379</v>
       </c>
       <c r="H65" s="26">
         <v>94.503703703703707</v>
       </c>
       <c r="I65" s="25">
         <v>6378</v>
       </c>
       <c r="J65" s="25">
@@ -8379,62 +8963,71 @@
       </c>
       <c r="AB65" s="25">
         <v>5006</v>
       </c>
       <c r="AC65" s="28">
         <v>99.2</v>
       </c>
       <c r="AD65" s="25">
         <v>4811</v>
       </c>
       <c r="AE65" s="25">
         <v>4779</v>
       </c>
       <c r="AF65" s="28">
         <v>99.334857617958846</v>
       </c>
       <c r="AG65" s="25">
         <v>4533</v>
       </c>
       <c r="AH65" s="25">
         <v>4501</v>
       </c>
       <c r="AI65" s="47">
         <v>99.3</v>
       </c>
-      <c r="AJ65" s="62">
+      <c r="AJ65" s="52">
         <v>4393</v>
       </c>
-      <c r="AK65" s="62">
+      <c r="AK65" s="52">
         <v>4371</v>
       </c>
       <c r="AL65" s="47">
         <v>99.5</v>
       </c>
+      <c r="AM65" s="52">
+        <v>3750</v>
+      </c>
+      <c r="AN65" s="52">
+        <v>3728</v>
+      </c>
+      <c r="AO65" s="47">
+        <v>99.4</v>
+      </c>
     </row>
-    <row r="66" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A66" s="56"/>
+    <row r="66" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A66" s="58"/>
       <c r="B66" s="24" t="s">
         <v>65</v>
       </c>
       <c r="C66" s="25">
         <v>5409</v>
       </c>
       <c r="D66" s="25">
         <v>5325</v>
       </c>
       <c r="E66" s="26">
         <v>98.447032723239104</v>
       </c>
       <c r="F66" s="25">
         <v>5054</v>
       </c>
       <c r="G66" s="25">
         <v>4924</v>
       </c>
       <c r="H66" s="26">
         <v>97.427779976256403</v>
       </c>
       <c r="I66" s="25">
         <v>4969</v>
       </c>
       <c r="J66" s="25">
@@ -8493,62 +9086,71 @@
       </c>
       <c r="AB66" s="25">
         <v>3865</v>
       </c>
       <c r="AC66" s="28">
         <v>99.7</v>
       </c>
       <c r="AD66" s="25">
         <v>3661</v>
       </c>
       <c r="AE66" s="25">
         <v>3653</v>
       </c>
       <c r="AF66" s="28">
         <v>99.781480469816984</v>
       </c>
       <c r="AG66" s="25">
         <v>3323</v>
       </c>
       <c r="AH66" s="25">
         <v>3317</v>
       </c>
       <c r="AI66" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ66" s="62">
+      <c r="AJ66" s="52">
         <v>3307</v>
       </c>
-      <c r="AK66" s="62">
+      <c r="AK66" s="52">
         <v>3299</v>
       </c>
       <c r="AL66" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM66" s="52">
+        <v>2934</v>
+      </c>
+      <c r="AN66" s="52">
+        <v>2924</v>
+      </c>
+      <c r="AO66" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="67" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A67" s="56"/>
+    <row r="67" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A67" s="58"/>
       <c r="B67" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C67" s="25">
         <v>7832</v>
       </c>
       <c r="D67" s="25">
         <v>7733</v>
       </c>
       <c r="E67" s="26">
         <v>98.735955056179805</v>
       </c>
       <c r="F67" s="25">
         <v>7396</v>
       </c>
       <c r="G67" s="25">
         <v>7357</v>
       </c>
       <c r="H67" s="26">
         <v>99.472687939426706</v>
       </c>
       <c r="I67" s="25">
         <v>6984</v>
       </c>
       <c r="J67" s="25">
@@ -8607,62 +9209,71 @@
       </c>
       <c r="AB67" s="25">
         <v>5572</v>
       </c>
       <c r="AC67" s="28">
         <v>99.8</v>
       </c>
       <c r="AD67" s="25">
         <v>5350</v>
       </c>
       <c r="AE67" s="25">
         <v>5340</v>
       </c>
       <c r="AF67" s="28">
         <v>99.813084112149539</v>
       </c>
       <c r="AG67" s="25">
         <v>4776</v>
       </c>
       <c r="AH67" s="25">
         <v>4768</v>
       </c>
       <c r="AI67" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ67" s="62">
+      <c r="AJ67" s="52">
         <v>4634</v>
       </c>
-      <c r="AK67" s="62">
+      <c r="AK67" s="52">
         <v>4631</v>
       </c>
       <c r="AL67" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM67" s="52">
+        <v>4057</v>
+      </c>
+      <c r="AN67" s="52">
+        <v>4052</v>
+      </c>
+      <c r="AO67" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="68" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A68" s="56"/>
+    <row r="68" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A68" s="58"/>
       <c r="B68" s="24" t="s">
         <v>67</v>
       </c>
       <c r="C68" s="25">
         <v>11068</v>
       </c>
       <c r="D68" s="25">
         <v>10716</v>
       </c>
       <c r="E68" s="26">
         <v>96.819660281893803</v>
       </c>
       <c r="F68" s="25">
         <v>10232</v>
       </c>
       <c r="G68" s="25">
         <v>10115</v>
       </c>
       <c r="H68" s="26">
         <v>98.856528537920198</v>
       </c>
       <c r="I68" s="25">
         <v>10099</v>
       </c>
       <c r="J68" s="25">
@@ -8721,62 +9332,71 @@
       </c>
       <c r="AB68" s="25">
         <v>7857</v>
       </c>
       <c r="AC68" s="28">
         <v>99.7</v>
       </c>
       <c r="AD68" s="25">
         <v>7753</v>
       </c>
       <c r="AE68" s="25">
         <v>7699</v>
       </c>
       <c r="AF68" s="28">
         <v>99.303495421127309</v>
       </c>
       <c r="AG68" s="25">
         <v>6852</v>
       </c>
       <c r="AH68" s="25">
         <v>6826</v>
       </c>
       <c r="AI68" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ68" s="62">
+      <c r="AJ68" s="52">
         <v>6877</v>
       </c>
-      <c r="AK68" s="62">
+      <c r="AK68" s="52">
         <v>6857</v>
       </c>
       <c r="AL68" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM68" s="52">
+        <v>5617</v>
+      </c>
+      <c r="AN68" s="52">
+        <v>5597</v>
+      </c>
+      <c r="AO68" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="69" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A69" s="56"/>
+    <row r="69" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A69" s="58"/>
       <c r="B69" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C69" s="25">
         <v>9271</v>
       </c>
       <c r="D69" s="25">
         <v>9184</v>
       </c>
       <c r="E69" s="26">
         <v>99.061589904001707</v>
       </c>
       <c r="F69" s="25">
         <v>8380</v>
       </c>
       <c r="G69" s="25">
         <v>8256</v>
       </c>
       <c r="H69" s="26">
         <v>98.520286396181405</v>
       </c>
       <c r="I69" s="25">
         <v>8266</v>
       </c>
       <c r="J69" s="25">
@@ -8835,62 +9455,71 @@
       </c>
       <c r="AB69" s="25">
         <v>6084</v>
       </c>
       <c r="AC69" s="28">
         <v>99.6</v>
       </c>
       <c r="AD69" s="25">
         <v>5894</v>
       </c>
       <c r="AE69" s="25">
         <v>5871</v>
       </c>
       <c r="AF69" s="28">
         <v>99.609772650152692</v>
       </c>
       <c r="AG69" s="25">
         <v>5408</v>
       </c>
       <c r="AH69" s="25">
         <v>5385</v>
       </c>
       <c r="AI69" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ69" s="62">
+      <c r="AJ69" s="52">
         <v>5202</v>
       </c>
-      <c r="AK69" s="62">
+      <c r="AK69" s="52">
         <v>5187</v>
       </c>
       <c r="AL69" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM69" s="52">
+        <v>4380</v>
+      </c>
+      <c r="AN69" s="52">
+        <v>4369</v>
+      </c>
+      <c r="AO69" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="70" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A70" s="56"/>
+    <row r="70" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A70" s="58"/>
       <c r="B70" s="24" t="s">
         <v>69</v>
       </c>
       <c r="C70" s="25">
         <v>13612</v>
       </c>
       <c r="D70" s="25">
         <v>13356</v>
       </c>
       <c r="E70" s="26">
         <v>98.119306494269793</v>
       </c>
       <c r="F70" s="25">
         <v>12843</v>
       </c>
       <c r="G70" s="25">
         <v>12342</v>
       </c>
       <c r="H70" s="26">
         <v>96.0990422798412</v>
       </c>
       <c r="I70" s="25">
         <v>12075</v>
       </c>
       <c r="J70" s="25">
@@ -8949,62 +9578,71 @@
       </c>
       <c r="AB70" s="25">
         <v>8629</v>
       </c>
       <c r="AC70" s="28">
         <v>98.9</v>
       </c>
       <c r="AD70" s="25">
         <v>8352</v>
       </c>
       <c r="AE70" s="25">
         <v>8254</v>
       </c>
       <c r="AF70" s="28">
         <v>98.826628352490417</v>
       </c>
       <c r="AG70" s="25">
         <v>7603</v>
       </c>
       <c r="AH70" s="25">
         <v>7521</v>
       </c>
       <c r="AI70" s="47">
         <v>98.9</v>
       </c>
-      <c r="AJ70" s="62">
+      <c r="AJ70" s="52">
         <v>7635</v>
       </c>
-      <c r="AK70" s="62">
+      <c r="AK70" s="52">
         <v>7547</v>
       </c>
       <c r="AL70" s="47">
         <v>98.8</v>
       </c>
+      <c r="AM70" s="52">
+        <v>6668</v>
+      </c>
+      <c r="AN70" s="52">
+        <v>6620</v>
+      </c>
+      <c r="AO70" s="47">
+        <v>99.3</v>
+      </c>
     </row>
-    <row r="71" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A71" s="56"/>
+    <row r="71" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A71" s="58"/>
       <c r="B71" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C71" s="25">
         <v>6871</v>
       </c>
       <c r="D71" s="25">
         <v>6623</v>
       </c>
       <c r="E71" s="26">
         <v>96.390627274050402</v>
       </c>
       <c r="F71" s="25">
         <v>6263</v>
       </c>
       <c r="G71" s="25">
         <v>6068</v>
       </c>
       <c r="H71" s="26">
         <v>96.886476129650305</v>
       </c>
       <c r="I71" s="25">
         <v>5872</v>
       </c>
       <c r="J71" s="25">
@@ -9063,62 +9701,71 @@
       </c>
       <c r="AB71" s="25">
         <v>4883</v>
       </c>
       <c r="AC71" s="28">
         <v>98.4</v>
       </c>
       <c r="AD71" s="25">
         <v>4688</v>
       </c>
       <c r="AE71" s="25">
         <v>4623</v>
       </c>
       <c r="AF71" s="28">
         <v>98.613481228668945</v>
       </c>
       <c r="AG71" s="25">
         <v>4408</v>
       </c>
       <c r="AH71" s="25">
         <v>4331</v>
       </c>
       <c r="AI71" s="47">
         <v>98.3</v>
       </c>
-      <c r="AJ71" s="62">
+      <c r="AJ71" s="52">
         <v>4396</v>
       </c>
-      <c r="AK71" s="62">
+      <c r="AK71" s="52">
         <v>4322</v>
       </c>
       <c r="AL71" s="47">
         <v>98.3</v>
       </c>
+      <c r="AM71" s="52">
+        <v>3638</v>
+      </c>
+      <c r="AN71" s="52">
+        <v>3587</v>
+      </c>
+      <c r="AO71" s="47">
+        <v>98.6</v>
+      </c>
     </row>
-    <row r="72" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A72" s="56"/>
+    <row r="72" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A72" s="58"/>
       <c r="B72" s="24" t="s">
         <v>71</v>
       </c>
       <c r="C72" s="25">
         <v>4047</v>
       </c>
       <c r="D72" s="25">
         <v>4001</v>
       </c>
       <c r="E72" s="26">
         <v>98.863355572028695</v>
       </c>
       <c r="F72" s="25">
         <v>3702</v>
       </c>
       <c r="G72" s="25">
         <v>3685</v>
       </c>
       <c r="H72" s="26">
         <v>99.5407887628309</v>
       </c>
       <c r="I72" s="25">
         <v>3684</v>
       </c>
       <c r="J72" s="25">
@@ -9177,62 +9824,71 @@
       </c>
       <c r="AB72" s="25">
         <v>2836</v>
       </c>
       <c r="AC72" s="28">
         <v>99.9</v>
       </c>
       <c r="AD72" s="25">
         <v>2821</v>
       </c>
       <c r="AE72" s="25">
         <v>2814</v>
       </c>
       <c r="AF72" s="28">
         <v>99.75186104218362</v>
       </c>
       <c r="AG72" s="25">
         <v>2552</v>
       </c>
       <c r="AH72" s="25">
         <v>2546</v>
       </c>
       <c r="AI72" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ72" s="62">
+      <c r="AJ72" s="52">
         <v>2500</v>
       </c>
-      <c r="AK72" s="62">
+      <c r="AK72" s="52">
         <v>2494</v>
       </c>
       <c r="AL72" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM72" s="52">
+        <v>2155</v>
+      </c>
+      <c r="AN72" s="52">
+        <v>2151</v>
+      </c>
+      <c r="AO72" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="73" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A73" s="55" t="s">
+    <row r="73" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A73" s="57" t="s">
         <v>72</v>
       </c>
       <c r="B73" s="24" t="s">
         <v>72</v>
       </c>
       <c r="C73" s="25">
         <v>143488</v>
       </c>
       <c r="D73" s="25">
         <v>138851</v>
       </c>
       <c r="E73" s="26">
         <v>96.7683708742194</v>
       </c>
       <c r="F73" s="25">
         <v>138549</v>
       </c>
       <c r="G73" s="25">
         <v>129364</v>
       </c>
       <c r="H73" s="26">
         <v>93.370576474749001</v>
       </c>
       <c r="I73" s="25">
         <v>129235</v>
@@ -9293,62 +9949,71 @@
       </c>
       <c r="AB73" s="25">
         <v>105252</v>
       </c>
       <c r="AC73" s="28">
         <v>99.1</v>
       </c>
       <c r="AD73" s="25">
         <v>97396</v>
       </c>
       <c r="AE73" s="25">
         <v>96262</v>
       </c>
       <c r="AF73" s="28">
         <v>98.835681136802336</v>
       </c>
       <c r="AG73" s="25">
         <v>89910</v>
       </c>
       <c r="AH73" s="25">
         <v>88531</v>
       </c>
       <c r="AI73" s="47">
         <v>98.5</v>
       </c>
-      <c r="AJ73" s="62">
+      <c r="AJ73" s="52">
         <v>93332</v>
       </c>
-      <c r="AK73" s="62">
+      <c r="AK73" s="52">
         <v>92447</v>
       </c>
       <c r="AL73" s="47">
         <v>99.1</v>
       </c>
+      <c r="AM73" s="52">
+        <v>83240</v>
+      </c>
+      <c r="AN73" s="52">
+        <v>82514</v>
+      </c>
+      <c r="AO73" s="47">
+        <v>99.1</v>
+      </c>
     </row>
-    <row r="74" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A74" s="56"/>
+    <row r="74" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A74" s="58"/>
       <c r="B74" s="24" t="s">
         <v>73</v>
       </c>
       <c r="C74" s="25">
         <v>19229</v>
       </c>
       <c r="D74" s="25">
         <v>18997</v>
       </c>
       <c r="E74" s="26">
         <v>98.793489000988103</v>
       </c>
       <c r="F74" s="25">
         <v>18937</v>
       </c>
       <c r="G74" s="25">
         <v>16255</v>
       </c>
       <c r="H74" s="26">
         <v>85.837249828378305</v>
       </c>
       <c r="I74" s="25">
         <v>17934</v>
       </c>
       <c r="J74" s="25">
@@ -9407,62 +10072,71 @@
       </c>
       <c r="AB74" s="25">
         <v>13472</v>
       </c>
       <c r="AC74" s="28">
         <v>99.1</v>
       </c>
       <c r="AD74" s="25">
         <v>12972</v>
       </c>
       <c r="AE74" s="25">
         <v>12909</v>
       </c>
       <c r="AF74" s="28">
         <v>99.514338575393154</v>
       </c>
       <c r="AG74" s="25">
         <v>11667</v>
       </c>
       <c r="AH74" s="25">
         <v>11602</v>
       </c>
       <c r="AI74" s="47">
         <v>99.4</v>
       </c>
-      <c r="AJ74" s="62">
+      <c r="AJ74" s="52">
         <v>12127</v>
       </c>
-      <c r="AK74" s="62">
+      <c r="AK74" s="52">
         <v>12048</v>
       </c>
       <c r="AL74" s="47">
         <v>99.3</v>
       </c>
+      <c r="AM74" s="52">
+        <v>10280</v>
+      </c>
+      <c r="AN74" s="52">
+        <v>10225</v>
+      </c>
+      <c r="AO74" s="47">
+        <v>99.5</v>
+      </c>
     </row>
-    <row r="75" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A75" s="56"/>
+    <row r="75" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A75" s="58"/>
       <c r="B75" s="24" t="s">
         <v>74</v>
       </c>
       <c r="C75" s="25">
         <v>545</v>
       </c>
       <c r="D75" s="25">
         <v>7460</v>
       </c>
       <c r="E75" s="26">
         <v>1368.80733944954</v>
       </c>
       <c r="F75" s="25">
         <v>7276</v>
       </c>
       <c r="G75" s="25">
         <v>7249</v>
       </c>
       <c r="H75" s="26">
         <v>99.628916987355694</v>
       </c>
       <c r="I75" s="25">
         <v>6867</v>
       </c>
       <c r="J75" s="25">
@@ -9521,62 +10195,71 @@
       </c>
       <c r="AB75" s="25">
         <v>5486</v>
       </c>
       <c r="AC75" s="28">
         <v>99.9</v>
       </c>
       <c r="AD75" s="25">
         <v>4913</v>
       </c>
       <c r="AE75" s="25">
         <v>4897</v>
       </c>
       <c r="AF75" s="28">
         <v>99.674333401180547</v>
       </c>
       <c r="AG75" s="25">
         <v>4453</v>
       </c>
       <c r="AH75" s="25">
         <v>4444</v>
       </c>
       <c r="AI75" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ75" s="62">
+      <c r="AJ75" s="52">
         <v>4857</v>
       </c>
-      <c r="AK75" s="62">
+      <c r="AK75" s="52">
         <v>4851</v>
       </c>
       <c r="AL75" s="47">
         <v>99.9</v>
       </c>
+      <c r="AM75" s="52">
+        <v>4261</v>
+      </c>
+      <c r="AN75" s="52">
+        <v>4250</v>
+      </c>
+      <c r="AO75" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="76" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A76" s="56"/>
+    <row r="76" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A76" s="58"/>
       <c r="B76" s="24" t="s">
         <v>75</v>
       </c>
       <c r="C76" s="25">
         <v>3479</v>
       </c>
       <c r="D76" s="25">
         <v>3457</v>
       </c>
       <c r="E76" s="26">
         <v>99.367634377694699</v>
       </c>
       <c r="F76" s="25">
         <v>3137</v>
       </c>
       <c r="G76" s="25">
         <v>3126</v>
       </c>
       <c r="H76" s="26">
         <v>99.649346509403898</v>
       </c>
       <c r="I76" s="25">
         <v>2850</v>
       </c>
       <c r="J76" s="25">
@@ -9635,62 +10318,71 @@
       </c>
       <c r="AB76" s="25">
         <v>2037</v>
       </c>
       <c r="AC76" s="28">
         <v>99.3</v>
       </c>
       <c r="AD76" s="25">
         <v>1806</v>
       </c>
       <c r="AE76" s="25">
         <v>1794</v>
       </c>
       <c r="AF76" s="28">
         <v>99.33554817275747</v>
       </c>
       <c r="AG76" s="25">
         <v>1714</v>
       </c>
       <c r="AH76" s="25">
         <v>1709</v>
       </c>
       <c r="AI76" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ76" s="62">
+      <c r="AJ76" s="52">
         <v>1587</v>
       </c>
-      <c r="AK76" s="62">
+      <c r="AK76" s="52">
         <v>1580</v>
       </c>
       <c r="AL76" s="47">
         <v>99.6</v>
       </c>
+      <c r="AM76" s="52">
+        <v>1384</v>
+      </c>
+      <c r="AN76" s="52">
+        <v>1377</v>
+      </c>
+      <c r="AO76" s="47">
+        <v>99.5</v>
+      </c>
     </row>
-    <row r="77" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A77" s="56"/>
+    <row r="77" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A77" s="58"/>
       <c r="B77" s="24" t="s">
         <v>76</v>
       </c>
       <c r="C77" s="25">
         <v>8844</v>
       </c>
       <c r="D77" s="25">
         <v>8608</v>
       </c>
       <c r="E77" s="26">
         <v>97.331524197195904</v>
       </c>
       <c r="F77" s="25">
         <v>7636</v>
       </c>
       <c r="G77" s="25">
         <v>6679</v>
       </c>
       <c r="H77" s="26">
         <v>87.467260345730807</v>
       </c>
       <c r="I77" s="25">
         <v>7238</v>
       </c>
       <c r="J77" s="25">
@@ -9749,62 +10441,71 @@
       </c>
       <c r="AB77" s="25">
         <v>6122</v>
       </c>
       <c r="AC77" s="28">
         <v>99.8</v>
       </c>
       <c r="AD77" s="25">
         <v>4595</v>
       </c>
       <c r="AE77" s="25">
         <v>4586</v>
       </c>
       <c r="AF77" s="28">
         <v>99.804134929270944</v>
       </c>
       <c r="AG77" s="25">
         <v>3908</v>
       </c>
       <c r="AH77" s="25">
         <v>3894</v>
       </c>
       <c r="AI77" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ77" s="62">
+      <c r="AJ77" s="52">
         <v>4666</v>
       </c>
-      <c r="AK77" s="62">
+      <c r="AK77" s="52">
         <v>4655</v>
       </c>
       <c r="AL77" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM77" s="52">
+        <v>4749</v>
+      </c>
+      <c r="AN77" s="52">
+        <v>4741</v>
+      </c>
+      <c r="AO77" s="47">
+        <v>99.8</v>
+      </c>
     </row>
-    <row r="78" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A78" s="56"/>
+    <row r="78" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A78" s="58"/>
       <c r="B78" s="24" t="s">
         <v>77</v>
       </c>
       <c r="C78" s="25">
         <v>16258</v>
       </c>
       <c r="D78" s="25">
         <v>16066</v>
       </c>
       <c r="E78" s="26">
         <v>98.819042932710104</v>
       </c>
       <c r="F78" s="25">
         <v>15477</v>
       </c>
       <c r="G78" s="25">
         <v>14721</v>
       </c>
       <c r="H78" s="26">
         <v>95.115332428765299</v>
       </c>
       <c r="I78" s="25">
         <v>14546</v>
       </c>
       <c r="J78" s="25">
@@ -9863,62 +10564,71 @@
       </c>
       <c r="AB78" s="25">
         <v>11190</v>
       </c>
       <c r="AC78" s="28">
         <v>99.1</v>
       </c>
       <c r="AD78" s="25">
         <v>9949</v>
       </c>
       <c r="AE78" s="25">
         <v>9866</v>
       </c>
       <c r="AF78" s="28">
         <v>99.165745301035287</v>
       </c>
       <c r="AG78" s="25">
         <v>9136</v>
       </c>
       <c r="AH78" s="25">
         <v>9048</v>
       </c>
       <c r="AI78" s="47">
         <v>99</v>
       </c>
-      <c r="AJ78" s="62">
+      <c r="AJ78" s="52">
         <v>9732</v>
       </c>
-      <c r="AK78" s="62">
+      <c r="AK78" s="52">
         <v>9663</v>
       </c>
       <c r="AL78" s="47">
         <v>99.3</v>
       </c>
+      <c r="AM78" s="52">
+        <v>8520</v>
+      </c>
+      <c r="AN78" s="52">
+        <v>8460</v>
+      </c>
+      <c r="AO78" s="47">
+        <v>99.3</v>
+      </c>
     </row>
-    <row r="79" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A79" s="56"/>
+    <row r="79" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A79" s="58"/>
       <c r="B79" s="24" t="s">
         <v>78</v>
       </c>
       <c r="C79" s="25">
         <v>2567</v>
       </c>
       <c r="D79" s="25">
         <v>2542</v>
       </c>
       <c r="E79" s="26">
         <v>99.026100506427696</v>
       </c>
       <c r="F79" s="25">
         <v>2012</v>
       </c>
       <c r="G79" s="25">
         <v>1983</v>
       </c>
       <c r="H79" s="26">
         <v>98.558648111332005</v>
       </c>
       <c r="I79" s="25">
         <v>1951</v>
       </c>
       <c r="J79" s="25">
@@ -9977,62 +10687,71 @@
       </c>
       <c r="AB79" s="25">
         <v>1616</v>
       </c>
       <c r="AC79" s="28">
         <v>99.3</v>
       </c>
       <c r="AD79" s="25">
         <v>1403</v>
       </c>
       <c r="AE79" s="25">
         <v>1395</v>
       </c>
       <c r="AF79" s="28">
         <v>99.429793300071282</v>
       </c>
       <c r="AG79" s="25">
         <v>1373</v>
       </c>
       <c r="AH79" s="25">
         <v>1362</v>
       </c>
       <c r="AI79" s="47">
         <v>99.2</v>
       </c>
-      <c r="AJ79" s="62">
+      <c r="AJ79" s="52">
         <v>1388</v>
       </c>
-      <c r="AK79" s="62">
+      <c r="AK79" s="52">
         <v>1377</v>
       </c>
       <c r="AL79" s="47">
         <v>99.2</v>
       </c>
+      <c r="AM79" s="52">
+        <v>1352</v>
+      </c>
+      <c r="AN79" s="52">
+        <v>1335</v>
+      </c>
+      <c r="AO79" s="47">
+        <v>98.7</v>
+      </c>
     </row>
-    <row r="80" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A80" s="56"/>
+    <row r="80" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A80" s="58"/>
       <c r="B80" s="24" t="s">
         <v>79</v>
       </c>
       <c r="C80" s="25">
         <v>6575</v>
       </c>
       <c r="D80" s="25">
         <v>6509</v>
       </c>
       <c r="E80" s="26">
         <v>98.996197718631194</v>
       </c>
       <c r="F80" s="25">
         <v>6170</v>
       </c>
       <c r="G80" s="25">
         <v>6095</v>
       </c>
       <c r="H80" s="26">
         <v>98.784440842787703</v>
       </c>
       <c r="I80" s="25">
         <v>5796</v>
       </c>
       <c r="J80" s="25">
@@ -10091,62 +10810,71 @@
       </c>
       <c r="AB80" s="25">
         <v>4578</v>
       </c>
       <c r="AC80" s="28">
         <v>99.6</v>
       </c>
       <c r="AD80" s="25">
         <v>4381</v>
       </c>
       <c r="AE80" s="25">
         <v>4364</v>
       </c>
       <c r="AF80" s="28">
         <v>99.611960739557176</v>
       </c>
       <c r="AG80" s="25">
         <v>3861</v>
       </c>
       <c r="AH80" s="25">
         <v>3848</v>
       </c>
       <c r="AI80" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ80" s="62">
+      <c r="AJ80" s="52">
         <v>4061</v>
       </c>
-      <c r="AK80" s="62">
+      <c r="AK80" s="52">
         <v>4051</v>
       </c>
       <c r="AL80" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM80" s="52">
+        <v>3665</v>
+      </c>
+      <c r="AN80" s="52">
+        <v>3648</v>
+      </c>
+      <c r="AO80" s="47">
+        <v>99.5</v>
+      </c>
     </row>
-    <row r="81" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A81" s="56"/>
+    <row r="81" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A81" s="58"/>
       <c r="B81" s="24" t="s">
         <v>80</v>
       </c>
       <c r="C81" s="25">
         <v>22271</v>
       </c>
       <c r="D81" s="25">
         <v>21032</v>
       </c>
       <c r="E81" s="26">
         <v>94.436711418436502</v>
       </c>
       <c r="F81" s="25">
         <v>21545</v>
       </c>
       <c r="G81" s="25">
         <v>19948</v>
       </c>
       <c r="H81" s="26">
         <v>92.587607333488094</v>
       </c>
       <c r="I81" s="25">
         <v>20333</v>
       </c>
       <c r="J81" s="25">
@@ -10205,62 +10933,71 @@
       </c>
       <c r="AB81" s="25">
         <v>15879</v>
       </c>
       <c r="AC81" s="28">
         <v>99.4</v>
       </c>
       <c r="AD81" s="25">
         <v>14996</v>
       </c>
       <c r="AE81" s="25">
         <v>14947</v>
       </c>
       <c r="AF81" s="28">
         <v>99.673246198986391</v>
       </c>
       <c r="AG81" s="25">
         <v>13511</v>
       </c>
       <c r="AH81" s="25">
         <v>13432</v>
       </c>
       <c r="AI81" s="47">
         <v>99.4</v>
       </c>
-      <c r="AJ81" s="62">
+      <c r="AJ81" s="52">
         <v>13826</v>
       </c>
-      <c r="AK81" s="62">
+      <c r="AK81" s="52">
         <v>13779</v>
       </c>
       <c r="AL81" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM81" s="52">
+        <v>11833</v>
+      </c>
+      <c r="AN81" s="52">
+        <v>11796</v>
+      </c>
+      <c r="AO81" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="82" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A82" s="56"/>
+    <row r="82" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A82" s="58"/>
       <c r="B82" s="24" t="s">
         <v>81</v>
       </c>
       <c r="C82" s="25">
         <v>4980</v>
       </c>
       <c r="D82" s="25">
         <v>4940</v>
       </c>
       <c r="E82" s="26">
         <v>99.196787148594396</v>
       </c>
       <c r="F82" s="25">
         <v>4974</v>
       </c>
       <c r="G82" s="25">
         <v>4942</v>
       </c>
       <c r="H82" s="26">
         <v>99.356654603940498</v>
       </c>
       <c r="I82" s="25">
         <v>4574</v>
       </c>
       <c r="J82" s="25">
@@ -10319,62 +11056,71 @@
       </c>
       <c r="AB82" s="25">
         <v>3463</v>
       </c>
       <c r="AC82" s="28">
         <v>99.5</v>
       </c>
       <c r="AD82" s="25">
         <v>3128</v>
       </c>
       <c r="AE82" s="25">
         <v>3114</v>
       </c>
       <c r="AF82" s="28">
         <v>99.552429667519178</v>
       </c>
       <c r="AG82" s="25">
         <v>2930</v>
       </c>
       <c r="AH82" s="25">
         <v>2920</v>
       </c>
       <c r="AI82" s="47">
         <v>99.7</v>
       </c>
-      <c r="AJ82" s="62">
+      <c r="AJ82" s="52">
         <v>2917</v>
       </c>
-      <c r="AK82" s="62">
+      <c r="AK82" s="52">
         <v>2912</v>
       </c>
       <c r="AL82" s="47">
         <v>99.8</v>
       </c>
+      <c r="AM82" s="52">
+        <v>2570</v>
+      </c>
+      <c r="AN82" s="52">
+        <v>2560</v>
+      </c>
+      <c r="AO82" s="47">
+        <v>99.6</v>
+      </c>
     </row>
-    <row r="83" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A83" s="56"/>
+    <row r="83" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A83" s="58"/>
       <c r="B83" s="24" t="s">
         <v>82</v>
       </c>
       <c r="C83" s="25">
         <v>8853</v>
       </c>
       <c r="D83" s="25">
         <v>8830</v>
       </c>
       <c r="E83" s="26">
         <v>99.740201061787005</v>
       </c>
       <c r="F83" s="25">
         <v>8365</v>
       </c>
       <c r="G83" s="25">
         <v>8336</v>
       </c>
       <c r="H83" s="26">
         <v>99.653317393903194</v>
       </c>
       <c r="I83" s="25">
         <v>7600</v>
       </c>
       <c r="J83" s="25">
@@ -10433,62 +11179,71 @@
       </c>
       <c r="AB83" s="25">
         <v>5488</v>
       </c>
       <c r="AC83" s="28">
         <v>99.8</v>
       </c>
       <c r="AD83" s="25">
         <v>5004</v>
       </c>
       <c r="AE83" s="25">
         <v>4995</v>
       </c>
       <c r="AF83" s="28">
         <v>99.82014388489209</v>
       </c>
       <c r="AG83" s="25">
         <v>4579</v>
       </c>
       <c r="AH83" s="25">
         <v>4562</v>
       </c>
       <c r="AI83" s="47">
         <v>99.6</v>
       </c>
-      <c r="AJ83" s="62">
+      <c r="AJ83" s="52">
         <v>4778</v>
       </c>
-      <c r="AK83" s="62">
+      <c r="AK83" s="52">
         <v>4764</v>
       </c>
       <c r="AL83" s="47">
         <v>99.7</v>
       </c>
+      <c r="AM83" s="52">
+        <v>4172</v>
+      </c>
+      <c r="AN83" s="52">
+        <v>4167</v>
+      </c>
+      <c r="AO83" s="47">
+        <v>99.9</v>
+      </c>
     </row>
-    <row r="84" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A84" s="56"/>
+    <row r="84" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A84" s="58"/>
       <c r="B84" s="24" t="s">
         <v>83</v>
       </c>
       <c r="C84" s="25">
         <v>5728</v>
       </c>
       <c r="D84" s="25">
         <v>5708</v>
       </c>
       <c r="E84" s="26">
         <v>99.650837988826794</v>
       </c>
       <c r="F84" s="25">
         <v>5542</v>
       </c>
       <c r="G84" s="25">
         <v>5530</v>
       </c>
       <c r="H84" s="26">
         <v>99.783471670877006</v>
       </c>
       <c r="I84" s="25">
         <v>5321</v>
       </c>
       <c r="J84" s="25">
@@ -10547,62 +11302,71 @@
       </c>
       <c r="AB84" s="25">
         <v>3698</v>
       </c>
       <c r="AC84" s="28">
         <v>99.8</v>
       </c>
       <c r="AD84" s="25">
         <v>3371</v>
       </c>
       <c r="AE84" s="25">
         <v>3362</v>
       </c>
       <c r="AF84" s="28">
         <v>99.733016908929102</v>
       </c>
       <c r="AG84" s="25">
         <v>3037</v>
       </c>
       <c r="AH84" s="25">
         <v>3030</v>
       </c>
       <c r="AI84" s="47">
         <v>99.8</v>
       </c>
-      <c r="AJ84" s="62">
+      <c r="AJ84" s="52">
         <v>3124</v>
       </c>
-      <c r="AK84" s="62">
+      <c r="AK84" s="52">
         <v>3113</v>
       </c>
       <c r="AL84" s="47">
         <v>99.6</v>
       </c>
+      <c r="AM84" s="52">
+        <v>2713</v>
+      </c>
+      <c r="AN84" s="52">
+        <v>2704</v>
+      </c>
+      <c r="AO84" s="47">
+        <v>99.7</v>
+      </c>
     </row>
-    <row r="85" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A85" s="56"/>
+    <row r="85" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A85" s="58"/>
       <c r="B85" s="24" t="s">
         <v>84</v>
       </c>
       <c r="C85" s="25">
         <v>12240</v>
       </c>
       <c r="D85" s="25">
         <v>11334</v>
       </c>
       <c r="E85" s="26">
         <v>92.598039215686299</v>
       </c>
       <c r="F85" s="25">
         <v>12446</v>
       </c>
       <c r="G85" s="25">
         <v>11615</v>
       </c>
       <c r="H85" s="26">
         <v>93.323156034067196</v>
       </c>
       <c r="I85" s="25">
         <v>11319</v>
       </c>
       <c r="J85" s="25">
@@ -10661,62 +11425,71 @@
       </c>
       <c r="AB85" s="25">
         <v>10527</v>
       </c>
       <c r="AC85" s="28">
         <v>97.6</v>
       </c>
       <c r="AD85" s="25">
         <v>10091</v>
       </c>
       <c r="AE85" s="25">
         <v>9704</v>
       </c>
       <c r="AF85" s="28">
         <v>96.164899415320576</v>
       </c>
       <c r="AG85" s="25">
         <v>9689</v>
       </c>
       <c r="AH85" s="25">
         <v>9144</v>
       </c>
       <c r="AI85" s="47">
         <v>94.4</v>
       </c>
-      <c r="AJ85" s="62">
+      <c r="AJ85" s="52">
         <v>9836</v>
       </c>
-      <c r="AK85" s="62">
+      <c r="AK85" s="52">
         <v>9532</v>
       </c>
       <c r="AL85" s="47">
         <v>96.9</v>
       </c>
+      <c r="AM85" s="52">
+        <v>9046</v>
+      </c>
+      <c r="AN85" s="52">
+        <v>8811</v>
+      </c>
+      <c r="AO85" s="47">
+        <v>97.4</v>
+      </c>
     </row>
-    <row r="86" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A86" s="56"/>
+    <row r="86" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A86" s="58"/>
       <c r="B86" s="24" t="s">
         <v>85</v>
       </c>
       <c r="C86" s="25">
         <v>11384</v>
       </c>
       <c r="D86" s="25">
         <v>10492</v>
       </c>
       <c r="E86" s="26">
         <v>92.164441321152495</v>
       </c>
       <c r="F86" s="25">
         <v>11464</v>
       </c>
       <c r="G86" s="25">
         <v>9795</v>
       </c>
       <c r="H86" s="26">
         <v>85.441381716678293</v>
       </c>
       <c r="I86" s="25">
         <v>10273</v>
       </c>
       <c r="J86" s="25">
@@ -10775,62 +11548,71 @@
       </c>
       <c r="AB86" s="25">
         <v>9930</v>
       </c>
       <c r="AC86" s="28">
         <v>98</v>
       </c>
       <c r="AD86" s="25">
         <v>9638</v>
       </c>
       <c r="AE86" s="25">
         <v>9306</v>
       </c>
       <c r="AF86" s="28">
         <v>96.555301929860974</v>
       </c>
       <c r="AG86" s="25">
         <v>9440</v>
       </c>
       <c r="AH86" s="25">
         <v>9093</v>
       </c>
       <c r="AI86" s="47">
         <v>96.3</v>
       </c>
-      <c r="AJ86" s="62">
+      <c r="AJ86" s="52">
         <v>9584</v>
       </c>
-      <c r="AK86" s="62">
+      <c r="AK86" s="52">
         <v>9370</v>
       </c>
       <c r="AL86" s="47">
         <v>97.8</v>
       </c>
+      <c r="AM86" s="52">
+        <v>8899</v>
+      </c>
+      <c r="AN86" s="52">
+        <v>8748</v>
+      </c>
+      <c r="AO86" s="47">
+        <v>98.3</v>
+      </c>
     </row>
-    <row r="87" spans="1:38" ht="18.75" customHeight="1">
-      <c r="A87" s="57"/>
+    <row r="87" spans="1:41" ht="18.75" customHeight="1">
+      <c r="A87" s="59"/>
       <c r="B87" s="29" t="s">
         <v>86</v>
       </c>
       <c r="C87" s="30">
         <v>13535</v>
       </c>
       <c r="D87" s="30">
         <v>12876</v>
       </c>
       <c r="E87" s="31">
         <v>95.131141485038796</v>
       </c>
       <c r="F87" s="30">
         <v>13568</v>
       </c>
       <c r="G87" s="30">
         <v>13090</v>
       </c>
       <c r="H87" s="31">
         <v>96.477004716981099</v>
       </c>
       <c r="I87" s="30">
         <v>12633</v>
       </c>
       <c r="J87" s="30">
@@ -10889,162 +11671,178 @@
       </c>
       <c r="AB87" s="30">
         <v>11766</v>
       </c>
       <c r="AC87" s="33">
         <v>99.2</v>
       </c>
       <c r="AD87" s="30">
         <v>11149</v>
       </c>
       <c r="AE87" s="30">
         <v>11023</v>
       </c>
       <c r="AF87" s="33">
         <v>98.869853798546956</v>
       </c>
       <c r="AG87" s="30">
         <v>10612</v>
       </c>
       <c r="AH87" s="30">
         <v>10443</v>
       </c>
       <c r="AI87" s="48">
         <v>98.4</v>
       </c>
-      <c r="AJ87" s="63">
+      <c r="AJ87" s="53">
         <v>10849</v>
       </c>
-      <c r="AK87" s="63">
+      <c r="AK87" s="53">
         <v>10752</v>
       </c>
       <c r="AL87" s="48">
         <v>99.1</v>
       </c>
+      <c r="AM87" s="53">
+        <v>9796</v>
+      </c>
+      <c r="AN87" s="53">
+        <v>9692</v>
+      </c>
+      <c r="AO87" s="48">
+        <v>98.9</v>
+      </c>
     </row>
-    <row r="88" spans="1:38" ht="18.75" customHeight="1">
+    <row r="88" spans="1:41" ht="18.75" customHeight="1">
       <c r="A88" s="43"/>
       <c r="B88" s="23"/>
       <c r="C88" s="40"/>
       <c r="D88" s="40"/>
       <c r="E88" s="41"/>
       <c r="F88" s="40"/>
       <c r="G88" s="40"/>
       <c r="H88" s="41"/>
       <c r="I88" s="40"/>
       <c r="J88" s="40"/>
       <c r="K88" s="41"/>
       <c r="L88" s="40"/>
       <c r="M88" s="40"/>
       <c r="N88" s="41"/>
       <c r="O88" s="40"/>
       <c r="P88" s="40"/>
       <c r="Q88" s="41"/>
       <c r="R88" s="40"/>
       <c r="S88" s="40"/>
       <c r="T88" s="41"/>
       <c r="U88" s="40"/>
       <c r="V88" s="40"/>
       <c r="W88" s="42"/>
       <c r="X88" s="40"/>
       <c r="Y88" s="40"/>
       <c r="Z88" s="41"/>
       <c r="AA88" s="40"/>
       <c r="AB88" s="40"/>
       <c r="AC88" s="41"/>
       <c r="AD88" s="40"/>
       <c r="AE88" s="40"/>
       <c r="AF88" s="41"/>
       <c r="AG88" s="40"/>
       <c r="AH88" s="40"/>
       <c r="AI88" s="49"/>
       <c r="AJ88" s="40"/>
       <c r="AK88" s="40"/>
       <c r="AL88" s="49"/>
+      <c r="AM88" s="69"/>
+      <c r="AN88" s="69"/>
+      <c r="AO88" s="49"/>
     </row>
-    <row r="89" spans="1:38" ht="18.75" customHeight="1">
+    <row r="89" spans="1:41" ht="18.75" customHeight="1">
       <c r="A89" s="34" t="s">
         <v>116</v>
       </c>
       <c r="B89" s="34"/>
       <c r="C89" s="34"/>
       <c r="D89" s="34"/>
       <c r="E89" s="34"/>
       <c r="F89" s="34"/>
       <c r="G89" s="34"/>
       <c r="H89" s="34"/>
       <c r="I89" s="34"/>
       <c r="J89" s="34"/>
       <c r="K89" s="34"/>
       <c r="L89" s="34"/>
       <c r="M89" s="34"/>
       <c r="N89" s="34"/>
       <c r="O89" s="34"/>
       <c r="P89" s="34"/>
       <c r="Q89" s="34"/>
       <c r="R89" s="34"/>
       <c r="S89" s="34"/>
       <c r="T89" s="34"/>
       <c r="U89" s="34"/>
       <c r="V89" s="34"/>
       <c r="W89" s="34"/>
       <c r="X89" s="34"/>
       <c r="Y89" s="34"/>
       <c r="Z89" s="34"/>
       <c r="AA89" s="34"/>
       <c r="AB89" s="34"/>
       <c r="AC89" s="34"/>
       <c r="AD89" s="34"/>
       <c r="AE89" s="34"/>
       <c r="AF89" s="34"/>
       <c r="AG89" s="34"/>
       <c r="AH89" s="34"/>
       <c r="AI89" s="50"/>
       <c r="AJ89" s="34"/>
       <c r="AK89" s="34"/>
       <c r="AL89" s="50"/>
+      <c r="AM89" s="50"/>
+      <c r="AN89" s="50"/>
+      <c r="AO89" s="50"/>
     </row>
   </sheetData>
-  <mergeCells count="18">
+  <mergeCells count="19">
+    <mergeCell ref="L4:N4"/>
+    <mergeCell ref="O4:Q4"/>
+    <mergeCell ref="AM4:AO4"/>
     <mergeCell ref="R4:T4"/>
     <mergeCell ref="AJ4:AL4"/>
     <mergeCell ref="U4:W4"/>
     <mergeCell ref="AG4:AI4"/>
     <mergeCell ref="A73:A87"/>
     <mergeCell ref="A52:A72"/>
     <mergeCell ref="A34:A51"/>
     <mergeCell ref="A8:A33"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="AD4:AF4"/>
     <mergeCell ref="AA4:AC4"/>
     <mergeCell ref="X4:Z4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="I4:K4"/>
-    <mergeCell ref="L4:N4"/>
-    <mergeCell ref="O4:Q4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="20" customWidth="1"/>
     <col min="2" max="2" width="39.140625" style="20" customWidth="1"/>
     <col min="3" max="3" width="95.85546875" style="20" customWidth="1"/>
     <col min="4" max="256" width="9.140625" style="20"/>
     <col min="257" max="257" width="8.28515625" style="20" customWidth="1"/>
     <col min="258" max="258" width="36.5703125" style="20" customWidth="1"/>
     <col min="259" max="259" width="80.140625" style="20" customWidth="1"/>
     <col min="260" max="512" width="9.140625" style="20"/>
     <col min="513" max="513" width="8.28515625" style="20" customWidth="1"/>