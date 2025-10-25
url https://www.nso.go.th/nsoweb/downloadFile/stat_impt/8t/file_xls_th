--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04138B58-D61F-4B44-93D5-FB748B0FA554}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{319DE764-D4D5-485F-9E9A-4FF2AFF8095B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="11895" yWindow="0" windowWidth="12105" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="353" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="334">
   <si>
     <t>กลุ่มสาเหตุป่วย 298 โรค</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>ชาย</t>
   </si>
   <si>
     <t>หญิง</t>
   </si>
   <si>
     <t>อหิวาตกโรค</t>
   </si>
   <si>
     <t>ไข้รากสาดน้อยและไข้รากสาดเทียม</t>
   </si>
   <si>
     <t>โรคบิดจากเชื้อซิเกลลา</t>
   </si>
   <si>
     <t>โรคบิดมีตัว</t>
   </si>
   <si>
@@ -1045,51 +1045,51 @@
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>สำนักงานปลัดกระทรวง กระทรวงสาธารณสุข</t>
   </si>
   <si>
     <t xml:space="preserve">จำนวนผู้ป่วยใน </t>
   </si>
   <si>
     <t xml:space="preserve">ผู้ป่วยใน, กลุ่มสาเหตุป่วย 298 โรค </t>
   </si>
   <si>
     <t>ประเทศ</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
-    <t>จำนวนผู้ป่วยใน (หลักประกันสุขภาพถ้วนหน้า และสวัสดิการรักษาพยาบาลข้าราชการและครอบครัว) รวมทุกการวินิจฉัยโรค จำแนกตามเพศและโรค/กลุ่มโรค 298 โรค ตามบัญชีจำแนกโรคระหว่างประเทศ ฉบับแก้ไข ครั้งที่ 10 ทั่วราชอาณาจักร พ.ศ. 2560 - 2566</t>
+    <t>จำนวนผู้ป่วยใน (หลักประกันสุขภาพถ้วนหน้า และสวัสดิการรักษาพยาบาลข้าราชการและครอบครัว) รวมทุกการวินิจฉัยโรค จำแนกตามเพศและโรค/กลุ่มโรค 298 โรค ตามบัญชีจำแนกโรคระหว่างประเทศ ฉบับแก้ไข ครั้งที่ 10 ทั่วราชอาณาจักร พ.ศ. 2560 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1418,85 +1418,85 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -1773,120 +1773,131 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V305"/>
+  <dimension ref="A1:Y305"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="106" zoomScaleNormal="106" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="S1" zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
+      <selection activeCell="Y5" sqref="Y5"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="63.5703125" style="2" customWidth="1"/>
     <col min="2" max="12" width="12.7109375" style="2" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="13.5703125" style="2" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="13.42578125" style="2" customWidth="1"/>
     <col min="15" max="19" width="12.7109375" style="2" customWidth="1"/>
-    <col min="20" max="20" width="12.7109375" style="41" customWidth="1"/>
+    <col min="20" max="20" width="12.7109375" style="36" customWidth="1"/>
     <col min="21" max="22" width="12.7109375" style="2" customWidth="1"/>
-    <col min="23" max="16384" width="9.140625" style="2"/>
+    <col min="23" max="23" width="12.7109375" style="36" customWidth="1"/>
+    <col min="24" max="25" width="12.7109375" style="2" customWidth="1"/>
+    <col min="26" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+    <row r="1" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A1" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="T1" s="37"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="T1" s="32"/>
+      <c r="W1" s="32"/>
+    </row>
+    <row r="2" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A2" s="6" t="s">
         <v>301</v>
       </c>
-      <c r="T2" s="37"/>
-[...5 lines deleted...]
-      <c r="B3" s="32">
+      <c r="T2" s="32"/>
+      <c r="W2" s="32"/>
+    </row>
+    <row r="3" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="A3" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="39">
         <v>2560</v>
       </c>
-      <c r="C3" s="32"/>
-[...1 lines deleted...]
-      <c r="E3" s="32">
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39">
         <v>2561</v>
       </c>
-      <c r="F3" s="32"/>
-[...1 lines deleted...]
-      <c r="H3" s="32">
+      <c r="F3" s="39"/>
+      <c r="G3" s="39"/>
+      <c r="H3" s="39">
         <v>2562</v>
       </c>
-      <c r="I3" s="32"/>
-[...1 lines deleted...]
-      <c r="K3" s="32">
+      <c r="I3" s="39"/>
+      <c r="J3" s="39"/>
+      <c r="K3" s="39">
         <v>2563</v>
       </c>
-      <c r="L3" s="32"/>
-[...1 lines deleted...]
-      <c r="N3" s="33">
+      <c r="L3" s="39"/>
+      <c r="M3" s="39"/>
+      <c r="N3" s="40">
         <v>2564</v>
       </c>
-      <c r="O3" s="32"/>
-[...1 lines deleted...]
-      <c r="Q3" s="32">
+      <c r="O3" s="39"/>
+      <c r="P3" s="41"/>
+      <c r="Q3" s="39">
         <v>2565</v>
       </c>
-      <c r="R3" s="32"/>
-[...1 lines deleted...]
-      <c r="T3" s="32">
+      <c r="R3" s="39"/>
+      <c r="S3" s="39"/>
+      <c r="T3" s="39">
         <v>2566</v>
       </c>
-      <c r="U3" s="32"/>
-[...3 lines deleted...]
-      <c r="A4" s="36"/>
+      <c r="U3" s="39"/>
+      <c r="V3" s="39"/>
+      <c r="W3" s="39">
+        <v>2567</v>
+      </c>
+      <c r="X3" s="39"/>
+      <c r="Y3" s="39"/>
+    </row>
+    <row r="4" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="A4" s="43"/>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="J4" s="3" t="s">
@@ -1897,61 +1908,70 @@
       </c>
       <c r="L4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="T4" s="38" t="s">
+      <c r="T4" s="33" t="s">
         <v>1</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="5" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W4" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="X4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="Y4" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>300</v>
       </c>
       <c r="B5" s="11">
         <v>19714139</v>
       </c>
       <c r="C5" s="11">
         <v>9371394</v>
       </c>
       <c r="D5" s="11">
         <v>10342745</v>
       </c>
       <c r="E5" s="11">
         <v>20519449</v>
       </c>
       <c r="F5" s="11">
         <v>9832700</v>
       </c>
       <c r="G5" s="11">
         <v>10686749</v>
       </c>
       <c r="H5" s="11">
         <v>21423245</v>
       </c>
       <c r="I5" s="11">
@@ -1965,61 +1985,70 @@
       </c>
       <c r="L5" s="11">
         <v>10193711</v>
       </c>
       <c r="M5" s="11">
         <v>10747463</v>
       </c>
       <c r="N5" s="11">
         <v>21902387</v>
       </c>
       <c r="O5" s="11">
         <v>10744355</v>
       </c>
       <c r="P5" s="11">
         <v>11158032</v>
       </c>
       <c r="Q5" s="11">
         <v>21613319</v>
       </c>
       <c r="R5" s="11">
         <v>10501329</v>
       </c>
       <c r="S5" s="11">
         <v>11111990</v>
       </c>
-      <c r="T5" s="39">
+      <c r="T5" s="34">
         <v>25189455</v>
       </c>
-      <c r="U5" s="39">
+      <c r="U5" s="34">
         <v>12360904</v>
       </c>
-      <c r="V5" s="39">
+      <c r="V5" s="34">
         <v>12828551</v>
       </c>
-    </row>
-    <row r="6" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W5" s="34">
+        <v>26779758</v>
+      </c>
+      <c r="X5" s="34">
+        <v>13125172</v>
+      </c>
+      <c r="Y5" s="34">
+        <v>13654586</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A6" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="11">
         <v>144</v>
       </c>
       <c r="C6" s="11">
         <v>73</v>
       </c>
       <c r="D6" s="11">
         <v>71</v>
       </c>
       <c r="E6" s="11">
         <v>125</v>
       </c>
       <c r="F6" s="11">
         <v>59</v>
       </c>
       <c r="G6" s="11">
         <v>66</v>
       </c>
       <c r="H6" s="11">
         <v>138</v>
       </c>
       <c r="I6" s="11">
@@ -2033,61 +2062,70 @@
       </c>
       <c r="L6" s="11">
         <v>52</v>
       </c>
       <c r="M6" s="11">
         <v>55</v>
       </c>
       <c r="N6" s="11">
         <v>103</v>
       </c>
       <c r="O6" s="11">
         <v>45</v>
       </c>
       <c r="P6" s="11">
         <v>58</v>
       </c>
       <c r="Q6" s="11">
         <v>71</v>
       </c>
       <c r="R6" s="11">
         <v>36</v>
       </c>
       <c r="S6" s="30">
         <v>35</v>
       </c>
-      <c r="T6" s="39">
+      <c r="T6" s="34">
         <v>139</v>
       </c>
-      <c r="U6" s="39">
+      <c r="U6" s="34">
         <v>66</v>
       </c>
-      <c r="V6" s="42">
+      <c r="V6" s="37">
         <v>73</v>
       </c>
-    </row>
-    <row r="7" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W6" s="34">
+        <v>131</v>
+      </c>
+      <c r="X6" s="34">
+        <v>74</v>
+      </c>
+      <c r="Y6" s="34">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="11">
         <v>2945</v>
       </c>
       <c r="C7" s="11">
         <v>1557</v>
       </c>
       <c r="D7" s="11">
         <v>1388</v>
       </c>
       <c r="E7" s="11">
         <v>2858</v>
       </c>
       <c r="F7" s="11">
         <v>1562</v>
       </c>
       <c r="G7" s="11">
         <v>1296</v>
       </c>
       <c r="H7" s="11">
         <v>2797</v>
       </c>
       <c r="I7" s="11">
@@ -2101,61 +2139,70 @@
       </c>
       <c r="L7" s="11">
         <v>804</v>
       </c>
       <c r="M7" s="11">
         <v>626</v>
       </c>
       <c r="N7" s="11">
         <v>895</v>
       </c>
       <c r="O7" s="11">
         <v>499</v>
       </c>
       <c r="P7" s="11">
         <v>396</v>
       </c>
       <c r="Q7" s="11">
         <v>1153</v>
       </c>
       <c r="R7" s="11">
         <v>650</v>
       </c>
       <c r="S7" s="30">
         <v>503</v>
       </c>
-      <c r="T7" s="39">
+      <c r="T7" s="34">
         <v>2215</v>
       </c>
-      <c r="U7" s="39">
+      <c r="U7" s="34">
         <v>1128</v>
       </c>
-      <c r="V7" s="43">
+      <c r="V7" s="38">
         <v>1087</v>
       </c>
-    </row>
-    <row r="8" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W7" s="34">
+        <v>2576</v>
+      </c>
+      <c r="X7" s="34">
+        <v>1255</v>
+      </c>
+      <c r="Y7" s="34">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="11">
         <v>114</v>
       </c>
       <c r="C8" s="11">
         <v>54</v>
       </c>
       <c r="D8" s="11">
         <v>60</v>
       </c>
       <c r="E8" s="11">
         <v>113</v>
       </c>
       <c r="F8" s="11">
         <v>53</v>
       </c>
       <c r="G8" s="11">
         <v>60</v>
       </c>
       <c r="H8" s="11">
         <v>90</v>
       </c>
       <c r="I8" s="11">
@@ -2169,61 +2216,70 @@
       </c>
       <c r="L8" s="11">
         <v>36</v>
       </c>
       <c r="M8" s="11">
         <v>37</v>
       </c>
       <c r="N8" s="11">
         <v>114</v>
       </c>
       <c r="O8" s="11">
         <v>50</v>
       </c>
       <c r="P8" s="11">
         <v>64</v>
       </c>
       <c r="Q8" s="11">
         <v>90</v>
       </c>
       <c r="R8" s="11">
         <v>46</v>
       </c>
       <c r="S8" s="30">
         <v>44</v>
       </c>
-      <c r="T8" s="39">
+      <c r="T8" s="34">
         <v>115</v>
       </c>
-      <c r="U8" s="39">
+      <c r="U8" s="34">
         <v>50</v>
       </c>
-      <c r="V8" s="42">
+      <c r="V8" s="37">
         <v>65</v>
       </c>
-    </row>
-    <row r="9" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W8" s="34">
+        <v>171</v>
+      </c>
+      <c r="X8" s="34">
+        <v>79</v>
+      </c>
+      <c r="Y8" s="34">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="11">
         <v>2944</v>
       </c>
       <c r="C9" s="11">
         <v>1395</v>
       </c>
       <c r="D9" s="11">
         <v>1549</v>
       </c>
       <c r="E9" s="11">
         <v>3144</v>
       </c>
       <c r="F9" s="11">
         <v>1534</v>
       </c>
       <c r="G9" s="11">
         <v>1610</v>
       </c>
       <c r="H9" s="11">
         <v>3449</v>
       </c>
       <c r="I9" s="11">
@@ -2237,61 +2293,70 @@
       </c>
       <c r="L9" s="11">
         <v>1344</v>
       </c>
       <c r="M9" s="11">
         <v>1618</v>
       </c>
       <c r="N9" s="11">
         <v>1936</v>
       </c>
       <c r="O9" s="11">
         <v>929</v>
       </c>
       <c r="P9" s="11">
         <v>1007</v>
       </c>
       <c r="Q9" s="11">
         <v>1426</v>
       </c>
       <c r="R9" s="11">
         <v>652</v>
       </c>
       <c r="S9" s="30">
         <v>774</v>
       </c>
-      <c r="T9" s="39">
+      <c r="T9" s="34">
         <v>2599</v>
       </c>
-      <c r="U9" s="39">
+      <c r="U9" s="34">
         <v>1209</v>
       </c>
-      <c r="V9" s="43">
+      <c r="V9" s="38">
         <v>1390</v>
       </c>
-    </row>
-    <row r="10" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W9" s="34">
+        <v>3360</v>
+      </c>
+      <c r="X9" s="34">
+        <v>1500</v>
+      </c>
+      <c r="Y9" s="34">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="11">
         <v>381736</v>
       </c>
       <c r="C10" s="11">
         <v>176522</v>
       </c>
       <c r="D10" s="11">
         <v>205214</v>
       </c>
       <c r="E10" s="11">
         <v>451705</v>
       </c>
       <c r="F10" s="11">
         <v>210030</v>
       </c>
       <c r="G10" s="11">
         <v>241675</v>
       </c>
       <c r="H10" s="11">
         <v>440445</v>
       </c>
       <c r="I10" s="11">
@@ -2305,61 +2370,70 @@
       </c>
       <c r="L10" s="11">
         <v>160151</v>
       </c>
       <c r="M10" s="11">
         <v>192945</v>
       </c>
       <c r="N10" s="11">
         <v>253021</v>
       </c>
       <c r="O10" s="11">
         <v>114208</v>
       </c>
       <c r="P10" s="11">
         <v>138813</v>
       </c>
       <c r="Q10" s="11">
         <v>230231</v>
       </c>
       <c r="R10" s="11">
         <v>103771</v>
       </c>
       <c r="S10" s="31">
         <v>126460</v>
       </c>
-      <c r="T10" s="39">
+      <c r="T10" s="34">
         <v>407383</v>
       </c>
-      <c r="U10" s="39">
+      <c r="U10" s="34">
         <v>190565</v>
       </c>
-      <c r="V10" s="43">
+      <c r="V10" s="38">
         <v>216818</v>
       </c>
-    </row>
-    <row r="11" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W10" s="34">
+        <v>453930</v>
+      </c>
+      <c r="X10" s="34">
+        <v>208457</v>
+      </c>
+      <c r="Y10" s="34">
+        <v>245473</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="11">
         <v>56926</v>
       </c>
       <c r="C11" s="11">
         <v>27564</v>
       </c>
       <c r="D11" s="11">
         <v>29362</v>
       </c>
       <c r="E11" s="11">
         <v>66926</v>
       </c>
       <c r="F11" s="11">
         <v>32331</v>
       </c>
       <c r="G11" s="11">
         <v>34595</v>
       </c>
       <c r="H11" s="11">
         <v>63108</v>
       </c>
       <c r="I11" s="11">
@@ -2373,61 +2447,70 @@
       </c>
       <c r="L11" s="11">
         <v>23903</v>
       </c>
       <c r="M11" s="11">
         <v>26676</v>
       </c>
       <c r="N11" s="11">
         <v>36498</v>
       </c>
       <c r="O11" s="11">
         <v>17556</v>
       </c>
       <c r="P11" s="11">
         <v>18942</v>
       </c>
       <c r="Q11" s="11">
         <v>33216</v>
       </c>
       <c r="R11" s="11">
         <v>16178</v>
       </c>
       <c r="S11" s="31">
         <v>17038</v>
       </c>
-      <c r="T11" s="39">
+      <c r="T11" s="34">
         <v>57734</v>
       </c>
-      <c r="U11" s="39">
+      <c r="U11" s="34">
         <v>28358</v>
       </c>
-      <c r="V11" s="43">
+      <c r="V11" s="38">
         <v>29376</v>
       </c>
-    </row>
-    <row r="12" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W11" s="34">
+        <v>69329</v>
+      </c>
+      <c r="X11" s="34">
+        <v>33566</v>
+      </c>
+      <c r="Y11" s="34">
+        <v>35763</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A12" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="11">
         <v>68909</v>
       </c>
       <c r="C12" s="11">
         <v>48448</v>
       </c>
       <c r="D12" s="11">
         <v>20461</v>
       </c>
       <c r="E12" s="11">
         <v>68957</v>
       </c>
       <c r="F12" s="11">
         <v>48506</v>
       </c>
       <c r="G12" s="11">
         <v>20451</v>
       </c>
       <c r="H12" s="11">
         <v>69073</v>
       </c>
       <c r="I12" s="11">
@@ -2441,61 +2524,70 @@
       </c>
       <c r="L12" s="11">
         <v>49086</v>
       </c>
       <c r="M12" s="11">
         <v>19637</v>
       </c>
       <c r="N12" s="11">
         <v>60938</v>
       </c>
       <c r="O12" s="11">
         <v>44204</v>
       </c>
       <c r="P12" s="11">
         <v>16734</v>
       </c>
       <c r="Q12" s="11">
         <v>52634</v>
       </c>
       <c r="R12" s="11">
         <v>38026</v>
       </c>
       <c r="S12" s="31">
         <v>14608</v>
       </c>
-      <c r="T12" s="39">
+      <c r="T12" s="34">
         <v>65775</v>
       </c>
-      <c r="U12" s="39">
+      <c r="U12" s="34">
         <v>47254</v>
       </c>
-      <c r="V12" s="43">
+      <c r="V12" s="38">
         <v>18521</v>
       </c>
-    </row>
-    <row r="13" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W12" s="34">
+        <v>68939</v>
+      </c>
+      <c r="X12" s="34">
+        <v>49522</v>
+      </c>
+      <c r="Y12" s="34">
+        <v>19417</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="11">
         <v>17464</v>
       </c>
       <c r="C13" s="11">
         <v>10903</v>
       </c>
       <c r="D13" s="11">
         <v>6561</v>
       </c>
       <c r="E13" s="11">
         <v>16760</v>
       </c>
       <c r="F13" s="11">
         <v>10479</v>
       </c>
       <c r="G13" s="11">
         <v>6281</v>
       </c>
       <c r="H13" s="11">
         <v>16689</v>
       </c>
       <c r="I13" s="11">
@@ -2509,61 +2601,70 @@
       </c>
       <c r="L13" s="11">
         <v>10029</v>
       </c>
       <c r="M13" s="11">
         <v>6191</v>
       </c>
       <c r="N13" s="11">
         <v>14985</v>
       </c>
       <c r="O13" s="11">
         <v>9531</v>
       </c>
       <c r="P13" s="11">
         <v>5454</v>
       </c>
       <c r="Q13" s="11">
         <v>12802</v>
       </c>
       <c r="R13" s="11">
         <v>7923</v>
       </c>
       <c r="S13" s="31">
         <v>4879</v>
       </c>
-      <c r="T13" s="39">
+      <c r="T13" s="34">
         <v>14697</v>
       </c>
-      <c r="U13" s="39">
+      <c r="U13" s="34">
         <v>9309</v>
       </c>
-      <c r="V13" s="43">
+      <c r="V13" s="38">
         <v>5388</v>
       </c>
-    </row>
-    <row r="14" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W13" s="34">
+        <v>14399</v>
+      </c>
+      <c r="X13" s="34">
+        <v>9040</v>
+      </c>
+      <c r="Y13" s="34">
+        <v>5359</v>
+      </c>
+    </row>
+    <row r="14" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A14" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="11">
         <v>0</v>
       </c>
       <c r="C14" s="11">
         <v>0</v>
       </c>
       <c r="D14" s="11">
         <v>0</v>
       </c>
       <c r="E14" s="11">
         <v>0</v>
       </c>
       <c r="F14" s="11">
         <v>0</v>
       </c>
       <c r="G14" s="11">
         <v>0</v>
       </c>
       <c r="H14" s="11">
         <v>13</v>
       </c>
       <c r="I14" s="11">
@@ -2577,61 +2678,70 @@
       </c>
       <c r="L14" s="11">
         <v>7</v>
       </c>
       <c r="M14" s="11">
         <v>8</v>
       </c>
       <c r="N14" s="11">
         <v>11</v>
       </c>
       <c r="O14" s="11">
         <v>9</v>
       </c>
       <c r="P14" s="11">
         <v>2</v>
       </c>
       <c r="Q14" s="11">
         <v>13</v>
       </c>
       <c r="R14" s="11">
         <v>8</v>
       </c>
       <c r="S14" s="30">
         <v>5</v>
       </c>
-      <c r="T14" s="39">
+      <c r="T14" s="34">
         <v>25</v>
       </c>
-      <c r="U14" s="39">
+      <c r="U14" s="34">
         <v>17</v>
       </c>
-      <c r="V14" s="42">
+      <c r="V14" s="37">
         <v>8</v>
       </c>
-    </row>
-    <row r="15" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W14" s="34">
+        <v>15</v>
+      </c>
+      <c r="X14" s="34">
+        <v>9</v>
+      </c>
+      <c r="Y14" s="34">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="11">
         <v>29</v>
       </c>
       <c r="C15" s="11">
         <v>23</v>
       </c>
       <c r="D15" s="11">
         <v>6</v>
       </c>
       <c r="E15" s="11">
         <v>27</v>
       </c>
       <c r="F15" s="11">
         <v>15</v>
       </c>
       <c r="G15" s="11">
         <v>12</v>
       </c>
       <c r="H15" s="11">
         <v>36</v>
       </c>
       <c r="I15" s="11">
@@ -2645,61 +2755,70 @@
       </c>
       <c r="L15" s="11">
         <v>15</v>
       </c>
       <c r="M15" s="11">
         <v>5</v>
       </c>
       <c r="N15" s="11">
         <v>28</v>
       </c>
       <c r="O15" s="11">
         <v>17</v>
       </c>
       <c r="P15" s="11">
         <v>11</v>
       </c>
       <c r="Q15" s="11">
         <v>26</v>
       </c>
       <c r="R15" s="11">
         <v>21</v>
       </c>
       <c r="S15" s="30">
         <v>5</v>
       </c>
-      <c r="T15" s="39">
+      <c r="T15" s="34">
         <v>36</v>
       </c>
-      <c r="U15" s="39">
+      <c r="U15" s="34">
         <v>30</v>
       </c>
-      <c r="V15" s="42">
+      <c r="V15" s="37">
         <v>6</v>
       </c>
-    </row>
-    <row r="16" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W15" s="34">
+        <v>18</v>
+      </c>
+      <c r="X15" s="34">
+        <v>14</v>
+      </c>
+      <c r="Y15" s="34">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="11">
         <v>383</v>
       </c>
       <c r="C16" s="11">
         <v>253</v>
       </c>
       <c r="D16" s="11">
         <v>130</v>
       </c>
       <c r="E16" s="11">
         <v>285</v>
       </c>
       <c r="F16" s="11">
         <v>194</v>
       </c>
       <c r="G16" s="11">
         <v>91</v>
       </c>
       <c r="H16" s="11">
         <v>302</v>
       </c>
       <c r="I16" s="11">
@@ -2713,61 +2832,70 @@
       </c>
       <c r="L16" s="11">
         <v>164</v>
       </c>
       <c r="M16" s="11">
         <v>77</v>
       </c>
       <c r="N16" s="11">
         <v>167</v>
       </c>
       <c r="O16" s="11">
         <v>122</v>
       </c>
       <c r="P16" s="11">
         <v>45</v>
       </c>
       <c r="Q16" s="11">
         <v>158</v>
       </c>
       <c r="R16" s="11">
         <v>103</v>
       </c>
       <c r="S16" s="30">
         <v>55</v>
       </c>
-      <c r="T16" s="39">
+      <c r="T16" s="34">
         <v>243</v>
       </c>
-      <c r="U16" s="39">
+      <c r="U16" s="34">
         <v>160</v>
       </c>
-      <c r="V16" s="42">
+      <c r="V16" s="37">
         <v>83</v>
       </c>
-    </row>
-    <row r="17" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W16" s="34">
+        <v>215</v>
+      </c>
+      <c r="X16" s="34">
+        <v>157</v>
+      </c>
+      <c r="Y16" s="34">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="11">
         <v>2</v>
       </c>
       <c r="C17" s="11">
         <v>1</v>
       </c>
       <c r="D17" s="11">
         <v>1</v>
       </c>
       <c r="E17" s="11">
         <v>2</v>
       </c>
       <c r="F17" s="11">
         <v>0</v>
       </c>
       <c r="G17" s="11">
         <v>2</v>
       </c>
       <c r="H17" s="11">
         <v>1</v>
       </c>
       <c r="I17" s="11">
@@ -2781,61 +2909,70 @@
       </c>
       <c r="L17" s="11">
         <v>1</v>
       </c>
       <c r="M17" s="11">
         <v>0</v>
       </c>
       <c r="N17" s="11">
         <v>4</v>
       </c>
       <c r="O17" s="11">
         <v>4</v>
       </c>
       <c r="P17" s="11">
         <v>0</v>
       </c>
       <c r="Q17" s="11">
         <v>1</v>
       </c>
       <c r="R17" s="11">
         <v>0</v>
       </c>
       <c r="S17" s="30">
         <v>1</v>
       </c>
-      <c r="T17" s="39">
+      <c r="T17" s="34">
         <v>1</v>
       </c>
-      <c r="U17" s="39">
-[...2 lines deleted...]
-      <c r="V17" s="42">
+      <c r="U17" s="34">
+        <v>0</v>
+      </c>
+      <c r="V17" s="37">
         <v>1</v>
       </c>
-    </row>
-    <row r="18" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W17" s="34">
+        <v>2</v>
+      </c>
+      <c r="X17" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="34">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11">
         <v>226</v>
       </c>
       <c r="C18" s="11">
         <v>138</v>
       </c>
       <c r="D18" s="11">
         <v>88</v>
       </c>
       <c r="E18" s="11">
         <v>188</v>
       </c>
       <c r="F18" s="11">
         <v>110</v>
       </c>
       <c r="G18" s="11">
         <v>78</v>
       </c>
       <c r="H18" s="11">
         <v>202</v>
       </c>
       <c r="I18" s="11">
@@ -2849,61 +2986,70 @@
       </c>
       <c r="L18" s="11">
         <v>98</v>
       </c>
       <c r="M18" s="11">
         <v>54</v>
       </c>
       <c r="N18" s="11">
         <v>181</v>
       </c>
       <c r="O18" s="11">
         <v>125</v>
       </c>
       <c r="P18" s="11">
         <v>56</v>
       </c>
       <c r="Q18" s="11">
         <v>110</v>
       </c>
       <c r="R18" s="11">
         <v>72</v>
       </c>
       <c r="S18" s="30">
         <v>38</v>
       </c>
-      <c r="T18" s="39">
+      <c r="T18" s="34">
         <v>185</v>
       </c>
-      <c r="U18" s="39">
+      <c r="U18" s="34">
         <v>121</v>
       </c>
-      <c r="V18" s="42">
+      <c r="V18" s="37">
         <v>64</v>
       </c>
-    </row>
-    <row r="19" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W18" s="34">
+        <v>125</v>
+      </c>
+      <c r="X18" s="34">
+        <v>90</v>
+      </c>
+      <c r="Y18" s="34">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A19" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="11">
         <v>48</v>
       </c>
       <c r="C19" s="11">
         <v>34</v>
       </c>
       <c r="D19" s="11">
         <v>14</v>
       </c>
       <c r="E19" s="11">
         <v>73</v>
       </c>
       <c r="F19" s="11">
         <v>34</v>
       </c>
       <c r="G19" s="11">
         <v>39</v>
       </c>
       <c r="H19" s="11">
         <v>78</v>
       </c>
       <c r="I19" s="11">
@@ -2917,61 +3063,70 @@
       </c>
       <c r="L19" s="11">
         <v>31</v>
       </c>
       <c r="M19" s="11">
         <v>27</v>
       </c>
       <c r="N19" s="11">
         <v>39</v>
       </c>
       <c r="O19" s="11">
         <v>16</v>
       </c>
       <c r="P19" s="11">
         <v>23</v>
       </c>
       <c r="Q19" s="11">
         <v>29</v>
       </c>
       <c r="R19" s="11">
         <v>13</v>
       </c>
       <c r="S19" s="30">
         <v>16</v>
       </c>
-      <c r="T19" s="39">
+      <c r="T19" s="34">
         <v>61</v>
       </c>
-      <c r="U19" s="39">
+      <c r="U19" s="34">
         <v>40</v>
       </c>
-      <c r="V19" s="42">
+      <c r="V19" s="37">
         <v>21</v>
       </c>
-    </row>
-    <row r="20" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W19" s="34">
+        <v>79</v>
+      </c>
+      <c r="X19" s="34">
+        <v>37</v>
+      </c>
+      <c r="Y19" s="34">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A20" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="11">
         <v>104</v>
       </c>
       <c r="C20" s="11">
         <v>54</v>
       </c>
       <c r="D20" s="11">
         <v>50</v>
       </c>
       <c r="E20" s="11">
         <v>131</v>
       </c>
       <c r="F20" s="11">
         <v>73</v>
       </c>
       <c r="G20" s="11">
         <v>58</v>
       </c>
       <c r="H20" s="11">
         <v>85</v>
       </c>
       <c r="I20" s="11">
@@ -2985,61 +3140,70 @@
       </c>
       <c r="L20" s="11">
         <v>16</v>
       </c>
       <c r="M20" s="11">
         <v>27</v>
       </c>
       <c r="N20" s="11">
         <v>13</v>
       </c>
       <c r="O20" s="11">
         <v>7</v>
       </c>
       <c r="P20" s="11">
         <v>6</v>
       </c>
       <c r="Q20" s="11">
         <v>12</v>
       </c>
       <c r="R20" s="11">
         <v>5</v>
       </c>
       <c r="S20" s="30">
         <v>7</v>
       </c>
-      <c r="T20" s="39">
+      <c r="T20" s="34">
         <v>31</v>
       </c>
-      <c r="U20" s="39">
+      <c r="U20" s="34">
         <v>12</v>
       </c>
-      <c r="V20" s="42">
+      <c r="V20" s="37">
         <v>19</v>
       </c>
-    </row>
-    <row r="21" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W20" s="34">
+        <v>736</v>
+      </c>
+      <c r="X20" s="34">
+        <v>354</v>
+      </c>
+      <c r="Y20" s="34">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="21" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A21" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="11">
         <v>104</v>
       </c>
       <c r="C21" s="11">
         <v>65</v>
       </c>
       <c r="D21" s="11">
         <v>39</v>
       </c>
       <c r="E21" s="11">
         <v>105</v>
       </c>
       <c r="F21" s="11">
         <v>62</v>
       </c>
       <c r="G21" s="11">
         <v>43</v>
       </c>
       <c r="H21" s="11">
         <v>96</v>
       </c>
       <c r="I21" s="11">
@@ -3053,61 +3217,70 @@
       </c>
       <c r="L21" s="11">
         <v>45</v>
       </c>
       <c r="M21" s="11">
         <v>41</v>
       </c>
       <c r="N21" s="11">
         <v>88</v>
       </c>
       <c r="O21" s="11">
         <v>51</v>
       </c>
       <c r="P21" s="11">
         <v>37</v>
       </c>
       <c r="Q21" s="11">
         <v>69</v>
       </c>
       <c r="R21" s="11">
         <v>38</v>
       </c>
       <c r="S21" s="30">
         <v>31</v>
       </c>
-      <c r="T21" s="39">
+      <c r="T21" s="34">
         <v>99</v>
       </c>
-      <c r="U21" s="39">
+      <c r="U21" s="34">
         <v>58</v>
       </c>
-      <c r="V21" s="42">
+      <c r="V21" s="37">
         <v>41</v>
       </c>
-    </row>
-    <row r="22" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W21" s="34">
+        <v>89</v>
+      </c>
+      <c r="X21" s="34">
+        <v>59</v>
+      </c>
+      <c r="Y21" s="34">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="11">
         <v>136799</v>
       </c>
       <c r="C22" s="11">
         <v>70053</v>
       </c>
       <c r="D22" s="11">
         <v>66746</v>
       </c>
       <c r="E22" s="11">
         <v>142055</v>
       </c>
       <c r="F22" s="11">
         <v>72362</v>
       </c>
       <c r="G22" s="11">
         <v>69693</v>
       </c>
       <c r="H22" s="11">
         <v>152210</v>
       </c>
       <c r="I22" s="11">
@@ -3121,61 +3294,70 @@
       </c>
       <c r="L22" s="11">
         <v>79212</v>
       </c>
       <c r="M22" s="11">
         <v>76263</v>
       </c>
       <c r="N22" s="11">
         <v>161944</v>
       </c>
       <c r="O22" s="11">
         <v>83254</v>
       </c>
       <c r="P22" s="11">
         <v>78690</v>
       </c>
       <c r="Q22" s="11">
         <v>152500</v>
       </c>
       <c r="R22" s="11">
         <v>78033</v>
       </c>
       <c r="S22" s="31">
         <v>74467</v>
       </c>
-      <c r="T22" s="39">
+      <c r="T22" s="34">
         <v>213000</v>
       </c>
-      <c r="U22" s="39">
+      <c r="U22" s="34">
         <v>108599</v>
       </c>
-      <c r="V22" s="43">
+      <c r="V22" s="38">
         <v>104401</v>
       </c>
-    </row>
-    <row r="23" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W22" s="34">
+        <v>225159</v>
+      </c>
+      <c r="X22" s="34">
+        <v>114701</v>
+      </c>
+      <c r="Y22" s="34">
+        <v>110458</v>
+      </c>
+    </row>
+    <row r="23" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="11">
         <v>59027</v>
       </c>
       <c r="C23" s="11">
         <v>35244</v>
       </c>
       <c r="D23" s="11">
         <v>23783</v>
       </c>
       <c r="E23" s="11">
         <v>58110</v>
       </c>
       <c r="F23" s="11">
         <v>34434</v>
       </c>
       <c r="G23" s="11">
         <v>23676</v>
       </c>
       <c r="H23" s="11">
         <v>63149</v>
       </c>
       <c r="I23" s="11">
@@ -3189,61 +3371,70 @@
       </c>
       <c r="L23" s="11">
         <v>30266</v>
       </c>
       <c r="M23" s="11">
         <v>22425</v>
       </c>
       <c r="N23" s="11">
         <v>41112</v>
       </c>
       <c r="O23" s="11">
         <v>24544</v>
       </c>
       <c r="P23" s="11">
         <v>16568</v>
       </c>
       <c r="Q23" s="11">
         <v>38805</v>
       </c>
       <c r="R23" s="11">
         <v>24034</v>
       </c>
       <c r="S23" s="31">
         <v>14771</v>
       </c>
-      <c r="T23" s="39">
+      <c r="T23" s="34">
         <v>57544</v>
       </c>
-      <c r="U23" s="39">
+      <c r="U23" s="34">
         <v>35235</v>
       </c>
-      <c r="V23" s="43">
+      <c r="V23" s="38">
         <v>22309</v>
       </c>
-    </row>
-    <row r="24" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W23" s="34">
+        <v>60479</v>
+      </c>
+      <c r="X23" s="34">
+        <v>36343</v>
+      </c>
+      <c r="Y23" s="34">
+        <v>24136</v>
+      </c>
+    </row>
+    <row r="24" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A24" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="11">
         <v>889</v>
       </c>
       <c r="C24" s="11">
         <v>465</v>
       </c>
       <c r="D24" s="11">
         <v>424</v>
       </c>
       <c r="E24" s="11">
         <v>1216</v>
       </c>
       <c r="F24" s="11">
         <v>644</v>
       </c>
       <c r="G24" s="11">
         <v>572</v>
       </c>
       <c r="H24" s="11">
         <v>1806</v>
       </c>
       <c r="I24" s="11">
@@ -3257,61 +3448,70 @@
       </c>
       <c r="L24" s="11">
         <v>1365</v>
       </c>
       <c r="M24" s="11">
         <v>1230</v>
       </c>
       <c r="N24" s="11">
         <v>3158</v>
       </c>
       <c r="O24" s="11">
         <v>1622</v>
       </c>
       <c r="P24" s="11">
         <v>1536</v>
       </c>
       <c r="Q24" s="11">
         <v>2804</v>
       </c>
       <c r="R24" s="11">
         <v>1473</v>
       </c>
       <c r="S24" s="31">
         <v>1331</v>
       </c>
-      <c r="T24" s="39">
+      <c r="T24" s="34">
         <v>4347</v>
       </c>
-      <c r="U24" s="39">
+      <c r="U24" s="34">
         <v>2295</v>
       </c>
-      <c r="V24" s="43">
+      <c r="V24" s="38">
         <v>2052</v>
       </c>
-    </row>
-    <row r="25" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W24" s="34">
+        <v>4378</v>
+      </c>
+      <c r="X24" s="34">
+        <v>2208</v>
+      </c>
+      <c r="Y24" s="34">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11">
         <v>282</v>
       </c>
       <c r="C25" s="11">
         <v>174</v>
       </c>
       <c r="D25" s="11">
         <v>108</v>
       </c>
       <c r="E25" s="11">
         <v>328</v>
       </c>
       <c r="F25" s="11">
         <v>196</v>
       </c>
       <c r="G25" s="11">
         <v>132</v>
       </c>
       <c r="H25" s="11">
         <v>386</v>
       </c>
       <c r="I25" s="11">
@@ -3325,61 +3525,70 @@
       </c>
       <c r="L25" s="11">
         <v>182</v>
       </c>
       <c r="M25" s="11">
         <v>223</v>
       </c>
       <c r="N25" s="11">
         <v>420</v>
       </c>
       <c r="O25" s="11">
         <v>214</v>
       </c>
       <c r="P25" s="11">
         <v>206</v>
       </c>
       <c r="Q25" s="11">
         <v>350</v>
       </c>
       <c r="R25" s="11">
         <v>188</v>
       </c>
       <c r="S25" s="30">
         <v>162</v>
       </c>
-      <c r="T25" s="39">
+      <c r="T25" s="34">
         <v>451</v>
       </c>
-      <c r="U25" s="39">
+      <c r="U25" s="34">
         <v>215</v>
       </c>
-      <c r="V25" s="42">
+      <c r="V25" s="37">
         <v>236</v>
       </c>
-    </row>
-    <row r="26" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W25" s="34">
+        <v>518</v>
+      </c>
+      <c r="X25" s="34">
+        <v>292</v>
+      </c>
+      <c r="Y25" s="34">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="26" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="11">
         <v>2985</v>
       </c>
       <c r="C26" s="11">
         <v>1592</v>
       </c>
       <c r="D26" s="11">
         <v>1393</v>
       </c>
       <c r="E26" s="11">
         <v>3591</v>
       </c>
       <c r="F26" s="11">
         <v>1793</v>
       </c>
       <c r="G26" s="11">
         <v>1798</v>
       </c>
       <c r="H26" s="11">
         <v>4203</v>
       </c>
       <c r="I26" s="11">
@@ -3393,61 +3602,70 @@
       </c>
       <c r="L26" s="11">
         <v>2221</v>
       </c>
       <c r="M26" s="11">
         <v>3028</v>
       </c>
       <c r="N26" s="11">
         <v>5959</v>
       </c>
       <c r="O26" s="11">
         <v>2413</v>
       </c>
       <c r="P26" s="11">
         <v>3546</v>
       </c>
       <c r="Q26" s="11">
         <v>5503</v>
       </c>
       <c r="R26" s="11">
         <v>2261</v>
       </c>
       <c r="S26" s="31">
         <v>3242</v>
       </c>
-      <c r="T26" s="39">
+      <c r="T26" s="34">
         <v>7602</v>
       </c>
-      <c r="U26" s="39">
+      <c r="U26" s="34">
         <v>2976</v>
       </c>
-      <c r="V26" s="43">
+      <c r="V26" s="38">
         <v>4626</v>
       </c>
-    </row>
-    <row r="27" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W26" s="34">
+        <v>8407</v>
+      </c>
+      <c r="X26" s="34">
+        <v>3358</v>
+      </c>
+      <c r="Y26" s="34">
+        <v>5049</v>
+      </c>
+    </row>
+    <row r="27" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="11">
         <v>397</v>
       </c>
       <c r="C27" s="11">
         <v>284</v>
       </c>
       <c r="D27" s="11">
         <v>113</v>
       </c>
       <c r="E27" s="11">
         <v>443</v>
       </c>
       <c r="F27" s="11">
         <v>309</v>
       </c>
       <c r="G27" s="11">
         <v>134</v>
       </c>
       <c r="H27" s="11">
         <v>381</v>
       </c>
       <c r="I27" s="11">
@@ -3461,61 +3679,70 @@
       </c>
       <c r="L27" s="11">
         <v>256</v>
       </c>
       <c r="M27" s="11">
         <v>95</v>
       </c>
       <c r="N27" s="11">
         <v>283</v>
       </c>
       <c r="O27" s="11">
         <v>213</v>
       </c>
       <c r="P27" s="11">
         <v>70</v>
       </c>
       <c r="Q27" s="11">
         <v>220</v>
       </c>
       <c r="R27" s="11">
         <v>153</v>
       </c>
       <c r="S27" s="30">
         <v>67</v>
       </c>
-      <c r="T27" s="39">
+      <c r="T27" s="34">
         <v>340</v>
       </c>
-      <c r="U27" s="39">
+      <c r="U27" s="34">
         <v>251</v>
       </c>
-      <c r="V27" s="42">
+      <c r="V27" s="37">
         <v>89</v>
       </c>
-    </row>
-    <row r="28" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W27" s="34">
+        <v>416</v>
+      </c>
+      <c r="X27" s="34">
+        <v>305</v>
+      </c>
+      <c r="Y27" s="34">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="28" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A28" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="11">
         <v>42</v>
       </c>
       <c r="C28" s="11">
         <v>26</v>
       </c>
       <c r="D28" s="11">
         <v>16</v>
       </c>
       <c r="E28" s="11">
         <v>44</v>
       </c>
       <c r="F28" s="11">
         <v>26</v>
       </c>
       <c r="G28" s="11">
         <v>18</v>
       </c>
       <c r="H28" s="11">
         <v>50</v>
       </c>
       <c r="I28" s="11">
@@ -3529,61 +3756,70 @@
       </c>
       <c r="L28" s="11">
         <v>23</v>
       </c>
       <c r="M28" s="11">
         <v>10</v>
       </c>
       <c r="N28" s="11">
         <v>27</v>
       </c>
       <c r="O28" s="11">
         <v>17</v>
       </c>
       <c r="P28" s="11">
         <v>10</v>
       </c>
       <c r="Q28" s="11">
         <v>34</v>
       </c>
       <c r="R28" s="11">
         <v>23</v>
       </c>
       <c r="S28" s="30">
         <v>11</v>
       </c>
-      <c r="T28" s="39">
+      <c r="T28" s="34">
         <v>58</v>
       </c>
-      <c r="U28" s="39">
+      <c r="U28" s="34">
         <v>30</v>
       </c>
-      <c r="V28" s="42">
+      <c r="V28" s="37">
         <v>28</v>
       </c>
-    </row>
-    <row r="29" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W28" s="34">
+        <v>67</v>
+      </c>
+      <c r="X28" s="34">
+        <v>44</v>
+      </c>
+      <c r="Y28" s="34">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="29" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A29" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="11">
         <v>2734</v>
       </c>
       <c r="C29" s="11">
         <v>719</v>
       </c>
       <c r="D29" s="11">
         <v>2015</v>
       </c>
       <c r="E29" s="11">
         <v>2800</v>
       </c>
       <c r="F29" s="11">
         <v>677</v>
       </c>
       <c r="G29" s="11">
         <v>2123</v>
       </c>
       <c r="H29" s="11">
         <v>2762</v>
       </c>
       <c r="I29" s="11">
@@ -3597,61 +3833,70 @@
       </c>
       <c r="L29" s="11">
         <v>700</v>
       </c>
       <c r="M29" s="11">
         <v>1889</v>
       </c>
       <c r="N29" s="11">
         <v>2262</v>
       </c>
       <c r="O29" s="11">
         <v>663</v>
       </c>
       <c r="P29" s="11">
         <v>1599</v>
       </c>
       <c r="Q29" s="11">
         <v>1831</v>
       </c>
       <c r="R29" s="11">
         <v>568</v>
       </c>
       <c r="S29" s="31">
         <v>1263</v>
       </c>
-      <c r="T29" s="39">
+      <c r="T29" s="34">
         <v>2449</v>
       </c>
-      <c r="U29" s="39">
+      <c r="U29" s="34">
         <v>757</v>
       </c>
-      <c r="V29" s="43">
+      <c r="V29" s="38">
         <v>1692</v>
       </c>
-    </row>
-    <row r="30" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W29" s="34">
+        <v>2671</v>
+      </c>
+      <c r="X29" s="34">
+        <v>838</v>
+      </c>
+      <c r="Y29" s="34">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="30" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A30" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="11">
         <v>2</v>
       </c>
       <c r="C30" s="11">
         <v>2</v>
       </c>
       <c r="D30" s="11">
         <v>0</v>
       </c>
       <c r="E30" s="11">
         <v>0</v>
       </c>
       <c r="F30" s="11">
         <v>0</v>
       </c>
       <c r="G30" s="11">
         <v>0</v>
       </c>
       <c r="H30" s="11">
         <v>2</v>
       </c>
       <c r="I30" s="11">
@@ -3665,61 +3910,70 @@
       </c>
       <c r="L30" s="11">
         <v>1</v>
       </c>
       <c r="M30" s="11">
         <v>1</v>
       </c>
       <c r="N30" s="11">
         <v>6</v>
       </c>
       <c r="O30" s="11">
         <v>4</v>
       </c>
       <c r="P30" s="11">
         <v>2</v>
       </c>
       <c r="Q30" s="11">
         <v>3</v>
       </c>
       <c r="R30" s="11">
         <v>2</v>
       </c>
       <c r="S30" s="30">
         <v>1</v>
       </c>
-      <c r="T30" s="39">
+      <c r="T30" s="34">
         <v>6</v>
       </c>
-      <c r="U30" s="39">
+      <c r="U30" s="34">
         <v>5</v>
       </c>
-      <c r="V30" s="42">
+      <c r="V30" s="37">
         <v>1</v>
       </c>
-    </row>
-    <row r="31" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W30" s="34">
+        <v>0</v>
+      </c>
+      <c r="X30" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y30" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="11">
         <v>8</v>
       </c>
       <c r="C31" s="11">
         <v>5</v>
       </c>
       <c r="D31" s="11">
         <v>3</v>
       </c>
       <c r="E31" s="11">
         <v>8</v>
       </c>
       <c r="F31" s="11">
         <v>4</v>
       </c>
       <c r="G31" s="11">
         <v>4</v>
       </c>
       <c r="H31" s="11">
         <v>13</v>
       </c>
       <c r="I31" s="11">
@@ -3733,61 +3987,70 @@
       </c>
       <c r="L31" s="11">
         <v>1</v>
       </c>
       <c r="M31" s="11">
         <v>2</v>
       </c>
       <c r="N31" s="11">
         <v>6</v>
       </c>
       <c r="O31" s="11">
         <v>1</v>
       </c>
       <c r="P31" s="11">
         <v>5</v>
       </c>
       <c r="Q31" s="11">
         <v>5</v>
       </c>
       <c r="R31" s="11">
         <v>4</v>
       </c>
       <c r="S31" s="30">
         <v>1</v>
       </c>
-      <c r="T31" s="39">
+      <c r="T31" s="34">
         <v>9</v>
       </c>
-      <c r="U31" s="39">
+      <c r="U31" s="34">
         <v>5</v>
       </c>
-      <c r="V31" s="42">
+      <c r="V31" s="37">
         <v>4</v>
       </c>
-    </row>
-    <row r="32" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W31" s="34">
+        <v>4</v>
+      </c>
+      <c r="X31" s="34">
+        <v>3</v>
+      </c>
+      <c r="Y31" s="34">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="11">
         <v>12018</v>
       </c>
       <c r="C32" s="11">
         <v>6920</v>
       </c>
       <c r="D32" s="11">
         <v>5098</v>
       </c>
       <c r="E32" s="11">
         <v>16033</v>
       </c>
       <c r="F32" s="11">
         <v>9100</v>
       </c>
       <c r="G32" s="11">
         <v>6933</v>
       </c>
       <c r="H32" s="11">
         <v>13252</v>
       </c>
       <c r="I32" s="11">
@@ -3801,61 +4064,70 @@
       </c>
       <c r="L32" s="11">
         <v>5088</v>
       </c>
       <c r="M32" s="11">
         <v>3852</v>
       </c>
       <c r="N32" s="11">
         <v>7100</v>
       </c>
       <c r="O32" s="11">
         <v>4168</v>
       </c>
       <c r="P32" s="11">
         <v>2932</v>
       </c>
       <c r="Q32" s="11">
         <v>8093</v>
       </c>
       <c r="R32" s="11">
         <v>4660</v>
       </c>
       <c r="S32" s="31">
         <v>3433</v>
       </c>
-      <c r="T32" s="39">
+      <c r="T32" s="34">
         <v>11565</v>
       </c>
-      <c r="U32" s="39">
+      <c r="U32" s="34">
         <v>6771</v>
       </c>
-      <c r="V32" s="43">
+      <c r="V32" s="38">
         <v>4794</v>
       </c>
-    </row>
-    <row r="33" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W32" s="34">
+        <v>13337</v>
+      </c>
+      <c r="X32" s="34">
+        <v>7821</v>
+      </c>
+      <c r="Y32" s="34">
+        <v>5516</v>
+      </c>
+    </row>
+    <row r="33" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A33" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="11">
         <v>258</v>
       </c>
       <c r="C33" s="11">
         <v>152</v>
       </c>
       <c r="D33" s="11">
         <v>106</v>
       </c>
       <c r="E33" s="11">
         <v>283</v>
       </c>
       <c r="F33" s="11">
         <v>164</v>
       </c>
       <c r="G33" s="11">
         <v>119</v>
       </c>
       <c r="H33" s="11">
         <v>272</v>
       </c>
       <c r="I33" s="11">
@@ -3869,61 +4141,70 @@
       </c>
       <c r="L33" s="11">
         <v>186</v>
       </c>
       <c r="M33" s="11">
         <v>119</v>
       </c>
       <c r="N33" s="11">
         <v>270</v>
       </c>
       <c r="O33" s="11">
         <v>162</v>
       </c>
       <c r="P33" s="11">
         <v>108</v>
       </c>
       <c r="Q33" s="11">
         <v>262</v>
       </c>
       <c r="R33" s="11">
         <v>164</v>
       </c>
       <c r="S33" s="30">
         <v>98</v>
       </c>
-      <c r="T33" s="39">
+      <c r="T33" s="34">
         <v>332</v>
       </c>
-      <c r="U33" s="39">
+      <c r="U33" s="34">
         <v>224</v>
       </c>
-      <c r="V33" s="42">
+      <c r="V33" s="37">
         <v>108</v>
       </c>
-    </row>
-    <row r="34" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W33" s="34">
+        <v>397</v>
+      </c>
+      <c r="X33" s="34">
+        <v>250</v>
+      </c>
+      <c r="Y33" s="34">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="34" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A34" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="11">
         <v>11</v>
       </c>
       <c r="C34" s="11">
         <v>8</v>
       </c>
       <c r="D34" s="11">
         <v>3</v>
       </c>
       <c r="E34" s="11">
         <v>12</v>
       </c>
       <c r="F34" s="11">
         <v>9</v>
       </c>
       <c r="G34" s="11">
         <v>3</v>
       </c>
       <c r="H34" s="11">
         <v>3</v>
       </c>
       <c r="I34" s="11">
@@ -3937,61 +4218,70 @@
       </c>
       <c r="L34" s="11">
         <v>2</v>
       </c>
       <c r="M34" s="11">
         <v>4</v>
       </c>
       <c r="N34" s="11">
         <v>2</v>
       </c>
       <c r="O34" s="11">
         <v>2</v>
       </c>
       <c r="P34" s="11">
         <v>0</v>
       </c>
       <c r="Q34" s="11">
         <v>3</v>
       </c>
       <c r="R34" s="11">
         <v>2</v>
       </c>
       <c r="S34" s="30">
         <v>1</v>
       </c>
-      <c r="T34" s="39">
+      <c r="T34" s="34">
         <v>3</v>
       </c>
-      <c r="U34" s="39">
+      <c r="U34" s="34">
         <v>3</v>
       </c>
-      <c r="V34" s="42">
-[...3 lines deleted...]
-    <row r="35" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V34" s="37">
+        <v>0</v>
+      </c>
+      <c r="W34" s="34">
+        <v>7</v>
+      </c>
+      <c r="X34" s="34">
+        <v>7</v>
+      </c>
+      <c r="Y34" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A35" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="11">
         <v>748</v>
       </c>
       <c r="C35" s="11">
         <v>401</v>
       </c>
       <c r="D35" s="11">
         <v>347</v>
       </c>
       <c r="E35" s="11">
         <v>737</v>
       </c>
       <c r="F35" s="11">
         <v>425</v>
       </c>
       <c r="G35" s="11">
         <v>312</v>
       </c>
       <c r="H35" s="11">
         <v>876</v>
       </c>
       <c r="I35" s="11">
@@ -4005,61 +4295,70 @@
       </c>
       <c r="L35" s="11">
         <v>460</v>
       </c>
       <c r="M35" s="11">
         <v>380</v>
       </c>
       <c r="N35" s="11">
         <v>744</v>
       </c>
       <c r="O35" s="11">
         <v>403</v>
       </c>
       <c r="P35" s="11">
         <v>341</v>
       </c>
       <c r="Q35" s="11">
         <v>715</v>
       </c>
       <c r="R35" s="11">
         <v>389</v>
       </c>
       <c r="S35" s="30">
         <v>326</v>
       </c>
-      <c r="T35" s="39">
+      <c r="T35" s="34">
         <v>894</v>
       </c>
-      <c r="U35" s="39">
+      <c r="U35" s="34">
         <v>509</v>
       </c>
-      <c r="V35" s="42">
+      <c r="V35" s="37">
         <v>385</v>
       </c>
-    </row>
-    <row r="36" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W35" s="34">
+        <v>924</v>
+      </c>
+      <c r="X35" s="34">
+        <v>507</v>
+      </c>
+      <c r="Y35" s="34">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="36" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A36" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="11">
         <v>56</v>
       </c>
       <c r="C36" s="11">
         <v>28</v>
       </c>
       <c r="D36" s="11">
         <v>28</v>
       </c>
       <c r="E36" s="11">
         <v>153</v>
       </c>
       <c r="F36" s="11">
         <v>88</v>
       </c>
       <c r="G36" s="11">
         <v>65</v>
       </c>
       <c r="H36" s="11">
         <v>154</v>
       </c>
       <c r="I36" s="11">
@@ -4073,61 +4372,70 @@
       </c>
       <c r="L36" s="11">
         <v>32</v>
       </c>
       <c r="M36" s="11">
         <v>29</v>
       </c>
       <c r="N36" s="11">
         <v>36</v>
       </c>
       <c r="O36" s="11">
         <v>23</v>
       </c>
       <c r="P36" s="11">
         <v>13</v>
       </c>
       <c r="Q36" s="11">
         <v>52</v>
       </c>
       <c r="R36" s="11">
         <v>33</v>
       </c>
       <c r="S36" s="30">
         <v>19</v>
       </c>
-      <c r="T36" s="39">
+      <c r="T36" s="34">
         <v>70</v>
       </c>
-      <c r="U36" s="39">
+      <c r="U36" s="34">
         <v>41</v>
       </c>
-      <c r="V36" s="42">
+      <c r="V36" s="37">
         <v>29</v>
       </c>
-    </row>
-    <row r="37" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W36" s="34">
+        <v>129</v>
+      </c>
+      <c r="X36" s="34">
+        <v>81</v>
+      </c>
+      <c r="Y36" s="34">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="37" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="11">
         <v>72398</v>
       </c>
       <c r="C37" s="11">
         <v>37536</v>
       </c>
       <c r="D37" s="11">
         <v>34862</v>
       </c>
       <c r="E37" s="11">
         <v>126482</v>
       </c>
       <c r="F37" s="11">
         <v>65570</v>
       </c>
       <c r="G37" s="11">
         <v>60912</v>
       </c>
       <c r="H37" s="11">
         <v>176128</v>
       </c>
       <c r="I37" s="11">
@@ -4141,61 +4449,70 @@
       </c>
       <c r="L37" s="11">
         <v>49644</v>
       </c>
       <c r="M37" s="11">
         <v>45038</v>
       </c>
       <c r="N37" s="11">
         <v>15481</v>
       </c>
       <c r="O37" s="11">
         <v>8392</v>
       </c>
       <c r="P37" s="11">
         <v>7089</v>
       </c>
       <c r="Q37" s="11">
         <v>28161</v>
       </c>
       <c r="R37" s="11">
         <v>14789</v>
       </c>
       <c r="S37" s="31">
         <v>13372</v>
       </c>
-      <c r="T37" s="39">
+      <c r="T37" s="34">
         <v>108805</v>
       </c>
-      <c r="U37" s="39">
+      <c r="U37" s="34">
         <v>56067</v>
       </c>
-      <c r="V37" s="43">
+      <c r="V37" s="38">
         <v>52738</v>
       </c>
-    </row>
-    <row r="38" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W37" s="34">
+        <v>106622</v>
+      </c>
+      <c r="X37" s="34">
+        <v>54463</v>
+      </c>
+      <c r="Y37" s="34">
+        <v>52159</v>
+      </c>
+    </row>
+    <row r="38" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A38" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="11">
         <v>5745</v>
       </c>
       <c r="C38" s="11">
         <v>2690</v>
       </c>
       <c r="D38" s="11">
         <v>3055</v>
       </c>
       <c r="E38" s="11">
         <v>5875</v>
       </c>
       <c r="F38" s="11">
         <v>2696</v>
       </c>
       <c r="G38" s="11">
         <v>3179</v>
       </c>
       <c r="H38" s="11">
         <v>6083</v>
       </c>
       <c r="I38" s="11">
@@ -4209,61 +4526,70 @@
       </c>
       <c r="L38" s="11">
         <v>2456</v>
       </c>
       <c r="M38" s="11">
         <v>2789</v>
       </c>
       <c r="N38" s="11">
         <v>4533</v>
       </c>
       <c r="O38" s="11">
         <v>2050</v>
       </c>
       <c r="P38" s="11">
         <v>2483</v>
       </c>
       <c r="Q38" s="11">
         <v>3880</v>
       </c>
       <c r="R38" s="11">
         <v>1793</v>
       </c>
       <c r="S38" s="31">
         <v>2087</v>
       </c>
-      <c r="T38" s="39">
+      <c r="T38" s="34">
         <v>5091</v>
       </c>
-      <c r="U38" s="39">
+      <c r="U38" s="34">
         <v>2364</v>
       </c>
-      <c r="V38" s="43">
+      <c r="V38" s="38">
         <v>2727</v>
       </c>
-    </row>
-    <row r="39" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W38" s="34">
+        <v>5592</v>
+      </c>
+      <c r="X38" s="34">
+        <v>2516</v>
+      </c>
+      <c r="Y38" s="34">
+        <v>3076</v>
+      </c>
+    </row>
+    <row r="39" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A39" s="7" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="11">
         <v>11476</v>
       </c>
       <c r="C39" s="11">
         <v>5505</v>
       </c>
       <c r="D39" s="11">
         <v>5971</v>
       </c>
       <c r="E39" s="11">
         <v>12147</v>
       </c>
       <c r="F39" s="11">
         <v>5858</v>
       </c>
       <c r="G39" s="11">
         <v>6289</v>
       </c>
       <c r="H39" s="11">
         <v>11780</v>
       </c>
       <c r="I39" s="11">
@@ -4277,61 +4603,70 @@
       </c>
       <c r="L39" s="11">
         <v>5066</v>
       </c>
       <c r="M39" s="11">
         <v>5574</v>
       </c>
       <c r="N39" s="11">
         <v>8866</v>
       </c>
       <c r="O39" s="11">
         <v>4077</v>
       </c>
       <c r="P39" s="11">
         <v>4789</v>
       </c>
       <c r="Q39" s="11">
         <v>6957</v>
       </c>
       <c r="R39" s="11">
         <v>3193</v>
       </c>
       <c r="S39" s="31">
         <v>3764</v>
       </c>
-      <c r="T39" s="39">
+      <c r="T39" s="34">
         <v>9686</v>
       </c>
-      <c r="U39" s="39">
+      <c r="U39" s="34">
         <v>4415</v>
       </c>
-      <c r="V39" s="43">
+      <c r="V39" s="38">
         <v>5271</v>
       </c>
-    </row>
-    <row r="40" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W39" s="34">
+        <v>11474</v>
+      </c>
+      <c r="X39" s="34">
+        <v>5385</v>
+      </c>
+      <c r="Y39" s="34">
+        <v>6089</v>
+      </c>
+    </row>
+    <row r="40" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A40" s="7" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="11">
         <v>2453</v>
       </c>
       <c r="C40" s="11">
         <v>1357</v>
       </c>
       <c r="D40" s="11">
         <v>1096</v>
       </c>
       <c r="E40" s="11">
         <v>4442</v>
       </c>
       <c r="F40" s="11">
         <v>2305</v>
       </c>
       <c r="G40" s="11">
         <v>2137</v>
       </c>
       <c r="H40" s="11">
         <v>4936</v>
       </c>
       <c r="I40" s="11">
@@ -4345,61 +4680,70 @@
       </c>
       <c r="L40" s="11">
         <v>374</v>
       </c>
       <c r="M40" s="11">
         <v>300</v>
       </c>
       <c r="N40" s="11">
         <v>115</v>
       </c>
       <c r="O40" s="11">
         <v>66</v>
       </c>
       <c r="P40" s="11">
         <v>49</v>
       </c>
       <c r="Q40" s="11">
         <v>62</v>
       </c>
       <c r="R40" s="11">
         <v>32</v>
       </c>
       <c r="S40" s="30">
         <v>30</v>
       </c>
-      <c r="T40" s="39">
+      <c r="T40" s="34">
         <v>150</v>
       </c>
-      <c r="U40" s="39">
+      <c r="U40" s="34">
         <v>82</v>
       </c>
-      <c r="V40" s="42">
+      <c r="V40" s="37">
         <v>68</v>
       </c>
-    </row>
-    <row r="41" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W40" s="34">
+        <v>4409</v>
+      </c>
+      <c r="X40" s="34">
+        <v>2328</v>
+      </c>
+      <c r="Y40" s="34">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="41" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A41" s="7" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="11">
         <v>60</v>
       </c>
       <c r="C41" s="11">
         <v>27</v>
       </c>
       <c r="D41" s="11">
         <v>33</v>
       </c>
       <c r="E41" s="11">
         <v>63</v>
       </c>
       <c r="F41" s="11">
         <v>30</v>
       </c>
       <c r="G41" s="11">
         <v>33</v>
       </c>
       <c r="H41" s="11">
         <v>63</v>
       </c>
       <c r="I41" s="11">
@@ -4413,61 +4757,70 @@
       </c>
       <c r="L41" s="11">
         <v>16</v>
       </c>
       <c r="M41" s="11">
         <v>13</v>
       </c>
       <c r="N41" s="11">
         <v>26</v>
       </c>
       <c r="O41" s="11">
         <v>17</v>
       </c>
       <c r="P41" s="11">
         <v>9</v>
       </c>
       <c r="Q41" s="11">
         <v>13</v>
       </c>
       <c r="R41" s="11">
         <v>6</v>
       </c>
       <c r="S41" s="30">
         <v>7</v>
       </c>
-      <c r="T41" s="39">
+      <c r="T41" s="34">
         <v>25</v>
       </c>
-      <c r="U41" s="39">
+      <c r="U41" s="34">
         <v>9</v>
       </c>
-      <c r="V41" s="42">
+      <c r="V41" s="37">
         <v>16</v>
       </c>
-    </row>
-    <row r="42" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W41" s="34">
+        <v>20</v>
+      </c>
+      <c r="X41" s="34">
+        <v>10</v>
+      </c>
+      <c r="Y41" s="34">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A42" s="7" t="s">
         <v>40</v>
       </c>
       <c r="B42" s="11">
         <v>6920</v>
       </c>
       <c r="C42" s="11">
         <v>4476</v>
       </c>
       <c r="D42" s="11">
         <v>2444</v>
       </c>
       <c r="E42" s="11">
         <v>6466</v>
       </c>
       <c r="F42" s="11">
         <v>4265</v>
       </c>
       <c r="G42" s="11">
         <v>2201</v>
       </c>
       <c r="H42" s="11">
         <v>5950</v>
       </c>
       <c r="I42" s="11">
@@ -4481,61 +4834,70 @@
       </c>
       <c r="L42" s="11">
         <v>3395</v>
       </c>
       <c r="M42" s="11">
         <v>1847</v>
       </c>
       <c r="N42" s="11">
         <v>4876</v>
       </c>
       <c r="O42" s="11">
         <v>3216</v>
       </c>
       <c r="P42" s="11">
         <v>1660</v>
       </c>
       <c r="Q42" s="11">
         <v>4016</v>
       </c>
       <c r="R42" s="11">
         <v>2594</v>
       </c>
       <c r="S42" s="31">
         <v>1422</v>
       </c>
-      <c r="T42" s="39">
+      <c r="T42" s="34">
         <v>4455</v>
       </c>
-      <c r="U42" s="39">
+      <c r="U42" s="34">
         <v>2845</v>
       </c>
-      <c r="V42" s="43">
+      <c r="V42" s="38">
         <v>1610</v>
       </c>
-    </row>
-    <row r="43" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W42" s="34">
+        <v>4211</v>
+      </c>
+      <c r="X42" s="34">
+        <v>2594</v>
+      </c>
+      <c r="Y42" s="34">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="43" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>41</v>
       </c>
       <c r="B43" s="11">
         <v>52235</v>
       </c>
       <c r="C43" s="11">
         <v>35320</v>
       </c>
       <c r="D43" s="11">
         <v>16915</v>
       </c>
       <c r="E43" s="11">
         <v>56723</v>
       </c>
       <c r="F43" s="11">
         <v>39111</v>
       </c>
       <c r="G43" s="11">
         <v>17612</v>
       </c>
       <c r="H43" s="11">
         <v>63379</v>
       </c>
       <c r="I43" s="11">
@@ -4549,61 +4911,70 @@
       </c>
       <c r="L43" s="11">
         <v>46247</v>
       </c>
       <c r="M43" s="11">
         <v>21892</v>
       </c>
       <c r="N43" s="11">
         <v>67938</v>
       </c>
       <c r="O43" s="11">
         <v>46119</v>
       </c>
       <c r="P43" s="11">
         <v>21819</v>
       </c>
       <c r="Q43" s="11">
         <v>60807</v>
       </c>
       <c r="R43" s="11">
         <v>41155</v>
       </c>
       <c r="S43" s="31">
         <v>19652</v>
       </c>
-      <c r="T43" s="39">
+      <c r="T43" s="34">
         <v>79319</v>
       </c>
-      <c r="U43" s="39">
+      <c r="U43" s="34">
         <v>53481</v>
       </c>
-      <c r="V43" s="43">
+      <c r="V43" s="38">
         <v>25838</v>
       </c>
-    </row>
-    <row r="44" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W43" s="34">
+        <v>86492</v>
+      </c>
+      <c r="X43" s="34">
+        <v>57759</v>
+      </c>
+      <c r="Y43" s="34">
+        <v>28733</v>
+      </c>
+    </row>
+    <row r="44" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A44" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B44" s="11">
         <v>67091</v>
       </c>
       <c r="C44" s="11">
         <v>39178</v>
       </c>
       <c r="D44" s="11">
         <v>27913</v>
       </c>
       <c r="E44" s="11">
         <v>67260</v>
       </c>
       <c r="F44" s="11">
         <v>39454</v>
       </c>
       <c r="G44" s="11">
         <v>27806</v>
       </c>
       <c r="H44" s="11">
         <v>66057</v>
       </c>
       <c r="I44" s="11">
@@ -4617,61 +4988,70 @@
       </c>
       <c r="L44" s="11">
         <v>37189</v>
       </c>
       <c r="M44" s="11">
         <v>25037</v>
       </c>
       <c r="N44" s="11">
         <v>58199</v>
       </c>
       <c r="O44" s="11">
         <v>35137</v>
       </c>
       <c r="P44" s="11">
         <v>23062</v>
       </c>
       <c r="Q44" s="11">
         <v>53758</v>
       </c>
       <c r="R44" s="11">
         <v>31930</v>
       </c>
       <c r="S44" s="31">
         <v>21828</v>
       </c>
-      <c r="T44" s="39">
+      <c r="T44" s="34">
         <v>61122</v>
       </c>
-      <c r="U44" s="39">
+      <c r="U44" s="34">
         <v>37003</v>
       </c>
-      <c r="V44" s="43">
+      <c r="V44" s="38">
         <v>24119</v>
       </c>
-    </row>
-    <row r="45" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W44" s="34">
+        <v>62799</v>
+      </c>
+      <c r="X44" s="34">
+        <v>38444</v>
+      </c>
+      <c r="Y44" s="34">
+        <v>24355</v>
+      </c>
+    </row>
+    <row r="45" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A45" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="11">
         <v>179</v>
       </c>
       <c r="C45" s="11">
         <v>93</v>
       </c>
       <c r="D45" s="11">
         <v>86</v>
       </c>
       <c r="E45" s="11">
         <v>134</v>
       </c>
       <c r="F45" s="11">
         <v>70</v>
       </c>
       <c r="G45" s="11">
         <v>64</v>
       </c>
       <c r="H45" s="11">
         <v>190</v>
       </c>
       <c r="I45" s="11">
@@ -4685,61 +5065,70 @@
       </c>
       <c r="L45" s="11">
         <v>48</v>
       </c>
       <c r="M45" s="11">
         <v>44</v>
       </c>
       <c r="N45" s="11">
         <v>63</v>
       </c>
       <c r="O45" s="11">
         <v>31</v>
       </c>
       <c r="P45" s="11">
         <v>32</v>
       </c>
       <c r="Q45" s="11">
         <v>46</v>
       </c>
       <c r="R45" s="11">
         <v>26</v>
       </c>
       <c r="S45" s="30">
         <v>20</v>
       </c>
-      <c r="T45" s="39">
+      <c r="T45" s="34">
         <v>73</v>
       </c>
-      <c r="U45" s="39">
+      <c r="U45" s="34">
         <v>39</v>
       </c>
-      <c r="V45" s="42">
+      <c r="V45" s="37">
         <v>34</v>
       </c>
-    </row>
-    <row r="46" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W45" s="34">
+        <v>81</v>
+      </c>
+      <c r="X45" s="34">
+        <v>42</v>
+      </c>
+      <c r="Y45" s="34">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="46" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A46" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="11">
         <v>46025</v>
       </c>
       <c r="C46" s="11">
         <v>24767</v>
       </c>
       <c r="D46" s="11">
         <v>21258</v>
       </c>
       <c r="E46" s="11">
         <v>48798</v>
       </c>
       <c r="F46" s="11">
         <v>26229</v>
       </c>
       <c r="G46" s="11">
         <v>22569</v>
       </c>
       <c r="H46" s="11">
         <v>61690</v>
       </c>
       <c r="I46" s="11">
@@ -4753,61 +5142,70 @@
       </c>
       <c r="L46" s="11">
         <v>21172</v>
       </c>
       <c r="M46" s="11">
         <v>18571</v>
       </c>
       <c r="N46" s="11">
         <v>24620</v>
       </c>
       <c r="O46" s="11">
         <v>13092</v>
       </c>
       <c r="P46" s="11">
         <v>11528</v>
       </c>
       <c r="Q46" s="11">
         <v>26822</v>
       </c>
       <c r="R46" s="11">
         <v>14751</v>
       </c>
       <c r="S46" s="31">
         <v>12071</v>
       </c>
-      <c r="T46" s="39">
+      <c r="T46" s="34">
         <v>36670</v>
       </c>
-      <c r="U46" s="39">
+      <c r="U46" s="34">
         <v>20231</v>
       </c>
-      <c r="V46" s="43">
+      <c r="V46" s="38">
         <v>16439</v>
       </c>
-    </row>
-    <row r="47" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W46" s="34">
+        <v>35997</v>
+      </c>
+      <c r="X46" s="34">
+        <v>19381</v>
+      </c>
+      <c r="Y46" s="34">
+        <v>16616</v>
+      </c>
+    </row>
+    <row r="47" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A47" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="11">
         <v>28071</v>
       </c>
       <c r="C47" s="11">
         <v>15400</v>
       </c>
       <c r="D47" s="11">
         <v>12671</v>
       </c>
       <c r="E47" s="11">
         <v>29029</v>
       </c>
       <c r="F47" s="11">
         <v>16141</v>
       </c>
       <c r="G47" s="11">
         <v>12888</v>
       </c>
       <c r="H47" s="11">
         <v>28061</v>
       </c>
       <c r="I47" s="11">
@@ -4821,61 +5219,70 @@
       </c>
       <c r="L47" s="11">
         <v>15271</v>
       </c>
       <c r="M47" s="11">
         <v>12006</v>
       </c>
       <c r="N47" s="11">
         <v>25656</v>
       </c>
       <c r="O47" s="11">
         <v>14442</v>
       </c>
       <c r="P47" s="11">
         <v>11214</v>
       </c>
       <c r="Q47" s="11">
         <v>22023</v>
       </c>
       <c r="R47" s="11">
         <v>12391</v>
       </c>
       <c r="S47" s="31">
         <v>9632</v>
       </c>
-      <c r="T47" s="39">
+      <c r="T47" s="34">
         <v>29432</v>
       </c>
-      <c r="U47" s="39">
+      <c r="U47" s="34">
         <v>16636</v>
       </c>
-      <c r="V47" s="43">
+      <c r="V47" s="38">
         <v>12796</v>
       </c>
-    </row>
-    <row r="48" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W47" s="34">
+        <v>32018</v>
+      </c>
+      <c r="X47" s="34">
+        <v>18257</v>
+      </c>
+      <c r="Y47" s="34">
+        <v>13761</v>
+      </c>
+    </row>
+    <row r="48" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A48" s="7" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="11">
         <v>2658</v>
       </c>
       <c r="C48" s="11">
         <v>1862</v>
       </c>
       <c r="D48" s="11">
         <v>796</v>
       </c>
       <c r="E48" s="11">
         <v>2238</v>
       </c>
       <c r="F48" s="11">
         <v>1721</v>
       </c>
       <c r="G48" s="11">
         <v>517</v>
       </c>
       <c r="H48" s="11">
         <v>1396</v>
       </c>
       <c r="I48" s="11">
@@ -4889,61 +5296,70 @@
       </c>
       <c r="L48" s="11">
         <v>673</v>
       </c>
       <c r="M48" s="11">
         <v>342</v>
       </c>
       <c r="N48" s="11">
         <v>762</v>
       </c>
       <c r="O48" s="11">
         <v>531</v>
       </c>
       <c r="P48" s="11">
         <v>231</v>
       </c>
       <c r="Q48" s="11">
         <v>1311</v>
       </c>
       <c r="R48" s="11">
         <v>891</v>
       </c>
       <c r="S48" s="30">
         <v>420</v>
       </c>
-      <c r="T48" s="39">
+      <c r="T48" s="34">
         <v>3080</v>
       </c>
-      <c r="U48" s="39">
+      <c r="U48" s="34">
         <v>2008</v>
       </c>
-      <c r="V48" s="43">
+      <c r="V48" s="38">
         <v>1072</v>
       </c>
-    </row>
-    <row r="49" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W48" s="34">
+        <v>2707</v>
+      </c>
+      <c r="X48" s="34">
+        <v>1808</v>
+      </c>
+      <c r="Y48" s="34">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="49" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A49" s="7" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="11">
         <v>68</v>
       </c>
       <c r="C49" s="11">
         <v>65</v>
       </c>
       <c r="D49" s="11">
         <v>3</v>
       </c>
       <c r="E49" s="11">
         <v>11</v>
       </c>
       <c r="F49" s="11">
         <v>7</v>
       </c>
       <c r="G49" s="11">
         <v>4</v>
       </c>
       <c r="H49" s="11">
         <v>10</v>
       </c>
       <c r="I49" s="11">
@@ -4957,61 +5373,70 @@
       </c>
       <c r="L49" s="11">
         <v>7</v>
       </c>
       <c r="M49" s="11">
         <v>2</v>
       </c>
       <c r="N49" s="11">
         <v>13</v>
       </c>
       <c r="O49" s="11">
         <v>10</v>
       </c>
       <c r="P49" s="11">
         <v>3</v>
       </c>
       <c r="Q49" s="11">
         <v>10</v>
       </c>
       <c r="R49" s="11">
         <v>5</v>
       </c>
       <c r="S49" s="30">
         <v>3</v>
       </c>
-      <c r="T49" s="39">
+      <c r="T49" s="34">
         <v>33</v>
       </c>
-      <c r="U49" s="39">
+      <c r="U49" s="34">
         <v>27</v>
       </c>
-      <c r="V49" s="42">
+      <c r="V49" s="37">
         <v>6</v>
       </c>
-    </row>
-    <row r="50" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W49" s="34">
+        <v>30</v>
+      </c>
+      <c r="X49" s="34">
+        <v>30</v>
+      </c>
+      <c r="Y49" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A50" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="11">
         <v>15</v>
       </c>
       <c r="C50" s="11">
         <v>3</v>
       </c>
       <c r="D50" s="11">
         <v>12</v>
       </c>
       <c r="E50" s="11">
         <v>26</v>
       </c>
       <c r="F50" s="11">
         <v>8</v>
       </c>
       <c r="G50" s="11">
         <v>18</v>
       </c>
       <c r="H50" s="11">
         <v>17</v>
       </c>
       <c r="I50" s="11">
@@ -5025,61 +5450,70 @@
       </c>
       <c r="L50" s="11">
         <v>11</v>
       </c>
       <c r="M50" s="11">
         <v>17</v>
       </c>
       <c r="N50" s="11">
         <v>13</v>
       </c>
       <c r="O50" s="11">
         <v>4</v>
       </c>
       <c r="P50" s="11">
         <v>9</v>
       </c>
       <c r="Q50" s="11">
         <v>16</v>
       </c>
       <c r="R50" s="11">
         <v>8</v>
       </c>
       <c r="S50" s="30">
         <v>8</v>
       </c>
-      <c r="T50" s="39">
+      <c r="T50" s="34">
         <v>20</v>
       </c>
-      <c r="U50" s="39">
+      <c r="U50" s="34">
         <v>10</v>
       </c>
-      <c r="V50" s="42">
+      <c r="V50" s="37">
         <v>10</v>
       </c>
-    </row>
-    <row r="51" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W50" s="34">
+        <v>16</v>
+      </c>
+      <c r="X50" s="34">
+        <v>6</v>
+      </c>
+      <c r="Y50" s="34">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A51" s="7" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="11">
         <v>12</v>
       </c>
       <c r="C51" s="11">
         <v>7</v>
       </c>
       <c r="D51" s="11">
         <v>5</v>
       </c>
       <c r="E51" s="11">
         <v>17</v>
       </c>
       <c r="F51" s="11">
         <v>6</v>
       </c>
       <c r="G51" s="11">
         <v>11</v>
       </c>
       <c r="H51" s="11">
         <v>11</v>
       </c>
       <c r="I51" s="11">
@@ -5093,61 +5527,70 @@
       </c>
       <c r="L51" s="11">
         <v>4</v>
       </c>
       <c r="M51" s="11">
         <v>5</v>
       </c>
       <c r="N51" s="11">
         <v>9</v>
       </c>
       <c r="O51" s="11">
         <v>7</v>
       </c>
       <c r="P51" s="11">
         <v>2</v>
       </c>
       <c r="Q51" s="11">
         <v>7</v>
       </c>
       <c r="R51" s="11">
         <v>2</v>
       </c>
       <c r="S51" s="30">
         <v>5</v>
       </c>
-      <c r="T51" s="39">
+      <c r="T51" s="34">
         <v>13</v>
       </c>
-      <c r="U51" s="39">
+      <c r="U51" s="34">
         <v>8</v>
       </c>
-      <c r="V51" s="42">
+      <c r="V51" s="37">
         <v>5</v>
       </c>
-    </row>
-    <row r="52" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W51" s="34">
+        <v>12</v>
+      </c>
+      <c r="X51" s="34">
+        <v>7</v>
+      </c>
+      <c r="Y51" s="34">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A52" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="11">
         <v>559</v>
       </c>
       <c r="C52" s="11">
         <v>322</v>
       </c>
       <c r="D52" s="11">
         <v>237</v>
       </c>
       <c r="E52" s="11">
         <v>548</v>
       </c>
       <c r="F52" s="11">
         <v>307</v>
       </c>
       <c r="G52" s="11">
         <v>241</v>
       </c>
       <c r="H52" s="11">
         <v>461</v>
       </c>
       <c r="I52" s="11">
@@ -5161,61 +5604,70 @@
       </c>
       <c r="L52" s="11">
         <v>200</v>
       </c>
       <c r="M52" s="11">
         <v>161</v>
       </c>
       <c r="N52" s="11">
         <v>284</v>
       </c>
       <c r="O52" s="11">
         <v>165</v>
       </c>
       <c r="P52" s="11">
         <v>119</v>
       </c>
       <c r="Q52" s="11">
         <v>228</v>
       </c>
       <c r="R52" s="11">
         <v>138</v>
       </c>
       <c r="S52" s="30">
         <v>90</v>
       </c>
-      <c r="T52" s="39">
+      <c r="T52" s="34">
         <v>363</v>
       </c>
-      <c r="U52" s="39">
+      <c r="U52" s="34">
         <v>214</v>
       </c>
-      <c r="V52" s="42">
+      <c r="V52" s="37">
         <v>149</v>
       </c>
-    </row>
-    <row r="53" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W52" s="34">
+        <v>558</v>
+      </c>
+      <c r="X52" s="34">
+        <v>361</v>
+      </c>
+      <c r="Y52" s="34">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="53" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A53" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B53" s="11">
         <v>18</v>
       </c>
       <c r="C53" s="11">
         <v>10</v>
       </c>
       <c r="D53" s="11">
         <v>8</v>
       </c>
       <c r="E53" s="11">
         <v>17</v>
       </c>
       <c r="F53" s="11">
         <v>8</v>
       </c>
       <c r="G53" s="11">
         <v>9</v>
       </c>
       <c r="H53" s="11">
         <v>9</v>
       </c>
       <c r="I53" s="11">
@@ -5229,61 +5681,70 @@
       </c>
       <c r="L53" s="11">
         <v>6</v>
       </c>
       <c r="M53" s="11">
         <v>7</v>
       </c>
       <c r="N53" s="11">
         <v>12</v>
       </c>
       <c r="O53" s="11">
         <v>8</v>
       </c>
       <c r="P53" s="11">
         <v>4</v>
       </c>
       <c r="Q53" s="11">
         <v>8</v>
       </c>
       <c r="R53" s="11">
         <v>3</v>
       </c>
       <c r="S53" s="30">
         <v>5</v>
       </c>
-      <c r="T53" s="39">
+      <c r="T53" s="34">
         <v>27</v>
       </c>
-      <c r="U53" s="39">
+      <c r="U53" s="34">
         <v>14</v>
       </c>
-      <c r="V53" s="42">
+      <c r="V53" s="37">
         <v>13</v>
       </c>
-    </row>
-    <row r="54" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W53" s="34">
+        <v>13</v>
+      </c>
+      <c r="X53" s="34">
+        <v>5</v>
+      </c>
+      <c r="Y53" s="34">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="54" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A54" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B54" s="11">
         <v>1</v>
       </c>
       <c r="C54" s="11">
         <v>1</v>
       </c>
       <c r="D54" s="11">
         <v>0</v>
       </c>
       <c r="E54" s="11">
         <v>1</v>
       </c>
       <c r="F54" s="11">
         <v>0</v>
       </c>
       <c r="G54" s="11">
         <v>1</v>
       </c>
       <c r="H54" s="11">
         <v>2</v>
       </c>
       <c r="I54" s="11">
@@ -5297,61 +5758,70 @@
       </c>
       <c r="L54" s="11">
         <v>0</v>
       </c>
       <c r="M54" s="11">
         <v>0</v>
       </c>
       <c r="N54" s="11">
         <v>2</v>
       </c>
       <c r="O54" s="11">
         <v>1</v>
       </c>
       <c r="P54" s="11">
         <v>1</v>
       </c>
       <c r="Q54" s="11">
         <v>1</v>
       </c>
       <c r="R54" s="11">
         <v>1</v>
       </c>
       <c r="S54" s="30">
         <v>0</v>
       </c>
-      <c r="T54" s="39">
+      <c r="T54" s="34">
         <v>1</v>
       </c>
-      <c r="U54" s="39">
-[...2 lines deleted...]
-      <c r="V54" s="42">
+      <c r="U54" s="34">
+        <v>0</v>
+      </c>
+      <c r="V54" s="37">
         <v>1</v>
       </c>
-    </row>
-    <row r="55" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W54" s="34">
+        <v>1</v>
+      </c>
+      <c r="X54" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="34">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A55" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B55" s="11">
         <v>1</v>
       </c>
       <c r="C55" s="11">
         <v>0</v>
       </c>
       <c r="D55" s="11">
         <v>1</v>
       </c>
       <c r="E55" s="11">
         <v>1</v>
       </c>
       <c r="F55" s="11">
         <v>0</v>
       </c>
       <c r="G55" s="11">
         <v>1</v>
       </c>
       <c r="H55" s="11">
         <v>1</v>
       </c>
       <c r="I55" s="11">
@@ -5365,61 +5835,70 @@
       </c>
       <c r="L55" s="11">
         <v>0</v>
       </c>
       <c r="M55" s="11">
         <v>5</v>
       </c>
       <c r="N55" s="11">
         <v>0</v>
       </c>
       <c r="O55" s="11">
         <v>0</v>
       </c>
       <c r="P55" s="11">
         <v>0</v>
       </c>
       <c r="Q55" s="11">
         <v>0</v>
       </c>
       <c r="R55" s="11">
         <v>0</v>
       </c>
       <c r="S55" s="30">
         <v>0</v>
       </c>
-      <c r="T55" s="39">
-[...9 lines deleted...]
-    <row r="56" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="T55" s="34">
+        <v>0</v>
+      </c>
+      <c r="U55" s="34">
+        <v>0</v>
+      </c>
+      <c r="V55" s="37">
+        <v>0</v>
+      </c>
+      <c r="W55" s="34">
+        <v>1</v>
+      </c>
+      <c r="X55" s="34">
+        <v>1</v>
+      </c>
+      <c r="Y55" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A56" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B56" s="11">
         <v>22</v>
       </c>
       <c r="C56" s="11">
         <v>14</v>
       </c>
       <c r="D56" s="11">
         <v>8</v>
       </c>
       <c r="E56" s="11">
         <v>22</v>
       </c>
       <c r="F56" s="11">
         <v>13</v>
       </c>
       <c r="G56" s="11">
         <v>9</v>
       </c>
       <c r="H56" s="11">
         <v>15</v>
       </c>
       <c r="I56" s="11">
@@ -5433,61 +5912,70 @@
       </c>
       <c r="L56" s="11">
         <v>11</v>
       </c>
       <c r="M56" s="11">
         <v>10</v>
       </c>
       <c r="N56" s="11">
         <v>21</v>
       </c>
       <c r="O56" s="11">
         <v>9</v>
       </c>
       <c r="P56" s="11">
         <v>12</v>
       </c>
       <c r="Q56" s="11">
         <v>20</v>
       </c>
       <c r="R56" s="11">
         <v>12</v>
       </c>
       <c r="S56" s="30">
         <v>8</v>
       </c>
-      <c r="T56" s="39">
+      <c r="T56" s="34">
         <v>25</v>
       </c>
-      <c r="U56" s="39">
+      <c r="U56" s="34">
         <v>10</v>
       </c>
-      <c r="V56" s="42">
+      <c r="V56" s="37">
         <v>15</v>
       </c>
-    </row>
-    <row r="57" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W56" s="34">
+        <v>39</v>
+      </c>
+      <c r="X56" s="34">
+        <v>21</v>
+      </c>
+      <c r="Y56" s="34">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A57" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B57" s="11">
         <v>429</v>
       </c>
       <c r="C57" s="11">
         <v>217</v>
       </c>
       <c r="D57" s="11">
         <v>212</v>
       </c>
       <c r="E57" s="11">
         <v>383</v>
       </c>
       <c r="F57" s="11">
         <v>199</v>
       </c>
       <c r="G57" s="11">
         <v>184</v>
       </c>
       <c r="H57" s="11">
         <v>326</v>
       </c>
       <c r="I57" s="11">
@@ -5501,61 +5989,70 @@
       </c>
       <c r="L57" s="11">
         <v>118</v>
       </c>
       <c r="M57" s="11">
         <v>108</v>
       </c>
       <c r="N57" s="11">
         <v>177</v>
       </c>
       <c r="O57" s="11">
         <v>96</v>
       </c>
       <c r="P57" s="11">
         <v>81</v>
       </c>
       <c r="Q57" s="11">
         <v>162</v>
       </c>
       <c r="R57" s="11">
         <v>99</v>
       </c>
       <c r="S57" s="30">
         <v>63</v>
       </c>
-      <c r="T57" s="39">
+      <c r="T57" s="34">
         <v>220</v>
       </c>
-      <c r="U57" s="39">
+      <c r="U57" s="34">
         <v>130</v>
       </c>
-      <c r="V57" s="42">
+      <c r="V57" s="37">
         <v>90</v>
       </c>
-    </row>
-    <row r="58" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W57" s="34">
+        <v>231</v>
+      </c>
+      <c r="X57" s="34">
+        <v>133</v>
+      </c>
+      <c r="Y57" s="34">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="58" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A58" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B58" s="11">
         <v>7301</v>
       </c>
       <c r="C58" s="11">
         <v>4802</v>
       </c>
       <c r="D58" s="11">
         <v>2499</v>
       </c>
       <c r="E58" s="11">
         <v>7631</v>
       </c>
       <c r="F58" s="11">
         <v>4982</v>
       </c>
       <c r="G58" s="11">
         <v>2649</v>
       </c>
       <c r="H58" s="11">
         <v>6982</v>
       </c>
       <c r="I58" s="11">
@@ -5569,61 +6066,70 @@
       </c>
       <c r="L58" s="11">
         <v>3835</v>
       </c>
       <c r="M58" s="11">
         <v>1881</v>
       </c>
       <c r="N58" s="11">
         <v>4898</v>
       </c>
       <c r="O58" s="11">
         <v>3369</v>
       </c>
       <c r="P58" s="11">
         <v>1529</v>
       </c>
       <c r="Q58" s="11">
         <v>4021</v>
       </c>
       <c r="R58" s="11">
         <v>2768</v>
       </c>
       <c r="S58" s="31">
         <v>1253</v>
       </c>
-      <c r="T58" s="39">
+      <c r="T58" s="34">
         <v>5334</v>
       </c>
-      <c r="U58" s="39">
+      <c r="U58" s="34">
         <v>3506</v>
       </c>
-      <c r="V58" s="43">
+      <c r="V58" s="38">
         <v>1828</v>
       </c>
-    </row>
-    <row r="59" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W58" s="34">
+        <v>4933</v>
+      </c>
+      <c r="X58" s="34">
+        <v>3252</v>
+      </c>
+      <c r="Y58" s="34">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="59" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A59" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B59" s="11">
         <v>27709</v>
       </c>
       <c r="C59" s="11">
         <v>18534</v>
       </c>
       <c r="D59" s="11">
         <v>9175</v>
       </c>
       <c r="E59" s="11">
         <v>27977</v>
       </c>
       <c r="F59" s="11">
         <v>19005</v>
       </c>
       <c r="G59" s="11">
         <v>8972</v>
       </c>
       <c r="H59" s="11">
         <v>29593</v>
       </c>
       <c r="I59" s="11">
@@ -5637,61 +6143,70 @@
       </c>
       <c r="L59" s="11">
         <v>20102</v>
       </c>
       <c r="M59" s="11">
         <v>8567</v>
       </c>
       <c r="N59" s="11">
         <v>26726</v>
       </c>
       <c r="O59" s="11">
         <v>19302</v>
       </c>
       <c r="P59" s="11">
         <v>7424</v>
       </c>
       <c r="Q59" s="11">
         <v>23600</v>
       </c>
       <c r="R59" s="11">
         <v>17052</v>
       </c>
       <c r="S59" s="31">
         <v>6548</v>
       </c>
-      <c r="T59" s="39">
+      <c r="T59" s="34">
         <v>31073</v>
       </c>
-      <c r="U59" s="39">
+      <c r="U59" s="34">
         <v>21807</v>
       </c>
-      <c r="V59" s="43">
+      <c r="V59" s="38">
         <v>9266</v>
       </c>
-    </row>
-    <row r="60" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W59" s="34">
+        <v>33790</v>
+      </c>
+      <c r="X59" s="34">
+        <v>23770</v>
+      </c>
+      <c r="Y59" s="34">
+        <v>10020</v>
+      </c>
+    </row>
+    <row r="60" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A60" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B60" s="11">
         <v>85</v>
       </c>
       <c r="C60" s="11">
         <v>46</v>
       </c>
       <c r="D60" s="11">
         <v>39</v>
       </c>
       <c r="E60" s="11">
         <v>70</v>
       </c>
       <c r="F60" s="11">
         <v>36</v>
       </c>
       <c r="G60" s="11">
         <v>34</v>
       </c>
       <c r="H60" s="11">
         <v>65</v>
       </c>
       <c r="I60" s="11">
@@ -5705,61 +6220,70 @@
       </c>
       <c r="L60" s="11">
         <v>48</v>
       </c>
       <c r="M60" s="11">
         <v>36</v>
       </c>
       <c r="N60" s="11">
         <v>80</v>
       </c>
       <c r="O60" s="11">
         <v>50</v>
       </c>
       <c r="P60" s="11">
         <v>30</v>
       </c>
       <c r="Q60" s="11">
         <v>65</v>
       </c>
       <c r="R60" s="11">
         <v>41</v>
       </c>
       <c r="S60" s="30">
         <v>24</v>
       </c>
-      <c r="T60" s="39">
+      <c r="T60" s="34">
         <v>89</v>
       </c>
-      <c r="U60" s="39">
+      <c r="U60" s="34">
         <v>54</v>
       </c>
-      <c r="V60" s="42">
+      <c r="V60" s="37">
         <v>35</v>
       </c>
-    </row>
-    <row r="61" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W60" s="34">
+        <v>123</v>
+      </c>
+      <c r="X60" s="34">
+        <v>71</v>
+      </c>
+      <c r="Y60" s="34">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="61" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A61" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B61" s="11">
         <v>46</v>
       </c>
       <c r="C61" s="11">
         <v>27</v>
       </c>
       <c r="D61" s="11">
         <v>19</v>
       </c>
       <c r="E61" s="11">
         <v>38</v>
       </c>
       <c r="F61" s="11">
         <v>25</v>
       </c>
       <c r="G61" s="11">
         <v>13</v>
       </c>
       <c r="H61" s="11">
         <v>34</v>
       </c>
       <c r="I61" s="11">
@@ -5773,61 +6297,70 @@
       </c>
       <c r="L61" s="11">
         <v>35</v>
       </c>
       <c r="M61" s="11">
         <v>30</v>
       </c>
       <c r="N61" s="11">
         <v>162</v>
       </c>
       <c r="O61" s="11">
         <v>100</v>
       </c>
       <c r="P61" s="11">
         <v>62</v>
       </c>
       <c r="Q61" s="11">
         <v>157</v>
       </c>
       <c r="R61" s="11">
         <v>102</v>
       </c>
       <c r="S61" s="30">
         <v>55</v>
       </c>
-      <c r="T61" s="39">
+      <c r="T61" s="34">
         <v>282</v>
       </c>
-      <c r="U61" s="39">
+      <c r="U61" s="34">
         <v>146</v>
       </c>
-      <c r="V61" s="42">
+      <c r="V61" s="37">
         <v>136</v>
       </c>
-    </row>
-    <row r="62" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W61" s="34">
+        <v>235</v>
+      </c>
+      <c r="X61" s="34">
+        <v>127</v>
+      </c>
+      <c r="Y61" s="34">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="62" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A62" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B62" s="11">
         <v>10424</v>
       </c>
       <c r="C62" s="11">
         <v>5879</v>
       </c>
       <c r="D62" s="11">
         <v>4545</v>
       </c>
       <c r="E62" s="11">
         <v>10709</v>
       </c>
       <c r="F62" s="11">
         <v>6063</v>
       </c>
       <c r="G62" s="11">
         <v>4646</v>
       </c>
       <c r="H62" s="11">
         <v>9560</v>
       </c>
       <c r="I62" s="11">
@@ -5841,61 +6374,70 @@
       </c>
       <c r="L62" s="11">
         <v>4917</v>
       </c>
       <c r="M62" s="11">
         <v>3659</v>
       </c>
       <c r="N62" s="11">
         <v>7826</v>
       </c>
       <c r="O62" s="11">
         <v>4505</v>
       </c>
       <c r="P62" s="11">
         <v>3321</v>
       </c>
       <c r="Q62" s="11">
         <v>6912</v>
       </c>
       <c r="R62" s="11">
         <v>4048</v>
       </c>
       <c r="S62" s="31">
         <v>2864</v>
       </c>
-      <c r="T62" s="39">
+      <c r="T62" s="34">
         <v>8536</v>
       </c>
-      <c r="U62" s="39">
+      <c r="U62" s="34">
         <v>4842</v>
       </c>
-      <c r="V62" s="43">
+      <c r="V62" s="38">
         <v>3694</v>
       </c>
-    </row>
-    <row r="63" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W62" s="34">
+        <v>8507</v>
+      </c>
+      <c r="X62" s="34">
+        <v>4855</v>
+      </c>
+      <c r="Y62" s="34">
+        <v>3652</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A63" s="7" t="s">
         <v>61</v>
       </c>
       <c r="B63" s="11">
         <v>25597</v>
       </c>
       <c r="C63" s="11">
         <v>18556</v>
       </c>
       <c r="D63" s="11">
         <v>7041</v>
       </c>
       <c r="E63" s="11">
         <v>26761</v>
       </c>
       <c r="F63" s="11">
         <v>19848</v>
       </c>
       <c r="G63" s="11">
         <v>6913</v>
       </c>
       <c r="H63" s="11">
         <v>27821</v>
       </c>
       <c r="I63" s="11">
@@ -5909,61 +6451,70 @@
       </c>
       <c r="L63" s="11">
         <v>21359</v>
       </c>
       <c r="M63" s="11">
         <v>7652</v>
       </c>
       <c r="N63" s="11">
         <v>27040</v>
       </c>
       <c r="O63" s="11">
         <v>19828</v>
       </c>
       <c r="P63" s="11">
         <v>7212</v>
       </c>
       <c r="Q63" s="11">
         <v>24172</v>
       </c>
       <c r="R63" s="11">
         <v>17748</v>
       </c>
       <c r="S63" s="31">
         <v>6424</v>
       </c>
-      <c r="T63" s="39">
+      <c r="T63" s="34">
         <v>30772</v>
       </c>
-      <c r="U63" s="39">
+      <c r="U63" s="34">
         <v>22829</v>
       </c>
-      <c r="V63" s="43">
+      <c r="V63" s="38">
         <v>7943</v>
       </c>
-    </row>
-    <row r="64" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W63" s="34">
+        <v>32407</v>
+      </c>
+      <c r="X63" s="34">
+        <v>24107</v>
+      </c>
+      <c r="Y63" s="34">
+        <v>8300</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A64" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B64" s="11">
         <v>10446</v>
       </c>
       <c r="C64" s="11">
         <v>9071</v>
       </c>
       <c r="D64" s="11">
         <v>1375</v>
       </c>
       <c r="E64" s="11">
         <v>10290</v>
       </c>
       <c r="F64" s="11">
         <v>9003</v>
       </c>
       <c r="G64" s="11">
         <v>1287</v>
       </c>
       <c r="H64" s="11">
         <v>10929</v>
       </c>
       <c r="I64" s="11">
@@ -5977,61 +6528,70 @@
       </c>
       <c r="L64" s="11">
         <v>10170</v>
       </c>
       <c r="M64" s="11">
         <v>1385</v>
       </c>
       <c r="N64" s="11">
         <v>10786</v>
       </c>
       <c r="O64" s="11">
         <v>9554</v>
       </c>
       <c r="P64" s="11">
         <v>1232</v>
       </c>
       <c r="Q64" s="11">
         <v>10211</v>
       </c>
       <c r="R64" s="11">
         <v>8979</v>
       </c>
       <c r="S64" s="31">
         <v>1232</v>
       </c>
-      <c r="T64" s="39">
+      <c r="T64" s="34">
         <v>12847</v>
       </c>
-      <c r="U64" s="39">
+      <c r="U64" s="34">
         <v>11433</v>
       </c>
-      <c r="V64" s="43">
+      <c r="V64" s="38">
         <v>1414</v>
       </c>
-    </row>
-    <row r="65" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W64" s="34">
+        <v>13166</v>
+      </c>
+      <c r="X64" s="34">
+        <v>11563</v>
+      </c>
+      <c r="Y64" s="34">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="65" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A65" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B65" s="11">
         <v>11801</v>
       </c>
       <c r="C65" s="11">
         <v>6738</v>
       </c>
       <c r="D65" s="11">
         <v>5063</v>
       </c>
       <c r="E65" s="11">
         <v>12660</v>
       </c>
       <c r="F65" s="11">
         <v>7238</v>
       </c>
       <c r="G65" s="11">
         <v>5422</v>
       </c>
       <c r="H65" s="11">
         <v>12606</v>
       </c>
       <c r="I65" s="11">
@@ -6045,61 +6605,70 @@
       </c>
       <c r="L65" s="11">
         <v>7460</v>
       </c>
       <c r="M65" s="11">
         <v>6060</v>
       </c>
       <c r="N65" s="11">
         <v>13256</v>
       </c>
       <c r="O65" s="11">
         <v>7093</v>
       </c>
       <c r="P65" s="11">
         <v>6163</v>
       </c>
       <c r="Q65" s="11">
         <v>11783</v>
       </c>
       <c r="R65" s="11">
         <v>6533</v>
       </c>
       <c r="S65" s="31">
         <v>5250</v>
       </c>
-      <c r="T65" s="39">
+      <c r="T65" s="34">
         <v>15787</v>
       </c>
-      <c r="U65" s="39">
+      <c r="U65" s="34">
         <v>8558</v>
       </c>
-      <c r="V65" s="43">
+      <c r="V65" s="38">
         <v>7229</v>
       </c>
-    </row>
-    <row r="66" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W65" s="34">
+        <v>16424</v>
+      </c>
+      <c r="X65" s="34">
+        <v>8805</v>
+      </c>
+      <c r="Y65" s="34">
+        <v>7619</v>
+      </c>
+    </row>
+    <row r="66" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A66" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B66" s="11">
         <v>59605</v>
       </c>
       <c r="C66" s="11">
         <v>31371</v>
       </c>
       <c r="D66" s="11">
         <v>28234</v>
       </c>
       <c r="E66" s="11">
         <v>65815</v>
       </c>
       <c r="F66" s="11">
         <v>34579</v>
       </c>
       <c r="G66" s="11">
         <v>31236</v>
       </c>
       <c r="H66" s="11">
         <v>72684</v>
       </c>
       <c r="I66" s="11">
@@ -6113,61 +6682,70 @@
       </c>
       <c r="L66" s="11">
         <v>41634</v>
       </c>
       <c r="M66" s="11">
         <v>38321</v>
       </c>
       <c r="N66" s="11">
         <v>74541</v>
       </c>
       <c r="O66" s="11">
         <v>39041</v>
       </c>
       <c r="P66" s="11">
         <v>35500</v>
       </c>
       <c r="Q66" s="11">
         <v>62565</v>
       </c>
       <c r="R66" s="11">
         <v>32988</v>
       </c>
       <c r="S66" s="31">
         <v>29577</v>
       </c>
-      <c r="T66" s="39">
+      <c r="T66" s="34">
         <v>84062</v>
       </c>
-      <c r="U66" s="39">
+      <c r="U66" s="34">
         <v>44271</v>
       </c>
-      <c r="V66" s="43">
+      <c r="V66" s="38">
         <v>39791</v>
       </c>
-    </row>
-    <row r="67" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W66" s="34">
+        <v>92231</v>
+      </c>
+      <c r="X66" s="34">
+        <v>48458</v>
+      </c>
+      <c r="Y66" s="34">
+        <v>43773</v>
+      </c>
+    </row>
+    <row r="67" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A67" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B67" s="11">
         <v>40857</v>
       </c>
       <c r="C67" s="11">
         <v>23881</v>
       </c>
       <c r="D67" s="11">
         <v>16976</v>
       </c>
       <c r="E67" s="11">
         <v>45140</v>
       </c>
       <c r="F67" s="11">
         <v>26553</v>
       </c>
       <c r="G67" s="11">
         <v>18587</v>
       </c>
       <c r="H67" s="11">
         <v>50211</v>
       </c>
       <c r="I67" s="11">
@@ -6181,61 +6759,70 @@
       </c>
       <c r="L67" s="11">
         <v>32614</v>
       </c>
       <c r="M67" s="11">
         <v>23150</v>
       </c>
       <c r="N67" s="11">
         <v>53551</v>
       </c>
       <c r="O67" s="11">
         <v>31715</v>
       </c>
       <c r="P67" s="11">
         <v>21836</v>
       </c>
       <c r="Q67" s="11">
         <v>46089</v>
       </c>
       <c r="R67" s="11">
         <v>27556</v>
       </c>
       <c r="S67" s="31">
         <v>18533</v>
       </c>
-      <c r="T67" s="39">
+      <c r="T67" s="34">
         <v>60595</v>
       </c>
-      <c r="U67" s="39">
+      <c r="U67" s="34">
         <v>35442</v>
       </c>
-      <c r="V67" s="43">
+      <c r="V67" s="38">
         <v>25153</v>
       </c>
-    </row>
-    <row r="68" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W67" s="34">
+        <v>65360</v>
+      </c>
+      <c r="X67" s="34">
+        <v>38712</v>
+      </c>
+      <c r="Y67" s="34">
+        <v>26648</v>
+      </c>
+    </row>
+    <row r="68" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A68" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B68" s="11">
         <v>54724</v>
       </c>
       <c r="C68" s="11">
         <v>37454</v>
       </c>
       <c r="D68" s="11">
         <v>17270</v>
       </c>
       <c r="E68" s="11">
         <v>57100</v>
       </c>
       <c r="F68" s="11">
         <v>39038</v>
       </c>
       <c r="G68" s="11">
         <v>18062</v>
       </c>
       <c r="H68" s="11">
         <v>57695</v>
       </c>
       <c r="I68" s="11">
@@ -6249,61 +6836,70 @@
       </c>
       <c r="L68" s="11">
         <v>40737</v>
       </c>
       <c r="M68" s="11">
         <v>18309</v>
       </c>
       <c r="N68" s="11">
         <v>57136</v>
       </c>
       <c r="O68" s="11">
         <v>39487</v>
       </c>
       <c r="P68" s="11">
         <v>17649</v>
       </c>
       <c r="Q68" s="11">
         <v>50976</v>
       </c>
       <c r="R68" s="11">
         <v>35261</v>
       </c>
       <c r="S68" s="31">
         <v>15715</v>
       </c>
-      <c r="T68" s="39">
+      <c r="T68" s="34">
         <v>65213</v>
       </c>
-      <c r="U68" s="39">
+      <c r="U68" s="34">
         <v>44803</v>
       </c>
-      <c r="V68" s="43">
+      <c r="V68" s="38">
         <v>20410</v>
       </c>
-    </row>
-    <row r="69" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W68" s="34">
+        <v>70791</v>
+      </c>
+      <c r="X68" s="34">
+        <v>48609</v>
+      </c>
+      <c r="Y68" s="34">
+        <v>22182</v>
+      </c>
+    </row>
+    <row r="69" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A69" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B69" s="11">
         <v>5961</v>
       </c>
       <c r="C69" s="11">
         <v>2962</v>
       </c>
       <c r="D69" s="11">
         <v>2999</v>
       </c>
       <c r="E69" s="11">
         <v>6814</v>
       </c>
       <c r="F69" s="11">
         <v>3434</v>
       </c>
       <c r="G69" s="11">
         <v>3380</v>
       </c>
       <c r="H69" s="11">
         <v>7525</v>
       </c>
       <c r="I69" s="11">
@@ -6317,61 +6913,70 @@
       </c>
       <c r="L69" s="11">
         <v>4076</v>
       </c>
       <c r="M69" s="11">
         <v>4083</v>
       </c>
       <c r="N69" s="11">
         <v>8366</v>
       </c>
       <c r="O69" s="11">
         <v>4163</v>
       </c>
       <c r="P69" s="11">
         <v>4203</v>
       </c>
       <c r="Q69" s="11">
         <v>7749</v>
       </c>
       <c r="R69" s="11">
         <v>3951</v>
       </c>
       <c r="S69" s="31">
         <v>3798</v>
       </c>
-      <c r="T69" s="39">
+      <c r="T69" s="34">
         <v>10570</v>
       </c>
-      <c r="U69" s="39">
+      <c r="U69" s="34">
         <v>5101</v>
       </c>
-      <c r="V69" s="43">
+      <c r="V69" s="38">
         <v>5469</v>
       </c>
-    </row>
-    <row r="70" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W69" s="34">
+        <v>11212</v>
+      </c>
+      <c r="X69" s="34">
+        <v>5694</v>
+      </c>
+      <c r="Y69" s="34">
+        <v>5518</v>
+      </c>
+    </row>
+    <row r="70" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A70" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B70" s="11">
         <v>7117</v>
       </c>
       <c r="C70" s="11">
         <v>3530</v>
       </c>
       <c r="D70" s="11">
         <v>3587</v>
       </c>
       <c r="E70" s="11">
         <v>7691</v>
       </c>
       <c r="F70" s="11">
         <v>3934</v>
       </c>
       <c r="G70" s="11">
         <v>3757</v>
       </c>
       <c r="H70" s="11">
         <v>8576</v>
       </c>
       <c r="I70" s="11">
@@ -6385,61 +6990,70 @@
       </c>
       <c r="L70" s="11">
         <v>4629</v>
       </c>
       <c r="M70" s="11">
         <v>4392</v>
       </c>
       <c r="N70" s="11">
         <v>9015</v>
       </c>
       <c r="O70" s="11">
         <v>4610</v>
       </c>
       <c r="P70" s="11">
         <v>4405</v>
       </c>
       <c r="Q70" s="11">
         <v>8040</v>
       </c>
       <c r="R70" s="11">
         <v>4260</v>
       </c>
       <c r="S70" s="31">
         <v>3780</v>
       </c>
-      <c r="T70" s="39">
+      <c r="T70" s="34">
         <v>10357</v>
       </c>
-      <c r="U70" s="39">
+      <c r="U70" s="34">
         <v>5294</v>
       </c>
-      <c r="V70" s="43">
+      <c r="V70" s="38">
         <v>5063</v>
       </c>
-    </row>
-    <row r="71" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W70" s="34">
+        <v>11348</v>
+      </c>
+      <c r="X70" s="34">
+        <v>5511</v>
+      </c>
+      <c r="Y70" s="34">
+        <v>5837</v>
+      </c>
+    </row>
+    <row r="71" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A71" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B71" s="11">
         <v>5123</v>
       </c>
       <c r="C71" s="11">
         <v>4783</v>
       </c>
       <c r="D71" s="11">
         <v>340</v>
       </c>
       <c r="E71" s="11">
         <v>5633</v>
       </c>
       <c r="F71" s="11">
         <v>5285</v>
       </c>
       <c r="G71" s="11">
         <v>348</v>
       </c>
       <c r="H71" s="11">
         <v>6094</v>
       </c>
       <c r="I71" s="11">
@@ -6453,61 +7067,70 @@
       </c>
       <c r="L71" s="11">
         <v>5492</v>
       </c>
       <c r="M71" s="11">
         <v>363</v>
       </c>
       <c r="N71" s="11">
         <v>5316</v>
       </c>
       <c r="O71" s="11">
         <v>4960</v>
       </c>
       <c r="P71" s="11">
         <v>356</v>
       </c>
       <c r="Q71" s="11">
         <v>5101</v>
       </c>
       <c r="R71" s="11">
         <v>4807</v>
       </c>
       <c r="S71" s="30">
         <v>294</v>
       </c>
-      <c r="T71" s="39">
+      <c r="T71" s="34">
         <v>6472</v>
       </c>
-      <c r="U71" s="39">
+      <c r="U71" s="34">
         <v>6094</v>
       </c>
-      <c r="V71" s="42">
+      <c r="V71" s="37">
         <v>378</v>
       </c>
-    </row>
-    <row r="72" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W71" s="34">
+        <v>6611</v>
+      </c>
+      <c r="X71" s="34">
+        <v>6249</v>
+      </c>
+      <c r="Y71" s="34">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="72" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A72" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B72" s="11">
         <v>43090</v>
       </c>
       <c r="C72" s="11">
         <v>27014</v>
       </c>
       <c r="D72" s="11">
         <v>16076</v>
       </c>
       <c r="E72" s="11">
         <v>45106</v>
       </c>
       <c r="F72" s="11">
         <v>27690</v>
       </c>
       <c r="G72" s="11">
         <v>17416</v>
       </c>
       <c r="H72" s="11">
         <v>45681</v>
       </c>
       <c r="I72" s="11">
@@ -6521,61 +7144,70 @@
       </c>
       <c r="L72" s="11">
         <v>28510</v>
       </c>
       <c r="M72" s="11">
         <v>18105</v>
       </c>
       <c r="N72" s="11">
         <v>42569</v>
       </c>
       <c r="O72" s="11">
         <v>25868</v>
       </c>
       <c r="P72" s="11">
         <v>16701</v>
       </c>
       <c r="Q72" s="11">
         <v>37520</v>
       </c>
       <c r="R72" s="11">
         <v>22542</v>
       </c>
       <c r="S72" s="31">
         <v>14978</v>
       </c>
-      <c r="T72" s="39">
+      <c r="T72" s="34">
         <v>50211</v>
       </c>
-      <c r="U72" s="39">
+      <c r="U72" s="34">
         <v>29888</v>
       </c>
-      <c r="V72" s="43">
+      <c r="V72" s="38">
         <v>20323</v>
       </c>
-    </row>
-    <row r="73" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W72" s="34">
+        <v>55572</v>
+      </c>
+      <c r="X72" s="34">
+        <v>32400</v>
+      </c>
+      <c r="Y72" s="34">
+        <v>23172</v>
+      </c>
+    </row>
+    <row r="73" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A73" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B73" s="11">
         <v>2532</v>
       </c>
       <c r="C73" s="11">
         <v>1634</v>
       </c>
       <c r="D73" s="11">
         <v>898</v>
       </c>
       <c r="E73" s="11">
         <v>2513</v>
       </c>
       <c r="F73" s="11">
         <v>1677</v>
       </c>
       <c r="G73" s="11">
         <v>836</v>
       </c>
       <c r="H73" s="11">
         <v>2625</v>
       </c>
       <c r="I73" s="11">
@@ -6589,61 +7221,70 @@
       </c>
       <c r="L73" s="11">
         <v>1860</v>
       </c>
       <c r="M73" s="11">
         <v>1073</v>
       </c>
       <c r="N73" s="11">
         <v>2708</v>
       </c>
       <c r="O73" s="11">
         <v>1737</v>
       </c>
       <c r="P73" s="11">
         <v>971</v>
       </c>
       <c r="Q73" s="11">
         <v>2696</v>
       </c>
       <c r="R73" s="11">
         <v>1692</v>
       </c>
       <c r="S73" s="31">
         <v>1004</v>
       </c>
-      <c r="T73" s="39">
+      <c r="T73" s="34">
         <v>3588</v>
       </c>
-      <c r="U73" s="39">
+      <c r="U73" s="34">
         <v>2215</v>
       </c>
-      <c r="V73" s="43">
+      <c r="V73" s="38">
         <v>1373</v>
       </c>
-    </row>
-    <row r="74" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W73" s="34">
+        <v>3687</v>
+      </c>
+      <c r="X73" s="34">
+        <v>2225</v>
+      </c>
+      <c r="Y73" s="34">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="74" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A74" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B74" s="11">
         <v>3523</v>
       </c>
       <c r="C74" s="11">
         <v>2002</v>
       </c>
       <c r="D74" s="11">
         <v>1521</v>
       </c>
       <c r="E74" s="11">
         <v>3595</v>
       </c>
       <c r="F74" s="11">
         <v>1980</v>
       </c>
       <c r="G74" s="11">
         <v>1615</v>
       </c>
       <c r="H74" s="11">
         <v>3398</v>
       </c>
       <c r="I74" s="11">
@@ -6657,61 +7298,70 @@
       </c>
       <c r="L74" s="11">
         <v>2030</v>
       </c>
       <c r="M74" s="11">
         <v>1438</v>
       </c>
       <c r="N74" s="11">
         <v>3364</v>
       </c>
       <c r="O74" s="11">
         <v>1839</v>
       </c>
       <c r="P74" s="11">
         <v>1525</v>
       </c>
       <c r="Q74" s="11">
         <v>2959</v>
       </c>
       <c r="R74" s="11">
         <v>1501</v>
       </c>
       <c r="S74" s="31">
         <v>1458</v>
       </c>
-      <c r="T74" s="39">
+      <c r="T74" s="34">
         <v>3450</v>
       </c>
-      <c r="U74" s="39">
+      <c r="U74" s="34">
         <v>1875</v>
       </c>
-      <c r="V74" s="43">
+      <c r="V74" s="38">
         <v>1575</v>
       </c>
-    </row>
-    <row r="75" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W74" s="34">
+        <v>3536</v>
+      </c>
+      <c r="X74" s="34">
+        <v>1928</v>
+      </c>
+      <c r="Y74" s="34">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="75" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A75" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B75" s="11">
         <v>901</v>
       </c>
       <c r="C75" s="11">
         <v>459</v>
       </c>
       <c r="D75" s="11">
         <v>442</v>
       </c>
       <c r="E75" s="11">
         <v>935</v>
       </c>
       <c r="F75" s="11">
         <v>483</v>
       </c>
       <c r="G75" s="11">
         <v>452</v>
       </c>
       <c r="H75" s="11">
         <v>1003</v>
       </c>
       <c r="I75" s="11">
@@ -6725,61 +7375,70 @@
       </c>
       <c r="L75" s="11">
         <v>532</v>
       </c>
       <c r="M75" s="11">
         <v>474</v>
       </c>
       <c r="N75" s="11">
         <v>949</v>
       </c>
       <c r="O75" s="11">
         <v>464</v>
       </c>
       <c r="P75" s="11">
         <v>485</v>
       </c>
       <c r="Q75" s="11">
         <v>867</v>
       </c>
       <c r="R75" s="11">
         <v>423</v>
       </c>
       <c r="S75" s="30">
         <v>444</v>
       </c>
-      <c r="T75" s="39">
+      <c r="T75" s="34">
         <v>1144</v>
       </c>
-      <c r="U75" s="39">
+      <c r="U75" s="34">
         <v>629</v>
       </c>
-      <c r="V75" s="42">
+      <c r="V75" s="37">
         <v>515</v>
       </c>
-    </row>
-    <row r="76" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W75" s="34">
+        <v>1235</v>
+      </c>
+      <c r="X75" s="34">
+        <v>661</v>
+      </c>
+      <c r="Y75" s="34">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="76" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A76" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B76" s="11">
         <v>2766</v>
       </c>
       <c r="C76" s="11">
         <v>1441</v>
       </c>
       <c r="D76" s="11">
         <v>1325</v>
       </c>
       <c r="E76" s="11">
         <v>3092</v>
       </c>
       <c r="F76" s="11">
         <v>1588</v>
       </c>
       <c r="G76" s="11">
         <v>1504</v>
       </c>
       <c r="H76" s="11">
         <v>3078</v>
       </c>
       <c r="I76" s="11">
@@ -6793,61 +7452,70 @@
       </c>
       <c r="L76" s="11">
         <v>1558</v>
       </c>
       <c r="M76" s="11">
         <v>1531</v>
       </c>
       <c r="N76" s="11">
         <v>2840</v>
       </c>
       <c r="O76" s="11">
         <v>1495</v>
       </c>
       <c r="P76" s="11">
         <v>1345</v>
       </c>
       <c r="Q76" s="11">
         <v>2896</v>
       </c>
       <c r="R76" s="11">
         <v>1470</v>
       </c>
       <c r="S76" s="31">
         <v>1426</v>
       </c>
-      <c r="T76" s="39">
+      <c r="T76" s="34">
         <v>3882</v>
       </c>
-      <c r="U76" s="39">
+      <c r="U76" s="34">
         <v>1926</v>
       </c>
-      <c r="V76" s="43">
+      <c r="V76" s="38">
         <v>1956</v>
       </c>
-    </row>
-    <row r="77" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W76" s="34">
+        <v>4472</v>
+      </c>
+      <c r="X76" s="34">
+        <v>2219</v>
+      </c>
+      <c r="Y76" s="34">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="77" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A77" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B77" s="11">
         <v>5443</v>
       </c>
       <c r="C77" s="11">
         <v>2370</v>
       </c>
       <c r="D77" s="11">
         <v>3073</v>
       </c>
       <c r="E77" s="11">
         <v>5901</v>
       </c>
       <c r="F77" s="11">
         <v>2334</v>
       </c>
       <c r="G77" s="11">
         <v>3567</v>
       </c>
       <c r="H77" s="11">
         <v>6041</v>
       </c>
       <c r="I77" s="11">
@@ -6861,61 +7529,70 @@
       </c>
       <c r="L77" s="11">
         <v>2503</v>
       </c>
       <c r="M77" s="11">
         <v>3817</v>
       </c>
       <c r="N77" s="11">
         <v>5883</v>
       </c>
       <c r="O77" s="11">
         <v>2433</v>
       </c>
       <c r="P77" s="11">
         <v>3450</v>
       </c>
       <c r="Q77" s="11">
         <v>6021</v>
       </c>
       <c r="R77" s="11">
         <v>2422</v>
       </c>
       <c r="S77" s="31">
         <v>3599</v>
       </c>
-      <c r="T77" s="39">
+      <c r="T77" s="34">
         <v>7567</v>
       </c>
-      <c r="U77" s="39">
+      <c r="U77" s="34">
         <v>3166</v>
       </c>
-      <c r="V77" s="43">
+      <c r="V77" s="38">
         <v>4401</v>
       </c>
-    </row>
-    <row r="78" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W77" s="34">
+        <v>7867</v>
+      </c>
+      <c r="X77" s="34">
+        <v>3227</v>
+      </c>
+      <c r="Y77" s="34">
+        <v>4640</v>
+      </c>
+    </row>
+    <row r="78" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A78" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B78" s="11">
         <v>46339</v>
       </c>
       <c r="C78" s="11">
         <v>377</v>
       </c>
       <c r="D78" s="11">
         <v>45962</v>
       </c>
       <c r="E78" s="11">
         <v>48934</v>
       </c>
       <c r="F78" s="11">
         <v>388</v>
       </c>
       <c r="G78" s="11">
         <v>48546</v>
       </c>
       <c r="H78" s="11">
         <v>50635</v>
       </c>
       <c r="I78" s="11">
@@ -6929,61 +7606,70 @@
       </c>
       <c r="L78" s="11">
         <v>436</v>
       </c>
       <c r="M78" s="11">
         <v>51928</v>
       </c>
       <c r="N78" s="11">
         <v>50621</v>
       </c>
       <c r="O78" s="11">
         <v>410</v>
       </c>
       <c r="P78" s="11">
         <v>50211</v>
       </c>
       <c r="Q78" s="11">
         <v>46645</v>
       </c>
       <c r="R78" s="11">
         <v>356</v>
       </c>
       <c r="S78" s="31">
         <v>46289</v>
       </c>
-      <c r="T78" s="39">
+      <c r="T78" s="34">
         <v>62030</v>
       </c>
-      <c r="U78" s="39">
+      <c r="U78" s="34">
         <v>464</v>
       </c>
-      <c r="V78" s="43">
+      <c r="V78" s="38">
         <v>61566</v>
       </c>
-    </row>
-    <row r="79" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W78" s="34">
+        <v>66187</v>
+      </c>
+      <c r="X78" s="34">
+        <v>459</v>
+      </c>
+      <c r="Y78" s="34">
+        <v>65728</v>
+      </c>
+    </row>
+    <row r="79" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A79" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B79" s="11">
         <v>23487</v>
       </c>
       <c r="C79" s="11">
         <v>0</v>
       </c>
       <c r="D79" s="11">
         <v>23487</v>
       </c>
       <c r="E79" s="11">
         <v>24094</v>
       </c>
       <c r="F79" s="11">
         <v>0</v>
       </c>
       <c r="G79" s="11">
         <v>24094</v>
       </c>
       <c r="H79" s="11">
         <v>24646</v>
       </c>
       <c r="I79" s="11">
@@ -6997,61 +7683,70 @@
       </c>
       <c r="L79" s="11">
         <v>0</v>
       </c>
       <c r="M79" s="11">
         <v>25230</v>
       </c>
       <c r="N79" s="11">
         <v>23569</v>
       </c>
       <c r="O79" s="11">
         <v>0</v>
       </c>
       <c r="P79" s="11">
         <v>23569</v>
       </c>
       <c r="Q79" s="11">
         <v>21276</v>
       </c>
       <c r="R79" s="11">
         <v>0</v>
       </c>
       <c r="S79" s="31">
         <v>21276</v>
       </c>
-      <c r="T79" s="39">
+      <c r="T79" s="34">
         <v>29154</v>
       </c>
-      <c r="U79" s="39">
-[...2 lines deleted...]
-      <c r="V79" s="43">
+      <c r="U79" s="34">
+        <v>0</v>
+      </c>
+      <c r="V79" s="38">
         <v>29154</v>
       </c>
-    </row>
-    <row r="80" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W79" s="34">
+        <v>29901</v>
+      </c>
+      <c r="X79" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y79" s="34">
+        <v>29901</v>
+      </c>
+    </row>
+    <row r="80" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A80" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B80" s="11">
         <v>10115</v>
       </c>
       <c r="C80" s="11">
         <v>0</v>
       </c>
       <c r="D80" s="11">
         <v>10115</v>
       </c>
       <c r="E80" s="11">
         <v>10550</v>
       </c>
       <c r="F80" s="11">
         <v>0</v>
       </c>
       <c r="G80" s="11">
         <v>10550</v>
       </c>
       <c r="H80" s="11">
         <v>11327</v>
       </c>
       <c r="I80" s="11">
@@ -7065,61 +7760,70 @@
       </c>
       <c r="L80" s="11">
         <v>0</v>
       </c>
       <c r="M80" s="11">
         <v>11722</v>
       </c>
       <c r="N80" s="11">
         <v>11311</v>
       </c>
       <c r="O80" s="11">
         <v>0</v>
       </c>
       <c r="P80" s="11">
         <v>11311</v>
       </c>
       <c r="Q80" s="11">
         <v>11070</v>
       </c>
       <c r="R80" s="11">
         <v>0</v>
       </c>
       <c r="S80" s="31">
         <v>11070</v>
       </c>
-      <c r="T80" s="39">
+      <c r="T80" s="34">
         <v>14878</v>
       </c>
-      <c r="U80" s="39">
-[...2 lines deleted...]
-      <c r="V80" s="43">
+      <c r="U80" s="34">
+        <v>0</v>
+      </c>
+      <c r="V80" s="38">
         <v>14878</v>
       </c>
-    </row>
-    <row r="81" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W80" s="34">
+        <v>15290</v>
+      </c>
+      <c r="X80" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y80" s="34">
+        <v>15290</v>
+      </c>
+    </row>
+    <row r="81" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A81" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B81" s="11">
         <v>19421</v>
       </c>
       <c r="C81" s="11">
         <v>0</v>
       </c>
       <c r="D81" s="11">
         <v>19421</v>
       </c>
       <c r="E81" s="11">
         <v>19942</v>
       </c>
       <c r="F81" s="11">
         <v>0</v>
       </c>
       <c r="G81" s="11">
         <v>19942</v>
       </c>
       <c r="H81" s="11">
         <v>20759</v>
       </c>
       <c r="I81" s="11">
@@ -7133,61 +7837,70 @@
       </c>
       <c r="L81" s="11">
         <v>0</v>
       </c>
       <c r="M81" s="11">
         <v>21470</v>
       </c>
       <c r="N81" s="11">
         <v>20898</v>
       </c>
       <c r="O81" s="11">
         <v>0</v>
       </c>
       <c r="P81" s="11">
         <v>20898</v>
       </c>
       <c r="Q81" s="11">
         <v>19217</v>
       </c>
       <c r="R81" s="11">
         <v>0</v>
       </c>
       <c r="S81" s="31">
         <v>19217</v>
       </c>
-      <c r="T81" s="39">
+      <c r="T81" s="34">
         <v>24154</v>
       </c>
-      <c r="U81" s="39">
-[...2 lines deleted...]
-      <c r="V81" s="43">
+      <c r="U81" s="34">
+        <v>0</v>
+      </c>
+      <c r="V81" s="38">
         <v>24154</v>
       </c>
-    </row>
-    <row r="82" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W81" s="34">
+        <v>24469</v>
+      </c>
+      <c r="X81" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y81" s="34">
+        <v>24469</v>
+      </c>
+    </row>
+    <row r="82" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A82" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B82" s="11">
         <v>10629</v>
       </c>
       <c r="C82" s="11">
         <v>10629</v>
       </c>
       <c r="D82" s="11">
         <v>0</v>
       </c>
       <c r="E82" s="11">
         <v>11388</v>
       </c>
       <c r="F82" s="11">
         <v>11388</v>
       </c>
       <c r="G82" s="11">
         <v>0</v>
       </c>
       <c r="H82" s="11">
         <v>12469</v>
       </c>
       <c r="I82" s="11">
@@ -7201,61 +7914,70 @@
       </c>
       <c r="L82" s="11">
         <v>12880</v>
       </c>
       <c r="M82" s="11">
         <v>0</v>
       </c>
       <c r="N82" s="11">
         <v>12909</v>
       </c>
       <c r="O82" s="11">
         <v>12909</v>
       </c>
       <c r="P82" s="11">
         <v>0</v>
       </c>
       <c r="Q82" s="11">
         <v>12139</v>
       </c>
       <c r="R82" s="11">
         <v>12139</v>
       </c>
       <c r="S82" s="30">
         <v>0</v>
       </c>
-      <c r="T82" s="39">
+      <c r="T82" s="34">
         <v>16389</v>
       </c>
-      <c r="U82" s="39">
+      <c r="U82" s="34">
         <v>16389</v>
       </c>
-      <c r="V82" s="42">
-[...3 lines deleted...]
-    <row r="83" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V82" s="37">
+        <v>0</v>
+      </c>
+      <c r="W82" s="34">
+        <v>18511</v>
+      </c>
+      <c r="X82" s="34">
+        <v>18511</v>
+      </c>
+      <c r="Y82" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A83" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B83" s="11">
         <v>2323</v>
       </c>
       <c r="C83" s="11">
         <v>2323</v>
       </c>
       <c r="D83" s="11">
         <v>0</v>
       </c>
       <c r="E83" s="11">
         <v>2335</v>
       </c>
       <c r="F83" s="11">
         <v>2335</v>
       </c>
       <c r="G83" s="11">
         <v>0</v>
       </c>
       <c r="H83" s="11">
         <v>2710</v>
       </c>
       <c r="I83" s="11">
@@ -7269,61 +7991,70 @@
       </c>
       <c r="L83" s="11">
         <v>2774</v>
       </c>
       <c r="M83" s="11">
         <v>0</v>
       </c>
       <c r="N83" s="11">
         <v>2562</v>
       </c>
       <c r="O83" s="11">
         <v>2562</v>
       </c>
       <c r="P83" s="11">
         <v>0</v>
       </c>
       <c r="Q83" s="11">
         <v>2139</v>
       </c>
       <c r="R83" s="11">
         <v>2139</v>
       </c>
       <c r="S83" s="30">
         <v>0</v>
       </c>
-      <c r="T83" s="39">
+      <c r="T83" s="34">
         <v>2709</v>
       </c>
-      <c r="U83" s="39">
+      <c r="U83" s="34">
         <v>2709</v>
       </c>
-      <c r="V83" s="42">
-[...3 lines deleted...]
-    <row r="84" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V83" s="37">
+        <v>0</v>
+      </c>
+      <c r="W83" s="34">
+        <v>2873</v>
+      </c>
+      <c r="X83" s="34">
+        <v>2873</v>
+      </c>
+      <c r="Y83" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A84" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B84" s="11">
         <v>11426</v>
       </c>
       <c r="C84" s="11">
         <v>8971</v>
       </c>
       <c r="D84" s="11">
         <v>2455</v>
       </c>
       <c r="E84" s="11">
         <v>12511</v>
       </c>
       <c r="F84" s="11">
         <v>9989</v>
       </c>
       <c r="G84" s="11">
         <v>2522</v>
       </c>
       <c r="H84" s="11">
         <v>12888</v>
       </c>
       <c r="I84" s="11">
@@ -7337,61 +8068,70 @@
       </c>
       <c r="L84" s="11">
         <v>10134</v>
       </c>
       <c r="M84" s="11">
         <v>2886</v>
       </c>
       <c r="N84" s="11">
         <v>12276</v>
       </c>
       <c r="O84" s="11">
         <v>9731</v>
       </c>
       <c r="P84" s="11">
         <v>2545</v>
       </c>
       <c r="Q84" s="11">
         <v>12310</v>
       </c>
       <c r="R84" s="11">
         <v>9761</v>
       </c>
       <c r="S84" s="31">
         <v>2549</v>
       </c>
-      <c r="T84" s="39">
+      <c r="T84" s="34">
         <v>15431</v>
       </c>
-      <c r="U84" s="39">
+      <c r="U84" s="34">
         <v>11980</v>
       </c>
-      <c r="V84" s="43">
+      <c r="V84" s="38">
         <v>3451</v>
       </c>
-    </row>
-    <row r="85" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W84" s="34">
+        <v>16437</v>
+      </c>
+      <c r="X84" s="34">
+        <v>12867</v>
+      </c>
+      <c r="Y84" s="34">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A85" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B85" s="11">
         <v>3707</v>
       </c>
       <c r="C85" s="11">
         <v>2490</v>
       </c>
       <c r="D85" s="11">
         <v>1217</v>
       </c>
       <c r="E85" s="11">
         <v>4215</v>
       </c>
       <c r="F85" s="11">
         <v>2755</v>
       </c>
       <c r="G85" s="11">
         <v>1460</v>
       </c>
       <c r="H85" s="11">
         <v>4267</v>
       </c>
       <c r="I85" s="11">
@@ -7405,61 +8145,70 @@
       </c>
       <c r="L85" s="11">
         <v>2978</v>
       </c>
       <c r="M85" s="11">
         <v>1585</v>
       </c>
       <c r="N85" s="11">
         <v>4183</v>
       </c>
       <c r="O85" s="11">
         <v>2700</v>
       </c>
       <c r="P85" s="11">
         <v>1483</v>
       </c>
       <c r="Q85" s="11">
         <v>4015</v>
       </c>
       <c r="R85" s="11">
         <v>2618</v>
       </c>
       <c r="S85" s="31">
         <v>1397</v>
       </c>
-      <c r="T85" s="39">
+      <c r="T85" s="34">
         <v>5291</v>
       </c>
-      <c r="U85" s="39">
+      <c r="U85" s="34">
         <v>3348</v>
       </c>
-      <c r="V85" s="43">
+      <c r="V85" s="38">
         <v>1943</v>
       </c>
-    </row>
-    <row r="86" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W85" s="34">
+        <v>5777</v>
+      </c>
+      <c r="X85" s="34">
+        <v>3620</v>
+      </c>
+      <c r="Y85" s="34">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A86" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B86" s="11">
         <v>888</v>
       </c>
       <c r="C86" s="11">
         <v>500</v>
       </c>
       <c r="D86" s="11">
         <v>388</v>
       </c>
       <c r="E86" s="11">
         <v>870</v>
       </c>
       <c r="F86" s="11">
         <v>491</v>
       </c>
       <c r="G86" s="11">
         <v>379</v>
       </c>
       <c r="H86" s="11">
         <v>804</v>
       </c>
       <c r="I86" s="11">
@@ -7473,61 +8222,70 @@
       </c>
       <c r="L86" s="11">
         <v>495</v>
       </c>
       <c r="M86" s="11">
         <v>421</v>
       </c>
       <c r="N86" s="11">
         <v>862</v>
       </c>
       <c r="O86" s="11">
         <v>509</v>
       </c>
       <c r="P86" s="11">
         <v>353</v>
       </c>
       <c r="Q86" s="11">
         <v>829</v>
       </c>
       <c r="R86" s="11">
         <v>485</v>
       </c>
       <c r="S86" s="30">
         <v>344</v>
       </c>
-      <c r="T86" s="39">
+      <c r="T86" s="34">
         <v>883</v>
       </c>
-      <c r="U86" s="39">
+      <c r="U86" s="34">
         <v>441</v>
       </c>
-      <c r="V86" s="42">
+      <c r="V86" s="37">
         <v>442</v>
       </c>
-    </row>
-    <row r="87" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W86" s="34">
+        <v>910</v>
+      </c>
+      <c r="X86" s="34">
+        <v>490</v>
+      </c>
+      <c r="Y86" s="34">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="87" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A87" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B87" s="11">
         <v>4755</v>
       </c>
       <c r="C87" s="11">
         <v>2600</v>
       </c>
       <c r="D87" s="11">
         <v>2155</v>
       </c>
       <c r="E87" s="11">
         <v>4833</v>
       </c>
       <c r="F87" s="11">
         <v>2613</v>
       </c>
       <c r="G87" s="11">
         <v>2220</v>
       </c>
       <c r="H87" s="11">
         <v>4941</v>
       </c>
       <c r="I87" s="11">
@@ -7541,61 +8299,70 @@
       </c>
       <c r="L87" s="11">
         <v>2647</v>
       </c>
       <c r="M87" s="11">
         <v>2349</v>
       </c>
       <c r="N87" s="11">
         <v>4607</v>
       </c>
       <c r="O87" s="11">
         <v>2567</v>
       </c>
       <c r="P87" s="11">
         <v>2040</v>
       </c>
       <c r="Q87" s="11">
         <v>4264</v>
       </c>
       <c r="R87" s="11">
         <v>2385</v>
       </c>
       <c r="S87" s="31">
         <v>1879</v>
       </c>
-      <c r="T87" s="39">
+      <c r="T87" s="34">
         <v>5319</v>
       </c>
-      <c r="U87" s="39">
+      <c r="U87" s="34">
         <v>2958</v>
       </c>
-      <c r="V87" s="43">
+      <c r="V87" s="38">
         <v>2361</v>
       </c>
-    </row>
-    <row r="88" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W87" s="34">
+        <v>5377</v>
+      </c>
+      <c r="X87" s="34">
+        <v>2977</v>
+      </c>
+      <c r="Y87" s="34">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="88" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A88" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B88" s="11">
         <v>525</v>
       </c>
       <c r="C88" s="11">
         <v>227</v>
       </c>
       <c r="D88" s="11">
         <v>298</v>
       </c>
       <c r="E88" s="11">
         <v>467</v>
       </c>
       <c r="F88" s="11">
         <v>187</v>
       </c>
       <c r="G88" s="11">
         <v>280</v>
       </c>
       <c r="H88" s="11">
         <v>444</v>
       </c>
       <c r="I88" s="11">
@@ -7609,61 +8376,70 @@
       </c>
       <c r="L88" s="11">
         <v>227</v>
       </c>
       <c r="M88" s="11">
         <v>394</v>
       </c>
       <c r="N88" s="11">
         <v>567</v>
       </c>
       <c r="O88" s="11">
         <v>263</v>
       </c>
       <c r="P88" s="11">
         <v>304</v>
       </c>
       <c r="Q88" s="11">
         <v>482</v>
       </c>
       <c r="R88" s="11">
         <v>251</v>
       </c>
       <c r="S88" s="30">
         <v>231</v>
       </c>
-      <c r="T88" s="39">
+      <c r="T88" s="34">
         <v>609</v>
       </c>
-      <c r="U88" s="39">
+      <c r="U88" s="34">
         <v>302</v>
       </c>
-      <c r="V88" s="42">
+      <c r="V88" s="37">
         <v>307</v>
       </c>
-    </row>
-    <row r="89" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W88" s="34">
+        <v>518</v>
+      </c>
+      <c r="X88" s="34">
+        <v>232</v>
+      </c>
+      <c r="Y88" s="34">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="89" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A89" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B89" s="11">
         <v>167812</v>
       </c>
       <c r="C89" s="11">
         <v>80128</v>
       </c>
       <c r="D89" s="11">
         <v>87684</v>
       </c>
       <c r="E89" s="11">
         <v>178737</v>
       </c>
       <c r="F89" s="11">
         <v>85320</v>
       </c>
       <c r="G89" s="11">
         <v>93417</v>
       </c>
       <c r="H89" s="11">
         <v>184724</v>
       </c>
       <c r="I89" s="11">
@@ -7677,61 +8453,70 @@
       </c>
       <c r="L89" s="11">
         <v>97350</v>
       </c>
       <c r="M89" s="11">
         <v>104808</v>
       </c>
       <c r="N89" s="11">
         <v>206249</v>
       </c>
       <c r="O89" s="11">
         <v>98294</v>
       </c>
       <c r="P89" s="11">
         <v>107955</v>
       </c>
       <c r="Q89" s="11">
         <v>173173</v>
       </c>
       <c r="R89" s="11">
         <v>82528</v>
       </c>
       <c r="S89" s="31">
         <v>90645</v>
       </c>
-      <c r="T89" s="39">
+      <c r="T89" s="34">
         <v>241188</v>
       </c>
-      <c r="U89" s="39">
+      <c r="U89" s="34">
         <v>114665</v>
       </c>
-      <c r="V89" s="43">
+      <c r="V89" s="38">
         <v>126523</v>
       </c>
-    </row>
-    <row r="90" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W89" s="34">
+        <v>260203</v>
+      </c>
+      <c r="X89" s="34">
+        <v>124306</v>
+      </c>
+      <c r="Y89" s="34">
+        <v>135897</v>
+      </c>
+    </row>
+    <row r="90" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A90" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B90" s="11">
         <v>1972</v>
       </c>
       <c r="C90" s="11">
         <v>1114</v>
       </c>
       <c r="D90" s="11">
         <v>858</v>
       </c>
       <c r="E90" s="11">
         <v>2114</v>
       </c>
       <c r="F90" s="11">
         <v>1135</v>
       </c>
       <c r="G90" s="11">
         <v>979</v>
       </c>
       <c r="H90" s="11">
         <v>2331</v>
       </c>
       <c r="I90" s="11">
@@ -7745,61 +8530,70 @@
       </c>
       <c r="L90" s="11">
         <v>1534</v>
       </c>
       <c r="M90" s="11">
         <v>807</v>
       </c>
       <c r="N90" s="11">
         <v>2292</v>
       </c>
       <c r="O90" s="11">
         <v>1407</v>
       </c>
       <c r="P90" s="11">
         <v>885</v>
       </c>
       <c r="Q90" s="11">
         <v>1838</v>
       </c>
       <c r="R90" s="11">
         <v>1056</v>
       </c>
       <c r="S90" s="30">
         <v>782</v>
       </c>
-      <c r="T90" s="39">
+      <c r="T90" s="34">
         <v>2407</v>
       </c>
-      <c r="U90" s="39">
+      <c r="U90" s="34">
         <v>1450</v>
       </c>
-      <c r="V90" s="42">
+      <c r="V90" s="37">
         <v>957</v>
       </c>
-    </row>
-    <row r="91" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W90" s="34">
+        <v>2700</v>
+      </c>
+      <c r="X90" s="34">
+        <v>1543</v>
+      </c>
+      <c r="Y90" s="34">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="91" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A91" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B91" s="11">
         <v>23118</v>
       </c>
       <c r="C91" s="11">
         <v>13151</v>
       </c>
       <c r="D91" s="11">
         <v>9967</v>
       </c>
       <c r="E91" s="11">
         <v>25076</v>
       </c>
       <c r="F91" s="11">
         <v>14693</v>
       </c>
       <c r="G91" s="11">
         <v>10383</v>
       </c>
       <c r="H91" s="11">
         <v>25300</v>
       </c>
       <c r="I91" s="11">
@@ -7813,61 +8607,70 @@
       </c>
       <c r="L91" s="11">
         <v>14621</v>
       </c>
       <c r="M91" s="11">
         <v>10925</v>
       </c>
       <c r="N91" s="11">
         <v>24766</v>
       </c>
       <c r="O91" s="11">
         <v>13942</v>
       </c>
       <c r="P91" s="11">
         <v>10824</v>
       </c>
       <c r="Q91" s="11">
         <v>22722</v>
       </c>
       <c r="R91" s="11">
         <v>12925</v>
       </c>
       <c r="S91" s="31">
         <v>9797</v>
       </c>
-      <c r="T91" s="39">
+      <c r="T91" s="34">
         <v>28930</v>
       </c>
-      <c r="U91" s="39">
+      <c r="U91" s="34">
         <v>15849</v>
       </c>
-      <c r="V91" s="43">
+      <c r="V91" s="38">
         <v>13081</v>
       </c>
-    </row>
-    <row r="92" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W91" s="34">
+        <v>30492</v>
+      </c>
+      <c r="X91" s="34">
+        <v>16659</v>
+      </c>
+      <c r="Y91" s="34">
+        <v>13833</v>
+      </c>
+    </row>
+    <row r="92" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A92" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B92" s="11">
         <v>23771</v>
       </c>
       <c r="C92" s="11">
         <v>13106</v>
       </c>
       <c r="D92" s="11">
         <v>10665</v>
       </c>
       <c r="E92" s="11">
         <v>24269</v>
       </c>
       <c r="F92" s="11">
         <v>13321</v>
       </c>
       <c r="G92" s="11">
         <v>10948</v>
       </c>
       <c r="H92" s="11">
         <v>24942</v>
       </c>
       <c r="I92" s="11">
@@ -7881,61 +8684,70 @@
       </c>
       <c r="L92" s="11">
         <v>13857</v>
       </c>
       <c r="M92" s="11">
         <v>10704</v>
       </c>
       <c r="N92" s="11">
         <v>22682</v>
       </c>
       <c r="O92" s="11">
         <v>12730</v>
       </c>
       <c r="P92" s="11">
         <v>9952</v>
       </c>
       <c r="Q92" s="11">
         <v>21153</v>
       </c>
       <c r="R92" s="11">
         <v>11894</v>
       </c>
       <c r="S92" s="31">
         <v>9259</v>
       </c>
-      <c r="T92" s="39">
+      <c r="T92" s="34">
         <v>25814</v>
       </c>
-      <c r="U92" s="39">
+      <c r="U92" s="34">
         <v>14550</v>
       </c>
-      <c r="V92" s="43">
+      <c r="V92" s="38">
         <v>11264</v>
       </c>
-    </row>
-    <row r="93" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W92" s="34">
+        <v>27353</v>
+      </c>
+      <c r="X92" s="34">
+        <v>15391</v>
+      </c>
+      <c r="Y92" s="34">
+        <v>11962</v>
+      </c>
+    </row>
+    <row r="93" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A93" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B93" s="11">
         <v>6307</v>
       </c>
       <c r="C93" s="11">
         <v>3422</v>
       </c>
       <c r="D93" s="11">
         <v>2885</v>
       </c>
       <c r="E93" s="11">
         <v>7352</v>
       </c>
       <c r="F93" s="11">
         <v>3828</v>
       </c>
       <c r="G93" s="11">
         <v>3524</v>
       </c>
       <c r="H93" s="11">
         <v>7682</v>
       </c>
       <c r="I93" s="11">
@@ -7949,61 +8761,70 @@
       </c>
       <c r="L93" s="11">
         <v>4472</v>
       </c>
       <c r="M93" s="11">
         <v>3561</v>
       </c>
       <c r="N93" s="11">
         <v>7448</v>
       </c>
       <c r="O93" s="11">
         <v>3935</v>
       </c>
       <c r="P93" s="11">
         <v>3513</v>
       </c>
       <c r="Q93" s="11">
         <v>6974</v>
       </c>
       <c r="R93" s="11">
         <v>3701</v>
       </c>
       <c r="S93" s="31">
         <v>3273</v>
       </c>
-      <c r="T93" s="39">
+      <c r="T93" s="34">
         <v>9154</v>
       </c>
-      <c r="U93" s="39">
+      <c r="U93" s="34">
         <v>4752</v>
       </c>
-      <c r="V93" s="43">
+      <c r="V93" s="38">
         <v>4402</v>
       </c>
-    </row>
-    <row r="94" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W93" s="34">
+        <v>10547</v>
+      </c>
+      <c r="X93" s="34">
+        <v>5426</v>
+      </c>
+      <c r="Y93" s="34">
+        <v>5121</v>
+      </c>
+    </row>
+    <row r="94" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A94" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B94" s="11">
         <v>1301</v>
       </c>
       <c r="C94" s="11">
         <v>0</v>
       </c>
       <c r="D94" s="11">
         <v>1301</v>
       </c>
       <c r="E94" s="11">
         <v>1111</v>
       </c>
       <c r="F94" s="11">
         <v>0</v>
       </c>
       <c r="G94" s="11">
         <v>1111</v>
       </c>
       <c r="H94" s="11">
         <v>1096</v>
       </c>
       <c r="I94" s="11">
@@ -8017,61 +8838,70 @@
       </c>
       <c r="L94" s="11">
         <v>0</v>
       </c>
       <c r="M94" s="11">
         <v>1067</v>
       </c>
       <c r="N94" s="11">
         <v>921</v>
       </c>
       <c r="O94" s="11">
         <v>0</v>
       </c>
       <c r="P94" s="11">
         <v>921</v>
       </c>
       <c r="Q94" s="11">
         <v>1036</v>
       </c>
       <c r="R94" s="11">
         <v>0</v>
       </c>
       <c r="S94" s="31">
         <v>1036</v>
       </c>
-      <c r="T94" s="39">
+      <c r="T94" s="34">
         <v>1822</v>
       </c>
-      <c r="U94" s="39">
-[...2 lines deleted...]
-      <c r="V94" s="43">
+      <c r="U94" s="34">
+        <v>0</v>
+      </c>
+      <c r="V94" s="38">
         <v>1822</v>
       </c>
-    </row>
-    <row r="95" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W94" s="34">
+        <v>2148</v>
+      </c>
+      <c r="X94" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y94" s="34">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="95" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A95" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B95" s="11">
         <v>886</v>
       </c>
       <c r="C95" s="11">
         <v>368</v>
       </c>
       <c r="D95" s="11">
         <v>518</v>
       </c>
       <c r="E95" s="11">
         <v>989</v>
       </c>
       <c r="F95" s="11">
         <v>412</v>
       </c>
       <c r="G95" s="11">
         <v>577</v>
       </c>
       <c r="H95" s="11">
         <v>937</v>
       </c>
       <c r="I95" s="11">
@@ -8085,61 +8915,70 @@
       </c>
       <c r="L95" s="11">
         <v>332</v>
       </c>
       <c r="M95" s="11">
         <v>520</v>
       </c>
       <c r="N95" s="11">
         <v>610</v>
       </c>
       <c r="O95" s="11">
         <v>275</v>
       </c>
       <c r="P95" s="11">
         <v>335</v>
       </c>
       <c r="Q95" s="11">
         <v>735</v>
       </c>
       <c r="R95" s="11">
         <v>316</v>
       </c>
       <c r="S95" s="30">
         <v>419</v>
       </c>
-      <c r="T95" s="39">
+      <c r="T95" s="34">
         <v>949</v>
       </c>
-      <c r="U95" s="39">
+      <c r="U95" s="34">
         <v>403</v>
       </c>
-      <c r="V95" s="42">
+      <c r="V95" s="37">
         <v>546</v>
       </c>
-    </row>
-    <row r="96" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W95" s="34">
+        <v>1002</v>
+      </c>
+      <c r="X95" s="34">
+        <v>406</v>
+      </c>
+      <c r="Y95" s="34">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="96" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A96" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B96" s="11">
         <v>1418</v>
       </c>
       <c r="C96" s="11">
         <v>10</v>
       </c>
       <c r="D96" s="11">
         <v>1408</v>
       </c>
       <c r="E96" s="11">
         <v>1366</v>
       </c>
       <c r="F96" s="11">
         <v>12</v>
       </c>
       <c r="G96" s="11">
         <v>1354</v>
       </c>
       <c r="H96" s="11">
         <v>1310</v>
       </c>
       <c r="I96" s="11">
@@ -8153,61 +8992,70 @@
       </c>
       <c r="L96" s="11">
         <v>9</v>
       </c>
       <c r="M96" s="11">
         <v>1172</v>
       </c>
       <c r="N96" s="11">
         <v>1004</v>
       </c>
       <c r="O96" s="11">
         <v>3</v>
       </c>
       <c r="P96" s="11">
         <v>1001</v>
       </c>
       <c r="Q96" s="11">
         <v>1105</v>
       </c>
       <c r="R96" s="11">
         <v>7</v>
       </c>
       <c r="S96" s="31">
         <v>1098</v>
       </c>
-      <c r="T96" s="39">
+      <c r="T96" s="34">
         <v>1327</v>
       </c>
-      <c r="U96" s="39">
+      <c r="U96" s="34">
         <v>11</v>
       </c>
-      <c r="V96" s="43">
+      <c r="V96" s="38">
         <v>1316</v>
       </c>
-    </row>
-    <row r="97" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W96" s="34">
+        <v>1534</v>
+      </c>
+      <c r="X96" s="34">
+        <v>10</v>
+      </c>
+      <c r="Y96" s="34">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="97" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A97" s="7" t="s">
         <v>95</v>
       </c>
       <c r="B97" s="11">
         <v>25358</v>
       </c>
       <c r="C97" s="11">
         <v>0</v>
       </c>
       <c r="D97" s="11">
         <v>25358</v>
       </c>
       <c r="E97" s="11">
         <v>24773</v>
       </c>
       <c r="F97" s="11">
         <v>0</v>
       </c>
       <c r="G97" s="11">
         <v>24773</v>
       </c>
       <c r="H97" s="11">
         <v>24465</v>
       </c>
       <c r="I97" s="11">
@@ -8221,61 +9069,70 @@
       </c>
       <c r="L97" s="11">
         <v>0</v>
       </c>
       <c r="M97" s="11">
         <v>22506</v>
       </c>
       <c r="N97" s="11">
         <v>19206</v>
       </c>
       <c r="O97" s="11">
         <v>0</v>
       </c>
       <c r="P97" s="11">
         <v>19206</v>
       </c>
       <c r="Q97" s="11">
         <v>20703</v>
       </c>
       <c r="R97" s="11">
         <v>0</v>
       </c>
       <c r="S97" s="31">
         <v>20703</v>
       </c>
-      <c r="T97" s="39">
+      <c r="T97" s="34">
         <v>26140</v>
       </c>
-      <c r="U97" s="39">
-[...2 lines deleted...]
-      <c r="V97" s="43">
+      <c r="U97" s="34">
+        <v>0</v>
+      </c>
+      <c r="V97" s="38">
         <v>26140</v>
       </c>
-    </row>
-    <row r="98" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W97" s="34">
+        <v>26402</v>
+      </c>
+      <c r="X97" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y97" s="34">
+        <v>26402</v>
+      </c>
+    </row>
+    <row r="98" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A98" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B98" s="11">
         <v>3161</v>
       </c>
       <c r="C98" s="11">
         <v>0</v>
       </c>
       <c r="D98" s="11">
         <v>3161</v>
       </c>
       <c r="E98" s="11">
         <v>3181</v>
       </c>
       <c r="F98" s="11">
         <v>0</v>
       </c>
       <c r="G98" s="11">
         <v>3181</v>
       </c>
       <c r="H98" s="11">
         <v>3250</v>
       </c>
       <c r="I98" s="11">
@@ -8289,61 +9146,70 @@
       </c>
       <c r="L98" s="11">
         <v>0</v>
       </c>
       <c r="M98" s="11">
         <v>2864</v>
       </c>
       <c r="N98" s="11">
         <v>2668</v>
       </c>
       <c r="O98" s="11">
         <v>0</v>
       </c>
       <c r="P98" s="11">
         <v>2668</v>
       </c>
       <c r="Q98" s="11">
         <v>2910</v>
       </c>
       <c r="R98" s="11">
         <v>0</v>
       </c>
       <c r="S98" s="31">
         <v>2910</v>
       </c>
-      <c r="T98" s="39">
+      <c r="T98" s="34">
         <v>3666</v>
       </c>
-      <c r="U98" s="39">
-[...2 lines deleted...]
-      <c r="V98" s="43">
+      <c r="U98" s="34">
+        <v>0</v>
+      </c>
+      <c r="V98" s="38">
         <v>3666</v>
       </c>
-    </row>
-    <row r="99" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W98" s="34">
+        <v>3963</v>
+      </c>
+      <c r="X98" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y98" s="34">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="99" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A99" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B99" s="11">
         <v>260</v>
       </c>
       <c r="C99" s="11">
         <v>147</v>
       </c>
       <c r="D99" s="11">
         <v>113</v>
       </c>
       <c r="E99" s="11">
         <v>238</v>
       </c>
       <c r="F99" s="11">
         <v>127</v>
       </c>
       <c r="G99" s="11">
         <v>111</v>
       </c>
       <c r="H99" s="11">
         <v>240</v>
       </c>
       <c r="I99" s="11">
@@ -8357,61 +9223,70 @@
       </c>
       <c r="L99" s="11">
         <v>124</v>
       </c>
       <c r="M99" s="11">
         <v>123</v>
       </c>
       <c r="N99" s="11">
         <v>206</v>
       </c>
       <c r="O99" s="11">
         <v>106</v>
       </c>
       <c r="P99" s="11">
         <v>100</v>
       </c>
       <c r="Q99" s="11">
         <v>227</v>
       </c>
       <c r="R99" s="11">
         <v>111</v>
       </c>
       <c r="S99" s="30">
         <v>116</v>
       </c>
-      <c r="T99" s="39">
+      <c r="T99" s="34">
         <v>298</v>
       </c>
-      <c r="U99" s="39">
+      <c r="U99" s="34">
         <v>148</v>
       </c>
-      <c r="V99" s="42">
+      <c r="V99" s="37">
         <v>150</v>
       </c>
-    </row>
-    <row r="100" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W99" s="34">
+        <v>308</v>
+      </c>
+      <c r="X99" s="34">
+        <v>144</v>
+      </c>
+      <c r="Y99" s="34">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="100" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A100" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B100" s="11">
         <v>1609</v>
       </c>
       <c r="C100" s="11">
         <v>687</v>
       </c>
       <c r="D100" s="11">
         <v>922</v>
       </c>
       <c r="E100" s="11">
         <v>1755</v>
       </c>
       <c r="F100" s="11">
         <v>743</v>
       </c>
       <c r="G100" s="11">
         <v>1012</v>
       </c>
       <c r="H100" s="11">
         <v>1809</v>
       </c>
       <c r="I100" s="11">
@@ -8425,61 +9300,70 @@
       </c>
       <c r="L100" s="11">
         <v>686</v>
       </c>
       <c r="M100" s="11">
         <v>1007</v>
       </c>
       <c r="N100" s="11">
         <v>1398</v>
       </c>
       <c r="O100" s="11">
         <v>591</v>
       </c>
       <c r="P100" s="11">
         <v>807</v>
       </c>
       <c r="Q100" s="11">
         <v>1323</v>
       </c>
       <c r="R100" s="11">
         <v>560</v>
       </c>
       <c r="S100" s="30">
         <v>763</v>
       </c>
-      <c r="T100" s="39">
+      <c r="T100" s="34">
         <v>1652</v>
       </c>
-      <c r="U100" s="39">
+      <c r="U100" s="34">
         <v>694</v>
       </c>
-      <c r="V100" s="42">
+      <c r="V100" s="37">
         <v>958</v>
       </c>
-    </row>
-    <row r="101" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W100" s="34">
+        <v>1795</v>
+      </c>
+      <c r="X100" s="34">
+        <v>770</v>
+      </c>
+      <c r="Y100" s="34">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="101" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A101" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B101" s="11">
         <v>58254</v>
       </c>
       <c r="C101" s="11">
         <v>25408</v>
       </c>
       <c r="D101" s="11">
         <v>32846</v>
       </c>
       <c r="E101" s="11">
         <v>62429</v>
       </c>
       <c r="F101" s="11">
         <v>27594</v>
       </c>
       <c r="G101" s="11">
         <v>34835</v>
       </c>
       <c r="H101" s="11">
         <v>65307</v>
       </c>
       <c r="I101" s="11">
@@ -8493,61 +9377,70 @@
       </c>
       <c r="L101" s="11">
         <v>29323</v>
       </c>
       <c r="M101" s="11">
         <v>37751</v>
       </c>
       <c r="N101" s="11">
         <v>61325</v>
       </c>
       <c r="O101" s="11">
         <v>27131</v>
       </c>
       <c r="P101" s="11">
         <v>34194</v>
       </c>
       <c r="Q101" s="11">
         <v>61135</v>
       </c>
       <c r="R101" s="11">
         <v>26313</v>
       </c>
       <c r="S101" s="31">
         <v>34822</v>
       </c>
-      <c r="T101" s="39">
+      <c r="T101" s="34">
         <v>82693</v>
       </c>
-      <c r="U101" s="39">
+      <c r="U101" s="34">
         <v>35716</v>
       </c>
-      <c r="V101" s="43">
+      <c r="V101" s="38">
         <v>46977</v>
       </c>
-    </row>
-    <row r="102" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W101" s="34">
+        <v>89365</v>
+      </c>
+      <c r="X101" s="34">
+        <v>38849</v>
+      </c>
+      <c r="Y101" s="34">
+        <v>50516</v>
+      </c>
+    </row>
+    <row r="102" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A102" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B102" s="11">
         <v>111403</v>
       </c>
       <c r="C102" s="11">
         <v>47924</v>
       </c>
       <c r="D102" s="11">
         <v>63479</v>
       </c>
       <c r="E102" s="11">
         <v>114823</v>
       </c>
       <c r="F102" s="11">
         <v>49977</v>
       </c>
       <c r="G102" s="11">
         <v>64846</v>
       </c>
       <c r="H102" s="11">
         <v>115739</v>
       </c>
       <c r="I102" s="11">
@@ -8561,61 +9454,70 @@
       </c>
       <c r="L102" s="11">
         <v>48380</v>
       </c>
       <c r="M102" s="11">
         <v>62225</v>
       </c>
       <c r="N102" s="11">
         <v>98129</v>
       </c>
       <c r="O102" s="11">
         <v>43959</v>
       </c>
       <c r="P102" s="11">
         <v>54170</v>
       </c>
       <c r="Q102" s="11">
         <v>90111</v>
       </c>
       <c r="R102" s="11">
         <v>40111</v>
       </c>
       <c r="S102" s="31">
         <v>50000</v>
       </c>
-      <c r="T102" s="39">
+      <c r="T102" s="34">
         <v>131173</v>
       </c>
-      <c r="U102" s="39">
+      <c r="U102" s="34">
         <v>57918</v>
       </c>
-      <c r="V102" s="43">
+      <c r="V102" s="38">
         <v>73255</v>
       </c>
-    </row>
-    <row r="103" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W102" s="34">
+        <v>144005</v>
+      </c>
+      <c r="X102" s="34">
+        <v>62918</v>
+      </c>
+      <c r="Y102" s="34">
+        <v>81087</v>
+      </c>
+    </row>
+    <row r="103" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A103" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B103" s="11">
         <v>763768</v>
       </c>
       <c r="C103" s="11">
         <v>348663</v>
       </c>
       <c r="D103" s="11">
         <v>415105</v>
       </c>
       <c r="E103" s="11">
         <v>788167</v>
       </c>
       <c r="F103" s="11">
         <v>360299</v>
       </c>
       <c r="G103" s="11">
         <v>427868</v>
       </c>
       <c r="H103" s="11">
         <v>838983</v>
       </c>
       <c r="I103" s="11">
@@ -8629,61 +9531,70 @@
       </c>
       <c r="L103" s="11">
         <v>384982</v>
       </c>
       <c r="M103" s="11">
         <v>442321</v>
       </c>
       <c r="N103" s="11">
         <v>759865</v>
       </c>
       <c r="O103" s="11">
         <v>355609</v>
       </c>
       <c r="P103" s="11">
         <v>404256</v>
       </c>
       <c r="Q103" s="11">
         <v>689153</v>
       </c>
       <c r="R103" s="11">
         <v>320094</v>
       </c>
       <c r="S103" s="31">
         <v>369059</v>
       </c>
-      <c r="T103" s="39">
+      <c r="T103" s="34">
         <v>909685</v>
       </c>
-      <c r="U103" s="39">
+      <c r="U103" s="34">
         <v>420739</v>
       </c>
-      <c r="V103" s="43">
+      <c r="V103" s="38">
         <v>488946</v>
       </c>
-    </row>
-    <row r="104" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W103" s="34">
+        <v>953283</v>
+      </c>
+      <c r="X103" s="34">
+        <v>436609</v>
+      </c>
+      <c r="Y103" s="34">
+        <v>516674</v>
+      </c>
+    </row>
+    <row r="104" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A104" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B104" s="11">
         <v>168617</v>
       </c>
       <c r="C104" s="11">
         <v>97217</v>
       </c>
       <c r="D104" s="11">
         <v>71400</v>
       </c>
       <c r="E104" s="11">
         <v>168461</v>
       </c>
       <c r="F104" s="11">
         <v>96925</v>
       </c>
       <c r="G104" s="11">
         <v>71536</v>
       </c>
       <c r="H104" s="11">
         <v>181948</v>
       </c>
       <c r="I104" s="11">
@@ -8697,61 +9608,70 @@
       </c>
       <c r="L104" s="11">
         <v>106817</v>
       </c>
       <c r="M104" s="11">
         <v>79858</v>
       </c>
       <c r="N104" s="11">
         <v>184784</v>
       </c>
       <c r="O104" s="11">
         <v>107197</v>
       </c>
       <c r="P104" s="11">
         <v>77587</v>
       </c>
       <c r="Q104" s="11">
         <v>168574</v>
       </c>
       <c r="R104" s="11">
         <v>96973</v>
       </c>
       <c r="S104" s="31">
         <v>71601</v>
       </c>
-      <c r="T104" s="39">
+      <c r="T104" s="34">
         <v>222596</v>
       </c>
-      <c r="U104" s="39">
+      <c r="U104" s="34">
         <v>127202</v>
       </c>
-      <c r="V104" s="43">
+      <c r="V104" s="38">
         <v>95394</v>
       </c>
-    </row>
-    <row r="105" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W104" s="34">
+        <v>225444</v>
+      </c>
+      <c r="X104" s="34">
+        <v>127245</v>
+      </c>
+      <c r="Y104" s="34">
+        <v>98199</v>
+      </c>
+    </row>
+    <row r="105" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A105" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B105" s="11">
         <v>1934</v>
       </c>
       <c r="C105" s="11">
         <v>1303</v>
       </c>
       <c r="D105" s="11">
         <v>631</v>
       </c>
       <c r="E105" s="11">
         <v>2208</v>
       </c>
       <c r="F105" s="11">
         <v>1478</v>
       </c>
       <c r="G105" s="11">
         <v>730</v>
       </c>
       <c r="H105" s="11">
         <v>2320</v>
       </c>
       <c r="I105" s="11">
@@ -8765,61 +9685,70 @@
       </c>
       <c r="L105" s="11">
         <v>1516</v>
       </c>
       <c r="M105" s="11">
         <v>802</v>
       </c>
       <c r="N105" s="11">
         <v>2327</v>
       </c>
       <c r="O105" s="11">
         <v>1534</v>
       </c>
       <c r="P105" s="11">
         <v>793</v>
       </c>
       <c r="Q105" s="11">
         <v>2103</v>
       </c>
       <c r="R105" s="11">
         <v>1378</v>
       </c>
       <c r="S105" s="30">
         <v>725</v>
       </c>
-      <c r="T105" s="39">
+      <c r="T105" s="34">
         <v>2774</v>
       </c>
-      <c r="U105" s="39">
+      <c r="U105" s="34">
         <v>1833</v>
       </c>
-      <c r="V105" s="42">
+      <c r="V105" s="37">
         <v>941</v>
       </c>
-    </row>
-    <row r="106" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W105" s="34">
+        <v>3215</v>
+      </c>
+      <c r="X105" s="34">
+        <v>2098</v>
+      </c>
+      <c r="Y105" s="34">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="106" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A106" s="7" t="s">
         <v>104</v>
       </c>
       <c r="B106" s="11">
         <v>1228</v>
       </c>
       <c r="C106" s="11">
         <v>461</v>
       </c>
       <c r="D106" s="11">
         <v>767</v>
       </c>
       <c r="E106" s="11">
         <v>1365</v>
       </c>
       <c r="F106" s="11">
         <v>495</v>
       </c>
       <c r="G106" s="11">
         <v>870</v>
       </c>
       <c r="H106" s="11">
         <v>1509</v>
       </c>
       <c r="I106" s="11">
@@ -8833,61 +9762,70 @@
       </c>
       <c r="L106" s="11">
         <v>709</v>
       </c>
       <c r="M106" s="11">
         <v>1102</v>
       </c>
       <c r="N106" s="11">
         <v>1973</v>
       </c>
       <c r="O106" s="11">
         <v>778</v>
       </c>
       <c r="P106" s="11">
         <v>1195</v>
       </c>
       <c r="Q106" s="11">
         <v>1752</v>
       </c>
       <c r="R106" s="11">
         <v>682</v>
       </c>
       <c r="S106" s="31">
         <v>1070</v>
       </c>
-      <c r="T106" s="39">
+      <c r="T106" s="34">
         <v>2656</v>
       </c>
-      <c r="U106" s="39">
+      <c r="U106" s="34">
         <v>1069</v>
       </c>
-      <c r="V106" s="43">
+      <c r="V106" s="38">
         <v>1587</v>
       </c>
-    </row>
-    <row r="107" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W106" s="34">
+        <v>3213</v>
+      </c>
+      <c r="X106" s="34">
+        <v>1291</v>
+      </c>
+      <c r="Y106" s="34">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="107" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A107" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B107" s="11">
         <v>35138</v>
       </c>
       <c r="C107" s="11">
         <v>9553</v>
       </c>
       <c r="D107" s="11">
         <v>25585</v>
       </c>
       <c r="E107" s="11">
         <v>36380</v>
       </c>
       <c r="F107" s="11">
         <v>9924</v>
       </c>
       <c r="G107" s="11">
         <v>26456</v>
       </c>
       <c r="H107" s="11">
         <v>37574</v>
       </c>
       <c r="I107" s="11">
@@ -8901,61 +9839,70 @@
       </c>
       <c r="L107" s="11">
         <v>11219</v>
       </c>
       <c r="M107" s="11">
         <v>27364</v>
       </c>
       <c r="N107" s="11">
         <v>36996</v>
       </c>
       <c r="O107" s="11">
         <v>10718</v>
       </c>
       <c r="P107" s="11">
         <v>26278</v>
       </c>
       <c r="Q107" s="11">
         <v>34515</v>
       </c>
       <c r="R107" s="11">
         <v>10024</v>
       </c>
       <c r="S107" s="31">
         <v>24491</v>
       </c>
-      <c r="T107" s="39">
+      <c r="T107" s="34">
         <v>45739</v>
       </c>
-      <c r="U107" s="39">
+      <c r="U107" s="34">
         <v>13487</v>
       </c>
-      <c r="V107" s="43">
+      <c r="V107" s="38">
         <v>32252</v>
       </c>
-    </row>
-    <row r="108" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W107" s="34">
+        <v>51516</v>
+      </c>
+      <c r="X107" s="34">
+        <v>15094</v>
+      </c>
+      <c r="Y107" s="34">
+        <v>36422</v>
+      </c>
+    </row>
+    <row r="108" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A108" s="7" t="s">
         <v>106</v>
       </c>
       <c r="B108" s="11">
         <v>39140</v>
       </c>
       <c r="C108" s="11">
         <v>9278</v>
       </c>
       <c r="D108" s="11">
         <v>29862</v>
       </c>
       <c r="E108" s="11">
         <v>43397</v>
       </c>
       <c r="F108" s="11">
         <v>10656</v>
       </c>
       <c r="G108" s="11">
         <v>32741</v>
       </c>
       <c r="H108" s="11">
         <v>45881</v>
       </c>
       <c r="I108" s="11">
@@ -8969,61 +9916,70 @@
       </c>
       <c r="L108" s="11">
         <v>11882</v>
       </c>
       <c r="M108" s="11">
         <v>34513</v>
       </c>
       <c r="N108" s="11">
         <v>44434</v>
       </c>
       <c r="O108" s="11">
         <v>11857</v>
       </c>
       <c r="P108" s="11">
         <v>32577</v>
       </c>
       <c r="Q108" s="11">
         <v>43452</v>
       </c>
       <c r="R108" s="11">
         <v>11193</v>
       </c>
       <c r="S108" s="31">
         <v>32259</v>
       </c>
-      <c r="T108" s="39">
+      <c r="T108" s="34">
         <v>61392</v>
       </c>
-      <c r="U108" s="39">
+      <c r="U108" s="34">
         <v>16365</v>
       </c>
-      <c r="V108" s="43">
+      <c r="V108" s="38">
         <v>45027</v>
       </c>
-    </row>
-    <row r="109" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W108" s="34">
+        <v>67728</v>
+      </c>
+      <c r="X108" s="34">
+        <v>17791</v>
+      </c>
+      <c r="Y108" s="34">
+        <v>49937</v>
+      </c>
+    </row>
+    <row r="109" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A109" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B109" s="11">
         <v>876970</v>
       </c>
       <c r="C109" s="11">
         <v>353014</v>
       </c>
       <c r="D109" s="11">
         <v>523956</v>
       </c>
       <c r="E109" s="11">
         <v>941226</v>
       </c>
       <c r="F109" s="11">
         <v>384309</v>
       </c>
       <c r="G109" s="11">
         <v>556917</v>
       </c>
       <c r="H109" s="11">
         <v>1002310</v>
       </c>
       <c r="I109" s="11">
@@ -9037,61 +9993,70 @@
       </c>
       <c r="L109" s="11">
         <v>422410</v>
       </c>
       <c r="M109" s="11">
         <v>586114</v>
       </c>
       <c r="N109" s="11">
         <v>980856</v>
       </c>
       <c r="O109" s="11">
         <v>420498</v>
       </c>
       <c r="P109" s="11">
         <v>560358</v>
       </c>
       <c r="Q109" s="11">
         <v>925111</v>
       </c>
       <c r="R109" s="11">
         <v>385763</v>
       </c>
       <c r="S109" s="31">
         <v>539348</v>
       </c>
-      <c r="T109" s="39">
+      <c r="T109" s="34">
         <v>1197560</v>
       </c>
-      <c r="U109" s="39">
+      <c r="U109" s="34">
         <v>506262</v>
       </c>
-      <c r="V109" s="43">
+      <c r="V109" s="38">
         <v>691298</v>
       </c>
-    </row>
-    <row r="110" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W109" s="34">
+        <v>1315232</v>
+      </c>
+      <c r="X109" s="34">
+        <v>548806</v>
+      </c>
+      <c r="Y109" s="34">
+        <v>766426</v>
+      </c>
+    </row>
+    <row r="110" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A110" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B110" s="11">
         <v>21071</v>
       </c>
       <c r="C110" s="11">
         <v>12004</v>
       </c>
       <c r="D110" s="11">
         <v>9067</v>
       </c>
       <c r="E110" s="11">
         <v>23993</v>
       </c>
       <c r="F110" s="11">
         <v>13321</v>
       </c>
       <c r="G110" s="11">
         <v>10672</v>
       </c>
       <c r="H110" s="11">
         <v>41166</v>
       </c>
       <c r="I110" s="11">
@@ -9105,61 +10070,70 @@
       </c>
       <c r="L110" s="11">
         <v>27426</v>
       </c>
       <c r="M110" s="11">
         <v>23429</v>
       </c>
       <c r="N110" s="11">
         <v>50128</v>
       </c>
       <c r="O110" s="11">
         <v>27527</v>
       </c>
       <c r="P110" s="11">
         <v>22601</v>
       </c>
       <c r="Q110" s="11">
         <v>41458</v>
       </c>
       <c r="R110" s="11">
         <v>22959</v>
       </c>
       <c r="S110" s="31">
         <v>18499</v>
       </c>
-      <c r="T110" s="39">
+      <c r="T110" s="34">
         <v>71561</v>
       </c>
-      <c r="U110" s="39">
+      <c r="U110" s="34">
         <v>38504</v>
       </c>
-      <c r="V110" s="43">
+      <c r="V110" s="38">
         <v>33057</v>
       </c>
-    </row>
-    <row r="111" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W110" s="34">
+        <v>91179</v>
+      </c>
+      <c r="X110" s="34">
+        <v>48667</v>
+      </c>
+      <c r="Y110" s="34">
+        <v>42512</v>
+      </c>
+    </row>
+    <row r="111" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A111" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B111" s="11">
         <v>81</v>
       </c>
       <c r="C111" s="11">
         <v>32</v>
       </c>
       <c r="D111" s="11">
         <v>49</v>
       </c>
       <c r="E111" s="11">
         <v>99</v>
       </c>
       <c r="F111" s="11">
         <v>54</v>
       </c>
       <c r="G111" s="11">
         <v>45</v>
       </c>
       <c r="H111" s="11">
         <v>121</v>
       </c>
       <c r="I111" s="11">
@@ -9173,61 +10147,70 @@
       </c>
       <c r="L111" s="11">
         <v>69</v>
       </c>
       <c r="M111" s="11">
         <v>73</v>
       </c>
       <c r="N111" s="11">
         <v>112</v>
       </c>
       <c r="O111" s="11">
         <v>57</v>
       </c>
       <c r="P111" s="11">
         <v>55</v>
       </c>
       <c r="Q111" s="11">
         <v>96</v>
       </c>
       <c r="R111" s="11">
         <v>40</v>
       </c>
       <c r="S111" s="30">
         <v>56</v>
       </c>
-      <c r="T111" s="39">
+      <c r="T111" s="34">
         <v>138</v>
       </c>
-      <c r="U111" s="39">
+      <c r="U111" s="34">
         <v>61</v>
       </c>
-      <c r="V111" s="42">
+      <c r="V111" s="37">
         <v>77</v>
       </c>
-    </row>
-    <row r="112" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W111" s="34">
+        <v>166</v>
+      </c>
+      <c r="X111" s="34">
+        <v>65</v>
+      </c>
+      <c r="Y111" s="34">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="112" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A112" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B112" s="11">
         <v>3426</v>
       </c>
       <c r="C112" s="11">
         <v>1726</v>
       </c>
       <c r="D112" s="11">
         <v>1700</v>
       </c>
       <c r="E112" s="11">
         <v>3949</v>
       </c>
       <c r="F112" s="11">
         <v>1885</v>
       </c>
       <c r="G112" s="11">
         <v>2064</v>
       </c>
       <c r="H112" s="11">
         <v>4827</v>
       </c>
       <c r="I112" s="11">
@@ -9241,61 +10224,70 @@
       </c>
       <c r="L112" s="11">
         <v>2849</v>
       </c>
       <c r="M112" s="11">
         <v>3180</v>
       </c>
       <c r="N112" s="11">
         <v>6807</v>
       </c>
       <c r="O112" s="11">
         <v>3276</v>
       </c>
       <c r="P112" s="11">
         <v>3531</v>
       </c>
       <c r="Q112" s="11">
         <v>7122</v>
       </c>
       <c r="R112" s="11">
         <v>3297</v>
       </c>
       <c r="S112" s="31">
         <v>3825</v>
       </c>
-      <c r="T112" s="39">
+      <c r="T112" s="34">
         <v>9532</v>
       </c>
-      <c r="U112" s="39">
+      <c r="U112" s="34">
         <v>4413</v>
       </c>
-      <c r="V112" s="43">
+      <c r="V112" s="38">
         <v>5119</v>
       </c>
-    </row>
-    <row r="113" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W112" s="34">
+        <v>11865</v>
+      </c>
+      <c r="X112" s="34">
+        <v>5510</v>
+      </c>
+      <c r="Y112" s="34">
+        <v>6355</v>
+      </c>
+    </row>
+    <row r="113" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A113" s="7" t="s">
         <v>111</v>
       </c>
       <c r="B113" s="11">
         <v>56</v>
       </c>
       <c r="C113" s="11">
         <v>22</v>
       </c>
       <c r="D113" s="11">
         <v>34</v>
       </c>
       <c r="E113" s="11">
         <v>75</v>
       </c>
       <c r="F113" s="11">
         <v>25</v>
       </c>
       <c r="G113" s="11">
         <v>50</v>
       </c>
       <c r="H113" s="11">
         <v>61</v>
       </c>
       <c r="I113" s="11">
@@ -9309,61 +10301,70 @@
       </c>
       <c r="L113" s="11">
         <v>36</v>
       </c>
       <c r="M113" s="11">
         <v>34</v>
       </c>
       <c r="N113" s="11">
         <v>38</v>
       </c>
       <c r="O113" s="11">
         <v>20</v>
       </c>
       <c r="P113" s="11">
         <v>18</v>
       </c>
       <c r="Q113" s="11">
         <v>59</v>
       </c>
       <c r="R113" s="11">
         <v>30</v>
       </c>
       <c r="S113" s="30">
         <v>29</v>
       </c>
-      <c r="T113" s="39">
+      <c r="T113" s="34">
         <v>55</v>
       </c>
-      <c r="U113" s="39">
+      <c r="U113" s="34">
         <v>31</v>
       </c>
-      <c r="V113" s="42">
+      <c r="V113" s="37">
         <v>24</v>
       </c>
-    </row>
-    <row r="114" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W113" s="34">
+        <v>78</v>
+      </c>
+      <c r="X113" s="34">
+        <v>39</v>
+      </c>
+      <c r="Y113" s="34">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="114" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A114" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B114" s="11">
         <v>15817</v>
       </c>
       <c r="C114" s="11">
         <v>5409</v>
       </c>
       <c r="D114" s="11">
         <v>10408</v>
       </c>
       <c r="E114" s="11">
         <v>17911</v>
       </c>
       <c r="F114" s="11">
         <v>6122</v>
       </c>
       <c r="G114" s="11">
         <v>11789</v>
       </c>
       <c r="H114" s="11">
         <v>19689</v>
       </c>
       <c r="I114" s="11">
@@ -9377,61 +10378,70 @@
       </c>
       <c r="L114" s="11">
         <v>7345</v>
       </c>
       <c r="M114" s="11">
         <v>15125</v>
       </c>
       <c r="N114" s="11">
         <v>44297</v>
       </c>
       <c r="O114" s="11">
         <v>17552</v>
       </c>
       <c r="P114" s="11">
         <v>26745</v>
       </c>
       <c r="Q114" s="11">
         <v>51033</v>
       </c>
       <c r="R114" s="11">
         <v>20407</v>
       </c>
       <c r="S114" s="31">
         <v>30626</v>
       </c>
-      <c r="T114" s="39">
+      <c r="T114" s="34">
         <v>39064</v>
       </c>
-      <c r="U114" s="39">
+      <c r="U114" s="34">
         <v>12559</v>
       </c>
-      <c r="V114" s="43">
+      <c r="V114" s="38">
         <v>26505</v>
       </c>
-    </row>
-    <row r="115" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W114" s="34">
+        <v>46607</v>
+      </c>
+      <c r="X114" s="34">
+        <v>13939</v>
+      </c>
+      <c r="Y114" s="34">
+        <v>32668</v>
+      </c>
+    </row>
+    <row r="115" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A115" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B115" s="11">
         <v>62507</v>
       </c>
       <c r="C115" s="11">
         <v>32168</v>
       </c>
       <c r="D115" s="11">
         <v>30339</v>
       </c>
       <c r="E115" s="11">
         <v>64018</v>
       </c>
       <c r="F115" s="11">
         <v>33265</v>
       </c>
       <c r="G115" s="11">
         <v>30753</v>
       </c>
       <c r="H115" s="11">
         <v>59234</v>
       </c>
       <c r="I115" s="11">
@@ -9445,61 +10455,70 @@
       </c>
       <c r="L115" s="11">
         <v>19292</v>
       </c>
       <c r="M115" s="11">
         <v>17429</v>
       </c>
       <c r="N115" s="11">
         <v>22914</v>
       </c>
       <c r="O115" s="11">
         <v>12006</v>
       </c>
       <c r="P115" s="11">
         <v>10908</v>
       </c>
       <c r="Q115" s="11">
         <v>23295</v>
       </c>
       <c r="R115" s="11">
         <v>12160</v>
       </c>
       <c r="S115" s="31">
         <v>11135</v>
       </c>
-      <c r="T115" s="39">
+      <c r="T115" s="34">
         <v>53067</v>
       </c>
-      <c r="U115" s="39">
+      <c r="U115" s="34">
         <v>27590</v>
       </c>
-      <c r="V115" s="43">
+      <c r="V115" s="38">
         <v>25477</v>
       </c>
-    </row>
-    <row r="116" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W115" s="34">
+        <v>59847</v>
+      </c>
+      <c r="X115" s="34">
+        <v>31045</v>
+      </c>
+      <c r="Y115" s="34">
+        <v>28802</v>
+      </c>
+    </row>
+    <row r="116" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A116" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B116" s="11">
         <v>2091889</v>
       </c>
       <c r="C116" s="11">
         <v>1001417</v>
       </c>
       <c r="D116" s="11">
         <v>1090472</v>
       </c>
       <c r="E116" s="11">
         <v>2172092</v>
       </c>
       <c r="F116" s="11">
         <v>1040312</v>
       </c>
       <c r="G116" s="11">
         <v>1131780</v>
       </c>
       <c r="H116" s="11">
         <v>2381615</v>
       </c>
       <c r="I116" s="11">
@@ -9513,61 +10532,70 @@
       </c>
       <c r="L116" s="11">
         <v>1195115</v>
       </c>
       <c r="M116" s="11">
         <v>1242244</v>
       </c>
       <c r="N116" s="11">
         <v>2394958</v>
       </c>
       <c r="O116" s="11">
         <v>1181549</v>
       </c>
       <c r="P116" s="11">
         <v>1213409</v>
       </c>
       <c r="Q116" s="11">
         <v>2226723</v>
       </c>
       <c r="R116" s="11">
         <v>1076798</v>
       </c>
       <c r="S116" s="31">
         <v>1149925</v>
       </c>
-      <c r="T116" s="39">
+      <c r="T116" s="34">
         <v>3129856</v>
       </c>
-      <c r="U116" s="39">
+      <c r="U116" s="34">
         <v>1521305</v>
       </c>
-      <c r="V116" s="43">
+      <c r="V116" s="38">
         <v>1608551</v>
       </c>
-    </row>
-    <row r="117" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W116" s="34">
+        <v>3488349</v>
+      </c>
+      <c r="X116" s="34">
+        <v>1678926</v>
+      </c>
+      <c r="Y116" s="34">
+        <v>1809423</v>
+      </c>
+    </row>
+    <row r="117" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A117" s="7" t="s">
         <v>115</v>
       </c>
       <c r="B117" s="11">
         <v>11762</v>
       </c>
       <c r="C117" s="11">
         <v>5050</v>
       </c>
       <c r="D117" s="11">
         <v>6712</v>
       </c>
       <c r="E117" s="11">
         <v>12704</v>
       </c>
       <c r="F117" s="11">
         <v>5429</v>
       </c>
       <c r="G117" s="11">
         <v>7275</v>
       </c>
       <c r="H117" s="11">
         <v>14274</v>
       </c>
       <c r="I117" s="11">
@@ -9581,61 +10609,70 @@
       </c>
       <c r="L117" s="11">
         <v>5799</v>
       </c>
       <c r="M117" s="11">
         <v>7849</v>
       </c>
       <c r="N117" s="11">
         <v>12884</v>
       </c>
       <c r="O117" s="11">
         <v>5562</v>
       </c>
       <c r="P117" s="11">
         <v>7322</v>
       </c>
       <c r="Q117" s="11">
         <v>11865</v>
       </c>
       <c r="R117" s="11">
         <v>4988</v>
       </c>
       <c r="S117" s="31">
         <v>6877</v>
       </c>
-      <c r="T117" s="39">
+      <c r="T117" s="34">
         <v>17531</v>
       </c>
-      <c r="U117" s="39">
+      <c r="U117" s="34">
         <v>7360</v>
       </c>
-      <c r="V117" s="43">
+      <c r="V117" s="38">
         <v>10171</v>
       </c>
-    </row>
-    <row r="118" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W117" s="34">
+        <v>20895</v>
+      </c>
+      <c r="X117" s="34">
+        <v>8665</v>
+      </c>
+      <c r="Y117" s="34">
+        <v>12230</v>
+      </c>
+    </row>
+    <row r="118" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A118" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B118" s="11">
         <v>115680</v>
       </c>
       <c r="C118" s="11">
         <v>103383</v>
       </c>
       <c r="D118" s="11">
         <v>12297</v>
       </c>
       <c r="E118" s="11">
         <v>116152</v>
       </c>
       <c r="F118" s="11">
         <v>103968</v>
       </c>
       <c r="G118" s="11">
         <v>12184</v>
       </c>
       <c r="H118" s="11">
         <v>125318</v>
       </c>
       <c r="I118" s="11">
@@ -9649,61 +10686,70 @@
       </c>
       <c r="L118" s="11">
         <v>111053</v>
       </c>
       <c r="M118" s="11">
         <v>13561</v>
       </c>
       <c r="N118" s="11">
         <v>124163</v>
       </c>
       <c r="O118" s="11">
         <v>111172</v>
       </c>
       <c r="P118" s="11">
         <v>12991</v>
       </c>
       <c r="Q118" s="11">
         <v>105299</v>
       </c>
       <c r="R118" s="11">
         <v>94341</v>
       </c>
       <c r="S118" s="31">
         <v>10958</v>
       </c>
-      <c r="T118" s="39">
+      <c r="T118" s="34">
         <v>125660</v>
       </c>
-      <c r="U118" s="39">
+      <c r="U118" s="34">
         <v>111857</v>
       </c>
-      <c r="V118" s="43">
+      <c r="V118" s="38">
         <v>13803</v>
       </c>
-    </row>
-    <row r="119" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W118" s="34">
+        <v>134990</v>
+      </c>
+      <c r="X118" s="34">
+        <v>119734</v>
+      </c>
+      <c r="Y118" s="34">
+        <v>15256</v>
+      </c>
+    </row>
+    <row r="119" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A119" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B119" s="11">
         <v>31745</v>
       </c>
       <c r="C119" s="11">
         <v>27776</v>
       </c>
       <c r="D119" s="11">
         <v>3969</v>
       </c>
       <c r="E119" s="11">
         <v>41070</v>
       </c>
       <c r="F119" s="11">
         <v>35754</v>
       </c>
       <c r="G119" s="11">
         <v>5316</v>
       </c>
       <c r="H119" s="11">
         <v>46441</v>
       </c>
       <c r="I119" s="11">
@@ -9717,61 +10763,70 @@
       </c>
       <c r="L119" s="11">
         <v>50803</v>
       </c>
       <c r="M119" s="11">
         <v>7749</v>
       </c>
       <c r="N119" s="11">
         <v>63454</v>
       </c>
       <c r="O119" s="11">
         <v>55319</v>
       </c>
       <c r="P119" s="11">
         <v>8135</v>
       </c>
       <c r="Q119" s="11">
         <v>62818</v>
       </c>
       <c r="R119" s="11">
         <v>55661</v>
       </c>
       <c r="S119" s="31">
         <v>7157</v>
       </c>
-      <c r="T119" s="39">
+      <c r="T119" s="34">
         <v>103626</v>
       </c>
-      <c r="U119" s="39">
+      <c r="U119" s="34">
         <v>91960</v>
       </c>
-      <c r="V119" s="43">
+      <c r="V119" s="38">
         <v>11666</v>
       </c>
-    </row>
-    <row r="120" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W119" s="34">
+        <v>167679</v>
+      </c>
+      <c r="X119" s="34">
+        <v>150302</v>
+      </c>
+      <c r="Y119" s="34">
+        <v>17377</v>
+      </c>
+    </row>
+    <row r="120" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A120" s="7" t="s">
         <v>118</v>
       </c>
       <c r="B120" s="11">
         <v>64181</v>
       </c>
       <c r="C120" s="11">
         <v>41323</v>
       </c>
       <c r="D120" s="11">
         <v>22858</v>
       </c>
       <c r="E120" s="11">
         <v>66314</v>
       </c>
       <c r="F120" s="11">
         <v>43045</v>
       </c>
       <c r="G120" s="11">
         <v>23269</v>
       </c>
       <c r="H120" s="11">
         <v>69350</v>
       </c>
       <c r="I120" s="11">
@@ -9785,61 +10840,70 @@
       </c>
       <c r="L120" s="11">
         <v>49077</v>
       </c>
       <c r="M120" s="11">
         <v>23621</v>
       </c>
       <c r="N120" s="11">
         <v>69432</v>
       </c>
       <c r="O120" s="11">
         <v>47638</v>
       </c>
       <c r="P120" s="11">
         <v>21794</v>
       </c>
       <c r="Q120" s="11">
         <v>67382</v>
       </c>
       <c r="R120" s="11">
         <v>46371</v>
       </c>
       <c r="S120" s="31">
         <v>21011</v>
       </c>
-      <c r="T120" s="39">
+      <c r="T120" s="34">
         <v>87504</v>
       </c>
-      <c r="U120" s="39">
+      <c r="U120" s="34">
         <v>60523</v>
       </c>
-      <c r="V120" s="43">
+      <c r="V120" s="38">
         <v>26981</v>
       </c>
-    </row>
-    <row r="121" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W120" s="34">
+        <v>101065</v>
+      </c>
+      <c r="X120" s="34">
+        <v>70032</v>
+      </c>
+      <c r="Y120" s="34">
+        <v>31033</v>
+      </c>
+    </row>
+    <row r="121" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A121" s="7" t="s">
         <v>303</v>
       </c>
       <c r="B121" s="11">
         <v>39451</v>
       </c>
       <c r="C121" s="11">
         <v>12867</v>
       </c>
       <c r="D121" s="11">
         <v>26584</v>
       </c>
       <c r="E121" s="11">
         <v>45766</v>
       </c>
       <c r="F121" s="11">
         <v>14509</v>
       </c>
       <c r="G121" s="11">
         <v>31257</v>
       </c>
       <c r="H121" s="11">
         <v>50952</v>
       </c>
       <c r="I121" s="11">
@@ -9853,61 +10917,70 @@
       </c>
       <c r="L121" s="11">
         <v>16328</v>
       </c>
       <c r="M121" s="11">
         <v>37747</v>
       </c>
       <c r="N121" s="11">
         <v>54371</v>
       </c>
       <c r="O121" s="11">
         <v>15212</v>
       </c>
       <c r="P121" s="11">
         <v>39159</v>
       </c>
       <c r="Q121" s="11">
         <v>52295</v>
       </c>
       <c r="R121" s="11">
         <v>13820</v>
       </c>
       <c r="S121" s="31">
         <v>34875</v>
       </c>
-      <c r="T121" s="39">
+      <c r="T121" s="34">
         <v>76646</v>
       </c>
-      <c r="U121" s="39">
+      <c r="U121" s="34">
         <v>19328</v>
       </c>
-      <c r="V121" s="43">
+      <c r="V121" s="38">
         <v>57318</v>
       </c>
-    </row>
-    <row r="122" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W121" s="34">
+        <v>88875</v>
+      </c>
+      <c r="X121" s="34">
+        <v>22685</v>
+      </c>
+      <c r="Y121" s="34">
+        <v>66190</v>
+      </c>
+    </row>
+    <row r="122" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A122" s="7" t="s">
         <v>119</v>
       </c>
       <c r="B122" s="11">
         <v>27172</v>
       </c>
       <c r="C122" s="11">
         <v>8286</v>
       </c>
       <c r="D122" s="11">
         <v>18886</v>
       </c>
       <c r="E122" s="11">
         <v>26805</v>
       </c>
       <c r="F122" s="11">
         <v>8209</v>
       </c>
       <c r="G122" s="11">
         <v>18596</v>
       </c>
       <c r="H122" s="11">
         <v>27069</v>
       </c>
       <c r="I122" s="11">
@@ -9921,61 +10994,70 @@
       </c>
       <c r="L122" s="11">
         <v>8515</v>
       </c>
       <c r="M122" s="11">
         <v>18822</v>
       </c>
       <c r="N122" s="11">
         <v>26408</v>
       </c>
       <c r="O122" s="11">
         <v>8193</v>
       </c>
       <c r="P122" s="11">
         <v>18215</v>
       </c>
       <c r="Q122" s="11">
         <v>23402</v>
       </c>
       <c r="R122" s="11">
         <v>6863</v>
       </c>
       <c r="S122" s="31">
         <v>16539</v>
       </c>
-      <c r="T122" s="39">
+      <c r="T122" s="34">
         <v>31555</v>
       </c>
-      <c r="U122" s="39">
+      <c r="U122" s="34">
         <v>8918</v>
       </c>
-      <c r="V122" s="43">
+      <c r="V122" s="38">
         <v>22637</v>
       </c>
-    </row>
-    <row r="123" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W122" s="34">
+        <v>36269</v>
+      </c>
+      <c r="X122" s="34">
+        <v>10340</v>
+      </c>
+      <c r="Y122" s="34">
+        <v>25929</v>
+      </c>
+    </row>
+    <row r="123" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A123" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B123" s="11">
         <v>6758</v>
       </c>
       <c r="C123" s="11">
         <v>3749</v>
       </c>
       <c r="D123" s="11">
         <v>3009</v>
       </c>
       <c r="E123" s="11">
         <v>6961</v>
       </c>
       <c r="F123" s="11">
         <v>3973</v>
       </c>
       <c r="G123" s="11">
         <v>2988</v>
       </c>
       <c r="H123" s="11">
         <v>6876</v>
       </c>
       <c r="I123" s="11">
@@ -9989,61 +11071,70 @@
       </c>
       <c r="L123" s="11">
         <v>3597</v>
       </c>
       <c r="M123" s="11">
         <v>2548</v>
       </c>
       <c r="N123" s="11">
         <v>5471</v>
       </c>
       <c r="O123" s="11">
         <v>3210</v>
       </c>
       <c r="P123" s="11">
         <v>2261</v>
       </c>
       <c r="Q123" s="11">
         <v>6511</v>
       </c>
       <c r="R123" s="11">
         <v>3866</v>
       </c>
       <c r="S123" s="31">
         <v>2645</v>
       </c>
-      <c r="T123" s="39">
+      <c r="T123" s="34">
         <v>9219</v>
       </c>
-      <c r="U123" s="39">
+      <c r="U123" s="34">
         <v>5511</v>
       </c>
-      <c r="V123" s="43">
+      <c r="V123" s="38">
         <v>3708</v>
       </c>
-    </row>
-    <row r="124" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W123" s="34">
+        <v>9971</v>
+      </c>
+      <c r="X123" s="34">
+        <v>6071</v>
+      </c>
+      <c r="Y123" s="34">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="124" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A124" s="7" t="s">
         <v>121</v>
       </c>
       <c r="B124" s="11">
         <v>49208</v>
       </c>
       <c r="C124" s="11">
         <v>29171</v>
       </c>
       <c r="D124" s="11">
         <v>20037</v>
       </c>
       <c r="E124" s="11">
         <v>54190</v>
       </c>
       <c r="F124" s="11">
         <v>32451</v>
       </c>
       <c r="G124" s="11">
         <v>21739</v>
       </c>
       <c r="H124" s="11">
         <v>61402</v>
       </c>
       <c r="I124" s="11">
@@ -10057,61 +11148,70 @@
       </c>
       <c r="L124" s="11">
         <v>35083</v>
       </c>
       <c r="M124" s="11">
         <v>23643</v>
       </c>
       <c r="N124" s="11">
         <v>59351</v>
       </c>
       <c r="O124" s="11">
         <v>35080</v>
       </c>
       <c r="P124" s="11">
         <v>24271</v>
       </c>
       <c r="Q124" s="11">
         <v>62015</v>
       </c>
       <c r="R124" s="11">
         <v>37520</v>
       </c>
       <c r="S124" s="31">
         <v>24495</v>
       </c>
-      <c r="T124" s="39">
+      <c r="T124" s="34">
         <v>87622</v>
       </c>
-      <c r="U124" s="39">
+      <c r="U124" s="34">
         <v>53582</v>
       </c>
-      <c r="V124" s="43">
+      <c r="V124" s="38">
         <v>34040</v>
       </c>
-    </row>
-    <row r="125" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W124" s="34">
+        <v>95976</v>
+      </c>
+      <c r="X124" s="34">
+        <v>58362</v>
+      </c>
+      <c r="Y124" s="34">
+        <v>37614</v>
+      </c>
+    </row>
+    <row r="125" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A125" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B125" s="11">
         <v>26930</v>
       </c>
       <c r="C125" s="11">
         <v>16222</v>
       </c>
       <c r="D125" s="11">
         <v>10708</v>
       </c>
       <c r="E125" s="11">
         <v>27923</v>
       </c>
       <c r="F125" s="11">
         <v>16985</v>
       </c>
       <c r="G125" s="11">
         <v>10938</v>
       </c>
       <c r="H125" s="11">
         <v>26962</v>
       </c>
       <c r="I125" s="11">
@@ -10125,61 +11225,70 @@
       </c>
       <c r="L125" s="11">
         <v>15078</v>
       </c>
       <c r="M125" s="11">
         <v>9906</v>
       </c>
       <c r="N125" s="11">
         <v>25660</v>
       </c>
       <c r="O125" s="11">
         <v>15419</v>
       </c>
       <c r="P125" s="11">
         <v>10241</v>
       </c>
       <c r="Q125" s="11">
         <v>22002</v>
       </c>
       <c r="R125" s="11">
         <v>13222</v>
       </c>
       <c r="S125" s="31">
         <v>8780</v>
       </c>
-      <c r="T125" s="39">
+      <c r="T125" s="34">
         <v>26200</v>
       </c>
-      <c r="U125" s="39">
+      <c r="U125" s="34">
         <v>15674</v>
       </c>
-      <c r="V125" s="43">
+      <c r="V125" s="38">
         <v>10526</v>
       </c>
-    </row>
-    <row r="126" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W125" s="34">
+        <v>25879</v>
+      </c>
+      <c r="X125" s="34">
+        <v>15364</v>
+      </c>
+      <c r="Y125" s="34">
+        <v>10515</v>
+      </c>
+    </row>
+    <row r="126" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A126" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B126" s="11">
         <v>17098</v>
       </c>
       <c r="C126" s="11">
         <v>8206</v>
       </c>
       <c r="D126" s="11">
         <v>8892</v>
       </c>
       <c r="E126" s="11">
         <v>18533</v>
       </c>
       <c r="F126" s="11">
         <v>8826</v>
       </c>
       <c r="G126" s="11">
         <v>9707</v>
       </c>
       <c r="H126" s="11">
         <v>20227</v>
       </c>
       <c r="I126" s="11">
@@ -10193,61 +11302,70 @@
       </c>
       <c r="L126" s="11">
         <v>9843</v>
       </c>
       <c r="M126" s="11">
         <v>10462</v>
       </c>
       <c r="N126" s="11">
         <v>18030</v>
       </c>
       <c r="O126" s="11">
         <v>8828</v>
       </c>
       <c r="P126" s="11">
         <v>9202</v>
       </c>
       <c r="Q126" s="11">
         <v>16942</v>
       </c>
       <c r="R126" s="11">
         <v>8272</v>
       </c>
       <c r="S126" s="31">
         <v>8670</v>
       </c>
-      <c r="T126" s="39">
+      <c r="T126" s="34">
         <v>24976</v>
       </c>
-      <c r="U126" s="39">
+      <c r="U126" s="34">
         <v>12259</v>
       </c>
-      <c r="V126" s="43">
+      <c r="V126" s="38">
         <v>12717</v>
       </c>
-    </row>
-    <row r="127" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W126" s="34">
+        <v>27741</v>
+      </c>
+      <c r="X126" s="34">
+        <v>13626</v>
+      </c>
+      <c r="Y126" s="34">
+        <v>14115</v>
+      </c>
+    </row>
+    <row r="127" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A127" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B127" s="11">
         <v>6982</v>
       </c>
       <c r="C127" s="11">
         <v>2588</v>
       </c>
       <c r="D127" s="11">
         <v>4394</v>
       </c>
       <c r="E127" s="11">
         <v>7924</v>
       </c>
       <c r="F127" s="11">
         <v>2954</v>
       </c>
       <c r="G127" s="11">
         <v>4970</v>
       </c>
       <c r="H127" s="11">
         <v>9171</v>
       </c>
       <c r="I127" s="11">
@@ -10261,61 +11379,70 @@
       </c>
       <c r="L127" s="11">
         <v>3436</v>
       </c>
       <c r="M127" s="11">
         <v>5773</v>
       </c>
       <c r="N127" s="11">
         <v>8766</v>
       </c>
       <c r="O127" s="11">
         <v>3125</v>
       </c>
       <c r="P127" s="11">
         <v>5641</v>
       </c>
       <c r="Q127" s="11">
         <v>8227</v>
       </c>
       <c r="R127" s="11">
         <v>2870</v>
       </c>
       <c r="S127" s="31">
         <v>5357</v>
       </c>
-      <c r="T127" s="39">
+      <c r="T127" s="34">
         <v>12524</v>
       </c>
-      <c r="U127" s="39">
+      <c r="U127" s="34">
         <v>4431</v>
       </c>
-      <c r="V127" s="43">
+      <c r="V127" s="38">
         <v>8093</v>
       </c>
-    </row>
-    <row r="128" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W127" s="34">
+        <v>13938</v>
+      </c>
+      <c r="X127" s="34">
+        <v>4986</v>
+      </c>
+      <c r="Y127" s="34">
+        <v>8952</v>
+      </c>
+    </row>
+    <row r="128" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A128" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B128" s="11">
         <v>400</v>
       </c>
       <c r="C128" s="11">
         <v>107</v>
       </c>
       <c r="D128" s="11">
         <v>293</v>
       </c>
       <c r="E128" s="11">
         <v>389</v>
       </c>
       <c r="F128" s="11">
         <v>102</v>
       </c>
       <c r="G128" s="11">
         <v>287</v>
       </c>
       <c r="H128" s="11">
         <v>381</v>
       </c>
       <c r="I128" s="11">
@@ -10329,61 +11456,70 @@
       </c>
       <c r="L128" s="11">
         <v>123</v>
       </c>
       <c r="M128" s="11">
         <v>291</v>
       </c>
       <c r="N128" s="11">
         <v>362</v>
       </c>
       <c r="O128" s="11">
         <v>120</v>
       </c>
       <c r="P128" s="11">
         <v>242</v>
       </c>
       <c r="Q128" s="11">
         <v>377</v>
       </c>
       <c r="R128" s="11">
         <v>138</v>
       </c>
       <c r="S128" s="30">
         <v>239</v>
       </c>
-      <c r="T128" s="39">
+      <c r="T128" s="34">
         <v>487</v>
       </c>
-      <c r="U128" s="39">
+      <c r="U128" s="34">
         <v>164</v>
       </c>
-      <c r="V128" s="42">
+      <c r="V128" s="37">
         <v>323</v>
       </c>
-    </row>
-    <row r="129" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W128" s="34">
+        <v>507</v>
+      </c>
+      <c r="X128" s="34">
+        <v>172</v>
+      </c>
+      <c r="Y128" s="34">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="129" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A129" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B129" s="11">
         <v>83605</v>
       </c>
       <c r="C129" s="11">
         <v>51479</v>
       </c>
       <c r="D129" s="11">
         <v>32126</v>
       </c>
       <c r="E129" s="11">
         <v>88171</v>
       </c>
       <c r="F129" s="11">
         <v>54186</v>
       </c>
       <c r="G129" s="11">
         <v>33985</v>
       </c>
       <c r="H129" s="11">
         <v>92714</v>
       </c>
       <c r="I129" s="11">
@@ -10397,61 +11533,70 @@
       </c>
       <c r="L129" s="11">
         <v>56847</v>
       </c>
       <c r="M129" s="11">
         <v>33711</v>
       </c>
       <c r="N129" s="11">
         <v>81978</v>
       </c>
       <c r="O129" s="11">
         <v>51843</v>
       </c>
       <c r="P129" s="11">
         <v>30135</v>
       </c>
       <c r="Q129" s="11">
         <v>78773</v>
       </c>
       <c r="R129" s="11">
         <v>49636</v>
       </c>
       <c r="S129" s="31">
         <v>29137</v>
       </c>
-      <c r="T129" s="39">
+      <c r="T129" s="34">
         <v>101810</v>
       </c>
-      <c r="U129" s="39">
+      <c r="U129" s="34">
         <v>63731</v>
       </c>
-      <c r="V129" s="43">
+      <c r="V129" s="38">
         <v>38079</v>
       </c>
-    </row>
-    <row r="130" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W129" s="34">
+        <v>107074</v>
+      </c>
+      <c r="X129" s="34">
+        <v>67017</v>
+      </c>
+      <c r="Y129" s="34">
+        <v>40057</v>
+      </c>
+    </row>
+    <row r="130" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A130" s="7" t="s">
         <v>127</v>
       </c>
       <c r="B130" s="11">
         <v>15541</v>
       </c>
       <c r="C130" s="11">
         <v>4754</v>
       </c>
       <c r="D130" s="11">
         <v>10787</v>
       </c>
       <c r="E130" s="11">
         <v>15072</v>
       </c>
       <c r="F130" s="11">
         <v>4747</v>
       </c>
       <c r="G130" s="11">
         <v>10325</v>
       </c>
       <c r="H130" s="11">
         <v>14504</v>
       </c>
       <c r="I130" s="11">
@@ -10465,61 +11610,70 @@
       </c>
       <c r="L130" s="11">
         <v>3600</v>
       </c>
       <c r="M130" s="11">
         <v>8905</v>
       </c>
       <c r="N130" s="11">
         <v>10719</v>
       </c>
       <c r="O130" s="11">
         <v>3069</v>
       </c>
       <c r="P130" s="11">
         <v>7650</v>
       </c>
       <c r="Q130" s="11">
         <v>8159</v>
       </c>
       <c r="R130" s="11">
         <v>2323</v>
       </c>
       <c r="S130" s="31">
         <v>5836</v>
       </c>
-      <c r="T130" s="39">
+      <c r="T130" s="34">
         <v>11541</v>
       </c>
-      <c r="U130" s="39">
+      <c r="U130" s="34">
         <v>3175</v>
       </c>
-      <c r="V130" s="43">
+      <c r="V130" s="38">
         <v>8366</v>
       </c>
-    </row>
-    <row r="131" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W130" s="34">
+        <v>13686</v>
+      </c>
+      <c r="X130" s="34">
+        <v>3782</v>
+      </c>
+      <c r="Y130" s="34">
+        <v>9904</v>
+      </c>
+    </row>
+    <row r="131" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A131" s="7" t="s">
         <v>128</v>
       </c>
       <c r="B131" s="11">
         <v>12332</v>
       </c>
       <c r="C131" s="11">
         <v>6549</v>
       </c>
       <c r="D131" s="11">
         <v>5783</v>
       </c>
       <c r="E131" s="11">
         <v>13510</v>
       </c>
       <c r="F131" s="11">
         <v>7220</v>
       </c>
       <c r="G131" s="11">
         <v>6290</v>
       </c>
       <c r="H131" s="11">
         <v>14404</v>
       </c>
       <c r="I131" s="11">
@@ -10533,61 +11687,70 @@
       </c>
       <c r="L131" s="11">
         <v>7401</v>
       </c>
       <c r="M131" s="11">
         <v>6626</v>
       </c>
       <c r="N131" s="11">
         <v>13061</v>
       </c>
       <c r="O131" s="11">
         <v>6914</v>
       </c>
       <c r="P131" s="11">
         <v>6147</v>
       </c>
       <c r="Q131" s="11">
         <v>11529</v>
       </c>
       <c r="R131" s="11">
         <v>6202</v>
       </c>
       <c r="S131" s="31">
         <v>5327</v>
       </c>
-      <c r="T131" s="39">
+      <c r="T131" s="34">
         <v>15519</v>
       </c>
-      <c r="U131" s="39">
+      <c r="U131" s="34">
         <v>8216</v>
       </c>
-      <c r="V131" s="43">
+      <c r="V131" s="38">
         <v>7303</v>
       </c>
-    </row>
-    <row r="132" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W131" s="34">
+        <v>16885</v>
+      </c>
+      <c r="X131" s="34">
+        <v>8680</v>
+      </c>
+      <c r="Y131" s="34">
+        <v>8205</v>
+      </c>
+    </row>
+    <row r="132" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A132" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B132" s="11">
         <v>13610</v>
       </c>
       <c r="C132" s="11">
         <v>5821</v>
       </c>
       <c r="D132" s="11">
         <v>7789</v>
       </c>
       <c r="E132" s="11">
         <v>12948</v>
       </c>
       <c r="F132" s="11">
         <v>5565</v>
       </c>
       <c r="G132" s="11">
         <v>7383</v>
       </c>
       <c r="H132" s="11">
         <v>12878</v>
       </c>
       <c r="I132" s="11">
@@ -10601,61 +11764,70 @@
       </c>
       <c r="L132" s="11">
         <v>5387</v>
       </c>
       <c r="M132" s="11">
         <v>7233</v>
       </c>
       <c r="N132" s="11">
         <v>11213</v>
       </c>
       <c r="O132" s="11">
         <v>4940</v>
       </c>
       <c r="P132" s="11">
         <v>6273</v>
       </c>
       <c r="Q132" s="11">
         <v>11289</v>
       </c>
       <c r="R132" s="11">
         <v>4683</v>
       </c>
       <c r="S132" s="31">
         <v>6606</v>
       </c>
-      <c r="T132" s="39">
+      <c r="T132" s="34">
         <v>15089</v>
       </c>
-      <c r="U132" s="39">
+      <c r="U132" s="34">
         <v>6377</v>
       </c>
-      <c r="V132" s="43">
+      <c r="V132" s="38">
         <v>8712</v>
       </c>
-    </row>
-    <row r="133" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W132" s="34">
+        <v>16277</v>
+      </c>
+      <c r="X132" s="34">
+        <v>6899</v>
+      </c>
+      <c r="Y132" s="34">
+        <v>9378</v>
+      </c>
+    </row>
+    <row r="133" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A133" s="7" t="s">
         <v>130</v>
       </c>
       <c r="B133" s="11">
         <v>49691</v>
       </c>
       <c r="C133" s="11">
         <v>30432</v>
       </c>
       <c r="D133" s="11">
         <v>19259</v>
       </c>
       <c r="E133" s="11">
         <v>49911</v>
       </c>
       <c r="F133" s="11">
         <v>30527</v>
       </c>
       <c r="G133" s="11">
         <v>19384</v>
       </c>
       <c r="H133" s="11">
         <v>53719</v>
       </c>
       <c r="I133" s="11">
@@ -10669,61 +11841,70 @@
       </c>
       <c r="L133" s="11">
         <v>31587</v>
       </c>
       <c r="M133" s="11">
         <v>20107</v>
       </c>
       <c r="N133" s="11">
         <v>45211</v>
       </c>
       <c r="O133" s="11">
         <v>27481</v>
       </c>
       <c r="P133" s="11">
         <v>17730</v>
       </c>
       <c r="Q133" s="11">
         <v>37471</v>
       </c>
       <c r="R133" s="11">
         <v>22924</v>
       </c>
       <c r="S133" s="31">
         <v>14547</v>
       </c>
-      <c r="T133" s="39">
+      <c r="T133" s="34">
         <v>54396</v>
       </c>
-      <c r="U133" s="39">
+      <c r="U133" s="34">
         <v>32936</v>
       </c>
-      <c r="V133" s="43">
+      <c r="V133" s="38">
         <v>21460</v>
       </c>
-    </row>
-    <row r="134" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W133" s="34">
+        <v>58638</v>
+      </c>
+      <c r="X133" s="34">
+        <v>35364</v>
+      </c>
+      <c r="Y133" s="34">
+        <v>23274</v>
+      </c>
+    </row>
+    <row r="134" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A134" s="7" t="s">
         <v>131</v>
       </c>
       <c r="B134" s="11">
         <v>103904</v>
       </c>
       <c r="C134" s="11">
         <v>57230</v>
       </c>
       <c r="D134" s="11">
         <v>46674</v>
       </c>
       <c r="E134" s="11">
         <v>110124</v>
       </c>
       <c r="F134" s="11">
         <v>60714</v>
       </c>
       <c r="G134" s="11">
         <v>49410</v>
       </c>
       <c r="H134" s="11">
         <v>115350</v>
       </c>
       <c r="I134" s="11">
@@ -10737,61 +11918,70 @@
       </c>
       <c r="L134" s="11">
         <v>63123</v>
       </c>
       <c r="M134" s="11">
         <v>51049</v>
       </c>
       <c r="N134" s="11">
         <v>110466</v>
       </c>
       <c r="O134" s="11">
         <v>60539</v>
       </c>
       <c r="P134" s="11">
         <v>49927</v>
       </c>
       <c r="Q134" s="11">
         <v>99975</v>
       </c>
       <c r="R134" s="11">
         <v>54889</v>
       </c>
       <c r="S134" s="31">
         <v>45086</v>
       </c>
-      <c r="T134" s="39">
+      <c r="T134" s="34">
         <v>137672</v>
       </c>
-      <c r="U134" s="39">
+      <c r="U134" s="34">
         <v>75432</v>
       </c>
-      <c r="V134" s="43">
+      <c r="V134" s="38">
         <v>62240</v>
       </c>
-    </row>
-    <row r="135" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W134" s="34">
+        <v>153788</v>
+      </c>
+      <c r="X134" s="34">
+        <v>83416</v>
+      </c>
+      <c r="Y134" s="34">
+        <v>70372</v>
+      </c>
+    </row>
+    <row r="135" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A135" s="7" t="s">
         <v>132</v>
       </c>
       <c r="B135" s="11">
         <v>3077</v>
       </c>
       <c r="C135" s="11">
         <v>1455</v>
       </c>
       <c r="D135" s="11">
         <v>1622</v>
       </c>
       <c r="E135" s="11">
         <v>3037</v>
       </c>
       <c r="F135" s="11">
         <v>1479</v>
       </c>
       <c r="G135" s="11">
         <v>1558</v>
       </c>
       <c r="H135" s="11">
         <v>2966</v>
       </c>
       <c r="I135" s="11">
@@ -10805,61 +11995,70 @@
       </c>
       <c r="L135" s="11">
         <v>1289</v>
       </c>
       <c r="M135" s="11">
         <v>1319</v>
       </c>
       <c r="N135" s="11">
         <v>2076</v>
       </c>
       <c r="O135" s="11">
         <v>1050</v>
       </c>
       <c r="P135" s="11">
         <v>1026</v>
       </c>
       <c r="Q135" s="11">
         <v>1969</v>
       </c>
       <c r="R135" s="11">
         <v>968</v>
       </c>
       <c r="S135" s="31">
         <v>1001</v>
       </c>
-      <c r="T135" s="39">
+      <c r="T135" s="34">
         <v>2792</v>
       </c>
-      <c r="U135" s="39">
+      <c r="U135" s="34">
         <v>1367</v>
       </c>
-      <c r="V135" s="43">
+      <c r="V135" s="38">
         <v>1425</v>
       </c>
-    </row>
-    <row r="136" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W135" s="34">
+        <v>3152</v>
+      </c>
+      <c r="X135" s="34">
+        <v>1521</v>
+      </c>
+      <c r="Y135" s="34">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="136" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A136" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B136" s="11">
         <v>20822</v>
       </c>
       <c r="C136" s="11">
         <v>8792</v>
       </c>
       <c r="D136" s="11">
         <v>12030</v>
       </c>
       <c r="E136" s="11">
         <v>21093</v>
       </c>
       <c r="F136" s="11">
         <v>8781</v>
       </c>
       <c r="G136" s="11">
         <v>12312</v>
       </c>
       <c r="H136" s="11">
         <v>23311</v>
       </c>
       <c r="I136" s="11">
@@ -10873,61 +12072,70 @@
       </c>
       <c r="L136" s="11">
         <v>8435</v>
       </c>
       <c r="M136" s="11">
         <v>11568</v>
       </c>
       <c r="N136" s="11">
         <v>13574</v>
       </c>
       <c r="O136" s="11">
         <v>6079</v>
       </c>
       <c r="P136" s="11">
         <v>7495</v>
       </c>
       <c r="Q136" s="11">
         <v>16250</v>
       </c>
       <c r="R136" s="11">
         <v>6731</v>
       </c>
       <c r="S136" s="31">
         <v>9519</v>
       </c>
-      <c r="T136" s="39">
+      <c r="T136" s="34">
         <v>27626</v>
       </c>
-      <c r="U136" s="39">
+      <c r="U136" s="34">
         <v>11245</v>
       </c>
-      <c r="V136" s="43">
+      <c r="V136" s="38">
         <v>16381</v>
       </c>
-    </row>
-    <row r="137" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W136" s="34">
+        <v>33367</v>
+      </c>
+      <c r="X136" s="34">
+        <v>13256</v>
+      </c>
+      <c r="Y136" s="34">
+        <v>20111</v>
+      </c>
+    </row>
+    <row r="137" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A137" s="7" t="s">
         <v>134</v>
       </c>
       <c r="B137" s="11">
         <v>10646</v>
       </c>
       <c r="C137" s="11">
         <v>6250</v>
       </c>
       <c r="D137" s="11">
         <v>4396</v>
       </c>
       <c r="E137" s="11">
         <v>10903</v>
       </c>
       <c r="F137" s="11">
         <v>6394</v>
       </c>
       <c r="G137" s="11">
         <v>4509</v>
       </c>
       <c r="H137" s="11">
         <v>11029</v>
       </c>
       <c r="I137" s="11">
@@ -10941,61 +12149,70 @@
       </c>
       <c r="L137" s="11">
         <v>6110</v>
       </c>
       <c r="M137" s="11">
         <v>4131</v>
       </c>
       <c r="N137" s="11">
         <v>8556</v>
       </c>
       <c r="O137" s="11">
         <v>5344</v>
       </c>
       <c r="P137" s="11">
         <v>3212</v>
       </c>
       <c r="Q137" s="11">
         <v>8828</v>
       </c>
       <c r="R137" s="11">
         <v>5589</v>
       </c>
       <c r="S137" s="31">
         <v>3239</v>
       </c>
-      <c r="T137" s="39">
+      <c r="T137" s="34">
         <v>11382</v>
       </c>
-      <c r="U137" s="39">
+      <c r="U137" s="34">
         <v>6988</v>
       </c>
-      <c r="V137" s="43">
+      <c r="V137" s="38">
         <v>4394</v>
       </c>
-    </row>
-    <row r="138" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W137" s="34">
+        <v>12383</v>
+      </c>
+      <c r="X137" s="34">
+        <v>7491</v>
+      </c>
+      <c r="Y137" s="34">
+        <v>4892</v>
+      </c>
+    </row>
+    <row r="138" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A138" s="7" t="s">
         <v>135</v>
       </c>
       <c r="B138" s="11">
         <v>186665</v>
       </c>
       <c r="C138" s="11">
         <v>82345</v>
       </c>
       <c r="D138" s="11">
         <v>104320</v>
       </c>
       <c r="E138" s="11">
         <v>194218</v>
       </c>
       <c r="F138" s="11">
         <v>85762</v>
       </c>
       <c r="G138" s="11">
         <v>108456</v>
       </c>
       <c r="H138" s="11">
         <v>203114</v>
       </c>
       <c r="I138" s="11">
@@ -11009,61 +12226,70 @@
       </c>
       <c r="L138" s="11">
         <v>90800</v>
       </c>
       <c r="M138" s="11">
         <v>111796</v>
       </c>
       <c r="N138" s="11">
         <v>141296</v>
       </c>
       <c r="O138" s="11">
         <v>66182</v>
       </c>
       <c r="P138" s="11">
         <v>75114</v>
       </c>
       <c r="Q138" s="11">
         <v>187585</v>
       </c>
       <c r="R138" s="11">
         <v>85161</v>
       </c>
       <c r="S138" s="31">
         <v>102424</v>
       </c>
-      <c r="T138" s="39">
+      <c r="T138" s="34">
         <v>251970</v>
       </c>
-      <c r="U138" s="39">
+      <c r="U138" s="34">
         <v>110165</v>
       </c>
-      <c r="V138" s="43">
+      <c r="V138" s="38">
         <v>141805</v>
       </c>
-    </row>
-    <row r="139" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W138" s="34">
+        <v>278042</v>
+      </c>
+      <c r="X138" s="34">
+        <v>120105</v>
+      </c>
+      <c r="Y138" s="34">
+        <v>157937</v>
+      </c>
+    </row>
+    <row r="139" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A139" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B139" s="11">
         <v>8071</v>
       </c>
       <c r="C139" s="11">
         <v>4647</v>
       </c>
       <c r="D139" s="11">
         <v>3424</v>
       </c>
       <c r="E139" s="11">
         <v>8396</v>
       </c>
       <c r="F139" s="11">
         <v>4804</v>
       </c>
       <c r="G139" s="11">
         <v>3592</v>
       </c>
       <c r="H139" s="11">
         <v>8177</v>
       </c>
       <c r="I139" s="11">
@@ -11077,61 +12303,70 @@
       </c>
       <c r="L139" s="11">
         <v>4913</v>
       </c>
       <c r="M139" s="11">
         <v>3306</v>
       </c>
       <c r="N139" s="11">
         <v>7309</v>
       </c>
       <c r="O139" s="11">
         <v>4297</v>
       </c>
       <c r="P139" s="11">
         <v>3012</v>
       </c>
       <c r="Q139" s="11">
         <v>6977</v>
       </c>
       <c r="R139" s="11">
         <v>4104</v>
       </c>
       <c r="S139" s="31">
         <v>2873</v>
       </c>
-      <c r="T139" s="39">
+      <c r="T139" s="34">
         <v>9912</v>
       </c>
-      <c r="U139" s="39">
+      <c r="U139" s="34">
         <v>5840</v>
       </c>
-      <c r="V139" s="43">
+      <c r="V139" s="38">
         <v>4072</v>
       </c>
-    </row>
-    <row r="140" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W139" s="34">
+        <v>10480</v>
+      </c>
+      <c r="X139" s="34">
+        <v>6035</v>
+      </c>
+      <c r="Y139" s="34">
+        <v>4445</v>
+      </c>
+    </row>
+    <row r="140" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A140" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B140" s="11">
         <v>22366</v>
       </c>
       <c r="C140" s="11">
         <v>10765</v>
       </c>
       <c r="D140" s="11">
         <v>11601</v>
       </c>
       <c r="E140" s="11">
         <v>22735</v>
       </c>
       <c r="F140" s="11">
         <v>11061</v>
       </c>
       <c r="G140" s="11">
         <v>11674</v>
       </c>
       <c r="H140" s="11">
         <v>23494</v>
       </c>
       <c r="I140" s="11">
@@ -11145,61 +12380,70 @@
       </c>
       <c r="L140" s="11">
         <v>11206</v>
       </c>
       <c r="M140" s="11">
         <v>11657</v>
       </c>
       <c r="N140" s="11">
         <v>19933</v>
       </c>
       <c r="O140" s="11">
         <v>9977</v>
       </c>
       <c r="P140" s="11">
         <v>9956</v>
       </c>
       <c r="Q140" s="11">
         <v>21355</v>
       </c>
       <c r="R140" s="11">
         <v>10603</v>
       </c>
       <c r="S140" s="31">
         <v>10752</v>
       </c>
-      <c r="T140" s="39">
+      <c r="T140" s="34">
         <v>27944</v>
       </c>
-      <c r="U140" s="39">
+      <c r="U140" s="34">
         <v>13799</v>
       </c>
-      <c r="V140" s="43">
+      <c r="V140" s="38">
         <v>14145</v>
       </c>
-    </row>
-    <row r="141" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W140" s="34">
+        <v>30110</v>
+      </c>
+      <c r="X140" s="34">
+        <v>14708</v>
+      </c>
+      <c r="Y140" s="34">
+        <v>15402</v>
+      </c>
+    </row>
+    <row r="141" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A141" s="7" t="s">
         <v>138</v>
       </c>
       <c r="B141" s="11">
         <v>3298</v>
       </c>
       <c r="C141" s="11">
         <v>1581</v>
       </c>
       <c r="D141" s="11">
         <v>1717</v>
       </c>
       <c r="E141" s="11">
         <v>3481</v>
       </c>
       <c r="F141" s="11">
         <v>1675</v>
       </c>
       <c r="G141" s="11">
         <v>1806</v>
       </c>
       <c r="H141" s="11">
         <v>3607</v>
       </c>
       <c r="I141" s="11">
@@ -11213,61 +12457,70 @@
       </c>
       <c r="L141" s="11">
         <v>1627</v>
       </c>
       <c r="M141" s="11">
         <v>1676</v>
       </c>
       <c r="N141" s="11">
         <v>2701</v>
       </c>
       <c r="O141" s="11">
         <v>1363</v>
       </c>
       <c r="P141" s="11">
         <v>1338</v>
       </c>
       <c r="Q141" s="11">
         <v>3430</v>
       </c>
       <c r="R141" s="11">
         <v>1782</v>
       </c>
       <c r="S141" s="31">
         <v>1648</v>
       </c>
-      <c r="T141" s="39">
+      <c r="T141" s="34">
         <v>4522</v>
       </c>
-      <c r="U141" s="39">
+      <c r="U141" s="34">
         <v>2236</v>
       </c>
-      <c r="V141" s="43">
+      <c r="V141" s="38">
         <v>2286</v>
       </c>
-    </row>
-    <row r="142" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W141" s="34">
+        <v>5118</v>
+      </c>
+      <c r="X141" s="34">
+        <v>2551</v>
+      </c>
+      <c r="Y141" s="34">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="142" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A142" s="7" t="s">
         <v>139</v>
       </c>
       <c r="B142" s="11">
         <v>1214</v>
       </c>
       <c r="C142" s="11">
         <v>591</v>
       </c>
       <c r="D142" s="11">
         <v>623</v>
       </c>
       <c r="E142" s="11">
         <v>1226</v>
       </c>
       <c r="F142" s="11">
         <v>557</v>
       </c>
       <c r="G142" s="11">
         <v>669</v>
       </c>
       <c r="H142" s="11">
         <v>1296</v>
       </c>
       <c r="I142" s="11">
@@ -11281,61 +12534,70 @@
       </c>
       <c r="L142" s="11">
         <v>584</v>
       </c>
       <c r="M142" s="11">
         <v>771</v>
       </c>
       <c r="N142" s="11">
         <v>1188</v>
       </c>
       <c r="O142" s="11">
         <v>573</v>
       </c>
       <c r="P142" s="11">
         <v>615</v>
       </c>
       <c r="Q142" s="11">
         <v>1164</v>
       </c>
       <c r="R142" s="11">
         <v>558</v>
       </c>
       <c r="S142" s="30">
         <v>606</v>
       </c>
-      <c r="T142" s="39">
+      <c r="T142" s="34">
         <v>1812</v>
       </c>
-      <c r="U142" s="39">
+      <c r="U142" s="34">
         <v>851</v>
       </c>
-      <c r="V142" s="42">
+      <c r="V142" s="37">
         <v>961</v>
       </c>
-    </row>
-    <row r="143" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W142" s="34">
+        <v>1959</v>
+      </c>
+      <c r="X142" s="34">
+        <v>860</v>
+      </c>
+      <c r="Y142" s="34">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="143" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A143" s="7" t="s">
         <v>140</v>
       </c>
       <c r="B143" s="11">
         <v>181181</v>
       </c>
       <c r="C143" s="11">
         <v>79145</v>
       </c>
       <c r="D143" s="11">
         <v>102036</v>
       </c>
       <c r="E143" s="11">
         <v>189299</v>
       </c>
       <c r="F143" s="11">
         <v>82771</v>
       </c>
       <c r="G143" s="11">
         <v>106528</v>
       </c>
       <c r="H143" s="11">
         <v>199056</v>
       </c>
       <c r="I143" s="11">
@@ -11349,61 +12611,70 @@
       </c>
       <c r="L143" s="11">
         <v>88441</v>
       </c>
       <c r="M143" s="11">
         <v>110151</v>
       </c>
       <c r="N143" s="11">
         <v>139214</v>
       </c>
       <c r="O143" s="11">
         <v>64756</v>
       </c>
       <c r="P143" s="11">
         <v>74458</v>
       </c>
       <c r="Q143" s="11">
         <v>184335</v>
       </c>
       <c r="R143" s="11">
         <v>83219</v>
       </c>
       <c r="S143" s="31">
         <v>101116</v>
       </c>
-      <c r="T143" s="39">
+      <c r="T143" s="34">
         <v>247053</v>
       </c>
-      <c r="U143" s="39">
+      <c r="U143" s="34">
         <v>107358</v>
       </c>
-      <c r="V143" s="43">
+      <c r="V143" s="38">
         <v>139695</v>
       </c>
-    </row>
-    <row r="144" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W143" s="34">
+        <v>272065</v>
+      </c>
+      <c r="X143" s="34">
+        <v>117091</v>
+      </c>
+      <c r="Y143" s="34">
+        <v>154974</v>
+      </c>
+    </row>
+    <row r="144" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A144" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B144" s="11">
         <v>47757</v>
       </c>
       <c r="C144" s="11">
         <v>22214</v>
       </c>
       <c r="D144" s="11">
         <v>25543</v>
       </c>
       <c r="E144" s="11">
         <v>49439</v>
       </c>
       <c r="F144" s="11">
         <v>23199</v>
       </c>
       <c r="G144" s="11">
         <v>26240</v>
       </c>
       <c r="H144" s="11">
         <v>51483</v>
       </c>
       <c r="I144" s="11">
@@ -11417,61 +12688,70 @@
       </c>
       <c r="L144" s="11">
         <v>23241</v>
       </c>
       <c r="M144" s="11">
         <v>25768</v>
       </c>
       <c r="N144" s="11">
         <v>42593</v>
       </c>
       <c r="O144" s="11">
         <v>20582</v>
       </c>
       <c r="P144" s="11">
         <v>22011</v>
       </c>
       <c r="Q144" s="11">
         <v>43388</v>
       </c>
       <c r="R144" s="11">
         <v>20727</v>
       </c>
       <c r="S144" s="31">
         <v>22661</v>
       </c>
-      <c r="T144" s="39">
+      <c r="T144" s="34">
         <v>61790</v>
       </c>
-      <c r="U144" s="39">
+      <c r="U144" s="34">
         <v>29091</v>
       </c>
-      <c r="V144" s="43">
+      <c r="V144" s="38">
         <v>32699</v>
       </c>
-    </row>
-    <row r="145" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W144" s="34">
+        <v>68411</v>
+      </c>
+      <c r="X144" s="34">
+        <v>31555</v>
+      </c>
+      <c r="Y144" s="34">
+        <v>36856</v>
+      </c>
+    </row>
+    <row r="145" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A145" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B145" s="11">
         <v>9532</v>
       </c>
       <c r="C145" s="11">
         <v>4979</v>
       </c>
       <c r="D145" s="11">
         <v>4553</v>
       </c>
       <c r="E145" s="11">
         <v>9988</v>
       </c>
       <c r="F145" s="11">
         <v>5173</v>
       </c>
       <c r="G145" s="11">
         <v>4815</v>
       </c>
       <c r="H145" s="11">
         <v>9855</v>
       </c>
       <c r="I145" s="11">
@@ -11485,61 +12765,70 @@
       </c>
       <c r="L145" s="11">
         <v>3636</v>
       </c>
       <c r="M145" s="11">
         <v>3665</v>
       </c>
       <c r="N145" s="11">
         <v>5236</v>
       </c>
       <c r="O145" s="11">
         <v>2736</v>
       </c>
       <c r="P145" s="11">
         <v>2500</v>
       </c>
       <c r="Q145" s="11">
         <v>5123</v>
       </c>
       <c r="R145" s="11">
         <v>2576</v>
       </c>
       <c r="S145" s="31">
         <v>2547</v>
       </c>
-      <c r="T145" s="39">
+      <c r="T145" s="34">
         <v>9233</v>
       </c>
-      <c r="U145" s="39">
+      <c r="U145" s="34">
         <v>4792</v>
       </c>
-      <c r="V145" s="43">
+      <c r="V145" s="38">
         <v>4441</v>
       </c>
-    </row>
-    <row r="146" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W145" s="34">
+        <v>10804</v>
+      </c>
+      <c r="X145" s="34">
+        <v>5555</v>
+      </c>
+      <c r="Y145" s="34">
+        <v>5249</v>
+      </c>
+    </row>
+    <row r="146" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A146" s="7" t="s">
         <v>143</v>
       </c>
       <c r="B146" s="11">
         <v>3615</v>
       </c>
       <c r="C146" s="11">
         <v>1941</v>
       </c>
       <c r="D146" s="11">
         <v>1674</v>
       </c>
       <c r="E146" s="11">
         <v>3684</v>
       </c>
       <c r="F146" s="11">
         <v>1958</v>
       </c>
       <c r="G146" s="11">
         <v>1726</v>
       </c>
       <c r="H146" s="11">
         <v>3810</v>
       </c>
       <c r="I146" s="11">
@@ -11553,61 +12842,70 @@
       </c>
       <c r="L146" s="11">
         <v>2118</v>
       </c>
       <c r="M146" s="11">
         <v>1917</v>
       </c>
       <c r="N146" s="11">
         <v>3865</v>
       </c>
       <c r="O146" s="11">
         <v>2108</v>
       </c>
       <c r="P146" s="11">
         <v>1757</v>
       </c>
       <c r="Q146" s="11">
         <v>3720</v>
       </c>
       <c r="R146" s="11">
         <v>2122</v>
       </c>
       <c r="S146" s="31">
         <v>1598</v>
       </c>
-      <c r="T146" s="39">
+      <c r="T146" s="34">
         <v>4680</v>
       </c>
-      <c r="U146" s="39">
+      <c r="U146" s="34">
         <v>2461</v>
       </c>
-      <c r="V146" s="43">
+      <c r="V146" s="38">
         <v>2219</v>
       </c>
-    </row>
-    <row r="147" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W146" s="34">
+        <v>4951</v>
+      </c>
+      <c r="X146" s="34">
+        <v>2602</v>
+      </c>
+      <c r="Y146" s="34">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="147" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A147" s="7" t="s">
         <v>144</v>
       </c>
       <c r="B147" s="11">
         <v>26615</v>
       </c>
       <c r="C147" s="11">
         <v>8573</v>
       </c>
       <c r="D147" s="11">
         <v>18042</v>
       </c>
       <c r="E147" s="11">
         <v>26310</v>
       </c>
       <c r="F147" s="11">
         <v>8641</v>
       </c>
       <c r="G147" s="11">
         <v>17669</v>
       </c>
       <c r="H147" s="11">
         <v>27163</v>
       </c>
       <c r="I147" s="11">
@@ -11621,61 +12919,70 @@
       </c>
       <c r="L147" s="11">
         <v>8217</v>
       </c>
       <c r="M147" s="11">
         <v>17415</v>
       </c>
       <c r="N147" s="11">
         <v>19638</v>
       </c>
       <c r="O147" s="11">
         <v>6566</v>
       </c>
       <c r="P147" s="11">
         <v>13072</v>
       </c>
       <c r="Q147" s="11">
         <v>15328</v>
       </c>
       <c r="R147" s="11">
         <v>5227</v>
       </c>
       <c r="S147" s="31">
         <v>10101</v>
       </c>
-      <c r="T147" s="39">
+      <c r="T147" s="34">
         <v>26315</v>
       </c>
-      <c r="U147" s="39">
+      <c r="U147" s="34">
         <v>8580</v>
       </c>
-      <c r="V147" s="43">
+      <c r="V147" s="38">
         <v>17735</v>
       </c>
-    </row>
-    <row r="148" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W147" s="34">
+        <v>31566</v>
+      </c>
+      <c r="X147" s="34">
+        <v>10269</v>
+      </c>
+      <c r="Y147" s="34">
+        <v>21297</v>
+      </c>
+    </row>
+    <row r="148" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A148" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B148" s="11">
         <v>519</v>
       </c>
       <c r="C148" s="11">
         <v>283</v>
       </c>
       <c r="D148" s="11">
         <v>236</v>
       </c>
       <c r="E148" s="11">
         <v>603</v>
       </c>
       <c r="F148" s="11">
         <v>304</v>
       </c>
       <c r="G148" s="11">
         <v>299</v>
       </c>
       <c r="H148" s="11">
         <v>480</v>
       </c>
       <c r="I148" s="11">
@@ -11689,61 +12996,70 @@
       </c>
       <c r="L148" s="11">
         <v>254</v>
       </c>
       <c r="M148" s="11">
         <v>236</v>
       </c>
       <c r="N148" s="11">
         <v>394</v>
       </c>
       <c r="O148" s="11">
         <v>195</v>
       </c>
       <c r="P148" s="11">
         <v>199</v>
       </c>
       <c r="Q148" s="11">
         <v>388</v>
       </c>
       <c r="R148" s="11">
         <v>214</v>
       </c>
       <c r="S148" s="30">
         <v>174</v>
       </c>
-      <c r="T148" s="39">
+      <c r="T148" s="34">
         <v>407</v>
       </c>
-      <c r="U148" s="39">
+      <c r="U148" s="34">
         <v>209</v>
       </c>
-      <c r="V148" s="42">
+      <c r="V148" s="37">
         <v>198</v>
       </c>
-    </row>
-    <row r="149" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W148" s="34">
+        <v>454</v>
+      </c>
+      <c r="X148" s="34">
+        <v>240</v>
+      </c>
+      <c r="Y148" s="34">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="149" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A149" s="7" t="s">
         <v>146</v>
       </c>
       <c r="B149" s="11">
         <v>24931</v>
       </c>
       <c r="C149" s="11">
         <v>9922</v>
       </c>
       <c r="D149" s="11">
         <v>15009</v>
       </c>
       <c r="E149" s="11">
         <v>24693</v>
       </c>
       <c r="F149" s="11">
         <v>9959</v>
       </c>
       <c r="G149" s="11">
         <v>14734</v>
       </c>
       <c r="H149" s="11">
         <v>24026</v>
       </c>
       <c r="I149" s="11">
@@ -11757,61 +13073,70 @@
       </c>
       <c r="L149" s="11">
         <v>9302</v>
       </c>
       <c r="M149" s="11">
         <v>13422</v>
       </c>
       <c r="N149" s="11">
         <v>19939</v>
       </c>
       <c r="O149" s="11">
         <v>8172</v>
       </c>
       <c r="P149" s="11">
         <v>11767</v>
       </c>
       <c r="Q149" s="11">
         <v>17919</v>
       </c>
       <c r="R149" s="11">
         <v>7286</v>
       </c>
       <c r="S149" s="31">
         <v>10633</v>
       </c>
-      <c r="T149" s="39">
+      <c r="T149" s="34">
         <v>23053</v>
       </c>
-      <c r="U149" s="39">
+      <c r="U149" s="34">
         <v>9191</v>
       </c>
-      <c r="V149" s="43">
+      <c r="V149" s="38">
         <v>13862</v>
       </c>
-    </row>
-    <row r="150" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W149" s="34">
+        <v>23336</v>
+      </c>
+      <c r="X149" s="34">
+        <v>9099</v>
+      </c>
+      <c r="Y149" s="34">
+        <v>14237</v>
+      </c>
+    </row>
+    <row r="150" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A150" s="7" t="s">
         <v>304</v>
       </c>
       <c r="B150" s="11">
         <v>1354150</v>
       </c>
       <c r="C150" s="11">
         <v>588348</v>
       </c>
       <c r="D150" s="11">
         <v>765802</v>
       </c>
       <c r="E150" s="11">
         <v>1458678</v>
       </c>
       <c r="F150" s="11">
         <v>640150</v>
       </c>
       <c r="G150" s="11">
         <v>818528</v>
       </c>
       <c r="H150" s="11">
         <v>1556403</v>
       </c>
       <c r="I150" s="11">
@@ -11825,61 +13150,70 @@
       </c>
       <c r="L150" s="11">
         <v>708011</v>
       </c>
       <c r="M150" s="11">
         <v>860873</v>
       </c>
       <c r="N150" s="11">
         <v>1509151</v>
       </c>
       <c r="O150" s="11">
         <v>691585</v>
       </c>
       <c r="P150" s="11">
         <v>817566</v>
       </c>
       <c r="Q150" s="11">
         <v>1407430</v>
       </c>
       <c r="R150" s="11">
         <v>630594</v>
       </c>
       <c r="S150" s="31">
         <v>776836</v>
       </c>
-      <c r="T150" s="39">
+      <c r="T150" s="34">
         <v>1873814</v>
       </c>
-      <c r="U150" s="39">
+      <c r="U150" s="34">
         <v>850154</v>
       </c>
-      <c r="V150" s="43">
+      <c r="V150" s="38">
         <v>1023660</v>
       </c>
-    </row>
-    <row r="151" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W150" s="34">
+        <v>2070358</v>
+      </c>
+      <c r="X150" s="34">
+        <v>927196</v>
+      </c>
+      <c r="Y150" s="34">
+        <v>1143162</v>
+      </c>
+    </row>
+    <row r="151" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A151" s="7" t="s">
         <v>147</v>
       </c>
       <c r="B151" s="11">
         <v>9466</v>
       </c>
       <c r="C151" s="11">
         <v>4378</v>
       </c>
       <c r="D151" s="11">
         <v>5088</v>
       </c>
       <c r="E151" s="11">
         <v>9755</v>
       </c>
       <c r="F151" s="11">
         <v>4477</v>
       </c>
       <c r="G151" s="11">
         <v>5278</v>
       </c>
       <c r="H151" s="11">
         <v>9649</v>
       </c>
       <c r="I151" s="11">
@@ -11893,61 +13227,70 @@
       </c>
       <c r="L151" s="11">
         <v>4440</v>
       </c>
       <c r="M151" s="11">
         <v>5101</v>
       </c>
       <c r="N151" s="11">
         <v>9785</v>
       </c>
       <c r="O151" s="11">
         <v>4495</v>
       </c>
       <c r="P151" s="11">
         <v>5290</v>
       </c>
       <c r="Q151" s="11">
         <v>8838</v>
       </c>
       <c r="R151" s="11">
         <v>3998</v>
       </c>
       <c r="S151" s="31">
         <v>4840</v>
       </c>
-      <c r="T151" s="39">
+      <c r="T151" s="34">
         <v>11989</v>
       </c>
-      <c r="U151" s="39">
+      <c r="U151" s="34">
         <v>5396</v>
       </c>
-      <c r="V151" s="43">
+      <c r="V151" s="38">
         <v>6593</v>
       </c>
-    </row>
-    <row r="152" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W151" s="34">
+        <v>13403</v>
+      </c>
+      <c r="X151" s="34">
+        <v>6223</v>
+      </c>
+      <c r="Y151" s="34">
+        <v>7180</v>
+      </c>
+    </row>
+    <row r="152" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A152" s="7" t="s">
         <v>148</v>
       </c>
       <c r="B152" s="11">
         <v>84305</v>
       </c>
       <c r="C152" s="11">
         <v>48921</v>
       </c>
       <c r="D152" s="11">
         <v>35384</v>
       </c>
       <c r="E152" s="11">
         <v>88945</v>
       </c>
       <c r="F152" s="11">
         <v>51713</v>
       </c>
       <c r="G152" s="11">
         <v>37232</v>
       </c>
       <c r="H152" s="11">
         <v>92659</v>
       </c>
       <c r="I152" s="11">
@@ -11961,61 +13304,70 @@
       </c>
       <c r="L152" s="11">
         <v>55344</v>
       </c>
       <c r="M152" s="11">
         <v>38651</v>
       </c>
       <c r="N152" s="11">
         <v>87385</v>
       </c>
       <c r="O152" s="11">
         <v>51692</v>
       </c>
       <c r="P152" s="11">
         <v>35693</v>
       </c>
       <c r="Q152" s="11">
         <v>80974</v>
       </c>
       <c r="R152" s="11">
         <v>47914</v>
       </c>
       <c r="S152" s="31">
         <v>33060</v>
       </c>
-      <c r="T152" s="39">
+      <c r="T152" s="34">
         <v>98068</v>
       </c>
-      <c r="U152" s="39">
+      <c r="U152" s="34">
         <v>58709</v>
       </c>
-      <c r="V152" s="43">
+      <c r="V152" s="38">
         <v>39359</v>
       </c>
-    </row>
-    <row r="153" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W152" s="34">
+        <v>97184</v>
+      </c>
+      <c r="X152" s="34">
+        <v>58014</v>
+      </c>
+      <c r="Y152" s="34">
+        <v>39170</v>
+      </c>
+    </row>
+    <row r="153" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A153" s="7" t="s">
         <v>149</v>
       </c>
       <c r="B153" s="11">
         <v>242641</v>
       </c>
       <c r="C153" s="11">
         <v>137885</v>
       </c>
       <c r="D153" s="11">
         <v>104756</v>
       </c>
       <c r="E153" s="11">
         <v>248496</v>
       </c>
       <c r="F153" s="11">
         <v>143240</v>
       </c>
       <c r="G153" s="11">
         <v>105256</v>
       </c>
       <c r="H153" s="11">
         <v>258263</v>
       </c>
       <c r="I153" s="11">
@@ -12029,61 +13381,70 @@
       </c>
       <c r="L153" s="11">
         <v>153526</v>
       </c>
       <c r="M153" s="11">
         <v>105803</v>
       </c>
       <c r="N153" s="11">
         <v>235821</v>
       </c>
       <c r="O153" s="11">
         <v>141347</v>
       </c>
       <c r="P153" s="11">
         <v>94474</v>
       </c>
       <c r="Q153" s="11">
         <v>211835</v>
       </c>
       <c r="R153" s="11">
         <v>125681</v>
       </c>
       <c r="S153" s="31">
         <v>86154</v>
       </c>
-      <c r="T153" s="39">
+      <c r="T153" s="34">
         <v>289807</v>
       </c>
-      <c r="U153" s="39">
+      <c r="U153" s="34">
         <v>174348</v>
       </c>
-      <c r="V153" s="43">
+      <c r="V153" s="38">
         <v>115459</v>
       </c>
-    </row>
-    <row r="154" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W153" s="34">
+        <v>298906</v>
+      </c>
+      <c r="X153" s="34">
+        <v>179906</v>
+      </c>
+      <c r="Y153" s="34">
+        <v>119000</v>
+      </c>
+    </row>
+    <row r="154" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A154" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B154" s="11">
         <v>6863</v>
       </c>
       <c r="C154" s="11">
         <v>2479</v>
       </c>
       <c r="D154" s="11">
         <v>4384</v>
       </c>
       <c r="E154" s="11">
         <v>7630</v>
       </c>
       <c r="F154" s="11">
         <v>2808</v>
       </c>
       <c r="G154" s="11">
         <v>4822</v>
       </c>
       <c r="H154" s="11">
         <v>8556</v>
       </c>
       <c r="I154" s="11">
@@ -12097,61 +13458,70 @@
       </c>
       <c r="L154" s="11">
         <v>3834</v>
       </c>
       <c r="M154" s="11">
         <v>5988</v>
       </c>
       <c r="N154" s="11">
         <v>12814</v>
       </c>
       <c r="O154" s="11">
         <v>5148</v>
       </c>
       <c r="P154" s="11">
         <v>7666</v>
       </c>
       <c r="Q154" s="11">
         <v>12241</v>
       </c>
       <c r="R154" s="11">
         <v>4672</v>
       </c>
       <c r="S154" s="31">
         <v>7569</v>
       </c>
-      <c r="T154" s="39">
+      <c r="T154" s="34">
         <v>16113</v>
       </c>
-      <c r="U154" s="39">
+      <c r="U154" s="34">
         <v>6111</v>
       </c>
-      <c r="V154" s="43">
+      <c r="V154" s="38">
         <v>10002</v>
       </c>
-    </row>
-    <row r="155" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W154" s="34">
+        <v>17171</v>
+      </c>
+      <c r="X154" s="34">
+        <v>6547</v>
+      </c>
+      <c r="Y154" s="34">
+        <v>10624</v>
+      </c>
+    </row>
+    <row r="155" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A155" s="7" t="s">
         <v>151</v>
       </c>
       <c r="B155" s="11">
         <v>243791</v>
       </c>
       <c r="C155" s="11">
         <v>116281</v>
       </c>
       <c r="D155" s="11">
         <v>127510</v>
       </c>
       <c r="E155" s="11">
         <v>249967</v>
       </c>
       <c r="F155" s="11">
         <v>119666</v>
       </c>
       <c r="G155" s="11">
         <v>130301</v>
       </c>
       <c r="H155" s="11">
         <v>276660</v>
       </c>
       <c r="I155" s="11">
@@ -12165,61 +13535,70 @@
       </c>
       <c r="L155" s="11">
         <v>138559</v>
       </c>
       <c r="M155" s="11">
         <v>144500</v>
       </c>
       <c r="N155" s="11">
         <v>271001</v>
       </c>
       <c r="O155" s="11">
         <v>134780</v>
       </c>
       <c r="P155" s="11">
         <v>136221</v>
       </c>
       <c r="Q155" s="11">
         <v>245187</v>
       </c>
       <c r="R155" s="11">
         <v>121060</v>
       </c>
       <c r="S155" s="31">
         <v>124127</v>
       </c>
-      <c r="T155" s="39">
+      <c r="T155" s="34">
         <v>336392</v>
       </c>
-      <c r="U155" s="39">
+      <c r="U155" s="34">
         <v>165382</v>
       </c>
-      <c r="V155" s="43">
+      <c r="V155" s="38">
         <v>171010</v>
       </c>
-    </row>
-    <row r="156" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W155" s="34">
+        <v>362393</v>
+      </c>
+      <c r="X155" s="34">
+        <v>177852</v>
+      </c>
+      <c r="Y155" s="34">
+        <v>184541</v>
+      </c>
+    </row>
+    <row r="156" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A156" s="7" t="s">
         <v>152</v>
       </c>
       <c r="B156" s="11">
         <v>201914</v>
       </c>
       <c r="C156" s="11">
         <v>89144</v>
       </c>
       <c r="D156" s="11">
         <v>112770</v>
       </c>
       <c r="E156" s="11">
         <v>211987</v>
       </c>
       <c r="F156" s="11">
         <v>94675</v>
       </c>
       <c r="G156" s="11">
         <v>117312</v>
       </c>
       <c r="H156" s="11">
         <v>216131</v>
       </c>
       <c r="I156" s="11">
@@ -12233,61 +13612,70 @@
       </c>
       <c r="L156" s="11">
         <v>102786</v>
       </c>
       <c r="M156" s="11">
         <v>121335</v>
       </c>
       <c r="N156" s="11">
         <v>217870</v>
       </c>
       <c r="O156" s="11">
         <v>102552</v>
       </c>
       <c r="P156" s="11">
         <v>115318</v>
       </c>
       <c r="Q156" s="11">
         <v>200744</v>
       </c>
       <c r="R156" s="11">
         <v>94832</v>
       </c>
       <c r="S156" s="31">
         <v>105912</v>
       </c>
-      <c r="T156" s="39">
+      <c r="T156" s="34">
         <v>266142</v>
       </c>
-      <c r="U156" s="39">
+      <c r="U156" s="34">
         <v>126246</v>
       </c>
-      <c r="V156" s="43">
+      <c r="V156" s="38">
         <v>139896</v>
       </c>
-    </row>
-    <row r="157" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W156" s="34">
+        <v>274699</v>
+      </c>
+      <c r="X156" s="34">
+        <v>129566</v>
+      </c>
+      <c r="Y156" s="34">
+        <v>145133</v>
+      </c>
+    </row>
+    <row r="157" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A157" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B157" s="11">
         <v>122299</v>
       </c>
       <c r="C157" s="11">
         <v>60264</v>
       </c>
       <c r="D157" s="11">
         <v>62035</v>
       </c>
       <c r="E157" s="11">
         <v>125145</v>
       </c>
       <c r="F157" s="11">
         <v>62673</v>
       </c>
       <c r="G157" s="11">
         <v>62472</v>
       </c>
       <c r="H157" s="11">
         <v>129214</v>
       </c>
       <c r="I157" s="11">
@@ -12301,61 +13689,70 @@
       </c>
       <c r="L157" s="11">
         <v>67628</v>
       </c>
       <c r="M157" s="11">
         <v>62455</v>
       </c>
       <c r="N157" s="11">
         <v>123603</v>
       </c>
       <c r="O157" s="11">
         <v>66267</v>
       </c>
       <c r="P157" s="11">
         <v>57336</v>
       </c>
       <c r="Q157" s="11">
         <v>112651</v>
       </c>
       <c r="R157" s="11">
         <v>59975</v>
       </c>
       <c r="S157" s="31">
         <v>52676</v>
       </c>
-      <c r="T157" s="39">
+      <c r="T157" s="34">
         <v>149646</v>
       </c>
-      <c r="U157" s="39">
+      <c r="U157" s="34">
         <v>79218</v>
       </c>
-      <c r="V157" s="43">
+      <c r="V157" s="38">
         <v>70428</v>
       </c>
-    </row>
-    <row r="158" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W157" s="34">
+        <v>155949</v>
+      </c>
+      <c r="X157" s="34">
+        <v>83264</v>
+      </c>
+      <c r="Y157" s="34">
+        <v>72685</v>
+      </c>
+    </row>
+    <row r="158" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A158" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B158" s="11">
         <v>59529</v>
       </c>
       <c r="C158" s="11">
         <v>35153</v>
       </c>
       <c r="D158" s="11">
         <v>24376</v>
       </c>
       <c r="E158" s="11">
         <v>62163</v>
       </c>
       <c r="F158" s="11">
         <v>36990</v>
       </c>
       <c r="G158" s="11">
         <v>25173</v>
       </c>
       <c r="H158" s="11">
         <v>64769</v>
       </c>
       <c r="I158" s="11">
@@ -12369,61 +13766,70 @@
       </c>
       <c r="L158" s="11">
         <v>40661</v>
       </c>
       <c r="M158" s="11">
         <v>27851</v>
       </c>
       <c r="N158" s="11">
         <v>68697</v>
       </c>
       <c r="O158" s="11">
         <v>41072</v>
       </c>
       <c r="P158" s="11">
         <v>27625</v>
       </c>
       <c r="Q158" s="11">
         <v>63287</v>
       </c>
       <c r="R158" s="11">
         <v>37798</v>
       </c>
       <c r="S158" s="31">
         <v>25489</v>
       </c>
-      <c r="T158" s="39">
+      <c r="T158" s="34">
         <v>77930</v>
       </c>
-      <c r="U158" s="39">
+      <c r="U158" s="34">
         <v>46397</v>
       </c>
-      <c r="V158" s="43">
+      <c r="V158" s="38">
         <v>31533</v>
       </c>
-    </row>
-    <row r="159" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W158" s="34">
+        <v>78404</v>
+      </c>
+      <c r="X158" s="34">
+        <v>46567</v>
+      </c>
+      <c r="Y158" s="34">
+        <v>31837</v>
+      </c>
+    </row>
+    <row r="159" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A159" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B159" s="11">
         <v>111100</v>
       </c>
       <c r="C159" s="11">
         <v>59620</v>
       </c>
       <c r="D159" s="11">
         <v>51480</v>
       </c>
       <c r="E159" s="11">
         <v>121634</v>
       </c>
       <c r="F159" s="11">
         <v>65433</v>
       </c>
       <c r="G159" s="11">
         <v>56201</v>
       </c>
       <c r="H159" s="11">
         <v>130726</v>
       </c>
       <c r="I159" s="11">
@@ -12437,61 +13843,70 @@
       </c>
       <c r="L159" s="11">
         <v>71555</v>
       </c>
       <c r="M159" s="11">
         <v>60836</v>
       </c>
       <c r="N159" s="11">
         <v>128202</v>
       </c>
       <c r="O159" s="11">
         <v>69645</v>
       </c>
       <c r="P159" s="11">
         <v>58557</v>
       </c>
       <c r="Q159" s="11">
         <v>123497</v>
       </c>
       <c r="R159" s="11">
         <v>67160</v>
       </c>
       <c r="S159" s="31">
         <v>56337</v>
       </c>
-      <c r="T159" s="39">
+      <c r="T159" s="34">
         <v>158038</v>
       </c>
-      <c r="U159" s="39">
+      <c r="U159" s="34">
         <v>85050</v>
       </c>
-      <c r="V159" s="43">
+      <c r="V159" s="38">
         <v>72988</v>
       </c>
-    </row>
-    <row r="160" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W159" s="34">
+        <v>169201</v>
+      </c>
+      <c r="X159" s="34">
+        <v>90465</v>
+      </c>
+      <c r="Y159" s="34">
+        <v>78736</v>
+      </c>
+    </row>
+    <row r="160" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A160" s="7" t="s">
         <v>156</v>
       </c>
       <c r="B160" s="11">
         <v>26175</v>
       </c>
       <c r="C160" s="11">
         <v>13954</v>
       </c>
       <c r="D160" s="11">
         <v>12221</v>
       </c>
       <c r="E160" s="11">
         <v>28579</v>
       </c>
       <c r="F160" s="11">
         <v>15289</v>
       </c>
       <c r="G160" s="11">
         <v>13290</v>
       </c>
       <c r="H160" s="11">
         <v>29193</v>
       </c>
       <c r="I160" s="11">
@@ -12505,61 +13920,70 @@
       </c>
       <c r="L160" s="11">
         <v>16155</v>
       </c>
       <c r="M160" s="11">
         <v>13833</v>
       </c>
       <c r="N160" s="11">
         <v>28059</v>
       </c>
       <c r="O160" s="11">
         <v>15214</v>
       </c>
       <c r="P160" s="11">
         <v>12845</v>
       </c>
       <c r="Q160" s="11">
         <v>26379</v>
       </c>
       <c r="R160" s="11">
         <v>14387</v>
       </c>
       <c r="S160" s="31">
         <v>11992</v>
       </c>
-      <c r="T160" s="39">
+      <c r="T160" s="34">
         <v>32705</v>
       </c>
-      <c r="U160" s="39">
+      <c r="U160" s="34">
         <v>17625</v>
       </c>
-      <c r="V160" s="43">
+      <c r="V160" s="38">
         <v>15080</v>
       </c>
-    </row>
-    <row r="161" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W160" s="34">
+        <v>30776</v>
+      </c>
+      <c r="X160" s="34">
+        <v>16364</v>
+      </c>
+      <c r="Y160" s="34">
+        <v>14412</v>
+      </c>
+    </row>
+    <row r="161" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A161" s="7" t="s">
         <v>157</v>
       </c>
       <c r="B161" s="11">
         <v>108003</v>
       </c>
       <c r="C161" s="11">
         <v>59258</v>
       </c>
       <c r="D161" s="11">
         <v>48745</v>
       </c>
       <c r="E161" s="11">
         <v>118710</v>
       </c>
       <c r="F161" s="11">
         <v>65511</v>
       </c>
       <c r="G161" s="11">
         <v>53199</v>
       </c>
       <c r="H161" s="11">
         <v>130983</v>
       </c>
       <c r="I161" s="11">
@@ -12573,61 +13997,70 @@
       </c>
       <c r="L161" s="11">
         <v>76157</v>
       </c>
       <c r="M161" s="11">
         <v>62092</v>
       </c>
       <c r="N161" s="11">
         <v>135184</v>
       </c>
       <c r="O161" s="11">
         <v>75012</v>
       </c>
       <c r="P161" s="11">
         <v>60172</v>
       </c>
       <c r="Q161" s="11">
         <v>127045</v>
       </c>
       <c r="R161" s="11">
         <v>69942</v>
       </c>
       <c r="S161" s="31">
         <v>57103</v>
       </c>
-      <c r="T161" s="39">
+      <c r="T161" s="34">
         <v>181762</v>
       </c>
-      <c r="U161" s="39">
+      <c r="U161" s="34">
         <v>100134</v>
       </c>
-      <c r="V161" s="43">
+      <c r="V161" s="38">
         <v>81628</v>
       </c>
-    </row>
-    <row r="162" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W161" s="34">
+        <v>204681</v>
+      </c>
+      <c r="X161" s="34">
+        <v>111702</v>
+      </c>
+      <c r="Y161" s="34">
+        <v>92979</v>
+      </c>
+    </row>
+    <row r="162" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A162" s="7" t="s">
         <v>158</v>
       </c>
       <c r="B162" s="11">
         <v>2351</v>
       </c>
       <c r="C162" s="11">
         <v>1242</v>
       </c>
       <c r="D162" s="11">
         <v>1109</v>
       </c>
       <c r="E162" s="11">
         <v>2424</v>
       </c>
       <c r="F162" s="11">
         <v>1281</v>
       </c>
       <c r="G162" s="11">
         <v>1143</v>
       </c>
       <c r="H162" s="11">
         <v>2538</v>
       </c>
       <c r="I162" s="11">
@@ -12641,61 +14074,70 @@
       </c>
       <c r="L162" s="11">
         <v>1610</v>
       </c>
       <c r="M162" s="11">
         <v>1404</v>
       </c>
       <c r="N162" s="11">
         <v>3286</v>
       </c>
       <c r="O162" s="11">
         <v>1742</v>
       </c>
       <c r="P162" s="11">
         <v>1544</v>
       </c>
       <c r="Q162" s="11">
         <v>3174</v>
       </c>
       <c r="R162" s="11">
         <v>1722</v>
       </c>
       <c r="S162" s="31">
         <v>1452</v>
       </c>
-      <c r="T162" s="39">
+      <c r="T162" s="34">
         <v>4460</v>
       </c>
-      <c r="U162" s="39">
+      <c r="U162" s="34">
         <v>2418</v>
       </c>
-      <c r="V162" s="43">
+      <c r="V162" s="38">
         <v>2042</v>
       </c>
-    </row>
-    <row r="163" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W162" s="34">
+        <v>4882</v>
+      </c>
+      <c r="X162" s="34">
+        <v>2672</v>
+      </c>
+      <c r="Y162" s="34">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="163" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A163" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B163" s="11">
         <v>2341</v>
       </c>
       <c r="C163" s="11">
         <v>1325</v>
       </c>
       <c r="D163" s="11">
         <v>1016</v>
       </c>
       <c r="E163" s="11">
         <v>2611</v>
       </c>
       <c r="F163" s="11">
         <v>1417</v>
       </c>
       <c r="G163" s="11">
         <v>1194</v>
       </c>
       <c r="H163" s="11">
         <v>2597</v>
       </c>
       <c r="I163" s="11">
@@ -12709,61 +14151,70 @@
       </c>
       <c r="L163" s="11">
         <v>1515</v>
       </c>
       <c r="M163" s="11">
         <v>1171</v>
       </c>
       <c r="N163" s="11">
         <v>2763</v>
       </c>
       <c r="O163" s="11">
         <v>1544</v>
       </c>
       <c r="P163" s="11">
         <v>1219</v>
       </c>
       <c r="Q163" s="11">
         <v>2360</v>
       </c>
       <c r="R163" s="11">
         <v>1380</v>
       </c>
       <c r="S163" s="30">
         <v>980</v>
       </c>
-      <c r="T163" s="39">
+      <c r="T163" s="34">
         <v>3938</v>
       </c>
-      <c r="U163" s="39">
+      <c r="U163" s="34">
         <v>2154</v>
       </c>
-      <c r="V163" s="43">
+      <c r="V163" s="38">
         <v>1784</v>
       </c>
-    </row>
-    <row r="164" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W163" s="34">
+        <v>3572</v>
+      </c>
+      <c r="X163" s="34">
+        <v>1965</v>
+      </c>
+      <c r="Y163" s="34">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="164" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A164" s="7" t="s">
         <v>160</v>
       </c>
       <c r="B164" s="11">
         <v>6711</v>
       </c>
       <c r="C164" s="11">
         <v>3673</v>
       </c>
       <c r="D164" s="11">
         <v>3038</v>
       </c>
       <c r="E164" s="11">
         <v>6878</v>
       </c>
       <c r="F164" s="11">
         <v>3820</v>
       </c>
       <c r="G164" s="11">
         <v>3058</v>
       </c>
       <c r="H164" s="11">
         <v>6520</v>
       </c>
       <c r="I164" s="11">
@@ -12777,61 +14228,70 @@
       </c>
       <c r="L164" s="11">
         <v>3371</v>
       </c>
       <c r="M164" s="11">
         <v>2707</v>
       </c>
       <c r="N164" s="11">
         <v>6217</v>
       </c>
       <c r="O164" s="11">
         <v>3523</v>
       </c>
       <c r="P164" s="11">
         <v>2694</v>
       </c>
       <c r="Q164" s="11">
         <v>5433</v>
       </c>
       <c r="R164" s="11">
         <v>3078</v>
       </c>
       <c r="S164" s="31">
         <v>2355</v>
       </c>
-      <c r="T164" s="39">
+      <c r="T164" s="34">
         <v>6371</v>
       </c>
-      <c r="U164" s="39">
+      <c r="U164" s="34">
         <v>3631</v>
       </c>
-      <c r="V164" s="43">
+      <c r="V164" s="38">
         <v>2740</v>
       </c>
-    </row>
-    <row r="165" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W164" s="34">
+        <v>6015</v>
+      </c>
+      <c r="X164" s="34">
+        <v>3382</v>
+      </c>
+      <c r="Y164" s="34">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="165" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A165" s="7" t="s">
         <v>161</v>
       </c>
       <c r="B165" s="11">
         <v>16257</v>
       </c>
       <c r="C165" s="11">
         <v>9850</v>
       </c>
       <c r="D165" s="11">
         <v>6407</v>
       </c>
       <c r="E165" s="11">
         <v>16760</v>
       </c>
       <c r="F165" s="11">
         <v>10141</v>
       </c>
       <c r="G165" s="11">
         <v>6619</v>
       </c>
       <c r="H165" s="11">
         <v>17201</v>
       </c>
       <c r="I165" s="11">
@@ -12845,61 +14305,70 @@
       </c>
       <c r="L165" s="11">
         <v>11092</v>
       </c>
       <c r="M165" s="11">
         <v>6993</v>
       </c>
       <c r="N165" s="11">
         <v>17220</v>
       </c>
       <c r="O165" s="11">
         <v>10689</v>
       </c>
       <c r="P165" s="11">
         <v>6531</v>
       </c>
       <c r="Q165" s="11">
         <v>16061</v>
       </c>
       <c r="R165" s="11">
         <v>10079</v>
       </c>
       <c r="S165" s="31">
         <v>5982</v>
       </c>
-      <c r="T165" s="39">
+      <c r="T165" s="34">
         <v>22342</v>
       </c>
-      <c r="U165" s="39">
+      <c r="U165" s="34">
         <v>14044</v>
       </c>
-      <c r="V165" s="43">
+      <c r="V165" s="38">
         <v>8298</v>
       </c>
-    </row>
-    <row r="166" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W165" s="34">
+        <v>23202</v>
+      </c>
+      <c r="X165" s="34">
+        <v>14657</v>
+      </c>
+      <c r="Y165" s="34">
+        <v>8545</v>
+      </c>
+    </row>
+    <row r="166" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A166" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B166" s="11">
         <v>26785</v>
       </c>
       <c r="C166" s="11">
         <v>11335</v>
       </c>
       <c r="D166" s="11">
         <v>15450</v>
       </c>
       <c r="E166" s="11">
         <v>28497</v>
       </c>
       <c r="F166" s="11">
         <v>12150</v>
       </c>
       <c r="G166" s="11">
         <v>16347</v>
       </c>
       <c r="H166" s="11">
         <v>30415</v>
       </c>
       <c r="I166" s="11">
@@ -12913,61 +14382,70 @@
       </c>
       <c r="L166" s="11">
         <v>13859</v>
       </c>
       <c r="M166" s="11">
         <v>18164</v>
       </c>
       <c r="N166" s="11">
         <v>32461</v>
       </c>
       <c r="O166" s="11">
         <v>13997</v>
       </c>
       <c r="P166" s="11">
         <v>18464</v>
       </c>
       <c r="Q166" s="11">
         <v>28351</v>
       </c>
       <c r="R166" s="11">
         <v>11901</v>
       </c>
       <c r="S166" s="31">
         <v>16450</v>
       </c>
-      <c r="T166" s="39">
+      <c r="T166" s="34">
         <v>38951</v>
       </c>
-      <c r="U166" s="39">
+      <c r="U166" s="34">
         <v>16696</v>
       </c>
-      <c r="V166" s="43">
+      <c r="V166" s="38">
         <v>22255</v>
       </c>
-    </row>
-    <row r="167" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W166" s="34">
+        <v>41284</v>
+      </c>
+      <c r="X166" s="34">
+        <v>17584</v>
+      </c>
+      <c r="Y166" s="34">
+        <v>23700</v>
+      </c>
+    </row>
+    <row r="167" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A167" s="7" t="s">
         <v>163</v>
       </c>
       <c r="B167" s="11">
         <v>1530</v>
       </c>
       <c r="C167" s="11">
         <v>620</v>
       </c>
       <c r="D167" s="11">
         <v>910</v>
       </c>
       <c r="E167" s="11">
         <v>1396</v>
       </c>
       <c r="F167" s="11">
         <v>573</v>
       </c>
       <c r="G167" s="11">
         <v>823</v>
       </c>
       <c r="H167" s="11">
         <v>1565</v>
       </c>
       <c r="I167" s="11">
@@ -12981,61 +14459,70 @@
       </c>
       <c r="L167" s="11">
         <v>549</v>
       </c>
       <c r="M167" s="11">
         <v>715</v>
       </c>
       <c r="N167" s="11">
         <v>934</v>
       </c>
       <c r="O167" s="11">
         <v>402</v>
       </c>
       <c r="P167" s="11">
         <v>532</v>
       </c>
       <c r="Q167" s="11">
         <v>1022</v>
       </c>
       <c r="R167" s="11">
         <v>410</v>
       </c>
       <c r="S167" s="30">
         <v>612</v>
       </c>
-      <c r="T167" s="39">
+      <c r="T167" s="34">
         <v>1434</v>
       </c>
-      <c r="U167" s="39">
+      <c r="U167" s="34">
         <v>582</v>
       </c>
-      <c r="V167" s="42">
+      <c r="V167" s="37">
         <v>852</v>
       </c>
-    </row>
-    <row r="168" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W167" s="34">
+        <v>1709</v>
+      </c>
+      <c r="X167" s="34">
+        <v>659</v>
+      </c>
+      <c r="Y167" s="34">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="168" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A168" s="7" t="s">
         <v>164</v>
       </c>
       <c r="B168" s="11">
         <v>21410</v>
       </c>
       <c r="C168" s="11">
         <v>12179</v>
       </c>
       <c r="D168" s="11">
         <v>9231</v>
       </c>
       <c r="E168" s="11">
         <v>20652</v>
       </c>
       <c r="F168" s="11">
         <v>11577</v>
       </c>
       <c r="G168" s="11">
         <v>9075</v>
       </c>
       <c r="H168" s="11">
         <v>23511</v>
       </c>
       <c r="I168" s="11">
@@ -13049,61 +14536,70 @@
       </c>
       <c r="L168" s="11">
         <v>13135</v>
       </c>
       <c r="M168" s="11">
         <v>10977</v>
       </c>
       <c r="N168" s="11">
         <v>21010</v>
       </c>
       <c r="O168" s="11">
         <v>11585</v>
       </c>
       <c r="P168" s="11">
         <v>9425</v>
       </c>
       <c r="Q168" s="11">
         <v>21859</v>
       </c>
       <c r="R168" s="11">
         <v>11647</v>
       </c>
       <c r="S168" s="31">
         <v>10212</v>
       </c>
-      <c r="T168" s="39">
+      <c r="T168" s="34">
         <v>31629</v>
       </c>
-      <c r="U168" s="39">
+      <c r="U168" s="34">
         <v>16082</v>
       </c>
-      <c r="V168" s="43">
+      <c r="V168" s="38">
         <v>15547</v>
       </c>
-    </row>
-    <row r="169" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W168" s="34">
+        <v>37022</v>
+      </c>
+      <c r="X168" s="34">
+        <v>18507</v>
+      </c>
+      <c r="Y168" s="34">
+        <v>18515</v>
+      </c>
+    </row>
+    <row r="169" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A169" s="7" t="s">
         <v>165</v>
       </c>
       <c r="B169" s="11">
         <v>54497</v>
       </c>
       <c r="C169" s="11">
         <v>32842</v>
       </c>
       <c r="D169" s="11">
         <v>21655</v>
       </c>
       <c r="E169" s="11">
         <v>56552</v>
       </c>
       <c r="F169" s="11">
         <v>34535</v>
       </c>
       <c r="G169" s="11">
         <v>22017</v>
       </c>
       <c r="H169" s="11">
         <v>60972</v>
       </c>
       <c r="I169" s="11">
@@ -13117,61 +14613,70 @@
       </c>
       <c r="L169" s="11">
         <v>35626</v>
       </c>
       <c r="M169" s="11">
         <v>22272</v>
       </c>
       <c r="N169" s="11">
         <v>49812</v>
       </c>
       <c r="O169" s="11">
         <v>30900</v>
       </c>
       <c r="P169" s="11">
         <v>18912</v>
       </c>
       <c r="Q169" s="11">
         <v>44545</v>
       </c>
       <c r="R169" s="11">
         <v>27481</v>
       </c>
       <c r="S169" s="31">
         <v>17064</v>
       </c>
-      <c r="T169" s="39">
+      <c r="T169" s="34">
         <v>64745</v>
       </c>
-      <c r="U169" s="39">
+      <c r="U169" s="34">
         <v>39143</v>
       </c>
-      <c r="V169" s="43">
+      <c r="V169" s="38">
         <v>25602</v>
       </c>
-    </row>
-    <row r="170" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W169" s="34">
+        <v>69775</v>
+      </c>
+      <c r="X169" s="34">
+        <v>41898</v>
+      </c>
+      <c r="Y169" s="34">
+        <v>27877</v>
+      </c>
+    </row>
+    <row r="170" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A170" s="7" t="s">
         <v>166</v>
       </c>
       <c r="B170" s="11">
         <v>76449</v>
       </c>
       <c r="C170" s="11">
         <v>39467</v>
       </c>
       <c r="D170" s="11">
         <v>36982</v>
       </c>
       <c r="E170" s="11">
         <v>71642</v>
       </c>
       <c r="F170" s="11">
         <v>37498</v>
       </c>
       <c r="G170" s="11">
         <v>34144</v>
       </c>
       <c r="H170" s="11">
         <v>65360</v>
       </c>
       <c r="I170" s="11">
@@ -13185,61 +14690,70 @@
       </c>
       <c r="L170" s="11">
         <v>20517</v>
       </c>
       <c r="M170" s="11">
         <v>20323</v>
       </c>
       <c r="N170" s="11">
         <v>125820</v>
       </c>
       <c r="O170" s="11">
         <v>65342</v>
       </c>
       <c r="P170" s="11">
         <v>60478</v>
       </c>
       <c r="Q170" s="11">
         <v>212061</v>
       </c>
       <c r="R170" s="11">
         <v>98163</v>
       </c>
       <c r="S170" s="31">
         <v>113898</v>
       </c>
-      <c r="T170" s="39">
+      <c r="T170" s="34">
         <v>54504</v>
       </c>
-      <c r="U170" s="39">
+      <c r="U170" s="34">
         <v>27126</v>
       </c>
-      <c r="V170" s="43">
+      <c r="V170" s="38">
         <v>27378</v>
       </c>
-    </row>
-    <row r="171" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W170" s="34">
+        <v>56714</v>
+      </c>
+      <c r="X170" s="34">
+        <v>28285</v>
+      </c>
+      <c r="Y170" s="34">
+        <v>28429</v>
+      </c>
+    </row>
+    <row r="171" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A171" s="7" t="s">
         <v>167</v>
       </c>
       <c r="B171" s="11">
         <v>973</v>
       </c>
       <c r="C171" s="11">
         <v>556</v>
       </c>
       <c r="D171" s="11">
         <v>417</v>
       </c>
       <c r="E171" s="11">
         <v>1062</v>
       </c>
       <c r="F171" s="11">
         <v>599</v>
       </c>
       <c r="G171" s="11">
         <v>463</v>
       </c>
       <c r="H171" s="11">
         <v>1081</v>
       </c>
       <c r="I171" s="11">
@@ -13253,61 +14767,70 @@
       </c>
       <c r="L171" s="11">
         <v>519</v>
       </c>
       <c r="M171" s="11">
         <v>400</v>
       </c>
       <c r="N171" s="11">
         <v>715</v>
       </c>
       <c r="O171" s="11">
         <v>403</v>
       </c>
       <c r="P171" s="11">
         <v>312</v>
       </c>
       <c r="Q171" s="11">
         <v>641</v>
       </c>
       <c r="R171" s="11">
         <v>373</v>
       </c>
       <c r="S171" s="30">
         <v>268</v>
       </c>
-      <c r="T171" s="39">
+      <c r="T171" s="34">
         <v>1400</v>
       </c>
-      <c r="U171" s="39">
+      <c r="U171" s="34">
         <v>837</v>
       </c>
-      <c r="V171" s="42">
+      <c r="V171" s="37">
         <v>563</v>
       </c>
-    </row>
-    <row r="172" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W171" s="34">
+        <v>1244</v>
+      </c>
+      <c r="X171" s="34">
+        <v>726</v>
+      </c>
+      <c r="Y171" s="34">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="172" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A172" s="7" t="s">
         <v>168</v>
       </c>
       <c r="B172" s="11">
         <v>76550</v>
       </c>
       <c r="C172" s="11">
         <v>39922</v>
       </c>
       <c r="D172" s="11">
         <v>36628</v>
       </c>
       <c r="E172" s="11">
         <v>80691</v>
       </c>
       <c r="F172" s="11">
         <v>43456</v>
       </c>
       <c r="G172" s="11">
         <v>37235</v>
       </c>
       <c r="H172" s="11">
         <v>78856</v>
       </c>
       <c r="I172" s="11">
@@ -13321,61 +14844,70 @@
       </c>
       <c r="L172" s="11">
         <v>28048</v>
       </c>
       <c r="M172" s="11">
         <v>24798</v>
       </c>
       <c r="N172" s="11">
         <v>186125</v>
       </c>
       <c r="O172" s="11">
         <v>97959</v>
       </c>
       <c r="P172" s="11">
         <v>88166</v>
       </c>
       <c r="Q172" s="11">
         <v>314089</v>
       </c>
       <c r="R172" s="11">
         <v>147652</v>
       </c>
       <c r="S172" s="31">
         <v>166437</v>
       </c>
-      <c r="T172" s="39">
+      <c r="T172" s="34">
         <v>93974</v>
       </c>
-      <c r="U172" s="39">
+      <c r="U172" s="34">
         <v>50206</v>
       </c>
-      <c r="V172" s="43">
+      <c r="V172" s="38">
         <v>43768</v>
       </c>
-    </row>
-    <row r="173" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W172" s="34">
+        <v>98890</v>
+      </c>
+      <c r="X172" s="34">
+        <v>51627</v>
+      </c>
+      <c r="Y172" s="34">
+        <v>47263</v>
+      </c>
+    </row>
+    <row r="173" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A173" s="7" t="s">
         <v>169</v>
       </c>
       <c r="B173" s="11">
         <v>56868</v>
       </c>
       <c r="C173" s="11">
         <v>28819</v>
       </c>
       <c r="D173" s="11">
         <v>28049</v>
       </c>
       <c r="E173" s="11">
         <v>59829</v>
       </c>
       <c r="F173" s="11">
         <v>31278</v>
       </c>
       <c r="G173" s="11">
         <v>28551</v>
       </c>
       <c r="H173" s="11">
         <v>106618</v>
       </c>
       <c r="I173" s="11">
@@ -13389,61 +14921,70 @@
       </c>
       <c r="L173" s="11">
         <v>19718</v>
       </c>
       <c r="M173" s="11">
         <v>19028</v>
       </c>
       <c r="N173" s="11">
         <v>5543</v>
       </c>
       <c r="O173" s="11">
         <v>3003</v>
       </c>
       <c r="P173" s="11">
         <v>2540</v>
       </c>
       <c r="Q173" s="11">
         <v>9433</v>
       </c>
       <c r="R173" s="11">
         <v>5121</v>
       </c>
       <c r="S173" s="31">
         <v>4312</v>
       </c>
-      <c r="T173" s="39">
+      <c r="T173" s="34">
         <v>68447</v>
       </c>
-      <c r="U173" s="39">
+      <c r="U173" s="34">
         <v>36499</v>
       </c>
-      <c r="V173" s="43">
+      <c r="V173" s="38">
         <v>31948</v>
       </c>
-    </row>
-    <row r="174" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W173" s="34">
+        <v>145471</v>
+      </c>
+      <c r="X173" s="34">
+        <v>74105</v>
+      </c>
+      <c r="Y173" s="34">
+        <v>71366</v>
+      </c>
+    </row>
+    <row r="174" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A174" s="7" t="s">
         <v>170</v>
       </c>
       <c r="B174" s="11">
         <v>528320</v>
       </c>
       <c r="C174" s="11">
         <v>295791</v>
       </c>
       <c r="D174" s="11">
         <v>232529</v>
       </c>
       <c r="E174" s="11">
         <v>561712</v>
       </c>
       <c r="F174" s="11">
         <v>317107</v>
       </c>
       <c r="G174" s="11">
         <v>244605</v>
       </c>
       <c r="H174" s="11">
         <v>523336</v>
       </c>
       <c r="I174" s="11">
@@ -13457,61 +14998,70 @@
       </c>
       <c r="L174" s="11">
         <v>244652</v>
       </c>
       <c r="M174" s="11">
         <v>177364</v>
       </c>
       <c r="N174" s="11">
         <v>706761</v>
       </c>
       <c r="O174" s="11">
         <v>363084</v>
       </c>
       <c r="P174" s="11">
         <v>343677</v>
       </c>
       <c r="Q174" s="11">
         <v>698336</v>
       </c>
       <c r="R174" s="11">
         <v>352227</v>
       </c>
       <c r="S174" s="31">
         <v>346109</v>
       </c>
-      <c r="T174" s="39">
+      <c r="T174" s="34">
         <v>636936</v>
       </c>
-      <c r="U174" s="39">
+      <c r="U174" s="34">
         <v>361401</v>
       </c>
-      <c r="V174" s="43">
+      <c r="V174" s="38">
         <v>275535</v>
       </c>
-    </row>
-    <row r="175" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W174" s="34">
+        <v>665821</v>
+      </c>
+      <c r="X174" s="34">
+        <v>373096</v>
+      </c>
+      <c r="Y174" s="34">
+        <v>292725</v>
+      </c>
+    </row>
+    <row r="175" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A175" s="7" t="s">
         <v>171</v>
       </c>
       <c r="B175" s="11">
         <v>180460</v>
       </c>
       <c r="C175" s="11">
         <v>97241</v>
       </c>
       <c r="D175" s="11">
         <v>83219</v>
       </c>
       <c r="E175" s="11">
         <v>198812</v>
       </c>
       <c r="F175" s="11">
         <v>108849</v>
       </c>
       <c r="G175" s="11">
         <v>89963</v>
       </c>
       <c r="H175" s="11">
         <v>175042</v>
       </c>
       <c r="I175" s="11">
@@ -13525,61 +15075,70 @@
       </c>
       <c r="L175" s="11">
         <v>65415</v>
       </c>
       <c r="M175" s="11">
         <v>54394</v>
       </c>
       <c r="N175" s="11">
         <v>85449</v>
       </c>
       <c r="O175" s="11">
         <v>45514</v>
       </c>
       <c r="P175" s="11">
         <v>39935</v>
       </c>
       <c r="Q175" s="11">
         <v>121633</v>
       </c>
       <c r="R175" s="11">
         <v>60867</v>
       </c>
       <c r="S175" s="31">
         <v>60766</v>
       </c>
-      <c r="T175" s="39">
+      <c r="T175" s="34">
         <v>171377</v>
       </c>
-      <c r="U175" s="39">
+      <c r="U175" s="34">
         <v>94211</v>
       </c>
-      <c r="V175" s="43">
+      <c r="V175" s="38">
         <v>77166</v>
       </c>
-    </row>
-    <row r="176" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W175" s="34">
+        <v>195314</v>
+      </c>
+      <c r="X175" s="34">
+        <v>104035</v>
+      </c>
+      <c r="Y175" s="34">
+        <v>91279</v>
+      </c>
+    </row>
+    <row r="176" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A176" s="7" t="s">
         <v>172</v>
       </c>
       <c r="B176" s="11">
         <v>5866</v>
       </c>
       <c r="C176" s="11">
         <v>3049</v>
       </c>
       <c r="D176" s="11">
         <v>2817</v>
       </c>
       <c r="E176" s="11">
         <v>6344</v>
       </c>
       <c r="F176" s="11">
         <v>3308</v>
       </c>
       <c r="G176" s="11">
         <v>3036</v>
       </c>
       <c r="H176" s="11">
         <v>6295</v>
       </c>
       <c r="I176" s="11">
@@ -13593,61 +15152,70 @@
       </c>
       <c r="L176" s="11">
         <v>2736</v>
       </c>
       <c r="M176" s="11">
         <v>2576</v>
       </c>
       <c r="N176" s="11">
         <v>4251</v>
       </c>
       <c r="O176" s="11">
         <v>2253</v>
       </c>
       <c r="P176" s="11">
         <v>1998</v>
       </c>
       <c r="Q176" s="11">
         <v>4282</v>
       </c>
       <c r="R176" s="11">
         <v>2303</v>
       </c>
       <c r="S176" s="31">
         <v>1979</v>
       </c>
-      <c r="T176" s="39">
+      <c r="T176" s="34">
         <v>6799</v>
       </c>
-      <c r="U176" s="39">
+      <c r="U176" s="34">
         <v>3615</v>
       </c>
-      <c r="V176" s="43">
+      <c r="V176" s="38">
         <v>3184</v>
       </c>
-    </row>
-    <row r="177" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W176" s="34">
+        <v>7518</v>
+      </c>
+      <c r="X176" s="34">
+        <v>4029</v>
+      </c>
+      <c r="Y176" s="34">
+        <v>3489</v>
+      </c>
+    </row>
+    <row r="177" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A177" s="7" t="s">
         <v>173</v>
       </c>
       <c r="B177" s="11">
         <v>15746</v>
       </c>
       <c r="C177" s="11">
         <v>8653</v>
       </c>
       <c r="D177" s="11">
         <v>7093</v>
       </c>
       <c r="E177" s="11">
         <v>17176</v>
       </c>
       <c r="F177" s="11">
         <v>9362</v>
       </c>
       <c r="G177" s="11">
         <v>7814</v>
       </c>
       <c r="H177" s="11">
         <v>17975</v>
       </c>
       <c r="I177" s="11">
@@ -13661,61 +15229,70 @@
       </c>
       <c r="L177" s="11">
         <v>9145</v>
       </c>
       <c r="M177" s="11">
         <v>7570</v>
       </c>
       <c r="N177" s="11">
         <v>15850</v>
       </c>
       <c r="O177" s="11">
         <v>8286</v>
       </c>
       <c r="P177" s="11">
         <v>7564</v>
       </c>
       <c r="Q177" s="11">
         <v>16389</v>
       </c>
       <c r="R177" s="11">
         <v>8777</v>
       </c>
       <c r="S177" s="31">
         <v>7612</v>
       </c>
-      <c r="T177" s="39">
+      <c r="T177" s="34">
         <v>27130</v>
       </c>
-      <c r="U177" s="39">
+      <c r="U177" s="34">
         <v>14899</v>
       </c>
-      <c r="V177" s="43">
+      <c r="V177" s="38">
         <v>12231</v>
       </c>
-    </row>
-    <row r="178" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W177" s="34">
+        <v>33406</v>
+      </c>
+      <c r="X177" s="34">
+        <v>18321</v>
+      </c>
+      <c r="Y177" s="34">
+        <v>15085</v>
+      </c>
+    </row>
+    <row r="178" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A178" s="7" t="s">
         <v>174</v>
       </c>
       <c r="B178" s="11">
         <v>10188</v>
       </c>
       <c r="C178" s="11">
         <v>5742</v>
       </c>
       <c r="D178" s="11">
         <v>4446</v>
       </c>
       <c r="E178" s="11">
         <v>11329</v>
       </c>
       <c r="F178" s="11">
         <v>6369</v>
       </c>
       <c r="G178" s="11">
         <v>4960</v>
       </c>
       <c r="H178" s="11">
         <v>10221</v>
       </c>
       <c r="I178" s="11">
@@ -13729,61 +15306,70 @@
       </c>
       <c r="L178" s="11">
         <v>4146</v>
       </c>
       <c r="M178" s="11">
         <v>3381</v>
       </c>
       <c r="N178" s="11">
         <v>4015</v>
       </c>
       <c r="O178" s="11">
         <v>2164</v>
       </c>
       <c r="P178" s="11">
         <v>1851</v>
       </c>
       <c r="Q178" s="11">
         <v>3937</v>
       </c>
       <c r="R178" s="11">
         <v>2081</v>
       </c>
       <c r="S178" s="31">
         <v>1856</v>
       </c>
-      <c r="T178" s="39">
+      <c r="T178" s="34">
         <v>8258</v>
       </c>
-      <c r="U178" s="39">
+      <c r="U178" s="34">
         <v>4371</v>
       </c>
-      <c r="V178" s="43">
+      <c r="V178" s="38">
         <v>3887</v>
       </c>
-    </row>
-    <row r="179" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W178" s="34">
+        <v>11619</v>
+      </c>
+      <c r="X178" s="34">
+        <v>6381</v>
+      </c>
+      <c r="Y178" s="34">
+        <v>5238</v>
+      </c>
+    </row>
+    <row r="179" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A179" s="7" t="s">
         <v>175</v>
       </c>
       <c r="B179" s="11">
         <v>8946</v>
       </c>
       <c r="C179" s="11">
         <v>4992</v>
       </c>
       <c r="D179" s="11">
         <v>3954</v>
       </c>
       <c r="E179" s="11">
         <v>9784</v>
       </c>
       <c r="F179" s="11">
         <v>5491</v>
       </c>
       <c r="G179" s="11">
         <v>4293</v>
       </c>
       <c r="H179" s="11">
         <v>10397</v>
       </c>
       <c r="I179" s="11">
@@ -13797,61 +15383,70 @@
       </c>
       <c r="L179" s="11">
         <v>5529</v>
       </c>
       <c r="M179" s="11">
         <v>4699</v>
       </c>
       <c r="N179" s="11">
         <v>8895</v>
       </c>
       <c r="O179" s="11">
         <v>4949</v>
       </c>
       <c r="P179" s="11">
         <v>3946</v>
       </c>
       <c r="Q179" s="11">
         <v>8360</v>
       </c>
       <c r="R179" s="11">
         <v>4668</v>
       </c>
       <c r="S179" s="31">
         <v>3692</v>
       </c>
-      <c r="T179" s="39">
+      <c r="T179" s="34">
         <v>11919</v>
       </c>
-      <c r="U179" s="39">
+      <c r="U179" s="34">
         <v>6375</v>
       </c>
-      <c r="V179" s="43">
+      <c r="V179" s="38">
         <v>5544</v>
       </c>
-    </row>
-    <row r="180" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W179" s="34">
+        <v>12534</v>
+      </c>
+      <c r="X179" s="34">
+        <v>6754</v>
+      </c>
+      <c r="Y179" s="34">
+        <v>5780</v>
+      </c>
+    </row>
+    <row r="180" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A180" s="7" t="s">
         <v>176</v>
       </c>
       <c r="B180" s="11">
         <v>251861</v>
       </c>
       <c r="C180" s="11">
         <v>185857</v>
       </c>
       <c r="D180" s="11">
         <v>66004</v>
       </c>
       <c r="E180" s="11">
         <v>254396</v>
       </c>
       <c r="F180" s="11">
         <v>189703</v>
       </c>
       <c r="G180" s="11">
         <v>64693</v>
       </c>
       <c r="H180" s="11">
         <v>253159</v>
       </c>
       <c r="I180" s="11">
@@ -13865,61 +15460,70 @@
       </c>
       <c r="L180" s="11">
         <v>167874</v>
       </c>
       <c r="M180" s="11">
         <v>52098</v>
       </c>
       <c r="N180" s="11">
         <v>178300</v>
       </c>
       <c r="O180" s="11">
         <v>138255</v>
       </c>
       <c r="P180" s="11">
         <v>40045</v>
       </c>
       <c r="Q180" s="11">
         <v>166675</v>
       </c>
       <c r="R180" s="11">
         <v>128166</v>
       </c>
       <c r="S180" s="31">
         <v>38509</v>
       </c>
-      <c r="T180" s="39">
+      <c r="T180" s="34">
         <v>252709</v>
       </c>
-      <c r="U180" s="39">
+      <c r="U180" s="34">
         <v>193723</v>
       </c>
-      <c r="V180" s="43">
+      <c r="V180" s="38">
         <v>58986</v>
       </c>
-    </row>
-    <row r="181" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W180" s="34">
+        <v>272349</v>
+      </c>
+      <c r="X180" s="34">
+        <v>209175</v>
+      </c>
+      <c r="Y180" s="34">
+        <v>63174</v>
+      </c>
+    </row>
+    <row r="181" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A181" s="7" t="s">
         <v>177</v>
       </c>
       <c r="B181" s="11">
         <v>124000</v>
       </c>
       <c r="C181" s="11">
         <v>46752</v>
       </c>
       <c r="D181" s="11">
         <v>77248</v>
       </c>
       <c r="E181" s="11">
         <v>135090</v>
       </c>
       <c r="F181" s="11">
         <v>51943</v>
       </c>
       <c r="G181" s="11">
         <v>83147</v>
       </c>
       <c r="H181" s="11">
         <v>130458</v>
       </c>
       <c r="I181" s="11">
@@ -13933,61 +15537,70 @@
       </c>
       <c r="L181" s="11">
         <v>41950</v>
       </c>
       <c r="M181" s="11">
         <v>68677</v>
       </c>
       <c r="N181" s="11">
         <v>82711</v>
       </c>
       <c r="O181" s="11">
         <v>30502</v>
       </c>
       <c r="P181" s="11">
         <v>52209</v>
       </c>
       <c r="Q181" s="11">
         <v>95360</v>
       </c>
       <c r="R181" s="11">
         <v>38701</v>
       </c>
       <c r="S181" s="31">
         <v>56659</v>
       </c>
-      <c r="T181" s="39">
+      <c r="T181" s="34">
         <v>154183</v>
       </c>
-      <c r="U181" s="39">
+      <c r="U181" s="34">
         <v>61765</v>
       </c>
-      <c r="V181" s="43">
+      <c r="V181" s="38">
         <v>92418</v>
       </c>
-    </row>
-    <row r="182" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W181" s="34">
+        <v>182523</v>
+      </c>
+      <c r="X181" s="34">
+        <v>71760</v>
+      </c>
+      <c r="Y181" s="34">
+        <v>110763</v>
+      </c>
+    </row>
+    <row r="182" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A182" s="7" t="s">
         <v>178</v>
       </c>
       <c r="B182" s="11">
         <v>14922</v>
       </c>
       <c r="C182" s="11">
         <v>7179</v>
       </c>
       <c r="D182" s="11">
         <v>7743</v>
       </c>
       <c r="E182" s="11">
         <v>15543</v>
       </c>
       <c r="F182" s="11">
         <v>7479</v>
       </c>
       <c r="G182" s="11">
         <v>8064</v>
       </c>
       <c r="H182" s="11">
         <v>15911</v>
       </c>
       <c r="I182" s="11">
@@ -14001,61 +15614,70 @@
       </c>
       <c r="L182" s="11">
         <v>7544</v>
       </c>
       <c r="M182" s="11">
         <v>7523</v>
       </c>
       <c r="N182" s="11">
         <v>12715</v>
       </c>
       <c r="O182" s="11">
         <v>6603</v>
       </c>
       <c r="P182" s="11">
         <v>6112</v>
       </c>
       <c r="Q182" s="11">
         <v>11759</v>
       </c>
       <c r="R182" s="11">
         <v>6170</v>
       </c>
       <c r="S182" s="31">
         <v>5589</v>
       </c>
-      <c r="T182" s="39">
+      <c r="T182" s="34">
         <v>18283</v>
       </c>
-      <c r="U182" s="39">
+      <c r="U182" s="34">
         <v>9170</v>
       </c>
-      <c r="V182" s="43">
+      <c r="V182" s="38">
         <v>9113</v>
       </c>
-    </row>
-    <row r="183" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W182" s="34">
+        <v>21060</v>
+      </c>
+      <c r="X182" s="34">
+        <v>10454</v>
+      </c>
+      <c r="Y182" s="34">
+        <v>10606</v>
+      </c>
+    </row>
+    <row r="183" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A183" s="7" t="s">
         <v>179</v>
       </c>
       <c r="B183" s="11">
         <v>249</v>
       </c>
       <c r="C183" s="11">
         <v>197</v>
       </c>
       <c r="D183" s="11">
         <v>52</v>
       </c>
       <c r="E183" s="11">
         <v>245</v>
       </c>
       <c r="F183" s="11">
         <v>199</v>
       </c>
       <c r="G183" s="11">
         <v>46</v>
       </c>
       <c r="H183" s="11">
         <v>212</v>
       </c>
       <c r="I183" s="11">
@@ -14069,61 +15691,70 @@
       </c>
       <c r="L183" s="11">
         <v>165</v>
       </c>
       <c r="M183" s="11">
         <v>49</v>
       </c>
       <c r="N183" s="11">
         <v>198</v>
       </c>
       <c r="O183" s="11">
         <v>156</v>
       </c>
       <c r="P183" s="11">
         <v>42</v>
       </c>
       <c r="Q183" s="11">
         <v>163</v>
       </c>
       <c r="R183" s="11">
         <v>123</v>
       </c>
       <c r="S183" s="30">
         <v>40</v>
       </c>
-      <c r="T183" s="39">
+      <c r="T183" s="34">
         <v>338</v>
       </c>
-      <c r="U183" s="39">
+      <c r="U183" s="34">
         <v>291</v>
       </c>
-      <c r="V183" s="42">
+      <c r="V183" s="37">
         <v>47</v>
       </c>
-    </row>
-    <row r="184" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W183" s="34">
+        <v>335</v>
+      </c>
+      <c r="X183" s="34">
+        <v>287</v>
+      </c>
+      <c r="Y183" s="34">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="184" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A184" s="7" t="s">
         <v>180</v>
       </c>
       <c r="B184" s="11">
         <v>330567</v>
       </c>
       <c r="C184" s="11">
         <v>193789</v>
       </c>
       <c r="D184" s="11">
         <v>136778</v>
       </c>
       <c r="E184" s="11">
         <v>330809</v>
       </c>
       <c r="F184" s="11">
         <v>193452</v>
       </c>
       <c r="G184" s="11">
         <v>137357</v>
       </c>
       <c r="H184" s="11">
         <v>344373</v>
       </c>
       <c r="I184" s="11">
@@ -14137,61 +15768,70 @@
       </c>
       <c r="L184" s="11">
         <v>200369</v>
       </c>
       <c r="M184" s="11">
         <v>139741</v>
       </c>
       <c r="N184" s="11">
         <v>349078</v>
       </c>
       <c r="O184" s="11">
         <v>205723</v>
       </c>
       <c r="P184" s="11">
         <v>143355</v>
       </c>
       <c r="Q184" s="11">
         <v>316221</v>
       </c>
       <c r="R184" s="11">
         <v>186175</v>
       </c>
       <c r="S184" s="31">
         <v>130046</v>
       </c>
-      <c r="T184" s="39">
+      <c r="T184" s="34">
         <v>425791</v>
       </c>
-      <c r="U184" s="39">
+      <c r="U184" s="34">
         <v>251046</v>
       </c>
-      <c r="V184" s="43">
+      <c r="V184" s="38">
         <v>174745</v>
       </c>
-    </row>
-    <row r="185" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W184" s="34">
+        <v>436132</v>
+      </c>
+      <c r="X184" s="34">
+        <v>255106</v>
+      </c>
+      <c r="Y184" s="34">
+        <v>181026</v>
+      </c>
+    </row>
+    <row r="185" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A185" s="7" t="s">
         <v>181</v>
       </c>
       <c r="B185" s="11">
         <v>8810</v>
       </c>
       <c r="C185" s="11">
         <v>4804</v>
       </c>
       <c r="D185" s="11">
         <v>4006</v>
       </c>
       <c r="E185" s="11">
         <v>9130</v>
       </c>
       <c r="F185" s="11">
         <v>5184</v>
       </c>
       <c r="G185" s="11">
         <v>3946</v>
       </c>
       <c r="H185" s="11">
         <v>10082</v>
       </c>
       <c r="I185" s="11">
@@ -14205,61 +15845,70 @@
       </c>
       <c r="L185" s="11">
         <v>5039</v>
       </c>
       <c r="M185" s="11">
         <v>4038</v>
       </c>
       <c r="N185" s="11">
         <v>8029</v>
       </c>
       <c r="O185" s="11">
         <v>4433</v>
       </c>
       <c r="P185" s="11">
         <v>3596</v>
       </c>
       <c r="Q185" s="11">
         <v>7546</v>
       </c>
       <c r="R185" s="11">
         <v>4248</v>
       </c>
       <c r="S185" s="31">
         <v>3298</v>
       </c>
-      <c r="T185" s="39">
+      <c r="T185" s="34">
         <v>12421</v>
       </c>
-      <c r="U185" s="39">
+      <c r="U185" s="34">
         <v>7367</v>
       </c>
-      <c r="V185" s="43">
+      <c r="V185" s="38">
         <v>5054</v>
       </c>
-    </row>
-    <row r="186" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W185" s="34">
+        <v>12259</v>
+      </c>
+      <c r="X185" s="34">
+        <v>6969</v>
+      </c>
+      <c r="Y185" s="34">
+        <v>5290</v>
+      </c>
+    </row>
+    <row r="186" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A186" s="7" t="s">
         <v>182</v>
       </c>
       <c r="B186" s="11">
         <v>18027</v>
       </c>
       <c r="C186" s="11">
         <v>9781</v>
       </c>
       <c r="D186" s="11">
         <v>8246</v>
       </c>
       <c r="E186" s="11">
         <v>20384</v>
       </c>
       <c r="F186" s="11">
         <v>11410</v>
       </c>
       <c r="G186" s="11">
         <v>8974</v>
       </c>
       <c r="H186" s="11">
         <v>20684</v>
       </c>
       <c r="I186" s="11">
@@ -14273,61 +15922,70 @@
       </c>
       <c r="L186" s="11">
         <v>10371</v>
       </c>
       <c r="M186" s="11">
         <v>8586</v>
       </c>
       <c r="N186" s="11">
         <v>17033</v>
       </c>
       <c r="O186" s="11">
         <v>9420</v>
       </c>
       <c r="P186" s="11">
         <v>7613</v>
       </c>
       <c r="Q186" s="11">
         <v>14816</v>
       </c>
       <c r="R186" s="11">
         <v>8075</v>
       </c>
       <c r="S186" s="31">
         <v>6741</v>
       </c>
-      <c r="T186" s="39">
+      <c r="T186" s="34">
         <v>22540</v>
       </c>
-      <c r="U186" s="39">
+      <c r="U186" s="34">
         <v>12496</v>
       </c>
-      <c r="V186" s="43">
+      <c r="V186" s="38">
         <v>10044</v>
       </c>
-    </row>
-    <row r="187" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W186" s="34">
+        <v>24851</v>
+      </c>
+      <c r="X186" s="34">
+        <v>14111</v>
+      </c>
+      <c r="Y186" s="34">
+        <v>10740</v>
+      </c>
+    </row>
+    <row r="187" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A187" s="7" t="s">
         <v>183</v>
       </c>
       <c r="B187" s="11">
         <v>20221</v>
       </c>
       <c r="C187" s="11">
         <v>10339</v>
       </c>
       <c r="D187" s="11">
         <v>9882</v>
       </c>
       <c r="E187" s="11">
         <v>21198</v>
       </c>
       <c r="F187" s="11">
         <v>10926</v>
       </c>
       <c r="G187" s="11">
         <v>10272</v>
       </c>
       <c r="H187" s="11">
         <v>21379</v>
       </c>
       <c r="I187" s="11">
@@ -14341,61 +15999,70 @@
       </c>
       <c r="L187" s="11">
         <v>9997</v>
       </c>
       <c r="M187" s="11">
         <v>9342</v>
       </c>
       <c r="N187" s="11">
         <v>16798</v>
       </c>
       <c r="O187" s="11">
         <v>8604</v>
       </c>
       <c r="P187" s="11">
         <v>8194</v>
       </c>
       <c r="Q187" s="11">
         <v>15388</v>
       </c>
       <c r="R187" s="11">
         <v>7896</v>
       </c>
       <c r="S187" s="31">
         <v>7492</v>
       </c>
-      <c r="T187" s="39">
+      <c r="T187" s="34">
         <v>20782</v>
       </c>
-      <c r="U187" s="39">
+      <c r="U187" s="34">
         <v>10629</v>
       </c>
-      <c r="V187" s="43">
+      <c r="V187" s="38">
         <v>10153</v>
       </c>
-    </row>
-    <row r="188" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W187" s="34">
+        <v>22787</v>
+      </c>
+      <c r="X187" s="34">
+        <v>11727</v>
+      </c>
+      <c r="Y187" s="34">
+        <v>11060</v>
+      </c>
+    </row>
+    <row r="188" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A188" s="7" t="s">
         <v>184</v>
       </c>
       <c r="B188" s="11">
         <v>41006</v>
       </c>
       <c r="C188" s="11">
         <v>27274</v>
       </c>
       <c r="D188" s="11">
         <v>13732</v>
       </c>
       <c r="E188" s="11">
         <v>42550</v>
       </c>
       <c r="F188" s="11">
         <v>28532</v>
       </c>
       <c r="G188" s="11">
         <v>14018</v>
       </c>
       <c r="H188" s="11">
         <v>41537</v>
       </c>
       <c r="I188" s="11">
@@ -14409,61 +16076,70 @@
       </c>
       <c r="L188" s="11">
         <v>28582</v>
       </c>
       <c r="M188" s="11">
         <v>13279</v>
       </c>
       <c r="N188" s="11">
         <v>39419</v>
       </c>
       <c r="O188" s="11">
         <v>27696</v>
       </c>
       <c r="P188" s="11">
         <v>11723</v>
       </c>
       <c r="Q188" s="11">
         <v>41041</v>
       </c>
       <c r="R188" s="11">
         <v>28722</v>
       </c>
       <c r="S188" s="31">
         <v>12319</v>
       </c>
-      <c r="T188" s="39">
+      <c r="T188" s="34">
         <v>45531</v>
       </c>
-      <c r="U188" s="39">
+      <c r="U188" s="34">
         <v>31198</v>
       </c>
-      <c r="V188" s="43">
+      <c r="V188" s="38">
         <v>14333</v>
       </c>
-    </row>
-    <row r="189" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W188" s="34">
+        <v>45226</v>
+      </c>
+      <c r="X188" s="34">
+        <v>30542</v>
+      </c>
+      <c r="Y188" s="34">
+        <v>14684</v>
+      </c>
+    </row>
+    <row r="189" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A189" s="7" t="s">
         <v>185</v>
       </c>
       <c r="B189" s="11">
         <v>83845</v>
       </c>
       <c r="C189" s="11">
         <v>44415</v>
       </c>
       <c r="D189" s="11">
         <v>39430</v>
       </c>
       <c r="E189" s="11">
         <v>94068</v>
       </c>
       <c r="F189" s="11">
         <v>49635</v>
       </c>
       <c r="G189" s="11">
         <v>44433</v>
       </c>
       <c r="H189" s="11">
         <v>97811</v>
       </c>
       <c r="I189" s="11">
@@ -14477,61 +16153,70 @@
       </c>
       <c r="L189" s="11">
         <v>41665</v>
       </c>
       <c r="M189" s="11">
         <v>36662</v>
       </c>
       <c r="N189" s="11">
         <v>62337</v>
       </c>
       <c r="O189" s="11">
         <v>34008</v>
       </c>
       <c r="P189" s="11">
         <v>28329</v>
       </c>
       <c r="Q189" s="11">
         <v>66492</v>
       </c>
       <c r="R189" s="11">
         <v>34847</v>
       </c>
       <c r="S189" s="31">
         <v>31645</v>
       </c>
-      <c r="T189" s="39">
+      <c r="T189" s="34">
         <v>100388</v>
       </c>
-      <c r="U189" s="39">
+      <c r="U189" s="34">
         <v>51419</v>
       </c>
-      <c r="V189" s="43">
+      <c r="V189" s="38">
         <v>48969</v>
       </c>
-    </row>
-    <row r="190" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W189" s="34">
+        <v>118092</v>
+      </c>
+      <c r="X189" s="34">
+        <v>59389</v>
+      </c>
+      <c r="Y189" s="34">
+        <v>58703</v>
+      </c>
+    </row>
+    <row r="190" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A190" s="7" t="s">
         <v>186</v>
       </c>
       <c r="B190" s="11">
         <v>165133</v>
       </c>
       <c r="C190" s="11">
         <v>72186</v>
       </c>
       <c r="D190" s="11">
         <v>92947</v>
       </c>
       <c r="E190" s="11">
         <v>157500</v>
       </c>
       <c r="F190" s="11">
         <v>69254</v>
       </c>
       <c r="G190" s="11">
         <v>88246</v>
       </c>
       <c r="H190" s="11">
         <v>132214</v>
       </c>
       <c r="I190" s="11">
@@ -14545,61 +16230,70 @@
       </c>
       <c r="L190" s="11">
         <v>44578</v>
       </c>
       <c r="M190" s="11">
         <v>53695</v>
       </c>
       <c r="N190" s="11">
         <v>79810</v>
       </c>
       <c r="O190" s="11">
         <v>36966</v>
       </c>
       <c r="P190" s="11">
         <v>42844</v>
       </c>
       <c r="Q190" s="11">
         <v>66757</v>
       </c>
       <c r="R190" s="11">
         <v>30707</v>
       </c>
       <c r="S190" s="31">
         <v>36050</v>
       </c>
-      <c r="T190" s="39">
+      <c r="T190" s="34">
         <v>85447</v>
       </c>
-      <c r="U190" s="39">
+      <c r="U190" s="34">
         <v>38825</v>
       </c>
-      <c r="V190" s="43">
+      <c r="V190" s="38">
         <v>46622</v>
       </c>
-    </row>
-    <row r="191" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W190" s="34">
+        <v>82905</v>
+      </c>
+      <c r="X190" s="34">
+        <v>37440</v>
+      </c>
+      <c r="Y190" s="34">
+        <v>45465</v>
+      </c>
+    </row>
+    <row r="191" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A191" s="7" t="s">
         <v>187</v>
       </c>
       <c r="B191" s="11">
         <v>92124</v>
       </c>
       <c r="C191" s="11">
         <v>43382</v>
       </c>
       <c r="D191" s="11">
         <v>48742</v>
       </c>
       <c r="E191" s="11">
         <v>90352</v>
       </c>
       <c r="F191" s="11">
         <v>42787</v>
       </c>
       <c r="G191" s="11">
         <v>47565</v>
       </c>
       <c r="H191" s="11">
         <v>85726</v>
       </c>
       <c r="I191" s="11">
@@ -14613,61 +16307,70 @@
       </c>
       <c r="L191" s="11">
         <v>38012</v>
       </c>
       <c r="M191" s="11">
         <v>41169</v>
       </c>
       <c r="N191" s="11">
         <v>69969</v>
       </c>
       <c r="O191" s="11">
         <v>34077</v>
       </c>
       <c r="P191" s="11">
         <v>35892</v>
       </c>
       <c r="Q191" s="11">
         <v>68781</v>
       </c>
       <c r="R191" s="11">
         <v>33492</v>
       </c>
       <c r="S191" s="31">
         <v>35289</v>
       </c>
-      <c r="T191" s="39">
+      <c r="T191" s="34">
         <v>75826</v>
       </c>
-      <c r="U191" s="39">
+      <c r="U191" s="34">
         <v>36535</v>
       </c>
-      <c r="V191" s="43">
+      <c r="V191" s="38">
         <v>39291</v>
       </c>
-    </row>
-    <row r="192" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W191" s="34">
+        <v>74230</v>
+      </c>
+      <c r="X191" s="34">
+        <v>35425</v>
+      </c>
+      <c r="Y191" s="34">
+        <v>38805</v>
+      </c>
+    </row>
+    <row r="192" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A192" s="7" t="s">
         <v>188</v>
       </c>
       <c r="B192" s="11">
         <v>34063</v>
       </c>
       <c r="C192" s="11">
         <v>32144</v>
       </c>
       <c r="D192" s="11">
         <v>1919</v>
       </c>
       <c r="E192" s="11">
         <v>35275</v>
       </c>
       <c r="F192" s="11">
         <v>33281</v>
       </c>
       <c r="G192" s="11">
         <v>1994</v>
       </c>
       <c r="H192" s="11">
         <v>35641</v>
       </c>
       <c r="I192" s="11">
@@ -14681,61 +16384,70 @@
       </c>
       <c r="L192" s="11">
         <v>31502</v>
       </c>
       <c r="M192" s="11">
         <v>1730</v>
       </c>
       <c r="N192" s="11">
         <v>25859</v>
       </c>
       <c r="O192" s="11">
         <v>24559</v>
       </c>
       <c r="P192" s="11">
         <v>1300</v>
       </c>
       <c r="Q192" s="11">
         <v>33652</v>
       </c>
       <c r="R192" s="11">
         <v>32151</v>
       </c>
       <c r="S192" s="31">
         <v>1501</v>
       </c>
-      <c r="T192" s="39">
+      <c r="T192" s="34">
         <v>44949</v>
       </c>
-      <c r="U192" s="39">
+      <c r="U192" s="34">
         <v>42617</v>
       </c>
-      <c r="V192" s="43">
+      <c r="V192" s="38">
         <v>2332</v>
       </c>
-    </row>
-    <row r="193" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W192" s="34">
+        <v>46213</v>
+      </c>
+      <c r="X192" s="34">
+        <v>43803</v>
+      </c>
+      <c r="Y192" s="34">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="193" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A193" s="7" t="s">
         <v>189</v>
       </c>
       <c r="B193" s="11">
         <v>6398</v>
       </c>
       <c r="C193" s="11">
         <v>2914</v>
       </c>
       <c r="D193" s="11">
         <v>3484</v>
       </c>
       <c r="E193" s="11">
         <v>6775</v>
       </c>
       <c r="F193" s="11">
         <v>3178</v>
       </c>
       <c r="G193" s="11">
         <v>3597</v>
       </c>
       <c r="H193" s="11">
         <v>7251</v>
       </c>
       <c r="I193" s="11">
@@ -14749,61 +16461,70 @@
       </c>
       <c r="L193" s="11">
         <v>3456</v>
       </c>
       <c r="M193" s="11">
         <v>3971</v>
       </c>
       <c r="N193" s="11">
         <v>6500</v>
       </c>
       <c r="O193" s="11">
         <v>3057</v>
       </c>
       <c r="P193" s="11">
         <v>3443</v>
       </c>
       <c r="Q193" s="11">
         <v>6898</v>
       </c>
       <c r="R193" s="11">
         <v>3123</v>
       </c>
       <c r="S193" s="31">
         <v>3775</v>
       </c>
-      <c r="T193" s="39">
+      <c r="T193" s="34">
         <v>9588</v>
       </c>
-      <c r="U193" s="39">
+      <c r="U193" s="34">
         <v>4386</v>
       </c>
-      <c r="V193" s="43">
+      <c r="V193" s="38">
         <v>5202</v>
       </c>
-    </row>
-    <row r="194" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W193" s="34">
+        <v>10246</v>
+      </c>
+      <c r="X193" s="34">
+        <v>4640</v>
+      </c>
+      <c r="Y193" s="34">
+        <v>5606</v>
+      </c>
+    </row>
+    <row r="194" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A194" s="7" t="s">
         <v>190</v>
       </c>
       <c r="B194" s="11">
         <v>1347</v>
       </c>
       <c r="C194" s="11">
         <v>697</v>
       </c>
       <c r="D194" s="11">
         <v>650</v>
       </c>
       <c r="E194" s="11">
         <v>1322</v>
       </c>
       <c r="F194" s="11">
         <v>631</v>
       </c>
       <c r="G194" s="11">
         <v>691</v>
       </c>
       <c r="H194" s="11">
         <v>1492</v>
       </c>
       <c r="I194" s="11">
@@ -14817,61 +16538,70 @@
       </c>
       <c r="L194" s="11">
         <v>756</v>
       </c>
       <c r="M194" s="11">
         <v>773</v>
       </c>
       <c r="N194" s="11">
         <v>1574</v>
       </c>
       <c r="O194" s="11">
         <v>813</v>
       </c>
       <c r="P194" s="11">
         <v>761</v>
       </c>
       <c r="Q194" s="11">
         <v>1609</v>
       </c>
       <c r="R194" s="11">
         <v>825</v>
       </c>
       <c r="S194" s="30">
         <v>784</v>
       </c>
-      <c r="T194" s="39">
+      <c r="T194" s="34">
         <v>2270</v>
       </c>
-      <c r="U194" s="39">
+      <c r="U194" s="34">
         <v>1161</v>
       </c>
-      <c r="V194" s="43">
+      <c r="V194" s="38">
         <v>1109</v>
       </c>
-    </row>
-    <row r="195" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W194" s="34">
+        <v>2450</v>
+      </c>
+      <c r="X194" s="34">
+        <v>1282</v>
+      </c>
+      <c r="Y194" s="34">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="195" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A195" s="7" t="s">
         <v>191</v>
       </c>
       <c r="B195" s="11">
         <v>39082</v>
       </c>
       <c r="C195" s="11">
         <v>23904</v>
       </c>
       <c r="D195" s="11">
         <v>15178</v>
       </c>
       <c r="E195" s="11">
         <v>39862</v>
       </c>
       <c r="F195" s="11">
         <v>24315</v>
       </c>
       <c r="G195" s="11">
         <v>15547</v>
       </c>
       <c r="H195" s="11">
         <v>40501</v>
       </c>
       <c r="I195" s="11">
@@ -14885,61 +16615,70 @@
       </c>
       <c r="L195" s="11">
         <v>24838</v>
       </c>
       <c r="M195" s="11">
         <v>15766</v>
       </c>
       <c r="N195" s="11">
         <v>38787</v>
       </c>
       <c r="O195" s="11">
         <v>23944</v>
       </c>
       <c r="P195" s="11">
         <v>14843</v>
       </c>
       <c r="Q195" s="11">
         <v>35884</v>
       </c>
       <c r="R195" s="11">
         <v>22196</v>
       </c>
       <c r="S195" s="31">
         <v>13688</v>
       </c>
-      <c r="T195" s="39">
+      <c r="T195" s="34">
         <v>46984</v>
       </c>
-      <c r="U195" s="39">
+      <c r="U195" s="34">
         <v>28634</v>
       </c>
-      <c r="V195" s="43">
+      <c r="V195" s="38">
         <v>18350</v>
       </c>
-    </row>
-    <row r="196" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W195" s="34">
+        <v>49818</v>
+      </c>
+      <c r="X195" s="34">
+        <v>29928</v>
+      </c>
+      <c r="Y195" s="34">
+        <v>19890</v>
+      </c>
+    </row>
+    <row r="196" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A196" s="7" t="s">
         <v>192</v>
       </c>
       <c r="B196" s="11">
         <v>9202</v>
       </c>
       <c r="C196" s="11">
         <v>4711</v>
       </c>
       <c r="D196" s="11">
         <v>4491</v>
       </c>
       <c r="E196" s="11">
         <v>10779</v>
       </c>
       <c r="F196" s="11">
         <v>5583</v>
       </c>
       <c r="G196" s="11">
         <v>5196</v>
       </c>
       <c r="H196" s="11">
         <v>12061</v>
       </c>
       <c r="I196" s="11">
@@ -14953,61 +16692,70 @@
       </c>
       <c r="L196" s="11">
         <v>6945</v>
       </c>
       <c r="M196" s="11">
         <v>6446</v>
       </c>
       <c r="N196" s="11">
         <v>13071</v>
       </c>
       <c r="O196" s="11">
         <v>7035</v>
       </c>
       <c r="P196" s="11">
         <v>6036</v>
       </c>
       <c r="Q196" s="11">
         <v>14277</v>
       </c>
       <c r="R196" s="11">
         <v>7466</v>
       </c>
       <c r="S196" s="31">
         <v>6811</v>
       </c>
-      <c r="T196" s="39">
+      <c r="T196" s="34">
         <v>21243</v>
       </c>
-      <c r="U196" s="39">
+      <c r="U196" s="34">
         <v>11019</v>
       </c>
-      <c r="V196" s="43">
+      <c r="V196" s="38">
         <v>10224</v>
       </c>
-    </row>
-    <row r="197" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W196" s="34">
+        <v>24839</v>
+      </c>
+      <c r="X196" s="34">
+        <v>12826</v>
+      </c>
+      <c r="Y196" s="34">
+        <v>12013</v>
+      </c>
+    </row>
+    <row r="197" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A197" s="7" t="s">
         <v>193</v>
       </c>
       <c r="B197" s="11">
         <v>114135</v>
       </c>
       <c r="C197" s="11">
         <v>62547</v>
       </c>
       <c r="D197" s="11">
         <v>51588</v>
       </c>
       <c r="E197" s="11">
         <v>119628</v>
       </c>
       <c r="F197" s="11">
         <v>65439</v>
       </c>
       <c r="G197" s="11">
         <v>54189</v>
       </c>
       <c r="H197" s="11">
         <v>127611</v>
       </c>
       <c r="I197" s="11">
@@ -15021,61 +16769,70 @@
       </c>
       <c r="L197" s="11">
         <v>69165</v>
       </c>
       <c r="M197" s="11">
         <v>57695</v>
       </c>
       <c r="N197" s="11">
         <v>116632</v>
       </c>
       <c r="O197" s="11">
         <v>64262</v>
       </c>
       <c r="P197" s="11">
         <v>52370</v>
       </c>
       <c r="Q197" s="11">
         <v>112389</v>
       </c>
       <c r="R197" s="11">
         <v>61388</v>
       </c>
       <c r="S197" s="31">
         <v>51001</v>
       </c>
-      <c r="T197" s="39">
+      <c r="T197" s="34">
         <v>170213</v>
       </c>
-      <c r="U197" s="39">
+      <c r="U197" s="34">
         <v>90627</v>
       </c>
-      <c r="V197" s="43">
+      <c r="V197" s="38">
         <v>79586</v>
       </c>
-    </row>
-    <row r="198" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W197" s="34">
+        <v>196743</v>
+      </c>
+      <c r="X197" s="34">
+        <v>103568</v>
+      </c>
+      <c r="Y197" s="34">
+        <v>93175</v>
+      </c>
+    </row>
+    <row r="198" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A198" s="7" t="s">
         <v>194</v>
       </c>
       <c r="B198" s="11">
         <v>59307</v>
       </c>
       <c r="C198" s="11">
         <v>47251</v>
       </c>
       <c r="D198" s="11">
         <v>12056</v>
       </c>
       <c r="E198" s="11">
         <v>58579</v>
       </c>
       <c r="F198" s="11">
         <v>46852</v>
       </c>
       <c r="G198" s="11">
         <v>11727</v>
       </c>
       <c r="H198" s="11">
         <v>63953</v>
       </c>
       <c r="I198" s="11">
@@ -15089,61 +16846,70 @@
       </c>
       <c r="L198" s="11">
         <v>51699</v>
       </c>
       <c r="M198" s="11">
         <v>12861</v>
       </c>
       <c r="N198" s="11">
         <v>65968</v>
       </c>
       <c r="O198" s="11">
         <v>53184</v>
       </c>
       <c r="P198" s="11">
         <v>12784</v>
       </c>
       <c r="Q198" s="11">
         <v>56565</v>
       </c>
       <c r="R198" s="11">
         <v>45640</v>
       </c>
       <c r="S198" s="31">
         <v>10925</v>
       </c>
-      <c r="T198" s="39">
+      <c r="T198" s="34">
         <v>69402</v>
       </c>
-      <c r="U198" s="39">
+      <c r="U198" s="34">
         <v>56292</v>
       </c>
-      <c r="V198" s="43">
+      <c r="V198" s="38">
         <v>13110</v>
       </c>
-    </row>
-    <row r="199" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W198" s="34">
+        <v>74548</v>
+      </c>
+      <c r="X198" s="34">
+        <v>60364</v>
+      </c>
+      <c r="Y198" s="34">
+        <v>14184</v>
+      </c>
+    </row>
+    <row r="199" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A199" s="7" t="s">
         <v>195</v>
       </c>
       <c r="B199" s="11">
         <v>149188</v>
       </c>
       <c r="C199" s="11">
         <v>93910</v>
       </c>
       <c r="D199" s="11">
         <v>55278</v>
       </c>
       <c r="E199" s="11">
         <v>152062</v>
       </c>
       <c r="F199" s="11">
         <v>96180</v>
       </c>
       <c r="G199" s="11">
         <v>55882</v>
       </c>
       <c r="H199" s="11">
         <v>157270</v>
       </c>
       <c r="I199" s="11">
@@ -15157,61 +16923,70 @@
       </c>
       <c r="L199" s="11">
         <v>97479</v>
       </c>
       <c r="M199" s="11">
         <v>57175</v>
       </c>
       <c r="N199" s="11">
         <v>151430</v>
       </c>
       <c r="O199" s="11">
         <v>95364</v>
       </c>
       <c r="P199" s="11">
         <v>56066</v>
       </c>
       <c r="Q199" s="11">
         <v>135029</v>
       </c>
       <c r="R199" s="11">
         <v>84913</v>
       </c>
       <c r="S199" s="31">
         <v>50116</v>
       </c>
-      <c r="T199" s="39">
+      <c r="T199" s="34">
         <v>171733</v>
       </c>
-      <c r="U199" s="39">
+      <c r="U199" s="34">
         <v>106389</v>
       </c>
-      <c r="V199" s="43">
+      <c r="V199" s="38">
         <v>65344</v>
       </c>
-    </row>
-    <row r="200" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W199" s="34">
+        <v>178188</v>
+      </c>
+      <c r="X199" s="34">
+        <v>109234</v>
+      </c>
+      <c r="Y199" s="34">
+        <v>68954</v>
+      </c>
+    </row>
+    <row r="200" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A200" s="7" t="s">
         <v>196</v>
       </c>
       <c r="B200" s="11">
         <v>72452</v>
       </c>
       <c r="C200" s="11">
         <v>28657</v>
       </c>
       <c r="D200" s="11">
         <v>43795</v>
       </c>
       <c r="E200" s="11">
         <v>76330</v>
       </c>
       <c r="F200" s="11">
         <v>30264</v>
       </c>
       <c r="G200" s="11">
         <v>46066</v>
       </c>
       <c r="H200" s="11">
         <v>78995</v>
       </c>
       <c r="I200" s="11">
@@ -15225,61 +17000,70 @@
       </c>
       <c r="L200" s="11">
         <v>32164</v>
       </c>
       <c r="M200" s="11">
         <v>46220</v>
       </c>
       <c r="N200" s="11">
         <v>69437</v>
       </c>
       <c r="O200" s="11">
         <v>29044</v>
       </c>
       <c r="P200" s="11">
         <v>40393</v>
       </c>
       <c r="Q200" s="11">
         <v>72419</v>
       </c>
       <c r="R200" s="11">
         <v>29903</v>
       </c>
       <c r="S200" s="31">
         <v>42516</v>
       </c>
-      <c r="T200" s="39">
+      <c r="T200" s="34">
         <v>94396</v>
       </c>
-      <c r="U200" s="39">
+      <c r="U200" s="34">
         <v>38763</v>
       </c>
-      <c r="V200" s="43">
+      <c r="V200" s="38">
         <v>55633</v>
       </c>
-    </row>
-    <row r="201" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W200" s="34">
+        <v>101396</v>
+      </c>
+      <c r="X200" s="34">
+        <v>41739</v>
+      </c>
+      <c r="Y200" s="34">
+        <v>59657</v>
+      </c>
+    </row>
+    <row r="201" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A201" s="7" t="s">
         <v>197</v>
       </c>
       <c r="B201" s="11">
         <v>21770</v>
       </c>
       <c r="C201" s="11">
         <v>15613</v>
       </c>
       <c r="D201" s="11">
         <v>6157</v>
       </c>
       <c r="E201" s="11">
         <v>22039</v>
       </c>
       <c r="F201" s="11">
         <v>15651</v>
       </c>
       <c r="G201" s="11">
         <v>6388</v>
       </c>
       <c r="H201" s="11">
         <v>23200</v>
       </c>
       <c r="I201" s="11">
@@ -15293,61 +17077,70 @@
       </c>
       <c r="L201" s="11">
         <v>17505</v>
       </c>
       <c r="M201" s="11">
         <v>7300</v>
       </c>
       <c r="N201" s="11">
         <v>23910</v>
       </c>
       <c r="O201" s="11">
         <v>16894</v>
       </c>
       <c r="P201" s="11">
         <v>7016</v>
       </c>
       <c r="Q201" s="11">
         <v>23257</v>
       </c>
       <c r="R201" s="11">
         <v>16091</v>
       </c>
       <c r="S201" s="31">
         <v>7166</v>
       </c>
-      <c r="T201" s="39">
+      <c r="T201" s="34">
         <v>28038</v>
       </c>
-      <c r="U201" s="39">
+      <c r="U201" s="34">
         <v>19245</v>
       </c>
-      <c r="V201" s="43">
+      <c r="V201" s="38">
         <v>8793</v>
       </c>
-    </row>
-    <row r="202" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W201" s="34">
+        <v>28154</v>
+      </c>
+      <c r="X201" s="34">
+        <v>19244</v>
+      </c>
+      <c r="Y201" s="34">
+        <v>8910</v>
+      </c>
+    </row>
+    <row r="202" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A202" s="7" t="s">
         <v>198</v>
       </c>
       <c r="B202" s="11">
         <v>133340</v>
       </c>
       <c r="C202" s="11">
         <v>83208</v>
       </c>
       <c r="D202" s="11">
         <v>50132</v>
       </c>
       <c r="E202" s="11">
         <v>139010</v>
       </c>
       <c r="F202" s="11">
         <v>86375</v>
       </c>
       <c r="G202" s="11">
         <v>52635</v>
       </c>
       <c r="H202" s="11">
         <v>142651</v>
       </c>
       <c r="I202" s="11">
@@ -15361,61 +17154,70 @@
       </c>
       <c r="L202" s="11">
         <v>86620</v>
       </c>
       <c r="M202" s="11">
         <v>54864</v>
       </c>
       <c r="N202" s="11">
         <v>132719</v>
       </c>
       <c r="O202" s="11">
         <v>82687</v>
       </c>
       <c r="P202" s="11">
         <v>50032</v>
       </c>
       <c r="Q202" s="11">
         <v>122444</v>
       </c>
       <c r="R202" s="11">
         <v>76214</v>
       </c>
       <c r="S202" s="31">
         <v>46230</v>
       </c>
-      <c r="T202" s="39">
+      <c r="T202" s="34">
         <v>147825</v>
       </c>
-      <c r="U202" s="39">
+      <c r="U202" s="34">
         <v>88860</v>
       </c>
-      <c r="V202" s="43">
+      <c r="V202" s="38">
         <v>58965</v>
       </c>
-    </row>
-    <row r="203" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W202" s="34">
+        <v>144146</v>
+      </c>
+      <c r="X202" s="34">
+        <v>85969</v>
+      </c>
+      <c r="Y202" s="34">
+        <v>58177</v>
+      </c>
+    </row>
+    <row r="203" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A203" s="7" t="s">
         <v>199</v>
       </c>
       <c r="B203" s="11">
         <v>146850</v>
       </c>
       <c r="C203" s="11">
         <v>81843</v>
       </c>
       <c r="D203" s="11">
         <v>65007</v>
       </c>
       <c r="E203" s="11">
         <v>159358</v>
       </c>
       <c r="F203" s="11">
         <v>89189</v>
       </c>
       <c r="G203" s="11">
         <v>70169</v>
       </c>
       <c r="H203" s="11">
         <v>155351</v>
       </c>
       <c r="I203" s="11">
@@ -15429,61 +17231,70 @@
       </c>
       <c r="L203" s="11">
         <v>81751</v>
       </c>
       <c r="M203" s="11">
         <v>64853</v>
       </c>
       <c r="N203" s="11">
         <v>118914</v>
       </c>
       <c r="O203" s="11">
         <v>66635</v>
       </c>
       <c r="P203" s="11">
         <v>52279</v>
       </c>
       <c r="Q203" s="11">
         <v>113584</v>
       </c>
       <c r="R203" s="11">
         <v>63394</v>
       </c>
       <c r="S203" s="31">
         <v>50190</v>
       </c>
-      <c r="T203" s="39">
+      <c r="T203" s="34">
         <v>139740</v>
       </c>
-      <c r="U203" s="39">
+      <c r="U203" s="34">
         <v>77214</v>
       </c>
-      <c r="V203" s="43">
+      <c r="V203" s="38">
         <v>62526</v>
       </c>
-    </row>
-    <row r="204" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W203" s="34">
+        <v>146364</v>
+      </c>
+      <c r="X203" s="34">
+        <v>80378</v>
+      </c>
+      <c r="Y203" s="34">
+        <v>65986</v>
+      </c>
+    </row>
+    <row r="204" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A204" s="7" t="s">
         <v>200</v>
       </c>
       <c r="B204" s="11">
         <v>114131</v>
       </c>
       <c r="C204" s="11">
         <v>61030</v>
       </c>
       <c r="D204" s="11">
         <v>53101</v>
       </c>
       <c r="E204" s="11">
         <v>116236</v>
       </c>
       <c r="F204" s="11">
         <v>61683</v>
       </c>
       <c r="G204" s="11">
         <v>54553</v>
       </c>
       <c r="H204" s="11">
         <v>118993</v>
       </c>
       <c r="I204" s="11">
@@ -15497,61 +17308,70 @@
       </c>
       <c r="L204" s="11">
         <v>59760</v>
       </c>
       <c r="M204" s="11">
         <v>53787</v>
       </c>
       <c r="N204" s="11">
         <v>102871</v>
       </c>
       <c r="O204" s="11">
         <v>53622</v>
       </c>
       <c r="P204" s="11">
         <v>49249</v>
       </c>
       <c r="Q204" s="11">
         <v>90223</v>
       </c>
       <c r="R204" s="11">
         <v>47135</v>
       </c>
       <c r="S204" s="31">
         <v>43088</v>
       </c>
-      <c r="T204" s="39">
+      <c r="T204" s="34">
         <v>126758</v>
       </c>
-      <c r="U204" s="39">
+      <c r="U204" s="34">
         <v>66096</v>
       </c>
-      <c r="V204" s="43">
+      <c r="V204" s="38">
         <v>60662</v>
       </c>
-    </row>
-    <row r="205" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W204" s="34">
+        <v>141351</v>
+      </c>
+      <c r="X204" s="34">
+        <v>73426</v>
+      </c>
+      <c r="Y204" s="34">
+        <v>67925</v>
+      </c>
+    </row>
+    <row r="205" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A205" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B205" s="11">
         <v>164898</v>
       </c>
       <c r="C205" s="11">
         <v>107642</v>
       </c>
       <c r="D205" s="11">
         <v>57256</v>
       </c>
       <c r="E205" s="11">
         <v>175441</v>
       </c>
       <c r="F205" s="11">
         <v>115223</v>
       </c>
       <c r="G205" s="11">
         <v>60218</v>
       </c>
       <c r="H205" s="11">
         <v>189919</v>
       </c>
       <c r="I205" s="11">
@@ -15565,61 +17385,70 @@
       </c>
       <c r="L205" s="11">
         <v>126844</v>
       </c>
       <c r="M205" s="11">
         <v>63975</v>
       </c>
       <c r="N205" s="11">
         <v>175816</v>
       </c>
       <c r="O205" s="11">
         <v>118625</v>
       </c>
       <c r="P205" s="11">
         <v>57191</v>
       </c>
       <c r="Q205" s="11">
         <v>158089</v>
       </c>
       <c r="R205" s="11">
         <v>106571</v>
       </c>
       <c r="S205" s="31">
         <v>51518</v>
       </c>
-      <c r="T205" s="39">
+      <c r="T205" s="34">
         <v>221401</v>
       </c>
-      <c r="U205" s="39">
+      <c r="U205" s="34">
         <v>148593</v>
       </c>
-      <c r="V205" s="43">
+      <c r="V205" s="38">
         <v>72808</v>
       </c>
-    </row>
-    <row r="206" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W205" s="34">
+        <v>241818</v>
+      </c>
+      <c r="X205" s="34">
+        <v>162703</v>
+      </c>
+      <c r="Y205" s="34">
+        <v>79115</v>
+      </c>
+    </row>
+    <row r="206" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A206" s="7" t="s">
         <v>202</v>
       </c>
       <c r="B206" s="11">
         <v>35281</v>
       </c>
       <c r="C206" s="11">
         <v>8210</v>
       </c>
       <c r="D206" s="11">
         <v>27071</v>
       </c>
       <c r="E206" s="11">
         <v>36693</v>
       </c>
       <c r="F206" s="11">
         <v>8571</v>
       </c>
       <c r="G206" s="11">
         <v>28122</v>
       </c>
       <c r="H206" s="11">
         <v>39568</v>
       </c>
       <c r="I206" s="11">
@@ -15633,61 +17462,70 @@
       </c>
       <c r="L206" s="11">
         <v>8842</v>
       </c>
       <c r="M206" s="11">
         <v>29029</v>
       </c>
       <c r="N206" s="11">
         <v>28073</v>
       </c>
       <c r="O206" s="11">
         <v>7041</v>
       </c>
       <c r="P206" s="11">
         <v>21032</v>
       </c>
       <c r="Q206" s="11">
         <v>32607</v>
       </c>
       <c r="R206" s="11">
         <v>7520</v>
       </c>
       <c r="S206" s="31">
         <v>25087</v>
       </c>
-      <c r="T206" s="39">
+      <c r="T206" s="34">
         <v>52069</v>
       </c>
-      <c r="U206" s="39">
+      <c r="U206" s="34">
         <v>11864</v>
       </c>
-      <c r="V206" s="43">
+      <c r="V206" s="38">
         <v>40205</v>
       </c>
-    </row>
-    <row r="207" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W206" s="34">
+        <v>63188</v>
+      </c>
+      <c r="X206" s="34">
+        <v>14137</v>
+      </c>
+      <c r="Y206" s="34">
+        <v>49051</v>
+      </c>
+    </row>
+    <row r="207" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A207" s="7" t="s">
         <v>203</v>
       </c>
       <c r="B207" s="11">
         <v>1857</v>
       </c>
       <c r="C207" s="11">
         <v>867</v>
       </c>
       <c r="D207" s="11">
         <v>990</v>
       </c>
       <c r="E207" s="11">
         <v>1783</v>
       </c>
       <c r="F207" s="11">
         <v>814</v>
       </c>
       <c r="G207" s="11">
         <v>969</v>
       </c>
       <c r="H207" s="11">
         <v>2007</v>
       </c>
       <c r="I207" s="11">
@@ -15701,61 +17539,70 @@
       </c>
       <c r="L207" s="11">
         <v>839</v>
       </c>
       <c r="M207" s="11">
         <v>921</v>
       </c>
       <c r="N207" s="11">
         <v>1431</v>
       </c>
       <c r="O207" s="11">
         <v>712</v>
       </c>
       <c r="P207" s="11">
         <v>719</v>
       </c>
       <c r="Q207" s="11">
         <v>1454</v>
       </c>
       <c r="R207" s="11">
         <v>716</v>
       </c>
       <c r="S207" s="30">
         <v>738</v>
       </c>
-      <c r="T207" s="39">
+      <c r="T207" s="34">
         <v>2378</v>
       </c>
-      <c r="U207" s="39">
+      <c r="U207" s="34">
         <v>1133</v>
       </c>
-      <c r="V207" s="43">
+      <c r="V207" s="38">
         <v>1245</v>
       </c>
-    </row>
-    <row r="208" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W207" s="34">
+        <v>2536</v>
+      </c>
+      <c r="X207" s="34">
+        <v>1171</v>
+      </c>
+      <c r="Y207" s="34">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="208" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A208" s="7" t="s">
         <v>204</v>
       </c>
       <c r="B208" s="11">
         <v>24375</v>
       </c>
       <c r="C208" s="11">
         <v>15155</v>
       </c>
       <c r="D208" s="11">
         <v>9220</v>
       </c>
       <c r="E208" s="11">
         <v>24000</v>
       </c>
       <c r="F208" s="11">
         <v>15111</v>
       </c>
       <c r="G208" s="11">
         <v>8889</v>
       </c>
       <c r="H208" s="11">
         <v>24940</v>
       </c>
       <c r="I208" s="11">
@@ -15769,61 +17616,70 @@
       </c>
       <c r="L208" s="11">
         <v>14872</v>
       </c>
       <c r="M208" s="11">
         <v>9030</v>
       </c>
       <c r="N208" s="11">
         <v>19123</v>
       </c>
       <c r="O208" s="11">
         <v>11847</v>
       </c>
       <c r="P208" s="11">
         <v>7276</v>
       </c>
       <c r="Q208" s="11">
         <v>16980</v>
       </c>
       <c r="R208" s="11">
         <v>10393</v>
       </c>
       <c r="S208" s="31">
         <v>6587</v>
       </c>
-      <c r="T208" s="39">
+      <c r="T208" s="34">
         <v>24955</v>
       </c>
-      <c r="U208" s="39">
+      <c r="U208" s="34">
         <v>15496</v>
       </c>
-      <c r="V208" s="43">
+      <c r="V208" s="38">
         <v>9459</v>
       </c>
-    </row>
-    <row r="209" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W208" s="34">
+        <v>26823</v>
+      </c>
+      <c r="X208" s="34">
+        <v>16693</v>
+      </c>
+      <c r="Y208" s="34">
+        <v>10130</v>
+      </c>
+    </row>
+    <row r="209" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A209" s="7" t="s">
         <v>205</v>
       </c>
       <c r="B209" s="11">
         <v>27105</v>
       </c>
       <c r="C209" s="11">
         <v>5432</v>
       </c>
       <c r="D209" s="11">
         <v>21673</v>
       </c>
       <c r="E209" s="11">
         <v>29424</v>
       </c>
       <c r="F209" s="11">
         <v>5593</v>
       </c>
       <c r="G209" s="11">
         <v>23831</v>
       </c>
       <c r="H209" s="11">
         <v>31264</v>
       </c>
       <c r="I209" s="11">
@@ -15837,61 +17693,70 @@
       </c>
       <c r="L209" s="11">
         <v>5827</v>
       </c>
       <c r="M209" s="11">
         <v>25266</v>
       </c>
       <c r="N209" s="11">
         <v>29349</v>
       </c>
       <c r="O209" s="11">
         <v>5667</v>
       </c>
       <c r="P209" s="11">
         <v>23682</v>
       </c>
       <c r="Q209" s="11">
         <v>27962</v>
       </c>
       <c r="R209" s="11">
         <v>5296</v>
       </c>
       <c r="S209" s="31">
         <v>22666</v>
       </c>
-      <c r="T209" s="39">
+      <c r="T209" s="34">
         <v>35832</v>
       </c>
-      <c r="U209" s="39">
+      <c r="U209" s="34">
         <v>6940</v>
       </c>
-      <c r="V209" s="43">
+      <c r="V209" s="38">
         <v>28892</v>
       </c>
-    </row>
-    <row r="210" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W209" s="34">
+        <v>38213</v>
+      </c>
+      <c r="X209" s="34">
+        <v>7440</v>
+      </c>
+      <c r="Y209" s="34">
+        <v>30773</v>
+      </c>
+    </row>
+    <row r="210" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A210" s="7" t="s">
         <v>206</v>
       </c>
       <c r="B210" s="11">
         <v>8096</v>
       </c>
       <c r="C210" s="11">
         <v>4129</v>
       </c>
       <c r="D210" s="11">
         <v>3967</v>
       </c>
       <c r="E210" s="11">
         <v>8178</v>
       </c>
       <c r="F210" s="11">
         <v>4038</v>
       </c>
       <c r="G210" s="11">
         <v>4140</v>
       </c>
       <c r="H210" s="11">
         <v>8402</v>
       </c>
       <c r="I210" s="11">
@@ -15905,61 +17770,70 @@
       </c>
       <c r="L210" s="11">
         <v>4184</v>
       </c>
       <c r="M210" s="11">
         <v>3984</v>
       </c>
       <c r="N210" s="11">
         <v>7516</v>
       </c>
       <c r="O210" s="11">
         <v>3806</v>
       </c>
       <c r="P210" s="11">
         <v>3710</v>
       </c>
       <c r="Q210" s="11">
         <v>6783</v>
       </c>
       <c r="R210" s="11">
         <v>3393</v>
       </c>
       <c r="S210" s="31">
         <v>3345</v>
       </c>
-      <c r="T210" s="39">
+      <c r="T210" s="34">
         <v>9710</v>
       </c>
-      <c r="U210" s="39">
+      <c r="U210" s="34">
         <v>4832</v>
       </c>
-      <c r="V210" s="43">
+      <c r="V210" s="38">
         <v>4878</v>
       </c>
-    </row>
-    <row r="211" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W210" s="34">
+        <v>10359</v>
+      </c>
+      <c r="X210" s="34">
+        <v>5076</v>
+      </c>
+      <c r="Y210" s="34">
+        <v>5283</v>
+      </c>
+    </row>
+    <row r="211" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A211" s="7" t="s">
         <v>207</v>
       </c>
       <c r="B211" s="11">
         <v>61354</v>
       </c>
       <c r="C211" s="11">
         <v>25367</v>
       </c>
       <c r="D211" s="11">
         <v>35987</v>
       </c>
       <c r="E211" s="11">
         <v>64286</v>
       </c>
       <c r="F211" s="11">
         <v>26869</v>
       </c>
       <c r="G211" s="11">
         <v>37417</v>
       </c>
       <c r="H211" s="11">
         <v>71615</v>
       </c>
       <c r="I211" s="11">
@@ -15973,61 +17847,70 @@
       </c>
       <c r="L211" s="11">
         <v>27146</v>
       </c>
       <c r="M211" s="11">
         <v>36723</v>
       </c>
       <c r="N211" s="11">
         <v>54156</v>
       </c>
       <c r="O211" s="11">
         <v>23897</v>
       </c>
       <c r="P211" s="11">
         <v>30259</v>
       </c>
       <c r="Q211" s="11">
         <v>50655</v>
       </c>
       <c r="R211" s="11">
         <v>22031</v>
       </c>
       <c r="S211" s="31">
         <v>28624</v>
       </c>
-      <c r="T211" s="39">
+      <c r="T211" s="34">
         <v>76431</v>
       </c>
-      <c r="U211" s="39">
+      <c r="U211" s="34">
         <v>32144</v>
       </c>
-      <c r="V211" s="43">
+      <c r="V211" s="38">
         <v>44287</v>
       </c>
-    </row>
-    <row r="212" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W211" s="34">
+        <v>90665</v>
+      </c>
+      <c r="X211" s="34">
+        <v>36792</v>
+      </c>
+      <c r="Y211" s="34">
+        <v>53873</v>
+      </c>
+    </row>
+    <row r="212" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A212" s="7" t="s">
         <v>208</v>
       </c>
       <c r="B212" s="11">
         <v>87116</v>
       </c>
       <c r="C212" s="11">
         <v>45162</v>
       </c>
       <c r="D212" s="11">
         <v>41954</v>
       </c>
       <c r="E212" s="11">
         <v>89530</v>
       </c>
       <c r="F212" s="11">
         <v>46877</v>
       </c>
       <c r="G212" s="11">
         <v>42653</v>
       </c>
       <c r="H212" s="11">
         <v>90163</v>
       </c>
       <c r="I212" s="11">
@@ -16041,61 +17924,70 @@
       </c>
       <c r="L212" s="11">
         <v>48955</v>
       </c>
       <c r="M212" s="11">
         <v>41372</v>
       </c>
       <c r="N212" s="11">
         <v>81544</v>
       </c>
       <c r="O212" s="11">
         <v>45084</v>
       </c>
       <c r="P212" s="11">
         <v>36460</v>
       </c>
       <c r="Q212" s="11">
         <v>76081</v>
       </c>
       <c r="R212" s="11">
         <v>42970</v>
       </c>
       <c r="S212" s="31">
         <v>33111</v>
       </c>
-      <c r="T212" s="39">
+      <c r="T212" s="34">
         <v>93715</v>
       </c>
-      <c r="U212" s="39">
+      <c r="U212" s="34">
         <v>51577</v>
       </c>
-      <c r="V212" s="43">
+      <c r="V212" s="38">
         <v>42138</v>
       </c>
-    </row>
-    <row r="213" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W212" s="34">
+        <v>105142</v>
+      </c>
+      <c r="X212" s="34">
+        <v>56353</v>
+      </c>
+      <c r="Y212" s="34">
+        <v>48789</v>
+      </c>
+    </row>
+    <row r="213" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A213" s="7" t="s">
         <v>209</v>
       </c>
       <c r="B213" s="11">
         <v>15099</v>
       </c>
       <c r="C213" s="11">
         <v>5021</v>
       </c>
       <c r="D213" s="11">
         <v>10078</v>
       </c>
       <c r="E213" s="11">
         <v>15859</v>
       </c>
       <c r="F213" s="11">
         <v>5169</v>
       </c>
       <c r="G213" s="11">
         <v>10690</v>
       </c>
       <c r="H213" s="11">
         <v>16257</v>
       </c>
       <c r="I213" s="11">
@@ -16109,61 +18001,70 @@
       </c>
       <c r="L213" s="11">
         <v>5020</v>
       </c>
       <c r="M213" s="11">
         <v>10423</v>
       </c>
       <c r="N213" s="11">
         <v>14717</v>
       </c>
       <c r="O213" s="11">
         <v>4615</v>
       </c>
       <c r="P213" s="11">
         <v>10102</v>
       </c>
       <c r="Q213" s="11">
         <v>14120</v>
       </c>
       <c r="R213" s="11">
         <v>4322</v>
       </c>
       <c r="S213" s="31">
         <v>9798</v>
       </c>
-      <c r="T213" s="39">
+      <c r="T213" s="34">
         <v>19539</v>
       </c>
-      <c r="U213" s="39">
+      <c r="U213" s="34">
         <v>5706</v>
       </c>
-      <c r="V213" s="43">
+      <c r="V213" s="38">
         <v>13833</v>
       </c>
-    </row>
-    <row r="214" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W213" s="34">
+        <v>21911</v>
+      </c>
+      <c r="X213" s="34">
+        <v>6172</v>
+      </c>
+      <c r="Y213" s="34">
+        <v>15739</v>
+      </c>
+    </row>
+    <row r="214" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A214" s="7" t="s">
         <v>210</v>
       </c>
       <c r="B214" s="11">
         <v>11262</v>
       </c>
       <c r="C214" s="11">
         <v>6981</v>
       </c>
       <c r="D214" s="11">
         <v>4281</v>
       </c>
       <c r="E214" s="11">
         <v>11999</v>
       </c>
       <c r="F214" s="11">
         <v>7424</v>
       </c>
       <c r="G214" s="11">
         <v>4575</v>
       </c>
       <c r="H214" s="11">
         <v>12492</v>
       </c>
       <c r="I214" s="11">
@@ -16177,61 +18078,70 @@
       </c>
       <c r="L214" s="11">
         <v>7873</v>
       </c>
       <c r="M214" s="11">
         <v>4998</v>
       </c>
       <c r="N214" s="11">
         <v>12133</v>
       </c>
       <c r="O214" s="11">
         <v>7394</v>
       </c>
       <c r="P214" s="11">
         <v>4739</v>
       </c>
       <c r="Q214" s="11">
         <v>11602</v>
       </c>
       <c r="R214" s="11">
         <v>7118</v>
       </c>
       <c r="S214" s="31">
         <v>4484</v>
       </c>
-      <c r="T214" s="39">
+      <c r="T214" s="34">
         <v>13942</v>
       </c>
-      <c r="U214" s="39">
+      <c r="U214" s="34">
         <v>8584</v>
       </c>
-      <c r="V214" s="43">
+      <c r="V214" s="38">
         <v>5358</v>
       </c>
-    </row>
-    <row r="215" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W214" s="34">
+        <v>13950</v>
+      </c>
+      <c r="X214" s="34">
+        <v>8616</v>
+      </c>
+      <c r="Y214" s="34">
+        <v>5334</v>
+      </c>
+    </row>
+    <row r="215" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A215" s="7" t="s">
         <v>211</v>
       </c>
       <c r="B215" s="11">
         <v>13453</v>
       </c>
       <c r="C215" s="11">
         <v>6894</v>
       </c>
       <c r="D215" s="11">
         <v>6559</v>
       </c>
       <c r="E215" s="11">
         <v>13269</v>
       </c>
       <c r="F215" s="11">
         <v>6884</v>
       </c>
       <c r="G215" s="11">
         <v>6385</v>
       </c>
       <c r="H215" s="11">
         <v>13537</v>
       </c>
       <c r="I215" s="11">
@@ -16245,61 +18155,70 @@
       </c>
       <c r="L215" s="11">
         <v>6511</v>
       </c>
       <c r="M215" s="11">
         <v>6151</v>
       </c>
       <c r="N215" s="11">
         <v>10831</v>
       </c>
       <c r="O215" s="11">
         <v>5578</v>
       </c>
       <c r="P215" s="11">
         <v>5253</v>
       </c>
       <c r="Q215" s="11">
         <v>9710</v>
       </c>
       <c r="R215" s="11">
         <v>5050</v>
       </c>
       <c r="S215" s="31">
         <v>4660</v>
       </c>
-      <c r="T215" s="39">
+      <c r="T215" s="34">
         <v>13734</v>
       </c>
-      <c r="U215" s="39">
+      <c r="U215" s="34">
         <v>6984</v>
       </c>
-      <c r="V215" s="43">
+      <c r="V215" s="38">
         <v>6750</v>
       </c>
-    </row>
-    <row r="216" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W215" s="34">
+        <v>14872</v>
+      </c>
+      <c r="X215" s="34">
+        <v>7598</v>
+      </c>
+      <c r="Y215" s="34">
+        <v>7274</v>
+      </c>
+    </row>
+    <row r="216" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A216" s="7" t="s">
         <v>212</v>
       </c>
       <c r="B216" s="11">
         <v>3838</v>
       </c>
       <c r="C216" s="11">
         <v>2234</v>
       </c>
       <c r="D216" s="11">
         <v>1604</v>
       </c>
       <c r="E216" s="11">
         <v>3708</v>
       </c>
       <c r="F216" s="11">
         <v>2152</v>
       </c>
       <c r="G216" s="11">
         <v>1556</v>
       </c>
       <c r="H216" s="11">
         <v>3371</v>
       </c>
       <c r="I216" s="11">
@@ -16313,61 +18232,70 @@
       </c>
       <c r="L216" s="11">
         <v>1600</v>
       </c>
       <c r="M216" s="11">
         <v>1377</v>
       </c>
       <c r="N216" s="11">
         <v>2290</v>
       </c>
       <c r="O216" s="11">
         <v>1142</v>
       </c>
       <c r="P216" s="11">
         <v>1148</v>
       </c>
       <c r="Q216" s="11">
         <v>2461</v>
       </c>
       <c r="R216" s="11">
         <v>1320</v>
       </c>
       <c r="S216" s="31">
         <v>1142</v>
       </c>
-      <c r="T216" s="39">
+      <c r="T216" s="34">
         <v>3051</v>
       </c>
-      <c r="U216" s="39">
+      <c r="U216" s="34">
         <v>1705</v>
       </c>
-      <c r="V216" s="43">
+      <c r="V216" s="38">
         <v>1346</v>
       </c>
-    </row>
-    <row r="217" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W216" s="34">
+        <v>3558</v>
+      </c>
+      <c r="X216" s="34">
+        <v>2033</v>
+      </c>
+      <c r="Y216" s="34">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="217" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A217" s="7" t="s">
         <v>213</v>
       </c>
       <c r="B217" s="11">
         <v>41809</v>
       </c>
       <c r="C217" s="11">
         <v>16608</v>
       </c>
       <c r="D217" s="11">
         <v>25201</v>
       </c>
       <c r="E217" s="11">
         <v>43843</v>
       </c>
       <c r="F217" s="11">
         <v>17426</v>
       </c>
       <c r="G217" s="11">
         <v>26417</v>
       </c>
       <c r="H217" s="11">
         <v>41010</v>
       </c>
       <c r="I217" s="11">
@@ -16381,61 +18309,70 @@
       </c>
       <c r="L217" s="11">
         <v>15790</v>
       </c>
       <c r="M217" s="11">
         <v>23163</v>
       </c>
       <c r="N217" s="11">
         <v>35403</v>
       </c>
       <c r="O217" s="11">
         <v>14389</v>
       </c>
       <c r="P217" s="11">
         <v>21014</v>
       </c>
       <c r="Q217" s="11">
         <v>30312</v>
       </c>
       <c r="R217" s="11">
         <v>12567</v>
       </c>
       <c r="S217" s="31">
         <v>17745</v>
       </c>
-      <c r="T217" s="39">
+      <c r="T217" s="34">
         <v>41569</v>
       </c>
-      <c r="U217" s="39">
+      <c r="U217" s="34">
         <v>17223</v>
       </c>
-      <c r="V217" s="43">
+      <c r="V217" s="38">
         <v>24346</v>
       </c>
-    </row>
-    <row r="218" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W217" s="34">
+        <v>45885</v>
+      </c>
+      <c r="X217" s="34">
+        <v>18842</v>
+      </c>
+      <c r="Y217" s="34">
+        <v>27043</v>
+      </c>
+    </row>
+    <row r="218" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A218" s="7" t="s">
         <v>214</v>
       </c>
       <c r="B218" s="11">
         <v>103348</v>
       </c>
       <c r="C218" s="11">
         <v>38948</v>
       </c>
       <c r="D218" s="11">
         <v>64400</v>
       </c>
       <c r="E218" s="11">
         <v>102644</v>
       </c>
       <c r="F218" s="11">
         <v>38123</v>
       </c>
       <c r="G218" s="11">
         <v>64521</v>
       </c>
       <c r="H218" s="11">
         <v>101429</v>
       </c>
       <c r="I218" s="11">
@@ -16449,61 +18386,70 @@
       </c>
       <c r="L218" s="11">
         <v>38211</v>
       </c>
       <c r="M218" s="11">
         <v>59364</v>
       </c>
       <c r="N218" s="11">
         <v>84490</v>
       </c>
       <c r="O218" s="11">
         <v>33878</v>
       </c>
       <c r="P218" s="11">
         <v>50612</v>
       </c>
       <c r="Q218" s="11">
         <v>76018</v>
       </c>
       <c r="R218" s="11">
         <v>30379</v>
       </c>
       <c r="S218" s="31">
         <v>45639</v>
       </c>
-      <c r="T218" s="39">
+      <c r="T218" s="34">
         <v>105841</v>
       </c>
-      <c r="U218" s="39">
+      <c r="U218" s="34">
         <v>42155</v>
       </c>
-      <c r="V218" s="43">
+      <c r="V218" s="38">
         <v>63686</v>
       </c>
-    </row>
-    <row r="219" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W218" s="34">
+        <v>116236</v>
+      </c>
+      <c r="X218" s="34">
+        <v>46490</v>
+      </c>
+      <c r="Y218" s="34">
+        <v>69746</v>
+      </c>
+    </row>
+    <row r="219" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A219" s="7" t="s">
         <v>215</v>
       </c>
       <c r="B219" s="11">
         <v>738227</v>
       </c>
       <c r="C219" s="11">
         <v>364769</v>
       </c>
       <c r="D219" s="11">
         <v>373458</v>
       </c>
       <c r="E219" s="11">
         <v>787124</v>
       </c>
       <c r="F219" s="11">
         <v>390075</v>
       </c>
       <c r="G219" s="11">
         <v>397049</v>
       </c>
       <c r="H219" s="11">
         <v>855419</v>
       </c>
       <c r="I219" s="11">
@@ -16517,61 +18463,70 @@
       </c>
       <c r="L219" s="11">
         <v>431817</v>
       </c>
       <c r="M219" s="11">
         <v>427516</v>
       </c>
       <c r="N219" s="11">
         <v>817578</v>
       </c>
       <c r="O219" s="11">
         <v>416707</v>
       </c>
       <c r="P219" s="11">
         <v>400871</v>
       </c>
       <c r="Q219" s="11">
         <v>745741</v>
       </c>
       <c r="R219" s="11">
         <v>378483</v>
       </c>
       <c r="S219" s="31">
         <v>367258</v>
       </c>
-      <c r="T219" s="39">
+      <c r="T219" s="34">
         <v>1000846</v>
       </c>
-      <c r="U219" s="39">
+      <c r="U219" s="34">
         <v>511777</v>
       </c>
-      <c r="V219" s="43">
+      <c r="V219" s="38">
         <v>489069</v>
       </c>
-    </row>
-    <row r="220" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W219" s="34">
+        <v>1074035</v>
+      </c>
+      <c r="X219" s="34">
+        <v>546669</v>
+      </c>
+      <c r="Y219" s="34">
+        <v>527366</v>
+      </c>
+    </row>
+    <row r="220" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A220" s="7" t="s">
         <v>216</v>
       </c>
       <c r="B220" s="11">
         <v>56258</v>
       </c>
       <c r="C220" s="11">
         <v>34874</v>
       </c>
       <c r="D220" s="11">
         <v>21384</v>
       </c>
       <c r="E220" s="11">
         <v>55957</v>
       </c>
       <c r="F220" s="11">
         <v>34394</v>
       </c>
       <c r="G220" s="11">
         <v>21563</v>
       </c>
       <c r="H220" s="11">
         <v>58526</v>
       </c>
       <c r="I220" s="11">
@@ -16585,61 +18540,70 @@
       </c>
       <c r="L220" s="11">
         <v>34613</v>
       </c>
       <c r="M220" s="11">
         <v>21821</v>
       </c>
       <c r="N220" s="11">
         <v>47367</v>
       </c>
       <c r="O220" s="11">
         <v>29556</v>
       </c>
       <c r="P220" s="11">
         <v>17811</v>
       </c>
       <c r="Q220" s="11">
         <v>46070</v>
       </c>
       <c r="R220" s="11">
         <v>29020</v>
       </c>
       <c r="S220" s="31">
         <v>17050</v>
       </c>
-      <c r="T220" s="39">
+      <c r="T220" s="34">
         <v>62273</v>
       </c>
-      <c r="U220" s="39">
+      <c r="U220" s="34">
         <v>38566</v>
       </c>
-      <c r="V220" s="43">
+      <c r="V220" s="38">
         <v>23707</v>
       </c>
-    </row>
-    <row r="221" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W220" s="34">
+        <v>66214</v>
+      </c>
+      <c r="X220" s="34">
+        <v>40825</v>
+      </c>
+      <c r="Y220" s="34">
+        <v>25389</v>
+      </c>
+    </row>
+    <row r="221" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A221" s="7" t="s">
         <v>217</v>
       </c>
       <c r="B221" s="11">
         <v>23707</v>
       </c>
       <c r="C221" s="11">
         <v>6927</v>
       </c>
       <c r="D221" s="11">
         <v>16780</v>
       </c>
       <c r="E221" s="11">
         <v>24116</v>
       </c>
       <c r="F221" s="11">
         <v>7133</v>
       </c>
       <c r="G221" s="11">
         <v>16983</v>
       </c>
       <c r="H221" s="11">
         <v>24495</v>
       </c>
       <c r="I221" s="11">
@@ -16653,61 +18617,70 @@
       </c>
       <c r="L221" s="11">
         <v>6942</v>
       </c>
       <c r="M221" s="11">
         <v>15857</v>
       </c>
       <c r="N221" s="11">
         <v>19150</v>
       </c>
       <c r="O221" s="11">
         <v>5940</v>
       </c>
       <c r="P221" s="11">
         <v>13210</v>
       </c>
       <c r="Q221" s="11">
         <v>16350</v>
       </c>
       <c r="R221" s="11">
         <v>5111</v>
       </c>
       <c r="S221" s="31">
         <v>11239</v>
       </c>
-      <c r="T221" s="39">
+      <c r="T221" s="34">
         <v>25353</v>
       </c>
-      <c r="U221" s="39">
+      <c r="U221" s="34">
         <v>7851</v>
       </c>
-      <c r="V221" s="43">
+      <c r="V221" s="38">
         <v>17502</v>
       </c>
-    </row>
-    <row r="222" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W221" s="34">
+        <v>28072</v>
+      </c>
+      <c r="X221" s="34">
+        <v>8775</v>
+      </c>
+      <c r="Y221" s="34">
+        <v>19297</v>
+      </c>
+    </row>
+    <row r="222" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A222" s="7" t="s">
         <v>218</v>
       </c>
       <c r="B222" s="11">
         <v>230532</v>
       </c>
       <c r="C222" s="11">
         <v>94879</v>
       </c>
       <c r="D222" s="11">
         <v>135653</v>
       </c>
       <c r="E222" s="11">
         <v>241420</v>
       </c>
       <c r="F222" s="11">
         <v>99938</v>
       </c>
       <c r="G222" s="11">
         <v>141482</v>
       </c>
       <c r="H222" s="11">
         <v>262933</v>
       </c>
       <c r="I222" s="11">
@@ -16721,61 +18694,70 @@
       </c>
       <c r="L222" s="11">
         <v>110765</v>
       </c>
       <c r="M222" s="11">
         <v>154299</v>
       </c>
       <c r="N222" s="11">
         <v>240641</v>
       </c>
       <c r="O222" s="11">
         <v>100917</v>
       </c>
       <c r="P222" s="11">
         <v>139724</v>
       </c>
       <c r="Q222" s="11">
         <v>219621</v>
       </c>
       <c r="R222" s="11">
         <v>91170</v>
       </c>
       <c r="S222" s="31">
         <v>128451</v>
       </c>
-      <c r="T222" s="39">
+      <c r="T222" s="34">
         <v>310038</v>
       </c>
-      <c r="U222" s="39">
+      <c r="U222" s="34">
         <v>128316</v>
       </c>
-      <c r="V222" s="43">
+      <c r="V222" s="38">
         <v>181722</v>
       </c>
-    </row>
-    <row r="223" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W222" s="34">
+        <v>328732</v>
+      </c>
+      <c r="X222" s="34">
+        <v>136242</v>
+      </c>
+      <c r="Y222" s="34">
+        <v>192490</v>
+      </c>
+    </row>
+    <row r="223" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A223" s="7" t="s">
         <v>219</v>
       </c>
       <c r="B223" s="11">
         <v>78262</v>
       </c>
       <c r="C223" s="11">
         <v>78262</v>
       </c>
       <c r="D223" s="11">
         <v>0</v>
       </c>
       <c r="E223" s="11">
         <v>82284</v>
       </c>
       <c r="F223" s="11">
         <v>82284</v>
       </c>
       <c r="G223" s="11">
         <v>0</v>
       </c>
       <c r="H223" s="11">
         <v>90225</v>
       </c>
       <c r="I223" s="11">
@@ -16789,61 +18771,70 @@
       </c>
       <c r="L223" s="11">
         <v>90584</v>
       </c>
       <c r="M223" s="11">
         <v>0</v>
       </c>
       <c r="N223" s="11">
         <v>80600</v>
       </c>
       <c r="O223" s="11">
         <v>80600</v>
       </c>
       <c r="P223" s="11">
         <v>0</v>
       </c>
       <c r="Q223" s="11">
         <v>75868</v>
       </c>
       <c r="R223" s="11">
         <v>75868</v>
       </c>
       <c r="S223" s="30">
         <v>0</v>
       </c>
-      <c r="T223" s="39">
+      <c r="T223" s="34">
         <v>113552</v>
       </c>
-      <c r="U223" s="39">
+      <c r="U223" s="34">
         <v>113552</v>
       </c>
-      <c r="V223" s="42">
-[...3 lines deleted...]
-    <row r="224" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V223" s="37">
+        <v>0</v>
+      </c>
+      <c r="W223" s="34">
+        <v>130273</v>
+      </c>
+      <c r="X223" s="34">
+        <v>130273</v>
+      </c>
+      <c r="Y223" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="224" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A224" s="7" t="s">
         <v>220</v>
       </c>
       <c r="B224" s="11">
         <v>859</v>
       </c>
       <c r="C224" s="11">
         <v>859</v>
       </c>
       <c r="D224" s="11">
         <v>0</v>
       </c>
       <c r="E224" s="11">
         <v>838</v>
       </c>
       <c r="F224" s="11">
         <v>838</v>
       </c>
       <c r="G224" s="11">
         <v>0</v>
       </c>
       <c r="H224" s="11">
         <v>814</v>
       </c>
       <c r="I224" s="11">
@@ -16857,61 +18848,70 @@
       </c>
       <c r="L224" s="11">
         <v>937</v>
       </c>
       <c r="M224" s="11">
         <v>0</v>
       </c>
       <c r="N224" s="11">
         <v>886</v>
       </c>
       <c r="O224" s="11">
         <v>886</v>
       </c>
       <c r="P224" s="11">
         <v>0</v>
       </c>
       <c r="Q224" s="11">
         <v>875</v>
       </c>
       <c r="R224" s="11">
         <v>875</v>
       </c>
       <c r="S224" s="30">
         <v>0</v>
       </c>
-      <c r="T224" s="39">
+      <c r="T224" s="34">
         <v>1128</v>
       </c>
-      <c r="U224" s="39">
+      <c r="U224" s="34">
         <v>1128</v>
       </c>
-      <c r="V224" s="42">
-[...3 lines deleted...]
-    <row r="225" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V224" s="37">
+        <v>0</v>
+      </c>
+      <c r="W224" s="34">
+        <v>1329</v>
+      </c>
+      <c r="X224" s="34">
+        <v>1329</v>
+      </c>
+      <c r="Y224" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="225" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A225" s="7" t="s">
         <v>221</v>
       </c>
       <c r="B225" s="11">
         <v>3078</v>
       </c>
       <c r="C225" s="11">
         <v>3078</v>
       </c>
       <c r="D225" s="11">
         <v>0</v>
       </c>
       <c r="E225" s="11">
         <v>3200</v>
       </c>
       <c r="F225" s="11">
         <v>3200</v>
       </c>
       <c r="G225" s="11">
         <v>0</v>
       </c>
       <c r="H225" s="11">
         <v>3201</v>
       </c>
       <c r="I225" s="11">
@@ -16925,61 +18925,70 @@
       </c>
       <c r="L225" s="11">
         <v>2644</v>
       </c>
       <c r="M225" s="11">
         <v>0</v>
       </c>
       <c r="N225" s="11">
         <v>2014</v>
       </c>
       <c r="O225" s="11">
         <v>2014</v>
       </c>
       <c r="P225" s="11">
         <v>0</v>
       </c>
       <c r="Q225" s="11">
         <v>2441</v>
       </c>
       <c r="R225" s="11">
         <v>2441</v>
       </c>
       <c r="S225" s="30">
         <v>0</v>
       </c>
-      <c r="T225" s="39">
+      <c r="T225" s="34">
         <v>3408</v>
       </c>
-      <c r="U225" s="39">
+      <c r="U225" s="34">
         <v>3408</v>
       </c>
-      <c r="V225" s="42">
-[...3 lines deleted...]
-    <row r="226" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V225" s="37">
+        <v>0</v>
+      </c>
+      <c r="W225" s="34">
+        <v>3279</v>
+      </c>
+      <c r="X225" s="34">
+        <v>3279</v>
+      </c>
+      <c r="Y225" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A226" s="7" t="s">
         <v>222</v>
       </c>
       <c r="B226" s="11">
         <v>5523</v>
       </c>
       <c r="C226" s="11">
         <v>5523</v>
       </c>
       <c r="D226" s="11">
         <v>0</v>
       </c>
       <c r="E226" s="11">
         <v>5194</v>
       </c>
       <c r="F226" s="11">
         <v>5194</v>
       </c>
       <c r="G226" s="11">
         <v>0</v>
       </c>
       <c r="H226" s="11">
         <v>5281</v>
       </c>
       <c r="I226" s="11">
@@ -16993,61 +19002,70 @@
       </c>
       <c r="L226" s="11">
         <v>4983</v>
       </c>
       <c r="M226" s="11">
         <v>0</v>
       </c>
       <c r="N226" s="11">
         <v>4462</v>
       </c>
       <c r="O226" s="11">
         <v>4462</v>
       </c>
       <c r="P226" s="11">
         <v>0</v>
       </c>
       <c r="Q226" s="11">
         <v>4444</v>
       </c>
       <c r="R226" s="11">
         <v>4444</v>
       </c>
       <c r="S226" s="30">
         <v>0</v>
       </c>
-      <c r="T226" s="39">
+      <c r="T226" s="34">
         <v>7034</v>
       </c>
-      <c r="U226" s="39">
+      <c r="U226" s="34">
         <v>7034</v>
       </c>
-      <c r="V226" s="42">
-[...3 lines deleted...]
-    <row r="227" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V226" s="37">
+        <v>0</v>
+      </c>
+      <c r="W226" s="34">
+        <v>7512</v>
+      </c>
+      <c r="X226" s="34">
+        <v>7512</v>
+      </c>
+      <c r="Y226" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A227" s="7" t="s">
         <v>223</v>
       </c>
       <c r="B227" s="11">
         <v>11666</v>
       </c>
       <c r="C227" s="11">
         <v>11666</v>
       </c>
       <c r="D227" s="11">
         <v>0</v>
       </c>
       <c r="E227" s="11">
         <v>11597</v>
       </c>
       <c r="F227" s="11">
         <v>11597</v>
       </c>
       <c r="G227" s="11">
         <v>0</v>
       </c>
       <c r="H227" s="11">
         <v>12053</v>
       </c>
       <c r="I227" s="11">
@@ -17061,61 +19079,70 @@
       </c>
       <c r="L227" s="11">
         <v>11676</v>
       </c>
       <c r="M227" s="11">
         <v>0</v>
       </c>
       <c r="N227" s="11">
         <v>10120</v>
       </c>
       <c r="O227" s="11">
         <v>10120</v>
       </c>
       <c r="P227" s="11">
         <v>0</v>
       </c>
       <c r="Q227" s="11">
         <v>9238</v>
       </c>
       <c r="R227" s="11">
         <v>9238</v>
       </c>
       <c r="S227" s="30">
         <v>0</v>
       </c>
-      <c r="T227" s="39">
+      <c r="T227" s="34">
         <v>12470</v>
       </c>
-      <c r="U227" s="39">
+      <c r="U227" s="34">
         <v>12470</v>
       </c>
-      <c r="V227" s="42">
-[...3 lines deleted...]
-    <row r="228" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V227" s="37">
+        <v>0</v>
+      </c>
+      <c r="W227" s="34">
+        <v>13169</v>
+      </c>
+      <c r="X227" s="34">
+        <v>13169</v>
+      </c>
+      <c r="Y227" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="228" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A228" s="7" t="s">
         <v>224</v>
       </c>
       <c r="B228" s="11">
         <v>9388</v>
       </c>
       <c r="C228" s="11">
         <v>564</v>
       </c>
       <c r="D228" s="11">
         <v>8824</v>
       </c>
       <c r="E228" s="11">
         <v>9521</v>
       </c>
       <c r="F228" s="11">
         <v>515</v>
       </c>
       <c r="G228" s="11">
         <v>9006</v>
       </c>
       <c r="H228" s="11">
         <v>9182</v>
       </c>
       <c r="I228" s="11">
@@ -17129,61 +19156,70 @@
       </c>
       <c r="L228" s="11">
         <v>463</v>
       </c>
       <c r="M228" s="11">
         <v>8333</v>
       </c>
       <c r="N228" s="11">
         <v>7563</v>
       </c>
       <c r="O228" s="11">
         <v>384</v>
       </c>
       <c r="P228" s="11">
         <v>7179</v>
       </c>
       <c r="Q228" s="11">
         <v>7565</v>
       </c>
       <c r="R228" s="11">
         <v>347</v>
       </c>
       <c r="S228" s="31">
         <v>7218</v>
       </c>
-      <c r="T228" s="39">
+      <c r="T228" s="34">
         <v>9863</v>
       </c>
-      <c r="U228" s="39">
+      <c r="U228" s="34">
         <v>434</v>
       </c>
-      <c r="V228" s="43">
+      <c r="V228" s="38">
         <v>9429</v>
       </c>
-    </row>
-    <row r="229" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W228" s="34">
+        <v>9995</v>
+      </c>
+      <c r="X228" s="34">
+        <v>469</v>
+      </c>
+      <c r="Y228" s="34">
+        <v>9526</v>
+      </c>
+    </row>
+    <row r="229" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A229" s="7" t="s">
         <v>225</v>
       </c>
       <c r="B229" s="11">
         <v>2742</v>
       </c>
       <c r="C229" s="11">
         <v>0</v>
       </c>
       <c r="D229" s="11">
         <v>2742</v>
       </c>
       <c r="E229" s="11">
         <v>2818</v>
       </c>
       <c r="F229" s="11">
         <v>0</v>
       </c>
       <c r="G229" s="11">
         <v>2818</v>
       </c>
       <c r="H229" s="11">
         <v>2808</v>
       </c>
       <c r="I229" s="11">
@@ -17197,61 +19233,70 @@
       </c>
       <c r="L229" s="11">
         <v>0</v>
       </c>
       <c r="M229" s="11">
         <v>2753</v>
       </c>
       <c r="N229" s="11">
         <v>2460</v>
       </c>
       <c r="O229" s="11">
         <v>0</v>
       </c>
       <c r="P229" s="11">
         <v>2460</v>
       </c>
       <c r="Q229" s="11">
         <v>2599</v>
       </c>
       <c r="R229" s="11">
         <v>0</v>
       </c>
       <c r="S229" s="31">
         <v>2599</v>
       </c>
-      <c r="T229" s="39">
+      <c r="T229" s="34">
         <v>3398</v>
       </c>
-      <c r="U229" s="39">
-[...2 lines deleted...]
-      <c r="V229" s="43">
+      <c r="U229" s="34">
+        <v>0</v>
+      </c>
+      <c r="V229" s="38">
         <v>3398</v>
       </c>
-    </row>
-    <row r="230" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W229" s="34">
+        <v>3589</v>
+      </c>
+      <c r="X229" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y229" s="34">
+        <v>3589</v>
+      </c>
+    </row>
+    <row r="230" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A230" s="7" t="s">
         <v>226</v>
       </c>
       <c r="B230" s="11">
         <v>788</v>
       </c>
       <c r="C230" s="11">
         <v>0</v>
       </c>
       <c r="D230" s="11">
         <v>788</v>
       </c>
       <c r="E230" s="11">
         <v>656</v>
       </c>
       <c r="F230" s="11">
         <v>0</v>
       </c>
       <c r="G230" s="11">
         <v>656</v>
       </c>
       <c r="H230" s="11">
         <v>589</v>
       </c>
       <c r="I230" s="11">
@@ -17265,61 +19310,70 @@
       </c>
       <c r="L230" s="11">
         <v>0</v>
       </c>
       <c r="M230" s="11">
         <v>586</v>
       </c>
       <c r="N230" s="11">
         <v>472</v>
       </c>
       <c r="O230" s="11">
         <v>0</v>
       </c>
       <c r="P230" s="11">
         <v>472</v>
       </c>
       <c r="Q230" s="11">
         <v>453</v>
       </c>
       <c r="R230" s="11">
         <v>0</v>
       </c>
       <c r="S230" s="30">
         <v>453</v>
       </c>
-      <c r="T230" s="39">
+      <c r="T230" s="34">
         <v>678</v>
       </c>
-      <c r="U230" s="39">
-[...2 lines deleted...]
-      <c r="V230" s="42">
+      <c r="U230" s="34">
+        <v>0</v>
+      </c>
+      <c r="V230" s="37">
         <v>678</v>
       </c>
-    </row>
-    <row r="231" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W230" s="34">
+        <v>755</v>
+      </c>
+      <c r="X230" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y230" s="34">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="231" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A231" s="7" t="s">
         <v>227</v>
       </c>
       <c r="B231" s="11">
         <v>20992</v>
       </c>
       <c r="C231" s="11">
         <v>0</v>
       </c>
       <c r="D231" s="11">
         <v>20992</v>
       </c>
       <c r="E231" s="11">
         <v>20864</v>
       </c>
       <c r="F231" s="11">
         <v>0</v>
       </c>
       <c r="G231" s="11">
         <v>20864</v>
       </c>
       <c r="H231" s="11">
         <v>20889</v>
       </c>
       <c r="I231" s="11">
@@ -17333,61 +19387,70 @@
       </c>
       <c r="L231" s="11">
         <v>0</v>
       </c>
       <c r="M231" s="11">
         <v>19388</v>
       </c>
       <c r="N231" s="11">
         <v>16791</v>
       </c>
       <c r="O231" s="11">
         <v>0</v>
       </c>
       <c r="P231" s="11">
         <v>16791</v>
       </c>
       <c r="Q231" s="11">
         <v>15349</v>
       </c>
       <c r="R231" s="11">
         <v>0</v>
       </c>
       <c r="S231" s="31">
         <v>15349</v>
       </c>
-      <c r="T231" s="39">
+      <c r="T231" s="34">
         <v>21697</v>
       </c>
-      <c r="U231" s="39">
-[...2 lines deleted...]
-      <c r="V231" s="43">
+      <c r="U231" s="34">
+        <v>0</v>
+      </c>
+      <c r="V231" s="38">
         <v>21697</v>
       </c>
-    </row>
-    <row r="232" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W231" s="34">
+        <v>22983</v>
+      </c>
+      <c r="X231" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y231" s="34">
+        <v>22983</v>
+      </c>
+    </row>
+    <row r="232" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A232" s="7" t="s">
         <v>228</v>
       </c>
       <c r="B232" s="11">
         <v>13268</v>
       </c>
       <c r="C232" s="11">
         <v>0</v>
       </c>
       <c r="D232" s="11">
         <v>13268</v>
       </c>
       <c r="E232" s="11">
         <v>13723</v>
       </c>
       <c r="F232" s="11">
         <v>0</v>
       </c>
       <c r="G232" s="11">
         <v>13723</v>
       </c>
       <c r="H232" s="11">
         <v>14059</v>
       </c>
       <c r="I232" s="11">
@@ -17401,61 +19464,70 @@
       </c>
       <c r="L232" s="11">
         <v>0</v>
       </c>
       <c r="M232" s="11">
         <v>13275</v>
       </c>
       <c r="N232" s="11">
         <v>11553</v>
       </c>
       <c r="O232" s="11">
         <v>0</v>
       </c>
       <c r="P232" s="11">
         <v>11553</v>
       </c>
       <c r="Q232" s="11">
         <v>12460</v>
       </c>
       <c r="R232" s="11">
         <v>0</v>
       </c>
       <c r="S232" s="31">
         <v>12460</v>
       </c>
-      <c r="T232" s="39">
+      <c r="T232" s="34">
         <v>16724</v>
       </c>
-      <c r="U232" s="39">
-[...2 lines deleted...]
-      <c r="V232" s="43">
+      <c r="U232" s="34">
+        <v>0</v>
+      </c>
+      <c r="V232" s="38">
         <v>16724</v>
       </c>
-    </row>
-    <row r="233" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W232" s="34">
+        <v>17501</v>
+      </c>
+      <c r="X232" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y232" s="34">
+        <v>17501</v>
+      </c>
+    </row>
+    <row r="233" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A233" s="7" t="s">
         <v>229</v>
       </c>
       <c r="B233" s="11">
         <v>4803</v>
       </c>
       <c r="C233" s="11">
         <v>0</v>
       </c>
       <c r="D233" s="11">
         <v>4803</v>
       </c>
       <c r="E233" s="11">
         <v>4801</v>
       </c>
       <c r="F233" s="11">
         <v>0</v>
       </c>
       <c r="G233" s="11">
         <v>4801</v>
       </c>
       <c r="H233" s="11">
         <v>4591</v>
       </c>
       <c r="I233" s="11">
@@ -17469,61 +19541,70 @@
       </c>
       <c r="L233" s="11">
         <v>0</v>
       </c>
       <c r="M233" s="11">
         <v>4130</v>
       </c>
       <c r="N233" s="11">
         <v>3055</v>
       </c>
       <c r="O233" s="11">
         <v>0</v>
       </c>
       <c r="P233" s="11">
         <v>3055</v>
       </c>
       <c r="Q233" s="11">
         <v>4070</v>
       </c>
       <c r="R233" s="11">
         <v>0</v>
       </c>
       <c r="S233" s="31">
         <v>4070</v>
       </c>
-      <c r="T233" s="39">
+      <c r="T233" s="34">
         <v>5250</v>
       </c>
-      <c r="U233" s="39">
-[...2 lines deleted...]
-      <c r="V233" s="43">
+      <c r="U233" s="34">
+        <v>0</v>
+      </c>
+      <c r="V233" s="38">
         <v>5250</v>
       </c>
-    </row>
-    <row r="234" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W233" s="34">
+        <v>5023</v>
+      </c>
+      <c r="X233" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y233" s="34">
+        <v>5023</v>
+      </c>
+    </row>
+    <row r="234" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A234" s="7" t="s">
         <v>230</v>
       </c>
       <c r="B234" s="11">
         <v>9251</v>
       </c>
       <c r="C234" s="11">
         <v>0</v>
       </c>
       <c r="D234" s="11">
         <v>9251</v>
       </c>
       <c r="E234" s="11">
         <v>9465</v>
       </c>
       <c r="F234" s="11">
         <v>0</v>
       </c>
       <c r="G234" s="11">
         <v>9465</v>
       </c>
       <c r="H234" s="11">
         <v>9746</v>
       </c>
       <c r="I234" s="11">
@@ -17537,61 +19618,70 @@
       </c>
       <c r="L234" s="11">
         <v>0</v>
       </c>
       <c r="M234" s="11">
         <v>9663</v>
       </c>
       <c r="N234" s="11">
         <v>8924</v>
       </c>
       <c r="O234" s="11">
         <v>0</v>
       </c>
       <c r="P234" s="11">
         <v>8924</v>
       </c>
       <c r="Q234" s="11">
         <v>9312</v>
       </c>
       <c r="R234" s="11">
         <v>0</v>
       </c>
       <c r="S234" s="31">
         <v>9312</v>
       </c>
-      <c r="T234" s="39">
+      <c r="T234" s="34">
         <v>12138</v>
       </c>
-      <c r="U234" s="39">
-[...2 lines deleted...]
-      <c r="V234" s="43">
+      <c r="U234" s="34">
+        <v>0</v>
+      </c>
+      <c r="V234" s="38">
         <v>12138</v>
       </c>
-    </row>
-    <row r="235" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W234" s="34">
+        <v>12829</v>
+      </c>
+      <c r="X234" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y234" s="34">
+        <v>12829</v>
+      </c>
+    </row>
+    <row r="235" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A235" s="7" t="s">
         <v>231</v>
       </c>
       <c r="B235" s="11">
         <v>9964</v>
       </c>
       <c r="C235" s="11">
         <v>0</v>
       </c>
       <c r="D235" s="11">
         <v>9964</v>
       </c>
       <c r="E235" s="11">
         <v>10107</v>
       </c>
       <c r="F235" s="11">
         <v>0</v>
       </c>
       <c r="G235" s="11">
         <v>10107</v>
       </c>
       <c r="H235" s="11">
         <v>10190</v>
       </c>
       <c r="I235" s="11">
@@ -17605,61 +19695,70 @@
       </c>
       <c r="L235" s="11">
         <v>0</v>
       </c>
       <c r="M235" s="11">
         <v>9296</v>
       </c>
       <c r="N235" s="11">
         <v>7555</v>
       </c>
       <c r="O235" s="11">
         <v>0</v>
       </c>
       <c r="P235" s="11">
         <v>7555</v>
       </c>
       <c r="Q235" s="11">
         <v>6985</v>
       </c>
       <c r="R235" s="11">
         <v>0</v>
       </c>
       <c r="S235" s="31">
         <v>6985</v>
       </c>
-      <c r="T235" s="39">
+      <c r="T235" s="34">
         <v>9340</v>
       </c>
-      <c r="U235" s="39">
-[...2 lines deleted...]
-      <c r="V235" s="43">
+      <c r="U235" s="34">
+        <v>0</v>
+      </c>
+      <c r="V235" s="38">
         <v>9340</v>
       </c>
-    </row>
-    <row r="236" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W235" s="34">
+        <v>9379</v>
+      </c>
+      <c r="X235" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y235" s="34">
+        <v>9379</v>
+      </c>
+    </row>
+    <row r="236" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A236" s="7" t="s">
         <v>232</v>
       </c>
       <c r="B236" s="11">
         <v>4365</v>
       </c>
       <c r="C236" s="11">
         <v>0</v>
       </c>
       <c r="D236" s="11">
         <v>4365</v>
       </c>
       <c r="E236" s="11">
         <v>4452</v>
       </c>
       <c r="F236" s="11">
         <v>0</v>
       </c>
       <c r="G236" s="11">
         <v>4452</v>
       </c>
       <c r="H236" s="11">
         <v>4394</v>
       </c>
       <c r="I236" s="11">
@@ -17673,61 +19772,70 @@
       </c>
       <c r="L236" s="11">
         <v>0</v>
       </c>
       <c r="M236" s="11">
         <v>4185</v>
       </c>
       <c r="N236" s="11">
         <v>3483</v>
       </c>
       <c r="O236" s="11">
         <v>0</v>
       </c>
       <c r="P236" s="11">
         <v>3483</v>
       </c>
       <c r="Q236" s="11">
         <v>3380</v>
       </c>
       <c r="R236" s="11">
         <v>0</v>
       </c>
       <c r="S236" s="31">
         <v>3380</v>
       </c>
-      <c r="T236" s="39">
+      <c r="T236" s="34">
         <v>4185</v>
       </c>
-      <c r="U236" s="39">
-[...2 lines deleted...]
-      <c r="V236" s="43">
+      <c r="U236" s="34">
+        <v>0</v>
+      </c>
+      <c r="V236" s="38">
         <v>4185</v>
       </c>
-    </row>
-    <row r="237" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W236" s="34">
+        <v>4465</v>
+      </c>
+      <c r="X236" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y236" s="34">
+        <v>4465</v>
+      </c>
+    </row>
+    <row r="237" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A237" s="7" t="s">
         <v>233</v>
       </c>
       <c r="B237" s="11">
         <v>327</v>
       </c>
       <c r="C237" s="11">
         <v>0</v>
       </c>
       <c r="D237" s="11">
         <v>327</v>
       </c>
       <c r="E237" s="11">
         <v>300</v>
       </c>
       <c r="F237" s="11">
         <v>0</v>
       </c>
       <c r="G237" s="11">
         <v>300</v>
       </c>
       <c r="H237" s="11">
         <v>301</v>
       </c>
       <c r="I237" s="11">
@@ -17741,61 +19849,70 @@
       </c>
       <c r="L237" s="11">
         <v>0</v>
       </c>
       <c r="M237" s="11">
         <v>278</v>
       </c>
       <c r="N237" s="11">
         <v>228</v>
       </c>
       <c r="O237" s="11">
         <v>0</v>
       </c>
       <c r="P237" s="11">
         <v>228</v>
       </c>
       <c r="Q237" s="11">
         <v>258</v>
       </c>
       <c r="R237" s="11">
         <v>0</v>
       </c>
       <c r="S237" s="30">
         <v>258</v>
       </c>
-      <c r="T237" s="39">
+      <c r="T237" s="34">
         <v>318</v>
       </c>
-      <c r="U237" s="39">
-[...2 lines deleted...]
-      <c r="V237" s="42">
+      <c r="U237" s="34">
+        <v>0</v>
+      </c>
+      <c r="V237" s="37">
         <v>318</v>
       </c>
-    </row>
-    <row r="238" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W237" s="34">
+        <v>403</v>
+      </c>
+      <c r="X237" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y237" s="34">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="238" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A238" s="7" t="s">
         <v>234</v>
       </c>
       <c r="B238" s="11">
         <v>23515</v>
       </c>
       <c r="C238" s="11">
         <v>0</v>
       </c>
       <c r="D238" s="11">
         <v>23515</v>
       </c>
       <c r="E238" s="11">
         <v>24412</v>
       </c>
       <c r="F238" s="11">
         <v>0</v>
       </c>
       <c r="G238" s="11">
         <v>24412</v>
       </c>
       <c r="H238" s="11">
         <v>25305</v>
       </c>
       <c r="I238" s="11">
@@ -17809,61 +19926,70 @@
       </c>
       <c r="L238" s="11">
         <v>360</v>
       </c>
       <c r="M238" s="11">
         <v>23685</v>
       </c>
       <c r="N238" s="11">
         <v>20992</v>
       </c>
       <c r="O238" s="11">
         <v>375</v>
       </c>
       <c r="P238" s="11">
         <v>20617</v>
       </c>
       <c r="Q238" s="11">
         <v>20723</v>
       </c>
       <c r="R238" s="11">
         <v>336</v>
       </c>
       <c r="S238" s="31">
         <v>20387</v>
       </c>
-      <c r="T238" s="39">
+      <c r="T238" s="34">
         <v>29133</v>
       </c>
-      <c r="U238" s="39">
+      <c r="U238" s="34">
         <v>346</v>
       </c>
-      <c r="V238" s="43">
+      <c r="V238" s="38">
         <v>28787</v>
       </c>
-    </row>
-    <row r="239" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W238" s="34">
+        <v>31691</v>
+      </c>
+      <c r="X238" s="34">
+        <v>431</v>
+      </c>
+      <c r="Y238" s="34">
+        <v>31260</v>
+      </c>
+    </row>
+    <row r="239" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A239" s="7" t="s">
         <v>235</v>
       </c>
       <c r="B239" s="11">
         <v>12272</v>
       </c>
       <c r="C239" s="11">
         <v>0</v>
       </c>
       <c r="D239" s="11">
         <v>12272</v>
       </c>
       <c r="E239" s="11">
         <v>11235</v>
       </c>
       <c r="F239" s="11">
         <v>0</v>
       </c>
       <c r="G239" s="11">
         <v>11235</v>
       </c>
       <c r="H239" s="11">
         <v>10394</v>
       </c>
       <c r="I239" s="11">
@@ -17877,61 +20003,70 @@
       </c>
       <c r="L239" s="11">
         <v>0</v>
       </c>
       <c r="M239" s="11">
         <v>9275</v>
       </c>
       <c r="N239" s="11">
         <v>8269</v>
       </c>
       <c r="O239" s="11">
         <v>0</v>
       </c>
       <c r="P239" s="11">
         <v>8269</v>
       </c>
       <c r="Q239" s="11">
         <v>7342</v>
       </c>
       <c r="R239" s="11">
         <v>0</v>
       </c>
       <c r="S239" s="31">
         <v>7342</v>
       </c>
-      <c r="T239" s="39">
+      <c r="T239" s="34">
         <v>8389</v>
       </c>
-      <c r="U239" s="39">
-[...2 lines deleted...]
-      <c r="V239" s="43">
+      <c r="U239" s="34">
+        <v>0</v>
+      </c>
+      <c r="V239" s="38">
         <v>8389</v>
       </c>
-    </row>
-    <row r="240" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W239" s="34">
+        <v>7621</v>
+      </c>
+      <c r="X239" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y239" s="34">
+        <v>7621</v>
+      </c>
+    </row>
+    <row r="240" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A240" s="7" t="s">
         <v>236</v>
       </c>
       <c r="B240" s="11">
         <v>1744</v>
       </c>
       <c r="C240" s="11">
         <v>0</v>
       </c>
       <c r="D240" s="11">
         <v>1744</v>
       </c>
       <c r="E240" s="11">
         <v>2513</v>
       </c>
       <c r="F240" s="11">
         <v>0</v>
       </c>
       <c r="G240" s="11">
         <v>2513</v>
       </c>
       <c r="H240" s="11">
         <v>2306</v>
       </c>
       <c r="I240" s="11">
@@ -17945,61 +20080,70 @@
       </c>
       <c r="L240" s="11">
         <v>0</v>
       </c>
       <c r="M240" s="11">
         <v>2591</v>
       </c>
       <c r="N240" s="11">
         <v>3024</v>
       </c>
       <c r="O240" s="11">
         <v>0</v>
       </c>
       <c r="P240" s="11">
         <v>3024</v>
       </c>
       <c r="Q240" s="11">
         <v>2724</v>
       </c>
       <c r="R240" s="11">
         <v>0</v>
       </c>
       <c r="S240" s="31">
         <v>2724</v>
       </c>
-      <c r="T240" s="39">
+      <c r="T240" s="34">
         <v>4305</v>
       </c>
-      <c r="U240" s="39">
-[...2 lines deleted...]
-      <c r="V240" s="43">
+      <c r="U240" s="34">
+        <v>0</v>
+      </c>
+      <c r="V240" s="38">
         <v>4305</v>
       </c>
-    </row>
-    <row r="241" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W240" s="34">
+        <v>5090</v>
+      </c>
+      <c r="X240" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y240" s="34">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="241" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A241" s="7" t="s">
         <v>237</v>
       </c>
       <c r="B241" s="11">
         <v>27792</v>
       </c>
       <c r="C241" s="11">
         <v>0</v>
       </c>
       <c r="D241" s="11">
         <v>27792</v>
       </c>
       <c r="E241" s="11">
         <v>27334</v>
       </c>
       <c r="F241" s="11">
         <v>0</v>
       </c>
       <c r="G241" s="11">
         <v>27334</v>
       </c>
       <c r="H241" s="11">
         <v>25558</v>
       </c>
       <c r="I241" s="11">
@@ -18013,61 +20157,70 @@
       </c>
       <c r="L241" s="11">
         <v>0</v>
       </c>
       <c r="M241" s="11">
         <v>25023</v>
       </c>
       <c r="N241" s="11">
         <v>23123</v>
       </c>
       <c r="O241" s="11">
         <v>0</v>
       </c>
       <c r="P241" s="11">
         <v>23123</v>
       </c>
       <c r="Q241" s="11">
         <v>21707</v>
       </c>
       <c r="R241" s="11">
         <v>0</v>
       </c>
       <c r="S241" s="31">
         <v>21707</v>
       </c>
-      <c r="T241" s="39">
+      <c r="T241" s="34">
         <v>24478</v>
       </c>
-      <c r="U241" s="39">
-[...2 lines deleted...]
-      <c r="V241" s="43">
+      <c r="U241" s="34">
+        <v>0</v>
+      </c>
+      <c r="V241" s="38">
         <v>24478</v>
       </c>
-    </row>
-    <row r="242" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W241" s="34">
+        <v>22435</v>
+      </c>
+      <c r="X241" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y241" s="34">
+        <v>22435</v>
+      </c>
+    </row>
+    <row r="242" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A242" s="7" t="s">
         <v>238</v>
       </c>
       <c r="B242" s="11">
         <v>25653</v>
       </c>
       <c r="C242" s="11">
         <v>0</v>
       </c>
       <c r="D242" s="11">
         <v>25653</v>
       </c>
       <c r="E242" s="11">
         <v>26631</v>
       </c>
       <c r="F242" s="11">
         <v>0</v>
       </c>
       <c r="G242" s="11">
         <v>26631</v>
       </c>
       <c r="H242" s="11">
         <v>26123</v>
       </c>
       <c r="I242" s="11">
@@ -18081,61 +20234,70 @@
       </c>
       <c r="L242" s="11">
         <v>0</v>
       </c>
       <c r="M242" s="11">
         <v>26500</v>
       </c>
       <c r="N242" s="11">
         <v>24893</v>
       </c>
       <c r="O242" s="11">
         <v>0</v>
       </c>
       <c r="P242" s="11">
         <v>24893</v>
       </c>
       <c r="Q242" s="11">
         <v>21402</v>
       </c>
       <c r="R242" s="11">
         <v>0</v>
       </c>
       <c r="S242" s="31">
         <v>21402</v>
       </c>
-      <c r="T242" s="39">
+      <c r="T242" s="34">
         <v>28188</v>
       </c>
-      <c r="U242" s="39">
-[...2 lines deleted...]
-      <c r="V242" s="43">
+      <c r="U242" s="34">
+        <v>0</v>
+      </c>
+      <c r="V242" s="38">
         <v>28188</v>
       </c>
-    </row>
-    <row r="243" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W242" s="34">
+        <v>27017</v>
+      </c>
+      <c r="X242" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y242" s="34">
+        <v>27017</v>
+      </c>
+    </row>
+    <row r="243" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A243" s="7" t="s">
         <v>239</v>
       </c>
       <c r="B243" s="11">
         <v>5704</v>
       </c>
       <c r="C243" s="11">
         <v>0</v>
       </c>
       <c r="D243" s="11">
         <v>5704</v>
       </c>
       <c r="E243" s="11">
         <v>5615</v>
       </c>
       <c r="F243" s="11">
         <v>0</v>
       </c>
       <c r="G243" s="11">
         <v>5615</v>
       </c>
       <c r="H243" s="11">
         <v>5265</v>
       </c>
       <c r="I243" s="11">
@@ -18149,61 +20311,70 @@
       </c>
       <c r="L243" s="11">
         <v>0</v>
       </c>
       <c r="M243" s="11">
         <v>5153</v>
       </c>
       <c r="N243" s="11">
         <v>4651</v>
       </c>
       <c r="O243" s="11">
         <v>0</v>
       </c>
       <c r="P243" s="11">
         <v>4651</v>
       </c>
       <c r="Q243" s="11">
         <v>3882</v>
       </c>
       <c r="R243" s="11">
         <v>0</v>
       </c>
       <c r="S243" s="31">
         <v>3882</v>
       </c>
-      <c r="T243" s="39">
+      <c r="T243" s="34">
         <v>4833</v>
       </c>
-      <c r="U243" s="39">
-[...2 lines deleted...]
-      <c r="V243" s="43">
+      <c r="U243" s="34">
+        <v>0</v>
+      </c>
+      <c r="V243" s="38">
         <v>4833</v>
       </c>
-    </row>
-    <row r="244" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W243" s="34">
+        <v>4590</v>
+      </c>
+      <c r="X243" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y243" s="34">
+        <v>4590</v>
+      </c>
+    </row>
+    <row r="244" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A244" s="7" t="s">
         <v>240</v>
       </c>
       <c r="B244" s="11">
         <v>153874</v>
       </c>
       <c r="C244" s="11">
         <v>0</v>
       </c>
       <c r="D244" s="11">
         <v>153874</v>
       </c>
       <c r="E244" s="11">
         <v>152642</v>
       </c>
       <c r="F244" s="11">
         <v>0</v>
       </c>
       <c r="G244" s="11">
         <v>152642</v>
       </c>
       <c r="H244" s="11">
         <v>148321</v>
       </c>
       <c r="I244" s="11">
@@ -18217,61 +20388,70 @@
       </c>
       <c r="L244" s="11">
         <v>0</v>
       </c>
       <c r="M244" s="11">
         <v>145588</v>
       </c>
       <c r="N244" s="11">
         <v>136957</v>
       </c>
       <c r="O244" s="11">
         <v>0</v>
       </c>
       <c r="P244" s="11">
         <v>136957</v>
       </c>
       <c r="Q244" s="11">
         <v>116215</v>
       </c>
       <c r="R244" s="11">
         <v>0</v>
       </c>
       <c r="S244" s="31">
         <v>116215</v>
       </c>
-      <c r="T244" s="39">
+      <c r="T244" s="34">
         <v>143009</v>
       </c>
-      <c r="U244" s="39">
-[...2 lines deleted...]
-      <c r="V244" s="43">
+      <c r="U244" s="34">
+        <v>0</v>
+      </c>
+      <c r="V244" s="38">
         <v>143009</v>
       </c>
-    </row>
-    <row r="245" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W244" s="34">
+        <v>134534</v>
+      </c>
+      <c r="X244" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y244" s="34">
+        <v>134534</v>
+      </c>
+    </row>
+    <row r="245" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A245" s="7" t="s">
         <v>241</v>
       </c>
       <c r="B245" s="11">
         <v>23027</v>
       </c>
       <c r="C245" s="11">
         <v>0</v>
       </c>
       <c r="D245" s="11">
         <v>23027</v>
       </c>
       <c r="E245" s="11">
         <v>19843</v>
       </c>
       <c r="F245" s="11">
         <v>0</v>
       </c>
       <c r="G245" s="11">
         <v>19843</v>
       </c>
       <c r="H245" s="11">
         <v>16805</v>
       </c>
       <c r="I245" s="11">
@@ -18285,61 +20465,70 @@
       </c>
       <c r="L245" s="11">
         <v>0</v>
       </c>
       <c r="M245" s="11">
         <v>15415</v>
       </c>
       <c r="N245" s="11">
         <v>13960</v>
       </c>
       <c r="O245" s="11">
         <v>0</v>
       </c>
       <c r="P245" s="11">
         <v>13960</v>
       </c>
       <c r="Q245" s="11">
         <v>11836</v>
       </c>
       <c r="R245" s="11">
         <v>0</v>
       </c>
       <c r="S245" s="31">
         <v>11836</v>
       </c>
-      <c r="T245" s="39">
+      <c r="T245" s="34">
         <v>13408</v>
       </c>
-      <c r="U245" s="39">
-[...2 lines deleted...]
-      <c r="V245" s="43">
+      <c r="U245" s="34">
+        <v>0</v>
+      </c>
+      <c r="V245" s="38">
         <v>13408</v>
       </c>
-    </row>
-    <row r="246" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W245" s="34">
+        <v>12262</v>
+      </c>
+      <c r="X245" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y245" s="34">
+        <v>12262</v>
+      </c>
+    </row>
+    <row r="246" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A246" s="7" t="s">
         <v>242</v>
       </c>
       <c r="B246" s="11">
         <v>11904</v>
       </c>
       <c r="C246" s="11">
         <v>0</v>
       </c>
       <c r="D246" s="11">
         <v>11904</v>
       </c>
       <c r="E246" s="11">
         <v>11456</v>
       </c>
       <c r="F246" s="11">
         <v>0</v>
       </c>
       <c r="G246" s="11">
         <v>11456</v>
       </c>
       <c r="H246" s="11">
         <v>9911</v>
       </c>
       <c r="I246" s="11">
@@ -18353,61 +20542,70 @@
       </c>
       <c r="L246" s="11">
         <v>0</v>
       </c>
       <c r="M246" s="11">
         <v>9820</v>
       </c>
       <c r="N246" s="11">
         <v>8626</v>
       </c>
       <c r="O246" s="11">
         <v>0</v>
       </c>
       <c r="P246" s="11">
         <v>8626</v>
       </c>
       <c r="Q246" s="11">
         <v>7118</v>
       </c>
       <c r="R246" s="11">
         <v>0</v>
       </c>
       <c r="S246" s="31">
         <v>7118</v>
       </c>
-      <c r="T246" s="39">
+      <c r="T246" s="34">
         <v>8213</v>
       </c>
-      <c r="U246" s="39">
-[...2 lines deleted...]
-      <c r="V246" s="43">
+      <c r="U246" s="34">
+        <v>0</v>
+      </c>
+      <c r="V246" s="38">
         <v>8213</v>
       </c>
-    </row>
-    <row r="247" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W246" s="34">
+        <v>7496</v>
+      </c>
+      <c r="X246" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y246" s="34">
+        <v>7496</v>
+      </c>
+    </row>
+    <row r="247" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A247" s="7" t="s">
         <v>243</v>
       </c>
       <c r="B247" s="11">
         <v>298024</v>
       </c>
       <c r="C247" s="11">
         <v>0</v>
       </c>
       <c r="D247" s="11">
         <v>298024</v>
       </c>
       <c r="E247" s="11">
         <v>290717</v>
       </c>
       <c r="F247" s="11">
         <v>0</v>
       </c>
       <c r="G247" s="11">
         <v>290717</v>
       </c>
       <c r="H247" s="11">
         <v>280033</v>
       </c>
       <c r="I247" s="11">
@@ -18421,61 +20619,70 @@
       </c>
       <c r="L247" s="11">
         <v>0</v>
       </c>
       <c r="M247" s="11">
         <v>277716</v>
       </c>
       <c r="N247" s="11">
         <v>258791</v>
       </c>
       <c r="O247" s="11">
         <v>0</v>
       </c>
       <c r="P247" s="11">
         <v>258791</v>
       </c>
       <c r="Q247" s="11">
         <v>213717</v>
       </c>
       <c r="R247" s="11">
         <v>0</v>
       </c>
       <c r="S247" s="31">
         <v>213717</v>
       </c>
-      <c r="T247" s="39">
+      <c r="T247" s="34">
         <v>274500</v>
       </c>
-      <c r="U247" s="39">
-[...2 lines deleted...]
-      <c r="V247" s="43">
+      <c r="U247" s="34">
+        <v>0</v>
+      </c>
+      <c r="V247" s="38">
         <v>274500</v>
       </c>
-    </row>
-    <row r="248" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W247" s="34">
+        <v>262667</v>
+      </c>
+      <c r="X247" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y247" s="34">
+        <v>262667</v>
+      </c>
+    </row>
+    <row r="248" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A248" s="7" t="s">
         <v>244</v>
       </c>
       <c r="B248" s="11">
         <v>224387</v>
       </c>
       <c r="C248" s="11">
         <v>0</v>
       </c>
       <c r="D248" s="11">
         <v>224387</v>
       </c>
       <c r="E248" s="11">
         <v>209357</v>
       </c>
       <c r="F248" s="11">
         <v>0</v>
       </c>
       <c r="G248" s="11">
         <v>209357</v>
       </c>
       <c r="H248" s="11">
         <v>193042</v>
       </c>
       <c r="I248" s="11">
@@ -18489,61 +20696,70 @@
       </c>
       <c r="L248" s="11">
         <v>0</v>
       </c>
       <c r="M248" s="11">
         <v>185320</v>
       </c>
       <c r="N248" s="11">
         <v>171169</v>
       </c>
       <c r="O248" s="11">
         <v>0</v>
       </c>
       <c r="P248" s="11">
         <v>171169</v>
       </c>
       <c r="Q248" s="11">
         <v>148365</v>
       </c>
       <c r="R248" s="11">
         <v>0</v>
       </c>
       <c r="S248" s="31">
         <v>148365</v>
       </c>
-      <c r="T248" s="39">
+      <c r="T248" s="34">
         <v>157789</v>
       </c>
-      <c r="U248" s="39">
-[...2 lines deleted...]
-      <c r="V248" s="43">
+      <c r="U248" s="34">
+        <v>0</v>
+      </c>
+      <c r="V248" s="38">
         <v>157789</v>
       </c>
-    </row>
-    <row r="249" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W248" s="34">
+        <v>141928</v>
+      </c>
+      <c r="X248" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y248" s="34">
+        <v>141928</v>
+      </c>
+    </row>
+    <row r="249" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A249" s="7" t="s">
         <v>245</v>
       </c>
       <c r="B249" s="11">
         <v>71554</v>
       </c>
       <c r="C249" s="11">
         <v>0</v>
       </c>
       <c r="D249" s="11">
         <v>71554</v>
       </c>
       <c r="E249" s="11">
         <v>70413</v>
       </c>
       <c r="F249" s="11">
         <v>0</v>
       </c>
       <c r="G249" s="11">
         <v>70413</v>
       </c>
       <c r="H249" s="11">
         <v>71070</v>
       </c>
       <c r="I249" s="11">
@@ -18557,61 +20773,70 @@
       </c>
       <c r="L249" s="11">
         <v>0</v>
       </c>
       <c r="M249" s="11">
         <v>69804</v>
       </c>
       <c r="N249" s="11">
         <v>72110</v>
       </c>
       <c r="O249" s="11">
         <v>0</v>
       </c>
       <c r="P249" s="11">
         <v>72110</v>
       </c>
       <c r="Q249" s="11">
         <v>78393</v>
       </c>
       <c r="R249" s="11">
         <v>0</v>
       </c>
       <c r="S249" s="31">
         <v>78393</v>
       </c>
-      <c r="T249" s="39">
+      <c r="T249" s="34">
         <v>79163</v>
       </c>
-      <c r="U249" s="39">
-[...2 lines deleted...]
-      <c r="V249" s="43">
+      <c r="U249" s="34">
+        <v>0</v>
+      </c>
+      <c r="V249" s="38">
         <v>79163</v>
       </c>
-    </row>
-    <row r="250" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W249" s="34">
+        <v>81452</v>
+      </c>
+      <c r="X249" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y249" s="34">
+        <v>81452</v>
+      </c>
+    </row>
+    <row r="250" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A250" s="7" t="s">
         <v>246</v>
       </c>
       <c r="B250" s="11">
         <v>29281</v>
       </c>
       <c r="C250" s="11">
         <v>15350</v>
       </c>
       <c r="D250" s="11">
         <v>13931</v>
       </c>
       <c r="E250" s="11">
         <v>29629</v>
       </c>
       <c r="F250" s="11">
         <v>15669</v>
       </c>
       <c r="G250" s="11">
         <v>13960</v>
       </c>
       <c r="H250" s="11">
         <v>27595</v>
       </c>
       <c r="I250" s="11">
@@ -18625,61 +20850,70 @@
       </c>
       <c r="L250" s="11">
         <v>15560</v>
       </c>
       <c r="M250" s="11">
         <v>14046</v>
       </c>
       <c r="N250" s="11">
         <v>28814</v>
       </c>
       <c r="O250" s="11">
         <v>15024</v>
       </c>
       <c r="P250" s="11">
         <v>13790</v>
       </c>
       <c r="Q250" s="11">
         <v>13168</v>
       </c>
       <c r="R250" s="11">
         <v>6875</v>
       </c>
       <c r="S250" s="31">
         <v>6293</v>
       </c>
-      <c r="T250" s="39">
+      <c r="T250" s="34">
         <v>11592</v>
       </c>
-      <c r="U250" s="39">
+      <c r="U250" s="34">
         <v>6014</v>
       </c>
-      <c r="V250" s="43">
+      <c r="V250" s="38">
         <v>5578</v>
       </c>
-    </row>
-    <row r="251" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W250" s="34">
+        <v>12304</v>
+      </c>
+      <c r="X250" s="34">
+        <v>6451</v>
+      </c>
+      <c r="Y250" s="34">
+        <v>5853</v>
+      </c>
+    </row>
+    <row r="251" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A251" s="8" t="s">
         <v>247</v>
       </c>
       <c r="B251" s="11">
         <v>68013</v>
       </c>
       <c r="C251" s="11">
         <v>33821</v>
       </c>
       <c r="D251" s="11">
         <v>34192</v>
       </c>
       <c r="E251" s="11">
         <v>64542</v>
       </c>
       <c r="F251" s="11">
         <v>32408</v>
       </c>
       <c r="G251" s="11">
         <v>32134</v>
       </c>
       <c r="H251" s="11">
         <v>61598</v>
       </c>
       <c r="I251" s="11">
@@ -18693,61 +20927,70 @@
       </c>
       <c r="L251" s="11">
         <v>29898</v>
       </c>
       <c r="M251" s="11">
         <v>29469</v>
       </c>
       <c r="N251" s="11">
         <v>55053</v>
       </c>
       <c r="O251" s="11">
         <v>27491</v>
       </c>
       <c r="P251" s="11">
         <v>27562</v>
       </c>
       <c r="Q251" s="11">
         <v>48265</v>
       </c>
       <c r="R251" s="11">
         <v>24139</v>
       </c>
       <c r="S251" s="31">
         <v>24126</v>
       </c>
-      <c r="T251" s="39">
+      <c r="T251" s="34">
         <v>57240</v>
       </c>
-      <c r="U251" s="39">
+      <c r="U251" s="34">
         <v>28857</v>
       </c>
-      <c r="V251" s="43">
+      <c r="V251" s="38">
         <v>28383</v>
       </c>
-    </row>
-    <row r="252" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W251" s="34">
+        <v>53980</v>
+      </c>
+      <c r="X251" s="34">
+        <v>26946</v>
+      </c>
+      <c r="Y251" s="34">
+        <v>27034</v>
+      </c>
+    </row>
+    <row r="252" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A252" s="7" t="s">
         <v>248</v>
       </c>
       <c r="B252" s="11">
         <v>8683</v>
       </c>
       <c r="C252" s="11">
         <v>5070</v>
       </c>
       <c r="D252" s="11">
         <v>3613</v>
       </c>
       <c r="E252" s="11">
         <v>9326</v>
       </c>
       <c r="F252" s="11">
         <v>5516</v>
       </c>
       <c r="G252" s="11">
         <v>3810</v>
       </c>
       <c r="H252" s="11">
         <v>9114</v>
       </c>
       <c r="I252" s="11">
@@ -18761,61 +21004,70 @@
       </c>
       <c r="L252" s="11">
         <v>6005</v>
       </c>
       <c r="M252" s="11">
         <v>4253</v>
       </c>
       <c r="N252" s="11">
         <v>9664</v>
       </c>
       <c r="O252" s="11">
         <v>5504</v>
       </c>
       <c r="P252" s="11">
         <v>4160</v>
       </c>
       <c r="Q252" s="11">
         <v>7136</v>
       </c>
       <c r="R252" s="11">
         <v>4022</v>
       </c>
       <c r="S252" s="31">
         <v>3114</v>
       </c>
-      <c r="T252" s="39">
+      <c r="T252" s="34">
         <v>9639</v>
       </c>
-      <c r="U252" s="39">
+      <c r="U252" s="34">
         <v>5625</v>
       </c>
-      <c r="V252" s="43">
+      <c r="V252" s="38">
         <v>4014</v>
       </c>
-    </row>
-    <row r="253" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W252" s="34">
+        <v>9774</v>
+      </c>
+      <c r="X252" s="34">
+        <v>5630</v>
+      </c>
+      <c r="Y252" s="34">
+        <v>4144</v>
+      </c>
+    </row>
+    <row r="253" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A253" s="7" t="s">
         <v>249</v>
       </c>
       <c r="B253" s="11">
         <v>12806</v>
       </c>
       <c r="C253" s="11">
         <v>7156</v>
       </c>
       <c r="D253" s="11">
         <v>5650</v>
       </c>
       <c r="E253" s="11">
         <v>11859</v>
       </c>
       <c r="F253" s="11">
         <v>6640</v>
       </c>
       <c r="G253" s="11">
         <v>5219</v>
       </c>
       <c r="H253" s="11">
         <v>10986</v>
       </c>
       <c r="I253" s="11">
@@ -18829,61 +21081,70 @@
       </c>
       <c r="L253" s="11">
         <v>5631</v>
       </c>
       <c r="M253" s="11">
         <v>4721</v>
       </c>
       <c r="N253" s="11">
         <v>9824</v>
       </c>
       <c r="O253" s="11">
         <v>5493</v>
       </c>
       <c r="P253" s="11">
         <v>4331</v>
       </c>
       <c r="Q253" s="11">
         <v>5865</v>
       </c>
       <c r="R253" s="11">
         <v>3283</v>
       </c>
       <c r="S253" s="31">
         <v>2582</v>
       </c>
-      <c r="T253" s="39">
+      <c r="T253" s="34">
         <v>8916</v>
       </c>
-      <c r="U253" s="39">
+      <c r="U253" s="34">
         <v>4948</v>
       </c>
-      <c r="V253" s="43">
+      <c r="V253" s="38">
         <v>3968</v>
       </c>
-    </row>
-    <row r="254" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W253" s="34">
+        <v>7981</v>
+      </c>
+      <c r="X253" s="34">
+        <v>4364</v>
+      </c>
+      <c r="Y253" s="34">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="254" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A254" s="7" t="s">
         <v>250</v>
       </c>
       <c r="B254" s="11">
         <v>75386</v>
       </c>
       <c r="C254" s="11">
         <v>44891</v>
       </c>
       <c r="D254" s="11">
         <v>30495</v>
       </c>
       <c r="E254" s="11">
         <v>77356</v>
       </c>
       <c r="F254" s="11">
         <v>46025</v>
       </c>
       <c r="G254" s="11">
         <v>31331</v>
       </c>
       <c r="H254" s="11">
         <v>78072</v>
       </c>
       <c r="I254" s="11">
@@ -18897,61 +21158,70 @@
       </c>
       <c r="L254" s="11">
         <v>46781</v>
       </c>
       <c r="M254" s="11">
         <v>32036</v>
       </c>
       <c r="N254" s="11">
         <v>75703</v>
       </c>
       <c r="O254" s="11">
         <v>44782</v>
       </c>
       <c r="P254" s="11">
         <v>30921</v>
       </c>
       <c r="Q254" s="11">
         <v>50105</v>
       </c>
       <c r="R254" s="11">
         <v>29467</v>
       </c>
       <c r="S254" s="31">
         <v>20638</v>
       </c>
-      <c r="T254" s="39">
+      <c r="T254" s="34">
         <v>85132</v>
       </c>
-      <c r="U254" s="39">
+      <c r="U254" s="34">
         <v>50353</v>
       </c>
-      <c r="V254" s="43">
+      <c r="V254" s="38">
         <v>34779</v>
       </c>
-    </row>
-    <row r="255" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W254" s="34">
+        <v>82098</v>
+      </c>
+      <c r="X254" s="34">
+        <v>48166</v>
+      </c>
+      <c r="Y254" s="34">
+        <v>33932</v>
+      </c>
+    </row>
+    <row r="255" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A255" s="7" t="s">
         <v>251</v>
       </c>
       <c r="B255" s="11">
         <v>35572</v>
       </c>
       <c r="C255" s="11">
         <v>19431</v>
       </c>
       <c r="D255" s="11">
         <v>16141</v>
       </c>
       <c r="E255" s="11">
         <v>35103</v>
       </c>
       <c r="F255" s="11">
         <v>19535</v>
       </c>
       <c r="G255" s="11">
         <v>15568</v>
       </c>
       <c r="H255" s="11">
         <v>36043</v>
       </c>
       <c r="I255" s="11">
@@ -18965,61 +21235,70 @@
       </c>
       <c r="L255" s="11">
         <v>19667</v>
       </c>
       <c r="M255" s="11">
         <v>15825</v>
       </c>
       <c r="N255" s="11">
         <v>33418</v>
       </c>
       <c r="O255" s="11">
         <v>18519</v>
       </c>
       <c r="P255" s="11">
         <v>14899</v>
       </c>
       <c r="Q255" s="11">
         <v>20916</v>
       </c>
       <c r="R255" s="11">
         <v>11528</v>
       </c>
       <c r="S255" s="31">
         <v>9388</v>
       </c>
-      <c r="T255" s="39">
+      <c r="T255" s="34">
         <v>35696</v>
       </c>
-      <c r="U255" s="39">
+      <c r="U255" s="34">
         <v>19991</v>
       </c>
-      <c r="V255" s="43">
+      <c r="V255" s="38">
         <v>15705</v>
       </c>
-    </row>
-    <row r="256" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W255" s="34">
+        <v>34203</v>
+      </c>
+      <c r="X255" s="34">
+        <v>19191</v>
+      </c>
+      <c r="Y255" s="34">
+        <v>15012</v>
+      </c>
+    </row>
+    <row r="256" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A256" s="7" t="s">
         <v>252</v>
       </c>
       <c r="B256" s="11">
         <v>5628</v>
       </c>
       <c r="C256" s="11">
         <v>3140</v>
       </c>
       <c r="D256" s="11">
         <v>2488</v>
       </c>
       <c r="E256" s="11">
         <v>5022</v>
       </c>
       <c r="F256" s="11">
         <v>2855</v>
       </c>
       <c r="G256" s="11">
         <v>2167</v>
       </c>
       <c r="H256" s="11">
         <v>4896</v>
       </c>
       <c r="I256" s="11">
@@ -19033,61 +21312,70 @@
       </c>
       <c r="L256" s="11">
         <v>2592</v>
       </c>
       <c r="M256" s="11">
         <v>1888</v>
       </c>
       <c r="N256" s="11">
         <v>3728</v>
       </c>
       <c r="O256" s="11">
         <v>2115</v>
       </c>
       <c r="P256" s="11">
         <v>1613</v>
       </c>
       <c r="Q256" s="11">
         <v>1813</v>
       </c>
       <c r="R256" s="11">
         <v>1054</v>
       </c>
       <c r="S256" s="30">
         <v>759</v>
       </c>
-      <c r="T256" s="39">
+      <c r="T256" s="34">
         <v>3600</v>
       </c>
-      <c r="U256" s="39">
+      <c r="U256" s="34">
         <v>2075</v>
       </c>
-      <c r="V256" s="43">
+      <c r="V256" s="38">
         <v>1525</v>
       </c>
-    </row>
-    <row r="257" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W256" s="34">
+        <v>3632</v>
+      </c>
+      <c r="X256" s="34">
+        <v>2091</v>
+      </c>
+      <c r="Y256" s="34">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="257" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A257" s="7" t="s">
         <v>253</v>
       </c>
       <c r="B257" s="11">
         <v>8152</v>
       </c>
       <c r="C257" s="11">
         <v>4004</v>
       </c>
       <c r="D257" s="11">
         <v>4148</v>
       </c>
       <c r="E257" s="11">
         <v>7549</v>
       </c>
       <c r="F257" s="11">
         <v>3801</v>
       </c>
       <c r="G257" s="11">
         <v>3748</v>
       </c>
       <c r="H257" s="11">
         <v>7684</v>
       </c>
       <c r="I257" s="11">
@@ -19101,61 +21389,70 @@
       </c>
       <c r="L257" s="11">
         <v>4123</v>
       </c>
       <c r="M257" s="11">
         <v>4079</v>
       </c>
       <c r="N257" s="11">
         <v>7532</v>
       </c>
       <c r="O257" s="11">
         <v>3732</v>
       </c>
       <c r="P257" s="11">
         <v>3800</v>
       </c>
       <c r="Q257" s="11">
         <v>4969</v>
       </c>
       <c r="R257" s="11">
         <v>2344</v>
       </c>
       <c r="S257" s="31">
         <v>2625</v>
       </c>
-      <c r="T257" s="39">
+      <c r="T257" s="34">
         <v>7049</v>
       </c>
-      <c r="U257" s="39">
+      <c r="U257" s="34">
         <v>3520</v>
       </c>
-      <c r="V257" s="43">
+      <c r="V257" s="38">
         <v>3529</v>
       </c>
-    </row>
-    <row r="258" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W257" s="34">
+        <v>6271</v>
+      </c>
+      <c r="X257" s="34">
+        <v>3021</v>
+      </c>
+      <c r="Y257" s="34">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="258" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A258" s="7" t="s">
         <v>254</v>
       </c>
       <c r="B258" s="11">
         <v>242005</v>
       </c>
       <c r="C258" s="11">
         <v>133082</v>
       </c>
       <c r="D258" s="11">
         <v>108923</v>
       </c>
       <c r="E258" s="11">
         <v>232873</v>
       </c>
       <c r="F258" s="11">
         <v>128547</v>
       </c>
       <c r="G258" s="11">
         <v>104326</v>
       </c>
       <c r="H258" s="11">
         <v>228497</v>
       </c>
       <c r="I258" s="11">
@@ -19169,61 +21466,70 @@
       </c>
       <c r="L258" s="11">
         <v>127722</v>
       </c>
       <c r="M258" s="11">
         <v>103056</v>
       </c>
       <c r="N258" s="11">
         <v>208669</v>
       </c>
       <c r="O258" s="11">
         <v>115083</v>
       </c>
       <c r="P258" s="11">
         <v>93586</v>
       </c>
       <c r="Q258" s="11">
         <v>128396</v>
       </c>
       <c r="R258" s="11">
         <v>69669</v>
       </c>
       <c r="S258" s="31">
         <v>58727</v>
       </c>
-      <c r="T258" s="39">
+      <c r="T258" s="34">
         <v>196766</v>
       </c>
-      <c r="U258" s="39">
+      <c r="U258" s="34">
         <v>108962</v>
       </c>
-      <c r="V258" s="43">
+      <c r="V258" s="38">
         <v>87804</v>
       </c>
-    </row>
-    <row r="259" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W258" s="34">
+        <v>178911</v>
+      </c>
+      <c r="X258" s="34">
+        <v>99027</v>
+      </c>
+      <c r="Y258" s="34">
+        <v>79884</v>
+      </c>
+    </row>
+    <row r="259" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A259" s="7" t="s">
         <v>255</v>
       </c>
       <c r="B259" s="11">
         <v>652</v>
       </c>
       <c r="C259" s="11">
         <v>327</v>
       </c>
       <c r="D259" s="11">
         <v>325</v>
       </c>
       <c r="E259" s="11">
         <v>619</v>
       </c>
       <c r="F259" s="11">
         <v>304</v>
       </c>
       <c r="G259" s="11">
         <v>315</v>
       </c>
       <c r="H259" s="11">
         <v>662</v>
       </c>
       <c r="I259" s="11">
@@ -19237,61 +21543,70 @@
       </c>
       <c r="L259" s="11">
         <v>280</v>
       </c>
       <c r="M259" s="11">
         <v>262</v>
       </c>
       <c r="N259" s="11">
         <v>487</v>
       </c>
       <c r="O259" s="11">
         <v>248</v>
       </c>
       <c r="P259" s="11">
         <v>239</v>
       </c>
       <c r="Q259" s="11">
         <v>501</v>
       </c>
       <c r="R259" s="11">
         <v>234</v>
       </c>
       <c r="S259" s="30">
         <v>267</v>
       </c>
-      <c r="T259" s="39">
+      <c r="T259" s="34">
         <v>664</v>
       </c>
-      <c r="U259" s="39">
+      <c r="U259" s="34">
         <v>324</v>
       </c>
-      <c r="V259" s="42">
+      <c r="V259" s="37">
         <v>340</v>
       </c>
-    </row>
-    <row r="260" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W259" s="34">
+        <v>543</v>
+      </c>
+      <c r="X259" s="34">
+        <v>266</v>
+      </c>
+      <c r="Y259" s="34">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="260" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A260" s="7" t="s">
         <v>256</v>
       </c>
       <c r="B260" s="11">
         <v>3388</v>
       </c>
       <c r="C260" s="11">
         <v>1703</v>
       </c>
       <c r="D260" s="11">
         <v>1685</v>
       </c>
       <c r="E260" s="11">
         <v>3380</v>
       </c>
       <c r="F260" s="11">
         <v>1706</v>
       </c>
       <c r="G260" s="11">
         <v>1674</v>
       </c>
       <c r="H260" s="11">
         <v>3480</v>
       </c>
       <c r="I260" s="11">
@@ -19305,61 +21620,70 @@
       </c>
       <c r="L260" s="11">
         <v>1625</v>
       </c>
       <c r="M260" s="11">
         <v>1534</v>
       </c>
       <c r="N260" s="11">
         <v>2928</v>
       </c>
       <c r="O260" s="11">
         <v>1522</v>
       </c>
       <c r="P260" s="11">
         <v>1406</v>
       </c>
       <c r="Q260" s="11">
         <v>2436</v>
       </c>
       <c r="R260" s="11">
         <v>1269</v>
       </c>
       <c r="S260" s="31">
         <v>1167</v>
       </c>
-      <c r="T260" s="39">
+      <c r="T260" s="34">
         <v>3556</v>
       </c>
-      <c r="U260" s="39">
+      <c r="U260" s="34">
         <v>1775</v>
       </c>
-      <c r="V260" s="43">
+      <c r="V260" s="38">
         <v>1781</v>
       </c>
-    </row>
-    <row r="261" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W260" s="34">
+        <v>3623</v>
+      </c>
+      <c r="X260" s="34">
+        <v>1854</v>
+      </c>
+      <c r="Y260" s="34">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="261" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A261" s="7" t="s">
         <v>257</v>
       </c>
       <c r="B261" s="11">
         <v>34158</v>
       </c>
       <c r="C261" s="11">
         <v>17194</v>
       </c>
       <c r="D261" s="11">
         <v>16964</v>
       </c>
       <c r="E261" s="11">
         <v>34232</v>
       </c>
       <c r="F261" s="11">
         <v>17070</v>
       </c>
       <c r="G261" s="11">
         <v>17162</v>
       </c>
       <c r="H261" s="11">
         <v>34387</v>
       </c>
       <c r="I261" s="11">
@@ -19373,61 +21697,70 @@
       </c>
       <c r="L261" s="11">
         <v>15564</v>
       </c>
       <c r="M261" s="11">
         <v>14940</v>
       </c>
       <c r="N261" s="11">
         <v>25442</v>
       </c>
       <c r="O261" s="11">
         <v>12828</v>
       </c>
       <c r="P261" s="11">
         <v>12614</v>
       </c>
       <c r="Q261" s="11">
         <v>20177</v>
       </c>
       <c r="R261" s="11">
         <v>9970</v>
       </c>
       <c r="S261" s="31">
         <v>10207</v>
       </c>
-      <c r="T261" s="39">
+      <c r="T261" s="34">
         <v>34192</v>
       </c>
-      <c r="U261" s="39">
+      <c r="U261" s="34">
         <v>17053</v>
       </c>
-      <c r="V261" s="43">
+      <c r="V261" s="38">
         <v>17139</v>
       </c>
-    </row>
-    <row r="262" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W261" s="34">
+        <v>33718</v>
+      </c>
+      <c r="X261" s="34">
+        <v>16953</v>
+      </c>
+      <c r="Y261" s="34">
+        <v>16765</v>
+      </c>
+    </row>
+    <row r="262" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A262" s="7" t="s">
         <v>258</v>
       </c>
       <c r="B262" s="11">
         <v>4617</v>
       </c>
       <c r="C262" s="11">
         <v>2458</v>
       </c>
       <c r="D262" s="11">
         <v>2159</v>
       </c>
       <c r="E262" s="11">
         <v>4493</v>
       </c>
       <c r="F262" s="11">
         <v>2404</v>
       </c>
       <c r="G262" s="11">
         <v>2089</v>
       </c>
       <c r="H262" s="11">
         <v>4568</v>
       </c>
       <c r="I262" s="11">
@@ -19441,61 +21774,70 @@
       </c>
       <c r="L262" s="11">
         <v>2135</v>
       </c>
       <c r="M262" s="11">
         <v>1840</v>
       </c>
       <c r="N262" s="11">
         <v>3359</v>
       </c>
       <c r="O262" s="11">
         <v>1824</v>
       </c>
       <c r="P262" s="11">
         <v>1535</v>
       </c>
       <c r="Q262" s="11">
         <v>3049</v>
       </c>
       <c r="R262" s="11">
         <v>1604</v>
       </c>
       <c r="S262" s="31">
         <v>1445</v>
       </c>
-      <c r="T262" s="39">
+      <c r="T262" s="34">
         <v>4326</v>
       </c>
-      <c r="U262" s="39">
+      <c r="U262" s="34">
         <v>2295</v>
       </c>
-      <c r="V262" s="43">
+      <c r="V262" s="38">
         <v>2031</v>
       </c>
-    </row>
-    <row r="263" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W262" s="34">
+        <v>4116</v>
+      </c>
+      <c r="X262" s="34">
+        <v>2133</v>
+      </c>
+      <c r="Y262" s="34">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="263" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A263" s="7" t="s">
         <v>259</v>
       </c>
       <c r="B263" s="11">
         <v>359</v>
       </c>
       <c r="C263" s="11">
         <v>199</v>
       </c>
       <c r="D263" s="11">
         <v>160</v>
       </c>
       <c r="E263" s="11">
         <v>381</v>
       </c>
       <c r="F263" s="11">
         <v>213</v>
       </c>
       <c r="G263" s="11">
         <v>168</v>
       </c>
       <c r="H263" s="11">
         <v>408</v>
       </c>
       <c r="I263" s="11">
@@ -19509,61 +21851,70 @@
       </c>
       <c r="L263" s="11">
         <v>207</v>
       </c>
       <c r="M263" s="11">
         <v>208</v>
       </c>
       <c r="N263" s="11">
         <v>344</v>
       </c>
       <c r="O263" s="11">
         <v>175</v>
       </c>
       <c r="P263" s="11">
         <v>169</v>
       </c>
       <c r="Q263" s="11">
         <v>198</v>
       </c>
       <c r="R263" s="11">
         <v>103</v>
       </c>
       <c r="S263" s="30">
         <v>95</v>
       </c>
-      <c r="T263" s="39">
+      <c r="T263" s="34">
         <v>347</v>
       </c>
-      <c r="U263" s="39">
+      <c r="U263" s="34">
         <v>159</v>
       </c>
-      <c r="V263" s="42">
+      <c r="V263" s="37">
         <v>188</v>
       </c>
-    </row>
-    <row r="264" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W263" s="34">
+        <v>331</v>
+      </c>
+      <c r="X263" s="34">
+        <v>174</v>
+      </c>
+      <c r="Y263" s="34">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="264" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A264" s="7" t="s">
         <v>260</v>
       </c>
       <c r="B264" s="11">
         <v>31868</v>
       </c>
       <c r="C264" s="11">
         <v>18883</v>
       </c>
       <c r="D264" s="11">
         <v>12985</v>
       </c>
       <c r="E264" s="11">
         <v>34482</v>
       </c>
       <c r="F264" s="11">
         <v>20291</v>
       </c>
       <c r="G264" s="11">
         <v>14191</v>
       </c>
       <c r="H264" s="11">
         <v>37433</v>
       </c>
       <c r="I264" s="11">
@@ -19577,61 +21928,70 @@
       </c>
       <c r="L264" s="11">
         <v>23671</v>
       </c>
       <c r="M264" s="11">
         <v>16114</v>
       </c>
       <c r="N264" s="11">
         <v>37718</v>
       </c>
       <c r="O264" s="11">
         <v>22121</v>
       </c>
       <c r="P264" s="11">
         <v>15597</v>
       </c>
       <c r="Q264" s="11">
         <v>31314</v>
       </c>
       <c r="R264" s="11">
         <v>18235</v>
       </c>
       <c r="S264" s="31">
         <v>13079</v>
       </c>
-      <c r="T264" s="39">
+      <c r="T264" s="34">
         <v>46525</v>
       </c>
-      <c r="U264" s="39">
+      <c r="U264" s="34">
         <v>27304</v>
       </c>
-      <c r="V264" s="43">
+      <c r="V264" s="38">
         <v>19221</v>
       </c>
-    </row>
-    <row r="265" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W264" s="34">
+        <v>44190</v>
+      </c>
+      <c r="X264" s="34">
+        <v>25857</v>
+      </c>
+      <c r="Y264" s="34">
+        <v>18333</v>
+      </c>
+    </row>
+    <row r="265" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A265" s="7" t="s">
         <v>261</v>
       </c>
       <c r="B265" s="11">
         <v>2805</v>
       </c>
       <c r="C265" s="11">
         <v>2805</v>
       </c>
       <c r="D265" s="11">
         <v>0</v>
       </c>
       <c r="E265" s="11">
         <v>2853</v>
       </c>
       <c r="F265" s="11">
         <v>2853</v>
       </c>
       <c r="G265" s="11">
         <v>0</v>
       </c>
       <c r="H265" s="11">
         <v>2956</v>
       </c>
       <c r="I265" s="11">
@@ -19645,61 +22005,70 @@
       </c>
       <c r="L265" s="11">
         <v>2987</v>
       </c>
       <c r="M265" s="11">
         <v>0</v>
       </c>
       <c r="N265" s="11">
         <v>2882</v>
       </c>
       <c r="O265" s="11">
         <v>2882</v>
       </c>
       <c r="P265" s="11">
         <v>0</v>
       </c>
       <c r="Q265" s="11">
         <v>2588</v>
       </c>
       <c r="R265" s="11">
         <v>2588</v>
       </c>
       <c r="S265" s="30">
         <v>0</v>
       </c>
-      <c r="T265" s="39">
+      <c r="T265" s="34">
         <v>3600</v>
       </c>
-      <c r="U265" s="39">
+      <c r="U265" s="34">
         <v>3600</v>
       </c>
-      <c r="V265" s="42">
-[...3 lines deleted...]
-    <row r="266" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="V265" s="37">
+        <v>0</v>
+      </c>
+      <c r="W265" s="34">
+        <v>3259</v>
+      </c>
+      <c r="X265" s="34">
+        <v>3259</v>
+      </c>
+      <c r="Y265" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A266" s="7" t="s">
         <v>262</v>
       </c>
       <c r="B266" s="11">
         <v>5157</v>
       </c>
       <c r="C266" s="11">
         <v>3225</v>
       </c>
       <c r="D266" s="11">
         <v>1932</v>
       </c>
       <c r="E266" s="11">
         <v>5225</v>
       </c>
       <c r="F266" s="11">
         <v>3413</v>
       </c>
       <c r="G266" s="11">
         <v>1812</v>
       </c>
       <c r="H266" s="11">
         <v>5451</v>
       </c>
       <c r="I266" s="11">
@@ -19713,61 +22082,70 @@
       </c>
       <c r="L266" s="11">
         <v>3323</v>
       </c>
       <c r="M266" s="11">
         <v>1994</v>
       </c>
       <c r="N266" s="11">
         <v>4795</v>
       </c>
       <c r="O266" s="11">
         <v>2883</v>
       </c>
       <c r="P266" s="11">
         <v>1912</v>
       </c>
       <c r="Q266" s="11">
         <v>4346</v>
       </c>
       <c r="R266" s="11">
         <v>2647</v>
       </c>
       <c r="S266" s="31">
         <v>1699</v>
       </c>
-      <c r="T266" s="39">
+      <c r="T266" s="34">
         <v>6048</v>
       </c>
-      <c r="U266" s="39">
+      <c r="U266" s="34">
         <v>3655</v>
       </c>
-      <c r="V266" s="43">
+      <c r="V266" s="38">
         <v>2393</v>
       </c>
-    </row>
-    <row r="267" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W266" s="34">
+        <v>6719</v>
+      </c>
+      <c r="X266" s="34">
+        <v>4111</v>
+      </c>
+      <c r="Y266" s="34">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="267" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A267" s="7" t="s">
         <v>263</v>
       </c>
       <c r="B267" s="11">
         <v>338</v>
       </c>
       <c r="C267" s="11">
         <v>118</v>
       </c>
       <c r="D267" s="11">
         <v>220</v>
       </c>
       <c r="E267" s="11">
         <v>334</v>
       </c>
       <c r="F267" s="11">
         <v>140</v>
       </c>
       <c r="G267" s="11">
         <v>194</v>
       </c>
       <c r="H267" s="11">
         <v>355</v>
       </c>
       <c r="I267" s="11">
@@ -19781,61 +22159,70 @@
       </c>
       <c r="L267" s="11">
         <v>106</v>
       </c>
       <c r="M267" s="11">
         <v>182</v>
       </c>
       <c r="N267" s="11">
         <v>241</v>
       </c>
       <c r="O267" s="11">
         <v>85</v>
       </c>
       <c r="P267" s="11">
         <v>156</v>
       </c>
       <c r="Q267" s="11">
         <v>255</v>
       </c>
       <c r="R267" s="11">
         <v>89</v>
       </c>
       <c r="S267" s="30">
         <v>166</v>
       </c>
-      <c r="T267" s="39">
+      <c r="T267" s="34">
         <v>315</v>
       </c>
-      <c r="U267" s="39">
+      <c r="U267" s="34">
         <v>106</v>
       </c>
-      <c r="V267" s="42">
+      <c r="V267" s="37">
         <v>209</v>
       </c>
-    </row>
-    <row r="268" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W267" s="34">
+        <v>315</v>
+      </c>
+      <c r="X267" s="34">
+        <v>117</v>
+      </c>
+      <c r="Y267" s="34">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="268" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A268" s="7" t="s">
         <v>264</v>
       </c>
       <c r="B268" s="11">
         <v>2668</v>
       </c>
       <c r="C268" s="11">
         <v>1371</v>
       </c>
       <c r="D268" s="11">
         <v>1297</v>
       </c>
       <c r="E268" s="11">
         <v>2717</v>
       </c>
       <c r="F268" s="11">
         <v>1400</v>
       </c>
       <c r="G268" s="11">
         <v>1317</v>
       </c>
       <c r="H268" s="11">
         <v>2467</v>
       </c>
       <c r="I268" s="11">
@@ -19849,61 +22236,70 @@
       </c>
       <c r="L268" s="11">
         <v>1318</v>
       </c>
       <c r="M268" s="11">
         <v>1198</v>
       </c>
       <c r="N268" s="11">
         <v>2147</v>
       </c>
       <c r="O268" s="11">
         <v>1114</v>
       </c>
       <c r="P268" s="11">
         <v>1033</v>
       </c>
       <c r="Q268" s="11">
         <v>1776</v>
       </c>
       <c r="R268" s="11">
         <v>917</v>
       </c>
       <c r="S268" s="30">
         <v>859</v>
       </c>
-      <c r="T268" s="39">
+      <c r="T268" s="34">
         <v>2454</v>
       </c>
-      <c r="U268" s="39">
+      <c r="U268" s="34">
         <v>1199</v>
       </c>
-      <c r="V268" s="43">
+      <c r="V268" s="38">
         <v>1255</v>
       </c>
-    </row>
-    <row r="269" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W268" s="34">
+        <v>2463</v>
+      </c>
+      <c r="X268" s="34">
+        <v>1232</v>
+      </c>
+      <c r="Y268" s="34">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="269" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A269" s="7" t="s">
         <v>265</v>
       </c>
       <c r="B269" s="11">
         <v>5597</v>
       </c>
       <c r="C269" s="11">
         <v>3068</v>
       </c>
       <c r="D269" s="11">
         <v>2529</v>
       </c>
       <c r="E269" s="11">
         <v>5771</v>
       </c>
       <c r="F269" s="11">
         <v>3238</v>
       </c>
       <c r="G269" s="11">
         <v>2533</v>
       </c>
       <c r="H269" s="11">
         <v>5708</v>
       </c>
       <c r="I269" s="11">
@@ -19917,61 +22313,70 @@
       </c>
       <c r="L269" s="11">
         <v>2935</v>
       </c>
       <c r="M269" s="11">
         <v>2210</v>
       </c>
       <c r="N269" s="11">
         <v>4352</v>
       </c>
       <c r="O269" s="11">
         <v>2454</v>
       </c>
       <c r="P269" s="11">
         <v>1898</v>
       </c>
       <c r="Q269" s="11">
         <v>3981</v>
       </c>
       <c r="R269" s="11">
         <v>2228</v>
       </c>
       <c r="S269" s="31">
         <v>1753</v>
       </c>
-      <c r="T269" s="39">
+      <c r="T269" s="34">
         <v>5523</v>
       </c>
-      <c r="U269" s="39">
+      <c r="U269" s="34">
         <v>3148</v>
       </c>
-      <c r="V269" s="43">
+      <c r="V269" s="38">
         <v>2375</v>
       </c>
-    </row>
-    <row r="270" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W269" s="34">
+        <v>5696</v>
+      </c>
+      <c r="X269" s="34">
+        <v>3161</v>
+      </c>
+      <c r="Y269" s="34">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="270" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A270" s="7" t="s">
         <v>266</v>
       </c>
       <c r="B270" s="11">
         <v>11037</v>
       </c>
       <c r="C270" s="11">
         <v>5907</v>
       </c>
       <c r="D270" s="11">
         <v>5130</v>
       </c>
       <c r="E270" s="11">
         <v>11410</v>
       </c>
       <c r="F270" s="11">
         <v>6123</v>
       </c>
       <c r="G270" s="11">
         <v>5287</v>
       </c>
       <c r="H270" s="11">
         <v>11654</v>
       </c>
       <c r="I270" s="11">
@@ -19985,61 +22390,70 @@
       </c>
       <c r="L270" s="11">
         <v>5596</v>
       </c>
       <c r="M270" s="11">
         <v>4992</v>
       </c>
       <c r="N270" s="11">
         <v>9162</v>
       </c>
       <c r="O270" s="11">
         <v>4860</v>
       </c>
       <c r="P270" s="11">
         <v>4302</v>
       </c>
       <c r="Q270" s="11">
         <v>8492</v>
       </c>
       <c r="R270" s="11">
         <v>4439</v>
       </c>
       <c r="S270" s="31">
         <v>4053</v>
       </c>
-      <c r="T270" s="39">
+      <c r="T270" s="34">
         <v>12653</v>
       </c>
-      <c r="U270" s="39">
+      <c r="U270" s="34">
         <v>6581</v>
       </c>
-      <c r="V270" s="43">
+      <c r="V270" s="38">
         <v>6072</v>
       </c>
-    </row>
-    <row r="271" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W270" s="34">
+        <v>13581</v>
+      </c>
+      <c r="X270" s="34">
+        <v>7275</v>
+      </c>
+      <c r="Y270" s="34">
+        <v>6306</v>
+      </c>
+    </row>
+    <row r="271" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A271" s="7" t="s">
         <v>267</v>
       </c>
       <c r="B271" s="11">
         <v>6835</v>
       </c>
       <c r="C271" s="11">
         <v>3689</v>
       </c>
       <c r="D271" s="11">
         <v>3146</v>
       </c>
       <c r="E271" s="11">
         <v>6870</v>
       </c>
       <c r="F271" s="11">
         <v>3605</v>
       </c>
       <c r="G271" s="11">
         <v>3265</v>
       </c>
       <c r="H271" s="11">
         <v>6871</v>
       </c>
       <c r="I271" s="11">
@@ -20053,61 +22467,70 @@
       </c>
       <c r="L271" s="11">
         <v>2935</v>
       </c>
       <c r="M271" s="11">
         <v>2647</v>
       </c>
       <c r="N271" s="11">
         <v>4651</v>
       </c>
       <c r="O271" s="11">
         <v>2461</v>
       </c>
       <c r="P271" s="11">
         <v>2190</v>
       </c>
       <c r="Q271" s="11">
         <v>5192</v>
       </c>
       <c r="R271" s="11">
         <v>2541</v>
       </c>
       <c r="S271" s="31">
         <v>2651</v>
       </c>
-      <c r="T271" s="39">
+      <c r="T271" s="34">
         <v>8033</v>
       </c>
-      <c r="U271" s="39">
+      <c r="U271" s="34">
         <v>4163</v>
       </c>
-      <c r="V271" s="43">
+      <c r="V271" s="38">
         <v>3870</v>
       </c>
-    </row>
-    <row r="272" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W271" s="34">
+        <v>8375</v>
+      </c>
+      <c r="X271" s="34">
+        <v>4379</v>
+      </c>
+      <c r="Y271" s="34">
+        <v>3996</v>
+      </c>
+    </row>
+    <row r="272" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A272" s="7" t="s">
         <v>268</v>
       </c>
       <c r="B272" s="11">
         <v>29949</v>
       </c>
       <c r="C272" s="11">
         <v>11870</v>
       </c>
       <c r="D272" s="11">
         <v>18079</v>
       </c>
       <c r="E272" s="11">
         <v>38063</v>
       </c>
       <c r="F272" s="11">
         <v>15472</v>
       </c>
       <c r="G272" s="11">
         <v>22591</v>
       </c>
       <c r="H272" s="11">
         <v>61557</v>
       </c>
       <c r="I272" s="11">
@@ -20121,61 +22544,70 @@
       </c>
       <c r="L272" s="11">
         <v>29221</v>
       </c>
       <c r="M272" s="11">
         <v>40702</v>
       </c>
       <c r="N272" s="11">
         <v>59775</v>
       </c>
       <c r="O272" s="11">
         <v>25351</v>
       </c>
       <c r="P272" s="11">
         <v>34424</v>
       </c>
       <c r="Q272" s="11">
         <v>50817</v>
       </c>
       <c r="R272" s="11">
         <v>21429</v>
       </c>
       <c r="S272" s="31">
         <v>29388</v>
       </c>
-      <c r="T272" s="39">
+      <c r="T272" s="34">
         <v>72355</v>
       </c>
-      <c r="U272" s="39">
+      <c r="U272" s="34">
         <v>29723</v>
       </c>
-      <c r="V272" s="43">
+      <c r="V272" s="38">
         <v>42632</v>
       </c>
-    </row>
-    <row r="273" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W272" s="34">
+        <v>87599</v>
+      </c>
+      <c r="X272" s="34">
+        <v>35287</v>
+      </c>
+      <c r="Y272" s="34">
+        <v>52312</v>
+      </c>
+    </row>
+    <row r="273" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A273" s="7" t="s">
         <v>269</v>
       </c>
       <c r="B273" s="11">
         <v>100458</v>
       </c>
       <c r="C273" s="11">
         <v>53112</v>
       </c>
       <c r="D273" s="11">
         <v>47346</v>
       </c>
       <c r="E273" s="11">
         <v>113638</v>
       </c>
       <c r="F273" s="11">
         <v>60062</v>
       </c>
       <c r="G273" s="11">
         <v>53576</v>
       </c>
       <c r="H273" s="11">
         <v>136667</v>
       </c>
       <c r="I273" s="11">
@@ -20189,61 +22621,70 @@
       </c>
       <c r="L273" s="11">
         <v>65717</v>
       </c>
       <c r="M273" s="11">
         <v>59214</v>
       </c>
       <c r="N273" s="11">
         <v>111633</v>
       </c>
       <c r="O273" s="11">
         <v>59769</v>
       </c>
       <c r="P273" s="11">
         <v>51864</v>
       </c>
       <c r="Q273" s="11">
         <v>108995</v>
       </c>
       <c r="R273" s="11">
         <v>58592</v>
       </c>
       <c r="S273" s="31">
         <v>50403</v>
       </c>
-      <c r="T273" s="39">
+      <c r="T273" s="34">
         <v>147086</v>
       </c>
-      <c r="U273" s="39">
+      <c r="U273" s="34">
         <v>77962</v>
       </c>
-      <c r="V273" s="43">
+      <c r="V273" s="38">
         <v>69124</v>
       </c>
-    </row>
-    <row r="274" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W273" s="34">
+        <v>157428</v>
+      </c>
+      <c r="X273" s="34">
+        <v>82792</v>
+      </c>
+      <c r="Y273" s="34">
+        <v>74636</v>
+      </c>
+    </row>
+    <row r="274" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A274" s="7" t="s">
         <v>270</v>
       </c>
       <c r="B274" s="11">
         <v>1526</v>
       </c>
       <c r="C274" s="11">
         <v>548</v>
       </c>
       <c r="D274" s="11">
         <v>978</v>
       </c>
       <c r="E274" s="11">
         <v>1223</v>
       </c>
       <c r="F274" s="11">
         <v>492</v>
       </c>
       <c r="G274" s="11">
         <v>731</v>
       </c>
       <c r="H274" s="11">
         <v>1184</v>
       </c>
       <c r="I274" s="11">
@@ -20257,61 +22698,70 @@
       </c>
       <c r="L274" s="11">
         <v>797</v>
       </c>
       <c r="M274" s="11">
         <v>995</v>
       </c>
       <c r="N274" s="11">
         <v>2943</v>
       </c>
       <c r="O274" s="11">
         <v>1295</v>
       </c>
       <c r="P274" s="11">
         <v>1648</v>
       </c>
       <c r="Q274" s="11">
         <v>9123</v>
       </c>
       <c r="R274" s="11">
         <v>3377</v>
       </c>
       <c r="S274" s="31">
         <v>5746</v>
       </c>
-      <c r="T274" s="39">
+      <c r="T274" s="34">
         <v>3446</v>
       </c>
-      <c r="U274" s="39">
+      <c r="U274" s="34">
         <v>1399</v>
       </c>
-      <c r="V274" s="43">
+      <c r="V274" s="38">
         <v>2047</v>
       </c>
-    </row>
-    <row r="275" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W274" s="34">
+        <v>3199</v>
+      </c>
+      <c r="X274" s="34">
+        <v>1345</v>
+      </c>
+      <c r="Y274" s="34">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="275" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A275" s="7" t="s">
         <v>271</v>
       </c>
       <c r="B275" s="11">
         <v>751255</v>
       </c>
       <c r="C275" s="11">
         <v>389268</v>
       </c>
       <c r="D275" s="11">
         <v>361987</v>
       </c>
       <c r="E275" s="11">
         <v>744610</v>
       </c>
       <c r="F275" s="11">
         <v>387975</v>
       </c>
       <c r="G275" s="11">
         <v>356635</v>
       </c>
       <c r="H275" s="11">
         <v>789313</v>
       </c>
       <c r="I275" s="11">
@@ -20325,61 +22775,70 @@
       </c>
       <c r="L275" s="11">
         <v>396541</v>
       </c>
       <c r="M275" s="11">
         <v>355865</v>
       </c>
       <c r="N275" s="11">
         <v>705961</v>
       </c>
       <c r="O275" s="11">
         <v>376292</v>
       </c>
       <c r="P275" s="11">
         <v>329669</v>
       </c>
       <c r="Q275" s="11">
         <v>654140</v>
       </c>
       <c r="R275" s="11">
         <v>351485</v>
       </c>
       <c r="S275" s="31">
         <v>302655</v>
       </c>
-      <c r="T275" s="39">
+      <c r="T275" s="34">
         <v>929655</v>
       </c>
-      <c r="U275" s="39">
+      <c r="U275" s="34">
         <v>494865</v>
       </c>
-      <c r="V275" s="43">
+      <c r="V275" s="38">
         <v>434790</v>
       </c>
-    </row>
-    <row r="276" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W275" s="34">
+        <v>1002243</v>
+      </c>
+      <c r="X275" s="34">
+        <v>525825</v>
+      </c>
+      <c r="Y275" s="34">
+        <v>476418</v>
+      </c>
+    </row>
+    <row r="276" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A276" s="7" t="s">
         <v>272</v>
       </c>
       <c r="B276" s="11">
         <v>35965</v>
       </c>
       <c r="C276" s="11">
         <v>28797</v>
       </c>
       <c r="D276" s="11">
         <v>7168</v>
       </c>
       <c r="E276" s="11">
         <v>37804</v>
       </c>
       <c r="F276" s="11">
         <v>30025</v>
       </c>
       <c r="G276" s="11">
         <v>7779</v>
       </c>
       <c r="H276" s="11">
         <v>41438</v>
       </c>
       <c r="I276" s="11">
@@ -20393,61 +22852,70 @@
       </c>
       <c r="L276" s="11">
         <v>33737</v>
       </c>
       <c r="M276" s="11">
         <v>8921</v>
       </c>
       <c r="N276" s="11">
         <v>40288</v>
       </c>
       <c r="O276" s="11">
         <v>31692</v>
       </c>
       <c r="P276" s="11">
         <v>8596</v>
       </c>
       <c r="Q276" s="11">
         <v>37483</v>
       </c>
       <c r="R276" s="11">
         <v>27140</v>
       </c>
       <c r="S276" s="31">
         <v>7643</v>
       </c>
-      <c r="T276" s="39">
+      <c r="T276" s="34">
         <v>49412</v>
       </c>
-      <c r="U276" s="39">
+      <c r="U276" s="34">
         <v>37975</v>
       </c>
-      <c r="V276" s="43">
+      <c r="V276" s="38">
         <v>11437</v>
       </c>
-    </row>
-    <row r="277" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W276" s="34">
+        <v>50949</v>
+      </c>
+      <c r="X276" s="34">
+        <v>39121</v>
+      </c>
+      <c r="Y276" s="34">
+        <v>11828</v>
+      </c>
+    </row>
+    <row r="277" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A277" s="7" t="s">
         <v>273</v>
       </c>
       <c r="B277" s="11">
         <v>30957</v>
       </c>
       <c r="C277" s="11">
         <v>20702</v>
       </c>
       <c r="D277" s="11">
         <v>10255</v>
       </c>
       <c r="E277" s="11">
         <v>34771</v>
       </c>
       <c r="F277" s="11">
         <v>23369</v>
       </c>
       <c r="G277" s="11">
         <v>11402</v>
       </c>
       <c r="H277" s="11">
         <v>37607</v>
       </c>
       <c r="I277" s="11">
@@ -20461,61 +22929,70 @@
       </c>
       <c r="L277" s="11">
         <v>26693</v>
       </c>
       <c r="M277" s="11">
         <v>12555</v>
       </c>
       <c r="N277" s="11">
         <v>38352</v>
       </c>
       <c r="O277" s="11">
         <v>26386</v>
       </c>
       <c r="P277" s="11">
         <v>11966</v>
       </c>
       <c r="Q277" s="11">
         <v>34806</v>
       </c>
       <c r="R277" s="11">
         <v>23940</v>
       </c>
       <c r="S277" s="31">
         <v>10866</v>
       </c>
-      <c r="T277" s="39">
+      <c r="T277" s="34">
         <v>48204</v>
       </c>
-      <c r="U277" s="39">
+      <c r="U277" s="34">
         <v>32468</v>
       </c>
-      <c r="V277" s="43">
+      <c r="V277" s="38">
         <v>15736</v>
       </c>
-    </row>
-    <row r="278" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W277" s="34">
+        <v>51071</v>
+      </c>
+      <c r="X277" s="34">
+        <v>33968</v>
+      </c>
+      <c r="Y277" s="34">
+        <v>17103</v>
+      </c>
+    </row>
+    <row r="278" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A278" s="7" t="s">
         <v>274</v>
       </c>
       <c r="B278" s="11">
         <v>41948</v>
       </c>
       <c r="C278" s="11">
         <v>18577</v>
       </c>
       <c r="D278" s="11">
         <v>23371</v>
       </c>
       <c r="E278" s="11">
         <v>42932</v>
       </c>
       <c r="F278" s="11">
         <v>18962</v>
       </c>
       <c r="G278" s="11">
         <v>23970</v>
       </c>
       <c r="H278" s="11">
         <v>45704</v>
       </c>
       <c r="I278" s="11">
@@ -20529,61 +23006,70 @@
       </c>
       <c r="L278" s="11">
         <v>19465</v>
       </c>
       <c r="M278" s="11">
         <v>26155</v>
       </c>
       <c r="N278" s="11">
         <v>43859</v>
       </c>
       <c r="O278" s="11">
         <v>18497</v>
       </c>
       <c r="P278" s="11">
         <v>25362</v>
       </c>
       <c r="Q278" s="11">
         <v>40382</v>
       </c>
       <c r="R278" s="11">
         <v>15964</v>
       </c>
       <c r="S278" s="31">
         <v>24418</v>
       </c>
-      <c r="T278" s="39">
+      <c r="T278" s="34">
         <v>52011</v>
       </c>
-      <c r="U278" s="39">
+      <c r="U278" s="34">
         <v>20897</v>
       </c>
-      <c r="V278" s="43">
+      <c r="V278" s="38">
         <v>31114</v>
       </c>
-    </row>
-    <row r="279" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W278" s="34">
+        <v>53084</v>
+      </c>
+      <c r="X278" s="34">
+        <v>20806</v>
+      </c>
+      <c r="Y278" s="34">
+        <v>32278</v>
+      </c>
+    </row>
+    <row r="279" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A279" s="7" t="s">
         <v>275</v>
       </c>
       <c r="B279" s="11">
         <v>131813</v>
       </c>
       <c r="C279" s="11">
         <v>88656</v>
       </c>
       <c r="D279" s="11">
         <v>43157</v>
       </c>
       <c r="E279" s="11">
         <v>136301</v>
       </c>
       <c r="F279" s="11">
         <v>91283</v>
       </c>
       <c r="G279" s="11">
         <v>45018</v>
       </c>
       <c r="H279" s="11">
         <v>142709</v>
       </c>
       <c r="I279" s="11">
@@ -20597,61 +23083,70 @@
       </c>
       <c r="L279" s="11">
         <v>93844</v>
       </c>
       <c r="M279" s="11">
         <v>48309</v>
       </c>
       <c r="N279" s="11">
         <v>134745</v>
       </c>
       <c r="O279" s="11">
         <v>88312</v>
       </c>
       <c r="P279" s="11">
         <v>46433</v>
       </c>
       <c r="Q279" s="11">
         <v>113587</v>
       </c>
       <c r="R279" s="11">
         <v>73839</v>
       </c>
       <c r="S279" s="31">
         <v>39748</v>
       </c>
-      <c r="T279" s="39">
+      <c r="T279" s="34">
         <v>154810</v>
       </c>
-      <c r="U279" s="39">
+      <c r="U279" s="34">
         <v>99562</v>
       </c>
-      <c r="V279" s="43">
+      <c r="V279" s="38">
         <v>55248</v>
       </c>
-    </row>
-    <row r="280" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W279" s="34">
+        <v>160336</v>
+      </c>
+      <c r="X279" s="34">
+        <v>101180</v>
+      </c>
+      <c r="Y279" s="34">
+        <v>59156</v>
+      </c>
+    </row>
+    <row r="280" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A280" s="7" t="s">
         <v>276</v>
       </c>
       <c r="B280" s="11">
         <v>91</v>
       </c>
       <c r="C280" s="11">
         <v>65</v>
       </c>
       <c r="D280" s="11">
         <v>26</v>
       </c>
       <c r="E280" s="11">
         <v>88</v>
       </c>
       <c r="F280" s="11">
         <v>59</v>
       </c>
       <c r="G280" s="11">
         <v>29</v>
       </c>
       <c r="H280" s="11">
         <v>78</v>
       </c>
       <c r="I280" s="11">
@@ -20665,61 +23160,70 @@
       </c>
       <c r="L280" s="11">
         <v>56</v>
       </c>
       <c r="M280" s="11">
         <v>30</v>
       </c>
       <c r="N280" s="11">
         <v>72</v>
       </c>
       <c r="O280" s="11">
         <v>48</v>
       </c>
       <c r="P280" s="11">
         <v>24</v>
       </c>
       <c r="Q280" s="11">
         <v>46</v>
       </c>
       <c r="R280" s="11">
         <v>33</v>
       </c>
       <c r="S280" s="30">
         <v>13</v>
       </c>
-      <c r="T280" s="39">
+      <c r="T280" s="34">
         <v>71</v>
       </c>
-      <c r="U280" s="39">
+      <c r="U280" s="34">
         <v>46</v>
       </c>
-      <c r="V280" s="42">
+      <c r="V280" s="37">
         <v>25</v>
       </c>
-    </row>
-    <row r="281" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W280" s="34">
+        <v>48</v>
+      </c>
+      <c r="X280" s="34">
+        <v>26</v>
+      </c>
+      <c r="Y280" s="34">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="281" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A281" s="7" t="s">
         <v>277</v>
       </c>
       <c r="B281" s="11">
         <v>20079</v>
       </c>
       <c r="C281" s="11">
         <v>13518</v>
       </c>
       <c r="D281" s="11">
         <v>6561</v>
       </c>
       <c r="E281" s="11">
         <v>21164</v>
       </c>
       <c r="F281" s="11">
         <v>14229</v>
       </c>
       <c r="G281" s="11">
         <v>6935</v>
       </c>
       <c r="H281" s="11">
         <v>22482</v>
       </c>
       <c r="I281" s="11">
@@ -20733,61 +23237,70 @@
       </c>
       <c r="L281" s="11">
         <v>14860</v>
       </c>
       <c r="M281" s="11">
         <v>7231</v>
       </c>
       <c r="N281" s="11">
         <v>19558</v>
       </c>
       <c r="O281" s="11">
         <v>13050</v>
       </c>
       <c r="P281" s="11">
         <v>6508</v>
       </c>
       <c r="Q281" s="11">
         <v>15319</v>
       </c>
       <c r="R281" s="11">
         <v>10168</v>
       </c>
       <c r="S281" s="31">
         <v>5151</v>
       </c>
-      <c r="T281" s="39">
+      <c r="T281" s="34">
         <v>23696</v>
       </c>
-      <c r="U281" s="39">
+      <c r="U281" s="34">
         <v>15892</v>
       </c>
-      <c r="V281" s="43">
+      <c r="V281" s="38">
         <v>7804</v>
       </c>
-    </row>
-    <row r="282" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W281" s="34">
+        <v>25312</v>
+      </c>
+      <c r="X281" s="34">
+        <v>16686</v>
+      </c>
+      <c r="Y281" s="34">
+        <v>8626</v>
+      </c>
+    </row>
+    <row r="282" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A282" s="7" t="s">
         <v>278</v>
       </c>
       <c r="B282" s="11">
         <v>11235</v>
       </c>
       <c r="C282" s="11">
         <v>8740</v>
       </c>
       <c r="D282" s="11">
         <v>2495</v>
       </c>
       <c r="E282" s="11">
         <v>11185</v>
       </c>
       <c r="F282" s="11">
         <v>8638</v>
       </c>
       <c r="G282" s="11">
         <v>2547</v>
       </c>
       <c r="H282" s="11">
         <v>11004</v>
       </c>
       <c r="I282" s="11">
@@ -20801,61 +23314,70 @@
       </c>
       <c r="L282" s="11">
         <v>8151</v>
       </c>
       <c r="M282" s="11">
         <v>2414</v>
       </c>
       <c r="N282" s="11">
         <v>9443</v>
       </c>
       <c r="O282" s="11">
         <v>7384</v>
       </c>
       <c r="P282" s="11">
         <v>2059</v>
       </c>
       <c r="Q282" s="11">
         <v>8634</v>
       </c>
       <c r="R282" s="11">
         <v>6789</v>
       </c>
       <c r="S282" s="31">
         <v>1845</v>
       </c>
-      <c r="T282" s="39">
+      <c r="T282" s="34">
         <v>10503</v>
       </c>
-      <c r="U282" s="39">
+      <c r="U282" s="34">
         <v>8243</v>
       </c>
-      <c r="V282" s="43">
+      <c r="V282" s="38">
         <v>2260</v>
       </c>
-    </row>
-    <row r="283" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W282" s="34">
+        <v>10498</v>
+      </c>
+      <c r="X282" s="34">
+        <v>8028</v>
+      </c>
+      <c r="Y282" s="34">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="283" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A283" s="7" t="s">
         <v>279</v>
       </c>
       <c r="B283" s="11">
         <v>91191</v>
       </c>
       <c r="C283" s="11">
         <v>64661</v>
       </c>
       <c r="D283" s="11">
         <v>26530</v>
       </c>
       <c r="E283" s="11">
         <v>100179</v>
       </c>
       <c r="F283" s="11">
         <v>70088</v>
       </c>
       <c r="G283" s="11">
         <v>30091</v>
       </c>
       <c r="H283" s="11">
         <v>116006</v>
       </c>
       <c r="I283" s="11">
@@ -20869,61 +23391,70 @@
       </c>
       <c r="L283" s="11">
         <v>81238</v>
       </c>
       <c r="M283" s="11">
         <v>36908</v>
       </c>
       <c r="N283" s="11">
         <v>108571</v>
       </c>
       <c r="O283" s="11">
         <v>75671</v>
       </c>
       <c r="P283" s="11">
         <v>32900</v>
       </c>
       <c r="Q283" s="11">
         <v>100902</v>
       </c>
       <c r="R283" s="11">
         <v>69777</v>
       </c>
       <c r="S283" s="31">
         <v>31125</v>
       </c>
-      <c r="T283" s="39">
+      <c r="T283" s="34">
         <v>130994</v>
       </c>
-      <c r="U283" s="39">
+      <c r="U283" s="34">
         <v>88322</v>
       </c>
-      <c r="V283" s="43">
+      <c r="V283" s="38">
         <v>42672</v>
       </c>
-    </row>
-    <row r="284" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W283" s="34">
+        <v>141333</v>
+      </c>
+      <c r="X283" s="34">
+        <v>93654</v>
+      </c>
+      <c r="Y283" s="34">
+        <v>47679</v>
+      </c>
+    </row>
+    <row r="284" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A284" s="7" t="s">
         <v>280</v>
       </c>
       <c r="B284" s="11">
         <v>23195</v>
       </c>
       <c r="C284" s="11">
         <v>18917</v>
       </c>
       <c r="D284" s="11">
         <v>4278</v>
       </c>
       <c r="E284" s="11">
         <v>24063</v>
       </c>
       <c r="F284" s="11">
         <v>19364</v>
       </c>
       <c r="G284" s="11">
         <v>4699</v>
       </c>
       <c r="H284" s="11">
         <v>26042</v>
       </c>
       <c r="I284" s="11">
@@ -20937,61 +23468,70 @@
       </c>
       <c r="L284" s="11">
         <v>21227</v>
       </c>
       <c r="M284" s="11">
         <v>5231</v>
       </c>
       <c r="N284" s="11">
         <v>25010</v>
       </c>
       <c r="O284" s="11">
         <v>20102</v>
       </c>
       <c r="P284" s="11">
         <v>4908</v>
       </c>
       <c r="Q284" s="11">
         <v>22722</v>
       </c>
       <c r="R284" s="11">
         <v>18082</v>
       </c>
       <c r="S284" s="31">
         <v>4640</v>
       </c>
-      <c r="T284" s="39">
+      <c r="T284" s="34">
         <v>30679</v>
       </c>
-      <c r="U284" s="39">
+      <c r="U284" s="34">
         <v>24086</v>
       </c>
-      <c r="V284" s="43">
+      <c r="V284" s="38">
         <v>6593</v>
       </c>
-    </row>
-    <row r="285" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W284" s="34">
+        <v>31420</v>
+      </c>
+      <c r="X284" s="34">
+        <v>24564</v>
+      </c>
+      <c r="Y284" s="34">
+        <v>6856</v>
+      </c>
+    </row>
+    <row r="285" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A285" s="7" t="s">
         <v>281</v>
       </c>
       <c r="B285" s="11">
         <v>6159</v>
       </c>
       <c r="C285" s="11">
         <v>4978</v>
       </c>
       <c r="D285" s="11">
         <v>1181</v>
       </c>
       <c r="E285" s="11">
         <v>6322</v>
       </c>
       <c r="F285" s="11">
         <v>5055</v>
       </c>
       <c r="G285" s="11">
         <v>1267</v>
       </c>
       <c r="H285" s="11">
         <v>6374</v>
       </c>
       <c r="I285" s="11">
@@ -21005,61 +23545,70 @@
       </c>
       <c r="L285" s="11">
         <v>4913</v>
       </c>
       <c r="M285" s="11">
         <v>1144</v>
       </c>
       <c r="N285" s="11">
         <v>5825</v>
       </c>
       <c r="O285" s="11">
         <v>4703</v>
       </c>
       <c r="P285" s="11">
         <v>1122</v>
       </c>
       <c r="Q285" s="11">
         <v>5065</v>
       </c>
       <c r="R285" s="11">
         <v>4122</v>
       </c>
       <c r="S285" s="30">
         <v>943</v>
       </c>
-      <c r="T285" s="39">
+      <c r="T285" s="34">
         <v>5616</v>
       </c>
-      <c r="U285" s="39">
+      <c r="U285" s="34">
         <v>4477</v>
       </c>
-      <c r="V285" s="43">
+      <c r="V285" s="38">
         <v>1139</v>
       </c>
-    </row>
-    <row r="286" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W285" s="34">
+        <v>5648</v>
+      </c>
+      <c r="X285" s="34">
+        <v>4623</v>
+      </c>
+      <c r="Y285" s="34">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="286" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A286" s="7" t="s">
         <v>282</v>
       </c>
       <c r="B286" s="11">
         <v>199272</v>
       </c>
       <c r="C286" s="11">
         <v>141690</v>
       </c>
       <c r="D286" s="11">
         <v>57582</v>
       </c>
       <c r="E286" s="11">
         <v>203295</v>
       </c>
       <c r="F286" s="11">
         <v>143450</v>
       </c>
       <c r="G286" s="11">
         <v>59845</v>
       </c>
       <c r="H286" s="11">
         <v>209636</v>
       </c>
       <c r="I286" s="11">
@@ -21073,61 +23622,70 @@
       </c>
       <c r="L286" s="11">
         <v>144124</v>
       </c>
       <c r="M286" s="11">
         <v>60421</v>
       </c>
       <c r="N286" s="11">
         <v>179541</v>
       </c>
       <c r="O286" s="11">
         <v>128522</v>
       </c>
       <c r="P286" s="11">
         <v>51019</v>
       </c>
       <c r="Q286" s="11">
         <v>154497</v>
       </c>
       <c r="R286" s="11">
         <v>109938</v>
       </c>
       <c r="S286" s="31">
         <v>44559</v>
       </c>
-      <c r="T286" s="39">
+      <c r="T286" s="34">
         <v>205858</v>
       </c>
-      <c r="U286" s="39">
+      <c r="U286" s="34">
         <v>143528</v>
       </c>
-      <c r="V286" s="43">
+      <c r="V286" s="38">
         <v>62330</v>
       </c>
-    </row>
-    <row r="287" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W286" s="34">
+        <v>219908</v>
+      </c>
+      <c r="X286" s="34">
+        <v>151664</v>
+      </c>
+      <c r="Y286" s="34">
+        <v>68244</v>
+      </c>
+    </row>
+    <row r="287" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A287" s="7" t="s">
         <v>283</v>
       </c>
       <c r="B287" s="11">
         <v>6561</v>
       </c>
       <c r="C287" s="11">
         <v>3912</v>
       </c>
       <c r="D287" s="11">
         <v>2649</v>
       </c>
       <c r="E287" s="11">
         <v>6507</v>
       </c>
       <c r="F287" s="11">
         <v>3895</v>
       </c>
       <c r="G287" s="11">
         <v>2612</v>
       </c>
       <c r="H287" s="11">
         <v>6843</v>
       </c>
       <c r="I287" s="11">
@@ -21141,61 +23699,70 @@
       </c>
       <c r="L287" s="11">
         <v>3910</v>
       </c>
       <c r="M287" s="11">
         <v>2843</v>
       </c>
       <c r="N287" s="11">
         <v>6514</v>
       </c>
       <c r="O287" s="11">
         <v>3726</v>
       </c>
       <c r="P287" s="11">
         <v>2788</v>
       </c>
       <c r="Q287" s="11">
         <v>6258</v>
       </c>
       <c r="R287" s="11">
         <v>3582</v>
       </c>
       <c r="S287" s="31">
         <v>2676</v>
       </c>
-      <c r="T287" s="39">
+      <c r="T287" s="34">
         <v>7836</v>
       </c>
-      <c r="U287" s="39">
+      <c r="U287" s="34">
         <v>4562</v>
       </c>
-      <c r="V287" s="43">
+      <c r="V287" s="38">
         <v>3274</v>
       </c>
-    </row>
-    <row r="288" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W287" s="34">
+        <v>8083</v>
+      </c>
+      <c r="X287" s="34">
+        <v>4649</v>
+      </c>
+      <c r="Y287" s="34">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="288" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A288" s="7" t="s">
         <v>284</v>
       </c>
       <c r="B288" s="11">
         <v>21821</v>
       </c>
       <c r="C288" s="11">
         <v>14229</v>
       </c>
       <c r="D288" s="11">
         <v>7592</v>
       </c>
       <c r="E288" s="11">
         <v>21800</v>
       </c>
       <c r="F288" s="11">
         <v>14148</v>
       </c>
       <c r="G288" s="11">
         <v>7652</v>
       </c>
       <c r="H288" s="11">
         <v>21519</v>
       </c>
       <c r="I288" s="11">
@@ -21209,61 +23776,70 @@
       </c>
       <c r="L288" s="11">
         <v>13584</v>
       </c>
       <c r="M288" s="11">
         <v>7293</v>
       </c>
       <c r="N288" s="11">
         <v>19605</v>
       </c>
       <c r="O288" s="11">
         <v>12650</v>
       </c>
       <c r="P288" s="11">
         <v>6955</v>
       </c>
       <c r="Q288" s="11">
         <v>16418</v>
       </c>
       <c r="R288" s="11">
         <v>10753</v>
       </c>
       <c r="S288" s="31">
         <v>5665</v>
       </c>
-      <c r="T288" s="39">
+      <c r="T288" s="34">
         <v>21069</v>
       </c>
-      <c r="U288" s="39">
+      <c r="U288" s="34">
         <v>13543</v>
       </c>
-      <c r="V288" s="43">
+      <c r="V288" s="38">
         <v>7526</v>
       </c>
-    </row>
-    <row r="289" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W288" s="34">
+        <v>22033</v>
+      </c>
+      <c r="X288" s="34">
+        <v>14290</v>
+      </c>
+      <c r="Y288" s="34">
+        <v>7743</v>
+      </c>
+    </row>
+    <row r="289" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A289" s="7" t="s">
         <v>285</v>
       </c>
       <c r="B289" s="11">
         <v>28525</v>
       </c>
       <c r="C289" s="11">
         <v>11780</v>
       </c>
       <c r="D289" s="11">
         <v>16745</v>
       </c>
       <c r="E289" s="11">
         <v>29463</v>
       </c>
       <c r="F289" s="11">
         <v>12179</v>
       </c>
       <c r="G289" s="11">
         <v>17284</v>
       </c>
       <c r="H289" s="11">
         <v>30816</v>
       </c>
       <c r="I289" s="11">
@@ -21277,61 +23853,70 @@
       </c>
       <c r="L289" s="11">
         <v>11546</v>
       </c>
       <c r="M289" s="11">
         <v>18281</v>
       </c>
       <c r="N289" s="11">
         <v>30826</v>
       </c>
       <c r="O289" s="11">
         <v>10633</v>
       </c>
       <c r="P289" s="11">
         <v>20193</v>
       </c>
       <c r="Q289" s="11">
         <v>34447</v>
       </c>
       <c r="R289" s="11">
         <v>10239</v>
       </c>
       <c r="S289" s="31">
         <v>24208</v>
       </c>
-      <c r="T289" s="39">
+      <c r="T289" s="34">
         <v>43546</v>
       </c>
-      <c r="U289" s="39">
+      <c r="U289" s="34">
         <v>13490</v>
       </c>
-      <c r="V289" s="43">
+      <c r="V289" s="38">
         <v>30056</v>
       </c>
-    </row>
-    <row r="290" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W289" s="34">
+        <v>44437</v>
+      </c>
+      <c r="X289" s="34">
+        <v>13379</v>
+      </c>
+      <c r="Y289" s="34">
+        <v>31058</v>
+      </c>
+    </row>
+    <row r="290" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A290" s="7" t="s">
         <v>286</v>
       </c>
       <c r="B290" s="11">
         <v>44532</v>
       </c>
       <c r="C290" s="11">
         <v>26006</v>
       </c>
       <c r="D290" s="11">
         <v>18526</v>
       </c>
       <c r="E290" s="11">
         <v>46969</v>
       </c>
       <c r="F290" s="11">
         <v>27478</v>
       </c>
       <c r="G290" s="11">
         <v>19491</v>
       </c>
       <c r="H290" s="11">
         <v>43255</v>
       </c>
       <c r="I290" s="11">
@@ -21345,61 +23930,70 @@
       </c>
       <c r="L290" s="11">
         <v>25342</v>
       </c>
       <c r="M290" s="11">
         <v>19181</v>
       </c>
       <c r="N290" s="11">
         <v>40448</v>
       </c>
       <c r="O290" s="11">
         <v>23382</v>
       </c>
       <c r="P290" s="11">
         <v>17066</v>
       </c>
       <c r="Q290" s="11">
         <v>37719</v>
       </c>
       <c r="R290" s="11">
         <v>21680</v>
       </c>
       <c r="S290" s="31">
         <v>16039</v>
       </c>
-      <c r="T290" s="39">
+      <c r="T290" s="34">
         <v>45144</v>
       </c>
-      <c r="U290" s="39">
+      <c r="U290" s="34">
         <v>25578</v>
       </c>
-      <c r="V290" s="43">
+      <c r="V290" s="38">
         <v>19566</v>
       </c>
-    </row>
-    <row r="291" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W290" s="34">
+        <v>44999</v>
+      </c>
+      <c r="X290" s="34">
+        <v>25287</v>
+      </c>
+      <c r="Y290" s="34">
+        <v>19712</v>
+      </c>
+    </row>
+    <row r="291" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A291" s="7" t="s">
         <v>287</v>
       </c>
       <c r="B291" s="11">
         <v>431</v>
       </c>
       <c r="C291" s="11">
         <v>87</v>
       </c>
       <c r="D291" s="11">
         <v>344</v>
       </c>
       <c r="E291" s="11">
         <v>449</v>
       </c>
       <c r="F291" s="11">
         <v>98</v>
       </c>
       <c r="G291" s="11">
         <v>351</v>
       </c>
       <c r="H291" s="11">
         <v>418</v>
       </c>
       <c r="I291" s="11">
@@ -21413,61 +24007,70 @@
       </c>
       <c r="L291" s="11">
         <v>82</v>
       </c>
       <c r="M291" s="11">
         <v>309</v>
       </c>
       <c r="N291" s="11">
         <v>380</v>
       </c>
       <c r="O291" s="11">
         <v>87</v>
       </c>
       <c r="P291" s="11">
         <v>293</v>
       </c>
       <c r="Q291" s="11">
         <v>334</v>
       </c>
       <c r="R291" s="11">
         <v>66</v>
       </c>
       <c r="S291" s="30">
         <v>268</v>
       </c>
-      <c r="T291" s="39">
+      <c r="T291" s="34">
         <v>557</v>
       </c>
-      <c r="U291" s="39">
+      <c r="U291" s="34">
         <v>142</v>
       </c>
-      <c r="V291" s="42">
+      <c r="V291" s="37">
         <v>415</v>
       </c>
-    </row>
-    <row r="292" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W291" s="34">
+        <v>562</v>
+      </c>
+      <c r="X291" s="34">
+        <v>168</v>
+      </c>
+      <c r="Y291" s="34">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="292" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A292" s="7" t="s">
         <v>288</v>
       </c>
       <c r="B292" s="11">
         <v>36309</v>
       </c>
       <c r="C292" s="11">
         <v>20246</v>
       </c>
       <c r="D292" s="11">
         <v>16063</v>
       </c>
       <c r="E292" s="11">
         <v>38730</v>
       </c>
       <c r="F292" s="11">
         <v>21285</v>
       </c>
       <c r="G292" s="11">
         <v>17445</v>
       </c>
       <c r="H292" s="11">
         <v>38244</v>
       </c>
       <c r="I292" s="11">
@@ -21481,61 +24084,70 @@
       </c>
       <c r="L292" s="11">
         <v>20964</v>
       </c>
       <c r="M292" s="11">
         <v>18052</v>
       </c>
       <c r="N292" s="11">
         <v>36205</v>
       </c>
       <c r="O292" s="11">
         <v>19612</v>
       </c>
       <c r="P292" s="11">
         <v>16593</v>
       </c>
       <c r="Q292" s="11">
         <v>34261</v>
       </c>
       <c r="R292" s="11">
         <v>18544</v>
       </c>
       <c r="S292" s="31">
         <v>15717</v>
       </c>
-      <c r="T292" s="39">
+      <c r="T292" s="34">
         <v>46108</v>
       </c>
-      <c r="U292" s="39">
+      <c r="U292" s="34">
         <v>24604</v>
       </c>
-      <c r="V292" s="43">
+      <c r="V292" s="38">
         <v>21504</v>
       </c>
-    </row>
-    <row r="293" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W292" s="34">
+        <v>49621</v>
+      </c>
+      <c r="X292" s="34">
+        <v>26105</v>
+      </c>
+      <c r="Y292" s="34">
+        <v>23516</v>
+      </c>
+    </row>
+    <row r="293" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A293" s="8" t="s">
         <v>289</v>
       </c>
       <c r="B293" s="11">
         <v>150059</v>
       </c>
       <c r="C293" s="11">
         <v>85336</v>
       </c>
       <c r="D293" s="11">
         <v>64723</v>
       </c>
       <c r="E293" s="11">
         <v>152966</v>
       </c>
       <c r="F293" s="11">
         <v>86699</v>
       </c>
       <c r="G293" s="11">
         <v>66267</v>
       </c>
       <c r="H293" s="11">
         <v>155993</v>
       </c>
       <c r="I293" s="11">
@@ -21549,61 +24161,70 @@
       </c>
       <c r="L293" s="11">
         <v>89887</v>
       </c>
       <c r="M293" s="11">
         <v>68397</v>
       </c>
       <c r="N293" s="11">
         <v>150332</v>
       </c>
       <c r="O293" s="11">
         <v>85582</v>
       </c>
       <c r="P293" s="11">
         <v>64750</v>
       </c>
       <c r="Q293" s="11">
         <v>142168</v>
       </c>
       <c r="R293" s="11">
         <v>80116</v>
       </c>
       <c r="S293" s="31">
         <v>62052</v>
       </c>
-      <c r="T293" s="39">
+      <c r="T293" s="34">
         <v>175120</v>
       </c>
-      <c r="U293" s="39">
+      <c r="U293" s="34">
         <v>98181</v>
       </c>
-      <c r="V293" s="43">
+      <c r="V293" s="38">
         <v>76939</v>
       </c>
-    </row>
-    <row r="294" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W293" s="34">
+        <v>180710</v>
+      </c>
+      <c r="X293" s="34">
+        <v>101157</v>
+      </c>
+      <c r="Y293" s="34">
+        <v>79553</v>
+      </c>
+    </row>
+    <row r="294" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A294" s="7" t="s">
         <v>290</v>
       </c>
       <c r="B294" s="11">
         <v>2252</v>
       </c>
       <c r="C294" s="11">
         <v>1651</v>
       </c>
       <c r="D294" s="11">
         <v>601</v>
       </c>
       <c r="E294" s="11">
         <v>2406</v>
       </c>
       <c r="F294" s="11">
         <v>1755</v>
       </c>
       <c r="G294" s="11">
         <v>651</v>
       </c>
       <c r="H294" s="11">
         <v>2741</v>
       </c>
       <c r="I294" s="11">
@@ -21617,61 +24238,70 @@
       </c>
       <c r="L294" s="11">
         <v>2055</v>
       </c>
       <c r="M294" s="11">
         <v>838</v>
       </c>
       <c r="N294" s="11">
         <v>2692</v>
       </c>
       <c r="O294" s="11">
         <v>1939</v>
       </c>
       <c r="P294" s="11">
         <v>753</v>
       </c>
       <c r="Q294" s="11">
         <v>2358</v>
       </c>
       <c r="R294" s="11">
         <v>1696</v>
       </c>
       <c r="S294" s="30">
         <v>662</v>
       </c>
-      <c r="T294" s="39">
+      <c r="T294" s="34">
         <v>3282</v>
       </c>
-      <c r="U294" s="39">
+      <c r="U294" s="34">
         <v>2288</v>
       </c>
-      <c r="V294" s="42">
+      <c r="V294" s="37">
         <v>994</v>
       </c>
-    </row>
-    <row r="295" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W294" s="34">
+        <v>3799</v>
+      </c>
+      <c r="X294" s="34">
+        <v>2686</v>
+      </c>
+      <c r="Y294" s="34">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="295" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A295" s="7" t="s">
         <v>291</v>
       </c>
       <c r="B295" s="11">
         <v>60458</v>
       </c>
       <c r="C295" s="11">
         <v>26066</v>
       </c>
       <c r="D295" s="11">
         <v>34392</v>
       </c>
       <c r="E295" s="11">
         <v>69584</v>
       </c>
       <c r="F295" s="11">
         <v>31216</v>
       </c>
       <c r="G295" s="11">
         <v>38368</v>
       </c>
       <c r="H295" s="11">
         <v>73595</v>
       </c>
       <c r="I295" s="11">
@@ -21685,61 +24315,70 @@
       </c>
       <c r="L295" s="11">
         <v>86279</v>
       </c>
       <c r="M295" s="11">
         <v>88496</v>
       </c>
       <c r="N295" s="11">
         <v>1604173</v>
       </c>
       <c r="O295" s="11">
         <v>776284</v>
       </c>
       <c r="P295" s="11">
         <v>827889</v>
       </c>
       <c r="Q295" s="11">
         <v>2543940</v>
       </c>
       <c r="R295" s="11">
         <v>1237035</v>
       </c>
       <c r="S295" s="31">
         <v>1306905</v>
       </c>
-      <c r="T295" s="39">
+      <c r="T295" s="34">
         <v>788868</v>
       </c>
-      <c r="U295" s="39">
+      <c r="U295" s="34">
         <v>392414</v>
       </c>
-      <c r="V295" s="43">
+      <c r="V295" s="38">
         <v>396454</v>
       </c>
-    </row>
-    <row r="296" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W295" s="34">
+        <v>462329</v>
+      </c>
+      <c r="X295" s="34">
+        <v>233494</v>
+      </c>
+      <c r="Y295" s="34">
+        <v>228835</v>
+      </c>
+    </row>
+    <row r="296" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A296" s="7" t="s">
         <v>292</v>
       </c>
       <c r="B296" s="11">
         <v>5411</v>
       </c>
       <c r="C296" s="11">
         <v>2727</v>
       </c>
       <c r="D296" s="11">
         <v>2684</v>
       </c>
       <c r="E296" s="11">
         <v>6281</v>
       </c>
       <c r="F296" s="11">
         <v>3312</v>
       </c>
       <c r="G296" s="11">
         <v>2969</v>
       </c>
       <c r="H296" s="11">
         <v>7954</v>
       </c>
       <c r="I296" s="11">
@@ -21753,61 +24392,70 @@
       </c>
       <c r="L296" s="11">
         <v>5388</v>
       </c>
       <c r="M296" s="11">
         <v>4656</v>
       </c>
       <c r="N296" s="11">
         <v>10191</v>
       </c>
       <c r="O296" s="11">
         <v>5679</v>
       </c>
       <c r="P296" s="11">
         <v>4512</v>
       </c>
       <c r="Q296" s="11">
         <v>9613</v>
       </c>
       <c r="R296" s="11">
         <v>5336</v>
       </c>
       <c r="S296" s="31">
         <v>4277</v>
       </c>
-      <c r="T296" s="39">
+      <c r="T296" s="34">
         <v>10686</v>
       </c>
-      <c r="U296" s="39">
+      <c r="U296" s="34">
         <v>6181</v>
       </c>
-      <c r="V296" s="43">
+      <c r="V296" s="38">
         <v>4505</v>
       </c>
-    </row>
-    <row r="297" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W296" s="34">
+        <v>10266</v>
+      </c>
+      <c r="X296" s="34">
+        <v>5854</v>
+      </c>
+      <c r="Y296" s="34">
+        <v>4412</v>
+      </c>
+    </row>
+    <row r="297" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A297" s="7" t="s">
         <v>293</v>
       </c>
       <c r="B297" s="11">
         <v>88486</v>
       </c>
       <c r="C297" s="11">
         <v>45547</v>
       </c>
       <c r="D297" s="11">
         <v>42939</v>
       </c>
       <c r="E297" s="11">
         <v>69335</v>
       </c>
       <c r="F297" s="11">
         <v>36180</v>
       </c>
       <c r="G297" s="11">
         <v>33155</v>
       </c>
       <c r="H297" s="11">
         <v>55916</v>
       </c>
       <c r="I297" s="11">
@@ -21821,61 +24469,70 @@
       </c>
       <c r="L297" s="11">
         <v>24112</v>
       </c>
       <c r="M297" s="11">
         <v>22430</v>
       </c>
       <c r="N297" s="11">
         <v>558044</v>
       </c>
       <c r="O297" s="11">
         <v>290800</v>
       </c>
       <c r="P297" s="11">
         <v>267244</v>
       </c>
       <c r="Q297" s="11">
         <v>617600</v>
       </c>
       <c r="R297" s="11">
         <v>298093</v>
       </c>
       <c r="S297" s="31">
         <v>319507</v>
       </c>
-      <c r="T297" s="39">
+      <c r="T297" s="34">
         <v>63467</v>
       </c>
-      <c r="U297" s="39">
+      <c r="U297" s="34">
         <v>31073</v>
       </c>
-      <c r="V297" s="43">
+      <c r="V297" s="38">
         <v>32394</v>
       </c>
-    </row>
-    <row r="298" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W297" s="34">
+        <v>46498</v>
+      </c>
+      <c r="X297" s="34">
+        <v>23493</v>
+      </c>
+      <c r="Y297" s="34">
+        <v>23005</v>
+      </c>
+    </row>
+    <row r="298" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A298" s="7" t="s">
         <v>294</v>
       </c>
       <c r="B298" s="11">
         <v>87745</v>
       </c>
       <c r="C298" s="11">
         <v>104</v>
       </c>
       <c r="D298" s="11">
         <v>87641</v>
       </c>
       <c r="E298" s="11">
         <v>88602</v>
       </c>
       <c r="F298" s="11">
         <v>97</v>
       </c>
       <c r="G298" s="11">
         <v>88505</v>
       </c>
       <c r="H298" s="11">
         <v>90174</v>
       </c>
       <c r="I298" s="11">
@@ -21889,61 +24546,70 @@
       </c>
       <c r="L298" s="11">
         <v>87</v>
       </c>
       <c r="M298" s="11">
         <v>92493</v>
       </c>
       <c r="N298" s="11">
         <v>82640</v>
       </c>
       <c r="O298" s="11">
         <v>100</v>
       </c>
       <c r="P298" s="11">
         <v>82540</v>
       </c>
       <c r="Q298" s="11">
         <v>58036</v>
       </c>
       <c r="R298" s="11">
         <v>97</v>
       </c>
       <c r="S298" s="31">
         <v>57939</v>
       </c>
-      <c r="T298" s="39">
+      <c r="T298" s="34">
         <v>95277</v>
       </c>
-      <c r="U298" s="39">
+      <c r="U298" s="34">
         <v>133</v>
       </c>
-      <c r="V298" s="43">
+      <c r="V298" s="38">
         <v>95144</v>
       </c>
-    </row>
-    <row r="299" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W298" s="34">
+        <v>94551</v>
+      </c>
+      <c r="X298" s="34">
+        <v>169</v>
+      </c>
+      <c r="Y298" s="34">
+        <v>94382</v>
+      </c>
+    </row>
+    <row r="299" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A299" s="7" t="s">
         <v>295</v>
       </c>
       <c r="B299" s="11">
         <v>22186</v>
       </c>
       <c r="C299" s="11">
         <v>0</v>
       </c>
       <c r="D299" s="11">
         <v>22186</v>
       </c>
       <c r="E299" s="11">
         <v>21008</v>
       </c>
       <c r="F299" s="11">
         <v>0</v>
       </c>
       <c r="G299" s="11">
         <v>21008</v>
       </c>
       <c r="H299" s="11">
         <v>16840</v>
       </c>
       <c r="I299" s="11">
@@ -21957,61 +24623,70 @@
       </c>
       <c r="L299" s="11">
         <v>0</v>
       </c>
       <c r="M299" s="11">
         <v>13428</v>
       </c>
       <c r="N299" s="11">
         <v>10480</v>
       </c>
       <c r="O299" s="11">
         <v>0</v>
       </c>
       <c r="P299" s="11">
         <v>10480</v>
       </c>
       <c r="Q299" s="11">
         <v>8957</v>
       </c>
       <c r="R299" s="11">
         <v>0</v>
       </c>
       <c r="S299" s="31">
         <v>8957</v>
       </c>
-      <c r="T299" s="39">
+      <c r="T299" s="34">
         <v>12797</v>
       </c>
-      <c r="U299" s="39">
-[...2 lines deleted...]
-      <c r="V299" s="43">
+      <c r="U299" s="34">
+        <v>0</v>
+      </c>
+      <c r="V299" s="38">
         <v>12797</v>
       </c>
-    </row>
-    <row r="300" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W299" s="34">
+        <v>12735</v>
+      </c>
+      <c r="X299" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y299" s="34">
+        <v>12735</v>
+      </c>
+    </row>
+    <row r="300" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A300" s="7" t="s">
         <v>296</v>
       </c>
       <c r="B300" s="11">
         <v>557408</v>
       </c>
       <c r="C300" s="11">
         <v>288115</v>
       </c>
       <c r="D300" s="11">
         <v>269293</v>
       </c>
       <c r="E300" s="11">
         <v>531067</v>
       </c>
       <c r="F300" s="11">
         <v>274472</v>
       </c>
       <c r="G300" s="11">
         <v>256595</v>
       </c>
       <c r="H300" s="11">
         <v>506427</v>
       </c>
       <c r="I300" s="11">
@@ -22025,61 +24700,70 @@
       </c>
       <c r="L300" s="11">
         <v>250625</v>
       </c>
       <c r="M300" s="11">
         <v>233735</v>
       </c>
       <c r="N300" s="11">
         <v>440849</v>
       </c>
       <c r="O300" s="11">
         <v>227083</v>
       </c>
       <c r="P300" s="11">
         <v>213766</v>
       </c>
       <c r="Q300" s="11">
         <v>367511</v>
       </c>
       <c r="R300" s="11">
         <v>188960</v>
       </c>
       <c r="S300" s="31">
         <v>178551</v>
       </c>
-      <c r="T300" s="39">
+      <c r="T300" s="34">
         <v>427318</v>
       </c>
-      <c r="U300" s="39">
+      <c r="U300" s="34">
         <v>220192</v>
       </c>
-      <c r="V300" s="43">
+      <c r="V300" s="38">
         <v>207126</v>
       </c>
-    </row>
-    <row r="301" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W300" s="34">
+        <v>385673</v>
+      </c>
+      <c r="X300" s="34">
+        <v>198655</v>
+      </c>
+      <c r="Y300" s="34">
+        <v>187018</v>
+      </c>
+    </row>
+    <row r="301" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A301" s="7" t="s">
         <v>297</v>
       </c>
       <c r="B301" s="11">
         <v>1933</v>
       </c>
       <c r="C301" s="11">
         <v>0</v>
       </c>
       <c r="D301" s="11">
         <v>1933</v>
       </c>
       <c r="E301" s="11">
         <v>1938</v>
       </c>
       <c r="F301" s="11">
         <v>0</v>
       </c>
       <c r="G301" s="11">
         <v>1938</v>
       </c>
       <c r="H301" s="11">
         <v>1879</v>
       </c>
       <c r="I301" s="11">
@@ -22093,61 +24777,70 @@
       </c>
       <c r="L301" s="11">
         <v>0</v>
       </c>
       <c r="M301" s="11">
         <v>1994</v>
       </c>
       <c r="N301" s="11">
         <v>2176</v>
       </c>
       <c r="O301" s="11">
         <v>0</v>
       </c>
       <c r="P301" s="11">
         <v>2176</v>
       </c>
       <c r="Q301" s="11">
         <v>1774</v>
       </c>
       <c r="R301" s="11">
         <v>0</v>
       </c>
       <c r="S301" s="31">
         <v>1774</v>
       </c>
-      <c r="T301" s="39">
+      <c r="T301" s="34">
         <v>2128</v>
       </c>
-      <c r="U301" s="39">
-[...2 lines deleted...]
-      <c r="V301" s="43">
+      <c r="U301" s="34">
+        <v>0</v>
+      </c>
+      <c r="V301" s="38">
         <v>2128</v>
       </c>
-    </row>
-    <row r="302" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W301" s="34">
+        <v>1991</v>
+      </c>
+      <c r="X301" s="34">
+        <v>0</v>
+      </c>
+      <c r="Y301" s="34">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="302" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A302" s="7" t="s">
         <v>298</v>
       </c>
       <c r="B302" s="11">
         <v>375467</v>
       </c>
       <c r="C302" s="11">
         <v>191643</v>
       </c>
       <c r="D302" s="11">
         <v>183824</v>
       </c>
       <c r="E302" s="11">
         <v>401838</v>
       </c>
       <c r="F302" s="11">
         <v>204435</v>
       </c>
       <c r="G302" s="11">
         <v>197403</v>
       </c>
       <c r="H302" s="11">
         <v>437022</v>
       </c>
       <c r="I302" s="11">
@@ -22161,61 +24854,70 @@
       </c>
       <c r="L302" s="11">
         <v>241174</v>
       </c>
       <c r="M302" s="11">
         <v>228904</v>
       </c>
       <c r="N302" s="11">
         <v>450316</v>
       </c>
       <c r="O302" s="11">
         <v>229531</v>
       </c>
       <c r="P302" s="11">
         <v>220785</v>
       </c>
       <c r="Q302" s="11">
         <v>373931</v>
       </c>
       <c r="R302" s="11">
         <v>192474</v>
       </c>
       <c r="S302" s="31">
         <v>181457</v>
       </c>
-      <c r="T302" s="39">
+      <c r="T302" s="34">
         <v>567614</v>
       </c>
-      <c r="U302" s="39">
+      <c r="U302" s="34">
         <v>287851</v>
       </c>
-      <c r="V302" s="43">
+      <c r="V302" s="38">
         <v>279763</v>
       </c>
-    </row>
-    <row r="303" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W302" s="34">
+        <v>659297</v>
+      </c>
+      <c r="X302" s="34">
+        <v>341277</v>
+      </c>
+      <c r="Y302" s="34">
+        <v>318020</v>
+      </c>
+    </row>
+    <row r="303" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A303" s="9" t="s">
         <v>299</v>
       </c>
       <c r="B303" s="11">
         <v>499535</v>
       </c>
       <c r="C303" s="11">
         <v>76650</v>
       </c>
       <c r="D303" s="11">
         <v>422885</v>
       </c>
       <c r="E303" s="11">
         <v>494589</v>
       </c>
       <c r="F303" s="11">
         <v>85063</v>
       </c>
       <c r="G303" s="11">
         <v>409526</v>
       </c>
       <c r="H303" s="11">
         <v>490892</v>
       </c>
       <c r="I303" s="11">
@@ -22229,79 +24931,90 @@
       </c>
       <c r="L303" s="11">
         <v>115944</v>
       </c>
       <c r="M303" s="11">
         <v>397262</v>
       </c>
       <c r="N303" s="11">
         <v>509622</v>
       </c>
       <c r="O303" s="11">
         <v>125661</v>
       </c>
       <c r="P303" s="11">
         <v>383961</v>
       </c>
       <c r="Q303" s="11">
         <v>442646</v>
       </c>
       <c r="R303" s="11">
         <v>119653</v>
       </c>
       <c r="S303" s="31">
         <v>322993</v>
       </c>
-      <c r="T303" s="39">
+      <c r="T303" s="34">
         <v>596458</v>
       </c>
-      <c r="U303" s="39">
+      <c r="U303" s="34">
         <v>177336</v>
       </c>
-      <c r="V303" s="43">
+      <c r="V303" s="38">
         <v>419122</v>
       </c>
-    </row>
-    <row r="304" spans="1:22" s="4" customFormat="1" ht="15" customHeight="1">
+      <c r="W303" s="34">
+        <v>626260</v>
+      </c>
+      <c r="X303" s="34">
+        <v>208082</v>
+      </c>
+      <c r="Y303" s="34">
+        <v>418178</v>
+      </c>
+    </row>
+    <row r="304" spans="1:25" s="4" customFormat="1" ht="15" customHeight="1">
       <c r="A304" s="4" t="s">
         <v>302</v>
       </c>
-      <c r="T304" s="40"/>
+      <c r="T304" s="35"/>
+      <c r="W304" s="35"/>
     </row>
     <row r="305" spans="1:1">
       <c r="A305" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="8">
+  <mergeCells count="9">
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="W3:Y3"/>
     <mergeCell ref="T3:V3"/>
     <mergeCell ref="Q3:S3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="H3:J3"/>
-    <mergeCell ref="A3:A4"/>
-[...1 lines deleted...]
-    <mergeCell ref="B3:D3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView topLeftCell="A4" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
       <selection activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="29" customWidth="1"/>
     <col min="2" max="2" width="39.42578125" style="29" customWidth="1"/>
     <col min="3" max="3" width="80.140625" style="29" customWidth="1"/>
     <col min="4" max="256" width="9.140625" style="29"/>
     <col min="257" max="257" width="8.28515625" style="29" customWidth="1"/>
     <col min="258" max="258" width="36.5703125" style="29" customWidth="1"/>
     <col min="259" max="259" width="80.140625" style="29" customWidth="1"/>
     <col min="260" max="512" width="9.140625" style="29"/>
     <col min="513" max="513" width="8.28515625" style="29" customWidth="1"/>