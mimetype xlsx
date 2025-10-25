--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DDDBCE92-0268-47F2-8E0C-D130A5833F0F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4A4B3498-39E8-4932-961B-B446E2870DAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-105" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="61">
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>2558</t>
   </si>
@@ -239,51 +239,51 @@
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t xml:space="preserve">จำนวนผู้ป่วยนอก </t>
   </si>
   <si>
     <t>ประเทศ</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
-    <t>จำนวนผู้ป่วยนอก จำแนกตามกลุ่มสาเหตุป่วย 21 โรค จากสถานบริการสาธารณสุข ของกระทรวงสาธารณสุข ทั่วราชอาณาจักร พ.ศ. 2555 - 2566</t>
+    <t>จำนวนผู้ป่วยนอก จำแนกตามกลุ่มสาเหตุป่วย 21 โรค จากสถานบริการสาธารณสุข ของกระทรวงสาธารณสุข ทั่วราชอาณาจักร พ.ศ. 2555 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -847,1039 +847,1108 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M28"/>
+  <dimension ref="A1:N28"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="G1" workbookViewId="0">
-      <selection activeCell="M4" sqref="M4"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="C1" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="95.85546875" style="1" customWidth="1"/>
-    <col min="2" max="13" width="14" style="1" customWidth="1"/>
-    <col min="14" max="16384" width="9.140625" style="1"/>
+    <col min="2" max="14" width="14" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="16.5" customHeight="1">
+    <row r="1" spans="1:14" ht="16.5" customHeight="1">
       <c r="A1" s="29" t="s">
         <v>60</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
     </row>
-    <row r="2" spans="1:13" ht="16.5" customHeight="1">
+    <row r="2" spans="1:14" ht="16.5" customHeight="1">
       <c r="A2" s="29" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="29"/>
       <c r="C2" s="29"/>
       <c r="D2" s="29"/>
       <c r="E2" s="29"/>
       <c r="F2" s="29"/>
       <c r="G2" s="29"/>
     </row>
-    <row r="3" spans="1:13" s="22" customFormat="1" ht="16.5" customHeight="1">
+    <row r="3" spans="1:14" s="22" customFormat="1" ht="16.5" customHeight="1">
       <c r="A3" s="20" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="20" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="20" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="20" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="21" t="s">
         <v>27</v>
       </c>
       <c r="H3" s="21" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="21">
         <v>2562</v>
       </c>
       <c r="J3" s="21">
         <v>2563</v>
       </c>
       <c r="K3" s="21">
         <v>2564</v>
       </c>
       <c r="L3" s="21">
         <v>2565</v>
       </c>
       <c r="M3" s="21">
         <v>2566</v>
       </c>
-    </row>
-    <row r="4" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N3" s="21">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="16.5" customHeight="1">
       <c r="A4" s="23" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="24">
         <v>181821344.06800002</v>
       </c>
       <c r="C4" s="24">
         <v>171909514</v>
       </c>
       <c r="D4" s="24">
         <v>168125897</v>
       </c>
       <c r="E4" s="24">
         <v>195426315</v>
       </c>
       <c r="F4" s="24">
         <v>221786620</v>
       </c>
       <c r="G4" s="25">
         <v>220063238</v>
       </c>
       <c r="H4" s="25">
         <v>202989132</v>
       </c>
       <c r="I4" s="25">
         <v>241816724</v>
       </c>
       <c r="J4" s="25">
         <v>209613842</v>
       </c>
       <c r="K4" s="25">
         <v>175370320</v>
       </c>
       <c r="L4" s="25">
         <v>202374470</v>
       </c>
       <c r="M4" s="25">
         <v>220728256</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N4" s="25">
+        <v>203313886</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="16.5" customHeight="1">
       <c r="A5" s="23" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="24">
         <v>7472384</v>
       </c>
       <c r="C5" s="24">
         <v>6879116</v>
       </c>
       <c r="D5" s="24">
         <v>5154353</v>
       </c>
       <c r="E5" s="24">
         <v>5791703</v>
       </c>
       <c r="F5" s="24">
         <v>6593971</v>
       </c>
       <c r="G5" s="25">
         <v>6066428</v>
       </c>
       <c r="H5" s="25">
         <v>5632409</v>
       </c>
       <c r="I5" s="25">
         <v>8452320</v>
       </c>
       <c r="J5" s="25">
         <v>5613517</v>
       </c>
       <c r="K5" s="25">
         <v>4550952</v>
       </c>
       <c r="L5" s="25">
         <v>5541224</v>
       </c>
       <c r="M5" s="25">
         <v>5744570</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N5" s="25">
+        <v>4939879</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="16.5" customHeight="1">
       <c r="A6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="24">
         <v>1309211</v>
       </c>
       <c r="C6" s="24">
         <v>1298875</v>
       </c>
       <c r="D6" s="24">
         <v>1419796</v>
       </c>
       <c r="E6" s="24">
         <v>1933371</v>
       </c>
       <c r="F6" s="24">
         <v>2586374</v>
       </c>
       <c r="G6" s="25">
         <v>2884173</v>
       </c>
       <c r="H6" s="25">
         <v>2596103</v>
       </c>
       <c r="I6" s="25">
         <v>3335208</v>
       </c>
       <c r="J6" s="25">
         <v>3438107</v>
       </c>
       <c r="K6" s="25">
         <v>3347514</v>
       </c>
       <c r="L6" s="25">
         <v>3921393</v>
       </c>
       <c r="M6" s="25">
         <v>4280978</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N6" s="25">
+        <v>3549976</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="16.5" customHeight="1">
       <c r="A7" s="23" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="24">
         <v>1350915</v>
       </c>
       <c r="C7" s="24">
         <v>1351110</v>
       </c>
       <c r="D7" s="24">
         <v>1092125</v>
       </c>
       <c r="E7" s="24">
         <v>1316340</v>
       </c>
       <c r="F7" s="24">
         <v>1582891</v>
       </c>
       <c r="G7" s="25">
         <v>1614757</v>
       </c>
       <c r="H7" s="25">
         <v>1502499</v>
       </c>
       <c r="I7" s="25">
         <v>2255416</v>
       </c>
       <c r="J7" s="25">
         <v>1770014</v>
       </c>
       <c r="K7" s="25">
         <v>1569514</v>
       </c>
       <c r="L7" s="25">
         <v>1753865</v>
       </c>
       <c r="M7" s="25">
         <v>1983604</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N7" s="25">
+        <v>1837280</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="16.5" customHeight="1">
       <c r="A8" s="23" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="24">
         <v>22602506</v>
       </c>
       <c r="C8" s="24">
         <v>23017822</v>
       </c>
       <c r="D8" s="24">
         <v>24570625</v>
       </c>
       <c r="E8" s="24">
         <v>29369511</v>
       </c>
       <c r="F8" s="24">
         <v>33695849</v>
       </c>
       <c r="G8" s="25">
         <v>35172819</v>
       </c>
       <c r="H8" s="25">
         <v>33354841</v>
       </c>
       <c r="I8" s="25">
         <v>37936501</v>
       </c>
       <c r="J8" s="25">
         <v>37874581</v>
       </c>
       <c r="K8" s="25">
         <v>35201059</v>
       </c>
       <c r="L8" s="25">
         <v>37841407</v>
       </c>
       <c r="M8" s="25">
         <v>41574331</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N8" s="25">
+        <v>39616989</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="16.5" customHeight="1">
       <c r="A9" s="23" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="24">
         <v>3653349.173</v>
       </c>
       <c r="C9" s="24">
         <v>3522647</v>
       </c>
       <c r="D9" s="24">
         <v>3008629</v>
       </c>
       <c r="E9" s="24">
         <v>3818674</v>
       </c>
       <c r="F9" s="24">
         <v>4536752</v>
       </c>
       <c r="G9" s="25">
         <v>5345279</v>
       </c>
       <c r="H9" s="25">
         <v>5288986</v>
       </c>
       <c r="I9" s="25">
         <v>8481987</v>
       </c>
       <c r="J9" s="25">
         <v>6292592</v>
       </c>
       <c r="K9" s="25">
         <v>5727898</v>
       </c>
       <c r="L9" s="25">
         <v>6153851</v>
       </c>
       <c r="M9" s="25">
         <v>6742037</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N9" s="25">
+        <v>6139868</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="16.5" customHeight="1">
       <c r="A10" s="23" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="24">
         <v>3502346</v>
       </c>
       <c r="C10" s="24">
         <v>3044911</v>
       </c>
       <c r="D10" s="24">
         <v>2932141</v>
       </c>
       <c r="E10" s="24">
         <v>3409749</v>
       </c>
       <c r="F10" s="24">
         <v>3781151</v>
       </c>
       <c r="G10" s="25">
         <v>3803122</v>
       </c>
       <c r="H10" s="25">
         <v>3470766</v>
       </c>
       <c r="I10" s="25">
         <v>4046402</v>
       </c>
       <c r="J10" s="25">
         <v>3718407</v>
       </c>
       <c r="K10" s="25">
         <v>3165744</v>
       </c>
       <c r="L10" s="25">
         <v>3502736</v>
       </c>
       <c r="M10" s="25">
         <v>3940134</v>
       </c>
-    </row>
-    <row r="11" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N10" s="25">
+        <v>3587124</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="16.5" customHeight="1">
       <c r="A11" s="23" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="24">
         <v>4726412.8949999996</v>
       </c>
       <c r="C11" s="24">
         <v>4456980</v>
       </c>
       <c r="D11" s="24">
         <v>5267364</v>
       </c>
       <c r="E11" s="24">
         <v>5691312</v>
       </c>
       <c r="F11" s="24">
         <v>6204240</v>
       </c>
       <c r="G11" s="25">
         <v>5978510</v>
       </c>
       <c r="H11" s="25">
         <v>5397269</v>
       </c>
       <c r="I11" s="25">
         <v>6197583</v>
       </c>
       <c r="J11" s="25">
         <v>5588505</v>
       </c>
       <c r="K11" s="25">
         <v>4520383</v>
       </c>
       <c r="L11" s="25">
         <v>5295373</v>
       </c>
       <c r="M11" s="25">
         <v>6048725</v>
       </c>
-    </row>
-    <row r="12" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N11" s="25">
+        <v>5480319</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="16.5" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="24">
         <v>1725315</v>
       </c>
       <c r="C12" s="24">
         <v>1447762</v>
       </c>
       <c r="D12" s="24">
         <v>1328661</v>
       </c>
       <c r="E12" s="24">
         <v>1598241</v>
       </c>
       <c r="F12" s="24">
         <v>1844947</v>
       </c>
       <c r="G12" s="25">
         <v>1755443</v>
       </c>
       <c r="H12" s="25">
         <v>1543608</v>
       </c>
       <c r="I12" s="25">
         <v>1760245</v>
       </c>
       <c r="J12" s="25">
         <v>1539404</v>
       </c>
       <c r="K12" s="25">
         <v>1223262</v>
       </c>
       <c r="L12" s="25">
         <v>1381836</v>
       </c>
       <c r="M12" s="25">
         <v>1592883</v>
       </c>
-    </row>
-    <row r="13" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N12" s="25">
+        <v>1487870</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="16.5" customHeight="1">
       <c r="A13" s="23" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="24">
         <v>24943857</v>
       </c>
       <c r="C13" s="24">
         <v>24402362</v>
       </c>
       <c r="D13" s="24">
         <v>25978566</v>
       </c>
       <c r="E13" s="24">
         <v>31064281</v>
       </c>
       <c r="F13" s="24">
         <v>36298204</v>
       </c>
       <c r="G13" s="25">
         <v>38055976</v>
       </c>
       <c r="H13" s="25">
         <v>36184058</v>
       </c>
       <c r="I13" s="25">
         <v>40975325</v>
       </c>
       <c r="J13" s="25">
         <v>40870272</v>
       </c>
       <c r="K13" s="25">
         <v>37929320</v>
       </c>
       <c r="L13" s="25">
         <v>39570267</v>
       </c>
       <c r="M13" s="25">
         <v>41920069</v>
       </c>
-    </row>
-    <row r="14" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N13" s="25">
+        <v>38458777</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="16.5" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="24">
         <v>27734257</v>
       </c>
       <c r="C14" s="24">
         <v>24652285</v>
       </c>
       <c r="D14" s="24">
         <v>24298037</v>
       </c>
       <c r="E14" s="24">
         <v>25750682</v>
       </c>
       <c r="F14" s="24">
         <v>29682626</v>
       </c>
       <c r="G14" s="25">
         <v>26699932</v>
       </c>
       <c r="H14" s="25">
         <v>22620684</v>
       </c>
       <c r="I14" s="25">
         <v>24644026</v>
       </c>
       <c r="J14" s="25">
         <v>18229475</v>
       </c>
       <c r="K14" s="25">
         <v>11624433</v>
       </c>
       <c r="L14" s="25">
         <v>21440810</v>
       </c>
       <c r="M14" s="25">
         <v>20709029</v>
       </c>
-    </row>
-    <row r="15" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N14" s="25">
+        <v>17865772</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="16.5" customHeight="1">
       <c r="A15" s="23" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="24">
         <v>19765863</v>
       </c>
       <c r="C15" s="24">
         <v>19269089</v>
       </c>
       <c r="D15" s="24">
         <v>19169241</v>
       </c>
       <c r="E15" s="24">
         <v>23024540</v>
       </c>
       <c r="F15" s="24">
         <v>26167346</v>
       </c>
       <c r="G15" s="25">
         <v>26350895</v>
       </c>
       <c r="H15" s="25">
         <v>24815530</v>
       </c>
       <c r="I15" s="25">
         <v>28086922</v>
       </c>
       <c r="J15" s="25">
         <v>23861487</v>
       </c>
       <c r="K15" s="25">
         <v>17014478</v>
       </c>
       <c r="L15" s="25">
         <v>21386820</v>
       </c>
       <c r="M15" s="25">
         <v>25363063</v>
       </c>
-    </row>
-    <row r="16" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N15" s="25">
+        <v>23355390</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="16.5" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="24">
         <v>6148275</v>
       </c>
       <c r="C16" s="24">
         <v>5813856</v>
       </c>
       <c r="D16" s="24">
         <v>5468001</v>
       </c>
       <c r="E16" s="24">
         <v>6195419</v>
       </c>
       <c r="F16" s="24">
         <v>6806630</v>
       </c>
       <c r="G16" s="25">
         <v>6462857</v>
       </c>
       <c r="H16" s="25">
         <v>5751457</v>
       </c>
       <c r="I16" s="25">
         <v>6420629</v>
       </c>
       <c r="J16" s="25">
         <v>5581408</v>
       </c>
       <c r="K16" s="25">
         <v>4489065</v>
       </c>
       <c r="L16" s="25">
         <v>4703166</v>
       </c>
       <c r="M16" s="25">
         <v>5114382</v>
       </c>
-    </row>
-    <row r="17" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N16" s="25">
+        <v>4644061</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="16.5" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="24">
         <v>20794853</v>
       </c>
       <c r="C17" s="24">
         <v>20727192</v>
       </c>
       <c r="D17" s="24">
         <v>20454612</v>
       </c>
       <c r="E17" s="24">
         <v>23609571</v>
       </c>
       <c r="F17" s="24">
         <v>26055746</v>
       </c>
       <c r="G17" s="25">
         <v>25807588</v>
       </c>
       <c r="H17" s="25">
         <v>23364494</v>
       </c>
       <c r="I17" s="25">
         <v>27497262</v>
       </c>
       <c r="J17" s="25">
         <v>24183091</v>
       </c>
       <c r="K17" s="25">
         <v>19373269</v>
       </c>
       <c r="L17" s="25">
         <v>21863995</v>
       </c>
       <c r="M17" s="25">
         <v>25451785</v>
       </c>
-    </row>
-    <row r="18" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N17" s="25">
+        <v>24992238</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="16.5" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="24">
         <v>6054060</v>
       </c>
       <c r="C18" s="24">
         <v>6171275</v>
       </c>
       <c r="D18" s="24">
         <v>4815339</v>
       </c>
       <c r="E18" s="24">
         <v>5695289</v>
       </c>
       <c r="F18" s="24">
         <v>6458019</v>
       </c>
       <c r="G18" s="25">
         <v>6175344</v>
       </c>
       <c r="H18" s="25">
         <v>5494785</v>
       </c>
       <c r="I18" s="25">
         <v>13554267</v>
       </c>
       <c r="J18" s="25">
         <v>5989533</v>
       </c>
       <c r="K18" s="25">
         <v>5074720</v>
       </c>
       <c r="L18" s="25">
         <v>5680939</v>
       </c>
       <c r="M18" s="25">
         <v>6276423</v>
       </c>
-    </row>
-    <row r="19" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N18" s="25">
+        <v>5674440</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="16.5" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="24">
         <v>889350</v>
       </c>
       <c r="C19" s="24">
         <v>577997</v>
       </c>
       <c r="D19" s="24">
         <v>648896</v>
       </c>
       <c r="E19" s="24">
         <v>792007</v>
       </c>
       <c r="F19" s="24">
         <v>937002</v>
       </c>
       <c r="G19" s="25">
         <v>963246</v>
       </c>
       <c r="H19" s="25">
         <v>877504</v>
       </c>
       <c r="I19" s="25">
         <v>1012284</v>
       </c>
       <c r="J19" s="25">
         <v>995782</v>
       </c>
       <c r="K19" s="25">
         <v>872801</v>
       </c>
       <c r="L19" s="25">
         <v>916290</v>
       </c>
       <c r="M19" s="25">
         <v>899944</v>
       </c>
-    </row>
-    <row r="20" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N19" s="25">
+        <v>664168</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="16.5" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="24">
         <v>288447</v>
       </c>
       <c r="C20" s="24">
         <v>133820</v>
       </c>
       <c r="D20" s="24">
         <v>153845</v>
       </c>
       <c r="E20" s="24">
         <v>218454</v>
       </c>
       <c r="F20" s="24">
         <v>275828</v>
       </c>
       <c r="G20" s="25">
         <v>273009</v>
       </c>
       <c r="H20" s="25">
         <v>236881</v>
       </c>
       <c r="I20" s="25">
         <v>271488</v>
       </c>
       <c r="J20" s="25">
         <v>264618</v>
       </c>
       <c r="K20" s="25">
         <v>214010</v>
       </c>
       <c r="L20" s="25">
         <v>223666</v>
       </c>
       <c r="M20" s="25">
         <v>99872</v>
       </c>
-    </row>
-    <row r="21" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N20" s="25">
+        <v>24185</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="16.5" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="24">
         <v>235189</v>
       </c>
       <c r="C21" s="24">
         <v>207985</v>
       </c>
       <c r="D21" s="24">
         <v>192901</v>
       </c>
       <c r="E21" s="24">
         <v>237546</v>
       </c>
       <c r="F21" s="24">
         <v>288080</v>
       </c>
       <c r="G21" s="25">
         <v>295710</v>
       </c>
       <c r="H21" s="25">
         <v>268473</v>
       </c>
       <c r="I21" s="25">
         <v>322686</v>
       </c>
       <c r="J21" s="25">
         <v>290574</v>
       </c>
       <c r="K21" s="25">
         <v>235025</v>
       </c>
       <c r="L21" s="25">
         <v>283392</v>
       </c>
       <c r="M21" s="25">
         <v>285036</v>
       </c>
-    </row>
-    <row r="22" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N21" s="25">
+        <v>217870</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="16.5" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="24">
         <v>20492632</v>
       </c>
       <c r="C22" s="24">
         <v>20108029</v>
       </c>
       <c r="D22" s="24">
         <v>17583870</v>
       </c>
       <c r="E22" s="24">
         <v>20416844</v>
       </c>
       <c r="F22" s="24">
         <v>21862779</v>
       </c>
       <c r="G22" s="25">
         <v>20271624</v>
       </c>
       <c r="H22" s="25">
         <v>18460118</v>
       </c>
       <c r="I22" s="25">
         <v>20251285</v>
       </c>
       <c r="J22" s="25">
         <v>17721991</v>
       </c>
       <c r="K22" s="25">
         <v>14261576</v>
       </c>
       <c r="L22" s="25">
         <v>15457561</v>
       </c>
       <c r="M22" s="25">
         <v>17029872</v>
       </c>
-    </row>
-    <row r="23" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N22" s="25">
+        <v>15638762</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="16.5" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="24">
         <v>164358</v>
       </c>
       <c r="C23" s="24">
         <v>55464</v>
       </c>
       <c r="D23" s="24">
         <v>63595</v>
       </c>
       <c r="E23" s="24">
         <v>62652</v>
       </c>
       <c r="F23" s="24">
         <v>72026</v>
       </c>
       <c r="G23" s="25">
         <v>69681</v>
       </c>
       <c r="H23" s="25">
         <v>67066</v>
       </c>
       <c r="I23" s="25">
         <v>74465</v>
       </c>
       <c r="J23" s="25">
         <v>71536</v>
       </c>
       <c r="K23" s="25">
         <v>60682</v>
       </c>
       <c r="L23" s="25">
         <v>73843</v>
       </c>
       <c r="M23" s="25">
         <v>77512</v>
       </c>
-    </row>
-    <row r="24" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N23" s="25">
+        <v>71481</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="16.5" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="24">
         <v>1390161</v>
       </c>
       <c r="C24" s="24">
         <v>1050088</v>
       </c>
       <c r="D24" s="24">
         <v>964819</v>
       </c>
       <c r="E24" s="24">
         <v>1220185</v>
       </c>
       <c r="F24" s="24">
         <v>1413341</v>
       </c>
       <c r="G24" s="25">
         <v>1328552</v>
       </c>
       <c r="H24" s="25">
         <v>1177791</v>
       </c>
       <c r="I24" s="25">
         <v>1280656</v>
       </c>
       <c r="J24" s="25">
         <v>1166154</v>
       </c>
       <c r="K24" s="25">
         <v>962639</v>
       </c>
       <c r="L24" s="25">
         <v>1092009</v>
       </c>
       <c r="M24" s="25">
         <v>1078517</v>
       </c>
-    </row>
-    <row r="25" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N24" s="25">
+        <v>939954</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="16.5" customHeight="1">
       <c r="A25" s="26" t="s">
         <v>25</v>
       </c>
       <c r="B25" s="27">
         <v>6577603</v>
       </c>
       <c r="C25" s="27">
         <v>3720849</v>
       </c>
       <c r="D25" s="27">
         <v>3560481</v>
       </c>
       <c r="E25" s="27">
         <v>4209944</v>
       </c>
       <c r="F25" s="27">
         <v>4642818</v>
       </c>
       <c r="G25" s="28">
         <v>4688293</v>
       </c>
       <c r="H25" s="28">
         <v>4883810</v>
       </c>
       <c r="I25" s="28">
         <v>4959767</v>
       </c>
       <c r="J25" s="28">
         <v>4552794</v>
       </c>
       <c r="K25" s="28">
         <v>3951976</v>
       </c>
       <c r="L25" s="28">
         <v>4290027</v>
       </c>
       <c r="M25" s="28">
         <v>4515490</v>
       </c>
-    </row>
-    <row r="26" spans="1:13" ht="16.5" customHeight="1">
+      <c r="N25" s="28">
+        <v>4127483</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="16.5" customHeight="1">
       <c r="A26" s="1" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="27" spans="1:13" ht="16.5" customHeight="1">
+    <row r="27" spans="1:14" ht="16.5" customHeight="1">
       <c r="A27" s="1" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="28" spans="1:13">
+    <row r="28" spans="1:14">
       <c r="A28" s="30"/>
       <c r="B28" s="30"/>
       <c r="C28" s="30"/>
       <c r="D28" s="30"/>
       <c r="E28" s="30"/>
       <c r="F28" s="30"/>
       <c r="G28" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A28:G28"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView topLeftCell="A10" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
       <selection activeCell="H14" sqref="H14"/>
     </sheetView>
   </sheetViews>