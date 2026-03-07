--- v0 (2025-10-27)
+++ v1 (2026-03-07)
@@ -1,69 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91A17273-2CA2-49FF-AD0D-F2C25C38EBD5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{70297696-9E35-4AE8-90EA-48EB86235E76}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
-  <extLst>
-[...7 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L10" i="1" l="1"/>
   <c r="L4" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="47">
   <si>
     <t/>
   </si>
   <si>
     <t>ปริมาณ / มูลค่า</t>
   </si>
   <si>
     <t>ประเภท</t>
   </si>
   <si>
     <t>ปริมาณ (ล้านลิตร)</t>
   </si>
   <si>
@@ -338,110 +329,118 @@
   <si>
     <t>ชื่อชุดข้อมูล</t>
   </si>
   <si>
     <t>ข้อมูลสถิติ</t>
   </si>
   <si>
     <t>ประเภทข้อมูล</t>
   </si>
   <si>
     <t>ชื่อรายการไทย</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
-    <t>ปริมาณ และมูลค่าการนำเข้าน้ำมันสำเร็จรูป จำแนกตามประเภท พ.ศ. 2554 - 2563</t>
+    <t>ปริมาณ และมูลค่าการนำเข้าน้ำมันสำเร็จรูป จำแนกตามประเภท พ.ศ. 2554 - 2566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
@@ -489,314 +488,280 @@
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{184CCF76-C400-48FC-B972-CDC5E1D848A8}"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{B9646EAC-6C4B-46D8-9451-88C2F5E38AC1}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -934,813 +899,925 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L31"/>
+  <dimension ref="A1:O31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="H29" sqref="H29"/>
+      <selection activeCell="P14" sqref="P14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="37.42578125" style="1" customWidth="1"/>
     <col min="3" max="10" width="9.140625" style="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A1" s="28" t="s">
         <v>46</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="28"/>
       <c r="G1" s="28"/>
       <c r="H1" s="28"/>
       <c r="I1" s="28"/>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2" s="28" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="28"/>
       <c r="C2" s="28"/>
       <c r="D2" s="28"/>
       <c r="E2" s="28"/>
       <c r="F2" s="28"/>
       <c r="G2" s="28"/>
       <c r="H2" s="28"/>
       <c r="I2" s="28"/>
     </row>
-    <row r="3" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="3">
+      <c r="C3" s="2">
         <v>2554</v>
       </c>
-      <c r="D3" s="3">
+      <c r="D3" s="2">
         <v>2555</v>
       </c>
-      <c r="E3" s="3">
+      <c r="E3" s="2">
         <v>2556</v>
       </c>
-      <c r="F3" s="3">
+      <c r="F3" s="2">
         <v>2557</v>
       </c>
-      <c r="G3" s="3">
+      <c r="G3" s="2">
         <v>2558</v>
       </c>
-      <c r="H3" s="3">
+      <c r="H3" s="2">
         <v>2559</v>
       </c>
-      <c r="I3" s="3">
+      <c r="I3" s="2">
         <v>2560</v>
       </c>
-      <c r="J3" s="3">
+      <c r="J3" s="2">
         <v>2561</v>
       </c>
-      <c r="K3" s="3">
+      <c r="K3" s="2">
         <v>2562</v>
       </c>
-      <c r="L3" s="3">
+      <c r="L3" s="2">
         <v>2563</v>
       </c>
-    </row>
-    <row r="4" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M3" s="2">
+        <v>2564</v>
+      </c>
+      <c r="N3" s="2">
+        <v>2565</v>
+      </c>
+      <c r="O3" s="2">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="5">
+      <c r="C4" s="4">
         <v>3093</v>
       </c>
-      <c r="D4" s="5">
+      <c r="D4" s="4">
         <v>3916</v>
       </c>
-      <c r="E4" s="5">
+      <c r="E4" s="4">
         <v>4353</v>
       </c>
-      <c r="F4" s="5">
+      <c r="F4" s="4">
         <v>5365</v>
       </c>
-      <c r="G4" s="5">
+      <c r="G4" s="4">
         <v>3297</v>
       </c>
-      <c r="H4" s="5">
+      <c r="H4" s="4">
         <v>3433</v>
       </c>
-      <c r="I4" s="5">
+      <c r="I4" s="4">
         <v>3876</v>
       </c>
-      <c r="J4" s="5">
+      <c r="J4" s="4">
         <v>3478</v>
       </c>
-      <c r="K4" s="5">
+      <c r="K4" s="4">
         <v>6042</v>
       </c>
-      <c r="L4" s="5">
+      <c r="L4" s="4">
         <f>L5+L6+L7+L8+L9</f>
-        <v>2622</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2621.92</v>
+      </c>
+      <c r="M4" s="4">
+        <v>996</v>
+      </c>
+      <c r="N4" s="4">
+        <v>1651</v>
+      </c>
+      <c r="O4" s="4">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="29"/>
-      <c r="B5" s="7" t="s">
+      <c r="B5" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C5" s="8">
+      <c r="C5" s="7">
         <v>2660</v>
       </c>
-      <c r="D5" s="8">
+      <c r="D5" s="7">
         <v>3204</v>
       </c>
-      <c r="E5" s="8">
+      <c r="E5" s="7">
         <v>3610</v>
       </c>
-      <c r="F5" s="8">
+      <c r="F5" s="7">
         <v>3763</v>
       </c>
-      <c r="G5" s="8">
+      <c r="G5" s="7">
         <v>2223</v>
       </c>
-      <c r="H5" s="8">
+      <c r="H5" s="7">
         <v>845</v>
       </c>
-      <c r="I5" s="8">
+      <c r="I5" s="7">
         <v>1189</v>
       </c>
-      <c r="J5" s="8">
+      <c r="J5" s="7">
         <v>1263</v>
       </c>
-      <c r="K5" s="8">
+      <c r="K5" s="7">
         <v>1018</v>
       </c>
-      <c r="L5" s="8">
+      <c r="L5" s="7">
         <v>990</v>
       </c>
-    </row>
-    <row r="6" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M5" s="7"/>
+      <c r="N5" s="7"/>
+      <c r="O5" s="7"/>
+    </row>
+    <row r="6" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="29"/>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="8">
+      <c r="C6" s="7">
         <v>34</v>
       </c>
-      <c r="D6" s="8">
+      <c r="D6" s="7">
         <v>332</v>
       </c>
-      <c r="E6" s="8">
+      <c r="E6" s="7">
         <v>262</v>
       </c>
-      <c r="F6" s="8">
+      <c r="F6" s="7">
         <v>879</v>
       </c>
-      <c r="G6" s="8">
+      <c r="G6" s="7">
         <v>784</v>
       </c>
-      <c r="H6" s="8">
+      <c r="H6" s="7">
         <v>1551</v>
       </c>
-      <c r="I6" s="8">
+      <c r="I6" s="7">
         <v>1766</v>
       </c>
-      <c r="J6" s="8">
+      <c r="J6" s="7">
         <v>1568</v>
       </c>
-      <c r="K6" s="8">
+      <c r="K6" s="7">
         <v>2245</v>
       </c>
-      <c r="L6" s="8">
-[...3 lines deleted...]
-    <row r="7" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="L6" s="7">
+        <v>1408.92</v>
+      </c>
+      <c r="M6" s="7">
+        <v>686.14499999999998</v>
+      </c>
+      <c r="N6" s="7">
+        <v>518.13900000000001</v>
+      </c>
+      <c r="O6" s="7">
+        <v>810.8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="29"/>
-      <c r="B7" s="7" t="s">
+      <c r="B7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="8">
+      <c r="C7" s="7">
         <v>11</v>
       </c>
-      <c r="D7" s="8">
+      <c r="D7" s="7">
         <v>3</v>
       </c>
-      <c r="E7" s="8">
+      <c r="E7" s="7">
         <v>16</v>
       </c>
-      <c r="F7" s="8">
+      <c r="F7" s="7">
         <v>4</v>
       </c>
-      <c r="G7" s="8">
+      <c r="G7" s="7">
         <v>4</v>
       </c>
-      <c r="H7" s="8">
+      <c r="H7" s="7">
         <v>88</v>
       </c>
-      <c r="I7" s="8">
+      <c r="I7" s="7">
         <v>49</v>
       </c>
-      <c r="J7" s="8">
+      <c r="J7" s="7">
         <v>56</v>
       </c>
-      <c r="K7" s="8">
+      <c r="K7" s="7">
         <v>381</v>
       </c>
-      <c r="L7" s="8">
+      <c r="L7" s="7">
         <v>145</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M7" s="7">
+        <v>11.295</v>
+      </c>
+      <c r="N7" s="7">
+        <v>54.530999999999999</v>
+      </c>
+      <c r="O7" s="7">
+        <v>30.2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="29"/>
-      <c r="B8" s="7" t="s">
+      <c r="B8" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="8">
+      <c r="C8" s="7">
         <v>56</v>
       </c>
-      <c r="D8" s="8">
+      <c r="D8" s="7">
         <v>15</v>
       </c>
-      <c r="E8" s="8">
+      <c r="E8" s="7">
         <v>197</v>
       </c>
-      <c r="F8" s="8">
+      <c r="F8" s="7">
         <v>348</v>
       </c>
-      <c r="G8" s="8">
+      <c r="G8" s="7">
         <v>120</v>
       </c>
-      <c r="H8" s="8">
+      <c r="H8" s="7">
         <v>829</v>
       </c>
-      <c r="I8" s="8">
+      <c r="I8" s="7">
         <v>813</v>
       </c>
-      <c r="J8" s="8">
+      <c r="J8" s="7">
         <v>582</v>
       </c>
-      <c r="K8" s="8">
+      <c r="K8" s="7">
         <v>2374</v>
       </c>
-      <c r="L8" s="8">
+      <c r="L8" s="7">
         <v>55</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M8" s="7">
+        <v>234.54900000000001</v>
+      </c>
+      <c r="N8" s="7">
+        <v>1051.7940000000001</v>
+      </c>
+      <c r="O8" s="7">
+        <v>217.31399999999999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="29"/>
-      <c r="B9" s="7" t="s">
+      <c r="B9" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C9" s="8">
+      <c r="C9" s="7">
         <v>332</v>
       </c>
-      <c r="D9" s="8">
+      <c r="D9" s="7">
         <v>362</v>
       </c>
-      <c r="E9" s="8">
+      <c r="E9" s="7">
         <v>268</v>
       </c>
-      <c r="F9" s="8">
+      <c r="F9" s="7">
         <v>371</v>
       </c>
-      <c r="G9" s="8">
+      <c r="G9" s="7">
         <v>166</v>
       </c>
-      <c r="H9" s="8">
+      <c r="H9" s="7">
         <v>120</v>
       </c>
-      <c r="I9" s="8">
+      <c r="I9" s="7">
         <v>59</v>
       </c>
-      <c r="J9" s="8">
+      <c r="J9" s="7">
         <v>9</v>
       </c>
-      <c r="K9" s="8">
+      <c r="K9" s="7">
         <v>24</v>
       </c>
-      <c r="L9" s="8">
+      <c r="L9" s="7">
         <v>23</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M9" s="7">
+        <v>63.545999999999999</v>
+      </c>
+      <c r="N9" s="7">
+        <v>26.991</v>
+      </c>
+      <c r="O9" s="7">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="4" t="s">
+      <c r="B10" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="5">
+      <c r="C10" s="4">
         <v>49668</v>
       </c>
-      <c r="D10" s="5">
+      <c r="D10" s="4">
         <v>71127</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E10" s="4">
         <v>72282</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F10" s="4">
         <v>97894</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G10" s="4">
         <v>37203</v>
       </c>
-      <c r="H10" s="5">
+      <c r="H10" s="4">
         <v>38470</v>
       </c>
-      <c r="I10" s="5">
+      <c r="I10" s="4">
         <v>51340</v>
       </c>
-      <c r="J10" s="5">
+      <c r="J10" s="4">
         <v>50988</v>
       </c>
-      <c r="K10" s="5">
+      <c r="K10" s="4">
         <v>84383</v>
       </c>
-      <c r="L10" s="5">
+      <c r="L10" s="4">
         <f>L11+L12+L13+L14+L15</f>
         <v>23353</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M10" s="4">
+        <v>28151</v>
+      </c>
+      <c r="N10" s="4">
+        <v>88940</v>
+      </c>
+      <c r="O10" s="4">
+        <v>64244</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="29"/>
-      <c r="B11" s="7" t="s">
+      <c r="B11" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="8">
+      <c r="C11" s="7">
         <v>39694</v>
       </c>
-      <c r="D11" s="8">
+      <c r="D11" s="7">
         <v>53836</v>
       </c>
-      <c r="E11" s="8">
+      <c r="E11" s="7">
         <v>55608</v>
       </c>
-      <c r="F11" s="8">
+      <c r="F11" s="7">
         <v>58205</v>
       </c>
-      <c r="G11" s="8">
+      <c r="G11" s="7">
         <v>20363</v>
       </c>
-      <c r="H11" s="8">
+      <c r="H11" s="7">
         <v>6242</v>
       </c>
-      <c r="I11" s="8">
+      <c r="I11" s="7">
         <v>11004</v>
       </c>
-      <c r="J11" s="8">
+      <c r="J11" s="7">
         <v>12481</v>
       </c>
-      <c r="K11" s="8">
+      <c r="K11" s="7">
         <v>8362</v>
       </c>
-      <c r="L11" s="8">
+      <c r="L11" s="7">
         <v>6775</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M11" s="7">
+        <v>12420</v>
+      </c>
+      <c r="N11" s="7">
+        <v>43068</v>
+      </c>
+      <c r="O11" s="7">
+        <v>36313</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="29"/>
-      <c r="B12" s="7" t="s">
+      <c r="B12" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="8">
+      <c r="C12" s="7">
         <v>817</v>
       </c>
-      <c r="D12" s="8">
+      <c r="D12" s="7">
         <v>8354</v>
       </c>
-      <c r="E12" s="8">
+      <c r="E12" s="7">
         <v>6142</v>
       </c>
-      <c r="F12" s="8">
+      <c r="F12" s="7">
         <v>21630</v>
       </c>
-      <c r="G12" s="8">
+      <c r="G12" s="7">
         <v>12810</v>
       </c>
-      <c r="H12" s="8">
+      <c r="H12" s="7">
         <v>21105</v>
       </c>
-      <c r="I12" s="8">
+      <c r="I12" s="7">
         <v>27129</v>
       </c>
-      <c r="J12" s="8">
+      <c r="J12" s="7">
         <v>26958</v>
       </c>
-      <c r="K12" s="8">
+      <c r="K12" s="7">
         <v>33319</v>
       </c>
-      <c r="L12" s="8">
+      <c r="L12" s="7">
         <v>14027</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M12" s="7">
+        <v>10539</v>
+      </c>
+      <c r="N12" s="7">
+        <v>12601</v>
+      </c>
+      <c r="O12" s="7">
+        <v>20732</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="29"/>
-      <c r="B13" s="7" t="s">
+      <c r="B13" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C13" s="8">
+      <c r="C13" s="7">
         <v>308</v>
       </c>
-      <c r="D13" s="8">
+      <c r="D13" s="7">
         <v>125</v>
       </c>
-      <c r="E13" s="8">
+      <c r="E13" s="7">
         <v>400</v>
       </c>
-      <c r="F13" s="8">
+      <c r="F13" s="7">
         <v>168</v>
       </c>
-      <c r="G13" s="8">
+      <c r="G13" s="7">
         <v>120</v>
       </c>
-      <c r="H13" s="8">
+      <c r="H13" s="7">
         <v>458</v>
       </c>
-      <c r="I13" s="8">
+      <c r="I13" s="7">
         <v>762</v>
       </c>
-      <c r="J13" s="8">
+      <c r="J13" s="7">
         <v>992</v>
       </c>
-      <c r="K13" s="8">
+      <c r="K13" s="7">
         <v>5939</v>
       </c>
-      <c r="L13" s="8">
+      <c r="L13" s="7">
         <v>1621</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M13" s="7">
+        <v>228</v>
+      </c>
+      <c r="N13" s="7">
+        <v>1442</v>
+      </c>
+      <c r="O13" s="7">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="29"/>
-      <c r="B14" s="7" t="s">
+      <c r="B14" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C14" s="8">
+      <c r="C14" s="7">
         <v>1481</v>
       </c>
-      <c r="D14" s="8">
+      <c r="D14" s="7">
         <v>397</v>
       </c>
-      <c r="E14" s="8">
+      <c r="E14" s="7">
         <v>4429</v>
       </c>
-      <c r="F14" s="8">
+      <c r="F14" s="7">
         <v>8652</v>
       </c>
-      <c r="G14" s="8">
+      <c r="G14" s="7">
         <v>1838</v>
       </c>
-      <c r="H14" s="8">
+      <c r="H14" s="7">
         <v>9499</v>
       </c>
-      <c r="I14" s="8">
+      <c r="I14" s="7">
         <v>11624</v>
       </c>
-      <c r="J14" s="8">
+      <c r="J14" s="7">
         <v>10344</v>
       </c>
-      <c r="K14" s="8">
+      <c r="K14" s="7">
         <v>36339</v>
       </c>
-      <c r="L14" s="8">
+      <c r="L14" s="7">
         <v>658</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M14" s="7">
+        <v>3824</v>
+      </c>
+      <c r="N14" s="7">
+        <v>31057</v>
+      </c>
+      <c r="O14" s="7">
+        <v>6151</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="29"/>
-      <c r="B15" s="7" t="s">
+      <c r="B15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C15" s="8">
+      <c r="C15" s="7">
         <v>7368</v>
       </c>
-      <c r="D15" s="8">
+      <c r="D15" s="7">
         <v>8415</v>
       </c>
-      <c r="E15" s="8">
+      <c r="E15" s="7">
         <v>5703</v>
       </c>
-      <c r="F15" s="8">
+      <c r="F15" s="7">
         <v>9239</v>
       </c>
-      <c r="G15" s="8">
+      <c r="G15" s="7">
         <v>2072</v>
       </c>
-      <c r="H15" s="8">
+      <c r="H15" s="7">
         <v>1166</v>
       </c>
-      <c r="I15" s="8">
+      <c r="I15" s="7">
         <v>821</v>
       </c>
-      <c r="J15" s="8">
+      <c r="J15" s="7">
         <v>213</v>
       </c>
-      <c r="K15" s="8">
+      <c r="K15" s="7">
         <v>424</v>
       </c>
-      <c r="L15" s="8">
+      <c r="L15" s="7">
         <v>272</v>
       </c>
-    </row>
-[...12 lines deleted...]
-    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="M15" s="7">
+        <v>1140</v>
+      </c>
+      <c r="N15" s="7">
+        <v>772</v>
+      </c>
+      <c r="O15" s="7">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" s="5" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="8"/>
+      <c r="B16" s="9"/>
+      <c r="C16" s="10"/>
+      <c r="D16" s="10"/>
+      <c r="E16" s="10"/>
+      <c r="F16" s="10"/>
+      <c r="G16" s="10"/>
+      <c r="H16" s="10"/>
+      <c r="I16" s="10"/>
+      <c r="K16" s="11"/>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A17" s="30" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="30"/>
       <c r="C17" s="30"/>
       <c r="D17" s="30"/>
       <c r="E17" s="30"/>
       <c r="F17" s="30"/>
       <c r="G17" s="30"/>
       <c r="H17" s="30"/>
       <c r="I17" s="30"/>
-    </row>
-    <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="M17" s="27"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="31" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A4:A9"/>
     <mergeCell ref="A10:A15"/>
     <mergeCell ref="A17:I17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D44C2A5-7C83-4463-B1CB-8D101C3DF744}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" style="13" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.140625" style="13"/>
+    <col min="1" max="1" width="8.28515625" style="12" customWidth="1"/>
+    <col min="2" max="2" width="30.5703125" style="12" customWidth="1"/>
+    <col min="3" max="3" width="52.7109375" style="12" customWidth="1"/>
+    <col min="4" max="4" width="46" style="12" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="26" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A1" s="27" t="s">
+    <row r="1" spans="1:3" s="25" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="26" t="s">
         <v>42</v>
       </c>
-      <c r="B1" s="27" t="s">
+      <c r="B1" s="26" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="27" t="s">
+      <c r="C1" s="26" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A2" s="25">
+    <row r="2" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A2" s="24">
         <v>1</v>
       </c>
-      <c r="B2" s="24" t="s">
+      <c r="B2" s="23" t="s">
         <v>40</v>
       </c>
-      <c r="C2" s="24" t="s">
+      <c r="C2" s="23" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A3" s="19">
+    <row r="3" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="18">
         <v>2</v>
       </c>
-      <c r="B3" s="18" t="s">
+      <c r="B3" s="17" t="s">
         <v>38</v>
       </c>
-      <c r="C3" s="21" t="s">
+      <c r="C3" s="20" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="14" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="19">
+    <row r="4" spans="1:3" s="13" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="18">
         <v>3</v>
       </c>
-      <c r="B4" s="18" t="s">
+      <c r="B4" s="17" t="s">
         <v>36</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="C4" s="20" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="5" spans="1:3" s="14" customFormat="1" ht="42" x14ac:dyDescent="0.25">
-      <c r="A5" s="19">
+    <row r="5" spans="1:3" s="13" customFormat="1" ht="42" x14ac:dyDescent="0.25">
+      <c r="A5" s="18">
         <v>4</v>
       </c>
-      <c r="B5" s="18" t="s">
+      <c r="B5" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="21" t="s">
+      <c r="C5" s="20" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="6" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A6" s="19">
+    <row r="6" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A6" s="18">
         <v>5</v>
       </c>
-      <c r="B6" s="18" t="s">
+      <c r="B6" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="C6" s="23" t="s">
+      <c r="C6" s="22" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="7" spans="1:3" s="14" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="19">
+    <row r="7" spans="1:3" s="13" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="18">
         <v>6</v>
       </c>
-      <c r="B7" s="18" t="s">
+      <c r="B7" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="21" t="s">
+      <c r="C7" s="20" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:3" s="14" customFormat="1" ht="84" x14ac:dyDescent="0.25">
-      <c r="A8" s="19">
+    <row r="8" spans="1:3" s="13" customFormat="1" ht="84" x14ac:dyDescent="0.25">
+      <c r="A8" s="18">
         <v>7</v>
       </c>
-      <c r="B8" s="18" t="s">
+      <c r="B8" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="21" t="s">
+      <c r="C8" s="20" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="9" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A9" s="19">
+    <row r="9" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A9" s="18">
         <v>8</v>
       </c>
-      <c r="B9" s="18" t="s">
+      <c r="B9" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="18"/>
-[...2 lines deleted...]
-      <c r="A10" s="19">
+      <c r="C9" s="17"/>
+    </row>
+    <row r="10" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A10" s="18">
         <v>9.1</v>
       </c>
-      <c r="B10" s="18" t="s">
+      <c r="B10" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="21" t="s">
+      <c r="C10" s="20" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="11" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A11" s="19">
+    <row r="11" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A11" s="18">
         <v>9.1999999999999993</v>
       </c>
-      <c r="B11" s="18" t="s">
+      <c r="B11" s="17" t="s">
         <v>45</v>
       </c>
-      <c r="C11" s="22">
+      <c r="C11" s="21">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A12" s="19">
+    <row r="12" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A12" s="18">
         <v>10</v>
       </c>
-      <c r="B12" s="18" t="s">
+      <c r="B12" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="21" t="s">
+      <c r="C12" s="20" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="13" spans="1:3" s="14" customFormat="1" ht="42" x14ac:dyDescent="0.25">
-      <c r="A13" s="19">
+    <row r="13" spans="1:3" s="13" customFormat="1" ht="42" x14ac:dyDescent="0.25">
+      <c r="A13" s="18">
         <v>11</v>
       </c>
-      <c r="B13" s="18" t="s">
+      <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="21" t="s">
+      <c r="C13" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="14" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A14" s="19">
+    <row r="14" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A14" s="18">
         <v>12</v>
       </c>
-      <c r="B14" s="18" t="s">
+      <c r="B14" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="C14" s="20" t="s">
+      <c r="C14" s="19" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="15" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A15" s="19">
+    <row r="15" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A15" s="18">
         <v>13</v>
       </c>
-      <c r="B15" s="18" t="s">
+      <c r="B15" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="C15" s="18" t="s">
+      <c r="C15" s="17" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="16" spans="1:3" s="14" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A16" s="17">
+    <row r="16" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A16" s="16">
         <v>14</v>
       </c>
-      <c r="B16" s="16" t="s">
+      <c r="B16" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="C16" s="15" t="s">
+      <c r="C16" s="14" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C6" r:id="rId1" xr:uid="{1E44C0AF-2CE0-4774-ADC7-244CB3BEC0A5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>