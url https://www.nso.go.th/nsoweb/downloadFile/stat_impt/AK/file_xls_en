--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,383 +1,311 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27531"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E27C999-87B9-410F-8F7D-0FC4C64144A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4D07CA81-3BAD-4243-BF47-8D156645A4A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="6420" yWindow="900" windowWidth="11775" windowHeight="12780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Data" sheetId="2" r:id="rId1"/>
+    <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="25">
   <si>
-    <t>Gas Station</t>
+    <t>Province</t>
   </si>
   <si>
-    <t>Fuel</t>
+    <t>Customers and Sales</t>
+  </si>
+  <si>
+    <t>Type of Customers</t>
+  </si>
+  <si>
+    <t>Whole Kingdom</t>
+  </si>
+  <si>
+    <t>Number of customers (Persons)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Gasohol E10 Octane 91</t>
+    <t>Energy sales (Kilowatt-hours)</t>
   </si>
   <si>
-    <t>Gasohol E10 Octane 95</t>
+    <t>Bangkok</t>
   </si>
   <si>
-    <t>Gasohol E10 Octane 95 (Premium)</t>
+    <t>Samut Prakan</t>
   </si>
   <si>
-    <t>Gasohol E20</t>
+    <t>Nonthaburi</t>
   </si>
   <si>
-    <t>Gasohol E85</t>
+    <t>Total sales</t>
   </si>
   <si>
-    <t>ULG 91</t>
+    <t>    Residential</t>
   </si>
   <si>
-    <t>ULG 95</t>
+    <t>    Small General service</t>
   </si>
   <si>
-    <t>ULG</t>
+    <t>    Medium general service</t>
   </si>
   <si>
-    <t>ADO</t>
+    <t>    Large general service</t>
   </si>
   <si>
-    <t>ADO (Premium)</t>
+    <t>    Specific business</t>
   </si>
   <si>
-    <t>ADO B20</t>
+    <t>    Government instititions and non-profit organizations</t>
   </si>
   <si>
-    <t>Base Diesel</t>
+    <t>    Temporary Power</t>
   </si>
   <si>
-    <t>Base Diesel (10 PPM)</t>
+    <t>    EV Charging Station</t>
   </si>
   <si>
-    <t>Base Diesel (50 PPM)</t>
+    <t>Street lighting</t>
   </si>
   <si>
-    <t>High Sulphur Diesel</t>
+    <t>    Small general service</t>
   </si>
   <si>
-    <t>Ado sell in Contiguous Zone</t>
-[...32 lines deleted...]
-    <t>Other</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Unit:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Number of Customers (Persons), Energy Sales (Kilowatt-Hours) </t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Dapartment of energy business, Ministry of energy </t>
+      <t xml:space="preserve"> The Metropolitan Electricity Authority </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Unit: </t>
+      <t xml:space="preserve">   Note: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Thousand litres , (LPG, Propane and Butane : Quantities in thousand kilograms) </t>
+      <t xml:space="preserve"> Number of MEA office including Bangkok, Samut Prakan and Nonthaburi </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <t>ADO B7</t>
-[...11 lines deleted...]
-    <t>Sales Energy by Type of Fuel and Service Station Year: 2013 -2022</t>
+    <t>Number of Customer and Energy Sales of The Metropolitan Electricity Authority by Type of Customers Year: 2013 - 2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
-[...3 lines deleted...]
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...25 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
-    </xf>
-[...29 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Comma" xfId="2" builtinId="3"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{7C2F66B8-01E4-446C-BD3D-2A572F30605A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -638,5300 +566,3329 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06A004AB-D80D-4A56-92B1-9A848B5ABB27}">
-  <dimension ref="A1:L174"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:M95"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5:C172"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="G1" workbookViewId="0">
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16.140625" style="6" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="6"/>
+    <col min="1" max="1" width="15" style="1" customWidth="1"/>
+    <col min="2" max="2" width="25.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="28.7109375" style="1" customWidth="1"/>
+    <col min="4" max="13" width="13.85546875" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="1" customFormat="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="A2" s="2" t="s">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="11"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A2" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+    </row>
+    <row r="3" spans="1:13" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="2"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+    </row>
+    <row r="4" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="4">
+        <v>2013</v>
+      </c>
+      <c r="E4" s="4">
+        <v>2014</v>
+      </c>
+      <c r="F4" s="4">
+        <v>2015</v>
+      </c>
+      <c r="G4" s="4">
+        <v>2016</v>
+      </c>
+      <c r="H4" s="4">
+        <v>2017</v>
+      </c>
+      <c r="I4" s="4">
+        <v>2018</v>
+      </c>
+      <c r="J4" s="4">
+        <v>2019</v>
+      </c>
+      <c r="K4" s="4">
+        <v>2020</v>
+      </c>
+      <c r="L4" s="4">
+        <v>2021</v>
+      </c>
+      <c r="M4" s="4">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A5" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D5" s="8">
+        <v>3295382</v>
+      </c>
+      <c r="E5" s="8">
+        <v>3395367</v>
+      </c>
+      <c r="F5" s="8">
+        <v>3522038</v>
+      </c>
+      <c r="G5" s="8">
+        <v>3632722</v>
+      </c>
+      <c r="H5" s="8">
+        <v>3703312</v>
+      </c>
+      <c r="I5" s="8">
+        <v>3805840</v>
+      </c>
+      <c r="J5" s="8">
+        <v>3915613</v>
+      </c>
+      <c r="K5" s="8">
+        <v>4052963</v>
+      </c>
+      <c r="L5" s="8">
+        <v>4109479</v>
+      </c>
+      <c r="M5" s="8">
+        <v>4179156</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A6" s="12"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="8">
+        <v>3295382</v>
+      </c>
+      <c r="E6" s="8">
+        <v>3395367</v>
+      </c>
+      <c r="F6" s="8">
+        <v>3522038</v>
+      </c>
+      <c r="G6" s="8">
+        <v>3632722</v>
+      </c>
+      <c r="H6" s="8">
+        <v>3703312</v>
+      </c>
+      <c r="I6" s="8">
+        <v>3805840</v>
+      </c>
+      <c r="J6" s="8">
+        <v>3915613</v>
+      </c>
+      <c r="K6" s="8">
+        <v>4052963</v>
+      </c>
+      <c r="L6" s="8">
+        <v>4109479</v>
+      </c>
+      <c r="M6" s="8">
+        <v>4179156</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A7" s="12"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="8">
+        <v>2755418</v>
+      </c>
+      <c r="E7" s="8">
+        <v>2848802</v>
+      </c>
+      <c r="F7" s="8">
+        <v>2961051</v>
+      </c>
+      <c r="G7" s="8">
+        <v>3062576</v>
+      </c>
+      <c r="H7" s="8">
+        <v>3149375</v>
+      </c>
+      <c r="I7" s="8">
+        <v>3240838</v>
+      </c>
+      <c r="J7" s="8">
+        <v>3341727</v>
+      </c>
+      <c r="K7" s="8">
+        <v>3654363</v>
+      </c>
+      <c r="L7" s="8">
+        <v>3702796</v>
+      </c>
+      <c r="M7" s="8">
+        <v>3772841</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A8" s="12"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="8">
+        <v>490029</v>
+      </c>
+      <c r="E8" s="8">
+        <v>495811</v>
+      </c>
+      <c r="F8" s="8">
+        <v>509086</v>
+      </c>
+      <c r="G8" s="8">
+        <v>517300</v>
+      </c>
+      <c r="H8" s="8">
+        <v>500229</v>
+      </c>
+      <c r="I8" s="8">
+        <v>509477</v>
+      </c>
+      <c r="J8" s="8">
+        <v>516535</v>
+      </c>
+      <c r="K8" s="8">
+        <v>340605</v>
+      </c>
+      <c r="L8" s="8">
+        <v>348349</v>
+      </c>
+      <c r="M8" s="8">
+        <v>346242</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A9" s="12"/>
+      <c r="B9" s="12"/>
+      <c r="C9" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="8">
+        <v>21511</v>
+      </c>
+      <c r="E9" s="8">
+        <v>21929</v>
+      </c>
+      <c r="F9" s="8">
+        <v>22167</v>
+      </c>
+      <c r="G9" s="8">
+        <v>22524</v>
+      </c>
+      <c r="H9" s="8">
+        <v>22771</v>
+      </c>
+      <c r="I9" s="8">
+        <v>23314</v>
+      </c>
+      <c r="J9" s="8">
+        <v>23856</v>
+      </c>
+      <c r="K9" s="8">
+        <v>24069</v>
+      </c>
+      <c r="L9" s="8">
+        <v>23765</v>
+      </c>
+      <c r="M9" s="8">
+        <v>23953</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A10" s="12"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="8">
+        <v>2130</v>
+      </c>
+      <c r="E10" s="8">
+        <v>2165</v>
+      </c>
+      <c r="F10" s="8">
+        <v>2215</v>
+      </c>
+      <c r="G10" s="8">
+        <v>2324</v>
+      </c>
+      <c r="H10" s="8">
+        <v>2353</v>
+      </c>
+      <c r="I10" s="8">
+        <v>2386</v>
+      </c>
+      <c r="J10" s="8">
+        <v>2470</v>
+      </c>
+      <c r="K10" s="8">
+        <v>2494</v>
+      </c>
+      <c r="L10" s="8">
+        <v>2521</v>
+      </c>
+      <c r="M10" s="8">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A11" s="12"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="8">
+        <v>2775</v>
+      </c>
+      <c r="E11" s="8">
+        <v>2875</v>
+      </c>
+      <c r="F11" s="8">
+        <v>2959</v>
+      </c>
+      <c r="G11" s="8">
+        <v>3021</v>
+      </c>
+      <c r="H11" s="8">
+        <v>3089</v>
+      </c>
+      <c r="I11" s="8">
+        <v>3185</v>
+      </c>
+      <c r="J11" s="8">
+        <v>3439</v>
+      </c>
+      <c r="K11" s="8">
+        <v>3524</v>
+      </c>
+      <c r="L11" s="8">
+        <v>3266</v>
+      </c>
+      <c r="M11" s="8">
+        <v>3131</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A12" s="12"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="8">
+        <v>316</v>
+      </c>
+      <c r="E12" s="8">
+        <v>323</v>
+      </c>
+      <c r="F12" s="8">
+        <v>324</v>
+      </c>
+      <c r="G12" s="8">
+        <v>330</v>
+      </c>
+      <c r="H12" s="8">
+        <v>322</v>
+      </c>
+      <c r="I12" s="8">
+        <v>318</v>
+      </c>
+      <c r="J12" s="8">
+        <v>323</v>
+      </c>
+      <c r="K12" s="8">
+        <v>326</v>
+      </c>
+      <c r="L12" s="8">
+        <v>331</v>
+      </c>
+      <c r="M12" s="8">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A13" s="12"/>
+      <c r="B13" s="12"/>
+      <c r="C13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="8">
+        <v>23203</v>
+      </c>
+      <c r="E13" s="8">
+        <v>23462</v>
+      </c>
+      <c r="F13" s="8">
+        <v>24236</v>
+      </c>
+      <c r="G13" s="8">
+        <v>24647</v>
+      </c>
+      <c r="H13" s="8">
+        <v>25173</v>
+      </c>
+      <c r="I13" s="8">
+        <v>26235</v>
+      </c>
+      <c r="J13" s="8">
+        <v>27115</v>
+      </c>
+      <c r="K13" s="8">
+        <v>27389</v>
+      </c>
+      <c r="L13" s="8">
+        <v>28209</v>
+      </c>
+      <c r="M13" s="8">
+        <v>29707</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A14" s="12"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="9"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="9"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="9"/>
+      <c r="I14" s="9">
+        <v>87</v>
+      </c>
+      <c r="J14" s="8">
+        <v>148</v>
+      </c>
+      <c r="K14" s="8">
+        <v>193</v>
+      </c>
+      <c r="L14" s="8">
+        <v>242</v>
+      </c>
+      <c r="M14" s="8">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A15" s="12"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="9"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="9"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="9"/>
+      <c r="K15" s="9"/>
+      <c r="L15" s="9"/>
+      <c r="M15" s="8"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A16" s="12"/>
+      <c r="B16" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D16" s="8">
+        <v>47950767557.900002</v>
+      </c>
+      <c r="E16" s="8">
+        <v>48200902196</v>
+      </c>
+      <c r="F16" s="8">
+        <v>49782511566</v>
+      </c>
+      <c r="G16" s="8">
+        <v>51375487024</v>
+      </c>
+      <c r="H16" s="8">
+        <v>51182910648</v>
+      </c>
+      <c r="I16" s="8">
+        <v>51600216769</v>
+      </c>
+      <c r="J16" s="8">
+        <v>53304371797</v>
+      </c>
+      <c r="K16" s="8">
+        <v>50661830317.708</v>
+      </c>
+      <c r="L16" s="8">
+        <v>49560761153.851997</v>
+      </c>
+      <c r="M16" s="8">
+        <v>51484320364</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A17" s="12"/>
+      <c r="B17" s="12"/>
+      <c r="C17" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="8">
+        <v>47617893928</v>
+      </c>
+      <c r="E17" s="8">
+        <v>47856423439</v>
+      </c>
+      <c r="F17" s="8">
+        <v>49343778610</v>
+      </c>
+      <c r="G17" s="8">
+        <v>50901704728</v>
+      </c>
+      <c r="H17" s="8">
+        <v>50700585208</v>
+      </c>
+      <c r="I17" s="8">
+        <v>51108874406</v>
+      </c>
+      <c r="J17" s="8">
+        <v>52804913346</v>
+      </c>
+      <c r="K17" s="8">
+        <v>50153242624</v>
+      </c>
+      <c r="L17" s="8">
+        <v>49049969102</v>
+      </c>
+      <c r="M17" s="8">
+        <v>50971519606</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A18" s="12"/>
+      <c r="B18" s="12"/>
+      <c r="C18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="8">
+        <v>11420399902</v>
+      </c>
+      <c r="E18" s="8">
+        <v>11694752582</v>
+      </c>
+      <c r="F18" s="8">
+        <v>12369389109</v>
+      </c>
+      <c r="G18" s="8">
+        <v>12998215026</v>
+      </c>
+      <c r="H18" s="8">
+        <v>13041399249</v>
+      </c>
+      <c r="I18" s="8">
+        <v>13133862609</v>
+      </c>
+      <c r="J18" s="8">
+        <v>14296360836</v>
+      </c>
+      <c r="K18" s="8">
+        <v>15693736927</v>
+      </c>
+      <c r="L18" s="8">
+        <v>15772083612</v>
+      </c>
+      <c r="M18" s="8">
+        <v>15487026322</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A19" s="12"/>
+      <c r="B19" s="12"/>
+      <c r="C19" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="8">
+        <v>7386645118</v>
+      </c>
+      <c r="E19" s="8">
+        <v>7428796557</v>
+      </c>
+      <c r="F19" s="8">
+        <v>7733334400</v>
+      </c>
+      <c r="G19" s="8">
+        <v>8010450258</v>
+      </c>
+      <c r="H19" s="8">
+        <v>7927377149</v>
+      </c>
+      <c r="I19" s="8">
+        <v>7956332607</v>
+      </c>
+      <c r="J19" s="8">
+        <v>8266833873</v>
+      </c>
+      <c r="K19" s="8">
+        <v>7203387148</v>
+      </c>
+      <c r="L19" s="8">
+        <v>6743354425</v>
+      </c>
+      <c r="M19" s="8">
+        <v>7096534541</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A20" s="12"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" s="8">
+        <v>8638928627</v>
+      </c>
+      <c r="E20" s="8">
+        <v>8668961497</v>
+      </c>
+      <c r="F20" s="8">
+        <v>8926392422</v>
+      </c>
+      <c r="G20" s="8">
+        <v>8742715368</v>
+      </c>
+      <c r="H20" s="8">
+        <v>8696585720</v>
+      </c>
+      <c r="I20" s="8">
+        <v>8795220996</v>
+      </c>
+      <c r="J20" s="8">
+        <v>8975301671</v>
+      </c>
+      <c r="K20" s="8">
+        <v>8240550249</v>
+      </c>
+      <c r="L20" s="8">
+        <v>7886629294</v>
+      </c>
+      <c r="M20" s="8">
+        <v>8446209404</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A21" s="12"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21" s="8">
+        <v>17679741219</v>
+      </c>
+      <c r="E21" s="8">
+        <v>17538927399</v>
+      </c>
+      <c r="F21" s="8">
+        <v>17664261916</v>
+      </c>
+      <c r="G21" s="8">
+        <v>18452030922</v>
+      </c>
+      <c r="H21" s="8">
+        <v>18343410282</v>
+      </c>
+      <c r="I21" s="8">
+        <v>18507704636</v>
+      </c>
+      <c r="J21" s="8">
+        <v>18431792636</v>
+      </c>
+      <c r="K21" s="8">
+        <v>16799160481</v>
+      </c>
+      <c r="L21" s="8">
+        <v>16675806095</v>
+      </c>
+      <c r="M21" s="8">
+        <v>17627834732</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A22" s="12"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="8">
+        <v>2001668058</v>
+      </c>
+      <c r="E22" s="8">
+        <v>2014656591</v>
+      </c>
+      <c r="F22" s="8">
+        <v>2127907719</v>
+      </c>
+      <c r="G22" s="8">
+        <v>2154658677</v>
+      </c>
+      <c r="H22" s="8">
+        <v>2156424400</v>
+      </c>
+      <c r="I22" s="8">
+        <v>2174832126</v>
+      </c>
+      <c r="J22" s="8">
+        <v>2261325661</v>
+      </c>
+      <c r="K22" s="8">
+        <v>1655347998</v>
+      </c>
+      <c r="L22" s="8">
+        <v>1489032807</v>
+      </c>
+      <c r="M22" s="8">
+        <v>1788561631</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="12"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" s="8">
+        <v>94747780</v>
+      </c>
+      <c r="E23" s="8">
+        <v>96131858</v>
+      </c>
+      <c r="F23" s="8">
+        <v>108594805</v>
+      </c>
+      <c r="G23" s="8">
+        <v>124807254</v>
+      </c>
+      <c r="H23" s="8">
+        <v>131386261</v>
+      </c>
+      <c r="I23" s="8">
+        <v>130351576</v>
+      </c>
+      <c r="J23" s="8">
+        <v>134360261</v>
+      </c>
+      <c r="K23" s="8">
+        <v>133009723</v>
+      </c>
+      <c r="L23" s="8">
+        <v>129922933</v>
+      </c>
+      <c r="M23" s="8">
+        <v>138407266</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A24" s="12"/>
+      <c r="B24" s="12"/>
+      <c r="C24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="8">
+        <v>395763224</v>
+      </c>
+      <c r="E24" s="8">
+        <v>414196955</v>
+      </c>
+      <c r="F24" s="8">
+        <v>413898239</v>
+      </c>
+      <c r="G24" s="8">
+        <v>418827223</v>
+      </c>
+      <c r="H24" s="8">
+        <v>404002147</v>
+      </c>
+      <c r="I24" s="8">
+        <v>410524371</v>
+      </c>
+      <c r="J24" s="8">
+        <v>438892987</v>
+      </c>
+      <c r="K24" s="8">
+        <v>427959243</v>
+      </c>
+      <c r="L24" s="8">
+        <v>352137909</v>
+      </c>
+      <c r="M24" s="8">
+        <v>372589165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A25" s="12"/>
+      <c r="B25" s="12"/>
+      <c r="C25" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" s="9"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="9"/>
+      <c r="G25" s="9"/>
+      <c r="H25" s="9"/>
+      <c r="I25" s="9">
+        <v>45485</v>
+      </c>
+      <c r="J25" s="8">
+        <v>45421</v>
+      </c>
+      <c r="K25" s="8">
+        <v>90855</v>
+      </c>
+      <c r="L25" s="8">
+        <v>1002027</v>
+      </c>
+      <c r="M25" s="8">
+        <v>14356545</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A26" s="12"/>
+      <c r="B26" s="12"/>
+      <c r="C26" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" s="8">
+        <v>332873629.89999998</v>
+      </c>
+      <c r="E26" s="8">
+        <v>344478757</v>
+      </c>
+      <c r="F26" s="8">
+        <v>438732956</v>
+      </c>
+      <c r="G26" s="8">
+        <v>473782296</v>
+      </c>
+      <c r="H26" s="8">
+        <v>482325440</v>
+      </c>
+      <c r="I26" s="8">
+        <v>491342363</v>
+      </c>
+      <c r="J26" s="8">
+        <v>499458451</v>
+      </c>
+      <c r="K26" s="8">
+        <v>508587693.708</v>
+      </c>
+      <c r="L26" s="8">
+        <v>510792051.852</v>
+      </c>
+      <c r="M26" s="8">
+        <v>512800758</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A27" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D27" s="8">
+        <v>2405910</v>
+      </c>
+      <c r="E27" s="8">
+        <v>2466544</v>
+      </c>
+      <c r="F27" s="8">
+        <v>2547410</v>
+      </c>
+      <c r="G27" s="8">
+        <v>2614349</v>
+      </c>
+      <c r="H27" s="8">
+        <v>2651266</v>
+      </c>
+      <c r="I27" s="8">
+        <v>2687643</v>
+      </c>
+      <c r="J27" s="8">
+        <v>2759426</v>
+      </c>
+      <c r="K27" s="8">
+        <v>2809255</v>
+      </c>
+      <c r="L27" s="8">
+        <v>2884953</v>
+      </c>
+      <c r="M27" s="8">
+        <v>2926782</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A28" s="12"/>
+      <c r="B28" s="12"/>
+      <c r="C28" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" s="8">
+        <v>2405910</v>
+      </c>
+      <c r="E28" s="8">
+        <v>2466544</v>
+      </c>
+      <c r="F28" s="8">
+        <v>2547410</v>
+      </c>
+      <c r="G28" s="8">
+        <v>2614349</v>
+      </c>
+      <c r="H28" s="8">
+        <v>2651266</v>
+      </c>
+      <c r="I28" s="8">
+        <v>2687643</v>
+      </c>
+      <c r="J28" s="8">
+        <v>2759426</v>
+      </c>
+      <c r="K28" s="8">
+        <v>2809255</v>
+      </c>
+      <c r="L28" s="8">
+        <v>2884953</v>
+      </c>
+      <c r="M28" s="8">
+        <v>2926782</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A29" s="12"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="8">
+        <v>1981674</v>
+      </c>
+      <c r="E29" s="8">
+        <v>2041017</v>
+      </c>
+      <c r="F29" s="8">
+        <v>2117150</v>
+      </c>
+      <c r="G29" s="8">
+        <v>2179084</v>
+      </c>
+      <c r="H29" s="8">
+        <v>2235226</v>
+      </c>
+      <c r="I29" s="8">
+        <v>2272163</v>
+      </c>
+      <c r="J29" s="8">
+        <v>2342354</v>
+      </c>
+      <c r="K29" s="8">
+        <v>2526275</v>
+      </c>
+      <c r="L29" s="8">
+        <v>2596490</v>
+      </c>
+      <c r="M29" s="8">
+        <v>2637636</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A30" s="12"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" s="8">
+        <v>387901</v>
+      </c>
+      <c r="E30" s="8">
+        <v>388943</v>
+      </c>
+      <c r="F30" s="8">
+        <v>393248</v>
+      </c>
+      <c r="G30" s="8">
+        <v>397674</v>
+      </c>
+      <c r="H30" s="8">
+        <v>377923</v>
+      </c>
+      <c r="I30" s="8">
+        <v>376343</v>
+      </c>
+      <c r="J30" s="8">
+        <v>376979</v>
+      </c>
+      <c r="K30" s="8">
+        <v>244050</v>
+      </c>
+      <c r="L30" s="8">
+        <v>248454</v>
+      </c>
+      <c r="M30" s="8">
+        <v>248336</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A31" s="12"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="8">
+        <v>16447</v>
+      </c>
+      <c r="E31" s="8">
+        <v>16580</v>
+      </c>
+      <c r="F31" s="8">
+        <v>16584</v>
+      </c>
+      <c r="G31" s="8">
+        <v>16737</v>
+      </c>
+      <c r="H31" s="8">
+        <v>16809</v>
+      </c>
+      <c r="I31" s="8">
+        <v>16844</v>
+      </c>
+      <c r="J31" s="8">
+        <v>17100</v>
+      </c>
+      <c r="K31" s="8">
+        <v>16071</v>
+      </c>
+      <c r="L31" s="8">
+        <v>16699</v>
+      </c>
+      <c r="M31" s="8">
+        <v>16666</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A32" s="12"/>
+      <c r="B32" s="12"/>
+      <c r="C32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D32" s="8">
+        <v>1427</v>
+      </c>
+      <c r="E32" s="8">
+        <v>1441</v>
+      </c>
+      <c r="F32" s="8">
+        <v>1463</v>
+      </c>
+      <c r="G32" s="8">
+        <v>1497</v>
+      </c>
+      <c r="H32" s="8">
+        <v>1519</v>
+      </c>
+      <c r="I32" s="8">
+        <v>1508</v>
+      </c>
+      <c r="J32" s="8">
+        <v>1563</v>
+      </c>
+      <c r="K32" s="8">
+        <v>1396</v>
+      </c>
+      <c r="L32" s="8">
+        <v>1579</v>
+      </c>
+      <c r="M32" s="8">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A33" s="12"/>
+      <c r="B33" s="12"/>
+      <c r="C33" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" s="8">
+        <v>2389</v>
+      </c>
+      <c r="E33" s="8">
+        <v>2462</v>
+      </c>
+      <c r="F33" s="8">
+        <v>2521</v>
+      </c>
+      <c r="G33" s="8">
+        <v>2580</v>
+      </c>
+      <c r="H33" s="8">
+        <v>2641</v>
+      </c>
+      <c r="I33" s="8">
+        <v>2726</v>
+      </c>
+      <c r="J33" s="8">
+        <v>2948</v>
+      </c>
+      <c r="K33" s="8">
+        <v>2972</v>
+      </c>
+      <c r="L33" s="8">
+        <v>2783</v>
+      </c>
+      <c r="M33" s="8">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="12"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D34" s="8">
+        <v>289</v>
+      </c>
+      <c r="E34" s="8">
+        <v>296</v>
+      </c>
+      <c r="F34" s="8">
+        <v>292</v>
+      </c>
+      <c r="G34" s="8">
+        <v>292</v>
+      </c>
+      <c r="H34" s="8">
+        <v>285</v>
+      </c>
+      <c r="I34" s="8">
+        <v>282</v>
+      </c>
+      <c r="J34" s="8">
+        <v>283</v>
+      </c>
+      <c r="K34" s="8">
+        <v>294</v>
+      </c>
+      <c r="L34" s="8">
+        <v>290</v>
+      </c>
+      <c r="M34" s="8">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A35" s="12"/>
+      <c r="B35" s="12"/>
+      <c r="C35" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" s="8">
+        <v>15783</v>
+      </c>
+      <c r="E35" s="8">
+        <v>15805</v>
+      </c>
+      <c r="F35" s="8">
+        <v>16152</v>
+      </c>
+      <c r="G35" s="8">
+        <v>16485</v>
+      </c>
+      <c r="H35" s="8">
+        <v>16863</v>
+      </c>
+      <c r="I35" s="8">
+        <v>17709</v>
+      </c>
+      <c r="J35" s="8">
+        <v>18086</v>
+      </c>
+      <c r="K35" s="8">
+        <v>18054</v>
+      </c>
+      <c r="L35" s="8">
+        <v>18485</v>
+      </c>
+      <c r="M35" s="8">
+        <v>19306</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A36" s="12"/>
+      <c r="B36" s="12"/>
+      <c r="C36" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" s="9"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="9"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="9"/>
+      <c r="I36" s="9">
+        <v>68</v>
+      </c>
+      <c r="J36" s="8">
+        <v>113</v>
+      </c>
+      <c r="K36" s="8">
+        <v>143</v>
+      </c>
+      <c r="L36" s="8">
+        <v>173</v>
+      </c>
+      <c r="M36" s="8">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A37" s="12"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D37" s="9"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="9"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="9"/>
+      <c r="K37" s="9"/>
+      <c r="L37" s="9"/>
+      <c r="M37" s="8"/>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A38" s="12"/>
+      <c r="B38" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D38" s="8">
+        <v>34536899762.900002</v>
+      </c>
+      <c r="E38" s="8">
+        <v>34524494706</v>
+      </c>
+      <c r="F38" s="8">
+        <v>35644844386</v>
+      </c>
+      <c r="G38" s="8">
+        <v>36525453207</v>
+      </c>
+      <c r="H38" s="8">
+        <v>36210644811</v>
+      </c>
+      <c r="I38" s="8">
+        <v>36160418916</v>
+      </c>
+      <c r="J38" s="8">
+        <v>37548165485</v>
+      </c>
+      <c r="K38" s="8">
+        <v>35207561151.708</v>
+      </c>
+      <c r="L38" s="8">
+        <v>33844181398.852001</v>
+      </c>
+      <c r="M38" s="8">
+        <v>35404358253</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A39" s="12"/>
+      <c r="B39" s="12"/>
+      <c r="C39" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" s="8">
+        <v>34315074254</v>
+      </c>
+      <c r="E39" s="8">
+        <v>34295731706</v>
+      </c>
+      <c r="F39" s="8">
+        <v>35353488700</v>
+      </c>
+      <c r="G39" s="8">
+        <v>36210819542</v>
+      </c>
+      <c r="H39" s="8">
+        <v>35890337398</v>
+      </c>
+      <c r="I39" s="8">
+        <v>35834119065</v>
+      </c>
+      <c r="J39" s="8">
+        <v>37216475569</v>
+      </c>
+      <c r="K39" s="8">
+        <v>34869811523</v>
+      </c>
+      <c r="L39" s="8">
+        <v>33504966493</v>
+      </c>
+      <c r="M39" s="8">
+        <v>35063809272</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A40" s="12"/>
+      <c r="B40" s="12"/>
+      <c r="C40" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" s="8">
+        <v>8609996254</v>
+      </c>
+      <c r="E40" s="8">
+        <v>8773380902</v>
+      </c>
+      <c r="F40" s="8">
+        <v>9233605858</v>
+      </c>
+      <c r="G40" s="8">
+        <v>9650748216</v>
+      </c>
+      <c r="H40" s="8">
+        <v>9625237972</v>
+      </c>
+      <c r="I40" s="8">
+        <v>9629942709</v>
+      </c>
+      <c r="J40" s="8">
+        <v>10364812123</v>
+      </c>
+      <c r="K40" s="8">
+        <v>11312004735</v>
+      </c>
+      <c r="L40" s="8">
+        <v>11287289475</v>
+      </c>
+      <c r="M40" s="8">
+        <v>11059104827</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A41" s="12"/>
+      <c r="B41" s="12"/>
+      <c r="C41" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="8">
+        <v>6014912436</v>
+      </c>
+      <c r="E41" s="8">
+        <v>6021801766</v>
+      </c>
+      <c r="F41" s="8">
+        <v>6244524955</v>
+      </c>
+      <c r="G41" s="8">
+        <v>6435209427</v>
+      </c>
+      <c r="H41" s="8">
+        <v>6313986147</v>
+      </c>
+      <c r="I41" s="8">
+        <v>6262296182</v>
+      </c>
+      <c r="J41" s="8">
+        <v>6448127178</v>
+      </c>
+      <c r="K41" s="8">
+        <v>5542700797</v>
+      </c>
+      <c r="L41" s="8">
+        <v>5074172447</v>
+      </c>
+      <c r="M41" s="8">
+        <v>5358494703</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A42" s="12"/>
+      <c r="B42" s="12"/>
+      <c r="C42" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" s="8">
+        <v>6358458472</v>
+      </c>
+      <c r="E42" s="8">
+        <v>6317939566</v>
+      </c>
+      <c r="F42" s="8">
+        <v>6459207669</v>
+      </c>
+      <c r="G42" s="8">
+        <v>6411813113</v>
+      </c>
+      <c r="H42" s="8">
+        <v>6324251265</v>
+      </c>
+      <c r="I42" s="8">
+        <v>6286464447</v>
+      </c>
+      <c r="J42" s="8">
+        <v>6381023962</v>
+      </c>
+      <c r="K42" s="8">
+        <v>5759143484</v>
+      </c>
+      <c r="L42" s="8">
+        <v>5364038944</v>
+      </c>
+      <c r="M42" s="8">
+        <v>5776109622</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A43" s="12"/>
+      <c r="B43" s="12"/>
+      <c r="C43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" s="8">
+        <v>11068232677</v>
+      </c>
+      <c r="E43" s="8">
+        <v>10914420813</v>
+      </c>
+      <c r="F43" s="8">
+        <v>11036377925</v>
+      </c>
+      <c r="G43" s="8">
+        <v>11290062934</v>
+      </c>
+      <c r="H43" s="8">
+        <v>11195219579</v>
+      </c>
+      <c r="I43" s="8">
+        <v>11195235904</v>
+      </c>
+      <c r="J43" s="8">
+        <v>11453843844</v>
+      </c>
+      <c r="K43" s="8">
+        <v>10276516136</v>
+      </c>
+      <c r="L43" s="8">
+        <v>10033458498</v>
+      </c>
+      <c r="M43" s="8">
+        <v>10799621167</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A44" s="12"/>
+      <c r="B44" s="12"/>
+      <c r="C44" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" s="8">
+        <v>1880081814</v>
+      </c>
+      <c r="E44" s="8">
+        <v>1879521130</v>
+      </c>
+      <c r="F44" s="8">
+        <v>1980905592</v>
+      </c>
+      <c r="G44" s="8">
+        <v>2006083812</v>
+      </c>
+      <c r="H44" s="8">
+        <v>2010032208</v>
+      </c>
+      <c r="I44" s="8">
+        <v>2029925394</v>
+      </c>
+      <c r="J44" s="8">
+        <v>2109419490</v>
+      </c>
+      <c r="K44" s="8">
+        <v>1526537077</v>
+      </c>
+      <c r="L44" s="8">
+        <v>1363891339</v>
+      </c>
+      <c r="M44" s="8">
+        <v>1663795741</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A45" s="12"/>
+      <c r="B45" s="12"/>
+      <c r="C45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D45" s="8">
+        <v>93100894</v>
+      </c>
+      <c r="E45" s="8">
+        <v>94559728</v>
+      </c>
+      <c r="F45" s="8">
+        <v>106787637</v>
+      </c>
+      <c r="G45" s="8">
+        <v>122594095</v>
+      </c>
+      <c r="H45" s="8">
+        <v>128985365</v>
+      </c>
+      <c r="I45" s="8">
+        <v>128026511</v>
+      </c>
+      <c r="J45" s="8">
+        <v>131730855</v>
+      </c>
+      <c r="K45" s="8">
+        <v>130722595</v>
+      </c>
+      <c r="L45" s="8">
+        <v>127931603</v>
+      </c>
+      <c r="M45" s="8">
+        <v>135953711</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A46" s="12"/>
+      <c r="B46" s="12"/>
+      <c r="C46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="8">
+        <v>290291707</v>
+      </c>
+      <c r="E46" s="8">
+        <v>294107801</v>
+      </c>
+      <c r="F46" s="8">
+        <v>292079064</v>
+      </c>
+      <c r="G46" s="8">
+        <v>294307945</v>
+      </c>
+      <c r="H46" s="8">
+        <v>292624862</v>
+      </c>
+      <c r="I46" s="8">
+        <v>302184746</v>
+      </c>
+      <c r="J46" s="8">
+        <v>327478511</v>
+      </c>
+      <c r="K46" s="8">
+        <v>322111631</v>
+      </c>
+      <c r="L46" s="8">
+        <v>253734899</v>
+      </c>
+      <c r="M46" s="8">
+        <v>260218705</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A47" s="12"/>
+      <c r="B47" s="12"/>
+      <c r="C47" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" s="9"/>
+      <c r="E47" s="9"/>
+      <c r="F47" s="9"/>
+      <c r="G47" s="9"/>
+      <c r="H47" s="9"/>
+      <c r="I47" s="9">
+        <v>43172</v>
+      </c>
+      <c r="J47" s="8">
+        <v>39606</v>
+      </c>
+      <c r="K47" s="8">
+        <v>75068</v>
+      </c>
+      <c r="L47" s="8">
+        <v>449288</v>
+      </c>
+      <c r="M47" s="8">
+        <v>10510796</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A48" s="12"/>
+      <c r="B48" s="12"/>
+      <c r="C48" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" s="8">
+        <v>221825508.90000001</v>
+      </c>
+      <c r="E48" s="8">
+        <v>228763000</v>
+      </c>
+      <c r="F48" s="8">
+        <v>291355686</v>
+      </c>
+      <c r="G48" s="8">
+        <v>314633665</v>
+      </c>
+      <c r="H48" s="8">
+        <v>320307413</v>
+      </c>
+      <c r="I48" s="8">
+        <v>326299851</v>
+      </c>
+      <c r="J48" s="8">
+        <v>331689916</v>
+      </c>
+      <c r="K48" s="8">
+        <v>337749628.708</v>
+      </c>
+      <c r="L48" s="8">
+        <v>339214905.852</v>
+      </c>
+      <c r="M48" s="8">
+        <v>340548981</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A49" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B49" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D49" s="8">
+        <v>413082</v>
+      </c>
+      <c r="E49" s="8">
+        <v>433057</v>
+      </c>
+      <c r="F49" s="8">
+        <v>450979</v>
+      </c>
+      <c r="G49" s="8">
+        <v>472557</v>
+      </c>
+      <c r="H49" s="8">
+        <v>490620</v>
+      </c>
+      <c r="I49" s="8">
+        <v>510227</v>
+      </c>
+      <c r="J49" s="8">
+        <v>530085</v>
+      </c>
+      <c r="K49" s="8">
+        <v>583727</v>
+      </c>
+      <c r="L49" s="8">
+        <v>565190</v>
+      </c>
+      <c r="M49" s="8">
+        <v>581161</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A50" s="12"/>
+      <c r="B50" s="12"/>
+      <c r="C50" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D50" s="8">
+        <v>413082</v>
+      </c>
+      <c r="E50" s="8">
+        <v>433057</v>
+      </c>
+      <c r="F50" s="8">
+        <v>450979</v>
+      </c>
+      <c r="G50" s="8">
+        <v>472557</v>
+      </c>
+      <c r="H50" s="8">
+        <v>490620</v>
+      </c>
+      <c r="I50" s="8">
+        <v>510227</v>
+      </c>
+      <c r="J50" s="8">
+        <v>530085</v>
+      </c>
+      <c r="K50" s="8">
+        <v>583727</v>
+      </c>
+      <c r="L50" s="8">
+        <v>565190</v>
+      </c>
+      <c r="M50" s="8">
+        <v>581161</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A51" s="12"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" s="8">
+        <v>351441</v>
+      </c>
+      <c r="E51" s="8">
+        <v>370241</v>
+      </c>
+      <c r="F51" s="8">
+        <v>385739</v>
+      </c>
+      <c r="G51" s="8">
+        <v>405085</v>
+      </c>
+      <c r="H51" s="8">
+        <v>423921</v>
+      </c>
+      <c r="I51" s="8">
+        <v>441578</v>
+      </c>
+      <c r="J51" s="8">
+        <v>459532</v>
+      </c>
+      <c r="K51" s="8">
+        <v>521354</v>
+      </c>
+      <c r="L51" s="8">
+        <v>499303</v>
+      </c>
+      <c r="M51" s="8">
+        <v>515719</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A52" s="12"/>
+      <c r="B52" s="12"/>
+      <c r="C52" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" s="8">
+        <v>54249</v>
+      </c>
+      <c r="E52" s="8">
+        <v>55049</v>
+      </c>
+      <c r="F52" s="8">
+        <v>57101</v>
+      </c>
+      <c r="G52" s="8">
+        <v>59140</v>
+      </c>
+      <c r="H52" s="8">
+        <v>58101</v>
+      </c>
+      <c r="I52" s="8">
+        <v>59592</v>
+      </c>
+      <c r="J52" s="8">
+        <v>60988</v>
+      </c>
+      <c r="K52" s="8">
+        <v>51552</v>
+      </c>
+      <c r="L52" s="8">
+        <v>56022</v>
+      </c>
+      <c r="M52" s="8">
+        <v>55163</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A53" s="12"/>
+      <c r="B53" s="12"/>
+      <c r="C53" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="8">
+        <v>3364</v>
+      </c>
+      <c r="E53" s="8">
+        <v>3603</v>
+      </c>
+      <c r="F53" s="8">
+        <v>3737</v>
+      </c>
+      <c r="G53" s="8">
+        <v>3889</v>
+      </c>
+      <c r="H53" s="8">
+        <v>4025</v>
+      </c>
+      <c r="I53" s="8">
+        <v>4317</v>
+      </c>
+      <c r="J53" s="8">
+        <v>4541</v>
+      </c>
+      <c r="K53" s="8">
+        <v>5594</v>
+      </c>
+      <c r="L53" s="8">
+        <v>4739</v>
+      </c>
+      <c r="M53" s="8">
+        <v>4871</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A54" s="12"/>
+      <c r="B54" s="12"/>
+      <c r="C54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D54" s="8">
+        <v>558</v>
+      </c>
+      <c r="E54" s="8">
+        <v>576</v>
+      </c>
+      <c r="F54" s="8">
+        <v>596</v>
+      </c>
+      <c r="G54" s="8">
+        <v>661</v>
+      </c>
+      <c r="H54" s="8">
+        <v>657</v>
+      </c>
+      <c r="I54" s="8">
+        <v>677</v>
+      </c>
+      <c r="J54" s="8">
+        <v>696</v>
+      </c>
+      <c r="K54" s="8">
+        <v>879</v>
+      </c>
+      <c r="L54" s="8">
+        <v>723</v>
+      </c>
+      <c r="M54" s="8">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A55" s="12"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="8">
+        <v>276</v>
+      </c>
+      <c r="E55" s="8">
+        <v>297</v>
+      </c>
+      <c r="F55" s="8">
+        <v>318</v>
+      </c>
+      <c r="G55" s="8">
+        <v>323</v>
+      </c>
+      <c r="H55" s="8">
+        <v>332</v>
+      </c>
+      <c r="I55" s="8">
+        <v>344</v>
+      </c>
+      <c r="J55" s="8">
+        <v>361</v>
+      </c>
+      <c r="K55" s="8">
+        <v>398</v>
+      </c>
+      <c r="L55" s="8">
+        <v>347</v>
+      </c>
+      <c r="M55" s="8">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="12"/>
+      <c r="B56" s="12"/>
+      <c r="C56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D56" s="8">
+        <v>20</v>
+      </c>
+      <c r="E56" s="8">
+        <v>21</v>
+      </c>
+      <c r="F56" s="8">
+        <v>25</v>
+      </c>
+      <c r="G56" s="8">
+        <v>28</v>
+      </c>
+      <c r="H56" s="8">
+        <v>29</v>
+      </c>
+      <c r="I56" s="8">
+        <v>27</v>
+      </c>
+      <c r="J56" s="8">
+        <v>30</v>
+      </c>
+      <c r="K56" s="8">
+        <v>21</v>
+      </c>
+      <c r="L56" s="8">
+        <v>29</v>
+      </c>
+      <c r="M56" s="8">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A57" s="12"/>
+      <c r="B57" s="12"/>
+      <c r="C57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" s="8">
+        <v>3174</v>
+      </c>
+      <c r="E57" s="8">
+        <v>3270</v>
+      </c>
+      <c r="F57" s="8">
+        <v>3463</v>
+      </c>
+      <c r="G57" s="8">
+        <v>3431</v>
+      </c>
+      <c r="H57" s="8">
+        <v>3555</v>
+      </c>
+      <c r="I57" s="8">
+        <v>3684</v>
+      </c>
+      <c r="J57" s="8">
+        <v>3925</v>
+      </c>
+      <c r="K57" s="8">
+        <v>3910</v>
+      </c>
+      <c r="L57" s="8">
+        <v>3997</v>
+      </c>
+      <c r="M57" s="8">
+        <v>4266</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A58" s="12"/>
+      <c r="B58" s="12"/>
+      <c r="C58" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" s="9"/>
+      <c r="E58" s="9"/>
+      <c r="F58" s="9"/>
+      <c r="G58" s="9"/>
+      <c r="H58" s="9"/>
+      <c r="I58" s="9">
+        <v>8</v>
+      </c>
+      <c r="J58" s="8">
+        <v>12</v>
+      </c>
+      <c r="K58" s="8">
+        <v>19</v>
+      </c>
+      <c r="L58" s="8">
+        <v>30</v>
+      </c>
+      <c r="M58" s="8">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A59" s="12"/>
+      <c r="B59" s="12"/>
+      <c r="C59" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D59" s="9"/>
+      <c r="E59" s="9"/>
+      <c r="F59" s="9"/>
+      <c r="G59" s="9"/>
+      <c r="H59" s="9"/>
+      <c r="I59" s="9"/>
+      <c r="J59" s="9"/>
+      <c r="K59" s="9"/>
+      <c r="L59" s="9"/>
+      <c r="M59" s="8"/>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A60" s="12"/>
+      <c r="B60" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D60" s="8">
+        <v>9292128316</v>
+      </c>
+      <c r="E60" s="8">
+        <v>9406762827</v>
+      </c>
+      <c r="F60" s="8">
+        <v>9582473251</v>
+      </c>
+      <c r="G60" s="8">
+        <v>10005960749</v>
+      </c>
+      <c r="H60" s="8">
+        <v>10077589709</v>
+      </c>
+      <c r="I60" s="8">
+        <v>10383415868</v>
+      </c>
+      <c r="J60" s="8">
+        <v>10225651134</v>
+      </c>
+      <c r="K60" s="8">
+        <v>9891464564</v>
+      </c>
+      <c r="L60" s="8">
+        <v>10157599560</v>
+      </c>
+      <c r="M60" s="8">
+        <v>10364119893</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A61" s="12"/>
+      <c r="B61" s="12"/>
+      <c r="C61" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" s="8">
+        <v>9239164822</v>
+      </c>
+      <c r="E61" s="8">
+        <v>9351577660</v>
+      </c>
+      <c r="F61" s="8">
+        <v>9512187407</v>
+      </c>
+      <c r="G61" s="8">
+        <v>9930059712</v>
+      </c>
+      <c r="H61" s="8">
+        <v>10000319204</v>
+      </c>
+      <c r="I61" s="8">
+        <v>10304701204</v>
+      </c>
+      <c r="J61" s="8">
+        <v>10145635659</v>
+      </c>
+      <c r="K61" s="8">
+        <v>9809989091</v>
+      </c>
+      <c r="L61" s="8">
+        <v>10075772093</v>
+      </c>
+      <c r="M61" s="8">
+        <v>10281970607</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A62" s="12"/>
+      <c r="B62" s="12"/>
+      <c r="C62" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" s="8">
+        <v>1175627359</v>
+      </c>
+      <c r="E62" s="8">
+        <v>1244319237</v>
+      </c>
+      <c r="F62" s="8">
+        <v>1354600291</v>
+      </c>
+      <c r="G62" s="8">
+        <v>1445352060</v>
+      </c>
+      <c r="H62" s="8">
+        <v>1502446268</v>
+      </c>
+      <c r="I62" s="8">
+        <v>1559809399</v>
+      </c>
+      <c r="J62" s="8">
+        <v>1723746935</v>
+      </c>
+      <c r="K62" s="8">
+        <v>1899751420</v>
+      </c>
+      <c r="L62" s="8">
+        <v>1959256325</v>
+      </c>
+      <c r="M62" s="8">
+        <v>1951475729</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A63" s="12"/>
+      <c r="B63" s="12"/>
+      <c r="C63" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" s="8">
+        <v>841427453</v>
+      </c>
+      <c r="E63" s="8">
+        <v>837964312</v>
+      </c>
+      <c r="F63" s="8">
+        <v>867586151</v>
+      </c>
+      <c r="G63" s="8">
+        <v>907071239</v>
+      </c>
+      <c r="H63" s="8">
+        <v>927594193</v>
+      </c>
+      <c r="I63" s="8">
+        <v>961353522</v>
+      </c>
+      <c r="J63" s="8">
+        <v>1000064138</v>
+      </c>
+      <c r="K63" s="8">
+        <v>956284676</v>
+      </c>
+      <c r="L63" s="8">
+        <v>955313208</v>
+      </c>
+      <c r="M63" s="8">
+        <v>996499679</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A64" s="12"/>
+      <c r="B64" s="12"/>
+      <c r="C64" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" s="8">
+        <v>1652431077</v>
+      </c>
+      <c r="E64" s="8">
+        <v>1707216731</v>
+      </c>
+      <c r="F64" s="8">
+        <v>1790630130</v>
+      </c>
+      <c r="G64" s="8">
+        <v>1635155155</v>
+      </c>
+      <c r="H64" s="8">
+        <v>1677720184</v>
+      </c>
+      <c r="I64" s="8">
+        <v>1788290082</v>
+      </c>
+      <c r="J64" s="8">
+        <v>1811872386</v>
+      </c>
+      <c r="K64" s="8">
+        <v>1728157608</v>
+      </c>
+      <c r="L64" s="8">
+        <v>1779083271</v>
+      </c>
+      <c r="M64" s="8">
+        <v>1882095119</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A65" s="12"/>
+      <c r="B65" s="12"/>
+      <c r="C65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D65" s="8">
+        <v>5436242822</v>
+      </c>
+      <c r="E65" s="8">
+        <v>5416398400</v>
+      </c>
+      <c r="F65" s="8">
+        <v>5341589138</v>
+      </c>
+      <c r="G65" s="8">
+        <v>5769974801</v>
+      </c>
+      <c r="H65" s="8">
+        <v>5730635793</v>
+      </c>
+      <c r="I65" s="8">
+        <v>5831289539</v>
+      </c>
+      <c r="J65" s="8">
+        <v>5437378767</v>
+      </c>
+      <c r="K65" s="8">
+        <v>5075572050</v>
+      </c>
+      <c r="L65" s="8">
+        <v>5239426703</v>
+      </c>
+      <c r="M65" s="8">
+        <v>5299281998</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A66" s="12"/>
+      <c r="B66" s="12"/>
+      <c r="C66" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" s="8">
+        <v>81541314</v>
+      </c>
+      <c r="E66" s="8">
+        <v>89880047</v>
+      </c>
+      <c r="F66" s="8">
+        <v>100559651</v>
+      </c>
+      <c r="G66" s="8">
+        <v>103017776</v>
+      </c>
+      <c r="H66" s="8">
+        <v>102790488</v>
+      </c>
+      <c r="I66" s="8">
+        <v>103511747</v>
+      </c>
+      <c r="J66" s="8">
+        <v>111119571</v>
+      </c>
+      <c r="K66" s="8">
+        <v>89978125</v>
+      </c>
+      <c r="L66" s="8">
+        <v>87247770</v>
+      </c>
+      <c r="M66" s="8">
+        <v>86046036</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A67" s="12"/>
+      <c r="B67" s="12"/>
+      <c r="C67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D67" s="8">
+        <v>1212906</v>
+      </c>
+      <c r="E67" s="8">
+        <v>1341082</v>
+      </c>
+      <c r="F67" s="8">
+        <v>1600999</v>
+      </c>
+      <c r="G67" s="8">
+        <v>1763318</v>
+      </c>
+      <c r="H67" s="8">
+        <v>1717283</v>
+      </c>
+      <c r="I67" s="8">
+        <v>1593585</v>
+      </c>
+      <c r="J67" s="8">
+        <v>1850029</v>
+      </c>
+      <c r="K67" s="8">
+        <v>1680240</v>
+      </c>
+      <c r="L67" s="8">
+        <v>1515807</v>
+      </c>
+      <c r="M67" s="8">
+        <v>1678771</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A68" s="12"/>
+      <c r="B68" s="12"/>
+      <c r="C68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" s="8">
+        <v>50681891</v>
+      </c>
+      <c r="E68" s="8">
+        <v>54457851</v>
+      </c>
+      <c r="F68" s="8">
+        <v>55621047</v>
+      </c>
+      <c r="G68" s="8">
+        <v>67725363</v>
+      </c>
+      <c r="H68" s="8">
+        <v>57414995</v>
+      </c>
+      <c r="I68" s="8">
+        <v>58852483</v>
+      </c>
+      <c r="J68" s="8">
+        <v>59601995</v>
+      </c>
+      <c r="K68" s="8">
+        <v>58558379</v>
+      </c>
+      <c r="L68" s="8">
+        <v>53796000</v>
+      </c>
+      <c r="M68" s="8">
+        <v>63863679</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A69" s="12"/>
+      <c r="B69" s="12"/>
+      <c r="C69" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" s="9"/>
+      <c r="E69" s="9"/>
+      <c r="F69" s="9"/>
+      <c r="G69" s="9"/>
+      <c r="H69" s="9"/>
+      <c r="I69" s="9">
+        <v>847</v>
+      </c>
+      <c r="J69" s="8">
+        <v>1838</v>
+      </c>
+      <c r="K69" s="8">
+        <v>6593</v>
+      </c>
+      <c r="L69" s="8">
+        <v>133009</v>
+      </c>
+      <c r="M69" s="8">
+        <v>1029596</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A70" s="12"/>
+      <c r="B70" s="12"/>
+      <c r="C70" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D70" s="8">
+        <v>52963494</v>
+      </c>
+      <c r="E70" s="8">
+        <v>55185167</v>
+      </c>
+      <c r="F70" s="8">
+        <v>70285844</v>
+      </c>
+      <c r="G70" s="8">
+        <v>75901037</v>
+      </c>
+      <c r="H70" s="8">
+        <v>77270505</v>
+      </c>
+      <c r="I70" s="8">
+        <v>78714664</v>
+      </c>
+      <c r="J70" s="8">
+        <v>80015475</v>
+      </c>
+      <c r="K70" s="8">
+        <v>81475473</v>
+      </c>
+      <c r="L70" s="8">
+        <v>81827467</v>
+      </c>
+      <c r="M70" s="8">
+        <v>82149286</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A71" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B71" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D71" s="8">
+        <v>476390</v>
+      </c>
+      <c r="E71" s="8">
+        <v>495766</v>
+      </c>
+      <c r="F71" s="8">
+        <v>523649</v>
+      </c>
+      <c r="G71" s="8">
+        <v>545816</v>
+      </c>
+      <c r="H71" s="8">
+        <v>561426</v>
+      </c>
+      <c r="I71" s="8">
+        <v>607970</v>
+      </c>
+      <c r="J71" s="8">
+        <v>626102</v>
+      </c>
+      <c r="K71" s="8">
+        <v>659981</v>
+      </c>
+      <c r="L71" s="8">
+        <v>659336</v>
+      </c>
+      <c r="M71" s="8">
+        <v>671213</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A72" s="12"/>
+      <c r="B72" s="12"/>
+      <c r="C72" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" s="8">
+        <v>476390</v>
+      </c>
+      <c r="E72" s="8">
+        <v>495766</v>
+      </c>
+      <c r="F72" s="8">
+        <v>523649</v>
+      </c>
+      <c r="G72" s="8">
+        <v>545816</v>
+      </c>
+      <c r="H72" s="8">
+        <v>561426</v>
+      </c>
+      <c r="I72" s="8">
+        <v>607970</v>
+      </c>
+      <c r="J72" s="8">
+        <v>626102</v>
+      </c>
+      <c r="K72" s="8">
+        <v>659981</v>
+      </c>
+      <c r="L72" s="8">
+        <v>659336</v>
+      </c>
+      <c r="M72" s="8">
+        <v>671213</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A73" s="12"/>
+      <c r="B73" s="12"/>
+      <c r="C73" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" s="8">
+        <v>422303</v>
+      </c>
+      <c r="E73" s="8">
+        <v>437544</v>
+      </c>
+      <c r="F73" s="8">
+        <v>458162</v>
+      </c>
+      <c r="G73" s="8">
+        <v>478407</v>
+      </c>
+      <c r="H73" s="8">
+        <v>490228</v>
+      </c>
+      <c r="I73" s="8">
+        <v>527097</v>
+      </c>
+      <c r="J73" s="8">
+        <v>539841</v>
+      </c>
+      <c r="K73" s="8">
+        <v>606734</v>
+      </c>
+      <c r="L73" s="8">
+        <v>607003</v>
+      </c>
+      <c r="M73" s="8">
+        <v>619486</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A74" s="12"/>
+      <c r="B74" s="12"/>
+      <c r="C74" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" s="8">
+        <v>47879</v>
+      </c>
+      <c r="E74" s="8">
+        <v>51819</v>
+      </c>
+      <c r="F74" s="8">
+        <v>58737</v>
+      </c>
+      <c r="G74" s="8">
+        <v>60486</v>
+      </c>
+      <c r="H74" s="8">
+        <v>64205</v>
+      </c>
+      <c r="I74" s="8">
+        <v>73542</v>
+      </c>
+      <c r="J74" s="8">
+        <v>78568</v>
+      </c>
+      <c r="K74" s="8">
+        <v>45003</v>
+      </c>
+      <c r="L74" s="8">
+        <v>43873</v>
+      </c>
+      <c r="M74" s="8">
+        <v>42743</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A75" s="12"/>
+      <c r="B75" s="12"/>
+      <c r="C75" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" s="8">
+        <v>1700</v>
+      </c>
+      <c r="E75" s="8">
+        <v>1746</v>
+      </c>
+      <c r="F75" s="8">
+        <v>1846</v>
+      </c>
+      <c r="G75" s="8">
+        <v>1898</v>
+      </c>
+      <c r="H75" s="8">
+        <v>1937</v>
+      </c>
+      <c r="I75" s="8">
+        <v>2153</v>
+      </c>
+      <c r="J75" s="8">
+        <v>2215</v>
+      </c>
+      <c r="K75" s="8">
+        <v>2404</v>
+      </c>
+      <c r="L75" s="8">
+        <v>2327</v>
+      </c>
+      <c r="M75" s="8">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A76" s="12"/>
+      <c r="B76" s="12"/>
+      <c r="C76" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D76" s="8">
+        <v>145</v>
+      </c>
+      <c r="E76" s="8">
+        <v>148</v>
+      </c>
+      <c r="F76" s="8">
+        <v>156</v>
+      </c>
+      <c r="G76" s="8">
+        <v>166</v>
+      </c>
+      <c r="H76" s="8">
+        <v>177</v>
+      </c>
+      <c r="I76" s="8">
+        <v>201</v>
+      </c>
+      <c r="J76" s="8">
+        <v>211</v>
+      </c>
+      <c r="K76" s="8">
+        <v>219</v>
+      </c>
+      <c r="L76" s="8">
+        <v>219</v>
+      </c>
+      <c r="M76" s="8">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A77" s="12"/>
+      <c r="B77" s="12"/>
+      <c r="C77" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D77" s="8">
+        <v>110</v>
+      </c>
+      <c r="E77" s="8">
+        <v>116</v>
+      </c>
+      <c r="F77" s="8">
+        <v>120</v>
+      </c>
+      <c r="G77" s="8">
+        <v>118</v>
+      </c>
+      <c r="H77" s="8">
+        <v>116</v>
+      </c>
+      <c r="I77" s="8">
+        <v>115</v>
+      </c>
+      <c r="J77" s="8">
+        <v>130</v>
+      </c>
+      <c r="K77" s="8">
+        <v>154</v>
+      </c>
+      <c r="L77" s="8">
+        <v>136</v>
+      </c>
+      <c r="M77" s="8">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A78" s="12"/>
+      <c r="B78" s="12"/>
+      <c r="C78" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D78" s="8">
+        <v>7</v>
+      </c>
+      <c r="E78" s="8">
+        <v>6</v>
+      </c>
+      <c r="F78" s="8">
+        <v>7</v>
+      </c>
+      <c r="G78" s="8">
+        <v>10</v>
+      </c>
+      <c r="H78" s="8">
+        <v>8</v>
+      </c>
+      <c r="I78" s="8">
+        <v>9</v>
+      </c>
+      <c r="J78" s="8">
+        <v>10</v>
+      </c>
+      <c r="K78" s="8">
+        <v>11</v>
+      </c>
+      <c r="L78" s="8">
+        <v>12</v>
+      </c>
+      <c r="M78" s="8">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A79" s="12"/>
+      <c r="B79" s="12"/>
+      <c r="C79" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D79" s="8">
+        <v>4246</v>
+      </c>
+      <c r="E79" s="8">
+        <v>4387</v>
+      </c>
+      <c r="F79" s="8">
+        <v>4621</v>
+      </c>
+      <c r="G79" s="8">
+        <v>4731</v>
+      </c>
+      <c r="H79" s="8">
+        <v>4755</v>
+      </c>
+      <c r="I79" s="8">
+        <v>4842</v>
+      </c>
+      <c r="J79" s="8">
+        <v>5104</v>
+      </c>
+      <c r="K79" s="8">
+        <v>5425</v>
+      </c>
+      <c r="L79" s="8">
+        <v>5727</v>
+      </c>
+      <c r="M79" s="8">
+        <v>6135</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A80" s="12"/>
+      <c r="B80" s="12"/>
+      <c r="C80" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" s="9"/>
+      <c r="E80" s="9"/>
+      <c r="F80" s="9"/>
+      <c r="G80" s="9"/>
+      <c r="H80" s="9"/>
+      <c r="I80" s="9">
+        <v>11</v>
+      </c>
+      <c r="J80" s="8">
+        <v>23</v>
+      </c>
+      <c r="K80" s="8">
         <v>31</v>
       </c>
-      <c r="B2" s="4"/>
-[...139 lines deleted...]
-      <c r="B7" s="9" t="s">
+      <c r="L80" s="8">
+        <v>39</v>
+      </c>
+      <c r="M80" s="8">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A81" s="12"/>
+      <c r="B81" s="12"/>
+      <c r="C81" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D81" s="9"/>
+      <c r="E81" s="9"/>
+      <c r="F81" s="9"/>
+      <c r="G81" s="9"/>
+      <c r="H81" s="9"/>
+      <c r="I81" s="9"/>
+      <c r="J81" s="9"/>
+      <c r="K81" s="9"/>
+      <c r="L81" s="9"/>
+      <c r="M81" s="8"/>
+    </row>
+    <row r="82" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A82" s="12"/>
+      <c r="B82" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C82" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="7"/>
-[...160 lines deleted...]
-      <c r="B12" s="9" t="s">
+      <c r="D82" s="8">
+        <v>4121739479</v>
+      </c>
+      <c r="E82" s="8">
+        <v>4269644663</v>
+      </c>
+      <c r="F82" s="8">
+        <v>4555193929</v>
+      </c>
+      <c r="G82" s="8">
+        <v>4844073068</v>
+      </c>
+      <c r="H82" s="8">
+        <v>4894676128</v>
+      </c>
+      <c r="I82" s="8">
+        <v>5056381985</v>
+      </c>
+      <c r="J82" s="8">
+        <v>5530555178</v>
+      </c>
+      <c r="K82" s="8">
+        <v>5562804602</v>
+      </c>
+      <c r="L82" s="8">
+        <v>5558980195</v>
+      </c>
+      <c r="M82" s="8">
+        <v>5715842218</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A83" s="12"/>
+      <c r="B83" s="12"/>
+      <c r="C83" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="5">
-[...138 lines deleted...]
-      <c r="B17" s="9" t="s">
+      <c r="D83" s="8">
+        <v>4063654852</v>
+      </c>
+      <c r="E83" s="8">
+        <v>4209114073</v>
+      </c>
+      <c r="F83" s="8">
+        <v>4478102503</v>
+      </c>
+      <c r="G83" s="8">
+        <v>4760825474</v>
+      </c>
+      <c r="H83" s="8">
+        <v>4809928606</v>
+      </c>
+      <c r="I83" s="8">
+        <v>4970054137</v>
+      </c>
+      <c r="J83" s="8">
+        <v>5442802118</v>
+      </c>
+      <c r="K83" s="8">
+        <v>5473442010</v>
+      </c>
+      <c r="L83" s="8">
+        <v>5469230516</v>
+      </c>
+      <c r="M83" s="8">
+        <v>5625739727</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A84" s="12"/>
+      <c r="B84" s="12"/>
+      <c r="C84" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C17" s="7"/>
-[...20 lines deleted...]
-      <c r="B18" s="9" t="s">
+      <c r="D84" s="8">
+        <v>1634776289</v>
+      </c>
+      <c r="E84" s="8">
+        <v>1677052443</v>
+      </c>
+      <c r="F84" s="8">
+        <v>1781182960</v>
+      </c>
+      <c r="G84" s="8">
+        <v>1902114750</v>
+      </c>
+      <c r="H84" s="8">
+        <v>1913715009</v>
+      </c>
+      <c r="I84" s="8">
+        <v>1944110501</v>
+      </c>
+      <c r="J84" s="8">
+        <v>2207801778</v>
+      </c>
+      <c r="K84" s="8">
+        <v>2481980772</v>
+      </c>
+      <c r="L84" s="8">
+        <v>2525537812</v>
+      </c>
+      <c r="M84" s="8">
+        <v>2476445766</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A85" s="12"/>
+      <c r="B85" s="12"/>
+      <c r="C85" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" s="8">
+        <v>530305229</v>
+      </c>
+      <c r="E85" s="8">
+        <v>569030479</v>
+      </c>
+      <c r="F85" s="8">
+        <v>621223294</v>
+      </c>
+      <c r="G85" s="8">
+        <v>668169592</v>
+      </c>
+      <c r="H85" s="8">
+        <v>685796809</v>
+      </c>
+      <c r="I85" s="8">
+        <v>732682903</v>
+      </c>
+      <c r="J85" s="8">
+        <v>818642557</v>
+      </c>
+      <c r="K85" s="8">
+        <v>704401675</v>
+      </c>
+      <c r="L85" s="8">
+        <v>713868770</v>
+      </c>
+      <c r="M85" s="8">
+        <v>741540159</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A86" s="12"/>
+      <c r="B86" s="12"/>
+      <c r="C86" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C18" s="7"/>
-[...22 lines deleted...]
-      <c r="B19" s="9" t="s">
+      <c r="D86" s="8">
+        <v>628039078</v>
+      </c>
+      <c r="E86" s="8">
+        <v>643805200</v>
+      </c>
+      <c r="F86" s="8">
+        <v>676554623</v>
+      </c>
+      <c r="G86" s="8">
+        <v>695747100</v>
+      </c>
+      <c r="H86" s="8">
+        <v>694614271</v>
+      </c>
+      <c r="I86" s="8">
+        <v>720466467</v>
+      </c>
+      <c r="J86" s="8">
+        <v>782405323</v>
+      </c>
+      <c r="K86" s="8">
+        <v>753249157</v>
+      </c>
+      <c r="L86" s="8">
+        <v>743507079</v>
+      </c>
+      <c r="M86" s="8">
+        <v>788004663</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A87" s="12"/>
+      <c r="B87" s="12"/>
+      <c r="C87" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C19" s="5">
-[...26 lines deleted...]
-      <c r="B20" s="9" t="s">
+      <c r="D87" s="8">
+        <v>1175265720</v>
+      </c>
+      <c r="E87" s="8">
+        <v>1208108186</v>
+      </c>
+      <c r="F87" s="8">
+        <v>1286294853</v>
+      </c>
+      <c r="G87" s="8">
+        <v>1391993187</v>
+      </c>
+      <c r="H87" s="8">
+        <v>1417554910</v>
+      </c>
+      <c r="I87" s="8">
+        <v>1481179193</v>
+      </c>
+      <c r="J87" s="8">
+        <v>1540570025</v>
+      </c>
+      <c r="K87" s="8">
+        <v>1447072295</v>
+      </c>
+      <c r="L87" s="8">
+        <v>1402920894</v>
+      </c>
+      <c r="M87" s="8">
+        <v>1528931567</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A88" s="12"/>
+      <c r="B88" s="12"/>
+      <c r="C88" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C20" s="7"/>
-[...20 lines deleted...]
-      <c r="B21" s="9" t="s">
+      <c r="D88" s="8">
+        <v>40044930</v>
+      </c>
+      <c r="E88" s="8">
+        <v>45255414</v>
+      </c>
+      <c r="F88" s="8">
+        <v>46442476</v>
+      </c>
+      <c r="G88" s="8">
+        <v>45557089</v>
+      </c>
+      <c r="H88" s="8">
+        <v>43601704</v>
+      </c>
+      <c r="I88" s="8">
+        <v>41394985</v>
+      </c>
+      <c r="J88" s="8">
+        <v>40786600</v>
+      </c>
+      <c r="K88" s="8">
+        <v>38832796</v>
+      </c>
+      <c r="L88" s="8">
+        <v>37893698</v>
+      </c>
+      <c r="M88" s="8">
+        <v>38719854</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A89" s="12"/>
+      <c r="B89" s="12"/>
+      <c r="C89" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C21" s="7"/>
-[...20 lines deleted...]
-      <c r="B22" s="9" t="s">
+      <c r="D89" s="8">
+        <v>433980</v>
+      </c>
+      <c r="E89" s="8">
+        <v>231048</v>
+      </c>
+      <c r="F89" s="8">
+        <v>206169</v>
+      </c>
+      <c r="G89" s="8">
+        <v>449841</v>
+      </c>
+      <c r="H89" s="8">
+        <v>683613</v>
+      </c>
+      <c r="I89" s="8">
+        <v>731480</v>
+      </c>
+      <c r="J89" s="8">
+        <v>779377</v>
+      </c>
+      <c r="K89" s="8">
+        <v>606888</v>
+      </c>
+      <c r="L89" s="8">
+        <v>475523</v>
+      </c>
+      <c r="M89" s="8">
+        <v>774784</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A90" s="12"/>
+      <c r="B90" s="12"/>
+      <c r="C90" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C22" s="7"/>
-[...20 lines deleted...]
-      <c r="B23" s="9" t="s">
+      <c r="D90" s="8">
+        <v>54789626</v>
+      </c>
+      <c r="E90" s="8">
+        <v>65631303</v>
+      </c>
+      <c r="F90" s="8">
+        <v>66198128</v>
+      </c>
+      <c r="G90" s="8">
+        <v>56793915</v>
+      </c>
+      <c r="H90" s="8">
+        <v>53962290</v>
+      </c>
+      <c r="I90" s="8">
+        <v>49487142</v>
+      </c>
+      <c r="J90" s="8">
+        <v>51812481</v>
+      </c>
+      <c r="K90" s="8">
+        <v>47289233</v>
+      </c>
+      <c r="L90" s="8">
+        <v>44607010</v>
+      </c>
+      <c r="M90" s="8">
+        <v>48506781</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A91" s="12"/>
+      <c r="B91" s="12"/>
+      <c r="C91" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C23" s="7"/>
-[...20 lines deleted...]
-      <c r="B24" s="9" t="s">
+      <c r="D91" s="9"/>
+      <c r="E91" s="9"/>
+      <c r="F91" s="9"/>
+      <c r="G91" s="9"/>
+      <c r="H91" s="9"/>
+      <c r="I91" s="9">
+        <v>1466</v>
+      </c>
+      <c r="J91" s="8">
+        <v>3977</v>
+      </c>
+      <c r="K91" s="8">
+        <v>9194</v>
+      </c>
+      <c r="L91" s="8">
+        <v>419730</v>
+      </c>
+      <c r="M91" s="8">
+        <v>2816153</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A92" s="12"/>
+      <c r="B92" s="12"/>
+      <c r="C92" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C24" s="7"/>
-[...2098 lines deleted...]
-      <c r="H92" s="7"/>
+      <c r="D92" s="8">
+        <v>58084627</v>
+      </c>
+      <c r="E92" s="8">
+        <v>60530590</v>
+      </c>
+      <c r="F92" s="8">
+        <v>77091426</v>
+      </c>
+      <c r="G92" s="8">
+        <v>83247594</v>
+      </c>
+      <c r="H92" s="8">
+        <v>84747522</v>
+      </c>
       <c r="I92" s="8">
-        <v>0</v>
+        <v>86327848</v>
       </c>
       <c r="J92" s="8">
-        <v>0</v>
-[...13 lines deleted...]
-      <c r="C93" s="7"/>
+        <v>87753060</v>
+      </c>
+      <c r="K92" s="8">
+        <v>89362592</v>
+      </c>
+      <c r="L92" s="8">
+        <v>89749679</v>
+      </c>
+      <c r="M92" s="8">
+        <v>90102491</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="2"/>
+      <c r="B93" s="2"/>
+      <c r="C93" s="6"/>
       <c r="D93" s="7"/>
       <c r="E93" s="7"/>
       <c r="F93" s="7"/>
       <c r="G93" s="7"/>
       <c r="H93" s="7"/>
-      <c r="I93" s="8">
-[...166 lines deleted...]
-      <c r="B99" s="9" t="s">
+      <c r="I93" s="7"/>
+      <c r="J93" s="7"/>
+      <c r="K93" s="7"/>
+      <c r="L93" s="7"/>
+      <c r="M93" s="7"/>
+    </row>
+    <row r="94" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A94" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B94" s="11"/>
+      <c r="C94" s="11"/>
+      <c r="D94" s="11"/>
+      <c r="E94" s="11"/>
+      <c r="F94" s="11"/>
+      <c r="G94" s="11"/>
+      <c r="H94" s="11"/>
+      <c r="I94" s="11"/>
+      <c r="J94" s="11"/>
+      <c r="K94" s="11"/>
+      <c r="L94" s="2"/>
+      <c r="M94" s="2"/>
+    </row>
+    <row r="95" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A95" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C99" s="8">
-[...2282 lines deleted...]
-      <c r="J174" s="21"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
-[...9 lines deleted...]
-    <mergeCell ref="A29:A52"/>
+  <mergeCells count="14">
+    <mergeCell ref="A94:K94"/>
+    <mergeCell ref="A49:A70"/>
+    <mergeCell ref="B49:B59"/>
+    <mergeCell ref="B60:B70"/>
+    <mergeCell ref="A71:A92"/>
+    <mergeCell ref="B71:B81"/>
+    <mergeCell ref="B82:B92"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A5:A26"/>
+    <mergeCell ref="B5:B15"/>
+    <mergeCell ref="B16:B26"/>
+    <mergeCell ref="A27:A48"/>
+    <mergeCell ref="B27:B37"/>
+    <mergeCell ref="B38:B48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>