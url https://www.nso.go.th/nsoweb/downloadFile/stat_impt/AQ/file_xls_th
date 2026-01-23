--- v0 (2025-10-26)
+++ v1 (2026-01-23)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26026"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18FE5A83-C8B8-4EF5-83D9-C7EDABF8781F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BCBDAC40-C896-48E0-AF07-734120B29166}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="795" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1529" uniqueCount="132">
   <si>
     <t>ภาค</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>ปี</t>
   </si>
   <si>
     <t>ไตรมาส</t>
   </si>
   <si>
     <t>ทั่วราชอาณาจักร</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>ไตรมาสที่ 2</t>
   </si>
   <si>
     <t>ไตรมาสที่ 3</t>
   </si>
   <si>
@@ -339,53 +339,50 @@
   <si>
     <t xml:space="preserve">    1/   คอมพิวเตอร์แบบตั้งโต๊ะ, คอมพิวเตอร์พกพา และคอมพิวเตอร์พกพาขนาดกลาง </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">ที่มา: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>สำรวจการมีการใช้เทคโนโลยีสารสนเทศและการสื่อสารในครัวเรือน สำนักงานสถิติแห่งชาติ กระทรวงดิจิทัลเพื่อเศรษฐกิจและสังคม</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">จำนวนครัวเรือนที่เชื่อมต่ออินเทอร์เน็ต จำแนกตามภาค จังหวัด และเขตการปกครอง รายไตรมาส พ.ศ. 2564 - 2565 </t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">หน่วย: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>พันครัวเรือน</t>
     </r>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>ชื่อรายการไทย</t>
   </si>
   <si>
     <t>รายละเอียด</t>
   </si>
   <si>
     <t>ประเภทข้อมูล</t>
   </si>
@@ -440,96 +437,106 @@
   <si>
     <t>สำรวจการมีการใช้เทคโนโลยีสารสนเทศและการสื่อสารในครัวเรือน (สำนักงานสถิติแห่งชาติ )</t>
   </si>
   <si>
     <t>รูปแบบการเก็บข้อมูล</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>กลุ่มคลังข้อมูลสถิติ
 Tel. 02-141-7502</t>
   </si>
+  <si>
+    <t>จำนวนครัวเรือนที่เชื่อมต่ออินเทอร์เน็ต จำแนกตามภาค จังหวัด และเขตการปกครอง รายไตรมาส พ.ศ. 2564 - 2567</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="168" formatCode="#,##0.0"/>
+  </numFmts>
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
@@ -654,315 +661,329 @@
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{5092A49E-C83B-484C-80F8-16BE74890DBB}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="ปกติ 2" xfId="1" xr:uid="{5A883BB7-DFEA-4ABB-B2F2-644A143BBBF1}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1096,13802 +1117,26982 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J650"/>
+  <dimension ref="A1:J1386"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="J5" sqref="J5"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1357" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="E1377" sqref="E1377"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21" style="1" customWidth="1"/>
-    <col min="2" max="2" width="19" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="11.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19" style="50" customWidth="1"/>
+    <col min="3" max="3" width="16.85546875" style="50" customWidth="1"/>
+    <col min="4" max="4" width="11.140625" style="50" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" style="1" customWidth="1"/>
     <col min="7" max="8" width="11" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="16" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="2"/>
+      <c r="A1" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="46"/>
+      <c r="C1" s="46"/>
+      <c r="D1" s="46"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
     </row>
     <row r="2" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="16" t="s">
-[...4 lines deleted...]
-      <c r="D2" s="2"/>
+      <c r="A2" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" s="46"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="46"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="9" t="s">
+      <c r="A3" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="9" t="s">
+      <c r="B3" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="9" t="s">
+      <c r="C3" s="47" t="s">
         <v>99</v>
       </c>
-      <c r="D3" s="9" t="s">
+      <c r="D3" s="47" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="9" t="s">
+      <c r="E3" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="9" t="s">
+      <c r="F3" s="36" t="s">
         <v>98</v>
       </c>
-      <c r="G3" s="32" t="s">
+      <c r="G3" s="38" t="s">
         <v>95</v>
       </c>
-      <c r="H3" s="33"/>
+      <c r="H3" s="39"/>
     </row>
     <row r="4" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="10"/>
-[...5 lines deleted...]
-      <c r="G4" s="7" t="s">
+      <c r="A4" s="37"/>
+      <c r="B4" s="48"/>
+      <c r="C4" s="48"/>
+      <c r="D4" s="48"/>
+      <c r="E4" s="37"/>
+      <c r="F4" s="37"/>
+      <c r="G4" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="H4" s="7" t="s">
+      <c r="H4" s="5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="11" t="s">
+      <c r="B5" s="33" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="C5" s="33" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="6">
+      <c r="D5" s="32">
         <v>2564</v>
       </c>
-      <c r="E5" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="5">
+      <c r="E5" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="4">
         <v>22334.45</v>
       </c>
-      <c r="G5" s="5">
+      <c r="G5" s="4">
         <v>19186.189999999999</v>
       </c>
-      <c r="H5" s="5">
+      <c r="H5" s="4">
         <v>85.904018231924212</v>
       </c>
-      <c r="J5" s="34"/>
+      <c r="J5" s="23"/>
     </row>
     <row r="6" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="3"/>
-[...6 lines deleted...]
-      <c r="F6" s="5">
+      <c r="A6" s="30"/>
+      <c r="B6" s="34"/>
+      <c r="C6" s="34"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F6" s="4">
         <v>22626.41</v>
       </c>
-      <c r="G6" s="5">
+      <c r="G6" s="4">
         <v>20049.57</v>
       </c>
-      <c r="H6" s="5">
+      <c r="H6" s="4">
         <v>88.611361678675493</v>
       </c>
-      <c r="J6" s="34"/>
+      <c r="J6" s="23"/>
     </row>
     <row r="7" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="3"/>
-[...6 lines deleted...]
-      <c r="F7" s="5">
+      <c r="A7" s="30"/>
+      <c r="B7" s="34"/>
+      <c r="C7" s="34"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" s="4">
         <v>22633.49</v>
       </c>
-      <c r="G7" s="5">
+      <c r="G7" s="4">
         <v>20073.939999999999</v>
       </c>
-      <c r="H7" s="5">
+      <c r="H7" s="4">
         <v>88.691315391484025</v>
       </c>
-      <c r="J7" s="34"/>
+      <c r="J7" s="23"/>
     </row>
     <row r="8" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="3"/>
-[...2 lines deleted...]
-      <c r="D8" s="6">
+      <c r="A8" s="30"/>
+      <c r="B8" s="34"/>
+      <c r="C8" s="34"/>
+      <c r="D8" s="33">
         <v>2565</v>
       </c>
-      <c r="E8" s="4" t="s">
+      <c r="E8" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F8" s="5">
+      <c r="F8" s="4">
         <v>24747.35</v>
       </c>
-      <c r="G8" s="5">
+      <c r="G8" s="4">
         <v>22045.94</v>
       </c>
-      <c r="H8" s="5">
+      <c r="H8" s="4">
         <v>89.084043342014397</v>
       </c>
-      <c r="J8" s="34"/>
+      <c r="J8" s="23"/>
     </row>
     <row r="9" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="3"/>
-[...6 lines deleted...]
-      <c r="F9" s="5">
+      <c r="A9" s="30"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="34"/>
+      <c r="D9" s="34"/>
+      <c r="E9" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F9" s="4">
         <v>24764.51</v>
       </c>
-      <c r="G9" s="5">
+      <c r="G9" s="4">
         <v>21801.19</v>
       </c>
-      <c r="H9" s="5">
+      <c r="H9" s="4">
         <v>88.034005114577283</v>
       </c>
-      <c r="J9" s="34"/>
+      <c r="J9" s="23"/>
     </row>
     <row r="10" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="3"/>
-[...6 lines deleted...]
-      <c r="F10" s="5">
+      <c r="A10" s="30"/>
+      <c r="B10" s="34"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
+      <c r="E10" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F10" s="4">
         <v>23427.38</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G10" s="4">
         <v>21067.91</v>
       </c>
-      <c r="H10" s="5">
+      <c r="H10" s="4">
         <v>89.928579294825113</v>
       </c>
-      <c r="J10" s="34"/>
+      <c r="J10" s="23"/>
     </row>
     <row r="11" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="3"/>
-[...6 lines deleted...]
-      <c r="F11" s="5">
+      <c r="A11" s="30"/>
+      <c r="B11" s="34"/>
+      <c r="C11" s="34"/>
+      <c r="D11" s="35"/>
+      <c r="E11" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F11" s="4">
         <v>23598.720000000001</v>
       </c>
-      <c r="G11" s="5">
+      <c r="G11" s="4">
         <v>21336.11</v>
       </c>
-      <c r="H11" s="5">
+      <c r="H11" s="4">
         <v>90.412149472513761</v>
       </c>
-      <c r="J11" s="34"/>
-[...4 lines deleted...]
-      <c r="C12" s="3" t="s">
+      <c r="J11" s="23"/>
+    </row>
+    <row r="12" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="30"/>
+      <c r="B12" s="34"/>
+      <c r="C12" s="34"/>
+      <c r="D12" s="33">
+        <v>2566</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="4">
+        <v>23460.62</v>
+      </c>
+      <c r="G12" s="40">
+        <v>21003.01</v>
+      </c>
+      <c r="H12" s="41">
+        <v>89.5</v>
+      </c>
+      <c r="J12" s="23"/>
+    </row>
+    <row r="13" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="30"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="34"/>
+      <c r="D13" s="34"/>
+      <c r="E13" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F13" s="4">
+        <v>23479.35</v>
+      </c>
+      <c r="G13" s="41">
+        <v>21159.1</v>
+      </c>
+      <c r="H13" s="41">
+        <v>90.1</v>
+      </c>
+      <c r="J13" s="23"/>
+    </row>
+    <row r="14" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="30"/>
+      <c r="B14" s="34"/>
+      <c r="C14" s="34"/>
+      <c r="D14" s="34"/>
+      <c r="E14" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F14" s="4">
+        <v>23954.41</v>
+      </c>
+      <c r="G14" s="40">
+        <v>21787.53</v>
+      </c>
+      <c r="H14" s="42">
+        <v>91</v>
+      </c>
+      <c r="J14" s="23"/>
+    </row>
+    <row r="15" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="30"/>
+      <c r="B15" s="34"/>
+      <c r="C15" s="34"/>
+      <c r="D15" s="35"/>
+      <c r="E15" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F15" s="4">
+        <v>23969.01</v>
+      </c>
+      <c r="G15" s="41">
+        <v>21965.3</v>
+      </c>
+      <c r="H15" s="41">
+        <v>91.6</v>
+      </c>
+      <c r="J15" s="23"/>
+    </row>
+    <row r="16" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="30"/>
+      <c r="B16" s="34"/>
+      <c r="C16" s="34"/>
+      <c r="D16" s="33">
+        <v>2567</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" s="4">
+        <v>23984.959999999999</v>
+      </c>
+      <c r="G16" s="40">
+        <v>21914.39</v>
+      </c>
+      <c r="H16" s="41">
+        <v>91.4</v>
+      </c>
+      <c r="J16" s="23"/>
+    </row>
+    <row r="17" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="30"/>
+      <c r="B17" s="34"/>
+      <c r="C17" s="34"/>
+      <c r="D17" s="34"/>
+      <c r="E17" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F17" s="4">
+        <v>24002.28</v>
+      </c>
+      <c r="G17" s="40">
+        <v>21678.67</v>
+      </c>
+      <c r="H17" s="41">
+        <v>90.3</v>
+      </c>
+      <c r="J17" s="23"/>
+    </row>
+    <row r="18" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="30"/>
+      <c r="B18" s="34"/>
+      <c r="C18" s="34"/>
+      <c r="D18" s="34"/>
+      <c r="E18" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F18" s="4">
+        <v>24318.400000000001</v>
+      </c>
+      <c r="G18" s="41">
+        <v>22291.9</v>
+      </c>
+      <c r="H18" s="41">
+        <v>91.7</v>
+      </c>
+      <c r="J18" s="23"/>
+    </row>
+    <row r="19" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="30"/>
+      <c r="B19" s="34"/>
+      <c r="C19" s="35"/>
+      <c r="D19" s="35"/>
+      <c r="E19" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F19" s="4">
+        <v>24331.38</v>
+      </c>
+      <c r="G19" s="40">
+        <v>22541.32</v>
+      </c>
+      <c r="H19" s="41">
+        <v>92.6</v>
+      </c>
+      <c r="J19" s="23"/>
+    </row>
+    <row r="20" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="30"/>
+      <c r="B20" s="34"/>
+      <c r="C20" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D20" s="32">
         <v>2564</v>
       </c>
-      <c r="E12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="5">
+      <c r="E20" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F20" s="4">
         <v>10454.459999999999</v>
       </c>
-      <c r="G12" s="5">
+      <c r="G20" s="4">
         <v>9450.83</v>
       </c>
-      <c r="H12" s="5">
+      <c r="H20" s="4">
         <v>90.399982399856142</v>
       </c>
-      <c r="J12" s="34"/>
-[...9 lines deleted...]
-      <c r="F13" s="5">
+      <c r="J20" s="23"/>
+    </row>
+    <row r="21" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="30"/>
+      <c r="B21" s="34"/>
+      <c r="C21" s="34"/>
+      <c r="D21" s="32"/>
+      <c r="E21" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F21" s="4">
         <v>10543.08</v>
       </c>
-      <c r="G13" s="5">
+      <c r="G21" s="4">
         <v>9699.5499999999993</v>
       </c>
-      <c r="H13" s="5">
+      <c r="H21" s="4">
         <v>91.999207062831729</v>
       </c>
-      <c r="J13" s="34"/>
-[...9 lines deleted...]
-      <c r="F14" s="5">
+      <c r="J21" s="23"/>
+    </row>
+    <row r="22" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="30"/>
+      <c r="B22" s="34"/>
+      <c r="C22" s="34"/>
+      <c r="D22" s="32"/>
+      <c r="E22" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F22" s="4">
         <v>10549.02</v>
       </c>
-      <c r="G14" s="5">
+      <c r="G22" s="4">
         <v>9735.0400000000009</v>
       </c>
-      <c r="H14" s="5">
+      <c r="H22" s="4">
         <v>92.283833000601007</v>
       </c>
-      <c r="J14" s="34"/>
-[...5 lines deleted...]
-      <c r="D15" s="6">
+      <c r="J22" s="23"/>
+    </row>
+    <row r="23" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="30"/>
+      <c r="B23" s="34"/>
+      <c r="C23" s="34"/>
+      <c r="D23" s="32">
         <v>2565</v>
       </c>
-      <c r="E15" s="4" t="s">
+      <c r="E23" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F15" s="5">
+      <c r="F23" s="4">
         <v>11848.97</v>
       </c>
-      <c r="G15" s="5">
+      <c r="G23" s="4">
         <v>10956.07</v>
       </c>
-      <c r="H15" s="5">
+      <c r="H23" s="4">
         <v>92.464323903259114</v>
       </c>
-      <c r="J15" s="34"/>
-[...9 lines deleted...]
-      <c r="F16" s="5">
+      <c r="J23" s="23"/>
+    </row>
+    <row r="24" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="30"/>
+      <c r="B24" s="34"/>
+      <c r="C24" s="34"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F24" s="4">
         <v>11861.85</v>
       </c>
-      <c r="G16" s="5">
+      <c r="G24" s="4">
         <v>10848.38</v>
       </c>
-      <c r="H16" s="5">
+      <c r="H24" s="4">
         <v>91.456054494029175</v>
       </c>
-      <c r="J16" s="34"/>
-[...9 lines deleted...]
-      <c r="F17" s="5">
+      <c r="J24" s="23"/>
+    </row>
+    <row r="25" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="30"/>
+      <c r="B25" s="34"/>
+      <c r="C25" s="34"/>
+      <c r="D25" s="32"/>
+      <c r="E25" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F25" s="4">
         <v>11233.91</v>
       </c>
-      <c r="G17" s="5">
+      <c r="G25" s="4">
         <v>10506.63</v>
       </c>
-      <c r="H17" s="5">
+      <c r="H25" s="4">
         <v>93.526029672660727</v>
       </c>
-      <c r="J17" s="34"/>
-[...9 lines deleted...]
-      <c r="F18" s="5">
+      <c r="J25" s="23"/>
+    </row>
+    <row r="26" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="30"/>
+      <c r="B26" s="34"/>
+      <c r="C26" s="34"/>
+      <c r="D26" s="32"/>
+      <c r="E26" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F26" s="4">
         <v>11401.14</v>
       </c>
-      <c r="G18" s="5">
+      <c r="G26" s="4">
         <v>10701.61</v>
       </c>
-      <c r="H18" s="5">
+      <c r="H26" s="4">
         <v>93.864385491275442</v>
       </c>
-      <c r="J18" s="34"/>
-[...4 lines deleted...]
-      <c r="C19" s="3" t="s">
+      <c r="J26" s="23"/>
+    </row>
+    <row r="27" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="30"/>
+      <c r="B27" s="34"/>
+      <c r="C27" s="34"/>
+      <c r="D27" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F27" s="4">
+        <v>11258.19</v>
+      </c>
+      <c r="G27" s="40">
+        <v>10458.42</v>
+      </c>
+      <c r="H27" s="41">
+        <v>92.9</v>
+      </c>
+      <c r="J27" s="23"/>
+    </row>
+    <row r="28" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="30"/>
+      <c r="B28" s="34"/>
+      <c r="C28" s="34"/>
+      <c r="D28" s="32"/>
+      <c r="E28" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F28" s="4">
+        <v>11271.38</v>
+      </c>
+      <c r="G28" s="40">
+        <v>10546.72</v>
+      </c>
+      <c r="H28" s="41">
+        <v>93.6</v>
+      </c>
+      <c r="J28" s="23"/>
+    </row>
+    <row r="29" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="30"/>
+      <c r="B29" s="34"/>
+      <c r="C29" s="34"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F29" s="4">
+        <v>11404.4</v>
+      </c>
+      <c r="G29" s="40">
+        <v>10724.77</v>
+      </c>
+      <c r="H29" s="42">
+        <v>94</v>
+      </c>
+      <c r="J29" s="23"/>
+    </row>
+    <row r="30" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="30"/>
+      <c r="B30" s="34"/>
+      <c r="C30" s="34"/>
+      <c r="D30" s="32"/>
+      <c r="E30" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F30" s="4">
+        <v>11415.54</v>
+      </c>
+      <c r="G30" s="40">
+        <v>10818.57</v>
+      </c>
+      <c r="H30" s="41">
+        <v>94.8</v>
+      </c>
+      <c r="J30" s="23"/>
+    </row>
+    <row r="31" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="30"/>
+      <c r="B31" s="34"/>
+      <c r="C31" s="34"/>
+      <c r="D31" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F31" s="4">
+        <v>11427.35</v>
+      </c>
+      <c r="G31" s="41">
+        <v>10773.8</v>
+      </c>
+      <c r="H31" s="41">
+        <v>94.3</v>
+      </c>
+      <c r="J31" s="23"/>
+    </row>
+    <row r="32" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="30"/>
+      <c r="B32" s="34"/>
+      <c r="C32" s="34"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F32" s="4">
+        <v>11439.85</v>
+      </c>
+      <c r="G32" s="40">
+        <v>10676.36</v>
+      </c>
+      <c r="H32" s="41">
+        <v>93.3</v>
+      </c>
+      <c r="J32" s="23"/>
+    </row>
+    <row r="33" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="30"/>
+      <c r="B33" s="34"/>
+      <c r="C33" s="34"/>
+      <c r="D33" s="32"/>
+      <c r="E33" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F33" s="4">
+        <v>11393.1</v>
+      </c>
+      <c r="G33" s="41">
+        <v>10757.2</v>
+      </c>
+      <c r="H33" s="41">
+        <v>94.4</v>
+      </c>
+      <c r="J33" s="23"/>
+    </row>
+    <row r="34" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="30"/>
+      <c r="B34" s="34"/>
+      <c r="C34" s="35"/>
+      <c r="D34" s="32"/>
+      <c r="E34" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F34" s="4">
+        <v>11403.08</v>
+      </c>
+      <c r="G34" s="40">
+        <v>10835.26</v>
+      </c>
+      <c r="H34" s="42">
+        <v>95</v>
+      </c>
+      <c r="J34" s="23"/>
+    </row>
+    <row r="35" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="30"/>
+      <c r="B35" s="34"/>
+      <c r="C35" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D35" s="32">
         <v>2564</v>
       </c>
-      <c r="E19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="5">
+      <c r="E35" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F35" s="4">
         <v>11879.99</v>
       </c>
-      <c r="G19" s="5">
+      <c r="G35" s="4">
         <v>9735.36</v>
       </c>
-      <c r="H19" s="5">
+      <c r="H35" s="4">
         <v>81.947543726888654</v>
       </c>
-      <c r="J19" s="34"/>
-[...9 lines deleted...]
-      <c r="F20" s="5">
+      <c r="J35" s="23"/>
+    </row>
+    <row r="36" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="30"/>
+      <c r="B36" s="34"/>
+      <c r="C36" s="34"/>
+      <c r="D36" s="32"/>
+      <c r="E36" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F36" s="4">
         <v>12083.33</v>
       </c>
-      <c r="G20" s="5">
+      <c r="G36" s="4">
         <v>10350.02</v>
       </c>
-      <c r="H20" s="5">
+      <c r="H36" s="4">
         <v>85.655361560099735</v>
       </c>
-      <c r="J20" s="34"/>
-[...9 lines deleted...]
-      <c r="F21" s="5">
+      <c r="J36" s="23"/>
+    </row>
+    <row r="37" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="30"/>
+      <c r="B37" s="34"/>
+      <c r="C37" s="34"/>
+      <c r="D37" s="32"/>
+      <c r="E37" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F37" s="4">
         <v>12084.47</v>
       </c>
-      <c r="G21" s="5">
+      <c r="G37" s="4">
         <v>10338.9</v>
       </c>
-      <c r="H21" s="5">
+      <c r="H37" s="4">
         <v>85.555262249813197</v>
       </c>
-      <c r="J21" s="34"/>
-[...5 lines deleted...]
-      <c r="D22" s="6">
+      <c r="J37" s="23"/>
+    </row>
+    <row r="38" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="30"/>
+      <c r="B38" s="34"/>
+      <c r="C38" s="34"/>
+      <c r="D38" s="32">
         <v>2565</v>
       </c>
-      <c r="E22" s="4" t="s">
+      <c r="E38" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F22" s="5">
+      <c r="F38" s="4">
         <v>12898.38</v>
       </c>
-      <c r="G22" s="5">
+      <c r="G38" s="4">
         <v>11089.87</v>
       </c>
-      <c r="H22" s="5">
+      <c r="H38" s="4">
         <v>85.978781831516827</v>
       </c>
-      <c r="J22" s="34"/>
-[...9 lines deleted...]
-      <c r="F23" s="5">
+      <c r="J38" s="23"/>
+    </row>
+    <row r="39" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="30"/>
+      <c r="B39" s="34"/>
+      <c r="C39" s="34"/>
+      <c r="D39" s="32"/>
+      <c r="E39" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F39" s="4">
         <v>12902.66</v>
       </c>
-      <c r="G23" s="5">
+      <c r="G39" s="4">
         <v>10952.82</v>
       </c>
-      <c r="H23" s="5">
+      <c r="H39" s="4">
         <v>84.888077342191451</v>
       </c>
-      <c r="J23" s="34"/>
-[...9 lines deleted...]
-      <c r="F24" s="5">
+      <c r="J39" s="23"/>
+    </row>
+    <row r="40" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="30"/>
+      <c r="B40" s="34"/>
+      <c r="C40" s="34"/>
+      <c r="D40" s="32"/>
+      <c r="E40" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F40" s="4">
         <v>12193.46</v>
       </c>
-      <c r="G24" s="5">
+      <c r="G40" s="4">
         <v>10561.28</v>
       </c>
-      <c r="H24" s="5">
+      <c r="H40" s="4">
         <v>86.614299796776308</v>
       </c>
-      <c r="J24" s="34"/>
-[...9 lines deleted...]
-      <c r="F25" s="5">
+      <c r="J40" s="23"/>
+    </row>
+    <row r="41" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="30"/>
+      <c r="B41" s="34"/>
+      <c r="C41" s="34"/>
+      <c r="D41" s="32"/>
+      <c r="E41" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F41" s="4">
         <v>12197.58</v>
       </c>
-      <c r="G25" s="5">
+      <c r="G41" s="4">
         <v>10634.5</v>
       </c>
-      <c r="H25" s="5">
+      <c r="H41" s="4">
         <v>87.185326925504896</v>
       </c>
-      <c r="J25" s="34"/>
-[...2 lines deleted...]
-      <c r="A26" s="3" t="s">
+      <c r="J41" s="23"/>
+    </row>
+    <row r="42" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="30"/>
+      <c r="B42" s="34"/>
+      <c r="C42" s="34"/>
+      <c r="D42" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F42" s="4">
+        <v>12202.42</v>
+      </c>
+      <c r="G42" s="40">
+        <v>10544.59</v>
+      </c>
+      <c r="H42" s="41">
+        <v>86.4</v>
+      </c>
+      <c r="J42" s="23"/>
+    </row>
+    <row r="43" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="30"/>
+      <c r="B43" s="34"/>
+      <c r="C43" s="34"/>
+      <c r="D43" s="32"/>
+      <c r="E43" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F43" s="4">
+        <v>12207.97</v>
+      </c>
+      <c r="G43" s="40">
+        <v>10612.38</v>
+      </c>
+      <c r="H43" s="41">
+        <v>86.9</v>
+      </c>
+      <c r="J43" s="23"/>
+    </row>
+    <row r="44" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="30"/>
+      <c r="B44" s="34"/>
+      <c r="C44" s="34"/>
+      <c r="D44" s="32"/>
+      <c r="E44" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F44" s="4">
+        <v>12550.01</v>
+      </c>
+      <c r="G44" s="40">
+        <v>11062.75</v>
+      </c>
+      <c r="H44" s="41">
+        <v>88.1</v>
+      </c>
+      <c r="J44" s="23"/>
+    </row>
+    <row r="45" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="30"/>
+      <c r="B45" s="34"/>
+      <c r="C45" s="34"/>
+      <c r="D45" s="32"/>
+      <c r="E45" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F45" s="4">
+        <v>12553.47</v>
+      </c>
+      <c r="G45" s="40">
+        <v>11146.72</v>
+      </c>
+      <c r="H45" s="41">
+        <v>88.8</v>
+      </c>
+      <c r="J45" s="23"/>
+    </row>
+    <row r="46" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="30"/>
+      <c r="B46" s="34"/>
+      <c r="C46" s="34"/>
+      <c r="D46" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F46" s="4">
+        <v>12557.61</v>
+      </c>
+      <c r="G46" s="40">
+        <v>11140.59</v>
+      </c>
+      <c r="H46" s="41">
+        <v>88.7</v>
+      </c>
+      <c r="J46" s="23"/>
+    </row>
+    <row r="47" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="30"/>
+      <c r="B47" s="34"/>
+      <c r="C47" s="34"/>
+      <c r="D47" s="32"/>
+      <c r="E47" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F47" s="4">
+        <v>12562.43</v>
+      </c>
+      <c r="G47" s="41">
+        <v>11002.3</v>
+      </c>
+      <c r="H47" s="41">
+        <v>87.6</v>
+      </c>
+      <c r="J47" s="23"/>
+    </row>
+    <row r="48" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="30"/>
+      <c r="B48" s="34"/>
+      <c r="C48" s="34"/>
+      <c r="D48" s="32"/>
+      <c r="E48" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F48" s="4">
+        <v>12925.2</v>
+      </c>
+      <c r="G48" s="41">
+        <v>11534.8</v>
+      </c>
+      <c r="H48" s="41">
+        <v>89.2</v>
+      </c>
+      <c r="J48" s="23"/>
+    </row>
+    <row r="49" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="31"/>
+      <c r="B49" s="35"/>
+      <c r="C49" s="35"/>
+      <c r="D49" s="32"/>
+      <c r="E49" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F49" s="4">
+        <v>12928.3</v>
+      </c>
+      <c r="G49" s="40">
+        <v>11706.06</v>
+      </c>
+      <c r="H49" s="41">
+        <v>90.5</v>
+      </c>
+      <c r="J49" s="23"/>
+    </row>
+    <row r="50" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="29" t="s">
         <v>12</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="B50" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="3"/>
-      <c r="D26" s="6">
+      <c r="C50" s="33"/>
+      <c r="D50" s="32">
         <v>2564</v>
       </c>
-      <c r="E26" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="5">
+      <c r="E50" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F50" s="4">
         <v>2985.99</v>
       </c>
-      <c r="G26" s="5">
+      <c r="G50" s="4">
         <v>2811.84</v>
       </c>
-      <c r="H26" s="5">
+      <c r="H50" s="4">
         <v>94.167763455336427</v>
       </c>
-      <c r="J26" s="34"/>
-[...9 lines deleted...]
-      <c r="F27" s="5">
+      <c r="J50" s="23"/>
+    </row>
+    <row r="51" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="30"/>
+      <c r="B51" s="34"/>
+      <c r="C51" s="34"/>
+      <c r="D51" s="32"/>
+      <c r="E51" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F51" s="4">
         <v>2938.74</v>
       </c>
-      <c r="G27" s="5">
+      <c r="G51" s="4">
         <v>2791.79</v>
       </c>
-      <c r="H27" s="5">
+      <c r="H51" s="4">
         <v>94.999557633543631</v>
       </c>
-      <c r="J27" s="34"/>
-[...9 lines deleted...]
-      <c r="F28" s="5">
+      <c r="J51" s="23"/>
+    </row>
+    <row r="52" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="30"/>
+      <c r="B52" s="34"/>
+      <c r="C52" s="34"/>
+      <c r="D52" s="32"/>
+      <c r="E52" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F52" s="4">
         <v>2940.12</v>
       </c>
-      <c r="G28" s="5">
+      <c r="G52" s="4">
         <v>2811.61</v>
       </c>
-      <c r="H28" s="5">
+      <c r="H52" s="4">
         <v>95.629089969116905</v>
       </c>
-      <c r="J28" s="34"/>
-[...5 lines deleted...]
-      <c r="D29" s="6">
+      <c r="J52" s="23"/>
+    </row>
+    <row r="53" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="30"/>
+      <c r="B53" s="34"/>
+      <c r="C53" s="34"/>
+      <c r="D53" s="32">
         <v>2565</v>
       </c>
-      <c r="E29" s="4" t="s">
+      <c r="E53" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F29" s="5">
+      <c r="F53" s="4">
         <v>3364.13</v>
       </c>
-      <c r="G29" s="5">
+      <c r="G53" s="4">
         <v>3188.73</v>
       </c>
-      <c r="H29" s="5">
+      <c r="H53" s="4">
         <v>94.786170570102811</v>
       </c>
-      <c r="J29" s="34"/>
-[...9 lines deleted...]
-      <c r="F30" s="5">
+      <c r="J53" s="23"/>
+    </row>
+    <row r="54" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="30"/>
+      <c r="B54" s="34"/>
+      <c r="C54" s="34"/>
+      <c r="D54" s="32"/>
+      <c r="E54" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F54" s="4">
         <v>3367.05</v>
       </c>
-      <c r="G30" s="5">
+      <c r="G54" s="4">
         <v>3218.97</v>
       </c>
-      <c r="H30" s="5">
+      <c r="H54" s="4">
         <v>95.602084911123981</v>
       </c>
-      <c r="J30" s="34"/>
-[...9 lines deleted...]
-      <c r="F31" s="5">
+      <c r="J54" s="23"/>
+    </row>
+    <row r="55" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="30"/>
+      <c r="B55" s="34"/>
+      <c r="C55" s="34"/>
+      <c r="D55" s="32"/>
+      <c r="E55" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F55" s="4">
         <v>3214.4</v>
       </c>
-      <c r="G31" s="5">
+      <c r="G55" s="4">
         <v>3133.95</v>
       </c>
-      <c r="H31" s="5">
+      <c r="H55" s="4">
         <v>97.497200099552018</v>
       </c>
-      <c r="J31" s="34"/>
-[...9 lines deleted...]
-      <c r="F32" s="5">
+      <c r="J55" s="23"/>
+    </row>
+    <row r="56" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="30"/>
+      <c r="B56" s="34"/>
+      <c r="C56" s="34"/>
+      <c r="D56" s="32"/>
+      <c r="E56" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F56" s="4">
         <v>3371.72</v>
       </c>
-      <c r="G32" s="5">
+      <c r="G56" s="4">
         <v>3284.38</v>
       </c>
-      <c r="H32" s="5">
+      <c r="H56" s="4">
         <v>97.409630692940112</v>
       </c>
-      <c r="J32" s="34"/>
-[...2 lines deleted...]
-      <c r="A33" s="3" t="s">
+      <c r="J56" s="23"/>
+    </row>
+    <row r="57" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="30"/>
+      <c r="B57" s="34"/>
+      <c r="C57" s="34"/>
+      <c r="D57" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F57" s="4">
+        <v>3218.41</v>
+      </c>
+      <c r="G57" s="40">
+        <v>3109.73</v>
+      </c>
+      <c r="H57" s="41">
+        <v>96.6</v>
+      </c>
+      <c r="J57" s="23"/>
+    </row>
+    <row r="58" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="30"/>
+      <c r="B58" s="34"/>
+      <c r="C58" s="34"/>
+      <c r="D58" s="32"/>
+      <c r="E58" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F58" s="4">
+        <v>3220.78</v>
+      </c>
+      <c r="G58" s="40">
+        <v>3125.86</v>
+      </c>
+      <c r="H58" s="41">
+        <v>97.1</v>
+      </c>
+      <c r="J58" s="23"/>
+    </row>
+    <row r="59" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="30"/>
+      <c r="B59" s="34"/>
+      <c r="C59" s="34"/>
+      <c r="D59" s="32"/>
+      <c r="E59" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F59" s="4">
+        <v>3112.53</v>
+      </c>
+      <c r="G59" s="40">
+        <v>3023.75</v>
+      </c>
+      <c r="H59" s="41">
+        <v>97.1</v>
+      </c>
+      <c r="J59" s="23"/>
+    </row>
+    <row r="60" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="30"/>
+      <c r="B60" s="34"/>
+      <c r="C60" s="34"/>
+      <c r="D60" s="32"/>
+      <c r="E60" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F60" s="4">
+        <v>3113.86</v>
+      </c>
+      <c r="G60" s="40">
+        <v>3032.34</v>
+      </c>
+      <c r="H60" s="41">
+        <v>97.4</v>
+      </c>
+      <c r="J60" s="23"/>
+    </row>
+    <row r="61" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="30"/>
+      <c r="B61" s="34"/>
+      <c r="C61" s="34"/>
+      <c r="D61" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F61" s="4">
+        <v>3115.42</v>
+      </c>
+      <c r="G61" s="41">
+        <v>3016.3</v>
+      </c>
+      <c r="H61" s="41">
+        <v>96.8</v>
+      </c>
+      <c r="J61" s="23"/>
+    </row>
+    <row r="62" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="30"/>
+      <c r="B62" s="34"/>
+      <c r="C62" s="34"/>
+      <c r="D62" s="32"/>
+      <c r="E62" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F62" s="4">
+        <v>3117.22</v>
+      </c>
+      <c r="G62" s="41">
+        <v>3012.2</v>
+      </c>
+      <c r="H62" s="41">
+        <v>96.6</v>
+      </c>
+      <c r="J62" s="23"/>
+    </row>
+    <row r="63" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="30"/>
+      <c r="B63" s="34"/>
+      <c r="C63" s="34"/>
+      <c r="D63" s="32"/>
+      <c r="E63" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F63" s="4">
+        <v>3045.8</v>
+      </c>
+      <c r="G63" s="41">
+        <v>2960.9</v>
+      </c>
+      <c r="H63" s="41">
+        <v>97.2</v>
+      </c>
+      <c r="J63" s="23"/>
+    </row>
+    <row r="64" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="31"/>
+      <c r="B64" s="35"/>
+      <c r="C64" s="35"/>
+      <c r="D64" s="32"/>
+      <c r="E64" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F64" s="4">
+        <v>3046.63</v>
+      </c>
+      <c r="G64" s="40">
+        <v>2971.97</v>
+      </c>
+      <c r="H64" s="41">
+        <v>97.5</v>
+      </c>
+      <c r="J64" s="23"/>
+    </row>
+    <row r="65" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="B33" s="11" t="s">
+      <c r="B65" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="C33" s="3" t="s">
+      <c r="C65" s="33" t="s">
         <v>5</v>
       </c>
-      <c r="D33" s="6">
+      <c r="D65" s="33">
         <v>2564</v>
       </c>
-      <c r="E33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="5">
+      <c r="E65" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F65" s="4">
         <v>6900.11</v>
       </c>
-      <c r="G33" s="5">
+      <c r="G65" s="4">
         <v>6187.86</v>
       </c>
-      <c r="H33" s="5">
+      <c r="H65" s="4">
         <v>89.677700790277257</v>
       </c>
-      <c r="J33" s="34"/>
-[...9 lines deleted...]
-      <c r="F34" s="5">
+      <c r="J65" s="23"/>
+    </row>
+    <row r="66" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="27"/>
+      <c r="B66" s="34"/>
+      <c r="C66" s="34"/>
+      <c r="D66" s="34"/>
+      <c r="E66" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F66" s="4">
         <v>7010.18</v>
       </c>
-      <c r="G34" s="5">
+      <c r="G66" s="4">
         <v>6439.86</v>
       </c>
-      <c r="H34" s="5">
+      <c r="H66" s="4">
         <v>91.864402911194858</v>
       </c>
-      <c r="J34" s="34"/>
-[...9 lines deleted...]
-      <c r="F35" s="5">
+      <c r="J66" s="23"/>
+    </row>
+    <row r="67" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="27"/>
+      <c r="B67" s="34"/>
+      <c r="C67" s="34"/>
+      <c r="D67" s="35"/>
+      <c r="E67" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F67" s="4">
         <v>7024.63</v>
       </c>
-      <c r="G35" s="5">
+      <c r="G67" s="4">
         <v>6456.14</v>
       </c>
-      <c r="H35" s="5">
+      <c r="H67" s="4">
         <v>91.90718941780564</v>
       </c>
-      <c r="J35" s="34"/>
-[...5 lines deleted...]
-      <c r="D36" s="6">
+      <c r="J67" s="23"/>
+    </row>
+    <row r="68" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="27"/>
+      <c r="B68" s="34"/>
+      <c r="C68" s="34"/>
+      <c r="D68" s="33">
         <v>2565</v>
       </c>
-      <c r="E36" s="4" t="s">
+      <c r="E68" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F36" s="5">
+      <c r="F68" s="4">
         <v>7963.23</v>
       </c>
-      <c r="G36" s="5">
+      <c r="G68" s="4">
         <v>7388.32</v>
       </c>
-      <c r="H36" s="5">
+      <c r="H68" s="4">
         <v>92.78044210703446</v>
       </c>
-      <c r="J36" s="34"/>
-[...9 lines deleted...]
-      <c r="F37" s="5">
+      <c r="J68" s="23"/>
+    </row>
+    <row r="69" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="27"/>
+      <c r="B69" s="34"/>
+      <c r="C69" s="34"/>
+      <c r="D69" s="34"/>
+      <c r="E69" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F69" s="4">
         <v>7984.37</v>
       </c>
-      <c r="G37" s="5">
+      <c r="G69" s="4">
         <v>7302.61</v>
       </c>
-      <c r="H37" s="5">
+      <c r="H69" s="4">
         <v>91.461317549161677</v>
       </c>
-      <c r="J37" s="34"/>
-[...9 lines deleted...]
-      <c r="F38" s="5">
+      <c r="J69" s="23"/>
+    </row>
+    <row r="70" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="27"/>
+      <c r="B70" s="34"/>
+      <c r="C70" s="34"/>
+      <c r="D70" s="34"/>
+      <c r="E70" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F70" s="4">
         <v>7562.45</v>
       </c>
-      <c r="G38" s="5">
+      <c r="G70" s="4">
         <v>7023.23</v>
       </c>
-      <c r="H38" s="5">
+      <c r="H70" s="4">
         <v>92.869771039808526</v>
       </c>
-      <c r="J38" s="34"/>
-[...9 lines deleted...]
-      <c r="F39" s="5">
+      <c r="J70" s="23"/>
+    </row>
+    <row r="71" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="27"/>
+      <c r="B71" s="34"/>
+      <c r="C71" s="34"/>
+      <c r="D71" s="35"/>
+      <c r="E71" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F71" s="4">
         <v>7584.61</v>
       </c>
-      <c r="G39" s="5">
+      <c r="G71" s="4">
         <v>7050.61</v>
       </c>
-      <c r="H39" s="5">
+      <c r="H71" s="4">
         <v>92.959427050303191</v>
       </c>
-      <c r="J39" s="34"/>
-[...4 lines deleted...]
-      <c r="C40" s="3" t="s">
+      <c r="J71" s="23"/>
+    </row>
+    <row r="72" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="27"/>
+      <c r="B72" s="34"/>
+      <c r="C72" s="34"/>
+      <c r="D72" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="4">
+        <v>7607.14</v>
+      </c>
+      <c r="G72" s="42">
+        <v>48</v>
+      </c>
+      <c r="H72" s="41">
+        <v>92.1</v>
+      </c>
+      <c r="J72" s="23"/>
+    </row>
+    <row r="73" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="27"/>
+      <c r="B73" s="34"/>
+      <c r="C73" s="34"/>
+      <c r="D73" s="32"/>
+      <c r="E73" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F73" s="4">
+        <v>7630.05</v>
+      </c>
+      <c r="G73" s="40">
+        <v>48.64</v>
+      </c>
+      <c r="H73" s="41">
+        <v>92.8</v>
+      </c>
+      <c r="J73" s="23"/>
+    </row>
+    <row r="74" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="27"/>
+      <c r="B74" s="34"/>
+      <c r="C74" s="34"/>
+      <c r="D74" s="32"/>
+      <c r="E74" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F74" s="4">
+        <v>7855.85</v>
+      </c>
+      <c r="G74" s="40">
+        <v>52.07</v>
+      </c>
+      <c r="H74" s="41">
+        <v>92.9</v>
+      </c>
+      <c r="J74" s="23"/>
+    </row>
+    <row r="75" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="27"/>
+      <c r="B75" s="34"/>
+      <c r="C75" s="34"/>
+      <c r="D75" s="32"/>
+      <c r="E75" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F75" s="4">
+        <v>7878.06</v>
+      </c>
+      <c r="G75" s="40">
+        <v>53.01</v>
+      </c>
+      <c r="H75" s="41">
+        <v>93.6</v>
+      </c>
+      <c r="J75" s="23"/>
+    </row>
+    <row r="76" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="27"/>
+      <c r="B76" s="34"/>
+      <c r="C76" s="34"/>
+      <c r="D76" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F76" s="4">
+        <v>7900.62</v>
+      </c>
+      <c r="G76" s="40">
+        <v>7393.87</v>
+      </c>
+      <c r="H76" s="41">
+        <v>93.6</v>
+      </c>
+      <c r="J76" s="23"/>
+    </row>
+    <row r="77" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="27"/>
+      <c r="B77" s="34"/>
+      <c r="C77" s="34"/>
+      <c r="D77" s="32"/>
+      <c r="E77" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F77" s="4">
+        <v>7923.54</v>
+      </c>
+      <c r="G77" s="40">
+        <v>7328.38</v>
+      </c>
+      <c r="H77" s="41">
+        <v>92.5</v>
+      </c>
+      <c r="J77" s="23"/>
+    </row>
+    <row r="78" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="27"/>
+      <c r="B78" s="34"/>
+      <c r="C78" s="34"/>
+      <c r="D78" s="32"/>
+      <c r="E78" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F78" s="4">
+        <v>8017.5</v>
+      </c>
+      <c r="G78" s="41">
+        <v>7508.6</v>
+      </c>
+      <c r="H78" s="41">
+        <v>93.7</v>
+      </c>
+      <c r="J78" s="23"/>
+    </row>
+    <row r="79" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="27"/>
+      <c r="B79" s="34"/>
+      <c r="C79" s="35"/>
+      <c r="D79" s="32"/>
+      <c r="E79" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F79" s="4">
+        <v>8039.42</v>
+      </c>
+      <c r="G79" s="40">
+        <v>7577.12</v>
+      </c>
+      <c r="H79" s="41">
+        <v>94.2</v>
+      </c>
+      <c r="J79" s="23"/>
+    </row>
+    <row r="80" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="27"/>
+      <c r="B80" s="34"/>
+      <c r="C80" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="D40" s="6">
+      <c r="D80" s="32">
         <v>2564</v>
       </c>
-      <c r="E40" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="5">
+      <c r="E80" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F80" s="4">
         <v>3286.62</v>
       </c>
-      <c r="G40" s="5">
+      <c r="G80" s="4">
         <v>3051.34</v>
       </c>
-      <c r="H40" s="5">
+      <c r="H80" s="4">
         <v>92.841277665200124</v>
       </c>
-      <c r="J40" s="34"/>
-[...9 lines deleted...]
-      <c r="F41" s="5">
+      <c r="J80" s="23"/>
+    </row>
+    <row r="81" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="27"/>
+      <c r="B81" s="34"/>
+      <c r="C81" s="34"/>
+      <c r="D81" s="32"/>
+      <c r="E81" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F81" s="4">
         <v>3352.51</v>
       </c>
-      <c r="G41" s="5">
+      <c r="G81" s="4">
         <v>3162.76</v>
       </c>
-      <c r="H41" s="5">
+      <c r="H81" s="4">
         <v>94.340061625468678</v>
       </c>
-      <c r="J41" s="34"/>
-[...9 lines deleted...]
-      <c r="F42" s="5">
+      <c r="J81" s="23"/>
+    </row>
+    <row r="82" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="27"/>
+      <c r="B82" s="34"/>
+      <c r="C82" s="34"/>
+      <c r="D82" s="32"/>
+      <c r="E82" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F82" s="4">
         <v>3360</v>
       </c>
-      <c r="G42" s="5">
+      <c r="G82" s="4">
         <v>3156.7</v>
       </c>
-      <c r="H42" s="5">
+      <c r="H82" s="4">
         <v>93.949404761904759</v>
       </c>
-      <c r="J42" s="34"/>
-[...5 lines deleted...]
-      <c r="D43" s="6">
+      <c r="J82" s="23"/>
+    </row>
+    <row r="83" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="27"/>
+      <c r="B83" s="34"/>
+      <c r="C83" s="34"/>
+      <c r="D83" s="32">
         <v>2565</v>
       </c>
-      <c r="E43" s="4" t="s">
+      <c r="E83" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F43" s="5">
+      <c r="F83" s="4">
         <v>3868.31</v>
       </c>
-      <c r="G43" s="5">
+      <c r="G83" s="4">
         <v>3687.7</v>
       </c>
-      <c r="H43" s="5">
+      <c r="H83" s="4">
         <v>95.331036033823551</v>
       </c>
-      <c r="J43" s="34"/>
-[...9 lines deleted...]
-      <c r="F44" s="5">
+      <c r="J83" s="23"/>
+    </row>
+    <row r="84" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="27"/>
+      <c r="B84" s="34"/>
+      <c r="C84" s="34"/>
+      <c r="D84" s="32"/>
+      <c r="E84" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F84" s="4">
         <v>3880</v>
       </c>
-      <c r="G44" s="5">
+      <c r="G84" s="4">
         <v>3633.11</v>
       </c>
-      <c r="H44" s="5">
+      <c r="H84" s="4">
         <v>93.636855670103088</v>
       </c>
-      <c r="J44" s="34"/>
-[...9 lines deleted...]
-      <c r="F45" s="5">
+      <c r="J84" s="23"/>
+    </row>
+    <row r="85" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="27"/>
+      <c r="B85" s="34"/>
+      <c r="C85" s="34"/>
+      <c r="D85" s="32"/>
+      <c r="E85" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F85" s="4">
         <v>3644.85</v>
       </c>
-      <c r="G45" s="5">
+      <c r="G85" s="4">
         <v>3462.24</v>
       </c>
-      <c r="H45" s="5">
+      <c r="H85" s="4">
         <v>94.989917280546521</v>
       </c>
-      <c r="J45" s="34"/>
-[...9 lines deleted...]
-      <c r="F46" s="5">
+      <c r="J85" s="23"/>
+    </row>
+    <row r="86" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="27"/>
+      <c r="B86" s="34"/>
+      <c r="C86" s="34"/>
+      <c r="D86" s="32"/>
+      <c r="E86" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F86" s="4">
         <v>3656.9</v>
       </c>
-      <c r="G46" s="5">
+      <c r="G86" s="4">
         <v>3475.98</v>
       </c>
-      <c r="H46" s="5">
+      <c r="H86" s="4">
         <v>95.052640214389228</v>
       </c>
-      <c r="J46" s="34"/>
-[...4 lines deleted...]
-      <c r="C47" s="3" t="s">
+      <c r="J86" s="23"/>
+    </row>
+    <row r="87" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="27"/>
+      <c r="B87" s="34"/>
+      <c r="C87" s="34"/>
+      <c r="D87" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F87" s="4">
+        <v>3669.13</v>
+      </c>
+      <c r="G87" s="40">
+        <v>142.91</v>
+      </c>
+      <c r="H87" s="4"/>
+      <c r="J87" s="23"/>
+    </row>
+    <row r="88" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="27"/>
+      <c r="B88" s="34"/>
+      <c r="C88" s="34"/>
+      <c r="D88" s="32"/>
+      <c r="E88" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F88" s="4">
+        <v>3681.55</v>
+      </c>
+      <c r="G88" s="41">
+        <v>145.6</v>
+      </c>
+      <c r="H88" s="4"/>
+      <c r="J88" s="23"/>
+    </row>
+    <row r="89" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="27"/>
+      <c r="B89" s="34"/>
+      <c r="C89" s="34"/>
+      <c r="D89" s="32"/>
+      <c r="E89" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F89" s="4">
+        <v>3806.27</v>
+      </c>
+      <c r="G89" s="40">
+        <v>147.41999999999999</v>
+      </c>
+      <c r="H89" s="4"/>
+      <c r="J89" s="23"/>
+    </row>
+    <row r="90" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="27"/>
+      <c r="B90" s="34"/>
+      <c r="C90" s="34"/>
+      <c r="D90" s="32"/>
+      <c r="E90" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F90" s="4">
+        <v>3818.49</v>
+      </c>
+      <c r="G90" s="40">
+        <v>149.38</v>
+      </c>
+      <c r="H90" s="4"/>
+      <c r="J90" s="23"/>
+    </row>
+    <row r="91" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="27"/>
+      <c r="B91" s="34"/>
+      <c r="C91" s="34"/>
+      <c r="D91" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F91" s="4">
+        <v>3830.88</v>
+      </c>
+      <c r="G91" s="40">
+        <v>3661.76</v>
+      </c>
+      <c r="H91" s="4"/>
+      <c r="J91" s="23"/>
+    </row>
+    <row r="92" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="27"/>
+      <c r="B92" s="34"/>
+      <c r="C92" s="34"/>
+      <c r="D92" s="32"/>
+      <c r="E92" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F92" s="4">
+        <v>3843.47</v>
+      </c>
+      <c r="G92" s="40">
+        <v>3625.42</v>
+      </c>
+      <c r="H92" s="4"/>
+      <c r="J92" s="23"/>
+    </row>
+    <row r="93" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="27"/>
+      <c r="B93" s="34"/>
+      <c r="C93" s="34"/>
+      <c r="D93" s="32"/>
+      <c r="E93" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F93" s="4">
+        <v>3837.4</v>
+      </c>
+      <c r="G93" s="41">
+        <v>3665.9</v>
+      </c>
+      <c r="H93" s="4"/>
+      <c r="J93" s="23"/>
+    </row>
+    <row r="94" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="27"/>
+      <c r="B94" s="34"/>
+      <c r="C94" s="35"/>
+      <c r="D94" s="32"/>
+      <c r="E94" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F94" s="4">
+        <v>3849.19</v>
+      </c>
+      <c r="G94" s="40">
+        <v>3692.13</v>
+      </c>
+      <c r="H94" s="4"/>
+      <c r="J94" s="23"/>
+    </row>
+    <row r="95" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="27"/>
+      <c r="B95" s="34"/>
+      <c r="C95" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="D47" s="6">
+      <c r="D95" s="32">
         <v>2564</v>
       </c>
-      <c r="E47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="5">
+      <c r="E95" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F95" s="4">
         <v>3613.49</v>
       </c>
-      <c r="G47" s="5">
+      <c r="G95" s="4">
         <v>3136.52</v>
       </c>
-      <c r="H47" s="5">
+      <c r="H95" s="4">
         <v>86.800295559140892</v>
       </c>
-      <c r="J47" s="34"/>
-[...9 lines deleted...]
-      <c r="F48" s="5">
+      <c r="J95" s="23"/>
+    </row>
+    <row r="96" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="27"/>
+      <c r="B96" s="34"/>
+      <c r="C96" s="34"/>
+      <c r="D96" s="32"/>
+      <c r="E96" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F96" s="4">
         <v>3657.67</v>
       </c>
-      <c r="G48" s="5">
+      <c r="G96" s="4">
         <v>3277.1</v>
       </c>
-      <c r="H48" s="5">
+      <c r="H96" s="4">
         <v>89.595288804074727</v>
       </c>
-      <c r="J48" s="34"/>
-[...9 lines deleted...]
-      <c r="F49" s="5">
+      <c r="J96" s="23"/>
+    </row>
+    <row r="97" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="27"/>
+      <c r="B97" s="34"/>
+      <c r="C97" s="34"/>
+      <c r="D97" s="32"/>
+      <c r="E97" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F97" s="4">
         <v>3664.63</v>
       </c>
-      <c r="G49" s="5">
+      <c r="G97" s="4">
         <v>3299.44</v>
       </c>
-      <c r="H49" s="5">
+      <c r="H97" s="4">
         <v>90.034737476907623</v>
       </c>
-      <c r="J49" s="34"/>
-[...5 lines deleted...]
-      <c r="D50" s="6">
+      <c r="J97" s="23"/>
+    </row>
+    <row r="98" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="27"/>
+      <c r="B98" s="34"/>
+      <c r="C98" s="34"/>
+      <c r="D98" s="32">
         <v>2565</v>
       </c>
-      <c r="E50" s="4" t="s">
+      <c r="E98" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F50" s="5">
+      <c r="F98" s="4">
         <v>4094.92</v>
       </c>
-      <c r="G50" s="5">
+      <c r="G98" s="4">
         <v>3700.62</v>
       </c>
-      <c r="H50" s="5">
+      <c r="H98" s="4">
         <v>90.370996258779172</v>
       </c>
-      <c r="J50" s="34"/>
-[...9 lines deleted...]
-      <c r="F51" s="5">
+      <c r="J98" s="23"/>
+    </row>
+    <row r="99" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="27"/>
+      <c r="B99" s="34"/>
+      <c r="C99" s="34"/>
+      <c r="D99" s="32"/>
+      <c r="E99" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F99" s="4">
         <v>4104.37</v>
       </c>
-      <c r="G51" s="5">
+      <c r="G99" s="4">
         <v>3669.5</v>
       </c>
-      <c r="H51" s="5">
+      <c r="H99" s="4">
         <v>89.404707665244601</v>
       </c>
-      <c r="J51" s="34"/>
-[...9 lines deleted...]
-      <c r="F52" s="5">
+      <c r="J99" s="23"/>
+    </row>
+    <row r="100" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="27"/>
+      <c r="B100" s="34"/>
+      <c r="C100" s="34"/>
+      <c r="D100" s="32"/>
+      <c r="E100" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F100" s="4">
         <v>3917.6</v>
       </c>
-      <c r="G52" s="5">
+      <c r="G100" s="4">
         <v>3561</v>
       </c>
-      <c r="H52" s="5">
+      <c r="H100" s="4">
         <v>90.897488258117221</v>
       </c>
-      <c r="J52" s="34"/>
-[...9 lines deleted...]
-      <c r="F53" s="5">
+      <c r="J100" s="23"/>
+    </row>
+    <row r="101" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="27"/>
+      <c r="B101" s="34"/>
+      <c r="C101" s="34"/>
+      <c r="D101" s="32"/>
+      <c r="E101" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F101" s="4">
         <v>3927.71</v>
       </c>
-      <c r="G53" s="5">
+      <c r="G101" s="4">
         <v>3574.64</v>
       </c>
-      <c r="H53" s="5">
+      <c r="H101" s="4">
         <v>91.01079254832969</v>
       </c>
-      <c r="J53" s="34"/>
-[...3 lines deleted...]
-      <c r="B54" s="3" t="s">
+      <c r="J101" s="23"/>
+    </row>
+    <row r="102" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="27"/>
+      <c r="B102" s="34"/>
+      <c r="C102" s="34"/>
+      <c r="D102" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F102" s="4">
+        <v>3938.01</v>
+      </c>
+      <c r="G102" s="40">
+        <v>141.62</v>
+      </c>
+      <c r="H102" s="4"/>
+      <c r="J102" s="23"/>
+    </row>
+    <row r="103" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="27"/>
+      <c r="B103" s="34"/>
+      <c r="C103" s="34"/>
+      <c r="D103" s="32"/>
+      <c r="E103" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F103" s="4">
+        <v>3948.51</v>
+      </c>
+      <c r="G103" s="40">
+        <v>142.51</v>
+      </c>
+      <c r="H103" s="4"/>
+      <c r="J103" s="23"/>
+    </row>
+    <row r="104" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="27"/>
+      <c r="B104" s="34"/>
+      <c r="C104" s="34"/>
+      <c r="D104" s="32"/>
+      <c r="E104" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F104" s="4">
+        <v>4049.58</v>
+      </c>
+      <c r="G104" s="40">
+        <v>154.06</v>
+      </c>
+      <c r="H104" s="4"/>
+      <c r="J104" s="23"/>
+    </row>
+    <row r="105" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="27"/>
+      <c r="B105" s="34"/>
+      <c r="C105" s="34"/>
+      <c r="D105" s="32"/>
+      <c r="E105" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F105" s="4">
+        <v>4059.57</v>
+      </c>
+      <c r="G105" s="40">
+        <v>152.11000000000001</v>
+      </c>
+      <c r="H105" s="4"/>
+      <c r="J105" s="23"/>
+    </row>
+    <row r="106" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="27"/>
+      <c r="B106" s="34"/>
+      <c r="C106" s="34"/>
+      <c r="D106" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F106" s="4">
+        <v>4069.74</v>
+      </c>
+      <c r="G106" s="40">
+        <v>3732.11</v>
+      </c>
+      <c r="H106" s="4"/>
+      <c r="J106" s="23"/>
+    </row>
+    <row r="107" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="27"/>
+      <c r="B107" s="34"/>
+      <c r="C107" s="34"/>
+      <c r="D107" s="32"/>
+      <c r="E107" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F107" s="4">
+        <v>4080.07</v>
+      </c>
+      <c r="G107" s="40">
+        <v>3702.96</v>
+      </c>
+      <c r="H107" s="4"/>
+      <c r="J107" s="23"/>
+    </row>
+    <row r="108" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="27"/>
+      <c r="B108" s="34"/>
+      <c r="C108" s="34"/>
+      <c r="D108" s="32"/>
+      <c r="E108" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F108" s="4">
+        <v>4180.1000000000004</v>
+      </c>
+      <c r="G108" s="41">
+        <v>3842.7</v>
+      </c>
+      <c r="H108" s="4"/>
+      <c r="J108" s="23"/>
+    </row>
+    <row r="109" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="27"/>
+      <c r="B109" s="35"/>
+      <c r="C109" s="35"/>
+      <c r="D109" s="32"/>
+      <c r="E109" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F109" s="4">
+        <v>4190.2299999999996</v>
+      </c>
+      <c r="G109" s="40">
+        <v>3884.99</v>
+      </c>
+      <c r="H109" s="4"/>
+      <c r="J109" s="23"/>
+    </row>
+    <row r="110" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="27"/>
+      <c r="B110" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="C54" s="3"/>
-      <c r="D54" s="6">
+      <c r="C110" s="33"/>
+      <c r="D110" s="32">
         <v>2564</v>
       </c>
-      <c r="E54" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="5">
+      <c r="E110" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F110" s="4">
         <v>731.22</v>
       </c>
-      <c r="G54" s="5">
+      <c r="G110" s="4">
         <v>698.27</v>
       </c>
-      <c r="H54" s="5">
+      <c r="H110" s="4">
         <v>95.493832225595582</v>
       </c>
-      <c r="J54" s="34"/>
-[...9 lines deleted...]
-      <c r="F55" s="5">
+      <c r="J110" s="23"/>
+    </row>
+    <row r="111" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="27"/>
+      <c r="B111" s="34"/>
+      <c r="C111" s="34"/>
+      <c r="D111" s="32"/>
+      <c r="E111" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F111" s="4">
         <v>791.72</v>
       </c>
-      <c r="G55" s="5">
+      <c r="G111" s="4">
         <v>752.34</v>
       </c>
-      <c r="H55" s="5">
+      <c r="H111" s="4">
         <v>95.026019299752434</v>
       </c>
-      <c r="J55" s="34"/>
-[...9 lines deleted...]
-      <c r="F56" s="5">
+      <c r="J111" s="23"/>
+    </row>
+    <row r="112" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="27"/>
+      <c r="B112" s="34"/>
+      <c r="C112" s="34"/>
+      <c r="D112" s="32"/>
+      <c r="E112" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F112" s="4">
         <v>794.58</v>
       </c>
-      <c r="G56" s="5">
+      <c r="G112" s="4">
         <v>760.32</v>
       </c>
-      <c r="H56" s="5">
+      <c r="H112" s="4">
         <v>95.688288152231365</v>
       </c>
-      <c r="J56" s="34"/>
-[...5 lines deleted...]
-      <c r="D57" s="6">
+      <c r="J112" s="23"/>
+    </row>
+    <row r="113" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="27"/>
+      <c r="B113" s="34"/>
+      <c r="C113" s="34"/>
+      <c r="D113" s="32">
         <v>2565</v>
       </c>
-      <c r="E57" s="4" t="s">
+      <c r="E113" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F57" s="5">
+      <c r="F113" s="4">
         <v>912.37</v>
       </c>
-      <c r="G57" s="5">
+      <c r="G113" s="4">
         <v>904.79</v>
       </c>
-      <c r="H57" s="5">
+      <c r="H113" s="4">
         <v>99.169196707476132</v>
       </c>
-      <c r="J57" s="34"/>
-[...9 lines deleted...]
-      <c r="F58" s="5">
+      <c r="J113" s="23"/>
+    </row>
+    <row r="114" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="27"/>
+      <c r="B114" s="34"/>
+      <c r="C114" s="34"/>
+      <c r="D114" s="32"/>
+      <c r="E114" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F114" s="4">
         <v>916.18</v>
       </c>
-      <c r="G58" s="5">
+      <c r="G114" s="4">
         <v>901.81</v>
       </c>
-      <c r="H58" s="5">
+      <c r="H114" s="4">
         <v>98.431530921871257</v>
       </c>
-      <c r="J58" s="34"/>
-[...9 lines deleted...]
-      <c r="F59" s="5">
+      <c r="J114" s="23"/>
+    </row>
+    <row r="115" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="27"/>
+      <c r="B115" s="34"/>
+      <c r="C115" s="34"/>
+      <c r="D115" s="32"/>
+      <c r="E115" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F115" s="4">
         <v>926.02</v>
       </c>
-      <c r="G59" s="5">
+      <c r="G115" s="4">
         <v>912.68</v>
       </c>
-      <c r="H59" s="5">
+      <c r="H115" s="4">
         <v>98.559426362281599</v>
       </c>
-      <c r="J59" s="34"/>
-[...9 lines deleted...]
-      <c r="F60" s="5">
+      <c r="J115" s="23"/>
+    </row>
+    <row r="116" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="27"/>
+      <c r="B116" s="34"/>
+      <c r="C116" s="34"/>
+      <c r="D116" s="32"/>
+      <c r="E116" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F116" s="4">
         <v>929.76</v>
       </c>
-      <c r="G60" s="5">
+      <c r="G116" s="4">
         <v>922.25</v>
       </c>
-      <c r="H60" s="5">
+      <c r="H116" s="4">
         <v>99.192264670452587</v>
       </c>
-      <c r="J60" s="34"/>
-[...3 lines deleted...]
-      <c r="B61" s="3" t="s">
+      <c r="J116" s="23"/>
+    </row>
+    <row r="117" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="27"/>
+      <c r="B117" s="34"/>
+      <c r="C117" s="34"/>
+      <c r="D117" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F117" s="40">
+        <v>933.57</v>
+      </c>
+      <c r="G117" s="40">
+        <v>7004.81</v>
+      </c>
+      <c r="H117" s="4"/>
+      <c r="J117" s="23"/>
+    </row>
+    <row r="118" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="27"/>
+      <c r="B118" s="34"/>
+      <c r="C118" s="34"/>
+      <c r="D118" s="32"/>
+      <c r="E118" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F118" s="40">
+        <v>937.43</v>
+      </c>
+      <c r="G118" s="40">
+        <v>7077.56</v>
+      </c>
+      <c r="H118" s="4"/>
+      <c r="J118" s="23"/>
+    </row>
+    <row r="119" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="27"/>
+      <c r="B119" s="34"/>
+      <c r="C119" s="34"/>
+      <c r="D119" s="32"/>
+      <c r="E119" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F119" s="40">
+        <v>863.68</v>
+      </c>
+      <c r="G119" s="40">
+        <v>7298.71</v>
+      </c>
+      <c r="H119" s="4"/>
+      <c r="J119" s="23"/>
+    </row>
+    <row r="120" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="27"/>
+      <c r="B120" s="34"/>
+      <c r="C120" s="34"/>
+      <c r="D120" s="32"/>
+      <c r="E120" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F120" s="40">
+        <v>867.06</v>
+      </c>
+      <c r="G120" s="40">
+        <v>7377.36</v>
+      </c>
+      <c r="H120" s="4"/>
+      <c r="J120" s="23"/>
+    </row>
+    <row r="121" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="27"/>
+      <c r="B121" s="34"/>
+      <c r="C121" s="34"/>
+      <c r="D121" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F121" s="40">
+        <v>870.49</v>
+      </c>
+      <c r="G121" s="40">
+        <v>854.13</v>
+      </c>
+      <c r="H121" s="4"/>
+      <c r="J121" s="23"/>
+    </row>
+    <row r="122" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="27"/>
+      <c r="B122" s="34"/>
+      <c r="C122" s="34"/>
+      <c r="D122" s="32"/>
+      <c r="E122" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F122" s="40">
+        <v>873.98</v>
+      </c>
+      <c r="G122" s="41">
+        <v>833.6</v>
+      </c>
+      <c r="H122" s="4"/>
+      <c r="J122" s="23"/>
+    </row>
+    <row r="123" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="27"/>
+      <c r="B123" s="34"/>
+      <c r="C123" s="34"/>
+      <c r="D123" s="32"/>
+      <c r="E123" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F123" s="41">
+        <v>876.8</v>
+      </c>
+      <c r="G123" s="41">
+        <v>848.7</v>
+      </c>
+      <c r="H123" s="4"/>
+      <c r="J123" s="23"/>
+    </row>
+    <row r="124" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="27"/>
+      <c r="B124" s="35"/>
+      <c r="C124" s="35"/>
+      <c r="D124" s="32"/>
+      <c r="E124" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F124" s="40">
+        <v>880.14</v>
+      </c>
+      <c r="G124" s="40">
+        <v>873.19</v>
+      </c>
+      <c r="H124" s="4"/>
+      <c r="J124" s="23"/>
+    </row>
+    <row r="125" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="27"/>
+      <c r="B125" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="C61" s="3"/>
-      <c r="D61" s="6">
+      <c r="C125" s="33"/>
+      <c r="D125" s="32">
         <v>2564</v>
       </c>
-      <c r="E61" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="5">
+      <c r="E125" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F125" s="4">
         <v>589.67999999999995</v>
       </c>
-      <c r="G61" s="5">
+      <c r="G125" s="4">
         <v>554.67999999999995</v>
       </c>
-      <c r="H61" s="5">
+      <c r="H125" s="4">
         <v>94.064577397910725</v>
       </c>
-      <c r="J61" s="34"/>
-[...9 lines deleted...]
-      <c r="F62" s="5">
+      <c r="J125" s="23"/>
+    </row>
+    <row r="126" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="27"/>
+      <c r="B126" s="34"/>
+      <c r="C126" s="34"/>
+      <c r="D126" s="32"/>
+      <c r="E126" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F126" s="4">
         <v>582.17999999999995</v>
       </c>
-      <c r="G62" s="5">
+      <c r="G126" s="4">
         <v>556.44000000000005</v>
       </c>
-      <c r="H62" s="5">
+      <c r="H126" s="4">
         <v>95.5786870040194</v>
       </c>
-      <c r="J62" s="34"/>
-[...9 lines deleted...]
-      <c r="F63" s="5">
+      <c r="J126" s="23"/>
+    </row>
+    <row r="127" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="27"/>
+      <c r="B127" s="34"/>
+      <c r="C127" s="34"/>
+      <c r="D127" s="32"/>
+      <c r="E127" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F127" s="4">
         <v>584.70000000000005</v>
       </c>
-      <c r="G63" s="5">
+      <c r="G127" s="4">
         <v>563.53</v>
       </c>
-      <c r="H63" s="5">
+      <c r="H127" s="4">
         <v>96.379339832392674</v>
       </c>
-      <c r="J63" s="34"/>
-[...5 lines deleted...]
-      <c r="D64" s="6">
+      <c r="J127" s="23"/>
+    </row>
+    <row r="128" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="27"/>
+      <c r="B128" s="34"/>
+      <c r="C128" s="34"/>
+      <c r="D128" s="32">
         <v>2565</v>
       </c>
-      <c r="E64" s="4" t="s">
+      <c r="E128" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F64" s="5">
+      <c r="F128" s="4">
         <v>679.58</v>
       </c>
-      <c r="G64" s="5">
+      <c r="G128" s="4">
         <v>658.95</v>
       </c>
-      <c r="H64" s="5">
+      <c r="H128" s="4">
         <v>96.964301480326071</v>
       </c>
-      <c r="J64" s="34"/>
-[...9 lines deleted...]
-      <c r="F65" s="5">
+      <c r="J128" s="23"/>
+    </row>
+    <row r="129" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="27"/>
+      <c r="B129" s="34"/>
+      <c r="C129" s="34"/>
+      <c r="D129" s="32"/>
+      <c r="E129" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F129" s="4">
         <v>682.26</v>
       </c>
-      <c r="G65" s="5">
+      <c r="G129" s="4">
         <v>648.05999999999995</v>
       </c>
-      <c r="H65" s="5">
+      <c r="H129" s="4">
         <v>94.98724826312548</v>
       </c>
-      <c r="J65" s="34"/>
-[...9 lines deleted...]
-      <c r="F66" s="5">
+      <c r="J129" s="23"/>
+    </row>
+    <row r="130" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="27"/>
+      <c r="B130" s="34"/>
+      <c r="C130" s="34"/>
+      <c r="D130" s="32"/>
+      <c r="E130" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F130" s="4">
         <v>609.69000000000005</v>
       </c>
-      <c r="G66" s="5">
+      <c r="G130" s="4">
         <v>582.26</v>
       </c>
-      <c r="H66" s="5">
+      <c r="H130" s="4">
         <v>95.500992307566136</v>
       </c>
-      <c r="J66" s="34"/>
-[...9 lines deleted...]
-      <c r="F67" s="5">
+      <c r="J130" s="23"/>
+    </row>
+    <row r="131" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="27"/>
+      <c r="B131" s="34"/>
+      <c r="C131" s="34"/>
+      <c r="D131" s="32"/>
+      <c r="E131" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F131" s="4">
         <v>611.97</v>
       </c>
-      <c r="G67" s="5">
+      <c r="G131" s="4">
         <v>582.42999999999995</v>
       </c>
-      <c r="H67" s="5">
+      <c r="H131" s="4">
         <v>95.172965995065098</v>
       </c>
-      <c r="J67" s="34"/>
-[...3 lines deleted...]
-      <c r="B68" s="3" t="s">
+      <c r="J131" s="23"/>
+    </row>
+    <row r="132" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="27"/>
+      <c r="B132" s="34"/>
+      <c r="C132" s="34"/>
+      <c r="D132" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F132" s="40">
+        <v>614.28</v>
+      </c>
+      <c r="G132" s="40">
+        <v>3458.92</v>
+      </c>
+      <c r="H132" s="4"/>
+      <c r="J132" s="23"/>
+    </row>
+    <row r="133" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="27"/>
+      <c r="B133" s="34"/>
+      <c r="C133" s="34"/>
+      <c r="D133" s="32"/>
+      <c r="E133" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F133" s="40">
+        <v>616.63</v>
+      </c>
+      <c r="G133" s="40">
+        <v>3508.69</v>
+      </c>
+      <c r="H133" s="4"/>
+      <c r="J133" s="23"/>
+    </row>
+    <row r="134" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="27"/>
+      <c r="B134" s="34"/>
+      <c r="C134" s="34"/>
+      <c r="D134" s="32"/>
+      <c r="E134" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F134" s="40">
+        <v>665.85</v>
+      </c>
+      <c r="G134" s="40">
+        <v>3612.38</v>
+      </c>
+      <c r="H134" s="4"/>
+      <c r="J134" s="23"/>
+    </row>
+    <row r="135" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="27"/>
+      <c r="B135" s="34"/>
+      <c r="C135" s="34"/>
+      <c r="D135" s="32"/>
+      <c r="E135" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F135" s="40">
+        <v>668.25</v>
+      </c>
+      <c r="G135" s="40">
+        <v>3666.27</v>
+      </c>
+      <c r="H135" s="4"/>
+      <c r="J135" s="23"/>
+    </row>
+    <row r="136" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="27"/>
+      <c r="B136" s="34"/>
+      <c r="C136" s="34"/>
+      <c r="D136" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F136" s="41">
+        <v>670.7</v>
+      </c>
+      <c r="G136" s="40">
+        <v>655.38</v>
+      </c>
+      <c r="H136" s="4"/>
+      <c r="J136" s="23"/>
+    </row>
+    <row r="137" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="27"/>
+      <c r="B137" s="34"/>
+      <c r="C137" s="34"/>
+      <c r="D137" s="32"/>
+      <c r="E137" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F137" s="40">
+        <v>673.18</v>
+      </c>
+      <c r="G137" s="40">
+        <v>652.57000000000005</v>
+      </c>
+      <c r="H137" s="4"/>
+      <c r="J137" s="23"/>
+    </row>
+    <row r="138" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="27"/>
+      <c r="B138" s="34"/>
+      <c r="C138" s="34"/>
+      <c r="D138" s="32"/>
+      <c r="E138" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F138" s="41">
+        <v>748.9</v>
+      </c>
+      <c r="G138" s="41">
+        <v>725.4</v>
+      </c>
+      <c r="H138" s="4"/>
+      <c r="J138" s="23"/>
+    </row>
+    <row r="139" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="27"/>
+      <c r="B139" s="35"/>
+      <c r="C139" s="35"/>
+      <c r="D139" s="32"/>
+      <c r="E139" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F139" s="40">
+        <v>751.51</v>
+      </c>
+      <c r="G139" s="40">
+        <v>733.02</v>
+      </c>
+      <c r="H139" s="4"/>
+      <c r="J139" s="23"/>
+    </row>
+    <row r="140" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="27"/>
+      <c r="B140" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="C68" s="3"/>
-      <c r="D68" s="6">
+      <c r="C140" s="33"/>
+      <c r="D140" s="32">
         <v>2564</v>
       </c>
-      <c r="E68" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F68" s="5">
+      <c r="E140" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F140" s="4">
         <v>547.84</v>
       </c>
-      <c r="G68" s="5">
+      <c r="G140" s="4">
         <v>505.57</v>
       </c>
-      <c r="H68" s="5">
+      <c r="H140" s="4">
         <v>92.28424357476635</v>
       </c>
-      <c r="J68" s="34"/>
-[...9 lines deleted...]
-      <c r="F69" s="5">
+      <c r="J140" s="23"/>
+    </row>
+    <row r="141" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="27"/>
+      <c r="B141" s="34"/>
+      <c r="C141" s="34"/>
+      <c r="D141" s="32"/>
+      <c r="E141" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F141" s="4">
         <v>541.62</v>
       </c>
-      <c r="G69" s="5">
+      <c r="G141" s="4">
         <v>520.83000000000004</v>
       </c>
-      <c r="H69" s="5">
+      <c r="H141" s="4">
         <v>96.161515453639097</v>
       </c>
-      <c r="J69" s="34"/>
-[...9 lines deleted...]
-      <c r="F70" s="5">
+      <c r="J141" s="23"/>
+    </row>
+    <row r="142" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="27"/>
+      <c r="B142" s="34"/>
+      <c r="C142" s="34"/>
+      <c r="D142" s="32"/>
+      <c r="E142" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F142" s="4">
         <v>543.4</v>
       </c>
-      <c r="G70" s="5">
+      <c r="G142" s="4">
         <v>528.41</v>
       </c>
-      <c r="H70" s="5">
+      <c r="H142" s="4">
         <v>97.241442767758556</v>
       </c>
-      <c r="J70" s="34"/>
-[...5 lines deleted...]
-      <c r="D71" s="6">
+      <c r="J142" s="23"/>
+    </row>
+    <row r="143" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="27"/>
+      <c r="B143" s="34"/>
+      <c r="C143" s="34"/>
+      <c r="D143" s="32">
         <v>2565</v>
       </c>
-      <c r="E71" s="4" t="s">
+      <c r="E143" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F71" s="5">
+      <c r="F143" s="4">
         <v>720.26</v>
       </c>
-      <c r="G71" s="5">
+      <c r="G143" s="4">
         <v>699.93</v>
       </c>
-      <c r="H71" s="5">
+      <c r="H143" s="4">
         <v>97.177408158165107</v>
       </c>
-      <c r="J71" s="34"/>
-[...9 lines deleted...]
-      <c r="F72" s="5">
+      <c r="J143" s="23"/>
+    </row>
+    <row r="144" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="27"/>
+      <c r="B144" s="34"/>
+      <c r="C144" s="34"/>
+      <c r="D144" s="32"/>
+      <c r="E144" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F144" s="4">
         <v>722.96</v>
       </c>
-      <c r="G72" s="5">
+      <c r="G144" s="4">
         <v>690.44</v>
       </c>
-      <c r="H72" s="5">
+      <c r="H144" s="4">
         <v>95.501825827155031</v>
       </c>
-      <c r="J72" s="34"/>
-[...9 lines deleted...]
-      <c r="F73" s="5">
+      <c r="J144" s="23"/>
+    </row>
+    <row r="145" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="27"/>
+      <c r="B145" s="34"/>
+      <c r="C145" s="34"/>
+      <c r="D145" s="32"/>
+      <c r="E145" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F145" s="4">
         <v>676.36</v>
       </c>
-      <c r="G73" s="5">
+      <c r="G145" s="4">
         <v>650</v>
       </c>
-      <c r="H73" s="5">
+      <c r="H145" s="4">
         <v>96.10266721864096</v>
       </c>
-      <c r="J73" s="34"/>
-[...9 lines deleted...]
-      <c r="F74" s="5">
+      <c r="J145" s="23"/>
+    </row>
+    <row r="146" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="27"/>
+      <c r="B146" s="34"/>
+      <c r="C146" s="34"/>
+      <c r="D146" s="32"/>
+      <c r="E146" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F146" s="4">
         <v>678.74</v>
       </c>
-      <c r="G74" s="5">
+      <c r="G146" s="4">
         <v>652.6</v>
       </c>
-      <c r="H74" s="5">
+      <c r="H146" s="4">
         <v>96.148746206205615</v>
       </c>
-      <c r="J74" s="34"/>
-[...3 lines deleted...]
-      <c r="B75" s="3" t="s">
+      <c r="J146" s="23"/>
+    </row>
+    <row r="147" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="27"/>
+      <c r="B147" s="34"/>
+      <c r="C147" s="34"/>
+      <c r="D147" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F147" s="40">
+        <v>681.16</v>
+      </c>
+      <c r="G147" s="41">
+        <v>3545.9</v>
+      </c>
+      <c r="H147" s="4"/>
+      <c r="J147" s="23"/>
+    </row>
+    <row r="148" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="27"/>
+      <c r="B148" s="34"/>
+      <c r="C148" s="34"/>
+      <c r="D148" s="32"/>
+      <c r="E148" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F148" s="40">
+        <v>683.61</v>
+      </c>
+      <c r="G148" s="40">
+        <v>3568.87</v>
+      </c>
+      <c r="H148" s="4"/>
+      <c r="J148" s="23"/>
+    </row>
+    <row r="149" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="27"/>
+      <c r="B149" s="34"/>
+      <c r="C149" s="34"/>
+      <c r="D149" s="32"/>
+      <c r="E149" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F149" s="40">
+        <v>667.55</v>
+      </c>
+      <c r="G149" s="40">
+        <v>3686.33</v>
+      </c>
+      <c r="H149" s="4"/>
+      <c r="J149" s="23"/>
+    </row>
+    <row r="150" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="27"/>
+      <c r="B150" s="34"/>
+      <c r="C150" s="34"/>
+      <c r="D150" s="32"/>
+      <c r="E150" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F150" s="40">
+        <v>669.81</v>
+      </c>
+      <c r="G150" s="40">
+        <v>3711.09</v>
+      </c>
+      <c r="H150" s="4"/>
+      <c r="J150" s="23"/>
+    </row>
+    <row r="151" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="27"/>
+      <c r="B151" s="34"/>
+      <c r="C151" s="34"/>
+      <c r="D151" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F151" s="40">
+        <v>672.11</v>
+      </c>
+      <c r="G151" s="41">
+        <v>661.2</v>
+      </c>
+      <c r="H151" s="4"/>
+      <c r="J151" s="23"/>
+    </row>
+    <row r="152" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="27"/>
+      <c r="B152" s="34"/>
+      <c r="C152" s="34"/>
+      <c r="D152" s="32"/>
+      <c r="E152" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F152" s="40">
+        <v>674.44</v>
+      </c>
+      <c r="G152" s="41">
+        <v>663.6</v>
+      </c>
+      <c r="H152" s="4"/>
+      <c r="J152" s="23"/>
+    </row>
+    <row r="153" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="27"/>
+      <c r="B153" s="34"/>
+      <c r="C153" s="34"/>
+      <c r="D153" s="32"/>
+      <c r="E153" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F153" s="41">
+        <v>657.3</v>
+      </c>
+      <c r="G153" s="41">
+        <v>642.29999999999995</v>
+      </c>
+      <c r="H153" s="4"/>
+      <c r="J153" s="23"/>
+    </row>
+    <row r="154" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="27"/>
+      <c r="B154" s="35"/>
+      <c r="C154" s="35"/>
+      <c r="D154" s="32"/>
+      <c r="E154" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F154" s="40">
+        <v>659.45</v>
+      </c>
+      <c r="G154" s="40">
+        <v>643.54</v>
+      </c>
+      <c r="H154" s="4"/>
+      <c r="J154" s="23"/>
+    </row>
+    <row r="155" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="27"/>
+      <c r="B155" s="33" t="s">
         <v>18</v>
       </c>
-      <c r="C75" s="3"/>
-      <c r="D75" s="6">
+      <c r="C155" s="33"/>
+      <c r="D155" s="33">
         <v>2564</v>
       </c>
-      <c r="E75" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F75" s="5">
+      <c r="E155" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F155" s="4">
         <v>274.63</v>
       </c>
-      <c r="G75" s="5">
+      <c r="G155" s="4">
         <v>242.53</v>
       </c>
-      <c r="H75" s="5">
+      <c r="H155" s="4">
         <v>88.311546444306884</v>
       </c>
-      <c r="J75" s="34"/>
-[...9 lines deleted...]
-      <c r="F76" s="5">
+      <c r="J155" s="23"/>
+    </row>
+    <row r="156" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="27"/>
+      <c r="B156" s="34"/>
+      <c r="C156" s="34"/>
+      <c r="D156" s="34"/>
+      <c r="E156" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F156" s="4">
         <v>271.49</v>
       </c>
-      <c r="G76" s="5">
+      <c r="G156" s="4">
         <v>250.97</v>
       </c>
-      <c r="H76" s="5">
+      <c r="H156" s="4">
         <v>92.441710560241631</v>
       </c>
-      <c r="J76" s="34"/>
-[...9 lines deleted...]
-      <c r="F77" s="5">
+      <c r="J156" s="23"/>
+    </row>
+    <row r="157" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="27"/>
+      <c r="B157" s="34"/>
+      <c r="C157" s="34"/>
+      <c r="D157" s="35"/>
+      <c r="E157" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F157" s="4">
         <v>271.3</v>
       </c>
-      <c r="G77" s="5">
+      <c r="G157" s="4">
         <v>243.39</v>
       </c>
-      <c r="H77" s="5">
+      <c r="H157" s="4">
         <v>89.712495392554359</v>
       </c>
-      <c r="J77" s="34"/>
-[...5 lines deleted...]
-      <c r="D78" s="6">
+      <c r="J157" s="23"/>
+    </row>
+    <row r="158" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="27"/>
+      <c r="B158" s="34"/>
+      <c r="C158" s="34"/>
+      <c r="D158" s="33">
         <v>2565</v>
       </c>
-      <c r="E78" s="4" t="s">
+      <c r="E158" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F78" s="5">
+      <c r="F158" s="4">
         <v>327.8</v>
       </c>
-      <c r="G78" s="5">
+      <c r="G158" s="4">
         <v>305.86</v>
       </c>
-      <c r="H78" s="5">
+      <c r="H158" s="4">
         <v>93.30689444783404</v>
       </c>
-      <c r="J78" s="34"/>
-[...9 lines deleted...]
-      <c r="F79" s="5">
+      <c r="J158" s="23"/>
+    </row>
+    <row r="159" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="27"/>
+      <c r="B159" s="34"/>
+      <c r="C159" s="34"/>
+      <c r="D159" s="34"/>
+      <c r="E159" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F159" s="4">
         <v>327.96</v>
       </c>
-      <c r="G79" s="5">
+      <c r="G159" s="4">
         <v>304.69</v>
       </c>
-      <c r="H79" s="5">
+      <c r="H159" s="4">
         <v>92.904622514940854</v>
       </c>
-      <c r="J79" s="34"/>
-[...9 lines deleted...]
-      <c r="F80" s="5">
+      <c r="J159" s="23"/>
+    </row>
+    <row r="160" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="27"/>
+      <c r="B160" s="34"/>
+      <c r="C160" s="34"/>
+      <c r="D160" s="34"/>
+      <c r="E160" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F160" s="4">
         <v>311.16000000000003</v>
       </c>
-      <c r="G80" s="5">
+      <c r="G160" s="4">
         <v>291.45999999999998</v>
       </c>
-      <c r="H80" s="5">
+      <c r="H160" s="4">
         <v>93.668852037536936</v>
       </c>
-      <c r="J80" s="34"/>
-[...9 lines deleted...]
-      <c r="F81" s="5">
+      <c r="J160" s="23"/>
+    </row>
+    <row r="161" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="27"/>
+      <c r="B161" s="34"/>
+      <c r="C161" s="34"/>
+      <c r="D161" s="35"/>
+      <c r="E161" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F161" s="4">
         <v>311.33999999999997</v>
       </c>
-      <c r="G81" s="5">
+      <c r="G161" s="4">
         <v>290.91000000000003</v>
       </c>
-      <c r="H81" s="5">
+      <c r="H161" s="4">
         <v>93.438042011948369</v>
       </c>
-      <c r="J81" s="34"/>
-[...3 lines deleted...]
-      <c r="B82" s="3" t="s">
+      <c r="J161" s="23"/>
+    </row>
+    <row r="162" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="27"/>
+      <c r="B162" s="34"/>
+      <c r="C162" s="34"/>
+      <c r="D162" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F162" s="40">
+        <v>311.52999999999997</v>
+      </c>
+      <c r="G162" s="40">
+        <v>897.03</v>
+      </c>
+      <c r="H162" s="4"/>
+      <c r="J162" s="23"/>
+    </row>
+    <row r="163" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="27"/>
+      <c r="B163" s="34"/>
+      <c r="C163" s="34"/>
+      <c r="D163" s="32"/>
+      <c r="E163" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F163" s="40">
+        <v>311.72000000000003</v>
+      </c>
+      <c r="G163" s="40">
+        <v>922.67</v>
+      </c>
+      <c r="H163" s="4"/>
+      <c r="J163" s="23"/>
+    </row>
+    <row r="164" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="27"/>
+      <c r="B164" s="34"/>
+      <c r="C164" s="34"/>
+      <c r="D164" s="32"/>
+      <c r="E164" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F164" s="40">
+        <v>328.94</v>
+      </c>
+      <c r="G164" s="40">
+        <v>842.62</v>
+      </c>
+      <c r="H164" s="4"/>
+      <c r="J164" s="23"/>
+    </row>
+    <row r="165" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="27"/>
+      <c r="B165" s="34"/>
+      <c r="C165" s="34"/>
+      <c r="D165" s="32"/>
+      <c r="E165" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F165" s="40">
+        <v>329.09</v>
+      </c>
+      <c r="G165" s="40">
+        <v>851.56</v>
+      </c>
+      <c r="H165" s="4"/>
+      <c r="J165" s="23"/>
+    </row>
+    <row r="166" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="27"/>
+      <c r="B166" s="34"/>
+      <c r="C166" s="34"/>
+      <c r="D166" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F166" s="40">
+        <v>329.26</v>
+      </c>
+      <c r="G166" s="40">
+        <v>313.63</v>
+      </c>
+      <c r="H166" s="4"/>
+      <c r="J166" s="23"/>
+    </row>
+    <row r="167" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="27"/>
+      <c r="B167" s="34"/>
+      <c r="C167" s="34"/>
+      <c r="D167" s="32"/>
+      <c r="E167" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F167" s="40">
+        <v>329.43</v>
+      </c>
+      <c r="G167" s="40">
+        <v>310.77</v>
+      </c>
+      <c r="H167" s="4"/>
+      <c r="J167" s="23"/>
+    </row>
+    <row r="168" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="27"/>
+      <c r="B168" s="34"/>
+      <c r="C168" s="34"/>
+      <c r="D168" s="32"/>
+      <c r="E168" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F168" s="41">
+        <v>321.3</v>
+      </c>
+      <c r="G168" s="42">
+        <v>304</v>
+      </c>
+      <c r="H168" s="4"/>
+      <c r="J168" s="23"/>
+    </row>
+    <row r="169" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="27"/>
+      <c r="B169" s="35"/>
+      <c r="C169" s="35"/>
+      <c r="D169" s="32"/>
+      <c r="E169" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F169" s="40">
+        <v>321.41000000000003</v>
+      </c>
+      <c r="G169" s="40">
+        <v>306.35000000000002</v>
+      </c>
+      <c r="H169" s="4"/>
+      <c r="J169" s="23"/>
+    </row>
+    <row r="170" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="27"/>
+      <c r="B170" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="C82" s="3"/>
-      <c r="D82" s="6">
+      <c r="C170" s="33"/>
+      <c r="D170" s="33">
         <v>2564</v>
       </c>
-      <c r="E82" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="5">
+      <c r="E170" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F170" s="4">
         <v>89.32</v>
       </c>
-      <c r="G82" s="5">
+      <c r="G170" s="4">
         <v>71.09</v>
       </c>
-      <c r="H82" s="5">
+      <c r="H170" s="4">
         <v>79.590237348858039</v>
       </c>
-      <c r="J82" s="34"/>
-[...9 lines deleted...]
-      <c r="F83" s="5">
+      <c r="J170" s="23"/>
+    </row>
+    <row r="171" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="27"/>
+      <c r="B171" s="34"/>
+      <c r="C171" s="34"/>
+      <c r="D171" s="34"/>
+      <c r="E171" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F171" s="4">
         <v>85.52</v>
       </c>
-      <c r="G83" s="5">
+      <c r="G171" s="4">
         <v>71.81</v>
       </c>
-      <c r="H83" s="5">
+      <c r="H171" s="4">
         <v>83.968662301216099</v>
       </c>
-      <c r="J83" s="34"/>
-[...9 lines deleted...]
-      <c r="F84" s="5">
+      <c r="J171" s="23"/>
+    </row>
+    <row r="172" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="27"/>
+      <c r="B172" s="34"/>
+      <c r="C172" s="34"/>
+      <c r="D172" s="35"/>
+      <c r="E172" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F172" s="4">
         <v>85.52</v>
       </c>
-      <c r="G84" s="5">
+      <c r="G172" s="4">
         <v>70.58</v>
       </c>
-      <c r="H84" s="5">
+      <c r="H172" s="4">
         <v>82.530402245088865</v>
       </c>
-      <c r="J84" s="34"/>
-[...5 lines deleted...]
-      <c r="D85" s="6">
+      <c r="J172" s="23"/>
+    </row>
+    <row r="173" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="27"/>
+      <c r="B173" s="34"/>
+      <c r="C173" s="34"/>
+      <c r="D173" s="33">
         <v>2565</v>
       </c>
-      <c r="E85" s="4" t="s">
+      <c r="E173" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F85" s="5">
+      <c r="F173" s="4">
         <v>82.93</v>
       </c>
-      <c r="G85" s="5">
+      <c r="G173" s="4">
         <v>65.819999999999993</v>
       </c>
-      <c r="H85" s="5">
+      <c r="H173" s="4">
         <v>79.368141806342678</v>
       </c>
-      <c r="J85" s="34"/>
-[...9 lines deleted...]
-      <c r="F86" s="5">
+      <c r="J173" s="23"/>
+    </row>
+    <row r="174" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="27"/>
+      <c r="B174" s="34"/>
+      <c r="C174" s="34"/>
+      <c r="D174" s="34"/>
+      <c r="E174" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F174" s="4">
         <v>82.82</v>
       </c>
-      <c r="G86" s="5">
+      <c r="G174" s="4">
         <v>65.77</v>
       </c>
-      <c r="H86" s="5">
+      <c r="H174" s="4">
         <v>79.413185220961125</v>
       </c>
-      <c r="J86" s="34"/>
-[...9 lines deleted...]
-      <c r="F87" s="5">
+      <c r="J174" s="23"/>
+    </row>
+    <row r="175" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="27"/>
+      <c r="B175" s="34"/>
+      <c r="C175" s="34"/>
+      <c r="D175" s="34"/>
+      <c r="E175" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F175" s="4">
         <v>82.25</v>
       </c>
-      <c r="G87" s="5">
+      <c r="G175" s="4">
         <v>67.56</v>
       </c>
-      <c r="H87" s="5">
+      <c r="H175" s="4">
         <v>82.139817629179333</v>
       </c>
-      <c r="J87" s="34"/>
-[...9 lines deleted...]
-      <c r="F88" s="5">
+      <c r="J175" s="23"/>
+    </row>
+    <row r="176" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="27"/>
+      <c r="B176" s="34"/>
+      <c r="C176" s="34"/>
+      <c r="D176" s="35"/>
+      <c r="E176" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F176" s="4">
         <v>82.14</v>
       </c>
-      <c r="G88" s="5">
+      <c r="G176" s="4">
         <v>68.33</v>
       </c>
-      <c r="H88" s="5">
+      <c r="H176" s="4">
         <v>83.187241295349409</v>
       </c>
-      <c r="J88" s="34"/>
-[...3 lines deleted...]
-      <c r="B89" s="3" t="s">
+      <c r="J176" s="23"/>
+    </row>
+    <row r="177" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="27"/>
+      <c r="B177" s="34"/>
+      <c r="C177" s="34"/>
+      <c r="D177" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F177" s="40">
+        <v>82.03</v>
+      </c>
+      <c r="G177" s="40">
+        <v>595.41999999999996</v>
+      </c>
+      <c r="H177" s="4"/>
+      <c r="J177" s="23"/>
+    </row>
+    <row r="178" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="27"/>
+      <c r="B178" s="34"/>
+      <c r="C178" s="34"/>
+      <c r="D178" s="32"/>
+      <c r="E178" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F178" s="40">
+        <v>81.92</v>
+      </c>
+      <c r="G178" s="40">
+        <v>592.89</v>
+      </c>
+      <c r="H178" s="4"/>
+      <c r="J178" s="23"/>
+    </row>
+    <row r="179" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="27"/>
+      <c r="B179" s="34"/>
+      <c r="C179" s="34"/>
+      <c r="D179" s="32"/>
+      <c r="E179" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F179" s="41">
+        <v>84.2</v>
+      </c>
+      <c r="G179" s="40">
+        <v>640.29</v>
+      </c>
+      <c r="H179" s="4"/>
+      <c r="J179" s="23"/>
+    </row>
+    <row r="180" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="27"/>
+      <c r="B180" s="34"/>
+      <c r="C180" s="34"/>
+      <c r="D180" s="32"/>
+      <c r="E180" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F180" s="40">
+        <v>84.08</v>
+      </c>
+      <c r="G180" s="40">
+        <v>645.54</v>
+      </c>
+      <c r="H180" s="4"/>
+      <c r="J180" s="23"/>
+    </row>
+    <row r="181" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="27"/>
+      <c r="B181" s="34"/>
+      <c r="C181" s="34"/>
+      <c r="D181" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F181" s="40">
+        <v>83.97</v>
+      </c>
+      <c r="G181" s="40">
+        <v>68.17</v>
+      </c>
+      <c r="H181" s="4"/>
+      <c r="J181" s="23"/>
+    </row>
+    <row r="182" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="27"/>
+      <c r="B182" s="34"/>
+      <c r="C182" s="34"/>
+      <c r="D182" s="32"/>
+      <c r="E182" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F182" s="40">
+        <v>83.86</v>
+      </c>
+      <c r="G182" s="40">
+        <v>68.84</v>
+      </c>
+      <c r="H182" s="4"/>
+      <c r="J182" s="23"/>
+    </row>
+    <row r="183" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="27"/>
+      <c r="B183" s="34"/>
+      <c r="C183" s="34"/>
+      <c r="D183" s="32"/>
+      <c r="E183" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F183" s="41">
+        <v>84.2</v>
+      </c>
+      <c r="G183" s="41">
+        <v>70.8</v>
+      </c>
+      <c r="H183" s="4"/>
+      <c r="J183" s="23"/>
+    </row>
+    <row r="184" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="27"/>
+      <c r="B184" s="35"/>
+      <c r="C184" s="35"/>
+      <c r="D184" s="32"/>
+      <c r="E184" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F184" s="40">
+        <v>84.12</v>
+      </c>
+      <c r="G184" s="40">
+        <v>71.41</v>
+      </c>
+      <c r="H184" s="4"/>
+      <c r="J184" s="23"/>
+    </row>
+    <row r="185" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="27"/>
+      <c r="B185" s="33" t="s">
         <v>20</v>
       </c>
-      <c r="C89" s="3"/>
-      <c r="D89" s="6">
+      <c r="C185" s="33"/>
+      <c r="D185" s="32">
         <v>2564</v>
       </c>
-      <c r="E89" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F89" s="5">
+      <c r="E185" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F185" s="4">
         <v>259.89</v>
       </c>
-      <c r="G89" s="5">
+      <c r="G185" s="4">
         <v>226.23</v>
       </c>
-      <c r="H89" s="5">
+      <c r="H185" s="4">
         <v>87.048366616645509</v>
       </c>
-      <c r="J89" s="34"/>
-[...9 lines deleted...]
-      <c r="F90" s="5">
+      <c r="J185" s="23"/>
+    </row>
+    <row r="186" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="27"/>
+      <c r="B186" s="34"/>
+      <c r="C186" s="34"/>
+      <c r="D186" s="32"/>
+      <c r="E186" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F186" s="4">
         <v>264.32</v>
       </c>
-      <c r="G90" s="5">
+      <c r="G186" s="4">
         <v>239.27</v>
       </c>
-      <c r="H90" s="5">
+      <c r="H186" s="4">
         <v>90.522851089588386</v>
       </c>
-      <c r="J90" s="34"/>
-[...9 lines deleted...]
-      <c r="F91" s="5">
+      <c r="J186" s="23"/>
+    </row>
+    <row r="187" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="27"/>
+      <c r="B187" s="34"/>
+      <c r="C187" s="34"/>
+      <c r="D187" s="32"/>
+      <c r="E187" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F187" s="4">
         <v>264.2</v>
       </c>
-      <c r="G91" s="5">
+      <c r="G187" s="4">
         <v>239.25</v>
       </c>
-      <c r="H91" s="5">
+      <c r="H187" s="4">
         <v>90.556396669190008</v>
       </c>
-      <c r="J91" s="34"/>
-[...5 lines deleted...]
-      <c r="D92" s="6">
+      <c r="J187" s="23"/>
+    </row>
+    <row r="188" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="27"/>
+      <c r="B188" s="34"/>
+      <c r="C188" s="34"/>
+      <c r="D188" s="32">
         <v>2565</v>
       </c>
-      <c r="E92" s="4" t="s">
+      <c r="E188" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F92" s="5">
+      <c r="F188" s="4">
         <v>265.66000000000003</v>
       </c>
-      <c r="G92" s="5">
+      <c r="G188" s="4">
         <v>231.48</v>
       </c>
-      <c r="H92" s="5">
+      <c r="H188" s="4">
         <v>87.133930587969573</v>
       </c>
-      <c r="J92" s="34"/>
-[...9 lines deleted...]
-      <c r="F93" s="5">
+      <c r="J188" s="23"/>
+    </row>
+    <row r="189" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="27"/>
+      <c r="B189" s="34"/>
+      <c r="C189" s="34"/>
+      <c r="D189" s="32"/>
+      <c r="E189" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F189" s="4">
         <v>265.54000000000002</v>
       </c>
-      <c r="G93" s="5">
+      <c r="G189" s="4">
         <v>231.53</v>
       </c>
-      <c r="H93" s="5">
+      <c r="H189" s="4">
         <v>87.19213677788656</v>
       </c>
-      <c r="J93" s="34"/>
-[...9 lines deleted...]
-      <c r="F94" s="5">
+      <c r="J189" s="23"/>
+    </row>
+    <row r="190" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="27"/>
+      <c r="B190" s="34"/>
+      <c r="C190" s="34"/>
+      <c r="D190" s="32"/>
+      <c r="E190" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F190" s="4">
         <v>266.89999999999998</v>
       </c>
-      <c r="G94" s="5">
+      <c r="G190" s="4">
         <v>236.54</v>
       </c>
-      <c r="H94" s="5">
+      <c r="H190" s="4">
         <v>88.624953165979775</v>
       </c>
-      <c r="J94" s="34"/>
-[...9 lines deleted...]
-      <c r="F95" s="5">
+      <c r="J190" s="23"/>
+    </row>
+    <row r="191" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="27"/>
+      <c r="B191" s="34"/>
+      <c r="C191" s="34"/>
+      <c r="D191" s="32"/>
+      <c r="E191" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F191" s="4">
         <v>266.75</v>
       </c>
-      <c r="G95" s="5">
+      <c r="G191" s="4">
         <v>232.76</v>
       </c>
-      <c r="H95" s="5">
+      <c r="H191" s="4">
         <v>87.257731958762889</v>
       </c>
-      <c r="J95" s="34"/>
-[...3 lines deleted...]
-      <c r="B96" s="3" t="s">
+      <c r="J191" s="23"/>
+    </row>
+    <row r="192" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="27"/>
+      <c r="B192" s="34"/>
+      <c r="C192" s="34"/>
+      <c r="D192" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F192" s="40">
+        <v>266.61</v>
+      </c>
+      <c r="G192" s="40">
+        <v>665.52</v>
+      </c>
+      <c r="H192" s="4"/>
+      <c r="J192" s="23"/>
+    </row>
+    <row r="193" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="27"/>
+      <c r="B193" s="34"/>
+      <c r="C193" s="34"/>
+      <c r="D193" s="32"/>
+      <c r="E193" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F193" s="40">
+        <v>266.47000000000003</v>
+      </c>
+      <c r="G193" s="40">
+        <v>667.73</v>
+      </c>
+      <c r="H193" s="4"/>
+      <c r="J193" s="23"/>
+    </row>
+    <row r="194" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="27"/>
+      <c r="B194" s="34"/>
+      <c r="C194" s="34"/>
+      <c r="D194" s="32"/>
+      <c r="E194" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F194" s="40">
+        <v>280.22000000000003</v>
+      </c>
+      <c r="G194" s="40">
+        <v>650.62</v>
+      </c>
+      <c r="H194" s="4"/>
+      <c r="J194" s="23"/>
+    </row>
+    <row r="195" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="27"/>
+      <c r="B195" s="34"/>
+      <c r="C195" s="34"/>
+      <c r="D195" s="32"/>
+      <c r="E195" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F195" s="40">
+        <v>280.05</v>
+      </c>
+      <c r="G195" s="41">
+        <v>654.6</v>
+      </c>
+      <c r="H195" s="4"/>
+      <c r="J195" s="23"/>
+    </row>
+    <row r="196" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="27"/>
+      <c r="B196" s="34"/>
+      <c r="C196" s="34"/>
+      <c r="D196" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F196" s="40">
+        <v>279.88</v>
+      </c>
+      <c r="G196" s="42">
+        <v>253</v>
+      </c>
+      <c r="H196" s="4"/>
+      <c r="J196" s="23"/>
+    </row>
+    <row r="197" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="27"/>
+      <c r="B197" s="34"/>
+      <c r="C197" s="34"/>
+      <c r="D197" s="32"/>
+      <c r="E197" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F197" s="40">
+        <v>279.72000000000003</v>
+      </c>
+      <c r="G197" s="40">
+        <v>248.86</v>
+      </c>
+      <c r="H197" s="4"/>
+      <c r="J197" s="23"/>
+    </row>
+    <row r="198" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="27"/>
+      <c r="B198" s="34"/>
+      <c r="C198" s="34"/>
+      <c r="D198" s="32"/>
+      <c r="E198" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F198" s="41">
+        <v>266.10000000000002</v>
+      </c>
+      <c r="G198" s="41">
+        <v>240.4</v>
+      </c>
+      <c r="H198" s="4"/>
+      <c r="J198" s="23"/>
+    </row>
+    <row r="199" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="27"/>
+      <c r="B199" s="35"/>
+      <c r="C199" s="35"/>
+      <c r="D199" s="32"/>
+      <c r="E199" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F199" s="40">
+        <v>265.91000000000003</v>
+      </c>
+      <c r="G199" s="40">
+        <v>237.38</v>
+      </c>
+      <c r="H199" s="4"/>
+      <c r="J199" s="23"/>
+    </row>
+    <row r="200" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="27"/>
+      <c r="B200" s="33" t="s">
         <v>21</v>
       </c>
-      <c r="C96" s="3"/>
-      <c r="D96" s="6">
+      <c r="C200" s="33"/>
+      <c r="D200" s="33">
         <v>2564</v>
       </c>
-      <c r="E96" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F96" s="5">
+      <c r="E200" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F200" s="4">
         <v>68.819999999999993</v>
       </c>
-      <c r="G96" s="5">
+      <c r="G200" s="4">
         <v>55.19</v>
       </c>
-      <c r="H96" s="5">
+      <c r="H200" s="4">
         <v>80.194710839872144</v>
       </c>
-      <c r="J96" s="34"/>
-[...9 lines deleted...]
-      <c r="F97" s="5">
+      <c r="J200" s="23"/>
+    </row>
+    <row r="201" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="27"/>
+      <c r="B201" s="34"/>
+      <c r="C201" s="34"/>
+      <c r="D201" s="34"/>
+      <c r="E201" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F201" s="4">
         <v>68.569999999999993</v>
       </c>
-      <c r="G97" s="5">
+      <c r="G201" s="4">
         <v>58.03</v>
       </c>
-      <c r="H97" s="5">
+      <c r="H201" s="4">
         <v>84.628846434300726</v>
       </c>
-      <c r="J97" s="34"/>
-[...9 lines deleted...]
-      <c r="F98" s="5">
+      <c r="J201" s="23"/>
+    </row>
+    <row r="202" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="27"/>
+      <c r="B202" s="34"/>
+      <c r="C202" s="34"/>
+      <c r="D202" s="35"/>
+      <c r="E202" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F202" s="4">
         <v>68.59</v>
       </c>
-      <c r="G98" s="5">
+      <c r="G202" s="4">
         <v>55.16</v>
       </c>
-      <c r="H98" s="5">
+      <c r="H202" s="4">
         <v>80.419886280798949</v>
       </c>
-      <c r="J98" s="34"/>
-[...5 lines deleted...]
-      <c r="D99" s="6">
+      <c r="J202" s="23"/>
+    </row>
+    <row r="203" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="27"/>
+      <c r="B203" s="34"/>
+      <c r="C203" s="34"/>
+      <c r="D203" s="33">
         <v>2565</v>
       </c>
-      <c r="E99" s="4" t="s">
+      <c r="E203" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F99" s="5">
+      <c r="F203" s="4">
         <v>66.010000000000005</v>
       </c>
-      <c r="G99" s="5">
+      <c r="G203" s="4">
         <v>53.13</v>
       </c>
-      <c r="H99" s="5">
+      <c r="H203" s="4">
         <v>80.487804878048777</v>
       </c>
-      <c r="J99" s="34"/>
-[...9 lines deleted...]
-      <c r="F100" s="5">
+      <c r="J203" s="23"/>
+    </row>
+    <row r="204" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="27"/>
+      <c r="B204" s="34"/>
+      <c r="C204" s="34"/>
+      <c r="D204" s="34"/>
+      <c r="E204" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F204" s="4">
         <v>65.89</v>
       </c>
-      <c r="G100" s="5">
+      <c r="G204" s="4">
         <v>51.79</v>
       </c>
-      <c r="H100" s="5">
+      <c r="H204" s="4">
         <v>78.600698133252394</v>
       </c>
-      <c r="J100" s="34"/>
-[...9 lines deleted...]
-      <c r="F101" s="5">
+      <c r="J204" s="23"/>
+    </row>
+    <row r="205" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="27"/>
+      <c r="B205" s="34"/>
+      <c r="C205" s="34"/>
+      <c r="D205" s="34"/>
+      <c r="E205" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F205" s="4">
         <v>62.09</v>
       </c>
-      <c r="G101" s="5">
+      <c r="G205" s="4">
         <v>50.72</v>
       </c>
-      <c r="H101" s="5">
+      <c r="H205" s="4">
         <v>81.687872443227562</v>
       </c>
-      <c r="J101" s="34"/>
-[...9 lines deleted...]
-      <c r="F102" s="5">
+      <c r="J205" s="23"/>
+    </row>
+    <row r="206" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="27"/>
+      <c r="B206" s="34"/>
+      <c r="C206" s="34"/>
+      <c r="D206" s="35"/>
+      <c r="E206" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F206" s="4">
         <v>61.98</v>
       </c>
-      <c r="G102" s="5">
+      <c r="G206" s="4">
         <v>50.8</v>
       </c>
-      <c r="H102" s="5">
+      <c r="H206" s="4">
         <v>81.96192320103259</v>
       </c>
-      <c r="J102" s="34"/>
-[...3 lines deleted...]
-      <c r="B103" s="3" t="s">
+      <c r="J206" s="23"/>
+    </row>
+    <row r="207" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="27"/>
+      <c r="B207" s="34"/>
+      <c r="C207" s="34"/>
+      <c r="D207" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F207" s="40">
+        <v>61.86</v>
+      </c>
+      <c r="G207" s="40">
+        <v>293.14</v>
+      </c>
+      <c r="H207" s="4"/>
+      <c r="J207" s="23"/>
+    </row>
+    <row r="208" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="27"/>
+      <c r="B208" s="34"/>
+      <c r="C208" s="34"/>
+      <c r="D208" s="32"/>
+      <c r="E208" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F208" s="40">
+        <v>61.75</v>
+      </c>
+      <c r="G208" s="40">
+        <v>294.75</v>
+      </c>
+      <c r="H208" s="4"/>
+      <c r="J208" s="23"/>
+    </row>
+    <row r="209" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="27"/>
+      <c r="B209" s="34"/>
+      <c r="C209" s="34"/>
+      <c r="D209" s="32"/>
+      <c r="E209" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F209" s="40">
+        <v>62.35</v>
+      </c>
+      <c r="G209" s="40">
+        <v>315.19</v>
+      </c>
+      <c r="H209" s="4"/>
+      <c r="J209" s="23"/>
+    </row>
+    <row r="210" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="27"/>
+      <c r="B210" s="34"/>
+      <c r="C210" s="34"/>
+      <c r="D210" s="32"/>
+      <c r="E210" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F210" s="40">
+        <v>62.24</v>
+      </c>
+      <c r="G210" s="40">
+        <v>318.07</v>
+      </c>
+      <c r="H210" s="4"/>
+      <c r="J210" s="23"/>
+    </row>
+    <row r="211" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="27"/>
+      <c r="B211" s="34"/>
+      <c r="C211" s="34"/>
+      <c r="D211" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F211" s="40">
+        <v>62.13</v>
+      </c>
+      <c r="G211" s="40">
+        <v>50.72</v>
+      </c>
+      <c r="H211" s="4"/>
+      <c r="J211" s="23"/>
+    </row>
+    <row r="212" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="27"/>
+      <c r="B212" s="34"/>
+      <c r="C212" s="34"/>
+      <c r="D212" s="32"/>
+      <c r="E212" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F212" s="40">
+        <v>62.02</v>
+      </c>
+      <c r="G212" s="40">
+        <v>50.77</v>
+      </c>
+      <c r="H212" s="4"/>
+      <c r="J212" s="23"/>
+    </row>
+    <row r="213" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="27"/>
+      <c r="B213" s="34"/>
+      <c r="C213" s="34"/>
+      <c r="D213" s="32"/>
+      <c r="E213" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F213" s="41">
+        <v>64.8</v>
+      </c>
+      <c r="G213" s="41">
+        <v>52.6</v>
+      </c>
+      <c r="H213" s="4"/>
+      <c r="J213" s="23"/>
+    </row>
+    <row r="214" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="27"/>
+      <c r="B214" s="35"/>
+      <c r="C214" s="35"/>
+      <c r="D214" s="32"/>
+      <c r="E214" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F214" s="40">
+        <v>64.64</v>
+      </c>
+      <c r="G214" s="40">
+        <v>54.73</v>
+      </c>
+      <c r="H214" s="4"/>
+      <c r="J214" s="23"/>
+    </row>
+    <row r="215" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="27"/>
+      <c r="B215" s="33" t="s">
         <v>22</v>
       </c>
-      <c r="C103" s="3"/>
-      <c r="D103" s="6">
+      <c r="C215" s="33"/>
+      <c r="D215" s="32">
         <v>2564</v>
       </c>
-      <c r="E103" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F103" s="5">
+      <c r="E215" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F215" s="4">
         <v>110.2</v>
       </c>
-      <c r="G103" s="5">
+      <c r="G215" s="4">
         <v>86.77</v>
       </c>
-      <c r="H103" s="5">
+      <c r="H215" s="4">
         <v>78.738656987295826</v>
       </c>
-      <c r="J103" s="34"/>
-[...9 lines deleted...]
-      <c r="F104" s="5">
+      <c r="J215" s="23"/>
+    </row>
+    <row r="216" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="27"/>
+      <c r="B216" s="34"/>
+      <c r="C216" s="34"/>
+      <c r="D216" s="32"/>
+      <c r="E216" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F216" s="4">
         <v>107.31</v>
       </c>
-      <c r="G104" s="5">
+      <c r="G216" s="4">
         <v>89.93</v>
       </c>
-      <c r="H104" s="5">
+      <c r="H216" s="4">
         <v>83.803932531916871</v>
       </c>
-      <c r="J104" s="34"/>
-[...9 lines deleted...]
-      <c r="F105" s="5">
+      <c r="J216" s="23"/>
+    </row>
+    <row r="217" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="27"/>
+      <c r="B217" s="34"/>
+      <c r="C217" s="34"/>
+      <c r="D217" s="32"/>
+      <c r="E217" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F217" s="4">
         <v>107.34</v>
       </c>
-      <c r="G105" s="5">
+      <c r="G217" s="4">
         <v>90.29</v>
       </c>
-      <c r="H105" s="5">
+      <c r="H217" s="4">
         <v>84.115893422768764</v>
       </c>
-      <c r="J105" s="34"/>
-[...5 lines deleted...]
-      <c r="D106" s="6">
+      <c r="J217" s="23"/>
+    </row>
+    <row r="218" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="27"/>
+      <c r="B218" s="34"/>
+      <c r="C218" s="34"/>
+      <c r="D218" s="32">
         <v>2565</v>
       </c>
-      <c r="E106" s="4" t="s">
+      <c r="E218" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F106" s="5">
+      <c r="F218" s="4">
         <v>98.25</v>
       </c>
-      <c r="G106" s="5">
+      <c r="G218" s="4">
         <v>80.09</v>
       </c>
-      <c r="H106" s="5">
+      <c r="H218" s="4">
         <v>81.516539440203559</v>
       </c>
-      <c r="J106" s="34"/>
-[...9 lines deleted...]
-      <c r="F107" s="5">
+      <c r="J218" s="23"/>
+    </row>
+    <row r="219" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="27"/>
+      <c r="B219" s="34"/>
+      <c r="C219" s="34"/>
+      <c r="D219" s="32"/>
+      <c r="E219" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F219" s="4">
         <v>98.13</v>
       </c>
-      <c r="G107" s="5">
+      <c r="G219" s="4">
         <v>77.760000000000005</v>
       </c>
-      <c r="H107" s="5">
+      <c r="H219" s="4">
         <v>79.241822072760641</v>
       </c>
-      <c r="J107" s="34"/>
-[...9 lines deleted...]
-      <c r="F108" s="5">
+      <c r="J219" s="23"/>
+    </row>
+    <row r="220" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="27"/>
+      <c r="B220" s="34"/>
+      <c r="C220" s="34"/>
+      <c r="D220" s="32"/>
+      <c r="E220" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F220" s="4">
         <v>101.45</v>
       </c>
-      <c r="G108" s="5">
+      <c r="G220" s="4">
         <v>82.17</v>
       </c>
-      <c r="H108" s="5">
+      <c r="H220" s="4">
         <v>80.995564317397736</v>
       </c>
-      <c r="J108" s="34"/>
-[...9 lines deleted...]
-      <c r="F109" s="5">
+      <c r="J220" s="23"/>
+    </row>
+    <row r="221" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="27"/>
+      <c r="B221" s="34"/>
+      <c r="C221" s="34"/>
+      <c r="D221" s="32"/>
+      <c r="E221" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F221" s="4">
         <v>101.32</v>
       </c>
-      <c r="G109" s="5">
+      <c r="G221" s="4">
         <v>81.94</v>
       </c>
-      <c r="H109" s="5">
+      <c r="H221" s="4">
         <v>80.872483221476514</v>
       </c>
-      <c r="J109" s="34"/>
-[...3 lines deleted...]
-      <c r="B110" s="3" t="s">
+      <c r="J221" s="23"/>
+    </row>
+    <row r="222" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="27"/>
+      <c r="B222" s="34"/>
+      <c r="C222" s="34"/>
+      <c r="D222" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F222" s="41">
+        <v>101.2</v>
+      </c>
+      <c r="G222" s="41">
+        <v>66.599999999999994</v>
+      </c>
+      <c r="H222" s="4"/>
+      <c r="J222" s="23"/>
+    </row>
+    <row r="223" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="27"/>
+      <c r="B223" s="34"/>
+      <c r="C223" s="34"/>
+      <c r="D223" s="32"/>
+      <c r="E223" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F223" s="40">
+        <v>101.08</v>
+      </c>
+      <c r="G223" s="40">
+        <v>66.290000000000006</v>
+      </c>
+      <c r="H223" s="4"/>
+      <c r="J223" s="23"/>
+    </row>
+    <row r="224" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="27"/>
+      <c r="B224" s="34"/>
+      <c r="C224" s="34"/>
+      <c r="D224" s="32"/>
+      <c r="E224" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F224" s="40">
+        <v>103.79</v>
+      </c>
+      <c r="G224" s="40">
+        <v>67.78</v>
+      </c>
+      <c r="H224" s="4"/>
+      <c r="J224" s="23"/>
+    </row>
+    <row r="225" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="27"/>
+      <c r="B225" s="34"/>
+      <c r="C225" s="34"/>
+      <c r="D225" s="32"/>
+      <c r="E225" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F225" s="40">
+        <v>103.66</v>
+      </c>
+      <c r="G225" s="41">
+        <v>67.599999999999994</v>
+      </c>
+      <c r="H225" s="4"/>
+      <c r="J225" s="23"/>
+    </row>
+    <row r="226" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="27"/>
+      <c r="B226" s="34"/>
+      <c r="C226" s="34"/>
+      <c r="D226" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F226" s="40">
+        <v>103.54</v>
+      </c>
+      <c r="G226" s="41">
+        <v>84.7</v>
+      </c>
+      <c r="H226" s="4"/>
+      <c r="J226" s="23"/>
+    </row>
+    <row r="227" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="27"/>
+      <c r="B227" s="34"/>
+      <c r="C227" s="34"/>
+      <c r="D227" s="32"/>
+      <c r="E227" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F227" s="40">
+        <v>103.42</v>
+      </c>
+      <c r="G227" s="40">
+        <v>84.95</v>
+      </c>
+      <c r="H227" s="4"/>
+      <c r="J227" s="23"/>
+    </row>
+    <row r="228" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="27"/>
+      <c r="B228" s="34"/>
+      <c r="C228" s="34"/>
+      <c r="D228" s="32"/>
+      <c r="E228" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F228" s="41">
+        <v>102.2</v>
+      </c>
+      <c r="G228" s="41">
+        <v>84.8</v>
+      </c>
+      <c r="H228" s="4"/>
+      <c r="J228" s="23"/>
+    </row>
+    <row r="229" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="27"/>
+      <c r="B229" s="35"/>
+      <c r="C229" s="35"/>
+      <c r="D229" s="32"/>
+      <c r="E229" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F229" s="40">
+        <v>102.11</v>
+      </c>
+      <c r="G229" s="40">
+        <v>83.53</v>
+      </c>
+      <c r="H229" s="4"/>
+      <c r="J229" s="23"/>
+    </row>
+    <row r="230" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="27"/>
+      <c r="B230" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="C110" s="3"/>
-      <c r="D110" s="6">
+      <c r="C230" s="33"/>
+      <c r="D230" s="32">
         <v>2564</v>
       </c>
-      <c r="E110" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F110" s="5">
+      <c r="E230" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F230" s="4">
         <v>231.18</v>
       </c>
-      <c r="G110" s="5">
+      <c r="G230" s="4">
         <v>207.25</v>
       </c>
-      <c r="H110" s="5">
+      <c r="H230" s="4">
         <v>89.648758543126561</v>
       </c>
-      <c r="J110" s="34"/>
-[...9 lines deleted...]
-      <c r="F111" s="5">
+      <c r="J230" s="23"/>
+    </row>
+    <row r="231" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="27"/>
+      <c r="B231" s="34"/>
+      <c r="C231" s="34"/>
+      <c r="D231" s="32"/>
+      <c r="E231" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F231" s="4">
         <v>231.91</v>
       </c>
-      <c r="G111" s="5">
+      <c r="G231" s="4">
         <v>210.15</v>
       </c>
-      <c r="H111" s="5">
+      <c r="H231" s="4">
         <v>90.61704971756285</v>
       </c>
-      <c r="J111" s="34"/>
-[...9 lines deleted...]
-      <c r="F112" s="5">
+      <c r="J231" s="23"/>
+    </row>
+    <row r="232" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="27"/>
+      <c r="B232" s="34"/>
+      <c r="C232" s="34"/>
+      <c r="D232" s="32"/>
+      <c r="E232" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F232" s="4">
         <v>231.72</v>
       </c>
-      <c r="G112" s="5">
+      <c r="G232" s="4">
         <v>209.16</v>
       </c>
-      <c r="H112" s="5">
+      <c r="H232" s="4">
         <v>90.264111859140343</v>
       </c>
-      <c r="J112" s="34"/>
-[...5 lines deleted...]
-      <c r="D113" s="6">
+      <c r="J232" s="23"/>
+    </row>
+    <row r="233" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="27"/>
+      <c r="B233" s="34"/>
+      <c r="C233" s="34"/>
+      <c r="D233" s="32">
         <v>2565</v>
       </c>
-      <c r="E113" s="4" t="s">
+      <c r="E233" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F113" s="5">
+      <c r="F233" s="4">
         <v>260.81</v>
       </c>
-      <c r="G113" s="5">
+      <c r="G233" s="4">
         <v>231.6</v>
       </c>
-      <c r="H113" s="5">
+      <c r="H233" s="4">
         <v>88.800276063034389</v>
       </c>
-      <c r="J113" s="34"/>
-[...9 lines deleted...]
-      <c r="F114" s="5">
+      <c r="J233" s="23"/>
+    </row>
+    <row r="234" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="27"/>
+      <c r="B234" s="34"/>
+      <c r="C234" s="34"/>
+      <c r="D234" s="32"/>
+      <c r="E234" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F234" s="4">
         <v>260.92</v>
       </c>
-      <c r="G114" s="5">
+      <c r="G234" s="4">
         <v>235.32</v>
       </c>
-      <c r="H114" s="5">
+      <c r="H234" s="4">
         <v>90.18856354438141</v>
       </c>
-      <c r="J114" s="34"/>
-[...9 lines deleted...]
-      <c r="F115" s="5">
+      <c r="J234" s="23"/>
+    </row>
+    <row r="235" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="27"/>
+      <c r="B235" s="34"/>
+      <c r="C235" s="34"/>
+      <c r="D235" s="32"/>
+      <c r="E235" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F235" s="4">
         <v>254.04</v>
       </c>
-      <c r="G115" s="5">
+      <c r="G235" s="4">
         <v>228.61</v>
       </c>
-      <c r="H115" s="5">
+      <c r="H235" s="4">
         <v>89.989765391276961</v>
       </c>
-      <c r="J115" s="34"/>
-[...9 lines deleted...]
-      <c r="F116" s="5">
+      <c r="J235" s="23"/>
+    </row>
+    <row r="236" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="27"/>
+      <c r="B236" s="34"/>
+      <c r="C236" s="34"/>
+      <c r="D236" s="32"/>
+      <c r="E236" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F236" s="4">
         <v>254.18</v>
       </c>
-      <c r="G116" s="5">
+      <c r="G236" s="4">
         <v>230.12</v>
       </c>
-      <c r="H116" s="5">
+      <c r="H236" s="4">
         <v>90.534267054843028</v>
       </c>
-      <c r="J116" s="34"/>
-[...3 lines deleted...]
-      <c r="B117" s="3" t="s">
+      <c r="J236" s="23"/>
+    </row>
+    <row r="237" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="27"/>
+      <c r="B237" s="34"/>
+      <c r="C237" s="34"/>
+      <c r="D237" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F237" s="40">
+        <v>254.32</v>
+      </c>
+      <c r="G237" s="40">
+        <v>231.99</v>
+      </c>
+      <c r="H237" s="4"/>
+      <c r="J237" s="23"/>
+    </row>
+    <row r="238" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="27"/>
+      <c r="B238" s="34"/>
+      <c r="C238" s="34"/>
+      <c r="D238" s="32"/>
+      <c r="E238" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F238" s="40">
+        <v>254.48</v>
+      </c>
+      <c r="G238" s="40">
+        <v>241.76</v>
+      </c>
+      <c r="H238" s="4"/>
+      <c r="J238" s="23"/>
+    </row>
+    <row r="239" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="27"/>
+      <c r="B239" s="34"/>
+      <c r="C239" s="34"/>
+      <c r="D239" s="32"/>
+      <c r="E239" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F239" s="40">
+        <v>260.16000000000003</v>
+      </c>
+      <c r="G239" s="40">
+        <v>251.71</v>
+      </c>
+      <c r="H239" s="4"/>
+      <c r="J239" s="23"/>
+    </row>
+    <row r="240" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="27"/>
+      <c r="B240" s="34"/>
+      <c r="C240" s="34"/>
+      <c r="D240" s="32"/>
+      <c r="E240" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F240" s="40">
+        <v>260.27999999999997</v>
+      </c>
+      <c r="G240" s="40">
+        <v>252.99</v>
+      </c>
+      <c r="H240" s="4"/>
+      <c r="J240" s="23"/>
+    </row>
+    <row r="241" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="27"/>
+      <c r="B241" s="34"/>
+      <c r="C241" s="34"/>
+      <c r="D241" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F241" s="41">
+        <v>260.39999999999998</v>
+      </c>
+      <c r="G241" s="40">
+        <v>231.61</v>
+      </c>
+      <c r="H241" s="4"/>
+      <c r="J241" s="23"/>
+    </row>
+    <row r="242" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="27"/>
+      <c r="B242" s="34"/>
+      <c r="C242" s="34"/>
+      <c r="D242" s="32"/>
+      <c r="E242" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F242" s="40">
+        <v>260.52999999999997</v>
+      </c>
+      <c r="G242" s="40">
+        <v>228.93</v>
+      </c>
+      <c r="H242" s="4"/>
+      <c r="J242" s="23"/>
+    </row>
+    <row r="243" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="27"/>
+      <c r="B243" s="34"/>
+      <c r="C243" s="34"/>
+      <c r="D243" s="32"/>
+      <c r="E243" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F243" s="41">
+        <v>255.4</v>
+      </c>
+      <c r="G243" s="41">
+        <v>226.5</v>
+      </c>
+      <c r="H243" s="4"/>
+      <c r="J243" s="23"/>
+    </row>
+    <row r="244" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="27"/>
+      <c r="B244" s="35"/>
+      <c r="C244" s="35"/>
+      <c r="D244" s="32"/>
+      <c r="E244" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F244" s="40">
+        <v>255.48</v>
+      </c>
+      <c r="G244" s="40">
+        <v>228.38</v>
+      </c>
+      <c r="H244" s="4"/>
+      <c r="J244" s="23"/>
+    </row>
+    <row r="245" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="27"/>
+      <c r="B245" s="33" t="s">
         <v>24</v>
       </c>
-      <c r="C117" s="3"/>
-      <c r="D117" s="6">
+      <c r="C245" s="33"/>
+      <c r="D245" s="32">
         <v>2564</v>
       </c>
-      <c r="E117" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F117" s="5">
+      <c r="E245" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F245" s="4">
         <v>587.99</v>
       </c>
-      <c r="G117" s="5">
+      <c r="G245" s="4">
         <v>563.27</v>
       </c>
-      <c r="H117" s="5">
+      <c r="H245" s="4">
         <v>95.795846868144011</v>
       </c>
-      <c r="J117" s="34"/>
-[...9 lines deleted...]
-      <c r="F118" s="5">
+      <c r="J245" s="23"/>
+    </row>
+    <row r="246" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="27"/>
+      <c r="B246" s="34"/>
+      <c r="C246" s="34"/>
+      <c r="D246" s="32"/>
+      <c r="E246" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F246" s="4">
         <v>631.66999999999996</v>
       </c>
-      <c r="G118" s="5">
+      <c r="G246" s="4">
         <v>611.52</v>
       </c>
-      <c r="H118" s="5">
+      <c r="H246" s="4">
         <v>96.810043218769295</v>
       </c>
-      <c r="J118" s="34"/>
-[...9 lines deleted...]
-      <c r="F119" s="5">
+      <c r="J246" s="23"/>
+    </row>
+    <row r="247" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="27"/>
+      <c r="B247" s="34"/>
+      <c r="C247" s="34"/>
+      <c r="D247" s="32"/>
+      <c r="E247" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F247" s="4">
         <v>632.92999999999995</v>
       </c>
-      <c r="G119" s="5">
+      <c r="G247" s="4">
         <v>608.59</v>
       </c>
-      <c r="H119" s="5">
+      <c r="H247" s="4">
         <v>96.154393060844015</v>
       </c>
-      <c r="J119" s="34"/>
-[...5 lines deleted...]
-      <c r="D120" s="6">
+      <c r="J247" s="23"/>
+    </row>
+    <row r="248" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="27"/>
+      <c r="B248" s="34"/>
+      <c r="C248" s="34"/>
+      <c r="D248" s="32">
         <v>2565</v>
       </c>
-      <c r="E120" s="4" t="s">
+      <c r="E248" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F120" s="5">
+      <c r="F248" s="4">
         <v>757.92</v>
       </c>
-      <c r="G120" s="5">
+      <c r="G248" s="4">
         <v>744.86</v>
       </c>
-      <c r="H120" s="5">
+      <c r="H248" s="4">
         <v>98.276862993455779</v>
       </c>
-      <c r="J120" s="34"/>
-[...9 lines deleted...]
-      <c r="F121" s="5">
+      <c r="J248" s="23"/>
+    </row>
+    <row r="249" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="27"/>
+      <c r="B249" s="34"/>
+      <c r="C249" s="34"/>
+      <c r="D249" s="32"/>
+      <c r="E249" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F249" s="4">
         <v>761.31</v>
       </c>
-      <c r="G121" s="5">
+      <c r="G249" s="4">
         <v>719.53</v>
       </c>
-      <c r="H121" s="5">
+      <c r="H249" s="4">
         <v>94.512091001037689</v>
       </c>
-      <c r="J121" s="34"/>
-[...9 lines deleted...]
-      <c r="F122" s="5">
+      <c r="J249" s="23"/>
+    </row>
+    <row r="250" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="27"/>
+      <c r="B250" s="34"/>
+      <c r="C250" s="34"/>
+      <c r="D250" s="32"/>
+      <c r="E250" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F250" s="4">
         <v>692.18</v>
       </c>
-      <c r="G122" s="5">
+      <c r="G250" s="4">
         <v>671.82</v>
       </c>
-      <c r="H122" s="5">
+      <c r="H250" s="4">
         <v>97.058568580427064</v>
       </c>
-      <c r="J122" s="34"/>
-[...9 lines deleted...]
-      <c r="F123" s="5">
+      <c r="J250" s="23"/>
+    </row>
+    <row r="251" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="27"/>
+      <c r="B251" s="34"/>
+      <c r="C251" s="34"/>
+      <c r="D251" s="32"/>
+      <c r="E251" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F251" s="4">
         <v>696.1</v>
       </c>
-      <c r="G123" s="5">
+      <c r="G251" s="4">
         <v>680.18</v>
       </c>
-      <c r="H123" s="5">
+      <c r="H251" s="4">
         <v>97.712972274098547</v>
       </c>
-      <c r="J123" s="34"/>
-[...3 lines deleted...]
-      <c r="B124" s="3" t="s">
+      <c r="J251" s="23"/>
+    </row>
+    <row r="252" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="27"/>
+      <c r="B252" s="34"/>
+      <c r="C252" s="34"/>
+      <c r="D252" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" s="40">
+        <v>700.07</v>
+      </c>
+      <c r="G252" s="41">
+        <v>48.7</v>
+      </c>
+      <c r="H252" s="4"/>
+      <c r="J252" s="23"/>
+    </row>
+    <row r="253" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="27"/>
+      <c r="B253" s="34"/>
+      <c r="C253" s="34"/>
+      <c r="D253" s="32"/>
+      <c r="E253" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F253" s="40">
+        <v>704.08</v>
+      </c>
+      <c r="G253" s="41">
+        <v>50.4</v>
+      </c>
+      <c r="H253" s="4"/>
+      <c r="J253" s="23"/>
+    </row>
+    <row r="254" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="27"/>
+      <c r="B254" s="34"/>
+      <c r="C254" s="34"/>
+      <c r="D254" s="32"/>
+      <c r="E254" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F254" s="40">
+        <v>799.17</v>
+      </c>
+      <c r="G254" s="40">
+        <v>51.94</v>
+      </c>
+      <c r="H254" s="4"/>
+      <c r="J254" s="23"/>
+    </row>
+    <row r="255" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="27"/>
+      <c r="B255" s="34"/>
+      <c r="C255" s="34"/>
+      <c r="D255" s="32"/>
+      <c r="E255" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F255" s="40">
+        <v>803.54</v>
+      </c>
+      <c r="G255" s="40">
+        <v>51.82</v>
+      </c>
+      <c r="H255" s="4"/>
+      <c r="J255" s="23"/>
+    </row>
+    <row r="256" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="27"/>
+      <c r="B256" s="34"/>
+      <c r="C256" s="34"/>
+      <c r="D256" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F256" s="40">
+        <v>807.95</v>
+      </c>
+      <c r="G256" s="40">
+        <v>788.69</v>
+      </c>
+      <c r="H256" s="4"/>
+      <c r="J256" s="23"/>
+    </row>
+    <row r="257" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="27"/>
+      <c r="B257" s="34"/>
+      <c r="C257" s="34"/>
+      <c r="D257" s="32"/>
+      <c r="E257" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F257" s="40">
+        <v>812.41</v>
+      </c>
+      <c r="G257" s="40">
+        <v>775.86</v>
+      </c>
+      <c r="H257" s="4"/>
+      <c r="J257" s="23"/>
+    </row>
+    <row r="258" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="27"/>
+      <c r="B258" s="34"/>
+      <c r="C258" s="34"/>
+      <c r="D258" s="32"/>
+      <c r="E258" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F258" s="41">
+        <v>752.7</v>
+      </c>
+      <c r="G258" s="41">
+        <v>732.9</v>
+      </c>
+      <c r="H258" s="4"/>
+      <c r="J258" s="23"/>
+    </row>
+    <row r="259" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="27"/>
+      <c r="B259" s="35"/>
+      <c r="C259" s="35"/>
+      <c r="D259" s="32"/>
+      <c r="E259" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F259" s="40">
+        <v>756.68</v>
+      </c>
+      <c r="G259" s="40">
+        <v>737.79</v>
+      </c>
+      <c r="H259" s="4"/>
+      <c r="J259" s="23"/>
+    </row>
+    <row r="260" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="27"/>
+      <c r="B260" s="33" t="s">
         <v>25</v>
       </c>
-      <c r="C124" s="3"/>
-      <c r="D124" s="6">
+      <c r="C260" s="33"/>
+      <c r="D260" s="32">
         <v>2564</v>
       </c>
-      <c r="E124" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F124" s="5">
+      <c r="E260" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F260" s="4">
         <v>360.02</v>
       </c>
-      <c r="G124" s="5">
+      <c r="G260" s="4">
         <v>334.05</v>
       </c>
-      <c r="H124" s="5">
+      <c r="H260" s="4">
         <v>92.786511860452208</v>
       </c>
-      <c r="J124" s="34"/>
-[...9 lines deleted...]
-      <c r="F125" s="5">
+      <c r="J260" s="23"/>
+    </row>
+    <row r="261" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="27"/>
+      <c r="B261" s="34"/>
+      <c r="C261" s="34"/>
+      <c r="D261" s="32"/>
+      <c r="E261" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F261" s="4">
         <v>372.41</v>
       </c>
-      <c r="G125" s="5">
+      <c r="G261" s="4">
         <v>349.02</v>
       </c>
-      <c r="H125" s="5">
+      <c r="H261" s="4">
         <v>93.719287881635822</v>
       </c>
-      <c r="J125" s="34"/>
-[...9 lines deleted...]
-      <c r="F126" s="5">
+      <c r="J261" s="23"/>
+    </row>
+    <row r="262" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="27"/>
+      <c r="B262" s="34"/>
+      <c r="C262" s="34"/>
+      <c r="D262" s="32"/>
+      <c r="E262" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F262" s="4">
         <v>373.26</v>
       </c>
-      <c r="G126" s="5">
+      <c r="G262" s="4">
         <v>359.38</v>
       </c>
-      <c r="H126" s="5">
+      <c r="H262" s="4">
         <v>96.281412420296846</v>
       </c>
-      <c r="J126" s="34"/>
-[...5 lines deleted...]
-      <c r="D127" s="6">
+      <c r="J262" s="23"/>
+    </row>
+    <row r="263" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="27"/>
+      <c r="B263" s="34"/>
+      <c r="C263" s="34"/>
+      <c r="D263" s="32">
         <v>2565</v>
       </c>
-      <c r="E127" s="4" t="s">
+      <c r="E263" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F127" s="5">
+      <c r="F263" s="4">
         <v>444.76</v>
       </c>
-      <c r="G127" s="5">
+      <c r="G263" s="4">
         <v>430.85</v>
       </c>
-      <c r="H127" s="5">
+      <c r="H263" s="4">
         <v>96.872470545912407</v>
       </c>
-      <c r="J127" s="34"/>
-[...9 lines deleted...]
-      <c r="F128" s="5">
+      <c r="J263" s="23"/>
+    </row>
+    <row r="264" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="27"/>
+      <c r="B264" s="34"/>
+      <c r="C264" s="34"/>
+      <c r="D264" s="32"/>
+      <c r="E264" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F264" s="4">
         <v>447.34</v>
       </c>
-      <c r="G128" s="5">
+      <c r="G264" s="4">
         <v>424.92</v>
       </c>
-      <c r="H128" s="5">
+      <c r="H264" s="4">
         <v>94.988152188491981</v>
       </c>
-      <c r="J128" s="34"/>
-[...9 lines deleted...]
-      <c r="F129" s="5">
+      <c r="J264" s="23"/>
+    </row>
+    <row r="265" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="27"/>
+      <c r="B265" s="34"/>
+      <c r="C265" s="34"/>
+      <c r="D265" s="32"/>
+      <c r="E265" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F265" s="4">
         <v>402.47</v>
       </c>
-      <c r="G129" s="5">
+      <c r="G265" s="4">
         <v>390.8</v>
       </c>
-      <c r="H129" s="5">
+      <c r="H265" s="4">
         <v>97.100404999130362</v>
       </c>
-      <c r="J129" s="34"/>
-[...9 lines deleted...]
-      <c r="F130" s="5">
+      <c r="J265" s="23"/>
+    </row>
+    <row r="266" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="27"/>
+      <c r="B266" s="34"/>
+      <c r="C266" s="34"/>
+      <c r="D266" s="32"/>
+      <c r="E266" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F266" s="4">
         <v>405.71</v>
       </c>
-      <c r="G130" s="5">
+      <c r="G266" s="4">
         <v>390.2</v>
       </c>
-      <c r="H130" s="5">
+      <c r="H266" s="4">
         <v>96.17707229301719</v>
       </c>
-      <c r="J130" s="34"/>
-[...3 lines deleted...]
-      <c r="B131" s="3" t="s">
+      <c r="J266" s="23"/>
+    </row>
+    <row r="267" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="27"/>
+      <c r="B267" s="34"/>
+      <c r="C267" s="34"/>
+      <c r="D267" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F267" s="40">
+        <v>408.98</v>
+      </c>
+      <c r="G267" s="40">
+        <v>78.66</v>
+      </c>
+      <c r="H267" s="4"/>
+      <c r="J267" s="23"/>
+    </row>
+    <row r="268" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="27"/>
+      <c r="B268" s="34"/>
+      <c r="C268" s="34"/>
+      <c r="D268" s="32"/>
+      <c r="E268" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F268" s="41">
+        <v>412.3</v>
+      </c>
+      <c r="G268" s="40">
+        <v>79.650000000000006</v>
+      </c>
+      <c r="H268" s="4"/>
+      <c r="J268" s="23"/>
+    </row>
+    <row r="269" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="27"/>
+      <c r="B269" s="34"/>
+      <c r="C269" s="34"/>
+      <c r="D269" s="32"/>
+      <c r="E269" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F269" s="40">
+        <v>447.98</v>
+      </c>
+      <c r="G269" s="40">
+        <v>84.72</v>
+      </c>
+      <c r="H269" s="4"/>
+      <c r="J269" s="23"/>
+    </row>
+    <row r="270" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="27"/>
+      <c r="B270" s="34"/>
+      <c r="C270" s="34"/>
+      <c r="D270" s="32"/>
+      <c r="E270" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F270" s="40">
+        <v>451.43</v>
+      </c>
+      <c r="G270" s="40">
+        <v>82.54</v>
+      </c>
+      <c r="H270" s="4"/>
+      <c r="J270" s="23"/>
+    </row>
+    <row r="271" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="27"/>
+      <c r="B271" s="34"/>
+      <c r="C271" s="34"/>
+      <c r="D271" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F271" s="40">
+        <v>454.92</v>
+      </c>
+      <c r="G271" s="41">
+        <v>446.3</v>
+      </c>
+      <c r="H271" s="4"/>
+      <c r="J271" s="23"/>
+    </row>
+    <row r="272" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="27"/>
+      <c r="B272" s="34"/>
+      <c r="C272" s="34"/>
+      <c r="D272" s="32"/>
+      <c r="E272" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F272" s="40">
+        <v>458.44</v>
+      </c>
+      <c r="G272" s="41">
+        <v>448.7</v>
+      </c>
+      <c r="H272" s="4"/>
+      <c r="J272" s="23"/>
+    </row>
+    <row r="273" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="27"/>
+      <c r="B273" s="34"/>
+      <c r="C273" s="34"/>
+      <c r="D273" s="32"/>
+      <c r="E273" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F273" s="41">
+        <v>469.3</v>
+      </c>
+      <c r="G273" s="41">
+        <v>460.6</v>
+      </c>
+      <c r="H273" s="4"/>
+      <c r="J273" s="23"/>
+    </row>
+    <row r="274" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="27"/>
+      <c r="B274" s="35"/>
+      <c r="C274" s="35"/>
+      <c r="D274" s="32"/>
+      <c r="E274" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F274" s="40">
+        <v>472.79</v>
+      </c>
+      <c r="G274" s="40">
+        <v>464.25</v>
+      </c>
+      <c r="H274" s="4"/>
+      <c r="J274" s="23"/>
+    </row>
+    <row r="275" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="27"/>
+      <c r="B275" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="C131" s="3"/>
-      <c r="D131" s="6">
+      <c r="C275" s="33"/>
+      <c r="D275" s="33">
         <v>2564</v>
       </c>
-      <c r="E131" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F131" s="5">
+      <c r="E275" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F275" s="4">
         <v>195.2</v>
       </c>
-      <c r="G131" s="5">
+      <c r="G275" s="4">
         <v>166.79</v>
       </c>
-      <c r="H131" s="5">
+      <c r="H275" s="4">
         <v>85.445696721311478</v>
       </c>
-      <c r="J131" s="34"/>
-[...9 lines deleted...]
-      <c r="F132" s="5">
+      <c r="J275" s="23"/>
+    </row>
+    <row r="276" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="27"/>
+      <c r="B276" s="34"/>
+      <c r="C276" s="34"/>
+      <c r="D276" s="34"/>
+      <c r="E276" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F276" s="4">
         <v>186.98</v>
       </c>
-      <c r="G132" s="5">
+      <c r="G276" s="4">
         <v>162.58000000000001</v>
       </c>
-      <c r="H132" s="5">
+      <c r="H276" s="4">
         <v>86.950475986736564</v>
       </c>
-      <c r="J132" s="34"/>
-[...9 lines deleted...]
-      <c r="F133" s="5">
+      <c r="J276" s="23"/>
+    </row>
+    <row r="277" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="27"/>
+      <c r="B277" s="34"/>
+      <c r="C277" s="34"/>
+      <c r="D277" s="35"/>
+      <c r="E277" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F277" s="4">
         <v>187.57</v>
       </c>
-      <c r="G133" s="5">
+      <c r="G277" s="4">
         <v>166.02</v>
       </c>
-      <c r="H133" s="5">
+      <c r="H277" s="4">
         <v>88.51095590979368</v>
       </c>
-      <c r="J133" s="34"/>
-[...5 lines deleted...]
-      <c r="D134" s="6">
+      <c r="J277" s="23"/>
+    </row>
+    <row r="278" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="27"/>
+      <c r="B278" s="34"/>
+      <c r="C278" s="34"/>
+      <c r="D278" s="33">
         <v>2565</v>
       </c>
-      <c r="E134" s="4" t="s">
+      <c r="E278" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F134" s="5">
+      <c r="F278" s="4">
         <v>193.86</v>
       </c>
-      <c r="G134" s="5">
+      <c r="G278" s="4">
         <v>171.5</v>
       </c>
-      <c r="H134" s="5">
+      <c r="H278" s="4">
         <v>88.465903229134426</v>
       </c>
-      <c r="J134" s="34"/>
-[...9 lines deleted...]
-      <c r="F135" s="5">
+      <c r="J278" s="23"/>
+    </row>
+    <row r="279" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="27"/>
+      <c r="B279" s="34"/>
+      <c r="C279" s="34"/>
+      <c r="D279" s="34"/>
+      <c r="E279" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F279" s="4">
         <v>194.23</v>
       </c>
-      <c r="G135" s="5">
+      <c r="G279" s="4">
         <v>170.28</v>
       </c>
-      <c r="H135" s="5">
+      <c r="H279" s="4">
         <v>87.669258096071673</v>
       </c>
-      <c r="J135" s="34"/>
-[...9 lines deleted...]
-      <c r="F136" s="5">
+      <c r="J279" s="23"/>
+    </row>
+    <row r="280" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="27"/>
+      <c r="B280" s="34"/>
+      <c r="C280" s="34"/>
+      <c r="D280" s="34"/>
+      <c r="E280" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F280" s="4">
         <v>190.74</v>
       </c>
-      <c r="G136" s="5">
+      <c r="G280" s="4">
         <v>170.32</v>
       </c>
-      <c r="H136" s="5">
+      <c r="H280" s="4">
         <v>89.294327356611092</v>
       </c>
-      <c r="J136" s="34"/>
-[...9 lines deleted...]
-      <c r="F137" s="5">
+      <c r="J280" s="23"/>
+    </row>
+    <row r="281" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="27"/>
+      <c r="B281" s="34"/>
+      <c r="C281" s="34"/>
+      <c r="D281" s="35"/>
+      <c r="E281" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F281" s="4">
         <v>191.1</v>
       </c>
-      <c r="G137" s="5">
+      <c r="G281" s="4">
         <v>167.69</v>
       </c>
-      <c r="H137" s="5">
+      <c r="H281" s="4">
         <v>87.749869178440605</v>
       </c>
-      <c r="J137" s="34"/>
-[...3 lines deleted...]
-      <c r="B138" s="3" t="s">
+      <c r="J281" s="23"/>
+    </row>
+    <row r="282" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="27"/>
+      <c r="B282" s="34"/>
+      <c r="C282" s="34"/>
+      <c r="D282" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F282" s="40">
+        <v>191.46</v>
+      </c>
+      <c r="G282" s="40">
+        <v>226.15</v>
+      </c>
+      <c r="H282" s="4"/>
+      <c r="J282" s="23"/>
+    </row>
+    <row r="283" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="27"/>
+      <c r="B283" s="34"/>
+      <c r="C283" s="34"/>
+      <c r="D283" s="32"/>
+      <c r="E283" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F283" s="40">
+        <v>191.83</v>
+      </c>
+      <c r="G283" s="40">
+        <v>230.16</v>
+      </c>
+      <c r="H283" s="4"/>
+      <c r="J283" s="23"/>
+    </row>
+    <row r="284" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="27"/>
+      <c r="B284" s="34"/>
+      <c r="C284" s="34"/>
+      <c r="D284" s="32"/>
+      <c r="E284" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F284" s="40">
+        <v>199.81</v>
+      </c>
+      <c r="G284" s="40">
+        <v>233.64</v>
+      </c>
+      <c r="H284" s="4"/>
+      <c r="J284" s="23"/>
+    </row>
+    <row r="285" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="27"/>
+      <c r="B285" s="34"/>
+      <c r="C285" s="34"/>
+      <c r="D285" s="32"/>
+      <c r="E285" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F285" s="40">
+        <v>200.18</v>
+      </c>
+      <c r="G285" s="40">
+        <v>230.21</v>
+      </c>
+      <c r="H285" s="4"/>
+      <c r="J285" s="23"/>
+    </row>
+    <row r="286" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="27"/>
+      <c r="B286" s="34"/>
+      <c r="C286" s="34"/>
+      <c r="D286" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F286" s="40">
+        <v>200.56</v>
+      </c>
+      <c r="G286" s="40">
+        <v>180.36</v>
+      </c>
+      <c r="H286" s="4"/>
+      <c r="J286" s="23"/>
+    </row>
+    <row r="287" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="27"/>
+      <c r="B287" s="34"/>
+      <c r="C287" s="34"/>
+      <c r="D287" s="32"/>
+      <c r="E287" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F287" s="40">
+        <v>200.94</v>
+      </c>
+      <c r="G287" s="42">
+        <v>175</v>
+      </c>
+      <c r="H287" s="4"/>
+      <c r="J287" s="23"/>
+    </row>
+    <row r="288" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="27"/>
+      <c r="B288" s="34"/>
+      <c r="C288" s="34"/>
+      <c r="D288" s="32"/>
+      <c r="E288" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F288" s="41">
+        <v>193.7</v>
+      </c>
+      <c r="G288" s="41">
+        <v>173.7</v>
+      </c>
+      <c r="H288" s="4"/>
+      <c r="J288" s="23"/>
+    </row>
+    <row r="289" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="27"/>
+      <c r="B289" s="35"/>
+      <c r="C289" s="35"/>
+      <c r="D289" s="32"/>
+      <c r="E289" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F289" s="40">
+        <v>194.04</v>
+      </c>
+      <c r="G289" s="40">
+        <v>177.19</v>
+      </c>
+      <c r="H289" s="4"/>
+      <c r="J289" s="23"/>
+    </row>
+    <row r="290" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="27"/>
+      <c r="B290" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="C138" s="3"/>
-      <c r="D138" s="6">
+      <c r="C290" s="33"/>
+      <c r="D290" s="32">
         <v>2564</v>
       </c>
-      <c r="E138" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F138" s="5">
+      <c r="E290" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F290" s="4">
         <v>103.37</v>
       </c>
-      <c r="G138" s="5">
+      <c r="G290" s="4">
         <v>91.21</v>
       </c>
-      <c r="H138" s="5">
+      <c r="H290" s="4">
         <v>88.236432233723519</v>
       </c>
-      <c r="J138" s="34"/>
-[...9 lines deleted...]
-      <c r="F139" s="5">
+      <c r="J290" s="23"/>
+    </row>
+    <row r="291" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="27"/>
+      <c r="B291" s="34"/>
+      <c r="C291" s="34"/>
+      <c r="D291" s="32"/>
+      <c r="E291" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F291" s="4">
         <v>102.7</v>
       </c>
-      <c r="G139" s="5">
+      <c r="G291" s="4">
         <v>92.47</v>
       </c>
-      <c r="H139" s="5">
+      <c r="H291" s="4">
         <v>90.038948393378774</v>
       </c>
-      <c r="J139" s="34"/>
-[...9 lines deleted...]
-      <c r="F140" s="5">
+      <c r="J291" s="23"/>
+    </row>
+    <row r="292" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="27"/>
+      <c r="B292" s="34"/>
+      <c r="C292" s="34"/>
+      <c r="D292" s="32"/>
+      <c r="E292" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F292" s="4">
         <v>102.99</v>
       </c>
-      <c r="G140" s="5">
+      <c r="G292" s="4">
         <v>91.14</v>
       </c>
-      <c r="H140" s="5">
+      <c r="H292" s="4">
         <v>88.494028546460825</v>
       </c>
-      <c r="J140" s="34"/>
-[...5 lines deleted...]
-      <c r="D141" s="6">
+      <c r="J292" s="23"/>
+    </row>
+    <row r="293" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="27"/>
+      <c r="B293" s="34"/>
+      <c r="C293" s="34"/>
+      <c r="D293" s="32">
         <v>2565</v>
       </c>
-      <c r="E141" s="4" t="s">
+      <c r="E293" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F141" s="5">
+      <c r="F293" s="4">
         <v>100.02</v>
       </c>
-      <c r="G141" s="5">
+      <c r="G293" s="4">
         <v>91.33</v>
       </c>
-      <c r="H141" s="5">
+      <c r="H293" s="4">
         <v>91.311737652469503</v>
       </c>
-      <c r="J141" s="34"/>
-[...9 lines deleted...]
-      <c r="F142" s="5">
+      <c r="J293" s="23"/>
+    </row>
+    <row r="294" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="27"/>
+      <c r="B294" s="34"/>
+      <c r="C294" s="34"/>
+      <c r="D294" s="32"/>
+      <c r="E294" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F294" s="4">
         <v>100.26</v>
       </c>
-      <c r="G142" s="5">
+      <c r="G294" s="4">
         <v>90.85</v>
       </c>
-      <c r="H142" s="5">
+      <c r="H294" s="4">
         <v>90.614402553361259</v>
       </c>
-      <c r="J142" s="34"/>
-[...9 lines deleted...]
-      <c r="F143" s="5">
+      <c r="J294" s="23"/>
+    </row>
+    <row r="295" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="27"/>
+      <c r="B295" s="34"/>
+      <c r="C295" s="34"/>
+      <c r="D295" s="32"/>
+      <c r="E295" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F295" s="4">
         <v>97.46</v>
       </c>
-      <c r="G143" s="5">
+      <c r="G295" s="4">
         <v>87.89</v>
       </c>
-      <c r="H143" s="5">
+      <c r="H295" s="4">
         <v>90.180586907449211</v>
       </c>
-      <c r="J143" s="34"/>
-[...9 lines deleted...]
-      <c r="F144" s="5">
+      <c r="J295" s="23"/>
+    </row>
+    <row r="296" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="27"/>
+      <c r="B296" s="34"/>
+      <c r="C296" s="34"/>
+      <c r="D296" s="32"/>
+      <c r="E296" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F296" s="4">
         <v>97.67</v>
       </c>
-      <c r="G144" s="5">
+      <c r="G296" s="4">
         <v>89.38</v>
       </c>
-      <c r="H144" s="5">
+      <c r="H296" s="4">
         <v>91.512235077301114</v>
       </c>
-      <c r="J144" s="34"/>
-[...3 lines deleted...]
-      <c r="B145" s="3" t="s">
+      <c r="J296" s="23"/>
+    </row>
+    <row r="297" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="27"/>
+      <c r="B297" s="34"/>
+      <c r="C297" s="34"/>
+      <c r="D297" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F297" s="41">
+        <v>97.9</v>
+      </c>
+      <c r="G297" s="40">
+        <v>671.66</v>
+      </c>
+      <c r="H297" s="4"/>
+      <c r="J297" s="23"/>
+    </row>
+    <row r="298" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="27"/>
+      <c r="B298" s="34"/>
+      <c r="C298" s="34"/>
+      <c r="D298" s="32"/>
+      <c r="E298" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F298" s="40">
+        <v>98.12</v>
+      </c>
+      <c r="G298" s="40">
+        <v>687.75</v>
+      </c>
+      <c r="H298" s="4"/>
+      <c r="J298" s="23"/>
+    </row>
+    <row r="299" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="27"/>
+      <c r="B299" s="34"/>
+      <c r="C299" s="34"/>
+      <c r="D299" s="32"/>
+      <c r="E299" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F299" s="41">
+        <v>98.6</v>
+      </c>
+      <c r="G299" s="40">
+        <v>765.92</v>
+      </c>
+      <c r="H299" s="4"/>
+      <c r="J299" s="23"/>
+    </row>
+    <row r="300" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="27"/>
+      <c r="B300" s="34"/>
+      <c r="C300" s="34"/>
+      <c r="D300" s="32"/>
+      <c r="E300" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F300" s="40">
+        <v>98.81</v>
+      </c>
+      <c r="G300" s="40">
+        <v>785.63</v>
+      </c>
+      <c r="H300" s="4"/>
+      <c r="J300" s="23"/>
+    </row>
+    <row r="301" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="27"/>
+      <c r="B301" s="34"/>
+      <c r="C301" s="34"/>
+      <c r="D301" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F301" s="40">
+        <v>99.02</v>
+      </c>
+      <c r="G301" s="40">
+        <v>86.39</v>
+      </c>
+      <c r="H301" s="4"/>
+      <c r="J301" s="23"/>
+    </row>
+    <row r="302" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="27"/>
+      <c r="B302" s="34"/>
+      <c r="C302" s="34"/>
+      <c r="D302" s="32"/>
+      <c r="E302" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F302" s="40">
+        <v>99.24</v>
+      </c>
+      <c r="G302" s="40">
+        <v>89.52</v>
+      </c>
+      <c r="H302" s="4"/>
+      <c r="J302" s="23"/>
+    </row>
+    <row r="303" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="27"/>
+      <c r="B303" s="34"/>
+      <c r="C303" s="34"/>
+      <c r="D303" s="32"/>
+      <c r="E303" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F303" s="41">
+        <v>102.9</v>
+      </c>
+      <c r="G303" s="41">
+        <v>91.7</v>
+      </c>
+      <c r="H303" s="4"/>
+      <c r="J303" s="23"/>
+    </row>
+    <row r="304" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="27"/>
+      <c r="B304" s="35"/>
+      <c r="C304" s="35"/>
+      <c r="D304" s="32"/>
+      <c r="E304" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F304" s="40">
+        <v>103.12</v>
+      </c>
+      <c r="G304" s="40">
+        <v>92.85</v>
+      </c>
+      <c r="H304" s="4"/>
+      <c r="J304" s="23"/>
+    </row>
+    <row r="305" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="27"/>
+      <c r="B305" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="C145" s="3"/>
-      <c r="D145" s="6">
+      <c r="C305" s="33"/>
+      <c r="D305" s="32">
         <v>2564</v>
       </c>
-      <c r="E145" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F145" s="5">
+      <c r="E305" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F305" s="4">
         <v>282.64999999999998</v>
       </c>
-      <c r="G145" s="5">
+      <c r="G305" s="4">
         <v>241.73</v>
       </c>
-      <c r="H145" s="5">
+      <c r="H305" s="4">
         <v>85.52273129311871</v>
       </c>
-      <c r="J145" s="34"/>
-[...9 lines deleted...]
-      <c r="F146" s="5">
+      <c r="J305" s="23"/>
+    </row>
+    <row r="306" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="27"/>
+      <c r="B306" s="34"/>
+      <c r="C306" s="34"/>
+      <c r="D306" s="32"/>
+      <c r="E306" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F306" s="4">
         <v>302.07</v>
       </c>
-      <c r="G146" s="5">
+      <c r="G306" s="4">
         <v>255.92</v>
       </c>
-      <c r="H146" s="5">
+      <c r="H306" s="4">
         <v>84.722084285099484</v>
       </c>
-      <c r="J146" s="34"/>
-[...9 lines deleted...]
-      <c r="F147" s="5">
+      <c r="J306" s="23"/>
+    </row>
+    <row r="307" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="27"/>
+      <c r="B307" s="34"/>
+      <c r="C307" s="34"/>
+      <c r="D307" s="32"/>
+      <c r="E307" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F307" s="4">
         <v>303.01</v>
       </c>
-      <c r="G147" s="5">
+      <c r="G307" s="4">
         <v>260.52999999999997</v>
       </c>
-      <c r="H147" s="5">
+      <c r="H307" s="4">
         <v>85.98066070426718</v>
       </c>
-      <c r="J147" s="34"/>
-[...5 lines deleted...]
-      <c r="D148" s="6">
+      <c r="J307" s="23"/>
+    </row>
+    <row r="308" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="27"/>
+      <c r="B308" s="34"/>
+      <c r="C308" s="34"/>
+      <c r="D308" s="32">
         <v>2565</v>
       </c>
-      <c r="E148" s="4" t="s">
+      <c r="E308" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F148" s="5">
+      <c r="F308" s="4">
         <v>348.04</v>
       </c>
-      <c r="G148" s="5">
+      <c r="G308" s="4">
         <v>322.42</v>
       </c>
-      <c r="H148" s="5">
+      <c r="H308" s="4">
         <v>92.638777152051489</v>
       </c>
-      <c r="J148" s="34"/>
-[...9 lines deleted...]
-      <c r="F149" s="5">
+      <c r="J308" s="23"/>
+    </row>
+    <row r="309" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="27"/>
+      <c r="B309" s="34"/>
+      <c r="C309" s="34"/>
+      <c r="D309" s="32"/>
+      <c r="E309" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F309" s="4">
         <v>349.73</v>
       </c>
-      <c r="G149" s="5">
+      <c r="G309" s="4">
         <v>309.12</v>
       </c>
-      <c r="H149" s="5">
+      <c r="H309" s="4">
         <v>88.388185171417945</v>
       </c>
-      <c r="J149" s="34"/>
-[...9 lines deleted...]
-      <c r="F150" s="5">
+      <c r="J309" s="23"/>
+    </row>
+    <row r="310" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="27"/>
+      <c r="B310" s="34"/>
+      <c r="C310" s="34"/>
+      <c r="D310" s="32"/>
+      <c r="E310" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F310" s="4">
         <v>319.12</v>
       </c>
-      <c r="G150" s="5">
+      <c r="G310" s="4">
         <v>287.77</v>
       </c>
-      <c r="H150" s="5">
+      <c r="H310" s="4">
         <v>90.176109300576584</v>
       </c>
-      <c r="J150" s="34"/>
-[...9 lines deleted...]
-      <c r="F151" s="5">
+      <c r="J310" s="23"/>
+    </row>
+    <row r="311" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="27"/>
+      <c r="B311" s="34"/>
+      <c r="C311" s="34"/>
+      <c r="D311" s="32"/>
+      <c r="E311" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F311" s="4">
         <v>321.61</v>
       </c>
-      <c r="G151" s="5">
+      <c r="G311" s="4">
         <v>302.69</v>
       </c>
-      <c r="H151" s="5">
+      <c r="H311" s="4">
         <v>94.117098348931933</v>
       </c>
-      <c r="J151" s="34"/>
-[...3 lines deleted...]
-      <c r="B152" s="3" t="s">
+      <c r="J311" s="23"/>
+    </row>
+    <row r="312" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="27"/>
+      <c r="B312" s="34"/>
+      <c r="C312" s="34"/>
+      <c r="D312" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F312" s="40">
+        <v>324.12</v>
+      </c>
+      <c r="G312" s="40">
+        <v>393.12</v>
+      </c>
+      <c r="H312" s="4"/>
+      <c r="J312" s="23"/>
+    </row>
+    <row r="313" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="27"/>
+      <c r="B313" s="34"/>
+      <c r="C313" s="34"/>
+      <c r="D313" s="32"/>
+      <c r="E313" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F313" s="40">
+        <v>326.66000000000003</v>
+      </c>
+      <c r="G313" s="40">
+        <v>398.06</v>
+      </c>
+      <c r="H313" s="4"/>
+      <c r="J313" s="23"/>
+    </row>
+    <row r="314" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="27"/>
+      <c r="B314" s="34"/>
+      <c r="C314" s="34"/>
+      <c r="D314" s="32"/>
+      <c r="E314" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F314" s="40">
+        <v>320.83999999999997</v>
+      </c>
+      <c r="G314" s="40">
+        <v>432.76</v>
+      </c>
+      <c r="H314" s="4"/>
+      <c r="J314" s="23"/>
+    </row>
+    <row r="315" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="27"/>
+      <c r="B315" s="34"/>
+      <c r="C315" s="34"/>
+      <c r="D315" s="32"/>
+      <c r="E315" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F315" s="40">
+        <v>323.26</v>
+      </c>
+      <c r="G315" s="42">
+        <v>440</v>
+      </c>
+      <c r="H315" s="4"/>
+      <c r="J315" s="23"/>
+    </row>
+    <row r="316" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="27"/>
+      <c r="B316" s="34"/>
+      <c r="C316" s="34"/>
+      <c r="D316" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F316" s="41">
+        <v>325.7</v>
+      </c>
+      <c r="G316" s="40">
+        <v>301.79000000000002</v>
+      </c>
+      <c r="H316" s="4"/>
+      <c r="J316" s="23"/>
+    </row>
+    <row r="317" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="27"/>
+      <c r="B317" s="34"/>
+      <c r="C317" s="34"/>
+      <c r="D317" s="32"/>
+      <c r="E317" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F317" s="40">
+        <v>328.17</v>
+      </c>
+      <c r="G317" s="40">
+        <v>302.16000000000003</v>
+      </c>
+      <c r="H317" s="4"/>
+      <c r="J317" s="23"/>
+    </row>
+    <row r="318" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="27"/>
+      <c r="B318" s="34"/>
+      <c r="C318" s="34"/>
+      <c r="D318" s="32"/>
+      <c r="E318" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F318" s="41">
+        <v>330.7</v>
+      </c>
+      <c r="G318" s="42">
+        <v>306</v>
+      </c>
+      <c r="H318" s="4"/>
+      <c r="J318" s="23"/>
+    </row>
+    <row r="319" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="27"/>
+      <c r="B319" s="35"/>
+      <c r="C319" s="35"/>
+      <c r="D319" s="32"/>
+      <c r="E319" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F319" s="40">
+        <v>333.06</v>
+      </c>
+      <c r="G319" s="40">
+        <v>307.22000000000003</v>
+      </c>
+      <c r="H319" s="4"/>
+      <c r="J319" s="23"/>
+    </row>
+    <row r="320" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="27"/>
+      <c r="B320" s="33" t="s">
         <v>29</v>
       </c>
-      <c r="C152" s="3"/>
-      <c r="D152" s="6">
+      <c r="C320" s="33"/>
+      <c r="D320" s="32">
         <v>2564</v>
       </c>
-      <c r="E152" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F152" s="5">
+      <c r="E320" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F320" s="4">
         <v>228</v>
       </c>
-      <c r="G152" s="5">
+      <c r="G320" s="4">
         <v>207.72</v>
       </c>
-      <c r="H152" s="5">
+      <c r="H320" s="4">
         <v>91.10526315789474</v>
       </c>
-      <c r="J152" s="34"/>
-[...9 lines deleted...]
-      <c r="F153" s="5">
+      <c r="J320" s="23"/>
+    </row>
+    <row r="321" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A321" s="27"/>
+      <c r="B321" s="34"/>
+      <c r="C321" s="34"/>
+      <c r="D321" s="32"/>
+      <c r="E321" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F321" s="4">
         <v>224.95</v>
       </c>
-      <c r="G153" s="5">
+      <c r="G321" s="4">
         <v>204.06</v>
       </c>
-      <c r="H153" s="5">
+      <c r="H321" s="4">
         <v>90.713491887086022</v>
       </c>
-      <c r="J153" s="34"/>
-[...9 lines deleted...]
-      <c r="F154" s="5">
+      <c r="J321" s="23"/>
+    </row>
+    <row r="322" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="27"/>
+      <c r="B322" s="34"/>
+      <c r="C322" s="34"/>
+      <c r="D322" s="32"/>
+      <c r="E322" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F322" s="4">
         <v>225.66</v>
       </c>
-      <c r="G154" s="5">
+      <c r="G322" s="4">
         <v>206.45</v>
       </c>
-      <c r="H154" s="5">
+      <c r="H322" s="4">
         <v>91.487193122396533</v>
       </c>
-      <c r="J154" s="34"/>
-[...5 lines deleted...]
-      <c r="D155" s="6">
+      <c r="J322" s="23"/>
+    </row>
+    <row r="323" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="27"/>
+      <c r="B323" s="34"/>
+      <c r="C323" s="34"/>
+      <c r="D323" s="32">
         <v>2565</v>
       </c>
-      <c r="E155" s="4" t="s">
+      <c r="E323" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F155" s="5">
+      <c r="F323" s="4">
         <v>256.06</v>
       </c>
-      <c r="G155" s="5">
+      <c r="G323" s="4">
         <v>225.31</v>
       </c>
-      <c r="H155" s="5">
+      <c r="H323" s="4">
         <v>87.991095836913217</v>
       </c>
-      <c r="J155" s="34"/>
-[...9 lines deleted...]
-      <c r="F156" s="5">
+      <c r="J323" s="23"/>
+    </row>
+    <row r="324" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="27"/>
+      <c r="B324" s="34"/>
+      <c r="C324" s="34"/>
+      <c r="D324" s="32"/>
+      <c r="E324" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F324" s="4">
         <v>256.89999999999998</v>
       </c>
-      <c r="G156" s="5">
+      <c r="G324" s="4">
         <v>225.07</v>
       </c>
-      <c r="H156" s="5">
+      <c r="H324" s="4">
         <v>87.609964966913211</v>
       </c>
-      <c r="J156" s="34"/>
-[...9 lines deleted...]
-      <c r="F157" s="5">
+      <c r="J324" s="23"/>
+    </row>
+    <row r="325" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="27"/>
+      <c r="B325" s="34"/>
+      <c r="C325" s="34"/>
+      <c r="D325" s="32"/>
+      <c r="E325" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F325" s="4">
         <v>249.86</v>
       </c>
-      <c r="G157" s="5">
+      <c r="G325" s="4">
         <v>227.49</v>
       </c>
-      <c r="H157" s="5">
+      <c r="H325" s="4">
         <v>91.046986312334909</v>
       </c>
-      <c r="J157" s="34"/>
-[...9 lines deleted...]
-      <c r="F158" s="5">
+      <c r="J325" s="23"/>
+    </row>
+    <row r="326" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="27"/>
+      <c r="B326" s="34"/>
+      <c r="C326" s="34"/>
+      <c r="D326" s="32"/>
+      <c r="E326" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F326" s="4">
         <v>250.73</v>
       </c>
-      <c r="G158" s="5">
+      <c r="G326" s="4">
         <v>224.07</v>
       </c>
-      <c r="H158" s="5">
+      <c r="H326" s="4">
         <v>89.367048219199944</v>
       </c>
-      <c r="J158" s="34"/>
-[...3 lines deleted...]
-      <c r="B159" s="3" t="s">
+      <c r="J326" s="23"/>
+    </row>
+    <row r="327" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="27"/>
+      <c r="B327" s="34"/>
+      <c r="C327" s="34"/>
+      <c r="D327" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F327" s="40">
+        <v>251.61</v>
+      </c>
+      <c r="G327" s="40">
+        <v>169.52</v>
+      </c>
+      <c r="H327" s="4"/>
+      <c r="J327" s="23"/>
+    </row>
+    <row r="328" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="27"/>
+      <c r="B328" s="34"/>
+      <c r="C328" s="34"/>
+      <c r="D328" s="32"/>
+      <c r="E328" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F328" s="40">
+        <v>252.49</v>
+      </c>
+      <c r="G328" s="40">
+        <v>171.77</v>
+      </c>
+      <c r="H328" s="4"/>
+      <c r="J328" s="23"/>
+    </row>
+    <row r="329" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="27"/>
+      <c r="B329" s="34"/>
+      <c r="C329" s="34"/>
+      <c r="D329" s="32"/>
+      <c r="E329" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F329" s="40">
+        <v>249.89</v>
+      </c>
+      <c r="G329" s="40">
+        <v>183.47</v>
+      </c>
+      <c r="H329" s="4"/>
+      <c r="J329" s="23"/>
+    </row>
+    <row r="330" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="27"/>
+      <c r="B330" s="34"/>
+      <c r="C330" s="34"/>
+      <c r="D330" s="32"/>
+      <c r="E330" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F330" s="40">
+        <v>250.73</v>
+      </c>
+      <c r="G330" s="40">
+        <v>182.91</v>
+      </c>
+      <c r="H330" s="4"/>
+      <c r="J330" s="23"/>
+    </row>
+    <row r="331" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="27"/>
+      <c r="B331" s="34"/>
+      <c r="C331" s="34"/>
+      <c r="D331" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F331" s="40">
+        <v>251.59</v>
+      </c>
+      <c r="G331" s="40">
+        <v>229.21</v>
+      </c>
+      <c r="H331" s="4"/>
+      <c r="J331" s="23"/>
+    </row>
+    <row r="332" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="27"/>
+      <c r="B332" s="34"/>
+      <c r="C332" s="34"/>
+      <c r="D332" s="32"/>
+      <c r="E332" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F332" s="40">
+        <v>252.45</v>
+      </c>
+      <c r="G332" s="40">
+        <v>225.95</v>
+      </c>
+      <c r="H332" s="4"/>
+      <c r="J332" s="23"/>
+    </row>
+    <row r="333" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="27"/>
+      <c r="B333" s="34"/>
+      <c r="C333" s="34"/>
+      <c r="D333" s="32"/>
+      <c r="E333" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F333" s="41">
+        <v>274.2</v>
+      </c>
+      <c r="G333" s="41">
+        <v>252.5</v>
+      </c>
+      <c r="H333" s="4"/>
+      <c r="J333" s="23"/>
+    </row>
+    <row r="334" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="27"/>
+      <c r="B334" s="35"/>
+      <c r="C334" s="35"/>
+      <c r="D334" s="32"/>
+      <c r="E334" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F334" s="41">
+        <v>275.10000000000002</v>
+      </c>
+      <c r="G334" s="40">
+        <v>254.78</v>
+      </c>
+      <c r="H334" s="4"/>
+      <c r="J334" s="23"/>
+    </row>
+    <row r="335" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="27"/>
+      <c r="B335" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="C159" s="3"/>
-      <c r="D159" s="6">
+      <c r="C335" s="33"/>
+      <c r="D335" s="32">
         <v>2564</v>
       </c>
-      <c r="E159" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F159" s="5">
+      <c r="E335" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F335" s="4">
         <v>101.18</v>
       </c>
-      <c r="G159" s="5">
+      <c r="G335" s="4">
         <v>82.67</v>
       </c>
-      <c r="H159" s="5">
+      <c r="H335" s="4">
         <v>81.705870725439809</v>
       </c>
-      <c r="J159" s="34"/>
-[...9 lines deleted...]
-      <c r="F160" s="5">
+      <c r="J335" s="23"/>
+    </row>
+    <row r="336" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="27"/>
+      <c r="B336" s="34"/>
+      <c r="C336" s="34"/>
+      <c r="D336" s="32"/>
+      <c r="E336" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F336" s="4">
         <v>103.74</v>
       </c>
-      <c r="G160" s="5">
+      <c r="G336" s="4">
         <v>90.21</v>
       </c>
-      <c r="H160" s="5">
+      <c r="H336" s="4">
         <v>86.957779063042224</v>
       </c>
-      <c r="J160" s="34"/>
-[...9 lines deleted...]
-      <c r="F161" s="5">
+      <c r="J336" s="23"/>
+    </row>
+    <row r="337" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="27"/>
+      <c r="B337" s="34"/>
+      <c r="C337" s="34"/>
+      <c r="D337" s="32"/>
+      <c r="E337" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F337" s="4">
         <v>104.11</v>
       </c>
-      <c r="G161" s="5">
+      <c r="G337" s="4">
         <v>89.64</v>
       </c>
-      <c r="H161" s="5">
+      <c r="H337" s="4">
         <v>86.101239074056281</v>
       </c>
-      <c r="J161" s="34"/>
-[...5 lines deleted...]
-      <c r="D162" s="6">
+      <c r="J337" s="23"/>
+    </row>
+    <row r="338" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A338" s="27"/>
+      <c r="B338" s="34"/>
+      <c r="C338" s="34"/>
+      <c r="D338" s="32">
         <v>2565</v>
       </c>
-      <c r="E162" s="4" t="s">
+      <c r="E338" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F162" s="5">
+      <c r="F338" s="4">
         <v>90.7</v>
       </c>
-      <c r="G162" s="5">
+      <c r="G338" s="4">
         <v>79.27</v>
       </c>
-      <c r="H162" s="5">
+      <c r="H338" s="4">
         <v>87.398015435501648</v>
       </c>
-      <c r="J162" s="34"/>
-[...9 lines deleted...]
-      <c r="F163" s="5">
+      <c r="J338" s="23"/>
+    </row>
+    <row r="339" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A339" s="27"/>
+      <c r="B339" s="34"/>
+      <c r="C339" s="34"/>
+      <c r="D339" s="32"/>
+      <c r="E339" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F339" s="4">
         <v>90.81</v>
       </c>
-      <c r="G163" s="5">
+      <c r="G339" s="4">
         <v>75.2</v>
       </c>
-      <c r="H163" s="5">
+      <c r="H339" s="4">
         <v>82.810263186873684</v>
       </c>
-      <c r="J163" s="34"/>
-[...9 lines deleted...]
-      <c r="F164" s="5">
+      <c r="J339" s="23"/>
+    </row>
+    <row r="340" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="27"/>
+      <c r="B340" s="34"/>
+      <c r="C340" s="34"/>
+      <c r="D340" s="32"/>
+      <c r="E340" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F340" s="4">
         <v>88.39</v>
       </c>
-      <c r="G164" s="5">
+      <c r="G340" s="4">
         <v>76.209999999999994</v>
       </c>
-      <c r="H164" s="5">
+      <c r="H340" s="4">
         <v>86.220160651657423</v>
       </c>
-      <c r="J164" s="34"/>
-[...9 lines deleted...]
-      <c r="F165" s="5">
+      <c r="J340" s="23"/>
+    </row>
+    <row r="341" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A341" s="27"/>
+      <c r="B341" s="34"/>
+      <c r="C341" s="34"/>
+      <c r="D341" s="32"/>
+      <c r="E341" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F341" s="4">
         <v>88.49</v>
       </c>
-      <c r="G165" s="5">
+      <c r="G341" s="4">
         <v>76.53</v>
       </c>
-      <c r="H165" s="5">
+      <c r="H341" s="4">
         <v>86.484348513956391</v>
       </c>
-      <c r="J165" s="34"/>
-[...3 lines deleted...]
-      <c r="B166" s="3" t="s">
+      <c r="J341" s="23"/>
+    </row>
+    <row r="342" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="27"/>
+      <c r="B342" s="34"/>
+      <c r="C342" s="34"/>
+      <c r="D342" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F342" s="41">
+        <v>88.6</v>
+      </c>
+      <c r="G342" s="40">
+        <v>87.96</v>
+      </c>
+      <c r="H342" s="4"/>
+      <c r="J342" s="23"/>
+    </row>
+    <row r="343" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="27"/>
+      <c r="B343" s="34"/>
+      <c r="C343" s="34"/>
+      <c r="D343" s="32"/>
+      <c r="E343" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F343" s="41">
+        <v>88.7</v>
+      </c>
+      <c r="G343" s="40">
+        <v>92.49</v>
+      </c>
+      <c r="H343" s="4"/>
+      <c r="J343" s="23"/>
+    </row>
+    <row r="344" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="27"/>
+      <c r="B344" s="34"/>
+      <c r="C344" s="34"/>
+      <c r="D344" s="32"/>
+      <c r="E344" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F344" s="41">
+        <v>90.5</v>
+      </c>
+      <c r="G344" s="40">
+        <v>90.02</v>
+      </c>
+      <c r="H344" s="4"/>
+      <c r="J344" s="23"/>
+    </row>
+    <row r="345" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="27"/>
+      <c r="B345" s="34"/>
+      <c r="C345" s="34"/>
+      <c r="D345" s="32"/>
+      <c r="E345" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F345" s="40">
+        <v>90.61</v>
+      </c>
+      <c r="G345" s="40">
+        <v>89.83</v>
+      </c>
+      <c r="H345" s="4"/>
+      <c r="J345" s="23"/>
+    </row>
+    <row r="346" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="27"/>
+      <c r="B346" s="34"/>
+      <c r="C346" s="34"/>
+      <c r="D346" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F346" s="40">
+        <v>90.72</v>
+      </c>
+      <c r="G346" s="40">
+        <v>77.069999999999993</v>
+      </c>
+      <c r="H346" s="4"/>
+      <c r="J346" s="23"/>
+    </row>
+    <row r="347" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="27"/>
+      <c r="B347" s="34"/>
+      <c r="C347" s="34"/>
+      <c r="D347" s="32"/>
+      <c r="E347" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F347" s="40">
+        <v>90.83</v>
+      </c>
+      <c r="G347" s="40">
+        <v>76.84</v>
+      </c>
+      <c r="H347" s="4"/>
+      <c r="J347" s="23"/>
+    </row>
+    <row r="348" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="27"/>
+      <c r="B348" s="34"/>
+      <c r="C348" s="34"/>
+      <c r="D348" s="32"/>
+      <c r="E348" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F348" s="41">
+        <v>91.1</v>
+      </c>
+      <c r="G348" s="41">
+        <v>79.3</v>
+      </c>
+      <c r="H348" s="4"/>
+      <c r="J348" s="23"/>
+    </row>
+    <row r="349" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="27"/>
+      <c r="B349" s="35"/>
+      <c r="C349" s="35"/>
+      <c r="D349" s="32"/>
+      <c r="E349" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F349" s="40">
+        <v>91.19</v>
+      </c>
+      <c r="G349" s="40">
+        <v>79.290000000000006</v>
+      </c>
+      <c r="H349" s="4"/>
+      <c r="J349" s="23"/>
+    </row>
+    <row r="350" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="27"/>
+      <c r="B350" s="33" t="s">
         <v>31</v>
       </c>
-      <c r="C166" s="3"/>
-      <c r="D166" s="6">
+      <c r="C350" s="33"/>
+      <c r="D350" s="32">
         <v>2564</v>
       </c>
-      <c r="E166" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F166" s="5">
+      <c r="E350" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F350" s="4">
         <v>212.13</v>
       </c>
-      <c r="G166" s="5">
+      <c r="G350" s="4">
         <v>184.52</v>
       </c>
-      <c r="H166" s="5">
+      <c r="H350" s="4">
         <v>86.984396360722201</v>
       </c>
-      <c r="J166" s="34"/>
-[...9 lines deleted...]
-      <c r="F167" s="5">
+      <c r="J350" s="23"/>
+    </row>
+    <row r="351" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="27"/>
+      <c r="B351" s="34"/>
+      <c r="C351" s="34"/>
+      <c r="D351" s="32"/>
+      <c r="E351" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F351" s="4">
         <v>214.78</v>
       </c>
-      <c r="G167" s="5">
+      <c r="G351" s="4">
         <v>193.27</v>
       </c>
-      <c r="H167" s="5">
+      <c r="H351" s="4">
         <v>89.985101033615791</v>
       </c>
-      <c r="J167" s="34"/>
-[...9 lines deleted...]
-      <c r="F168" s="5">
+      <c r="J351" s="23"/>
+    </row>
+    <row r="352" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="27"/>
+      <c r="B352" s="34"/>
+      <c r="C352" s="34"/>
+      <c r="D352" s="32"/>
+      <c r="E352" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F352" s="4">
         <v>215.46</v>
       </c>
-      <c r="G168" s="5">
+      <c r="G352" s="4">
         <v>192.49</v>
       </c>
-      <c r="H168" s="5">
+      <c r="H352" s="4">
         <v>89.339088461895471</v>
       </c>
-      <c r="J168" s="34"/>
-[...5 lines deleted...]
-      <c r="D169" s="6">
+      <c r="J352" s="23"/>
+    </row>
+    <row r="353" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="27"/>
+      <c r="B353" s="34"/>
+      <c r="C353" s="34"/>
+      <c r="D353" s="32">
         <v>2565</v>
       </c>
-      <c r="E169" s="4" t="s">
+      <c r="E353" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F169" s="5">
+      <c r="F353" s="4">
         <v>216.36</v>
       </c>
-      <c r="G169" s="5">
+      <c r="G353" s="4">
         <v>188.58</v>
       </c>
-      <c r="H169" s="5">
+      <c r="H353" s="4">
         <v>87.16028840820853</v>
       </c>
-      <c r="J169" s="34"/>
-[...9 lines deleted...]
-      <c r="F170" s="5">
+      <c r="J353" s="23"/>
+    </row>
+    <row r="354" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A354" s="27"/>
+      <c r="B354" s="34"/>
+      <c r="C354" s="34"/>
+      <c r="D354" s="32"/>
+      <c r="E354" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F354" s="4">
         <v>217.07</v>
       </c>
-      <c r="G170" s="5">
+      <c r="G354" s="4">
         <v>181.01</v>
       </c>
-      <c r="H170" s="5">
+      <c r="H354" s="4">
         <v>83.387847238218086</v>
       </c>
-      <c r="J170" s="34"/>
-[...9 lines deleted...]
-      <c r="F171" s="5">
+      <c r="J354" s="23"/>
+    </row>
+    <row r="355" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A355" s="27"/>
+      <c r="B355" s="34"/>
+      <c r="C355" s="34"/>
+      <c r="D355" s="32"/>
+      <c r="E355" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F355" s="4">
         <v>213.22</v>
       </c>
-      <c r="G171" s="5">
+      <c r="G355" s="4">
         <v>186.04</v>
       </c>
-      <c r="H171" s="5">
+      <c r="H355" s="4">
         <v>87.252602945314692</v>
       </c>
-      <c r="J171" s="34"/>
-[...9 lines deleted...]
-      <c r="F172" s="5">
+      <c r="J355" s="23"/>
+    </row>
+    <row r="356" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A356" s="27"/>
+      <c r="B356" s="34"/>
+      <c r="C356" s="34"/>
+      <c r="D356" s="32"/>
+      <c r="E356" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F356" s="4">
         <v>213.95</v>
       </c>
-      <c r="G172" s="5">
+      <c r="G356" s="4">
         <v>186.14</v>
       </c>
-      <c r="H172" s="5">
+      <c r="H356" s="4">
         <v>87.001635896237445</v>
       </c>
-      <c r="J172" s="34"/>
-[...3 lines deleted...]
-      <c r="B173" s="3" t="s">
+      <c r="J356" s="23"/>
+    </row>
+    <row r="357" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="27"/>
+      <c r="B357" s="34"/>
+      <c r="C357" s="34"/>
+      <c r="D357" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F357" s="41">
+        <v>214.7</v>
+      </c>
+      <c r="G357" s="41">
+        <v>287.7</v>
+      </c>
+      <c r="H357" s="4"/>
+      <c r="J357" s="23"/>
+    </row>
+    <row r="358" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="27"/>
+      <c r="B358" s="34"/>
+      <c r="C358" s="34"/>
+      <c r="D358" s="32"/>
+      <c r="E358" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F358" s="40">
+        <v>215.45</v>
+      </c>
+      <c r="G358" s="40">
+        <v>282.43</v>
+      </c>
+      <c r="H358" s="4"/>
+      <c r="J358" s="23"/>
+    </row>
+    <row r="359" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="27"/>
+      <c r="B359" s="34"/>
+      <c r="C359" s="34"/>
+      <c r="D359" s="32"/>
+      <c r="E359" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F359" s="40">
+        <v>225.06</v>
+      </c>
+      <c r="G359" s="40">
+        <v>286.23</v>
+      </c>
+      <c r="H359" s="4"/>
+      <c r="J359" s="23"/>
+    </row>
+    <row r="360" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="27"/>
+      <c r="B360" s="34"/>
+      <c r="C360" s="34"/>
+      <c r="D360" s="32"/>
+      <c r="E360" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F360" s="40">
+        <v>225.82</v>
+      </c>
+      <c r="G360" s="40">
+        <v>296.07</v>
+      </c>
+      <c r="H360" s="4"/>
+      <c r="J360" s="23"/>
+    </row>
+    <row r="361" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="27"/>
+      <c r="B361" s="34"/>
+      <c r="C361" s="34"/>
+      <c r="D361" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F361" s="40">
+        <v>226.58</v>
+      </c>
+      <c r="G361" s="40">
+        <v>204.47</v>
+      </c>
+      <c r="H361" s="4"/>
+      <c r="J361" s="23"/>
+    </row>
+    <row r="362" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="27"/>
+      <c r="B362" s="34"/>
+      <c r="C362" s="34"/>
+      <c r="D362" s="32"/>
+      <c r="E362" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F362" s="40">
+        <v>227.35</v>
+      </c>
+      <c r="G362" s="40">
+        <v>195.47</v>
+      </c>
+      <c r="H362" s="4"/>
+      <c r="J362" s="23"/>
+    </row>
+    <row r="363" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="27"/>
+      <c r="B363" s="34"/>
+      <c r="C363" s="34"/>
+      <c r="D363" s="32"/>
+      <c r="E363" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F363" s="41">
+        <v>224.8</v>
+      </c>
+      <c r="G363" s="41">
+        <v>200.3</v>
+      </c>
+      <c r="H363" s="4"/>
+      <c r="J363" s="23"/>
+    </row>
+    <row r="364" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="27"/>
+      <c r="B364" s="35"/>
+      <c r="C364" s="35"/>
+      <c r="D364" s="32"/>
+      <c r="E364" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F364" s="40">
+        <v>225.49</v>
+      </c>
+      <c r="G364" s="40">
+        <v>207.15</v>
+      </c>
+      <c r="H364" s="4"/>
+      <c r="J364" s="23"/>
+    </row>
+    <row r="365" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="27"/>
+      <c r="B365" s="33" t="s">
         <v>32</v>
       </c>
-      <c r="C173" s="3"/>
-      <c r="D173" s="6">
+      <c r="C365" s="33"/>
+      <c r="D365" s="32">
         <v>2564</v>
       </c>
-      <c r="E173" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F173" s="5">
+      <c r="E365" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F365" s="4">
         <v>252.07</v>
       </c>
-      <c r="G173" s="5">
+      <c r="G365" s="4">
         <v>223.11</v>
       </c>
-      <c r="H173" s="5">
+      <c r="H365" s="4">
         <v>88.511127861308367</v>
       </c>
-      <c r="J173" s="34"/>
-[...9 lines deleted...]
-      <c r="F174" s="5">
+      <c r="J365" s="23"/>
+    </row>
+    <row r="366" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="27"/>
+      <c r="B366" s="34"/>
+      <c r="C366" s="34"/>
+      <c r="D366" s="32"/>
+      <c r="E366" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F366" s="4">
         <v>255.59</v>
       </c>
-      <c r="G174" s="5">
+      <c r="G366" s="4">
         <v>233.86</v>
       </c>
-      <c r="H174" s="5">
+      <c r="H366" s="4">
         <v>91.498102429672528</v>
       </c>
-      <c r="J174" s="34"/>
-[...9 lines deleted...]
-      <c r="F175" s="5">
+      <c r="J366" s="23"/>
+    </row>
+    <row r="367" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="27"/>
+      <c r="B367" s="34"/>
+      <c r="C367" s="34"/>
+      <c r="D367" s="32"/>
+      <c r="E367" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F367" s="4">
         <v>255.51</v>
       </c>
-      <c r="G175" s="5">
+      <c r="G367" s="4">
         <v>234.19</v>
       </c>
-      <c r="H175" s="5">
+      <c r="H367" s="4">
         <v>91.655903878517478</v>
       </c>
-      <c r="J175" s="34"/>
-[...5 lines deleted...]
-      <c r="D176" s="6">
+      <c r="J367" s="23"/>
+    </row>
+    <row r="368" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="27"/>
+      <c r="B368" s="34"/>
+      <c r="C368" s="34"/>
+      <c r="D368" s="32">
         <v>2565</v>
       </c>
-      <c r="E176" s="4" t="s">
+      <c r="E368" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F176" s="5">
+      <c r="F368" s="4">
         <v>268.64</v>
       </c>
-      <c r="G176" s="5">
+      <c r="G368" s="4">
         <v>241.59</v>
       </c>
-      <c r="H176" s="5">
+      <c r="H368" s="4">
         <v>89.930762358546758</v>
       </c>
-      <c r="J176" s="34"/>
-[...9 lines deleted...]
-      <c r="F177" s="5">
+      <c r="J368" s="23"/>
+    </row>
+    <row r="369" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="27"/>
+      <c r="B369" s="34"/>
+      <c r="C369" s="34"/>
+      <c r="D369" s="32"/>
+      <c r="E369" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F369" s="4">
         <v>268.58</v>
       </c>
-      <c r="G177" s="5">
+      <c r="G369" s="4">
         <v>235.92</v>
       </c>
-      <c r="H177" s="5">
+      <c r="H369" s="4">
         <v>87.839749795219305</v>
       </c>
-      <c r="J177" s="34"/>
-[...9 lines deleted...]
-      <c r="F178" s="5">
+      <c r="J369" s="23"/>
+    </row>
+    <row r="370" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="27"/>
+      <c r="B370" s="34"/>
+      <c r="C370" s="34"/>
+      <c r="D370" s="32"/>
+      <c r="E370" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F370" s="4">
         <v>250.4</v>
       </c>
-      <c r="G178" s="5">
+      <c r="G370" s="4">
         <v>221.81</v>
       </c>
-      <c r="H178" s="5">
+      <c r="H370" s="4">
         <v>88.582268370607025</v>
       </c>
-      <c r="J178" s="34"/>
-[...9 lines deleted...]
-      <c r="F179" s="5">
+      <c r="J370" s="23"/>
+    </row>
+    <row r="371" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="27"/>
+      <c r="B371" s="34"/>
+      <c r="C371" s="34"/>
+      <c r="D371" s="32"/>
+      <c r="E371" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F371" s="4">
         <v>250.37</v>
       </c>
-      <c r="G179" s="5">
+      <c r="G371" s="4">
         <v>229.16</v>
       </c>
-      <c r="H179" s="5">
+      <c r="H371" s="4">
         <v>91.528537764109117</v>
       </c>
-      <c r="J179" s="34"/>
-[...3 lines deleted...]
-      <c r="B180" s="3" t="s">
+      <c r="J371" s="23"/>
+    </row>
+    <row r="372" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="27"/>
+      <c r="B372" s="34"/>
+      <c r="C372" s="34"/>
+      <c r="D372" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F372" s="40">
+        <v>250.36</v>
+      </c>
+      <c r="G372" s="40">
+        <v>224.14</v>
+      </c>
+      <c r="H372" s="4"/>
+      <c r="J372" s="23"/>
+    </row>
+    <row r="373" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="27"/>
+      <c r="B373" s="34"/>
+      <c r="C373" s="34"/>
+      <c r="D373" s="32"/>
+      <c r="E373" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F373" s="40">
+        <v>250.35</v>
+      </c>
+      <c r="G373" s="40">
+        <v>227.36</v>
+      </c>
+      <c r="H373" s="4"/>
+      <c r="J373" s="23"/>
+    </row>
+    <row r="374" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="27"/>
+      <c r="B374" s="34"/>
+      <c r="C374" s="34"/>
+      <c r="D374" s="32"/>
+      <c r="E374" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F374" s="40">
+        <v>270.32</v>
+      </c>
+      <c r="G374" s="40">
+        <v>225.45</v>
+      </c>
+      <c r="H374" s="4"/>
+      <c r="J374" s="23"/>
+    </row>
+    <row r="375" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="27"/>
+      <c r="B375" s="34"/>
+      <c r="C375" s="34"/>
+      <c r="D375" s="32"/>
+      <c r="E375" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F375" s="40">
+        <v>270.29000000000002</v>
+      </c>
+      <c r="G375" s="40">
+        <v>231.03</v>
+      </c>
+      <c r="H375" s="4"/>
+      <c r="J375" s="23"/>
+    </row>
+    <row r="376" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="27"/>
+      <c r="B376" s="34"/>
+      <c r="C376" s="34"/>
+      <c r="D376" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F376" s="40">
+        <v>270.26</v>
+      </c>
+      <c r="G376" s="41">
+        <v>248.4</v>
+      </c>
+      <c r="H376" s="4"/>
+      <c r="J376" s="23"/>
+    </row>
+    <row r="377" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="27"/>
+      <c r="B377" s="34"/>
+      <c r="C377" s="34"/>
+      <c r="D377" s="32"/>
+      <c r="E377" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F377" s="40">
+        <v>270.23</v>
+      </c>
+      <c r="G377" s="40">
+        <v>243.43</v>
+      </c>
+      <c r="H377" s="4"/>
+      <c r="J377" s="23"/>
+    </row>
+    <row r="378" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="27"/>
+      <c r="B378" s="34"/>
+      <c r="C378" s="34"/>
+      <c r="D378" s="32"/>
+      <c r="E378" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F378" s="41">
+        <v>269.5</v>
+      </c>
+      <c r="G378" s="41">
+        <v>247.2</v>
+      </c>
+      <c r="H378" s="4"/>
+      <c r="J378" s="23"/>
+    </row>
+    <row r="379" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="27"/>
+      <c r="B379" s="35"/>
+      <c r="C379" s="35"/>
+      <c r="D379" s="32"/>
+      <c r="E379" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F379" s="41">
+        <v>269.39999999999998</v>
+      </c>
+      <c r="G379" s="40">
+        <v>252.73</v>
+      </c>
+      <c r="H379" s="4"/>
+      <c r="J379" s="23"/>
+    </row>
+    <row r="380" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A380" s="27"/>
+      <c r="B380" s="33" t="s">
         <v>33</v>
       </c>
-      <c r="C180" s="3"/>
-      <c r="D180" s="6">
+      <c r="C380" s="33"/>
+      <c r="D380" s="32">
         <v>2564</v>
       </c>
-      <c r="E180" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F180" s="5">
+      <c r="E380" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F380" s="4">
         <v>249.2</v>
       </c>
-      <c r="G180" s="5">
+      <c r="G380" s="4">
         <v>212.06</v>
       </c>
-      <c r="H180" s="5">
+      <c r="H380" s="4">
         <v>85.096308186195827</v>
       </c>
-      <c r="J180" s="34"/>
-[...9 lines deleted...]
-      <c r="F181" s="5">
+      <c r="J380" s="23"/>
+    </row>
+    <row r="381" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="27"/>
+      <c r="B381" s="34"/>
+      <c r="C381" s="34"/>
+      <c r="D381" s="32"/>
+      <c r="E381" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F381" s="4">
         <v>246.87</v>
       </c>
-      <c r="G181" s="5">
+      <c r="G381" s="4">
         <v>220.51</v>
       </c>
-      <c r="H181" s="5">
+      <c r="H381" s="4">
         <v>89.322315388666098</v>
       </c>
-      <c r="J181" s="34"/>
-[...9 lines deleted...]
-      <c r="F182" s="5">
+      <c r="J381" s="23"/>
+    </row>
+    <row r="382" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A382" s="27"/>
+      <c r="B382" s="34"/>
+      <c r="C382" s="34"/>
+      <c r="D382" s="32"/>
+      <c r="E382" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F382" s="4">
         <v>246.7</v>
       </c>
-      <c r="G182" s="5">
+      <c r="G382" s="4">
         <v>219.33</v>
       </c>
-      <c r="H182" s="5">
+      <c r="H382" s="4">
         <v>88.905553303607618</v>
       </c>
-      <c r="J182" s="34"/>
-[...5 lines deleted...]
-      <c r="D183" s="6">
+      <c r="J382" s="23"/>
+    </row>
+    <row r="383" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="27"/>
+      <c r="B383" s="34"/>
+      <c r="C383" s="34"/>
+      <c r="D383" s="32">
         <v>2565</v>
       </c>
-      <c r="E183" s="4" t="s">
+      <c r="E383" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F183" s="5">
+      <c r="F383" s="4">
         <v>271.68</v>
       </c>
-      <c r="G183" s="5">
+      <c r="G383" s="4">
         <v>238.85</v>
       </c>
-      <c r="H183" s="5">
+      <c r="H383" s="4">
         <v>87.915930506478205</v>
       </c>
-      <c r="J183" s="34"/>
-[...9 lines deleted...]
-      <c r="F184" s="5">
+      <c r="J383" s="23"/>
+    </row>
+    <row r="384" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="27"/>
+      <c r="B384" s="34"/>
+      <c r="C384" s="34"/>
+      <c r="D384" s="32"/>
+      <c r="E384" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F384" s="4">
         <v>271.75</v>
       </c>
-      <c r="G184" s="5">
+      <c r="G384" s="4">
         <v>233.51</v>
       </c>
-      <c r="H184" s="5">
+      <c r="H384" s="4">
         <v>85.928242870285189</v>
       </c>
-      <c r="J184" s="34"/>
-[...9 lines deleted...]
-      <c r="F185" s="5">
+      <c r="J384" s="23"/>
+    </row>
+    <row r="385" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="27"/>
+      <c r="B385" s="34"/>
+      <c r="C385" s="34"/>
+      <c r="D385" s="32"/>
+      <c r="E385" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F385" s="4">
         <v>260.64</v>
       </c>
-      <c r="G185" s="5">
+      <c r="G385" s="4">
         <v>233.16</v>
       </c>
-      <c r="H185" s="5">
+      <c r="H385" s="4">
         <v>89.456721915285456</v>
       </c>
-      <c r="J185" s="34"/>
-[...9 lines deleted...]
-      <c r="F186" s="5">
+      <c r="J385" s="23"/>
+    </row>
+    <row r="386" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="27"/>
+      <c r="B386" s="34"/>
+      <c r="C386" s="34"/>
+      <c r="D386" s="32"/>
+      <c r="E386" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F386" s="4">
         <v>260.67</v>
       </c>
-      <c r="G186" s="5">
+      <c r="G386" s="4">
         <v>235.86</v>
       </c>
-      <c r="H186" s="5">
+      <c r="H386" s="4">
         <v>90.482218897456548</v>
       </c>
-      <c r="J186" s="34"/>
-[...3 lines deleted...]
-      <c r="B187" s="3" t="s">
+      <c r="J386" s="23"/>
+    </row>
+    <row r="387" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="27"/>
+      <c r="B387" s="34"/>
+      <c r="C387" s="34"/>
+      <c r="D387" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F387" s="41">
+        <v>260.7</v>
+      </c>
+      <c r="G387" s="40">
+        <v>75.28</v>
+      </c>
+      <c r="H387" s="4"/>
+      <c r="J387" s="23"/>
+    </row>
+    <row r="388" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="27"/>
+      <c r="B388" s="34"/>
+      <c r="C388" s="34"/>
+      <c r="D388" s="32"/>
+      <c r="E388" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F388" s="40">
+        <v>260.74</v>
+      </c>
+      <c r="G388" s="40">
+        <v>75.09</v>
+      </c>
+      <c r="H388" s="4"/>
+      <c r="J388" s="23"/>
+    </row>
+    <row r="389" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="27"/>
+      <c r="B389" s="34"/>
+      <c r="C389" s="34"/>
+      <c r="D389" s="32"/>
+      <c r="E389" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F389" s="40">
+        <v>279.58999999999997</v>
+      </c>
+      <c r="G389" s="40">
+        <v>77.25</v>
+      </c>
+      <c r="H389" s="4"/>
+      <c r="J389" s="23"/>
+    </row>
+    <row r="390" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="27"/>
+      <c r="B390" s="34"/>
+      <c r="C390" s="34"/>
+      <c r="D390" s="32"/>
+      <c r="E390" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F390" s="40">
+        <v>279.58999999999997</v>
+      </c>
+      <c r="G390" s="40">
+        <v>78.41</v>
+      </c>
+      <c r="H390" s="4"/>
+      <c r="J390" s="23"/>
+    </row>
+    <row r="391" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="27"/>
+      <c r="B391" s="34"/>
+      <c r="C391" s="34"/>
+      <c r="D391" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F391" s="41">
+        <v>279.60000000000002</v>
+      </c>
+      <c r="G391" s="40">
+        <v>249.05</v>
+      </c>
+      <c r="H391" s="4"/>
+      <c r="J391" s="23"/>
+    </row>
+    <row r="392" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="27"/>
+      <c r="B392" s="34"/>
+      <c r="C392" s="34"/>
+      <c r="D392" s="32"/>
+      <c r="E392" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F392" s="40">
+        <v>279.62</v>
+      </c>
+      <c r="G392" s="40">
+        <v>245.48</v>
+      </c>
+      <c r="H392" s="4"/>
+      <c r="J392" s="23"/>
+    </row>
+    <row r="393" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="27"/>
+      <c r="B393" s="34"/>
+      <c r="C393" s="34"/>
+      <c r="D393" s="32"/>
+      <c r="E393" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F393" s="42">
+        <v>278</v>
+      </c>
+      <c r="G393" s="41">
+        <v>245.5</v>
+      </c>
+      <c r="H393" s="4"/>
+      <c r="J393" s="23"/>
+    </row>
+    <row r="394" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="27"/>
+      <c r="B394" s="35"/>
+      <c r="C394" s="35"/>
+      <c r="D394" s="32"/>
+      <c r="E394" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F394" s="40">
+        <v>277.93</v>
+      </c>
+      <c r="G394" s="40">
+        <v>248.15</v>
+      </c>
+      <c r="H394" s="4"/>
+      <c r="J394" s="23"/>
+    </row>
+    <row r="395" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="27"/>
+      <c r="B395" s="33" t="s">
         <v>34</v>
       </c>
-      <c r="C187" s="3"/>
-      <c r="D187" s="6">
+      <c r="C395" s="33"/>
+      <c r="D395" s="32">
         <v>2564</v>
       </c>
-      <c r="E187" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F187" s="5">
+      <c r="E395" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F395" s="4">
         <v>286.33999999999997</v>
       </c>
-      <c r="G187" s="5">
+      <c r="G395" s="4">
         <v>199.14</v>
       </c>
-      <c r="H187" s="5">
+      <c r="H395" s="4">
         <v>69.546692742893072</v>
       </c>
-      <c r="J187" s="34"/>
-[...9 lines deleted...]
-      <c r="F188" s="5">
+      <c r="J395" s="23"/>
+    </row>
+    <row r="396" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="27"/>
+      <c r="B396" s="34"/>
+      <c r="C396" s="34"/>
+      <c r="D396" s="32"/>
+      <c r="E396" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F396" s="4">
         <v>288.93</v>
       </c>
-      <c r="G188" s="5">
+      <c r="G396" s="4">
         <v>220.95</v>
       </c>
-      <c r="H188" s="5">
+      <c r="H396" s="4">
         <v>76.471809780915791</v>
       </c>
-      <c r="J188" s="34"/>
-[...9 lines deleted...]
-      <c r="F189" s="5">
+      <c r="J396" s="23"/>
+    </row>
+    <row r="397" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="27"/>
+      <c r="B397" s="34"/>
+      <c r="C397" s="34"/>
+      <c r="D397" s="32"/>
+      <c r="E397" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F397" s="4">
         <v>288.93</v>
       </c>
-      <c r="G189" s="5">
+      <c r="G397" s="4">
         <v>214.47</v>
       </c>
-      <c r="H189" s="5">
+      <c r="H397" s="4">
         <v>74.229052019520296</v>
       </c>
-      <c r="J189" s="34"/>
-[...5 lines deleted...]
-      <c r="D190" s="6">
+      <c r="J397" s="23"/>
+    </row>
+    <row r="398" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="27"/>
+      <c r="B398" s="34"/>
+      <c r="C398" s="34"/>
+      <c r="D398" s="32">
         <v>2565</v>
       </c>
-      <c r="E190" s="4" t="s">
+      <c r="E398" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F190" s="5">
+      <c r="F398" s="4">
         <v>312.33999999999997</v>
       </c>
-      <c r="G190" s="5">
+      <c r="G398" s="4">
         <v>238.75</v>
       </c>
-      <c r="H190" s="5">
+      <c r="H398" s="4">
         <v>76.439136838061088</v>
       </c>
-      <c r="J190" s="34"/>
-[...9 lines deleted...]
-      <c r="F191" s="5">
+      <c r="J398" s="23"/>
+    </row>
+    <row r="399" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="27"/>
+      <c r="B399" s="34"/>
+      <c r="C399" s="34"/>
+      <c r="D399" s="32"/>
+      <c r="E399" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F399" s="4">
         <v>312.2</v>
       </c>
-      <c r="G191" s="5">
+      <c r="G399" s="4">
         <v>231.97</v>
       </c>
-      <c r="H191" s="5">
+      <c r="H399" s="4">
         <v>74.301729660474052</v>
       </c>
-      <c r="J191" s="34"/>
-[...9 lines deleted...]
-      <c r="F192" s="5">
+      <c r="J399" s="23"/>
+    </row>
+    <row r="400" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="27"/>
+      <c r="B400" s="34"/>
+      <c r="C400" s="34"/>
+      <c r="D400" s="32"/>
+      <c r="E400" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F400" s="4">
         <v>282.88</v>
       </c>
-      <c r="G192" s="5">
+      <c r="G400" s="4">
         <v>214.95</v>
       </c>
-      <c r="H192" s="5">
+      <c r="H400" s="4">
         <v>75.986283936651589</v>
       </c>
-      <c r="J192" s="34"/>
-[...9 lines deleted...]
-      <c r="F193" s="5">
+      <c r="J400" s="23"/>
+    </row>
+    <row r="401" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="27"/>
+      <c r="B401" s="34"/>
+      <c r="C401" s="34"/>
+      <c r="D401" s="32"/>
+      <c r="E401" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F401" s="4">
         <v>282.72000000000003</v>
       </c>
-      <c r="G193" s="5">
+      <c r="G401" s="4">
         <v>216.36</v>
       </c>
-      <c r="H193" s="5">
+      <c r="H401" s="4">
         <v>76.52801358234295</v>
       </c>
-      <c r="J193" s="34"/>
-[...3 lines deleted...]
-      <c r="B194" s="3" t="s">
+      <c r="J401" s="23"/>
+    </row>
+    <row r="402" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="27"/>
+      <c r="B402" s="34"/>
+      <c r="C402" s="34"/>
+      <c r="D402" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F402" s="40">
+        <v>282.57</v>
+      </c>
+      <c r="G402" s="40">
+        <v>186.34</v>
+      </c>
+      <c r="H402" s="4"/>
+      <c r="J402" s="23"/>
+    </row>
+    <row r="403" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="27"/>
+      <c r="B403" s="34"/>
+      <c r="C403" s="34"/>
+      <c r="D403" s="32"/>
+      <c r="E403" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F403" s="40">
+        <v>282.43</v>
+      </c>
+      <c r="G403" s="40">
+        <v>187.98</v>
+      </c>
+      <c r="H403" s="4"/>
+      <c r="J403" s="23"/>
+    </row>
+    <row r="404" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="27"/>
+      <c r="B404" s="34"/>
+      <c r="C404" s="34"/>
+      <c r="D404" s="32"/>
+      <c r="E404" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F404" s="40">
+        <v>314.25</v>
+      </c>
+      <c r="G404" s="40">
+        <v>194.72</v>
+      </c>
+      <c r="H404" s="4"/>
+      <c r="J404" s="23"/>
+    </row>
+    <row r="405" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="27"/>
+      <c r="B405" s="34"/>
+      <c r="C405" s="34"/>
+      <c r="D405" s="32"/>
+      <c r="E405" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F405" s="40">
+        <v>314.06</v>
+      </c>
+      <c r="G405" s="40">
+        <v>201.44</v>
+      </c>
+      <c r="H405" s="4"/>
+      <c r="J405" s="23"/>
+    </row>
+    <row r="406" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A406" s="27"/>
+      <c r="B406" s="34"/>
+      <c r="C406" s="34"/>
+      <c r="D406" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F406" s="40">
+        <v>313.88</v>
+      </c>
+      <c r="G406" s="40">
+        <v>245.69</v>
+      </c>
+      <c r="H406" s="4"/>
+      <c r="J406" s="23"/>
+    </row>
+    <row r="407" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="27"/>
+      <c r="B407" s="34"/>
+      <c r="C407" s="34"/>
+      <c r="D407" s="32"/>
+      <c r="E407" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F407" s="40">
+        <v>313.70999999999998</v>
+      </c>
+      <c r="G407" s="40">
+        <v>245.02</v>
+      </c>
+      <c r="H407" s="4"/>
+      <c r="J407" s="23"/>
+    </row>
+    <row r="408" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="27"/>
+      <c r="B408" s="34"/>
+      <c r="C408" s="34"/>
+      <c r="D408" s="32"/>
+      <c r="E408" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F408" s="41">
+        <v>299.8</v>
+      </c>
+      <c r="G408" s="41">
+        <v>242.7</v>
+      </c>
+      <c r="H408" s="4"/>
+      <c r="J408" s="23"/>
+    </row>
+    <row r="409" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="27"/>
+      <c r="B409" s="35"/>
+      <c r="C409" s="35"/>
+      <c r="D409" s="32"/>
+      <c r="E409" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F409" s="40">
+        <v>299.57</v>
+      </c>
+      <c r="G409" s="40">
+        <v>242.34</v>
+      </c>
+      <c r="H409" s="4"/>
+      <c r="J409" s="23"/>
+    </row>
+    <row r="410" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="27"/>
+      <c r="B410" s="33" t="s">
         <v>35</v>
       </c>
-      <c r="C194" s="3"/>
-      <c r="D194" s="6">
+      <c r="C410" s="33"/>
+      <c r="D410" s="32">
         <v>2564</v>
       </c>
-      <c r="E194" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F194" s="5">
+      <c r="E410" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F410" s="4">
         <v>389.1</v>
       </c>
-      <c r="G194" s="5">
+      <c r="G410" s="4">
         <v>362.89</v>
       </c>
-      <c r="H194" s="5">
+      <c r="H410" s="4">
         <v>93.263942431251607</v>
       </c>
-      <c r="J194" s="34"/>
-[...9 lines deleted...]
-      <c r="F195" s="5">
+      <c r="J410" s="23"/>
+    </row>
+    <row r="411" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="27"/>
+      <c r="B411" s="34"/>
+      <c r="C411" s="34"/>
+      <c r="D411" s="32"/>
+      <c r="E411" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F411" s="4">
         <v>383.44</v>
       </c>
-      <c r="G195" s="5">
+      <c r="G411" s="4">
         <v>366.78</v>
       </c>
-      <c r="H195" s="5">
+      <c r="H411" s="4">
         <v>95.655122052993946</v>
       </c>
-      <c r="J195" s="34"/>
-[...9 lines deleted...]
-      <c r="F196" s="5">
+      <c r="J411" s="23"/>
+    </row>
+    <row r="412" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A412" s="27"/>
+      <c r="B412" s="34"/>
+      <c r="C412" s="34"/>
+      <c r="D412" s="32"/>
+      <c r="E412" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F412" s="4">
         <v>384.99</v>
       </c>
-      <c r="G196" s="5">
+      <c r="G412" s="4">
         <v>363.6</v>
       </c>
-      <c r="H196" s="5">
+      <c r="H412" s="4">
         <v>94.444011532767078</v>
       </c>
-      <c r="J196" s="34"/>
-[...5 lines deleted...]
-      <c r="D197" s="6">
+      <c r="J412" s="23"/>
+    </row>
+    <row r="413" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A413" s="27"/>
+      <c r="B413" s="34"/>
+      <c r="C413" s="34"/>
+      <c r="D413" s="32">
         <v>2565</v>
       </c>
-      <c r="E197" s="4" t="s">
+      <c r="E413" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F197" s="5">
+      <c r="F413" s="4">
         <v>443.73</v>
       </c>
-      <c r="G197" s="5">
+      <c r="G413" s="4">
         <v>419.64</v>
       </c>
-      <c r="H197" s="5">
+      <c r="H413" s="4">
         <v>94.571022919342838</v>
       </c>
-      <c r="J197" s="34"/>
-[...9 lines deleted...]
-      <c r="F198" s="5">
+      <c r="J413" s="23"/>
+    </row>
+    <row r="414" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A414" s="27"/>
+      <c r="B414" s="34"/>
+      <c r="C414" s="34"/>
+      <c r="D414" s="32"/>
+      <c r="E414" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F414" s="4">
         <v>445.07</v>
       </c>
-      <c r="G198" s="5">
+      <c r="G414" s="4">
         <v>421.83</v>
       </c>
-      <c r="H198" s="5">
+      <c r="H414" s="4">
         <v>94.778349473116592</v>
       </c>
-      <c r="J198" s="34"/>
-[...9 lines deleted...]
-      <c r="F199" s="5">
+      <c r="J414" s="23"/>
+    </row>
+    <row r="415" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A415" s="27"/>
+      <c r="B415" s="34"/>
+      <c r="C415" s="34"/>
+      <c r="D415" s="32"/>
+      <c r="E415" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F415" s="4">
         <v>414.75</v>
       </c>
-      <c r="G199" s="5">
+      <c r="G415" s="4">
         <v>397.26</v>
       </c>
-      <c r="H199" s="5">
+      <c r="H415" s="4">
         <v>95.783001808318261</v>
       </c>
-      <c r="J199" s="34"/>
-[...9 lines deleted...]
-      <c r="F200" s="5">
+      <c r="J415" s="23"/>
+    </row>
+    <row r="416" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A416" s="27"/>
+      <c r="B416" s="34"/>
+      <c r="C416" s="34"/>
+      <c r="D416" s="32"/>
+      <c r="E416" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F416" s="4">
         <v>415.95</v>
       </c>
-      <c r="G200" s="5">
+      <c r="G416" s="4">
         <v>392.69</v>
       </c>
-      <c r="H200" s="5">
+      <c r="H416" s="4">
         <v>94.407981728573148</v>
       </c>
-      <c r="J200" s="34"/>
-[...3 lines deleted...]
-      <c r="B201" s="3" t="s">
+      <c r="J416" s="23"/>
+    </row>
+    <row r="417" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="27"/>
+      <c r="B417" s="34"/>
+      <c r="C417" s="34"/>
+      <c r="D417" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F417" s="40">
+        <v>417.18</v>
+      </c>
+      <c r="G417" s="40">
+        <v>228.71</v>
+      </c>
+      <c r="H417" s="4"/>
+      <c r="J417" s="23"/>
+    </row>
+    <row r="418" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="27"/>
+      <c r="B418" s="34"/>
+      <c r="C418" s="34"/>
+      <c r="D418" s="32"/>
+      <c r="E418" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F418" s="40">
+        <v>418.42</v>
+      </c>
+      <c r="G418" s="40">
+        <v>226.43</v>
+      </c>
+      <c r="H418" s="4"/>
+      <c r="J418" s="23"/>
+    </row>
+    <row r="419" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="27"/>
+      <c r="B419" s="34"/>
+      <c r="C419" s="34"/>
+      <c r="D419" s="32"/>
+      <c r="E419" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F419" s="40">
+        <v>416.86</v>
+      </c>
+      <c r="G419" s="40">
+        <v>246.23</v>
+      </c>
+      <c r="H419" s="4"/>
+      <c r="J419" s="23"/>
+    </row>
+    <row r="420" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="27"/>
+      <c r="B420" s="34"/>
+      <c r="C420" s="34"/>
+      <c r="D420" s="32"/>
+      <c r="E420" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F420" s="40">
+        <v>418.05</v>
+      </c>
+      <c r="G420" s="40">
+        <v>248.76</v>
+      </c>
+      <c r="H420" s="4"/>
+      <c r="J420" s="23"/>
+    </row>
+    <row r="421" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="27"/>
+      <c r="B421" s="34"/>
+      <c r="C421" s="34"/>
+      <c r="D421" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F421" s="40">
+        <v>419.26</v>
+      </c>
+      <c r="G421" s="40">
+        <v>397.37</v>
+      </c>
+      <c r="H421" s="4"/>
+      <c r="J421" s="23"/>
+    </row>
+    <row r="422" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A422" s="27"/>
+      <c r="B422" s="34"/>
+      <c r="C422" s="34"/>
+      <c r="D422" s="32"/>
+      <c r="E422" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F422" s="41">
+        <v>420.5</v>
+      </c>
+      <c r="G422" s="40">
+        <v>395.92</v>
+      </c>
+      <c r="H422" s="4"/>
+      <c r="J422" s="23"/>
+    </row>
+    <row r="423" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="27"/>
+      <c r="B423" s="34"/>
+      <c r="C423" s="34"/>
+      <c r="D423" s="32"/>
+      <c r="E423" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F423" s="41">
+        <v>475.3</v>
+      </c>
+      <c r="G423" s="41">
+        <v>460.4</v>
+      </c>
+      <c r="H423" s="4"/>
+      <c r="J423" s="23"/>
+    </row>
+    <row r="424" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="27"/>
+      <c r="B424" s="35"/>
+      <c r="C424" s="35"/>
+      <c r="D424" s="32"/>
+      <c r="E424" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F424" s="40">
+        <v>476.59</v>
+      </c>
+      <c r="G424" s="41">
+        <v>460.8</v>
+      </c>
+      <c r="H424" s="4"/>
+      <c r="J424" s="23"/>
+    </row>
+    <row r="425" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A425" s="27"/>
+      <c r="B425" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="C201" s="3"/>
-      <c r="D201" s="6">
+      <c r="C425" s="33"/>
+      <c r="D425" s="32">
         <v>2564</v>
       </c>
-      <c r="E201" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F201" s="5">
+      <c r="E425" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F425" s="4">
         <v>372.99</v>
       </c>
-      <c r="G201" s="5">
+      <c r="G425" s="4">
         <v>349.53</v>
       </c>
-      <c r="H201" s="5">
+      <c r="H425" s="4">
         <v>93.710287139065386</v>
       </c>
-      <c r="J201" s="34"/>
-[...9 lines deleted...]
-      <c r="F202" s="5">
+      <c r="J425" s="23"/>
+    </row>
+    <row r="426" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A426" s="27"/>
+      <c r="B426" s="34"/>
+      <c r="C426" s="34"/>
+      <c r="D426" s="32"/>
+      <c r="E426" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F426" s="4">
         <v>375.04</v>
       </c>
-      <c r="G202" s="5">
+      <c r="G426" s="4">
         <v>359.65</v>
       </c>
-      <c r="H202" s="5">
+      <c r="H426" s="4">
         <v>95.896437713310576</v>
       </c>
-      <c r="J202" s="34"/>
-[...9 lines deleted...]
-      <c r="F203" s="5">
+      <c r="J426" s="23"/>
+    </row>
+    <row r="427" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A427" s="27"/>
+      <c r="B427" s="34"/>
+      <c r="C427" s="34"/>
+      <c r="D427" s="32"/>
+      <c r="E427" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F427" s="4">
         <v>375.91</v>
       </c>
-      <c r="G203" s="5">
+      <c r="G427" s="4">
         <v>360.31</v>
       </c>
-      <c r="H203" s="5">
+      <c r="H427" s="4">
         <v>95.85007049559735</v>
       </c>
-      <c r="J203" s="34"/>
-[...5 lines deleted...]
-      <c r="D204" s="6">
+      <c r="J427" s="23"/>
+    </row>
+    <row r="428" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A428" s="27"/>
+      <c r="B428" s="34"/>
+      <c r="C428" s="34"/>
+      <c r="D428" s="32">
         <v>2565</v>
       </c>
-      <c r="E204" s="4" t="s">
+      <c r="E428" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F204" s="5">
+      <c r="F428" s="4">
         <v>436.05</v>
       </c>
-      <c r="G204" s="5">
+      <c r="G428" s="4">
         <v>409.89</v>
       </c>
-      <c r="H204" s="5">
+      <c r="H428" s="4">
         <v>94.000687994496047</v>
       </c>
-      <c r="J204" s="34"/>
-[...9 lines deleted...]
-      <c r="F205" s="5">
+      <c r="J428" s="23"/>
+    </row>
+    <row r="429" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A429" s="27"/>
+      <c r="B429" s="34"/>
+      <c r="C429" s="34"/>
+      <c r="D429" s="32"/>
+      <c r="E429" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F429" s="4">
         <v>437.16</v>
       </c>
-      <c r="G205" s="5">
+      <c r="G429" s="4">
         <v>421.69</v>
       </c>
-      <c r="H205" s="5">
+      <c r="H429" s="4">
         <v>96.461249885625392</v>
       </c>
-      <c r="J205" s="34"/>
-[...9 lines deleted...]
-      <c r="F206" s="5">
+      <c r="J429" s="23"/>
+    </row>
+    <row r="430" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A430" s="27"/>
+      <c r="B430" s="34"/>
+      <c r="C430" s="34"/>
+      <c r="D430" s="32"/>
+      <c r="E430" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F430" s="4">
         <v>421.66</v>
       </c>
-      <c r="G206" s="5">
+      <c r="G430" s="4">
         <v>409.61</v>
       </c>
-      <c r="H206" s="5">
+      <c r="H430" s="4">
         <v>97.142247308257836</v>
       </c>
-      <c r="J206" s="34"/>
-[...9 lines deleted...]
-      <c r="F207" s="5">
+      <c r="J430" s="23"/>
+    </row>
+    <row r="431" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A431" s="27"/>
+      <c r="B431" s="34"/>
+      <c r="C431" s="34"/>
+      <c r="D431" s="32"/>
+      <c r="E431" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F431" s="4">
         <v>422.75</v>
       </c>
-      <c r="G207" s="5">
+      <c r="G431" s="4">
         <v>402.77</v>
       </c>
-      <c r="H207" s="5">
+      <c r="H431" s="4">
         <v>95.273802483737427</v>
       </c>
-      <c r="J207" s="34"/>
-[...3 lines deleted...]
-      <c r="B208" s="3" t="s">
+      <c r="J431" s="23"/>
+    </row>
+    <row r="432" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="27"/>
+      <c r="B432" s="34"/>
+      <c r="C432" s="34"/>
+      <c r="D432" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F432" s="40">
+        <v>423.86</v>
+      </c>
+      <c r="G432" s="40">
+        <v>229.82</v>
+      </c>
+      <c r="H432" s="4"/>
+      <c r="J432" s="23"/>
+    </row>
+    <row r="433" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="27"/>
+      <c r="B433" s="34"/>
+      <c r="C433" s="34"/>
+      <c r="D433" s="32"/>
+      <c r="E433" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F433" s="40">
+        <v>424.99</v>
+      </c>
+      <c r="G433" s="40">
+        <v>225.57</v>
+      </c>
+      <c r="H433" s="4"/>
+      <c r="J433" s="23"/>
+    </row>
+    <row r="434" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="27"/>
+      <c r="B434" s="34"/>
+      <c r="C434" s="34"/>
+      <c r="D434" s="32"/>
+      <c r="E434" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F434" s="40">
+        <v>426.94</v>
+      </c>
+      <c r="G434" s="41">
+        <v>248.2</v>
+      </c>
+      <c r="H434" s="4"/>
+      <c r="J434" s="23"/>
+    </row>
+    <row r="435" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="27"/>
+      <c r="B435" s="34"/>
+      <c r="C435" s="34"/>
+      <c r="D435" s="32"/>
+      <c r="E435" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F435" s="40">
+        <v>428.02</v>
+      </c>
+      <c r="G435" s="40">
+        <v>253.69</v>
+      </c>
+      <c r="H435" s="4"/>
+      <c r="J435" s="23"/>
+    </row>
+    <row r="436" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="27"/>
+      <c r="B436" s="34"/>
+      <c r="C436" s="34"/>
+      <c r="D436" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F436" s="40">
+        <v>429.11</v>
+      </c>
+      <c r="G436" s="40">
+        <v>413.02</v>
+      </c>
+      <c r="H436" s="4"/>
+      <c r="J436" s="23"/>
+    </row>
+    <row r="437" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="27"/>
+      <c r="B437" s="34"/>
+      <c r="C437" s="34"/>
+      <c r="D437" s="32"/>
+      <c r="E437" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F437" s="40">
+        <v>430.21</v>
+      </c>
+      <c r="G437" s="40">
+        <v>411.94</v>
+      </c>
+      <c r="H437" s="4"/>
+      <c r="J437" s="23"/>
+    </row>
+    <row r="438" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="27"/>
+      <c r="B438" s="34"/>
+      <c r="C438" s="34"/>
+      <c r="D438" s="32"/>
+      <c r="E438" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F438" s="41">
+        <v>470.6</v>
+      </c>
+      <c r="G438" s="41">
+        <v>455.8</v>
+      </c>
+      <c r="H438" s="4"/>
+      <c r="J438" s="23"/>
+    </row>
+    <row r="439" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="27"/>
+      <c r="B439" s="35"/>
+      <c r="C439" s="35"/>
+      <c r="D439" s="32"/>
+      <c r="E439" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F439" s="40">
+        <v>471.79</v>
+      </c>
+      <c r="G439" s="40">
+        <v>457.53</v>
+      </c>
+      <c r="H439" s="4"/>
+      <c r="J439" s="23"/>
+    </row>
+    <row r="440" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A440" s="27"/>
+      <c r="B440" s="33" t="s">
         <v>37</v>
       </c>
-      <c r="C208" s="3"/>
-      <c r="D208" s="6">
+      <c r="C440" s="33"/>
+      <c r="D440" s="32">
         <v>2564</v>
       </c>
-      <c r="E208" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F208" s="5">
+      <c r="E440" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F440" s="4">
         <v>62.31</v>
       </c>
-      <c r="G208" s="5">
+      <c r="G440" s="4">
         <v>53.32</v>
       </c>
-      <c r="H208" s="5">
+      <c r="H440" s="4">
         <v>85.572139303482587</v>
       </c>
-      <c r="J208" s="34"/>
-[...9 lines deleted...]
-      <c r="F209" s="5">
+      <c r="J440" s="23"/>
+    </row>
+    <row r="441" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A441" s="27"/>
+      <c r="B441" s="34"/>
+      <c r="C441" s="34"/>
+      <c r="D441" s="32"/>
+      <c r="E441" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F441" s="4">
         <v>64.11</v>
       </c>
-      <c r="G209" s="5">
+      <c r="G441" s="4">
         <v>55.14</v>
       </c>
-      <c r="H209" s="5">
+      <c r="H441" s="4">
         <v>86.008423022929335</v>
       </c>
-      <c r="J209" s="34"/>
-[...9 lines deleted...]
-      <c r="F210" s="5">
+      <c r="J441" s="23"/>
+    </row>
+    <row r="442" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A442" s="27"/>
+      <c r="B442" s="34"/>
+      <c r="C442" s="34"/>
+      <c r="D442" s="32"/>
+      <c r="E442" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F442" s="4">
         <v>64.13</v>
       </c>
-      <c r="G210" s="5">
+      <c r="G442" s="4">
         <v>55.69</v>
       </c>
-      <c r="H210" s="5">
+      <c r="H442" s="4">
         <v>86.839232808358034</v>
       </c>
-      <c r="J210" s="34"/>
-[...5 lines deleted...]
-      <c r="D211" s="6">
+      <c r="J442" s="23"/>
+    </row>
+    <row r="443" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A443" s="27"/>
+      <c r="B443" s="34"/>
+      <c r="C443" s="34"/>
+      <c r="D443" s="32">
         <v>2565</v>
       </c>
-      <c r="E211" s="4" t="s">
+      <c r="E443" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F211" s="5">
+      <c r="F443" s="4">
         <v>57.84</v>
       </c>
-      <c r="G211" s="5">
+      <c r="G443" s="4">
         <v>48.48</v>
       </c>
-      <c r="H211" s="5">
+      <c r="H443" s="4">
         <v>83.817427385892117</v>
       </c>
-      <c r="J211" s="34"/>
-[...9 lines deleted...]
-      <c r="F212" s="5">
+      <c r="J443" s="23"/>
+    </row>
+    <row r="444" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A444" s="27"/>
+      <c r="B444" s="34"/>
+      <c r="C444" s="34"/>
+      <c r="D444" s="32"/>
+      <c r="E444" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F444" s="4">
         <v>57.73</v>
       </c>
-      <c r="G212" s="5">
+      <c r="G444" s="4">
         <v>48.2</v>
       </c>
-      <c r="H212" s="5">
+      <c r="H444" s="4">
         <v>83.49211848259138</v>
       </c>
-      <c r="J212" s="34"/>
-[...9 lines deleted...]
-      <c r="F213" s="5">
+      <c r="J444" s="23"/>
+    </row>
+    <row r="445" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A445" s="27"/>
+      <c r="B445" s="34"/>
+      <c r="C445" s="34"/>
+      <c r="D445" s="32"/>
+      <c r="E445" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F445" s="4">
         <v>58.4</v>
       </c>
-      <c r="G213" s="5">
+      <c r="G445" s="4">
         <v>49.33</v>
       </c>
-      <c r="H213" s="5">
+      <c r="H445" s="4">
         <v>84.469178082191789</v>
       </c>
-      <c r="J213" s="34"/>
-[...9 lines deleted...]
-      <c r="F214" s="5">
+      <c r="J445" s="23"/>
+    </row>
+    <row r="446" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A446" s="27"/>
+      <c r="B446" s="34"/>
+      <c r="C446" s="34"/>
+      <c r="D446" s="32"/>
+      <c r="E446" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F446" s="4">
         <v>58.29</v>
       </c>
-      <c r="G214" s="5">
+      <c r="G446" s="4">
         <v>49.36</v>
       </c>
-      <c r="H214" s="5">
+      <c r="H446" s="4">
         <v>84.680048035683654</v>
       </c>
-      <c r="J214" s="34"/>
-[...3 lines deleted...]
-      <c r="B215" s="3" t="s">
+      <c r="J446" s="23"/>
+    </row>
+    <row r="447" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="27"/>
+      <c r="B447" s="34"/>
+      <c r="C447" s="34"/>
+      <c r="D447" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F447" s="40">
+        <v>58.19</v>
+      </c>
+      <c r="G447" s="40">
+        <v>218.63</v>
+      </c>
+      <c r="H447" s="4"/>
+      <c r="J447" s="23"/>
+    </row>
+    <row r="448" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="27"/>
+      <c r="B448" s="34"/>
+      <c r="C448" s="34"/>
+      <c r="D448" s="32"/>
+      <c r="E448" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F448" s="40">
+        <v>58.08</v>
+      </c>
+      <c r="G448" s="40">
+        <v>216.06</v>
+      </c>
+      <c r="H448" s="4"/>
+      <c r="J448" s="23"/>
+    </row>
+    <row r="449" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="27"/>
+      <c r="B449" s="34"/>
+      <c r="C449" s="34"/>
+      <c r="D449" s="32"/>
+      <c r="E449" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F449" s="40">
+        <v>60.58</v>
+      </c>
+      <c r="G449" s="40">
+        <v>248.08</v>
+      </c>
+      <c r="H449" s="4"/>
+      <c r="J449" s="23"/>
+    </row>
+    <row r="450" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="27"/>
+      <c r="B450" s="34"/>
+      <c r="C450" s="34"/>
+      <c r="D450" s="32"/>
+      <c r="E450" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F450" s="40">
+        <v>60.47</v>
+      </c>
+      <c r="G450" s="40">
+        <v>246.78</v>
+      </c>
+      <c r="H450" s="4"/>
+      <c r="J450" s="23"/>
+    </row>
+    <row r="451" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="27"/>
+      <c r="B451" s="34"/>
+      <c r="C451" s="34"/>
+      <c r="D451" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F451" s="40">
+        <v>60.35</v>
+      </c>
+      <c r="G451" s="40">
+        <v>52.15</v>
+      </c>
+      <c r="H451" s="4"/>
+      <c r="J451" s="23"/>
+    </row>
+    <row r="452" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="27"/>
+      <c r="B452" s="34"/>
+      <c r="C452" s="34"/>
+      <c r="D452" s="32"/>
+      <c r="E452" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F452" s="40">
+        <v>60.25</v>
+      </c>
+      <c r="G452" s="42">
+        <v>52</v>
+      </c>
+      <c r="H452" s="4"/>
+      <c r="J452" s="23"/>
+    </row>
+    <row r="453" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="27"/>
+      <c r="B453" s="34"/>
+      <c r="C453" s="34"/>
+      <c r="D453" s="32"/>
+      <c r="E453" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F453" s="41">
+        <v>59.9</v>
+      </c>
+      <c r="G453" s="41">
+        <v>53.5</v>
+      </c>
+      <c r="H453" s="4"/>
+      <c r="J453" s="23"/>
+    </row>
+    <row r="454" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="27"/>
+      <c r="B454" s="35"/>
+      <c r="C454" s="35"/>
+      <c r="D454" s="32"/>
+      <c r="E454" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F454" s="40">
+        <v>59.81</v>
+      </c>
+      <c r="G454" s="40">
+        <v>53.41</v>
+      </c>
+      <c r="H454" s="4"/>
+      <c r="J454" s="23"/>
+    </row>
+    <row r="455" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A455" s="27"/>
+      <c r="B455" s="33" t="s">
         <v>38</v>
       </c>
-      <c r="C215" s="3"/>
-      <c r="D215" s="6">
+      <c r="C455" s="33"/>
+      <c r="D455" s="32">
         <v>2564</v>
       </c>
-      <c r="E215" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F215" s="5">
+      <c r="E455" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F455" s="4">
         <v>160.12</v>
       </c>
-      <c r="G215" s="5">
+      <c r="G455" s="4">
         <v>135.61000000000001</v>
       </c>
-      <c r="H215" s="5">
+      <c r="H455" s="4">
         <v>84.692730452160887</v>
       </c>
-      <c r="J215" s="34"/>
-[...9 lines deleted...]
-      <c r="F216" s="5">
+      <c r="J455" s="23"/>
+    </row>
+    <row r="456" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A456" s="27"/>
+      <c r="B456" s="34"/>
+      <c r="C456" s="34"/>
+      <c r="D456" s="32"/>
+      <c r="E456" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F456" s="4">
         <v>154.32</v>
       </c>
-      <c r="G216" s="5">
+      <c r="G456" s="4">
         <v>134.96</v>
       </c>
-      <c r="H216" s="5">
+      <c r="H456" s="4">
         <v>87.454639709694149</v>
       </c>
-      <c r="J216" s="34"/>
-[...9 lines deleted...]
-      <c r="F217" s="5">
+      <c r="J456" s="23"/>
+    </row>
+    <row r="457" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A457" s="27"/>
+      <c r="B457" s="34"/>
+      <c r="C457" s="34"/>
+      <c r="D457" s="32"/>
+      <c r="E457" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F457" s="4">
         <v>154.29</v>
       </c>
-      <c r="G217" s="5">
+      <c r="G457" s="4">
         <v>136.71</v>
       </c>
-      <c r="H217" s="5">
+      <c r="H457" s="4">
         <v>88.605872059109473</v>
       </c>
-      <c r="J217" s="34"/>
-[...5 lines deleted...]
-      <c r="D218" s="6">
+      <c r="J457" s="23"/>
+    </row>
+    <row r="458" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A458" s="27"/>
+      <c r="B458" s="34"/>
+      <c r="C458" s="34"/>
+      <c r="D458" s="32">
         <v>2565</v>
       </c>
-      <c r="E218" s="4" t="s">
+      <c r="E458" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F218" s="5">
+      <c r="F458" s="4">
         <v>176.28</v>
       </c>
-      <c r="G218" s="5">
+      <c r="G458" s="4">
         <v>151.69</v>
       </c>
-      <c r="H218" s="5">
+      <c r="H458" s="4">
         <v>86.050601316088034</v>
       </c>
-      <c r="J218" s="34"/>
-[...9 lines deleted...]
-      <c r="F219" s="5">
+      <c r="J458" s="23"/>
+    </row>
+    <row r="459" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A459" s="27"/>
+      <c r="B459" s="34"/>
+      <c r="C459" s="34"/>
+      <c r="D459" s="32"/>
+      <c r="E459" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F459" s="4">
         <v>176.35</v>
       </c>
-      <c r="G219" s="5">
+      <c r="G459" s="4">
         <v>150.47</v>
       </c>
-      <c r="H219" s="5">
+      <c r="H459" s="4">
         <v>85.324638502977038</v>
       </c>
-      <c r="J219" s="34"/>
-[...9 lines deleted...]
-      <c r="F220" s="5">
+      <c r="J459" s="23"/>
+    </row>
+    <row r="460" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A460" s="27"/>
+      <c r="B460" s="34"/>
+      <c r="C460" s="34"/>
+      <c r="D460" s="32"/>
+      <c r="E460" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F460" s="4">
         <v>168.89</v>
       </c>
-      <c r="G220" s="5">
+      <c r="G460" s="4">
         <v>151.54</v>
       </c>
-      <c r="H220" s="5">
+      <c r="H460" s="4">
         <v>89.727041269465346</v>
       </c>
-      <c r="J220" s="34"/>
-[...9 lines deleted...]
-      <c r="F221" s="5">
+      <c r="J460" s="23"/>
+    </row>
+    <row r="461" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A461" s="27"/>
+      <c r="B461" s="34"/>
+      <c r="C461" s="34"/>
+      <c r="D461" s="32"/>
+      <c r="E461" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F461" s="4">
         <v>168.93</v>
       </c>
-      <c r="G221" s="5">
+      <c r="G461" s="4">
         <v>151.08000000000001</v>
       </c>
-      <c r="H221" s="5">
+      <c r="H461" s="4">
         <v>89.433493162848521</v>
       </c>
-      <c r="J221" s="34"/>
-[...3 lines deleted...]
-      <c r="B222" s="3" t="s">
+      <c r="J461" s="23"/>
+    </row>
+    <row r="462" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="27"/>
+      <c r="B462" s="34"/>
+      <c r="C462" s="34"/>
+      <c r="D462" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F462" s="40">
+        <v>168.98</v>
+      </c>
+      <c r="G462" s="40">
+        <v>391.95</v>
+      </c>
+      <c r="H462" s="4"/>
+      <c r="J462" s="23"/>
+    </row>
+    <row r="463" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="27"/>
+      <c r="B463" s="34"/>
+      <c r="C463" s="34"/>
+      <c r="D463" s="32"/>
+      <c r="E463" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F463" s="40">
+        <v>169.03</v>
+      </c>
+      <c r="G463" s="40">
+        <v>399.01</v>
+      </c>
+      <c r="H463" s="4"/>
+      <c r="J463" s="23"/>
+    </row>
+    <row r="464" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="27"/>
+      <c r="B464" s="34"/>
+      <c r="C464" s="34"/>
+      <c r="D464" s="32"/>
+      <c r="E464" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F464" s="40">
+        <v>166.51</v>
+      </c>
+      <c r="G464" s="40">
+        <v>397.48</v>
+      </c>
+      <c r="H464" s="4"/>
+      <c r="J464" s="23"/>
+    </row>
+    <row r="465" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A465" s="27"/>
+      <c r="B465" s="34"/>
+      <c r="C465" s="34"/>
+      <c r="D465" s="32"/>
+      <c r="E465" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F465" s="40">
+        <v>166.54</v>
+      </c>
+      <c r="G465" s="41">
+        <v>400.2</v>
+      </c>
+      <c r="H465" s="4"/>
+      <c r="J465" s="23"/>
+    </row>
+    <row r="466" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="27"/>
+      <c r="B466" s="34"/>
+      <c r="C466" s="34"/>
+      <c r="D466" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F466" s="40">
+        <v>166.57</v>
+      </c>
+      <c r="G466" s="40">
+        <v>147.16</v>
+      </c>
+      <c r="H466" s="4"/>
+      <c r="J466" s="23"/>
+    </row>
+    <row r="467" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="27"/>
+      <c r="B467" s="34"/>
+      <c r="C467" s="34"/>
+      <c r="D467" s="32"/>
+      <c r="E467" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F467" s="40">
+        <v>166.61</v>
+      </c>
+      <c r="G467" s="40">
+        <v>146.59</v>
+      </c>
+      <c r="H467" s="4"/>
+      <c r="J467" s="23"/>
+    </row>
+    <row r="468" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="27"/>
+      <c r="B468" s="34"/>
+      <c r="C468" s="34"/>
+      <c r="D468" s="32"/>
+      <c r="E468" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F468" s="41">
+        <v>177.6</v>
+      </c>
+      <c r="G468" s="41">
+        <v>157.6</v>
+      </c>
+      <c r="H468" s="4"/>
+      <c r="J468" s="23"/>
+    </row>
+    <row r="469" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="27"/>
+      <c r="B469" s="35"/>
+      <c r="C469" s="35"/>
+      <c r="D469" s="32"/>
+      <c r="E469" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F469" s="40">
+        <v>177.65</v>
+      </c>
+      <c r="G469" s="40">
+        <v>157.01</v>
+      </c>
+      <c r="H469" s="4"/>
+      <c r="J469" s="23"/>
+    </row>
+    <row r="470" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A470" s="27"/>
+      <c r="B470" s="33" t="s">
         <v>39</v>
       </c>
-      <c r="C222" s="3"/>
-      <c r="D222" s="6">
+      <c r="C470" s="33"/>
+      <c r="D470" s="32">
         <v>2564</v>
       </c>
-      <c r="E222" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F222" s="5">
+      <c r="E470" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F470" s="4">
         <v>154.66999999999999</v>
       </c>
-      <c r="G222" s="5">
+      <c r="G470" s="4">
         <v>132.69</v>
       </c>
-      <c r="H222" s="5">
+      <c r="H470" s="4">
         <v>85.789099372858345</v>
       </c>
-      <c r="J222" s="34"/>
-[...9 lines deleted...]
-      <c r="F223" s="5">
+      <c r="J470" s="23"/>
+    </row>
+    <row r="471" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A471" s="27"/>
+      <c r="B471" s="34"/>
+      <c r="C471" s="34"/>
+      <c r="D471" s="32"/>
+      <c r="E471" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F471" s="4">
         <v>157.97</v>
       </c>
-      <c r="G223" s="5">
+      <c r="G471" s="4">
         <v>139.22</v>
       </c>
-      <c r="H223" s="5">
+      <c r="H471" s="4">
         <v>88.130657719820221</v>
       </c>
-      <c r="J223" s="34"/>
-[...9 lines deleted...]
-      <c r="F224" s="5">
+      <c r="J471" s="23"/>
+    </row>
+    <row r="472" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A472" s="27"/>
+      <c r="B472" s="34"/>
+      <c r="C472" s="34"/>
+      <c r="D472" s="32"/>
+      <c r="E472" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F472" s="4">
         <v>157.84</v>
       </c>
-      <c r="G224" s="5">
+      <c r="G472" s="4">
         <v>137.51</v>
       </c>
-      <c r="H224" s="5">
+      <c r="H472" s="4">
         <v>87.119868220983278</v>
       </c>
-      <c r="J224" s="34"/>
-[...5 lines deleted...]
-      <c r="D225" s="6">
+      <c r="J472" s="23"/>
+    </row>
+    <row r="473" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A473" s="27"/>
+      <c r="B473" s="34"/>
+      <c r="C473" s="34"/>
+      <c r="D473" s="32">
         <v>2565</v>
       </c>
-      <c r="E225" s="4" t="s">
+      <c r="E473" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F225" s="5">
+      <c r="F473" s="4">
         <v>175.29</v>
       </c>
-      <c r="G225" s="5">
+      <c r="G473" s="4">
         <v>153.66999999999999</v>
       </c>
-      <c r="H225" s="5">
+      <c r="H473" s="4">
         <v>87.66615323178732</v>
       </c>
-      <c r="J225" s="34"/>
-[...9 lines deleted...]
-      <c r="F226" s="5">
+      <c r="J473" s="23"/>
+    </row>
+    <row r="474" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A474" s="27"/>
+      <c r="B474" s="34"/>
+      <c r="C474" s="34"/>
+      <c r="D474" s="32"/>
+      <c r="E474" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F474" s="4">
         <v>175.25</v>
       </c>
-      <c r="G226" s="5">
+      <c r="G474" s="4">
         <v>155.86000000000001</v>
       </c>
-      <c r="H226" s="5">
+      <c r="H474" s="4">
         <v>88.935805991440816</v>
       </c>
-      <c r="J226" s="34"/>
-[...9 lines deleted...]
-      <c r="F227" s="5">
+      <c r="J474" s="23"/>
+    </row>
+    <row r="475" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A475" s="27"/>
+      <c r="B475" s="34"/>
+      <c r="C475" s="34"/>
+      <c r="D475" s="32"/>
+      <c r="E475" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F475" s="4">
         <v>161.44</v>
       </c>
-      <c r="G227" s="5">
+      <c r="G475" s="4">
         <v>145.26</v>
       </c>
-      <c r="H227" s="5">
+      <c r="H475" s="4">
         <v>89.977700693756191</v>
       </c>
-      <c r="J227" s="34"/>
-[...9 lines deleted...]
-      <c r="F228" s="5">
+      <c r="J475" s="23"/>
+    </row>
+    <row r="476" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A476" s="27"/>
+      <c r="B476" s="34"/>
+      <c r="C476" s="34"/>
+      <c r="D476" s="32"/>
+      <c r="E476" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F476" s="4">
         <v>161.38999999999999</v>
       </c>
-      <c r="G228" s="5">
+      <c r="G476" s="4">
         <v>144.34</v>
       </c>
-      <c r="H228" s="5">
+      <c r="H476" s="4">
         <v>89.435528843174922</v>
       </c>
-      <c r="J228" s="34"/>
-[...2 lines deleted...]
-      <c r="A229" s="3" t="s">
+      <c r="J476" s="23"/>
+    </row>
+    <row r="477" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="27"/>
+      <c r="B477" s="34"/>
+      <c r="C477" s="34"/>
+      <c r="D477" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F477" s="40">
+        <v>161.34</v>
+      </c>
+      <c r="G477" s="40">
+        <v>404.25</v>
+      </c>
+      <c r="H477" s="4"/>
+      <c r="J477" s="23"/>
+    </row>
+    <row r="478" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="27"/>
+      <c r="B478" s="34"/>
+      <c r="C478" s="34"/>
+      <c r="D478" s="32"/>
+      <c r="E478" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F478" s="41">
+        <v>161.30000000000001</v>
+      </c>
+      <c r="G478" s="40">
+        <v>404.52</v>
+      </c>
+      <c r="H478" s="4"/>
+      <c r="J478" s="23"/>
+    </row>
+    <row r="479" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="27"/>
+      <c r="B479" s="34"/>
+      <c r="C479" s="34"/>
+      <c r="D479" s="32"/>
+      <c r="E479" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F479" s="41">
+        <v>172.2</v>
+      </c>
+      <c r="G479" s="40">
+        <v>410.85</v>
+      </c>
+      <c r="H479" s="4"/>
+      <c r="J479" s="23"/>
+    </row>
+    <row r="480" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="27"/>
+      <c r="B480" s="34"/>
+      <c r="C480" s="34"/>
+      <c r="D480" s="32"/>
+      <c r="E480" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F480" s="40">
+        <v>172.14</v>
+      </c>
+      <c r="G480" s="40">
+        <v>413.18</v>
+      </c>
+      <c r="H480" s="4"/>
+      <c r="J480" s="23"/>
+    </row>
+    <row r="481" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="27"/>
+      <c r="B481" s="34"/>
+      <c r="C481" s="34"/>
+      <c r="D481" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F481" s="40">
+        <v>172.08</v>
+      </c>
+      <c r="G481" s="40">
+        <v>154.21</v>
+      </c>
+      <c r="H481" s="4"/>
+      <c r="J481" s="23"/>
+    </row>
+    <row r="482" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="27"/>
+      <c r="B482" s="34"/>
+      <c r="C482" s="34"/>
+      <c r="D482" s="32"/>
+      <c r="E482" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F482" s="40">
+        <v>172.02</v>
+      </c>
+      <c r="G482" s="40">
+        <v>155.62</v>
+      </c>
+      <c r="H482" s="4"/>
+      <c r="J482" s="23"/>
+    </row>
+    <row r="483" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A483" s="27"/>
+      <c r="B483" s="34"/>
+      <c r="C483" s="34"/>
+      <c r="D483" s="32"/>
+      <c r="E483" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F483" s="41">
+        <v>170.5</v>
+      </c>
+      <c r="G483" s="41">
+        <v>153.4</v>
+      </c>
+      <c r="H483" s="4"/>
+      <c r="J483" s="23"/>
+    </row>
+    <row r="484" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="28"/>
+      <c r="B484" s="35"/>
+      <c r="C484" s="35"/>
+      <c r="D484" s="32"/>
+      <c r="E484" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F484" s="40">
+        <v>170.44</v>
+      </c>
+      <c r="G484" s="40">
+        <v>153.11000000000001</v>
+      </c>
+      <c r="H484" s="4"/>
+      <c r="J484" s="23"/>
+    </row>
+    <row r="485" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A485" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="B229" s="11" t="s">
+      <c r="B485" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="C229" s="3" t="s">
+      <c r="C485" s="33" t="s">
         <v>5</v>
       </c>
-      <c r="D229" s="6">
+      <c r="D485" s="32">
         <v>2564</v>
       </c>
-      <c r="E229" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F229" s="5">
+      <c r="E485" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F485" s="4">
         <v>3879.02</v>
       </c>
-      <c r="G229" s="5">
+      <c r="G485" s="4">
         <v>3101.94</v>
       </c>
-      <c r="H229" s="5">
+      <c r="H485" s="4">
         <v>79.967105093554551</v>
       </c>
-      <c r="J229" s="34"/>
-[...9 lines deleted...]
-      <c r="F230" s="5">
+      <c r="J485" s="23"/>
+    </row>
+    <row r="486" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A486" s="30"/>
+      <c r="B486" s="34"/>
+      <c r="C486" s="34"/>
+      <c r="D486" s="32"/>
+      <c r="E486" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F486" s="4">
         <v>3950.22</v>
       </c>
-      <c r="G230" s="5">
+      <c r="G486" s="4">
         <v>3267.96</v>
       </c>
-      <c r="H230" s="5">
+      <c r="H486" s="4">
         <v>82.728556890502304</v>
       </c>
-      <c r="J230" s="34"/>
-[...9 lines deleted...]
-      <c r="F231" s="5">
+      <c r="J486" s="23"/>
+    </row>
+    <row r="487" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A487" s="30"/>
+      <c r="B487" s="34"/>
+      <c r="C487" s="34"/>
+      <c r="D487" s="32"/>
+      <c r="E487" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F487" s="4">
         <v>3944.94</v>
       </c>
-      <c r="G231" s="5">
+      <c r="G487" s="4">
         <v>3250.95</v>
       </c>
-      <c r="H231" s="5">
+      <c r="H487" s="4">
         <v>82.408097461558356</v>
       </c>
-      <c r="J231" s="34"/>
-[...5 lines deleted...]
-      <c r="D232" s="6">
+      <c r="J487" s="23"/>
+    </row>
+    <row r="488" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A488" s="30"/>
+      <c r="B488" s="34"/>
+      <c r="C488" s="34"/>
+      <c r="D488" s="32">
         <v>2565</v>
       </c>
-      <c r="E232" s="4" t="s">
+      <c r="E488" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F232" s="5">
+      <c r="F488" s="4">
         <v>4054.41</v>
       </c>
-      <c r="G232" s="5">
+      <c r="G488" s="4">
         <v>3341.88</v>
       </c>
-      <c r="H232" s="5">
+      <c r="H488" s="4">
         <v>82.42580301449533</v>
       </c>
-      <c r="J232" s="34"/>
-[...9 lines deleted...]
-      <c r="F233" s="5">
+      <c r="J488" s="23"/>
+    </row>
+    <row r="489" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A489" s="30"/>
+      <c r="B489" s="34"/>
+      <c r="C489" s="34"/>
+      <c r="D489" s="32"/>
+      <c r="E489" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F489" s="4">
         <v>4049.77</v>
       </c>
-      <c r="G233" s="5">
+      <c r="G489" s="4">
         <v>3257.54</v>
       </c>
-      <c r="H233" s="5">
+      <c r="H489" s="4">
         <v>80.437654484081818</v>
       </c>
-      <c r="J233" s="34"/>
-[...9 lines deleted...]
-      <c r="F234" s="5">
+      <c r="J489" s="23"/>
+    </row>
+    <row r="490" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A490" s="30"/>
+      <c r="B490" s="34"/>
+      <c r="C490" s="34"/>
+      <c r="D490" s="32"/>
+      <c r="E490" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F490" s="4">
         <v>3920.18</v>
       </c>
-      <c r="G234" s="5">
+      <c r="G490" s="4">
         <v>3243.96</v>
       </c>
-      <c r="H234" s="5">
+      <c r="H490" s="4">
         <v>82.750281874811876</v>
       </c>
-      <c r="J234" s="34"/>
-[...9 lines deleted...]
-      <c r="F235" s="5">
+      <c r="J490" s="23"/>
+    </row>
+    <row r="491" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A491" s="30"/>
+      <c r="B491" s="34"/>
+      <c r="C491" s="34"/>
+      <c r="D491" s="32"/>
+      <c r="E491" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F491" s="4">
         <v>3915.22</v>
       </c>
-      <c r="G235" s="5">
+      <c r="G491" s="4">
         <v>3266.93</v>
       </c>
-      <c r="H235" s="5">
+      <c r="H491" s="4">
         <v>83.44179892828501</v>
       </c>
-      <c r="J235" s="34"/>
-[...4 lines deleted...]
-      <c r="C236" s="3" t="s">
+      <c r="J491" s="23"/>
+    </row>
+    <row r="492" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A492" s="30"/>
+      <c r="B492" s="34"/>
+      <c r="C492" s="34"/>
+      <c r="D492" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E492" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F492" s="4">
+        <v>3910.48</v>
+      </c>
+      <c r="G492" s="40">
+        <v>283.02999999999997</v>
+      </c>
+      <c r="H492" s="41">
+        <v>82.3</v>
+      </c>
+      <c r="J492" s="23"/>
+    </row>
+    <row r="493" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A493" s="30"/>
+      <c r="B493" s="34"/>
+      <c r="C493" s="34"/>
+      <c r="D493" s="32"/>
+      <c r="E493" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F493" s="4">
+        <v>3905.98</v>
+      </c>
+      <c r="G493" s="40">
+        <v>278.99</v>
+      </c>
+      <c r="H493" s="41">
+        <v>83.1</v>
+      </c>
+      <c r="J493" s="23"/>
+    </row>
+    <row r="494" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A494" s="30"/>
+      <c r="B494" s="34"/>
+      <c r="C494" s="34"/>
+      <c r="D494" s="32"/>
+      <c r="E494" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F494" s="4">
+        <v>3935.99</v>
+      </c>
+      <c r="G494" s="40">
+        <v>266.05</v>
+      </c>
+      <c r="H494" s="41">
+        <v>84.2</v>
+      </c>
+      <c r="J494" s="23"/>
+    </row>
+    <row r="495" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A495" s="30"/>
+      <c r="B495" s="34"/>
+      <c r="C495" s="34"/>
+      <c r="D495" s="32"/>
+      <c r="E495" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F495" s="4">
+        <v>3930.73</v>
+      </c>
+      <c r="G495" s="40">
+        <v>278.08999999999997</v>
+      </c>
+      <c r="H495" s="41">
+        <v>85.7</v>
+      </c>
+      <c r="J495" s="23"/>
+    </row>
+    <row r="496" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="30"/>
+      <c r="B496" s="34"/>
+      <c r="C496" s="34"/>
+      <c r="D496" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E496" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F496" s="4">
+        <v>3925.7</v>
+      </c>
+      <c r="G496" s="42">
+        <v>3327</v>
+      </c>
+      <c r="H496" s="41">
+        <v>84.7</v>
+      </c>
+      <c r="J496" s="23"/>
+    </row>
+    <row r="497" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A497" s="30"/>
+      <c r="B497" s="34"/>
+      <c r="C497" s="34"/>
+      <c r="D497" s="32"/>
+      <c r="E497" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F497" s="4">
+        <v>3920.89</v>
+      </c>
+      <c r="G497" s="40">
+        <v>3302.96</v>
+      </c>
+      <c r="H497" s="41">
+        <v>84.2</v>
+      </c>
+      <c r="J497" s="23"/>
+    </row>
+    <row r="498" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A498" s="30"/>
+      <c r="B498" s="34"/>
+      <c r="C498" s="34"/>
+      <c r="D498" s="32"/>
+      <c r="E498" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F498" s="4">
+        <v>3993.5</v>
+      </c>
+      <c r="G498" s="42">
+        <v>3423</v>
+      </c>
+      <c r="H498" s="41">
+        <v>85.7</v>
+      </c>
+      <c r="J498" s="23"/>
+    </row>
+    <row r="499" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="30"/>
+      <c r="B499" s="34"/>
+      <c r="C499" s="35"/>
+      <c r="D499" s="32"/>
+      <c r="E499" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F499" s="4">
+        <v>3987.96</v>
+      </c>
+      <c r="G499" s="40">
+        <v>3480.42</v>
+      </c>
+      <c r="H499" s="41">
+        <v>87.3</v>
+      </c>
+      <c r="J499" s="23"/>
+    </row>
+    <row r="500" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A500" s="30"/>
+      <c r="B500" s="34"/>
+      <c r="C500" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="D236" s="6">
+      <c r="D500" s="32">
         <v>2564</v>
       </c>
-      <c r="E236" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F236" s="5">
+      <c r="E500" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F500" s="4">
         <v>1423.62</v>
       </c>
-      <c r="G236" s="5">
+      <c r="G500" s="4">
         <v>1198.8499999999999</v>
       </c>
-      <c r="H236" s="5">
+      <c r="H500" s="4">
         <v>84.211376631404448</v>
       </c>
-      <c r="J236" s="34"/>
-[...9 lines deleted...]
-      <c r="F237" s="5">
+      <c r="J500" s="23"/>
+    </row>
+    <row r="501" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A501" s="30"/>
+      <c r="B501" s="34"/>
+      <c r="C501" s="34"/>
+      <c r="D501" s="32"/>
+      <c r="E501" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F501" s="4">
         <v>1435.48</v>
       </c>
-      <c r="G237" s="5">
+      <c r="G501" s="4">
         <v>1240.79</v>
       </c>
-      <c r="H237" s="5">
+      <c r="H501" s="4">
         <v>86.437289269094663</v>
       </c>
-      <c r="J237" s="34"/>
-[...9 lines deleted...]
-      <c r="F238" s="5">
+      <c r="J501" s="23"/>
+    </row>
+    <row r="502" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A502" s="30"/>
+      <c r="B502" s="34"/>
+      <c r="C502" s="34"/>
+      <c r="D502" s="32"/>
+      <c r="E502" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F502" s="4">
         <v>1433.55</v>
       </c>
-      <c r="G238" s="5">
+      <c r="G502" s="4">
         <v>1233.55</v>
       </c>
-      <c r="H238" s="5">
+      <c r="H502" s="4">
         <v>86.048620557357609</v>
       </c>
-      <c r="J238" s="34"/>
-[...5 lines deleted...]
-      <c r="D239" s="6">
+      <c r="J502" s="23"/>
+    </row>
+    <row r="503" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A503" s="30"/>
+      <c r="B503" s="34"/>
+      <c r="C503" s="34"/>
+      <c r="D503" s="32">
         <v>2565</v>
       </c>
-      <c r="E239" s="4" t="s">
+      <c r="E503" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F239" s="5">
+      <c r="F503" s="4">
         <v>1484.59</v>
       </c>
-      <c r="G239" s="5">
+      <c r="G503" s="4">
         <v>1286.92</v>
       </c>
-      <c r="H239" s="5">
+      <c r="H503" s="4">
         <v>86.685212752342409</v>
       </c>
-      <c r="J239" s="34"/>
-[...9 lines deleted...]
-      <c r="F240" s="5">
+      <c r="J503" s="23"/>
+    </row>
+    <row r="504" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A504" s="30"/>
+      <c r="B504" s="34"/>
+      <c r="C504" s="34"/>
+      <c r="D504" s="32"/>
+      <c r="E504" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F504" s="4">
         <v>1482.81</v>
       </c>
-      <c r="G240" s="5">
+      <c r="G504" s="4">
         <v>1234.74</v>
       </c>
-      <c r="H240" s="5">
+      <c r="H504" s="4">
         <v>83.270277378760596</v>
       </c>
-      <c r="J240" s="34"/>
-[...9 lines deleted...]
-      <c r="F241" s="5">
+      <c r="J504" s="23"/>
+    </row>
+    <row r="505" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A505" s="30"/>
+      <c r="B505" s="34"/>
+      <c r="C505" s="34"/>
+      <c r="D505" s="32"/>
+      <c r="E505" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F505" s="4">
         <v>1463.01</v>
       </c>
-      <c r="G241" s="5">
+      <c r="G505" s="4">
         <v>1269.98</v>
       </c>
-      <c r="H241" s="5">
+      <c r="H505" s="4">
         <v>86.805968516961613</v>
       </c>
-      <c r="J241" s="34"/>
-[...9 lines deleted...]
-      <c r="F242" s="5">
+      <c r="J505" s="23"/>
+    </row>
+    <row r="506" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A506" s="30"/>
+      <c r="B506" s="34"/>
+      <c r="C506" s="34"/>
+      <c r="D506" s="32"/>
+      <c r="E506" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F506" s="4">
         <v>1461.13</v>
       </c>
-      <c r="G242" s="5">
+      <c r="G506" s="4">
         <v>1274.5999999999999</v>
       </c>
-      <c r="H242" s="5">
+      <c r="H506" s="4">
         <v>87.233853250566327</v>
       </c>
-      <c r="J242" s="34"/>
-[...4 lines deleted...]
-      <c r="C243" s="3" t="s">
+      <c r="J506" s="23"/>
+    </row>
+    <row r="507" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A507" s="30"/>
+      <c r="B507" s="34"/>
+      <c r="C507" s="34"/>
+      <c r="D507" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E507" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F507" s="4">
+        <v>1459.32</v>
+      </c>
+      <c r="G507" s="40">
+        <v>140.56</v>
+      </c>
+      <c r="H507" s="4"/>
+      <c r="J507" s="23"/>
+    </row>
+    <row r="508" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A508" s="30"/>
+      <c r="B508" s="34"/>
+      <c r="C508" s="34"/>
+      <c r="D508" s="32"/>
+      <c r="E508" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F508" s="4">
+        <v>1457.62</v>
+      </c>
+      <c r="G508" s="40">
+        <v>142.32</v>
+      </c>
+      <c r="H508" s="4"/>
+      <c r="J508" s="23"/>
+    </row>
+    <row r="509" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A509" s="30"/>
+      <c r="B509" s="34"/>
+      <c r="C509" s="34"/>
+      <c r="D509" s="32"/>
+      <c r="E509" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F509" s="4">
+        <v>1464.27</v>
+      </c>
+      <c r="G509" s="40">
+        <v>155.66999999999999</v>
+      </c>
+      <c r="H509" s="4"/>
+      <c r="J509" s="23"/>
+    </row>
+    <row r="510" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A510" s="30"/>
+      <c r="B510" s="34"/>
+      <c r="C510" s="34"/>
+      <c r="D510" s="32"/>
+      <c r="E510" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F510" s="4">
+        <v>1462.27</v>
+      </c>
+      <c r="G510" s="41">
+        <v>154.19999999999999</v>
+      </c>
+      <c r="H510" s="4"/>
+      <c r="J510" s="23"/>
+    </row>
+    <row r="511" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="30"/>
+      <c r="B511" s="34"/>
+      <c r="C511" s="34"/>
+      <c r="D511" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E511" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F511" s="4">
+        <v>1460.38</v>
+      </c>
+      <c r="G511" s="40">
+        <v>1285.26</v>
+      </c>
+      <c r="H511" s="4"/>
+      <c r="J511" s="23"/>
+    </row>
+    <row r="512" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="30"/>
+      <c r="B512" s="34"/>
+      <c r="C512" s="34"/>
+      <c r="D512" s="32"/>
+      <c r="E512" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F512" s="4">
+        <v>1458.55</v>
+      </c>
+      <c r="G512" s="40">
+        <v>1276.48</v>
+      </c>
+      <c r="H512" s="4"/>
+      <c r="J512" s="23"/>
+    </row>
+    <row r="513" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="30"/>
+      <c r="B513" s="34"/>
+      <c r="C513" s="34"/>
+      <c r="D513" s="32"/>
+      <c r="E513" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F513" s="4">
+        <v>1463.3</v>
+      </c>
+      <c r="G513" s="41">
+        <v>1293.0999999999999</v>
+      </c>
+      <c r="H513" s="4"/>
+      <c r="J513" s="23"/>
+    </row>
+    <row r="514" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="30"/>
+      <c r="B514" s="34"/>
+      <c r="C514" s="35"/>
+      <c r="D514" s="32"/>
+      <c r="E514" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F514" s="4">
+        <v>1461.23</v>
+      </c>
+      <c r="G514" s="40">
+        <v>1313.15</v>
+      </c>
+      <c r="H514" s="4"/>
+      <c r="J514" s="23"/>
+    </row>
+    <row r="515" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A515" s="30"/>
+      <c r="B515" s="34"/>
+      <c r="C515" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="D243" s="6">
+      <c r="D515" s="32">
         <v>2564</v>
       </c>
-      <c r="E243" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F243" s="5">
+      <c r="E515" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F515" s="4">
         <v>2455.4</v>
       </c>
-      <c r="G243" s="5">
+      <c r="G515" s="4">
         <v>1903.09</v>
       </c>
-      <c r="H243" s="5">
+      <c r="H515" s="4">
         <v>77.506312617088867</v>
       </c>
-      <c r="J243" s="34"/>
-[...9 lines deleted...]
-      <c r="F244" s="5">
+      <c r="J515" s="23"/>
+    </row>
+    <row r="516" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A516" s="30"/>
+      <c r="B516" s="34"/>
+      <c r="C516" s="34"/>
+      <c r="D516" s="32"/>
+      <c r="E516" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F516" s="4">
         <v>2514.7399999999998</v>
       </c>
-      <c r="G244" s="5">
+      <c r="G516" s="4">
         <v>2027.17</v>
       </c>
-      <c r="H244" s="5">
+      <c r="H516" s="4">
         <v>80.611514510446412</v>
       </c>
-      <c r="J244" s="34"/>
-[...9 lines deleted...]
-      <c r="F245" s="5">
+      <c r="J516" s="23"/>
+    </row>
+    <row r="517" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A517" s="30"/>
+      <c r="B517" s="34"/>
+      <c r="C517" s="34"/>
+      <c r="D517" s="32"/>
+      <c r="E517" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F517" s="4">
         <v>2511.39</v>
       </c>
-      <c r="G245" s="5">
+      <c r="G517" s="4">
         <v>2017.4</v>
       </c>
-      <c r="H245" s="5">
+      <c r="H517" s="4">
         <v>80.33001644507624</v>
       </c>
-      <c r="J245" s="34"/>
-[...5 lines deleted...]
-      <c r="D246" s="6">
+      <c r="J517" s="23"/>
+    </row>
+    <row r="518" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A518" s="30"/>
+      <c r="B518" s="34"/>
+      <c r="C518" s="34"/>
+      <c r="D518" s="32">
         <v>2565</v>
       </c>
-      <c r="E246" s="4" t="s">
+      <c r="E518" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F246" s="5">
+      <c r="F518" s="4">
         <v>2569.8200000000002</v>
       </c>
-      <c r="G246" s="5">
+      <c r="G518" s="4">
         <v>2054.96</v>
       </c>
-      <c r="H246" s="5">
+      <c r="H518" s="4">
         <v>79.965133744775898</v>
       </c>
-      <c r="J246" s="34"/>
-[...9 lines deleted...]
-      <c r="F247" s="5">
+      <c r="J518" s="23"/>
+    </row>
+    <row r="519" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A519" s="30"/>
+      <c r="B519" s="34"/>
+      <c r="C519" s="34"/>
+      <c r="D519" s="32"/>
+      <c r="E519" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F519" s="4">
         <v>2566.96</v>
       </c>
-      <c r="G247" s="5">
+      <c r="G519" s="4">
         <v>2022.81</v>
       </c>
-      <c r="H247" s="5">
+      <c r="H519" s="4">
         <v>78.801773303830217</v>
       </c>
-      <c r="J247" s="34"/>
-[...9 lines deleted...]
-      <c r="F248" s="5">
+      <c r="J519" s="23"/>
+    </row>
+    <row r="520" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A520" s="30"/>
+      <c r="B520" s="34"/>
+      <c r="C520" s="34"/>
+      <c r="D520" s="32"/>
+      <c r="E520" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F520" s="4">
         <v>2457.17</v>
       </c>
-      <c r="G248" s="5">
+      <c r="G520" s="4">
         <v>1973.99</v>
       </c>
-      <c r="H248" s="5">
+      <c r="H520" s="4">
         <v>80.335914893963377</v>
       </c>
-      <c r="J248" s="34"/>
-[...9 lines deleted...]
-      <c r="F249" s="5">
+      <c r="J520" s="23"/>
+    </row>
+    <row r="521" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A521" s="30"/>
+      <c r="B521" s="34"/>
+      <c r="C521" s="34"/>
+      <c r="D521" s="32"/>
+      <c r="E521" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F521" s="4">
         <v>2454.09</v>
       </c>
-      <c r="G249" s="5">
+      <c r="G521" s="4">
         <v>1992.33</v>
       </c>
-      <c r="H249" s="5">
+      <c r="H521" s="4">
         <v>81.184064154126375</v>
       </c>
-      <c r="J249" s="34"/>
-[...3 lines deleted...]
-      <c r="B250" s="3" t="s">
+      <c r="J521" s="23"/>
+    </row>
+    <row r="522" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A522" s="30"/>
+      <c r="B522" s="34"/>
+      <c r="C522" s="34"/>
+      <c r="D522" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F522" s="4">
+        <v>2451.16</v>
+      </c>
+      <c r="G522" s="40">
+        <v>254.62</v>
+      </c>
+      <c r="H522" s="4"/>
+      <c r="J522" s="23"/>
+    </row>
+    <row r="523" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A523" s="30"/>
+      <c r="B523" s="34"/>
+      <c r="C523" s="34"/>
+      <c r="D523" s="32"/>
+      <c r="E523" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F523" s="4">
+        <v>2448.36</v>
+      </c>
+      <c r="G523" s="40">
+        <v>256.73</v>
+      </c>
+      <c r="H523" s="4"/>
+      <c r="J523" s="23"/>
+    </row>
+    <row r="524" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="30"/>
+      <c r="B524" s="34"/>
+      <c r="C524" s="34"/>
+      <c r="D524" s="32"/>
+      <c r="E524" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F524" s="4">
+        <v>2471.73</v>
+      </c>
+      <c r="G524" s="41">
+        <v>263.8</v>
+      </c>
+      <c r="H524" s="4"/>
+      <c r="J524" s="23"/>
+    </row>
+    <row r="525" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="30"/>
+      <c r="B525" s="34"/>
+      <c r="C525" s="34"/>
+      <c r="D525" s="32"/>
+      <c r="E525" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F525" s="4">
+        <v>2468.46</v>
+      </c>
+      <c r="G525" s="41">
+        <v>274.10000000000002</v>
+      </c>
+      <c r="H525" s="4"/>
+      <c r="J525" s="23"/>
+    </row>
+    <row r="526" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A526" s="30"/>
+      <c r="B526" s="34"/>
+      <c r="C526" s="34"/>
+      <c r="D526" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F526" s="4">
+        <v>2465.3200000000002</v>
+      </c>
+      <c r="G526" s="40">
+        <v>2041.74</v>
+      </c>
+      <c r="H526" s="4"/>
+      <c r="J526" s="23"/>
+    </row>
+    <row r="527" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A527" s="30"/>
+      <c r="B527" s="34"/>
+      <c r="C527" s="34"/>
+      <c r="D527" s="32"/>
+      <c r="E527" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F527" s="4">
+        <v>2462.34</v>
+      </c>
+      <c r="G527" s="40">
+        <v>2026.48</v>
+      </c>
+      <c r="H527" s="4"/>
+      <c r="J527" s="23"/>
+    </row>
+    <row r="528" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A528" s="30"/>
+      <c r="B528" s="34"/>
+      <c r="C528" s="34"/>
+      <c r="D528" s="32"/>
+      <c r="E528" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F528" s="4">
+        <v>2530.1999999999998</v>
+      </c>
+      <c r="G528" s="41">
+        <v>2129.9</v>
+      </c>
+      <c r="H528" s="4"/>
+      <c r="J528" s="23"/>
+    </row>
+    <row r="529" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A529" s="30"/>
+      <c r="B529" s="35"/>
+      <c r="C529" s="35"/>
+      <c r="D529" s="32"/>
+      <c r="E529" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F529" s="4">
+        <v>2526.7399999999998</v>
+      </c>
+      <c r="G529" s="40">
+        <v>2167.27</v>
+      </c>
+      <c r="H529" s="4"/>
+      <c r="J529" s="23"/>
+    </row>
+    <row r="530" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A530" s="30"/>
+      <c r="B530" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="C250" s="3"/>
-      <c r="D250" s="6">
+      <c r="C530" s="33"/>
+      <c r="D530" s="32">
         <v>2564</v>
       </c>
-      <c r="E250" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F250" s="5">
+      <c r="E530" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F530" s="4">
         <v>600.98</v>
       </c>
-      <c r="G250" s="5">
+      <c r="G530" s="4">
         <v>488.53</v>
       </c>
-      <c r="H250" s="5">
+      <c r="H530" s="4">
         <v>81.288894805151585</v>
       </c>
-      <c r="J250" s="34"/>
-[...9 lines deleted...]
-      <c r="F251" s="5">
+      <c r="J530" s="23"/>
+    </row>
+    <row r="531" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A531" s="30"/>
+      <c r="B531" s="34"/>
+      <c r="C531" s="34"/>
+      <c r="D531" s="32"/>
+      <c r="E531" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F531" s="4">
         <v>583.33000000000004</v>
       </c>
-      <c r="G251" s="5">
+      <c r="G531" s="4">
         <v>482.32</v>
       </c>
-      <c r="H251" s="5">
+      <c r="H531" s="4">
         <v>82.683901050863142</v>
       </c>
-      <c r="J251" s="34"/>
-[...9 lines deleted...]
-      <c r="F252" s="5">
+      <c r="J531" s="23"/>
+    </row>
+    <row r="532" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A532" s="30"/>
+      <c r="B532" s="34"/>
+      <c r="C532" s="34"/>
+      <c r="D532" s="32"/>
+      <c r="E532" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F532" s="4">
         <v>582.48</v>
       </c>
-      <c r="G252" s="5">
+      <c r="G532" s="4">
         <v>494.96</v>
       </c>
-      <c r="H252" s="5">
+      <c r="H532" s="4">
         <v>84.974591402279898</v>
       </c>
-      <c r="J252" s="34"/>
-[...5 lines deleted...]
-      <c r="D253" s="6">
+      <c r="J532" s="23"/>
+    </row>
+    <row r="533" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A533" s="30"/>
+      <c r="B533" s="34"/>
+      <c r="C533" s="34"/>
+      <c r="D533" s="32">
         <v>2565</v>
       </c>
-      <c r="E253" s="4" t="s">
+      <c r="E533" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F253" s="5">
+      <c r="F533" s="4">
         <v>646.73</v>
       </c>
-      <c r="G253" s="5">
+      <c r="G533" s="4">
         <v>548.12</v>
       </c>
-      <c r="H253" s="5">
+      <c r="H533" s="4">
         <v>84.752524237316962</v>
       </c>
-      <c r="J253" s="34"/>
-[...9 lines deleted...]
-      <c r="F254" s="5">
+      <c r="J533" s="23"/>
+    </row>
+    <row r="534" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A534" s="30"/>
+      <c r="B534" s="34"/>
+      <c r="C534" s="34"/>
+      <c r="D534" s="32"/>
+      <c r="E534" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F534" s="4">
         <v>646.45000000000005</v>
       </c>
-      <c r="G254" s="5">
+      <c r="G534" s="4">
         <v>514.48</v>
       </c>
-      <c r="H254" s="5">
+      <c r="H534" s="4">
         <v>79.585428107355554</v>
       </c>
-      <c r="J254" s="34"/>
-[...9 lines deleted...]
-      <c r="F255" s="5">
+      <c r="J534" s="23"/>
+    </row>
+    <row r="535" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A535" s="30"/>
+      <c r="B535" s="34"/>
+      <c r="C535" s="34"/>
+      <c r="D535" s="32"/>
+      <c r="E535" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F535" s="4">
         <v>662.96</v>
       </c>
-      <c r="G255" s="5">
+      <c r="G535" s="4">
         <v>580.4</v>
       </c>
-      <c r="H255" s="5">
+      <c r="H535" s="4">
         <v>87.546759985519486</v>
       </c>
-      <c r="J255" s="34"/>
-[...9 lines deleted...]
-      <c r="F256" s="5">
+      <c r="J535" s="23"/>
+    </row>
+    <row r="536" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A536" s="30"/>
+      <c r="B536" s="34"/>
+      <c r="C536" s="34"/>
+      <c r="D536" s="32"/>
+      <c r="E536" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F536" s="4">
         <v>662.55</v>
       </c>
-      <c r="G256" s="5">
+      <c r="G536" s="4">
         <v>562.04</v>
       </c>
-      <c r="H256" s="5">
+      <c r="H536" s="4">
         <v>84.829824164214031</v>
       </c>
-      <c r="J256" s="34"/>
-[...3 lines deleted...]
-      <c r="B257" s="3" t="s">
+      <c r="J536" s="23"/>
+    </row>
+    <row r="537" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A537" s="30"/>
+      <c r="B537" s="34"/>
+      <c r="C537" s="34"/>
+      <c r="D537" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F537" s="40">
+        <v>662.17</v>
+      </c>
+      <c r="G537" s="40">
+        <v>3216.53</v>
+      </c>
+      <c r="H537" s="4"/>
+      <c r="J537" s="23"/>
+    </row>
+    <row r="538" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A538" s="30"/>
+      <c r="B538" s="34"/>
+      <c r="C538" s="34"/>
+      <c r="D538" s="32"/>
+      <c r="E538" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F538" s="40">
+        <v>661.83</v>
+      </c>
+      <c r="G538" s="40">
+        <v>3245.75</v>
+      </c>
+      <c r="H538" s="4"/>
+      <c r="J538" s="23"/>
+    </row>
+    <row r="539" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A539" s="30"/>
+      <c r="B539" s="34"/>
+      <c r="C539" s="34"/>
+      <c r="D539" s="32"/>
+      <c r="E539" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F539" s="40">
+        <v>655.88</v>
+      </c>
+      <c r="G539" s="40">
+        <v>3314.99</v>
+      </c>
+      <c r="H539" s="4"/>
+      <c r="J539" s="23"/>
+    </row>
+    <row r="540" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A540" s="30"/>
+      <c r="B540" s="34"/>
+      <c r="C540" s="34"/>
+      <c r="D540" s="32"/>
+      <c r="E540" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F540" s="41">
+        <v>655.4</v>
+      </c>
+      <c r="G540" s="41">
+        <v>3368.8</v>
+      </c>
+      <c r="H540" s="4"/>
+      <c r="J540" s="23"/>
+    </row>
+    <row r="541" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A541" s="30"/>
+      <c r="B541" s="34"/>
+      <c r="C541" s="34"/>
+      <c r="D541" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E541" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F541" s="40">
+        <v>654.97</v>
+      </c>
+      <c r="G541" s="40">
+        <v>549.49</v>
+      </c>
+      <c r="H541" s="4"/>
+      <c r="J541" s="23"/>
+    </row>
+    <row r="542" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A542" s="30"/>
+      <c r="B542" s="34"/>
+      <c r="C542" s="34"/>
+      <c r="D542" s="32"/>
+      <c r="E542" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F542" s="40">
+        <v>654.55999999999995</v>
+      </c>
+      <c r="G542" s="40">
+        <v>561.85</v>
+      </c>
+      <c r="H542" s="4"/>
+      <c r="J542" s="23"/>
+    </row>
+    <row r="543" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A543" s="30"/>
+      <c r="B543" s="34"/>
+      <c r="C543" s="34"/>
+      <c r="D543" s="32"/>
+      <c r="E543" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F543" s="42">
+        <v>654</v>
+      </c>
+      <c r="G543" s="41">
+        <v>561.6</v>
+      </c>
+      <c r="H543" s="4"/>
+      <c r="J543" s="23"/>
+    </row>
+    <row r="544" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A544" s="30"/>
+      <c r="B544" s="35"/>
+      <c r="C544" s="35"/>
+      <c r="D544" s="32"/>
+      <c r="E544" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F544" s="40">
+        <v>653.49</v>
+      </c>
+      <c r="G544" s="40">
+        <v>573.62</v>
+      </c>
+      <c r="H544" s="4"/>
+      <c r="J544" s="23"/>
+    </row>
+    <row r="545" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A545" s="30"/>
+      <c r="B545" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="C257" s="3"/>
-      <c r="D257" s="6">
+      <c r="C545" s="33"/>
+      <c r="D545" s="32">
         <v>2564</v>
       </c>
-      <c r="E257" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F257" s="5">
+      <c r="E545" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F545" s="4">
         <v>140.69</v>
       </c>
-      <c r="G257" s="5">
+      <c r="G545" s="4">
         <v>109.33</v>
       </c>
-      <c r="H257" s="5">
+      <c r="H545" s="4">
         <v>77.709858554268251</v>
       </c>
-      <c r="J257" s="34"/>
-[...9 lines deleted...]
-      <c r="F258" s="5">
+      <c r="J545" s="23"/>
+    </row>
+    <row r="546" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A546" s="30"/>
+      <c r="B546" s="34"/>
+      <c r="C546" s="34"/>
+      <c r="D546" s="32"/>
+      <c r="E546" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F546" s="4">
         <v>143.13</v>
       </c>
-      <c r="G258" s="5">
+      <c r="G546" s="4">
         <v>116.37</v>
       </c>
-      <c r="H258" s="5">
+      <c r="H546" s="4">
         <v>81.303709914064143</v>
       </c>
-      <c r="J258" s="34"/>
-[...9 lines deleted...]
-      <c r="F259" s="5">
+      <c r="J546" s="23"/>
+    </row>
+    <row r="547" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A547" s="30"/>
+      <c r="B547" s="34"/>
+      <c r="C547" s="34"/>
+      <c r="D547" s="32"/>
+      <c r="E547" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F547" s="4">
         <v>142.99</v>
       </c>
-      <c r="G259" s="5">
+      <c r="G547" s="4">
         <v>111.25</v>
       </c>
-      <c r="H259" s="5">
+      <c r="H547" s="4">
         <v>77.802643541506399</v>
       </c>
-      <c r="J259" s="34"/>
-[...5 lines deleted...]
-      <c r="D260" s="6">
+      <c r="J547" s="23"/>
+    </row>
+    <row r="548" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A548" s="30"/>
+      <c r="B548" s="34"/>
+      <c r="C548" s="34"/>
+      <c r="D548" s="32">
         <v>2565</v>
       </c>
-      <c r="E260" s="4" t="s">
+      <c r="E548" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F260" s="5">
+      <c r="F548" s="4">
         <v>145.47</v>
       </c>
-      <c r="G260" s="5">
+      <c r="G548" s="4">
         <v>112.35</v>
       </c>
-      <c r="H260" s="5">
+      <c r="H548" s="4">
         <v>77.232419055475361</v>
       </c>
-      <c r="J260" s="34"/>
-[...9 lines deleted...]
-      <c r="F261" s="5">
+      <c r="J548" s="23"/>
+    </row>
+    <row r="549" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A549" s="30"/>
+      <c r="B549" s="34"/>
+      <c r="C549" s="34"/>
+      <c r="D549" s="32"/>
+      <c r="E549" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F549" s="4">
         <v>145.22999999999999</v>
       </c>
-      <c r="G261" s="5">
+      <c r="G549" s="4">
         <v>113.63</v>
       </c>
-      <c r="H261" s="5">
+      <c r="H549" s="4">
         <v>78.241410176960684</v>
       </c>
-      <c r="J261" s="34"/>
-[...9 lines deleted...]
-      <c r="F262" s="5">
+      <c r="J549" s="23"/>
+    </row>
+    <row r="550" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A550" s="30"/>
+      <c r="B550" s="34"/>
+      <c r="C550" s="34"/>
+      <c r="D550" s="32"/>
+      <c r="E550" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F550" s="4">
         <v>148.12</v>
       </c>
-      <c r="G262" s="5">
+      <c r="G550" s="4">
         <v>118.11</v>
       </c>
-      <c r="H262" s="5">
+      <c r="H550" s="4">
         <v>79.73940048609235</v>
       </c>
-      <c r="J262" s="34"/>
-[...9 lines deleted...]
-      <c r="F263" s="5">
+      <c r="J550" s="23"/>
+    </row>
+    <row r="551" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A551" s="30"/>
+      <c r="B551" s="34"/>
+      <c r="C551" s="34"/>
+      <c r="D551" s="32"/>
+      <c r="E551" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F551" s="4">
         <v>147.94</v>
       </c>
-      <c r="G263" s="5">
+      <c r="G551" s="4">
         <v>114.84</v>
       </c>
-      <c r="H263" s="5">
+      <c r="H551" s="4">
         <v>77.626064620792221</v>
       </c>
-      <c r="J263" s="34"/>
-[...3 lines deleted...]
-      <c r="B264" s="3" t="s">
+      <c r="J551" s="23"/>
+    </row>
+    <row r="552" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A552" s="30"/>
+      <c r="B552" s="34"/>
+      <c r="C552" s="34"/>
+      <c r="D552" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F552" s="40">
+        <v>147.76</v>
+      </c>
+      <c r="G552" s="40">
+        <v>1254.72</v>
+      </c>
+      <c r="H552" s="4"/>
+      <c r="J552" s="23"/>
+    </row>
+    <row r="553" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A553" s="30"/>
+      <c r="B553" s="34"/>
+      <c r="C553" s="34"/>
+      <c r="D553" s="32"/>
+      <c r="E553" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F553" s="41">
+        <v>147.6</v>
+      </c>
+      <c r="G553" s="40">
+        <v>1255.51</v>
+      </c>
+      <c r="H553" s="4"/>
+      <c r="J553" s="23"/>
+    </row>
+    <row r="554" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A554" s="30"/>
+      <c r="B554" s="34"/>
+      <c r="C554" s="34"/>
+      <c r="D554" s="32"/>
+      <c r="E554" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F554" s="41">
+        <v>148.30000000000001</v>
+      </c>
+      <c r="G554" s="40">
+        <v>1287.56</v>
+      </c>
+      <c r="H554" s="4"/>
+      <c r="J554" s="23"/>
+    </row>
+    <row r="555" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A555" s="30"/>
+      <c r="B555" s="34"/>
+      <c r="C555" s="34"/>
+      <c r="D555" s="32"/>
+      <c r="E555" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F555" s="40">
+        <v>148.11000000000001</v>
+      </c>
+      <c r="G555" s="40">
+        <v>1305.82</v>
+      </c>
+      <c r="H555" s="4"/>
+      <c r="J555" s="23"/>
+    </row>
+    <row r="556" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A556" s="30"/>
+      <c r="B556" s="34"/>
+      <c r="C556" s="34"/>
+      <c r="D556" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F556" s="40">
+        <v>147.93</v>
+      </c>
+      <c r="G556" s="40">
+        <v>119.73</v>
+      </c>
+      <c r="H556" s="4"/>
+      <c r="J556" s="23"/>
+    </row>
+    <row r="557" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="30"/>
+      <c r="B557" s="34"/>
+      <c r="C557" s="34"/>
+      <c r="D557" s="32"/>
+      <c r="E557" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F557" s="40">
+        <v>147.76</v>
+      </c>
+      <c r="G557" s="40">
+        <v>117.88</v>
+      </c>
+      <c r="H557" s="4"/>
+      <c r="J557" s="23"/>
+    </row>
+    <row r="558" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A558" s="30"/>
+      <c r="B558" s="34"/>
+      <c r="C558" s="34"/>
+      <c r="D558" s="32"/>
+      <c r="E558" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F558" s="41">
+        <v>148.4</v>
+      </c>
+      <c r="G558" s="42">
+        <v>123</v>
+      </c>
+      <c r="H558" s="4"/>
+      <c r="J558" s="23"/>
+    </row>
+    <row r="559" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A559" s="30"/>
+      <c r="B559" s="35"/>
+      <c r="C559" s="35"/>
+      <c r="D559" s="32"/>
+      <c r="E559" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F559" s="40">
+        <v>148.22999999999999</v>
+      </c>
+      <c r="G559" s="40">
+        <v>123.93</v>
+      </c>
+      <c r="H559" s="4"/>
+      <c r="J559" s="23"/>
+    </row>
+    <row r="560" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A560" s="30"/>
+      <c r="B560" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="C264" s="3"/>
-      <c r="D264" s="6">
+      <c r="C560" s="33"/>
+      <c r="D560" s="32">
         <v>2564</v>
       </c>
-      <c r="E264" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F264" s="5">
+      <c r="E560" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F560" s="4">
         <v>266.05</v>
       </c>
-      <c r="G264" s="5">
+      <c r="G560" s="4">
         <v>211.06</v>
       </c>
-      <c r="H264" s="5">
+      <c r="H560" s="4">
         <v>79.330952828415704</v>
       </c>
-      <c r="J264" s="34"/>
-[...9 lines deleted...]
-      <c r="F265" s="5">
+      <c r="J560" s="23"/>
+    </row>
+    <row r="561" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A561" s="30"/>
+      <c r="B561" s="34"/>
+      <c r="C561" s="34"/>
+      <c r="D561" s="32"/>
+      <c r="E561" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F561" s="4">
         <v>263.32</v>
       </c>
-      <c r="G265" s="5">
+      <c r="G561" s="4">
         <v>224.04</v>
       </c>
-      <c r="H265" s="5">
+      <c r="H561" s="4">
         <v>85.082789001974788</v>
       </c>
-      <c r="J265" s="34"/>
-[...9 lines deleted...]
-      <c r="F266" s="5">
+      <c r="J561" s="23"/>
+    </row>
+    <row r="562" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A562" s="30"/>
+      <c r="B562" s="34"/>
+      <c r="C562" s="34"/>
+      <c r="D562" s="32"/>
+      <c r="E562" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F562" s="4">
         <v>262.99</v>
       </c>
-      <c r="G266" s="5">
+      <c r="G562" s="4">
         <v>218.75</v>
       </c>
-      <c r="H266" s="5">
+      <c r="H562" s="4">
         <v>83.178067607133343</v>
       </c>
-      <c r="J266" s="34"/>
-[...5 lines deleted...]
-      <c r="D267" s="6">
+      <c r="J562" s="23"/>
+    </row>
+    <row r="563" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A563" s="30"/>
+      <c r="B563" s="34"/>
+      <c r="C563" s="34"/>
+      <c r="D563" s="32">
         <v>2565</v>
       </c>
-      <c r="E267" s="4" t="s">
+      <c r="E563" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F267" s="5">
+      <c r="F563" s="4">
         <v>263.61</v>
       </c>
-      <c r="G267" s="5">
+      <c r="G563" s="4">
         <v>209.89</v>
       </c>
-      <c r="H267" s="5">
+      <c r="H563" s="4">
         <v>79.621410416903757</v>
       </c>
-      <c r="J267" s="34"/>
-[...9 lines deleted...]
-      <c r="F268" s="5">
+      <c r="J563" s="23"/>
+    </row>
+    <row r="564" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A564" s="30"/>
+      <c r="B564" s="34"/>
+      <c r="C564" s="34"/>
+      <c r="D564" s="32"/>
+      <c r="E564" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F564" s="4">
         <v>263.11</v>
       </c>
-      <c r="G268" s="5">
+      <c r="G564" s="4">
         <v>205.27</v>
       </c>
-      <c r="H268" s="5">
+      <c r="H564" s="4">
         <v>78.016799057428443</v>
       </c>
-      <c r="J268" s="34"/>
-[...9 lines deleted...]
-      <c r="F269" s="5">
+      <c r="J564" s="23"/>
+    </row>
+    <row r="565" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A565" s="30"/>
+      <c r="B565" s="34"/>
+      <c r="C565" s="34"/>
+      <c r="D565" s="32"/>
+      <c r="E565" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F565" s="4">
         <v>259.07</v>
       </c>
-      <c r="G269" s="5">
+      <c r="G565" s="4">
         <v>198.95</v>
       </c>
-      <c r="H269" s="5">
+      <c r="H565" s="4">
         <v>76.793916702049643</v>
       </c>
-      <c r="J269" s="34"/>
-[...9 lines deleted...]
-      <c r="F270" s="5">
+      <c r="J565" s="23"/>
+    </row>
+    <row r="566" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A566" s="30"/>
+      <c r="B566" s="34"/>
+      <c r="C566" s="34"/>
+      <c r="D566" s="32"/>
+      <c r="E566" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F566" s="4">
         <v>258.54000000000002</v>
       </c>
-      <c r="G270" s="5">
+      <c r="G566" s="4">
         <v>200.09</v>
       </c>
-      <c r="H270" s="5">
+      <c r="H566" s="4">
         <v>77.392279724607405</v>
       </c>
-      <c r="J270" s="34"/>
-[...3 lines deleted...]
-      <c r="B271" s="3" t="s">
+      <c r="J566" s="23"/>
+    </row>
+    <row r="567" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A567" s="30"/>
+      <c r="B567" s="34"/>
+      <c r="C567" s="34"/>
+      <c r="D567" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E567" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F567" s="40">
+        <v>258.02</v>
+      </c>
+      <c r="G567" s="40">
+        <v>1961.81</v>
+      </c>
+      <c r="H567" s="4"/>
+      <c r="J567" s="23"/>
+    </row>
+    <row r="568" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="30"/>
+      <c r="B568" s="34"/>
+      <c r="C568" s="34"/>
+      <c r="D568" s="32"/>
+      <c r="E568" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F568" s="40">
+        <v>257.52</v>
+      </c>
+      <c r="G568" s="40">
+        <v>1990.24</v>
+      </c>
+      <c r="H568" s="4"/>
+      <c r="J568" s="23"/>
+    </row>
+    <row r="569" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A569" s="30"/>
+      <c r="B569" s="34"/>
+      <c r="C569" s="34"/>
+      <c r="D569" s="32"/>
+      <c r="E569" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F569" s="40">
+        <v>257.85000000000002</v>
+      </c>
+      <c r="G569" s="40">
+        <v>2027.43</v>
+      </c>
+      <c r="H569" s="4"/>
+      <c r="J569" s="23"/>
+    </row>
+    <row r="570" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A570" s="30"/>
+      <c r="B570" s="34"/>
+      <c r="C570" s="34"/>
+      <c r="D570" s="32"/>
+      <c r="E570" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F570" s="40">
+        <v>257.31</v>
+      </c>
+      <c r="G570" s="40">
+        <v>2062.9699999999998</v>
+      </c>
+      <c r="H570" s="4"/>
+      <c r="J570" s="23"/>
+    </row>
+    <row r="571" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A571" s="30"/>
+      <c r="B571" s="34"/>
+      <c r="C571" s="34"/>
+      <c r="D571" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E571" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F571" s="40">
+        <v>256.77999999999997</v>
+      </c>
+      <c r="G571" s="40">
+        <v>207.13</v>
+      </c>
+      <c r="H571" s="4"/>
+      <c r="J571" s="23"/>
+    </row>
+    <row r="572" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A572" s="30"/>
+      <c r="B572" s="34"/>
+      <c r="C572" s="34"/>
+      <c r="D572" s="32"/>
+      <c r="E572" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F572" s="40">
+        <v>256.27999999999997</v>
+      </c>
+      <c r="G572" s="40">
+        <v>205.03</v>
+      </c>
+      <c r="H572" s="4"/>
+      <c r="J572" s="23"/>
+    </row>
+    <row r="573" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A573" s="30"/>
+      <c r="B573" s="34"/>
+      <c r="C573" s="34"/>
+      <c r="D573" s="32"/>
+      <c r="E573" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F573" s="41">
+        <v>258.10000000000002</v>
+      </c>
+      <c r="G573" s="41">
+        <v>215.9</v>
+      </c>
+      <c r="H573" s="4"/>
+      <c r="J573" s="23"/>
+    </row>
+    <row r="574" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A574" s="30"/>
+      <c r="B574" s="35"/>
+      <c r="C574" s="35"/>
+      <c r="D574" s="32"/>
+      <c r="E574" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F574" s="40">
+        <v>257.57</v>
+      </c>
+      <c r="G574" s="40">
+        <v>223.07</v>
+      </c>
+      <c r="H574" s="4"/>
+      <c r="J574" s="23"/>
+    </row>
+    <row r="575" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A575" s="30"/>
+      <c r="B575" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="C271" s="3"/>
-      <c r="D271" s="6">
+      <c r="C575" s="33"/>
+      <c r="D575" s="32">
         <v>2564</v>
       </c>
-      <c r="E271" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F271" s="5">
+      <c r="E575" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F575" s="4">
         <v>148.72999999999999</v>
       </c>
-      <c r="G271" s="5">
+      <c r="G575" s="4">
         <v>120.97</v>
       </c>
-      <c r="H271" s="5">
+      <c r="H575" s="4">
         <v>81.335305587305868</v>
       </c>
-      <c r="J271" s="34"/>
-[...9 lines deleted...]
-      <c r="F272" s="5">
+      <c r="J575" s="23"/>
+    </row>
+    <row r="576" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A576" s="30"/>
+      <c r="B576" s="34"/>
+      <c r="C576" s="34"/>
+      <c r="D576" s="32"/>
+      <c r="E576" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F576" s="4">
         <v>147.6</v>
       </c>
-      <c r="G272" s="5">
+      <c r="G576" s="4">
         <v>121.35</v>
       </c>
-      <c r="H272" s="5">
+      <c r="H576" s="4">
         <v>82.215447154471548</v>
       </c>
-      <c r="J272" s="34"/>
-[...9 lines deleted...]
-      <c r="F273" s="5">
+      <c r="J576" s="23"/>
+    </row>
+    <row r="577" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A577" s="30"/>
+      <c r="B577" s="34"/>
+      <c r="C577" s="34"/>
+      <c r="D577" s="32"/>
+      <c r="E577" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F577" s="4">
         <v>147.44</v>
       </c>
-      <c r="G273" s="5">
+      <c r="G577" s="4">
         <v>118.85</v>
       </c>
-      <c r="H273" s="5">
+      <c r="H577" s="4">
         <v>80.609061313076509</v>
       </c>
-      <c r="J273" s="34"/>
-[...5 lines deleted...]
-      <c r="D274" s="6">
+      <c r="J577" s="23"/>
+    </row>
+    <row r="578" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A578" s="30"/>
+      <c r="B578" s="34"/>
+      <c r="C578" s="34"/>
+      <c r="D578" s="32">
         <v>2565</v>
       </c>
-      <c r="E274" s="4" t="s">
+      <c r="E578" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F274" s="5">
+      <c r="F578" s="4">
         <v>142.4</v>
       </c>
-      <c r="G274" s="5">
+      <c r="G578" s="4">
         <v>117.81</v>
       </c>
-      <c r="H274" s="5">
+      <c r="H578" s="4">
         <v>82.731741573033702</v>
       </c>
-      <c r="J274" s="34"/>
-[...9 lines deleted...]
-      <c r="F275" s="5">
+      <c r="J578" s="23"/>
+    </row>
+    <row r="579" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A579" s="30"/>
+      <c r="B579" s="34"/>
+      <c r="C579" s="34"/>
+      <c r="D579" s="32"/>
+      <c r="E579" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F579" s="4">
         <v>142.09</v>
       </c>
-      <c r="G275" s="5">
+      <c r="G579" s="4">
         <v>111.93</v>
       </c>
-      <c r="H275" s="5">
+      <c r="H579" s="4">
         <v>78.774016468435491</v>
       </c>
-      <c r="J275" s="34"/>
-[...9 lines deleted...]
-      <c r="F276" s="5">
+      <c r="J579" s="23"/>
+    </row>
+    <row r="580" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A580" s="30"/>
+      <c r="B580" s="34"/>
+      <c r="C580" s="34"/>
+      <c r="D580" s="32"/>
+      <c r="E580" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F580" s="4">
         <v>139.66</v>
       </c>
-      <c r="G276" s="5">
+      <c r="G580" s="4">
         <v>114.63</v>
       </c>
-      <c r="H276" s="5">
+      <c r="H580" s="4">
         <v>82.077903479879708</v>
       </c>
-      <c r="J276" s="34"/>
-[...9 lines deleted...]
-      <c r="F277" s="5">
+      <c r="J580" s="23"/>
+    </row>
+    <row r="581" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A581" s="30"/>
+      <c r="B581" s="34"/>
+      <c r="C581" s="34"/>
+      <c r="D581" s="32"/>
+      <c r="E581" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F581" s="4">
         <v>139.33000000000001</v>
       </c>
-      <c r="G277" s="5">
+      <c r="G581" s="4">
         <v>117.49</v>
       </c>
-      <c r="H277" s="5">
+      <c r="H581" s="4">
         <v>84.324983851288295</v>
       </c>
-      <c r="J277" s="34"/>
-[...3 lines deleted...]
-      <c r="B278" s="3" t="s">
+      <c r="J581" s="23"/>
+    </row>
+    <row r="582" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A582" s="30"/>
+      <c r="B582" s="34"/>
+      <c r="C582" s="34"/>
+      <c r="D582" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F582" s="42">
+        <v>139</v>
+      </c>
+      <c r="G582" s="40">
+        <v>541.15</v>
+      </c>
+      <c r="H582" s="4"/>
+      <c r="J582" s="23"/>
+    </row>
+    <row r="583" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A583" s="30"/>
+      <c r="B583" s="34"/>
+      <c r="C583" s="34"/>
+      <c r="D583" s="32"/>
+      <c r="E583" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F583" s="40">
+        <v>138.69</v>
+      </c>
+      <c r="G583" s="40">
+        <v>551.82000000000005</v>
+      </c>
+      <c r="H583" s="4"/>
+      <c r="J583" s="23"/>
+    </row>
+    <row r="584" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A584" s="30"/>
+      <c r="B584" s="34"/>
+      <c r="C584" s="34"/>
+      <c r="D584" s="32"/>
+      <c r="E584" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F584" s="40">
+        <v>138.72</v>
+      </c>
+      <c r="G584" s="40">
+        <v>562.35</v>
+      </c>
+      <c r="H584" s="4"/>
+      <c r="J584" s="23"/>
+    </row>
+    <row r="585" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A585" s="30"/>
+      <c r="B585" s="34"/>
+      <c r="C585" s="34"/>
+      <c r="D585" s="32"/>
+      <c r="E585" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F585" s="40">
+        <v>138.38999999999999</v>
+      </c>
+      <c r="G585" s="40">
+        <v>568.02</v>
+      </c>
+      <c r="H585" s="4"/>
+      <c r="J585" s="23"/>
+    </row>
+    <row r="586" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A586" s="30"/>
+      <c r="B586" s="34"/>
+      <c r="C586" s="34"/>
+      <c r="D586" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E586" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F586" s="40">
+        <v>138.06</v>
+      </c>
+      <c r="G586" s="40">
+        <v>114.36</v>
+      </c>
+      <c r="H586" s="4"/>
+      <c r="J586" s="23"/>
+    </row>
+    <row r="587" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A587" s="30"/>
+      <c r="B587" s="34"/>
+      <c r="C587" s="34"/>
+      <c r="D587" s="32"/>
+      <c r="E587" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F587" s="40">
+        <v>137.74</v>
+      </c>
+      <c r="G587" s="40">
+        <v>113.56</v>
+      </c>
+      <c r="H587" s="4"/>
+      <c r="J587" s="23"/>
+    </row>
+    <row r="588" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A588" s="30"/>
+      <c r="B588" s="34"/>
+      <c r="C588" s="34"/>
+      <c r="D588" s="32"/>
+      <c r="E588" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F588" s="41">
+        <v>142.1</v>
+      </c>
+      <c r="G588" s="42">
+        <v>119</v>
+      </c>
+      <c r="H588" s="4"/>
+      <c r="J588" s="23"/>
+    </row>
+    <row r="589" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A589" s="30"/>
+      <c r="B589" s="35"/>
+      <c r="C589" s="35"/>
+      <c r="D589" s="32"/>
+      <c r="E589" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F589" s="40">
+        <v>141.72</v>
+      </c>
+      <c r="G589" s="40">
+        <v>119.43</v>
+      </c>
+      <c r="H589" s="4"/>
+      <c r="J589" s="23"/>
+    </row>
+    <row r="590" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A590" s="30"/>
+      <c r="B590" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="C278" s="3"/>
-      <c r="D278" s="6">
+      <c r="C590" s="33"/>
+      <c r="D590" s="32">
         <v>2564</v>
       </c>
-      <c r="E278" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F278" s="5">
+      <c r="E590" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F590" s="4">
         <v>152.57</v>
       </c>
-      <c r="G278" s="5">
+      <c r="G590" s="4">
         <v>117.27</v>
       </c>
-      <c r="H278" s="5">
+      <c r="H590" s="4">
         <v>76.86307924231501</v>
       </c>
-      <c r="J278" s="34"/>
-[...9 lines deleted...]
-      <c r="F279" s="5">
+      <c r="J590" s="23"/>
+    </row>
+    <row r="591" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A591" s="30"/>
+      <c r="B591" s="34"/>
+      <c r="C591" s="34"/>
+      <c r="D591" s="32"/>
+      <c r="E591" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F591" s="4">
         <v>155.11000000000001</v>
       </c>
-      <c r="G279" s="5">
+      <c r="G591" s="4">
         <v>132.74</v>
       </c>
-      <c r="H279" s="5">
+      <c r="H591" s="4">
         <v>85.577976919605433</v>
       </c>
-      <c r="J279" s="34"/>
-[...9 lines deleted...]
-      <c r="F280" s="5">
+      <c r="J591" s="23"/>
+    </row>
+    <row r="592" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A592" s="30"/>
+      <c r="B592" s="34"/>
+      <c r="C592" s="34"/>
+      <c r="D592" s="32"/>
+      <c r="E592" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F592" s="4">
         <v>154.93</v>
       </c>
-      <c r="G280" s="5">
+      <c r="G592" s="4">
         <v>128.06</v>
       </c>
-      <c r="H280" s="5">
+      <c r="H592" s="4">
         <v>82.656683663590002</v>
       </c>
-      <c r="J280" s="34"/>
-[...5 lines deleted...]
-      <c r="D281" s="6">
+      <c r="J592" s="23"/>
+    </row>
+    <row r="593" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A593" s="30"/>
+      <c r="B593" s="34"/>
+      <c r="C593" s="34"/>
+      <c r="D593" s="32">
         <v>2565</v>
       </c>
-      <c r="E281" s="4" t="s">
+      <c r="E593" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F281" s="5">
+      <c r="F593" s="4">
         <v>135.56</v>
       </c>
-      <c r="G281" s="5">
+      <c r="G593" s="4">
         <v>110.26</v>
       </c>
-      <c r="H281" s="5">
+      <c r="H593" s="4">
         <v>81.336677485984069</v>
       </c>
-      <c r="J281" s="34"/>
-[...9 lines deleted...]
-      <c r="F282" s="5">
+      <c r="J593" s="23"/>
+    </row>
+    <row r="594" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A594" s="30"/>
+      <c r="B594" s="34"/>
+      <c r="C594" s="34"/>
+      <c r="D594" s="32"/>
+      <c r="E594" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F594" s="4">
         <v>135.1</v>
       </c>
-      <c r="G282" s="5">
+      <c r="G594" s="4">
         <v>106.47</v>
       </c>
-      <c r="H282" s="5">
+      <c r="H594" s="4">
         <v>78.808290155440417</v>
       </c>
-      <c r="J282" s="34"/>
-[...9 lines deleted...]
-      <c r="F283" s="5">
+      <c r="J594" s="23"/>
+    </row>
+    <row r="595" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A595" s="30"/>
+      <c r="B595" s="34"/>
+      <c r="C595" s="34"/>
+      <c r="D595" s="32"/>
+      <c r="E595" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F595" s="4">
         <v>134.33000000000001</v>
       </c>
-      <c r="G283" s="5">
+      <c r="G595" s="4">
         <v>107.27</v>
       </c>
-      <c r="H283" s="5">
+      <c r="H595" s="4">
         <v>79.855579542916686</v>
       </c>
-      <c r="J283" s="34"/>
-[...9 lines deleted...]
-      <c r="F284" s="5">
+      <c r="J595" s="23"/>
+    </row>
+    <row r="596" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A596" s="30"/>
+      <c r="B596" s="34"/>
+      <c r="C596" s="34"/>
+      <c r="D596" s="32"/>
+      <c r="E596" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F596" s="4">
         <v>133.86000000000001</v>
       </c>
-      <c r="G284" s="5">
+      <c r="G596" s="4">
         <v>110.1</v>
       </c>
-      <c r="H284" s="5">
+      <c r="H596" s="4">
         <v>82.250112057373371</v>
       </c>
-      <c r="J284" s="34"/>
-[...3 lines deleted...]
-      <c r="B285" s="3" t="s">
+      <c r="J596" s="23"/>
+    </row>
+    <row r="597" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A597" s="30"/>
+      <c r="B597" s="34"/>
+      <c r="C597" s="34"/>
+      <c r="D597" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E597" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F597" s="41">
+        <v>133.4</v>
+      </c>
+      <c r="G597" s="40">
+        <v>117.45</v>
+      </c>
+      <c r="H597" s="4"/>
+      <c r="J597" s="23"/>
+    </row>
+    <row r="598" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A598" s="30"/>
+      <c r="B598" s="34"/>
+      <c r="C598" s="34"/>
+      <c r="D598" s="32"/>
+      <c r="E598" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F598" s="40">
+        <v>132.94</v>
+      </c>
+      <c r="G598" s="40">
+        <v>115.79</v>
+      </c>
+      <c r="H598" s="4"/>
+      <c r="J598" s="23"/>
+    </row>
+    <row r="599" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A599" s="30"/>
+      <c r="B599" s="34"/>
+      <c r="C599" s="34"/>
+      <c r="D599" s="32"/>
+      <c r="E599" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F599" s="40">
+        <v>136.56</v>
+      </c>
+      <c r="G599" s="40">
+        <v>120.83</v>
+      </c>
+      <c r="H599" s="4"/>
+      <c r="J599" s="23"/>
+    </row>
+    <row r="600" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A600" s="30"/>
+      <c r="B600" s="34"/>
+      <c r="C600" s="34"/>
+      <c r="D600" s="32"/>
+      <c r="E600" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F600" s="40">
+        <v>136.08000000000001</v>
+      </c>
+      <c r="G600" s="40">
+        <v>121.42</v>
+      </c>
+      <c r="H600" s="4"/>
+      <c r="J600" s="23"/>
+    </row>
+    <row r="601" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" s="30"/>
+      <c r="B601" s="34"/>
+      <c r="C601" s="34"/>
+      <c r="D601" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E601" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F601" s="40">
+        <v>135.61000000000001</v>
+      </c>
+      <c r="G601" s="40">
+        <v>116.98</v>
+      </c>
+      <c r="H601" s="4"/>
+      <c r="J601" s="23"/>
+    </row>
+    <row r="602" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A602" s="30"/>
+      <c r="B602" s="34"/>
+      <c r="C602" s="34"/>
+      <c r="D602" s="32"/>
+      <c r="E602" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F602" s="40">
+        <v>135.15</v>
+      </c>
+      <c r="G602" s="40">
+        <v>112.87</v>
+      </c>
+      <c r="H602" s="4"/>
+      <c r="J602" s="23"/>
+    </row>
+    <row r="603" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A603" s="30"/>
+      <c r="B603" s="34"/>
+      <c r="C603" s="34"/>
+      <c r="D603" s="32"/>
+      <c r="E603" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F603" s="41">
+        <v>138.4</v>
+      </c>
+      <c r="G603" s="41">
+        <v>119.5</v>
+      </c>
+      <c r="H603" s="4"/>
+      <c r="J603" s="23"/>
+    </row>
+    <row r="604" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A604" s="30"/>
+      <c r="B604" s="35"/>
+      <c r="C604" s="35"/>
+      <c r="D604" s="32"/>
+      <c r="E604" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F604" s="40">
+        <v>137.91999999999999</v>
+      </c>
+      <c r="G604" s="40">
+        <v>121.14</v>
+      </c>
+      <c r="H604" s="4"/>
+      <c r="J604" s="23"/>
+    </row>
+    <row r="605" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A605" s="30"/>
+      <c r="B605" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="C285" s="3"/>
-      <c r="D285" s="6">
+      <c r="C605" s="33"/>
+      <c r="D605" s="32">
         <v>2564</v>
       </c>
-      <c r="E285" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F285" s="5">
+      <c r="E605" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F605" s="4">
         <v>156.19999999999999</v>
       </c>
-      <c r="G285" s="5">
+      <c r="G605" s="4">
         <v>129.21</v>
       </c>
-      <c r="H285" s="5">
+      <c r="H605" s="4">
         <v>82.72087067861716</v>
       </c>
-      <c r="J285" s="34"/>
-[...9 lines deleted...]
-      <c r="F286" s="5">
+      <c r="J605" s="23"/>
+    </row>
+    <row r="606" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A606" s="30"/>
+      <c r="B606" s="34"/>
+      <c r="C606" s="34"/>
+      <c r="D606" s="32"/>
+      <c r="E606" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F606" s="4">
         <v>157.94999999999999</v>
       </c>
-      <c r="G286" s="5">
+      <c r="G606" s="4">
         <v>137.44999999999999</v>
       </c>
-      <c r="H286" s="5">
+      <c r="H606" s="4">
         <v>87.021209243431457</v>
       </c>
-      <c r="J286" s="34"/>
-[...9 lines deleted...]
-      <c r="F287" s="5">
+      <c r="J606" s="23"/>
+    </row>
+    <row r="607" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A607" s="30"/>
+      <c r="B607" s="34"/>
+      <c r="C607" s="34"/>
+      <c r="D607" s="32"/>
+      <c r="E607" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F607" s="4">
         <v>157.69</v>
       </c>
-      <c r="G287" s="5">
+      <c r="G607" s="4">
         <v>137.19999999999999</v>
       </c>
-      <c r="H287" s="5">
+      <c r="H607" s="4">
         <v>87.006151309531347</v>
       </c>
-      <c r="J287" s="34"/>
-[...5 lines deleted...]
-      <c r="D288" s="6">
+      <c r="J607" s="23"/>
+    </row>
+    <row r="608" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A608" s="30"/>
+      <c r="B608" s="34"/>
+      <c r="C608" s="34"/>
+      <c r="D608" s="32">
         <v>2565</v>
       </c>
-      <c r="E288" s="4" t="s">
+      <c r="E608" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F288" s="5">
+      <c r="F608" s="4">
         <v>156.91999999999999</v>
       </c>
-      <c r="G288" s="5">
+      <c r="G608" s="4">
         <v>125.36</v>
       </c>
-      <c r="H288" s="5">
+      <c r="H608" s="4">
         <v>79.887840938057622</v>
       </c>
-      <c r="J288" s="34"/>
-[...9 lines deleted...]
-      <c r="F289" s="5">
+      <c r="J608" s="23"/>
+    </row>
+    <row r="609" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A609" s="30"/>
+      <c r="B609" s="34"/>
+      <c r="C609" s="34"/>
+      <c r="D609" s="32"/>
+      <c r="E609" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F609" s="4">
         <v>156.74</v>
       </c>
-      <c r="G289" s="5">
+      <c r="G609" s="4">
         <v>124.2</v>
       </c>
-      <c r="H289" s="5">
+      <c r="H609" s="4">
         <v>79.2395049125941</v>
       </c>
-      <c r="J289" s="34"/>
-[...9 lines deleted...]
-      <c r="F290" s="5">
+      <c r="J609" s="23"/>
+    </row>
+    <row r="610" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A610" s="30"/>
+      <c r="B610" s="34"/>
+      <c r="C610" s="34"/>
+      <c r="D610" s="32"/>
+      <c r="E610" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F610" s="4">
         <v>149.91</v>
       </c>
-      <c r="G290" s="5">
+      <c r="G610" s="4">
         <v>129.34</v>
       </c>
-      <c r="H290" s="5">
+      <c r="H610" s="4">
         <v>86.278433726902804</v>
       </c>
-      <c r="J290" s="34"/>
-[...9 lines deleted...]
-      <c r="F291" s="5">
+      <c r="J610" s="23"/>
+    </row>
+    <row r="611" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A611" s="30"/>
+      <c r="B611" s="34"/>
+      <c r="C611" s="34"/>
+      <c r="D611" s="32"/>
+      <c r="E611" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F611" s="4">
         <v>149.72</v>
       </c>
-      <c r="G291" s="5">
+      <c r="G611" s="4">
         <v>127.86</v>
       </c>
-      <c r="H291" s="5">
+      <c r="H611" s="4">
         <v>85.399412236174186</v>
       </c>
-      <c r="J291" s="34"/>
-[...3 lines deleted...]
-      <c r="B292" s="3" t="s">
+      <c r="J611" s="23"/>
+    </row>
+    <row r="612" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A612" s="30"/>
+      <c r="B612" s="34"/>
+      <c r="C612" s="34"/>
+      <c r="D612" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E612" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F612" s="40">
+        <v>149.54</v>
+      </c>
+      <c r="G612" s="41">
+        <v>201.6</v>
+      </c>
+      <c r="H612" s="4"/>
+      <c r="J612" s="23"/>
+    </row>
+    <row r="613" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A613" s="30"/>
+      <c r="B613" s="34"/>
+      <c r="C613" s="34"/>
+      <c r="D613" s="32"/>
+      <c r="E613" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F613" s="40">
+        <v>149.36000000000001</v>
+      </c>
+      <c r="G613" s="40">
+        <v>201.58</v>
+      </c>
+      <c r="H613" s="4"/>
+      <c r="J613" s="23"/>
+    </row>
+    <row r="614" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A614" s="30"/>
+      <c r="B614" s="34"/>
+      <c r="C614" s="34"/>
+      <c r="D614" s="32"/>
+      <c r="E614" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F614" s="40">
+        <v>154.43</v>
+      </c>
+      <c r="G614" s="40">
+        <v>206.02</v>
+      </c>
+      <c r="H614" s="4"/>
+      <c r="J614" s="23"/>
+    </row>
+    <row r="615" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A615" s="30"/>
+      <c r="B615" s="34"/>
+      <c r="C615" s="34"/>
+      <c r="D615" s="32"/>
+      <c r="E615" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F615" s="40">
+        <v>154.22</v>
+      </c>
+      <c r="G615" s="40">
+        <v>209.19</v>
+      </c>
+      <c r="H615" s="4"/>
+      <c r="J615" s="23"/>
+    </row>
+    <row r="616" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A616" s="30"/>
+      <c r="B616" s="34"/>
+      <c r="C616" s="34"/>
+      <c r="D616" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E616" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F616" s="40">
+        <v>154.03</v>
+      </c>
+      <c r="G616" s="40">
+        <v>127.97</v>
+      </c>
+      <c r="H616" s="4"/>
+      <c r="J616" s="23"/>
+    </row>
+    <row r="617" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A617" s="30"/>
+      <c r="B617" s="34"/>
+      <c r="C617" s="34"/>
+      <c r="D617" s="32"/>
+      <c r="E617" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F617" s="40">
+        <v>153.84</v>
+      </c>
+      <c r="G617" s="40">
+        <v>127.69</v>
+      </c>
+      <c r="H617" s="4"/>
+      <c r="J617" s="23"/>
+    </row>
+    <row r="618" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A618" s="30"/>
+      <c r="B618" s="34"/>
+      <c r="C618" s="34"/>
+      <c r="D618" s="32"/>
+      <c r="E618" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F618" s="42">
+        <v>152</v>
+      </c>
+      <c r="G618" s="41">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="H618" s="4"/>
+      <c r="J618" s="23"/>
+    </row>
+    <row r="619" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A619" s="30"/>
+      <c r="B619" s="35"/>
+      <c r="C619" s="35"/>
+      <c r="D619" s="32"/>
+      <c r="E619" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F619" s="40">
+        <v>151.79</v>
+      </c>
+      <c r="G619" s="40">
+        <v>129.02000000000001</v>
+      </c>
+      <c r="H619" s="4"/>
+      <c r="J619" s="23"/>
+    </row>
+    <row r="620" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A620" s="30"/>
+      <c r="B620" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="C292" s="3"/>
-      <c r="D292" s="6">
+      <c r="C620" s="33"/>
+      <c r="D620" s="32">
         <v>2564</v>
       </c>
-      <c r="E292" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F292" s="5">
+      <c r="E620" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F620" s="4">
         <v>148.49</v>
       </c>
-      <c r="G292" s="5">
+      <c r="G620" s="4">
         <v>109.19</v>
       </c>
-      <c r="H292" s="5">
+      <c r="H620" s="4">
         <v>73.533571284261555</v>
       </c>
-      <c r="J292" s="34"/>
-[...9 lines deleted...]
-      <c r="F293" s="5">
+      <c r="J620" s="23"/>
+    </row>
+    <row r="621" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A621" s="30"/>
+      <c r="B621" s="34"/>
+      <c r="C621" s="34"/>
+      <c r="D621" s="32"/>
+      <c r="E621" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F621" s="4">
         <v>151.46</v>
       </c>
-      <c r="G293" s="5">
+      <c r="G621" s="4">
         <v>116.5</v>
       </c>
-      <c r="H293" s="5">
+      <c r="H621" s="4">
         <v>76.917998151327083</v>
       </c>
-      <c r="J293" s="34"/>
-[...9 lines deleted...]
-      <c r="F294" s="5">
+      <c r="J621" s="23"/>
+    </row>
+    <row r="622" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A622" s="30"/>
+      <c r="B622" s="34"/>
+      <c r="C622" s="34"/>
+      <c r="D622" s="32"/>
+      <c r="E622" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F622" s="4">
         <v>151.22</v>
       </c>
-      <c r="G294" s="5">
+      <c r="G622" s="4">
         <v>115.24</v>
       </c>
-      <c r="H294" s="5">
+      <c r="H622" s="4">
         <v>76.206850945642117</v>
       </c>
-      <c r="J294" s="34"/>
-[...5 lines deleted...]
-      <c r="D295" s="6">
+      <c r="J622" s="23"/>
+    </row>
+    <row r="623" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A623" s="30"/>
+      <c r="B623" s="34"/>
+      <c r="C623" s="34"/>
+      <c r="D623" s="32">
         <v>2565</v>
       </c>
-      <c r="E295" s="4" t="s">
+      <c r="E623" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F295" s="5">
+      <c r="F623" s="4">
         <v>142.07</v>
       </c>
-      <c r="G295" s="5">
+      <c r="G623" s="4">
         <v>105.94</v>
       </c>
-      <c r="H295" s="5">
+      <c r="H623" s="4">
         <v>74.568874498486664</v>
       </c>
-      <c r="J295" s="34"/>
-[...9 lines deleted...]
-      <c r="F296" s="5">
+      <c r="J623" s="23"/>
+    </row>
+    <row r="624" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A624" s="30"/>
+      <c r="B624" s="34"/>
+      <c r="C624" s="34"/>
+      <c r="D624" s="32"/>
+      <c r="E624" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F624" s="4">
         <v>141.57</v>
       </c>
-      <c r="G296" s="5">
+      <c r="G624" s="4">
         <v>106.05</v>
       </c>
-      <c r="H296" s="5">
+      <c r="H624" s="4">
         <v>74.909938546302186</v>
       </c>
-      <c r="J296" s="34"/>
-[...9 lines deleted...]
-      <c r="F297" s="5">
+      <c r="J624" s="23"/>
+    </row>
+    <row r="625" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A625" s="30"/>
+      <c r="B625" s="34"/>
+      <c r="C625" s="34"/>
+      <c r="D625" s="32"/>
+      <c r="E625" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F625" s="4">
         <v>131.66999999999999</v>
       </c>
-      <c r="G297" s="5">
+      <c r="G625" s="4">
         <v>101.02</v>
       </c>
-      <c r="H297" s="5">
+      <c r="H625" s="4">
         <v>76.72210830105567</v>
       </c>
-      <c r="J297" s="34"/>
-[...9 lines deleted...]
-      <c r="F298" s="5">
+      <c r="J625" s="23"/>
+    </row>
+    <row r="626" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A626" s="30"/>
+      <c r="B626" s="34"/>
+      <c r="C626" s="34"/>
+      <c r="D626" s="32"/>
+      <c r="E626" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F626" s="4">
         <v>131.19</v>
       </c>
-      <c r="G298" s="5">
+      <c r="G626" s="4">
         <v>102.96</v>
       </c>
-      <c r="H298" s="5">
+      <c r="H626" s="4">
         <v>78.481591584724441</v>
       </c>
-      <c r="J298" s="34"/>
-[...3 lines deleted...]
-      <c r="B299" s="3" t="s">
+      <c r="J626" s="23"/>
+    </row>
+    <row r="627" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A627" s="30"/>
+      <c r="B627" s="34"/>
+      <c r="C627" s="34"/>
+      <c r="D627" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E627" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F627" s="40">
+        <v>130.71</v>
+      </c>
+      <c r="G627" s="41">
+        <v>115.8</v>
+      </c>
+      <c r="H627" s="4"/>
+      <c r="J627" s="23"/>
+    </row>
+    <row r="628" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A628" s="30"/>
+      <c r="B628" s="34"/>
+      <c r="C628" s="34"/>
+      <c r="D628" s="32"/>
+      <c r="E628" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F628" s="40">
+        <v>130.25</v>
+      </c>
+      <c r="G628" s="40">
+        <v>112.66</v>
+      </c>
+      <c r="H628" s="4"/>
+      <c r="J628" s="23"/>
+    </row>
+    <row r="629" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A629" s="30"/>
+      <c r="B629" s="34"/>
+      <c r="C629" s="34"/>
+      <c r="D629" s="32"/>
+      <c r="E629" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F629" s="40">
+        <v>145.63</v>
+      </c>
+      <c r="G629" s="40">
+        <v>114.12</v>
+      </c>
+      <c r="H629" s="4"/>
+      <c r="J629" s="23"/>
+    </row>
+    <row r="630" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A630" s="30"/>
+      <c r="B630" s="34"/>
+      <c r="C630" s="34"/>
+      <c r="D630" s="32"/>
+      <c r="E630" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F630" s="41">
+        <v>145.1</v>
+      </c>
+      <c r="G630" s="40">
+        <v>118.82</v>
+      </c>
+      <c r="H630" s="4"/>
+      <c r="J630" s="23"/>
+    </row>
+    <row r="631" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A631" s="30"/>
+      <c r="B631" s="34"/>
+      <c r="C631" s="34"/>
+      <c r="D631" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E631" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F631" s="40">
+        <v>144.58000000000001</v>
+      </c>
+      <c r="G631" s="40">
+        <v>124.21</v>
+      </c>
+      <c r="H631" s="4"/>
+      <c r="J631" s="23"/>
+    </row>
+    <row r="632" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A632" s="30"/>
+      <c r="B632" s="34"/>
+      <c r="C632" s="34"/>
+      <c r="D632" s="32"/>
+      <c r="E632" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F632" s="40">
+        <v>144.07</v>
+      </c>
+      <c r="G632" s="40">
+        <v>124.39</v>
+      </c>
+      <c r="H632" s="4"/>
+      <c r="J632" s="23"/>
+    </row>
+    <row r="633" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A633" s="30"/>
+      <c r="B633" s="34"/>
+      <c r="C633" s="34"/>
+      <c r="D633" s="32"/>
+      <c r="E633" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F633" s="41">
+        <v>140.30000000000001</v>
+      </c>
+      <c r="G633" s="41">
+        <v>123.7</v>
+      </c>
+      <c r="H633" s="4"/>
+      <c r="J633" s="23"/>
+    </row>
+    <row r="634" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A634" s="30"/>
+      <c r="B634" s="35"/>
+      <c r="C634" s="35"/>
+      <c r="D634" s="32"/>
+      <c r="E634" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F634" s="40">
+        <v>139.74</v>
+      </c>
+      <c r="G634" s="40">
+        <v>125.39</v>
+      </c>
+      <c r="H634" s="4"/>
+      <c r="J634" s="23"/>
+    </row>
+    <row r="635" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A635" s="30"/>
+      <c r="B635" s="33" t="s">
         <v>48</v>
       </c>
-      <c r="C299" s="3"/>
-      <c r="D299" s="6">
+      <c r="C635" s="33"/>
+      <c r="D635" s="32">
         <v>2564</v>
       </c>
-      <c r="E299" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F299" s="5">
+      <c r="E635" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F635" s="4">
         <v>373.04</v>
       </c>
-      <c r="G299" s="5">
+      <c r="G635" s="4">
         <v>296.38</v>
       </c>
-      <c r="H299" s="5">
+      <c r="H635" s="4">
         <v>79.449924941025088</v>
       </c>
-      <c r="J299" s="34"/>
-[...9 lines deleted...]
-      <c r="F300" s="5">
+      <c r="J635" s="23"/>
+    </row>
+    <row r="636" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A636" s="30"/>
+      <c r="B636" s="34"/>
+      <c r="C636" s="34"/>
+      <c r="D636" s="32"/>
+      <c r="E636" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F636" s="4">
         <v>421.4</v>
       </c>
-      <c r="G300" s="5">
+      <c r="G636" s="4">
         <v>336.67</v>
       </c>
-      <c r="H300" s="5">
+      <c r="H636" s="4">
         <v>79.893213099193176</v>
       </c>
-      <c r="J300" s="34"/>
-[...9 lines deleted...]
-      <c r="F301" s="5">
+      <c r="J636" s="23"/>
+    </row>
+    <row r="637" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A637" s="30"/>
+      <c r="B637" s="34"/>
+      <c r="C637" s="34"/>
+      <c r="D637" s="32"/>
+      <c r="E637" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F637" s="4">
         <v>420.72</v>
       </c>
-      <c r="G301" s="5">
+      <c r="G637" s="4">
         <v>319.64999999999998</v>
       </c>
-      <c r="H301" s="5">
+      <c r="H637" s="4">
         <v>75.976896748431244</v>
       </c>
-      <c r="J301" s="34"/>
-[...5 lines deleted...]
-      <c r="D302" s="6">
+      <c r="J637" s="23"/>
+    </row>
+    <row r="638" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A638" s="30"/>
+      <c r="B638" s="34"/>
+      <c r="C638" s="34"/>
+      <c r="D638" s="32">
         <v>2565</v>
       </c>
-      <c r="E302" s="4" t="s">
+      <c r="E638" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F302" s="5">
+      <c r="F638" s="4">
         <v>457.74</v>
       </c>
-      <c r="G302" s="5">
+      <c r="G638" s="4">
         <v>394.36</v>
       </c>
-      <c r="H302" s="5">
+      <c r="H638" s="4">
         <v>86.153711714073495</v>
       </c>
-      <c r="J302" s="34"/>
-[...9 lines deleted...]
-      <c r="F303" s="5">
+      <c r="J638" s="23"/>
+    </row>
+    <row r="639" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A639" s="30"/>
+      <c r="B639" s="34"/>
+      <c r="C639" s="34"/>
+      <c r="D639" s="32"/>
+      <c r="E639" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F639" s="4">
         <v>457.28</v>
       </c>
-      <c r="G303" s="5">
+      <c r="G639" s="4">
         <v>378.16</v>
       </c>
-      <c r="H303" s="5">
+      <c r="H639" s="4">
         <v>82.697690692792165</v>
       </c>
-      <c r="J303" s="34"/>
-[...9 lines deleted...]
-      <c r="F304" s="5">
+      <c r="J639" s="23"/>
+    </row>
+    <row r="640" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A640" s="30"/>
+      <c r="B640" s="34"/>
+      <c r="C640" s="34"/>
+      <c r="D640" s="33"/>
+      <c r="E640" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F640" s="4">
         <v>373.36</v>
       </c>
-      <c r="G304" s="5">
+      <c r="G640" s="4">
         <v>302.05</v>
       </c>
-      <c r="H304" s="5">
+      <c r="H640" s="4">
         <v>80.900471394900364</v>
       </c>
-      <c r="J304" s="34"/>
-[...2 lines deleted...]
-      <c r="A305" s="13" t="s">
+      <c r="J640" s="23"/>
+    </row>
+    <row r="641" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A641" s="30"/>
+      <c r="B641" s="34"/>
+      <c r="C641" s="34"/>
+      <c r="D641" s="7"/>
+      <c r="E641" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F641" s="4">
+        <v>372.92</v>
+      </c>
+      <c r="G641" s="4">
+        <v>315.36</v>
+      </c>
+      <c r="H641" s="4">
+        <v>84.565054167113587</v>
+      </c>
+      <c r="J641" s="23"/>
+    </row>
+    <row r="642" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A642" s="30"/>
+      <c r="B642" s="34"/>
+      <c r="C642" s="34"/>
+      <c r="D642" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E642" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F642" s="41">
+        <v>372.5</v>
+      </c>
+      <c r="G642" s="40">
+        <v>108.47</v>
+      </c>
+      <c r="H642" s="4"/>
+      <c r="J642" s="23"/>
+    </row>
+    <row r="643" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A643" s="30"/>
+      <c r="B643" s="34"/>
+      <c r="C643" s="34"/>
+      <c r="D643" s="32"/>
+      <c r="E643" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F643" s="41">
+        <v>372.1</v>
+      </c>
+      <c r="G643" s="40">
+        <v>107.01</v>
+      </c>
+      <c r="H643" s="4"/>
+      <c r="J643" s="23"/>
+    </row>
+    <row r="644" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A644" s="30"/>
+      <c r="B644" s="34"/>
+      <c r="C644" s="34"/>
+      <c r="D644" s="32"/>
+      <c r="E644" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F644" s="40">
+        <v>340.48</v>
+      </c>
+      <c r="G644" s="40">
+        <v>116.85</v>
+      </c>
+      <c r="H644" s="4"/>
+      <c r="J644" s="23"/>
+    </row>
+    <row r="645" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A645" s="30"/>
+      <c r="B645" s="34"/>
+      <c r="C645" s="34"/>
+      <c r="D645" s="32"/>
+      <c r="E645" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F645" s="40">
+        <v>340.07</v>
+      </c>
+      <c r="G645" s="40">
+        <v>117.72</v>
+      </c>
+      <c r="H645" s="4"/>
+      <c r="J645" s="23"/>
+    </row>
+    <row r="646" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A646" s="30"/>
+      <c r="B646" s="34"/>
+      <c r="C646" s="34"/>
+      <c r="D646" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E646" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F646" s="40">
+        <v>339.67</v>
+      </c>
+      <c r="G646" s="40">
+        <v>307.31</v>
+      </c>
+      <c r="H646" s="4"/>
+      <c r="J646" s="23"/>
+    </row>
+    <row r="647" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A647" s="30"/>
+      <c r="B647" s="34"/>
+      <c r="C647" s="34"/>
+      <c r="D647" s="32"/>
+      <c r="E647" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F647" s="40">
+        <v>339.29</v>
+      </c>
+      <c r="G647" s="40">
+        <v>290.75</v>
+      </c>
+      <c r="H647" s="4"/>
+      <c r="J647" s="23"/>
+    </row>
+    <row r="648" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A648" s="30"/>
+      <c r="B648" s="34"/>
+      <c r="C648" s="34"/>
+      <c r="D648" s="32"/>
+      <c r="E648" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F648" s="41">
+        <v>380.5</v>
+      </c>
+      <c r="G648" s="41">
+        <v>336.6</v>
+      </c>
+      <c r="H648" s="4"/>
+      <c r="J648" s="23"/>
+    </row>
+    <row r="649" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A649" s="30"/>
+      <c r="B649" s="35"/>
+      <c r="C649" s="35"/>
+      <c r="D649" s="32"/>
+      <c r="E649" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F649" s="40">
+        <v>379.98</v>
+      </c>
+      <c r="G649" s="40">
+        <v>348.23</v>
+      </c>
+      <c r="H649" s="4"/>
+      <c r="J649" s="23"/>
+    </row>
+    <row r="650" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A650" s="30"/>
+      <c r="B650" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="C650" s="33"/>
+      <c r="D650" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E650" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F650" s="4">
+        <v>65.64</v>
+      </c>
+      <c r="G650" s="4">
+        <v>40.5</v>
+      </c>
+      <c r="H650" s="4">
+        <v>61.700182815356492</v>
+      </c>
+      <c r="J650" s="23"/>
+    </row>
+    <row r="651" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A651" s="30"/>
+      <c r="B651" s="34"/>
+      <c r="C651" s="34"/>
+      <c r="D651" s="32"/>
+      <c r="E651" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F651" s="4">
+        <v>65.16</v>
+      </c>
+      <c r="G651" s="4">
+        <v>45.68</v>
+      </c>
+      <c r="H651" s="4">
+        <v>70.104358502148557</v>
+      </c>
+      <c r="J651" s="23"/>
+    </row>
+    <row r="652" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A652" s="30"/>
+      <c r="B652" s="34"/>
+      <c r="C652" s="34"/>
+      <c r="D652" s="32"/>
+      <c r="E652" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F652" s="4">
+        <v>65.05</v>
+      </c>
+      <c r="G652" s="4">
+        <v>46.17</v>
+      </c>
+      <c r="H652" s="4">
+        <v>70.976172175249815</v>
+      </c>
+      <c r="J652" s="23"/>
+    </row>
+    <row r="653" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A653" s="30"/>
+      <c r="B653" s="34"/>
+      <c r="C653" s="34"/>
+      <c r="D653" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E653" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F653" s="4">
+        <v>82.91</v>
+      </c>
+      <c r="G653" s="4">
+        <v>57.77</v>
+      </c>
+      <c r="H653" s="4">
+        <v>69.677964057411657</v>
+      </c>
+      <c r="J653" s="23"/>
+    </row>
+    <row r="654" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A654" s="30"/>
+      <c r="B654" s="34"/>
+      <c r="C654" s="34"/>
+      <c r="D654" s="32"/>
+      <c r="E654" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F654" s="4">
+        <v>83.06</v>
+      </c>
+      <c r="G654" s="4">
+        <v>57.59</v>
+      </c>
+      <c r="H654" s="4">
+        <v>69.335420178184449</v>
+      </c>
+      <c r="J654" s="23"/>
+    </row>
+    <row r="655" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A655" s="30"/>
+      <c r="B655" s="34"/>
+      <c r="C655" s="34"/>
+      <c r="D655" s="32"/>
+      <c r="E655" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F655" s="4">
+        <v>81.78</v>
+      </c>
+      <c r="G655" s="4">
+        <v>58.32</v>
+      </c>
+      <c r="H655" s="4">
+        <v>71.313279530447545</v>
+      </c>
+      <c r="J655" s="23"/>
+    </row>
+    <row r="656" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A656" s="30"/>
+      <c r="B656" s="34"/>
+      <c r="C656" s="34"/>
+      <c r="D656" s="32"/>
+      <c r="E656" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F656" s="4">
+        <v>81.91</v>
+      </c>
+      <c r="G656" s="4">
+        <v>59.69</v>
+      </c>
+      <c r="H656" s="4">
+        <v>72.872665120253941</v>
+      </c>
+      <c r="J656" s="23"/>
+    </row>
+    <row r="657" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A657" s="30"/>
+      <c r="B657" s="34"/>
+      <c r="C657" s="34"/>
+      <c r="D657" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E657" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F657" s="40">
+        <v>82.05</v>
+      </c>
+      <c r="G657" s="41">
+        <v>126.5</v>
+      </c>
+      <c r="H657" s="4"/>
+      <c r="J657" s="23"/>
+    </row>
+    <row r="658" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A658" s="30"/>
+      <c r="B658" s="34"/>
+      <c r="C658" s="34"/>
+      <c r="D658" s="32"/>
+      <c r="E658" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F658" s="40">
+        <v>82.19</v>
+      </c>
+      <c r="G658" s="40">
+        <v>128.06</v>
+      </c>
+      <c r="H658" s="4"/>
+      <c r="J658" s="23"/>
+    </row>
+    <row r="659" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A659" s="30"/>
+      <c r="B659" s="34"/>
+      <c r="C659" s="34"/>
+      <c r="D659" s="32"/>
+      <c r="E659" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F659" s="40">
+        <v>84.27</v>
+      </c>
+      <c r="G659" s="40">
+        <v>133.44</v>
+      </c>
+      <c r="H659" s="4"/>
+      <c r="J659" s="23"/>
+    </row>
+    <row r="660" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A660" s="30"/>
+      <c r="B660" s="34"/>
+      <c r="C660" s="34"/>
+      <c r="D660" s="32"/>
+      <c r="E660" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F660" s="41">
+        <v>84.4</v>
+      </c>
+      <c r="G660" s="40">
+        <v>134.62</v>
+      </c>
+      <c r="H660" s="4"/>
+      <c r="J660" s="23"/>
+    </row>
+    <row r="661" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A661" s="30"/>
+      <c r="B661" s="34"/>
+      <c r="C661" s="34"/>
+      <c r="D661" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E661" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F661" s="40">
+        <v>84.53</v>
+      </c>
+      <c r="G661" s="40">
+        <v>62.71</v>
+      </c>
+      <c r="H661" s="4"/>
+      <c r="J661" s="23"/>
+    </row>
+    <row r="662" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A662" s="30"/>
+      <c r="B662" s="34"/>
+      <c r="C662" s="34"/>
+      <c r="D662" s="32"/>
+      <c r="E662" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F662" s="40">
+        <v>84.67</v>
+      </c>
+      <c r="G662" s="40">
+        <v>62.17</v>
+      </c>
+      <c r="H662" s="4"/>
+      <c r="J662" s="23"/>
+    </row>
+    <row r="663" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A663" s="30"/>
+      <c r="B663" s="34"/>
+      <c r="C663" s="34"/>
+      <c r="D663" s="32"/>
+      <c r="E663" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F663" s="41">
+        <v>80.900000000000006</v>
+      </c>
+      <c r="G663" s="42">
+        <v>61</v>
+      </c>
+      <c r="H663" s="4"/>
+      <c r="J663" s="23"/>
+    </row>
+    <row r="664" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A664" s="30"/>
+      <c r="B664" s="35"/>
+      <c r="C664" s="35"/>
+      <c r="D664" s="32"/>
+      <c r="E664" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F664" s="40">
+        <v>80.98</v>
+      </c>
+      <c r="G664" s="40">
+        <v>60.85</v>
+      </c>
+      <c r="H664" s="4"/>
+      <c r="J664" s="23"/>
+    </row>
+    <row r="665" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A665" s="30"/>
+      <c r="B665" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="C665" s="24"/>
+      <c r="D665" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E665" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F665" s="4">
+        <v>332.88</v>
+      </c>
+      <c r="G665" s="4">
+        <v>268.08</v>
+      </c>
+      <c r="H665" s="4">
+        <v>80.533525594808935</v>
+      </c>
+      <c r="J665" s="23"/>
+    </row>
+    <row r="666" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A666" s="30"/>
+      <c r="B666" s="34"/>
+      <c r="C666" s="25"/>
+      <c r="D666" s="32"/>
+      <c r="E666" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F666" s="4">
+        <v>346.5</v>
+      </c>
+      <c r="G666" s="4">
+        <v>284.8</v>
+      </c>
+      <c r="H666" s="4">
+        <v>82.193362193362191</v>
+      </c>
+      <c r="J666" s="23"/>
+    </row>
+    <row r="667" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A667" s="30"/>
+      <c r="B667" s="34"/>
+      <c r="C667" s="25"/>
+      <c r="D667" s="32"/>
+      <c r="E667" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F667" s="4">
+        <v>346.13</v>
+      </c>
+      <c r="G667" s="4">
+        <v>287.11</v>
+      </c>
+      <c r="H667" s="4">
+        <v>82.948603125993131</v>
+      </c>
+      <c r="J667" s="23"/>
+    </row>
+    <row r="668" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A668" s="30"/>
+      <c r="B668" s="34"/>
+      <c r="C668" s="25"/>
+      <c r="D668" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E668" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F668" s="4">
+        <v>327.71</v>
+      </c>
+      <c r="G668" s="4">
+        <v>269.45</v>
+      </c>
+      <c r="H668" s="4">
+        <v>82.222086600958164</v>
+      </c>
+      <c r="J668" s="23"/>
+    </row>
+    <row r="669" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A669" s="30"/>
+      <c r="B669" s="34"/>
+      <c r="C669" s="25"/>
+      <c r="D669" s="32"/>
+      <c r="E669" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F669" s="4">
+        <v>326.98</v>
+      </c>
+      <c r="G669" s="4">
+        <v>267.64999999999998</v>
+      </c>
+      <c r="H669" s="4">
+        <v>81.855159336962487</v>
+      </c>
+      <c r="J669" s="23"/>
+    </row>
+    <row r="670" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A670" s="30"/>
+      <c r="B670" s="34"/>
+      <c r="C670" s="25"/>
+      <c r="D670" s="32"/>
+      <c r="E670" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F670" s="4">
+        <v>322.63</v>
+      </c>
+      <c r="G670" s="4">
+        <v>272.08</v>
+      </c>
+      <c r="H670" s="4">
+        <v>84.331897219725377</v>
+      </c>
+      <c r="J670" s="23"/>
+    </row>
+    <row r="671" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A671" s="30"/>
+      <c r="B671" s="34"/>
+      <c r="C671" s="25"/>
+      <c r="D671" s="32"/>
+      <c r="E671" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F671" s="4">
+        <v>321.87</v>
+      </c>
+      <c r="G671" s="4">
+        <v>278.39999999999998</v>
+      </c>
+      <c r="H671" s="4">
+        <v>86.494547488116311</v>
+      </c>
+      <c r="J671" s="23"/>
+    </row>
+    <row r="672" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A672" s="30"/>
+      <c r="B672" s="34"/>
+      <c r="C672" s="25"/>
+      <c r="D672" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E672" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F672" s="40">
+        <v>321.13</v>
+      </c>
+      <c r="G672" s="40">
+        <v>104.61</v>
+      </c>
+      <c r="H672" s="4"/>
+      <c r="J672" s="23"/>
+    </row>
+    <row r="673" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A673" s="30"/>
+      <c r="B673" s="34"/>
+      <c r="C673" s="25"/>
+      <c r="D673" s="32"/>
+      <c r="E673" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F673" s="40">
+        <v>320.42</v>
+      </c>
+      <c r="G673" s="40">
+        <v>109.34</v>
+      </c>
+      <c r="H673" s="4"/>
+      <c r="J673" s="23"/>
+    </row>
+    <row r="674" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A674" s="30"/>
+      <c r="B674" s="34"/>
+      <c r="C674" s="25"/>
+      <c r="D674" s="32"/>
+      <c r="E674" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F674" s="40">
+        <v>335.68</v>
+      </c>
+      <c r="G674" s="40">
+        <v>124.15</v>
+      </c>
+      <c r="H674" s="4"/>
+      <c r="J674" s="23"/>
+    </row>
+    <row r="675" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A675" s="30"/>
+      <c r="B675" s="34"/>
+      <c r="C675" s="25"/>
+      <c r="D675" s="32"/>
+      <c r="E675" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F675" s="41">
+        <v>334.9</v>
+      </c>
+      <c r="G675" s="40">
+        <v>121.57</v>
+      </c>
+      <c r="H675" s="4"/>
+      <c r="J675" s="23"/>
+    </row>
+    <row r="676" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A676" s="30"/>
+      <c r="B676" s="34"/>
+      <c r="C676" s="25"/>
+      <c r="D676" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E676" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F676" s="40">
+        <v>334.13</v>
+      </c>
+      <c r="G676" s="40">
+        <v>282.77</v>
+      </c>
+      <c r="H676" s="4"/>
+      <c r="J676" s="23"/>
+    </row>
+    <row r="677" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A677" s="30"/>
+      <c r="B677" s="34"/>
+      <c r="C677" s="25"/>
+      <c r="D677" s="32"/>
+      <c r="E677" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F677" s="40">
+        <v>333.38</v>
+      </c>
+      <c r="G677" s="40">
+        <v>288.33999999999997</v>
+      </c>
+      <c r="H677" s="4"/>
+      <c r="J677" s="23"/>
+    </row>
+    <row r="678" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A678" s="30"/>
+      <c r="B678" s="34"/>
+      <c r="C678" s="25"/>
+      <c r="D678" s="32"/>
+      <c r="E678" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F678" s="41">
+        <v>319.3</v>
+      </c>
+      <c r="G678" s="41">
+        <v>271.39999999999998</v>
+      </c>
+      <c r="H678" s="4"/>
+      <c r="J678" s="23"/>
+    </row>
+    <row r="679" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A679" s="30"/>
+      <c r="B679" s="35"/>
+      <c r="C679" s="7"/>
+      <c r="D679" s="32"/>
+      <c r="E679" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F679" s="40">
+        <v>318.51</v>
+      </c>
+      <c r="G679" s="40">
+        <v>279.76</v>
+      </c>
+      <c r="H679" s="4"/>
+      <c r="J679" s="23"/>
+    </row>
+    <row r="680" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A680" s="30"/>
+      <c r="B680" s="33" t="s">
+        <v>51</v>
+      </c>
+      <c r="C680" s="33"/>
+      <c r="D680" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E680" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F680" s="4">
+        <v>102.08</v>
+      </c>
+      <c r="G680" s="4">
+        <v>76.81</v>
+      </c>
+      <c r="H680" s="4">
+        <v>75.244905956112859</v>
+      </c>
+      <c r="J680" s="23"/>
+    </row>
+    <row r="681" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A681" s="30"/>
+      <c r="B681" s="34"/>
+      <c r="C681" s="34"/>
+      <c r="D681" s="32"/>
+      <c r="E681" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F681" s="4">
+        <v>99.79</v>
+      </c>
+      <c r="G681" s="4">
+        <v>80.09</v>
+      </c>
+      <c r="H681" s="4">
+        <v>80.258542940174365</v>
+      </c>
+      <c r="J681" s="23"/>
+    </row>
+    <row r="682" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A682" s="30"/>
+      <c r="B682" s="34"/>
+      <c r="C682" s="34"/>
+      <c r="D682" s="32"/>
+      <c r="E682" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F682" s="4">
+        <v>99.7</v>
+      </c>
+      <c r="G682" s="4">
+        <v>77.290000000000006</v>
+      </c>
+      <c r="H682" s="4">
+        <v>77.522567703109331</v>
+      </c>
+      <c r="J682" s="23"/>
+    </row>
+    <row r="683" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A683" s="30"/>
+      <c r="B683" s="34"/>
+      <c r="C683" s="34"/>
+      <c r="D683" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E683" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F683" s="4">
+        <v>97.89</v>
+      </c>
+      <c r="G683" s="4">
+        <v>73.22</v>
+      </c>
+      <c r="H683" s="4">
+        <v>74.798242925732964</v>
+      </c>
+      <c r="J683" s="23"/>
+    </row>
+    <row r="684" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A684" s="30"/>
+      <c r="B684" s="34"/>
+      <c r="C684" s="34"/>
+      <c r="D684" s="32"/>
+      <c r="E684" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F684" s="4">
+        <v>97.69</v>
+      </c>
+      <c r="G684" s="4">
+        <v>70.94</v>
+      </c>
+      <c r="H684" s="4">
+        <v>72.617463404647353</v>
+      </c>
+      <c r="J684" s="23"/>
+    </row>
+    <row r="685" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A685" s="30"/>
+      <c r="B685" s="34"/>
+      <c r="C685" s="34"/>
+      <c r="D685" s="32"/>
+      <c r="E685" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F685" s="4">
+        <v>95.15</v>
+      </c>
+      <c r="G685" s="4">
+        <v>75.37</v>
+      </c>
+      <c r="H685" s="4">
+        <v>79.211770888071456</v>
+      </c>
+      <c r="J685" s="23"/>
+    </row>
+    <row r="686" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A686" s="30"/>
+      <c r="B686" s="34"/>
+      <c r="C686" s="34"/>
+      <c r="D686" s="32"/>
+      <c r="E686" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F686" s="4">
+        <v>94.93</v>
+      </c>
+      <c r="G686" s="4">
+        <v>75.569999999999993</v>
+      </c>
+      <c r="H686" s="4">
+        <v>79.60602549246812</v>
+      </c>
+      <c r="J686" s="23"/>
+    </row>
+    <row r="687" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A687" s="30"/>
+      <c r="B687" s="34"/>
+      <c r="C687" s="34"/>
+      <c r="D687" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E687" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F687" s="40">
+        <v>94.72</v>
+      </c>
+      <c r="G687" s="40">
+        <v>318.32</v>
+      </c>
+      <c r="H687" s="4"/>
+      <c r="J687" s="23"/>
+    </row>
+    <row r="688" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A688" s="30"/>
+      <c r="B688" s="34"/>
+      <c r="C688" s="34"/>
+      <c r="D688" s="32"/>
+      <c r="E688" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F688" s="40">
+        <v>94.52</v>
+      </c>
+      <c r="G688" s="40">
+        <v>311.95999999999998</v>
+      </c>
+      <c r="H688" s="4"/>
+      <c r="J688" s="23"/>
+    </row>
+    <row r="689" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A689" s="30"/>
+      <c r="B689" s="34"/>
+      <c r="C689" s="34"/>
+      <c r="D689" s="32"/>
+      <c r="E689" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F689" s="40">
+        <v>101.43</v>
+      </c>
+      <c r="G689" s="40">
+        <v>292.56</v>
+      </c>
+      <c r="H689" s="4"/>
+      <c r="J689" s="23"/>
+    </row>
+    <row r="690" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A690" s="30"/>
+      <c r="B690" s="34"/>
+      <c r="C690" s="34"/>
+      <c r="D690" s="32"/>
+      <c r="E690" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F690" s="41">
+        <v>101.2</v>
+      </c>
+      <c r="G690" s="40">
+        <v>304.94</v>
+      </c>
+      <c r="H690" s="4"/>
+      <c r="J690" s="23"/>
+    </row>
+    <row r="691" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A691" s="30"/>
+      <c r="B691" s="34"/>
+      <c r="C691" s="34"/>
+      <c r="D691" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E691" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F691" s="40">
+        <v>100.97</v>
+      </c>
+      <c r="G691" s="40">
+        <v>81.48</v>
+      </c>
+      <c r="H691" s="4"/>
+      <c r="J691" s="23"/>
+    </row>
+    <row r="692" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A692" s="30"/>
+      <c r="B692" s="34"/>
+      <c r="C692" s="34"/>
+      <c r="D692" s="32"/>
+      <c r="E692" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F692" s="40">
+        <v>100.75</v>
+      </c>
+      <c r="G692" s="40">
+        <v>78.25</v>
+      </c>
+      <c r="H692" s="4"/>
+      <c r="J692" s="23"/>
+    </row>
+    <row r="693" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A693" s="30"/>
+      <c r="B693" s="34"/>
+      <c r="C693" s="34"/>
+      <c r="D693" s="32"/>
+      <c r="E693" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F693" s="42">
+        <v>94</v>
+      </c>
+      <c r="G693" s="41">
+        <v>76.7</v>
+      </c>
+      <c r="H693" s="4"/>
+      <c r="J693" s="23"/>
+    </row>
+    <row r="694" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A694" s="30"/>
+      <c r="B694" s="35"/>
+      <c r="C694" s="35"/>
+      <c r="D694" s="32"/>
+      <c r="E694" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F694" s="40">
+        <v>93.76</v>
+      </c>
+      <c r="G694" s="40">
+        <v>77.150000000000006</v>
+      </c>
+      <c r="H694" s="4"/>
+      <c r="J694" s="23"/>
+    </row>
+    <row r="695" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A695" s="30"/>
+      <c r="B695" s="33" t="s">
+        <v>52</v>
+      </c>
+      <c r="C695" s="33"/>
+      <c r="D695" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E695" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F695" s="4">
+        <v>241.81</v>
+      </c>
+      <c r="G695" s="4">
+        <v>189.19</v>
+      </c>
+      <c r="H695" s="4">
+        <v>78.239113353459331</v>
+      </c>
+      <c r="J695" s="23"/>
+    </row>
+    <row r="696" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A696" s="30"/>
+      <c r="B696" s="34"/>
+      <c r="C696" s="34"/>
+      <c r="D696" s="32"/>
+      <c r="E696" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F696" s="4">
+        <v>251.36</v>
+      </c>
+      <c r="G696" s="4">
+        <v>203.07</v>
+      </c>
+      <c r="H696" s="4">
+        <v>80.788510502864412</v>
+      </c>
+      <c r="J696" s="23"/>
+    </row>
+    <row r="697" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A697" s="30"/>
+      <c r="B697" s="34"/>
+      <c r="C697" s="34"/>
+      <c r="D697" s="32"/>
+      <c r="E697" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F697" s="4">
+        <v>250.99</v>
+      </c>
+      <c r="G697" s="4">
+        <v>204.6</v>
+      </c>
+      <c r="H697" s="4">
+        <v>81.517191919996804</v>
+      </c>
+      <c r="J697" s="23"/>
+    </row>
+    <row r="698" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A698" s="30"/>
+      <c r="B698" s="34"/>
+      <c r="C698" s="34"/>
+      <c r="D698" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E698" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F698" s="4">
+        <v>267.38</v>
+      </c>
+      <c r="G698" s="4">
+        <v>219.91</v>
+      </c>
+      <c r="H698" s="4">
+        <v>82.246241304510434</v>
+      </c>
+      <c r="J698" s="23"/>
+    </row>
+    <row r="699" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A699" s="30"/>
+      <c r="B699" s="34"/>
+      <c r="C699" s="34"/>
+      <c r="D699" s="32"/>
+      <c r="E699" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F699" s="4">
+        <v>267.36</v>
+      </c>
+      <c r="G699" s="4">
+        <v>214.51</v>
+      </c>
+      <c r="H699" s="4">
+        <v>80.232645122681021</v>
+      </c>
+      <c r="J699" s="23"/>
+    </row>
+    <row r="700" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A700" s="30"/>
+      <c r="B700" s="34"/>
+      <c r="C700" s="34"/>
+      <c r="D700" s="32"/>
+      <c r="E700" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F700" s="4">
+        <v>253.37</v>
+      </c>
+      <c r="G700" s="4">
+        <v>203.55</v>
+      </c>
+      <c r="H700" s="4">
+        <v>80.337056478667563</v>
+      </c>
+      <c r="J700" s="23"/>
+    </row>
+    <row r="701" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A701" s="30"/>
+      <c r="B701" s="34"/>
+      <c r="C701" s="34"/>
+      <c r="D701" s="32"/>
+      <c r="E701" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F701" s="4">
+        <v>253.3</v>
+      </c>
+      <c r="G701" s="4">
+        <v>208.95</v>
+      </c>
+      <c r="H701" s="4">
+        <v>82.49111725227003</v>
+      </c>
+      <c r="J701" s="23"/>
+    </row>
+    <row r="702" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A702" s="30"/>
+      <c r="B702" s="34"/>
+      <c r="C702" s="34"/>
+      <c r="D702" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E702" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F702" s="40">
+        <v>253.25</v>
+      </c>
+      <c r="G702" s="40">
+        <v>60.78</v>
+      </c>
+      <c r="H702" s="4"/>
+      <c r="J702" s="23"/>
+    </row>
+    <row r="703" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A703" s="30"/>
+      <c r="B703" s="34"/>
+      <c r="C703" s="34"/>
+      <c r="D703" s="32"/>
+      <c r="E703" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F703" s="40">
+        <v>253.21</v>
+      </c>
+      <c r="G703" s="40">
+        <v>61.86</v>
+      </c>
+      <c r="H703" s="4"/>
+      <c r="J703" s="23"/>
+    </row>
+    <row r="704" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A704" s="30"/>
+      <c r="B704" s="34"/>
+      <c r="C704" s="34"/>
+      <c r="D704" s="32"/>
+      <c r="E704" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F704" s="40">
+        <v>261.18</v>
+      </c>
+      <c r="G704" s="42">
+        <v>63</v>
+      </c>
+      <c r="H704" s="4"/>
+      <c r="J704" s="23"/>
+    </row>
+    <row r="705" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A705" s="30"/>
+      <c r="B705" s="34"/>
+      <c r="C705" s="34"/>
+      <c r="D705" s="32"/>
+      <c r="E705" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F705" s="40">
+        <v>261.08999999999997</v>
+      </c>
+      <c r="G705" s="40">
+        <v>63.69</v>
+      </c>
+      <c r="H705" s="4"/>
+      <c r="J705" s="23"/>
+    </row>
+    <row r="706" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A706" s="30"/>
+      <c r="B706" s="34"/>
+      <c r="C706" s="34"/>
+      <c r="D706" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E706" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F706" s="40">
+        <v>261.01</v>
+      </c>
+      <c r="G706" s="40">
+        <v>226.08</v>
+      </c>
+      <c r="H706" s="4"/>
+      <c r="J706" s="23"/>
+    </row>
+    <row r="707" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A707" s="30"/>
+      <c r="B707" s="34"/>
+      <c r="C707" s="34"/>
+      <c r="D707" s="32"/>
+      <c r="E707" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F707" s="40">
+        <v>260.95</v>
+      </c>
+      <c r="G707" s="40">
+        <v>227.27</v>
+      </c>
+      <c r="H707" s="4"/>
+      <c r="J707" s="23"/>
+    </row>
+    <row r="708" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A708" s="30"/>
+      <c r="B708" s="34"/>
+      <c r="C708" s="34"/>
+      <c r="D708" s="32"/>
+      <c r="E708" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F708" s="41">
+        <v>283.3</v>
+      </c>
+      <c r="G708" s="41">
+        <v>250.3</v>
+      </c>
+      <c r="H708" s="4"/>
+      <c r="J708" s="23"/>
+    </row>
+    <row r="709" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A709" s="30"/>
+      <c r="B709" s="35"/>
+      <c r="C709" s="35"/>
+      <c r="D709" s="32"/>
+      <c r="E709" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F709" s="40">
+        <v>283.18</v>
+      </c>
+      <c r="G709" s="40">
+        <v>247.32</v>
+      </c>
+      <c r="H709" s="4"/>
+      <c r="J709" s="23"/>
+    </row>
+    <row r="710" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A710" s="30"/>
+      <c r="B710" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="C710" s="33"/>
+      <c r="D710" s="33">
+        <v>2564</v>
+      </c>
+      <c r="E710" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F710" s="4">
+        <v>156.61000000000001</v>
+      </c>
+      <c r="G710" s="4">
+        <v>117.23</v>
+      </c>
+      <c r="H710" s="4">
+        <v>74.854734691271304</v>
+      </c>
+      <c r="J710" s="23"/>
+    </row>
+    <row r="711" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A711" s="30"/>
+      <c r="B711" s="34"/>
+      <c r="C711" s="34"/>
+      <c r="D711" s="34"/>
+      <c r="E711" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F711" s="4">
+        <v>155.74</v>
+      </c>
+      <c r="G711" s="4">
+        <v>112.33</v>
+      </c>
+      <c r="H711" s="4">
+        <v>72.12662129189674</v>
+      </c>
+      <c r="J711" s="23"/>
+    </row>
+    <row r="712" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A712" s="30"/>
+      <c r="B712" s="34"/>
+      <c r="C712" s="34"/>
+      <c r="D712" s="35"/>
+      <c r="E712" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F712" s="4">
+        <v>155.47999999999999</v>
+      </c>
+      <c r="G712" s="4">
+        <v>126.05</v>
+      </c>
+      <c r="H712" s="4">
+        <v>81.071520452791361</v>
+      </c>
+      <c r="J712" s="23"/>
+    </row>
+    <row r="713" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A713" s="30"/>
+      <c r="B713" s="34"/>
+      <c r="C713" s="34"/>
+      <c r="D713" s="33">
+        <v>2565</v>
+      </c>
+      <c r="E713" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F713" s="4">
+        <v>171.19</v>
+      </c>
+      <c r="G713" s="4">
+        <v>134.16999999999999</v>
+      </c>
+      <c r="H713" s="4">
+        <v>78.374905076231073</v>
+      </c>
+      <c r="J713" s="23"/>
+    </row>
+    <row r="714" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A714" s="30"/>
+      <c r="B714" s="34"/>
+      <c r="C714" s="34"/>
+      <c r="D714" s="34"/>
+      <c r="E714" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F714" s="4">
+        <v>171.25</v>
+      </c>
+      <c r="G714" s="4">
+        <v>133.44</v>
+      </c>
+      <c r="H714" s="4">
+        <v>77.92116788321168</v>
+      </c>
+      <c r="J714" s="23"/>
+    </row>
+    <row r="715" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A715" s="30"/>
+      <c r="B715" s="34"/>
+      <c r="C715" s="34"/>
+      <c r="D715" s="34"/>
+      <c r="E715" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F715" s="4">
+        <v>164.96</v>
+      </c>
+      <c r="G715" s="4">
+        <v>128.57</v>
+      </c>
+      <c r="H715" s="4">
+        <v>77.940106692531515</v>
+      </c>
+      <c r="J715" s="23"/>
+    </row>
+    <row r="716" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A716" s="30"/>
+      <c r="B716" s="34"/>
+      <c r="C716" s="34"/>
+      <c r="D716" s="35"/>
+      <c r="E716" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F716" s="4">
+        <v>164.98</v>
+      </c>
+      <c r="G716" s="4">
+        <v>134.56</v>
+      </c>
+      <c r="H716" s="4">
+        <v>81.561401381985704</v>
+      </c>
+      <c r="J716" s="23"/>
+    </row>
+    <row r="717" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A717" s="30"/>
+      <c r="B717" s="34"/>
+      <c r="C717" s="34"/>
+      <c r="D717" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E717" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F717" s="40">
+        <v>165.02</v>
+      </c>
+      <c r="G717" s="40">
+        <v>268.17</v>
+      </c>
+      <c r="H717" s="4"/>
+      <c r="J717" s="23"/>
+    </row>
+    <row r="718" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A718" s="30"/>
+      <c r="B718" s="34"/>
+      <c r="C718" s="34"/>
+      <c r="D718" s="32"/>
+      <c r="E718" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F718" s="40">
+        <v>165.06</v>
+      </c>
+      <c r="G718" s="40">
+        <v>273.83999999999997</v>
+      </c>
+      <c r="H718" s="4"/>
+      <c r="J718" s="23"/>
+    </row>
+    <row r="719" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A719" s="30"/>
+      <c r="B719" s="34"/>
+      <c r="C719" s="34"/>
+      <c r="D719" s="32"/>
+      <c r="E719" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F719" s="40">
+        <v>168.49</v>
+      </c>
+      <c r="G719" s="40">
+        <v>284.24</v>
+      </c>
+      <c r="H719" s="4"/>
+      <c r="J719" s="23"/>
+    </row>
+    <row r="720" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A720" s="30"/>
+      <c r="B720" s="34"/>
+      <c r="C720" s="34"/>
+      <c r="D720" s="32"/>
+      <c r="E720" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F720" s="40">
+        <v>168.49</v>
+      </c>
+      <c r="G720" s="41">
+        <v>286.89999999999998</v>
+      </c>
+      <c r="H720" s="4"/>
+      <c r="J720" s="23"/>
+    </row>
+    <row r="721" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A721" s="30"/>
+      <c r="B721" s="34"/>
+      <c r="C721" s="34"/>
+      <c r="D721" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E721" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F721" s="40">
+        <v>168.51</v>
+      </c>
+      <c r="G721" s="40">
+        <v>143.06</v>
+      </c>
+      <c r="H721" s="4"/>
+      <c r="J721" s="23"/>
+    </row>
+    <row r="722" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A722" s="30"/>
+      <c r="B722" s="34"/>
+      <c r="C722" s="34"/>
+      <c r="D722" s="32"/>
+      <c r="E722" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F722" s="40">
+        <v>168.53</v>
+      </c>
+      <c r="G722" s="40">
+        <v>137.84</v>
+      </c>
+      <c r="H722" s="4"/>
+      <c r="J722" s="23"/>
+    </row>
+    <row r="723" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A723" s="30"/>
+      <c r="B723" s="34"/>
+      <c r="C723" s="34"/>
+      <c r="D723" s="32"/>
+      <c r="E723" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F723" s="41">
+        <v>175.7</v>
+      </c>
+      <c r="G723" s="41">
+        <v>135.80000000000001</v>
+      </c>
+      <c r="H723" s="4"/>
+      <c r="J723" s="23"/>
+    </row>
+    <row r="724" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A724" s="30"/>
+      <c r="B724" s="35"/>
+      <c r="C724" s="35"/>
+      <c r="D724" s="32"/>
+      <c r="E724" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F724" s="40">
+        <v>175.66</v>
+      </c>
+      <c r="G724" s="40">
+        <v>151.41</v>
+      </c>
+      <c r="H724" s="4"/>
+      <c r="J724" s="23"/>
+    </row>
+    <row r="725" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A725" s="30"/>
+      <c r="B725" s="33" t="s">
+        <v>54</v>
+      </c>
+      <c r="C725" s="33"/>
+      <c r="D725" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E725" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F725" s="4">
+        <v>209.44</v>
+      </c>
+      <c r="G725" s="4">
+        <v>157.33000000000001</v>
+      </c>
+      <c r="H725" s="4">
+        <v>75.119365928189467</v>
+      </c>
+      <c r="J725" s="23"/>
+    </row>
+    <row r="726" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A726" s="30"/>
+      <c r="B726" s="34"/>
+      <c r="C726" s="34"/>
+      <c r="D726" s="32"/>
+      <c r="E726" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F726" s="4">
+        <v>214.23</v>
+      </c>
+      <c r="G726" s="4">
+        <v>174.74</v>
+      </c>
+      <c r="H726" s="4">
+        <v>81.566540633898157</v>
+      </c>
+      <c r="J726" s="23"/>
+    </row>
+    <row r="727" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A727" s="30"/>
+      <c r="B727" s="34"/>
+      <c r="C727" s="34"/>
+      <c r="D727" s="32"/>
+      <c r="E727" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F727" s="4">
+        <v>213.99</v>
+      </c>
+      <c r="G727" s="4">
+        <v>174.62</v>
+      </c>
+      <c r="H727" s="4">
+        <v>81.601944016075521</v>
+      </c>
+      <c r="J727" s="23"/>
+    </row>
+    <row r="728" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A728" s="30"/>
+      <c r="B728" s="34"/>
+      <c r="C728" s="34"/>
+      <c r="D728" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E728" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F728" s="4">
+        <v>207.56</v>
+      </c>
+      <c r="G728" s="4">
+        <v>167.9</v>
+      </c>
+      <c r="H728" s="4">
+        <v>80.89227211408749</v>
+      </c>
+      <c r="J728" s="23"/>
+    </row>
+    <row r="729" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A729" s="30"/>
+      <c r="B729" s="34"/>
+      <c r="C729" s="34"/>
+      <c r="D729" s="32"/>
+      <c r="E729" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F729" s="4">
+        <v>207.4</v>
+      </c>
+      <c r="G729" s="4">
+        <v>165.89</v>
+      </c>
+      <c r="H729" s="4">
+        <v>79.985535197685635</v>
+      </c>
+      <c r="J729" s="23"/>
+    </row>
+    <row r="730" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A730" s="30"/>
+      <c r="B730" s="34"/>
+      <c r="C730" s="34"/>
+      <c r="D730" s="32"/>
+      <c r="E730" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F730" s="4">
+        <v>210.76</v>
+      </c>
+      <c r="G730" s="4">
+        <v>178.44</v>
+      </c>
+      <c r="H730" s="4">
+        <v>84.665021825773394</v>
+      </c>
+      <c r="J730" s="23"/>
+    </row>
+    <row r="731" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A731" s="30"/>
+      <c r="B731" s="34"/>
+      <c r="C731" s="34"/>
+      <c r="D731" s="32"/>
+      <c r="E731" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F731" s="4">
+        <v>210.57</v>
+      </c>
+      <c r="G731" s="4">
+        <v>171.78</v>
+      </c>
+      <c r="H731" s="4">
+        <v>81.578572446217407</v>
+      </c>
+      <c r="J731" s="23"/>
+    </row>
+    <row r="732" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A732" s="30"/>
+      <c r="B732" s="34"/>
+      <c r="C732" s="34"/>
+      <c r="D732" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E732" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F732" s="40">
+        <v>210.38</v>
+      </c>
+      <c r="G732" s="40">
+        <v>72.680000000000007</v>
+      </c>
+      <c r="H732" s="4"/>
+      <c r="J732" s="23"/>
+    </row>
+    <row r="733" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A733" s="30"/>
+      <c r="B733" s="34"/>
+      <c r="C733" s="34"/>
+      <c r="D733" s="32"/>
+      <c r="E733" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F733" s="40">
+        <v>210.21</v>
+      </c>
+      <c r="G733" s="40">
+        <v>72.37</v>
+      </c>
+      <c r="H733" s="4"/>
+      <c r="J733" s="23"/>
+    </row>
+    <row r="734" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A734" s="30"/>
+      <c r="B734" s="34"/>
+      <c r="C734" s="34"/>
+      <c r="D734" s="32"/>
+      <c r="E734" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F734" s="40">
+        <v>208.09</v>
+      </c>
+      <c r="G734" s="40">
+        <v>80.97</v>
+      </c>
+      <c r="H734" s="4"/>
+      <c r="J734" s="23"/>
+    </row>
+    <row r="735" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A735" s="30"/>
+      <c r="B735" s="34"/>
+      <c r="C735" s="34"/>
+      <c r="D735" s="32"/>
+      <c r="E735" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F735" s="40">
+        <v>207.89</v>
+      </c>
+      <c r="G735" s="40">
+        <v>79.37</v>
+      </c>
+      <c r="H735" s="4"/>
+      <c r="J735" s="23"/>
+    </row>
+    <row r="736" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A736" s="30"/>
+      <c r="B736" s="34"/>
+      <c r="C736" s="34"/>
+      <c r="D736" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E736" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F736" s="41">
+        <v>207.7</v>
+      </c>
+      <c r="G736" s="40">
+        <v>169.94</v>
+      </c>
+      <c r="H736" s="4"/>
+      <c r="J736" s="23"/>
+    </row>
+    <row r="737" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A737" s="30"/>
+      <c r="B737" s="34"/>
+      <c r="C737" s="34"/>
+      <c r="D737" s="32"/>
+      <c r="E737" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F737" s="40">
+        <v>207.52</v>
+      </c>
+      <c r="G737" s="40">
+        <v>169.82</v>
+      </c>
+      <c r="H737" s="4"/>
+      <c r="J737" s="23"/>
+    </row>
+    <row r="738" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A738" s="30"/>
+      <c r="B738" s="34"/>
+      <c r="C738" s="34"/>
+      <c r="D738" s="32"/>
+      <c r="E738" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F738" s="41">
+        <v>215.6</v>
+      </c>
+      <c r="G738" s="41">
+        <v>182.6</v>
+      </c>
+      <c r="H738" s="4"/>
+      <c r="J738" s="23"/>
+    </row>
+    <row r="739" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A739" s="30"/>
+      <c r="B739" s="35"/>
+      <c r="C739" s="35"/>
+      <c r="D739" s="32"/>
+      <c r="E739" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F739" s="40">
+        <v>215.38</v>
+      </c>
+      <c r="G739" s="40">
+        <v>178.28</v>
+      </c>
+      <c r="H739" s="4"/>
+      <c r="J739" s="23"/>
+    </row>
+    <row r="740" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A740" s="30"/>
+      <c r="B740" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="C740" s="33"/>
+      <c r="D740" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E740" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F740" s="4">
+        <v>301.36</v>
+      </c>
+      <c r="G740" s="4">
+        <v>250.1</v>
+      </c>
+      <c r="H740" s="4">
+        <v>82.990443323599678</v>
+      </c>
+      <c r="J740" s="23"/>
+    </row>
+    <row r="741" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A741" s="30"/>
+      <c r="B741" s="34"/>
+      <c r="C741" s="34"/>
+      <c r="D741" s="32"/>
+      <c r="E741" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F741" s="4">
+        <v>297.52</v>
+      </c>
+      <c r="G741" s="4">
+        <v>253.75</v>
+      </c>
+      <c r="H741" s="4">
+        <v>85.288383974186615</v>
+      </c>
+      <c r="J741" s="23"/>
+    </row>
+    <row r="742" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A742" s="30"/>
+      <c r="B742" s="34"/>
+      <c r="C742" s="34"/>
+      <c r="D742" s="32"/>
+      <c r="E742" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F742" s="4">
+        <v>297.10000000000002</v>
+      </c>
+      <c r="G742" s="4">
+        <v>255.33</v>
+      </c>
+      <c r="H742" s="4">
+        <v>85.940760686637489</v>
+      </c>
+      <c r="J742" s="23"/>
+    </row>
+    <row r="743" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A743" s="30"/>
+      <c r="B743" s="34"/>
+      <c r="C743" s="34"/>
+      <c r="D743" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E743" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F743" s="4">
+        <v>333.38</v>
+      </c>
+      <c r="G743" s="4">
+        <v>283.58</v>
+      </c>
+      <c r="H743" s="4">
+        <v>85.062091307216988</v>
+      </c>
+      <c r="J743" s="23"/>
+    </row>
+    <row r="744" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A744" s="30"/>
+      <c r="B744" s="34"/>
+      <c r="C744" s="34"/>
+      <c r="D744" s="32"/>
+      <c r="E744" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F744" s="4">
+        <v>333.31</v>
+      </c>
+      <c r="G744" s="4">
+        <v>279.32</v>
+      </c>
+      <c r="H744" s="4">
+        <v>83.801866130629151</v>
+      </c>
+      <c r="J744" s="23"/>
+    </row>
+    <row r="745" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A745" s="30"/>
+      <c r="B745" s="34"/>
+      <c r="C745" s="34"/>
+      <c r="D745" s="32"/>
+      <c r="E745" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F745" s="4">
+        <v>323.74</v>
+      </c>
+      <c r="G745" s="4">
+        <v>269.74</v>
+      </c>
+      <c r="H745" s="4">
+        <v>83.319948106505223</v>
+      </c>
+      <c r="J745" s="23"/>
+    </row>
+    <row r="746" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A746" s="30"/>
+      <c r="B746" s="34"/>
+      <c r="C746" s="34"/>
+      <c r="D746" s="32"/>
+      <c r="E746" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F746" s="4">
+        <v>323.60000000000002</v>
+      </c>
+      <c r="G746" s="4">
+        <v>283.32</v>
+      </c>
+      <c r="H746" s="4">
+        <v>87.552533992583434</v>
+      </c>
+      <c r="J746" s="23"/>
+    </row>
+    <row r="747" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A747" s="30"/>
+      <c r="B747" s="34"/>
+      <c r="C747" s="34"/>
+      <c r="D747" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E747" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F747" s="40">
+        <v>323.48</v>
+      </c>
+      <c r="G747" s="40">
+        <v>210.01</v>
+      </c>
+      <c r="H747" s="4"/>
+      <c r="J747" s="23"/>
+    </row>
+    <row r="748" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A748" s="30"/>
+      <c r="B748" s="34"/>
+      <c r="C748" s="34"/>
+      <c r="D748" s="32"/>
+      <c r="E748" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F748" s="40">
+        <v>323.39</v>
+      </c>
+      <c r="G748" s="40">
+        <v>211.34</v>
+      </c>
+      <c r="H748" s="4"/>
+      <c r="J748" s="23"/>
+    </row>
+    <row r="749" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A749" s="30"/>
+      <c r="B749" s="34"/>
+      <c r="C749" s="34"/>
+      <c r="D749" s="32"/>
+      <c r="E749" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F749" s="40">
+        <v>311.68</v>
+      </c>
+      <c r="G749" s="40">
+        <v>222.33</v>
+      </c>
+      <c r="H749" s="4"/>
+      <c r="J749" s="23"/>
+    </row>
+    <row r="750" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A750" s="30"/>
+      <c r="B750" s="34"/>
+      <c r="C750" s="34"/>
+      <c r="D750" s="32"/>
+      <c r="E750" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F750" s="40">
+        <v>311.52999999999997</v>
+      </c>
+      <c r="G750" s="40">
+        <v>223.26</v>
+      </c>
+      <c r="H750" s="4"/>
+      <c r="J750" s="23"/>
+    </row>
+    <row r="751" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A751" s="30"/>
+      <c r="B751" s="34"/>
+      <c r="C751" s="34"/>
+      <c r="D751" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E751" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F751" s="41">
+        <v>311.39999999999998</v>
+      </c>
+      <c r="G751" s="42">
+        <v>275</v>
+      </c>
+      <c r="H751" s="4"/>
+      <c r="J751" s="23"/>
+    </row>
+    <row r="752" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A752" s="30"/>
+      <c r="B752" s="34"/>
+      <c r="C752" s="34"/>
+      <c r="D752" s="32"/>
+      <c r="E752" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F752" s="40">
+        <v>311.27999999999997</v>
+      </c>
+      <c r="G752" s="40">
+        <v>266.43</v>
+      </c>
+      <c r="H752" s="4"/>
+      <c r="J752" s="23"/>
+    </row>
+    <row r="753" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A753" s="30"/>
+      <c r="B753" s="34"/>
+      <c r="C753" s="34"/>
+      <c r="D753" s="32"/>
+      <c r="E753" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F753" s="41">
+        <v>321.3</v>
+      </c>
+      <c r="G753" s="41">
+        <v>280.89999999999998</v>
+      </c>
+      <c r="H753" s="4"/>
+      <c r="J753" s="23"/>
+    </row>
+    <row r="754" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A754" s="30"/>
+      <c r="B754" s="35"/>
+      <c r="C754" s="35"/>
+      <c r="D754" s="32"/>
+      <c r="E754" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F754" s="40">
+        <v>321.08999999999997</v>
+      </c>
+      <c r="G754" s="40">
+        <v>287.08</v>
+      </c>
+      <c r="H754" s="4"/>
+      <c r="J754" s="23"/>
+    </row>
+    <row r="755" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A755" s="30"/>
+      <c r="B755" s="33" t="s">
+        <v>56</v>
+      </c>
+      <c r="C755" s="33"/>
+      <c r="D755" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E755" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F755" s="4">
+        <v>184.89</v>
+      </c>
+      <c r="G755" s="4">
+        <v>160.91</v>
+      </c>
+      <c r="H755" s="4">
+        <v>87.03012602087729</v>
+      </c>
+      <c r="J755" s="23"/>
+    </row>
+    <row r="756" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A756" s="30"/>
+      <c r="B756" s="34"/>
+      <c r="C756" s="34"/>
+      <c r="D756" s="32"/>
+      <c r="E756" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F756" s="4">
+        <v>189.84</v>
+      </c>
+      <c r="G756" s="4">
+        <v>163.13</v>
+      </c>
+      <c r="H756" s="4">
+        <v>85.930257058575634</v>
+      </c>
+      <c r="J756" s="23"/>
+    </row>
+    <row r="757" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A757" s="30"/>
+      <c r="B757" s="34"/>
+      <c r="C757" s="34"/>
+      <c r="D757" s="32"/>
+      <c r="E757" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F757" s="4">
+        <v>189.67</v>
+      </c>
+      <c r="G757" s="4">
+        <v>163.18</v>
+      </c>
+      <c r="H757" s="4">
+        <v>86.033637370169245</v>
+      </c>
+      <c r="J757" s="23"/>
+    </row>
+    <row r="758" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A758" s="30"/>
+      <c r="B758" s="34"/>
+      <c r="C758" s="34"/>
+      <c r="D758" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E758" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F758" s="4">
+        <v>175.66</v>
+      </c>
+      <c r="G758" s="4">
+        <v>142.86000000000001</v>
+      </c>
+      <c r="H758" s="4">
+        <v>81.327564613457824</v>
+      </c>
+      <c r="J758" s="23"/>
+    </row>
+    <row r="759" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A759" s="30"/>
+      <c r="B759" s="34"/>
+      <c r="C759" s="34"/>
+      <c r="D759" s="32"/>
+      <c r="E759" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F759" s="4">
+        <v>175.34</v>
+      </c>
+      <c r="G759" s="4">
+        <v>144.41</v>
+      </c>
+      <c r="H759" s="4">
+        <v>82.359986312307512</v>
+      </c>
+      <c r="J759" s="23"/>
+    </row>
+    <row r="760" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A760" s="30"/>
+      <c r="B760" s="34"/>
+      <c r="C760" s="34"/>
+      <c r="D760" s="32"/>
+      <c r="E760" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F760" s="4">
+        <v>176.52</v>
+      </c>
+      <c r="G760" s="4">
+        <v>146.07</v>
+      </c>
+      <c r="H760" s="4">
+        <v>82.74983004758667</v>
+      </c>
+      <c r="J760" s="23"/>
+    </row>
+    <row r="761" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A761" s="30"/>
+      <c r="B761" s="34"/>
+      <c r="C761" s="34"/>
+      <c r="D761" s="32"/>
+      <c r="E761" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F761" s="4">
+        <v>176.25</v>
+      </c>
+      <c r="G761" s="4">
+        <v>145.47999999999999</v>
+      </c>
+      <c r="H761" s="4">
+        <v>82.541843971631195</v>
+      </c>
+      <c r="J761" s="23"/>
+    </row>
+    <row r="762" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A762" s="30"/>
+      <c r="B762" s="34"/>
+      <c r="C762" s="34"/>
+      <c r="D762" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E762" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F762" s="40">
+        <v>175.99</v>
+      </c>
+      <c r="G762" s="40">
+        <v>127.73</v>
+      </c>
+      <c r="H762" s="4"/>
+      <c r="J762" s="23"/>
+    </row>
+    <row r="763" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A763" s="30"/>
+      <c r="B763" s="34"/>
+      <c r="C763" s="34"/>
+      <c r="D763" s="32"/>
+      <c r="E763" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F763" s="40">
+        <v>175.74</v>
+      </c>
+      <c r="G763" s="40">
+        <v>136.35</v>
+      </c>
+      <c r="H763" s="4"/>
+      <c r="J763" s="23"/>
+    </row>
+    <row r="764" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A764" s="30"/>
+      <c r="B764" s="34"/>
+      <c r="C764" s="34"/>
+      <c r="D764" s="32"/>
+      <c r="E764" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F764" s="40">
+        <v>181.18</v>
+      </c>
+      <c r="G764" s="41">
+        <v>135.80000000000001</v>
+      </c>
+      <c r="H764" s="4"/>
+      <c r="J764" s="23"/>
+    </row>
+    <row r="765" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A765" s="30"/>
+      <c r="B765" s="34"/>
+      <c r="C765" s="34"/>
+      <c r="D765" s="32"/>
+      <c r="E765" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F765" s="40">
+        <v>180.89</v>
+      </c>
+      <c r="G765" s="40">
+        <v>138.06</v>
+      </c>
+      <c r="H765" s="4"/>
+      <c r="J765" s="23"/>
+    </row>
+    <row r="766" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A766" s="30"/>
+      <c r="B766" s="34"/>
+      <c r="C766" s="34"/>
+      <c r="D766" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E766" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F766" s="40">
+        <v>180.62</v>
+      </c>
+      <c r="G766" s="40">
+        <v>149.57</v>
+      </c>
+      <c r="H766" s="4"/>
+      <c r="J766" s="23"/>
+    </row>
+    <row r="767" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A767" s="30"/>
+      <c r="B767" s="34"/>
+      <c r="C767" s="34"/>
+      <c r="D767" s="32"/>
+      <c r="E767" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F767" s="40">
+        <v>180.36</v>
+      </c>
+      <c r="G767" s="41">
+        <v>150.5</v>
+      </c>
+      <c r="H767" s="4"/>
+      <c r="J767" s="23"/>
+    </row>
+    <row r="768" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A768" s="30"/>
+      <c r="B768" s="34"/>
+      <c r="C768" s="34"/>
+      <c r="D768" s="32"/>
+      <c r="E768" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F768" s="41">
+        <v>181.6</v>
+      </c>
+      <c r="G768" s="41">
+        <v>155.5</v>
+      </c>
+      <c r="H768" s="4"/>
+      <c r="J768" s="23"/>
+    </row>
+    <row r="769" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A769" s="30"/>
+      <c r="B769" s="35"/>
+      <c r="C769" s="35"/>
+      <c r="D769" s="32"/>
+      <c r="E769" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F769" s="40">
+        <v>181.27</v>
+      </c>
+      <c r="G769" s="40">
+        <v>157.65</v>
+      </c>
+      <c r="H769" s="4"/>
+      <c r="J769" s="23"/>
+    </row>
+    <row r="770" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A770" s="30"/>
+      <c r="B770" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="C770" s="33"/>
+      <c r="D770" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E770" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F770" s="4">
+        <v>297.58</v>
+      </c>
+      <c r="G770" s="4">
+        <v>259.85000000000002</v>
+      </c>
+      <c r="H770" s="4">
+        <v>87.321056522615791</v>
+      </c>
+      <c r="J770" s="23"/>
+    </row>
+    <row r="771" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A771" s="30"/>
+      <c r="B771" s="34"/>
+      <c r="C771" s="34"/>
+      <c r="D771" s="32"/>
+      <c r="E771" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F771" s="4">
+        <v>306.77</v>
+      </c>
+      <c r="G771" s="4">
+        <v>282.94</v>
+      </c>
+      <c r="H771" s="4">
+        <v>92.231965316034817</v>
+      </c>
+      <c r="J771" s="23"/>
+    </row>
+    <row r="772" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A772" s="30"/>
+      <c r="B772" s="34"/>
+      <c r="C772" s="34"/>
+      <c r="D772" s="32"/>
+      <c r="E772" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F772" s="4">
+        <v>306.37</v>
+      </c>
+      <c r="G772" s="4">
+        <v>272.63</v>
+      </c>
+      <c r="H772" s="4">
+        <v>88.987172373274149</v>
+      </c>
+      <c r="J772" s="23"/>
+    </row>
+    <row r="773" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A773" s="30"/>
+      <c r="B773" s="34"/>
+      <c r="C773" s="34"/>
+      <c r="D773" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E773" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F773" s="4">
+        <v>300.2</v>
+      </c>
+      <c r="G773" s="4">
+        <v>268.91000000000003</v>
+      </c>
+      <c r="H773" s="4">
+        <v>89.576948700866112</v>
+      </c>
+      <c r="J773" s="23"/>
+    </row>
+    <row r="774" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A774" s="30"/>
+      <c r="B774" s="34"/>
+      <c r="C774" s="34"/>
+      <c r="D774" s="32"/>
+      <c r="E774" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F774" s="4">
+        <v>299.8</v>
+      </c>
+      <c r="G774" s="4">
+        <v>263.63</v>
+      </c>
+      <c r="H774" s="4">
+        <v>87.935290193462308</v>
+      </c>
+      <c r="J774" s="23"/>
+    </row>
+    <row r="775" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A775" s="30"/>
+      <c r="B775" s="34"/>
+      <c r="C775" s="34"/>
+      <c r="D775" s="32"/>
+      <c r="E775" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F775" s="4">
+        <v>292.20999999999998</v>
+      </c>
+      <c r="G775" s="4">
+        <v>260.04000000000002</v>
+      </c>
+      <c r="H775" s="4">
+        <v>88.990794291776481</v>
+      </c>
+      <c r="J775" s="23"/>
+    </row>
+    <row r="776" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A776" s="30"/>
+      <c r="B776" s="34"/>
+      <c r="C776" s="34"/>
+      <c r="D776" s="32"/>
+      <c r="E776" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F776" s="4">
+        <v>291.77999999999997</v>
+      </c>
+      <c r="G776" s="4">
+        <v>258.43</v>
+      </c>
+      <c r="H776" s="4">
+        <v>88.57015559668244</v>
+      </c>
+      <c r="J776" s="23"/>
+    </row>
+    <row r="777" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A777" s="30"/>
+      <c r="B777" s="34"/>
+      <c r="C777" s="34"/>
+      <c r="D777" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E777" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F777" s="40">
+        <v>291.36</v>
+      </c>
+      <c r="G777" s="40">
+        <v>165.05</v>
+      </c>
+      <c r="H777" s="4"/>
+      <c r="J777" s="23"/>
+    </row>
+    <row r="778" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A778" s="30"/>
+      <c r="B778" s="34"/>
+      <c r="C778" s="34"/>
+      <c r="D778" s="32"/>
+      <c r="E778" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F778" s="40">
+        <v>290.95999999999998</v>
+      </c>
+      <c r="G778" s="40">
+        <v>173.74</v>
+      </c>
+      <c r="H778" s="4"/>
+      <c r="J778" s="23"/>
+    </row>
+    <row r="779" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A779" s="30"/>
+      <c r="B779" s="34"/>
+      <c r="C779" s="34"/>
+      <c r="D779" s="32"/>
+      <c r="E779" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F779" s="40">
+        <v>306.13</v>
+      </c>
+      <c r="G779" s="40">
+        <v>172.81</v>
+      </c>
+      <c r="H779" s="4"/>
+      <c r="J779" s="23"/>
+    </row>
+    <row r="780" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A780" s="30"/>
+      <c r="B780" s="34"/>
+      <c r="C780" s="34"/>
+      <c r="D780" s="32"/>
+      <c r="E780" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F780" s="40">
+        <v>305.66000000000003</v>
+      </c>
+      <c r="G780" s="40">
+        <v>174.83</v>
+      </c>
+      <c r="H780" s="4"/>
+      <c r="J780" s="23"/>
+    </row>
+    <row r="781" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A781" s="30"/>
+      <c r="B781" s="34"/>
+      <c r="C781" s="34"/>
+      <c r="D781" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E781" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F781" s="40">
+        <v>305.20999999999998</v>
+      </c>
+      <c r="G781" s="41">
+        <v>269.2</v>
+      </c>
+      <c r="H781" s="4"/>
+      <c r="J781" s="23"/>
+    </row>
+    <row r="782" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A782" s="30"/>
+      <c r="B782" s="34"/>
+      <c r="C782" s="34"/>
+      <c r="D782" s="32"/>
+      <c r="E782" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F782" s="40">
+        <v>304.77999999999997</v>
+      </c>
+      <c r="G782" s="40">
+        <v>268.33999999999997</v>
+      </c>
+      <c r="H782" s="4"/>
+      <c r="J782" s="23"/>
+    </row>
+    <row r="783" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A783" s="30"/>
+      <c r="B783" s="34"/>
+      <c r="C783" s="34"/>
+      <c r="D783" s="32"/>
+      <c r="E783" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F783" s="41">
+        <v>308.2</v>
+      </c>
+      <c r="G783" s="41">
+        <v>277.3</v>
+      </c>
+      <c r="H783" s="4"/>
+      <c r="J783" s="23"/>
+    </row>
+    <row r="784" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A784" s="31"/>
+      <c r="B784" s="35"/>
+      <c r="C784" s="35"/>
+      <c r="D784" s="32"/>
+      <c r="E784" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F784" s="41">
+        <v>307.7</v>
+      </c>
+      <c r="G784" s="41">
+        <v>277.10000000000002</v>
+      </c>
+      <c r="H784" s="4"/>
+      <c r="J784" s="23"/>
+    </row>
+    <row r="785" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A785" s="29" t="s">
+        <v>58</v>
+      </c>
+      <c r="B785" s="33" t="s">
+        <v>59</v>
+      </c>
+      <c r="C785" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="D785" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E785" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F785" s="4">
+        <v>5710.63</v>
+      </c>
+      <c r="G785" s="4">
+        <v>4553.55</v>
+      </c>
+      <c r="H785" s="4">
+        <v>79.738137473448631</v>
+      </c>
+      <c r="J785" s="23"/>
+    </row>
+    <row r="786" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A786" s="30"/>
+      <c r="B786" s="34"/>
+      <c r="C786" s="34"/>
+      <c r="D786" s="32"/>
+      <c r="E786" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F786" s="4">
+        <v>5835.41</v>
+      </c>
+      <c r="G786" s="4">
+        <v>4930.25</v>
+      </c>
+      <c r="H786" s="4">
+        <v>84.488493524876574</v>
+      </c>
+      <c r="J786" s="23"/>
+    </row>
+    <row r="787" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A787" s="30"/>
+      <c r="B787" s="34"/>
+      <c r="C787" s="34"/>
+      <c r="D787" s="32"/>
+      <c r="E787" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F787" s="4">
+        <v>5829.16</v>
+      </c>
+      <c r="G787" s="4">
+        <v>4940.74</v>
+      </c>
+      <c r="H787" s="4">
+        <v>84.759039038214766</v>
+      </c>
+      <c r="J787" s="23"/>
+    </row>
+    <row r="788" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A788" s="30"/>
+      <c r="B788" s="34"/>
+      <c r="C788" s="34"/>
+      <c r="D788" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E788" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F788" s="4">
+        <v>6278.25</v>
+      </c>
+      <c r="G788" s="4">
+        <v>5321.02</v>
+      </c>
+      <c r="H788" s="4">
+        <v>84.753235376100022</v>
+      </c>
+      <c r="J788" s="23"/>
+    </row>
+    <row r="789" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A789" s="30"/>
+      <c r="B789" s="34"/>
+      <c r="C789" s="34"/>
+      <c r="D789" s="32"/>
+      <c r="E789" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F789" s="4">
+        <v>6272.01</v>
+      </c>
+      <c r="G789" s="4">
+        <v>5263.95</v>
+      </c>
+      <c r="H789" s="4">
+        <v>83.927640421491674</v>
+      </c>
+      <c r="J789" s="23"/>
+    </row>
+    <row r="790" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A790" s="30"/>
+      <c r="B790" s="34"/>
+      <c r="C790" s="34"/>
+      <c r="D790" s="32"/>
+      <c r="E790" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F790" s="4">
+        <v>5764.03</v>
+      </c>
+      <c r="G790" s="4">
+        <v>4964.17</v>
+      </c>
+      <c r="H790" s="4">
+        <v>86.123250572949829</v>
+      </c>
+      <c r="J790" s="23"/>
+    </row>
+    <row r="791" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A791" s="30"/>
+      <c r="B791" s="34"/>
+      <c r="C791" s="34"/>
+      <c r="D791" s="32"/>
+      <c r="E791" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F791" s="4">
+        <v>5757.33</v>
+      </c>
+      <c r="G791" s="4">
+        <v>5012.51</v>
+      </c>
+      <c r="H791" s="4">
+        <v>87.063100430234158</v>
+      </c>
+      <c r="J791" s="23"/>
+    </row>
+    <row r="792" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A792" s="30"/>
+      <c r="B792" s="34"/>
+      <c r="C792" s="34"/>
+      <c r="D792" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E792" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F792" s="4">
+        <v>5751.11</v>
+      </c>
+      <c r="G792" s="40">
+        <v>232.78</v>
+      </c>
+      <c r="H792" s="41">
+        <v>86.5</v>
+      </c>
+      <c r="J792" s="23"/>
+    </row>
+    <row r="793" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A793" s="30"/>
+      <c r="B793" s="34"/>
+      <c r="C793" s="34"/>
+      <c r="D793" s="32"/>
+      <c r="E793" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F793" s="4">
+        <v>5745.35</v>
+      </c>
+      <c r="G793" s="40">
+        <v>232.37</v>
+      </c>
+      <c r="H793" s="42">
+        <v>87</v>
+      </c>
+      <c r="J793" s="23"/>
+    </row>
+    <row r="794" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A794" s="30"/>
+      <c r="B794" s="34"/>
+      <c r="C794" s="34"/>
+      <c r="D794" s="32"/>
+      <c r="E794" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F794" s="4">
+        <v>5960.2</v>
+      </c>
+      <c r="G794" s="41">
+        <v>244.3</v>
+      </c>
+      <c r="H794" s="41">
+        <v>89.1</v>
+      </c>
+      <c r="J794" s="23"/>
+    </row>
+    <row r="795" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A795" s="30"/>
+      <c r="B795" s="34"/>
+      <c r="C795" s="34"/>
+      <c r="D795" s="32"/>
+      <c r="E795" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F795" s="4">
+        <v>5953.05</v>
+      </c>
+      <c r="G795" s="40">
+        <v>241.81</v>
+      </c>
+      <c r="H795" s="41">
+        <v>89.7</v>
+      </c>
+      <c r="J795" s="23"/>
+    </row>
+    <row r="796" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A796" s="30"/>
+      <c r="B796" s="34"/>
+      <c r="C796" s="34"/>
+      <c r="D796" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E796" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F796" s="4">
+        <v>5946.34</v>
+      </c>
+      <c r="G796" s="40">
+        <v>5321.68</v>
+      </c>
+      <c r="H796" s="41">
+        <v>89.5</v>
+      </c>
+      <c r="J796" s="23"/>
+    </row>
+    <row r="797" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A797" s="30"/>
+      <c r="B797" s="34"/>
+      <c r="C797" s="34"/>
+      <c r="D797" s="32"/>
+      <c r="E797" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F797" s="4">
+        <v>5940.1</v>
+      </c>
+      <c r="G797" s="40">
+        <v>5205.74</v>
+      </c>
+      <c r="H797" s="41">
+        <v>87.6</v>
+      </c>
+      <c r="J797" s="23"/>
+    </row>
+    <row r="798" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A798" s="30"/>
+      <c r="B798" s="34"/>
+      <c r="C798" s="34"/>
+      <c r="D798" s="32"/>
+      <c r="E798" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F798" s="4">
+        <v>6091.2</v>
+      </c>
+      <c r="G798" s="41">
+        <v>5473.6</v>
+      </c>
+      <c r="H798" s="41">
+        <v>89.9</v>
+      </c>
+      <c r="J798" s="23"/>
+    </row>
+    <row r="799" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A799" s="30"/>
+      <c r="B799" s="34"/>
+      <c r="C799" s="35"/>
+      <c r="D799" s="32"/>
+      <c r="E799" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F799" s="4">
+        <v>6083.62</v>
+      </c>
+      <c r="G799" s="40">
+        <v>5572.96</v>
+      </c>
+      <c r="H799" s="41">
+        <v>91.6</v>
+      </c>
+      <c r="J799" s="23"/>
+    </row>
+    <row r="800" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A800" s="30"/>
+      <c r="B800" s="34"/>
+      <c r="C800" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D800" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E800" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F800" s="4">
+        <v>1745.98</v>
+      </c>
+      <c r="G800" s="4">
+        <v>1463.42</v>
+      </c>
+      <c r="H800" s="4">
+        <v>83.816538562870136</v>
+      </c>
+      <c r="J800" s="23"/>
+    </row>
+    <row r="801" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A801" s="30"/>
+      <c r="B801" s="34"/>
+      <c r="C801" s="34"/>
+      <c r="D801" s="32"/>
+      <c r="E801" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F801" s="4">
+        <v>1777.48</v>
+      </c>
+      <c r="G801" s="4">
+        <v>1547.86</v>
+      </c>
+      <c r="H801" s="4">
+        <v>87.081711186623764</v>
+      </c>
+      <c r="J801" s="23"/>
+    </row>
+    <row r="802" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A802" s="30"/>
+      <c r="B802" s="34"/>
+      <c r="C802" s="34"/>
+      <c r="D802" s="32"/>
+      <c r="E802" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F802" s="4">
+        <v>1775.52</v>
+      </c>
+      <c r="G802" s="4">
+        <v>1570.62</v>
+      </c>
+      <c r="H802" s="4">
+        <v>88.459718842930528</v>
+      </c>
+      <c r="J802" s="23"/>
+    </row>
+    <row r="803" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A803" s="30"/>
+      <c r="B803" s="34"/>
+      <c r="C803" s="34"/>
+      <c r="D803" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E803" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F803" s="4">
+        <v>2007.19</v>
+      </c>
+      <c r="G803" s="4">
+        <v>1745.88</v>
+      </c>
+      <c r="H803" s="4">
+        <v>86.981302218524405</v>
+      </c>
+      <c r="J803" s="23"/>
+    </row>
+    <row r="804" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A804" s="30"/>
+      <c r="B804" s="34"/>
+      <c r="C804" s="34"/>
+      <c r="D804" s="32"/>
+      <c r="E804" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F804" s="4">
+        <v>2005.52</v>
+      </c>
+      <c r="G804" s="4">
+        <v>1727.01</v>
+      </c>
+      <c r="H804" s="4">
+        <v>86.112828593083094</v>
+      </c>
+      <c r="J804" s="23"/>
+    </row>
+    <row r="805" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A805" s="30"/>
+      <c r="B805" s="34"/>
+      <c r="C805" s="34"/>
+      <c r="D805" s="32"/>
+      <c r="E805" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F805" s="4">
+        <v>1823.56</v>
+      </c>
+      <c r="G805" s="4">
+        <v>1622.59</v>
+      </c>
+      <c r="H805" s="4">
+        <v>88.979249380332973</v>
+      </c>
+      <c r="J805" s="23"/>
+    </row>
+    <row r="806" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A806" s="30"/>
+      <c r="B806" s="34"/>
+      <c r="C806" s="34"/>
+      <c r="D806" s="32"/>
+      <c r="E806" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F806" s="4">
+        <v>1821.76</v>
+      </c>
+      <c r="G806" s="4">
+        <v>1635.44</v>
+      </c>
+      <c r="H806" s="4">
+        <v>89.772527665554193</v>
+      </c>
+      <c r="J806" s="23"/>
+    </row>
+    <row r="807" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A807" s="30"/>
+      <c r="B807" s="34"/>
+      <c r="C807" s="34"/>
+      <c r="D807" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E807" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F807" s="4">
+        <v>1820.1</v>
+      </c>
+      <c r="G807" s="40">
+        <v>152.15</v>
+      </c>
+      <c r="H807" s="4"/>
+      <c r="J807" s="23"/>
+    </row>
+    <row r="808" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A808" s="30"/>
+      <c r="B808" s="34"/>
+      <c r="C808" s="34"/>
+      <c r="D808" s="32"/>
+      <c r="E808" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F808" s="4">
+        <v>1818.59</v>
+      </c>
+      <c r="G808" s="40">
+        <v>151.78</v>
+      </c>
+      <c r="H808" s="4"/>
+      <c r="J808" s="23"/>
+    </row>
+    <row r="809" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A809" s="30"/>
+      <c r="B809" s="34"/>
+      <c r="C809" s="34"/>
+      <c r="D809" s="32"/>
+      <c r="E809" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F809" s="4">
+        <v>1880.1</v>
+      </c>
+      <c r="G809" s="40">
+        <v>159.63</v>
+      </c>
+      <c r="H809" s="4"/>
+      <c r="J809" s="23"/>
+    </row>
+    <row r="810" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A810" s="30"/>
+      <c r="B810" s="34"/>
+      <c r="C810" s="34"/>
+      <c r="D810" s="32"/>
+      <c r="E810" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F810" s="4">
+        <v>1878.14</v>
+      </c>
+      <c r="G810" s="40">
+        <v>160.63</v>
+      </c>
+      <c r="H810" s="4"/>
+      <c r="J810" s="23"/>
+    </row>
+    <row r="811" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A811" s="30"/>
+      <c r="B811" s="34"/>
+      <c r="C811" s="34"/>
+      <c r="D811" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E811" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F811" s="4">
+        <v>1876.31</v>
+      </c>
+      <c r="G811" s="40">
+        <v>1725.07</v>
+      </c>
+      <c r="H811" s="4"/>
+      <c r="J811" s="23"/>
+    </row>
+    <row r="812" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A812" s="30"/>
+      <c r="B812" s="34"/>
+      <c r="C812" s="34"/>
+      <c r="D812" s="32"/>
+      <c r="E812" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F812" s="4">
+        <v>1874.63</v>
+      </c>
+      <c r="G812" s="40">
+        <v>1685.18</v>
+      </c>
+      <c r="H812" s="4"/>
+      <c r="J812" s="23"/>
+    </row>
+    <row r="813" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A813" s="30"/>
+      <c r="B813" s="34"/>
+      <c r="C813" s="34"/>
+      <c r="D813" s="32"/>
+      <c r="E813" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F813" s="4">
+        <v>1885.2</v>
+      </c>
+      <c r="G813" s="41">
+        <v>1732.3</v>
+      </c>
+      <c r="H813" s="4"/>
+      <c r="J813" s="23"/>
+    </row>
+    <row r="814" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A814" s="30"/>
+      <c r="B814" s="34"/>
+      <c r="C814" s="35"/>
+      <c r="D814" s="32"/>
+      <c r="E814" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F814" s="4">
+        <v>1883.08</v>
+      </c>
+      <c r="G814" s="40">
+        <v>1751.27</v>
+      </c>
+      <c r="H814" s="4"/>
+      <c r="J814" s="23"/>
+    </row>
+    <row r="815" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A815" s="30"/>
+      <c r="B815" s="34"/>
+      <c r="C815" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D815" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E815" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F815" s="4">
+        <v>3964.65</v>
+      </c>
+      <c r="G815" s="4">
+        <v>3090.13</v>
+      </c>
+      <c r="H815" s="4">
+        <v>77.942062981599889</v>
+      </c>
+      <c r="J815" s="23"/>
+    </row>
+    <row r="816" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A816" s="30"/>
+      <c r="B816" s="34"/>
+      <c r="C816" s="34"/>
+      <c r="D816" s="32"/>
+      <c r="E816" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F816" s="4">
+        <v>4057.94</v>
+      </c>
+      <c r="G816" s="4">
+        <v>3382.39</v>
+      </c>
+      <c r="H816" s="4">
+        <v>83.352390621842602</v>
+      </c>
+      <c r="J816" s="23"/>
+    </row>
+    <row r="817" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A817" s="30"/>
+      <c r="B817" s="34"/>
+      <c r="C817" s="34"/>
+      <c r="D817" s="32"/>
+      <c r="E817" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F817" s="4">
+        <v>4053.64</v>
+      </c>
+      <c r="G817" s="4">
+        <v>3370.13</v>
+      </c>
+      <c r="H817" s="4">
+        <v>83.138364531630828</v>
+      </c>
+      <c r="J817" s="23"/>
+    </row>
+    <row r="818" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A818" s="30"/>
+      <c r="B818" s="34"/>
+      <c r="C818" s="34"/>
+      <c r="D818" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E818" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F818" s="4">
+        <v>4271.05</v>
+      </c>
+      <c r="G818" s="4">
+        <v>3575.14</v>
+      </c>
+      <c r="H818" s="4">
+        <v>83.706348555975694</v>
+      </c>
+      <c r="J818" s="23"/>
+    </row>
+    <row r="819" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A819" s="30"/>
+      <c r="B819" s="34"/>
+      <c r="C819" s="34"/>
+      <c r="D819" s="32"/>
+      <c r="E819" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F819" s="4">
+        <v>4266.49</v>
+      </c>
+      <c r="G819" s="4">
+        <v>3536.94</v>
+      </c>
+      <c r="H819" s="4">
+        <v>82.900463847331181</v>
+      </c>
+      <c r="J819" s="23"/>
+    </row>
+    <row r="820" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A820" s="30"/>
+      <c r="B820" s="34"/>
+      <c r="C820" s="34"/>
+      <c r="D820" s="32"/>
+      <c r="E820" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F820" s="4">
+        <v>3940.48</v>
+      </c>
+      <c r="G820" s="4">
+        <v>3341.59</v>
+      </c>
+      <c r="H820" s="4">
+        <v>84.801597774890368</v>
+      </c>
+      <c r="J820" s="23"/>
+    </row>
+    <row r="821" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A821" s="30"/>
+      <c r="B821" s="34"/>
+      <c r="C821" s="34"/>
+      <c r="D821" s="32"/>
+      <c r="E821" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F821" s="4">
+        <v>3935.58</v>
+      </c>
+      <c r="G821" s="4">
+        <v>3377.08</v>
+      </c>
+      <c r="H821" s="4">
+        <v>85.80895319114336</v>
+      </c>
+      <c r="J821" s="23"/>
+    </row>
+    <row r="822" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A822" s="30"/>
+      <c r="B822" s="34"/>
+      <c r="C822" s="34"/>
+      <c r="D822" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E822" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F822" s="4">
+        <v>3931.01</v>
+      </c>
+      <c r="G822" s="40">
+        <v>118.82</v>
+      </c>
+      <c r="H822" s="4"/>
+      <c r="J822" s="23"/>
+    </row>
+    <row r="823" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A823" s="30"/>
+      <c r="B823" s="34"/>
+      <c r="C823" s="34"/>
+      <c r="D823" s="32"/>
+      <c r="E823" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F823" s="4">
+        <v>3926.76</v>
+      </c>
+      <c r="G823" s="40">
+        <v>118.59</v>
+      </c>
+      <c r="H823" s="4"/>
+      <c r="J823" s="23"/>
+    </row>
+    <row r="824" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A824" s="30"/>
+      <c r="B824" s="34"/>
+      <c r="C824" s="34"/>
+      <c r="D824" s="32"/>
+      <c r="E824" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F824" s="4">
+        <v>4080.1</v>
+      </c>
+      <c r="G824" s="40">
+        <v>122.83</v>
+      </c>
+      <c r="H824" s="4"/>
+      <c r="J824" s="23"/>
+    </row>
+    <row r="825" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A825" s="30"/>
+      <c r="B825" s="34"/>
+      <c r="C825" s="34"/>
+      <c r="D825" s="32"/>
+      <c r="E825" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F825" s="4">
+        <v>4074.91</v>
+      </c>
+      <c r="G825" s="40">
+        <v>124.02</v>
+      </c>
+      <c r="H825" s="4"/>
+      <c r="J825" s="23"/>
+    </row>
+    <row r="826" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A826" s="30"/>
+      <c r="B826" s="34"/>
+      <c r="C826" s="34"/>
+      <c r="D826" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E826" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F826" s="4">
+        <v>4070.04</v>
+      </c>
+      <c r="G826" s="40">
+        <v>3596.61</v>
+      </c>
+      <c r="H826" s="4"/>
+      <c r="J826" s="23"/>
+    </row>
+    <row r="827" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A827" s="30"/>
+      <c r="B827" s="34"/>
+      <c r="C827" s="34"/>
+      <c r="D827" s="32"/>
+      <c r="E827" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F827" s="4">
+        <v>4065.47</v>
+      </c>
+      <c r="G827" s="40">
+        <v>3520.56</v>
+      </c>
+      <c r="H827" s="4"/>
+      <c r="J827" s="23"/>
+    </row>
+    <row r="828" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A828" s="30"/>
+      <c r="B828" s="34"/>
+      <c r="C828" s="34"/>
+      <c r="D828" s="32"/>
+      <c r="E828" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F828" s="4">
+        <v>4206.1000000000004</v>
+      </c>
+      <c r="G828" s="41">
+        <v>3741.4</v>
+      </c>
+      <c r="H828" s="4"/>
+      <c r="J828" s="23"/>
+    </row>
+    <row r="829" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A829" s="30"/>
+      <c r="B829" s="35"/>
+      <c r="C829" s="35"/>
+      <c r="D829" s="32"/>
+      <c r="E829" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F829" s="4">
+        <v>4200.54</v>
+      </c>
+      <c r="G829" s="40">
+        <v>3821.69</v>
+      </c>
+      <c r="H829" s="4"/>
+      <c r="J829" s="23"/>
+    </row>
+    <row r="830" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A830" s="30"/>
+      <c r="B830" s="33" t="s">
+        <v>60</v>
+      </c>
+      <c r="C830" s="33"/>
+      <c r="D830" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E830" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F830" s="4">
+        <v>792.42</v>
+      </c>
+      <c r="G830" s="4">
+        <v>597.32000000000005</v>
+      </c>
+      <c r="H830" s="4">
+        <v>75.379218091416178</v>
+      </c>
+      <c r="J830" s="23"/>
+    </row>
+    <row r="831" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A831" s="30"/>
+      <c r="B831" s="34"/>
+      <c r="C831" s="34"/>
+      <c r="D831" s="32"/>
+      <c r="E831" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F831" s="4">
+        <v>800.83</v>
+      </c>
+      <c r="G831" s="4">
+        <v>644.87</v>
+      </c>
+      <c r="H831" s="4">
+        <v>80.525205099709041</v>
+      </c>
+      <c r="J831" s="23"/>
+    </row>
+    <row r="832" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A832" s="30"/>
+      <c r="B832" s="34"/>
+      <c r="C832" s="34"/>
+      <c r="D832" s="32"/>
+      <c r="E832" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F832" s="4">
+        <v>800.24</v>
+      </c>
+      <c r="G832" s="4">
+        <v>612.84</v>
+      </c>
+      <c r="H832" s="4">
+        <v>76.582025392382278</v>
+      </c>
+      <c r="J832" s="23"/>
+    </row>
+    <row r="833" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A833" s="30"/>
+      <c r="B833" s="34"/>
+      <c r="C833" s="34"/>
+      <c r="D833" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E833" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F833" s="4">
+        <v>827.59</v>
+      </c>
+      <c r="G833" s="4">
+        <v>677.41</v>
+      </c>
+      <c r="H833" s="4">
+        <v>81.85333317222296</v>
+      </c>
+      <c r="J833" s="23"/>
+    </row>
+    <row r="834" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A834" s="30"/>
+      <c r="B834" s="34"/>
+      <c r="C834" s="34"/>
+      <c r="D834" s="32"/>
+      <c r="E834" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F834" s="4">
+        <v>827.23</v>
+      </c>
+      <c r="G834" s="4">
+        <v>718.26</v>
+      </c>
+      <c r="H834" s="4">
+        <v>86.827121840358785</v>
+      </c>
+      <c r="J834" s="23"/>
+    </row>
+    <row r="835" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A835" s="30"/>
+      <c r="B835" s="34"/>
+      <c r="C835" s="34"/>
+      <c r="D835" s="32"/>
+      <c r="E835" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F835" s="4">
+        <v>781.82</v>
+      </c>
+      <c r="G835" s="4">
+        <v>680.67</v>
+      </c>
+      <c r="H835" s="4">
+        <v>87.062239390140945</v>
+      </c>
+      <c r="J835" s="23"/>
+    </row>
+    <row r="836" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A836" s="30"/>
+      <c r="B836" s="34"/>
+      <c r="C836" s="34"/>
+      <c r="D836" s="32"/>
+      <c r="E836" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F836" s="4">
+        <v>781.32</v>
+      </c>
+      <c r="G836" s="4">
+        <v>687.27</v>
+      </c>
+      <c r="H836" s="4">
+        <v>87.962678544002458</v>
+      </c>
+      <c r="J836" s="23"/>
+    </row>
+    <row r="837" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A837" s="30"/>
+      <c r="B837" s="34"/>
+      <c r="C837" s="34"/>
+      <c r="D837" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E837" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F837" s="40">
+        <v>780.87</v>
+      </c>
+      <c r="G837" s="40">
+        <v>4974.3100000000004</v>
+      </c>
+      <c r="H837" s="4"/>
+      <c r="J837" s="23"/>
+    </row>
+    <row r="838" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A838" s="30"/>
+      <c r="B838" s="34"/>
+      <c r="C838" s="34"/>
+      <c r="D838" s="32"/>
+      <c r="E838" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F838" s="40">
+        <v>780.49</v>
+      </c>
+      <c r="G838" s="40">
+        <v>5000.49</v>
+      </c>
+      <c r="H838" s="4"/>
+      <c r="J838" s="23"/>
+    </row>
+    <row r="839" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A839" s="30"/>
+      <c r="B839" s="34"/>
+      <c r="C839" s="34"/>
+      <c r="D839" s="32"/>
+      <c r="E839" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F839" s="40">
+        <v>844.78</v>
+      </c>
+      <c r="G839" s="40">
+        <v>5310.15</v>
+      </c>
+      <c r="H839" s="4"/>
+      <c r="J839" s="23"/>
+    </row>
+    <row r="840" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A840" s="30"/>
+      <c r="B840" s="34"/>
+      <c r="C840" s="34"/>
+      <c r="D840" s="32"/>
+      <c r="E840" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F840" s="40">
+        <v>844.19</v>
+      </c>
+      <c r="G840" s="40">
+        <v>5337.69</v>
+      </c>
+      <c r="H840" s="4"/>
+      <c r="J840" s="23"/>
+    </row>
+    <row r="841" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A841" s="30"/>
+      <c r="B841" s="34"/>
+      <c r="C841" s="34"/>
+      <c r="D841" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E841" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F841" s="40">
+        <v>843.66</v>
+      </c>
+      <c r="G841" s="40">
+        <v>759.98</v>
+      </c>
+      <c r="H841" s="4"/>
+      <c r="J841" s="23"/>
+    </row>
+    <row r="842" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A842" s="30"/>
+      <c r="B842" s="34"/>
+      <c r="C842" s="34"/>
+      <c r="D842" s="32"/>
+      <c r="E842" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F842" s="40">
+        <v>843.19</v>
+      </c>
+      <c r="G842" s="41">
+        <v>738.2</v>
+      </c>
+      <c r="H842" s="4"/>
+      <c r="J842" s="23"/>
+    </row>
+    <row r="843" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A843" s="30"/>
+      <c r="B843" s="34"/>
+      <c r="C843" s="34"/>
+      <c r="D843" s="32"/>
+      <c r="E843" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F843" s="41">
+        <v>858.9</v>
+      </c>
+      <c r="G843" s="41">
+        <v>789.8</v>
+      </c>
+      <c r="H843" s="4"/>
+      <c r="J843" s="23"/>
+    </row>
+    <row r="844" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A844" s="30"/>
+      <c r="B844" s="35"/>
+      <c r="C844" s="35"/>
+      <c r="D844" s="32"/>
+      <c r="E844" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F844" s="40">
+        <v>858.29</v>
+      </c>
+      <c r="G844" s="40">
+        <v>796.78</v>
+      </c>
+      <c r="H844" s="4"/>
+      <c r="J844" s="23"/>
+    </row>
+    <row r="845" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A845" s="30"/>
+      <c r="B845" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="C845" s="33"/>
+      <c r="D845" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E845" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F845" s="4">
+        <v>354.88</v>
+      </c>
+      <c r="G845" s="4">
+        <v>274.99</v>
+      </c>
+      <c r="H845" s="4">
+        <v>77.488165013525702</v>
+      </c>
+      <c r="J845" s="23"/>
+    </row>
+    <row r="846" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A846" s="30"/>
+      <c r="B846" s="34"/>
+      <c r="C846" s="34"/>
+      <c r="D846" s="32"/>
+      <c r="E846" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F846" s="4">
+        <v>397.79</v>
+      </c>
+      <c r="G846" s="4">
+        <v>356.49</v>
+      </c>
+      <c r="H846" s="4">
+        <v>89.617637446894079</v>
+      </c>
+      <c r="J846" s="23"/>
+    </row>
+    <row r="847" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A847" s="30"/>
+      <c r="B847" s="34"/>
+      <c r="C847" s="34"/>
+      <c r="D847" s="32"/>
+      <c r="E847" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F847" s="4">
+        <v>397.43</v>
+      </c>
+      <c r="G847" s="4">
+        <v>361.34</v>
+      </c>
+      <c r="H847" s="4">
+        <v>90.919155574566588</v>
+      </c>
+      <c r="J847" s="23"/>
+    </row>
+    <row r="848" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A848" s="30"/>
+      <c r="B848" s="34"/>
+      <c r="C848" s="34"/>
+      <c r="D848" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E848" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F848" s="4">
+        <v>422.01</v>
+      </c>
+      <c r="G848" s="4">
+        <v>381.41</v>
+      </c>
+      <c r="H848" s="4">
+        <v>90.379374896329466</v>
+      </c>
+      <c r="J848" s="23"/>
+    </row>
+    <row r="849" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A849" s="30"/>
+      <c r="B849" s="34"/>
+      <c r="C849" s="34"/>
+      <c r="D849" s="32"/>
+      <c r="E849" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F849" s="4">
+        <v>421.25</v>
+      </c>
+      <c r="G849" s="4">
+        <v>375.21</v>
+      </c>
+      <c r="H849" s="4">
+        <v>89.070623145400589</v>
+      </c>
+      <c r="J849" s="23"/>
+    </row>
+    <row r="850" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A850" s="30"/>
+      <c r="B850" s="34"/>
+      <c r="C850" s="34"/>
+      <c r="D850" s="32"/>
+      <c r="E850" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F850" s="4">
+        <v>383.86</v>
+      </c>
+      <c r="G850" s="4">
+        <v>343.37</v>
+      </c>
+      <c r="H850" s="4">
+        <v>89.451883499192405</v>
+      </c>
+      <c r="J850" s="23"/>
+    </row>
+    <row r="851" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A851" s="30"/>
+      <c r="B851" s="34"/>
+      <c r="C851" s="34"/>
+      <c r="D851" s="32"/>
+      <c r="E851" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F851" s="4">
+        <v>383.1</v>
+      </c>
+      <c r="G851" s="4">
+        <v>349.99</v>
+      </c>
+      <c r="H851" s="4">
+        <v>91.357347950926652</v>
+      </c>
+      <c r="J851" s="23"/>
+    </row>
+    <row r="852" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A852" s="30"/>
+      <c r="B852" s="34"/>
+      <c r="C852" s="34"/>
+      <c r="D852" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E852" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F852" s="40">
+        <v>382.38</v>
+      </c>
+      <c r="G852" s="40">
+        <v>1623.19</v>
+      </c>
+      <c r="H852" s="4"/>
+      <c r="J852" s="23"/>
+    </row>
+    <row r="853" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A853" s="30"/>
+      <c r="B853" s="34"/>
+      <c r="C853" s="34"/>
+      <c r="D853" s="32"/>
+      <c r="E853" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F853" s="40">
+        <v>381.69</v>
+      </c>
+      <c r="G853" s="40">
+        <v>1632.66</v>
+      </c>
+      <c r="H853" s="4"/>
+      <c r="J853" s="23"/>
+    </row>
+    <row r="854" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A854" s="30"/>
+      <c r="B854" s="34"/>
+      <c r="C854" s="34"/>
+      <c r="D854" s="32"/>
+      <c r="E854" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F854" s="40">
+        <v>387.25</v>
+      </c>
+      <c r="G854" s="40">
+        <v>1722.23</v>
+      </c>
+      <c r="H854" s="4"/>
+      <c r="J854" s="23"/>
+    </row>
+    <row r="855" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A855" s="30"/>
+      <c r="B855" s="34"/>
+      <c r="C855" s="34"/>
+      <c r="D855" s="32"/>
+      <c r="E855" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F855" s="40">
+        <v>386.48</v>
+      </c>
+      <c r="G855" s="40">
+        <v>1728.76</v>
+      </c>
+      <c r="H855" s="4"/>
+      <c r="J855" s="23"/>
+    </row>
+    <row r="856" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A856" s="30"/>
+      <c r="B856" s="34"/>
+      <c r="C856" s="34"/>
+      <c r="D856" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E856" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F856" s="40">
+        <v>385.74</v>
+      </c>
+      <c r="G856" s="40">
+        <v>355.69</v>
+      </c>
+      <c r="H856" s="4"/>
+      <c r="J856" s="23"/>
+    </row>
+    <row r="857" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A857" s="30"/>
+      <c r="B857" s="34"/>
+      <c r="C857" s="34"/>
+      <c r="D857" s="32"/>
+      <c r="E857" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F857" s="40">
+        <v>385.03</v>
+      </c>
+      <c r="G857" s="40">
+        <v>346.61</v>
+      </c>
+      <c r="H857" s="4"/>
+      <c r="J857" s="23"/>
+    </row>
+    <row r="858" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A858" s="30"/>
+      <c r="B858" s="34"/>
+      <c r="C858" s="34"/>
+      <c r="D858" s="32"/>
+      <c r="E858" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F858" s="41">
+        <v>386.1</v>
+      </c>
+      <c r="G858" s="41">
+        <v>355.1</v>
+      </c>
+      <c r="H858" s="4"/>
+      <c r="J858" s="23"/>
+    </row>
+    <row r="859" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A859" s="30"/>
+      <c r="B859" s="35"/>
+      <c r="C859" s="35"/>
+      <c r="D859" s="32"/>
+      <c r="E859" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F859" s="40">
+        <v>385.27</v>
+      </c>
+      <c r="G859" s="40">
+        <v>366.22</v>
+      </c>
+      <c r="H859" s="4"/>
+      <c r="J859" s="23"/>
+    </row>
+    <row r="860" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A860" s="30"/>
+      <c r="B860" s="33" t="s">
+        <v>62</v>
+      </c>
+      <c r="C860" s="33"/>
+      <c r="D860" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E860" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F860" s="4">
+        <v>352.14</v>
+      </c>
+      <c r="G860" s="4">
+        <v>270.91000000000003</v>
+      </c>
+      <c r="H860" s="4">
+        <v>76.932470040324887</v>
+      </c>
+      <c r="J860" s="23"/>
+    </row>
+    <row r="861" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A861" s="30"/>
+      <c r="B861" s="34"/>
+      <c r="C861" s="34"/>
+      <c r="D861" s="32"/>
+      <c r="E861" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F861" s="4">
+        <v>334.12</v>
+      </c>
+      <c r="G861" s="4">
+        <v>275.51</v>
+      </c>
+      <c r="H861" s="4">
+        <v>82.458398180294509</v>
+      </c>
+      <c r="J861" s="23"/>
+    </row>
+    <row r="862" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A862" s="30"/>
+      <c r="B862" s="34"/>
+      <c r="C862" s="34"/>
+      <c r="D862" s="32"/>
+      <c r="E862" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F862" s="4">
+        <v>333.83</v>
+      </c>
+      <c r="G862" s="4">
+        <v>281.22000000000003</v>
+      </c>
+      <c r="H862" s="4">
+        <v>84.240481682293392</v>
+      </c>
+      <c r="J862" s="23"/>
+    </row>
+    <row r="863" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A863" s="30"/>
+      <c r="B863" s="34"/>
+      <c r="C863" s="34"/>
+      <c r="D863" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E863" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F863" s="4">
+        <v>336.87</v>
+      </c>
+      <c r="G863" s="4">
+        <v>264.04000000000002</v>
+      </c>
+      <c r="H863" s="4">
+        <v>78.380384124439701</v>
+      </c>
+      <c r="J863" s="23"/>
+    </row>
+    <row r="864" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A864" s="30"/>
+      <c r="B864" s="34"/>
+      <c r="C864" s="34"/>
+      <c r="D864" s="32"/>
+      <c r="E864" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F864" s="4">
+        <v>336.2</v>
+      </c>
+      <c r="G864" s="4">
+        <v>277.48</v>
+      </c>
+      <c r="H864" s="4">
+        <v>82.534205829863183</v>
+      </c>
+      <c r="J864" s="23"/>
+    </row>
+    <row r="865" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A865" s="30"/>
+      <c r="B865" s="34"/>
+      <c r="C865" s="34"/>
+      <c r="D865" s="32"/>
+      <c r="E865" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F865" s="4">
+        <v>327.01</v>
+      </c>
+      <c r="G865" s="4">
+        <v>275.2</v>
+      </c>
+      <c r="H865" s="4">
+        <v>84.156447815051536</v>
+      </c>
+      <c r="J865" s="23"/>
+    </row>
+    <row r="866" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A866" s="30"/>
+      <c r="B866" s="34"/>
+      <c r="C866" s="34"/>
+      <c r="D866" s="32"/>
+      <c r="E866" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F866" s="4">
+        <v>326.3</v>
+      </c>
+      <c r="G866" s="4">
+        <v>262.92</v>
+      </c>
+      <c r="H866" s="4">
+        <v>80.576156910818256</v>
+      </c>
+      <c r="J866" s="23"/>
+    </row>
+    <row r="867" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A867" s="30"/>
+      <c r="B867" s="34"/>
+      <c r="C867" s="34"/>
+      <c r="D867" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E867" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F867" s="40">
+        <v>325.62</v>
+      </c>
+      <c r="G867" s="40">
+        <v>3351.12</v>
+      </c>
+      <c r="H867" s="4"/>
+      <c r="J867" s="23"/>
+    </row>
+    <row r="868" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A868" s="30"/>
+      <c r="B868" s="34"/>
+      <c r="C868" s="34"/>
+      <c r="D868" s="32"/>
+      <c r="E868" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F868" s="40">
+        <v>324.95999999999998</v>
+      </c>
+      <c r="G868" s="40">
+        <v>3367.83</v>
+      </c>
+      <c r="H868" s="4"/>
+      <c r="J868" s="23"/>
+    </row>
+    <row r="869" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A869" s="30"/>
+      <c r="B869" s="34"/>
+      <c r="C869" s="34"/>
+      <c r="D869" s="32"/>
+      <c r="E869" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F869" s="41">
+        <v>331.1</v>
+      </c>
+      <c r="G869" s="40">
+        <v>3587.92</v>
+      </c>
+      <c r="H869" s="4"/>
+      <c r="J869" s="23"/>
+    </row>
+    <row r="870" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A870" s="30"/>
+      <c r="B870" s="34"/>
+      <c r="C870" s="34"/>
+      <c r="D870" s="32"/>
+      <c r="E870" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F870" s="40">
+        <v>330.37</v>
+      </c>
+      <c r="G870" s="40">
+        <v>3608.93</v>
+      </c>
+      <c r="H870" s="4"/>
+      <c r="J870" s="23"/>
+    </row>
+    <row r="871" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A871" s="30"/>
+      <c r="B871" s="34"/>
+      <c r="C871" s="34"/>
+      <c r="D871" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E871" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F871" s="40">
+        <v>329.67</v>
+      </c>
+      <c r="G871" s="41">
+        <v>265.7</v>
+      </c>
+      <c r="H871" s="4"/>
+      <c r="J871" s="23"/>
+    </row>
+    <row r="872" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A872" s="30"/>
+      <c r="B872" s="34"/>
+      <c r="C872" s="34"/>
+      <c r="D872" s="32"/>
+      <c r="E872" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F872" s="40">
+        <v>328.99</v>
+      </c>
+      <c r="G872" s="40">
+        <v>270.47000000000003</v>
+      </c>
+      <c r="H872" s="4"/>
+      <c r="J872" s="23"/>
+    </row>
+    <row r="873" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A873" s="30"/>
+      <c r="B873" s="34"/>
+      <c r="C873" s="34"/>
+      <c r="D873" s="32"/>
+      <c r="E873" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F873" s="41">
+        <v>346.7</v>
+      </c>
+      <c r="G873" s="41">
+        <v>289.10000000000002</v>
+      </c>
+      <c r="H873" s="4"/>
+      <c r="J873" s="23"/>
+    </row>
+    <row r="874" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A874" s="30"/>
+      <c r="B874" s="35"/>
+      <c r="C874" s="35"/>
+      <c r="D874" s="32"/>
+      <c r="E874" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F874" s="40">
+        <v>345.88</v>
+      </c>
+      <c r="G874" s="40">
+        <v>306.77999999999997</v>
+      </c>
+      <c r="H874" s="4"/>
+      <c r="J874" s="23"/>
+    </row>
+    <row r="875" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A875" s="30"/>
+      <c r="B875" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="C875" s="33"/>
+      <c r="D875" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E875" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F875" s="4">
+        <v>311.86</v>
+      </c>
+      <c r="G875" s="4">
+        <v>242.65</v>
+      </c>
+      <c r="H875" s="4">
+        <v>77.807349451677027</v>
+      </c>
+      <c r="J875" s="23"/>
+    </row>
+    <row r="876" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A876" s="30"/>
+      <c r="B876" s="34"/>
+      <c r="C876" s="34"/>
+      <c r="D876" s="32"/>
+      <c r="E876" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F876" s="4">
+        <v>302.51</v>
+      </c>
+      <c r="G876" s="4">
+        <v>248.52</v>
+      </c>
+      <c r="H876" s="4">
+        <v>82.152656110541798</v>
+      </c>
+      <c r="J876" s="23"/>
+    </row>
+    <row r="877" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A877" s="30"/>
+      <c r="B877" s="34"/>
+      <c r="C877" s="34"/>
+      <c r="D877" s="32"/>
+      <c r="E877" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F877" s="4">
+        <v>302.18</v>
+      </c>
+      <c r="G877" s="4">
+        <v>247.95</v>
+      </c>
+      <c r="H877" s="4">
+        <v>82.053742802303262</v>
+      </c>
+      <c r="J877" s="23"/>
+    </row>
+    <row r="878" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A878" s="30"/>
+      <c r="B878" s="34"/>
+      <c r="C878" s="34"/>
+      <c r="D878" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E878" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F878" s="4">
+        <v>309.75</v>
+      </c>
+      <c r="G878" s="4">
+        <v>246.4</v>
+      </c>
+      <c r="H878" s="4">
+        <v>79.548022598870062</v>
+      </c>
+      <c r="J878" s="23"/>
+    </row>
+    <row r="879" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A879" s="30"/>
+      <c r="B879" s="34"/>
+      <c r="C879" s="34"/>
+      <c r="D879" s="32"/>
+      <c r="E879" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F879" s="4">
+        <v>308.83</v>
+      </c>
+      <c r="G879" s="4">
+        <v>238.81</v>
+      </c>
+      <c r="H879" s="4">
+        <v>77.327332189230319</v>
+      </c>
+      <c r="J879" s="23"/>
+    </row>
+    <row r="880" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A880" s="30"/>
+      <c r="B880" s="34"/>
+      <c r="C880" s="34"/>
+      <c r="D880" s="32"/>
+      <c r="E880" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F880" s="4">
+        <v>279.69</v>
+      </c>
+      <c r="G880" s="4">
+        <v>220.77</v>
+      </c>
+      <c r="H880" s="4">
+        <v>78.933819585970184</v>
+      </c>
+      <c r="J880" s="23"/>
+    </row>
+    <row r="881" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A881" s="30"/>
+      <c r="B881" s="34"/>
+      <c r="C881" s="34"/>
+      <c r="D881" s="32"/>
+      <c r="E881" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F881" s="4">
+        <v>278.82</v>
+      </c>
+      <c r="G881" s="4">
+        <v>228.94</v>
+      </c>
+      <c r="H881" s="4">
+        <v>82.110322071587404</v>
+      </c>
+      <c r="J881" s="23"/>
+    </row>
+    <row r="882" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A882" s="30"/>
+      <c r="B882" s="34"/>
+      <c r="C882" s="34"/>
+      <c r="D882" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E882" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F882" s="40">
+        <v>277.99</v>
+      </c>
+      <c r="G882" s="40">
+        <v>655.89</v>
+      </c>
+      <c r="H882" s="4"/>
+      <c r="J882" s="23"/>
+    </row>
+    <row r="883" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A883" s="30"/>
+      <c r="B883" s="34"/>
+      <c r="C883" s="34"/>
+      <c r="D883" s="32"/>
+      <c r="E883" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F883" s="40">
+        <v>277.18</v>
+      </c>
+      <c r="G883" s="40">
+        <v>676.54</v>
+      </c>
+      <c r="H883" s="4"/>
+      <c r="J883" s="23"/>
+    </row>
+    <row r="884" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A884" s="30"/>
+      <c r="B884" s="34"/>
+      <c r="C884" s="34"/>
+      <c r="D884" s="32"/>
+      <c r="E884" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F884" s="40">
+        <v>287.68</v>
+      </c>
+      <c r="G884" s="40">
+        <v>770.84</v>
+      </c>
+      <c r="H884" s="4"/>
+      <c r="J884" s="23"/>
+    </row>
+    <row r="885" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A885" s="30"/>
+      <c r="B885" s="34"/>
+      <c r="C885" s="34"/>
+      <c r="D885" s="32"/>
+      <c r="E885" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F885" s="40">
+        <v>286.81</v>
+      </c>
+      <c r="G885" s="40">
+        <v>781.28</v>
+      </c>
+      <c r="H885" s="4"/>
+      <c r="J885" s="23"/>
+    </row>
+    <row r="886" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A886" s="30"/>
+      <c r="B886" s="34"/>
+      <c r="C886" s="34"/>
+      <c r="D886" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E886" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F886" s="40">
+        <v>285.95999999999998</v>
+      </c>
+      <c r="G886" s="40">
+        <v>246.84</v>
+      </c>
+      <c r="H886" s="4"/>
+      <c r="J886" s="23"/>
+    </row>
+    <row r="887" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A887" s="30"/>
+      <c r="B887" s="34"/>
+      <c r="C887" s="34"/>
+      <c r="D887" s="32"/>
+      <c r="E887" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F887" s="40">
+        <v>285.13</v>
+      </c>
+      <c r="G887" s="40">
+        <v>232.56</v>
+      </c>
+      <c r="H887" s="4"/>
+      <c r="J887" s="23"/>
+    </row>
+    <row r="888" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A888" s="30"/>
+      <c r="B888" s="34"/>
+      <c r="C888" s="34"/>
+      <c r="D888" s="32"/>
+      <c r="E888" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F888" s="41">
+        <v>289.89999999999998</v>
+      </c>
+      <c r="G888" s="41">
+        <v>240.7</v>
+      </c>
+      <c r="H888" s="4"/>
+      <c r="J888" s="23"/>
+    </row>
+    <row r="889" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A889" s="30"/>
+      <c r="B889" s="35"/>
+      <c r="C889" s="35"/>
+      <c r="D889" s="32"/>
+      <c r="E889" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F889" s="40">
+        <v>289.07</v>
+      </c>
+      <c r="G889" s="41">
+        <v>255.1</v>
+      </c>
+      <c r="H889" s="4"/>
+      <c r="J889" s="23"/>
+    </row>
+    <row r="890" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A890" s="30"/>
+      <c r="B890" s="33" t="s">
+        <v>64</v>
+      </c>
+      <c r="C890" s="33"/>
+      <c r="D890" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E890" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F890" s="4">
+        <v>496.1</v>
+      </c>
+      <c r="G890" s="4">
+        <v>399.25</v>
+      </c>
+      <c r="H890" s="4">
+        <v>80.47772626486595</v>
+      </c>
+      <c r="J890" s="23"/>
+    </row>
+    <row r="891" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A891" s="30"/>
+      <c r="B891" s="34"/>
+      <c r="C891" s="34"/>
+      <c r="D891" s="32"/>
+      <c r="E891" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F891" s="4">
+        <v>544.79999999999995</v>
+      </c>
+      <c r="G891" s="4">
+        <v>469.69</v>
+      </c>
+      <c r="H891" s="4">
+        <v>86.213289280469908</v>
+      </c>
+      <c r="J891" s="23"/>
+    </row>
+    <row r="892" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A892" s="30"/>
+      <c r="B892" s="34"/>
+      <c r="C892" s="34"/>
+      <c r="D892" s="32"/>
+      <c r="E892" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F892" s="4">
+        <v>544.16</v>
+      </c>
+      <c r="G892" s="4">
+        <v>467.31</v>
+      </c>
+      <c r="H892" s="4">
+        <v>85.877315495442517</v>
+      </c>
+      <c r="J892" s="23"/>
+    </row>
+    <row r="893" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A893" s="30"/>
+      <c r="B893" s="34"/>
+      <c r="C893" s="34"/>
+      <c r="D893" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E893" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F893" s="4">
+        <v>561.28</v>
+      </c>
+      <c r="G893" s="4">
+        <v>470.93</v>
+      </c>
+      <c r="H893" s="4">
+        <v>83.902864880273668</v>
+      </c>
+      <c r="J893" s="23"/>
+    </row>
+    <row r="894" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A894" s="30"/>
+      <c r="B894" s="34"/>
+      <c r="C894" s="34"/>
+      <c r="D894" s="32"/>
+      <c r="E894" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F894" s="4">
+        <v>561.11</v>
+      </c>
+      <c r="G894" s="4">
+        <v>466.83</v>
+      </c>
+      <c r="H894" s="4">
+        <v>83.197590490278202</v>
+      </c>
+      <c r="J894" s="23"/>
+    </row>
+    <row r="895" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A895" s="30"/>
+      <c r="B895" s="34"/>
+      <c r="C895" s="34"/>
+      <c r="D895" s="32"/>
+      <c r="E895" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F895" s="4">
+        <v>536.67999999999995</v>
+      </c>
+      <c r="G895" s="4">
+        <v>464.63</v>
+      </c>
+      <c r="H895" s="4">
+        <v>86.574867705150197</v>
+      </c>
+      <c r="J895" s="23"/>
+    </row>
+    <row r="896" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A896" s="30"/>
+      <c r="B896" s="34"/>
+      <c r="C896" s="34"/>
+      <c r="D896" s="32"/>
+      <c r="E896" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F896" s="4">
+        <v>536.4</v>
+      </c>
+      <c r="G896" s="4">
+        <v>471.23</v>
+      </c>
+      <c r="H896" s="4">
+        <v>87.850484712900823</v>
+      </c>
+      <c r="J896" s="23"/>
+    </row>
+    <row r="897" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A897" s="30"/>
+      <c r="B897" s="34"/>
+      <c r="C897" s="34"/>
+      <c r="D897" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E897" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F897" s="40">
+        <v>536.16</v>
+      </c>
+      <c r="G897" s="40">
+        <v>344.28</v>
+      </c>
+      <c r="H897" s="4"/>
+      <c r="J897" s="23"/>
+    </row>
+    <row r="898" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A898" s="30"/>
+      <c r="B898" s="34"/>
+      <c r="C898" s="34"/>
+      <c r="D898" s="32"/>
+      <c r="E898" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F898" s="40">
+        <v>535.96</v>
+      </c>
+      <c r="G898" s="40">
+        <v>336.53</v>
+      </c>
+      <c r="H898" s="4"/>
+      <c r="J898" s="23"/>
+    </row>
+    <row r="899" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A899" s="30"/>
+      <c r="B899" s="34"/>
+      <c r="C899" s="34"/>
+      <c r="D899" s="32"/>
+      <c r="E899" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F899" s="40">
+        <v>510.44</v>
+      </c>
+      <c r="G899" s="40">
+        <v>351.22</v>
+      </c>
+      <c r="H899" s="4"/>
+      <c r="J899" s="23"/>
+    </row>
+    <row r="900" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A900" s="30"/>
+      <c r="B900" s="34"/>
+      <c r="C900" s="34"/>
+      <c r="D900" s="32"/>
+      <c r="E900" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F900" s="40">
+        <v>510.14</v>
+      </c>
+      <c r="G900" s="40">
+        <v>350.25</v>
+      </c>
+      <c r="H900" s="4"/>
+      <c r="J900" s="23"/>
+    </row>
+    <row r="901" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A901" s="30"/>
+      <c r="B901" s="34"/>
+      <c r="C901" s="34"/>
+      <c r="D901" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E901" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F901" s="40">
+        <v>509.88</v>
+      </c>
+      <c r="G901" s="40">
+        <v>460.72</v>
+      </c>
+      <c r="H901" s="4"/>
+      <c r="J901" s="23"/>
+    </row>
+    <row r="902" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A902" s="30"/>
+      <c r="B902" s="34"/>
+      <c r="C902" s="34"/>
+      <c r="D902" s="32"/>
+      <c r="E902" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F902" s="40">
+        <v>509.66</v>
+      </c>
+      <c r="G902" s="41">
+        <v>432.2</v>
+      </c>
+      <c r="H902" s="4"/>
+      <c r="J902" s="23"/>
+    </row>
+    <row r="903" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A903" s="30"/>
+      <c r="B903" s="34"/>
+      <c r="C903" s="34"/>
+      <c r="D903" s="32"/>
+      <c r="E903" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F903" s="41">
+        <v>534.70000000000005</v>
+      </c>
+      <c r="G903" s="41">
+        <v>474.8</v>
+      </c>
+      <c r="H903" s="4"/>
+      <c r="J903" s="23"/>
+    </row>
+    <row r="904" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A904" s="30"/>
+      <c r="B904" s="35"/>
+      <c r="C904" s="35"/>
+      <c r="D904" s="32"/>
+      <c r="E904" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F904" s="40">
+        <v>534.36</v>
+      </c>
+      <c r="G904" s="40">
+        <v>494.16</v>
+      </c>
+      <c r="H904" s="4"/>
+      <c r="J904" s="23"/>
+    </row>
+    <row r="905" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A905" s="30"/>
+      <c r="B905" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="C905" s="33"/>
+      <c r="D905" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E905" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F905" s="4">
+        <v>158.93</v>
+      </c>
+      <c r="G905" s="4">
+        <v>118.03</v>
+      </c>
+      <c r="H905" s="4">
+        <v>74.265399861574281</v>
+      </c>
+      <c r="J905" s="23"/>
+    </row>
+    <row r="906" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A906" s="30"/>
+      <c r="B906" s="34"/>
+      <c r="C906" s="34"/>
+      <c r="D906" s="32"/>
+      <c r="E906" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F906" s="4">
+        <v>160.68</v>
+      </c>
+      <c r="G906" s="4">
+        <v>122.46</v>
+      </c>
+      <c r="H906" s="4">
+        <v>76.213592233009706</v>
+      </c>
+      <c r="J906" s="23"/>
+    </row>
+    <row r="907" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A907" s="30"/>
+      <c r="B907" s="34"/>
+      <c r="C907" s="34"/>
+      <c r="D907" s="32"/>
+      <c r="E907" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F907" s="4">
+        <v>160.52000000000001</v>
+      </c>
+      <c r="G907" s="4">
+        <v>131.02000000000001</v>
+      </c>
+      <c r="H907" s="4">
+        <v>81.622227759780714</v>
+      </c>
+      <c r="J907" s="23"/>
+    </row>
+    <row r="908" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A908" s="30"/>
+      <c r="B908" s="34"/>
+      <c r="C908" s="34"/>
+      <c r="D908" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E908" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F908" s="4">
+        <v>166.65</v>
+      </c>
+      <c r="G908" s="4">
+        <v>142.66</v>
+      </c>
+      <c r="H908" s="4">
+        <v>85.604560456045604</v>
+      </c>
+      <c r="J908" s="23"/>
+    </row>
+    <row r="909" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A909" s="30"/>
+      <c r="B909" s="34"/>
+      <c r="C909" s="34"/>
+      <c r="D909" s="32"/>
+      <c r="E909" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F909" s="4">
+        <v>166.31</v>
+      </c>
+      <c r="G909" s="4">
+        <v>134.29</v>
+      </c>
+      <c r="H909" s="4">
+        <v>80.746798148036802</v>
+      </c>
+      <c r="J909" s="23"/>
+    </row>
+    <row r="910" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A910" s="30"/>
+      <c r="B910" s="34"/>
+      <c r="C910" s="34"/>
+      <c r="D910" s="32"/>
+      <c r="E910" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F910" s="4">
+        <v>135.59</v>
+      </c>
+      <c r="G910" s="4">
+        <v>115.03</v>
+      </c>
+      <c r="H910" s="4">
+        <v>84.836639870196919</v>
+      </c>
+      <c r="J910" s="23"/>
+    </row>
+    <row r="911" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A911" s="30"/>
+      <c r="B911" s="34"/>
+      <c r="C911" s="34"/>
+      <c r="D911" s="32"/>
+      <c r="E911" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F911" s="4">
+        <v>135.28</v>
+      </c>
+      <c r="G911" s="4">
+        <v>119.95</v>
+      </c>
+      <c r="H911" s="4">
+        <v>88.667947959787114</v>
+      </c>
+      <c r="J911" s="23"/>
+    </row>
+    <row r="912" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A912" s="30"/>
+      <c r="B912" s="34"/>
+      <c r="C912" s="34"/>
+      <c r="D912" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E912" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F912" s="40">
+        <v>134.99</v>
+      </c>
+      <c r="G912" s="40">
+        <v>250.33</v>
+      </c>
+      <c r="H912" s="4"/>
+      <c r="J912" s="23"/>
+    </row>
+    <row r="913" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A913" s="30"/>
+      <c r="B913" s="34"/>
+      <c r="C913" s="34"/>
+      <c r="D913" s="32"/>
+      <c r="E913" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F913" s="40">
+        <v>134.71</v>
+      </c>
+      <c r="G913" s="40">
+        <v>256.95</v>
+      </c>
+      <c r="H913" s="4"/>
+      <c r="J913" s="23"/>
+    </row>
+    <row r="914" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A914" s="30"/>
+      <c r="B914" s="34"/>
+      <c r="C914" s="34"/>
+      <c r="D914" s="32"/>
+      <c r="E914" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F914" s="40">
+        <v>145.66</v>
+      </c>
+      <c r="G914" s="40">
+        <v>263.76</v>
+      </c>
+      <c r="H914" s="4"/>
+      <c r="J914" s="23"/>
+    </row>
+    <row r="915" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A915" s="30"/>
+      <c r="B915" s="34"/>
+      <c r="C915" s="34"/>
+      <c r="D915" s="32"/>
+      <c r="E915" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F915" s="40">
+        <v>145.33000000000001</v>
+      </c>
+      <c r="G915" s="40">
+        <v>268.64</v>
+      </c>
+      <c r="H915" s="4"/>
+      <c r="J915" s="23"/>
+    </row>
+    <row r="916" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A916" s="30"/>
+      <c r="B916" s="34"/>
+      <c r="C916" s="34"/>
+      <c r="D916" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E916" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F916" s="40">
+        <v>145.01</v>
+      </c>
+      <c r="G916" s="41">
+        <v>126.8</v>
+      </c>
+      <c r="H916" s="4"/>
+      <c r="J916" s="23"/>
+    </row>
+    <row r="917" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A917" s="30"/>
+      <c r="B917" s="34"/>
+      <c r="C917" s="34"/>
+      <c r="D917" s="32"/>
+      <c r="E917" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F917" s="41">
+        <v>144.69999999999999</v>
+      </c>
+      <c r="G917" s="40">
+        <v>127.95</v>
+      </c>
+      <c r="H917" s="4"/>
+      <c r="J917" s="23"/>
+    </row>
+    <row r="918" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A918" s="30"/>
+      <c r="B918" s="34"/>
+      <c r="C918" s="34"/>
+      <c r="D918" s="32"/>
+      <c r="E918" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F918" s="41">
+        <v>145.9</v>
+      </c>
+      <c r="G918" s="41">
+        <v>132.1</v>
+      </c>
+      <c r="H918" s="4"/>
+      <c r="J918" s="23"/>
+    </row>
+    <row r="919" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A919" s="30"/>
+      <c r="B919" s="35"/>
+      <c r="C919" s="35"/>
+      <c r="D919" s="32"/>
+      <c r="E919" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F919" s="40">
+        <v>145.52000000000001</v>
+      </c>
+      <c r="G919" s="40">
+        <v>133.41</v>
+      </c>
+      <c r="H919" s="4"/>
+      <c r="J919" s="23"/>
+    </row>
+    <row r="920" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A920" s="30"/>
+      <c r="B920" s="33" t="s">
+        <v>66</v>
+      </c>
+      <c r="C920" s="33"/>
+      <c r="D920" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E920" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F920" s="4">
+        <v>309.57</v>
+      </c>
+      <c r="G920" s="4">
+        <v>228.98</v>
+      </c>
+      <c r="H920" s="4">
+        <v>73.967115676583646</v>
+      </c>
+      <c r="J920" s="23"/>
+    </row>
+    <row r="921" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A921" s="30"/>
+      <c r="B921" s="34"/>
+      <c r="C921" s="34"/>
+      <c r="D921" s="32"/>
+      <c r="E921" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F921" s="4">
+        <v>311.56</v>
+      </c>
+      <c r="G921" s="4">
+        <v>247.62</v>
+      </c>
+      <c r="H921" s="4">
+        <v>79.477468224419056</v>
+      </c>
+      <c r="J921" s="23"/>
+    </row>
+    <row r="922" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A922" s="30"/>
+      <c r="B922" s="34"/>
+      <c r="C922" s="34"/>
+      <c r="D922" s="32"/>
+      <c r="E922" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F922" s="4">
+        <v>311.3</v>
+      </c>
+      <c r="G922" s="4">
+        <v>245.74</v>
+      </c>
+      <c r="H922" s="4">
+        <v>78.939929328621901</v>
+      </c>
+      <c r="J922" s="23"/>
+    </row>
+    <row r="923" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A923" s="30"/>
+      <c r="B923" s="34"/>
+      <c r="C923" s="34"/>
+      <c r="D923" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E923" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F923" s="4">
+        <v>326.75</v>
+      </c>
+      <c r="G923" s="4">
+        <v>255.63</v>
+      </c>
+      <c r="H923" s="4">
+        <v>78.234123947972449</v>
+      </c>
+      <c r="J923" s="23"/>
+    </row>
+    <row r="924" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A924" s="30"/>
+      <c r="B924" s="34"/>
+      <c r="C924" s="34"/>
+      <c r="D924" s="32"/>
+      <c r="E924" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F924" s="4">
+        <v>326.3</v>
+      </c>
+      <c r="G924" s="4">
+        <v>248.25</v>
+      </c>
+      <c r="H924" s="4">
+        <v>76.080294207784249</v>
+      </c>
+      <c r="J924" s="23"/>
+    </row>
+    <row r="925" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A925" s="30"/>
+      <c r="B925" s="34"/>
+      <c r="C925" s="34"/>
+      <c r="D925" s="32"/>
+      <c r="E925" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F925" s="4">
+        <v>298.83999999999997</v>
+      </c>
+      <c r="G925" s="4">
+        <v>235.91</v>
+      </c>
+      <c r="H925" s="4">
+        <v>78.941908713692953</v>
+      </c>
+      <c r="J925" s="23"/>
+    </row>
+    <row r="926" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A926" s="30"/>
+      <c r="B926" s="34"/>
+      <c r="C926" s="34"/>
+      <c r="D926" s="32"/>
+      <c r="E926" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F926" s="4">
+        <v>298.37</v>
+      </c>
+      <c r="G926" s="4">
+        <v>239.11</v>
+      </c>
+      <c r="H926" s="4">
+        <v>80.138753896169192</v>
+      </c>
+      <c r="J926" s="23"/>
+    </row>
+    <row r="927" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A927" s="30"/>
+      <c r="B927" s="34"/>
+      <c r="C927" s="34"/>
+      <c r="D927" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E927" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F927" s="40">
+        <v>297.92</v>
+      </c>
+      <c r="G927" s="40">
+        <v>228.22</v>
+      </c>
+      <c r="H927" s="4"/>
+      <c r="J927" s="23"/>
+    </row>
+    <row r="928" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A928" s="30"/>
+      <c r="B928" s="34"/>
+      <c r="C928" s="34"/>
+      <c r="D928" s="32"/>
+      <c r="E928" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F928" s="41">
+        <v>297.5</v>
+      </c>
+      <c r="G928" s="40">
+        <v>229.71</v>
+      </c>
+      <c r="H928" s="4"/>
+      <c r="J928" s="23"/>
+    </row>
+    <row r="929" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A929" s="30"/>
+      <c r="B929" s="34"/>
+      <c r="C929" s="34"/>
+      <c r="D929" s="32"/>
+      <c r="E929" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F929" s="40">
+        <v>313.07</v>
+      </c>
+      <c r="G929" s="40">
+        <v>245.23</v>
+      </c>
+      <c r="H929" s="4"/>
+      <c r="J929" s="23"/>
+    </row>
+    <row r="930" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A930" s="30"/>
+      <c r="B930" s="34"/>
+      <c r="C930" s="34"/>
+      <c r="D930" s="32"/>
+      <c r="E930" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F930" s="40">
+        <v>312.57</v>
+      </c>
+      <c r="G930" s="40">
+        <v>246.73</v>
+      </c>
+      <c r="H930" s="4"/>
+      <c r="J930" s="23"/>
+    </row>
+    <row r="931" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A931" s="30"/>
+      <c r="B931" s="34"/>
+      <c r="C931" s="34"/>
+      <c r="D931" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E931" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F931" s="40">
+        <v>312.08999999999997</v>
+      </c>
+      <c r="G931" s="40">
+        <v>267.08999999999997</v>
+      </c>
+      <c r="H931" s="4"/>
+      <c r="J931" s="23"/>
+    </row>
+    <row r="932" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A932" s="30"/>
+      <c r="B932" s="34"/>
+      <c r="C932" s="34"/>
+      <c r="D932" s="32"/>
+      <c r="E932" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F932" s="40">
+        <v>311.64</v>
+      </c>
+      <c r="G932" s="40">
+        <v>266.97000000000003</v>
+      </c>
+      <c r="H932" s="4"/>
+      <c r="J932" s="23"/>
+    </row>
+    <row r="933" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A933" s="30"/>
+      <c r="B933" s="34"/>
+      <c r="C933" s="34"/>
+      <c r="D933" s="32"/>
+      <c r="E933" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F933" s="42">
+        <v>322</v>
+      </c>
+      <c r="G933" s="41">
+        <v>276.8</v>
+      </c>
+      <c r="H933" s="4"/>
+      <c r="J933" s="23"/>
+    </row>
+    <row r="934" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A934" s="30"/>
+      <c r="B934" s="35"/>
+      <c r="C934" s="35"/>
+      <c r="D934" s="32"/>
+      <c r="E934" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F934" s="40">
+        <v>321.49</v>
+      </c>
+      <c r="G934" s="40">
+        <v>280.92</v>
+      </c>
+      <c r="H934" s="4"/>
+      <c r="J934" s="23"/>
+    </row>
+    <row r="935" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A935" s="30"/>
+      <c r="B935" s="33" t="s">
+        <v>67</v>
+      </c>
+      <c r="C935" s="33"/>
+      <c r="D935" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E935" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F935" s="4">
+        <v>85.5</v>
+      </c>
+      <c r="G935" s="4">
+        <v>57.49</v>
+      </c>
+      <c r="H935" s="4">
+        <v>67.239766081871352</v>
+      </c>
+      <c r="J935" s="23"/>
+    </row>
+    <row r="936" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A936" s="30"/>
+      <c r="B936" s="34"/>
+      <c r="C936" s="34"/>
+      <c r="D936" s="32"/>
+      <c r="E936" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F936" s="4">
+        <v>82</v>
+      </c>
+      <c r="G936" s="4">
+        <v>63.14</v>
+      </c>
+      <c r="H936" s="4">
+        <v>77</v>
+      </c>
+      <c r="J936" s="23"/>
+    </row>
+    <row r="937" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A937" s="30"/>
+      <c r="B937" s="34"/>
+      <c r="C937" s="34"/>
+      <c r="D937" s="32"/>
+      <c r="E937" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F937" s="4">
+        <v>81.89</v>
+      </c>
+      <c r="G937" s="4">
+        <v>66.650000000000006</v>
+      </c>
+      <c r="H937" s="4">
+        <v>81.389669068262307</v>
+      </c>
+      <c r="J937" s="23"/>
+    </row>
+    <row r="938" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A938" s="30"/>
+      <c r="B938" s="34"/>
+      <c r="C938" s="34"/>
+      <c r="D938" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E938" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F938" s="4">
+        <v>92.76</v>
+      </c>
+      <c r="G938" s="4">
+        <v>76.239999999999995</v>
+      </c>
+      <c r="H938" s="4">
+        <v>82.190599396291489</v>
+      </c>
+      <c r="J938" s="23"/>
+    </row>
+    <row r="939" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A939" s="30"/>
+      <c r="B939" s="34"/>
+      <c r="C939" s="34"/>
+      <c r="D939" s="32"/>
+      <c r="E939" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F939" s="4">
+        <v>92.73</v>
+      </c>
+      <c r="G939" s="4">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="H939" s="4">
+        <v>81.527013911355539</v>
+      </c>
+      <c r="J939" s="23"/>
+    </row>
+    <row r="940" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A940" s="30"/>
+      <c r="B940" s="34"/>
+      <c r="C940" s="34"/>
+      <c r="D940" s="32"/>
+      <c r="E940" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F940" s="4">
+        <v>88.32</v>
+      </c>
+      <c r="G940" s="4">
+        <v>73.16</v>
+      </c>
+      <c r="H940" s="4">
+        <v>82.835144927536234</v>
+      </c>
+      <c r="J940" s="23"/>
+    </row>
+    <row r="941" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A941" s="30"/>
+      <c r="B941" s="34"/>
+      <c r="C941" s="34"/>
+      <c r="D941" s="32"/>
+      <c r="E941" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F941" s="4">
+        <v>88.28</v>
+      </c>
+      <c r="G941" s="4">
+        <v>75.650000000000006</v>
+      </c>
+      <c r="H941" s="4">
+        <v>85.693248753964667</v>
+      </c>
+      <c r="J941" s="23"/>
+    </row>
+    <row r="942" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A942" s="30"/>
+      <c r="B942" s="34"/>
+      <c r="C942" s="34"/>
+      <c r="D942" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E942" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F942" s="40">
+        <v>88.24</v>
+      </c>
+      <c r="G942" s="40">
+        <v>474.72</v>
+      </c>
+      <c r="H942" s="4"/>
+      <c r="J942" s="23"/>
+    </row>
+    <row r="943" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A943" s="30"/>
+      <c r="B943" s="34"/>
+      <c r="C943" s="34"/>
+      <c r="D943" s="32"/>
+      <c r="E943" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F943" s="40">
+        <v>88.21</v>
+      </c>
+      <c r="G943" s="40">
+        <v>469.23</v>
+      </c>
+      <c r="H943" s="4"/>
+      <c r="J943" s="23"/>
+    </row>
+    <row r="944" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A944" s="30"/>
+      <c r="B944" s="34"/>
+      <c r="C944" s="34"/>
+      <c r="D944" s="32"/>
+      <c r="E944" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F944" s="40">
+        <v>88.81</v>
+      </c>
+      <c r="G944" s="40">
+        <v>448.53</v>
+      </c>
+      <c r="H944" s="4"/>
+      <c r="J944" s="23"/>
+    </row>
+    <row r="945" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A945" s="30"/>
+      <c r="B945" s="34"/>
+      <c r="C945" s="34"/>
+      <c r="D945" s="32"/>
+      <c r="E945" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F945" s="40">
+        <v>88.76</v>
+      </c>
+      <c r="G945" s="40">
+        <v>454.54</v>
+      </c>
+      <c r="H945" s="4"/>
+      <c r="J945" s="23"/>
+    </row>
+    <row r="946" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A946" s="30"/>
+      <c r="B946" s="34"/>
+      <c r="C946" s="34"/>
+      <c r="D946" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E946" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F946" s="40">
+        <v>88.71</v>
+      </c>
+      <c r="G946" s="40">
+        <v>75.92</v>
+      </c>
+      <c r="H946" s="4"/>
+      <c r="J946" s="23"/>
+    </row>
+    <row r="947" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A947" s="30"/>
+      <c r="B947" s="34"/>
+      <c r="C947" s="34"/>
+      <c r="D947" s="32"/>
+      <c r="E947" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F947" s="40">
+        <v>88.67</v>
+      </c>
+      <c r="G947" s="40">
+        <v>75.209999999999994</v>
+      </c>
+      <c r="H947" s="4"/>
+      <c r="J947" s="23"/>
+    </row>
+    <row r="948" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A948" s="30"/>
+      <c r="B948" s="34"/>
+      <c r="C948" s="34"/>
+      <c r="D948" s="32"/>
+      <c r="E948" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F948" s="41">
+        <v>91.7</v>
+      </c>
+      <c r="G948" s="41">
+        <v>79.900000000000006</v>
+      </c>
+      <c r="H948" s="4"/>
+      <c r="J948" s="23"/>
+    </row>
+    <row r="949" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A949" s="30"/>
+      <c r="B949" s="35"/>
+      <c r="C949" s="35"/>
+      <c r="D949" s="32"/>
+      <c r="E949" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F949" s="40">
+        <v>91.62</v>
+      </c>
+      <c r="G949" s="40">
+        <v>82.97</v>
+      </c>
+      <c r="H949" s="4"/>
+      <c r="J949" s="23"/>
+    </row>
+    <row r="950" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A950" s="30"/>
+      <c r="B950" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="C950" s="33"/>
+      <c r="D950" s="33">
+        <v>2564</v>
+      </c>
+      <c r="E950" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F950" s="4">
+        <v>96.45</v>
+      </c>
+      <c r="G950" s="4">
+        <v>79.66</v>
+      </c>
+      <c r="H950" s="4">
+        <v>82.592016588906162</v>
+      </c>
+      <c r="J950" s="23"/>
+    </row>
+    <row r="951" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A951" s="30"/>
+      <c r="B951" s="34"/>
+      <c r="C951" s="34"/>
+      <c r="D951" s="34"/>
+      <c r="E951" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F951" s="4">
+        <v>99.35</v>
+      </c>
+      <c r="G951" s="4">
+        <v>85.65</v>
+      </c>
+      <c r="H951" s="4">
+        <v>86.210367388022149</v>
+      </c>
+      <c r="J951" s="23"/>
+    </row>
+    <row r="952" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A952" s="30"/>
+      <c r="B952" s="34"/>
+      <c r="C952" s="34"/>
+      <c r="D952" s="35"/>
+      <c r="E952" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F952" s="4">
+        <v>99.25</v>
+      </c>
+      <c r="G952" s="4">
+        <v>85.85</v>
+      </c>
+      <c r="H952" s="4">
+        <v>86.498740554156171</v>
+      </c>
+      <c r="J952" s="23"/>
+    </row>
+    <row r="953" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A953" s="30"/>
+      <c r="B953" s="34"/>
+      <c r="C953" s="34"/>
+      <c r="D953" s="33">
+        <v>2565</v>
+      </c>
+      <c r="E953" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F953" s="4">
+        <v>110.3</v>
+      </c>
+      <c r="G953" s="4">
+        <v>97.76</v>
+      </c>
+      <c r="H953" s="4">
+        <v>88.631006346328192</v>
+      </c>
+      <c r="J953" s="23"/>
+    </row>
+    <row r="954" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A954" s="30"/>
+      <c r="B954" s="34"/>
+      <c r="C954" s="34"/>
+      <c r="D954" s="34"/>
+      <c r="E954" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F954" s="4">
+        <v>110.23</v>
+      </c>
+      <c r="G954" s="4">
+        <v>98.26</v>
+      </c>
+      <c r="H954" s="4">
+        <v>89.140887235779729</v>
+      </c>
+      <c r="J954" s="23"/>
+    </row>
+    <row r="955" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A955" s="30"/>
+      <c r="B955" s="34"/>
+      <c r="C955" s="34"/>
+      <c r="D955" s="34"/>
+      <c r="E955" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F955" s="4">
+        <v>101.97</v>
+      </c>
+      <c r="G955" s="4">
+        <v>88.98</v>
+      </c>
+      <c r="H955" s="4">
+        <v>87.260959105619307</v>
+      </c>
+      <c r="J955" s="23"/>
+    </row>
+    <row r="956" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A956" s="30"/>
+      <c r="B956" s="34"/>
+      <c r="C956" s="34"/>
+      <c r="D956" s="35"/>
+      <c r="E956" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F956" s="4">
+        <v>101.89</v>
+      </c>
+      <c r="G956" s="4">
+        <v>87.96</v>
+      </c>
+      <c r="H956" s="4">
+        <v>86.328393365394049</v>
+      </c>
+      <c r="J956" s="23"/>
+    </row>
+    <row r="957" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A957" s="30"/>
+      <c r="B957" s="34"/>
+      <c r="C957" s="34"/>
+      <c r="D957" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E957" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F957" s="40">
+        <v>101.81</v>
+      </c>
+      <c r="G957" s="40">
+        <v>114.61</v>
+      </c>
+      <c r="H957" s="4"/>
+      <c r="J957" s="23"/>
+    </row>
+    <row r="958" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A958" s="30"/>
+      <c r="B958" s="34"/>
+      <c r="C958" s="34"/>
+      <c r="D958" s="32"/>
+      <c r="E958" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F958" s="40">
+        <v>101.75</v>
+      </c>
+      <c r="G958" s="40">
+        <v>118.62</v>
+      </c>
+      <c r="H958" s="4"/>
+      <c r="J958" s="23"/>
+    </row>
+    <row r="959" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A959" s="30"/>
+      <c r="B959" s="34"/>
+      <c r="C959" s="34"/>
+      <c r="D959" s="32"/>
+      <c r="E959" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F959" s="40">
+        <v>108.62</v>
+      </c>
+      <c r="G959" s="40">
+        <v>129.69</v>
+      </c>
+      <c r="H959" s="4"/>
+      <c r="J959" s="23"/>
+    </row>
+    <row r="960" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A960" s="30"/>
+      <c r="B960" s="34"/>
+      <c r="C960" s="34"/>
+      <c r="D960" s="32"/>
+      <c r="E960" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F960" s="40">
+        <v>108.53</v>
+      </c>
+      <c r="G960" s="40">
+        <v>127.83</v>
+      </c>
+      <c r="H960" s="4"/>
+      <c r="J960" s="23"/>
+    </row>
+    <row r="961" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A961" s="30"/>
+      <c r="B961" s="34"/>
+      <c r="C961" s="34"/>
+      <c r="D961" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E961" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F961" s="40">
+        <v>108.44</v>
+      </c>
+      <c r="G961" s="40">
+        <v>97.89</v>
+      </c>
+      <c r="H961" s="4"/>
+      <c r="J961" s="23"/>
+    </row>
+    <row r="962" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A962" s="30"/>
+      <c r="B962" s="34"/>
+      <c r="C962" s="34"/>
+      <c r="D962" s="32"/>
+      <c r="E962" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F962" s="40">
+        <v>108.36</v>
+      </c>
+      <c r="G962" s="40">
+        <v>98.58</v>
+      </c>
+      <c r="H962" s="4"/>
+      <c r="J962" s="23"/>
+    </row>
+    <row r="963" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A963" s="30"/>
+      <c r="B963" s="34"/>
+      <c r="C963" s="34"/>
+      <c r="D963" s="32"/>
+      <c r="E963" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F963" s="42">
+        <v>113</v>
+      </c>
+      <c r="G963" s="41">
+        <v>103.1</v>
+      </c>
+      <c r="H963" s="4"/>
+      <c r="J963" s="23"/>
+    </row>
+    <row r="964" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A964" s="30"/>
+      <c r="B964" s="35"/>
+      <c r="C964" s="35"/>
+      <c r="D964" s="32"/>
+      <c r="E964" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F964" s="40">
+        <v>112.88</v>
+      </c>
+      <c r="G964" s="40">
+        <v>104.41</v>
+      </c>
+      <c r="H964" s="4"/>
+      <c r="J964" s="23"/>
+    </row>
+    <row r="965" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A965" s="30"/>
+      <c r="B965" s="33" t="s">
+        <v>69</v>
+      </c>
+      <c r="C965" s="33"/>
+      <c r="D965" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E965" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F965" s="4">
+        <v>137.22999999999999</v>
+      </c>
+      <c r="G965" s="4">
+        <v>120.55</v>
+      </c>
+      <c r="H965" s="4">
+        <v>87.845223347664515</v>
+      </c>
+      <c r="J965" s="23"/>
+    </row>
+    <row r="966" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A966" s="30"/>
+      <c r="B966" s="34"/>
+      <c r="C966" s="34"/>
+      <c r="D966" s="32"/>
+      <c r="E966" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F966" s="4">
+        <v>144.38999999999999</v>
+      </c>
+      <c r="G966" s="4">
+        <v>128.83000000000001</v>
+      </c>
+      <c r="H966" s="4">
+        <v>89.223630445321717</v>
+      </c>
+      <c r="J966" s="23"/>
+    </row>
+    <row r="967" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A967" s="30"/>
+      <c r="B967" s="34"/>
+      <c r="C967" s="34"/>
+      <c r="D967" s="32"/>
+      <c r="E967" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F967" s="4">
+        <v>144.21</v>
+      </c>
+      <c r="G967" s="4">
+        <v>125.77</v>
+      </c>
+      <c r="H967" s="4">
+        <v>87.213092018584007</v>
+      </c>
+      <c r="J967" s="23"/>
+    </row>
+    <row r="968" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A968" s="30"/>
+      <c r="B968" s="34"/>
+      <c r="C968" s="34"/>
+      <c r="D968" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E968" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F968" s="4">
+        <v>142.6</v>
+      </c>
+      <c r="G968" s="4">
+        <v>129.66999999999999</v>
+      </c>
+      <c r="H968" s="4">
+        <v>90.932678821879378</v>
+      </c>
+      <c r="J968" s="23"/>
+    </row>
+    <row r="969" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A969" s="30"/>
+      <c r="B969" s="34"/>
+      <c r="C969" s="34"/>
+      <c r="D969" s="32"/>
+      <c r="E969" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F969" s="4">
+        <v>142.46</v>
+      </c>
+      <c r="G969" s="4">
+        <v>124.24</v>
+      </c>
+      <c r="H969" s="4">
+        <v>87.210445037203414</v>
+      </c>
+      <c r="J969" s="23"/>
+    </row>
+    <row r="970" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A970" s="30"/>
+      <c r="B970" s="34"/>
+      <c r="C970" s="34"/>
+      <c r="D970" s="32"/>
+      <c r="E970" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F970" s="4">
+        <v>139.66999999999999</v>
+      </c>
+      <c r="G970" s="4">
+        <v>123.68</v>
+      </c>
+      <c r="H970" s="4">
+        <v>88.551585881005238</v>
+      </c>
+      <c r="J970" s="23"/>
+    </row>
+    <row r="971" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A971" s="30"/>
+      <c r="B971" s="34"/>
+      <c r="C971" s="34"/>
+      <c r="D971" s="32"/>
+      <c r="E971" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F971" s="4">
+        <v>139.51</v>
+      </c>
+      <c r="G971" s="4">
+        <v>124.15</v>
+      </c>
+      <c r="H971" s="4">
+        <v>88.990036556519257</v>
+      </c>
+      <c r="J971" s="23"/>
+    </row>
+    <row r="972" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A972" s="30"/>
+      <c r="B972" s="34"/>
+      <c r="C972" s="34"/>
+      <c r="D972" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E972" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F972" s="40">
+        <v>139.36000000000001</v>
+      </c>
+      <c r="G972" s="40">
+        <v>241.54</v>
+      </c>
+      <c r="H972" s="4"/>
+      <c r="J972" s="23"/>
+    </row>
+    <row r="973" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A973" s="30"/>
+      <c r="B973" s="34"/>
+      <c r="C973" s="34"/>
+      <c r="D973" s="32"/>
+      <c r="E973" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F973" s="40">
+        <v>139.22</v>
+      </c>
+      <c r="G973" s="40">
+        <v>241.51</v>
+      </c>
+      <c r="H973" s="4"/>
+      <c r="J973" s="23"/>
+    </row>
+    <row r="974" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A974" s="30"/>
+      <c r="B974" s="34"/>
+      <c r="C974" s="34"/>
+      <c r="D974" s="32"/>
+      <c r="E974" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F974" s="40">
+        <v>139.09</v>
+      </c>
+      <c r="G974" s="40">
+        <v>272.45</v>
+      </c>
+      <c r="H974" s="4"/>
+      <c r="J974" s="23"/>
+    </row>
+    <row r="975" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A975" s="30"/>
+      <c r="B975" s="34"/>
+      <c r="C975" s="34"/>
+      <c r="D975" s="32"/>
+      <c r="E975" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F975" s="40">
+        <v>138.91999999999999</v>
+      </c>
+      <c r="G975" s="40">
+        <v>275.39</v>
+      </c>
+      <c r="H975" s="4"/>
+      <c r="J975" s="23"/>
+    </row>
+    <row r="976" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A976" s="30"/>
+      <c r="B976" s="34"/>
+      <c r="C976" s="34"/>
+      <c r="D976" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E976" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F976" s="40">
+        <v>138.77000000000001</v>
+      </c>
+      <c r="G976" s="40">
+        <v>127.79</v>
+      </c>
+      <c r="H976" s="4"/>
+      <c r="J976" s="23"/>
+    </row>
+    <row r="977" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A977" s="30"/>
+      <c r="B977" s="34"/>
+      <c r="C977" s="34"/>
+      <c r="D977" s="32"/>
+      <c r="E977" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F977" s="40">
+        <v>138.62</v>
+      </c>
+      <c r="G977" s="40">
+        <v>122.78</v>
+      </c>
+      <c r="H977" s="4"/>
+      <c r="J977" s="23"/>
+    </row>
+    <row r="978" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A978" s="30"/>
+      <c r="B978" s="34"/>
+      <c r="C978" s="34"/>
+      <c r="D978" s="32"/>
+      <c r="E978" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F978" s="41">
+        <v>146.6</v>
+      </c>
+      <c r="G978" s="41">
+        <v>131.9</v>
+      </c>
+      <c r="H978" s="4"/>
+      <c r="J978" s="23"/>
+    </row>
+    <row r="979" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A979" s="30"/>
+      <c r="B979" s="35"/>
+      <c r="C979" s="35"/>
+      <c r="D979" s="32"/>
+      <c r="E979" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F979" s="40">
+        <v>146.37</v>
+      </c>
+      <c r="G979" s="40">
+        <v>137.62</v>
+      </c>
+      <c r="H979" s="4"/>
+      <c r="J979" s="23"/>
+    </row>
+    <row r="980" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A980" s="30"/>
+      <c r="B980" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="C980" s="33"/>
+      <c r="D980" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E980" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F980" s="4">
+        <v>586.49</v>
+      </c>
+      <c r="G980" s="4">
+        <v>501.04</v>
+      </c>
+      <c r="H980" s="4">
+        <v>85.430271615884323</v>
+      </c>
+      <c r="J980" s="23"/>
+    </row>
+    <row r="981" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A981" s="30"/>
+      <c r="B981" s="34"/>
+      <c r="C981" s="34"/>
+      <c r="D981" s="32"/>
+      <c r="E981" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F981" s="4">
+        <v>595.05999999999995</v>
+      </c>
+      <c r="G981" s="4">
+        <v>513.57000000000005</v>
+      </c>
+      <c r="H981" s="4">
+        <v>86.305582630323016</v>
+      </c>
+      <c r="J981" s="23"/>
+    </row>
+    <row r="982" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A982" s="30"/>
+      <c r="B982" s="34"/>
+      <c r="C982" s="34"/>
+      <c r="D982" s="32"/>
+      <c r="E982" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F982" s="4">
+        <v>594.39</v>
+      </c>
+      <c r="G982" s="4">
+        <v>529.95000000000005</v>
+      </c>
+      <c r="H982" s="4">
+        <v>89.158633220612742</v>
+      </c>
+      <c r="J982" s="23"/>
+    </row>
+    <row r="983" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A983" s="30"/>
+      <c r="B983" s="34"/>
+      <c r="C983" s="34"/>
+      <c r="D983" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E983" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F983" s="4">
+        <v>676.31</v>
+      </c>
+      <c r="G983" s="4">
+        <v>611.54999999999995</v>
+      </c>
+      <c r="H983" s="4">
+        <v>90.424509470509079</v>
+      </c>
+      <c r="J983" s="23"/>
+    </row>
+    <row r="984" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A984" s="30"/>
+      <c r="B984" s="34"/>
+      <c r="C984" s="34"/>
+      <c r="D984" s="32"/>
+      <c r="E984" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F984" s="4">
+        <v>676.08</v>
+      </c>
+      <c r="G984" s="4">
+        <v>600.48</v>
+      </c>
+      <c r="H984" s="4">
+        <v>88.817891373801913</v>
+      </c>
+      <c r="J984" s="23"/>
+    </row>
+    <row r="985" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A985" s="30"/>
+      <c r="B985" s="34"/>
+      <c r="C985" s="34"/>
+      <c r="D985" s="32"/>
+      <c r="E985" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F985" s="4">
+        <v>586.82000000000005</v>
+      </c>
+      <c r="G985" s="4">
+        <v>545.24</v>
+      </c>
+      <c r="H985" s="4">
+        <v>92.914351930745369</v>
+      </c>
+      <c r="J985" s="23"/>
+    </row>
+    <row r="986" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A986" s="30"/>
+      <c r="B986" s="34"/>
+      <c r="C986" s="34"/>
+      <c r="D986" s="32"/>
+      <c r="E986" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F986" s="4">
+        <v>586.51</v>
+      </c>
+      <c r="G986" s="4">
+        <v>543.38</v>
+      </c>
+      <c r="H986" s="4">
+        <v>92.646331690849266</v>
+      </c>
+      <c r="J986" s="23"/>
+    </row>
+    <row r="987" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A987" s="30"/>
+      <c r="B987" s="34"/>
+      <c r="C987" s="34"/>
+      <c r="D987" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E987" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F987" s="40">
+        <v>586.24</v>
+      </c>
+      <c r="G987" s="40">
+        <v>73.02</v>
+      </c>
+      <c r="H987" s="4"/>
+      <c r="J987" s="23"/>
+    </row>
+    <row r="988" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A988" s="30"/>
+      <c r="B988" s="34"/>
+      <c r="C988" s="34"/>
+      <c r="D988" s="32"/>
+      <c r="E988" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F988" s="40">
+        <v>586.01</v>
+      </c>
+      <c r="G988" s="40">
+        <v>76.290000000000006</v>
+      </c>
+      <c r="H988" s="4"/>
+      <c r="J988" s="23"/>
+    </row>
+    <row r="989" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A989" s="30"/>
+      <c r="B989" s="34"/>
+      <c r="C989" s="34"/>
+      <c r="D989" s="32"/>
+      <c r="E989" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F989" s="40">
+        <v>633.36</v>
+      </c>
+      <c r="G989" s="41">
+        <v>78.3</v>
+      </c>
+      <c r="H989" s="4"/>
+      <c r="J989" s="23"/>
+    </row>
+    <row r="990" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A990" s="30"/>
+      <c r="B990" s="34"/>
+      <c r="C990" s="34"/>
+      <c r="D990" s="32"/>
+      <c r="E990" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F990" s="40">
+        <v>632.98</v>
+      </c>
+      <c r="G990" s="40">
+        <v>76.33</v>
+      </c>
+      <c r="H990" s="4"/>
+      <c r="J990" s="23"/>
+    </row>
+    <row r="991" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A991" s="30"/>
+      <c r="B991" s="34"/>
+      <c r="C991" s="34"/>
+      <c r="D991" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E991" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F991" s="40">
+        <v>632.65</v>
+      </c>
+      <c r="G991" s="41">
+        <v>605.1</v>
+      </c>
+      <c r="H991" s="4"/>
+      <c r="J991" s="23"/>
+    </row>
+    <row r="992" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A992" s="30"/>
+      <c r="B992" s="34"/>
+      <c r="C992" s="34"/>
+      <c r="D992" s="32"/>
+      <c r="E992" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F992" s="40">
+        <v>632.38</v>
+      </c>
+      <c r="G992" s="40">
+        <v>595.97</v>
+      </c>
+      <c r="H992" s="4"/>
+      <c r="J992" s="23"/>
+    </row>
+    <row r="993" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A993" s="30"/>
+      <c r="B993" s="34"/>
+      <c r="C993" s="34"/>
+      <c r="D993" s="32"/>
+      <c r="E993" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F993" s="41">
+        <v>647.6</v>
+      </c>
+      <c r="G993" s="41">
+        <v>618.5</v>
+      </c>
+      <c r="H993" s="4"/>
+      <c r="J993" s="23"/>
+    </row>
+    <row r="994" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A994" s="30"/>
+      <c r="B994" s="35"/>
+      <c r="C994" s="35"/>
+      <c r="D994" s="32"/>
+      <c r="E994" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F994" s="40">
+        <v>647.16999999999996</v>
+      </c>
+      <c r="G994" s="40">
+        <v>618.09</v>
+      </c>
+      <c r="H994" s="4"/>
+      <c r="J994" s="23"/>
+    </row>
+    <row r="995" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A995" s="30"/>
+      <c r="B995" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C995" s="33"/>
+      <c r="D995" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E995" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F995" s="4">
+        <v>371.04</v>
+      </c>
+      <c r="G995" s="4">
+        <v>305.94</v>
+      </c>
+      <c r="H995" s="4">
+        <v>82.454721862871921</v>
+      </c>
+      <c r="J995" s="23"/>
+    </row>
+    <row r="996" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A996" s="30"/>
+      <c r="B996" s="34"/>
+      <c r="C996" s="34"/>
+      <c r="D996" s="32"/>
+      <c r="E996" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F996" s="4">
+        <v>373.62</v>
+      </c>
+      <c r="G996" s="4">
+        <v>337.98</v>
+      </c>
+      <c r="H996" s="4">
+        <v>90.460896097639306</v>
+      </c>
+      <c r="J996" s="23"/>
+    </row>
+    <row r="997" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A997" s="30"/>
+      <c r="B997" s="34"/>
+      <c r="C997" s="34"/>
+      <c r="D997" s="32"/>
+      <c r="E997" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F997" s="4">
+        <v>373.13</v>
+      </c>
+      <c r="G997" s="4">
+        <v>344.95</v>
+      </c>
+      <c r="H997" s="4">
+        <v>92.447672392999763</v>
+      </c>
+      <c r="J997" s="23"/>
+    </row>
+    <row r="998" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A998" s="30"/>
+      <c r="B998" s="34"/>
+      <c r="C998" s="34"/>
+      <c r="D998" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E998" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F998" s="4">
+        <v>440.14</v>
+      </c>
+      <c r="G998" s="4">
+        <v>399.71</v>
+      </c>
+      <c r="H998" s="4">
+        <v>90.814286363429815</v>
+      </c>
+      <c r="J998" s="23"/>
+    </row>
+    <row r="999" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A999" s="30"/>
+      <c r="B999" s="34"/>
+      <c r="C999" s="34"/>
+      <c r="D999" s="32"/>
+      <c r="E999" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F999" s="4">
+        <v>439.77</v>
+      </c>
+      <c r="G999" s="4">
+        <v>386.48</v>
+      </c>
+      <c r="H999" s="4">
+        <v>87.882302112467883</v>
+      </c>
+      <c r="J999" s="23"/>
+    </row>
+    <row r="1000" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1000" s="30"/>
+      <c r="B1000" s="34"/>
+      <c r="C1000" s="34"/>
+      <c r="D1000" s="32"/>
+      <c r="E1000" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1000" s="4">
+        <v>393.77</v>
+      </c>
+      <c r="G1000" s="4">
+        <v>348.36</v>
+      </c>
+      <c r="H1000" s="4">
+        <v>88.467887345404677</v>
+      </c>
+      <c r="J1000" s="23"/>
+    </row>
+    <row r="1001" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1001" s="30"/>
+      <c r="B1001" s="34"/>
+      <c r="C1001" s="34"/>
+      <c r="D1001" s="32"/>
+      <c r="E1001" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1001" s="4">
+        <v>393.44</v>
+      </c>
+      <c r="G1001" s="4">
+        <v>363.61</v>
+      </c>
+      <c r="H1001" s="4">
+        <v>92.418157787718584</v>
+      </c>
+      <c r="J1001" s="23"/>
+    </row>
+    <row r="1002" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1002" s="30"/>
+      <c r="B1002" s="34"/>
+      <c r="C1002" s="34"/>
+      <c r="D1002" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1002" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1002" s="40">
+        <v>393.13</v>
+      </c>
+      <c r="G1002" s="40">
+        <v>88.02</v>
+      </c>
+      <c r="H1002" s="4"/>
+      <c r="J1002" s="23"/>
+    </row>
+    <row r="1003" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1003" s="30"/>
+      <c r="B1003" s="34"/>
+      <c r="C1003" s="34"/>
+      <c r="D1003" s="32"/>
+      <c r="E1003" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1003" s="40">
+        <v>392.86</v>
+      </c>
+      <c r="G1003" s="41">
+        <v>92.2</v>
+      </c>
+      <c r="H1003" s="4"/>
+      <c r="J1003" s="23"/>
+    </row>
+    <row r="1004" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1004" s="30"/>
+      <c r="B1004" s="34"/>
+      <c r="C1004" s="34"/>
+      <c r="D1004" s="32"/>
+      <c r="E1004" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1004" s="40">
+        <v>399.38</v>
+      </c>
+      <c r="G1004" s="40">
+        <v>98.49</v>
+      </c>
+      <c r="H1004" s="4"/>
+      <c r="J1004" s="23"/>
+    </row>
+    <row r="1005" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1005" s="30"/>
+      <c r="B1005" s="34"/>
+      <c r="C1005" s="34"/>
+      <c r="D1005" s="32"/>
+      <c r="E1005" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1005" s="40">
+        <v>399.03</v>
+      </c>
+      <c r="G1005" s="40">
+        <v>99.91</v>
+      </c>
+      <c r="H1005" s="4"/>
+      <c r="J1005" s="23"/>
+    </row>
+    <row r="1006" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1006" s="30"/>
+      <c r="B1006" s="34"/>
+      <c r="C1006" s="34"/>
+      <c r="D1006" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1006" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1006" s="40">
+        <v>398.71</v>
+      </c>
+      <c r="G1006" s="40">
+        <v>369.14</v>
+      </c>
+      <c r="H1006" s="4"/>
+      <c r="J1006" s="23"/>
+    </row>
+    <row r="1007" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1007" s="30"/>
+      <c r="B1007" s="34"/>
+      <c r="C1007" s="34"/>
+      <c r="D1007" s="32"/>
+      <c r="E1007" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1007" s="40">
+        <v>398.41</v>
+      </c>
+      <c r="G1007" s="40">
+        <v>374.65</v>
+      </c>
+      <c r="H1007" s="4"/>
+      <c r="J1007" s="23"/>
+    </row>
+    <row r="1008" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1008" s="30"/>
+      <c r="B1008" s="34"/>
+      <c r="C1008" s="34"/>
+      <c r="D1008" s="32"/>
+      <c r="E1008" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1008" s="41">
+        <v>419.2</v>
+      </c>
+      <c r="G1008" s="41">
+        <v>408.3</v>
+      </c>
+      <c r="H1008" s="4"/>
+      <c r="J1008" s="23"/>
+    </row>
+    <row r="1009" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1009" s="30"/>
+      <c r="B1009" s="35"/>
+      <c r="C1009" s="35"/>
+      <c r="D1009" s="32"/>
+      <c r="E1009" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1009" s="40">
+        <v>418.84</v>
+      </c>
+      <c r="G1009" s="40">
+        <v>400.67</v>
+      </c>
+      <c r="H1009" s="4"/>
+      <c r="J1009" s="23"/>
+    </row>
+    <row r="1010" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1010" s="30"/>
+      <c r="B1010" s="33" t="s">
+        <v>72</v>
+      </c>
+      <c r="C1010" s="33"/>
+      <c r="D1010" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1010" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1010" s="4">
+        <v>159.69999999999999</v>
+      </c>
+      <c r="G1010" s="4">
+        <v>121.86</v>
+      </c>
+      <c r="H1010" s="4">
+        <v>76.305572949279906</v>
+      </c>
+      <c r="J1010" s="23"/>
+    </row>
+    <row r="1011" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1011" s="30"/>
+      <c r="B1011" s="34"/>
+      <c r="C1011" s="34"/>
+      <c r="D1011" s="32"/>
+      <c r="E1011" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1011" s="4">
+        <v>155.72999999999999</v>
+      </c>
+      <c r="G1011" s="4">
+        <v>124.41</v>
+      </c>
+      <c r="H1011" s="4">
+        <v>79.888268156424587</v>
+      </c>
+      <c r="J1011" s="23"/>
+    </row>
+    <row r="1012" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1012" s="30"/>
+      <c r="B1012" s="34"/>
+      <c r="C1012" s="34"/>
+      <c r="D1012" s="32"/>
+      <c r="E1012" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1012" s="4">
+        <v>155.58000000000001</v>
+      </c>
+      <c r="G1012" s="4">
+        <v>118.09</v>
+      </c>
+      <c r="H1012" s="4">
+        <v>75.903072374341164</v>
+      </c>
+      <c r="J1012" s="23"/>
+    </row>
+    <row r="1013" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1013" s="30"/>
+      <c r="B1013" s="34"/>
+      <c r="C1013" s="34"/>
+      <c r="D1013" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1013" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1013" s="4">
+        <v>176.55</v>
+      </c>
+      <c r="G1013" s="4">
+        <v>137.44</v>
+      </c>
+      <c r="H1013" s="4">
+        <v>77.847635230812799</v>
+      </c>
+      <c r="J1013" s="23"/>
+    </row>
+    <row r="1014" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1014" s="30"/>
+      <c r="B1014" s="34"/>
+      <c r="C1014" s="34"/>
+      <c r="D1014" s="32"/>
+      <c r="E1014" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1014" s="4">
+        <v>176.4</v>
+      </c>
+      <c r="G1014" s="4">
+        <v>130.87</v>
+      </c>
+      <c r="H1014" s="4">
+        <v>74.189342403628117</v>
+      </c>
+      <c r="J1014" s="23"/>
+    </row>
+    <row r="1015" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1015" s="30"/>
+      <c r="B1015" s="34"/>
+      <c r="C1015" s="34"/>
+      <c r="D1015" s="32"/>
+      <c r="E1015" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1015" s="4">
+        <v>161.13</v>
+      </c>
+      <c r="G1015" s="4">
+        <v>128.65</v>
+      </c>
+      <c r="H1015" s="4">
+        <v>79.842363309129283</v>
+      </c>
+      <c r="J1015" s="23"/>
+    </row>
+    <row r="1016" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1016" s="30"/>
+      <c r="B1016" s="34"/>
+      <c r="C1016" s="34"/>
+      <c r="D1016" s="32"/>
+      <c r="E1016" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1016" s="4">
+        <v>160.96</v>
+      </c>
+      <c r="G1016" s="4">
+        <v>124.72</v>
+      </c>
+      <c r="H1016" s="4">
+        <v>77.485089463220675</v>
+      </c>
+      <c r="J1016" s="23"/>
+    </row>
+    <row r="1017" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1017" s="30"/>
+      <c r="B1017" s="34"/>
+      <c r="C1017" s="34"/>
+      <c r="D1017" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1017" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1017" s="40">
+        <v>160.81</v>
+      </c>
+      <c r="G1017" s="40">
+        <v>124.51</v>
+      </c>
+      <c r="H1017" s="4"/>
+      <c r="J1017" s="23"/>
+    </row>
+    <row r="1018" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1018" s="30"/>
+      <c r="B1018" s="34"/>
+      <c r="C1018" s="34"/>
+      <c r="D1018" s="32"/>
+      <c r="E1018" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1018" s="40">
+        <v>160.66999999999999</v>
+      </c>
+      <c r="G1018" s="40">
+        <v>123.31</v>
+      </c>
+      <c r="H1018" s="4"/>
+      <c r="J1018" s="23"/>
+    </row>
+    <row r="1019" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1019" s="30"/>
+      <c r="B1019" s="34"/>
+      <c r="C1019" s="34"/>
+      <c r="D1019" s="32"/>
+      <c r="E1019" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1019" s="42">
+        <v>168</v>
+      </c>
+      <c r="G1019" s="40">
+        <v>124.64</v>
+      </c>
+      <c r="H1019" s="4"/>
+      <c r="J1019" s="23"/>
+    </row>
+    <row r="1020" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1020" s="30"/>
+      <c r="B1020" s="34"/>
+      <c r="C1020" s="34"/>
+      <c r="D1020" s="32"/>
+      <c r="E1020" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1020" s="40">
+        <v>167.82</v>
+      </c>
+      <c r="G1020" s="40">
+        <v>127.68</v>
+      </c>
+      <c r="H1020" s="4"/>
+      <c r="J1020" s="23"/>
+    </row>
+    <row r="1021" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1021" s="30"/>
+      <c r="B1021" s="34"/>
+      <c r="C1021" s="34"/>
+      <c r="D1021" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1021" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1021" s="40">
+        <v>167.65</v>
+      </c>
+      <c r="G1021" s="40">
+        <v>132.75</v>
+      </c>
+      <c r="H1021" s="4"/>
+      <c r="J1021" s="23"/>
+    </row>
+    <row r="1022" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1022" s="30"/>
+      <c r="B1022" s="34"/>
+      <c r="C1022" s="34"/>
+      <c r="D1022" s="32"/>
+      <c r="E1022" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1022" s="41">
+        <v>167.5</v>
+      </c>
+      <c r="G1022" s="40">
+        <v>123.58</v>
+      </c>
+      <c r="H1022" s="4"/>
+      <c r="J1022" s="23"/>
+    </row>
+    <row r="1023" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1023" s="30"/>
+      <c r="B1023" s="34"/>
+      <c r="C1023" s="34"/>
+      <c r="D1023" s="32"/>
+      <c r="E1023" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1023" s="41">
+        <v>164.4</v>
+      </c>
+      <c r="G1023" s="42">
+        <v>123</v>
+      </c>
+      <c r="H1023" s="4"/>
+      <c r="J1023" s="23"/>
+    </row>
+    <row r="1024" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1024" s="30"/>
+      <c r="B1024" s="35"/>
+      <c r="C1024" s="35"/>
+      <c r="D1024" s="32"/>
+      <c r="E1024" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1024" s="40">
+        <v>164.23</v>
+      </c>
+      <c r="G1024" s="40">
+        <v>138.06</v>
+      </c>
+      <c r="H1024" s="4"/>
+      <c r="J1024" s="23"/>
+    </row>
+    <row r="1025" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1025" s="30"/>
+      <c r="B1025" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="C1025" s="33"/>
+      <c r="D1025" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1025" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1025" s="4">
+        <v>138.24</v>
+      </c>
+      <c r="G1025" s="4">
+        <v>112.86</v>
+      </c>
+      <c r="H1025" s="4">
+        <v>81.640625</v>
+      </c>
+      <c r="J1025" s="23"/>
+    </row>
+    <row r="1026" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1026" s="30"/>
+      <c r="B1026" s="34"/>
+      <c r="C1026" s="34"/>
+      <c r="D1026" s="32"/>
+      <c r="E1026" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1026" s="4">
+        <v>138.4</v>
+      </c>
+      <c r="G1026" s="4">
+        <v>112.24</v>
+      </c>
+      <c r="H1026" s="4">
+        <v>81.098265895953759</v>
+      </c>
+      <c r="J1026" s="23"/>
+    </row>
+    <row r="1027" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1027" s="30"/>
+      <c r="B1027" s="34"/>
+      <c r="C1027" s="34"/>
+      <c r="D1027" s="32"/>
+      <c r="E1027" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1027" s="4">
+        <v>138.21</v>
+      </c>
+      <c r="G1027" s="4">
+        <v>114.72</v>
+      </c>
+      <c r="H1027" s="4">
+        <v>83.004124158888644</v>
+      </c>
+      <c r="J1027" s="23"/>
+    </row>
+    <row r="1028" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1028" s="30"/>
+      <c r="B1028" s="34"/>
+      <c r="C1028" s="34"/>
+      <c r="D1028" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1028" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1028" s="4">
+        <v>159.19</v>
+      </c>
+      <c r="G1028" s="4">
+        <v>137.76</v>
+      </c>
+      <c r="H1028" s="4">
+        <v>86.538099126829579</v>
+      </c>
+      <c r="J1028" s="23"/>
+    </row>
+    <row r="1029" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1029" s="30"/>
+      <c r="B1029" s="34"/>
+      <c r="C1029" s="34"/>
+      <c r="D1029" s="32"/>
+      <c r="E1029" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1029" s="4">
+        <v>159.15</v>
+      </c>
+      <c r="G1029" s="4">
+        <v>136.56</v>
+      </c>
+      <c r="H1029" s="4">
+        <v>85.805843543826569</v>
+      </c>
+      <c r="J1029" s="23"/>
+    </row>
+    <row r="1030" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1030" s="30"/>
+      <c r="B1030" s="34"/>
+      <c r="C1030" s="34"/>
+      <c r="D1030" s="32"/>
+      <c r="E1030" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1030" s="4">
+        <v>147.19999999999999</v>
+      </c>
+      <c r="G1030" s="4">
+        <v>133.29</v>
+      </c>
+      <c r="H1030" s="4">
+        <v>90.550271739130437</v>
+      </c>
+      <c r="J1030" s="23"/>
+    </row>
+    <row r="1031" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1031" s="30"/>
+      <c r="B1031" s="34"/>
+      <c r="C1031" s="34"/>
+      <c r="D1031" s="32"/>
+      <c r="E1031" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1031" s="4">
+        <v>147.21</v>
+      </c>
+      <c r="G1031" s="4">
+        <v>125.35</v>
+      </c>
+      <c r="H1031" s="4">
+        <v>85.150465321649335</v>
+      </c>
+      <c r="J1031" s="23"/>
+    </row>
+    <row r="1032" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1032" s="30"/>
+      <c r="B1032" s="34"/>
+      <c r="C1032" s="34"/>
+      <c r="D1032" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1032" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1032" s="40">
+        <v>147.22</v>
+      </c>
+      <c r="G1032" s="40">
+        <v>551.32000000000005</v>
+      </c>
+      <c r="H1032" s="4"/>
+      <c r="J1032" s="23"/>
+    </row>
+    <row r="1033" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1033" s="30"/>
+      <c r="B1033" s="34"/>
+      <c r="C1033" s="34"/>
+      <c r="D1033" s="32"/>
+      <c r="E1033" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1033" s="40">
+        <v>147.25</v>
+      </c>
+      <c r="G1033" s="40">
+        <v>553.13</v>
+      </c>
+      <c r="H1033" s="4"/>
+      <c r="J1033" s="23"/>
+    </row>
+    <row r="1034" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1034" s="30"/>
+      <c r="B1034" s="34"/>
+      <c r="C1034" s="34"/>
+      <c r="D1034" s="32"/>
+      <c r="E1034" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1034" s="41">
+        <v>143.9</v>
+      </c>
+      <c r="G1034" s="40">
+        <v>609.57000000000005</v>
+      </c>
+      <c r="H1034" s="4"/>
+      <c r="J1034" s="23"/>
+    </row>
+    <row r="1035" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1035" s="30"/>
+      <c r="B1035" s="34"/>
+      <c r="C1035" s="34"/>
+      <c r="D1035" s="32"/>
+      <c r="E1035" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1035" s="40">
+        <v>143.88999999999999</v>
+      </c>
+      <c r="G1035" s="40">
+        <v>611.34</v>
+      </c>
+      <c r="H1035" s="4"/>
+      <c r="J1035" s="23"/>
+    </row>
+    <row r="1036" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1036" s="30"/>
+      <c r="B1036" s="34"/>
+      <c r="C1036" s="34"/>
+      <c r="D1036" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1036" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1036" s="41">
+        <v>143.9</v>
+      </c>
+      <c r="G1036" s="40">
+        <v>132.58000000000001</v>
+      </c>
+      <c r="H1036" s="4"/>
+      <c r="J1036" s="23"/>
+    </row>
+    <row r="1037" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1037" s="30"/>
+      <c r="B1037" s="34"/>
+      <c r="C1037" s="34"/>
+      <c r="D1037" s="32"/>
+      <c r="E1037" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1037" s="40">
+        <v>143.91999999999999</v>
+      </c>
+      <c r="G1037" s="40">
+        <v>124.63</v>
+      </c>
+      <c r="H1037" s="4"/>
+      <c r="J1037" s="23"/>
+    </row>
+    <row r="1038" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1038" s="30"/>
+      <c r="B1038" s="34"/>
+      <c r="C1038" s="34"/>
+      <c r="D1038" s="32"/>
+      <c r="E1038" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1038" s="41">
+        <v>147.5</v>
+      </c>
+      <c r="G1038" s="41">
+        <v>134.80000000000001</v>
+      </c>
+      <c r="H1038" s="4"/>
+      <c r="J1038" s="23"/>
+    </row>
+    <row r="1039" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1039" s="30"/>
+      <c r="B1039" s="35"/>
+      <c r="C1039" s="35"/>
+      <c r="D1039" s="32"/>
+      <c r="E1039" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1039" s="40">
+        <v>147.51</v>
+      </c>
+      <c r="G1039" s="40">
+        <v>135.54</v>
+      </c>
+      <c r="H1039" s="4"/>
+      <c r="J1039" s="23"/>
+    </row>
+    <row r="1040" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1040" s="30"/>
+      <c r="B1040" s="33" t="s">
+        <v>74</v>
+      </c>
+      <c r="C1040" s="33"/>
+      <c r="D1040" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1040" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1040" s="4">
+        <v>257.23</v>
+      </c>
+      <c r="G1040" s="4">
+        <v>226.1</v>
+      </c>
+      <c r="H1040" s="4">
+        <v>87.897990125568555</v>
+      </c>
+      <c r="J1040" s="23"/>
+    </row>
+    <row r="1041" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1041" s="30"/>
+      <c r="B1041" s="34"/>
+      <c r="C1041" s="34"/>
+      <c r="D1041" s="32"/>
+      <c r="E1041" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1041" s="4">
+        <v>261.94</v>
+      </c>
+      <c r="G1041" s="4">
+        <v>233.71</v>
+      </c>
+      <c r="H1041" s="4">
+        <v>89.222722760937614</v>
+      </c>
+      <c r="J1041" s="23"/>
+    </row>
+    <row r="1042" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1042" s="30"/>
+      <c r="B1042" s="34"/>
+      <c r="C1042" s="34"/>
+      <c r="D1042" s="32"/>
+      <c r="E1042" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1042" s="4">
+        <v>261.58999999999997</v>
+      </c>
+      <c r="G1042" s="4">
+        <v>234.14</v>
+      </c>
+      <c r="H1042" s="4">
+        <v>89.506479605489517</v>
+      </c>
+      <c r="J1042" s="23"/>
+    </row>
+    <row r="1043" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1043" s="30"/>
+      <c r="B1043" s="34"/>
+      <c r="C1043" s="34"/>
+      <c r="D1043" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1043" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1043" s="4">
+        <v>291</v>
+      </c>
+      <c r="G1043" s="4">
+        <v>263.55</v>
+      </c>
+      <c r="H1043" s="4">
+        <v>90.567010309278345</v>
+      </c>
+      <c r="J1043" s="23"/>
+    </row>
+    <row r="1044" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1044" s="30"/>
+      <c r="B1044" s="34"/>
+      <c r="C1044" s="34"/>
+      <c r="D1044" s="32"/>
+      <c r="E1044" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1044" s="4">
+        <v>290.48</v>
+      </c>
+      <c r="G1044" s="4">
+        <v>264.32</v>
+      </c>
+      <c r="H1044" s="4">
+        <v>90.994216469292198</v>
+      </c>
+      <c r="J1044" s="23"/>
+    </row>
+    <row r="1045" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1045" s="30"/>
+      <c r="B1045" s="34"/>
+      <c r="C1045" s="34"/>
+      <c r="D1045" s="32"/>
+      <c r="E1045" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1045" s="4">
+        <v>267.89999999999998</v>
+      </c>
+      <c r="G1045" s="4">
+        <v>246.25</v>
+      </c>
+      <c r="H1045" s="4">
+        <v>91.918626353116849</v>
+      </c>
+      <c r="J1045" s="23"/>
+    </row>
+    <row r="1046" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1046" s="30"/>
+      <c r="B1046" s="34"/>
+      <c r="C1046" s="34"/>
+      <c r="D1046" s="32"/>
+      <c r="E1046" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1046" s="4">
+        <v>267.37</v>
+      </c>
+      <c r="G1046" s="4">
+        <v>246.71</v>
+      </c>
+      <c r="H1046" s="4">
+        <v>92.272880278266072</v>
+      </c>
+      <c r="J1046" s="23"/>
+    </row>
+    <row r="1047" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1047" s="30"/>
+      <c r="B1047" s="34"/>
+      <c r="C1047" s="34"/>
+      <c r="D1047" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1047" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1047" s="40">
+        <v>266.87</v>
+      </c>
+      <c r="G1047" s="40">
+        <v>352.84</v>
+      </c>
+      <c r="H1047" s="4"/>
+      <c r="J1047" s="23"/>
+    </row>
+    <row r="1048" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1048" s="30"/>
+      <c r="B1048" s="34"/>
+      <c r="C1048" s="34"/>
+      <c r="D1048" s="32"/>
+      <c r="E1048" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1048" s="40">
+        <v>266.38</v>
+      </c>
+      <c r="G1048" s="40">
+        <v>358.73</v>
+      </c>
+      <c r="H1048" s="4"/>
+      <c r="J1048" s="23"/>
+    </row>
+    <row r="1049" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1049" s="30"/>
+      <c r="B1049" s="34"/>
+      <c r="C1049" s="34"/>
+      <c r="D1049" s="32"/>
+      <c r="E1049" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1049" s="40">
+        <v>272.18</v>
+      </c>
+      <c r="G1049" s="41">
+        <v>360.8</v>
+      </c>
+      <c r="H1049" s="4"/>
+      <c r="J1049" s="23"/>
+    </row>
+    <row r="1050" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1050" s="30"/>
+      <c r="B1050" s="34"/>
+      <c r="C1050" s="34"/>
+      <c r="D1050" s="32"/>
+      <c r="E1050" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1050" s="40">
+        <v>271.64</v>
+      </c>
+      <c r="G1050" s="40">
+        <v>371.71</v>
+      </c>
+      <c r="H1050" s="4"/>
+      <c r="J1050" s="23"/>
+    </row>
+    <row r="1051" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1051" s="30"/>
+      <c r="B1051" s="34"/>
+      <c r="C1051" s="34"/>
+      <c r="D1051" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1051" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1051" s="40">
+        <v>271.12</v>
+      </c>
+      <c r="G1051" s="40">
+        <v>248.02</v>
+      </c>
+      <c r="H1051" s="4"/>
+      <c r="J1051" s="23"/>
+    </row>
+    <row r="1052" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1052" s="30"/>
+      <c r="B1052" s="34"/>
+      <c r="C1052" s="34"/>
+      <c r="D1052" s="32"/>
+      <c r="E1052" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1052" s="40">
+        <v>270.62</v>
+      </c>
+      <c r="G1052" s="40">
+        <v>248.47</v>
+      </c>
+      <c r="H1052" s="4"/>
+      <c r="J1052" s="23"/>
+    </row>
+    <row r="1053" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1053" s="30"/>
+      <c r="B1053" s="34"/>
+      <c r="C1053" s="34"/>
+      <c r="D1053" s="32"/>
+      <c r="E1053" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1053" s="41">
+        <v>286.60000000000002</v>
+      </c>
+      <c r="G1053" s="41">
+        <v>264.3</v>
+      </c>
+      <c r="H1053" s="4"/>
+      <c r="J1053" s="23"/>
+    </row>
+    <row r="1054" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1054" s="30"/>
+      <c r="B1054" s="35"/>
+      <c r="C1054" s="35"/>
+      <c r="D1054" s="32"/>
+      <c r="E1054" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1054" s="42">
+        <v>286</v>
+      </c>
+      <c r="G1054" s="40">
+        <v>264.14999999999998</v>
+      </c>
+      <c r="H1054" s="4"/>
+      <c r="J1054" s="23"/>
+    </row>
+    <row r="1055" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1055" s="30"/>
+      <c r="B1055" s="33" t="s">
+        <v>75</v>
+      </c>
+      <c r="C1055" s="33"/>
+      <c r="D1055" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1055" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1055" s="4">
+        <v>341.46</v>
+      </c>
+      <c r="G1055" s="4">
+        <v>283.11</v>
+      </c>
+      <c r="H1055" s="4">
+        <v>82.911614830434019</v>
+      </c>
+      <c r="J1055" s="23"/>
+    </row>
+    <row r="1056" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1056" s="30"/>
+      <c r="B1056" s="34"/>
+      <c r="C1056" s="34"/>
+      <c r="D1056" s="32"/>
+      <c r="E1056" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1056" s="4">
+        <v>337.48</v>
+      </c>
+      <c r="G1056" s="4">
+        <v>300.42</v>
+      </c>
+      <c r="H1056" s="4">
+        <v>89.01860851013393</v>
+      </c>
+      <c r="J1056" s="23"/>
+    </row>
+    <row r="1057" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1057" s="30"/>
+      <c r="B1057" s="34"/>
+      <c r="C1057" s="34"/>
+      <c r="D1057" s="32"/>
+      <c r="E1057" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1057" s="4">
+        <v>337.13</v>
+      </c>
+      <c r="G1057" s="4">
+        <v>296.01</v>
+      </c>
+      <c r="H1057" s="4">
+        <v>87.802924687805898</v>
+      </c>
+      <c r="J1057" s="23"/>
+    </row>
+    <row r="1058" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1058" s="30"/>
+      <c r="B1058" s="34"/>
+      <c r="C1058" s="34"/>
+      <c r="D1058" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1058" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1058" s="4">
+        <v>360.38</v>
+      </c>
+      <c r="G1058" s="4">
+        <v>308.32</v>
+      </c>
+      <c r="H1058" s="4">
+        <v>85.55413729951718</v>
+      </c>
+      <c r="J1058" s="23"/>
+    </row>
+    <row r="1059" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1059" s="30"/>
+      <c r="B1059" s="34"/>
+      <c r="C1059" s="34"/>
+      <c r="D1059" s="32"/>
+      <c r="E1059" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1059" s="4">
+        <v>359.89</v>
+      </c>
+      <c r="G1059" s="4">
+        <v>294.22000000000003</v>
+      </c>
+      <c r="H1059" s="4">
+        <v>81.752757787101629</v>
+      </c>
+      <c r="J1059" s="23"/>
+    </row>
+    <row r="1060" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1060" s="30"/>
+      <c r="B1060" s="34"/>
+      <c r="C1060" s="34"/>
+      <c r="D1060" s="32"/>
+      <c r="E1060" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1060" s="4">
+        <v>322.95</v>
+      </c>
+      <c r="G1060" s="4">
+        <v>276.35000000000002</v>
+      </c>
+      <c r="H1060" s="4">
+        <v>85.570521752593294</v>
+      </c>
+      <c r="J1060" s="23"/>
+    </row>
+    <row r="1061" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1061" s="30"/>
+      <c r="B1061" s="34"/>
+      <c r="C1061" s="34"/>
+      <c r="D1061" s="32"/>
+      <c r="E1061" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1061" s="4">
+        <v>322.45</v>
+      </c>
+      <c r="G1061" s="4">
+        <v>279.2</v>
+      </c>
+      <c r="H1061" s="4">
+        <v>86.587067762443795</v>
+      </c>
+      <c r="J1061" s="23"/>
+    </row>
+    <row r="1062" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1062" s="30"/>
+      <c r="B1062" s="34"/>
+      <c r="C1062" s="34"/>
+      <c r="D1062" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1062" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1062" s="40">
+        <v>321.98</v>
+      </c>
+      <c r="G1062" s="40">
+        <v>129.57</v>
+      </c>
+      <c r="H1062" s="4"/>
+      <c r="J1062" s="23"/>
+    </row>
+    <row r="1063" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1063" s="30"/>
+      <c r="B1063" s="34"/>
+      <c r="C1063" s="34"/>
+      <c r="D1063" s="32"/>
+      <c r="E1063" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1063" s="40">
+        <v>321.52999999999997</v>
+      </c>
+      <c r="G1063" s="40">
+        <v>122.22</v>
+      </c>
+      <c r="H1063" s="4"/>
+      <c r="J1063" s="23"/>
+    </row>
+    <row r="1064" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1064" s="30"/>
+      <c r="B1064" s="34"/>
+      <c r="C1064" s="34"/>
+      <c r="D1064" s="32"/>
+      <c r="E1064" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1064" s="40">
+        <v>334.79</v>
+      </c>
+      <c r="G1064" s="40">
+        <v>138.43</v>
+      </c>
+      <c r="H1064" s="4"/>
+      <c r="J1064" s="23"/>
+    </row>
+    <row r="1065" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1065" s="30"/>
+      <c r="B1065" s="34"/>
+      <c r="C1065" s="34"/>
+      <c r="D1065" s="32"/>
+      <c r="E1065" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1065" s="40">
+        <v>334.26</v>
+      </c>
+      <c r="G1065" s="40">
+        <v>132.63</v>
+      </c>
+      <c r="H1065" s="4"/>
+      <c r="J1065" s="23"/>
+    </row>
+    <row r="1066" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1066" s="30"/>
+      <c r="B1066" s="34"/>
+      <c r="C1066" s="34"/>
+      <c r="D1066" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1066" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1066" s="40">
+        <v>333.76</v>
+      </c>
+      <c r="G1066" s="40">
+        <v>296.95</v>
+      </c>
+      <c r="H1066" s="4"/>
+      <c r="J1066" s="23"/>
+    </row>
+    <row r="1067" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1067" s="30"/>
+      <c r="B1067" s="34"/>
+      <c r="C1067" s="34"/>
+      <c r="D1067" s="32"/>
+      <c r="E1067" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1067" s="40">
+        <v>333.28</v>
+      </c>
+      <c r="G1067" s="40">
+        <v>292.43</v>
+      </c>
+      <c r="H1067" s="4"/>
+      <c r="J1067" s="23"/>
+    </row>
+    <row r="1068" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1068" s="30"/>
+      <c r="B1068" s="34"/>
+      <c r="C1068" s="34"/>
+      <c r="D1068" s="32"/>
+      <c r="E1068" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1068" s="41">
+        <v>333.4</v>
+      </c>
+      <c r="G1068" s="41">
+        <v>297.3</v>
+      </c>
+      <c r="H1068" s="4"/>
+      <c r="J1068" s="23"/>
+    </row>
+    <row r="1069" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1069" s="30"/>
+      <c r="B1069" s="35"/>
+      <c r="C1069" s="35"/>
+      <c r="D1069" s="32"/>
+      <c r="E1069" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1069" s="40">
+        <v>332.82</v>
+      </c>
+      <c r="G1069" s="40">
+        <v>296.95</v>
+      </c>
+      <c r="H1069" s="4"/>
+      <c r="J1069" s="23"/>
+    </row>
+    <row r="1070" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1070" s="30"/>
+      <c r="B1070" s="33" t="s">
+        <v>76</v>
+      </c>
+      <c r="C1070" s="33"/>
+      <c r="D1070" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1070" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1070" s="4">
+        <v>242.77</v>
+      </c>
+      <c r="G1070" s="4">
+        <v>192.36</v>
+      </c>
+      <c r="H1070" s="4">
+        <v>79.235490381842894</v>
+      </c>
+      <c r="J1070" s="23"/>
+    </row>
+    <row r="1071" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1071" s="30"/>
+      <c r="B1071" s="34"/>
+      <c r="C1071" s="34"/>
+      <c r="D1071" s="32"/>
+      <c r="E1071" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1071" s="4">
+        <v>238.82</v>
+      </c>
+      <c r="G1071" s="4">
+        <v>194.7</v>
+      </c>
+      <c r="H1071" s="4">
+        <v>81.525835357172767</v>
+      </c>
+      <c r="J1071" s="23"/>
+    </row>
+    <row r="1072" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1072" s="30"/>
+      <c r="B1072" s="34"/>
+      <c r="C1072" s="34"/>
+      <c r="D1072" s="32"/>
+      <c r="E1072" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1072" s="4">
+        <v>238.5</v>
+      </c>
+      <c r="G1072" s="4">
+        <v>198.91</v>
+      </c>
+      <c r="H1072" s="4">
+        <v>83.400419287211747</v>
+      </c>
+      <c r="J1072" s="23"/>
+    </row>
+    <row r="1073" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1073" s="30"/>
+      <c r="B1073" s="34"/>
+      <c r="C1073" s="34"/>
+      <c r="D1073" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1073" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1073" s="4">
+        <v>264.08</v>
+      </c>
+      <c r="G1073" s="4">
+        <v>197.3</v>
+      </c>
+      <c r="H1073" s="4">
+        <v>74.712208421690406</v>
+      </c>
+      <c r="J1073" s="23"/>
+    </row>
+    <row r="1074" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1074" s="30"/>
+      <c r="B1074" s="34"/>
+      <c r="C1074" s="34"/>
+      <c r="D1074" s="32"/>
+      <c r="E1074" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1074" s="4">
+        <v>263.73</v>
+      </c>
+      <c r="G1074" s="4">
+        <v>188.68</v>
+      </c>
+      <c r="H1074" s="4">
+        <v>71.542865809729648</v>
+      </c>
+      <c r="J1074" s="23"/>
+    </row>
+    <row r="1075" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1075" s="30"/>
+      <c r="B1075" s="34"/>
+      <c r="C1075" s="34"/>
+      <c r="D1075" s="32"/>
+      <c r="E1075" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1075" s="4">
+        <v>231.21</v>
+      </c>
+      <c r="G1075" s="4">
+        <v>175.19</v>
+      </c>
+      <c r="H1075" s="4">
+        <v>75.770944163314738</v>
+      </c>
+      <c r="J1075" s="23"/>
+    </row>
+    <row r="1076" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1076" s="30"/>
+      <c r="B1076" s="34"/>
+      <c r="C1076" s="34"/>
+      <c r="D1076" s="32"/>
+      <c r="E1076" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1076" s="4">
+        <v>230.86</v>
+      </c>
+      <c r="G1076" s="4">
+        <v>185.05</v>
+      </c>
+      <c r="H1076" s="4">
+        <v>80.156804990037244</v>
+      </c>
+      <c r="J1076" s="23"/>
+    </row>
+    <row r="1077" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1077" s="30"/>
+      <c r="B1077" s="34"/>
+      <c r="C1077" s="34"/>
+      <c r="D1077" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1077" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1077" s="40">
+        <v>230.53</v>
+      </c>
+      <c r="G1077" s="40">
+        <v>128.94999999999999</v>
+      </c>
+      <c r="H1077" s="4"/>
+      <c r="J1077" s="23"/>
+    </row>
+    <row r="1078" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1078" s="30"/>
+      <c r="B1078" s="34"/>
+      <c r="C1078" s="34"/>
+      <c r="D1078" s="32"/>
+      <c r="E1078" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1078" s="40">
+        <v>230.22</v>
+      </c>
+      <c r="G1078" s="40">
+        <v>130.71</v>
+      </c>
+      <c r="H1078" s="4"/>
+      <c r="J1078" s="23"/>
+    </row>
+    <row r="1079" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1079" s="30"/>
+      <c r="B1079" s="34"/>
+      <c r="C1079" s="34"/>
+      <c r="D1079" s="32"/>
+      <c r="E1079" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1079" s="40">
+        <v>249.96</v>
+      </c>
+      <c r="G1079" s="40">
+        <v>133.51</v>
+      </c>
+      <c r="H1079" s="4"/>
+      <c r="J1079" s="23"/>
+    </row>
+    <row r="1080" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1080" s="30"/>
+      <c r="B1080" s="34"/>
+      <c r="C1080" s="34"/>
+      <c r="D1080" s="32"/>
+      <c r="E1080" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1080" s="40">
+        <v>249.58</v>
+      </c>
+      <c r="G1080" s="40">
+        <v>131.02000000000001</v>
+      </c>
+      <c r="H1080" s="4"/>
+      <c r="J1080" s="23"/>
+    </row>
+    <row r="1081" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1081" s="30"/>
+      <c r="B1081" s="34"/>
+      <c r="C1081" s="34"/>
+      <c r="D1081" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1081" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1081" s="40">
+        <v>249.21</v>
+      </c>
+      <c r="G1081" s="40">
+        <v>214.99</v>
+      </c>
+      <c r="H1081" s="4"/>
+      <c r="J1081" s="23"/>
+    </row>
+    <row r="1082" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1082" s="30"/>
+      <c r="B1082" s="34"/>
+      <c r="C1082" s="34"/>
+      <c r="D1082" s="32"/>
+      <c r="E1082" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1082" s="40">
+        <v>248.87</v>
+      </c>
+      <c r="G1082" s="40">
+        <v>211.97</v>
+      </c>
+      <c r="H1082" s="4"/>
+      <c r="J1082" s="23"/>
+    </row>
+    <row r="1083" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1083" s="30"/>
+      <c r="B1083" s="34"/>
+      <c r="C1083" s="34"/>
+      <c r="D1083" s="32"/>
+      <c r="E1083" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1083" s="41">
+        <v>248.1</v>
+      </c>
+      <c r="G1083" s="41">
+        <v>213.9</v>
+      </c>
+      <c r="H1083" s="4"/>
+      <c r="J1083" s="23"/>
+    </row>
+    <row r="1084" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1084" s="30"/>
+      <c r="B1084" s="35"/>
+      <c r="C1084" s="35"/>
+      <c r="D1084" s="32"/>
+      <c r="E1084" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1084" s="40">
+        <v>247.71</v>
+      </c>
+      <c r="G1084" s="40">
+        <v>210.68</v>
+      </c>
+      <c r="H1084" s="4"/>
+      <c r="J1084" s="23"/>
+    </row>
+    <row r="1085" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1085" s="30"/>
+      <c r="B1085" s="33" t="s">
+        <v>77</v>
+      </c>
+      <c r="C1085" s="33"/>
+      <c r="D1085" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1085" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1085" s="4">
+        <v>243.71</v>
+      </c>
+      <c r="G1085" s="4">
+        <v>187.52</v>
+      </c>
+      <c r="H1085" s="4">
+        <v>76.943908743999017</v>
+      </c>
+      <c r="J1085" s="23"/>
+    </row>
+    <row r="1086" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1086" s="30"/>
+      <c r="B1086" s="34"/>
+      <c r="C1086" s="34"/>
+      <c r="D1086" s="32"/>
+      <c r="E1086" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1086" s="4">
+        <v>264.82</v>
+      </c>
+      <c r="G1086" s="4">
+        <v>212.46</v>
+      </c>
+      <c r="H1086" s="4">
+        <v>80.228079450192581</v>
+      </c>
+      <c r="J1086" s="23"/>
+    </row>
+    <row r="1087" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1087" s="30"/>
+      <c r="B1087" s="34"/>
+      <c r="C1087" s="34"/>
+      <c r="D1087" s="32"/>
+      <c r="E1087" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1087" s="4">
+        <v>264.45999999999998</v>
+      </c>
+      <c r="G1087" s="4">
+        <v>222.93</v>
+      </c>
+      <c r="H1087" s="4">
+        <v>84.296301898207673</v>
+      </c>
+      <c r="J1087" s="23"/>
+    </row>
+    <row r="1088" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1088" s="30"/>
+      <c r="B1088" s="34"/>
+      <c r="C1088" s="34"/>
+      <c r="D1088" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1088" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1088" s="4">
+        <v>300.29000000000002</v>
+      </c>
+      <c r="G1088" s="4">
+        <v>251.43</v>
+      </c>
+      <c r="H1088" s="4">
+        <v>83.729061906823404</v>
+      </c>
+      <c r="J1088" s="23"/>
+    </row>
+    <row r="1089" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1089" s="30"/>
+      <c r="B1089" s="34"/>
+      <c r="C1089" s="34"/>
+      <c r="D1089" s="32"/>
+      <c r="E1089" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1089" s="4">
+        <v>299.99</v>
+      </c>
+      <c r="G1089" s="4">
+        <v>238.93</v>
+      </c>
+      <c r="H1089" s="4">
+        <v>79.645988199606649</v>
+      </c>
+      <c r="J1089" s="23"/>
+    </row>
+    <row r="1090" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1090" s="30"/>
+      <c r="B1090" s="34"/>
+      <c r="C1090" s="34"/>
+      <c r="D1090" s="32"/>
+      <c r="E1090" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1090" s="4">
+        <v>273.26</v>
+      </c>
+      <c r="G1090" s="4">
+        <v>226.43</v>
+      </c>
+      <c r="H1090" s="4">
+        <v>82.862475298250757</v>
+      </c>
+      <c r="J1090" s="23"/>
+    </row>
+    <row r="1091" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1091" s="30"/>
+      <c r="B1091" s="34"/>
+      <c r="C1091" s="34"/>
+      <c r="D1091" s="32"/>
+      <c r="E1091" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1091" s="4">
+        <v>272.93</v>
+      </c>
+      <c r="G1091" s="4">
+        <v>229.68</v>
+      </c>
+      <c r="H1091" s="4">
+        <v>84.153445938519027</v>
+      </c>
+      <c r="J1091" s="23"/>
+    </row>
+    <row r="1092" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1092" s="30"/>
+      <c r="B1092" s="34"/>
+      <c r="C1092" s="34"/>
+      <c r="D1092" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1092" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1092" s="40">
+        <v>272.63</v>
+      </c>
+      <c r="G1092" s="40">
+        <v>241.08</v>
+      </c>
+      <c r="H1092" s="4"/>
+      <c r="J1092" s="23"/>
+    </row>
+    <row r="1093" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1093" s="30"/>
+      <c r="B1093" s="34"/>
+      <c r="C1093" s="34"/>
+      <c r="D1093" s="32"/>
+      <c r="E1093" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1093" s="40">
+        <v>272.35000000000002</v>
+      </c>
+      <c r="G1093" s="40">
+        <v>249.28</v>
+      </c>
+      <c r="H1093" s="4"/>
+      <c r="J1093" s="23"/>
+    </row>
+    <row r="1094" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1094" s="30"/>
+      <c r="B1094" s="34"/>
+      <c r="C1094" s="34"/>
+      <c r="D1094" s="32"/>
+      <c r="E1094" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1094" s="40">
+        <v>285.79000000000002</v>
+      </c>
+      <c r="G1094" s="40">
+        <v>253.14</v>
+      </c>
+      <c r="H1094" s="4"/>
+      <c r="J1094" s="23"/>
+    </row>
+    <row r="1095" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1095" s="30"/>
+      <c r="B1095" s="34"/>
+      <c r="C1095" s="34"/>
+      <c r="D1095" s="32"/>
+      <c r="E1095" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1095" s="40">
+        <v>285.44</v>
+      </c>
+      <c r="G1095" s="40">
+        <v>253.65</v>
+      </c>
+      <c r="H1095" s="4"/>
+      <c r="J1095" s="23"/>
+    </row>
+    <row r="1096" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1096" s="30"/>
+      <c r="B1096" s="34"/>
+      <c r="C1096" s="34"/>
+      <c r="D1096" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1096" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1096" s="40">
+        <v>285.11</v>
+      </c>
+      <c r="G1096" s="40">
+        <v>253.27</v>
+      </c>
+      <c r="H1096" s="4"/>
+      <c r="J1096" s="23"/>
+    </row>
+    <row r="1097" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1097" s="30"/>
+      <c r="B1097" s="34"/>
+      <c r="C1097" s="34"/>
+      <c r="D1097" s="32"/>
+      <c r="E1097" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1097" s="41">
+        <v>284.8</v>
+      </c>
+      <c r="G1097" s="40">
+        <v>241.72</v>
+      </c>
+      <c r="H1097" s="4"/>
+      <c r="J1097" s="23"/>
+    </row>
+    <row r="1098" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1098" s="30"/>
+      <c r="B1098" s="34"/>
+      <c r="C1098" s="34"/>
+      <c r="D1098" s="32"/>
+      <c r="E1098" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1098" s="42">
+        <v>288</v>
+      </c>
+      <c r="G1098" s="41">
+        <v>246.7</v>
+      </c>
+      <c r="H1098" s="4"/>
+      <c r="J1098" s="23"/>
+    </row>
+    <row r="1099" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1099" s="30"/>
+      <c r="B1099" s="35"/>
+      <c r="C1099" s="35"/>
+      <c r="D1099" s="32"/>
+      <c r="E1099" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1099" s="40">
+        <v>287.61</v>
+      </c>
+      <c r="G1099" s="40">
+        <v>256.89</v>
+      </c>
+      <c r="H1099" s="4"/>
+      <c r="J1099" s="23"/>
+    </row>
+    <row r="1100" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1100" s="30"/>
+      <c r="B1100" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="C1100" s="33"/>
+      <c r="D1100" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1100" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1100" s="4">
+        <v>170.81</v>
+      </c>
+      <c r="G1100" s="4">
+        <v>143.68</v>
+      </c>
+      <c r="H1100" s="4">
+        <v>84.116854985071129</v>
+      </c>
+      <c r="J1100" s="23"/>
+    </row>
+    <row r="1101" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1101" s="30"/>
+      <c r="B1101" s="34"/>
+      <c r="C1101" s="34"/>
+      <c r="D1101" s="32"/>
+      <c r="E1101" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1101" s="4">
+        <v>179.3</v>
+      </c>
+      <c r="G1101" s="4">
+        <v>156.69</v>
+      </c>
+      <c r="H1101" s="4">
+        <v>87.389849414389289</v>
+      </c>
+      <c r="J1101" s="23"/>
+    </row>
+    <row r="1102" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1102" s="30"/>
+      <c r="B1102" s="34"/>
+      <c r="C1102" s="34"/>
+      <c r="D1102" s="32"/>
+      <c r="E1102" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1102" s="4">
+        <v>179.08</v>
+      </c>
+      <c r="G1102" s="4">
+        <v>155.61000000000001</v>
+      </c>
+      <c r="H1102" s="4">
+        <v>86.894125530489177</v>
+      </c>
+      <c r="J1102" s="23"/>
+    </row>
+    <row r="1103" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1103" s="30"/>
+      <c r="B1103" s="34"/>
+      <c r="C1103" s="34"/>
+      <c r="D1103" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1103" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1103" s="4">
+        <v>172.57</v>
+      </c>
+      <c r="G1103" s="4">
+        <v>151.36000000000001</v>
+      </c>
+      <c r="H1103" s="4">
+        <v>87.709335342179997</v>
+      </c>
+      <c r="J1103" s="23"/>
+    </row>
+    <row r="1104" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1104" s="30"/>
+      <c r="B1104" s="34"/>
+      <c r="C1104" s="34"/>
+      <c r="D1104" s="32"/>
+      <c r="E1104" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1104" s="4">
+        <v>172.25</v>
+      </c>
+      <c r="G1104" s="4">
+        <v>144.26</v>
+      </c>
+      <c r="H1104" s="4">
+        <v>83.750362844702465</v>
+      </c>
+      <c r="J1104" s="23"/>
+    </row>
+    <row r="1105" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1105" s="30"/>
+      <c r="B1105" s="34"/>
+      <c r="C1105" s="34"/>
+      <c r="D1105" s="32"/>
+      <c r="E1105" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1105" s="4">
+        <v>173.79</v>
+      </c>
+      <c r="G1105" s="4">
+        <v>150.32</v>
+      </c>
+      <c r="H1105" s="4">
+        <v>86.495195350710631</v>
+      </c>
+      <c r="J1105" s="23"/>
+    </row>
+    <row r="1106" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1106" s="30"/>
+      <c r="B1106" s="34"/>
+      <c r="C1106" s="34"/>
+      <c r="D1106" s="32"/>
+      <c r="E1106" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1106" s="4">
+        <v>173.43</v>
+      </c>
+      <c r="G1106" s="4">
+        <v>150.1</v>
+      </c>
+      <c r="H1106" s="4">
+        <v>86.547886755463296</v>
+      </c>
+      <c r="J1106" s="23"/>
+    </row>
+    <row r="1107" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1107" s="30"/>
+      <c r="B1107" s="34"/>
+      <c r="C1107" s="34"/>
+      <c r="D1107" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1107" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1107" s="40">
+        <v>173.08</v>
+      </c>
+      <c r="G1107" s="40">
+        <v>279.64</v>
+      </c>
+      <c r="H1107" s="4"/>
+      <c r="J1107" s="23"/>
+    </row>
+    <row r="1108" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1108" s="30"/>
+      <c r="B1108" s="34"/>
+      <c r="C1108" s="34"/>
+      <c r="D1108" s="32"/>
+      <c r="E1108" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1108" s="40">
+        <v>172.75</v>
+      </c>
+      <c r="G1108" s="40">
+        <v>268.77999999999997</v>
+      </c>
+      <c r="H1108" s="4"/>
+      <c r="J1108" s="23"/>
+    </row>
+    <row r="1109" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1109" s="30"/>
+      <c r="B1109" s="34"/>
+      <c r="C1109" s="34"/>
+      <c r="D1109" s="32"/>
+      <c r="E1109" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1109" s="40">
+        <v>178.11</v>
+      </c>
+      <c r="G1109" s="40">
+        <v>289.83999999999997</v>
+      </c>
+      <c r="H1109" s="4"/>
+      <c r="J1109" s="23"/>
+    </row>
+    <row r="1110" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1110" s="30"/>
+      <c r="B1110" s="34"/>
+      <c r="C1110" s="34"/>
+      <c r="D1110" s="32"/>
+      <c r="E1110" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1110" s="40">
+        <v>177.73</v>
+      </c>
+      <c r="G1110" s="40">
+        <v>289.26</v>
+      </c>
+      <c r="H1110" s="4"/>
+      <c r="J1110" s="23"/>
+    </row>
+    <row r="1111" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1111" s="30"/>
+      <c r="B1111" s="34"/>
+      <c r="C1111" s="34"/>
+      <c r="D1111" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1111" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1111" s="40">
+        <v>177.37</v>
+      </c>
+      <c r="G1111" s="40">
+        <v>159.33000000000001</v>
+      </c>
+      <c r="H1111" s="4"/>
+      <c r="J1111" s="23"/>
+    </row>
+    <row r="1112" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1112" s="30"/>
+      <c r="B1112" s="34"/>
+      <c r="C1112" s="34"/>
+      <c r="D1112" s="32"/>
+      <c r="E1112" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1112" s="40">
+        <v>177.02</v>
+      </c>
+      <c r="G1112" s="40">
+        <v>159.72</v>
+      </c>
+      <c r="H1112" s="4"/>
+      <c r="J1112" s="23"/>
+    </row>
+    <row r="1113" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1113" s="30"/>
+      <c r="B1113" s="34"/>
+      <c r="C1113" s="34"/>
+      <c r="D1113" s="32"/>
+      <c r="E1113" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1113" s="42">
+        <v>184</v>
+      </c>
+      <c r="G1113" s="41">
+        <v>169.7</v>
+      </c>
+      <c r="H1113" s="4"/>
+      <c r="J1113" s="23"/>
+    </row>
+    <row r="1114" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1114" s="30"/>
+      <c r="B1114" s="35"/>
+      <c r="C1114" s="35"/>
+      <c r="D1114" s="32"/>
+      <c r="E1114" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1114" s="40">
+        <v>183.62</v>
+      </c>
+      <c r="G1114" s="40">
+        <v>168.98</v>
+      </c>
+      <c r="H1114" s="4"/>
+      <c r="J1114" s="23"/>
+    </row>
+    <row r="1115" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1115" s="30"/>
+      <c r="B1115" s="33" t="s">
+        <v>79</v>
+      </c>
+      <c r="C1115" s="33"/>
+      <c r="D1115" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1115" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1115" s="4">
+        <v>104.12</v>
+      </c>
+      <c r="G1115" s="4">
+        <v>89.26</v>
+      </c>
+      <c r="H1115" s="4">
+        <v>85.728006146753742</v>
+      </c>
+      <c r="J1115" s="23"/>
+    </row>
+    <row r="1116" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1116" s="30"/>
+      <c r="B1116" s="34"/>
+      <c r="C1116" s="34"/>
+      <c r="D1116" s="32"/>
+      <c r="E1116" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1116" s="4">
+        <v>112.22</v>
+      </c>
+      <c r="G1116" s="4">
+        <v>101.29</v>
+      </c>
+      <c r="H1116" s="4">
+        <v>90.260203172340042</v>
+      </c>
+      <c r="J1116" s="23"/>
+    </row>
+    <row r="1117" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1117" s="30"/>
+      <c r="B1117" s="34"/>
+      <c r="C1117" s="34"/>
+      <c r="D1117" s="32"/>
+      <c r="E1117" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1117" s="4">
+        <v>112.07</v>
+      </c>
+      <c r="G1117" s="4">
+        <v>99.73</v>
+      </c>
+      <c r="H1117" s="4">
+        <v>88.989024716694928</v>
+      </c>
+      <c r="J1117" s="23"/>
+    </row>
+    <row r="1118" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1118" s="30"/>
+      <c r="B1118" s="34"/>
+      <c r="C1118" s="34"/>
+      <c r="D1118" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1118" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1118" s="4">
+        <v>141.16999999999999</v>
+      </c>
+      <c r="G1118" s="4">
+        <v>120.45</v>
+      </c>
+      <c r="H1118" s="4">
+        <v>85.322660621945175</v>
+      </c>
+      <c r="J1118" s="23"/>
+    </row>
+    <row r="1119" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1119" s="30"/>
+      <c r="B1119" s="34"/>
+      <c r="C1119" s="34"/>
+      <c r="D1119" s="32"/>
+      <c r="E1119" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1119" s="4">
+        <v>141.62</v>
+      </c>
+      <c r="G1119" s="4">
+        <v>121.93</v>
+      </c>
+      <c r="H1119" s="4">
+        <v>86.096596525914421</v>
+      </c>
+      <c r="J1119" s="23"/>
+    </row>
+    <row r="1120" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1120" s="30"/>
+      <c r="B1120" s="34"/>
+      <c r="C1120" s="34"/>
+      <c r="D1120" s="32"/>
+      <c r="E1120" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1120" s="4">
+        <v>132.55000000000001</v>
+      </c>
+      <c r="G1120" s="4">
+        <v>112.7</v>
+      </c>
+      <c r="H1120" s="4">
+        <v>85.024519049415304</v>
+      </c>
+      <c r="J1120" s="23"/>
+    </row>
+    <row r="1121" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1121" s="30"/>
+      <c r="B1121" s="34"/>
+      <c r="C1121" s="34"/>
+      <c r="D1121" s="32"/>
+      <c r="E1121" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1121" s="4">
+        <v>132.91</v>
+      </c>
+      <c r="G1121" s="4">
+        <v>117.54</v>
+      </c>
+      <c r="H1121" s="4">
+        <v>88.435783612971193</v>
+      </c>
+      <c r="J1121" s="23"/>
+    </row>
+    <row r="1122" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1122" s="30"/>
+      <c r="B1122" s="34"/>
+      <c r="C1122" s="34"/>
+      <c r="D1122" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1122" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1122" s="40">
+        <v>133.29</v>
+      </c>
+      <c r="G1122" s="40">
+        <v>192.04</v>
+      </c>
+      <c r="H1122" s="4"/>
+      <c r="J1122" s="23"/>
+    </row>
+    <row r="1123" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1123" s="30"/>
+      <c r="B1123" s="34"/>
+      <c r="C1123" s="34"/>
+      <c r="D1123" s="32"/>
+      <c r="E1123" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1123" s="40">
+        <v>133.68</v>
+      </c>
+      <c r="G1123" s="40">
+        <v>194.03</v>
+      </c>
+      <c r="H1123" s="4"/>
+      <c r="J1123" s="23"/>
+    </row>
+    <row r="1124" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1124" s="30"/>
+      <c r="B1124" s="34"/>
+      <c r="C1124" s="34"/>
+      <c r="D1124" s="32"/>
+      <c r="E1124" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1124" s="40">
+        <v>138.24</v>
+      </c>
+      <c r="G1124" s="40">
+        <v>214.95</v>
+      </c>
+      <c r="H1124" s="4"/>
+      <c r="J1124" s="23"/>
+    </row>
+    <row r="1125" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1125" s="30"/>
+      <c r="B1125" s="34"/>
+      <c r="C1125" s="34"/>
+      <c r="D1125" s="32"/>
+      <c r="E1125" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1125" s="40">
+        <v>138.59</v>
+      </c>
+      <c r="G1125" s="40">
+        <v>213.04</v>
+      </c>
+      <c r="H1125" s="4"/>
+      <c r="J1125" s="23"/>
+    </row>
+    <row r="1126" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1126" s="30"/>
+      <c r="B1126" s="34"/>
+      <c r="C1126" s="34"/>
+      <c r="D1126" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1126" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1126" s="40">
+        <v>138.94999999999999</v>
+      </c>
+      <c r="G1126" s="40">
+        <v>125.14</v>
+      </c>
+      <c r="H1126" s="4"/>
+      <c r="J1126" s="23"/>
+    </row>
+    <row r="1127" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1127" s="30"/>
+      <c r="B1127" s="34"/>
+      <c r="C1127" s="34"/>
+      <c r="D1127" s="32"/>
+      <c r="E1127" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1127" s="40">
+        <v>139.32</v>
+      </c>
+      <c r="G1127" s="40">
+        <v>121.07</v>
+      </c>
+      <c r="H1127" s="4"/>
+      <c r="J1127" s="23"/>
+    </row>
+    <row r="1128" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1128" s="30"/>
+      <c r="B1128" s="34"/>
+      <c r="C1128" s="34"/>
+      <c r="D1128" s="32"/>
+      <c r="E1128" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1128" s="42">
+        <v>137</v>
+      </c>
+      <c r="G1128" s="41">
+        <v>123.9</v>
+      </c>
+      <c r="H1128" s="4"/>
+      <c r="J1128" s="23"/>
+    </row>
+    <row r="1129" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1129" s="31"/>
+      <c r="B1129" s="35"/>
+      <c r="C1129" s="35"/>
+      <c r="D1129" s="32"/>
+      <c r="E1129" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1129" s="40">
+        <v>137.35</v>
+      </c>
+      <c r="G1129" s="40">
+        <v>124.57</v>
+      </c>
+      <c r="H1129" s="4"/>
+      <c r="J1129" s="23"/>
+    </row>
+    <row r="1130" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1130" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1130" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="C1130" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1130" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1130" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1130" s="4">
+        <v>2858.7</v>
+      </c>
+      <c r="G1130" s="4">
+        <v>2531</v>
+      </c>
+      <c r="H1130" s="4">
+        <v>88.536747472627425</v>
+      </c>
+      <c r="J1130" s="23"/>
+    </row>
+    <row r="1131" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1131" s="32"/>
+      <c r="B1131" s="25"/>
+      <c r="C1131" s="34"/>
+      <c r="D1131" s="32"/>
+      <c r="E1131" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1131" s="4">
+        <v>2891.86</v>
+      </c>
+      <c r="G1131" s="4">
+        <v>2619.71</v>
+      </c>
+      <c r="H1131" s="4">
+        <v>90.589101823739739</v>
+      </c>
+      <c r="J1131" s="23"/>
+    </row>
+    <row r="1132" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1132" s="32"/>
+      <c r="B1132" s="25"/>
+      <c r="C1132" s="34"/>
+      <c r="D1132" s="32"/>
+      <c r="E1132" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1132" s="4">
+        <v>2894.65</v>
+      </c>
+      <c r="G1132" s="4">
+        <v>2614.4899999999998</v>
+      </c>
+      <c r="H1132" s="4">
+        <v>90.321455098198385</v>
+      </c>
+      <c r="J1132" s="23"/>
+    </row>
+    <row r="1133" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1133" s="32"/>
+      <c r="B1133" s="25"/>
+      <c r="C1133" s="34"/>
+      <c r="D1133" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1133" s="4">
+        <v>3087.34</v>
+      </c>
+      <c r="G1133" s="4">
+        <v>2805.99</v>
+      </c>
+      <c r="H1133" s="4">
+        <v>90.886977138896256</v>
+      </c>
+      <c r="J1133" s="23"/>
+    </row>
+    <row r="1134" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1134" s="32"/>
+      <c r="B1134" s="25"/>
+      <c r="C1134" s="34"/>
+      <c r="D1134" s="32"/>
+      <c r="E1134" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1134" s="4">
+        <v>3091.31</v>
+      </c>
+      <c r="G1134" s="4">
+        <v>2758.12</v>
+      </c>
+      <c r="H1134" s="4">
+        <v>89.22172153553025</v>
+      </c>
+      <c r="J1134" s="23"/>
+    </row>
+    <row r="1135" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1135" s="32"/>
+      <c r="B1135" s="25"/>
+      <c r="C1135" s="34"/>
+      <c r="D1135" s="32"/>
+      <c r="E1135" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1135" s="4">
+        <v>2966.31</v>
+      </c>
+      <c r="G1135" s="4">
+        <v>2702.59</v>
+      </c>
+      <c r="H1135" s="4">
+        <v>91.109492939038745</v>
+      </c>
+      <c r="J1135" s="23"/>
+    </row>
+    <row r="1136" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1136" s="32"/>
+      <c r="B1136" s="25"/>
+      <c r="C1136" s="34"/>
+      <c r="D1136" s="32"/>
+      <c r="E1136" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1136" s="4">
+        <v>2969.85</v>
+      </c>
+      <c r="G1136" s="4">
+        <v>2721.69</v>
+      </c>
+      <c r="H1136" s="4">
+        <v>91.644022425375027</v>
+      </c>
+      <c r="J1136" s="23"/>
+    </row>
+    <row r="1137" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1137" s="32"/>
+      <c r="B1137" s="25"/>
+      <c r="C1137" s="34"/>
+      <c r="D1137" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1137" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1137" s="4">
+        <v>2973.48</v>
+      </c>
+      <c r="G1137" s="40">
+        <v>138.87</v>
+      </c>
+      <c r="H1137" s="41">
+        <v>90.7</v>
+      </c>
+      <c r="J1137" s="23"/>
+    </row>
+    <row r="1138" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1138" s="32"/>
+      <c r="B1138" s="25"/>
+      <c r="C1138" s="34"/>
+      <c r="D1138" s="32"/>
+      <c r="E1138" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1138" s="4">
+        <v>2977.18</v>
+      </c>
+      <c r="G1138" s="40">
+        <v>140.13999999999999</v>
+      </c>
+      <c r="H1138" s="42">
+        <v>91</v>
+      </c>
+      <c r="J1138" s="23"/>
+    </row>
+    <row r="1139" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1139" s="32"/>
+      <c r="B1139" s="25"/>
+      <c r="C1139" s="34"/>
+      <c r="D1139" s="32"/>
+      <c r="E1139" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1139" s="4">
+        <v>3089.84</v>
+      </c>
+      <c r="G1139" s="40">
+        <v>149.13</v>
+      </c>
+      <c r="H1139" s="41">
+        <v>91.9</v>
+      </c>
+      <c r="J1139" s="23"/>
+    </row>
+    <row r="1140" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1140" s="32"/>
+      <c r="B1140" s="25"/>
+      <c r="C1140" s="34"/>
+      <c r="D1140" s="32"/>
+      <c r="E1140" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1140" s="4">
+        <v>3093.32</v>
+      </c>
+      <c r="G1140" s="40">
+        <v>150.35</v>
+      </c>
+      <c r="H1140" s="41">
+        <v>92.1</v>
+      </c>
+      <c r="J1140" s="23"/>
+    </row>
+    <row r="1141" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1141" s="32"/>
+      <c r="B1141" s="25"/>
+      <c r="C1141" s="34"/>
+      <c r="D1141" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1141" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1141" s="4">
+        <v>3096.89</v>
+      </c>
+      <c r="G1141" s="40">
+        <v>2855.55</v>
+      </c>
+      <c r="H1141" s="41">
+        <v>92.2</v>
+      </c>
+      <c r="J1141" s="23"/>
+    </row>
+    <row r="1142" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1142" s="32"/>
+      <c r="B1142" s="25"/>
+      <c r="C1142" s="34"/>
+      <c r="D1142" s="32"/>
+      <c r="E1142" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1142" s="4">
+        <v>3100.53</v>
+      </c>
+      <c r="G1142" s="40">
+        <v>2829.39</v>
+      </c>
+      <c r="H1142" s="41">
+        <v>91.3</v>
+      </c>
+      <c r="J1142" s="23"/>
+    </row>
+    <row r="1143" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1143" s="32"/>
+      <c r="B1143" s="25"/>
+      <c r="C1143" s="34"/>
+      <c r="D1143" s="32"/>
+      <c r="E1143" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1143" s="4">
+        <v>3170.4</v>
+      </c>
+      <c r="G1143" s="41">
+        <v>2925.8</v>
+      </c>
+      <c r="H1143" s="41">
+        <v>92.3</v>
+      </c>
+      <c r="J1143" s="23"/>
+    </row>
+    <row r="1144" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1144" s="32"/>
+      <c r="B1144" s="25"/>
+      <c r="C1144" s="35"/>
+      <c r="D1144" s="32"/>
+      <c r="E1144" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1144" s="4">
+        <v>3173.75</v>
+      </c>
+      <c r="G1144" s="40">
+        <v>2938.85</v>
+      </c>
+      <c r="H1144" s="41">
+        <v>92.6</v>
+      </c>
+      <c r="J1144" s="23"/>
+    </row>
+    <row r="1145" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1145" s="32"/>
+      <c r="B1145" s="25"/>
+      <c r="C1145" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1145" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1145" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1145" s="4">
+        <v>1012.24</v>
+      </c>
+      <c r="G1145" s="4">
+        <v>925.38</v>
+      </c>
+      <c r="H1145" s="4">
+        <v>91.419031059827702</v>
+      </c>
+      <c r="J1145" s="23"/>
+    </row>
+    <row r="1146" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1146" s="32"/>
+      <c r="B1146" s="25"/>
+      <c r="C1146" s="34"/>
+      <c r="D1146" s="32"/>
+      <c r="E1146" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1146" s="4">
+        <v>1038.8800000000001</v>
+      </c>
+      <c r="G1146" s="4">
+        <v>956.35</v>
+      </c>
+      <c r="H1146" s="4">
+        <v>92.055867857692888</v>
+      </c>
+      <c r="J1146" s="23"/>
+    </row>
+    <row r="1147" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1147" s="32"/>
+      <c r="B1147" s="25"/>
+      <c r="C1147" s="34"/>
+      <c r="D1147" s="32"/>
+      <c r="E1147" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1147" s="4">
+        <v>1039.8399999999999</v>
+      </c>
+      <c r="G1147" s="4">
+        <v>962.56</v>
+      </c>
+      <c r="H1147" s="4">
+        <v>92.568087398061252</v>
+      </c>
+      <c r="J1147" s="23"/>
+    </row>
+    <row r="1148" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1148" s="32"/>
+      <c r="B1148" s="25"/>
+      <c r="C1148" s="34"/>
+      <c r="D1148" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1148" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1148" s="4">
+        <v>1124.75</v>
+      </c>
+      <c r="G1148" s="4">
+        <v>1046.8399999999999</v>
+      </c>
+      <c r="H1148" s="4">
+        <v>93.073127361635912</v>
+      </c>
+      <c r="J1148" s="23"/>
+    </row>
+    <row r="1149" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1149" s="32"/>
+      <c r="B1149" s="25"/>
+      <c r="C1149" s="34"/>
+      <c r="D1149" s="32"/>
+      <c r="E1149" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1149" s="4">
+        <v>1126.47</v>
+      </c>
+      <c r="G1149" s="4">
+        <v>1034.55</v>
+      </c>
+      <c r="H1149" s="4">
+        <v>91.839995738901166</v>
+      </c>
+      <c r="J1149" s="23"/>
+    </row>
+    <row r="1150" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1150" s="32"/>
+      <c r="B1150" s="25"/>
+      <c r="C1150" s="34"/>
+      <c r="D1150" s="32"/>
+      <c r="E1150" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1150" s="4">
+        <v>1088.0999999999999</v>
+      </c>
+      <c r="G1150" s="4">
+        <v>1017.88</v>
+      </c>
+      <c r="H1150" s="4">
+        <v>93.54654903042001</v>
+      </c>
+      <c r="J1150" s="23"/>
+    </row>
+    <row r="1151" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1151" s="32"/>
+      <c r="B1151" s="25"/>
+      <c r="C1151" s="34"/>
+      <c r="D1151" s="32"/>
+      <c r="E1151" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1151" s="4">
+        <v>1089.6500000000001</v>
+      </c>
+      <c r="G1151" s="4">
+        <v>1031.23</v>
+      </c>
+      <c r="H1151" s="4">
+        <v>94.638645436608073</v>
+      </c>
+      <c r="J1151" s="23"/>
+    </row>
+    <row r="1152" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1152" s="32"/>
+      <c r="B1152" s="25"/>
+      <c r="C1152" s="34"/>
+      <c r="D1152" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1152" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1152" s="4">
+        <v>1091.23</v>
+      </c>
+      <c r="G1152" s="40">
+        <v>126.39</v>
+      </c>
+      <c r="H1152" s="4"/>
+      <c r="J1152" s="23"/>
+    </row>
+    <row r="1153" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1153" s="32"/>
+      <c r="B1153" s="25"/>
+      <c r="C1153" s="34"/>
+      <c r="D1153" s="32"/>
+      <c r="E1153" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1153" s="4">
+        <v>1092.8399999999999</v>
+      </c>
+      <c r="G1153" s="40">
+        <v>125.86</v>
+      </c>
+      <c r="H1153" s="4"/>
+      <c r="J1153" s="23"/>
+    </row>
+    <row r="1154" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1154" s="32"/>
+      <c r="B1154" s="25"/>
+      <c r="C1154" s="34"/>
+      <c r="D1154" s="32"/>
+      <c r="E1154" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1154" s="4">
+        <v>1141.24</v>
+      </c>
+      <c r="G1154" s="40">
+        <v>136.29</v>
+      </c>
+      <c r="H1154" s="4"/>
+      <c r="J1154" s="23"/>
+    </row>
+    <row r="1155" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1155" s="32"/>
+      <c r="B1155" s="25"/>
+      <c r="C1155" s="34"/>
+      <c r="D1155" s="32"/>
+      <c r="E1155" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1155" s="4">
+        <v>1142.79</v>
+      </c>
+      <c r="G1155" s="40">
+        <v>136.91</v>
+      </c>
+      <c r="H1155" s="4"/>
+      <c r="J1155" s="23"/>
+    </row>
+    <row r="1156" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1156" s="32"/>
+      <c r="B1156" s="25"/>
+      <c r="C1156" s="34"/>
+      <c r="D1156" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1156" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1156" s="4">
+        <v>1144.3699999999999</v>
+      </c>
+      <c r="G1156" s="40">
+        <v>1085.42</v>
+      </c>
+      <c r="H1156" s="4"/>
+      <c r="J1156" s="23"/>
+    </row>
+    <row r="1157" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1157" s="32"/>
+      <c r="B1157" s="25"/>
+      <c r="C1157" s="34"/>
+      <c r="D1157" s="32"/>
+      <c r="E1157" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1157" s="4">
+        <v>1145.98</v>
+      </c>
+      <c r="G1157" s="40">
+        <v>1077.0899999999999</v>
+      </c>
+      <c r="H1157" s="4"/>
+      <c r="J1157" s="23"/>
+    </row>
+    <row r="1158" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1158" s="32"/>
+      <c r="B1158" s="25"/>
+      <c r="C1158" s="34"/>
+      <c r="D1158" s="32"/>
+      <c r="E1158" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1158" s="4">
+        <v>1161.5</v>
+      </c>
+      <c r="G1158" s="42">
+        <v>1105</v>
+      </c>
+      <c r="H1158" s="4"/>
+      <c r="J1158" s="23"/>
+    </row>
+    <row r="1159" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1159" s="32"/>
+      <c r="B1159" s="25"/>
+      <c r="C1159" s="35"/>
+      <c r="D1159" s="32"/>
+      <c r="E1159" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1159" s="4">
+        <v>1162.95</v>
+      </c>
+      <c r="G1159" s="40">
+        <v>1106.73</v>
+      </c>
+      <c r="H1159" s="4"/>
+      <c r="J1159" s="23"/>
+    </row>
+    <row r="1160" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1160" s="32"/>
+      <c r="B1160" s="25"/>
+      <c r="C1160" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1160" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1160" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1160" s="4">
+        <v>1846.45</v>
+      </c>
+      <c r="G1160" s="4">
+        <v>1605.62</v>
+      </c>
+      <c r="H1160" s="4">
+        <v>86.957133959760625</v>
+      </c>
+      <c r="J1160" s="23"/>
+    </row>
+    <row r="1161" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1161" s="32"/>
+      <c r="B1161" s="25"/>
+      <c r="C1161" s="34"/>
+      <c r="D1161" s="32"/>
+      <c r="E1161" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1161" s="4">
+        <v>1852.98</v>
+      </c>
+      <c r="G1161" s="4">
+        <v>1663.36</v>
+      </c>
+      <c r="H1161" s="4">
+        <v>89.766754093406291</v>
+      </c>
+      <c r="J1161" s="23"/>
+    </row>
+    <row r="1162" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1162" s="32"/>
+      <c r="B1162" s="25"/>
+      <c r="C1162" s="34"/>
+      <c r="D1162" s="32"/>
+      <c r="E1162" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1162" s="4">
+        <v>1854.81</v>
+      </c>
+      <c r="G1162" s="4">
+        <v>1651.93</v>
+      </c>
+      <c r="H1162" s="4">
+        <v>89.061952437176856</v>
+      </c>
+      <c r="J1162" s="23"/>
+    </row>
+    <row r="1163" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1163" s="32"/>
+      <c r="B1163" s="25"/>
+      <c r="C1163" s="34"/>
+      <c r="D1163" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1163" s="4">
+        <v>1962.59</v>
+      </c>
+      <c r="G1163" s="4">
+        <v>1759.15</v>
+      </c>
+      <c r="H1163" s="4">
+        <v>89.634105951828971</v>
+      </c>
+      <c r="J1163" s="23"/>
+    </row>
+    <row r="1164" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1164" s="32"/>
+      <c r="B1164" s="34"/>
+      <c r="C1164" s="34"/>
+      <c r="D1164" s="32"/>
+      <c r="E1164" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1164" s="4">
+        <v>1964.85</v>
+      </c>
+      <c r="G1164" s="4">
+        <v>1723.57</v>
+      </c>
+      <c r="H1164" s="4">
+        <v>87.720182202203731</v>
+      </c>
+      <c r="J1164" s="23"/>
+    </row>
+    <row r="1165" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1165" s="32"/>
+      <c r="B1165" s="34"/>
+      <c r="C1165" s="34"/>
+      <c r="D1165" s="32"/>
+      <c r="E1165" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1165" s="4">
+        <v>1878.21</v>
+      </c>
+      <c r="G1165" s="4">
+        <v>1684.7</v>
+      </c>
+      <c r="H1165" s="4">
+        <v>89.697105222525707</v>
+      </c>
+      <c r="J1165" s="23"/>
+    </row>
+    <row r="1166" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1166" s="32"/>
+      <c r="B1166" s="34"/>
+      <c r="C1166" s="34"/>
+      <c r="D1166" s="32"/>
+      <c r="E1166" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1166" s="4">
+        <v>1880.21</v>
+      </c>
+      <c r="G1166" s="4">
+        <v>1690.46</v>
+      </c>
+      <c r="H1166" s="4">
+        <v>89.90804218677701</v>
+      </c>
+      <c r="J1166" s="23"/>
+    </row>
+    <row r="1167" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1167" s="32"/>
+      <c r="B1167" s="34"/>
+      <c r="C1167" s="34"/>
+      <c r="D1167" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1167" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1167" s="4">
+        <v>1882.25</v>
+      </c>
+      <c r="G1167" s="40">
+        <v>161.52000000000001</v>
+      </c>
+      <c r="H1167" s="4"/>
+      <c r="J1167" s="23"/>
+    </row>
+    <row r="1168" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1168" s="32"/>
+      <c r="B1168" s="34"/>
+      <c r="C1168" s="34"/>
+      <c r="D1168" s="32"/>
+      <c r="E1168" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1168" s="4">
+        <v>1884.34</v>
+      </c>
+      <c r="G1168" s="40">
+        <v>156.24</v>
+      </c>
+      <c r="H1168" s="4"/>
+      <c r="J1168" s="23"/>
+    </row>
+    <row r="1169" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1169" s="32"/>
+      <c r="B1169" s="34"/>
+      <c r="C1169" s="34"/>
+      <c r="D1169" s="32"/>
+      <c r="E1169" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1169" s="4">
+        <v>1948.6</v>
+      </c>
+      <c r="G1169" s="40">
+        <v>169.22</v>
+      </c>
+      <c r="H1169" s="4"/>
+      <c r="J1169" s="23"/>
+    </row>
+    <row r="1170" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1170" s="32"/>
+      <c r="B1170" s="34"/>
+      <c r="C1170" s="34"/>
+      <c r="D1170" s="32"/>
+      <c r="E1170" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1170" s="4">
+        <v>1950.53</v>
+      </c>
+      <c r="G1170" s="40">
+        <v>172.71</v>
+      </c>
+      <c r="H1170" s="4"/>
+      <c r="J1170" s="23"/>
+    </row>
+    <row r="1171" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1171" s="32"/>
+      <c r="B1171" s="34"/>
+      <c r="C1171" s="34"/>
+      <c r="D1171" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1171" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1171" s="4">
+        <v>1952.52</v>
+      </c>
+      <c r="G1171" s="40">
+        <v>1770.14</v>
+      </c>
+      <c r="H1171" s="4"/>
+      <c r="J1171" s="23"/>
+    </row>
+    <row r="1172" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1172" s="32"/>
+      <c r="B1172" s="34"/>
+      <c r="C1172" s="34"/>
+      <c r="D1172" s="32"/>
+      <c r="E1172" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1172" s="4">
+        <v>1954.55</v>
+      </c>
+      <c r="G1172" s="41">
+        <v>1752.3</v>
+      </c>
+      <c r="H1172" s="4"/>
+      <c r="J1172" s="23"/>
+    </row>
+    <row r="1173" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1173" s="32"/>
+      <c r="B1173" s="25"/>
+      <c r="C1173" s="34"/>
+      <c r="D1173" s="32"/>
+      <c r="E1173" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1173" s="4">
+        <v>2008.9</v>
+      </c>
+      <c r="G1173" s="41">
+        <v>1820.8</v>
+      </c>
+      <c r="H1173" s="4"/>
+      <c r="J1173" s="23"/>
+    </row>
+    <row r="1174" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1174" s="32"/>
+      <c r="B1174" s="7"/>
+      <c r="C1174" s="35"/>
+      <c r="D1174" s="32"/>
+      <c r="E1174" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1174" s="4">
+        <v>2010.8</v>
+      </c>
+      <c r="G1174" s="40">
+        <v>1832.11</v>
+      </c>
+      <c r="H1174" s="4"/>
+      <c r="J1174" s="23"/>
+    </row>
+    <row r="1175" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1175" s="32"/>
+      <c r="B1175" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="C1175" s="33"/>
+      <c r="D1175" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1175" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1175" s="4">
+        <v>496.89</v>
+      </c>
+      <c r="G1175" s="4">
+        <v>424.04</v>
+      </c>
+      <c r="H1175" s="4">
+        <v>85.338807381915515</v>
+      </c>
+      <c r="J1175" s="23"/>
+    </row>
+    <row r="1176" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1176" s="32"/>
+      <c r="B1176" s="34"/>
+      <c r="C1176" s="34"/>
+      <c r="D1176" s="32"/>
+      <c r="E1176" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1176" s="4">
+        <v>499.28</v>
+      </c>
+      <c r="G1176" s="4">
+        <v>445.84</v>
+      </c>
+      <c r="H1176" s="4">
+        <v>89.29658708540299</v>
+      </c>
+      <c r="J1176" s="23"/>
+    </row>
+    <row r="1177" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1177" s="32"/>
+      <c r="B1177" s="34"/>
+      <c r="C1177" s="34"/>
+      <c r="D1177" s="32"/>
+      <c r="E1177" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1177" s="4">
+        <v>499.98</v>
+      </c>
+      <c r="G1177" s="4">
+        <v>433.6</v>
+      </c>
+      <c r="H1177" s="4">
+        <v>86.723468938757549</v>
+      </c>
+      <c r="J1177" s="23"/>
+    </row>
+    <row r="1178" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1178" s="32"/>
+      <c r="B1178" s="34"/>
+      <c r="C1178" s="34"/>
+      <c r="D1178" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1178" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1178" s="4">
+        <v>484.86</v>
+      </c>
+      <c r="G1178" s="4">
+        <v>417.44</v>
+      </c>
+      <c r="H1178" s="4">
+        <v>86.094955244812937</v>
+      </c>
+      <c r="J1178" s="23"/>
+    </row>
+    <row r="1179" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1179" s="32"/>
+      <c r="B1179" s="34"/>
+      <c r="C1179" s="34"/>
+      <c r="D1179" s="32"/>
+      <c r="E1179" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1179" s="4">
+        <v>485.2</v>
+      </c>
+      <c r="G1179" s="4">
+        <v>407.52</v>
+      </c>
+      <c r="H1179" s="4">
+        <v>83.990107172300085</v>
+      </c>
+      <c r="J1179" s="23"/>
+    </row>
+    <row r="1180" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1180" s="32"/>
+      <c r="B1180" s="34"/>
+      <c r="C1180" s="34"/>
+      <c r="D1180" s="32"/>
+      <c r="E1180" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1180" s="4">
+        <v>474.59</v>
+      </c>
+      <c r="G1180" s="4">
+        <v>415</v>
+      </c>
+      <c r="H1180" s="4">
+        <v>87.443898944351972</v>
+      </c>
+      <c r="J1180" s="23"/>
+    </row>
+    <row r="1181" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1181" s="32"/>
+      <c r="B1181" s="34"/>
+      <c r="C1181" s="34"/>
+      <c r="D1181" s="32"/>
+      <c r="E1181" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1181" s="4">
+        <v>474.91</v>
+      </c>
+      <c r="G1181" s="4">
+        <v>423.04</v>
+      </c>
+      <c r="H1181" s="4">
+        <v>89.077930555263094</v>
+      </c>
+      <c r="J1181" s="23"/>
+    </row>
+    <row r="1182" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1182" s="32"/>
+      <c r="B1182" s="34"/>
+      <c r="C1182" s="34"/>
+      <c r="D1182" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1182" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1182" s="40">
+        <v>475.24</v>
+      </c>
+      <c r="G1182" s="40">
+        <v>2697.63</v>
+      </c>
+      <c r="H1182" s="4"/>
+      <c r="J1182" s="23"/>
+    </row>
+    <row r="1183" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1183" s="32"/>
+      <c r="B1183" s="34"/>
+      <c r="C1183" s="34"/>
+      <c r="D1183" s="32"/>
+      <c r="E1183" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1183" s="40">
+        <v>475.58</v>
+      </c>
+      <c r="G1183" s="40">
+        <v>2709.43</v>
+      </c>
+      <c r="H1183" s="4"/>
+      <c r="J1183" s="23"/>
+    </row>
+    <row r="1184" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1184" s="32"/>
+      <c r="B1184" s="34"/>
+      <c r="C1184" s="34"/>
+      <c r="D1184" s="32"/>
+      <c r="E1184" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1184" s="42">
+        <v>485</v>
+      </c>
+      <c r="G1184" s="40">
+        <v>2839.93</v>
+      </c>
+      <c r="H1184" s="4"/>
+      <c r="J1184" s="23"/>
+    </row>
+    <row r="1185" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1185" s="32"/>
+      <c r="B1185" s="34"/>
+      <c r="C1185" s="34"/>
+      <c r="D1185" s="32"/>
+      <c r="E1185" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1185" s="40">
+        <v>485.32</v>
+      </c>
+      <c r="G1185" s="41">
+        <v>2849.1</v>
+      </c>
+      <c r="H1185" s="4"/>
+      <c r="J1185" s="23"/>
+    </row>
+    <row r="1186" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1186" s="32"/>
+      <c r="B1186" s="34"/>
+      <c r="C1186" s="34"/>
+      <c r="D1186" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1186" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1186" s="40">
+        <v>485.65</v>
+      </c>
+      <c r="G1186" s="40">
+        <v>438.95</v>
+      </c>
+      <c r="H1186" s="4"/>
+      <c r="J1186" s="23"/>
+    </row>
+    <row r="1187" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1187" s="32"/>
+      <c r="B1187" s="34"/>
+      <c r="C1187" s="34"/>
+      <c r="D1187" s="32"/>
+      <c r="E1187" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1187" s="40">
+        <v>485.99</v>
+      </c>
+      <c r="G1187" s="40">
+        <v>432.86</v>
+      </c>
+      <c r="H1187" s="4"/>
+      <c r="J1187" s="23"/>
+    </row>
+    <row r="1188" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1188" s="32"/>
+      <c r="B1188" s="34"/>
+      <c r="C1188" s="34"/>
+      <c r="D1188" s="32"/>
+      <c r="E1188" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1188" s="41">
+        <v>505.8</v>
+      </c>
+      <c r="G1188" s="41">
+        <v>445.3</v>
+      </c>
+      <c r="H1188" s="4"/>
+      <c r="J1188" s="23"/>
+    </row>
+    <row r="1189" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1189" s="32"/>
+      <c r="B1189" s="35"/>
+      <c r="C1189" s="35"/>
+      <c r="D1189" s="32"/>
+      <c r="E1189" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1189" s="41">
+        <v>506.1</v>
+      </c>
+      <c r="G1189" s="40">
+        <v>456.06</v>
+      </c>
+      <c r="H1189" s="4"/>
+      <c r="J1189" s="23"/>
+    </row>
+    <row r="1190" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1190" s="32"/>
+      <c r="B1190" s="33" t="s">
+        <v>82</v>
+      </c>
+      <c r="C1190" s="24"/>
+      <c r="D1190" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1190" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1190" s="4">
+        <v>117.15</v>
+      </c>
+      <c r="G1190" s="4">
+        <v>101.85</v>
+      </c>
+      <c r="H1190" s="4">
+        <v>86.939820742637636</v>
+      </c>
+      <c r="J1190" s="23"/>
+    </row>
+    <row r="1191" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1191" s="32"/>
+      <c r="B1191" s="34"/>
+      <c r="C1191" s="25"/>
+      <c r="D1191" s="32"/>
+      <c r="E1191" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1191" s="4">
+        <v>118.18</v>
+      </c>
+      <c r="G1191" s="4">
+        <v>107.6</v>
+      </c>
+      <c r="H1191" s="4">
+        <v>91.047554577762725</v>
+      </c>
+      <c r="J1191" s="23"/>
+    </row>
+    <row r="1192" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1192" s="32"/>
+      <c r="B1192" s="34"/>
+      <c r="C1192" s="25"/>
+      <c r="D1192" s="32"/>
+      <c r="E1192" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1192" s="4">
+        <v>118.25</v>
+      </c>
+      <c r="G1192" s="4">
+        <v>108.35</v>
+      </c>
+      <c r="H1192" s="4">
+        <v>91.627906976744185</v>
+      </c>
+      <c r="J1192" s="23"/>
+    </row>
+    <row r="1193" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1193" s="32"/>
+      <c r="B1193" s="34"/>
+      <c r="C1193" s="25"/>
+      <c r="D1193" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1193" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1193" s="4">
+        <v>133.15</v>
+      </c>
+      <c r="G1193" s="4">
+        <v>124.47</v>
+      </c>
+      <c r="H1193" s="4">
+        <v>93.481036425084483</v>
+      </c>
+      <c r="J1193" s="23"/>
+    </row>
+    <row r="1194" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1194" s="32"/>
+      <c r="B1194" s="34"/>
+      <c r="C1194" s="25"/>
+      <c r="D1194" s="32"/>
+      <c r="E1194" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1194" s="4">
+        <v>133.38999999999999</v>
+      </c>
+      <c r="G1194" s="4">
+        <v>125.27</v>
+      </c>
+      <c r="H1194" s="4">
+        <v>93.912587150461064</v>
+      </c>
+      <c r="J1194" s="23"/>
+    </row>
+    <row r="1195" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1195" s="32"/>
+      <c r="B1195" s="34"/>
+      <c r="C1195" s="25"/>
+      <c r="D1195" s="32"/>
+      <c r="E1195" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1195" s="4">
+        <v>132.55000000000001</v>
+      </c>
+      <c r="G1195" s="4">
+        <v>124.2</v>
+      </c>
+      <c r="H1195" s="4">
+        <v>93.700490380988299</v>
+      </c>
+      <c r="J1195" s="23"/>
+    </row>
+    <row r="1196" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1196" s="32"/>
+      <c r="B1196" s="34"/>
+      <c r="C1196" s="25"/>
+      <c r="D1196" s="32"/>
+      <c r="E1196" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1196" s="4">
+        <v>132.77000000000001</v>
+      </c>
+      <c r="G1196" s="4">
+        <v>122.78</v>
+      </c>
+      <c r="H1196" s="4">
+        <v>92.475709874218566</v>
+      </c>
+      <c r="J1196" s="23"/>
+    </row>
+    <row r="1197" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1197" s="32"/>
+      <c r="B1197" s="34"/>
+      <c r="C1197" s="25"/>
+      <c r="D1197" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1197" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1197" s="42">
+        <v>133</v>
+      </c>
+      <c r="G1197" s="40">
+        <v>1011.86</v>
+      </c>
+      <c r="H1197" s="4"/>
+      <c r="J1197" s="23"/>
+    </row>
+    <row r="1198" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1198" s="32"/>
+      <c r="B1198" s="34"/>
+      <c r="C1198" s="25"/>
+      <c r="D1198" s="32"/>
+      <c r="E1198" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1198" s="40">
+        <v>133.22999999999999</v>
+      </c>
+      <c r="G1198" s="42">
+        <v>1024</v>
+      </c>
+      <c r="H1198" s="4"/>
+      <c r="J1198" s="23"/>
+    </row>
+    <row r="1199" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1199" s="32"/>
+      <c r="B1199" s="34"/>
+      <c r="C1199" s="25"/>
+      <c r="D1199" s="32"/>
+      <c r="E1199" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1199" s="40">
+        <v>137.88999999999999</v>
+      </c>
+      <c r="G1199" s="40">
+        <v>1078.8499999999999</v>
+      </c>
+      <c r="H1199" s="4"/>
+      <c r="J1199" s="23"/>
+    </row>
+    <row r="1200" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1200" s="32"/>
+      <c r="B1200" s="34"/>
+      <c r="C1200" s="25"/>
+      <c r="D1200" s="32"/>
+      <c r="E1200" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1200" s="40">
+        <v>138.12</v>
+      </c>
+      <c r="G1200" s="40">
+        <v>1085.3800000000001</v>
+      </c>
+      <c r="H1200" s="4"/>
+      <c r="J1200" s="23"/>
+    </row>
+    <row r="1201" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1201" s="32"/>
+      <c r="B1201" s="34"/>
+      <c r="C1201" s="25"/>
+      <c r="D1201" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1201" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1201" s="40">
+        <v>138.34</v>
+      </c>
+      <c r="G1201" s="40">
+        <v>128.94999999999999</v>
+      </c>
+      <c r="H1201" s="4"/>
+      <c r="J1201" s="23"/>
+    </row>
+    <row r="1202" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1202" s="32"/>
+      <c r="B1202" s="34"/>
+      <c r="C1202" s="25"/>
+      <c r="D1202" s="32"/>
+      <c r="E1202" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1202" s="40">
+        <v>138.57</v>
+      </c>
+      <c r="G1202" s="40">
+        <v>130.13</v>
+      </c>
+      <c r="H1202" s="4"/>
+      <c r="J1202" s="23"/>
+    </row>
+    <row r="1203" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1203" s="32"/>
+      <c r="B1203" s="34"/>
+      <c r="C1203" s="25"/>
+      <c r="D1203" s="32"/>
+      <c r="E1203" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1203" s="41">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="G1203" s="41">
+        <v>130.19999999999999</v>
+      </c>
+      <c r="H1203" s="4"/>
+      <c r="J1203" s="23"/>
+    </row>
+    <row r="1204" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1204" s="32"/>
+      <c r="B1204" s="35"/>
+      <c r="C1204" s="7"/>
+      <c r="D1204" s="32"/>
+      <c r="E1204" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1204" s="40">
+        <v>139.88</v>
+      </c>
+      <c r="G1204" s="40">
+        <v>133.19</v>
+      </c>
+      <c r="H1204" s="4"/>
+      <c r="J1204" s="23"/>
+    </row>
+    <row r="1205" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1205" s="32"/>
+      <c r="B1205" s="33" t="s">
+        <v>83</v>
+      </c>
+      <c r="C1205" s="33"/>
+      <c r="D1205" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1205" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1205" s="4">
+        <v>89.23</v>
+      </c>
+      <c r="G1205" s="4">
+        <v>76.88</v>
+      </c>
+      <c r="H1205" s="4">
+        <v>86.15936344278829</v>
+      </c>
+      <c r="J1205" s="23"/>
+    </row>
+    <row r="1206" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1206" s="32"/>
+      <c r="B1206" s="34"/>
+      <c r="C1206" s="34"/>
+      <c r="D1206" s="32"/>
+      <c r="E1206" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1206" s="4">
+        <v>89.56</v>
+      </c>
+      <c r="G1206" s="4">
+        <v>79.97</v>
+      </c>
+      <c r="H1206" s="4">
+        <v>89.292094685127282</v>
+      </c>
+      <c r="J1206" s="23"/>
+    </row>
+    <row r="1207" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1207" s="32"/>
+      <c r="B1207" s="34"/>
+      <c r="C1207" s="34"/>
+      <c r="D1207" s="32"/>
+      <c r="E1207" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1207" s="4">
+        <v>89.64</v>
+      </c>
+      <c r="G1207" s="4">
+        <v>82.77</v>
+      </c>
+      <c r="H1207" s="4">
+        <v>92.336010709504691</v>
+      </c>
+      <c r="J1207" s="23"/>
+    </row>
+    <row r="1208" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1208" s="32"/>
+      <c r="B1208" s="34"/>
+      <c r="C1208" s="34"/>
+      <c r="D1208" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1208" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1208" s="4">
+        <v>78.98</v>
+      </c>
+      <c r="G1208" s="4">
+        <v>70.819999999999993</v>
+      </c>
+      <c r="H1208" s="4">
+        <v>89.668270448214727</v>
+      </c>
+      <c r="J1208" s="23"/>
+    </row>
+    <row r="1209" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1209" s="32"/>
+      <c r="B1209" s="34"/>
+      <c r="C1209" s="34"/>
+      <c r="D1209" s="32"/>
+      <c r="E1209" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1209" s="4">
+        <v>78.95</v>
+      </c>
+      <c r="G1209" s="4">
+        <v>69.77</v>
+      </c>
+      <c r="H1209" s="4">
+        <v>88.372387587080425</v>
+      </c>
+      <c r="J1209" s="23"/>
+    </row>
+    <row r="1210" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1210" s="32"/>
+      <c r="B1210" s="34"/>
+      <c r="C1210" s="34"/>
+      <c r="D1210" s="32"/>
+      <c r="E1210" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1210" s="4">
+        <v>77.53</v>
+      </c>
+      <c r="G1210" s="4">
+        <v>70.709999999999994</v>
+      </c>
+      <c r="H1210" s="4">
+        <v>91.203405133496702</v>
+      </c>
+      <c r="J1210" s="23"/>
+    </row>
+    <row r="1211" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1211" s="32"/>
+      <c r="B1211" s="34"/>
+      <c r="C1211" s="34"/>
+      <c r="D1211" s="32"/>
+      <c r="E1211" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1211" s="4">
+        <v>77.5</v>
+      </c>
+      <c r="G1211" s="4">
+        <v>69.150000000000006</v>
+      </c>
+      <c r="H1211" s="4">
+        <v>89.225806451612911</v>
+      </c>
+      <c r="J1211" s="23"/>
+    </row>
+    <row r="1212" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1212" s="32"/>
+      <c r="B1212" s="34"/>
+      <c r="C1212" s="34"/>
+      <c r="D1212" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1212" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1212" s="40">
+        <v>77.459999999999994</v>
+      </c>
+      <c r="G1212" s="40">
+        <v>1685.76</v>
+      </c>
+      <c r="H1212" s="4"/>
+      <c r="J1212" s="23"/>
+    </row>
+    <row r="1213" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1213" s="32"/>
+      <c r="B1213" s="34"/>
+      <c r="C1213" s="34"/>
+      <c r="D1213" s="32"/>
+      <c r="E1213" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1213" s="40">
+        <v>77.430000000000007</v>
+      </c>
+      <c r="G1213" s="40">
+        <v>1685.43</v>
+      </c>
+      <c r="H1213" s="4"/>
+      <c r="J1213" s="23"/>
+    </row>
+    <row r="1214" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1214" s="32"/>
+      <c r="B1214" s="34"/>
+      <c r="C1214" s="34"/>
+      <c r="D1214" s="32"/>
+      <c r="E1214" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1214" s="41">
+        <v>83.8</v>
+      </c>
+      <c r="G1214" s="40">
+        <v>1761.08</v>
+      </c>
+      <c r="H1214" s="4"/>
+      <c r="J1214" s="23"/>
+    </row>
+    <row r="1215" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1215" s="32"/>
+      <c r="B1215" s="34"/>
+      <c r="C1215" s="34"/>
+      <c r="D1215" s="32"/>
+      <c r="E1215" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1215" s="40">
+        <v>83.75</v>
+      </c>
+      <c r="G1215" s="40">
+        <v>1763.72</v>
+      </c>
+      <c r="H1215" s="4"/>
+      <c r="J1215" s="23"/>
+    </row>
+    <row r="1216" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1216" s="32"/>
+      <c r="B1216" s="34"/>
+      <c r="C1216" s="34"/>
+      <c r="D1216" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1216" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1216" s="40">
+        <v>83.71</v>
+      </c>
+      <c r="G1216" s="40">
+        <v>75.75</v>
+      </c>
+      <c r="H1216" s="4"/>
+      <c r="J1216" s="23"/>
+    </row>
+    <row r="1217" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1217" s="32"/>
+      <c r="B1217" s="34"/>
+      <c r="C1217" s="34"/>
+      <c r="D1217" s="32"/>
+      <c r="E1217" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1217" s="40">
+        <v>83.67</v>
+      </c>
+      <c r="G1217" s="40">
+        <v>76.75</v>
+      </c>
+      <c r="H1217" s="4"/>
+      <c r="J1217" s="23"/>
+    </row>
+    <row r="1218" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1218" s="32"/>
+      <c r="B1218" s="34"/>
+      <c r="C1218" s="34"/>
+      <c r="D1218" s="32"/>
+      <c r="E1218" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1218" s="42">
+        <v>80</v>
+      </c>
+      <c r="G1218" s="41">
+        <v>73.5</v>
+      </c>
+      <c r="H1218" s="4"/>
+      <c r="J1218" s="23"/>
+    </row>
+    <row r="1219" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1219" s="32"/>
+      <c r="B1219" s="35"/>
+      <c r="C1219" s="35"/>
+      <c r="D1219" s="32"/>
+      <c r="E1219" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1219" s="40">
+        <v>79.92</v>
+      </c>
+      <c r="G1219" s="40">
+        <v>72.25</v>
+      </c>
+      <c r="H1219" s="4"/>
+      <c r="J1219" s="23"/>
+    </row>
+    <row r="1220" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1220" s="32"/>
+      <c r="B1220" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="C1220" s="33"/>
+      <c r="D1220" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1220" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1220" s="4">
+        <v>164.5</v>
+      </c>
+      <c r="G1220" s="4">
+        <v>160.55000000000001</v>
+      </c>
+      <c r="H1220" s="4">
+        <v>97.598784194528889</v>
+      </c>
+      <c r="J1220" s="23"/>
+    </row>
+    <row r="1221" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1221" s="32"/>
+      <c r="B1221" s="34"/>
+      <c r="C1221" s="34"/>
+      <c r="D1221" s="32"/>
+      <c r="E1221" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1221" s="4">
+        <v>167.18</v>
+      </c>
+      <c r="G1221" s="4">
+        <v>164.48</v>
+      </c>
+      <c r="H1221" s="4">
+        <v>98.384974279220003</v>
+      </c>
+      <c r="J1221" s="23"/>
+    </row>
+    <row r="1222" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1222" s="32"/>
+      <c r="B1222" s="34"/>
+      <c r="C1222" s="34"/>
+      <c r="D1222" s="32"/>
+      <c r="E1222" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1222" s="4">
+        <v>167.25</v>
+      </c>
+      <c r="G1222" s="4">
+        <v>163.46</v>
+      </c>
+      <c r="H1222" s="4">
+        <v>97.733931240657697</v>
+      </c>
+      <c r="J1222" s="23"/>
+    </row>
+    <row r="1223" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1223" s="32"/>
+      <c r="B1223" s="34"/>
+      <c r="C1223" s="34"/>
+      <c r="D1223" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1223" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1223" s="4">
+        <v>199.3</v>
+      </c>
+      <c r="G1223" s="4">
+        <v>196.19</v>
+      </c>
+      <c r="H1223" s="4">
+        <v>98.439538384345198</v>
+      </c>
+      <c r="J1223" s="23"/>
+    </row>
+    <row r="1224" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1224" s="32"/>
+      <c r="B1224" s="34"/>
+      <c r="C1224" s="34"/>
+      <c r="D1224" s="32"/>
+      <c r="E1224" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1224" s="4">
+        <v>199.83</v>
+      </c>
+      <c r="G1224" s="4">
+        <v>195.89</v>
+      </c>
+      <c r="H1224" s="4">
+        <v>98.028324075464141</v>
+      </c>
+      <c r="J1224" s="23"/>
+    </row>
+    <row r="1225" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1225" s="32"/>
+      <c r="B1225" s="34"/>
+      <c r="C1225" s="34"/>
+      <c r="D1225" s="32"/>
+      <c r="E1225" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1225" s="4">
+        <v>193.89</v>
+      </c>
+      <c r="G1225" s="4">
+        <v>190.57</v>
+      </c>
+      <c r="H1225" s="4">
+        <v>98.28768889576564</v>
+      </c>
+      <c r="J1225" s="23"/>
+    </row>
+    <row r="1226" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1226" s="32"/>
+      <c r="B1226" s="34"/>
+      <c r="C1226" s="34"/>
+      <c r="D1226" s="32"/>
+      <c r="E1226" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1226" s="4">
+        <v>194.35</v>
+      </c>
+      <c r="G1226" s="4">
+        <v>191.66</v>
+      </c>
+      <c r="H1226" s="4">
+        <v>98.615899151016208</v>
+      </c>
+      <c r="J1226" s="23"/>
+    </row>
+    <row r="1227" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1227" s="32"/>
+      <c r="B1227" s="34"/>
+      <c r="C1227" s="34"/>
+      <c r="D1227" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1227" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1227" s="40">
+        <v>194.81</v>
+      </c>
+      <c r="G1227" s="40">
+        <v>416.76</v>
+      </c>
+      <c r="H1227" s="4"/>
+      <c r="J1227" s="23"/>
+    </row>
+    <row r="1228" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1228" s="32"/>
+      <c r="B1228" s="34"/>
+      <c r="C1228" s="34"/>
+      <c r="D1228" s="32"/>
+      <c r="E1228" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1228" s="40">
+        <v>195.28</v>
+      </c>
+      <c r="G1228" s="40">
+        <v>411.24</v>
+      </c>
+      <c r="H1228" s="4"/>
+      <c r="J1228" s="23"/>
+    </row>
+    <row r="1229" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1229" s="32"/>
+      <c r="B1229" s="34"/>
+      <c r="C1229" s="34"/>
+      <c r="D1229" s="32"/>
+      <c r="E1229" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1229" s="40">
+        <v>209.78</v>
+      </c>
+      <c r="G1229" s="40">
+        <v>423.83</v>
+      </c>
+      <c r="H1229" s="4"/>
+      <c r="J1229" s="23"/>
+    </row>
+    <row r="1230" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1230" s="32"/>
+      <c r="B1230" s="34"/>
+      <c r="C1230" s="34"/>
+      <c r="D1230" s="32"/>
+      <c r="E1230" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1230" s="40">
+        <v>210.23</v>
+      </c>
+      <c r="G1230" s="41">
+        <v>439.1</v>
+      </c>
+      <c r="H1230" s="4"/>
+      <c r="J1230" s="23"/>
+    </row>
+    <row r="1231" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1231" s="32"/>
+      <c r="B1231" s="34"/>
+      <c r="C1231" s="34"/>
+      <c r="D1231" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1231" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1231" s="40">
+        <v>210.69</v>
+      </c>
+      <c r="G1231" s="40">
+        <v>209.02</v>
+      </c>
+      <c r="H1231" s="4"/>
+      <c r="J1231" s="23"/>
+    </row>
+    <row r="1232" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1232" s="32"/>
+      <c r="B1232" s="34"/>
+      <c r="C1232" s="34"/>
+      <c r="D1232" s="32"/>
+      <c r="E1232" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1232" s="40">
+        <v>211.16</v>
+      </c>
+      <c r="G1232" s="40">
+        <v>206.87</v>
+      </c>
+      <c r="H1232" s="4"/>
+      <c r="J1232" s="23"/>
+    </row>
+    <row r="1233" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1233" s="32"/>
+      <c r="B1233" s="34"/>
+      <c r="C1233" s="34"/>
+      <c r="D1233" s="32"/>
+      <c r="E1233" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1233" s="41">
+        <v>184.8</v>
+      </c>
+      <c r="G1233" s="41">
+        <v>181.1</v>
+      </c>
+      <c r="H1233" s="4"/>
+      <c r="J1233" s="23"/>
+    </row>
+    <row r="1234" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1234" s="32"/>
+      <c r="B1234" s="35"/>
+      <c r="C1234" s="35"/>
+      <c r="D1234" s="32"/>
+      <c r="E1234" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1234" s="40">
+        <v>185.16</v>
+      </c>
+      <c r="G1234" s="40">
+        <v>181.57</v>
+      </c>
+      <c r="H1234" s="4"/>
+      <c r="J1234" s="23"/>
+    </row>
+    <row r="1235" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1235" s="32"/>
+      <c r="B1235" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="C1235" s="33"/>
+      <c r="D1235" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1235" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1235" s="4">
+        <v>345.43</v>
+      </c>
+      <c r="G1235" s="4">
+        <v>317.41000000000003</v>
+      </c>
+      <c r="H1235" s="4">
+        <v>91.888371015835347</v>
+      </c>
+      <c r="J1235" s="23"/>
+    </row>
+    <row r="1236" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1236" s="32"/>
+      <c r="B1236" s="34"/>
+      <c r="C1236" s="34"/>
+      <c r="D1236" s="32"/>
+      <c r="E1236" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1236" s="4">
+        <v>345.24</v>
+      </c>
+      <c r="G1236" s="4">
+        <v>322.93</v>
+      </c>
+      <c r="H1236" s="4">
+        <v>93.53782875680686</v>
+      </c>
+      <c r="J1236" s="23"/>
+    </row>
+    <row r="1237" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1237" s="32"/>
+      <c r="B1237" s="34"/>
+      <c r="C1237" s="34"/>
+      <c r="D1237" s="32"/>
+      <c r="E1237" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1237" s="4">
+        <v>345.54</v>
+      </c>
+      <c r="G1237" s="4">
+        <v>325.32</v>
+      </c>
+      <c r="H1237" s="4">
+        <v>94.14828963361694</v>
+      </c>
+      <c r="J1237" s="23"/>
+    </row>
+    <row r="1238" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1238" s="32"/>
+      <c r="B1238" s="34"/>
+      <c r="C1238" s="34"/>
+      <c r="D1238" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1238" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1238" s="4">
+        <v>399.89</v>
+      </c>
+      <c r="G1238" s="4">
+        <v>377.08</v>
+      </c>
+      <c r="H1238" s="4">
+        <v>94.295931381129819</v>
+      </c>
+      <c r="J1238" s="23"/>
+    </row>
+    <row r="1239" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1239" s="32"/>
+      <c r="B1239" s="34"/>
+      <c r="C1239" s="34"/>
+      <c r="D1239" s="32"/>
+      <c r="E1239" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1239" s="4">
+        <v>400.51</v>
+      </c>
+      <c r="G1239" s="4">
+        <v>366.74</v>
+      </c>
+      <c r="H1239" s="4">
+        <v>91.56825048063719</v>
+      </c>
+      <c r="J1239" s="23"/>
+    </row>
+    <row r="1240" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1240" s="32"/>
+      <c r="B1240" s="34"/>
+      <c r="C1240" s="34"/>
+      <c r="D1240" s="32"/>
+      <c r="E1240" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1240" s="4">
+        <v>381.91</v>
+      </c>
+      <c r="G1240" s="4">
+        <v>357.14</v>
+      </c>
+      <c r="H1240" s="4">
+        <v>93.514178733209391</v>
+      </c>
+      <c r="J1240" s="23"/>
+    </row>
+    <row r="1241" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1241" s="32"/>
+      <c r="B1241" s="34"/>
+      <c r="C1241" s="34"/>
+      <c r="D1241" s="32"/>
+      <c r="E1241" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1241" s="4">
+        <v>382.46</v>
+      </c>
+      <c r="G1241" s="4">
+        <v>358.83</v>
+      </c>
+      <c r="H1241" s="4">
+        <v>93.821576112534643</v>
+      </c>
+      <c r="J1241" s="23"/>
+    </row>
+    <row r="1242" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1242" s="32"/>
+      <c r="B1242" s="34"/>
+      <c r="C1242" s="34"/>
+      <c r="D1242" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1242" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1242" s="40">
+        <v>383.02</v>
+      </c>
+      <c r="G1242" s="40">
+        <v>123.84</v>
+      </c>
+      <c r="H1242" s="4"/>
+      <c r="J1242" s="23"/>
+    </row>
+    <row r="1243" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1243" s="32"/>
+      <c r="B1243" s="34"/>
+      <c r="C1243" s="34"/>
+      <c r="D1243" s="32"/>
+      <c r="E1243" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1243" s="41">
+        <v>383.6</v>
+      </c>
+      <c r="G1243" s="41">
+        <v>123.9</v>
+      </c>
+      <c r="H1243" s="4"/>
+      <c r="J1243" s="23"/>
+    </row>
+    <row r="1244" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1244" s="32"/>
+      <c r="B1244" s="34"/>
+      <c r="C1244" s="34"/>
+      <c r="D1244" s="32"/>
+      <c r="E1244" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1244" s="40">
+        <v>391.34</v>
+      </c>
+      <c r="G1244" s="40">
+        <v>128.91</v>
+      </c>
+      <c r="H1244" s="4"/>
+      <c r="J1244" s="23"/>
+    </row>
+    <row r="1245" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1245" s="32"/>
+      <c r="B1245" s="34"/>
+      <c r="C1245" s="34"/>
+      <c r="D1245" s="32"/>
+      <c r="E1245" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1245" s="40">
+        <v>391.88</v>
+      </c>
+      <c r="G1245" s="40">
+        <v>129.04</v>
+      </c>
+      <c r="H1245" s="4"/>
+      <c r="J1245" s="23"/>
+    </row>
+    <row r="1246" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1246" s="32"/>
+      <c r="B1246" s="34"/>
+      <c r="C1246" s="34"/>
+      <c r="D1246" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1246" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1246" s="40">
+        <v>392.44</v>
+      </c>
+      <c r="G1246" s="40">
+        <v>367.03</v>
+      </c>
+      <c r="H1246" s="4"/>
+      <c r="J1246" s="23"/>
+    </row>
+    <row r="1247" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1247" s="32"/>
+      <c r="B1247" s="34"/>
+      <c r="C1247" s="34"/>
+      <c r="D1247" s="32"/>
+      <c r="E1247" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1247" s="42">
+        <v>393</v>
+      </c>
+      <c r="G1247" s="40">
+        <v>371.95</v>
+      </c>
+      <c r="H1247" s="4"/>
+      <c r="J1247" s="23"/>
+    </row>
+    <row r="1248" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1248" s="32"/>
+      <c r="B1248" s="34"/>
+      <c r="C1248" s="34"/>
+      <c r="D1248" s="32"/>
+      <c r="E1248" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1248" s="42">
+        <v>402</v>
+      </c>
+      <c r="G1248" s="42">
+        <v>378</v>
+      </c>
+      <c r="H1248" s="4"/>
+      <c r="J1248" s="23"/>
+    </row>
+    <row r="1249" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1249" s="32"/>
+      <c r="B1249" s="35"/>
+      <c r="C1249" s="35"/>
+      <c r="D1249" s="32"/>
+      <c r="E1249" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1249" s="40">
+        <v>402.57</v>
+      </c>
+      <c r="G1249" s="40">
+        <v>372.69</v>
+      </c>
+      <c r="H1249" s="4"/>
+      <c r="J1249" s="23"/>
+    </row>
+    <row r="1250" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1250" s="32"/>
+      <c r="B1250" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="C1250" s="33"/>
+      <c r="D1250" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1250" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1250" s="4">
+        <v>85.34</v>
+      </c>
+      <c r="G1250" s="4">
+        <v>76.08</v>
+      </c>
+      <c r="H1250" s="4">
+        <v>89.149285212092806</v>
+      </c>
+      <c r="J1250" s="23"/>
+    </row>
+    <row r="1251" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1251" s="32"/>
+      <c r="B1251" s="34"/>
+      <c r="C1251" s="34"/>
+      <c r="D1251" s="32"/>
+      <c r="E1251" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1251" s="4">
+        <v>82.96</v>
+      </c>
+      <c r="G1251" s="4">
+        <v>74.94</v>
+      </c>
+      <c r="H1251" s="4">
+        <v>90.332690453230484</v>
+      </c>
+      <c r="J1251" s="23"/>
+    </row>
+    <row r="1252" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1252" s="32"/>
+      <c r="B1252" s="34"/>
+      <c r="C1252" s="34"/>
+      <c r="D1252" s="32"/>
+      <c r="E1252" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1252" s="4">
+        <v>83.01</v>
+      </c>
+      <c r="G1252" s="4">
+        <v>76.040000000000006</v>
+      </c>
+      <c r="H1252" s="4">
+        <v>91.603421274545241</v>
+      </c>
+      <c r="J1252" s="23"/>
+    </row>
+    <row r="1253" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1253" s="32"/>
+      <c r="B1253" s="34"/>
+      <c r="C1253" s="34"/>
+      <c r="D1253" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1253" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1253" s="4">
+        <v>100.7</v>
+      </c>
+      <c r="G1253" s="4">
+        <v>91.14</v>
+      </c>
+      <c r="H1253" s="4">
+        <v>90.506454816285995</v>
+      </c>
+      <c r="J1253" s="23"/>
+    </row>
+    <row r="1254" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1254" s="32"/>
+      <c r="B1254" s="34"/>
+      <c r="C1254" s="34"/>
+      <c r="D1254" s="32"/>
+      <c r="E1254" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1254" s="4">
+        <v>101.09</v>
+      </c>
+      <c r="G1254" s="4">
+        <v>88.76</v>
+      </c>
+      <c r="H1254" s="4">
+        <v>87.802947868236217</v>
+      </c>
+      <c r="J1254" s="23"/>
+    </row>
+    <row r="1255" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1255" s="32"/>
+      <c r="B1255" s="34"/>
+      <c r="C1255" s="34"/>
+      <c r="D1255" s="32"/>
+      <c r="E1255" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1255" s="4">
+        <v>93</v>
+      </c>
+      <c r="G1255" s="4">
+        <v>88.45</v>
+      </c>
+      <c r="H1255" s="4">
+        <v>95.107526881720432</v>
+      </c>
+      <c r="J1255" s="23"/>
+    </row>
+    <row r="1256" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1256" s="32"/>
+      <c r="B1256" s="34"/>
+      <c r="C1256" s="34"/>
+      <c r="D1256" s="32"/>
+      <c r="E1256" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1256" s="4">
+        <v>93.33</v>
+      </c>
+      <c r="G1256" s="4">
+        <v>86.9</v>
+      </c>
+      <c r="H1256" s="4">
+        <v>93.110468231008255</v>
+      </c>
+      <c r="J1256" s="23"/>
+    </row>
+    <row r="1257" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1257" s="32"/>
+      <c r="B1257" s="34"/>
+      <c r="C1257" s="34"/>
+      <c r="D1257" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1257" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1257" s="40">
+        <v>93.67</v>
+      </c>
+      <c r="G1257" s="40">
+        <v>68.47</v>
+      </c>
+      <c r="H1257" s="4"/>
+      <c r="J1257" s="23"/>
+    </row>
+    <row r="1258" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1258" s="32"/>
+      <c r="B1258" s="34"/>
+      <c r="C1258" s="34"/>
+      <c r="D1258" s="32"/>
+      <c r="E1258" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1258" s="40">
+        <v>94.02</v>
+      </c>
+      <c r="G1258" s="41">
+        <v>67.900000000000006</v>
+      </c>
+      <c r="H1258" s="4"/>
+      <c r="J1258" s="23"/>
+    </row>
+    <row r="1259" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1259" s="32"/>
+      <c r="B1259" s="34"/>
+      <c r="C1259" s="34"/>
+      <c r="D1259" s="32"/>
+      <c r="E1259" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1259" s="40">
+        <v>97.12</v>
+      </c>
+      <c r="G1259" s="40">
+        <v>75.61</v>
+      </c>
+      <c r="H1259" s="4"/>
+      <c r="J1259" s="23"/>
+    </row>
+    <row r="1260" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1260" s="32"/>
+      <c r="B1260" s="34"/>
+      <c r="C1260" s="34"/>
+      <c r="D1260" s="32"/>
+      <c r="E1260" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1260" s="40">
+        <v>97.45</v>
+      </c>
+      <c r="G1260" s="40">
+        <v>70.14</v>
+      </c>
+      <c r="H1260" s="4"/>
+      <c r="J1260" s="23"/>
+    </row>
+    <row r="1261" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1261" s="32"/>
+      <c r="B1261" s="34"/>
+      <c r="C1261" s="34"/>
+      <c r="D1261" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1261" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1261" s="40">
+        <v>97.79</v>
+      </c>
+      <c r="G1261" s="40">
+        <v>93.34</v>
+      </c>
+      <c r="H1261" s="4"/>
+      <c r="J1261" s="23"/>
+    </row>
+    <row r="1262" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1262" s="32"/>
+      <c r="B1262" s="34"/>
+      <c r="C1262" s="34"/>
+      <c r="D1262" s="32"/>
+      <c r="E1262" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1262" s="40">
+        <v>98.13</v>
+      </c>
+      <c r="G1262" s="40">
+        <v>91.41</v>
+      </c>
+      <c r="H1262" s="4"/>
+      <c r="J1262" s="23"/>
+    </row>
+    <row r="1263" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1263" s="32"/>
+      <c r="B1263" s="34"/>
+      <c r="C1263" s="34"/>
+      <c r="D1263" s="32"/>
+      <c r="E1263" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1263" s="41">
+        <v>97.9</v>
+      </c>
+      <c r="G1263" s="41">
+        <v>91.6</v>
+      </c>
+      <c r="H1263" s="4"/>
+      <c r="J1263" s="23"/>
+    </row>
+    <row r="1264" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1264" s="32"/>
+      <c r="B1264" s="35"/>
+      <c r="C1264" s="35"/>
+      <c r="D1264" s="32"/>
+      <c r="E1264" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1264" s="40">
+        <v>98.26</v>
+      </c>
+      <c r="G1264" s="40">
+        <v>94.39</v>
+      </c>
+      <c r="H1264" s="4"/>
+      <c r="J1264" s="23"/>
+    </row>
+    <row r="1265" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1265" s="32"/>
+      <c r="B1265" s="33" t="s">
+        <v>87</v>
+      </c>
+      <c r="C1265" s="33"/>
+      <c r="D1265" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1265" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1265" s="4">
+        <v>170.62</v>
+      </c>
+      <c r="G1265" s="4">
+        <v>149.66</v>
+      </c>
+      <c r="H1265" s="4">
+        <v>87.715390927206656</v>
+      </c>
+      <c r="J1265" s="23"/>
+    </row>
+    <row r="1266" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1266" s="32"/>
+      <c r="B1266" s="34"/>
+      <c r="C1266" s="34"/>
+      <c r="D1266" s="32"/>
+      <c r="E1266" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1266" s="4">
+        <v>173.42</v>
+      </c>
+      <c r="G1266" s="4">
+        <v>153.16</v>
+      </c>
+      <c r="H1266" s="4">
+        <v>88.317379771652639</v>
+      </c>
+      <c r="J1266" s="23"/>
+    </row>
+    <row r="1267" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1267" s="32"/>
+      <c r="B1267" s="34"/>
+      <c r="C1267" s="34"/>
+      <c r="D1267" s="32"/>
+      <c r="E1267" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1267" s="4">
+        <v>173.59</v>
+      </c>
+      <c r="G1267" s="4">
+        <v>151.03</v>
+      </c>
+      <c r="H1267" s="4">
+        <v>87.003859669335796</v>
+      </c>
+      <c r="J1267" s="23"/>
+    </row>
+    <row r="1268" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1268" s="32"/>
+      <c r="B1268" s="34"/>
+      <c r="C1268" s="34"/>
+      <c r="D1268" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1268" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1268" s="4">
+        <v>180.18</v>
+      </c>
+      <c r="G1268" s="4">
+        <v>161.07</v>
+      </c>
+      <c r="H1268" s="4">
+        <v>89.393939393939391</v>
+      </c>
+      <c r="J1268" s="23"/>
+    </row>
+    <row r="1269" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1269" s="32"/>
+      <c r="B1269" s="34"/>
+      <c r="C1269" s="34"/>
+      <c r="D1269" s="32"/>
+      <c r="E1269" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1269" s="4">
+        <v>180.24</v>
+      </c>
+      <c r="G1269" s="4">
+        <v>157.97999999999999</v>
+      </c>
+      <c r="H1269" s="4">
+        <v>87.649800266311573</v>
+      </c>
+      <c r="J1269" s="23"/>
+    </row>
+    <row r="1270" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1270" s="32"/>
+      <c r="B1270" s="34"/>
+      <c r="C1270" s="34"/>
+      <c r="D1270" s="32"/>
+      <c r="E1270" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1270" s="4">
+        <v>169.72</v>
+      </c>
+      <c r="G1270" s="4">
+        <v>149.97999999999999</v>
+      </c>
+      <c r="H1270" s="4">
+        <v>88.369078482205978</v>
+      </c>
+      <c r="J1270" s="23"/>
+    </row>
+    <row r="1271" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1271" s="32"/>
+      <c r="B1271" s="34"/>
+      <c r="C1271" s="34"/>
+      <c r="D1271" s="32"/>
+      <c r="E1271" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1271" s="4">
+        <v>169.76</v>
+      </c>
+      <c r="G1271" s="4">
+        <v>153.93</v>
+      </c>
+      <c r="H1271" s="4">
+        <v>90.675070688030161</v>
+      </c>
+      <c r="J1271" s="23"/>
+    </row>
+    <row r="1272" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1272" s="32"/>
+      <c r="B1272" s="34"/>
+      <c r="C1272" s="34"/>
+      <c r="D1272" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1272" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1272" s="41">
+        <v>169.8</v>
+      </c>
+      <c r="G1272" s="40">
+        <v>188.65</v>
+      </c>
+      <c r="H1272" s="4"/>
+      <c r="J1272" s="23"/>
+    </row>
+    <row r="1273" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1273" s="32"/>
+      <c r="B1273" s="34"/>
+      <c r="C1273" s="34"/>
+      <c r="D1273" s="32"/>
+      <c r="E1273" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1273" s="40">
+        <v>169.85</v>
+      </c>
+      <c r="G1273" s="40">
+        <v>193.62</v>
+      </c>
+      <c r="H1273" s="4"/>
+      <c r="J1273" s="23"/>
+    </row>
+    <row r="1274" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1274" s="32"/>
+      <c r="B1274" s="34"/>
+      <c r="C1274" s="34"/>
+      <c r="D1274" s="32"/>
+      <c r="E1274" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1274" s="40">
+        <v>180.02</v>
+      </c>
+      <c r="G1274" s="40">
+        <v>207.85</v>
+      </c>
+      <c r="H1274" s="4"/>
+      <c r="J1274" s="23"/>
+    </row>
+    <row r="1275" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1275" s="32"/>
+      <c r="B1275" s="34"/>
+      <c r="C1275" s="34"/>
+      <c r="D1275" s="32"/>
+      <c r="E1275" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1275" s="40">
+        <v>180.05</v>
+      </c>
+      <c r="G1275" s="40">
+        <v>206.81</v>
+      </c>
+      <c r="H1275" s="4"/>
+      <c r="J1275" s="23"/>
+    </row>
+    <row r="1276" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1276" s="32"/>
+      <c r="B1276" s="34"/>
+      <c r="C1276" s="34"/>
+      <c r="D1276" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1276" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1276" s="40">
+        <v>180.09</v>
+      </c>
+      <c r="G1276" s="40">
+        <v>165.13</v>
+      </c>
+      <c r="H1276" s="4"/>
+      <c r="J1276" s="23"/>
+    </row>
+    <row r="1277" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1277" s="32"/>
+      <c r="B1277" s="34"/>
+      <c r="C1277" s="34"/>
+      <c r="D1277" s="32"/>
+      <c r="E1277" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1277" s="40">
+        <v>180.14</v>
+      </c>
+      <c r="G1277" s="40">
+        <v>165.84</v>
+      </c>
+      <c r="H1277" s="4"/>
+      <c r="J1277" s="23"/>
+    </row>
+    <row r="1278" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1278" s="32"/>
+      <c r="B1278" s="34"/>
+      <c r="C1278" s="34"/>
+      <c r="D1278" s="32"/>
+      <c r="E1278" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1278" s="41">
+        <v>180.4</v>
+      </c>
+      <c r="G1278" s="41">
+        <v>166.4</v>
+      </c>
+      <c r="H1278" s="4"/>
+      <c r="J1278" s="23"/>
+    </row>
+    <row r="1279" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1279" s="32"/>
+      <c r="B1279" s="35"/>
+      <c r="C1279" s="35"/>
+      <c r="D1279" s="32"/>
+      <c r="E1279" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1279" s="40">
+        <v>180.44</v>
+      </c>
+      <c r="G1279" s="40">
+        <v>168.95</v>
+      </c>
+      <c r="H1279" s="4"/>
+      <c r="J1279" s="23"/>
+    </row>
+    <row r="1280" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1280" s="32"/>
+      <c r="B1280" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="C1280" s="32"/>
+      <c r="D1280" s="32">
+        <v>2564</v>
+      </c>
+      <c r="E1280" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1280" s="4">
+        <v>482.13</v>
+      </c>
+      <c r="G1280" s="4">
+        <v>441.31</v>
+      </c>
+      <c r="H1280" s="4">
+        <v>91.533403853732395</v>
+      </c>
+      <c r="J1280" s="23"/>
+    </row>
+    <row r="1281" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1281" s="32"/>
+      <c r="B1281" s="34"/>
+      <c r="C1281" s="32"/>
+      <c r="D1281" s="32"/>
+      <c r="E1281" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1281" s="4">
+        <v>503.98</v>
+      </c>
+      <c r="G1281" s="4">
+        <v>451.44</v>
+      </c>
+      <c r="H1281" s="4">
+        <v>89.574983134251354</v>
+      </c>
+      <c r="J1281" s="23"/>
+    </row>
+    <row r="1282" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1282" s="32"/>
+      <c r="B1282" s="34"/>
+      <c r="C1282" s="32"/>
+      <c r="D1282" s="32"/>
+      <c r="E1282" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1282" s="4">
+        <v>504.47</v>
+      </c>
+      <c r="G1282" s="4">
+        <v>457.5</v>
+      </c>
+      <c r="H1282" s="4">
+        <v>90.689238210399026</v>
+      </c>
+      <c r="J1282" s="23"/>
+    </row>
+    <row r="1283" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1283" s="32"/>
+      <c r="B1283" s="34"/>
+      <c r="C1283" s="32"/>
+      <c r="D1283" s="32">
+        <v>2565</v>
+      </c>
+      <c r="E1283" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1283" s="4">
+        <v>546.63</v>
+      </c>
+      <c r="G1283" s="4">
+        <v>499.78</v>
+      </c>
+      <c r="H1283" s="4">
+        <v>91.429303184969726</v>
+      </c>
+      <c r="J1283" s="23"/>
+    </row>
+    <row r="1284" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1284" s="33"/>
+      <c r="B1284" s="34"/>
+      <c r="C1284" s="33"/>
+      <c r="D1284" s="33"/>
+      <c r="E1284" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1284" s="4">
+        <v>547.66999999999996</v>
+      </c>
+      <c r="G1284" s="4">
+        <v>490.56</v>
+      </c>
+      <c r="H1284" s="4">
+        <v>89.572187631237796</v>
+      </c>
+      <c r="J1284" s="23"/>
+    </row>
+    <row r="1285" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1285" s="35" t="s">
         <v>13</v>
       </c>
-      <c r="B305" s="14"/>
-[...22 lines deleted...]
-      <c r="D306" s="6">
+      <c r="B1285" s="34"/>
+      <c r="C1285" s="34"/>
+      <c r="D1285" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1285" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1285" s="4">
+        <v>535.77</v>
+      </c>
+      <c r="G1285" s="4">
+        <v>491.56</v>
+      </c>
+      <c r="H1285" s="4">
+        <v>91.748324840883214</v>
+      </c>
+      <c r="J1285" s="23"/>
+    </row>
+    <row r="1286" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1286" s="32"/>
+      <c r="B1286" s="34"/>
+      <c r="C1286" s="34"/>
+      <c r="D1286" s="32"/>
+      <c r="E1286" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1286" s="4">
+        <v>536.78</v>
+      </c>
+      <c r="G1286" s="4">
+        <v>498.67</v>
+      </c>
+      <c r="H1286" s="4">
+        <v>92.900257088565155</v>
+      </c>
+      <c r="J1286" s="23"/>
+    </row>
+    <row r="1287" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1287" s="32"/>
+      <c r="B1287" s="34"/>
+      <c r="C1287" s="34"/>
+      <c r="D1287" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1287" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1287" s="41">
+        <v>537.79999999999995</v>
+      </c>
+      <c r="G1287" s="40">
+        <v>355.74</v>
+      </c>
+      <c r="H1287" s="4"/>
+      <c r="J1287" s="23"/>
+    </row>
+    <row r="1288" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1288" s="32"/>
+      <c r="B1288" s="34"/>
+      <c r="C1288" s="34"/>
+      <c r="D1288" s="32"/>
+      <c r="E1288" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1288" s="40">
+        <v>538.84</v>
+      </c>
+      <c r="G1288" s="40">
+        <v>358.47</v>
+      </c>
+      <c r="H1288" s="4"/>
+      <c r="J1288" s="23"/>
+    </row>
+    <row r="1289" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1289" s="32"/>
+      <c r="B1289" s="34"/>
+      <c r="C1289" s="34"/>
+      <c r="D1289" s="32"/>
+      <c r="E1289" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1289" s="40">
+        <v>553.44000000000005</v>
+      </c>
+      <c r="G1289" s="40">
+        <v>369.57</v>
+      </c>
+      <c r="H1289" s="4"/>
+      <c r="J1289" s="23"/>
+    </row>
+    <row r="1290" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1290" s="32"/>
+      <c r="B1290" s="34"/>
+      <c r="C1290" s="34"/>
+      <c r="D1290" s="32"/>
+      <c r="E1290" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1290" s="40">
+        <v>554.42999999999995</v>
+      </c>
+      <c r="G1290" s="40">
+        <v>370.41</v>
+      </c>
+      <c r="H1290" s="4"/>
+      <c r="J1290" s="23"/>
+    </row>
+    <row r="1291" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1291" s="32"/>
+      <c r="B1291" s="34"/>
+      <c r="C1291" s="34"/>
+      <c r="D1291" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1291" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1291" s="40">
+        <v>555.42999999999995</v>
+      </c>
+      <c r="G1291" s="40">
+        <v>511.18</v>
+      </c>
+      <c r="H1291" s="4"/>
+      <c r="J1291" s="23"/>
+    </row>
+    <row r="1292" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1292" s="32"/>
+      <c r="B1292" s="34"/>
+      <c r="C1292" s="34"/>
+      <c r="D1292" s="32"/>
+      <c r="E1292" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1292" s="40">
+        <v>556.45000000000005</v>
+      </c>
+      <c r="G1292" s="40">
+        <v>499.93</v>
+      </c>
+      <c r="H1292" s="4"/>
+      <c r="J1292" s="23"/>
+    </row>
+    <row r="1293" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1293" s="32"/>
+      <c r="B1293" s="34"/>
+      <c r="C1293" s="34"/>
+      <c r="D1293" s="32"/>
+      <c r="E1293" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1293" s="41">
+        <v>602.29999999999995</v>
+      </c>
+      <c r="G1293" s="42">
+        <v>571</v>
+      </c>
+      <c r="H1293" s="4"/>
+      <c r="J1293" s="23"/>
+    </row>
+    <row r="1294" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1294" s="32"/>
+      <c r="B1294" s="35"/>
+      <c r="C1294" s="35"/>
+      <c r="D1294" s="32"/>
+      <c r="E1294" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1294" s="40">
+        <v>603.34</v>
+      </c>
+      <c r="G1294" s="40">
+        <v>566.61</v>
+      </c>
+      <c r="H1294" s="4"/>
+      <c r="J1294" s="23"/>
+    </row>
+    <row r="1295" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1295" s="32"/>
+      <c r="B1295" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="C1295" s="33"/>
+      <c r="D1295" s="32">
         <v>2564</v>
       </c>
-      <c r="E306" s="4" t="s">
-[...55 lines deleted...]
-      <c r="D309" s="6">
+      <c r="E1295" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1295" s="4">
+        <v>80.760000000000005</v>
+      </c>
+      <c r="G1295" s="4">
+        <v>72.680000000000007</v>
+      </c>
+      <c r="H1295" s="4">
+        <v>89.99504705299654</v>
+      </c>
+      <c r="J1295" s="23"/>
+    </row>
+    <row r="1296" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1296" s="32"/>
+      <c r="B1296" s="34"/>
+      <c r="C1296" s="34"/>
+      <c r="D1296" s="32"/>
+      <c r="E1296" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1296" s="4">
+        <v>81.069999999999993</v>
+      </c>
+      <c r="G1296" s="4">
+        <v>76.25</v>
+      </c>
+      <c r="H1296" s="4">
+        <v>94.054520784507218</v>
+      </c>
+      <c r="J1296" s="23"/>
+    </row>
+    <row r="1297" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1297" s="32"/>
+      <c r="B1297" s="34"/>
+      <c r="C1297" s="34"/>
+      <c r="D1297" s="32"/>
+      <c r="E1297" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1297" s="4">
+        <v>81.13</v>
+      </c>
+      <c r="G1297" s="4">
+        <v>75.41</v>
+      </c>
+      <c r="H1297" s="4">
+        <v>92.949587082460255</v>
+      </c>
+      <c r="J1297" s="23"/>
+    </row>
+    <row r="1298" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1298" s="32"/>
+      <c r="B1298" s="34"/>
+      <c r="C1298" s="34"/>
+      <c r="D1298" s="32">
         <v>2565</v>
       </c>
-      <c r="E309" s="4" t="s">
+      <c r="E1298" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F309" s="5">
-[...73 lines deleted...]
-      <c r="D313" s="6">
+      <c r="F1298" s="4">
+        <v>97.98</v>
+      </c>
+      <c r="G1298" s="4">
+        <v>89.84</v>
+      </c>
+      <c r="H1298" s="4">
+        <v>91.69218207797509</v>
+      </c>
+      <c r="J1298" s="23"/>
+    </row>
+    <row r="1299" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1299" s="32"/>
+      <c r="B1299" s="34"/>
+      <c r="C1299" s="34"/>
+      <c r="D1299" s="32"/>
+      <c r="E1299" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1299" s="4">
+        <v>98.14</v>
+      </c>
+      <c r="G1299" s="4">
+        <v>89.6</v>
+      </c>
+      <c r="H1299" s="4">
+        <v>91.298145506419402</v>
+      </c>
+      <c r="J1299" s="23"/>
+    </row>
+    <row r="1300" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1300" s="32"/>
+      <c r="B1300" s="34"/>
+      <c r="C1300" s="34"/>
+      <c r="D1300" s="32"/>
+      <c r="E1300" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1300" s="4">
+        <v>84.21</v>
+      </c>
+      <c r="G1300" s="4">
+        <v>78.55</v>
+      </c>
+      <c r="H1300" s="4">
+        <v>93.278707991924961</v>
+      </c>
+      <c r="J1300" s="23"/>
+    </row>
+    <row r="1301" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1301" s="32"/>
+      <c r="B1301" s="34"/>
+      <c r="C1301" s="34"/>
+      <c r="D1301" s="32"/>
+      <c r="E1301" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1301" s="4">
+        <v>84.34</v>
+      </c>
+      <c r="G1301" s="4">
+        <v>77.86</v>
+      </c>
+      <c r="H1301" s="4">
+        <v>92.316812900165985</v>
+      </c>
+      <c r="J1301" s="23"/>
+    </row>
+    <row r="1302" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1302" s="32"/>
+      <c r="B1302" s="34"/>
+      <c r="C1302" s="34"/>
+      <c r="D1302" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1302" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1302" s="40">
+        <v>84.48</v>
+      </c>
+      <c r="G1302" s="40">
+        <v>89.56</v>
+      </c>
+      <c r="H1302" s="4"/>
+      <c r="J1302" s="23"/>
+    </row>
+    <row r="1303" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1303" s="32"/>
+      <c r="B1303" s="34"/>
+      <c r="C1303" s="34"/>
+      <c r="D1303" s="32"/>
+      <c r="E1303" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1303" s="40">
+        <v>84.61</v>
+      </c>
+      <c r="G1303" s="40">
+        <v>88.24</v>
+      </c>
+      <c r="H1303" s="4"/>
+      <c r="J1303" s="23"/>
+    </row>
+    <row r="1304" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1304" s="32"/>
+      <c r="B1304" s="34"/>
+      <c r="C1304" s="34"/>
+      <c r="D1304" s="32"/>
+      <c r="E1304" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1304" s="40">
+        <v>84.18</v>
+      </c>
+      <c r="G1304" s="41">
+        <v>92.5</v>
+      </c>
+      <c r="H1304" s="4"/>
+      <c r="J1304" s="23"/>
+    </row>
+    <row r="1305" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1305" s="32"/>
+      <c r="B1305" s="34"/>
+      <c r="C1305" s="34"/>
+      <c r="D1305" s="32"/>
+      <c r="E1305" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1305" s="40">
+        <v>84.31</v>
+      </c>
+      <c r="G1305" s="40">
+        <v>94.11</v>
+      </c>
+      <c r="H1305" s="4"/>
+      <c r="J1305" s="23"/>
+    </row>
+    <row r="1306" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1306" s="32"/>
+      <c r="B1306" s="34"/>
+      <c r="C1306" s="34"/>
+      <c r="D1306" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1306" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1306" s="40">
+        <v>84.43</v>
+      </c>
+      <c r="G1306" s="40">
+        <v>76.290000000000006</v>
+      </c>
+      <c r="H1306" s="4"/>
+      <c r="J1306" s="23"/>
+    </row>
+    <row r="1307" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1307" s="32"/>
+      <c r="B1307" s="34"/>
+      <c r="C1307" s="34"/>
+      <c r="D1307" s="32"/>
+      <c r="E1307" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1307" s="40">
+        <v>84.57</v>
+      </c>
+      <c r="G1307" s="40">
+        <v>77.430000000000007</v>
+      </c>
+      <c r="H1307" s="4"/>
+      <c r="J1307" s="23"/>
+    </row>
+    <row r="1308" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1308" s="32"/>
+      <c r="B1308" s="34"/>
+      <c r="C1308" s="34"/>
+      <c r="D1308" s="32"/>
+      <c r="E1308" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1308" s="41">
+        <v>87.7</v>
+      </c>
+      <c r="G1308" s="41">
+        <v>82.7</v>
+      </c>
+      <c r="H1308" s="4"/>
+      <c r="J1308" s="23"/>
+    </row>
+    <row r="1309" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1309" s="32"/>
+      <c r="B1309" s="35"/>
+      <c r="C1309" s="35"/>
+      <c r="D1309" s="32"/>
+      <c r="E1309" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1309" s="40">
+        <v>87.78</v>
+      </c>
+      <c r="G1309" s="40">
+        <v>82.16</v>
+      </c>
+      <c r="H1309" s="4"/>
+      <c r="J1309" s="23"/>
+    </row>
+    <row r="1310" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1310" s="32"/>
+      <c r="B1310" s="33" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1310" s="33"/>
+      <c r="D1310" s="32">
         <v>2564</v>
       </c>
-      <c r="E313" s="4" t="s">
-[...55 lines deleted...]
-      <c r="D316" s="6">
+      <c r="E1310" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1310" s="4">
+        <v>200.49</v>
+      </c>
+      <c r="G1310" s="4">
+        <v>181.67</v>
+      </c>
+      <c r="H1310" s="4">
+        <v>90.612998154521421</v>
+      </c>
+      <c r="J1310" s="23"/>
+    </row>
+    <row r="1311" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1311" s="32"/>
+      <c r="B1311" s="34"/>
+      <c r="C1311" s="34"/>
+      <c r="D1311" s="32"/>
+      <c r="E1311" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1311" s="4">
+        <v>197.99</v>
+      </c>
+      <c r="G1311" s="4">
+        <v>182.75</v>
+      </c>
+      <c r="H1311" s="4">
+        <v>92.302641547552909</v>
+      </c>
+      <c r="J1311" s="23"/>
+    </row>
+    <row r="1312" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1312" s="32"/>
+      <c r="B1312" s="34"/>
+      <c r="C1312" s="34"/>
+      <c r="D1312" s="32"/>
+      <c r="E1312" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1312" s="4">
+        <v>198.18</v>
+      </c>
+      <c r="G1312" s="4">
+        <v>188.7</v>
+      </c>
+      <c r="H1312" s="4">
+        <v>95.216469875870416</v>
+      </c>
+      <c r="J1312" s="23"/>
+    </row>
+    <row r="1313" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1313" s="32"/>
+      <c r="B1313" s="34"/>
+      <c r="C1313" s="34"/>
+      <c r="D1313" s="32">
         <v>2565</v>
       </c>
-      <c r="E316" s="4" t="s">
+      <c r="E1313" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F316" s="5">
-[...73 lines deleted...]
-      <c r="D320" s="6">
+      <c r="F1313" s="4">
+        <v>210.01</v>
+      </c>
+      <c r="G1313" s="4">
+        <v>198.54</v>
+      </c>
+      <c r="H1313" s="4">
+        <v>94.538355316413515</v>
+      </c>
+      <c r="J1313" s="23"/>
+    </row>
+    <row r="1314" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1314" s="32"/>
+      <c r="B1314" s="34"/>
+      <c r="C1314" s="34"/>
+      <c r="D1314" s="32"/>
+      <c r="E1314" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1314" s="4">
+        <v>210.07</v>
+      </c>
+      <c r="G1314" s="4">
+        <v>197.98</v>
+      </c>
+      <c r="H1314" s="4">
+        <v>94.244775551006811</v>
+      </c>
+      <c r="J1314" s="23"/>
+    </row>
+    <row r="1315" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1315" s="32"/>
+      <c r="B1315" s="34"/>
+      <c r="C1315" s="34"/>
+      <c r="D1315" s="32"/>
+      <c r="E1315" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1315" s="4">
+        <v>194.54</v>
+      </c>
+      <c r="G1315" s="4">
+        <v>183.5</v>
+      </c>
+      <c r="H1315" s="4">
+        <v>94.325074534800038</v>
+      </c>
+      <c r="J1315" s="23"/>
+    </row>
+    <row r="1316" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1316" s="32"/>
+      <c r="B1316" s="34"/>
+      <c r="C1316" s="34"/>
+      <c r="D1316" s="32"/>
+      <c r="E1316" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1316" s="4">
+        <v>194.58</v>
+      </c>
+      <c r="G1316" s="4">
+        <v>183.31</v>
+      </c>
+      <c r="H1316" s="4">
+        <v>94.208037825059094</v>
+      </c>
+      <c r="J1316" s="23"/>
+    </row>
+    <row r="1317" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1317" s="32"/>
+      <c r="B1317" s="34"/>
+      <c r="C1317" s="34"/>
+      <c r="D1317" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1317" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1317" s="40">
+        <v>194.63</v>
+      </c>
+      <c r="G1317" s="40">
+        <v>152.41999999999999</v>
+      </c>
+      <c r="H1317" s="4"/>
+      <c r="J1317" s="23"/>
+    </row>
+    <row r="1318" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1318" s="32"/>
+      <c r="B1318" s="34"/>
+      <c r="C1318" s="34"/>
+      <c r="D1318" s="32"/>
+      <c r="E1318" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1318" s="40">
+        <v>194.69</v>
+      </c>
+      <c r="G1318" s="40">
+        <v>158.28</v>
+      </c>
+      <c r="H1318" s="4"/>
+      <c r="J1318" s="23"/>
+    </row>
+    <row r="1319" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1319" s="32"/>
+      <c r="B1319" s="34"/>
+      <c r="C1319" s="34"/>
+      <c r="D1319" s="32"/>
+      <c r="E1319" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1319" s="40">
+        <v>204.29</v>
+      </c>
+      <c r="G1319" s="40">
+        <v>165.77</v>
+      </c>
+      <c r="H1319" s="4"/>
+      <c r="J1319" s="23"/>
+    </row>
+    <row r="1320" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1320" s="32"/>
+      <c r="B1320" s="34"/>
+      <c r="C1320" s="34"/>
+      <c r="D1320" s="32"/>
+      <c r="E1320" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1320" s="40">
+        <v>204.32</v>
+      </c>
+      <c r="G1320" s="40">
+        <v>164.79</v>
+      </c>
+      <c r="H1320" s="4"/>
+      <c r="J1320" s="23"/>
+    </row>
+    <row r="1321" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1321" s="32"/>
+      <c r="B1321" s="34"/>
+      <c r="C1321" s="34"/>
+      <c r="D1321" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1321" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1321" s="40">
+        <v>204.36</v>
+      </c>
+      <c r="G1321" s="40">
+        <v>190.55</v>
+      </c>
+      <c r="H1321" s="4"/>
+      <c r="J1321" s="23"/>
+    </row>
+    <row r="1322" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1322" s="32"/>
+      <c r="B1322" s="34"/>
+      <c r="C1322" s="34"/>
+      <c r="D1322" s="32"/>
+      <c r="E1322" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1322" s="40">
+        <v>204.41</v>
+      </c>
+      <c r="G1322" s="41">
+        <v>189.7</v>
+      </c>
+      <c r="H1322" s="4"/>
+      <c r="J1322" s="23"/>
+    </row>
+    <row r="1323" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1323" s="32"/>
+      <c r="B1323" s="34"/>
+      <c r="C1323" s="34"/>
+      <c r="D1323" s="32"/>
+      <c r="E1323" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1323" s="41">
+        <v>204.2</v>
+      </c>
+      <c r="G1323" s="41">
+        <v>189.7</v>
+      </c>
+      <c r="H1323" s="4"/>
+      <c r="J1323" s="23"/>
+    </row>
+    <row r="1324" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1324" s="32"/>
+      <c r="B1324" s="35"/>
+      <c r="C1324" s="35"/>
+      <c r="D1324" s="32"/>
+      <c r="E1324" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1324" s="40">
+        <v>204.25</v>
+      </c>
+      <c r="G1324" s="40">
+        <v>192.54</v>
+      </c>
+      <c r="H1324" s="4"/>
+      <c r="J1324" s="23"/>
+    </row>
+    <row r="1325" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1325" s="32"/>
+      <c r="B1325" s="33" t="s">
+        <v>91</v>
+      </c>
+      <c r="C1325" s="33"/>
+      <c r="D1325" s="32">
         <v>2564</v>
       </c>
-      <c r="E320" s="4" t="s">
-[...55 lines deleted...]
-      <c r="D323" s="6">
+      <c r="E1325" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1325" s="4">
+        <v>173.61</v>
+      </c>
+      <c r="G1325" s="4">
+        <v>140.13999999999999</v>
+      </c>
+      <c r="H1325" s="4">
+        <v>80.721156615402322</v>
+      </c>
+      <c r="J1325" s="23"/>
+    </row>
+    <row r="1326" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1326" s="32"/>
+      <c r="B1326" s="34"/>
+      <c r="C1326" s="34"/>
+      <c r="D1326" s="32"/>
+      <c r="E1326" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1326" s="4">
+        <v>174.77</v>
+      </c>
+      <c r="G1326" s="4">
+        <v>145.96</v>
+      </c>
+      <c r="H1326" s="4">
+        <v>83.515477484694159</v>
+      </c>
+      <c r="J1326" s="23"/>
+    </row>
+    <row r="1327" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1327" s="32"/>
+      <c r="B1327" s="34"/>
+      <c r="C1327" s="34"/>
+      <c r="D1327" s="32"/>
+      <c r="E1327" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1327" s="4">
+        <v>175.02</v>
+      </c>
+      <c r="G1327" s="4">
+        <v>144.91999999999999</v>
+      </c>
+      <c r="H1327" s="4">
+        <v>82.801965489658315</v>
+      </c>
+      <c r="J1327" s="23"/>
+    </row>
+    <row r="1328" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1328" s="32"/>
+      <c r="B1328" s="34"/>
+      <c r="C1328" s="34"/>
+      <c r="D1328" s="32">
         <v>2565</v>
       </c>
-      <c r="E323" s="4" t="s">
+      <c r="E1328" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F323" s="5">
-[...73 lines deleted...]
-      <c r="D327" s="6">
+      <c r="F1328" s="4">
+        <v>165.16</v>
+      </c>
+      <c r="G1328" s="4">
+        <v>134.30000000000001</v>
+      </c>
+      <c r="H1328" s="4">
+        <v>81.315088399128129</v>
+      </c>
+      <c r="J1328" s="23"/>
+    </row>
+    <row r="1329" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1329" s="32"/>
+      <c r="B1329" s="34"/>
+      <c r="C1329" s="34"/>
+      <c r="D1329" s="32"/>
+      <c r="E1329" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1329" s="4">
+        <v>165.15</v>
+      </c>
+      <c r="G1329" s="4">
+        <v>133.84</v>
+      </c>
+      <c r="H1329" s="4">
+        <v>81.041477444747201</v>
+      </c>
+      <c r="J1329" s="23"/>
+    </row>
+    <row r="1330" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1330" s="32"/>
+      <c r="B1330" s="34"/>
+      <c r="C1330" s="34"/>
+      <c r="D1330" s="32"/>
+      <c r="E1330" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1330" s="4">
+        <v>158.69999999999999</v>
+      </c>
+      <c r="G1330" s="4">
+        <v>130.28</v>
+      </c>
+      <c r="H1330" s="4">
+        <v>82.091997479521112</v>
+      </c>
+      <c r="J1330" s="23"/>
+    </row>
+    <row r="1331" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1331" s="32"/>
+      <c r="B1331" s="34"/>
+      <c r="C1331" s="34"/>
+      <c r="D1331" s="32"/>
+      <c r="E1331" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1331" s="4">
+        <v>158.68</v>
+      </c>
+      <c r="G1331" s="4">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="H1331" s="4">
+        <v>83.312326695235683</v>
+      </c>
+      <c r="J1331" s="23"/>
+    </row>
+    <row r="1332" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1332" s="32"/>
+      <c r="B1332" s="34"/>
+      <c r="C1332" s="34"/>
+      <c r="D1332" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1332" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1332" s="40">
+        <v>158.66</v>
+      </c>
+      <c r="G1332" s="40">
+        <v>485.27</v>
+      </c>
+      <c r="H1332" s="4"/>
+      <c r="J1332" s="23"/>
+    </row>
+    <row r="1333" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1333" s="32"/>
+      <c r="B1333" s="34"/>
+      <c r="C1333" s="34"/>
+      <c r="D1333" s="32"/>
+      <c r="E1333" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1333" s="40">
+        <v>158.65</v>
+      </c>
+      <c r="G1333" s="40">
+        <v>494.19</v>
+      </c>
+      <c r="H1333" s="4"/>
+      <c r="J1333" s="23"/>
+    </row>
+    <row r="1334" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1334" s="32"/>
+      <c r="B1334" s="34"/>
+      <c r="C1334" s="34"/>
+      <c r="D1334" s="32"/>
+      <c r="E1334" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1334" s="40">
+        <v>157.77000000000001</v>
+      </c>
+      <c r="G1334" s="40">
+        <v>514.30999999999995</v>
+      </c>
+      <c r="H1334" s="4"/>
+      <c r="J1334" s="23"/>
+    </row>
+    <row r="1335" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1335" s="32"/>
+      <c r="B1335" s="34"/>
+      <c r="C1335" s="34"/>
+      <c r="D1335" s="32"/>
+      <c r="E1335" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1335" s="40">
+        <v>157.74</v>
+      </c>
+      <c r="G1335" s="40">
+        <v>507.91</v>
+      </c>
+      <c r="H1335" s="4"/>
+      <c r="J1335" s="23"/>
+    </row>
+    <row r="1336" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1336" s="32"/>
+      <c r="B1336" s="34"/>
+      <c r="C1336" s="34"/>
+      <c r="D1336" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1336" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1336" s="40">
+        <v>157.71</v>
+      </c>
+      <c r="G1336" s="40">
+        <v>136.63</v>
+      </c>
+      <c r="H1336" s="4"/>
+      <c r="J1336" s="23"/>
+    </row>
+    <row r="1337" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1337" s="32"/>
+      <c r="B1337" s="34"/>
+      <c r="C1337" s="34"/>
+      <c r="D1337" s="32"/>
+      <c r="E1337" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1337" s="41">
+        <v>157.69999999999999</v>
+      </c>
+      <c r="G1337" s="40">
+        <v>131.43</v>
+      </c>
+      <c r="H1337" s="4"/>
+      <c r="J1337" s="23"/>
+    </row>
+    <row r="1338" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1338" s="32"/>
+      <c r="B1338" s="34"/>
+      <c r="C1338" s="34"/>
+      <c r="D1338" s="32"/>
+      <c r="E1338" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1338" s="41">
+        <v>162.4</v>
+      </c>
+      <c r="G1338" s="41">
+        <v>140.69999999999999</v>
+      </c>
+      <c r="H1338" s="4"/>
+      <c r="J1338" s="23"/>
+    </row>
+    <row r="1339" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1339" s="32"/>
+      <c r="B1339" s="35"/>
+      <c r="C1339" s="35"/>
+      <c r="D1339" s="32"/>
+      <c r="E1339" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1339" s="40">
+        <v>162.36000000000001</v>
+      </c>
+      <c r="G1339" s="40">
+        <v>141.91</v>
+      </c>
+      <c r="H1339" s="4"/>
+      <c r="J1339" s="23"/>
+    </row>
+    <row r="1340" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1340" s="32"/>
+      <c r="B1340" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C1340" s="33"/>
+      <c r="D1340" s="32">
         <v>2564</v>
       </c>
-      <c r="E327" s="4" t="s">
-[...55 lines deleted...]
-      <c r="D330" s="6">
+      <c r="E1340" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1340" s="4">
+        <v>155.47999999999999</v>
+      </c>
+      <c r="G1340" s="4">
+        <v>135.94999999999999</v>
+      </c>
+      <c r="H1340" s="4">
+        <v>87.438898893748387</v>
+      </c>
+      <c r="J1340" s="23"/>
+    </row>
+    <row r="1341" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1341" s="32"/>
+      <c r="B1341" s="34"/>
+      <c r="C1341" s="34"/>
+      <c r="D1341" s="32"/>
+      <c r="E1341" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1341" s="4">
+        <v>163.82</v>
+      </c>
+      <c r="G1341" s="4">
+        <v>151.44</v>
+      </c>
+      <c r="H1341" s="4">
+        <v>92.442925161762915</v>
+      </c>
+      <c r="J1341" s="23"/>
+    </row>
+    <row r="1342" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1342" s="32"/>
+      <c r="B1342" s="34"/>
+      <c r="C1342" s="34"/>
+      <c r="D1342" s="32"/>
+      <c r="E1342" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1342" s="4">
+        <v>163.96</v>
+      </c>
+      <c r="G1342" s="4">
+        <v>149</v>
+      </c>
+      <c r="H1342" s="4">
+        <v>90.875823371554034</v>
+      </c>
+      <c r="J1342" s="23"/>
+    </row>
+    <row r="1343" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1343" s="32"/>
+      <c r="B1343" s="34"/>
+      <c r="C1343" s="34"/>
+      <c r="D1343" s="32">
         <v>2565</v>
       </c>
-      <c r="E330" s="4" t="s">
+      <c r="E1343" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F330" s="5">
-[...73 lines deleted...]
-      <c r="D334" s="6">
+      <c r="F1343" s="4">
+        <v>160.16999999999999</v>
+      </c>
+      <c r="G1343" s="4">
+        <v>149.38999999999999</v>
+      </c>
+      <c r="H1343" s="4">
+        <v>93.269650995816946</v>
+      </c>
+      <c r="J1343" s="23"/>
+    </row>
+    <row r="1344" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1344" s="32"/>
+      <c r="B1344" s="34"/>
+      <c r="C1344" s="34"/>
+      <c r="D1344" s="32"/>
+      <c r="E1344" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1344" s="4">
+        <v>160.28</v>
+      </c>
+      <c r="G1344" s="4">
+        <v>146.47999999999999</v>
+      </c>
+      <c r="H1344" s="4">
+        <v>91.390067382081341</v>
+      </c>
+      <c r="J1344" s="23"/>
+    </row>
+    <row r="1345" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1345" s="32"/>
+      <c r="B1345" s="34"/>
+      <c r="C1345" s="34"/>
+      <c r="D1345" s="32"/>
+      <c r="E1345" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1345" s="4">
+        <v>152.5</v>
+      </c>
+      <c r="G1345" s="4">
+        <v>137.97</v>
+      </c>
+      <c r="H1345" s="4">
+        <v>90.472131147540978</v>
+      </c>
+      <c r="J1345" s="23"/>
+    </row>
+    <row r="1346" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1346" s="32"/>
+      <c r="B1346" s="34"/>
+      <c r="C1346" s="34"/>
+      <c r="D1346" s="32"/>
+      <c r="E1346" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1346" s="4">
+        <v>152.59</v>
+      </c>
+      <c r="G1346" s="4">
+        <v>137.51</v>
+      </c>
+      <c r="H1346" s="4">
+        <v>90.117307818336712</v>
+      </c>
+      <c r="J1346" s="23"/>
+    </row>
+    <row r="1347" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1347" s="32"/>
+      <c r="B1347" s="34"/>
+      <c r="C1347" s="34"/>
+      <c r="D1347" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1347" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1347" s="40">
+        <v>152.69</v>
+      </c>
+      <c r="G1347" s="40">
+        <v>75.849999999999994</v>
+      </c>
+      <c r="H1347" s="4"/>
+      <c r="J1347" s="23"/>
+    </row>
+    <row r="1348" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1348" s="32"/>
+      <c r="B1348" s="34"/>
+      <c r="C1348" s="34"/>
+      <c r="D1348" s="32"/>
+      <c r="E1348" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1348" s="40">
+        <v>152.79</v>
+      </c>
+      <c r="G1348" s="40">
+        <v>76.05</v>
+      </c>
+      <c r="H1348" s="4"/>
+      <c r="J1348" s="23"/>
+    </row>
+    <row r="1349" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1349" s="32"/>
+      <c r="B1349" s="34"/>
+      <c r="C1349" s="34"/>
+      <c r="D1349" s="32"/>
+      <c r="E1349" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1349" s="40">
+        <v>162.01</v>
+      </c>
+      <c r="G1349" s="40">
+        <v>78.08</v>
+      </c>
+      <c r="H1349" s="4"/>
+      <c r="J1349" s="23"/>
+    </row>
+    <row r="1350" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1350" s="32"/>
+      <c r="B1350" s="34"/>
+      <c r="C1350" s="34"/>
+      <c r="D1350" s="32"/>
+      <c r="E1350" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1350" s="41">
+        <v>162.1</v>
+      </c>
+      <c r="G1350" s="40">
+        <v>78.27</v>
+      </c>
+      <c r="H1350" s="4"/>
+      <c r="J1350" s="23"/>
+    </row>
+    <row r="1351" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1351" s="32"/>
+      <c r="B1351" s="34"/>
+      <c r="C1351" s="34"/>
+      <c r="D1351" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1351" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1351" s="40">
+        <v>162.19</v>
+      </c>
+      <c r="G1351" s="40">
+        <v>147.04</v>
+      </c>
+      <c r="H1351" s="4"/>
+      <c r="J1351" s="23"/>
+    </row>
+    <row r="1352" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1352" s="32"/>
+      <c r="B1352" s="34"/>
+      <c r="C1352" s="34"/>
+      <c r="D1352" s="32"/>
+      <c r="E1352" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1352" s="40">
+        <v>162.29</v>
+      </c>
+      <c r="G1352" s="40">
+        <v>146.99</v>
+      </c>
+      <c r="H1352" s="4"/>
+      <c r="J1352" s="23"/>
+    </row>
+    <row r="1353" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1353" s="32"/>
+      <c r="B1353" s="34"/>
+      <c r="C1353" s="34"/>
+      <c r="D1353" s="32"/>
+      <c r="E1353" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1353" s="41">
+        <v>175.2</v>
+      </c>
+      <c r="G1353" s="41">
+        <v>160.19999999999999</v>
+      </c>
+      <c r="H1353" s="4"/>
+      <c r="J1353" s="23"/>
+    </row>
+    <row r="1354" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1354" s="32"/>
+      <c r="B1354" s="35"/>
+      <c r="C1354" s="35"/>
+      <c r="D1354" s="32"/>
+      <c r="E1354" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1354" s="40">
+        <v>175.26</v>
+      </c>
+      <c r="G1354" s="40">
+        <v>161.01</v>
+      </c>
+      <c r="H1354" s="4"/>
+      <c r="J1354" s="23"/>
+    </row>
+    <row r="1355" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1355" s="32"/>
+      <c r="B1355" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C1355" s="33"/>
+      <c r="D1355" s="32">
         <v>2564</v>
       </c>
-      <c r="E334" s="4" t="s">
-[...55 lines deleted...]
-      <c r="D337" s="6">
+      <c r="E1355" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1355" s="4">
+        <v>125.11</v>
+      </c>
+      <c r="G1355" s="4">
+        <v>107.54</v>
+      </c>
+      <c r="H1355" s="4">
+        <v>85.956358404603947</v>
+      </c>
+      <c r="J1355" s="23"/>
+    </row>
+    <row r="1356" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1356" s="32"/>
+      <c r="B1356" s="34"/>
+      <c r="C1356" s="34"/>
+      <c r="D1356" s="32"/>
+      <c r="E1356" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1356" s="4">
+        <v>122.84</v>
+      </c>
+      <c r="G1356" s="4">
+        <v>109.78</v>
+      </c>
+      <c r="H1356" s="4">
+        <v>89.368283946597202</v>
+      </c>
+      <c r="J1356" s="23"/>
+    </row>
+    <row r="1357" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1357" s="32"/>
+      <c r="B1357" s="34"/>
+      <c r="C1357" s="34"/>
+      <c r="D1357" s="32"/>
+      <c r="E1357" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1357" s="4">
+        <v>122.93</v>
+      </c>
+      <c r="G1357" s="4">
+        <v>110.77</v>
+      </c>
+      <c r="H1357" s="4">
+        <v>90.108191653786704</v>
+      </c>
+      <c r="J1357" s="23"/>
+    </row>
+    <row r="1358" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1358" s="32"/>
+      <c r="B1358" s="34"/>
+      <c r="C1358" s="34"/>
+      <c r="D1358" s="32">
         <v>2565</v>
       </c>
-      <c r="E337" s="4" t="s">
+      <c r="E1358" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F337" s="5">
-[...73 lines deleted...]
-      <c r="D341" s="6">
+      <c r="F1358" s="4">
+        <v>143.87</v>
+      </c>
+      <c r="G1358" s="4">
+        <v>130.26</v>
+      </c>
+      <c r="H1358" s="4">
+        <v>90.54007089733787</v>
+      </c>
+      <c r="J1358" s="23"/>
+    </row>
+    <row r="1359" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1359" s="32"/>
+      <c r="B1359" s="34"/>
+      <c r="C1359" s="34"/>
+      <c r="D1359" s="32"/>
+      <c r="E1359" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1359" s="4">
+        <v>144.09</v>
+      </c>
+      <c r="G1359" s="4">
+        <v>131.11000000000001</v>
+      </c>
+      <c r="H1359" s="4">
+        <v>90.991741272815617</v>
+      </c>
+      <c r="J1359" s="23"/>
+    </row>
+    <row r="1360" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1360" s="32"/>
+      <c r="B1360" s="34"/>
+      <c r="C1360" s="34"/>
+      <c r="D1360" s="32"/>
+      <c r="E1360" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1360" s="4">
+        <v>135.46</v>
+      </c>
+      <c r="G1360" s="4">
+        <v>125.84</v>
+      </c>
+      <c r="H1360" s="4">
+        <v>92.898272552783098</v>
+      </c>
+      <c r="J1360" s="23"/>
+    </row>
+    <row r="1361" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1361" s="32"/>
+      <c r="B1361" s="34"/>
+      <c r="C1361" s="34"/>
+      <c r="D1361" s="32"/>
+      <c r="E1361" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1361" s="4">
+        <v>135.65</v>
+      </c>
+      <c r="G1361" s="4">
+        <v>128.07</v>
+      </c>
+      <c r="H1361" s="4">
+        <v>94.412089937338735</v>
+      </c>
+      <c r="J1361" s="23"/>
+    </row>
+    <row r="1362" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1362" s="32"/>
+      <c r="B1362" s="34"/>
+      <c r="C1362" s="34"/>
+      <c r="D1362" s="32">
+        <v>2566</v>
+      </c>
+      <c r="E1362" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1362" s="40">
+        <v>135.85</v>
+      </c>
+      <c r="G1362" s="40">
+        <v>182.15</v>
+      </c>
+      <c r="H1362" s="4"/>
+      <c r="J1362" s="23"/>
+    </row>
+    <row r="1363" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1363" s="32"/>
+      <c r="B1363" s="34"/>
+      <c r="C1363" s="34"/>
+      <c r="D1363" s="32"/>
+      <c r="E1363" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1363" s="40">
+        <v>136.06</v>
+      </c>
+      <c r="G1363" s="40">
+        <v>182.93</v>
+      </c>
+      <c r="H1363" s="4"/>
+      <c r="J1363" s="23"/>
+    </row>
+    <row r="1364" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1364" s="32"/>
+      <c r="B1364" s="34"/>
+      <c r="C1364" s="34"/>
+      <c r="D1364" s="32"/>
+      <c r="E1364" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1364" s="40">
+        <v>145.84</v>
+      </c>
+      <c r="G1364" s="40">
+        <v>192.21</v>
+      </c>
+      <c r="H1364" s="4"/>
+      <c r="J1364" s="23"/>
+    </row>
+    <row r="1365" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1365" s="32"/>
+      <c r="B1365" s="34"/>
+      <c r="C1365" s="34"/>
+      <c r="D1365" s="32"/>
+      <c r="E1365" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1365" s="40">
+        <v>146.04</v>
+      </c>
+      <c r="G1365" s="40">
+        <v>190.76</v>
+      </c>
+      <c r="H1365" s="4"/>
+      <c r="J1365" s="23"/>
+    </row>
+    <row r="1366" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1366" s="32"/>
+      <c r="B1366" s="34"/>
+      <c r="C1366" s="34"/>
+      <c r="D1366" s="32">
+        <v>2567</v>
+      </c>
+      <c r="E1366" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F1366" s="40">
+        <v>146.25</v>
+      </c>
+      <c r="G1366" s="40">
+        <v>136.66</v>
+      </c>
+      <c r="H1366" s="4"/>
+      <c r="J1366" s="23"/>
+    </row>
+    <row r="1367" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1367" s="32"/>
+      <c r="B1367" s="34"/>
+      <c r="C1367" s="34"/>
+      <c r="D1367" s="32"/>
+      <c r="E1367" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1367" s="40">
+        <v>146.46</v>
+      </c>
+      <c r="G1367" s="40">
+        <v>138.11000000000001</v>
+      </c>
+      <c r="H1367" s="4"/>
+      <c r="J1367" s="23"/>
+    </row>
+    <row r="1368" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1368" s="32"/>
+      <c r="B1368" s="34"/>
+      <c r="C1368" s="34"/>
+      <c r="D1368" s="32"/>
+      <c r="E1368" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1368" s="41">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="G1368" s="41">
+        <v>131.69999999999999</v>
+      </c>
+      <c r="H1368" s="4"/>
+      <c r="J1368" s="23"/>
+    </row>
+    <row r="1369" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1369" s="32"/>
+      <c r="B1369" s="35"/>
+      <c r="C1369" s="35"/>
+      <c r="D1369" s="32"/>
+      <c r="E1369" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1369" s="40">
+        <v>139.86000000000001</v>
+      </c>
+      <c r="G1369" s="40">
+        <v>132.51</v>
+      </c>
+      <c r="H1369" s="4"/>
+      <c r="J1369" s="23"/>
+    </row>
+    <row r="1370" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1370" s="32"/>
+      <c r="B1370" s="32" t="s">
+        <v>94</v>
+      </c>
+      <c r="C1370" s="32"/>
+      <c r="D1370" s="32">
         <v>2564</v>
       </c>
-      <c r="E341" s="4" t="s">
-[...55 lines deleted...]
-      <c r="D344" s="6">
+      <c r="E1370" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1370" s="4">
+        <v>171.98</v>
+      </c>
+      <c r="G1370" s="4">
+        <v>145.24</v>
+      </c>
+      <c r="H1370" s="4">
+        <v>84.451680427956745</v>
+      </c>
+      <c r="J1370" s="23"/>
+    </row>
+    <row r="1371" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1371" s="32"/>
+      <c r="B1371" s="32"/>
+      <c r="C1371" s="32"/>
+      <c r="D1371" s="32"/>
+      <c r="E1371" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1371" s="4">
+        <v>171.59</v>
+      </c>
+      <c r="G1371" s="4">
+        <v>153.18</v>
+      </c>
+      <c r="H1371" s="4">
+        <v>89.270936534763095</v>
+      </c>
+      <c r="J1371" s="23"/>
+    </row>
+    <row r="1372" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1372" s="32"/>
+      <c r="B1372" s="32"/>
+      <c r="C1372" s="32"/>
+      <c r="D1372" s="32"/>
+      <c r="E1372" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1372" s="4">
+        <v>171.71</v>
+      </c>
+      <c r="G1372" s="4">
+        <v>147.62</v>
+      </c>
+      <c r="H1372" s="4">
+        <v>85.970531710442017</v>
+      </c>
+      <c r="J1372" s="23"/>
+    </row>
+    <row r="1373" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1373" s="32"/>
+      <c r="B1373" s="32"/>
+      <c r="C1373" s="32"/>
+      <c r="D1373" s="43">
         <v>2565</v>
       </c>
-      <c r="E344" s="4" t="s">
+      <c r="E1373" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F344" s="5">
-[...135 lines deleted...]
-      <c r="E351" s="4" t="s">
+      <c r="F1373" s="4">
+        <v>186.48</v>
+      </c>
+      <c r="G1373" s="4">
+        <v>165.66</v>
+      </c>
+      <c r="H1373" s="4">
+        <v>88.835263835263845</v>
+      </c>
+      <c r="J1373" s="23"/>
+    </row>
+    <row r="1374" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1374" s="32"/>
+      <c r="B1374" s="32"/>
+      <c r="C1374" s="32"/>
+      <c r="D1374" s="44"/>
+      <c r="E1374" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1374" s="4">
+        <v>186.71</v>
+      </c>
+      <c r="G1374" s="4">
+        <v>156.63</v>
+      </c>
+      <c r="H1374" s="4">
+        <v>83.889454233838563</v>
+      </c>
+      <c r="J1374" s="23"/>
+    </row>
+    <row r="1375" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1375" s="32"/>
+      <c r="B1375" s="32"/>
+      <c r="C1375" s="32"/>
+      <c r="D1375" s="44"/>
+      <c r="E1375" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1375" s="4">
+        <v>181.95</v>
+      </c>
+      <c r="G1375" s="4">
+        <v>158.84</v>
+      </c>
+      <c r="H1375" s="4">
+        <v>87.29870843638362</v>
+      </c>
+      <c r="J1375" s="23"/>
+    </row>
+    <row r="1376" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1376" s="32"/>
+      <c r="B1376" s="32"/>
+      <c r="C1376" s="32"/>
+      <c r="D1376" s="45"/>
+      <c r="E1376" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1376" s="4">
+        <v>182.16</v>
+      </c>
+      <c r="G1376" s="4">
+        <v>157.80000000000001</v>
+      </c>
+      <c r="H1376" s="4">
+        <v>86.627140974967077</v>
+      </c>
+      <c r="J1376" s="23"/>
+    </row>
+    <row r="1377" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1377" s="32"/>
+      <c r="B1377" s="32"/>
+      <c r="C1377" s="32"/>
+      <c r="D1377" s="44">
+        <v>2566</v>
+      </c>
+      <c r="E1377" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F351" s="5">
-[...135 lines deleted...]
-      <c r="E358" s="4" t="s">
+      <c r="F1377" s="40">
+        <v>182.36</v>
+      </c>
+      <c r="G1377" s="40">
+        <v>132.13</v>
+      </c>
+      <c r="H1377" s="4"/>
+      <c r="J1377" s="23"/>
+    </row>
+    <row r="1378" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1378" s="32"/>
+      <c r="B1378" s="32"/>
+      <c r="C1378" s="32"/>
+      <c r="D1378" s="44"/>
+      <c r="E1378" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1378" s="40">
+        <v>182.57</v>
+      </c>
+      <c r="G1378" s="40">
+        <v>132.38</v>
+      </c>
+      <c r="H1378" s="4"/>
+      <c r="J1378" s="23"/>
+    </row>
+    <row r="1379" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1379" s="32"/>
+      <c r="B1379" s="32"/>
+      <c r="C1379" s="32"/>
+      <c r="D1379" s="44"/>
+      <c r="E1379" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1379" s="40">
+        <v>197.38</v>
+      </c>
+      <c r="G1379" s="40">
+        <v>136.66</v>
+      </c>
+      <c r="H1379" s="4"/>
+      <c r="J1379" s="23"/>
+    </row>
+    <row r="1380" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1380" s="32"/>
+      <c r="B1380" s="32"/>
+      <c r="C1380" s="32"/>
+      <c r="D1380" s="45"/>
+      <c r="E1380" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1380" s="40">
+        <v>197.58</v>
+      </c>
+      <c r="G1380" s="40">
+        <v>137.82</v>
+      </c>
+      <c r="H1380" s="4"/>
+      <c r="J1380" s="23"/>
+    </row>
+    <row r="1381" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1381" s="32"/>
+      <c r="B1381" s="32"/>
+      <c r="C1381" s="32"/>
+      <c r="D1381" s="44">
+        <v>2567</v>
+      </c>
+      <c r="E1381" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F358" s="5">
-[...5781 lines deleted...]
-      <c r="A649" s="15" t="s">
+      <c r="F1381" s="41">
+        <v>197.8</v>
+      </c>
+      <c r="G1381" s="40">
+        <v>179.03</v>
+      </c>
+      <c r="H1381" s="4"/>
+      <c r="J1381" s="23"/>
+    </row>
+    <row r="1382" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1382" s="32"/>
+      <c r="B1382" s="32"/>
+      <c r="C1382" s="32"/>
+      <c r="D1382" s="44"/>
+      <c r="E1382" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F1382" s="40">
+        <v>198.01</v>
+      </c>
+      <c r="G1382" s="42">
+        <v>170</v>
+      </c>
+      <c r="H1382" s="4"/>
+      <c r="J1382" s="23"/>
+    </row>
+    <row r="1383" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1383" s="32"/>
+      <c r="B1383" s="32"/>
+      <c r="C1383" s="32"/>
+      <c r="D1383" s="44"/>
+      <c r="E1383" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F1383" s="41">
+        <v>208.4</v>
+      </c>
+      <c r="G1383" s="41">
+        <v>183.8</v>
+      </c>
+      <c r="H1383" s="4"/>
+      <c r="J1383" s="23"/>
+    </row>
+    <row r="1384" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1384" s="32"/>
+      <c r="B1384" s="32"/>
+      <c r="C1384" s="32"/>
+      <c r="D1384" s="45"/>
+      <c r="E1384" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1384" s="40">
+        <v>208.57</v>
+      </c>
+      <c r="G1384" s="40">
+        <v>182.99</v>
+      </c>
+      <c r="H1384" s="4"/>
+      <c r="J1384" s="23"/>
+    </row>
+    <row r="1385" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1385" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="B649" s="8"/>
-[...10 lines deleted...]
-      <c r="A650" s="15" t="s">
+      <c r="B1385" s="49"/>
+      <c r="C1385" s="49"/>
+      <c r="D1385" s="49"/>
+      <c r="E1385" s="6"/>
+      <c r="F1385" s="6"/>
+      <c r="G1385" s="6"/>
+      <c r="H1385" s="21"/>
+      <c r="I1385" s="6"/>
+      <c r="J1385" s="23"/>
+    </row>
+    <row r="1386" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1386" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="B650" s="8"/>
-[...7 lines deleted...]
-      <c r="J650" s="34"/>
+      <c r="B1386" s="49"/>
+      <c r="C1386" s="49"/>
+      <c r="D1386" s="49"/>
+      <c r="E1386" s="6"/>
+      <c r="F1386" s="6"/>
+      <c r="G1386" s="6"/>
+      <c r="H1386" s="22"/>
+      <c r="I1386" s="6"/>
+      <c r="J1386" s="23"/>
     </row>
   </sheetData>
-  <mergeCells count="376">
-[...2 lines deleted...]
-    <mergeCell ref="C3:C4"/>
+  <mergeCells count="552">
+    <mergeCell ref="B1310:B1324"/>
+    <mergeCell ref="C1310:C1324"/>
+    <mergeCell ref="B1370:B1384"/>
+    <mergeCell ref="C1370:C1384"/>
+    <mergeCell ref="D1370:D1372"/>
+    <mergeCell ref="A1285:A1384"/>
+    <mergeCell ref="D1325:D1327"/>
+    <mergeCell ref="D1328:D1331"/>
+    <mergeCell ref="D1340:D1342"/>
+    <mergeCell ref="D1343:D1346"/>
+    <mergeCell ref="D1355:D1357"/>
+    <mergeCell ref="D1358:D1361"/>
+    <mergeCell ref="D1317:D1320"/>
+    <mergeCell ref="D1321:D1324"/>
+    <mergeCell ref="D1332:D1335"/>
+    <mergeCell ref="D1336:D1339"/>
+    <mergeCell ref="D1347:D1350"/>
+    <mergeCell ref="D1310:D1312"/>
+    <mergeCell ref="D1313:D1316"/>
+    <mergeCell ref="D1265:D1267"/>
+    <mergeCell ref="D1268:D1271"/>
+    <mergeCell ref="C1280:C1284"/>
+    <mergeCell ref="D1280:D1282"/>
+    <mergeCell ref="D1283:D1284"/>
+    <mergeCell ref="D1285:D1286"/>
+    <mergeCell ref="D1295:D1297"/>
+    <mergeCell ref="D1298:D1301"/>
+    <mergeCell ref="D1306:D1309"/>
+    <mergeCell ref="A1130:A1284"/>
+    <mergeCell ref="D1130:D1132"/>
+    <mergeCell ref="D1133:D1136"/>
+    <mergeCell ref="D1145:D1147"/>
+    <mergeCell ref="D1148:D1151"/>
+    <mergeCell ref="D1160:D1162"/>
+    <mergeCell ref="D1163:D1166"/>
+    <mergeCell ref="D1175:D1177"/>
+    <mergeCell ref="D1178:D1181"/>
+    <mergeCell ref="D1190:D1192"/>
+    <mergeCell ref="D1193:D1196"/>
+    <mergeCell ref="D1205:D1207"/>
+    <mergeCell ref="D1208:D1211"/>
+    <mergeCell ref="D1220:D1222"/>
+    <mergeCell ref="D1223:D1226"/>
+    <mergeCell ref="D1235:D1237"/>
+    <mergeCell ref="D1238:D1241"/>
+    <mergeCell ref="B1220:B1234"/>
+    <mergeCell ref="C1220:C1234"/>
+    <mergeCell ref="B1205:B1219"/>
+    <mergeCell ref="C1205:C1219"/>
+    <mergeCell ref="D1250:D1252"/>
+    <mergeCell ref="D1253:D1256"/>
+    <mergeCell ref="D1085:D1087"/>
+    <mergeCell ref="D1088:D1091"/>
+    <mergeCell ref="D1100:D1102"/>
+    <mergeCell ref="D1103:D1106"/>
+    <mergeCell ref="D1081:D1084"/>
+    <mergeCell ref="D1092:D1095"/>
+    <mergeCell ref="D1096:D1099"/>
+    <mergeCell ref="D1115:D1117"/>
+    <mergeCell ref="D1118:D1121"/>
+    <mergeCell ref="D1013:D1016"/>
+    <mergeCell ref="D991:D994"/>
+    <mergeCell ref="D1002:D1005"/>
+    <mergeCell ref="D1006:D1009"/>
+    <mergeCell ref="D1025:D1027"/>
+    <mergeCell ref="D1028:D1031"/>
+    <mergeCell ref="D1040:D1042"/>
+    <mergeCell ref="D1043:D1046"/>
+    <mergeCell ref="D1055:D1057"/>
+    <mergeCell ref="B950:B964"/>
+    <mergeCell ref="C950:C964"/>
+    <mergeCell ref="B935:B949"/>
+    <mergeCell ref="C935:C949"/>
+    <mergeCell ref="D980:D982"/>
+    <mergeCell ref="D983:D986"/>
+    <mergeCell ref="D995:D997"/>
+    <mergeCell ref="D998:D1001"/>
+    <mergeCell ref="D1010:D1012"/>
+    <mergeCell ref="D908:D911"/>
+    <mergeCell ref="D920:D922"/>
+    <mergeCell ref="D923:D926"/>
+    <mergeCell ref="D897:D900"/>
+    <mergeCell ref="D901:D904"/>
+    <mergeCell ref="D912:D915"/>
+    <mergeCell ref="D916:D919"/>
+    <mergeCell ref="B920:B934"/>
+    <mergeCell ref="C920:C934"/>
+    <mergeCell ref="B905:B919"/>
+    <mergeCell ref="C905:C919"/>
+    <mergeCell ref="B890:B904"/>
+    <mergeCell ref="C890:C904"/>
+    <mergeCell ref="B875:B889"/>
+    <mergeCell ref="C875:C889"/>
+    <mergeCell ref="B860:B874"/>
+    <mergeCell ref="C860:C874"/>
+    <mergeCell ref="B845:B859"/>
+    <mergeCell ref="C845:C859"/>
+    <mergeCell ref="D890:D892"/>
+    <mergeCell ref="D893:D896"/>
+    <mergeCell ref="D905:D907"/>
+    <mergeCell ref="D755:D757"/>
+    <mergeCell ref="D758:D761"/>
+    <mergeCell ref="D770:D772"/>
+    <mergeCell ref="D773:D776"/>
+    <mergeCell ref="D785:D787"/>
+    <mergeCell ref="D788:D791"/>
+    <mergeCell ref="D800:D802"/>
+    <mergeCell ref="D803:D806"/>
+    <mergeCell ref="D815:D817"/>
+    <mergeCell ref="D605:D607"/>
+    <mergeCell ref="D608:D611"/>
+    <mergeCell ref="D620:D622"/>
+    <mergeCell ref="D623:D626"/>
+    <mergeCell ref="D601:D604"/>
+    <mergeCell ref="D612:D615"/>
+    <mergeCell ref="D616:D619"/>
+    <mergeCell ref="D635:D637"/>
+    <mergeCell ref="D638:D640"/>
+    <mergeCell ref="D530:D532"/>
+    <mergeCell ref="D533:D536"/>
+    <mergeCell ref="D545:D547"/>
+    <mergeCell ref="D548:D551"/>
+    <mergeCell ref="D560:D562"/>
+    <mergeCell ref="D563:D566"/>
+    <mergeCell ref="D575:D577"/>
+    <mergeCell ref="D578:D581"/>
+    <mergeCell ref="D590:D592"/>
+    <mergeCell ref="D380:D382"/>
+    <mergeCell ref="D383:D386"/>
+    <mergeCell ref="D395:D397"/>
+    <mergeCell ref="D398:D401"/>
+    <mergeCell ref="D376:D379"/>
+    <mergeCell ref="D387:D390"/>
+    <mergeCell ref="D391:D394"/>
+    <mergeCell ref="D410:D412"/>
+    <mergeCell ref="D413:D416"/>
+    <mergeCell ref="D293:D296"/>
+    <mergeCell ref="D305:D307"/>
+    <mergeCell ref="D308:D311"/>
+    <mergeCell ref="D286:D289"/>
+    <mergeCell ref="D297:D300"/>
+    <mergeCell ref="D301:D304"/>
+    <mergeCell ref="B305:B319"/>
+    <mergeCell ref="C290:C304"/>
+    <mergeCell ref="B290:B304"/>
+    <mergeCell ref="C275:C289"/>
+    <mergeCell ref="B275:B289"/>
+    <mergeCell ref="C260:C274"/>
+    <mergeCell ref="B260:B274"/>
+    <mergeCell ref="C245:C259"/>
+    <mergeCell ref="B245:B259"/>
+    <mergeCell ref="B230:B244"/>
+    <mergeCell ref="C230:C244"/>
+    <mergeCell ref="D275:D277"/>
+    <mergeCell ref="D278:D281"/>
+    <mergeCell ref="D290:D292"/>
+    <mergeCell ref="D203:D206"/>
+    <mergeCell ref="D215:D217"/>
+    <mergeCell ref="D218:D221"/>
+    <mergeCell ref="D192:D195"/>
+    <mergeCell ref="D196:D199"/>
+    <mergeCell ref="D207:D210"/>
+    <mergeCell ref="D211:D214"/>
+    <mergeCell ref="C215:C229"/>
+    <mergeCell ref="B215:B229"/>
+    <mergeCell ref="C200:C214"/>
+    <mergeCell ref="B200:B214"/>
+    <mergeCell ref="C185:C199"/>
+    <mergeCell ref="B185:B199"/>
+    <mergeCell ref="C170:C184"/>
+    <mergeCell ref="B170:B184"/>
+    <mergeCell ref="C155:C169"/>
+    <mergeCell ref="B155:B169"/>
+    <mergeCell ref="C140:C154"/>
+    <mergeCell ref="B140:B154"/>
+    <mergeCell ref="D185:D187"/>
+    <mergeCell ref="D188:D191"/>
+    <mergeCell ref="D200:D202"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:H3"/>
-    <mergeCell ref="A5:A25"/>
-[...1 lines deleted...]
-    <mergeCell ref="C5:C11"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="D8:D11"/>
-    <mergeCell ref="C12:C18"/>
-[...23 lines deleted...]
-    <mergeCell ref="D54:D56"/>
+    <mergeCell ref="D20:D22"/>
+    <mergeCell ref="D23:D26"/>
+    <mergeCell ref="D35:D37"/>
+    <mergeCell ref="D12:D15"/>
+    <mergeCell ref="D16:D19"/>
+    <mergeCell ref="D27:D30"/>
+    <mergeCell ref="A5:A49"/>
+    <mergeCell ref="B5:B49"/>
+    <mergeCell ref="C35:C49"/>
     <mergeCell ref="D57:D60"/>
-    <mergeCell ref="B61:B67"/>
-[...25 lines deleted...]
-    <mergeCell ref="D103:D105"/>
+    <mergeCell ref="D61:D64"/>
+    <mergeCell ref="A50:A64"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="D38:D41"/>
+    <mergeCell ref="C5:C19"/>
+    <mergeCell ref="D50:D52"/>
+    <mergeCell ref="D53:D56"/>
+    <mergeCell ref="D72:D75"/>
+    <mergeCell ref="D76:D79"/>
+    <mergeCell ref="D87:D90"/>
+    <mergeCell ref="D91:D94"/>
+    <mergeCell ref="D102:D105"/>
     <mergeCell ref="D106:D109"/>
-    <mergeCell ref="B110:B116"/>
-    <mergeCell ref="C110:C116"/>
+    <mergeCell ref="D117:D120"/>
+    <mergeCell ref="D31:D34"/>
+    <mergeCell ref="C20:C34"/>
+    <mergeCell ref="D42:D45"/>
+    <mergeCell ref="D46:D49"/>
+    <mergeCell ref="D65:D67"/>
+    <mergeCell ref="D68:D71"/>
+    <mergeCell ref="D80:D82"/>
+    <mergeCell ref="D83:D86"/>
+    <mergeCell ref="D95:D97"/>
+    <mergeCell ref="D98:D101"/>
     <mergeCell ref="D110:D112"/>
     <mergeCell ref="D113:D116"/>
-    <mergeCell ref="B117:B123"/>
-[...25 lines deleted...]
-    <mergeCell ref="D159:D161"/>
+    <mergeCell ref="D121:D124"/>
+    <mergeCell ref="D132:D135"/>
+    <mergeCell ref="D136:D139"/>
+    <mergeCell ref="D147:D150"/>
+    <mergeCell ref="D151:D154"/>
     <mergeCell ref="D162:D165"/>
-    <mergeCell ref="B166:B172"/>
-[...56 lines deleted...]
-    <mergeCell ref="D264:D266"/>
+    <mergeCell ref="D166:D169"/>
+    <mergeCell ref="D177:D180"/>
+    <mergeCell ref="D181:D184"/>
+    <mergeCell ref="D125:D127"/>
+    <mergeCell ref="D128:D131"/>
+    <mergeCell ref="D140:D142"/>
+    <mergeCell ref="D143:D146"/>
+    <mergeCell ref="D155:D157"/>
+    <mergeCell ref="D158:D161"/>
+    <mergeCell ref="D170:D172"/>
+    <mergeCell ref="D173:D176"/>
+    <mergeCell ref="D222:D225"/>
+    <mergeCell ref="D226:D229"/>
+    <mergeCell ref="D237:D240"/>
+    <mergeCell ref="D241:D244"/>
+    <mergeCell ref="D252:D255"/>
+    <mergeCell ref="D256:D259"/>
     <mergeCell ref="D267:D270"/>
-    <mergeCell ref="B271:B277"/>
-[...26 lines deleted...]
-    <mergeCell ref="D313:D315"/>
+    <mergeCell ref="D271:D274"/>
+    <mergeCell ref="D282:D285"/>
+    <mergeCell ref="D230:D232"/>
+    <mergeCell ref="D233:D236"/>
+    <mergeCell ref="D245:D247"/>
+    <mergeCell ref="D248:D251"/>
+    <mergeCell ref="D260:D262"/>
+    <mergeCell ref="D263:D266"/>
+    <mergeCell ref="D312:D315"/>
     <mergeCell ref="D316:D319"/>
-    <mergeCell ref="B320:B326"/>
-    <mergeCell ref="C320:C326"/>
+    <mergeCell ref="D327:D330"/>
+    <mergeCell ref="D331:D334"/>
+    <mergeCell ref="D342:D345"/>
+    <mergeCell ref="D346:D349"/>
+    <mergeCell ref="D357:D360"/>
+    <mergeCell ref="D361:D364"/>
+    <mergeCell ref="D372:D375"/>
     <mergeCell ref="D320:D322"/>
     <mergeCell ref="D323:D326"/>
-    <mergeCell ref="B327:B333"/>
-[...52 lines deleted...]
-    <mergeCell ref="D418:D420"/>
+    <mergeCell ref="D335:D337"/>
+    <mergeCell ref="D338:D341"/>
+    <mergeCell ref="D350:D352"/>
+    <mergeCell ref="D353:D356"/>
+    <mergeCell ref="D365:D367"/>
+    <mergeCell ref="D368:D371"/>
+    <mergeCell ref="D402:D405"/>
+    <mergeCell ref="D406:D409"/>
+    <mergeCell ref="D417:D420"/>
     <mergeCell ref="D421:D424"/>
-    <mergeCell ref="B425:B431"/>
-    <mergeCell ref="C425:C431"/>
+    <mergeCell ref="D432:D435"/>
+    <mergeCell ref="D436:D439"/>
+    <mergeCell ref="D447:D450"/>
+    <mergeCell ref="D451:D454"/>
+    <mergeCell ref="D462:D465"/>
     <mergeCell ref="D425:D427"/>
     <mergeCell ref="D428:D431"/>
-    <mergeCell ref="B432:B438"/>
-[...25 lines deleted...]
-    <mergeCell ref="D474:D476"/>
+    <mergeCell ref="D440:D442"/>
+    <mergeCell ref="D443:D446"/>
+    <mergeCell ref="D455:D457"/>
+    <mergeCell ref="D458:D461"/>
+    <mergeCell ref="D466:D469"/>
     <mergeCell ref="D477:D480"/>
-    <mergeCell ref="B481:B487"/>
-[...25 lines deleted...]
-    <mergeCell ref="D523:D525"/>
+    <mergeCell ref="D481:D484"/>
+    <mergeCell ref="D492:D495"/>
+    <mergeCell ref="D496:D499"/>
+    <mergeCell ref="D507:D510"/>
+    <mergeCell ref="D511:D514"/>
+    <mergeCell ref="D522:D525"/>
     <mergeCell ref="D526:D529"/>
-    <mergeCell ref="A530:A604"/>
-[...28 lines deleted...]
-    <mergeCell ref="D579:D581"/>
+    <mergeCell ref="D470:D472"/>
+    <mergeCell ref="D473:D476"/>
+    <mergeCell ref="D485:D487"/>
+    <mergeCell ref="D488:D491"/>
+    <mergeCell ref="D500:D502"/>
+    <mergeCell ref="D503:D506"/>
+    <mergeCell ref="D515:D517"/>
+    <mergeCell ref="D518:D521"/>
+    <mergeCell ref="D537:D540"/>
+    <mergeCell ref="D541:D544"/>
+    <mergeCell ref="D552:D555"/>
+    <mergeCell ref="D556:D559"/>
+    <mergeCell ref="D567:D570"/>
+    <mergeCell ref="D571:D574"/>
     <mergeCell ref="D582:D585"/>
-    <mergeCell ref="B586:B592"/>
-[...26 lines deleted...]
-    <mergeCell ref="D628:D630"/>
+    <mergeCell ref="D586:D589"/>
+    <mergeCell ref="D597:D600"/>
+    <mergeCell ref="D593:D596"/>
+    <mergeCell ref="D627:D630"/>
     <mergeCell ref="D631:D634"/>
-    <mergeCell ref="B635:B641"/>
-[...9 lines deleted...]
-    <mergeCell ref="C605:C606"/>
+    <mergeCell ref="D642:D645"/>
+    <mergeCell ref="D646:D649"/>
+    <mergeCell ref="D657:D660"/>
+    <mergeCell ref="D661:D664"/>
+    <mergeCell ref="D672:D675"/>
+    <mergeCell ref="D676:D679"/>
+    <mergeCell ref="D687:D690"/>
+    <mergeCell ref="D650:D652"/>
+    <mergeCell ref="D653:D656"/>
+    <mergeCell ref="D665:D667"/>
+    <mergeCell ref="D668:D671"/>
+    <mergeCell ref="D680:D682"/>
+    <mergeCell ref="D683:D686"/>
+    <mergeCell ref="D691:D694"/>
+    <mergeCell ref="D702:D705"/>
+    <mergeCell ref="D706:D709"/>
+    <mergeCell ref="D717:D720"/>
+    <mergeCell ref="D721:D724"/>
+    <mergeCell ref="D732:D735"/>
+    <mergeCell ref="D736:D739"/>
+    <mergeCell ref="D747:D750"/>
+    <mergeCell ref="D751:D754"/>
+    <mergeCell ref="D695:D697"/>
+    <mergeCell ref="D698:D701"/>
+    <mergeCell ref="D710:D712"/>
+    <mergeCell ref="D713:D716"/>
+    <mergeCell ref="D725:D727"/>
+    <mergeCell ref="D728:D731"/>
+    <mergeCell ref="D740:D742"/>
+    <mergeCell ref="D743:D746"/>
+    <mergeCell ref="D762:D765"/>
+    <mergeCell ref="D766:D769"/>
+    <mergeCell ref="D777:D780"/>
+    <mergeCell ref="D781:D784"/>
+    <mergeCell ref="D792:D795"/>
+    <mergeCell ref="D796:D799"/>
+    <mergeCell ref="D807:D810"/>
+    <mergeCell ref="D811:D814"/>
+    <mergeCell ref="D822:D825"/>
+    <mergeCell ref="D818:D821"/>
+    <mergeCell ref="D826:D829"/>
+    <mergeCell ref="D837:D840"/>
+    <mergeCell ref="D841:D844"/>
+    <mergeCell ref="D852:D855"/>
+    <mergeCell ref="D856:D859"/>
+    <mergeCell ref="D867:D870"/>
+    <mergeCell ref="D871:D874"/>
+    <mergeCell ref="D882:D885"/>
+    <mergeCell ref="D886:D889"/>
+    <mergeCell ref="D830:D832"/>
+    <mergeCell ref="D833:D836"/>
+    <mergeCell ref="D845:D847"/>
+    <mergeCell ref="D848:D851"/>
+    <mergeCell ref="D860:D862"/>
+    <mergeCell ref="D863:D866"/>
+    <mergeCell ref="D875:D877"/>
+    <mergeCell ref="D878:D881"/>
+    <mergeCell ref="D927:D930"/>
+    <mergeCell ref="D931:D934"/>
+    <mergeCell ref="D942:D945"/>
+    <mergeCell ref="D946:D949"/>
+    <mergeCell ref="D957:D960"/>
+    <mergeCell ref="D961:D964"/>
+    <mergeCell ref="D972:D975"/>
+    <mergeCell ref="D976:D979"/>
+    <mergeCell ref="D987:D990"/>
+    <mergeCell ref="D935:D937"/>
+    <mergeCell ref="D938:D941"/>
+    <mergeCell ref="D950:D952"/>
+    <mergeCell ref="D953:D956"/>
+    <mergeCell ref="D965:D967"/>
+    <mergeCell ref="D968:D971"/>
+    <mergeCell ref="D1017:D1020"/>
+    <mergeCell ref="D1021:D1024"/>
+    <mergeCell ref="D1032:D1035"/>
+    <mergeCell ref="D1036:D1039"/>
+    <mergeCell ref="D1047:D1050"/>
+    <mergeCell ref="D1051:D1054"/>
+    <mergeCell ref="D1062:D1065"/>
+    <mergeCell ref="D1066:D1069"/>
+    <mergeCell ref="D1077:D1080"/>
+    <mergeCell ref="D1058:D1061"/>
+    <mergeCell ref="D1070:D1072"/>
+    <mergeCell ref="D1073:D1076"/>
+    <mergeCell ref="D1107:D1110"/>
+    <mergeCell ref="D1111:D1114"/>
+    <mergeCell ref="D1122:D1125"/>
+    <mergeCell ref="D1126:D1129"/>
+    <mergeCell ref="D1137:D1140"/>
+    <mergeCell ref="D1141:D1144"/>
+    <mergeCell ref="D1152:D1155"/>
+    <mergeCell ref="D1156:D1159"/>
+    <mergeCell ref="D1167:D1170"/>
+    <mergeCell ref="D1171:D1174"/>
+    <mergeCell ref="D1182:D1185"/>
+    <mergeCell ref="D1186:D1189"/>
+    <mergeCell ref="D1197:D1200"/>
+    <mergeCell ref="D1201:D1204"/>
+    <mergeCell ref="D1212:D1215"/>
+    <mergeCell ref="D1216:D1219"/>
+    <mergeCell ref="D1227:D1230"/>
+    <mergeCell ref="D1231:D1234"/>
+    <mergeCell ref="D1242:D1245"/>
+    <mergeCell ref="D1246:D1249"/>
+    <mergeCell ref="D1257:D1260"/>
+    <mergeCell ref="D1261:D1264"/>
+    <mergeCell ref="D1272:D1275"/>
+    <mergeCell ref="D1276:D1279"/>
+    <mergeCell ref="D1287:D1290"/>
+    <mergeCell ref="D1291:D1294"/>
+    <mergeCell ref="D1302:D1305"/>
+    <mergeCell ref="D1351:D1354"/>
+    <mergeCell ref="D1362:D1365"/>
+    <mergeCell ref="D1366:D1369"/>
+    <mergeCell ref="B1355:B1369"/>
+    <mergeCell ref="C1355:C1369"/>
+    <mergeCell ref="B1340:B1354"/>
+    <mergeCell ref="C1340:C1354"/>
+    <mergeCell ref="B1325:B1339"/>
+    <mergeCell ref="C1325:C1339"/>
+    <mergeCell ref="B1190:B1204"/>
+    <mergeCell ref="C1145:C1159"/>
+    <mergeCell ref="C1160:C1174"/>
+    <mergeCell ref="B1164:B1172"/>
+    <mergeCell ref="B1175:B1189"/>
+    <mergeCell ref="C1175:C1189"/>
+    <mergeCell ref="B1295:B1309"/>
+    <mergeCell ref="C1295:C1309"/>
+    <mergeCell ref="B1280:B1294"/>
+    <mergeCell ref="C1285:C1294"/>
+    <mergeCell ref="B1265:B1279"/>
+    <mergeCell ref="C1265:C1279"/>
+    <mergeCell ref="B1250:B1264"/>
+    <mergeCell ref="C1250:C1264"/>
+    <mergeCell ref="B1235:B1249"/>
+    <mergeCell ref="C1235:C1249"/>
+    <mergeCell ref="C1130:C1144"/>
+    <mergeCell ref="A785:A1129"/>
+    <mergeCell ref="B1115:B1129"/>
+    <mergeCell ref="C1115:C1129"/>
+    <mergeCell ref="B1100:B1114"/>
+    <mergeCell ref="C1100:C1114"/>
+    <mergeCell ref="B1085:B1099"/>
+    <mergeCell ref="C1085:C1099"/>
+    <mergeCell ref="B1070:B1084"/>
+    <mergeCell ref="C1070:C1084"/>
+    <mergeCell ref="B1055:B1069"/>
+    <mergeCell ref="C1055:C1069"/>
+    <mergeCell ref="B1040:B1054"/>
+    <mergeCell ref="C1040:C1054"/>
+    <mergeCell ref="B1025:B1039"/>
+    <mergeCell ref="C1025:C1039"/>
+    <mergeCell ref="B1010:B1024"/>
+    <mergeCell ref="C1010:C1024"/>
+    <mergeCell ref="B995:B1009"/>
+    <mergeCell ref="C995:C1009"/>
+    <mergeCell ref="B980:B994"/>
+    <mergeCell ref="C980:C994"/>
+    <mergeCell ref="B965:B979"/>
+    <mergeCell ref="C965:C979"/>
+    <mergeCell ref="C515:C529"/>
+    <mergeCell ref="B830:B844"/>
+    <mergeCell ref="C830:C844"/>
+    <mergeCell ref="B785:B829"/>
+    <mergeCell ref="C815:C829"/>
+    <mergeCell ref="C800:C814"/>
+    <mergeCell ref="C785:C799"/>
+    <mergeCell ref="C770:C784"/>
+    <mergeCell ref="B770:B784"/>
+    <mergeCell ref="B755:B769"/>
+    <mergeCell ref="C755:C769"/>
+    <mergeCell ref="C740:C754"/>
+    <mergeCell ref="B740:B754"/>
+    <mergeCell ref="B725:B739"/>
+    <mergeCell ref="C725:C739"/>
+    <mergeCell ref="B710:B724"/>
+    <mergeCell ref="C710:C724"/>
+    <mergeCell ref="B695:B709"/>
+    <mergeCell ref="C695:C709"/>
+    <mergeCell ref="B680:B694"/>
+    <mergeCell ref="C680:C694"/>
+    <mergeCell ref="B665:B679"/>
+    <mergeCell ref="B650:B664"/>
+    <mergeCell ref="C320:C334"/>
+    <mergeCell ref="B320:B334"/>
+    <mergeCell ref="C305:C319"/>
+    <mergeCell ref="C650:C664"/>
+    <mergeCell ref="B635:B649"/>
+    <mergeCell ref="C635:C649"/>
+    <mergeCell ref="A485:A784"/>
+    <mergeCell ref="B620:B634"/>
+    <mergeCell ref="C620:C634"/>
+    <mergeCell ref="C605:C619"/>
+    <mergeCell ref="B605:B619"/>
+    <mergeCell ref="C590:C604"/>
+    <mergeCell ref="B590:B604"/>
+    <mergeCell ref="C575:C589"/>
+    <mergeCell ref="B575:B589"/>
+    <mergeCell ref="B560:B574"/>
+    <mergeCell ref="C560:C574"/>
+    <mergeCell ref="B545:B559"/>
+    <mergeCell ref="C545:C559"/>
+    <mergeCell ref="B530:B544"/>
+    <mergeCell ref="C530:C544"/>
+    <mergeCell ref="B485:B529"/>
+    <mergeCell ref="C485:C499"/>
+    <mergeCell ref="C500:C514"/>
+    <mergeCell ref="B395:B409"/>
+    <mergeCell ref="C395:C409"/>
+    <mergeCell ref="B380:B394"/>
+    <mergeCell ref="C380:C394"/>
+    <mergeCell ref="C365:C379"/>
+    <mergeCell ref="B365:B379"/>
+    <mergeCell ref="B350:B364"/>
+    <mergeCell ref="C350:C364"/>
+    <mergeCell ref="C335:C349"/>
+    <mergeCell ref="B335:B349"/>
+    <mergeCell ref="C470:C484"/>
+    <mergeCell ref="B470:B484"/>
+    <mergeCell ref="B455:B469"/>
+    <mergeCell ref="C455:C469"/>
+    <mergeCell ref="B440:B454"/>
+    <mergeCell ref="C440:C454"/>
+    <mergeCell ref="B425:B439"/>
+    <mergeCell ref="C425:C439"/>
+    <mergeCell ref="B410:B424"/>
+    <mergeCell ref="C410:C424"/>
+    <mergeCell ref="C125:C139"/>
+    <mergeCell ref="B125:B139"/>
+    <mergeCell ref="B110:B124"/>
+    <mergeCell ref="C110:C124"/>
+    <mergeCell ref="C95:C109"/>
+    <mergeCell ref="B65:B109"/>
+    <mergeCell ref="C80:C94"/>
+    <mergeCell ref="C65:C79"/>
+    <mergeCell ref="C50:C64"/>
+    <mergeCell ref="B50:B64"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05E13F95-406A-4629-A878-DAD17A05A096}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" style="18" customWidth="1"/>
-[...254 lines deleted...]
-    <col min="16132" max="16384" width="9.140625" style="18"/>
+    <col min="1" max="1" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2" max="2" width="37" style="9" customWidth="1"/>
+    <col min="3" max="3" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4" max="256" width="9.140625" style="9"/>
+    <col min="257" max="257" width="8.28515625" style="9" customWidth="1"/>
+    <col min="258" max="258" width="30.5703125" style="9" customWidth="1"/>
+    <col min="259" max="259" width="52.7109375" style="9" customWidth="1"/>
+    <col min="260" max="512" width="9.140625" style="9"/>
+    <col min="513" max="513" width="8.28515625" style="9" customWidth="1"/>
+    <col min="514" max="514" width="30.5703125" style="9" customWidth="1"/>
+    <col min="515" max="515" width="52.7109375" style="9" customWidth="1"/>
+    <col min="516" max="768" width="9.140625" style="9"/>
+    <col min="769" max="769" width="8.28515625" style="9" customWidth="1"/>
+    <col min="770" max="770" width="30.5703125" style="9" customWidth="1"/>
+    <col min="771" max="771" width="52.7109375" style="9" customWidth="1"/>
+    <col min="772" max="1024" width="9.140625" style="9"/>
+    <col min="1025" max="1025" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1026" max="1026" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1027" max="1027" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1028" max="1280" width="9.140625" style="9"/>
+    <col min="1281" max="1281" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1282" max="1282" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1283" max="1283" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1284" max="1536" width="9.140625" style="9"/>
+    <col min="1537" max="1537" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1538" max="1538" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1539" max="1539" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1540" max="1792" width="9.140625" style="9"/>
+    <col min="1793" max="1793" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1794" max="1794" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1795" max="1795" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1796" max="2048" width="9.140625" style="9"/>
+    <col min="2049" max="2049" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2050" max="2050" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2051" max="2051" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2052" max="2304" width="9.140625" style="9"/>
+    <col min="2305" max="2305" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2306" max="2306" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2307" max="2307" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2308" max="2560" width="9.140625" style="9"/>
+    <col min="2561" max="2561" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2562" max="2562" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2563" max="2563" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2564" max="2816" width="9.140625" style="9"/>
+    <col min="2817" max="2817" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2818" max="2818" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2819" max="2819" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2820" max="3072" width="9.140625" style="9"/>
+    <col min="3073" max="3073" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3074" max="3074" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3075" max="3075" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3076" max="3328" width="9.140625" style="9"/>
+    <col min="3329" max="3329" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3330" max="3330" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3331" max="3331" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3332" max="3584" width="9.140625" style="9"/>
+    <col min="3585" max="3585" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3586" max="3586" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3587" max="3587" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3588" max="3840" width="9.140625" style="9"/>
+    <col min="3841" max="3841" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3842" max="3842" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3843" max="3843" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3844" max="4096" width="9.140625" style="9"/>
+    <col min="4097" max="4097" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4098" max="4098" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4099" max="4099" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4100" max="4352" width="9.140625" style="9"/>
+    <col min="4353" max="4353" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4354" max="4354" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4355" max="4355" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4356" max="4608" width="9.140625" style="9"/>
+    <col min="4609" max="4609" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4610" max="4610" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4611" max="4611" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4612" max="4864" width="9.140625" style="9"/>
+    <col min="4865" max="4865" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4866" max="4866" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4867" max="4867" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4868" max="5120" width="9.140625" style="9"/>
+    <col min="5121" max="5121" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5122" max="5122" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5123" max="5123" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5124" max="5376" width="9.140625" style="9"/>
+    <col min="5377" max="5377" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5378" max="5378" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5379" max="5379" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5380" max="5632" width="9.140625" style="9"/>
+    <col min="5633" max="5633" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5634" max="5634" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5635" max="5635" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5636" max="5888" width="9.140625" style="9"/>
+    <col min="5889" max="5889" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5890" max="5890" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5891" max="5891" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5892" max="6144" width="9.140625" style="9"/>
+    <col min="6145" max="6145" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6146" max="6146" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6147" max="6147" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6148" max="6400" width="9.140625" style="9"/>
+    <col min="6401" max="6401" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6402" max="6402" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6403" max="6403" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6404" max="6656" width="9.140625" style="9"/>
+    <col min="6657" max="6657" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6658" max="6658" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6659" max="6659" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6660" max="6912" width="9.140625" style="9"/>
+    <col min="6913" max="6913" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6914" max="6914" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6915" max="6915" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6916" max="7168" width="9.140625" style="9"/>
+    <col min="7169" max="7169" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7170" max="7170" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7171" max="7171" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7172" max="7424" width="9.140625" style="9"/>
+    <col min="7425" max="7425" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7426" max="7426" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7427" max="7427" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7428" max="7680" width="9.140625" style="9"/>
+    <col min="7681" max="7681" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7682" max="7682" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7683" max="7683" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7684" max="7936" width="9.140625" style="9"/>
+    <col min="7937" max="7937" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7938" max="7938" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7939" max="7939" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7940" max="8192" width="9.140625" style="9"/>
+    <col min="8193" max="8193" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8194" max="8194" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8195" max="8195" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8196" max="8448" width="9.140625" style="9"/>
+    <col min="8449" max="8449" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8450" max="8450" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8451" max="8451" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8452" max="8704" width="9.140625" style="9"/>
+    <col min="8705" max="8705" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8706" max="8706" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8707" max="8707" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8708" max="8960" width="9.140625" style="9"/>
+    <col min="8961" max="8961" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8962" max="8962" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8963" max="8963" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8964" max="9216" width="9.140625" style="9"/>
+    <col min="9217" max="9217" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9218" max="9218" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9219" max="9219" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9220" max="9472" width="9.140625" style="9"/>
+    <col min="9473" max="9473" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9474" max="9474" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9475" max="9475" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9476" max="9728" width="9.140625" style="9"/>
+    <col min="9729" max="9729" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9730" max="9730" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9731" max="9731" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9732" max="9984" width="9.140625" style="9"/>
+    <col min="9985" max="9985" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9986" max="9986" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9987" max="9987" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9988" max="10240" width="9.140625" style="9"/>
+    <col min="10241" max="10241" width="8.28515625" style="9" customWidth="1"/>
+    <col min="10242" max="10242" width="30.5703125" style="9" customWidth="1"/>
+    <col min="10243" max="10243" width="52.7109375" style="9" customWidth="1"/>
+    <col min="10244" max="10496" width="9.140625" style="9"/>
+    <col min="10497" max="10497" width="8.28515625" style="9" customWidth="1"/>
+    <col min="10498" max="10498" width="30.5703125" style="9" customWidth="1"/>
+    <col min="10499" max="10499" width="52.7109375" style="9" customWidth="1"/>
+    <col min="10500" max="10752" width="9.140625" style="9"/>
+    <col min="10753" max="10753" width="8.28515625" style="9" customWidth="1"/>
+    <col min="10754" max="10754" width="30.5703125" style="9" customWidth="1"/>
+    <col min="10755" max="10755" width="52.7109375" style="9" customWidth="1"/>
+    <col min="10756" max="11008" width="9.140625" style="9"/>
+    <col min="11009" max="11009" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11010" max="11010" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11011" max="11011" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11012" max="11264" width="9.140625" style="9"/>
+    <col min="11265" max="11265" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11266" max="11266" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11267" max="11267" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11268" max="11520" width="9.140625" style="9"/>
+    <col min="11521" max="11521" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11522" max="11522" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11523" max="11523" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11524" max="11776" width="9.140625" style="9"/>
+    <col min="11777" max="11777" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11778" max="11778" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11779" max="11779" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11780" max="12032" width="9.140625" style="9"/>
+    <col min="12033" max="12033" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12034" max="12034" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12035" max="12035" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12036" max="12288" width="9.140625" style="9"/>
+    <col min="12289" max="12289" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12290" max="12290" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12291" max="12291" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12292" max="12544" width="9.140625" style="9"/>
+    <col min="12545" max="12545" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12546" max="12546" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12547" max="12547" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12548" max="12800" width="9.140625" style="9"/>
+    <col min="12801" max="12801" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12802" max="12802" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12803" max="12803" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12804" max="13056" width="9.140625" style="9"/>
+    <col min="13057" max="13057" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13058" max="13058" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13059" max="13059" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13060" max="13312" width="9.140625" style="9"/>
+    <col min="13313" max="13313" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13314" max="13314" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13315" max="13315" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13316" max="13568" width="9.140625" style="9"/>
+    <col min="13569" max="13569" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13570" max="13570" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13571" max="13571" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13572" max="13824" width="9.140625" style="9"/>
+    <col min="13825" max="13825" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13826" max="13826" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13827" max="13827" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13828" max="14080" width="9.140625" style="9"/>
+    <col min="14081" max="14081" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14082" max="14082" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14083" max="14083" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14084" max="14336" width="9.140625" style="9"/>
+    <col min="14337" max="14337" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14338" max="14338" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14339" max="14339" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14340" max="14592" width="9.140625" style="9"/>
+    <col min="14593" max="14593" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14594" max="14594" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14595" max="14595" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14596" max="14848" width="9.140625" style="9"/>
+    <col min="14849" max="14849" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14850" max="14850" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14851" max="14851" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14852" max="15104" width="9.140625" style="9"/>
+    <col min="15105" max="15105" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15106" max="15106" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15107" max="15107" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15108" max="15360" width="9.140625" style="9"/>
+    <col min="15361" max="15361" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15362" max="15362" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15363" max="15363" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15364" max="15616" width="9.140625" style="9"/>
+    <col min="15617" max="15617" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15618" max="15618" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15619" max="15619" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15620" max="15872" width="9.140625" style="9"/>
+    <col min="15873" max="15873" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15874" max="15874" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15875" max="15875" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15876" max="16128" width="9.140625" style="9"/>
+    <col min="16129" max="16129" width="8.28515625" style="9" customWidth="1"/>
+    <col min="16130" max="16130" width="30.5703125" style="9" customWidth="1"/>
+    <col min="16131" max="16131" width="52.7109375" style="9" customWidth="1"/>
+    <col min="16132" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="B1" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="B1" s="17" t="s">
+      <c r="C1" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="C1" s="17" t="s">
+    </row>
+    <row r="2" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A2" s="10">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11" t="s">
         <v>106</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="19">
+      <c r="C2" s="12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="14">
+        <v>2</v>
+      </c>
+      <c r="B3" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A4" s="14">
+        <v>3</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" s="13" customFormat="1" ht="42" x14ac:dyDescent="0.25">
+      <c r="A5" s="14">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C5" s="16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A6" s="14">
+        <v>5</v>
+      </c>
+      <c r="B6" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C6" s="17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A7" s="14">
+        <v>6</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A8" s="14">
+        <v>7</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C8" s="16"/>
+    </row>
+    <row r="9" spans="1:3" s="13" customFormat="1" ht="105" x14ac:dyDescent="0.25">
+      <c r="A9" s="14">
+        <v>8</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C9" s="16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A10" s="14">
+        <v>9.1</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C10" s="16" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A11" s="14">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C11" s="18">
         <v>1</v>
       </c>
-      <c r="B2" s="20" t="s">
-[...96 lines deleted...]
-      <c r="B11" s="24" t="s">
+    </row>
+    <row r="12" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A12" s="14">
+        <v>10</v>
+      </c>
+      <c r="B12" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="C11" s="27">
+      <c r="C12" s="16" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="22" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B12" s="24" t="s">
+    <row r="13" spans="1:3" s="13" customFormat="1" ht="42" x14ac:dyDescent="0.25">
+      <c r="A13" s="14">
+        <v>11</v>
+      </c>
+      <c r="B13" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="C12" s="25" t="s">
-[...7 lines deleted...]
-      <c r="B13" s="24" t="s">
+      <c r="C13" s="16" t="s">
         <v>123</v>
       </c>
-      <c r="C13" s="25" t="s">
+    </row>
+    <row r="14" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A14" s="14">
+        <v>12</v>
+      </c>
+      <c r="B14" s="15" t="s">
         <v>124</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B14" s="24" t="s">
+      <c r="C14" s="16" t="s">
         <v>125</v>
       </c>
-      <c r="C14" s="25" t="s">
+    </row>
+    <row r="15" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A15" s="14">
+        <v>13</v>
+      </c>
+      <c r="B15" s="15" t="s">
         <v>126</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" s="24" t="s">
+      <c r="C15" s="16" t="s">
         <v>127</v>
       </c>
-      <c r="C15" s="25" t="s">
+    </row>
+    <row r="16" spans="1:3" s="13" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A16" s="19">
+        <v>14</v>
+      </c>
+      <c r="B16" s="20" t="s">
         <v>128</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B16" s="29" t="s">
+      <c r="C16" s="20" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C6" r:id="rId1" xr:uid="{4F17C805-82E4-41D4-AED9-170A8A26AC3A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>