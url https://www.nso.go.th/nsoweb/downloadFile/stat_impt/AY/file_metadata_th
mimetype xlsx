--- v0 (2025-10-26)
+++ v1 (2026-03-07)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27726"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C48620AF-44B9-4735-849E-C7FE1D75FBB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5D1B48E2-8553-4229-9CD7-78E02BABFB6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="30" windowWidth="28800" windowHeight="17250" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="780" yWindow="720" windowWidth="11775" windowHeight="12780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
   <si>
     <t>ปี</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>ชื่อรายการไทย</t>
   </si>
   <si>
     <t>รายละเอียด</t>
   </si>