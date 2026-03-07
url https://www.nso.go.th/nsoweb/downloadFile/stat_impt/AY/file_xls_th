--- v0 (2025-10-26)
+++ v1 (2026-03-07)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C95166F7-8BAC-47BC-A2F5-1A69090CF911}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6FFF5FE-2F56-4E11-8195-65FB7111CF3F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="30" windowWidth="28800" windowHeight="17250" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1074" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1080" uniqueCount="137">
   <si>
     <t>ปี</t>
   </si>
   <si>
     <t>ภาค</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>เขตการปกครอง</t>
   </si>
   <si>
     <t>เทคโนโลยีสารสนเทศและการสื่อสาร</t>
   </si>
   <si>
     <t>ไตรมาสที่ 2</t>
   </si>
   <si>
     <t>ทั่วราชอาณาจักร</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
@@ -400,53 +400,50 @@
   <si>
     <t>แหล่งที่มา</t>
   </si>
   <si>
     <t>สำรวจการมีการใช้เทคโนโลยีสารสนเทศและการสื่อสาในครัวเรือน (สำนักงานสถิติแห่งชาติ)</t>
   </si>
   <si>
     <t>รูปแบบการเก็บข้อมูล</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
-    <t xml:space="preserve">จำนวนครัวเรือนที่มีเทคโนโลยีสารสนเทศและการสื่อสาร จำแนกตามภาค จังหวัด และเขตการปกครอง รายไตรมาส พ.ศ. 2564 - 2566 </t>
-[...1 lines deleted...]
-  <si>
     <t>2564</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>การสำรวจ</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="TH SarabunPSK"/>
         <family val="2"/>
       </rPr>
       <t>หมายเหตุ:</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <rFont val="TH SarabunPSK"/>
@@ -476,59 +473,65 @@
       </rPr>
       <t xml:space="preserve"> สำรวจการมีการใช้เทคโนโลยีสารสนเทศและการสื่อสารในครัวเรือน สำนักงานสถิติแห่งชาติ กระทรวงดิจิทัลเพื่อเศรษฐกิจและสังคม</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="TH SarabunPSK"/>
         <family val="2"/>
       </rPr>
       <t>หน่วย:</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="TH SarabunPSK"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> พันครัวเรือน</t>
     </r>
   </si>
+  <si>
+    <t>2567</t>
+  </si>
+  <si>
+    <t>จำนวนครัวเรือนที่มีเทคโนโลยีสารสนเทศและการสื่อสาร จำแนกตามภาค จังหวัด และเขตการปกครอง รายไตรมาส พ.ศ. 2564 - 2567</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode=";;"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
@@ -538,50 +541,57 @@
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
@@ -703,162 +713,164 @@
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...42 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{DECE91E3-2E08-4AEC-AFA3-1F119DF4B711}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{B8FE2119-2F47-4E38-BC3B-D73A62871878}"/>
     <cellStyle name="ปกติ 2" xfId="1" xr:uid="{4CC40EFD-8E2D-4CD7-8013-DC774C877CF8}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1125,26075 +1137,35761 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q651"/>
+  <dimension ref="A1:T651"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q10" sqref="Q10"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="O645" sqref="O645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="23.25" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="2" width="17" style="37" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="23"/>
+    <col min="1" max="2" width="17" style="22" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.5703125" style="22" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.140625" style="22" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="6" max="12" width="14.85546875" style="15" customWidth="1"/>
+    <col min="13" max="20" width="14.85546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="21" max="16384" width="9.140625" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="22" t="s">
+    <row r="1" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="29" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="29"/>
+      <c r="G1" s="29"/>
+      <c r="H1" s="29"/>
+      <c r="I1" s="29"/>
+      <c r="J1" s="29"/>
+      <c r="K1" s="29"/>
+      <c r="L1" s="29"/>
+      <c r="M1" s="29"/>
+      <c r="N1" s="29"/>
+      <c r="O1" s="29"/>
+      <c r="P1" s="29"/>
+    </row>
+    <row r="2" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="30" t="s">
+        <v>134</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="R2" s="16"/>
+    </row>
+    <row r="3" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="31" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="31" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="33" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" s="33" t="s">
+        <v>131</v>
+      </c>
+      <c r="F3" s="35" t="s">
         <v>128</v>
       </c>
-      <c r="B1" s="22"/>
-[...15 lines deleted...]
-      <c r="A2" s="24" t="s">
+      <c r="G3" s="36"/>
+      <c r="H3" s="37"/>
+      <c r="I3" s="35" t="s">
+        <v>129</v>
+      </c>
+      <c r="J3" s="36"/>
+      <c r="K3" s="36"/>
+      <c r="L3" s="37"/>
+      <c r="M3" s="35" t="s">
+        <v>130</v>
+      </c>
+      <c r="N3" s="36"/>
+      <c r="O3" s="36"/>
+      <c r="P3" s="37"/>
+      <c r="Q3" s="35" t="s">
         <v>135</v>
       </c>
-      <c r="B2" s="24"/>
-[...53 lines deleted...]
-      <c r="E4" s="18"/>
+      <c r="R3" s="36"/>
+      <c r="S3" s="36"/>
+      <c r="T3" s="37"/>
+    </row>
+    <row r="4" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="32"/>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="34"/>
+      <c r="E4" s="34"/>
       <c r="F4" s="14" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>99</v>
       </c>
       <c r="H4" s="14" t="s">
         <v>100</v>
       </c>
       <c r="I4" s="14" t="s">
         <v>101</v>
       </c>
       <c r="J4" s="14" t="s">
         <v>5</v>
       </c>
       <c r="K4" s="14" t="s">
         <v>99</v>
       </c>
       <c r="L4" s="14" t="s">
         <v>100</v>
       </c>
       <c r="M4" s="14" t="s">
         <v>101</v>
       </c>
       <c r="N4" s="14" t="s">
         <v>5</v>
       </c>
       <c r="O4" s="14" t="s">
         <v>99</v>
       </c>
-    </row>
-    <row r="5" spans="1:17" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P4" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q4" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="R4" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="S4" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="T4" s="14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="26" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="27" t="s">
+      <c r="D5" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E5" s="28"/>
-      <c r="F5" s="29">
+      <c r="E5" s="18"/>
+      <c r="F5" s="19">
         <v>22334.45</v>
       </c>
-      <c r="G5" s="29">
+      <c r="G5" s="19">
         <v>22626.41</v>
       </c>
-      <c r="H5" s="29">
+      <c r="H5" s="19">
         <v>22633.49</v>
       </c>
-      <c r="I5" s="29">
+      <c r="I5" s="19">
         <v>24747.35</v>
       </c>
-      <c r="J5" s="29">
+      <c r="J5" s="19">
         <v>24764.51</v>
       </c>
-      <c r="K5" s="29">
+      <c r="K5" s="19">
         <v>23427.38</v>
       </c>
-      <c r="L5" s="29">
+      <c r="L5" s="19">
         <v>23598.720000000001</v>
       </c>
-      <c r="M5" s="29">
+      <c r="M5" s="19">
         <v>23460.62</v>
       </c>
-      <c r="N5" s="29">
+      <c r="N5" s="19">
         <v>23479.35</v>
       </c>
-      <c r="O5" s="29">
+      <c r="O5" s="19">
         <v>23954.41</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C6" s="30"/>
+      <c r="P5" s="19">
+        <v>23969.01</v>
+      </c>
+      <c r="Q5" s="19">
+        <v>23984.959999999999</v>
+      </c>
+      <c r="R5" s="19">
+        <v>24002.28</v>
+      </c>
+      <c r="S5" s="19">
+        <v>24318.400000000001</v>
+      </c>
+      <c r="T5" s="19">
+        <v>24331.38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="27"/>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27"/>
       <c r="D6" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E6" s="27" t="s">
+      <c r="E6" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F6" s="29">
+      <c r="F6" s="19">
         <v>5635.27</v>
       </c>
-      <c r="G6" s="29">
+      <c r="G6" s="19">
         <v>6089.59</v>
       </c>
-      <c r="H6" s="29">
+      <c r="H6" s="19">
         <v>5829.33</v>
       </c>
-      <c r="I6" s="29">
+      <c r="I6" s="19">
         <v>6316.11</v>
       </c>
-      <c r="J6" s="29">
+      <c r="J6" s="19">
         <v>6070.54</v>
       </c>
-      <c r="K6" s="29">
+      <c r="K6" s="19">
         <v>5760.53</v>
       </c>
-      <c r="L6" s="29">
+      <c r="L6" s="19">
         <v>5771.07</v>
       </c>
-      <c r="M6" s="29">
+      <c r="M6" s="19">
         <v>5515.24</v>
       </c>
-      <c r="N6" s="29">
+      <c r="N6" s="19">
         <v>5288.53</v>
       </c>
-      <c r="O6" s="29">
+      <c r="O6" s="19">
         <v>5229.09</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E7" s="27" t="s">
+      <c r="P6" s="19">
+        <v>5424.81</v>
+      </c>
+      <c r="Q6" s="19">
+        <v>5283.52</v>
+      </c>
+      <c r="R6" s="19">
+        <v>5196.17</v>
+      </c>
+      <c r="S6" s="19">
+        <v>4976.3</v>
+      </c>
+      <c r="T6" s="19">
+        <v>5023.97</v>
+      </c>
+    </row>
+    <row r="7" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="27"/>
+      <c r="B7" s="27"/>
+      <c r="C7" s="27"/>
+      <c r="D7" s="28"/>
+      <c r="E7" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F7" s="29">
+      <c r="F7" s="19">
         <v>16699.18</v>
       </c>
-      <c r="G7" s="29">
+      <c r="G7" s="19">
         <v>16536.82</v>
       </c>
-      <c r="H7" s="29">
+      <c r="H7" s="19">
         <v>16804.16</v>
       </c>
-      <c r="I7" s="29">
+      <c r="I7" s="19">
         <v>18431.23</v>
       </c>
-      <c r="J7" s="29">
+      <c r="J7" s="19">
         <v>18693.97</v>
       </c>
-      <c r="K7" s="29">
+      <c r="K7" s="19">
         <v>17666.849999999999</v>
       </c>
-      <c r="L7" s="29">
+      <c r="L7" s="19">
         <v>17827.66</v>
       </c>
-      <c r="M7" s="29">
+      <c r="M7" s="19">
         <v>17945.38</v>
       </c>
-      <c r="N7" s="29">
+      <c r="N7" s="19">
         <v>18190.810000000001</v>
       </c>
-      <c r="O7" s="29">
+      <c r="O7" s="19">
         <v>18725.32</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C8" s="30"/>
+      <c r="P7" s="19">
+        <v>18544.2</v>
+      </c>
+      <c r="Q7" s="19">
+        <v>18701.439999999999</v>
+      </c>
+      <c r="R7" s="19">
+        <v>18806.11</v>
+      </c>
+      <c r="S7" s="19">
+        <v>19342</v>
+      </c>
+      <c r="T7" s="19">
+        <v>19307.41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="27"/>
+      <c r="B8" s="27"/>
+      <c r="C8" s="27"/>
       <c r="D8" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E8" s="27" t="s">
+      <c r="E8" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F8" s="29">
+      <c r="F8" s="19">
         <v>19186.189999999999</v>
       </c>
-      <c r="G8" s="29">
+      <c r="G8" s="19">
         <v>20049.57</v>
       </c>
-      <c r="H8" s="29">
+      <c r="H8" s="19">
         <v>20073.939999999999</v>
       </c>
-      <c r="I8" s="29">
+      <c r="I8" s="19">
         <v>22045.94</v>
       </c>
-      <c r="J8" s="29">
+      <c r="J8" s="19">
         <v>21801.19</v>
       </c>
-      <c r="K8" s="29">
+      <c r="K8" s="19">
         <v>21067.91</v>
       </c>
-      <c r="L8" s="29">
+      <c r="L8" s="19">
         <v>21336.11</v>
       </c>
-      <c r="M8" s="29">
+      <c r="M8" s="19">
         <v>21003.01</v>
       </c>
-      <c r="N8" s="29">
+      <c r="N8" s="19">
         <v>21159.1</v>
       </c>
-      <c r="O8" s="29">
+      <c r="O8" s="19">
         <v>21787.53</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E9" s="27" t="s">
+      <c r="P8" s="19">
+        <v>21965.3</v>
+      </c>
+      <c r="Q8" s="19">
+        <v>21914.39</v>
+      </c>
+      <c r="R8" s="19">
+        <v>21678.67</v>
+      </c>
+      <c r="S8" s="19">
+        <v>22291.9</v>
+      </c>
+      <c r="T8" s="19">
+        <v>22541.32</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="27"/>
+      <c r="B9" s="27"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="28"/>
+      <c r="E9" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F9" s="29">
+      <c r="F9" s="19">
         <v>3148.26</v>
       </c>
-      <c r="G9" s="29">
+      <c r="G9" s="19">
         <v>2576.84</v>
       </c>
-      <c r="H9" s="29">
+      <c r="H9" s="19">
         <v>2559.5500000000002</v>
       </c>
-      <c r="I9" s="29">
+      <c r="I9" s="19">
         <v>2701.41</v>
       </c>
-      <c r="J9" s="29">
+      <c r="J9" s="19">
         <v>2963.32</v>
       </c>
-      <c r="K9" s="29">
+      <c r="K9" s="19">
         <v>2359.4699999999998</v>
       </c>
-      <c r="L9" s="29">
+      <c r="L9" s="19">
         <v>2262.61</v>
       </c>
-      <c r="M9" s="29">
+      <c r="M9" s="19">
         <v>2457.61</v>
       </c>
-      <c r="N9" s="29">
+      <c r="N9" s="19">
         <v>2320.25</v>
       </c>
-      <c r="O9" s="29">
+      <c r="O9" s="19">
         <v>2166.89</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C10" s="30"/>
+      <c r="P9" s="19">
+        <v>2003.72</v>
+      </c>
+      <c r="Q9" s="19">
+        <v>2070.5700000000002</v>
+      </c>
+      <c r="R9" s="19">
+        <v>2323.61</v>
+      </c>
+      <c r="S9" s="19">
+        <v>2026.4</v>
+      </c>
+      <c r="T9" s="19">
+        <v>1790.06</v>
+      </c>
+    </row>
+    <row r="10" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="27"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="27"/>
       <c r="D10" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="27" t="s">
+      <c r="E10" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F10" s="29">
+      <c r="F10" s="19">
         <v>21409.27</v>
       </c>
-      <c r="G10" s="29">
+      <c r="G10" s="19">
         <v>21895.79</v>
       </c>
-      <c r="H10" s="29">
+      <c r="H10" s="19">
         <v>21885.88</v>
       </c>
-      <c r="I10" s="29">
+      <c r="I10" s="19">
         <v>23909.38</v>
       </c>
-      <c r="J10" s="29">
+      <c r="J10" s="19">
         <v>23941.439999999999</v>
       </c>
-      <c r="K10" s="29">
+      <c r="K10" s="19">
         <v>22711.61</v>
       </c>
-      <c r="L10" s="29">
+      <c r="L10" s="19">
         <v>22898.85</v>
       </c>
-      <c r="M10" s="29">
+      <c r="M10" s="19">
         <v>22637.48</v>
       </c>
-      <c r="N10" s="29">
+      <c r="N10" s="19">
         <v>22684.84</v>
       </c>
-      <c r="O10" s="29">
+      <c r="O10" s="19">
         <v>23237.94</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E11" s="27" t="s">
+      <c r="P10" s="19">
+        <v>23257.93</v>
+      </c>
+      <c r="Q10" s="19">
+        <v>23211.55</v>
+      </c>
+      <c r="R10" s="19">
+        <v>23192.28</v>
+      </c>
+      <c r="S10" s="19">
+        <v>23540.9</v>
+      </c>
+      <c r="T10" s="19">
+        <v>23615.119999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="27"/>
+      <c r="B11" s="27"/>
+      <c r="C11" s="28"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F11" s="29">
+      <c r="F11" s="19">
         <v>925.17</v>
       </c>
-      <c r="G11" s="29">
+      <c r="G11" s="19">
         <v>730.62</v>
       </c>
-      <c r="H11" s="29">
+      <c r="H11" s="19">
         <v>747.61</v>
       </c>
-      <c r="I11" s="29">
+      <c r="I11" s="19">
         <v>837.97</v>
       </c>
-      <c r="J11" s="29">
+      <c r="J11" s="19">
         <v>823.07</v>
       </c>
-      <c r="K11" s="29">
+      <c r="K11" s="19">
         <v>715.77</v>
       </c>
-      <c r="L11" s="29">
+      <c r="L11" s="19">
         <v>699.87</v>
       </c>
-      <c r="M11" s="29">
+      <c r="M11" s="19">
         <v>823.13</v>
       </c>
-      <c r="N11" s="29">
+      <c r="N11" s="19">
         <v>794.5</v>
       </c>
-      <c r="O11" s="29">
+      <c r="O11" s="19">
         <v>716.47</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B12" s="30"/>
+      <c r="P11" s="19">
+        <v>711.08</v>
+      </c>
+      <c r="Q11" s="19">
+        <v>773.41</v>
+      </c>
+      <c r="R11" s="19">
+        <v>810</v>
+      </c>
+      <c r="S11" s="19">
+        <v>777.5</v>
+      </c>
+      <c r="T11" s="19">
+        <v>716.26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="27"/>
+      <c r="B12" s="27"/>
       <c r="C12" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="27" t="s">
+      <c r="D12" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E12" s="28"/>
-      <c r="F12" s="29">
+      <c r="E12" s="18"/>
+      <c r="F12" s="19">
         <v>10454.459999999999</v>
       </c>
-      <c r="G12" s="29">
+      <c r="G12" s="19">
         <v>10543.08</v>
       </c>
-      <c r="H12" s="29">
+      <c r="H12" s="19">
         <v>10549.02</v>
       </c>
-      <c r="I12" s="29">
+      <c r="I12" s="19">
         <v>11848.97</v>
       </c>
-      <c r="J12" s="29">
+      <c r="J12" s="19">
         <v>11861.85</v>
       </c>
-      <c r="K12" s="29">
+      <c r="K12" s="19">
         <v>11233.91</v>
       </c>
-      <c r="L12" s="29">
+      <c r="L12" s="19">
         <v>11401.14</v>
       </c>
-      <c r="M12" s="29">
+      <c r="M12" s="19">
         <v>11258.19</v>
       </c>
-      <c r="N12" s="29">
+      <c r="N12" s="19">
         <v>11271.38</v>
       </c>
-      <c r="O12" s="29">
+      <c r="O12" s="19">
         <v>11404.4</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C13" s="30"/>
+      <c r="P12" s="19">
+        <v>11415.54</v>
+      </c>
+      <c r="Q12" s="19">
+        <v>11427.35</v>
+      </c>
+      <c r="R12" s="19">
+        <v>11439.85</v>
+      </c>
+      <c r="S12" s="19">
+        <v>11393.1</v>
+      </c>
+      <c r="T12" s="19">
+        <v>11403.08</v>
+      </c>
+    </row>
+    <row r="13" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="27"/>
+      <c r="B13" s="27"/>
+      <c r="C13" s="27"/>
       <c r="D13" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E13" s="27" t="s">
+      <c r="E13" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F13" s="29">
+      <c r="F13" s="19">
         <v>3529.54</v>
       </c>
-      <c r="G13" s="29">
+      <c r="G13" s="19">
         <v>3679.2</v>
       </c>
-      <c r="H13" s="29">
+      <c r="H13" s="19">
         <v>3571.14</v>
       </c>
-      <c r="I13" s="29">
+      <c r="I13" s="19">
         <v>3915.35</v>
       </c>
-      <c r="J13" s="29">
+      <c r="J13" s="19">
         <v>3833.87</v>
       </c>
-      <c r="K13" s="29">
+      <c r="K13" s="19">
         <v>3643.25</v>
       </c>
-      <c r="L13" s="29">
+      <c r="L13" s="19">
         <v>3677.35</v>
       </c>
-      <c r="M13" s="29">
+      <c r="M13" s="19">
         <v>3477.64</v>
       </c>
-      <c r="N13" s="29">
+      <c r="N13" s="19">
         <v>3374.51</v>
       </c>
-      <c r="O13" s="29">
+      <c r="O13" s="19">
         <v>3277.45</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E14" s="27" t="s">
+      <c r="P13" s="19">
+        <v>3464.8</v>
+      </c>
+      <c r="Q13" s="19">
+        <v>3361.5</v>
+      </c>
+      <c r="R13" s="19">
+        <v>3296.87</v>
+      </c>
+      <c r="S13" s="19">
+        <v>3072.8</v>
+      </c>
+      <c r="T13" s="19">
+        <v>3180.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="27"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F14" s="29">
+      <c r="F14" s="19">
         <v>6924.92</v>
       </c>
-      <c r="G14" s="29">
+      <c r="G14" s="19">
         <v>6863.88</v>
       </c>
-      <c r="H14" s="29">
+      <c r="H14" s="19">
         <v>6977.88</v>
       </c>
-      <c r="I14" s="29">
+      <c r="I14" s="19">
         <v>7933.62</v>
       </c>
-      <c r="J14" s="29">
+      <c r="J14" s="19">
         <v>8027.99</v>
       </c>
-      <c r="K14" s="29">
+      <c r="K14" s="19">
         <v>7590.66</v>
       </c>
-      <c r="L14" s="29">
+      <c r="L14" s="19">
         <v>7723.79</v>
       </c>
-      <c r="M14" s="29">
+      <c r="M14" s="19">
         <v>7780.56</v>
       </c>
-      <c r="N14" s="29">
+      <c r="N14" s="19">
         <v>7896.86</v>
       </c>
-      <c r="O14" s="29">
+      <c r="O14" s="19">
         <v>8126.95</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C15" s="30"/>
+      <c r="P14" s="19">
+        <v>7950.74</v>
+      </c>
+      <c r="Q14" s="19">
+        <v>8065.86</v>
+      </c>
+      <c r="R14" s="19">
+        <v>8142.98</v>
+      </c>
+      <c r="S14" s="19">
+        <v>8320.2999999999993</v>
+      </c>
+      <c r="T14" s="19">
+        <v>8222.27</v>
+      </c>
+    </row>
+    <row r="15" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="27"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
       <c r="D15" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E15" s="27" t="s">
+      <c r="E15" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F15" s="29">
+      <c r="F15" s="19">
         <v>9450.83</v>
       </c>
-      <c r="G15" s="29">
+      <c r="G15" s="19">
         <v>9699.5499999999993</v>
       </c>
-      <c r="H15" s="29">
+      <c r="H15" s="19">
         <v>9735.0400000000009</v>
       </c>
-      <c r="I15" s="29">
+      <c r="I15" s="19">
         <v>10956.07</v>
       </c>
-      <c r="J15" s="29">
+      <c r="J15" s="19">
         <v>10848.38</v>
       </c>
-      <c r="K15" s="29">
+      <c r="K15" s="19">
         <v>10506.63</v>
       </c>
-      <c r="L15" s="29">
+      <c r="L15" s="19">
         <v>10701.61</v>
       </c>
-      <c r="M15" s="29">
+      <c r="M15" s="19">
         <v>10458.42</v>
       </c>
-      <c r="N15" s="29">
+      <c r="N15" s="19">
         <v>10546.72</v>
       </c>
-      <c r="O15" s="29">
+      <c r="O15" s="19">
         <v>10724.77</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E16" s="27" t="s">
+      <c r="P15" s="19">
+        <v>10818.57</v>
+      </c>
+      <c r="Q15" s="19">
+        <v>10773.8</v>
+      </c>
+      <c r="R15" s="19">
+        <v>10676.36</v>
+      </c>
+      <c r="S15" s="19">
+        <v>10757.2</v>
+      </c>
+      <c r="T15" s="19">
+        <v>10835.26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="27"/>
+      <c r="B16" s="27"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F16" s="29">
+      <c r="F16" s="19">
         <v>1003.63</v>
       </c>
-      <c r="G16" s="29">
+      <c r="G16" s="19">
         <v>843.53</v>
       </c>
-      <c r="H16" s="29">
+      <c r="H16" s="19">
         <v>813.98</v>
       </c>
-      <c r="I16" s="29">
+      <c r="I16" s="19">
         <v>892.9</v>
       </c>
-      <c r="J16" s="29">
+      <c r="J16" s="19">
         <v>1013.48</v>
       </c>
-      <c r="K16" s="29">
+      <c r="K16" s="19">
         <v>727.29</v>
       </c>
-      <c r="L16" s="29">
+      <c r="L16" s="19">
         <v>699.53</v>
       </c>
-      <c r="M16" s="29">
+      <c r="M16" s="19">
         <v>799.77</v>
       </c>
-      <c r="N16" s="29">
+      <c r="N16" s="19">
         <v>724.66</v>
       </c>
-      <c r="O16" s="29">
+      <c r="O16" s="19">
         <v>679.63</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C17" s="30"/>
+      <c r="P16" s="19">
+        <v>596.97</v>
+      </c>
+      <c r="Q16" s="19">
+        <v>653.54999999999995</v>
+      </c>
+      <c r="R16" s="19">
+        <v>763.49</v>
+      </c>
+      <c r="S16" s="19">
+        <v>636</v>
+      </c>
+      <c r="T16" s="19">
+        <v>567.82000000000005</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="27"/>
+      <c r="B17" s="27"/>
+      <c r="C17" s="27"/>
       <c r="D17" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E17" s="27" t="s">
+      <c r="E17" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F17" s="29">
+      <c r="F17" s="19">
         <v>10186.629999999999</v>
       </c>
-      <c r="G17" s="29">
+      <c r="G17" s="19">
         <v>10311.129999999999</v>
       </c>
-      <c r="H17" s="29">
+      <c r="H17" s="19">
         <v>10318.200000000001</v>
       </c>
-      <c r="I17" s="29">
+      <c r="I17" s="19">
         <v>11593.4</v>
       </c>
-      <c r="J17" s="29">
+      <c r="J17" s="19">
         <v>11598.36</v>
       </c>
-      <c r="K17" s="29">
+      <c r="K17" s="19">
         <v>11017.58</v>
       </c>
-      <c r="L17" s="29">
+      <c r="L17" s="19">
         <v>11187.71</v>
       </c>
-      <c r="M17" s="29">
+      <c r="M17" s="19">
         <v>10998.71</v>
       </c>
-      <c r="N17" s="29">
+      <c r="N17" s="19">
         <v>11036.74</v>
       </c>
-      <c r="O17" s="29">
+      <c r="O17" s="19">
         <v>11178.33</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E18" s="27" t="s">
+      <c r="P17" s="19">
+        <v>11214.7</v>
+      </c>
+      <c r="Q17" s="19">
+        <v>11185.46</v>
+      </c>
+      <c r="R17" s="19">
+        <v>11186.41</v>
+      </c>
+      <c r="S17" s="19">
+        <v>11154.8</v>
+      </c>
+      <c r="T17" s="19">
+        <v>11194.8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="27"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="28"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F18" s="29">
+      <c r="F18" s="19">
         <v>267.83</v>
       </c>
-      <c r="G18" s="29">
+      <c r="G18" s="19">
         <v>231.96</v>
       </c>
-      <c r="H18" s="29">
+      <c r="H18" s="19">
         <v>230.82</v>
       </c>
-      <c r="I18" s="29">
+      <c r="I18" s="19">
         <v>255.57</v>
       </c>
-      <c r="J18" s="29">
+      <c r="J18" s="19">
         <v>263.5</v>
       </c>
-      <c r="K18" s="29">
+      <c r="K18" s="19">
         <v>216.33</v>
       </c>
-      <c r="L18" s="29">
+      <c r="L18" s="19">
         <v>213.43</v>
       </c>
-      <c r="M18" s="29">
+      <c r="M18" s="19">
         <v>259.49</v>
       </c>
-      <c r="N18" s="29">
+      <c r="N18" s="19">
         <v>234.64</v>
       </c>
-      <c r="O18" s="29">
+      <c r="O18" s="19">
         <v>226.08</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B19" s="30"/>
+      <c r="P18" s="19">
+        <v>200.84</v>
+      </c>
+      <c r="Q18" s="19">
+        <v>241.89</v>
+      </c>
+      <c r="R18" s="19">
+        <v>253.44</v>
+      </c>
+      <c r="S18" s="19">
+        <v>238.3</v>
+      </c>
+      <c r="T18" s="19">
+        <v>208.28</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="27"/>
+      <c r="B19" s="27"/>
       <c r="C19" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="D19" s="27" t="s">
+      <c r="D19" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E19" s="28"/>
-      <c r="F19" s="29">
+      <c r="E19" s="18"/>
+      <c r="F19" s="19">
         <v>11879.99</v>
       </c>
-      <c r="G19" s="29">
+      <c r="G19" s="19">
         <v>12083.33</v>
       </c>
-      <c r="H19" s="29">
+      <c r="H19" s="19">
         <v>12084.47</v>
       </c>
-      <c r="I19" s="29">
+      <c r="I19" s="19">
         <v>12898.38</v>
       </c>
-      <c r="J19" s="29">
+      <c r="J19" s="19">
         <v>12902.66</v>
       </c>
-      <c r="K19" s="29">
+      <c r="K19" s="19">
         <v>12193.46</v>
       </c>
-      <c r="L19" s="29">
+      <c r="L19" s="19">
         <v>12197.58</v>
       </c>
-      <c r="M19" s="29">
+      <c r="M19" s="19">
         <v>12202.42</v>
       </c>
-      <c r="N19" s="29">
+      <c r="N19" s="19">
         <v>12207.97</v>
       </c>
-      <c r="O19" s="29">
+      <c r="O19" s="19">
         <v>12550.01</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C20" s="30"/>
+      <c r="P19" s="19">
+        <v>12553.47</v>
+      </c>
+      <c r="Q19" s="19">
+        <v>12557.61</v>
+      </c>
+      <c r="R19" s="19">
+        <v>12562.43</v>
+      </c>
+      <c r="S19" s="19">
+        <v>12925.2</v>
+      </c>
+      <c r="T19" s="19">
+        <v>12928.3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="27"/>
+      <c r="B20" s="27"/>
+      <c r="C20" s="27"/>
       <c r="D20" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E20" s="27" t="s">
+      <c r="E20" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F20" s="29">
+      <c r="F20" s="19">
         <v>2105.73</v>
       </c>
-      <c r="G20" s="29">
+      <c r="G20" s="19">
         <v>2410.39</v>
       </c>
-      <c r="H20" s="29">
+      <c r="H20" s="19">
         <v>2258.19</v>
       </c>
-      <c r="I20" s="29">
+      <c r="I20" s="19">
         <v>2400.77</v>
       </c>
-      <c r="J20" s="29">
+      <c r="J20" s="19">
         <v>2236.6799999999998</v>
       </c>
-      <c r="K20" s="29">
+      <c r="K20" s="19">
         <v>2117.2800000000002</v>
       </c>
-      <c r="L20" s="29">
+      <c r="L20" s="19">
         <v>2093.7199999999998</v>
       </c>
-      <c r="M20" s="29">
+      <c r="M20" s="19">
         <v>2037.6</v>
       </c>
-      <c r="N20" s="29">
+      <c r="N20" s="19">
         <v>1914.02</v>
       </c>
-      <c r="O20" s="29">
+      <c r="O20" s="19">
         <v>1951.64</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E21" s="27" t="s">
+      <c r="P20" s="19">
+        <v>1960.01</v>
+      </c>
+      <c r="Q20" s="19">
+        <v>1922.03</v>
+      </c>
+      <c r="R20" s="19">
+        <v>1899.3</v>
+      </c>
+      <c r="S20" s="19">
+        <v>1903.5</v>
+      </c>
+      <c r="T20" s="19">
+        <v>1843.17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="27"/>
+      <c r="B21" s="27"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F21" s="29">
+      <c r="F21" s="19">
         <v>9774.26</v>
       </c>
-      <c r="G21" s="29">
+      <c r="G21" s="19">
         <v>9672.94</v>
       </c>
-      <c r="H21" s="29">
+      <c r="H21" s="19">
         <v>9826.2800000000007</v>
       </c>
-      <c r="I21" s="29">
+      <c r="I21" s="19">
         <v>10497.61</v>
       </c>
-      <c r="J21" s="29">
+      <c r="J21" s="19">
         <v>10665.98</v>
       </c>
-      <c r="K21" s="29">
+      <c r="K21" s="19">
         <v>10076.19</v>
       </c>
-      <c r="L21" s="29">
+      <c r="L21" s="19">
         <v>10103.870000000001</v>
       </c>
-      <c r="M21" s="29">
+      <c r="M21" s="19">
         <v>10164.82</v>
       </c>
-      <c r="N21" s="29">
+      <c r="N21" s="19">
         <v>10293.950000000001</v>
       </c>
-      <c r="O21" s="29">
+      <c r="O21" s="19">
         <v>10598.37</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C22" s="30"/>
+      <c r="P21" s="19">
+        <v>10593.46</v>
+      </c>
+      <c r="Q21" s="19">
+        <v>10635.58</v>
+      </c>
+      <c r="R21" s="19">
+        <v>10663.13</v>
+      </c>
+      <c r="S21" s="19">
+        <v>11021.8</v>
+      </c>
+      <c r="T21" s="19">
+        <v>11085.13</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="27"/>
+      <c r="B22" s="27"/>
+      <c r="C22" s="27"/>
       <c r="D22" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E22" s="27" t="s">
+      <c r="E22" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F22" s="29">
+      <c r="F22" s="19">
         <v>9735.36</v>
       </c>
-      <c r="G22" s="29">
+      <c r="G22" s="19">
         <v>10350.02</v>
       </c>
-      <c r="H22" s="29">
+      <c r="H22" s="19">
         <v>10338.9</v>
       </c>
-      <c r="I22" s="29">
+      <c r="I22" s="19">
         <v>11089.87</v>
       </c>
-      <c r="J22" s="29">
+      <c r="J22" s="19">
         <v>10952.82</v>
       </c>
-      <c r="K22" s="29">
+      <c r="K22" s="19">
         <v>10561.28</v>
       </c>
-      <c r="L22" s="29">
+      <c r="L22" s="19">
         <v>10634.5</v>
       </c>
-      <c r="M22" s="29">
+      <c r="M22" s="19">
         <v>10544.59</v>
       </c>
-      <c r="N22" s="29">
+      <c r="N22" s="19">
         <v>10612.38</v>
       </c>
-      <c r="O22" s="29">
+      <c r="O22" s="19">
         <v>11062.75</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E23" s="27" t="s">
+      <c r="P22" s="19">
+        <v>11146.72</v>
+      </c>
+      <c r="Q22" s="19">
+        <v>11140.59</v>
+      </c>
+      <c r="R22" s="19">
+        <v>11002.3</v>
+      </c>
+      <c r="S22" s="19">
+        <v>11534.8</v>
+      </c>
+      <c r="T22" s="19">
+        <v>11706.06</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="27"/>
+      <c r="B23" s="27"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F23" s="29">
+      <c r="F23" s="19">
         <v>2144.63</v>
       </c>
-      <c r="G23" s="29">
+      <c r="G23" s="19">
         <v>1733.31</v>
       </c>
-      <c r="H23" s="29">
+      <c r="H23" s="19">
         <v>1745.57</v>
       </c>
-      <c r="I23" s="29">
+      <c r="I23" s="19">
         <v>1808.51</v>
       </c>
-      <c r="J23" s="29">
+      <c r="J23" s="19">
         <v>1949.84</v>
       </c>
-      <c r="K23" s="29">
+      <c r="K23" s="19">
         <v>1632.19</v>
       </c>
-      <c r="L23" s="29">
+      <c r="L23" s="19">
         <v>1563.08</v>
       </c>
-      <c r="M23" s="29">
+      <c r="M23" s="19">
         <v>1657.84</v>
       </c>
-      <c r="N23" s="29">
+      <c r="N23" s="19">
         <v>1595.59</v>
       </c>
-      <c r="O23" s="29">
+      <c r="O23" s="19">
         <v>1487.26</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C24" s="30"/>
+      <c r="P23" s="19">
+        <v>1406.75</v>
+      </c>
+      <c r="Q23" s="19">
+        <v>1417.02</v>
+      </c>
+      <c r="R23" s="19">
+        <v>1560.13</v>
+      </c>
+      <c r="S23" s="19">
+        <v>1390.5</v>
+      </c>
+      <c r="T23" s="19">
+        <v>1222.24</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="27"/>
+      <c r="B24" s="27"/>
+      <c r="C24" s="27"/>
       <c r="D24" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E24" s="27" t="s">
+      <c r="E24" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F24" s="29">
+      <c r="F24" s="19">
         <v>11222.65</v>
       </c>
-      <c r="G24" s="29">
+      <c r="G24" s="19">
         <v>11584.66</v>
       </c>
-      <c r="H24" s="29">
+      <c r="H24" s="19">
         <v>11567.67</v>
       </c>
-      <c r="I24" s="29">
+      <c r="I24" s="19">
         <v>12315.98</v>
       </c>
-      <c r="J24" s="29">
+      <c r="J24" s="19">
         <v>12343.08</v>
       </c>
-      <c r="K24" s="29">
+      <c r="K24" s="19">
         <v>11694.02</v>
       </c>
-      <c r="L24" s="29">
+      <c r="L24" s="19">
         <v>11711.14</v>
       </c>
-      <c r="M24" s="29">
+      <c r="M24" s="19">
         <v>11638.78</v>
       </c>
-      <c r="N24" s="29">
+      <c r="N24" s="19">
         <v>11648.11</v>
       </c>
-      <c r="O24" s="29">
+      <c r="O24" s="19">
         <v>12059.61</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E25" s="27" t="s">
+      <c r="P24" s="19">
+        <v>12043.23</v>
+      </c>
+      <c r="Q24" s="19">
+        <v>12026.09</v>
+      </c>
+      <c r="R24" s="19">
+        <v>12005.87</v>
+      </c>
+      <c r="S24" s="19">
+        <v>12386.1</v>
+      </c>
+      <c r="T24" s="19">
+        <v>12420.32</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="28"/>
+      <c r="B25" s="28"/>
+      <c r="C25" s="28"/>
+      <c r="D25" s="28"/>
+      <c r="E25" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F25" s="29">
+      <c r="F25" s="19">
         <v>657.34</v>
       </c>
-      <c r="G25" s="29">
+      <c r="G25" s="19">
         <v>498.66</v>
       </c>
-      <c r="H25" s="29">
+      <c r="H25" s="19">
         <v>516.79999999999995</v>
       </c>
-      <c r="I25" s="29">
+      <c r="I25" s="19">
         <v>582.4</v>
       </c>
-      <c r="J25" s="29">
+      <c r="J25" s="19">
         <v>559.58000000000004</v>
       </c>
-      <c r="K25" s="29">
+      <c r="K25" s="19">
         <v>499.44</v>
       </c>
-      <c r="L25" s="29">
+      <c r="L25" s="19">
         <v>486.45</v>
       </c>
-      <c r="M25" s="29">
+      <c r="M25" s="19">
         <v>563.65</v>
       </c>
-      <c r="N25" s="29">
+      <c r="N25" s="19">
         <v>559.86</v>
       </c>
-      <c r="O25" s="29">
+      <c r="O25" s="19">
         <v>490.4</v>
       </c>
-    </row>
-    <row r="26" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P25" s="19">
+        <v>510.24</v>
+      </c>
+      <c r="Q25" s="19">
+        <v>531.52</v>
+      </c>
+      <c r="R25" s="19">
+        <v>556.55999999999995</v>
+      </c>
+      <c r="S25" s="19">
+        <v>539.20000000000005</v>
+      </c>
+      <c r="T25" s="19">
+        <v>507.98</v>
+      </c>
+    </row>
+    <row r="26" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="26" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="C26" s="32"/>
-      <c r="D26" s="27" t="s">
+      <c r="C26" s="23"/>
+      <c r="D26" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E26" s="28"/>
-      <c r="F26" s="29">
+      <c r="E26" s="18"/>
+      <c r="F26" s="19">
         <v>2985.99</v>
       </c>
-      <c r="G26" s="29">
+      <c r="G26" s="19">
         <v>2938.74</v>
       </c>
-      <c r="H26" s="29">
+      <c r="H26" s="19">
         <v>2940.12</v>
       </c>
-      <c r="I26" s="29">
+      <c r="I26" s="19">
         <v>3364.13</v>
       </c>
-      <c r="J26" s="29">
+      <c r="J26" s="19">
         <v>3367.05</v>
       </c>
-      <c r="K26" s="29">
+      <c r="K26" s="19">
         <v>3214.4</v>
       </c>
-      <c r="L26" s="29">
+      <c r="L26" s="19">
         <v>3371.72</v>
       </c>
-      <c r="M26" s="29">
+      <c r="M26" s="19">
         <v>3218.41</v>
       </c>
-      <c r="N26" s="29">
+      <c r="N26" s="19">
         <v>3220.78</v>
       </c>
-      <c r="O26" s="29">
+      <c r="O26" s="19">
         <v>3112.53</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C27" s="33"/>
+      <c r="P26" s="19">
+        <v>3113.86</v>
+      </c>
+      <c r="Q26" s="19">
+        <v>3115.42</v>
+      </c>
+      <c r="R26" s="19">
+        <v>3117.22</v>
+      </c>
+      <c r="S26" s="19">
+        <v>3045.8</v>
+      </c>
+      <c r="T26" s="19">
+        <v>3046.63</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="27"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="24"/>
       <c r="D27" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E27" s="27" t="s">
+      <c r="E27" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F27" s="29">
+      <c r="F27" s="19">
         <v>1212.46</v>
       </c>
-      <c r="G27" s="29">
+      <c r="G27" s="19">
         <v>1233.6600000000001</v>
       </c>
-      <c r="H27" s="29">
+      <c r="H27" s="19">
         <v>1202.03</v>
       </c>
-      <c r="I27" s="29">
+      <c r="I27" s="19">
         <v>1198</v>
       </c>
-      <c r="J27" s="29">
+      <c r="J27" s="19">
         <v>1242.69</v>
       </c>
-      <c r="K27" s="29">
+      <c r="K27" s="19">
         <v>1168.92</v>
       </c>
-      <c r="L27" s="29">
+      <c r="L27" s="19">
         <v>1196.5</v>
       </c>
-      <c r="M27" s="29">
+      <c r="M27" s="19">
         <v>1141.3900000000001</v>
       </c>
-      <c r="N27" s="29">
+      <c r="N27" s="19">
         <v>1186.1600000000001</v>
       </c>
-      <c r="O27" s="29">
+      <c r="O27" s="19">
         <v>1055.05</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E28" s="27" t="s">
+      <c r="P27" s="19">
+        <v>1099.58</v>
+      </c>
+      <c r="Q27" s="19">
+        <v>1201.71</v>
+      </c>
+      <c r="R27" s="19">
+        <v>1179.79</v>
+      </c>
+      <c r="S27" s="19">
+        <v>1061.0999999999999</v>
+      </c>
+      <c r="T27" s="19">
+        <v>1119.22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="27"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="24"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F28" s="29">
+      <c r="F28" s="19">
         <v>1773.53</v>
       </c>
-      <c r="G28" s="29">
+      <c r="G28" s="19">
         <v>1705.08</v>
       </c>
-      <c r="H28" s="29">
+      <c r="H28" s="19">
         <v>1738.09</v>
       </c>
-      <c r="I28" s="29">
+      <c r="I28" s="19">
         <v>2166.13</v>
       </c>
-      <c r="J28" s="29">
+      <c r="J28" s="19">
         <v>2124.36</v>
       </c>
-      <c r="K28" s="29">
+      <c r="K28" s="19">
         <v>2045.49</v>
       </c>
-      <c r="L28" s="29">
+      <c r="L28" s="19">
         <v>2175.2199999999998</v>
       </c>
-      <c r="M28" s="29">
+      <c r="M28" s="19">
         <v>2077.02</v>
       </c>
-      <c r="N28" s="29">
+      <c r="N28" s="19">
         <v>2034.62</v>
       </c>
-      <c r="O28" s="29">
+      <c r="O28" s="19">
         <v>2057.48</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C29" s="33"/>
+      <c r="P28" s="19">
+        <v>2014.28</v>
+      </c>
+      <c r="Q28" s="19">
+        <v>1913.71</v>
+      </c>
+      <c r="R28" s="19">
+        <v>1937.43</v>
+      </c>
+      <c r="S28" s="19">
+        <v>1984.7</v>
+      </c>
+      <c r="T28" s="19">
+        <v>1927.41</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="27"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="24"/>
       <c r="D29" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E29" s="27" t="s">
+      <c r="E29" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F29" s="29">
+      <c r="F29" s="19">
         <v>2811.84</v>
       </c>
-      <c r="G29" s="29">
+      <c r="G29" s="19">
         <v>2791.79</v>
       </c>
-      <c r="H29" s="29">
+      <c r="H29" s="19">
         <v>2811.61</v>
       </c>
-      <c r="I29" s="29">
+      <c r="I29" s="19">
         <v>3188.73</v>
       </c>
-      <c r="J29" s="29">
+      <c r="J29" s="19">
         <v>3218.97</v>
       </c>
-      <c r="K29" s="29">
+      <c r="K29" s="19">
         <v>3133.95</v>
       </c>
-      <c r="L29" s="29">
+      <c r="L29" s="19">
         <v>3284.38</v>
       </c>
-      <c r="M29" s="29">
+      <c r="M29" s="19">
         <v>3109.73</v>
       </c>
-      <c r="N29" s="29">
+      <c r="N29" s="19">
         <v>3125.86</v>
       </c>
-      <c r="O29" s="29">
+      <c r="O29" s="19">
         <v>3023.75</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E30" s="27" t="s">
+      <c r="P29" s="19">
+        <v>3032.34</v>
+      </c>
+      <c r="Q29" s="19">
+        <v>3016.3</v>
+      </c>
+      <c r="R29" s="19">
+        <v>3012.2</v>
+      </c>
+      <c r="S29" s="19">
+        <v>2960.9</v>
+      </c>
+      <c r="T29" s="19">
+        <v>2971.97</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="27"/>
+      <c r="B30" s="27"/>
+      <c r="C30" s="24"/>
+      <c r="D30" s="28"/>
+      <c r="E30" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F30" s="29">
+      <c r="F30" s="19">
         <v>174.15</v>
       </c>
-      <c r="G30" s="29">
+      <c r="G30" s="19">
         <v>146.94999999999999</v>
       </c>
-      <c r="H30" s="29">
+      <c r="H30" s="19">
         <v>128.5</v>
       </c>
-      <c r="I30" s="29">
+      <c r="I30" s="19">
         <v>175.4</v>
       </c>
-      <c r="J30" s="29">
+      <c r="J30" s="19">
         <v>148.08000000000001</v>
       </c>
-      <c r="K30" s="29">
+      <c r="K30" s="19">
         <v>80.45</v>
       </c>
-      <c r="L30" s="29">
+      <c r="L30" s="19">
         <v>87.34</v>
       </c>
-      <c r="M30" s="29">
+      <c r="M30" s="19">
         <v>108.68</v>
       </c>
-      <c r="N30" s="29">
+      <c r="N30" s="19">
         <v>94.91</v>
       </c>
-      <c r="O30" s="29">
+      <c r="O30" s="19">
         <v>88.77</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C31" s="33"/>
+      <c r="P30" s="19">
+        <v>81.52</v>
+      </c>
+      <c r="Q30" s="19">
+        <v>99.11</v>
+      </c>
+      <c r="R30" s="19">
+        <v>105.02</v>
+      </c>
+      <c r="S30" s="19">
+        <v>84.9</v>
+      </c>
+      <c r="T30" s="19">
+        <v>74.66</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="27"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="24"/>
       <c r="D31" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E31" s="27" t="s">
+      <c r="E31" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F31" s="29">
+      <c r="F31" s="19">
         <v>2949.12</v>
       </c>
-      <c r="G31" s="29">
+      <c r="G31" s="19">
         <v>2904.53</v>
       </c>
-      <c r="H31" s="29">
+      <c r="H31" s="19">
         <v>2909.89</v>
       </c>
-      <c r="I31" s="29">
+      <c r="I31" s="19">
         <v>3330.63</v>
       </c>
-      <c r="J31" s="29">
+      <c r="J31" s="19">
         <v>3332.57</v>
       </c>
-      <c r="K31" s="29">
+      <c r="K31" s="19">
         <v>3185.99</v>
       </c>
-      <c r="L31" s="29">
+      <c r="L31" s="19">
         <v>3336.57</v>
       </c>
-      <c r="M31" s="29">
+      <c r="M31" s="19">
         <v>3185.75</v>
       </c>
-      <c r="N31" s="29">
+      <c r="N31" s="19">
         <v>3192</v>
       </c>
-      <c r="O31" s="29">
+      <c r="O31" s="19">
         <v>3067.56</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E32" s="27" t="s">
+      <c r="P31" s="19">
+        <v>3083.67</v>
+      </c>
+      <c r="Q31" s="19">
+        <v>3083.52</v>
+      </c>
+      <c r="R31" s="19">
+        <v>3086.85</v>
+      </c>
+      <c r="S31" s="19">
+        <v>3007.7</v>
+      </c>
+      <c r="T31" s="19">
+        <v>3017.37</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="28"/>
+      <c r="B32" s="28"/>
+      <c r="C32" s="25"/>
+      <c r="D32" s="28"/>
+      <c r="E32" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F32" s="29">
+      <c r="F32" s="19">
         <v>36.869999999999997</v>
       </c>
-      <c r="G32" s="29">
+      <c r="G32" s="19">
         <v>34.21</v>
       </c>
-      <c r="H32" s="29">
+      <c r="H32" s="19">
         <v>30.23</v>
       </c>
-      <c r="I32" s="29">
+      <c r="I32" s="19">
         <v>33.5</v>
       </c>
-      <c r="J32" s="29">
+      <c r="J32" s="19">
         <v>34.479999999999997</v>
       </c>
-      <c r="K32" s="29">
+      <c r="K32" s="19">
         <v>28.42</v>
       </c>
-      <c r="L32" s="29">
+      <c r="L32" s="19">
         <v>35.15</v>
       </c>
-      <c r="M32" s="29">
+      <c r="M32" s="19">
         <v>32.659999999999997</v>
       </c>
-      <c r="N32" s="29">
+      <c r="N32" s="19">
         <v>28.78</v>
       </c>
-      <c r="O32" s="29">
+      <c r="O32" s="19">
         <v>44.97</v>
       </c>
-    </row>
-    <row r="33" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P32" s="19">
+        <v>30.19</v>
+      </c>
+      <c r="Q32" s="19">
+        <v>31.89</v>
+      </c>
+      <c r="R32" s="19">
+        <v>30.37</v>
+      </c>
+      <c r="S32" s="19">
+        <v>38.1</v>
+      </c>
+      <c r="T32" s="19">
+        <v>29.26</v>
+      </c>
+    </row>
+    <row r="33" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="26" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="D33" s="27" t="s">
+      <c r="D33" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E33" s="28"/>
-      <c r="F33" s="29">
+      <c r="E33" s="18"/>
+      <c r="F33" s="19">
         <v>6900.11</v>
       </c>
-      <c r="G33" s="29">
+      <c r="G33" s="19">
         <v>7010.18</v>
       </c>
-      <c r="H33" s="29">
+      <c r="H33" s="19">
         <v>7024.63</v>
       </c>
-      <c r="I33" s="29">
+      <c r="I33" s="19">
         <v>7963.23</v>
       </c>
-      <c r="J33" s="29">
+      <c r="J33" s="19">
         <v>7984.37</v>
       </c>
-      <c r="K33" s="29">
+      <c r="K33" s="19">
         <v>7562.45</v>
       </c>
-      <c r="L33" s="29">
+      <c r="L33" s="19">
         <v>7584.61</v>
       </c>
-      <c r="M33" s="29">
+      <c r="M33" s="19">
         <v>7607.14</v>
       </c>
-      <c r="N33" s="29">
+      <c r="N33" s="19">
         <v>7630.05</v>
       </c>
-      <c r="O33" s="29">
+      <c r="O33" s="19">
         <v>7855.85</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C34" s="30"/>
+      <c r="P33" s="19">
+        <v>7878.06</v>
+      </c>
+      <c r="Q33" s="19">
+        <v>7900.62</v>
+      </c>
+      <c r="R33" s="19">
+        <v>7923.54</v>
+      </c>
+      <c r="S33" s="19">
+        <v>8017.5</v>
+      </c>
+      <c r="T33" s="19">
+        <v>8039.42</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="27"/>
+      <c r="B34" s="27"/>
+      <c r="C34" s="27"/>
       <c r="D34" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E34" s="27" t="s">
+      <c r="E34" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F34" s="29">
+      <c r="F34" s="19">
         <v>1897.18</v>
       </c>
-      <c r="G34" s="29">
+      <c r="G34" s="19">
         <v>2105.69</v>
       </c>
-      <c r="H34" s="29">
+      <c r="H34" s="19">
         <v>2041.47</v>
       </c>
-      <c r="I34" s="29">
+      <c r="I34" s="19">
         <v>2354.3200000000002</v>
       </c>
-      <c r="J34" s="29">
+      <c r="J34" s="19">
         <v>2262.96</v>
       </c>
-      <c r="K34" s="29">
+      <c r="K34" s="19">
         <v>2094.0500000000002</v>
       </c>
-      <c r="L34" s="29">
+      <c r="L34" s="19">
         <v>2186.65</v>
       </c>
-      <c r="M34" s="29">
-[...14 lines deleted...]
-      <c r="E35" s="27" t="s">
+      <c r="M34" s="19">
+        <v>13.06</v>
+      </c>
+      <c r="N34" s="19">
+        <v>11.42</v>
+      </c>
+      <c r="O34" s="19">
+        <v>12.88</v>
+      </c>
+      <c r="P34" s="19">
+        <v>10.78</v>
+      </c>
+      <c r="Q34" s="19">
+        <v>1842.91</v>
+      </c>
+      <c r="R34" s="19">
+        <v>1811.39</v>
+      </c>
+      <c r="S34" s="19">
+        <v>1731</v>
+      </c>
+      <c r="T34" s="19">
+        <v>1788.54</v>
+      </c>
+    </row>
+    <row r="35" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="27"/>
+      <c r="B35" s="27"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F35" s="29">
+      <c r="F35" s="19">
         <v>5002.93</v>
       </c>
-      <c r="G35" s="29">
+      <c r="G35" s="19">
         <v>4904.49</v>
       </c>
-      <c r="H35" s="29">
+      <c r="H35" s="19">
         <v>4983.16</v>
       </c>
-      <c r="I35" s="29">
+      <c r="I35" s="19">
         <v>5608.91</v>
       </c>
-      <c r="J35" s="29">
+      <c r="J35" s="19">
         <v>5721.41</v>
       </c>
-      <c r="K35" s="29">
+      <c r="K35" s="19">
         <v>5468.41</v>
       </c>
-      <c r="L35" s="29">
+      <c r="L35" s="19">
         <v>5397.96</v>
       </c>
-      <c r="M35" s="29">
+      <c r="M35" s="19">
         <v>5559.56</v>
       </c>
-      <c r="N35" s="29">
+      <c r="N35" s="19">
         <v>5692.34</v>
       </c>
-      <c r="O35" s="29">
+      <c r="O35" s="19">
         <v>5907.13</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C36" s="30"/>
+      <c r="P35" s="19">
+        <v>5869.91</v>
+      </c>
+      <c r="Q35" s="19">
+        <v>6057.71</v>
+      </c>
+      <c r="R35" s="19">
+        <v>6112.16</v>
+      </c>
+      <c r="S35" s="19">
+        <v>6286.5</v>
+      </c>
+      <c r="T35" s="19">
+        <v>6250.88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="27"/>
+      <c r="B36" s="27"/>
+      <c r="C36" s="27"/>
       <c r="D36" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E36" s="27" t="s">
+      <c r="E36" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F36" s="29">
+      <c r="F36" s="19">
         <v>6187.86</v>
       </c>
-      <c r="G36" s="29">
+      <c r="G36" s="19">
         <v>6439.86</v>
       </c>
-      <c r="H36" s="29">
+      <c r="H36" s="19">
         <v>6456.14</v>
       </c>
-      <c r="I36" s="29">
+      <c r="I36" s="19">
         <v>7388.32</v>
       </c>
-      <c r="J36" s="29">
+      <c r="J36" s="19">
         <v>7302.61</v>
       </c>
-      <c r="K36" s="29">
+      <c r="K36" s="19">
         <v>7023.23</v>
       </c>
-      <c r="L36" s="29">
+      <c r="L36" s="19">
         <v>7050.61</v>
       </c>
-      <c r="M36" s="29">
-[...14 lines deleted...]
-      <c r="E37" s="27" t="s">
+      <c r="M36" s="19">
+        <v>48</v>
+      </c>
+      <c r="N36" s="19">
+        <v>48.64</v>
+      </c>
+      <c r="O36" s="19">
+        <v>52.07</v>
+      </c>
+      <c r="P36" s="19">
+        <v>53.01</v>
+      </c>
+      <c r="Q36" s="19">
+        <v>7393.87</v>
+      </c>
+      <c r="R36" s="19">
+        <v>7328.38</v>
+      </c>
+      <c r="S36" s="19">
+        <v>7508.6</v>
+      </c>
+      <c r="T36" s="19">
+        <v>7577.12</v>
+      </c>
+    </row>
+    <row r="37" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="27"/>
+      <c r="B37" s="27"/>
+      <c r="C37" s="27"/>
+      <c r="D37" s="28"/>
+      <c r="E37" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F37" s="29">
+      <c r="F37" s="19">
         <v>712.25</v>
       </c>
-      <c r="G37" s="29">
+      <c r="G37" s="19">
         <v>570.32000000000005</v>
       </c>
-      <c r="H37" s="29">
+      <c r="H37" s="19">
         <v>568.49</v>
       </c>
-      <c r="I37" s="29">
+      <c r="I37" s="19">
         <v>574.9</v>
       </c>
-      <c r="J37" s="29">
+      <c r="J37" s="19">
         <v>681.76</v>
       </c>
-      <c r="K37" s="29">
+      <c r="K37" s="19">
         <v>539.22</v>
       </c>
-      <c r="L37" s="29">
+      <c r="L37" s="19">
         <v>534</v>
       </c>
-      <c r="M37" s="29">
+      <c r="M37" s="19">
         <v>602.33000000000004</v>
       </c>
-      <c r="N37" s="29">
+      <c r="N37" s="19">
         <v>552.49</v>
       </c>
-      <c r="O37" s="29">
+      <c r="O37" s="19">
         <v>557.14</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C38" s="30"/>
+      <c r="P37" s="19">
+        <v>500.69</v>
+      </c>
+      <c r="Q37" s="19">
+        <v>506.75</v>
+      </c>
+      <c r="R37" s="19">
+        <v>595.16</v>
+      </c>
+      <c r="S37" s="19">
+        <v>508.9</v>
+      </c>
+      <c r="T37" s="19">
+        <v>462.3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="27"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="27"/>
       <c r="D38" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E38" s="27" t="s">
+      <c r="E38" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F38" s="29">
+      <c r="F38" s="19">
         <v>6708.03</v>
       </c>
-      <c r="G38" s="29">
+      <c r="G38" s="19">
         <v>6862.83</v>
       </c>
-      <c r="H38" s="29">
+      <c r="H38" s="19">
         <v>6874.27</v>
       </c>
-      <c r="I38" s="29">
+      <c r="I38" s="19">
         <v>7796.44</v>
       </c>
-      <c r="J38" s="29">
+      <c r="J38" s="19">
         <v>7808.59</v>
       </c>
-      <c r="K38" s="29">
+      <c r="K38" s="19">
         <v>7429.53</v>
       </c>
-      <c r="L38" s="29">
+      <c r="L38" s="19">
         <v>7449.78</v>
       </c>
-      <c r="M38" s="29">
-[...14 lines deleted...]
-      <c r="E39" s="27" t="s">
+      <c r="M38" s="19">
+        <v>55.62</v>
+      </c>
+      <c r="N38" s="19">
+        <v>56.18</v>
+      </c>
+      <c r="O38" s="19">
+        <v>58.04</v>
+      </c>
+      <c r="P38" s="19">
+        <v>58.73</v>
+      </c>
+      <c r="Q38" s="19">
+        <v>7736.17</v>
+      </c>
+      <c r="R38" s="19">
+        <v>7766.4</v>
+      </c>
+      <c r="S38" s="19">
+        <v>7875.1</v>
+      </c>
+      <c r="T38" s="19">
+        <v>7882.4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="27"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="28"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F39" s="29">
+      <c r="F39" s="19">
         <v>192.08</v>
       </c>
-      <c r="G39" s="29">
+      <c r="G39" s="19">
         <v>147.36000000000001</v>
       </c>
-      <c r="H39" s="29">
+      <c r="H39" s="19">
         <v>150.35</v>
       </c>
-      <c r="I39" s="29">
+      <c r="I39" s="19">
         <v>166.79</v>
       </c>
-      <c r="J39" s="29">
+      <c r="J39" s="19">
         <v>175.78</v>
       </c>
-      <c r="K39" s="29">
+      <c r="K39" s="19">
         <v>132.91999999999999</v>
       </c>
-      <c r="L39" s="29">
+      <c r="L39" s="19">
         <v>134.83000000000001</v>
       </c>
-      <c r="M39" s="29">
+      <c r="M39" s="19">
         <v>175.93</v>
       </c>
-      <c r="N39" s="29">
+      <c r="N39" s="19">
         <v>158.88999999999999</v>
       </c>
-      <c r="O39" s="29">
+      <c r="O39" s="19">
         <v>141.16999999999999</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B40" s="30"/>
+      <c r="P39" s="19">
+        <v>150.13999999999999</v>
+      </c>
+      <c r="Q39" s="19">
+        <v>164.45</v>
+      </c>
+      <c r="R39" s="19">
+        <v>157.13999999999999</v>
+      </c>
+      <c r="S39" s="19">
+        <v>142.4</v>
+      </c>
+      <c r="T39" s="19">
+        <v>157.02000000000001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="27"/>
+      <c r="B40" s="27"/>
       <c r="C40" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="D40" s="27" t="s">
+      <c r="D40" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E40" s="28"/>
-      <c r="F40" s="29">
+      <c r="E40" s="18"/>
+      <c r="F40" s="19">
         <v>3286.62</v>
       </c>
-      <c r="G40" s="29">
+      <c r="G40" s="19">
         <v>3352.51</v>
       </c>
-      <c r="H40" s="29">
+      <c r="H40" s="19">
         <v>3360</v>
       </c>
-      <c r="I40" s="29">
+      <c r="I40" s="19">
         <v>3868.31</v>
       </c>
-      <c r="J40" s="29">
+      <c r="J40" s="19">
         <v>3880</v>
       </c>
-      <c r="K40" s="29">
+      <c r="K40" s="19">
         <v>3644.85</v>
       </c>
-      <c r="L40" s="29">
+      <c r="L40" s="19">
         <v>3656.9</v>
       </c>
-      <c r="M40" s="29">
+      <c r="M40" s="19">
         <v>3669.13</v>
       </c>
-      <c r="N40" s="29">
+      <c r="N40" s="19">
         <v>3681.55</v>
       </c>
-      <c r="O40" s="29">
+      <c r="O40" s="19">
         <v>3806.27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C41" s="30"/>
+      <c r="P40" s="19">
+        <v>3818.49</v>
+      </c>
+      <c r="Q40" s="19">
+        <v>3830.88</v>
+      </c>
+      <c r="R40" s="19">
+        <v>3843.47</v>
+      </c>
+      <c r="S40" s="19">
+        <v>3837.4</v>
+      </c>
+      <c r="T40" s="19">
+        <v>3849.19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="27"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="27"/>
       <c r="D41" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E41" s="27" t="s">
+      <c r="E41" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F41" s="29">
+      <c r="F41" s="19">
         <v>1073.8</v>
       </c>
-      <c r="G41" s="29">
+      <c r="G41" s="19">
         <v>1155.78</v>
       </c>
-      <c r="H41" s="29">
+      <c r="H41" s="19">
         <v>1119.4000000000001</v>
       </c>
-      <c r="I41" s="29">
+      <c r="I41" s="19">
         <v>1294.77</v>
       </c>
-      <c r="J41" s="29">
+      <c r="J41" s="19">
         <v>1279.17</v>
       </c>
-      <c r="K41" s="29">
+      <c r="K41" s="19">
         <v>1163.33</v>
       </c>
-      <c r="L41" s="29">
+      <c r="L41" s="19">
         <v>1227.6400000000001</v>
       </c>
-      <c r="M41" s="29">
-[...14 lines deleted...]
-      <c r="E42" s="27" t="s">
+      <c r="M41" s="19">
+        <v>29.34</v>
+      </c>
+      <c r="N41" s="19">
+        <v>32.619999999999997</v>
+      </c>
+      <c r="O41" s="19">
+        <v>27.1</v>
+      </c>
+      <c r="P41" s="19">
+        <v>31.62</v>
+      </c>
+      <c r="Q41" s="19">
+        <v>998.82</v>
+      </c>
+      <c r="R41" s="19">
+        <v>978.48</v>
+      </c>
+      <c r="S41" s="19">
+        <v>915.2</v>
+      </c>
+      <c r="T41" s="19">
+        <v>976.12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="27"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F42" s="29">
+      <c r="F42" s="19">
         <v>2212.8200000000002</v>
       </c>
-      <c r="G42" s="29">
+      <c r="G42" s="19">
         <v>2196.73</v>
       </c>
-      <c r="H42" s="29">
+      <c r="H42" s="19">
         <v>2240.59</v>
       </c>
-      <c r="I42" s="29">
+      <c r="I42" s="19">
         <v>2573.54</v>
       </c>
-      <c r="J42" s="29">
+      <c r="J42" s="19">
         <v>2600.83</v>
       </c>
-      <c r="K42" s="29">
+      <c r="K42" s="19">
         <v>2481.52</v>
       </c>
-      <c r="L42" s="29">
+      <c r="L42" s="19">
         <v>2429.2600000000002</v>
       </c>
-      <c r="M42" s="29">
+      <c r="M42" s="19">
         <v>2560.3000000000002</v>
       </c>
-      <c r="N42" s="29">
+      <c r="N42" s="19">
         <v>2633.98</v>
       </c>
-      <c r="O42" s="29">
+      <c r="O42" s="19">
         <v>2765.48</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C43" s="30"/>
+      <c r="P42" s="19">
+        <v>2700.88</v>
+      </c>
+      <c r="Q42" s="19">
+        <v>2832.06</v>
+      </c>
+      <c r="R42" s="19">
+        <v>2864.99</v>
+      </c>
+      <c r="S42" s="19">
+        <v>2922.2</v>
+      </c>
+      <c r="T42" s="19">
+        <v>2873.07</v>
+      </c>
+    </row>
+    <row r="43" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="27"/>
+      <c r="B43" s="27"/>
+      <c r="C43" s="27"/>
       <c r="D43" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E43" s="27" t="s">
+      <c r="E43" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F43" s="29">
+      <c r="F43" s="19">
         <v>3051.34</v>
       </c>
-      <c r="G43" s="29">
+      <c r="G43" s="19">
         <v>3162.76</v>
       </c>
-      <c r="H43" s="29">
+      <c r="H43" s="19">
         <v>3156.7</v>
       </c>
-      <c r="I43" s="29">
+      <c r="I43" s="19">
         <v>3687.7</v>
       </c>
-      <c r="J43" s="29">
+      <c r="J43" s="19">
         <v>3633.11</v>
       </c>
-      <c r="K43" s="29">
+      <c r="K43" s="19">
         <v>3462.24</v>
       </c>
-      <c r="L43" s="29">
+      <c r="L43" s="19">
         <v>3475.98</v>
       </c>
-      <c r="M43" s="29">
-[...14 lines deleted...]
-      <c r="E44" s="27" t="s">
+      <c r="M43" s="19">
+        <v>142.91</v>
+      </c>
+      <c r="N43" s="19">
+        <v>145.6</v>
+      </c>
+      <c r="O43" s="19">
+        <v>147.41999999999999</v>
+      </c>
+      <c r="P43" s="19">
+        <v>149.38</v>
+      </c>
+      <c r="Q43" s="19">
+        <v>3661.76</v>
+      </c>
+      <c r="R43" s="19">
+        <v>3625.42</v>
+      </c>
+      <c r="S43" s="19">
+        <v>3665.9</v>
+      </c>
+      <c r="T43" s="19">
+        <v>3692.13</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="27"/>
+      <c r="B44" s="27"/>
+      <c r="C44" s="27"/>
+      <c r="D44" s="28"/>
+      <c r="E44" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F44" s="29">
+      <c r="F44" s="19">
         <v>235.28</v>
       </c>
-      <c r="G44" s="29">
+      <c r="G44" s="19">
         <v>189.75</v>
       </c>
-      <c r="H44" s="29">
+      <c r="H44" s="19">
         <v>203.3</v>
       </c>
-      <c r="I44" s="29">
+      <c r="I44" s="19">
         <v>180.6</v>
       </c>
-      <c r="J44" s="29">
+      <c r="J44" s="19">
         <v>246.89</v>
       </c>
-      <c r="K44" s="29">
+      <c r="K44" s="19">
         <v>182.61</v>
       </c>
-      <c r="L44" s="29">
+      <c r="L44" s="19">
         <v>180.92</v>
       </c>
-      <c r="M44" s="29">
+      <c r="M44" s="19">
         <v>210.22</v>
       </c>
-      <c r="N44" s="29">
+      <c r="N44" s="19">
         <v>172.86</v>
       </c>
-      <c r="O44" s="29">
+      <c r="O44" s="19">
         <v>193.89</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C45" s="30"/>
+      <c r="P44" s="19">
+        <v>152.22</v>
+      </c>
+      <c r="Q44" s="19">
+        <v>169.13</v>
+      </c>
+      <c r="R44" s="19">
+        <v>218.05</v>
+      </c>
+      <c r="S44" s="19">
+        <v>171.5</v>
+      </c>
+      <c r="T44" s="19">
+        <v>157.06</v>
+      </c>
+    </row>
+    <row r="45" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="27"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="27"/>
       <c r="D45" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E45" s="27" t="s">
+      <c r="E45" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F45" s="29">
+      <c r="F45" s="19">
         <v>3221.35</v>
       </c>
-      <c r="G45" s="29">
+      <c r="G45" s="19">
         <v>3295.62</v>
       </c>
-      <c r="H45" s="29">
+      <c r="H45" s="19">
         <v>3300.48</v>
       </c>
-      <c r="I45" s="29">
+      <c r="I45" s="19">
         <v>3817.79</v>
       </c>
-      <c r="J45" s="29">
+      <c r="J45" s="19">
         <v>3816.84</v>
       </c>
-      <c r="K45" s="29">
+      <c r="K45" s="19">
         <v>3602.92</v>
       </c>
-      <c r="L45" s="29">
+      <c r="L45" s="19">
         <v>3613.02</v>
       </c>
-      <c r="M45" s="29">
-[...14 lines deleted...]
-      <c r="E46" s="27" t="s">
+      <c r="M45" s="19">
+        <v>161.46</v>
+      </c>
+      <c r="N45" s="19">
+        <v>161.91</v>
+      </c>
+      <c r="O45" s="19">
+        <v>162.31</v>
+      </c>
+      <c r="P45" s="19">
+        <v>160.97</v>
+      </c>
+      <c r="Q45" s="19">
+        <v>3772.15</v>
+      </c>
+      <c r="R45" s="19">
+        <v>3784.79</v>
+      </c>
+      <c r="S45" s="19">
+        <v>3786.1</v>
+      </c>
+      <c r="T45" s="19">
+        <v>3797.11</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="27"/>
+      <c r="B46" s="27"/>
+      <c r="C46" s="28"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F46" s="29">
+      <c r="F46" s="19">
         <v>65.28</v>
       </c>
-      <c r="G46" s="29">
+      <c r="G46" s="19">
         <v>56.89</v>
       </c>
-      <c r="H46" s="29">
+      <c r="H46" s="19">
         <v>59.52</v>
       </c>
-      <c r="I46" s="29">
+      <c r="I46" s="19">
         <v>50.52</v>
       </c>
-      <c r="J46" s="29">
+      <c r="J46" s="19">
         <v>63.16</v>
       </c>
-      <c r="K46" s="29">
+      <c r="K46" s="19">
         <v>41.92</v>
       </c>
-      <c r="L46" s="29">
+      <c r="L46" s="19">
         <v>43.88</v>
       </c>
-      <c r="M46" s="29">
+      <c r="M46" s="19">
         <v>56.87</v>
       </c>
-      <c r="N46" s="29">
+      <c r="N46" s="19">
         <v>53.13</v>
       </c>
-      <c r="O46" s="29">
+      <c r="O46" s="19">
         <v>45.27</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B47" s="30"/>
+      <c r="P46" s="19">
+        <v>46.49</v>
+      </c>
+      <c r="Q46" s="19">
+        <v>58.73</v>
+      </c>
+      <c r="R46" s="19">
+        <v>58.68</v>
+      </c>
+      <c r="S46" s="19">
+        <v>51.3</v>
+      </c>
+      <c r="T46" s="19">
+        <v>52.09</v>
+      </c>
+    </row>
+    <row r="47" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="27"/>
+      <c r="B47" s="27"/>
       <c r="C47" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="D47" s="27" t="s">
+      <c r="D47" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E47" s="28"/>
-      <c r="F47" s="29">
+      <c r="E47" s="18"/>
+      <c r="F47" s="19">
         <v>3613.49</v>
       </c>
-      <c r="G47" s="29">
+      <c r="G47" s="19">
         <v>3657.67</v>
       </c>
-      <c r="H47" s="29">
+      <c r="H47" s="19">
         <v>3664.63</v>
       </c>
-      <c r="I47" s="29">
+      <c r="I47" s="19">
         <v>4094.92</v>
       </c>
-      <c r="J47" s="29">
+      <c r="J47" s="19">
         <v>4104.37</v>
       </c>
-      <c r="K47" s="29">
+      <c r="K47" s="19">
         <v>3917.6</v>
       </c>
-      <c r="L47" s="29">
+      <c r="L47" s="19">
         <v>3927.71</v>
       </c>
-      <c r="M47" s="29">
+      <c r="M47" s="19">
         <v>3938.01</v>
       </c>
-      <c r="N47" s="29">
+      <c r="N47" s="19">
         <v>3948.51</v>
       </c>
-      <c r="O47" s="29">
+      <c r="O47" s="19">
         <v>4049.58</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C48" s="30"/>
+      <c r="P47" s="19">
+        <v>4059.57</v>
+      </c>
+      <c r="Q47" s="19">
+        <v>4069.74</v>
+      </c>
+      <c r="R47" s="19">
+        <v>4080.07</v>
+      </c>
+      <c r="S47" s="19">
+        <v>4180.1000000000004</v>
+      </c>
+      <c r="T47" s="19">
+        <v>4190.2299999999996</v>
+      </c>
+    </row>
+    <row r="48" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="27"/>
+      <c r="B48" s="27"/>
+      <c r="C48" s="27"/>
       <c r="D48" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E48" s="27" t="s">
+      <c r="E48" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F48" s="29">
+      <c r="F48" s="19">
         <v>823.38</v>
       </c>
-      <c r="G48" s="29">
+      <c r="G48" s="19">
         <v>949.92</v>
       </c>
-      <c r="H48" s="29">
+      <c r="H48" s="19">
         <v>922.06</v>
       </c>
-      <c r="I48" s="29">
+      <c r="I48" s="19">
         <v>1059.55</v>
       </c>
-      <c r="J48" s="29">
+      <c r="J48" s="19">
         <v>983.79</v>
       </c>
-      <c r="K48" s="29">
+      <c r="K48" s="19">
         <v>930.71</v>
       </c>
-      <c r="L48" s="29">
+      <c r="L48" s="19">
         <v>959.01</v>
       </c>
-      <c r="M48" s="29">
-[...14 lines deleted...]
-      <c r="E49" s="27" t="s">
+      <c r="M48" s="19">
+        <v>24.26</v>
+      </c>
+      <c r="N48" s="19">
+        <v>27.5</v>
+      </c>
+      <c r="O48" s="19">
+        <v>25.92</v>
+      </c>
+      <c r="P48" s="19">
+        <v>27.95</v>
+      </c>
+      <c r="Q48" s="19">
+        <v>844.09</v>
+      </c>
+      <c r="R48" s="19">
+        <v>832.9</v>
+      </c>
+      <c r="S48" s="19">
+        <v>815.8</v>
+      </c>
+      <c r="T48" s="19">
+        <v>812.42</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="27"/>
+      <c r="B49" s="27"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F49" s="29">
+      <c r="F49" s="19">
         <v>2790.11</v>
       </c>
-      <c r="G49" s="29">
+      <c r="G49" s="19">
         <v>2707.76</v>
       </c>
-      <c r="H49" s="29">
+      <c r="H49" s="19">
         <v>2742.57</v>
       </c>
-      <c r="I49" s="29">
+      <c r="I49" s="19">
         <v>3035.37</v>
       </c>
-      <c r="J49" s="29">
+      <c r="J49" s="19">
         <v>3120.58</v>
       </c>
-      <c r="K49" s="29">
+      <c r="K49" s="19">
         <v>2986.89</v>
       </c>
-      <c r="L49" s="29">
+      <c r="L49" s="19">
         <v>2968.71</v>
       </c>
-      <c r="M49" s="29">
+      <c r="M49" s="19">
         <v>2999.26</v>
       </c>
-      <c r="N49" s="29">
+      <c r="N49" s="19">
         <v>3058.36</v>
       </c>
-      <c r="O49" s="29">
+      <c r="O49" s="19">
         <v>3141.65</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C50" s="30"/>
+      <c r="P49" s="19">
+        <v>3169.04</v>
+      </c>
+      <c r="Q49" s="19">
+        <v>3225.65</v>
+      </c>
+      <c r="R49" s="19">
+        <v>3247.17</v>
+      </c>
+      <c r="S49" s="19">
+        <v>3364.3</v>
+      </c>
+      <c r="T49" s="19">
+        <v>3377.81</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="27"/>
+      <c r="B50" s="27"/>
+      <c r="C50" s="27"/>
       <c r="D50" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E50" s="27" t="s">
+      <c r="E50" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F50" s="29">
+      <c r="F50" s="19">
         <v>3136.52</v>
       </c>
-      <c r="G50" s="29">
+      <c r="G50" s="19">
         <v>3277.1</v>
       </c>
-      <c r="H50" s="29">
+      <c r="H50" s="19">
         <v>3299.44</v>
       </c>
-      <c r="I50" s="29">
+      <c r="I50" s="19">
         <v>3700.62</v>
       </c>
-      <c r="J50" s="29">
+      <c r="J50" s="19">
         <v>3669.5</v>
       </c>
-      <c r="K50" s="29">
+      <c r="K50" s="19">
         <v>3561</v>
       </c>
-      <c r="L50" s="29">
+      <c r="L50" s="19">
         <v>3574.64</v>
       </c>
-      <c r="M50" s="29">
-[...14 lines deleted...]
-      <c r="E51" s="27" t="s">
+      <c r="M50" s="19">
+        <v>141.62</v>
+      </c>
+      <c r="N50" s="19">
+        <v>142.51</v>
+      </c>
+      <c r="O50" s="19">
+        <v>154.06</v>
+      </c>
+      <c r="P50" s="19">
+        <v>152.11000000000001</v>
+      </c>
+      <c r="Q50" s="19">
+        <v>3732.11</v>
+      </c>
+      <c r="R50" s="19">
+        <v>3702.96</v>
+      </c>
+      <c r="S50" s="19">
+        <v>3842.7</v>
+      </c>
+      <c r="T50" s="19">
+        <v>3884.99</v>
+      </c>
+    </row>
+    <row r="51" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="27"/>
+      <c r="B51" s="27"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F51" s="29">
+      <c r="F51" s="19">
         <v>476.97</v>
       </c>
-      <c r="G51" s="29">
+      <c r="G51" s="19">
         <v>380.58</v>
       </c>
-      <c r="H51" s="29">
+      <c r="H51" s="19">
         <v>365.19</v>
       </c>
-      <c r="I51" s="29">
+      <c r="I51" s="19">
         <v>394.3</v>
       </c>
-      <c r="J51" s="29">
+      <c r="J51" s="19">
         <v>434.87</v>
       </c>
-      <c r="K51" s="29">
+      <c r="K51" s="19">
         <v>356.61</v>
       </c>
-      <c r="L51" s="29">
+      <c r="L51" s="19">
         <v>353.08</v>
       </c>
-      <c r="M51" s="29">
+      <c r="M51" s="19">
         <v>392.11</v>
       </c>
-      <c r="N51" s="29">
+      <c r="N51" s="19">
         <v>379.64</v>
       </c>
-      <c r="O51" s="29">
+      <c r="O51" s="19">
         <v>363.25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C52" s="30"/>
+      <c r="P51" s="19">
+        <v>348.48</v>
+      </c>
+      <c r="Q51" s="19">
+        <v>337.63</v>
+      </c>
+      <c r="R51" s="19">
+        <v>377.11</v>
+      </c>
+      <c r="S51" s="19">
+        <v>337.4</v>
+      </c>
+      <c r="T51" s="19">
+        <v>305.24</v>
+      </c>
+    </row>
+    <row r="52" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="27"/>
+      <c r="B52" s="27"/>
+      <c r="C52" s="27"/>
       <c r="D52" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E52" s="27" t="s">
+      <c r="E52" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F52" s="29">
+      <c r="F52" s="19">
         <v>3486.68</v>
       </c>
-      <c r="G52" s="29">
+      <c r="G52" s="19">
         <v>3567.21</v>
       </c>
-      <c r="H52" s="29">
+      <c r="H52" s="19">
         <v>3573.79</v>
       </c>
-      <c r="I52" s="29">
+      <c r="I52" s="19">
         <v>3978.65</v>
       </c>
-      <c r="J52" s="29">
+      <c r="J52" s="19">
         <v>3991.75</v>
       </c>
-      <c r="K52" s="29">
+      <c r="K52" s="19">
         <v>3826.6</v>
       </c>
-      <c r="L52" s="29">
+      <c r="L52" s="19">
         <v>3836.76</v>
       </c>
-      <c r="M52" s="29">
-[...14 lines deleted...]
-      <c r="E53" s="27" t="s">
+      <c r="M52" s="19">
+        <v>152.59</v>
+      </c>
+      <c r="N52" s="19">
+        <v>155.35</v>
+      </c>
+      <c r="O52" s="19">
+        <v>165.29</v>
+      </c>
+      <c r="P52" s="19">
+        <v>163.46</v>
+      </c>
+      <c r="Q52" s="19">
+        <v>3964.02</v>
+      </c>
+      <c r="R52" s="19">
+        <v>3981.61</v>
+      </c>
+      <c r="S52" s="19">
+        <v>4089</v>
+      </c>
+      <c r="T52" s="19">
+        <v>4085.29</v>
+      </c>
+    </row>
+    <row r="53" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="27"/>
+      <c r="B53" s="28"/>
+      <c r="C53" s="28"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F53" s="29">
+      <c r="F53" s="19">
         <v>126.81</v>
       </c>
-      <c r="G53" s="29">
+      <c r="G53" s="19">
         <v>90.46</v>
       </c>
-      <c r="H53" s="29">
+      <c r="H53" s="19">
         <v>90.84</v>
       </c>
-      <c r="I53" s="29">
+      <c r="I53" s="19">
         <v>116.27</v>
       </c>
-      <c r="J53" s="29">
+      <c r="J53" s="19">
         <v>112.62</v>
       </c>
-      <c r="K53" s="29">
+      <c r="K53" s="19">
         <v>91</v>
       </c>
-      <c r="L53" s="29">
+      <c r="L53" s="19">
         <v>90.95</v>
       </c>
-      <c r="M53" s="29">
+      <c r="M53" s="19">
         <v>119.06</v>
       </c>
-      <c r="N53" s="29">
+      <c r="N53" s="19">
         <v>105.76</v>
       </c>
-      <c r="O53" s="29">
+      <c r="O53" s="19">
         <v>95.89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="30"/>
+      <c r="P53" s="19">
+        <v>103.65</v>
+      </c>
+      <c r="Q53" s="19">
+        <v>105.72</v>
+      </c>
+      <c r="R53" s="19">
+        <v>98.47</v>
+      </c>
+      <c r="S53" s="19">
+        <v>91.1</v>
+      </c>
+      <c r="T53" s="19">
+        <v>104.94</v>
+      </c>
+    </row>
+    <row r="54" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="27"/>
       <c r="B54" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="C54" s="32"/>
-      <c r="D54" s="27" t="s">
+      <c r="C54" s="23"/>
+      <c r="D54" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E54" s="28"/>
-      <c r="F54" s="29">
+      <c r="E54" s="18"/>
+      <c r="F54" s="19">
         <v>731.22</v>
       </c>
-      <c r="G54" s="29">
+      <c r="G54" s="19">
         <v>791.72</v>
       </c>
-      <c r="H54" s="29">
+      <c r="H54" s="19">
         <v>794.58</v>
       </c>
-      <c r="I54" s="29">
+      <c r="I54" s="19">
         <v>912.37</v>
       </c>
-      <c r="J54" s="29">
+      <c r="J54" s="19">
         <v>916.18</v>
       </c>
-      <c r="K54" s="29">
+      <c r="K54" s="19">
         <v>926.02</v>
       </c>
-      <c r="L54" s="29">
+      <c r="L54" s="19">
         <v>929.76</v>
       </c>
-      <c r="M54" s="29">
+      <c r="M54" s="19">
         <v>933.57</v>
       </c>
-      <c r="N54" s="29">
+      <c r="N54" s="19">
         <v>937.43</v>
       </c>
-      <c r="O54" s="29">
+      <c r="O54" s="19">
         <v>863.68</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C55" s="33"/>
+      <c r="P54" s="19">
+        <v>867.06</v>
+      </c>
+      <c r="Q54" s="19">
+        <v>870.49</v>
+      </c>
+      <c r="R54" s="19">
+        <v>873.98</v>
+      </c>
+      <c r="S54" s="19">
+        <v>876.8</v>
+      </c>
+      <c r="T54" s="19">
+        <v>880.14</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="27"/>
+      <c r="B55" s="27"/>
+      <c r="C55" s="24"/>
       <c r="D55" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E55" s="27" t="s">
+      <c r="E55" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F55" s="29">
+      <c r="F55" s="19">
         <v>264.93</v>
       </c>
-      <c r="G55" s="29">
+      <c r="G55" s="19">
         <v>315.81</v>
       </c>
-      <c r="H55" s="29">
+      <c r="H55" s="19">
         <v>283.19</v>
       </c>
-      <c r="I55" s="29">
+      <c r="I55" s="19">
         <v>338.12</v>
       </c>
-      <c r="J55" s="29">
+      <c r="J55" s="19">
         <v>368.39</v>
       </c>
-      <c r="K55" s="29">
+      <c r="K55" s="19">
         <v>350.81</v>
       </c>
-      <c r="L55" s="29">
+      <c r="L55" s="19">
         <v>435.54</v>
       </c>
-      <c r="M55" s="29">
-[...14 lines deleted...]
-      <c r="E56" s="27" t="s">
+      <c r="M55" s="19">
+        <v>2047.58</v>
+      </c>
+      <c r="N55" s="19">
+        <v>1937.71</v>
+      </c>
+      <c r="O55" s="19">
+        <v>1948.72</v>
+      </c>
+      <c r="P55" s="19">
+        <v>2008.14</v>
+      </c>
+      <c r="Q55" s="19">
+        <v>300.16000000000003</v>
+      </c>
+      <c r="R55" s="19">
+        <v>260.82</v>
+      </c>
+      <c r="S55" s="19">
+        <v>198.7</v>
+      </c>
+      <c r="T55" s="19">
+        <v>235.75</v>
+      </c>
+    </row>
+    <row r="56" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="27"/>
+      <c r="B56" s="27"/>
+      <c r="C56" s="24"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F56" s="29">
+      <c r="F56" s="19">
         <v>466.29</v>
       </c>
-      <c r="G56" s="29">
+      <c r="G56" s="19">
         <v>475.91</v>
       </c>
-      <c r="H56" s="29">
+      <c r="H56" s="19">
         <v>511.39</v>
       </c>
-      <c r="I56" s="29">
+      <c r="I56" s="19">
         <v>574.25</v>
       </c>
-      <c r="J56" s="29">
+      <c r="J56" s="19">
         <v>547.78</v>
       </c>
-      <c r="K56" s="29">
+      <c r="K56" s="19">
         <v>575.21</v>
       </c>
-      <c r="L56" s="29">
+      <c r="L56" s="19">
         <v>494.23</v>
       </c>
-      <c r="M56" s="29">
+      <c r="M56" s="19">
         <v>558.67999999999995</v>
       </c>
-      <c r="N56" s="29">
+      <c r="N56" s="19">
         <v>580.95000000000005</v>
       </c>
-      <c r="O56" s="29">
+      <c r="O56" s="19">
         <v>559.5</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C57" s="33"/>
+      <c r="P56" s="19">
+        <v>547.42999999999995</v>
+      </c>
+      <c r="Q56" s="19">
+        <v>570.33000000000004</v>
+      </c>
+      <c r="R56" s="19">
+        <v>613.15</v>
+      </c>
+      <c r="S56" s="19">
+        <v>678.1</v>
+      </c>
+      <c r="T56" s="19">
+        <v>644.39</v>
+      </c>
+    </row>
+    <row r="57" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="27"/>
+      <c r="B57" s="27"/>
+      <c r="C57" s="24"/>
       <c r="D57" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E57" s="27" t="s">
+      <c r="E57" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F57" s="29">
+      <c r="F57" s="19">
         <v>698.27</v>
       </c>
-      <c r="G57" s="29">
+      <c r="G57" s="19">
         <v>752.34</v>
       </c>
-      <c r="H57" s="29">
+      <c r="H57" s="19">
         <v>760.32</v>
       </c>
-      <c r="I57" s="29">
+      <c r="I57" s="19">
         <v>904.79</v>
       </c>
-      <c r="J57" s="29">
+      <c r="J57" s="19">
         <v>901.81</v>
       </c>
-      <c r="K57" s="29">
+      <c r="K57" s="19">
         <v>912.68</v>
       </c>
-      <c r="L57" s="29">
+      <c r="L57" s="19">
         <v>922.25</v>
       </c>
-      <c r="M57" s="29">
-[...14 lines deleted...]
-      <c r="E58" s="27" t="s">
+      <c r="M57" s="19">
+        <v>7004.81</v>
+      </c>
+      <c r="N57" s="19">
+        <v>7077.56</v>
+      </c>
+      <c r="O57" s="19">
+        <v>7298.71</v>
+      </c>
+      <c r="P57" s="19">
+        <v>7377.36</v>
+      </c>
+      <c r="Q57" s="19">
+        <v>854.13</v>
+      </c>
+      <c r="R57" s="19">
+        <v>833.6</v>
+      </c>
+      <c r="S57" s="19">
+        <v>848.7</v>
+      </c>
+      <c r="T57" s="19">
+        <v>873.19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="27"/>
+      <c r="B58" s="27"/>
+      <c r="C58" s="24"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F58" s="29">
+      <c r="F58" s="19">
         <v>32.950000000000003</v>
       </c>
-      <c r="G58" s="29">
+      <c r="G58" s="19">
         <v>39.380000000000003</v>
       </c>
-      <c r="H58" s="29">
+      <c r="H58" s="19">
         <v>34.26</v>
       </c>
-      <c r="I58" s="29">
+      <c r="I58" s="19">
         <v>7.58</v>
       </c>
-      <c r="J58" s="29">
+      <c r="J58" s="19">
         <v>14.37</v>
       </c>
-      <c r="K58" s="29">
+      <c r="K58" s="19">
         <v>13.34</v>
       </c>
-      <c r="L58" s="29">
+      <c r="L58" s="19">
         <v>7.51</v>
       </c>
-      <c r="M58" s="29">
+      <c r="M58" s="19">
         <v>36.54</v>
       </c>
-      <c r="N58" s="29">
+      <c r="N58" s="19">
         <v>14.76</v>
       </c>
-      <c r="O58" s="29">
+      <c r="O58" s="19">
         <v>21.06</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C59" s="33"/>
+      <c r="P58" s="19">
+        <v>15.5</v>
+      </c>
+      <c r="Q58" s="19">
+        <v>16.37</v>
+      </c>
+      <c r="R58" s="19">
+        <v>40.380000000000003</v>
+      </c>
+      <c r="S58" s="19">
+        <v>28.1</v>
+      </c>
+      <c r="T58" s="19">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="27"/>
+      <c r="B59" s="27"/>
+      <c r="C59" s="24"/>
       <c r="D59" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E59" s="27" t="s">
+      <c r="E59" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F59" s="29">
+      <c r="F59" s="19">
         <v>719.79</v>
       </c>
-      <c r="G59" s="29">
+      <c r="G59" s="19">
         <v>773.38</v>
       </c>
-      <c r="H59" s="29">
+      <c r="H59" s="19">
         <v>772.64</v>
       </c>
-      <c r="I59" s="29">
+      <c r="I59" s="19">
         <v>911.78</v>
       </c>
-      <c r="J59" s="29">
+      <c r="J59" s="19">
         <v>909.2</v>
       </c>
-      <c r="K59" s="29">
+      <c r="K59" s="19">
         <v>923.57</v>
       </c>
-      <c r="L59" s="29">
+      <c r="L59" s="19">
         <v>929.76</v>
       </c>
-      <c r="M59" s="29">
-[...14 lines deleted...]
-      <c r="E60" s="27" t="s">
+      <c r="M59" s="19">
+        <v>7431.21</v>
+      </c>
+      <c r="N59" s="19">
+        <v>7471.17</v>
+      </c>
+      <c r="O59" s="19">
+        <v>7714.69</v>
+      </c>
+      <c r="P59" s="19">
+        <v>7727.91</v>
+      </c>
+      <c r="Q59" s="19">
+        <v>866.09</v>
+      </c>
+      <c r="R59" s="19">
+        <v>865.64</v>
+      </c>
+      <c r="S59" s="19">
+        <v>869.7</v>
+      </c>
+      <c r="T59" s="19">
+        <v>877.08</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="27"/>
+      <c r="B60" s="28"/>
+      <c r="C60" s="25"/>
+      <c r="D60" s="28"/>
+      <c r="E60" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F60" s="29">
+      <c r="F60" s="19">
         <v>11.43</v>
       </c>
-      <c r="G60" s="29">
+      <c r="G60" s="19">
         <v>18.34</v>
       </c>
-      <c r="H60" s="29">
+      <c r="H60" s="19">
         <v>21.94</v>
       </c>
-      <c r="I60" s="29">
+      <c r="I60" s="19">
         <v>0.6</v>
       </c>
-      <c r="J60" s="29">
+      <c r="J60" s="19">
         <v>6.98</v>
       </c>
-      <c r="K60" s="29">
+      <c r="K60" s="19">
         <v>2.44</v>
       </c>
-      <c r="L60" s="29">
+      <c r="L60" s="19">
         <v>0</v>
       </c>
-      <c r="M60" s="29">
+      <c r="M60" s="19">
         <v>5.07</v>
       </c>
-      <c r="N60" s="29">
+      <c r="N60" s="19">
         <v>3.64</v>
       </c>
-      <c r="O60" s="29">
+      <c r="O60" s="19">
         <v>0.9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A61" s="30"/>
+      <c r="P60" s="19">
+        <v>3.54</v>
+      </c>
+      <c r="Q60" s="19">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="R60" s="19">
+        <v>8.34</v>
+      </c>
+      <c r="S60" s="19">
+        <v>7.2</v>
+      </c>
+      <c r="T60" s="19">
+        <v>3.06</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="27"/>
       <c r="B61" s="26" t="s">
         <v>21</v>
       </c>
-      <c r="C61" s="32"/>
-      <c r="D61" s="27" t="s">
+      <c r="C61" s="23"/>
+      <c r="D61" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E61" s="28"/>
-      <c r="F61" s="29">
+      <c r="E61" s="18"/>
+      <c r="F61" s="19">
         <v>589.67999999999995</v>
       </c>
-      <c r="G61" s="29">
+      <c r="G61" s="19">
         <v>582.17999999999995</v>
       </c>
-      <c r="H61" s="29">
+      <c r="H61" s="19">
         <v>584.70000000000005</v>
       </c>
-      <c r="I61" s="29">
+      <c r="I61" s="19">
         <v>679.58</v>
       </c>
-      <c r="J61" s="29">
+      <c r="J61" s="19">
         <v>682.26</v>
       </c>
-      <c r="K61" s="29">
+      <c r="K61" s="19">
         <v>609.69000000000005</v>
       </c>
-      <c r="L61" s="29">
+      <c r="L61" s="19">
         <v>611.97</v>
       </c>
-      <c r="M61" s="29">
+      <c r="M61" s="19">
         <v>614.28</v>
       </c>
-      <c r="N61" s="29">
+      <c r="N61" s="19">
         <v>616.63</v>
       </c>
-      <c r="O61" s="29">
+      <c r="O61" s="19">
         <v>665.85</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C62" s="33"/>
+      <c r="P61" s="19">
+        <v>668.25</v>
+      </c>
+      <c r="Q61" s="19">
+        <v>670.7</v>
+      </c>
+      <c r="R61" s="19">
+        <v>673.18</v>
+      </c>
+      <c r="S61" s="19">
+        <v>748.9</v>
+      </c>
+      <c r="T61" s="19">
+        <v>751.51</v>
+      </c>
+    </row>
+    <row r="62" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="27"/>
+      <c r="B62" s="27"/>
+      <c r="C62" s="24"/>
       <c r="D62" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E62" s="27" t="s">
+      <c r="E62" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F62" s="29">
+      <c r="F62" s="19">
         <v>283.16000000000003</v>
       </c>
-      <c r="G62" s="29">
+      <c r="G62" s="19">
         <v>286.42</v>
       </c>
-      <c r="H62" s="29">
+      <c r="H62" s="19">
         <v>313.23</v>
       </c>
-      <c r="I62" s="29">
+      <c r="I62" s="19">
         <v>322.07</v>
       </c>
-      <c r="J62" s="29">
+      <c r="J62" s="19">
         <v>309.77999999999997</v>
       </c>
-      <c r="K62" s="29">
+      <c r="K62" s="19">
         <v>271.14</v>
       </c>
-      <c r="L62" s="29">
+      <c r="L62" s="19">
         <v>264.68</v>
       </c>
-      <c r="M62" s="29">
-[...14 lines deleted...]
-      <c r="E63" s="27" t="s">
+      <c r="M62" s="19">
+        <v>1108.83</v>
+      </c>
+      <c r="N62" s="19">
+        <v>1047.57</v>
+      </c>
+      <c r="O62" s="19">
+        <v>1040.79</v>
+      </c>
+      <c r="P62" s="19">
+        <v>1117.6099999999999</v>
+      </c>
+      <c r="Q62" s="19">
+        <v>237</v>
+      </c>
+      <c r="R62" s="19">
+        <v>233.27</v>
+      </c>
+      <c r="S62" s="19">
+        <v>247.6</v>
+      </c>
+      <c r="T62" s="19">
+        <v>265.3</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="27"/>
+      <c r="B63" s="27"/>
+      <c r="C63" s="24"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F63" s="29">
+      <c r="F63" s="19">
         <v>306.52</v>
       </c>
-      <c r="G63" s="29">
+      <c r="G63" s="19">
         <v>295.76</v>
       </c>
-      <c r="H63" s="29">
+      <c r="H63" s="19">
         <v>271.47000000000003</v>
       </c>
-      <c r="I63" s="29">
+      <c r="I63" s="19">
         <v>357.51</v>
       </c>
-      <c r="J63" s="29">
+      <c r="J63" s="19">
         <v>372.48</v>
       </c>
-      <c r="K63" s="29">
+      <c r="K63" s="19">
         <v>338.55</v>
       </c>
-      <c r="L63" s="29">
+      <c r="L63" s="19">
         <v>347.29</v>
       </c>
-      <c r="M63" s="29">
+      <c r="M63" s="19">
         <v>363.57</v>
       </c>
-      <c r="N63" s="29">
+      <c r="N63" s="19">
         <v>376.79</v>
       </c>
-      <c r="O63" s="29">
+      <c r="O63" s="19">
         <v>417.57</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C64" s="33"/>
+      <c r="P63" s="19">
+        <v>402.05</v>
+      </c>
+      <c r="Q63" s="19">
+        <v>433.7</v>
+      </c>
+      <c r="R63" s="19">
+        <v>439.9</v>
+      </c>
+      <c r="S63" s="19">
+        <v>501.3</v>
+      </c>
+      <c r="T63" s="19">
+        <v>486.21</v>
+      </c>
+    </row>
+    <row r="64" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="27"/>
+      <c r="B64" s="27"/>
+      <c r="C64" s="24"/>
       <c r="D64" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E64" s="27" t="s">
+      <c r="E64" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F64" s="29">
+      <c r="F64" s="19">
         <v>554.67999999999995</v>
       </c>
-      <c r="G64" s="29">
+      <c r="G64" s="19">
         <v>556.44000000000005</v>
       </c>
-      <c r="H64" s="29">
+      <c r="H64" s="19">
         <v>563.53</v>
       </c>
-      <c r="I64" s="29">
+      <c r="I64" s="19">
         <v>658.95</v>
       </c>
-      <c r="J64" s="29">
+      <c r="J64" s="19">
         <v>648.05999999999995</v>
       </c>
-      <c r="K64" s="29">
+      <c r="K64" s="19">
         <v>582.26</v>
       </c>
-      <c r="L64" s="29">
+      <c r="L64" s="19">
         <v>582.42999999999995</v>
       </c>
-      <c r="M64" s="29">
-[...14 lines deleted...]
-      <c r="E65" s="27" t="s">
+      <c r="M64" s="19">
+        <v>3458.92</v>
+      </c>
+      <c r="N64" s="19">
+        <v>3508.69</v>
+      </c>
+      <c r="O64" s="19">
+        <v>3612.38</v>
+      </c>
+      <c r="P64" s="19">
+        <v>3666.27</v>
+      </c>
+      <c r="Q64" s="19">
+        <v>655.38</v>
+      </c>
+      <c r="R64" s="19">
+        <v>652.57000000000005</v>
+      </c>
+      <c r="S64" s="19">
+        <v>725.4</v>
+      </c>
+      <c r="T64" s="19">
+        <v>733.02</v>
+      </c>
+    </row>
+    <row r="65" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="27"/>
+      <c r="B65" s="27"/>
+      <c r="C65" s="24"/>
+      <c r="D65" s="28"/>
+      <c r="E65" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F65" s="29">
+      <c r="F65" s="19">
         <v>34.99</v>
       </c>
-      <c r="G65" s="29">
+      <c r="G65" s="19">
         <v>25.74</v>
       </c>
-      <c r="H65" s="29">
+      <c r="H65" s="19">
         <v>21.17</v>
       </c>
-      <c r="I65" s="29">
+      <c r="I65" s="19">
         <v>20.63</v>
       </c>
-      <c r="J65" s="29">
+      <c r="J65" s="19">
         <v>34.19</v>
       </c>
-      <c r="K65" s="29">
+      <c r="K65" s="19">
         <v>27.43</v>
       </c>
-      <c r="L65" s="29">
+      <c r="L65" s="19">
         <v>29.54</v>
       </c>
-      <c r="M65" s="29">
+      <c r="M65" s="19">
         <v>18.86</v>
       </c>
-      <c r="N65" s="29">
+      <c r="N65" s="19">
         <v>23.74</v>
       </c>
-      <c r="O65" s="29">
+      <c r="O65" s="19">
         <v>25.56</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C66" s="33"/>
+      <c r="P65" s="19">
+        <v>22.71</v>
+      </c>
+      <c r="Q65" s="19">
+        <v>15.32</v>
+      </c>
+      <c r="R65" s="19">
+        <v>20.61</v>
+      </c>
+      <c r="S65" s="19">
+        <v>23.5</v>
+      </c>
+      <c r="T65" s="19">
+        <v>18.489999999999998</v>
+      </c>
+    </row>
+    <row r="66" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="27"/>
+      <c r="B66" s="27"/>
+      <c r="C66" s="24"/>
       <c r="D66" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E66" s="27" t="s">
+      <c r="E66" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F66" s="29">
+      <c r="F66" s="19">
         <v>584.79</v>
       </c>
-      <c r="G66" s="29">
+      <c r="G66" s="19">
         <v>578.21</v>
       </c>
-      <c r="H66" s="29">
+      <c r="H66" s="19">
         <v>581.53</v>
       </c>
-      <c r="I66" s="29">
+      <c r="I66" s="19">
         <v>675.37</v>
       </c>
-      <c r="J66" s="29">
+      <c r="J66" s="19">
         <v>675.98</v>
       </c>
-      <c r="K66" s="29">
+      <c r="K66" s="19">
         <v>606.64</v>
       </c>
-      <c r="L66" s="29">
+      <c r="L66" s="19">
         <v>608.07000000000005</v>
       </c>
-      <c r="M66" s="29">
-[...14 lines deleted...]
-      <c r="E67" s="27" t="s">
+      <c r="M66" s="19">
+        <v>3612.26</v>
+      </c>
+      <c r="N66" s="19">
+        <v>3628.42</v>
+      </c>
+      <c r="O66" s="19">
+        <v>3761</v>
+      </c>
+      <c r="P66" s="19">
+        <v>3771.99</v>
+      </c>
+      <c r="Q66" s="19">
+        <v>668.54</v>
+      </c>
+      <c r="R66" s="19">
+        <v>671.52</v>
+      </c>
+      <c r="S66" s="19">
+        <v>743.2</v>
+      </c>
+      <c r="T66" s="19">
+        <v>746.01</v>
+      </c>
+    </row>
+    <row r="67" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="27"/>
+      <c r="B67" s="28"/>
+      <c r="C67" s="25"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F67" s="29">
+      <c r="F67" s="19">
         <v>4.8899999999999997</v>
       </c>
-      <c r="G67" s="29">
+      <c r="G67" s="19">
         <v>3.97</v>
       </c>
-      <c r="H67" s="29">
+      <c r="H67" s="19">
         <v>3.17</v>
       </c>
-      <c r="I67" s="29">
+      <c r="I67" s="19">
         <v>4.21</v>
       </c>
-      <c r="J67" s="29">
+      <c r="J67" s="19">
         <v>6.28</v>
       </c>
-      <c r="K67" s="29">
+      <c r="K67" s="19">
         <v>3.05</v>
       </c>
-      <c r="L67" s="29">
+      <c r="L67" s="19">
         <v>3.9</v>
       </c>
-      <c r="M67" s="29">
+      <c r="M67" s="19">
         <v>2.75</v>
       </c>
-      <c r="N67" s="29">
+      <c r="N67" s="19">
         <v>2.66</v>
       </c>
-      <c r="O67" s="29">
+      <c r="O67" s="19">
         <v>5.26</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A68" s="30"/>
+      <c r="P67" s="19">
+        <v>4.1500000000000004</v>
+      </c>
+      <c r="Q67" s="19">
+        <v>2.16</v>
+      </c>
+      <c r="R67" s="19">
+        <v>1.66</v>
+      </c>
+      <c r="S67" s="19">
+        <v>5.7</v>
+      </c>
+      <c r="T67" s="19">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="27"/>
       <c r="B68" s="26" t="s">
         <v>22</v>
       </c>
-      <c r="C68" s="32"/>
-      <c r="D68" s="27" t="s">
+      <c r="C68" s="23"/>
+      <c r="D68" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E68" s="28"/>
-      <c r="F68" s="29">
+      <c r="E68" s="18"/>
+      <c r="F68" s="19">
         <v>547.84</v>
       </c>
-      <c r="G68" s="29">
+      <c r="G68" s="19">
         <v>541.62</v>
       </c>
-      <c r="H68" s="29">
+      <c r="H68" s="19">
         <v>543.4</v>
       </c>
-      <c r="I68" s="29">
+      <c r="I68" s="19">
         <v>720.26</v>
       </c>
-      <c r="J68" s="29">
+      <c r="J68" s="19">
         <v>722.96</v>
       </c>
-      <c r="K68" s="29">
+      <c r="K68" s="19">
         <v>676.36</v>
       </c>
-      <c r="L68" s="29">
+      <c r="L68" s="19">
         <v>678.74</v>
       </c>
-      <c r="M68" s="29">
+      <c r="M68" s="19">
         <v>681.16</v>
       </c>
-      <c r="N68" s="29">
+      <c r="N68" s="19">
         <v>683.61</v>
       </c>
-      <c r="O68" s="29">
+      <c r="O68" s="19">
         <v>667.55</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C69" s="33"/>
+      <c r="P68" s="19">
+        <v>669.81</v>
+      </c>
+      <c r="Q68" s="19">
+        <v>672.11</v>
+      </c>
+      <c r="R68" s="19">
+        <v>674.44</v>
+      </c>
+      <c r="S68" s="19">
+        <v>657.3</v>
+      </c>
+      <c r="T68" s="19">
+        <v>659.45</v>
+      </c>
+    </row>
+    <row r="69" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="27"/>
+      <c r="B69" s="27"/>
+      <c r="C69" s="24"/>
       <c r="D69" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E69" s="27" t="s">
+      <c r="E69" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F69" s="29">
+      <c r="F69" s="19">
         <v>182.31</v>
       </c>
-      <c r="G69" s="29">
+      <c r="G69" s="19">
         <v>225.7</v>
       </c>
-      <c r="H69" s="29">
+      <c r="H69" s="19">
         <v>234.54</v>
       </c>
-      <c r="I69" s="29">
+      <c r="I69" s="19">
         <v>322.51</v>
       </c>
-      <c r="J69" s="29">
+      <c r="J69" s="19">
         <v>272.63</v>
       </c>
-      <c r="K69" s="29">
+      <c r="K69" s="19">
         <v>234.64</v>
       </c>
-      <c r="L69" s="29">
+      <c r="L69" s="19">
         <v>272.44</v>
       </c>
-      <c r="M69" s="29">
-[...14 lines deleted...]
-      <c r="E70" s="27" t="s">
+      <c r="M69" s="19">
+        <v>938.75</v>
+      </c>
+      <c r="N69" s="19">
+        <v>890.14</v>
+      </c>
+      <c r="O69" s="19">
+        <v>907.94</v>
+      </c>
+      <c r="P69" s="19">
+        <v>890.53</v>
+      </c>
+      <c r="Q69" s="19">
+        <v>189.26</v>
+      </c>
+      <c r="R69" s="19">
+        <v>166.01</v>
+      </c>
+      <c r="S69" s="19">
+        <v>176.1</v>
+      </c>
+      <c r="T69" s="19">
+        <v>178.94</v>
+      </c>
+    </row>
+    <row r="70" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="27"/>
+      <c r="B70" s="27"/>
+      <c r="C70" s="24"/>
+      <c r="D70" s="28"/>
+      <c r="E70" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F70" s="29">
+      <c r="F70" s="19">
         <v>365.52</v>
       </c>
-      <c r="G70" s="29">
+      <c r="G70" s="19">
         <v>315.92</v>
       </c>
-      <c r="H70" s="29">
+      <c r="H70" s="19">
         <v>308.86</v>
       </c>
-      <c r="I70" s="29">
+      <c r="I70" s="19">
         <v>397.75</v>
       </c>
-      <c r="J70" s="29">
+      <c r="J70" s="19">
         <v>450.33</v>
       </c>
-      <c r="K70" s="29">
+      <c r="K70" s="19">
         <v>441.72</v>
       </c>
-      <c r="L70" s="29">
+      <c r="L70" s="19">
         <v>406.3</v>
       </c>
-      <c r="M70" s="29">
+      <c r="M70" s="19">
         <v>433.79</v>
       </c>
-      <c r="N70" s="29">
+      <c r="N70" s="19">
         <v>445.73</v>
       </c>
-      <c r="O70" s="29">
+      <c r="O70" s="19">
         <v>432.24</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C71" s="33"/>
+      <c r="P70" s="19">
+        <v>416.7</v>
+      </c>
+      <c r="Q70" s="19">
+        <v>482.85</v>
+      </c>
+      <c r="R70" s="19">
+        <v>508.43</v>
+      </c>
+      <c r="S70" s="19">
+        <v>481.3</v>
+      </c>
+      <c r="T70" s="19">
+        <v>480.51</v>
+      </c>
+    </row>
+    <row r="71" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="27"/>
+      <c r="B71" s="27"/>
+      <c r="C71" s="24"/>
       <c r="D71" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E71" s="27" t="s">
+      <c r="E71" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F71" s="29">
+      <c r="F71" s="19">
         <v>505.57</v>
       </c>
-      <c r="G71" s="29">
+      <c r="G71" s="19">
         <v>520.83000000000004</v>
       </c>
-      <c r="H71" s="29">
+      <c r="H71" s="19">
         <v>528.41</v>
       </c>
-      <c r="I71" s="29">
+      <c r="I71" s="19">
         <v>699.93</v>
       </c>
-      <c r="J71" s="29">
+      <c r="J71" s="19">
         <v>690.44</v>
       </c>
-      <c r="K71" s="29">
+      <c r="K71" s="19">
         <v>650</v>
       </c>
-      <c r="L71" s="29">
+      <c r="L71" s="19">
         <v>652.6</v>
       </c>
-      <c r="M71" s="29">
-[...14 lines deleted...]
-      <c r="E72" s="27" t="s">
+      <c r="M71" s="19">
+        <v>3545.9</v>
+      </c>
+      <c r="N71" s="19">
+        <v>3568.87</v>
+      </c>
+      <c r="O71" s="19">
+        <v>3686.33</v>
+      </c>
+      <c r="P71" s="19">
+        <v>3711.09</v>
+      </c>
+      <c r="Q71" s="19">
+        <v>661.2</v>
+      </c>
+      <c r="R71" s="19">
+        <v>663.6</v>
+      </c>
+      <c r="S71" s="19">
+        <v>642.29999999999995</v>
+      </c>
+      <c r="T71" s="19">
+        <v>643.54</v>
+      </c>
+    </row>
+    <row r="72" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="27"/>
+      <c r="B72" s="27"/>
+      <c r="C72" s="24"/>
+      <c r="D72" s="28"/>
+      <c r="E72" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F72" s="29">
+      <c r="F72" s="19">
         <v>42.27</v>
       </c>
-      <c r="G72" s="29">
+      <c r="G72" s="19">
         <v>20.78</v>
       </c>
-      <c r="H72" s="29">
+      <c r="H72" s="19">
         <v>14.98</v>
       </c>
-      <c r="I72" s="29">
+      <c r="I72" s="19">
         <v>20.32</v>
       </c>
-      <c r="J72" s="29">
+      <c r="J72" s="19">
         <v>32.520000000000003</v>
       </c>
-      <c r="K72" s="29">
+      <c r="K72" s="19">
         <v>26.36</v>
       </c>
-      <c r="L72" s="29">
+      <c r="L72" s="19">
         <v>26.14</v>
       </c>
-      <c r="M72" s="29">
+      <c r="M72" s="19">
         <v>15.64</v>
       </c>
-      <c r="N72" s="29">
+      <c r="N72" s="19">
         <v>15.89</v>
       </c>
-      <c r="O72" s="29">
+      <c r="O72" s="19">
         <v>16.93</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C73" s="33"/>
+      <c r="P72" s="19">
+        <v>15.22</v>
+      </c>
+      <c r="Q72" s="19">
+        <v>10.91</v>
+      </c>
+      <c r="R72" s="19">
+        <v>10.84</v>
+      </c>
+      <c r="S72" s="19">
+        <v>15</v>
+      </c>
+      <c r="T72" s="19">
+        <v>15.91</v>
+      </c>
+    </row>
+    <row r="73" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="27"/>
+      <c r="B73" s="27"/>
+      <c r="C73" s="24"/>
       <c r="D73" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E73" s="27" t="s">
+      <c r="E73" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F73" s="29">
+      <c r="F73" s="19">
         <v>536.88</v>
       </c>
-      <c r="G73" s="29">
+      <c r="G73" s="19">
         <v>538.62</v>
       </c>
-      <c r="H73" s="29">
+      <c r="H73" s="19">
         <v>539.29999999999995</v>
       </c>
-      <c r="I73" s="29">
+      <c r="I73" s="19">
         <v>713.38</v>
       </c>
-      <c r="J73" s="29">
+      <c r="J73" s="19">
         <v>717.46</v>
       </c>
-      <c r="K73" s="29">
+      <c r="K73" s="19">
         <v>673.53</v>
       </c>
-      <c r="L73" s="29">
+      <c r="L73" s="19">
         <v>676.43</v>
       </c>
-      <c r="M73" s="29">
-[...14 lines deleted...]
-      <c r="E74" s="27" t="s">
+      <c r="M73" s="19">
+        <v>3818.95</v>
+      </c>
+      <c r="N73" s="19">
+        <v>3842.75</v>
+      </c>
+      <c r="O73" s="19">
+        <v>3953.69</v>
+      </c>
+      <c r="P73" s="19">
+        <v>3955.92</v>
+      </c>
+      <c r="Q73" s="19">
+        <v>667.44</v>
+      </c>
+      <c r="R73" s="19">
+        <v>672.7</v>
+      </c>
+      <c r="S73" s="19">
+        <v>654.70000000000005</v>
+      </c>
+      <c r="T73" s="19">
+        <v>654.36</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="27"/>
+      <c r="B74" s="28"/>
+      <c r="C74" s="25"/>
+      <c r="D74" s="28"/>
+      <c r="E74" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F74" s="29">
+      <c r="F74" s="19">
         <v>10.96</v>
       </c>
-      <c r="G74" s="29">
+      <c r="G74" s="19">
         <v>3</v>
       </c>
-      <c r="H74" s="29">
+      <c r="H74" s="19">
         <v>4.0999999999999996</v>
       </c>
-      <c r="I74" s="29">
+      <c r="I74" s="19">
         <v>6.88</v>
       </c>
-      <c r="J74" s="29">
+      <c r="J74" s="19">
         <v>5.5</v>
       </c>
-      <c r="K74" s="29">
+      <c r="K74" s="19">
         <v>2.83</v>
       </c>
-      <c r="L74" s="29">
+      <c r="L74" s="19">
         <v>2.31</v>
       </c>
-      <c r="M74" s="29">
+      <c r="M74" s="19">
         <v>3.31</v>
       </c>
-      <c r="N74" s="29">
+      <c r="N74" s="19">
         <v>1.75</v>
       </c>
-      <c r="O74" s="29">
+      <c r="O74" s="19">
         <v>1.73</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="30"/>
+      <c r="P74" s="19">
+        <v>7.45</v>
+      </c>
+      <c r="Q74" s="19">
+        <v>4.67</v>
+      </c>
+      <c r="R74" s="19">
+        <v>1.74</v>
+      </c>
+      <c r="S74" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="T74" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="27"/>
       <c r="B75" s="26" t="s">
         <v>23</v>
       </c>
-      <c r="C75" s="32"/>
-      <c r="D75" s="27" t="s">
+      <c r="C75" s="23"/>
+      <c r="D75" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E75" s="28"/>
-      <c r="F75" s="29">
+      <c r="E75" s="18"/>
+      <c r="F75" s="19">
         <v>274.63</v>
       </c>
-      <c r="G75" s="29">
+      <c r="G75" s="19">
         <v>271.49</v>
       </c>
-      <c r="H75" s="29">
+      <c r="H75" s="19">
         <v>271.3</v>
       </c>
-      <c r="I75" s="29">
+      <c r="I75" s="19">
         <v>327.8</v>
       </c>
-      <c r="J75" s="29">
+      <c r="J75" s="19">
         <v>327.96</v>
       </c>
-      <c r="K75" s="29">
+      <c r="K75" s="19">
         <v>311.16000000000003</v>
       </c>
-      <c r="L75" s="29">
+      <c r="L75" s="19">
         <v>311.33999999999997</v>
       </c>
-      <c r="M75" s="29">
+      <c r="M75" s="19">
         <v>311.52999999999997</v>
       </c>
-      <c r="N75" s="29">
+      <c r="N75" s="19">
         <v>311.72000000000003</v>
       </c>
-      <c r="O75" s="29">
+      <c r="O75" s="19">
         <v>328.94</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C76" s="33"/>
+      <c r="P75" s="19">
+        <v>329.09</v>
+      </c>
+      <c r="Q75" s="19">
+        <v>329.26</v>
+      </c>
+      <c r="R75" s="19">
+        <v>329.43</v>
+      </c>
+      <c r="S75" s="19">
+        <v>321.3</v>
+      </c>
+      <c r="T75" s="19">
+        <v>321.41000000000003</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="27"/>
+      <c r="B76" s="27"/>
+      <c r="C76" s="24"/>
       <c r="D76" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E76" s="27" t="s">
+      <c r="E76" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F76" s="29">
+      <c r="F76" s="19">
         <v>75.23</v>
       </c>
-      <c r="G76" s="29">
+      <c r="G76" s="19">
         <v>74.31</v>
       </c>
-      <c r="H76" s="29">
+      <c r="H76" s="19">
         <v>76.05</v>
       </c>
-      <c r="I76" s="29">
+      <c r="I76" s="19">
         <v>105.39</v>
       </c>
-      <c r="J76" s="29">
+      <c r="J76" s="19">
         <v>98.63</v>
       </c>
-      <c r="K76" s="29">
+      <c r="K76" s="19">
         <v>78.84</v>
       </c>
-      <c r="L76" s="29">
+      <c r="L76" s="19">
         <v>81.66</v>
       </c>
-      <c r="M76" s="29">
-[...14 lines deleted...]
-      <c r="E77" s="27" t="s">
+      <c r="M76" s="19">
+        <v>374.89</v>
+      </c>
+      <c r="N76" s="19">
+        <v>356.48</v>
+      </c>
+      <c r="O76" s="19">
+        <v>304.18</v>
+      </c>
+      <c r="P76" s="19">
+        <v>319.63</v>
+      </c>
+      <c r="Q76" s="19">
+        <v>83.32</v>
+      </c>
+      <c r="R76" s="19">
+        <v>85.92</v>
+      </c>
+      <c r="S76" s="19">
+        <v>83.5</v>
+      </c>
+      <c r="T76" s="19">
+        <v>69.510000000000005</v>
+      </c>
+    </row>
+    <row r="77" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="27"/>
+      <c r="B77" s="27"/>
+      <c r="C77" s="24"/>
+      <c r="D77" s="28"/>
+      <c r="E77" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F77" s="29">
+      <c r="F77" s="19">
         <v>199.41</v>
       </c>
-      <c r="G77" s="29">
+      <c r="G77" s="19">
         <v>197.18</v>
       </c>
-      <c r="H77" s="29">
+      <c r="H77" s="19">
         <v>195.26</v>
       </c>
-      <c r="I77" s="29">
+      <c r="I77" s="19">
         <v>222.41</v>
       </c>
-      <c r="J77" s="29">
+      <c r="J77" s="19">
         <v>229.33</v>
       </c>
-      <c r="K77" s="29">
+      <c r="K77" s="19">
         <v>232.31</v>
       </c>
-      <c r="L77" s="29">
+      <c r="L77" s="19">
         <v>229.67</v>
       </c>
-      <c r="M77" s="29">
+      <c r="M77" s="19">
         <v>214.33</v>
       </c>
-      <c r="N77" s="29">
+      <c r="N77" s="19">
         <v>212.31</v>
       </c>
-      <c r="O77" s="29">
+      <c r="O77" s="19">
         <v>226.21</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C78" s="33"/>
+      <c r="P77" s="19">
+        <v>243.33</v>
+      </c>
+      <c r="Q77" s="19">
+        <v>245.94</v>
+      </c>
+      <c r="R77" s="19">
+        <v>243.52</v>
+      </c>
+      <c r="S77" s="19">
+        <v>237.8</v>
+      </c>
+      <c r="T77" s="19">
+        <v>251.9</v>
+      </c>
+    </row>
+    <row r="78" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="27"/>
+      <c r="B78" s="27"/>
+      <c r="C78" s="24"/>
       <c r="D78" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E78" s="27" t="s">
+      <c r="E78" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F78" s="29">
+      <c r="F78" s="19">
         <v>242.53</v>
       </c>
-      <c r="G78" s="29">
+      <c r="G78" s="19">
         <v>250.97</v>
       </c>
-      <c r="H78" s="29">
+      <c r="H78" s="19">
         <v>243.39</v>
       </c>
-      <c r="I78" s="29">
+      <c r="I78" s="19">
         <v>305.86</v>
       </c>
-      <c r="J78" s="29">
+      <c r="J78" s="19">
         <v>304.69</v>
       </c>
-      <c r="K78" s="29">
+      <c r="K78" s="19">
         <v>291.45999999999998</v>
       </c>
-      <c r="L78" s="29">
+      <c r="L78" s="19">
         <v>290.91000000000003</v>
       </c>
-      <c r="M78" s="29">
-[...14 lines deleted...]
-      <c r="E79" s="27" t="s">
+      <c r="M78" s="19">
+        <v>897.03</v>
+      </c>
+      <c r="N78" s="19">
+        <v>922.67</v>
+      </c>
+      <c r="O78" s="19">
+        <v>842.62</v>
+      </c>
+      <c r="P78" s="19">
+        <v>851.56</v>
+      </c>
+      <c r="Q78" s="19">
+        <v>313.63</v>
+      </c>
+      <c r="R78" s="19">
+        <v>310.77</v>
+      </c>
+      <c r="S78" s="19">
+        <v>304</v>
+      </c>
+      <c r="T78" s="19">
+        <v>306.35000000000002</v>
+      </c>
+    </row>
+    <row r="79" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="27"/>
+      <c r="B79" s="27"/>
+      <c r="C79" s="24"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F79" s="29">
+      <c r="F79" s="19">
         <v>32.1</v>
       </c>
-      <c r="G79" s="29">
+      <c r="G79" s="19">
         <v>20.52</v>
       </c>
-      <c r="H79" s="29">
+      <c r="H79" s="19">
         <v>27.91</v>
       </c>
-      <c r="I79" s="29">
+      <c r="I79" s="19">
         <v>21.94</v>
       </c>
-      <c r="J79" s="29">
+      <c r="J79" s="19">
         <v>23.27</v>
       </c>
-      <c r="K79" s="29">
+      <c r="K79" s="19">
         <v>19.7</v>
       </c>
-      <c r="L79" s="29">
+      <c r="L79" s="19">
         <v>20.420000000000002</v>
       </c>
-      <c r="M79" s="29">
+      <c r="M79" s="19">
         <v>18.38</v>
       </c>
-      <c r="N79" s="29">
+      <c r="N79" s="19">
         <v>16.97</v>
       </c>
-      <c r="O79" s="29">
+      <c r="O79" s="19">
         <v>13.75</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C80" s="33"/>
+      <c r="P79" s="19">
+        <v>11.03</v>
+      </c>
+      <c r="Q79" s="19">
+        <v>15.62</v>
+      </c>
+      <c r="R79" s="19">
+        <v>18.66</v>
+      </c>
+      <c r="S79" s="19">
+        <v>17.3</v>
+      </c>
+      <c r="T79" s="19">
+        <v>15.06</v>
+      </c>
+    </row>
+    <row r="80" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="27"/>
+      <c r="B80" s="27"/>
+      <c r="C80" s="24"/>
       <c r="D80" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E80" s="27" t="s">
+      <c r="E80" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F80" s="29">
+      <c r="F80" s="19">
         <v>265.52999999999997</v>
       </c>
-      <c r="G80" s="29">
+      <c r="G80" s="19">
         <v>265.68</v>
       </c>
-      <c r="H80" s="29">
+      <c r="H80" s="19">
         <v>267.66000000000003</v>
       </c>
-      <c r="I80" s="29">
+      <c r="I80" s="19">
         <v>321.17</v>
       </c>
-      <c r="J80" s="29">
+      <c r="J80" s="19">
         <v>323.3</v>
       </c>
-      <c r="K80" s="29">
+      <c r="K80" s="19">
         <v>302.52999999999997</v>
       </c>
-      <c r="L80" s="29">
+      <c r="L80" s="19">
         <v>303.12</v>
       </c>
-      <c r="M80" s="29">
-[...14 lines deleted...]
-      <c r="E81" s="27" t="s">
+      <c r="M80" s="19">
+        <v>928.5</v>
+      </c>
+      <c r="N80" s="19">
+        <v>933.78</v>
+      </c>
+      <c r="O80" s="19">
+        <v>862.78</v>
+      </c>
+      <c r="P80" s="19">
+        <v>863.52</v>
+      </c>
+      <c r="Q80" s="19">
+        <v>323.31</v>
+      </c>
+      <c r="R80" s="19">
+        <v>324.60000000000002</v>
+      </c>
+      <c r="S80" s="19">
+        <v>316.7</v>
+      </c>
+      <c r="T80" s="19">
+        <v>315.08</v>
+      </c>
+    </row>
+    <row r="81" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="27"/>
+      <c r="B81" s="28"/>
+      <c r="C81" s="25"/>
+      <c r="D81" s="28"/>
+      <c r="E81" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F81" s="29">
+      <c r="F81" s="19">
         <v>9.11</v>
       </c>
-      <c r="G81" s="29">
+      <c r="G81" s="19">
         <v>5.81</v>
       </c>
-      <c r="H81" s="29">
+      <c r="H81" s="19">
         <v>3.64</v>
       </c>
-      <c r="I81" s="29">
+      <c r="I81" s="19">
         <v>6.63</v>
       </c>
-      <c r="J81" s="29">
+      <c r="J81" s="19">
         <v>4.66</v>
       </c>
-      <c r="K81" s="29">
+      <c r="K81" s="19">
         <v>8.6300000000000008</v>
       </c>
-      <c r="L81" s="29">
+      <c r="L81" s="19">
         <v>8.2200000000000006</v>
       </c>
-      <c r="M81" s="29">
+      <c r="M81" s="19">
         <v>6.25</v>
       </c>
-      <c r="N81" s="29">
+      <c r="N81" s="19">
         <v>6.99</v>
       </c>
-      <c r="O81" s="29">
+      <c r="O81" s="19">
         <v>6.76</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A82" s="30"/>
+      <c r="P81" s="19">
+        <v>5.88</v>
+      </c>
+      <c r="Q81" s="19">
+        <v>5.95</v>
+      </c>
+      <c r="R81" s="19">
+        <v>4.84</v>
+      </c>
+      <c r="S81" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="T81" s="19">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="82" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="27"/>
       <c r="B82" s="26" t="s">
         <v>24</v>
       </c>
-      <c r="C82" s="32"/>
-      <c r="D82" s="27" t="s">
+      <c r="C82" s="23"/>
+      <c r="D82" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E82" s="28"/>
-      <c r="F82" s="29">
+      <c r="E82" s="18"/>
+      <c r="F82" s="19">
         <v>89.32</v>
       </c>
-      <c r="G82" s="29">
+      <c r="G82" s="19">
         <v>85.52</v>
       </c>
-      <c r="H82" s="29">
+      <c r="H82" s="19">
         <v>85.52</v>
       </c>
-      <c r="I82" s="29">
+      <c r="I82" s="19">
         <v>82.93</v>
       </c>
-      <c r="J82" s="29">
+      <c r="J82" s="19">
         <v>82.82</v>
       </c>
-      <c r="K82" s="29">
+      <c r="K82" s="19">
         <v>82.25</v>
       </c>
-      <c r="L82" s="29">
+      <c r="L82" s="19">
         <v>82.14</v>
       </c>
-      <c r="M82" s="29">
+      <c r="M82" s="19">
         <v>82.03</v>
       </c>
-      <c r="N82" s="29">
+      <c r="N82" s="19">
         <v>81.92</v>
       </c>
-      <c r="O82" s="29">
+      <c r="O82" s="19">
         <v>84.2</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C83" s="33"/>
+      <c r="P82" s="19">
+        <v>84.08</v>
+      </c>
+      <c r="Q82" s="19">
+        <v>83.97</v>
+      </c>
+      <c r="R82" s="19">
+        <v>83.86</v>
+      </c>
+      <c r="S82" s="19">
+        <v>84.2</v>
+      </c>
+      <c r="T82" s="19">
+        <v>84.12</v>
+      </c>
+    </row>
+    <row r="83" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="27"/>
+      <c r="B83" s="27"/>
+      <c r="C83" s="24"/>
       <c r="D83" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E83" s="27" t="s">
+      <c r="E83" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F83" s="29">
+      <c r="F83" s="19">
         <v>22</v>
       </c>
-      <c r="G83" s="29">
+      <c r="G83" s="19">
         <v>21.51</v>
       </c>
-      <c r="H83" s="29">
+      <c r="H83" s="19">
         <v>18.47</v>
       </c>
-      <c r="I83" s="29">
+      <c r="I83" s="19">
         <v>15.19</v>
       </c>
-      <c r="J83" s="29">
+      <c r="J83" s="19">
         <v>16.47</v>
       </c>
-      <c r="K83" s="29">
+      <c r="K83" s="19">
         <v>18.420000000000002</v>
       </c>
-      <c r="L83" s="29">
+      <c r="L83" s="19">
         <v>16.29</v>
       </c>
-      <c r="M83" s="29">
-[...14 lines deleted...]
-      <c r="E84" s="27" t="s">
+      <c r="M83" s="19">
+        <v>250.71</v>
+      </c>
+      <c r="N83" s="19">
+        <v>239.83</v>
+      </c>
+      <c r="O83" s="19">
+        <v>248.28</v>
+      </c>
+      <c r="P83" s="19">
+        <v>266.2</v>
+      </c>
+      <c r="Q83" s="19">
+        <v>13.4</v>
+      </c>
+      <c r="R83" s="19">
+        <v>13.6</v>
+      </c>
+      <c r="S83" s="19">
+        <v>12</v>
+      </c>
+      <c r="T83" s="19">
+        <v>12.52</v>
+      </c>
+    </row>
+    <row r="84" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="27"/>
+      <c r="B84" s="27"/>
+      <c r="C84" s="24"/>
+      <c r="D84" s="28"/>
+      <c r="E84" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F84" s="29">
+      <c r="F84" s="19">
         <v>67.33</v>
       </c>
-      <c r="G84" s="29">
+      <c r="G84" s="19">
         <v>64.010000000000005</v>
       </c>
-      <c r="H84" s="29">
+      <c r="H84" s="19">
         <v>67.05</v>
       </c>
-      <c r="I84" s="29">
+      <c r="I84" s="19">
         <v>67.739999999999995</v>
       </c>
-      <c r="J84" s="29">
+      <c r="J84" s="19">
         <v>66.349999999999994</v>
       </c>
-      <c r="K84" s="29">
+      <c r="K84" s="19">
         <v>63.83</v>
       </c>
-      <c r="L84" s="29">
+      <c r="L84" s="19">
         <v>65.849999999999994</v>
       </c>
-      <c r="M84" s="29">
+      <c r="M84" s="19">
         <v>64.66</v>
       </c>
-      <c r="N84" s="29">
+      <c r="N84" s="19">
         <v>65.569999999999993</v>
       </c>
-      <c r="O84" s="29">
+      <c r="O84" s="19">
         <v>70.209999999999994</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C85" s="33"/>
+      <c r="P84" s="19">
+        <v>75.290000000000006</v>
+      </c>
+      <c r="Q84" s="19">
+        <v>70.569999999999993</v>
+      </c>
+      <c r="R84" s="19">
+        <v>70.260000000000005</v>
+      </c>
+      <c r="S84" s="19">
+        <v>72.3</v>
+      </c>
+      <c r="T84" s="19">
+        <v>71.599999999999994</v>
+      </c>
+    </row>
+    <row r="85" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="27"/>
+      <c r="B85" s="27"/>
+      <c r="C85" s="24"/>
       <c r="D85" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E85" s="27" t="s">
+      <c r="E85" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F85" s="29">
+      <c r="F85" s="19">
         <v>71.09</v>
       </c>
-      <c r="G85" s="29">
+      <c r="G85" s="19">
         <v>71.81</v>
       </c>
-      <c r="H85" s="29">
+      <c r="H85" s="19">
         <v>70.58</v>
       </c>
-      <c r="I85" s="29">
+      <c r="I85" s="19">
         <v>65.819999999999993</v>
       </c>
-      <c r="J85" s="29">
+      <c r="J85" s="19">
         <v>65.77</v>
       </c>
-      <c r="K85" s="29">
+      <c r="K85" s="19">
         <v>67.56</v>
       </c>
-      <c r="L85" s="29">
+      <c r="L85" s="19">
         <v>68.33</v>
       </c>
-      <c r="M85" s="29">
-[...14 lines deleted...]
-      <c r="E86" s="27" t="s">
+      <c r="M85" s="19">
+        <v>595.41999999999996</v>
+      </c>
+      <c r="N85" s="19">
+        <v>592.89</v>
+      </c>
+      <c r="O85" s="19">
+        <v>640.29</v>
+      </c>
+      <c r="P85" s="19">
+        <v>645.54</v>
+      </c>
+      <c r="Q85" s="19">
+        <v>68.17</v>
+      </c>
+      <c r="R85" s="19">
+        <v>68.84</v>
+      </c>
+      <c r="S85" s="19">
+        <v>70.8</v>
+      </c>
+      <c r="T85" s="19">
+        <v>71.41</v>
+      </c>
+    </row>
+    <row r="86" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="27"/>
+      <c r="B86" s="27"/>
+      <c r="C86" s="24"/>
+      <c r="D86" s="28"/>
+      <c r="E86" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F86" s="29">
+      <c r="F86" s="19">
         <v>18.23</v>
       </c>
-      <c r="G86" s="29">
+      <c r="G86" s="19">
         <v>13.71</v>
       </c>
-      <c r="H86" s="29">
+      <c r="H86" s="19">
         <v>14.94</v>
       </c>
-      <c r="I86" s="29">
+      <c r="I86" s="19">
         <v>17.11</v>
       </c>
-      <c r="J86" s="29">
+      <c r="J86" s="19">
         <v>17.05</v>
       </c>
-      <c r="K86" s="29">
+      <c r="K86" s="19">
         <v>14.69</v>
       </c>
-      <c r="L86" s="29">
+      <c r="L86" s="19">
         <v>13.81</v>
       </c>
-      <c r="M86" s="29">
+      <c r="M86" s="19">
         <v>15.43</v>
       </c>
-      <c r="N86" s="29">
+      <c r="N86" s="19">
         <v>15.63</v>
       </c>
-      <c r="O86" s="29">
+      <c r="O86" s="19">
         <v>16.420000000000002</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C87" s="33"/>
+      <c r="P86" s="19">
+        <v>16.48</v>
+      </c>
+      <c r="Q86" s="19">
+        <v>15.8</v>
+      </c>
+      <c r="R86" s="19">
+        <v>15.02</v>
+      </c>
+      <c r="S86" s="19">
+        <v>13.4</v>
+      </c>
+      <c r="T86" s="19">
+        <v>12.72</v>
+      </c>
+    </row>
+    <row r="87" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="27"/>
+      <c r="B87" s="27"/>
+      <c r="C87" s="24"/>
       <c r="D87" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E87" s="27" t="s">
+      <c r="E87" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F87" s="29">
+      <c r="F87" s="19">
         <v>85.06</v>
       </c>
-      <c r="G87" s="29">
+      <c r="G87" s="19">
         <v>82.63</v>
       </c>
-      <c r="H87" s="29">
+      <c r="H87" s="19">
         <v>82.68</v>
       </c>
-      <c r="I87" s="29">
+      <c r="I87" s="19">
         <v>78.47</v>
       </c>
-      <c r="J87" s="29">
+      <c r="J87" s="19">
         <v>78.650000000000006</v>
       </c>
-      <c r="K87" s="29">
+      <c r="K87" s="19">
         <v>78.819999999999993</v>
       </c>
-      <c r="L87" s="29">
+      <c r="L87" s="19">
         <v>78.66</v>
       </c>
-      <c r="M87" s="29">
-[...14 lines deleted...]
-      <c r="E88" s="27" t="s">
+      <c r="M87" s="19">
+        <v>611.53</v>
+      </c>
+      <c r="N87" s="19">
+        <v>613.96</v>
+      </c>
+      <c r="O87" s="19">
+        <v>660.59</v>
+      </c>
+      <c r="P87" s="19">
+        <v>664.1</v>
+      </c>
+      <c r="Q87" s="19">
+        <v>77.81</v>
+      </c>
+      <c r="R87" s="19">
+        <v>78.55</v>
+      </c>
+      <c r="S87" s="19">
+        <v>79.3</v>
+      </c>
+      <c r="T87" s="19">
+        <v>79.819999999999993</v>
+      </c>
+    </row>
+    <row r="88" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="27"/>
+      <c r="B88" s="28"/>
+      <c r="C88" s="25"/>
+      <c r="D88" s="28"/>
+      <c r="E88" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F88" s="29">
+      <c r="F88" s="19">
         <v>4.26</v>
       </c>
-      <c r="G88" s="29">
+      <c r="G88" s="19">
         <v>2.88</v>
       </c>
-      <c r="H88" s="29">
+      <c r="H88" s="19">
         <v>2.84</v>
       </c>
-      <c r="I88" s="29">
+      <c r="I88" s="19">
         <v>4.46</v>
       </c>
-      <c r="J88" s="29">
+      <c r="J88" s="19">
         <v>4.17</v>
       </c>
-      <c r="K88" s="29">
+      <c r="K88" s="19">
         <v>3.43</v>
       </c>
-      <c r="L88" s="29">
+      <c r="L88" s="19">
         <v>3.48</v>
       </c>
-      <c r="M88" s="29">
+      <c r="M88" s="19">
         <v>4.3899999999999997</v>
       </c>
-      <c r="N88" s="29">
+      <c r="N88" s="19">
         <v>4.8600000000000003</v>
       </c>
-      <c r="O88" s="29">
+      <c r="O88" s="19">
         <v>5.18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="30"/>
+      <c r="P88" s="19">
+        <v>5.7</v>
+      </c>
+      <c r="Q88" s="19">
+        <v>6.16</v>
+      </c>
+      <c r="R88" s="19">
+        <v>5.31</v>
+      </c>
+      <c r="S88" s="19">
+        <v>5</v>
+      </c>
+      <c r="T88" s="19">
+        <v>4.3099999999999996</v>
+      </c>
+    </row>
+    <row r="89" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="27"/>
       <c r="B89" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="C89" s="32"/>
-      <c r="D89" s="27" t="s">
+      <c r="C89" s="23"/>
+      <c r="D89" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E89" s="28"/>
-      <c r="F89" s="29">
+      <c r="E89" s="18"/>
+      <c r="F89" s="19">
         <v>259.89</v>
       </c>
-      <c r="G89" s="29">
+      <c r="G89" s="19">
         <v>264.32</v>
       </c>
-      <c r="H89" s="29">
+      <c r="H89" s="19">
         <v>264.2</v>
       </c>
-      <c r="I89" s="29">
+      <c r="I89" s="19">
         <v>265.66000000000003</v>
       </c>
-      <c r="J89" s="29">
+      <c r="J89" s="19">
         <v>265.54000000000002</v>
       </c>
-      <c r="K89" s="29">
+      <c r="K89" s="19">
         <v>266.89999999999998</v>
       </c>
-      <c r="L89" s="29">
+      <c r="L89" s="19">
         <v>266.75</v>
       </c>
-      <c r="M89" s="29">
+      <c r="M89" s="19">
         <v>266.61</v>
       </c>
-      <c r="N89" s="29">
+      <c r="N89" s="19">
         <v>266.47000000000003</v>
       </c>
-      <c r="O89" s="29">
+      <c r="O89" s="19">
         <v>280.22000000000003</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C90" s="33"/>
+      <c r="P89" s="19">
+        <v>280.05</v>
+      </c>
+      <c r="Q89" s="19">
+        <v>279.88</v>
+      </c>
+      <c r="R89" s="19">
+        <v>279.72000000000003</v>
+      </c>
+      <c r="S89" s="19">
+        <v>266.10000000000002</v>
+      </c>
+      <c r="T89" s="19">
+        <v>265.91000000000003</v>
+      </c>
+    </row>
+    <row r="90" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="27"/>
+      <c r="B90" s="27"/>
+      <c r="C90" s="24"/>
       <c r="D90" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E90" s="27" t="s">
+      <c r="E90" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F90" s="29">
+      <c r="F90" s="19">
         <v>56.65</v>
       </c>
-      <c r="G90" s="29">
+      <c r="G90" s="19">
         <v>64.34</v>
       </c>
-      <c r="H90" s="29">
+      <c r="H90" s="19">
         <v>62.36</v>
       </c>
-      <c r="I90" s="29">
+      <c r="I90" s="19">
         <v>53.22</v>
       </c>
-      <c r="J90" s="29">
+      <c r="J90" s="19">
         <v>55.36</v>
       </c>
-      <c r="K90" s="29">
+      <c r="K90" s="19">
         <v>56.87</v>
       </c>
-      <c r="L90" s="29">
+      <c r="L90" s="19">
         <v>59.57</v>
       </c>
-      <c r="M90" s="29">
-[...14 lines deleted...]
-      <c r="E91" s="27" t="s">
+      <c r="M90" s="19">
+        <v>247.37</v>
+      </c>
+      <c r="N90" s="19">
+        <v>237.89</v>
+      </c>
+      <c r="O90" s="19">
+        <v>235.32</v>
+      </c>
+      <c r="P90" s="19">
+        <v>253.12</v>
+      </c>
+      <c r="Q90" s="19">
+        <v>63.38</v>
+      </c>
+      <c r="R90" s="19">
+        <v>63.05</v>
+      </c>
+      <c r="S90" s="19">
+        <v>62</v>
+      </c>
+      <c r="T90" s="19">
+        <v>54.76</v>
+      </c>
+    </row>
+    <row r="91" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="27"/>
+      <c r="B91" s="27"/>
+      <c r="C91" s="24"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F91" s="29">
+      <c r="F91" s="19">
         <v>203.24</v>
       </c>
-      <c r="G91" s="29">
+      <c r="G91" s="19">
         <v>199.99</v>
       </c>
-      <c r="H91" s="29">
+      <c r="H91" s="19">
         <v>201.84</v>
       </c>
-      <c r="I91" s="29">
+      <c r="I91" s="19">
         <v>212.44</v>
       </c>
-      <c r="J91" s="29">
+      <c r="J91" s="19">
         <v>210.18</v>
       </c>
-      <c r="K91" s="29">
+      <c r="K91" s="19">
         <v>210.03</v>
       </c>
-      <c r="L91" s="29">
+      <c r="L91" s="19">
         <v>207.18</v>
       </c>
-      <c r="M91" s="29">
+      <c r="M91" s="19">
         <v>203.12</v>
       </c>
-      <c r="N91" s="29">
+      <c r="N91" s="19">
         <v>207.08</v>
       </c>
-      <c r="O91" s="29">
+      <c r="O91" s="19">
         <v>218.44</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C92" s="33"/>
+      <c r="P91" s="19">
+        <v>226.99</v>
+      </c>
+      <c r="Q91" s="19">
+        <v>216.5</v>
+      </c>
+      <c r="R91" s="19">
+        <v>216.67</v>
+      </c>
+      <c r="S91" s="19">
+        <v>204.1</v>
+      </c>
+      <c r="T91" s="19">
+        <v>211.15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="27"/>
+      <c r="B92" s="27"/>
+      <c r="C92" s="24"/>
       <c r="D92" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E92" s="27" t="s">
+      <c r="E92" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F92" s="29">
+      <c r="F92" s="19">
         <v>226.23</v>
       </c>
-      <c r="G92" s="29">
+      <c r="G92" s="19">
         <v>239.27</v>
       </c>
-      <c r="H92" s="29">
+      <c r="H92" s="19">
         <v>239.25</v>
       </c>
-      <c r="I92" s="29">
+      <c r="I92" s="19">
         <v>231.48</v>
       </c>
-      <c r="J92" s="29">
+      <c r="J92" s="19">
         <v>231.53</v>
       </c>
-      <c r="K92" s="29">
+      <c r="K92" s="19">
         <v>236.54</v>
       </c>
-      <c r="L92" s="29">
+      <c r="L92" s="19">
         <v>232.76</v>
       </c>
-      <c r="M92" s="29">
-[...14 lines deleted...]
-      <c r="E93" s="27" t="s">
+      <c r="M92" s="19">
+        <v>665.52</v>
+      </c>
+      <c r="N92" s="19">
+        <v>667.73</v>
+      </c>
+      <c r="O92" s="19">
+        <v>650.62</v>
+      </c>
+      <c r="P92" s="19">
+        <v>654.6</v>
+      </c>
+      <c r="Q92" s="19">
+        <v>253</v>
+      </c>
+      <c r="R92" s="19">
+        <v>248.86</v>
+      </c>
+      <c r="S92" s="19">
+        <v>240.4</v>
+      </c>
+      <c r="T92" s="19">
+        <v>237.38</v>
+      </c>
+    </row>
+    <row r="93" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="27"/>
+      <c r="B93" s="27"/>
+      <c r="C93" s="24"/>
+      <c r="D93" s="28"/>
+      <c r="E93" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F93" s="29">
+      <c r="F93" s="19">
         <v>33.659999999999997</v>
       </c>
-      <c r="G93" s="29">
+      <c r="G93" s="19">
         <v>25.05</v>
       </c>
-      <c r="H93" s="29">
+      <c r="H93" s="19">
         <v>24.96</v>
       </c>
-      <c r="I93" s="29">
+      <c r="I93" s="19">
         <v>34.18</v>
       </c>
-      <c r="J93" s="29">
+      <c r="J93" s="19">
         <v>34.01</v>
       </c>
-      <c r="K93" s="29">
+      <c r="K93" s="19">
         <v>30.37</v>
       </c>
-      <c r="L93" s="29">
+      <c r="L93" s="19">
         <v>33.99</v>
       </c>
-      <c r="M93" s="29">
+      <c r="M93" s="19">
         <v>34.619999999999997</v>
       </c>
-      <c r="N93" s="29">
+      <c r="N93" s="19">
         <v>24.71</v>
       </c>
-      <c r="O93" s="29">
+      <c r="O93" s="19">
         <v>28.51</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C94" s="33"/>
+      <c r="P93" s="19">
+        <v>27.06</v>
+      </c>
+      <c r="Q93" s="19">
+        <v>26.88</v>
+      </c>
+      <c r="R93" s="19">
+        <v>30.86</v>
+      </c>
+      <c r="S93" s="19">
+        <v>25.7</v>
+      </c>
+      <c r="T93" s="19">
+        <v>28.53</v>
+      </c>
+    </row>
+    <row r="94" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="27"/>
+      <c r="B94" s="27"/>
+      <c r="C94" s="24"/>
       <c r="D94" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E94" s="27" t="s">
+      <c r="E94" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F94" s="29">
+      <c r="F94" s="19">
         <v>253.37</v>
       </c>
-      <c r="G94" s="29">
+      <c r="G94" s="19">
         <v>259.35000000000002</v>
       </c>
-      <c r="H94" s="29">
+      <c r="H94" s="19">
         <v>256.48</v>
       </c>
-      <c r="I94" s="29">
+      <c r="I94" s="19">
         <v>257.38</v>
       </c>
-      <c r="J94" s="29">
+      <c r="J94" s="19">
         <v>258.89</v>
       </c>
-      <c r="K94" s="29">
+      <c r="K94" s="19">
         <v>260.49</v>
       </c>
-      <c r="L94" s="29">
+      <c r="L94" s="19">
         <v>256.22000000000003</v>
       </c>
-      <c r="M94" s="29">
-[...14 lines deleted...]
-      <c r="E95" s="27" t="s">
+      <c r="M94" s="19">
+        <v>677.85</v>
+      </c>
+      <c r="N94" s="19">
+        <v>681.87</v>
+      </c>
+      <c r="O94" s="19">
+        <v>665.83</v>
+      </c>
+      <c r="P94" s="19">
+        <v>662.37</v>
+      </c>
+      <c r="Q94" s="19">
+        <v>268.26</v>
+      </c>
+      <c r="R94" s="19">
+        <v>270.63</v>
+      </c>
+      <c r="S94" s="19">
+        <v>257.5</v>
+      </c>
+      <c r="T94" s="19">
+        <v>254.44</v>
+      </c>
+    </row>
+    <row r="95" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="27"/>
+      <c r="B95" s="28"/>
+      <c r="C95" s="25"/>
+      <c r="D95" s="28"/>
+      <c r="E95" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F95" s="29">
+      <c r="F95" s="19">
         <v>6.52</v>
       </c>
-      <c r="G95" s="29">
+      <c r="G95" s="19">
         <v>4.97</v>
       </c>
-      <c r="H95" s="29">
+      <c r="H95" s="19">
         <v>7.72</v>
       </c>
-      <c r="I95" s="29">
+      <c r="I95" s="19">
         <v>8.2799999999999994</v>
       </c>
-      <c r="J95" s="29">
+      <c r="J95" s="19">
         <v>6.65</v>
       </c>
-      <c r="K95" s="29">
+      <c r="K95" s="19">
         <v>6.42</v>
       </c>
-      <c r="L95" s="29">
+      <c r="L95" s="19">
         <v>10.53</v>
       </c>
-      <c r="M95" s="29">
+      <c r="M95" s="19">
         <v>11.4</v>
       </c>
-      <c r="N95" s="29">
+      <c r="N95" s="19">
         <v>8.15</v>
       </c>
-      <c r="O95" s="29">
+      <c r="O95" s="19">
         <v>7.51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A96" s="30"/>
+      <c r="P95" s="19">
+        <v>6.12</v>
+      </c>
+      <c r="Q95" s="19">
+        <v>11.63</v>
+      </c>
+      <c r="R95" s="19">
+        <v>9.09</v>
+      </c>
+      <c r="S95" s="19">
+        <v>8.6</v>
+      </c>
+      <c r="T95" s="19">
+        <v>11.47</v>
+      </c>
+    </row>
+    <row r="96" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="27"/>
       <c r="B96" s="26" t="s">
         <v>26</v>
       </c>
-      <c r="C96" s="32"/>
-      <c r="D96" s="27" t="s">
+      <c r="C96" s="23"/>
+      <c r="D96" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E96" s="28"/>
-      <c r="F96" s="29">
+      <c r="E96" s="18"/>
+      <c r="F96" s="19">
         <v>68.819999999999993</v>
       </c>
-      <c r="G96" s="29">
+      <c r="G96" s="19">
         <v>68.569999999999993</v>
       </c>
-      <c r="H96" s="29">
+      <c r="H96" s="19">
         <v>68.59</v>
       </c>
-      <c r="I96" s="29">
+      <c r="I96" s="19">
         <v>66.010000000000005</v>
       </c>
-      <c r="J96" s="29">
+      <c r="J96" s="19">
         <v>65.89</v>
       </c>
-      <c r="K96" s="29">
+      <c r="K96" s="19">
         <v>62.09</v>
       </c>
-      <c r="L96" s="29">
+      <c r="L96" s="19">
         <v>61.98</v>
       </c>
-      <c r="M96" s="29">
+      <c r="M96" s="19">
         <v>61.86</v>
       </c>
-      <c r="N96" s="29">
+      <c r="N96" s="19">
         <v>61.75</v>
       </c>
-      <c r="O96" s="29">
+      <c r="O96" s="19">
         <v>62.35</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C97" s="33"/>
+      <c r="P96" s="19">
+        <v>62.24</v>
+      </c>
+      <c r="Q96" s="19">
+        <v>62.13</v>
+      </c>
+      <c r="R96" s="19">
+        <v>62.02</v>
+      </c>
+      <c r="S96" s="19">
+        <v>64.8</v>
+      </c>
+      <c r="T96" s="19">
+        <v>64.64</v>
+      </c>
+    </row>
+    <row r="97" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="27"/>
+      <c r="B97" s="27"/>
+      <c r="C97" s="24"/>
       <c r="D97" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E97" s="27" t="s">
+      <c r="E97" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F97" s="29">
+      <c r="F97" s="19">
         <v>18.98</v>
       </c>
-      <c r="G97" s="29">
+      <c r="G97" s="19">
         <v>21.08</v>
       </c>
-      <c r="H97" s="29">
+      <c r="H97" s="19">
         <v>17.64</v>
       </c>
-      <c r="I97" s="29">
+      <c r="I97" s="19">
         <v>20.71</v>
       </c>
-      <c r="J97" s="29">
+      <c r="J97" s="19">
         <v>17.21</v>
       </c>
-      <c r="K97" s="29">
+      <c r="K97" s="19">
         <v>16.38</v>
       </c>
-      <c r="L97" s="29">
+      <c r="L97" s="19">
         <v>15.62</v>
       </c>
-      <c r="M97" s="29">
-[...14 lines deleted...]
-      <c r="E98" s="27" t="s">
+      <c r="M97" s="19">
+        <v>97.2</v>
+      </c>
+      <c r="N97" s="19">
+        <v>99.41</v>
+      </c>
+      <c r="O97" s="19">
+        <v>102.72</v>
+      </c>
+      <c r="P97" s="19">
+        <v>85.76</v>
+      </c>
+      <c r="Q97" s="19">
+        <v>17.09</v>
+      </c>
+      <c r="R97" s="19">
+        <v>16.39</v>
+      </c>
+      <c r="S97" s="19">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="T97" s="19">
+        <v>16.87</v>
+      </c>
+    </row>
+    <row r="98" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="27"/>
+      <c r="B98" s="27"/>
+      <c r="C98" s="24"/>
+      <c r="D98" s="28"/>
+      <c r="E98" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F98" s="29">
+      <c r="F98" s="19">
         <v>49.84</v>
       </c>
-      <c r="G98" s="29">
+      <c r="G98" s="19">
         <v>47.5</v>
       </c>
-      <c r="H98" s="29">
+      <c r="H98" s="19">
         <v>50.94</v>
       </c>
-      <c r="I98" s="29">
+      <c r="I98" s="19">
         <v>45.3</v>
       </c>
-      <c r="J98" s="29">
+      <c r="J98" s="19">
         <v>48.68</v>
       </c>
-      <c r="K98" s="29">
+      <c r="K98" s="19">
         <v>45.71</v>
       </c>
-      <c r="L98" s="29">
+      <c r="L98" s="19">
         <v>46.36</v>
       </c>
-      <c r="M98" s="29">
+      <c r="M98" s="19">
         <v>46.64</v>
       </c>
-      <c r="N98" s="29">
+      <c r="N98" s="19">
         <v>46.26</v>
       </c>
-      <c r="O98" s="29">
+      <c r="O98" s="19">
         <v>47.17</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C99" s="33"/>
+      <c r="P98" s="19">
+        <v>46.78</v>
+      </c>
+      <c r="Q98" s="19">
+        <v>45.04</v>
+      </c>
+      <c r="R98" s="19">
+        <v>45.63</v>
+      </c>
+      <c r="S98" s="19">
+        <v>47.9</v>
+      </c>
+      <c r="T98" s="19">
+        <v>47.78</v>
+      </c>
+    </row>
+    <row r="99" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="27"/>
+      <c r="B99" s="27"/>
+      <c r="C99" s="24"/>
       <c r="D99" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E99" s="27" t="s">
+      <c r="E99" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F99" s="29">
+      <c r="F99" s="19">
         <v>55.19</v>
       </c>
-      <c r="G99" s="29">
+      <c r="G99" s="19">
         <v>58.03</v>
       </c>
-      <c r="H99" s="29">
+      <c r="H99" s="19">
         <v>55.16</v>
       </c>
-      <c r="I99" s="29">
+      <c r="I99" s="19">
         <v>53.13</v>
       </c>
-      <c r="J99" s="29">
+      <c r="J99" s="19">
         <v>51.79</v>
       </c>
-      <c r="K99" s="29">
+      <c r="K99" s="19">
         <v>50.72</v>
       </c>
-      <c r="L99" s="29">
+      <c r="L99" s="19">
         <v>50.8</v>
       </c>
-      <c r="M99" s="29">
-[...14 lines deleted...]
-      <c r="E100" s="27" t="s">
+      <c r="M99" s="19">
+        <v>293.14</v>
+      </c>
+      <c r="N99" s="19">
+        <v>294.75</v>
+      </c>
+      <c r="O99" s="19">
+        <v>315.19</v>
+      </c>
+      <c r="P99" s="19">
+        <v>318.07</v>
+      </c>
+      <c r="Q99" s="19">
+        <v>50.72</v>
+      </c>
+      <c r="R99" s="19">
+        <v>50.77</v>
+      </c>
+      <c r="S99" s="19">
+        <v>52.6</v>
+      </c>
+      <c r="T99" s="19">
+        <v>54.73</v>
+      </c>
+    </row>
+    <row r="100" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="27"/>
+      <c r="B100" s="27"/>
+      <c r="C100" s="24"/>
+      <c r="D100" s="28"/>
+      <c r="E100" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F100" s="29">
+      <c r="F100" s="19">
         <v>13.63</v>
       </c>
-      <c r="G100" s="29">
+      <c r="G100" s="19">
         <v>10.55</v>
       </c>
-      <c r="H100" s="29">
+      <c r="H100" s="19">
         <v>13.43</v>
       </c>
-      <c r="I100" s="29">
+      <c r="I100" s="19">
         <v>12.88</v>
       </c>
-      <c r="J100" s="29">
+      <c r="J100" s="19">
         <v>14.1</v>
       </c>
-      <c r="K100" s="29">
+      <c r="K100" s="19">
         <v>11.37</v>
       </c>
-      <c r="L100" s="29">
+      <c r="L100" s="19">
         <v>11.17</v>
       </c>
-      <c r="M100" s="29">
+      <c r="M100" s="19">
         <v>13.17</v>
       </c>
-      <c r="N100" s="29">
+      <c r="N100" s="19">
         <v>11.35</v>
       </c>
-      <c r="O100" s="29">
+      <c r="O100" s="19">
         <v>10.42</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C101" s="33"/>
+      <c r="P100" s="19">
+        <v>10.42</v>
+      </c>
+      <c r="Q100" s="19">
+        <v>11.41</v>
+      </c>
+      <c r="R100" s="19">
+        <v>11.25</v>
+      </c>
+      <c r="S100" s="19">
+        <v>12.2</v>
+      </c>
+      <c r="T100" s="19">
+        <v>9.91</v>
+      </c>
+    </row>
+    <row r="101" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="27"/>
+      <c r="B101" s="27"/>
+      <c r="C101" s="24"/>
       <c r="D101" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E101" s="27" t="s">
+      <c r="E101" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F101" s="29">
+      <c r="F101" s="19">
         <v>65.55</v>
       </c>
-      <c r="G101" s="29">
+      <c r="G101" s="19">
         <v>66.069999999999993</v>
       </c>
-      <c r="H101" s="29">
+      <c r="H101" s="19">
         <v>65.290000000000006</v>
       </c>
-      <c r="I101" s="29">
+      <c r="I101" s="19">
         <v>62.61</v>
       </c>
-      <c r="J101" s="29">
+      <c r="J101" s="19">
         <v>61.14</v>
       </c>
-      <c r="K101" s="29">
+      <c r="K101" s="19">
         <v>58.91</v>
       </c>
-      <c r="L101" s="29">
+      <c r="L101" s="19">
         <v>59.54</v>
       </c>
-      <c r="M101" s="29">
-[...14 lines deleted...]
-      <c r="E102" s="27" t="s">
+      <c r="M101" s="19">
+        <v>305.27999999999997</v>
+      </c>
+      <c r="N101" s="19">
+        <v>304.73</v>
+      </c>
+      <c r="O101" s="19">
+        <v>322.18</v>
+      </c>
+      <c r="P101" s="19">
+        <v>323.20999999999998</v>
+      </c>
+      <c r="Q101" s="19">
+        <v>58.62</v>
+      </c>
+      <c r="R101" s="19">
+        <v>58.52</v>
+      </c>
+      <c r="S101" s="19">
+        <v>61.7</v>
+      </c>
+      <c r="T101" s="19">
+        <v>61.54</v>
+      </c>
+    </row>
+    <row r="102" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="27"/>
+      <c r="B102" s="28"/>
+      <c r="C102" s="25"/>
+      <c r="D102" s="28"/>
+      <c r="E102" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F102" s="29">
+      <c r="F102" s="19">
         <v>3.27</v>
       </c>
-      <c r="G102" s="29">
+      <c r="G102" s="19">
         <v>2.5099999999999998</v>
       </c>
-      <c r="H102" s="29">
+      <c r="H102" s="19">
         <v>3.3</v>
       </c>
-      <c r="I102" s="29">
+      <c r="I102" s="19">
         <v>3.41</v>
       </c>
-      <c r="J102" s="29">
+      <c r="J102" s="19">
         <v>4.75</v>
       </c>
-      <c r="K102" s="29">
+      <c r="K102" s="19">
         <v>3.18</v>
       </c>
-      <c r="L102" s="29">
+      <c r="L102" s="19">
         <v>2.4300000000000002</v>
       </c>
-      <c r="M102" s="29">
+      <c r="M102" s="19">
         <v>3.44</v>
       </c>
-      <c r="N102" s="29">
+      <c r="N102" s="19">
         <v>3.54</v>
       </c>
-      <c r="O102" s="29">
+      <c r="O102" s="19">
         <v>3.22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A103" s="30"/>
+      <c r="P102" s="19">
+        <v>3.36</v>
+      </c>
+      <c r="Q102" s="19">
+        <v>3.51</v>
+      </c>
+      <c r="R102" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="S102" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="T102" s="19">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="27"/>
       <c r="B103" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="C103" s="32"/>
-      <c r="D103" s="27" t="s">
+      <c r="C103" s="23"/>
+      <c r="D103" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E103" s="28"/>
-      <c r="F103" s="29">
+      <c r="E103" s="18"/>
+      <c r="F103" s="19">
         <v>110.2</v>
       </c>
-      <c r="G103" s="29">
+      <c r="G103" s="19">
         <v>107.31</v>
       </c>
-      <c r="H103" s="29">
+      <c r="H103" s="19">
         <v>107.34</v>
       </c>
-      <c r="I103" s="29">
+      <c r="I103" s="19">
         <v>98.25</v>
       </c>
-      <c r="J103" s="29">
+      <c r="J103" s="19">
         <v>98.13</v>
       </c>
-      <c r="K103" s="29">
+      <c r="K103" s="19">
         <v>101.45</v>
       </c>
-      <c r="L103" s="29">
+      <c r="L103" s="19">
         <v>101.32</v>
       </c>
-      <c r="M103" s="29">
+      <c r="M103" s="19">
         <v>101.2</v>
       </c>
-      <c r="N103" s="29">
+      <c r="N103" s="19">
         <v>101.08</v>
       </c>
-      <c r="O103" s="29">
+      <c r="O103" s="19">
         <v>103.79</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C104" s="33"/>
+      <c r="P103" s="19">
+        <v>103.66</v>
+      </c>
+      <c r="Q103" s="19">
+        <v>103.54</v>
+      </c>
+      <c r="R103" s="19">
+        <v>103.42</v>
+      </c>
+      <c r="S103" s="19">
+        <v>102.2</v>
+      </c>
+      <c r="T103" s="19">
+        <v>102.11</v>
+      </c>
+    </row>
+    <row r="104" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="27"/>
+      <c r="B104" s="27"/>
+      <c r="C104" s="24"/>
       <c r="D104" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E104" s="27" t="s">
+      <c r="E104" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F104" s="29">
+      <c r="F104" s="19">
         <v>22.94</v>
       </c>
-      <c r="G104" s="29">
+      <c r="G104" s="19">
         <v>25.94</v>
       </c>
-      <c r="H104" s="29">
+      <c r="H104" s="19">
         <v>23.61</v>
       </c>
-      <c r="I104" s="29">
+      <c r="I104" s="19">
         <v>23.76</v>
       </c>
-      <c r="J104" s="29">
+      <c r="J104" s="19">
         <v>23.07</v>
       </c>
-      <c r="K104" s="29">
+      <c r="K104" s="19">
         <v>18.45</v>
       </c>
-      <c r="L104" s="29">
+      <c r="L104" s="19">
         <v>20.51</v>
       </c>
-      <c r="M104" s="29">
-[...14 lines deleted...]
-      <c r="E105" s="27" t="s">
+      <c r="M104" s="19">
+        <v>17.37</v>
+      </c>
+      <c r="N104" s="19">
+        <v>16.350000000000001</v>
+      </c>
+      <c r="O104" s="19">
+        <v>13.99</v>
+      </c>
+      <c r="P104" s="19">
+        <v>8.7899999999999991</v>
+      </c>
+      <c r="Q104" s="19">
+        <v>23.16</v>
+      </c>
+      <c r="R104" s="19">
+        <v>25.51</v>
+      </c>
+      <c r="S104" s="19">
+        <v>21.8</v>
+      </c>
+      <c r="T104" s="19">
+        <v>20.75</v>
+      </c>
+    </row>
+    <row r="105" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="27"/>
+      <c r="B105" s="27"/>
+      <c r="C105" s="24"/>
+      <c r="D105" s="28"/>
+      <c r="E105" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F105" s="29">
+      <c r="F105" s="19">
         <v>87.27</v>
       </c>
-      <c r="G105" s="29">
+      <c r="G105" s="19">
         <v>81.36</v>
       </c>
-      <c r="H105" s="29">
+      <c r="H105" s="19">
         <v>83.73</v>
       </c>
-      <c r="I105" s="29">
+      <c r="I105" s="19">
         <v>74.489999999999995</v>
       </c>
-      <c r="J105" s="29">
+      <c r="J105" s="19">
         <v>75.06</v>
       </c>
-      <c r="K105" s="29">
+      <c r="K105" s="19">
         <v>83</v>
       </c>
-      <c r="L105" s="29">
+      <c r="L105" s="19">
         <v>80.81</v>
       </c>
-      <c r="M105" s="29">
+      <c r="M105" s="19">
         <v>80.72</v>
       </c>
-      <c r="N105" s="29">
+      <c r="N105" s="19">
         <v>80.290000000000006</v>
       </c>
-      <c r="O105" s="29">
+      <c r="O105" s="19">
         <v>82.66</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C106" s="33"/>
+      <c r="P105" s="19">
+        <v>85.54</v>
+      </c>
+      <c r="Q105" s="19">
+        <v>80.38</v>
+      </c>
+      <c r="R105" s="19">
+        <v>77.91</v>
+      </c>
+      <c r="S105" s="19">
+        <v>80.400000000000006</v>
+      </c>
+      <c r="T105" s="19">
+        <v>81.36</v>
+      </c>
+    </row>
+    <row r="106" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="27"/>
+      <c r="B106" s="27"/>
+      <c r="C106" s="24"/>
       <c r="D106" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E106" s="27" t="s">
+      <c r="E106" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F106" s="29">
+      <c r="F106" s="19">
         <v>86.77</v>
       </c>
-      <c r="G106" s="29">
+      <c r="G106" s="19">
         <v>89.93</v>
       </c>
-      <c r="H106" s="29">
+      <c r="H106" s="19">
         <v>90.29</v>
       </c>
-      <c r="I106" s="29">
+      <c r="I106" s="19">
         <v>80.09</v>
       </c>
-      <c r="J106" s="29">
+      <c r="J106" s="19">
         <v>77.760000000000005</v>
       </c>
-      <c r="K106" s="29">
+      <c r="K106" s="19">
         <v>82.17</v>
       </c>
-      <c r="L106" s="29">
+      <c r="L106" s="19">
         <v>81.94</v>
       </c>
-      <c r="M106" s="29">
-[...14 lines deleted...]
-      <c r="E107" s="27" t="s">
+      <c r="M106" s="19">
+        <v>66.599999999999994</v>
+      </c>
+      <c r="N106" s="19">
+        <v>66.290000000000006</v>
+      </c>
+      <c r="O106" s="19">
+        <v>67.78</v>
+      </c>
+      <c r="P106" s="19">
+        <v>67.599999999999994</v>
+      </c>
+      <c r="Q106" s="19">
+        <v>84.7</v>
+      </c>
+      <c r="R106" s="19">
+        <v>84.95</v>
+      </c>
+      <c r="S106" s="19">
+        <v>84.8</v>
+      </c>
+      <c r="T106" s="19">
+        <v>83.53</v>
+      </c>
+    </row>
+    <row r="107" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="27"/>
+      <c r="B107" s="27"/>
+      <c r="C107" s="24"/>
+      <c r="D107" s="28"/>
+      <c r="E107" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F107" s="29">
+      <c r="F107" s="19">
         <v>23.43</v>
       </c>
-      <c r="G107" s="29">
+      <c r="G107" s="19">
         <v>17.38</v>
       </c>
-      <c r="H107" s="29">
+      <c r="H107" s="19">
         <v>17.04</v>
       </c>
-      <c r="I107" s="29">
+      <c r="I107" s="19">
         <v>18.16</v>
       </c>
-      <c r="J107" s="29">
+      <c r="J107" s="19">
         <v>20.37</v>
       </c>
-      <c r="K107" s="29">
+      <c r="K107" s="19">
         <v>19.28</v>
       </c>
-      <c r="L107" s="29">
+      <c r="L107" s="19">
         <v>19.38</v>
       </c>
-      <c r="M107" s="29">
+      <c r="M107" s="19">
         <v>22.54</v>
       </c>
-      <c r="N107" s="29">
+      <c r="N107" s="19">
         <v>21.43</v>
       </c>
-      <c r="O107" s="29">
+      <c r="O107" s="19">
         <v>19.059999999999999</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C108" s="33"/>
+      <c r="P107" s="19">
+        <v>21.12</v>
+      </c>
+      <c r="Q107" s="19">
+        <v>18.84</v>
+      </c>
+      <c r="R107" s="19">
+        <v>18.48</v>
+      </c>
+      <c r="S107" s="19">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="T107" s="19">
+        <v>18.579999999999998</v>
+      </c>
+    </row>
+    <row r="108" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="27"/>
+      <c r="B108" s="27"/>
+      <c r="C108" s="24"/>
       <c r="D108" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E108" s="27" t="s">
+      <c r="E108" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F108" s="29">
+      <c r="F108" s="19">
         <v>102.94</v>
       </c>
-      <c r="G108" s="29">
+      <c r="G108" s="19">
         <v>102.74</v>
       </c>
-      <c r="H108" s="29">
+      <c r="H108" s="19">
         <v>103.21</v>
       </c>
-      <c r="I108" s="29">
+      <c r="I108" s="19">
         <v>93.52</v>
       </c>
-      <c r="J108" s="29">
+      <c r="J108" s="19">
         <v>91.79</v>
       </c>
-      <c r="K108" s="29">
+      <c r="K108" s="19">
         <v>96.5</v>
       </c>
-      <c r="L108" s="29">
+      <c r="L108" s="19">
         <v>96.27</v>
       </c>
-      <c r="M108" s="29">
-[...14 lines deleted...]
-      <c r="E109" s="27" t="s">
+      <c r="M108" s="19">
+        <v>77.64</v>
+      </c>
+      <c r="N108" s="19">
+        <v>77.06</v>
+      </c>
+      <c r="O108" s="19">
+        <v>79.02</v>
+      </c>
+      <c r="P108" s="19">
+        <v>78.39</v>
+      </c>
+      <c r="Q108" s="19">
+        <v>96.06</v>
+      </c>
+      <c r="R108" s="19">
+        <v>97</v>
+      </c>
+      <c r="S108" s="19">
+        <v>96.7</v>
+      </c>
+      <c r="T108" s="19">
+        <v>96.38</v>
+      </c>
+    </row>
+    <row r="109" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="27"/>
+      <c r="B109" s="28"/>
+      <c r="C109" s="25"/>
+      <c r="D109" s="28"/>
+      <c r="E109" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F109" s="29">
+      <c r="F109" s="19">
         <v>7.26</v>
       </c>
-      <c r="G109" s="29">
+      <c r="G109" s="19">
         <v>4.5599999999999996</v>
       </c>
-      <c r="H109" s="29">
+      <c r="H109" s="19">
         <v>4.13</v>
       </c>
-      <c r="I109" s="29">
+      <c r="I109" s="19">
         <v>4.7300000000000004</v>
       </c>
-      <c r="J109" s="29">
+      <c r="J109" s="19">
         <v>6.34</v>
       </c>
-      <c r="K109" s="29">
+      <c r="K109" s="19">
         <v>4.95</v>
       </c>
-      <c r="L109" s="29">
+      <c r="L109" s="19">
         <v>5.05</v>
       </c>
-      <c r="M109" s="29">
+      <c r="M109" s="19">
         <v>6.72</v>
       </c>
-      <c r="N109" s="29">
+      <c r="N109" s="19">
         <v>6.58</v>
       </c>
-      <c r="O109" s="29">
+      <c r="O109" s="19">
         <v>6.72</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A110" s="30"/>
+      <c r="P109" s="19">
+        <v>7.77</v>
+      </c>
+      <c r="Q109" s="19">
+        <v>7.48</v>
+      </c>
+      <c r="R109" s="19">
+        <v>6.43</v>
+      </c>
+      <c r="S109" s="19">
+        <v>5.5</v>
+      </c>
+      <c r="T109" s="19">
+        <v>5.72</v>
+      </c>
+    </row>
+    <row r="110" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="27"/>
       <c r="B110" s="26" t="s">
         <v>28</v>
       </c>
-      <c r="C110" s="32"/>
-      <c r="D110" s="27" t="s">
+      <c r="C110" s="23"/>
+      <c r="D110" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E110" s="28"/>
-      <c r="F110" s="29">
+      <c r="E110" s="18"/>
+      <c r="F110" s="19">
         <v>231.18</v>
       </c>
-      <c r="G110" s="29">
+      <c r="G110" s="19">
         <v>231.91</v>
       </c>
-      <c r="H110" s="29">
+      <c r="H110" s="19">
         <v>231.72</v>
       </c>
-      <c r="I110" s="29">
+      <c r="I110" s="19">
         <v>260.81</v>
       </c>
-      <c r="J110" s="29">
+      <c r="J110" s="19">
         <v>260.92</v>
       </c>
-      <c r="K110" s="29">
+      <c r="K110" s="19">
         <v>254.04</v>
       </c>
-      <c r="L110" s="29">
+      <c r="L110" s="19">
         <v>254.18</v>
       </c>
-      <c r="M110" s="29">
+      <c r="M110" s="19">
         <v>254.32</v>
       </c>
-      <c r="N110" s="29">
+      <c r="N110" s="19">
         <v>254.48</v>
       </c>
-      <c r="O110" s="29">
+      <c r="O110" s="19">
         <v>260.16000000000003</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C111" s="33"/>
+      <c r="P110" s="19">
+        <v>260.27999999999997</v>
+      </c>
+      <c r="Q110" s="19">
+        <v>260.39999999999998</v>
+      </c>
+      <c r="R110" s="19">
+        <v>260.52999999999997</v>
+      </c>
+      <c r="S110" s="19">
+        <v>255.4</v>
+      </c>
+      <c r="T110" s="19">
+        <v>255.48</v>
+      </c>
+    </row>
+    <row r="111" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="27"/>
+      <c r="B111" s="27"/>
+      <c r="C111" s="24"/>
       <c r="D111" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E111" s="27" t="s">
+      <c r="E111" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F111" s="29">
+      <c r="F111" s="19">
         <v>69.569999999999993</v>
       </c>
-      <c r="G111" s="29">
+      <c r="G111" s="19">
         <v>81.849999999999994</v>
       </c>
-      <c r="H111" s="29">
+      <c r="H111" s="19">
         <v>80.849999999999994</v>
       </c>
-      <c r="I111" s="29">
+      <c r="I111" s="19">
         <v>74.19</v>
       </c>
-      <c r="J111" s="29">
+      <c r="J111" s="19">
         <v>70.59</v>
       </c>
-      <c r="K111" s="29">
+      <c r="K111" s="19">
         <v>68.47</v>
       </c>
-      <c r="L111" s="29">
+      <c r="L111" s="19">
         <v>69.88</v>
       </c>
-      <c r="M111" s="29">
-[...14 lines deleted...]
-      <c r="E112" s="27" t="s">
+      <c r="M111" s="19">
+        <v>63.48</v>
+      </c>
+      <c r="N111" s="19">
+        <v>59.39</v>
+      </c>
+      <c r="O111" s="19">
+        <v>61.78</v>
+      </c>
+      <c r="P111" s="19">
+        <v>53.05</v>
+      </c>
+      <c r="Q111" s="19">
+        <v>59.68</v>
+      </c>
+      <c r="R111" s="19">
+        <v>63.46</v>
+      </c>
+      <c r="S111" s="19">
+        <v>57.4</v>
+      </c>
+      <c r="T111" s="19">
+        <v>56.33</v>
+      </c>
+    </row>
+    <row r="112" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="27"/>
+      <c r="B112" s="27"/>
+      <c r="C112" s="24"/>
+      <c r="D112" s="28"/>
+      <c r="E112" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F112" s="29">
+      <c r="F112" s="19">
         <v>161.61000000000001</v>
       </c>
-      <c r="G112" s="29">
+      <c r="G112" s="19">
         <v>150.05000000000001</v>
       </c>
-      <c r="H112" s="29">
+      <c r="H112" s="19">
         <v>150.87</v>
       </c>
-      <c r="I112" s="29">
+      <c r="I112" s="19">
         <v>186.62</v>
       </c>
-      <c r="J112" s="29">
+      <c r="J112" s="19">
         <v>190.33</v>
       </c>
-      <c r="K112" s="29">
+      <c r="K112" s="19">
         <v>185.58</v>
       </c>
-      <c r="L112" s="29">
+      <c r="L112" s="19">
         <v>184.3</v>
       </c>
-      <c r="M112" s="29">
+      <c r="M112" s="19">
         <v>189.79</v>
       </c>
-      <c r="N112" s="29">
+      <c r="N112" s="19">
         <v>192.3</v>
       </c>
-      <c r="O112" s="29">
+      <c r="O112" s="19">
         <v>195.48</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C113" s="33"/>
+      <c r="P112" s="19">
+        <v>201.62</v>
+      </c>
+      <c r="Q112" s="19">
+        <v>200.71</v>
+      </c>
+      <c r="R112" s="19">
+        <v>197.07</v>
+      </c>
+      <c r="S112" s="19">
+        <v>198</v>
+      </c>
+      <c r="T112" s="19">
+        <v>199.15</v>
+      </c>
+    </row>
+    <row r="113" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A113" s="27"/>
+      <c r="B113" s="27"/>
+      <c r="C113" s="24"/>
       <c r="D113" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E113" s="27" t="s">
+      <c r="E113" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F113" s="29">
+      <c r="F113" s="19">
         <v>207.25</v>
       </c>
-      <c r="G113" s="29">
+      <c r="G113" s="19">
         <v>210.15</v>
       </c>
-      <c r="H113" s="29">
+      <c r="H113" s="19">
         <v>209.16</v>
       </c>
-      <c r="I113" s="29">
+      <c r="I113" s="19">
         <v>231.6</v>
       </c>
-      <c r="J113" s="29">
+      <c r="J113" s="19">
         <v>235.32</v>
       </c>
-      <c r="K113" s="29">
+      <c r="K113" s="19">
         <v>228.61</v>
       </c>
-      <c r="L113" s="29">
+      <c r="L113" s="19">
         <v>230.12</v>
       </c>
-      <c r="M113" s="29">
-[...14 lines deleted...]
-      <c r="E114" s="27" t="s">
+      <c r="M113" s="19">
+        <v>231.99</v>
+      </c>
+      <c r="N113" s="19">
+        <v>241.76</v>
+      </c>
+      <c r="O113" s="19">
+        <v>251.71</v>
+      </c>
+      <c r="P113" s="19">
+        <v>252.99</v>
+      </c>
+      <c r="Q113" s="19">
+        <v>231.61</v>
+      </c>
+      <c r="R113" s="19">
+        <v>228.93</v>
+      </c>
+      <c r="S113" s="19">
+        <v>226.5</v>
+      </c>
+      <c r="T113" s="19">
+        <v>228.38</v>
+      </c>
+    </row>
+    <row r="114" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="27"/>
+      <c r="B114" s="27"/>
+      <c r="C114" s="24"/>
+      <c r="D114" s="28"/>
+      <c r="E114" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F114" s="29">
+      <c r="F114" s="19">
         <v>23.94</v>
       </c>
-      <c r="G114" s="29">
+      <c r="G114" s="19">
         <v>21.76</v>
       </c>
-      <c r="H114" s="29">
+      <c r="H114" s="19">
         <v>22.56</v>
       </c>
-      <c r="I114" s="29">
+      <c r="I114" s="19">
         <v>29.21</v>
       </c>
-      <c r="J114" s="29">
+      <c r="J114" s="19">
         <v>25.6</v>
       </c>
-      <c r="K114" s="29">
+      <c r="K114" s="19">
         <v>25.43</v>
       </c>
-      <c r="L114" s="29">
+      <c r="L114" s="19">
         <v>24.06</v>
       </c>
-      <c r="M114" s="29">
+      <c r="M114" s="19">
         <v>28.18</v>
       </c>
-      <c r="N114" s="29">
+      <c r="N114" s="19">
         <v>24.32</v>
       </c>
-      <c r="O114" s="29">
+      <c r="O114" s="19">
         <v>26.52</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C115" s="33"/>
+      <c r="P114" s="19">
+        <v>30.07</v>
+      </c>
+      <c r="Q114" s="19">
+        <v>28.79</v>
+      </c>
+      <c r="R114" s="19">
+        <v>31.6</v>
+      </c>
+      <c r="S114" s="19">
+        <v>28.9</v>
+      </c>
+      <c r="T114" s="19">
+        <v>27.1</v>
+      </c>
+    </row>
+    <row r="115" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="27"/>
+      <c r="B115" s="27"/>
+      <c r="C115" s="24"/>
       <c r="D115" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E115" s="27" t="s">
+      <c r="E115" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F115" s="29">
+      <c r="F115" s="19">
         <v>223.14</v>
       </c>
-      <c r="G115" s="29">
+      <c r="G115" s="19">
         <v>225.5</v>
       </c>
-      <c r="H115" s="29">
+      <c r="H115" s="19">
         <v>225.4</v>
       </c>
-      <c r="I115" s="29">
+      <c r="I115" s="19">
         <v>247.63</v>
       </c>
-      <c r="J115" s="29">
+      <c r="J115" s="19">
         <v>251.51</v>
       </c>
-      <c r="K115" s="29">
+      <c r="K115" s="19">
         <v>246.09</v>
       </c>
-      <c r="L115" s="29">
+      <c r="L115" s="19">
         <v>244.87</v>
       </c>
-      <c r="M115" s="29">
-[...14 lines deleted...]
-      <c r="E116" s="27" t="s">
+      <c r="M115" s="19">
+        <v>255.21</v>
+      </c>
+      <c r="N115" s="19">
+        <v>258.32</v>
+      </c>
+      <c r="O115" s="19">
+        <v>272.70999999999998</v>
+      </c>
+      <c r="P115" s="19">
+        <v>273.92</v>
+      </c>
+      <c r="Q115" s="19">
+        <v>252.05</v>
+      </c>
+      <c r="R115" s="19">
+        <v>253.09</v>
+      </c>
+      <c r="S115" s="19">
+        <v>248.6</v>
+      </c>
+      <c r="T115" s="19">
+        <v>246.82</v>
+      </c>
+    </row>
+    <row r="116" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="27"/>
+      <c r="B116" s="28"/>
+      <c r="C116" s="25"/>
+      <c r="D116" s="28"/>
+      <c r="E116" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F116" s="29">
+      <c r="F116" s="19">
         <v>8.0500000000000007</v>
       </c>
-      <c r="G116" s="29">
+      <c r="G116" s="19">
         <v>6.41</v>
       </c>
-      <c r="H116" s="29">
+      <c r="H116" s="19">
         <v>6.32</v>
       </c>
-      <c r="I116" s="29">
+      <c r="I116" s="19">
         <v>13.18</v>
       </c>
-      <c r="J116" s="29">
+      <c r="J116" s="19">
         <v>9.42</v>
       </c>
-      <c r="K116" s="29">
+      <c r="K116" s="19">
         <v>7.95</v>
       </c>
-      <c r="L116" s="29">
+      <c r="L116" s="19">
         <v>9.3000000000000007</v>
       </c>
-      <c r="M116" s="29">
+      <c r="M116" s="19">
         <v>10.64</v>
       </c>
-      <c r="N116" s="29">
+      <c r="N116" s="19">
         <v>8.42</v>
       </c>
-      <c r="O116" s="29">
+      <c r="O116" s="19">
         <v>6.49</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A117" s="30"/>
+      <c r="P116" s="19">
+        <v>8.92</v>
+      </c>
+      <c r="Q116" s="19">
+        <v>8.35</v>
+      </c>
+      <c r="R116" s="19">
+        <v>7.43</v>
+      </c>
+      <c r="S116" s="19">
+        <v>6.8</v>
+      </c>
+      <c r="T116" s="19">
+        <v>8.66</v>
+      </c>
+    </row>
+    <row r="117" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="27"/>
       <c r="B117" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="C117" s="32"/>
-      <c r="D117" s="27" t="s">
+      <c r="C117" s="23"/>
+      <c r="D117" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E117" s="28"/>
-      <c r="F117" s="29">
+      <c r="E117" s="18"/>
+      <c r="F117" s="19">
         <v>587.99</v>
       </c>
-      <c r="G117" s="29">
+      <c r="G117" s="19">
         <v>631.66999999999996</v>
       </c>
-      <c r="H117" s="29">
+      <c r="H117" s="19">
         <v>632.92999999999995</v>
       </c>
-      <c r="I117" s="29">
+      <c r="I117" s="19">
         <v>757.92</v>
       </c>
-      <c r="J117" s="29">
+      <c r="J117" s="19">
         <v>761.31</v>
       </c>
-      <c r="K117" s="29">
+      <c r="K117" s="19">
         <v>692.18</v>
       </c>
-      <c r="L117" s="29">
+      <c r="L117" s="19">
         <v>696.1</v>
       </c>
-      <c r="M117" s="29">
+      <c r="M117" s="19">
         <v>700.07</v>
       </c>
-      <c r="N117" s="29">
+      <c r="N117" s="19">
         <v>704.08</v>
       </c>
-      <c r="O117" s="29">
+      <c r="O117" s="19">
         <v>799.17</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C118" s="33"/>
+      <c r="P117" s="19">
+        <v>803.54</v>
+      </c>
+      <c r="Q117" s="19">
+        <v>807.95</v>
+      </c>
+      <c r="R117" s="19">
+        <v>812.41</v>
+      </c>
+      <c r="S117" s="19">
+        <v>752.7</v>
+      </c>
+      <c r="T117" s="19">
+        <v>756.68</v>
+      </c>
+    </row>
+    <row r="118" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="27"/>
+      <c r="B118" s="27"/>
+      <c r="C118" s="24"/>
       <c r="D118" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E118" s="27" t="s">
+      <c r="E118" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F118" s="29">
+      <c r="F118" s="19">
         <v>160.05000000000001</v>
       </c>
-      <c r="G118" s="29">
+      <c r="G118" s="19">
         <v>175.19</v>
       </c>
-      <c r="H118" s="29">
+      <c r="H118" s="19">
         <v>145.15</v>
       </c>
-      <c r="I118" s="29">
+      <c r="I118" s="19">
         <v>225.85</v>
       </c>
-      <c r="J118" s="29">
+      <c r="J118" s="19">
         <v>192.37</v>
       </c>
-      <c r="K118" s="29">
+      <c r="K118" s="19">
         <v>190.98</v>
       </c>
-      <c r="L118" s="29">
+      <c r="L118" s="19">
         <v>210.11</v>
       </c>
-      <c r="M118" s="29">
-[...14 lines deleted...]
-      <c r="E119" s="27" t="s">
+      <c r="M118" s="19">
+        <v>15.23</v>
+      </c>
+      <c r="N118" s="19">
+        <v>15.5</v>
+      </c>
+      <c r="O118" s="19">
+        <v>15.18</v>
+      </c>
+      <c r="P118" s="19">
+        <v>15.46</v>
+      </c>
+      <c r="Q118" s="19">
+        <v>146.87</v>
+      </c>
+      <c r="R118" s="19">
+        <v>124.19</v>
+      </c>
+      <c r="S118" s="19">
+        <v>95.6</v>
+      </c>
+      <c r="T118" s="19">
+        <v>116.32</v>
+      </c>
+    </row>
+    <row r="119" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="27"/>
+      <c r="B119" s="27"/>
+      <c r="C119" s="24"/>
+      <c r="D119" s="28"/>
+      <c r="E119" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F119" s="29">
+      <c r="F119" s="19">
         <v>427.95</v>
       </c>
-      <c r="G119" s="29">
+      <c r="G119" s="19">
         <v>456.48</v>
       </c>
-      <c r="H119" s="29">
+      <c r="H119" s="19">
         <v>487.78</v>
       </c>
-      <c r="I119" s="29">
+      <c r="I119" s="19">
         <v>532.08000000000004</v>
       </c>
-      <c r="J119" s="29">
+      <c r="J119" s="19">
         <v>568.95000000000005</v>
       </c>
-      <c r="K119" s="29">
+      <c r="K119" s="19">
         <v>501.2</v>
       </c>
-      <c r="L119" s="29">
+      <c r="L119" s="19">
         <v>485.99</v>
       </c>
-      <c r="M119" s="29">
+      <c r="M119" s="19">
         <v>529.75</v>
       </c>
-      <c r="N119" s="29">
+      <c r="N119" s="19">
         <v>580.53</v>
       </c>
-      <c r="O119" s="29">
+      <c r="O119" s="19">
         <v>638.91</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C120" s="33"/>
+      <c r="P119" s="19">
+        <v>605.94000000000005</v>
+      </c>
+      <c r="Q119" s="19">
+        <v>661.08</v>
+      </c>
+      <c r="R119" s="19">
+        <v>688.22</v>
+      </c>
+      <c r="S119" s="19">
+        <v>657.1</v>
+      </c>
+      <c r="T119" s="19">
+        <v>640.36</v>
+      </c>
+    </row>
+    <row r="120" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="27"/>
+      <c r="B120" s="27"/>
+      <c r="C120" s="24"/>
       <c r="D120" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E120" s="27" t="s">
+      <c r="E120" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F120" s="29">
+      <c r="F120" s="19">
         <v>563.27</v>
       </c>
-      <c r="G120" s="29">
+      <c r="G120" s="19">
         <v>611.52</v>
       </c>
-      <c r="H120" s="29">
+      <c r="H120" s="19">
         <v>608.59</v>
       </c>
-      <c r="I120" s="29">
+      <c r="I120" s="19">
         <v>744.86</v>
       </c>
-      <c r="J120" s="29">
+      <c r="J120" s="19">
         <v>719.53</v>
       </c>
-      <c r="K120" s="29">
+      <c r="K120" s="19">
         <v>671.82</v>
       </c>
-      <c r="L120" s="29">
+      <c r="L120" s="19">
         <v>680.18</v>
       </c>
-      <c r="M120" s="29">
-[...14 lines deleted...]
-      <c r="E121" s="27" t="s">
+      <c r="M120" s="19">
+        <v>48.7</v>
+      </c>
+      <c r="N120" s="19">
+        <v>50.4</v>
+      </c>
+      <c r="O120" s="19">
+        <v>51.94</v>
+      </c>
+      <c r="P120" s="19">
+        <v>51.82</v>
+      </c>
+      <c r="Q120" s="19">
+        <v>788.69</v>
+      </c>
+      <c r="R120" s="19">
+        <v>775.86</v>
+      </c>
+      <c r="S120" s="19">
+        <v>732.9</v>
+      </c>
+      <c r="T120" s="19">
+        <v>737.79</v>
+      </c>
+    </row>
+    <row r="121" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="27"/>
+      <c r="B121" s="27"/>
+      <c r="C121" s="24"/>
+      <c r="D121" s="28"/>
+      <c r="E121" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F121" s="29">
+      <c r="F121" s="19">
         <v>24.72</v>
       </c>
-      <c r="G121" s="29">
+      <c r="G121" s="19">
         <v>20.149999999999999</v>
       </c>
-      <c r="H121" s="29">
+      <c r="H121" s="19">
         <v>24.34</v>
       </c>
-      <c r="I121" s="29">
+      <c r="I121" s="19">
         <v>13.06</v>
       </c>
-      <c r="J121" s="29">
+      <c r="J121" s="19">
         <v>41.78</v>
       </c>
-      <c r="K121" s="29">
+      <c r="K121" s="19">
         <v>20.36</v>
       </c>
-      <c r="L121" s="29">
+      <c r="L121" s="19">
         <v>15.93</v>
       </c>
-      <c r="M121" s="29">
+      <c r="M121" s="19">
         <v>28.41</v>
       </c>
-      <c r="N121" s="29">
+      <c r="N121" s="19">
         <v>16.329999999999998</v>
       </c>
-      <c r="O121" s="29">
+      <c r="O121" s="19">
         <v>33.25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C122" s="33"/>
+      <c r="P121" s="19">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="Q121" s="19">
+        <v>19.27</v>
+      </c>
+      <c r="R121" s="19">
+        <v>36.549999999999997</v>
+      </c>
+      <c r="S121" s="19">
+        <v>19.8</v>
+      </c>
+      <c r="T121" s="19">
+        <v>18.899999999999999</v>
+      </c>
+    </row>
+    <row r="122" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="27"/>
+      <c r="B122" s="27"/>
+      <c r="C122" s="24"/>
       <c r="D122" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E122" s="27" t="s">
+      <c r="E122" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F122" s="29">
+      <c r="F122" s="19">
         <v>585.33000000000004</v>
       </c>
-      <c r="G122" s="29">
+      <c r="G122" s="19">
         <v>626.52</v>
       </c>
-      <c r="H122" s="29">
+      <c r="H122" s="19">
         <v>630.15</v>
       </c>
-      <c r="I122" s="29">
+      <c r="I122" s="19">
         <v>757.27</v>
       </c>
-      <c r="J122" s="29">
+      <c r="J122" s="19">
         <v>751.45</v>
       </c>
-      <c r="K122" s="29">
+      <c r="K122" s="19">
         <v>687.38</v>
       </c>
-      <c r="L122" s="29">
+      <c r="L122" s="19">
         <v>693.58</v>
       </c>
-      <c r="M122" s="29">
-[...14 lines deleted...]
-      <c r="E123" s="27" t="s">
+      <c r="M122" s="19">
+        <v>58.42</v>
+      </c>
+      <c r="N122" s="19">
+        <v>58.21</v>
+      </c>
+      <c r="O122" s="19">
+        <v>59.13</v>
+      </c>
+      <c r="P122" s="19">
+        <v>58.88</v>
+      </c>
+      <c r="Q122" s="19">
+        <v>803.17</v>
+      </c>
+      <c r="R122" s="19">
+        <v>802.38</v>
+      </c>
+      <c r="S122" s="19">
+        <v>750.9</v>
+      </c>
+      <c r="T122" s="19">
+        <v>749.95</v>
+      </c>
+    </row>
+    <row r="123" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="27"/>
+      <c r="B123" s="28"/>
+      <c r="C123" s="25"/>
+      <c r="D123" s="28"/>
+      <c r="E123" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F123" s="29">
+      <c r="F123" s="19">
         <v>2.66</v>
       </c>
-      <c r="G123" s="29">
+      <c r="G123" s="19">
         <v>5.15</v>
       </c>
-      <c r="H123" s="29">
+      <c r="H123" s="19">
         <v>2.78</v>
       </c>
-      <c r="I123" s="29">
+      <c r="I123" s="19">
         <v>0.65</v>
       </c>
-      <c r="J123" s="29">
+      <c r="J123" s="19">
         <v>9.8699999999999992</v>
       </c>
-      <c r="K123" s="29">
+      <c r="K123" s="19">
         <v>4.8</v>
       </c>
-      <c r="L123" s="29">
+      <c r="L123" s="19">
         <v>2.52</v>
       </c>
-      <c r="M123" s="29">
+      <c r="M123" s="19">
         <v>11.23</v>
       </c>
-      <c r="N123" s="29">
+      <c r="N123" s="19">
         <v>7.33</v>
       </c>
-      <c r="O123" s="29">
+      <c r="O123" s="19">
         <v>3.58</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A124" s="30"/>
+      <c r="P123" s="19">
+        <v>5.93</v>
+      </c>
+      <c r="Q123" s="19">
+        <v>4.79</v>
+      </c>
+      <c r="R123" s="19">
+        <v>10.029999999999999</v>
+      </c>
+      <c r="S123" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="T123" s="19">
+        <v>6.73</v>
+      </c>
+    </row>
+    <row r="124" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="27"/>
       <c r="B124" s="26" t="s">
         <v>30</v>
       </c>
-      <c r="C124" s="32"/>
-      <c r="D124" s="27" t="s">
+      <c r="C124" s="23"/>
+      <c r="D124" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E124" s="28"/>
-      <c r="F124" s="29">
+      <c r="E124" s="18"/>
+      <c r="F124" s="19">
         <v>360.02</v>
       </c>
-      <c r="G124" s="29">
+      <c r="G124" s="19">
         <v>372.41</v>
       </c>
-      <c r="H124" s="29">
+      <c r="H124" s="19">
         <v>373.26</v>
       </c>
-      <c r="I124" s="29">
+      <c r="I124" s="19">
         <v>444.76</v>
       </c>
-      <c r="J124" s="29">
+      <c r="J124" s="19">
         <v>447.34</v>
       </c>
-      <c r="K124" s="29">
+      <c r="K124" s="19">
         <v>402.47</v>
       </c>
-      <c r="L124" s="29">
+      <c r="L124" s="19">
         <v>405.71</v>
       </c>
-      <c r="M124" s="29">
+      <c r="M124" s="19">
         <v>408.98</v>
       </c>
-      <c r="N124" s="29">
+      <c r="N124" s="19">
         <v>412.3</v>
       </c>
-      <c r="O124" s="29">
+      <c r="O124" s="19">
         <v>447.98</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C125" s="33"/>
+      <c r="P124" s="19">
+        <v>451.43</v>
+      </c>
+      <c r="Q124" s="19">
+        <v>454.92</v>
+      </c>
+      <c r="R124" s="19">
+        <v>458.44</v>
+      </c>
+      <c r="S124" s="19">
+        <v>469.3</v>
+      </c>
+      <c r="T124" s="19">
+        <v>472.79</v>
+      </c>
+    </row>
+    <row r="125" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="27"/>
+      <c r="B125" s="27"/>
+      <c r="C125" s="24"/>
       <c r="D125" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E125" s="27" t="s">
+      <c r="E125" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F125" s="29">
+      <c r="F125" s="19">
         <v>88.7</v>
       </c>
-      <c r="G125" s="29">
+      <c r="G125" s="19">
         <v>104.95</v>
       </c>
-      <c r="H125" s="29">
+      <c r="H125" s="19">
         <v>102.96</v>
       </c>
-      <c r="I125" s="29">
+      <c r="I125" s="19">
         <v>124.79</v>
       </c>
-      <c r="J125" s="29">
+      <c r="J125" s="19">
         <v>136.69999999999999</v>
       </c>
-      <c r="K125" s="29">
+      <c r="K125" s="19">
         <v>111.78</v>
       </c>
-      <c r="L125" s="29">
+      <c r="L125" s="19">
         <v>108.56</v>
       </c>
-      <c r="M125" s="29">
-[...14 lines deleted...]
-      <c r="E126" s="27" t="s">
+      <c r="M125" s="19">
+        <v>20.48</v>
+      </c>
+      <c r="N125" s="19">
+        <v>20.79</v>
+      </c>
+      <c r="O125" s="19">
+        <v>21.12</v>
+      </c>
+      <c r="P125" s="19">
+        <v>18.12</v>
+      </c>
+      <c r="Q125" s="19">
+        <v>110.35</v>
+      </c>
+      <c r="R125" s="19">
+        <v>124.56</v>
+      </c>
+      <c r="S125" s="19">
+        <v>112.8</v>
+      </c>
+      <c r="T125" s="19">
+        <v>105.15</v>
+      </c>
+    </row>
+    <row r="126" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="27"/>
+      <c r="B126" s="27"/>
+      <c r="C126" s="24"/>
+      <c r="D126" s="28"/>
+      <c r="E126" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F126" s="29">
+      <c r="F126" s="19">
         <v>271.31</v>
       </c>
-      <c r="G126" s="29">
+      <c r="G126" s="19">
         <v>267.45999999999998</v>
       </c>
-      <c r="H126" s="29">
+      <c r="H126" s="19">
         <v>270.3</v>
       </c>
-      <c r="I126" s="29">
+      <c r="I126" s="19">
         <v>319.98</v>
       </c>
-      <c r="J126" s="29">
+      <c r="J126" s="19">
         <v>310.64</v>
       </c>
-      <c r="K126" s="29">
+      <c r="K126" s="19">
         <v>290.68</v>
       </c>
-      <c r="L126" s="29">
+      <c r="L126" s="19">
         <v>297.14999999999998</v>
       </c>
-      <c r="M126" s="29">
+      <c r="M126" s="19">
         <v>308.75</v>
       </c>
-      <c r="N126" s="29">
+      <c r="N126" s="19">
         <v>310.06</v>
       </c>
-      <c r="O126" s="29">
+      <c r="O126" s="19">
         <v>334.36</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C127" s="33"/>
+      <c r="P126" s="19">
+        <v>343.42</v>
+      </c>
+      <c r="Q126" s="19">
+        <v>344.58</v>
+      </c>
+      <c r="R126" s="19">
+        <v>333.88</v>
+      </c>
+      <c r="S126" s="19">
+        <v>356.5</v>
+      </c>
+      <c r="T126" s="19">
+        <v>367.64</v>
+      </c>
+    </row>
+    <row r="127" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="27"/>
+      <c r="B127" s="27"/>
+      <c r="C127" s="24"/>
       <c r="D127" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E127" s="27" t="s">
+      <c r="E127" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F127" s="29">
+      <c r="F127" s="19">
         <v>334.05</v>
       </c>
-      <c r="G127" s="29">
+      <c r="G127" s="19">
         <v>349.02</v>
       </c>
-      <c r="H127" s="29">
+      <c r="H127" s="19">
         <v>359.38</v>
       </c>
-      <c r="I127" s="29">
+      <c r="I127" s="19">
         <v>430.85</v>
       </c>
-      <c r="J127" s="29">
+      <c r="J127" s="19">
         <v>424.92</v>
       </c>
-      <c r="K127" s="29">
+      <c r="K127" s="19">
         <v>390.8</v>
       </c>
-      <c r="L127" s="29">
+      <c r="L127" s="19">
         <v>390.2</v>
       </c>
-      <c r="M127" s="29">
-[...14 lines deleted...]
-      <c r="E128" s="27" t="s">
+      <c r="M127" s="19">
+        <v>78.66</v>
+      </c>
+      <c r="N127" s="19">
+        <v>79.650000000000006</v>
+      </c>
+      <c r="O127" s="19">
+        <v>84.72</v>
+      </c>
+      <c r="P127" s="19">
+        <v>82.54</v>
+      </c>
+      <c r="Q127" s="19">
+        <v>446.3</v>
+      </c>
+      <c r="R127" s="19">
+        <v>448.7</v>
+      </c>
+      <c r="S127" s="19">
+        <v>460.6</v>
+      </c>
+      <c r="T127" s="19">
+        <v>464.25</v>
+      </c>
+    </row>
+    <row r="128" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="27"/>
+      <c r="B128" s="27"/>
+      <c r="C128" s="24"/>
+      <c r="D128" s="28"/>
+      <c r="E128" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F128" s="29">
+      <c r="F128" s="19">
         <v>25.97</v>
       </c>
-      <c r="G128" s="29">
+      <c r="G128" s="19">
         <v>23.4</v>
       </c>
-      <c r="H128" s="29">
+      <c r="H128" s="19">
         <v>13.88</v>
       </c>
-      <c r="I128" s="29">
+      <c r="I128" s="19">
         <v>13.91</v>
       </c>
-      <c r="J128" s="29">
+      <c r="J128" s="19">
         <v>22.42</v>
       </c>
-      <c r="K128" s="29">
+      <c r="K128" s="19">
         <v>11.67</v>
       </c>
-      <c r="L128" s="29">
+      <c r="L128" s="19">
         <v>15.51</v>
       </c>
-      <c r="M128" s="29">
+      <c r="M128" s="19">
         <v>15.86</v>
       </c>
-      <c r="N128" s="29">
+      <c r="N128" s="19">
         <v>14.24</v>
       </c>
-      <c r="O128" s="29">
+      <c r="O128" s="19">
         <v>15.22</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C129" s="33"/>
+      <c r="P128" s="19">
+        <v>11.43</v>
+      </c>
+      <c r="Q128" s="19">
+        <v>8.6199999999999992</v>
+      </c>
+      <c r="R128" s="19">
+        <v>9.74</v>
+      </c>
+      <c r="S128" s="19">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="T128" s="19">
+        <v>8.5399999999999991</v>
+      </c>
+    </row>
+    <row r="129" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="27"/>
+      <c r="B129" s="27"/>
+      <c r="C129" s="24"/>
       <c r="D129" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E129" s="27" t="s">
+      <c r="E129" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F129" s="29">
+      <c r="F129" s="19">
         <v>350.14</v>
       </c>
-      <c r="G129" s="29">
+      <c r="G129" s="19">
         <v>368.78</v>
       </c>
-      <c r="H129" s="29">
+      <c r="H129" s="19">
         <v>370.48</v>
       </c>
-      <c r="I129" s="29">
+      <c r="I129" s="19">
         <v>438.05</v>
       </c>
-      <c r="J129" s="29">
+      <c r="J129" s="19">
         <v>438.82</v>
       </c>
-      <c r="K129" s="29">
+      <c r="K129" s="19">
         <v>400.05</v>
       </c>
-      <c r="L129" s="29">
+      <c r="L129" s="19">
         <v>403.2</v>
       </c>
-      <c r="M129" s="29">
-[...14 lines deleted...]
-      <c r="E130" s="27" t="s">
+      <c r="M129" s="19">
+        <v>94.47</v>
+      </c>
+      <c r="N129" s="19">
+        <v>94.5</v>
+      </c>
+      <c r="O129" s="19">
+        <v>97.07</v>
+      </c>
+      <c r="P129" s="19">
+        <v>95.9</v>
+      </c>
+      <c r="Q129" s="19">
+        <v>450.87</v>
+      </c>
+      <c r="R129" s="19">
+        <v>456.92</v>
+      </c>
+      <c r="S129" s="19">
+        <v>468.6</v>
+      </c>
+      <c r="T129" s="19">
+        <v>469.43</v>
+      </c>
+    </row>
+    <row r="130" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="27"/>
+      <c r="B130" s="28"/>
+      <c r="C130" s="25"/>
+      <c r="D130" s="28"/>
+      <c r="E130" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F130" s="29">
+      <c r="F130" s="19">
         <v>9.8800000000000008</v>
       </c>
-      <c r="G130" s="29">
+      <c r="G130" s="19">
         <v>3.64</v>
       </c>
-      <c r="H130" s="29">
+      <c r="H130" s="19">
         <v>2.78</v>
       </c>
-      <c r="I130" s="29">
+      <c r="I130" s="19">
         <v>6.71</v>
       </c>
-      <c r="J130" s="29">
+      <c r="J130" s="19">
         <v>8.52</v>
       </c>
-      <c r="K130" s="29">
+      <c r="K130" s="19">
         <v>2.42</v>
       </c>
-      <c r="L130" s="29">
+      <c r="L130" s="19">
         <v>2.5099999999999998</v>
       </c>
-      <c r="M130" s="29">
+      <c r="M130" s="19">
         <v>4.88</v>
       </c>
-      <c r="N130" s="29">
+      <c r="N130" s="19">
         <v>2.0299999999999998</v>
       </c>
-      <c r="O130" s="29">
+      <c r="O130" s="19">
         <v>1.34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A131" s="30"/>
+      <c r="P130" s="19">
+        <v>2.79</v>
+      </c>
+      <c r="Q130" s="19">
+        <v>4.05</v>
+      </c>
+      <c r="R130" s="19">
+        <v>1.53</v>
+      </c>
+      <c r="S130" s="19">
+        <v>0.8</v>
+      </c>
+      <c r="T130" s="19">
+        <v>3.36</v>
+      </c>
+    </row>
+    <row r="131" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="27"/>
       <c r="B131" s="26" t="s">
         <v>31</v>
       </c>
-      <c r="C131" s="32"/>
-      <c r="D131" s="27" t="s">
+      <c r="C131" s="23"/>
+      <c r="D131" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E131" s="28"/>
-      <c r="F131" s="29">
+      <c r="E131" s="18"/>
+      <c r="F131" s="19">
         <v>195.2</v>
       </c>
-      <c r="G131" s="29">
+      <c r="G131" s="19">
         <v>186.98</v>
       </c>
-      <c r="H131" s="29">
+      <c r="H131" s="19">
         <v>187.57</v>
       </c>
-      <c r="I131" s="29">
+      <c r="I131" s="19">
         <v>193.86</v>
       </c>
-      <c r="J131" s="29">
+      <c r="J131" s="19">
         <v>194.23</v>
       </c>
-      <c r="K131" s="29">
+      <c r="K131" s="19">
         <v>190.74</v>
       </c>
-      <c r="L131" s="29">
+      <c r="L131" s="19">
         <v>191.1</v>
       </c>
-      <c r="M131" s="29">
+      <c r="M131" s="19">
         <v>191.46</v>
       </c>
-      <c r="N131" s="29">
+      <c r="N131" s="19">
         <v>191.83</v>
       </c>
-      <c r="O131" s="29">
+      <c r="O131" s="19">
         <v>199.81</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C132" s="33"/>
+      <c r="P131" s="19">
+        <v>200.18</v>
+      </c>
+      <c r="Q131" s="19">
+        <v>200.56</v>
+      </c>
+      <c r="R131" s="19">
+        <v>200.94</v>
+      </c>
+      <c r="S131" s="19">
+        <v>193.7</v>
+      </c>
+      <c r="T131" s="19">
+        <v>194.04</v>
+      </c>
+    </row>
+    <row r="132" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="27"/>
+      <c r="B132" s="27"/>
+      <c r="C132" s="24"/>
       <c r="D132" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E132" s="27" t="s">
+      <c r="E132" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F132" s="29">
+      <c r="F132" s="19">
         <v>44.14</v>
       </c>
-      <c r="G132" s="29">
+      <c r="G132" s="19">
         <v>43.61</v>
       </c>
-      <c r="H132" s="29">
+      <c r="H132" s="19">
         <v>48.25</v>
       </c>
-      <c r="I132" s="29">
+      <c r="I132" s="19">
         <v>51.63</v>
       </c>
-      <c r="J132" s="29">
+      <c r="J132" s="19">
         <v>44.96</v>
       </c>
-      <c r="K132" s="29">
+      <c r="K132" s="19">
         <v>49.38</v>
       </c>
-      <c r="L132" s="29">
+      <c r="L132" s="19">
         <v>47.05</v>
       </c>
-      <c r="M132" s="29">
-[...14 lines deleted...]
-      <c r="E133" s="27" t="s">
+      <c r="M132" s="19">
+        <v>64.53</v>
+      </c>
+      <c r="N132" s="19">
+        <v>62.18</v>
+      </c>
+      <c r="O132" s="19">
+        <v>64.680000000000007</v>
+      </c>
+      <c r="P132" s="19">
+        <v>58.66</v>
+      </c>
+      <c r="Q132" s="19">
+        <v>53.54</v>
+      </c>
+      <c r="R132" s="19">
+        <v>55.35</v>
+      </c>
+      <c r="S132" s="19">
+        <v>57.5</v>
+      </c>
+      <c r="T132" s="19">
+        <v>56.96</v>
+      </c>
+    </row>
+    <row r="133" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="27"/>
+      <c r="B133" s="27"/>
+      <c r="C133" s="24"/>
+      <c r="D133" s="28"/>
+      <c r="E133" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F133" s="29">
+      <c r="F133" s="19">
         <v>151.06</v>
       </c>
-      <c r="G133" s="29">
+      <c r="G133" s="19">
         <v>143.37</v>
       </c>
-      <c r="H133" s="29">
+      <c r="H133" s="19">
         <v>139.32</v>
       </c>
-      <c r="I133" s="29">
+      <c r="I133" s="19">
         <v>142.22</v>
       </c>
-      <c r="J133" s="29">
+      <c r="J133" s="19">
         <v>149.27000000000001</v>
       </c>
-      <c r="K133" s="29">
+      <c r="K133" s="19">
         <v>141.36000000000001</v>
       </c>
-      <c r="L133" s="29">
+      <c r="L133" s="19">
         <v>144.05000000000001</v>
       </c>
-      <c r="M133" s="29">
+      <c r="M133" s="19">
         <v>142.11000000000001</v>
       </c>
-      <c r="N133" s="29">
+      <c r="N133" s="19">
         <v>154.31</v>
       </c>
-      <c r="O133" s="29">
+      <c r="O133" s="19">
         <v>151.5</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C134" s="33"/>
+      <c r="P133" s="19">
+        <v>150.77000000000001</v>
+      </c>
+      <c r="Q133" s="19">
+        <v>147.02000000000001</v>
+      </c>
+      <c r="R133" s="19">
+        <v>145.59</v>
+      </c>
+      <c r="S133" s="19">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="T133" s="19">
+        <v>137.08000000000001</v>
+      </c>
+    </row>
+    <row r="134" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="27"/>
+      <c r="B134" s="27"/>
+      <c r="C134" s="24"/>
       <c r="D134" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E134" s="27" t="s">
+      <c r="E134" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F134" s="29">
+      <c r="F134" s="19">
         <v>166.79</v>
       </c>
-      <c r="G134" s="29">
+      <c r="G134" s="19">
         <v>162.58000000000001</v>
       </c>
-      <c r="H134" s="29">
+      <c r="H134" s="19">
         <v>166.02</v>
       </c>
-      <c r="I134" s="29">
+      <c r="I134" s="19">
         <v>171.5</v>
       </c>
-      <c r="J134" s="29">
+      <c r="J134" s="19">
         <v>170.28</v>
       </c>
-      <c r="K134" s="29">
+      <c r="K134" s="19">
         <v>170.32</v>
       </c>
-      <c r="L134" s="29">
+      <c r="L134" s="19">
         <v>167.69</v>
       </c>
-      <c r="M134" s="29">
-[...14 lines deleted...]
-      <c r="E135" s="27" t="s">
+      <c r="M134" s="19">
+        <v>226.15</v>
+      </c>
+      <c r="N134" s="19">
+        <v>230.16</v>
+      </c>
+      <c r="O134" s="19">
+        <v>233.64</v>
+      </c>
+      <c r="P134" s="19">
+        <v>230.21</v>
+      </c>
+      <c r="Q134" s="19">
+        <v>180.36</v>
+      </c>
+      <c r="R134" s="19">
+        <v>175</v>
+      </c>
+      <c r="S134" s="19">
+        <v>173.7</v>
+      </c>
+      <c r="T134" s="19">
+        <v>177.19</v>
+      </c>
+    </row>
+    <row r="135" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="27"/>
+      <c r="B135" s="27"/>
+      <c r="C135" s="24"/>
+      <c r="D135" s="28"/>
+      <c r="E135" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F135" s="29">
+      <c r="F135" s="19">
         <v>28.41</v>
       </c>
-      <c r="G135" s="29">
+      <c r="G135" s="19">
         <v>24.4</v>
       </c>
-      <c r="H135" s="29">
+      <c r="H135" s="19">
         <v>21.55</v>
       </c>
-      <c r="I135" s="29">
+      <c r="I135" s="19">
         <v>22.36</v>
       </c>
-      <c r="J135" s="29">
+      <c r="J135" s="19">
         <v>23.95</v>
       </c>
-      <c r="K135" s="29">
+      <c r="K135" s="19">
         <v>20.43</v>
       </c>
-      <c r="L135" s="29">
+      <c r="L135" s="19">
         <v>23.41</v>
       </c>
-      <c r="M135" s="29">
+      <c r="M135" s="19">
         <v>21.94</v>
       </c>
-      <c r="N135" s="29">
+      <c r="N135" s="19">
         <v>20.05</v>
       </c>
-      <c r="O135" s="29">
+      <c r="O135" s="19">
         <v>16.34</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C136" s="33"/>
+      <c r="P135" s="19">
+        <v>17.27</v>
+      </c>
+      <c r="Q135" s="19">
+        <v>20.2</v>
+      </c>
+      <c r="R135" s="19">
+        <v>25.94</v>
+      </c>
+      <c r="S135" s="19">
+        <v>20</v>
+      </c>
+      <c r="T135" s="19">
+        <v>16.850000000000001</v>
+      </c>
+    </row>
+    <row r="136" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="27"/>
+      <c r="B136" s="27"/>
+      <c r="C136" s="24"/>
       <c r="D136" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E136" s="27" t="s">
+      <c r="E136" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F136" s="29">
+      <c r="F136" s="19">
         <v>189.87</v>
       </c>
-      <c r="G136" s="29">
+      <c r="G136" s="19">
         <v>183.91</v>
       </c>
-      <c r="H136" s="29">
+      <c r="H136" s="19">
         <v>183.32</v>
       </c>
-      <c r="I136" s="29">
+      <c r="I136" s="19">
         <v>189.18</v>
       </c>
-      <c r="J136" s="29">
+      <c r="J136" s="19">
         <v>191.44</v>
       </c>
-      <c r="K136" s="29">
+      <c r="K136" s="19">
         <v>186.95</v>
       </c>
-      <c r="L136" s="29">
+      <c r="L136" s="19">
         <v>185.73</v>
       </c>
-      <c r="M136" s="29">
-[...14 lines deleted...]
-      <c r="E137" s="27" t="s">
+      <c r="M136" s="19">
+        <v>243.69</v>
+      </c>
+      <c r="N136" s="19">
+        <v>246.06</v>
+      </c>
+      <c r="O136" s="19">
+        <v>253.67</v>
+      </c>
+      <c r="P136" s="19">
+        <v>251.35</v>
+      </c>
+      <c r="Q136" s="19">
+        <v>190.87</v>
+      </c>
+      <c r="R136" s="19">
+        <v>192.8</v>
+      </c>
+      <c r="S136" s="19">
+        <v>188</v>
+      </c>
+      <c r="T136" s="19">
+        <v>186.88</v>
+      </c>
+    </row>
+    <row r="137" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="27"/>
+      <c r="B137" s="28"/>
+      <c r="C137" s="25"/>
+      <c r="D137" s="28"/>
+      <c r="E137" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F137" s="29">
+      <c r="F137" s="19">
         <v>5.33</v>
       </c>
-      <c r="G137" s="29">
+      <c r="G137" s="19">
         <v>3.07</v>
       </c>
-      <c r="H137" s="29">
+      <c r="H137" s="19">
         <v>4.25</v>
       </c>
-      <c r="I137" s="29">
+      <c r="I137" s="19">
         <v>4.68</v>
       </c>
-      <c r="J137" s="29">
+      <c r="J137" s="19">
         <v>2.79</v>
       </c>
-      <c r="K137" s="29">
+      <c r="K137" s="19">
         <v>3.8</v>
       </c>
-      <c r="L137" s="29">
+      <c r="L137" s="19">
         <v>5.37</v>
       </c>
-      <c r="M137" s="29">
+      <c r="M137" s="19">
         <v>6.62</v>
       </c>
-      <c r="N137" s="29">
+      <c r="N137" s="19">
         <v>7.9</v>
       </c>
-      <c r="O137" s="29">
+      <c r="O137" s="19">
         <v>6.17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A138" s="30"/>
+      <c r="P137" s="19">
+        <v>7.14</v>
+      </c>
+      <c r="Q137" s="19">
+        <v>9.69</v>
+      </c>
+      <c r="R137" s="19">
+        <v>8.14</v>
+      </c>
+      <c r="S137" s="19">
+        <v>5.7</v>
+      </c>
+      <c r="T137" s="19">
+        <v>7.17</v>
+      </c>
+    </row>
+    <row r="138" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="27"/>
       <c r="B138" s="26" t="s">
         <v>32</v>
       </c>
-      <c r="C138" s="32"/>
-      <c r="D138" s="27" t="s">
+      <c r="C138" s="23"/>
+      <c r="D138" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E138" s="28"/>
-      <c r="F138" s="29">
+      <c r="E138" s="18"/>
+      <c r="F138" s="19">
         <v>103.37</v>
       </c>
-      <c r="G138" s="29">
+      <c r="G138" s="19">
         <v>102.7</v>
       </c>
-      <c r="H138" s="29">
+      <c r="H138" s="19">
         <v>102.99</v>
       </c>
-      <c r="I138" s="29">
+      <c r="I138" s="19">
         <v>100.02</v>
       </c>
-      <c r="J138" s="29">
+      <c r="J138" s="19">
         <v>100.26</v>
       </c>
-      <c r="K138" s="29">
+      <c r="K138" s="19">
         <v>97.46</v>
       </c>
-      <c r="L138" s="29">
+      <c r="L138" s="19">
         <v>97.67</v>
       </c>
-      <c r="M138" s="29">
+      <c r="M138" s="19">
         <v>97.9</v>
       </c>
-      <c r="N138" s="29">
+      <c r="N138" s="19">
         <v>98.12</v>
       </c>
-      <c r="O138" s="29">
+      <c r="O138" s="19">
         <v>98.6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C139" s="33"/>
+      <c r="P138" s="19">
+        <v>98.81</v>
+      </c>
+      <c r="Q138" s="19">
+        <v>99.02</v>
+      </c>
+      <c r="R138" s="19">
+        <v>99.24</v>
+      </c>
+      <c r="S138" s="19">
+        <v>102.9</v>
+      </c>
+      <c r="T138" s="19">
+        <v>103.12</v>
+      </c>
+    </row>
+    <row r="139" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="27"/>
+      <c r="B139" s="27"/>
+      <c r="C139" s="24"/>
       <c r="D139" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E139" s="27" t="s">
+      <c r="E139" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F139" s="29">
+      <c r="F139" s="19">
         <v>19.98</v>
       </c>
-      <c r="G139" s="29">
+      <c r="G139" s="19">
         <v>20.440000000000001</v>
       </c>
-      <c r="H139" s="29">
+      <c r="H139" s="19">
         <v>17.010000000000002</v>
       </c>
-      <c r="I139" s="29">
+      <c r="I139" s="19">
         <v>18.72</v>
       </c>
-      <c r="J139" s="29">
+      <c r="J139" s="19">
         <v>17.59</v>
       </c>
-      <c r="K139" s="29">
+      <c r="K139" s="19">
         <v>18.93</v>
       </c>
-      <c r="L139" s="29">
+      <c r="L139" s="19">
         <v>19.14</v>
       </c>
-      <c r="M139" s="29">
-[...14 lines deleted...]
-      <c r="E140" s="27" t="s">
+      <c r="M139" s="19">
+        <v>170.32</v>
+      </c>
+      <c r="N139" s="19">
+        <v>123.54</v>
+      </c>
+      <c r="O139" s="19">
+        <v>160.25</v>
+      </c>
+      <c r="P139" s="19">
+        <v>197.6</v>
+      </c>
+      <c r="Q139" s="19">
+        <v>19.66</v>
+      </c>
+      <c r="R139" s="19">
+        <v>19.329999999999998</v>
+      </c>
+      <c r="S139" s="19">
+        <v>17.3</v>
+      </c>
+      <c r="T139" s="19">
+        <v>20.62</v>
+      </c>
+    </row>
+    <row r="140" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="27"/>
+      <c r="B140" s="27"/>
+      <c r="C140" s="24"/>
+      <c r="D140" s="28"/>
+      <c r="E140" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F140" s="29">
+      <c r="F140" s="19">
         <v>83.4</v>
       </c>
-      <c r="G140" s="29">
+      <c r="G140" s="19">
         <v>82.27</v>
       </c>
-      <c r="H140" s="29">
+      <c r="H140" s="19">
         <v>85.98</v>
       </c>
-      <c r="I140" s="29">
+      <c r="I140" s="19">
         <v>81.3</v>
       </c>
-      <c r="J140" s="29">
+      <c r="J140" s="19">
         <v>82.66</v>
       </c>
-      <c r="K140" s="29">
+      <c r="K140" s="19">
         <v>78.53</v>
       </c>
-      <c r="L140" s="29">
+      <c r="L140" s="19">
         <v>78.540000000000006</v>
       </c>
-      <c r="M140" s="29">
+      <c r="M140" s="19">
         <v>80.09</v>
       </c>
-      <c r="N140" s="29">
+      <c r="N140" s="19">
         <v>83.24</v>
       </c>
-      <c r="O140" s="29">
+      <c r="O140" s="19">
         <v>84.44</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C141" s="33"/>
+      <c r="P140" s="19">
+        <v>82.4</v>
+      </c>
+      <c r="Q140" s="19">
+        <v>79.37</v>
+      </c>
+      <c r="R140" s="19">
+        <v>79.91</v>
+      </c>
+      <c r="S140" s="19">
+        <v>85.6</v>
+      </c>
+      <c r="T140" s="19">
+        <v>82.5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="27"/>
+      <c r="B141" s="27"/>
+      <c r="C141" s="24"/>
       <c r="D141" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E141" s="27" t="s">
+      <c r="E141" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F141" s="29">
+      <c r="F141" s="19">
         <v>91.21</v>
       </c>
-      <c r="G141" s="29">
+      <c r="G141" s="19">
         <v>92.47</v>
       </c>
-      <c r="H141" s="29">
+      <c r="H141" s="19">
         <v>91.14</v>
       </c>
-      <c r="I141" s="29">
+      <c r="I141" s="19">
         <v>91.33</v>
       </c>
-      <c r="J141" s="29">
+      <c r="J141" s="19">
         <v>90.85</v>
       </c>
-      <c r="K141" s="29">
+      <c r="K141" s="19">
         <v>87.89</v>
       </c>
-      <c r="L141" s="29">
+      <c r="L141" s="19">
         <v>89.38</v>
       </c>
-      <c r="M141" s="29">
-[...14 lines deleted...]
-      <c r="E142" s="27" t="s">
+      <c r="M141" s="19">
+        <v>671.66</v>
+      </c>
+      <c r="N141" s="19">
+        <v>687.75</v>
+      </c>
+      <c r="O141" s="19">
+        <v>765.92</v>
+      </c>
+      <c r="P141" s="19">
+        <v>785.63</v>
+      </c>
+      <c r="Q141" s="19">
+        <v>86.39</v>
+      </c>
+      <c r="R141" s="19">
+        <v>89.52</v>
+      </c>
+      <c r="S141" s="19">
+        <v>91.7</v>
+      </c>
+      <c r="T141" s="19">
+        <v>92.85</v>
+      </c>
+    </row>
+    <row r="142" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="27"/>
+      <c r="B142" s="27"/>
+      <c r="C142" s="24"/>
+      <c r="D142" s="28"/>
+      <c r="E142" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F142" s="29">
+      <c r="F142" s="19">
         <v>12.16</v>
       </c>
-      <c r="G142" s="29">
+      <c r="G142" s="19">
         <v>10.23</v>
       </c>
-      <c r="H142" s="29">
+      <c r="H142" s="19">
         <v>11.85</v>
       </c>
-      <c r="I142" s="29">
+      <c r="I142" s="19">
         <v>8.69</v>
       </c>
-      <c r="J142" s="29">
+      <c r="J142" s="19">
         <v>9.4</v>
       </c>
-      <c r="K142" s="29">
+      <c r="K142" s="19">
         <v>9.57</v>
       </c>
-      <c r="L142" s="29">
+      <c r="L142" s="19">
         <v>8.3000000000000007</v>
       </c>
-      <c r="M142" s="29">
+      <c r="M142" s="19">
         <v>9.94</v>
       </c>
-      <c r="N142" s="29">
+      <c r="N142" s="19">
         <v>5.63</v>
       </c>
-      <c r="O142" s="29">
+      <c r="O142" s="19">
         <v>8.58</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C143" s="33"/>
+      <c r="P142" s="19">
+        <v>8.98</v>
+      </c>
+      <c r="Q142" s="19">
+        <v>12.64</v>
+      </c>
+      <c r="R142" s="19">
+        <v>9.7200000000000006</v>
+      </c>
+      <c r="S142" s="19">
+        <v>11.2</v>
+      </c>
+      <c r="T142" s="19">
+        <v>10.26</v>
+      </c>
+    </row>
+    <row r="143" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="27"/>
+      <c r="B143" s="27"/>
+      <c r="C143" s="24"/>
       <c r="D143" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E143" s="27" t="s">
+      <c r="E143" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F143" s="29">
+      <c r="F143" s="19">
         <v>101.03</v>
       </c>
-      <c r="G143" s="29">
+      <c r="G143" s="19">
         <v>100.92</v>
       </c>
-      <c r="H143" s="29">
+      <c r="H143" s="19">
         <v>100.68</v>
       </c>
-      <c r="I143" s="29">
+      <c r="I143" s="19">
         <v>97.55</v>
       </c>
-      <c r="J143" s="29">
+      <c r="J143" s="19">
         <v>97.6</v>
       </c>
-      <c r="K143" s="29">
+      <c r="K143" s="19">
         <v>95.29</v>
       </c>
-      <c r="L143" s="29">
+      <c r="L143" s="19">
         <v>95.2</v>
       </c>
-      <c r="M143" s="29">
-[...14 lines deleted...]
-      <c r="E144" s="27" t="s">
+      <c r="M143" s="19">
+        <v>688.84</v>
+      </c>
+      <c r="N143" s="19">
+        <v>696.75</v>
+      </c>
+      <c r="O143" s="19">
+        <v>795.58</v>
+      </c>
+      <c r="P143" s="19">
+        <v>797.61</v>
+      </c>
+      <c r="Q143" s="19">
+        <v>96.05</v>
+      </c>
+      <c r="R143" s="19">
+        <v>96.65</v>
+      </c>
+      <c r="S143" s="19">
+        <v>100.9</v>
+      </c>
+      <c r="T143" s="19">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="144" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="27"/>
+      <c r="B144" s="28"/>
+      <c r="C144" s="25"/>
+      <c r="D144" s="28"/>
+      <c r="E144" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F144" s="29">
+      <c r="F144" s="19">
         <v>2.34</v>
       </c>
-      <c r="G144" s="29">
+      <c r="G144" s="19">
         <v>1.78</v>
       </c>
-      <c r="H144" s="29">
+      <c r="H144" s="19">
         <v>2.3199999999999998</v>
       </c>
-      <c r="I144" s="29">
+      <c r="I144" s="19">
         <v>2.46</v>
       </c>
-      <c r="J144" s="29">
+      <c r="J144" s="19">
         <v>2.66</v>
       </c>
-      <c r="K144" s="29">
+      <c r="K144" s="19">
         <v>2.17</v>
       </c>
-      <c r="L144" s="29">
+      <c r="L144" s="19">
         <v>2.4700000000000002</v>
       </c>
-      <c r="M144" s="29">
+      <c r="M144" s="19">
         <v>2.08</v>
       </c>
-      <c r="N144" s="29">
+      <c r="N144" s="19">
         <v>1.44</v>
       </c>
-      <c r="O144" s="29">
+      <c r="O144" s="19">
         <v>1.4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A145" s="30"/>
+      <c r="P144" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="Q144" s="19">
+        <v>2.98</v>
+      </c>
+      <c r="R144" s="19">
+        <v>2.59</v>
+      </c>
+      <c r="S144" s="19">
+        <v>2</v>
+      </c>
+      <c r="T144" s="19">
+        <v>1.87</v>
+      </c>
+    </row>
+    <row r="145" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="27"/>
       <c r="B145" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="C145" s="32"/>
-      <c r="D145" s="27" t="s">
+      <c r="C145" s="23"/>
+      <c r="D145" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E145" s="28"/>
-      <c r="F145" s="29">
+      <c r="E145" s="18"/>
+      <c r="F145" s="19">
         <v>282.64999999999998</v>
       </c>
-      <c r="G145" s="29">
+      <c r="G145" s="19">
         <v>302.07</v>
       </c>
-      <c r="H145" s="29">
+      <c r="H145" s="19">
         <v>303.01</v>
       </c>
-      <c r="I145" s="29">
+      <c r="I145" s="19">
         <v>348.04</v>
       </c>
-      <c r="J145" s="29">
+      <c r="J145" s="19">
         <v>349.73</v>
       </c>
-      <c r="K145" s="29">
+      <c r="K145" s="19">
         <v>319.12</v>
       </c>
-      <c r="L145" s="29">
+      <c r="L145" s="19">
         <v>321.61</v>
       </c>
-      <c r="M145" s="29">
+      <c r="M145" s="19">
         <v>324.12</v>
       </c>
-      <c r="N145" s="29">
+      <c r="N145" s="19">
         <v>326.66000000000003</v>
       </c>
-      <c r="O145" s="29">
+      <c r="O145" s="19">
         <v>320.83999999999997</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C146" s="33"/>
+      <c r="P145" s="19">
+        <v>323.26</v>
+      </c>
+      <c r="Q145" s="19">
+        <v>325.7</v>
+      </c>
+      <c r="R145" s="19">
+        <v>328.17</v>
+      </c>
+      <c r="S145" s="19">
+        <v>330.7</v>
+      </c>
+      <c r="T145" s="19">
+        <v>333.06</v>
+      </c>
+    </row>
+    <row r="146" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="27"/>
+      <c r="B146" s="27"/>
+      <c r="C146" s="24"/>
       <c r="D146" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E146" s="27" t="s">
+      <c r="E146" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F146" s="29">
+      <c r="F146" s="19">
         <v>50.62</v>
       </c>
-      <c r="G146" s="29">
+      <c r="G146" s="19">
         <v>57.55</v>
       </c>
-      <c r="H146" s="29">
+      <c r="H146" s="19">
         <v>52.11</v>
       </c>
-      <c r="I146" s="29">
+      <c r="I146" s="19">
         <v>76.11</v>
       </c>
-      <c r="J146" s="29">
+      <c r="J146" s="19">
         <v>62.92</v>
       </c>
-      <c r="K146" s="29">
+      <c r="K146" s="19">
         <v>65.17</v>
       </c>
-      <c r="L146" s="29">
+      <c r="L146" s="19">
         <v>62.88</v>
       </c>
-      <c r="M146" s="29">
-[...14 lines deleted...]
-      <c r="E147" s="27" t="s">
+      <c r="M146" s="19">
+        <v>100.24</v>
+      </c>
+      <c r="N146" s="19">
+        <v>102.24</v>
+      </c>
+      <c r="O146" s="19">
+        <v>113.62</v>
+      </c>
+      <c r="P146" s="19">
+        <v>108.01</v>
+      </c>
+      <c r="Q146" s="19">
+        <v>61.33</v>
+      </c>
+      <c r="R146" s="19">
+        <v>52.56</v>
+      </c>
+      <c r="S146" s="19">
+        <v>43.7</v>
+      </c>
+      <c r="T146" s="19">
+        <v>57.06</v>
+      </c>
+    </row>
+    <row r="147" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="27"/>
+      <c r="B147" s="27"/>
+      <c r="C147" s="24"/>
+      <c r="D147" s="28"/>
+      <c r="E147" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F147" s="29">
+      <c r="F147" s="19">
         <v>232.02</v>
       </c>
-      <c r="G147" s="29">
+      <c r="G147" s="19">
         <v>244.52</v>
       </c>
-      <c r="H147" s="29">
+      <c r="H147" s="19">
         <v>250.9</v>
       </c>
-      <c r="I147" s="29">
+      <c r="I147" s="19">
         <v>271.93</v>
       </c>
-      <c r="J147" s="29">
+      <c r="J147" s="19">
         <v>286.81</v>
       </c>
-      <c r="K147" s="29">
+      <c r="K147" s="19">
         <v>253.95</v>
       </c>
-      <c r="L147" s="29">
+      <c r="L147" s="19">
         <v>258.73</v>
       </c>
-      <c r="M147" s="29">
+      <c r="M147" s="19">
         <v>260.56</v>
       </c>
-      <c r="N147" s="29">
+      <c r="N147" s="19">
         <v>280.54000000000002</v>
       </c>
-      <c r="O147" s="29">
+      <c r="O147" s="19">
         <v>254.01</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C148" s="33"/>
+      <c r="P147" s="19">
+        <v>251.66</v>
+      </c>
+      <c r="Q147" s="19">
+        <v>264.37</v>
+      </c>
+      <c r="R147" s="19">
+        <v>275.61</v>
+      </c>
+      <c r="S147" s="19">
+        <v>286.89999999999998</v>
+      </c>
+      <c r="T147" s="19">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="148" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="27"/>
+      <c r="B148" s="27"/>
+      <c r="C148" s="24"/>
       <c r="D148" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E148" s="27" t="s">
+      <c r="E148" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F148" s="29">
+      <c r="F148" s="19">
         <v>241.73</v>
       </c>
-      <c r="G148" s="29">
+      <c r="G148" s="19">
         <v>255.92</v>
       </c>
-      <c r="H148" s="29">
+      <c r="H148" s="19">
         <v>260.52999999999997</v>
       </c>
-      <c r="I148" s="29">
+      <c r="I148" s="19">
         <v>322.42</v>
       </c>
-      <c r="J148" s="29">
+      <c r="J148" s="19">
         <v>309.12</v>
       </c>
-      <c r="K148" s="29">
+      <c r="K148" s="19">
         <v>287.77</v>
       </c>
-      <c r="L148" s="29">
+      <c r="L148" s="19">
         <v>302.69</v>
       </c>
-      <c r="M148" s="29">
-[...14 lines deleted...]
-      <c r="E149" s="27" t="s">
+      <c r="M148" s="19">
+        <v>393.12</v>
+      </c>
+      <c r="N148" s="19">
+        <v>398.06</v>
+      </c>
+      <c r="O148" s="19">
+        <v>432.76</v>
+      </c>
+      <c r="P148" s="19">
+        <v>440</v>
+      </c>
+      <c r="Q148" s="19">
+        <v>301.79000000000002</v>
+      </c>
+      <c r="R148" s="19">
+        <v>302.16000000000003</v>
+      </c>
+      <c r="S148" s="19">
+        <v>306</v>
+      </c>
+      <c r="T148" s="19">
+        <v>307.22000000000003</v>
+      </c>
+    </row>
+    <row r="149" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="27"/>
+      <c r="B149" s="27"/>
+      <c r="C149" s="24"/>
+      <c r="D149" s="28"/>
+      <c r="E149" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F149" s="29">
+      <c r="F149" s="19">
         <v>40.92</v>
       </c>
-      <c r="G149" s="29">
+      <c r="G149" s="19">
         <v>46.15</v>
       </c>
-      <c r="H149" s="29">
+      <c r="H149" s="19">
         <v>42.47</v>
       </c>
-      <c r="I149" s="29">
+      <c r="I149" s="19">
         <v>25.62</v>
       </c>
-      <c r="J149" s="29">
+      <c r="J149" s="19">
         <v>40.61</v>
       </c>
-      <c r="K149" s="29">
+      <c r="K149" s="19">
         <v>31.35</v>
       </c>
-      <c r="L149" s="29">
+      <c r="L149" s="19">
         <v>18.920000000000002</v>
       </c>
-      <c r="M149" s="29">
+      <c r="M149" s="19">
         <v>36.42</v>
       </c>
-      <c r="N149" s="29">
+      <c r="N149" s="19">
         <v>44.23</v>
       </c>
-      <c r="O149" s="29">
+      <c r="O149" s="19">
         <v>34.61</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C150" s="33"/>
+      <c r="P149" s="19">
+        <v>27.19</v>
+      </c>
+      <c r="Q149" s="19">
+        <v>23.92</v>
+      </c>
+      <c r="R149" s="19">
+        <v>26.01</v>
+      </c>
+      <c r="S149" s="19">
+        <v>24.7</v>
+      </c>
+      <c r="T149" s="19">
+        <v>25.84</v>
+      </c>
+    </row>
+    <row r="150" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="27"/>
+      <c r="B150" s="27"/>
+      <c r="C150" s="24"/>
       <c r="D150" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E150" s="27" t="s">
+      <c r="E150" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F150" s="29">
+      <c r="F150" s="19">
         <v>271.2</v>
       </c>
-      <c r="G150" s="29">
+      <c r="G150" s="19">
         <v>293.43</v>
       </c>
-      <c r="H150" s="29">
+      <c r="H150" s="19">
         <v>295.83999999999997</v>
       </c>
-      <c r="I150" s="29">
+      <c r="I150" s="19">
         <v>339.85</v>
       </c>
-      <c r="J150" s="29">
+      <c r="J150" s="19">
         <v>339.8</v>
       </c>
-      <c r="K150" s="29">
+      <c r="K150" s="19">
         <v>313.86</v>
       </c>
-      <c r="L150" s="29">
+      <c r="L150" s="19">
         <v>317.57</v>
       </c>
-      <c r="M150" s="29">
-[...14 lines deleted...]
-      <c r="E151" s="27" t="s">
+      <c r="M150" s="19">
+        <v>404.1</v>
+      </c>
+      <c r="N150" s="19">
+        <v>410.26</v>
+      </c>
+      <c r="O150" s="19">
+        <v>446.64</v>
+      </c>
+      <c r="P150" s="19">
+        <v>448.64</v>
+      </c>
+      <c r="Q150" s="19">
+        <v>318.99</v>
+      </c>
+      <c r="R150" s="19">
+        <v>323.02</v>
+      </c>
+      <c r="S150" s="19">
+        <v>326.2</v>
+      </c>
+      <c r="T150" s="19">
+        <v>326.95</v>
+      </c>
+    </row>
+    <row r="151" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="27"/>
+      <c r="B151" s="28"/>
+      <c r="C151" s="25"/>
+      <c r="D151" s="28"/>
+      <c r="E151" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F151" s="29">
+      <c r="F151" s="19">
         <v>11.45</v>
       </c>
-      <c r="G151" s="29">
+      <c r="G151" s="19">
         <v>8.64</v>
       </c>
-      <c r="H151" s="29">
+      <c r="H151" s="19">
         <v>7.17</v>
       </c>
-      <c r="I151" s="29">
+      <c r="I151" s="19">
         <v>8.19</v>
       </c>
-      <c r="J151" s="29">
+      <c r="J151" s="19">
         <v>9.93</v>
       </c>
-      <c r="K151" s="29">
+      <c r="K151" s="19">
         <v>5.26</v>
       </c>
-      <c r="L151" s="29">
+      <c r="L151" s="19">
         <v>4.04</v>
       </c>
-      <c r="M151" s="29">
+      <c r="M151" s="19">
         <v>7.99</v>
       </c>
-      <c r="N151" s="29">
+      <c r="N151" s="19">
         <v>9.08</v>
       </c>
-      <c r="O151" s="29">
+      <c r="O151" s="19">
         <v>5.73</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A152" s="30"/>
+      <c r="P151" s="19">
+        <v>5.12</v>
+      </c>
+      <c r="Q151" s="19">
+        <v>6.71</v>
+      </c>
+      <c r="R151" s="19">
+        <v>5.15</v>
+      </c>
+      <c r="S151" s="19">
+        <v>4.5</v>
+      </c>
+      <c r="T151" s="19">
+        <v>6.11</v>
+      </c>
+    </row>
+    <row r="152" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="27"/>
       <c r="B152" s="26" t="s">
         <v>34</v>
       </c>
-      <c r="C152" s="32"/>
-      <c r="D152" s="27" t="s">
+      <c r="C152" s="23"/>
+      <c r="D152" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E152" s="28"/>
-      <c r="F152" s="29">
+      <c r="E152" s="18"/>
+      <c r="F152" s="19">
         <v>228</v>
       </c>
-      <c r="G152" s="29">
+      <c r="G152" s="19">
         <v>224.95</v>
       </c>
-      <c r="H152" s="29">
+      <c r="H152" s="19">
         <v>225.66</v>
       </c>
-      <c r="I152" s="29">
+      <c r="I152" s="19">
         <v>256.06</v>
       </c>
-      <c r="J152" s="29">
+      <c r="J152" s="19">
         <v>256.89999999999998</v>
       </c>
-      <c r="K152" s="29">
+      <c r="K152" s="19">
         <v>249.86</v>
       </c>
-      <c r="L152" s="29">
+      <c r="L152" s="19">
         <v>250.73</v>
       </c>
-      <c r="M152" s="29">
+      <c r="M152" s="19">
         <v>251.61</v>
       </c>
-      <c r="N152" s="29">
+      <c r="N152" s="19">
         <v>252.49</v>
       </c>
-      <c r="O152" s="29">
+      <c r="O152" s="19">
         <v>249.89</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C153" s="33"/>
+      <c r="P152" s="19">
+        <v>250.73</v>
+      </c>
+      <c r="Q152" s="19">
+        <v>251.59</v>
+      </c>
+      <c r="R152" s="19">
+        <v>252.45</v>
+      </c>
+      <c r="S152" s="19">
+        <v>274.2</v>
+      </c>
+      <c r="T152" s="19">
+        <v>275.10000000000002</v>
+      </c>
+    </row>
+    <row r="153" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="27"/>
+      <c r="B153" s="27"/>
+      <c r="C153" s="24"/>
       <c r="D153" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E153" s="27" t="s">
+      <c r="E153" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F153" s="29">
+      <c r="F153" s="19">
         <v>38.46</v>
       </c>
-      <c r="G153" s="29">
+      <c r="G153" s="19">
         <v>34.89</v>
       </c>
-      <c r="H153" s="29">
+      <c r="H153" s="19">
         <v>40.01</v>
       </c>
-      <c r="I153" s="29">
+      <c r="I153" s="19">
         <v>56.42</v>
       </c>
-      <c r="J153" s="29">
+      <c r="J153" s="19">
         <v>43.77</v>
       </c>
-      <c r="K153" s="29">
+      <c r="K153" s="19">
         <v>55.03</v>
       </c>
-      <c r="L153" s="29">
+      <c r="L153" s="19">
         <v>43.29</v>
       </c>
-      <c r="M153" s="29">
-[...14 lines deleted...]
-      <c r="E154" s="27" t="s">
+      <c r="M153" s="19">
+        <v>49.35</v>
+      </c>
+      <c r="N153" s="19">
+        <v>37.51</v>
+      </c>
+      <c r="O153" s="19">
+        <v>48.32</v>
+      </c>
+      <c r="P153" s="19">
+        <v>49.41</v>
+      </c>
+      <c r="Q153" s="19">
+        <v>33.94</v>
+      </c>
+      <c r="R153" s="19">
+        <v>39.54</v>
+      </c>
+      <c r="S153" s="19">
+        <v>56.2</v>
+      </c>
+      <c r="T153" s="19">
+        <v>54.67</v>
+      </c>
+    </row>
+    <row r="154" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="27"/>
+      <c r="B154" s="27"/>
+      <c r="C154" s="24"/>
+      <c r="D154" s="28"/>
+      <c r="E154" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F154" s="29">
+      <c r="F154" s="19">
         <v>189.54</v>
       </c>
-      <c r="G154" s="29">
+      <c r="G154" s="19">
         <v>190.06</v>
       </c>
-      <c r="H154" s="29">
+      <c r="H154" s="19">
         <v>185.65</v>
       </c>
-      <c r="I154" s="29">
+      <c r="I154" s="19">
         <v>199.63</v>
       </c>
-      <c r="J154" s="29">
+      <c r="J154" s="19">
         <v>213.13</v>
       </c>
-      <c r="K154" s="29">
+      <c r="K154" s="19">
         <v>194.83</v>
       </c>
-      <c r="L154" s="29">
+      <c r="L154" s="19">
         <v>207.44</v>
       </c>
-      <c r="M154" s="29">
+      <c r="M154" s="19">
         <v>195.52</v>
       </c>
-      <c r="N154" s="29">
+      <c r="N154" s="19">
         <v>211.78</v>
       </c>
-      <c r="O154" s="29">
+      <c r="O154" s="19">
         <v>207.51</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C155" s="33"/>
+      <c r="P154" s="19">
+        <v>215.93</v>
+      </c>
+      <c r="Q154" s="19">
+        <v>217.64</v>
+      </c>
+      <c r="R154" s="19">
+        <v>212.9</v>
+      </c>
+      <c r="S154" s="19">
+        <v>218</v>
+      </c>
+      <c r="T154" s="19">
+        <v>220.43</v>
+      </c>
+    </row>
+    <row r="155" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="27"/>
+      <c r="B155" s="27"/>
+      <c r="C155" s="24"/>
       <c r="D155" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E155" s="27" t="s">
+      <c r="E155" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F155" s="29">
+      <c r="F155" s="19">
         <v>207.72</v>
       </c>
-      <c r="G155" s="29">
+      <c r="G155" s="19">
         <v>204.06</v>
       </c>
-      <c r="H155" s="29">
+      <c r="H155" s="19">
         <v>206.45</v>
       </c>
-      <c r="I155" s="29">
+      <c r="I155" s="19">
         <v>225.31</v>
       </c>
-      <c r="J155" s="29">
+      <c r="J155" s="19">
         <v>225.07</v>
       </c>
-      <c r="K155" s="29">
+      <c r="K155" s="19">
         <v>227.49</v>
       </c>
-      <c r="L155" s="29">
+      <c r="L155" s="19">
         <v>224.07</v>
       </c>
-      <c r="M155" s="29">
-[...14 lines deleted...]
-      <c r="E156" s="27" t="s">
+      <c r="M155" s="19">
+        <v>169.52</v>
+      </c>
+      <c r="N155" s="19">
+        <v>171.77</v>
+      </c>
+      <c r="O155" s="19">
+        <v>183.47</v>
+      </c>
+      <c r="P155" s="19">
+        <v>182.91</v>
+      </c>
+      <c r="Q155" s="19">
+        <v>229.21</v>
+      </c>
+      <c r="R155" s="19">
+        <v>225.95</v>
+      </c>
+      <c r="S155" s="19">
+        <v>252.5</v>
+      </c>
+      <c r="T155" s="19">
+        <v>254.78</v>
+      </c>
+    </row>
+    <row r="156" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="27"/>
+      <c r="B156" s="27"/>
+      <c r="C156" s="24"/>
+      <c r="D156" s="28"/>
+      <c r="E156" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F156" s="29">
+      <c r="F156" s="19">
         <v>20.28</v>
       </c>
-      <c r="G156" s="29">
+      <c r="G156" s="19">
         <v>20.89</v>
       </c>
-      <c r="H156" s="29">
+      <c r="H156" s="19">
         <v>19.21</v>
       </c>
-      <c r="I156" s="29">
+      <c r="I156" s="19">
         <v>30.75</v>
       </c>
-      <c r="J156" s="29">
+      <c r="J156" s="19">
         <v>31.83</v>
       </c>
-      <c r="K156" s="29">
+      <c r="K156" s="19">
         <v>22.37</v>
       </c>
-      <c r="L156" s="29">
+      <c r="L156" s="19">
         <v>26.66</v>
       </c>
-      <c r="M156" s="29">
+      <c r="M156" s="19">
         <v>27.46</v>
       </c>
-      <c r="N156" s="29">
+      <c r="N156" s="19">
         <v>25.13</v>
       </c>
-      <c r="O156" s="29">
+      <c r="O156" s="19">
         <v>24.45</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C157" s="33"/>
+      <c r="P156" s="19">
+        <v>19.71</v>
+      </c>
+      <c r="Q156" s="19">
+        <v>22.38</v>
+      </c>
+      <c r="R156" s="19">
+        <v>26.49</v>
+      </c>
+      <c r="S156" s="19">
+        <v>21.7</v>
+      </c>
+      <c r="T156" s="19">
+        <v>20.32</v>
+      </c>
+    </row>
+    <row r="157" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="27"/>
+      <c r="B157" s="27"/>
+      <c r="C157" s="24"/>
       <c r="D157" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E157" s="27" t="s">
+      <c r="E157" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F157" s="29">
+      <c r="F157" s="19">
         <v>225.08</v>
       </c>
-      <c r="G157" s="29">
+      <c r="G157" s="19">
         <v>221.95</v>
       </c>
-      <c r="H157" s="29">
+      <c r="H157" s="19">
         <v>221.56</v>
       </c>
-      <c r="I157" s="29">
+      <c r="I157" s="19">
         <v>247.28</v>
       </c>
-      <c r="J157" s="29">
+      <c r="J157" s="19">
         <v>249.88</v>
       </c>
-      <c r="K157" s="29">
+      <c r="K157" s="19">
         <v>244.56</v>
       </c>
-      <c r="L157" s="29">
+      <c r="L157" s="19">
         <v>247.5</v>
       </c>
-      <c r="M157" s="29">
-[...14 lines deleted...]
-      <c r="E158" s="27" t="s">
+      <c r="M157" s="19">
+        <v>184.83</v>
+      </c>
+      <c r="N157" s="19">
+        <v>183.93</v>
+      </c>
+      <c r="O157" s="19">
+        <v>193.65</v>
+      </c>
+      <c r="P157" s="19">
+        <v>193.04</v>
+      </c>
+      <c r="Q157" s="19">
+        <v>243.52</v>
+      </c>
+      <c r="R157" s="19">
+        <v>245.02</v>
+      </c>
+      <c r="S157" s="19">
+        <v>266.5</v>
+      </c>
+      <c r="T157" s="19">
+        <v>265.62</v>
+      </c>
+    </row>
+    <row r="158" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="27"/>
+      <c r="B158" s="28"/>
+      <c r="C158" s="25"/>
+      <c r="D158" s="28"/>
+      <c r="E158" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F158" s="29">
+      <c r="F158" s="19">
         <v>2.92</v>
       </c>
-      <c r="G158" s="29">
+      <c r="G158" s="19">
         <v>3</v>
       </c>
-      <c r="H158" s="29">
+      <c r="H158" s="19">
         <v>4.1100000000000003</v>
       </c>
-      <c r="I158" s="29">
+      <c r="I158" s="19">
         <v>8.77</v>
       </c>
-      <c r="J158" s="29">
+      <c r="J158" s="19">
         <v>7.02</v>
       </c>
-      <c r="K158" s="29">
+      <c r="K158" s="19">
         <v>5.3</v>
       </c>
-      <c r="L158" s="29">
+      <c r="L158" s="19">
         <v>3.23</v>
       </c>
-      <c r="M158" s="29">
+      <c r="M158" s="19">
         <v>8.01</v>
       </c>
-      <c r="N158" s="29">
+      <c r="N158" s="19">
         <v>8.39</v>
       </c>
-      <c r="O158" s="29">
+      <c r="O158" s="19">
         <v>5.2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A159" s="30"/>
+      <c r="P158" s="19">
+        <v>3.35</v>
+      </c>
+      <c r="Q158" s="19">
+        <v>8.07</v>
+      </c>
+      <c r="R158" s="19">
+        <v>7.42</v>
+      </c>
+      <c r="S158" s="19">
+        <v>7.7</v>
+      </c>
+      <c r="T158" s="19">
+        <v>9.48</v>
+      </c>
+    </row>
+    <row r="159" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="27"/>
       <c r="B159" s="26" t="s">
         <v>35</v>
       </c>
-      <c r="C159" s="32"/>
-      <c r="D159" s="27" t="s">
+      <c r="C159" s="23"/>
+      <c r="D159" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E159" s="28"/>
-      <c r="F159" s="29">
+      <c r="E159" s="18"/>
+      <c r="F159" s="19">
         <v>101.18</v>
       </c>
-      <c r="G159" s="29">
+      <c r="G159" s="19">
         <v>103.74</v>
       </c>
-      <c r="H159" s="29">
+      <c r="H159" s="19">
         <v>104.11</v>
       </c>
-      <c r="I159" s="29">
+      <c r="I159" s="19">
         <v>90.7</v>
       </c>
-      <c r="J159" s="29">
+      <c r="J159" s="19">
         <v>90.81</v>
       </c>
-      <c r="K159" s="29">
+      <c r="K159" s="19">
         <v>88.39</v>
       </c>
-      <c r="L159" s="29">
+      <c r="L159" s="19">
         <v>88.49</v>
       </c>
-      <c r="M159" s="29">
+      <c r="M159" s="19">
         <v>88.6</v>
       </c>
-      <c r="N159" s="29">
+      <c r="N159" s="19">
         <v>88.7</v>
       </c>
-      <c r="O159" s="29">
+      <c r="O159" s="19">
         <v>90.5</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C160" s="33"/>
+      <c r="P159" s="19">
+        <v>90.61</v>
+      </c>
+      <c r="Q159" s="19">
+        <v>90.72</v>
+      </c>
+      <c r="R159" s="19">
+        <v>90.83</v>
+      </c>
+      <c r="S159" s="19">
+        <v>91.1</v>
+      </c>
+      <c r="T159" s="19">
+        <v>91.19</v>
+      </c>
+    </row>
+    <row r="160" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="27"/>
+      <c r="B160" s="27"/>
+      <c r="C160" s="24"/>
       <c r="D160" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E160" s="27" t="s">
+      <c r="E160" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F160" s="29">
+      <c r="F160" s="19">
         <v>24.92</v>
       </c>
-      <c r="G160" s="29">
+      <c r="G160" s="19">
         <v>29.34</v>
       </c>
-      <c r="H160" s="29">
+      <c r="H160" s="19">
         <v>27.61</v>
       </c>
-      <c r="I160" s="29">
+      <c r="I160" s="19">
         <v>20.28</v>
       </c>
-      <c r="J160" s="29">
+      <c r="J160" s="19">
         <v>19.309999999999999</v>
       </c>
-      <c r="K160" s="29">
+      <c r="K160" s="19">
         <v>20</v>
       </c>
-      <c r="L160" s="29">
+      <c r="L160" s="19">
         <v>19.07</v>
       </c>
-      <c r="M160" s="29">
-[...14 lines deleted...]
-      <c r="E161" s="27" t="s">
+      <c r="M160" s="19">
+        <v>17.809999999999999</v>
+      </c>
+      <c r="N160" s="19">
+        <v>14.88</v>
+      </c>
+      <c r="O160" s="19">
+        <v>14.16</v>
+      </c>
+      <c r="P160" s="19">
+        <v>16.41</v>
+      </c>
+      <c r="Q160" s="19">
+        <v>16.84</v>
+      </c>
+      <c r="R160" s="19">
+        <v>19.38</v>
+      </c>
+      <c r="S160" s="19">
+        <v>19.5</v>
+      </c>
+      <c r="T160" s="19">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="161" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="27"/>
+      <c r="B161" s="27"/>
+      <c r="C161" s="24"/>
+      <c r="D161" s="28"/>
+      <c r="E161" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F161" s="29">
+      <c r="F161" s="19">
         <v>76.260000000000005</v>
       </c>
-      <c r="G161" s="29">
+      <c r="G161" s="19">
         <v>74.400000000000006</v>
       </c>
-      <c r="H161" s="29">
+      <c r="H161" s="19">
         <v>76.489999999999995</v>
       </c>
-      <c r="I161" s="29">
+      <c r="I161" s="19">
         <v>70.430000000000007</v>
       </c>
-      <c r="J161" s="29">
+      <c r="J161" s="19">
         <v>71.5</v>
       </c>
-      <c r="K161" s="29">
+      <c r="K161" s="19">
         <v>68.39</v>
       </c>
-      <c r="L161" s="29">
+      <c r="L161" s="19">
         <v>69.42</v>
       </c>
-      <c r="M161" s="29">
+      <c r="M161" s="19">
         <v>71.349999999999994</v>
       </c>
-      <c r="N161" s="29">
+      <c r="N161" s="19">
         <v>70.61</v>
       </c>
-      <c r="O161" s="29">
+      <c r="O161" s="19">
         <v>69.47</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C162" s="33"/>
+      <c r="P161" s="19">
+        <v>70.52</v>
+      </c>
+      <c r="Q161" s="19">
+        <v>73.88</v>
+      </c>
+      <c r="R161" s="19">
+        <v>71.45</v>
+      </c>
+      <c r="S161" s="19">
+        <v>71.599999999999994</v>
+      </c>
+      <c r="T161" s="19">
+        <v>72.680000000000007</v>
+      </c>
+    </row>
+    <row r="162" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="27"/>
+      <c r="B162" s="27"/>
+      <c r="C162" s="24"/>
       <c r="D162" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E162" s="27" t="s">
+      <c r="E162" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F162" s="29">
+      <c r="F162" s="19">
         <v>82.67</v>
       </c>
-      <c r="G162" s="29">
+      <c r="G162" s="19">
         <v>90.21</v>
       </c>
-      <c r="H162" s="29">
+      <c r="H162" s="19">
         <v>89.64</v>
       </c>
-      <c r="I162" s="29">
+      <c r="I162" s="19">
         <v>79.27</v>
       </c>
-      <c r="J162" s="29">
+      <c r="J162" s="19">
         <v>75.2</v>
       </c>
-      <c r="K162" s="29">
+      <c r="K162" s="19">
         <v>76.209999999999994</v>
       </c>
-      <c r="L162" s="29">
+      <c r="L162" s="19">
         <v>76.53</v>
       </c>
-      <c r="M162" s="29">
-[...14 lines deleted...]
-      <c r="E163" s="27" t="s">
+      <c r="M162" s="19">
+        <v>87.96</v>
+      </c>
+      <c r="N162" s="19">
+        <v>92.49</v>
+      </c>
+      <c r="O162" s="19">
+        <v>90.02</v>
+      </c>
+      <c r="P162" s="19">
+        <v>89.83</v>
+      </c>
+      <c r="Q162" s="19">
+        <v>77.069999999999993</v>
+      </c>
+      <c r="R162" s="19">
+        <v>76.84</v>
+      </c>
+      <c r="S162" s="19">
+        <v>79.3</v>
+      </c>
+      <c r="T162" s="19">
+        <v>79.290000000000006</v>
+      </c>
+    </row>
+    <row r="163" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="27"/>
+      <c r="B163" s="27"/>
+      <c r="C163" s="24"/>
+      <c r="D163" s="28"/>
+      <c r="E163" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F163" s="29">
+      <c r="F163" s="19">
         <v>18.510000000000002</v>
       </c>
-      <c r="G163" s="29">
+      <c r="G163" s="19">
         <v>13.53</v>
       </c>
-      <c r="H163" s="29">
+      <c r="H163" s="19">
         <v>14.47</v>
       </c>
-      <c r="I163" s="29">
+      <c r="I163" s="19">
         <v>11.43</v>
       </c>
-      <c r="J163" s="29">
+      <c r="J163" s="19">
         <v>15.6</v>
       </c>
-      <c r="K163" s="29">
+      <c r="K163" s="19">
         <v>12.19</v>
       </c>
-      <c r="L163" s="29">
+      <c r="L163" s="19">
         <v>11.96</v>
       </c>
-      <c r="M163" s="29">
+      <c r="M163" s="19">
         <v>13.32</v>
       </c>
-      <c r="N163" s="29">
+      <c r="N163" s="19">
         <v>13.61</v>
       </c>
-      <c r="O163" s="29">
+      <c r="O163" s="19">
         <v>13.25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C164" s="33"/>
+      <c r="P163" s="19">
+        <v>12.2</v>
+      </c>
+      <c r="Q163" s="19">
+        <v>13.65</v>
+      </c>
+      <c r="R163" s="19">
+        <v>13.99</v>
+      </c>
+      <c r="S163" s="19">
+        <v>11.8</v>
+      </c>
+      <c r="T163" s="19">
+        <v>11.9</v>
+      </c>
+    </row>
+    <row r="164" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="27"/>
+      <c r="B164" s="27"/>
+      <c r="C164" s="24"/>
       <c r="D164" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E164" s="27" t="s">
+      <c r="E164" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F164" s="29">
+      <c r="F164" s="19">
         <v>96.45</v>
       </c>
-      <c r="G164" s="29">
+      <c r="G164" s="19">
         <v>100.46</v>
       </c>
-      <c r="H164" s="29">
+      <c r="H164" s="19">
         <v>100.83</v>
       </c>
-      <c r="I164" s="29">
+      <c r="I164" s="19">
         <v>87.24</v>
       </c>
-      <c r="J164" s="29">
+      <c r="J164" s="19">
         <v>86.32</v>
       </c>
-      <c r="K164" s="29">
+      <c r="K164" s="19">
         <v>84.88</v>
       </c>
-      <c r="L164" s="29">
+      <c r="L164" s="19">
         <v>85.33</v>
       </c>
-      <c r="M164" s="29">
-[...14 lines deleted...]
-      <c r="E165" s="27" t="s">
+      <c r="M164" s="19">
+        <v>95.81</v>
+      </c>
+      <c r="N164" s="19">
+        <v>96.68</v>
+      </c>
+      <c r="O164" s="19">
+        <v>97.2</v>
+      </c>
+      <c r="P164" s="19">
+        <v>96.3</v>
+      </c>
+      <c r="Q164" s="19">
+        <v>86.41</v>
+      </c>
+      <c r="R164" s="19">
+        <v>86.19</v>
+      </c>
+      <c r="S164" s="19">
+        <v>87.6</v>
+      </c>
+      <c r="T164" s="19">
+        <v>87.86</v>
+      </c>
+    </row>
+    <row r="165" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="27"/>
+      <c r="B165" s="28"/>
+      <c r="C165" s="25"/>
+      <c r="D165" s="28"/>
+      <c r="E165" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F165" s="29">
+      <c r="F165" s="19">
         <v>4.7300000000000004</v>
       </c>
-      <c r="G165" s="29">
+      <c r="G165" s="19">
         <v>3.28</v>
       </c>
-      <c r="H165" s="29">
+      <c r="H165" s="19">
         <v>3.27</v>
       </c>
-      <c r="I165" s="29">
+      <c r="I165" s="19">
         <v>3.46</v>
       </c>
-      <c r="J165" s="29">
+      <c r="J165" s="19">
         <v>4.49</v>
       </c>
-      <c r="K165" s="29">
+      <c r="K165" s="19">
         <v>3.51</v>
       </c>
-      <c r="L165" s="29">
+      <c r="L165" s="19">
         <v>3.16</v>
       </c>
-      <c r="M165" s="29">
+      <c r="M165" s="19">
         <v>3.12</v>
       </c>
-      <c r="N165" s="29">
+      <c r="N165" s="19">
         <v>4.17</v>
       </c>
-      <c r="O165" s="29">
+      <c r="O165" s="19">
         <v>3.15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A166" s="30"/>
+      <c r="P165" s="19">
+        <v>2.37</v>
+      </c>
+      <c r="Q165" s="19">
+        <v>4.3099999999999996</v>
+      </c>
+      <c r="R165" s="19">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="S165" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="T165" s="19">
+        <v>3.33</v>
+      </c>
+    </row>
+    <row r="166" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="27"/>
       <c r="B166" s="26" t="s">
         <v>36</v>
       </c>
-      <c r="C166" s="32"/>
-      <c r="D166" s="27" t="s">
+      <c r="C166" s="23"/>
+      <c r="D166" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E166" s="28"/>
-      <c r="F166" s="29">
+      <c r="E166" s="18"/>
+      <c r="F166" s="19">
         <v>212.13</v>
       </c>
-      <c r="G166" s="29">
+      <c r="G166" s="19">
         <v>214.78</v>
       </c>
-      <c r="H166" s="29">
+      <c r="H166" s="19">
         <v>215.46</v>
       </c>
-      <c r="I166" s="29">
+      <c r="I166" s="19">
         <v>216.36</v>
       </c>
-      <c r="J166" s="29">
+      <c r="J166" s="19">
         <v>217.07</v>
       </c>
-      <c r="K166" s="29">
+      <c r="K166" s="19">
         <v>213.22</v>
       </c>
-      <c r="L166" s="29">
+      <c r="L166" s="19">
         <v>213.95</v>
       </c>
-      <c r="M166" s="29">
+      <c r="M166" s="19">
         <v>214.7</v>
       </c>
-      <c r="N166" s="29">
+      <c r="N166" s="19">
         <v>215.45</v>
       </c>
-      <c r="O166" s="29">
+      <c r="O166" s="19">
         <v>225.06</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C167" s="33"/>
+      <c r="P166" s="19">
+        <v>225.82</v>
+      </c>
+      <c r="Q166" s="19">
+        <v>226.58</v>
+      </c>
+      <c r="R166" s="19">
+        <v>227.35</v>
+      </c>
+      <c r="S166" s="19">
+        <v>224.8</v>
+      </c>
+      <c r="T166" s="19">
+        <v>225.49</v>
+      </c>
+    </row>
+    <row r="167" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="27"/>
+      <c r="B167" s="27"/>
+      <c r="C167" s="24"/>
       <c r="D167" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E167" s="27" t="s">
+      <c r="E167" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F167" s="29">
+      <c r="F167" s="19">
         <v>39.5</v>
       </c>
-      <c r="G167" s="29">
+      <c r="G167" s="19">
         <v>41.69</v>
       </c>
-      <c r="H167" s="29">
+      <c r="H167" s="19">
         <v>34.979999999999997</v>
       </c>
-      <c r="I167" s="29">
+      <c r="I167" s="19">
         <v>39.119999999999997</v>
       </c>
-      <c r="J167" s="29">
+      <c r="J167" s="19">
         <v>35.590000000000003</v>
       </c>
-      <c r="K167" s="29">
+      <c r="K167" s="19">
         <v>25.4</v>
       </c>
-      <c r="L167" s="29">
+      <c r="L167" s="19">
         <v>28.58</v>
       </c>
-      <c r="M167" s="29">
-[...14 lines deleted...]
-      <c r="E168" s="27" t="s">
+      <c r="M167" s="19">
+        <v>63.56</v>
+      </c>
+      <c r="N167" s="19">
+        <v>46.12</v>
+      </c>
+      <c r="O167" s="19">
+        <v>66.83</v>
+      </c>
+      <c r="P167" s="19">
+        <v>71.599999999999994</v>
+      </c>
+      <c r="Q167" s="19">
+        <v>33.68</v>
+      </c>
+      <c r="R167" s="19">
+        <v>36</v>
+      </c>
+      <c r="S167" s="19">
+        <v>38.1</v>
+      </c>
+      <c r="T167" s="19">
+        <v>32.06</v>
+      </c>
+    </row>
+    <row r="168" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A168" s="27"/>
+      <c r="B168" s="27"/>
+      <c r="C168" s="24"/>
+      <c r="D168" s="28"/>
+      <c r="E168" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F168" s="29">
+      <c r="F168" s="19">
         <v>172.63</v>
       </c>
-      <c r="G168" s="29">
+      <c r="G168" s="19">
         <v>173.09</v>
       </c>
-      <c r="H168" s="29">
+      <c r="H168" s="19">
         <v>180.48</v>
       </c>
-      <c r="I168" s="29">
+      <c r="I168" s="19">
         <v>177.25</v>
       </c>
-      <c r="J168" s="29">
+      <c r="J168" s="19">
         <v>181.48</v>
       </c>
-      <c r="K168" s="29">
+      <c r="K168" s="19">
         <v>187.82</v>
       </c>
-      <c r="L168" s="29">
+      <c r="L168" s="19">
         <v>185.38</v>
       </c>
-      <c r="M168" s="29">
+      <c r="M168" s="19">
         <v>183.4</v>
       </c>
-      <c r="N168" s="29">
+      <c r="N168" s="19">
         <v>188.18</v>
       </c>
-      <c r="O168" s="29">
+      <c r="O168" s="19">
         <v>201.51</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C169" s="33"/>
+      <c r="P168" s="19">
+        <v>199.35</v>
+      </c>
+      <c r="Q168" s="19">
+        <v>192.9</v>
+      </c>
+      <c r="R168" s="19">
+        <v>191.35</v>
+      </c>
+      <c r="S168" s="19">
+        <v>186.7</v>
+      </c>
+      <c r="T168" s="19">
+        <v>193.43</v>
+      </c>
+    </row>
+    <row r="169" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A169" s="27"/>
+      <c r="B169" s="27"/>
+      <c r="C169" s="24"/>
       <c r="D169" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E169" s="27" t="s">
+      <c r="E169" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F169" s="29">
+      <c r="F169" s="19">
         <v>184.52</v>
       </c>
-      <c r="G169" s="29">
+      <c r="G169" s="19">
         <v>193.27</v>
       </c>
-      <c r="H169" s="29">
+      <c r="H169" s="19">
         <v>192.49</v>
       </c>
-      <c r="I169" s="29">
+      <c r="I169" s="19">
         <v>188.58</v>
       </c>
-      <c r="J169" s="29">
+      <c r="J169" s="19">
         <v>181.01</v>
       </c>
-      <c r="K169" s="29">
+      <c r="K169" s="19">
         <v>186.04</v>
       </c>
-      <c r="L169" s="29">
+      <c r="L169" s="19">
         <v>186.14</v>
       </c>
-      <c r="M169" s="29">
-[...14 lines deleted...]
-      <c r="E170" s="27" t="s">
+      <c r="M169" s="19">
+        <v>287.7</v>
+      </c>
+      <c r="N169" s="19">
+        <v>282.43</v>
+      </c>
+      <c r="O169" s="19">
+        <v>286.23</v>
+      </c>
+      <c r="P169" s="19">
+        <v>296.07</v>
+      </c>
+      <c r="Q169" s="19">
+        <v>204.47</v>
+      </c>
+      <c r="R169" s="19">
+        <v>195.47</v>
+      </c>
+      <c r="S169" s="19">
+        <v>200.3</v>
+      </c>
+      <c r="T169" s="19">
+        <v>207.15</v>
+      </c>
+    </row>
+    <row r="170" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A170" s="27"/>
+      <c r="B170" s="27"/>
+      <c r="C170" s="24"/>
+      <c r="D170" s="28"/>
+      <c r="E170" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F170" s="29">
+      <c r="F170" s="19">
         <v>27.61</v>
       </c>
-      <c r="G170" s="29">
+      <c r="G170" s="19">
         <v>21.51</v>
       </c>
-      <c r="H170" s="29">
+      <c r="H170" s="19">
         <v>22.97</v>
       </c>
-      <c r="I170" s="29">
+      <c r="I170" s="19">
         <v>27.78</v>
       </c>
-      <c r="J170" s="29">
+      <c r="J170" s="19">
         <v>36.06</v>
       </c>
-      <c r="K170" s="29">
+      <c r="K170" s="19">
         <v>27.18</v>
       </c>
-      <c r="L170" s="29">
+      <c r="L170" s="19">
         <v>27.81</v>
       </c>
-      <c r="M170" s="29">
+      <c r="M170" s="19">
         <v>28.36</v>
       </c>
-      <c r="N170" s="29">
+      <c r="N170" s="19">
         <v>27.47</v>
       </c>
-      <c r="O170" s="29">
+      <c r="O170" s="19">
         <v>30.34</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C171" s="33"/>
+      <c r="P170" s="19">
+        <v>24.38</v>
+      </c>
+      <c r="Q170" s="19">
+        <v>22.11</v>
+      </c>
+      <c r="R170" s="19">
+        <v>31.88</v>
+      </c>
+      <c r="S170" s="19">
+        <v>24.5</v>
+      </c>
+      <c r="T170" s="19">
+        <v>18.34</v>
+      </c>
+    </row>
+    <row r="171" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A171" s="27"/>
+      <c r="B171" s="27"/>
+      <c r="C171" s="24"/>
       <c r="D171" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E171" s="27" t="s">
+      <c r="E171" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F171" s="29">
+      <c r="F171" s="19">
         <v>199.74</v>
       </c>
-      <c r="G171" s="29">
+      <c r="G171" s="19">
         <v>207.48</v>
       </c>
-      <c r="H171" s="29">
+      <c r="H171" s="19">
         <v>205.53</v>
       </c>
-      <c r="I171" s="29">
+      <c r="I171" s="19">
         <v>205.93</v>
       </c>
-      <c r="J171" s="29">
+      <c r="J171" s="19">
         <v>206.31</v>
       </c>
-      <c r="K171" s="29">
+      <c r="K171" s="19">
         <v>201.14</v>
       </c>
-      <c r="L171" s="29">
+      <c r="L171" s="19">
         <v>203.28</v>
       </c>
-      <c r="M171" s="29">
-[...14 lines deleted...]
-      <c r="E172" s="27" t="s">
+      <c r="M171" s="19">
+        <v>316.13</v>
+      </c>
+      <c r="N171" s="19">
+        <v>317.58</v>
+      </c>
+      <c r="O171" s="19">
+        <v>315.11</v>
+      </c>
+      <c r="P171" s="19">
+        <v>318.14</v>
+      </c>
+      <c r="Q171" s="19">
+        <v>218.77</v>
+      </c>
+      <c r="R171" s="19">
+        <v>217.03</v>
+      </c>
+      <c r="S171" s="19">
+        <v>214.9</v>
+      </c>
+      <c r="T171" s="19">
+        <v>217.82</v>
+      </c>
+    </row>
+    <row r="172" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="27"/>
+      <c r="B172" s="28"/>
+      <c r="C172" s="25"/>
+      <c r="D172" s="28"/>
+      <c r="E172" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F172" s="29">
+      <c r="F172" s="19">
         <v>12.39</v>
       </c>
-      <c r="G172" s="29">
+      <c r="G172" s="19">
         <v>7.29</v>
       </c>
-      <c r="H172" s="29">
+      <c r="H172" s="19">
         <v>9.93</v>
       </c>
-      <c r="I172" s="29">
+      <c r="I172" s="19">
         <v>10.44</v>
       </c>
-      <c r="J172" s="29">
+      <c r="J172" s="19">
         <v>10.76</v>
       </c>
-      <c r="K172" s="29">
+      <c r="K172" s="19">
         <v>12.08</v>
       </c>
-      <c r="L172" s="29">
+      <c r="L172" s="19">
         <v>10.68</v>
       </c>
-      <c r="M172" s="29">
+      <c r="M172" s="19">
         <v>11.85</v>
       </c>
-      <c r="N172" s="29">
+      <c r="N172" s="19">
         <v>12.06</v>
       </c>
-      <c r="O172" s="29">
+      <c r="O172" s="19">
         <v>12.49</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A173" s="30"/>
+      <c r="P172" s="19">
+        <v>11.24</v>
+      </c>
+      <c r="Q172" s="19">
+        <v>7.81</v>
+      </c>
+      <c r="R172" s="19">
+        <v>10.32</v>
+      </c>
+      <c r="S172" s="19">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="T172" s="19">
+        <v>7.67</v>
+      </c>
+    </row>
+    <row r="173" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="27"/>
       <c r="B173" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="C173" s="32"/>
-      <c r="D173" s="27" t="s">
+      <c r="C173" s="23"/>
+      <c r="D173" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E173" s="28"/>
-      <c r="F173" s="29">
+      <c r="E173" s="18"/>
+      <c r="F173" s="19">
         <v>252.07</v>
       </c>
-      <c r="G173" s="29">
+      <c r="G173" s="19">
         <v>255.59</v>
       </c>
-      <c r="H173" s="29">
+      <c r="H173" s="19">
         <v>255.51</v>
       </c>
-      <c r="I173" s="29">
+      <c r="I173" s="19">
         <v>268.64</v>
       </c>
-      <c r="J173" s="29">
+      <c r="J173" s="19">
         <v>268.58</v>
       </c>
-      <c r="K173" s="29">
+      <c r="K173" s="19">
         <v>250.4</v>
       </c>
-      <c r="L173" s="29">
+      <c r="L173" s="19">
         <v>250.37</v>
       </c>
-      <c r="M173" s="29">
+      <c r="M173" s="19">
         <v>250.36</v>
       </c>
-      <c r="N173" s="29">
+      <c r="N173" s="19">
         <v>250.35</v>
       </c>
-      <c r="O173" s="29">
+      <c r="O173" s="19">
         <v>270.32</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C174" s="33"/>
+      <c r="P173" s="19">
+        <v>270.29000000000002</v>
+      </c>
+      <c r="Q173" s="19">
+        <v>270.26</v>
+      </c>
+      <c r="R173" s="19">
+        <v>270.23</v>
+      </c>
+      <c r="S173" s="19">
+        <v>269.5</v>
+      </c>
+      <c r="T173" s="19">
+        <v>269.39999999999998</v>
+      </c>
+    </row>
+    <row r="174" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="27"/>
+      <c r="B174" s="27"/>
+      <c r="C174" s="24"/>
       <c r="D174" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E174" s="27" t="s">
+      <c r="E174" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F174" s="29">
+      <c r="F174" s="19">
         <v>70.349999999999994</v>
       </c>
-      <c r="G174" s="29">
+      <c r="G174" s="19">
         <v>75.42</v>
       </c>
-      <c r="H174" s="29">
+      <c r="H174" s="19">
         <v>60.98</v>
       </c>
-      <c r="I174" s="29">
+      <c r="I174" s="19">
         <v>73.67</v>
       </c>
-      <c r="J174" s="29">
+      <c r="J174" s="19">
         <v>71.09</v>
       </c>
-      <c r="K174" s="29">
+      <c r="K174" s="19">
         <v>70.44</v>
       </c>
-      <c r="L174" s="29">
+      <c r="L174" s="19">
         <v>63.73</v>
       </c>
-      <c r="M174" s="29">
-[...14 lines deleted...]
-      <c r="E175" s="27" t="s">
+      <c r="M174" s="19">
+        <v>56.09</v>
+      </c>
+      <c r="N174" s="19">
+        <v>40.71</v>
+      </c>
+      <c r="O174" s="19">
+        <v>42.38</v>
+      </c>
+      <c r="P174" s="19">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="Q174" s="19">
+        <v>57.72</v>
+      </c>
+      <c r="R174" s="19">
+        <v>61.44</v>
+      </c>
+      <c r="S174" s="19">
+        <v>62.3</v>
+      </c>
+      <c r="T174" s="19">
+        <v>63.3</v>
+      </c>
+    </row>
+    <row r="175" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A175" s="27"/>
+      <c r="B175" s="27"/>
+      <c r="C175" s="24"/>
+      <c r="D175" s="28"/>
+      <c r="E175" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F175" s="29">
+      <c r="F175" s="19">
         <v>181.72</v>
       </c>
-      <c r="G175" s="29">
+      <c r="G175" s="19">
         <v>180.17</v>
       </c>
-      <c r="H175" s="29">
+      <c r="H175" s="19">
         <v>194.52</v>
       </c>
-      <c r="I175" s="29">
+      <c r="I175" s="19">
         <v>194.97</v>
       </c>
-      <c r="J175" s="29">
+      <c r="J175" s="19">
         <v>197.49</v>
       </c>
-      <c r="K175" s="29">
+      <c r="K175" s="19">
         <v>179.96</v>
       </c>
-      <c r="L175" s="29">
+      <c r="L175" s="19">
         <v>186.65</v>
       </c>
-      <c r="M175" s="29">
+      <c r="M175" s="19">
         <v>196.17</v>
       </c>
-      <c r="N175" s="29">
+      <c r="N175" s="19">
         <v>190.69</v>
       </c>
-      <c r="O175" s="29">
+      <c r="O175" s="19">
         <v>208.77</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C176" s="33"/>
+      <c r="P175" s="19">
+        <v>208.01</v>
+      </c>
+      <c r="Q175" s="19">
+        <v>212.54</v>
+      </c>
+      <c r="R175" s="19">
+        <v>208.8</v>
+      </c>
+      <c r="S175" s="19">
+        <v>207.2</v>
+      </c>
+      <c r="T175" s="19">
+        <v>206.1</v>
+      </c>
+    </row>
+    <row r="176" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A176" s="27"/>
+      <c r="B176" s="27"/>
+      <c r="C176" s="24"/>
       <c r="D176" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E176" s="27" t="s">
+      <c r="E176" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F176" s="29">
+      <c r="F176" s="19">
         <v>223.11</v>
       </c>
-      <c r="G176" s="29">
+      <c r="G176" s="19">
         <v>233.86</v>
       </c>
-      <c r="H176" s="29">
+      <c r="H176" s="19">
         <v>234.19</v>
       </c>
-      <c r="I176" s="29">
+      <c r="I176" s="19">
         <v>241.59</v>
       </c>
-      <c r="J176" s="29">
+      <c r="J176" s="19">
         <v>235.92</v>
       </c>
-      <c r="K176" s="29">
+      <c r="K176" s="19">
         <v>221.81</v>
       </c>
-      <c r="L176" s="29">
+      <c r="L176" s="19">
         <v>229.16</v>
       </c>
-      <c r="M176" s="29">
-[...14 lines deleted...]
-      <c r="E177" s="27" t="s">
+      <c r="M176" s="19">
+        <v>224.14</v>
+      </c>
+      <c r="N176" s="19">
+        <v>227.36</v>
+      </c>
+      <c r="O176" s="19">
+        <v>225.45</v>
+      </c>
+      <c r="P176" s="19">
+        <v>231.03</v>
+      </c>
+      <c r="Q176" s="19">
+        <v>248.4</v>
+      </c>
+      <c r="R176" s="19">
+        <v>243.43</v>
+      </c>
+      <c r="S176" s="19">
+        <v>247.2</v>
+      </c>
+      <c r="T176" s="19">
+        <v>252.73</v>
+      </c>
+    </row>
+    <row r="177" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="27"/>
+      <c r="B177" s="27"/>
+      <c r="C177" s="24"/>
+      <c r="D177" s="28"/>
+      <c r="E177" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F177" s="29">
+      <c r="F177" s="19">
         <v>28.96</v>
       </c>
-      <c r="G177" s="29">
+      <c r="G177" s="19">
         <v>21.73</v>
       </c>
-      <c r="H177" s="29">
+      <c r="H177" s="19">
         <v>21.32</v>
       </c>
-      <c r="I177" s="29">
+      <c r="I177" s="19">
         <v>27.05</v>
       </c>
-      <c r="J177" s="29">
+      <c r="J177" s="19">
         <v>32.659999999999997</v>
       </c>
-      <c r="K177" s="29">
+      <c r="K177" s="19">
         <v>28.59</v>
       </c>
-      <c r="L177" s="29">
+      <c r="L177" s="19">
         <v>21.22</v>
       </c>
-      <c r="M177" s="29">
+      <c r="M177" s="19">
         <v>21.65</v>
       </c>
-      <c r="N177" s="29">
+      <c r="N177" s="19">
         <v>23.92</v>
       </c>
-      <c r="O177" s="29">
+      <c r="O177" s="19">
         <v>24.09</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C178" s="33"/>
+      <c r="P177" s="19">
+        <v>21.53</v>
+      </c>
+      <c r="Q177" s="19">
+        <v>21.86</v>
+      </c>
+      <c r="R177" s="19">
+        <v>26.8</v>
+      </c>
+      <c r="S177" s="19">
+        <v>22.2</v>
+      </c>
+      <c r="T177" s="19">
+        <v>16.670000000000002</v>
+      </c>
+    </row>
+    <row r="178" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A178" s="27"/>
+      <c r="B178" s="27"/>
+      <c r="C178" s="24"/>
       <c r="D178" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E178" s="27" t="s">
+      <c r="E178" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F178" s="29">
+      <c r="F178" s="19">
         <v>243.41</v>
       </c>
-      <c r="G178" s="29">
+      <c r="G178" s="19">
         <v>249.51</v>
       </c>
-      <c r="H178" s="29">
+      <c r="H178" s="19">
         <v>247.27</v>
       </c>
-      <c r="I178" s="29">
+      <c r="I178" s="19">
         <v>259.45</v>
       </c>
-      <c r="J178" s="29">
+      <c r="J178" s="19">
         <v>258.42</v>
       </c>
-      <c r="K178" s="29">
+      <c r="K178" s="19">
         <v>240.49</v>
       </c>
-      <c r="L178" s="29">
+      <c r="L178" s="19">
         <v>242.48</v>
       </c>
-      <c r="M178" s="29">
-[...14 lines deleted...]
-      <c r="E179" s="27" t="s">
+      <c r="M178" s="19">
+        <v>243.59</v>
+      </c>
+      <c r="N178" s="19">
+        <v>244.11</v>
+      </c>
+      <c r="O178" s="19">
+        <v>244.69</v>
+      </c>
+      <c r="P178" s="19">
+        <v>247.39</v>
+      </c>
+      <c r="Q178" s="19">
+        <v>261.98</v>
+      </c>
+      <c r="R178" s="19">
+        <v>260.88</v>
+      </c>
+      <c r="S178" s="19">
+        <v>261.5</v>
+      </c>
+      <c r="T178" s="19">
+        <v>260.55</v>
+      </c>
+    </row>
+    <row r="179" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A179" s="27"/>
+      <c r="B179" s="28"/>
+      <c r="C179" s="25"/>
+      <c r="D179" s="28"/>
+      <c r="E179" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F179" s="29">
+      <c r="F179" s="19">
         <v>8.65</v>
       </c>
-      <c r="G179" s="29">
+      <c r="G179" s="19">
         <v>6.08</v>
       </c>
-      <c r="H179" s="29">
+      <c r="H179" s="19">
         <v>8.24</v>
       </c>
-      <c r="I179" s="29">
+      <c r="I179" s="19">
         <v>9.19</v>
       </c>
-      <c r="J179" s="29">
+      <c r="J179" s="19">
         <v>10.16</v>
       </c>
-      <c r="K179" s="29">
+      <c r="K179" s="19">
         <v>9.91</v>
       </c>
-      <c r="L179" s="29">
+      <c r="L179" s="19">
         <v>7.9</v>
       </c>
-      <c r="M179" s="29">
+      <c r="M179" s="19">
         <v>6.98</v>
       </c>
-      <c r="N179" s="29">
+      <c r="N179" s="19">
         <v>6.83</v>
       </c>
-      <c r="O179" s="29">
+      <c r="O179" s="19">
         <v>8.4700000000000006</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A180" s="30"/>
+      <c r="P179" s="19">
+        <v>9.26</v>
+      </c>
+      <c r="Q179" s="19">
+        <v>8.2799999999999994</v>
+      </c>
+      <c r="R179" s="19">
+        <v>9.36</v>
+      </c>
+      <c r="S179" s="19">
+        <v>8</v>
+      </c>
+      <c r="T179" s="19">
+        <v>8.85</v>
+      </c>
+    </row>
+    <row r="180" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A180" s="27"/>
       <c r="B180" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="C180" s="32"/>
-      <c r="D180" s="27" t="s">
+      <c r="C180" s="23"/>
+      <c r="D180" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E180" s="28"/>
-      <c r="F180" s="29">
+      <c r="E180" s="18"/>
+      <c r="F180" s="19">
         <v>249.2</v>
       </c>
-      <c r="G180" s="29">
+      <c r="G180" s="19">
         <v>246.87</v>
       </c>
-      <c r="H180" s="29">
+      <c r="H180" s="19">
         <v>246.7</v>
       </c>
-      <c r="I180" s="29">
+      <c r="I180" s="19">
         <v>271.68</v>
       </c>
-      <c r="J180" s="29">
+      <c r="J180" s="19">
         <v>271.75</v>
       </c>
-      <c r="K180" s="29">
+      <c r="K180" s="19">
         <v>260.64</v>
       </c>
-      <c r="L180" s="29">
+      <c r="L180" s="19">
         <v>260.67</v>
       </c>
-      <c r="M180" s="29">
+      <c r="M180" s="19">
         <v>260.7</v>
       </c>
-      <c r="N180" s="29">
+      <c r="N180" s="19">
         <v>260.74</v>
       </c>
-      <c r="O180" s="29">
+      <c r="O180" s="19">
         <v>279.58999999999997</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C181" s="33"/>
+      <c r="P180" s="19">
+        <v>279.58999999999997</v>
+      </c>
+      <c r="Q180" s="19">
+        <v>279.60000000000002</v>
+      </c>
+      <c r="R180" s="19">
+        <v>279.62</v>
+      </c>
+      <c r="S180" s="19">
+        <v>278</v>
+      </c>
+      <c r="T180" s="19">
+        <v>277.93</v>
+      </c>
+    </row>
+    <row r="181" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A181" s="27"/>
+      <c r="B181" s="27"/>
+      <c r="C181" s="24"/>
       <c r="D181" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E181" s="27" t="s">
+      <c r="E181" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F181" s="29">
+      <c r="F181" s="19">
         <v>55.08</v>
       </c>
-      <c r="G181" s="29">
+      <c r="G181" s="19">
         <v>49.9</v>
       </c>
-      <c r="H181" s="29">
+      <c r="H181" s="19">
         <v>55.18</v>
       </c>
-      <c r="I181" s="29">
+      <c r="I181" s="19">
         <v>50.82</v>
       </c>
-      <c r="J181" s="29">
+      <c r="J181" s="19">
         <v>45.25</v>
       </c>
-      <c r="K181" s="29">
+      <c r="K181" s="19">
         <v>45.96</v>
       </c>
-      <c r="L181" s="29">
+      <c r="L181" s="19">
         <v>53.28</v>
       </c>
-      <c r="M181" s="29">
-[...14 lines deleted...]
-      <c r="E182" s="27" t="s">
+      <c r="M181" s="19">
+        <v>17.25</v>
+      </c>
+      <c r="N181" s="19">
+        <v>18.09</v>
+      </c>
+      <c r="O181" s="19">
+        <v>21.03</v>
+      </c>
+      <c r="P181" s="19">
+        <v>20.09</v>
+      </c>
+      <c r="Q181" s="19">
+        <v>44.45</v>
+      </c>
+      <c r="R181" s="19">
+        <v>46.68</v>
+      </c>
+      <c r="S181" s="19">
+        <v>50.3</v>
+      </c>
+      <c r="T181" s="19">
+        <v>49.74</v>
+      </c>
+    </row>
+    <row r="182" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A182" s="27"/>
+      <c r="B182" s="27"/>
+      <c r="C182" s="24"/>
+      <c r="D182" s="28"/>
+      <c r="E182" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F182" s="29">
+      <c r="F182" s="19">
         <v>194.13</v>
       </c>
-      <c r="G182" s="29">
+      <c r="G182" s="19">
         <v>196.97</v>
       </c>
-      <c r="H182" s="29">
+      <c r="H182" s="19">
         <v>191.51</v>
       </c>
-      <c r="I182" s="29">
+      <c r="I182" s="19">
         <v>220.86</v>
       </c>
-      <c r="J182" s="29">
+      <c r="J182" s="19">
         <v>226.5</v>
       </c>
-      <c r="K182" s="29">
+      <c r="K182" s="19">
         <v>214.68</v>
       </c>
-      <c r="L182" s="29">
+      <c r="L182" s="19">
         <v>207.39</v>
       </c>
-      <c r="M182" s="29">
+      <c r="M182" s="19">
         <v>209.28</v>
       </c>
-      <c r="N182" s="29">
+      <c r="N182" s="19">
         <v>211.04</v>
       </c>
-      <c r="O182" s="29">
+      <c r="O182" s="19">
         <v>228.4</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C183" s="33"/>
+      <c r="P182" s="19">
+        <v>227.22</v>
+      </c>
+      <c r="Q182" s="19">
+        <v>235.16</v>
+      </c>
+      <c r="R182" s="19">
+        <v>232.94</v>
+      </c>
+      <c r="S182" s="19">
+        <v>227.7</v>
+      </c>
+      <c r="T182" s="19">
+        <v>228.19</v>
+      </c>
+    </row>
+    <row r="183" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="27"/>
+      <c r="B183" s="27"/>
+      <c r="C183" s="24"/>
       <c r="D183" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E183" s="27" t="s">
+      <c r="E183" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F183" s="29">
+      <c r="F183" s="19">
         <v>212.06</v>
       </c>
-      <c r="G183" s="29">
+      <c r="G183" s="19">
         <v>220.51</v>
       </c>
-      <c r="H183" s="29">
+      <c r="H183" s="19">
         <v>219.33</v>
       </c>
-      <c r="I183" s="29">
+      <c r="I183" s="19">
         <v>238.85</v>
       </c>
-      <c r="J183" s="29">
+      <c r="J183" s="19">
         <v>233.51</v>
       </c>
-      <c r="K183" s="29">
+      <c r="K183" s="19">
         <v>233.16</v>
       </c>
-      <c r="L183" s="29">
+      <c r="L183" s="19">
         <v>235.86</v>
       </c>
-      <c r="M183" s="29">
-[...14 lines deleted...]
-      <c r="E184" s="27" t="s">
+      <c r="M183" s="19">
+        <v>75.28</v>
+      </c>
+      <c r="N183" s="19">
+        <v>75.09</v>
+      </c>
+      <c r="O183" s="19">
+        <v>77.25</v>
+      </c>
+      <c r="P183" s="19">
+        <v>78.41</v>
+      </c>
+      <c r="Q183" s="19">
+        <v>249.05</v>
+      </c>
+      <c r="R183" s="19">
+        <v>245.48</v>
+      </c>
+      <c r="S183" s="19">
+        <v>245.5</v>
+      </c>
+      <c r="T183" s="19">
+        <v>248.15</v>
+      </c>
+    </row>
+    <row r="184" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="27"/>
+      <c r="B184" s="27"/>
+      <c r="C184" s="24"/>
+      <c r="D184" s="28"/>
+      <c r="E184" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F184" s="29">
+      <c r="F184" s="19">
         <v>37.15</v>
       </c>
-      <c r="G184" s="29">
+      <c r="G184" s="19">
         <v>26.36</v>
       </c>
-      <c r="H184" s="29">
+      <c r="H184" s="19">
         <v>27.37</v>
       </c>
-      <c r="I184" s="29">
+      <c r="I184" s="19">
         <v>32.83</v>
       </c>
-      <c r="J184" s="29">
+      <c r="J184" s="19">
         <v>38.24</v>
       </c>
-      <c r="K184" s="29">
+      <c r="K184" s="19">
         <v>27.49</v>
       </c>
-      <c r="L184" s="29">
+      <c r="L184" s="19">
         <v>24.81</v>
       </c>
-      <c r="M184" s="29">
+      <c r="M184" s="19">
         <v>30.88</v>
       </c>
-      <c r="N184" s="29">
+      <c r="N184" s="19">
         <v>35.17</v>
       </c>
-      <c r="O184" s="29">
+      <c r="O184" s="19">
         <v>31.4</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C185" s="33"/>
+      <c r="P184" s="19">
+        <v>25.9</v>
+      </c>
+      <c r="Q184" s="19">
+        <v>30.55</v>
+      </c>
+      <c r="R184" s="19">
+        <v>34.14</v>
+      </c>
+      <c r="S184" s="19">
+        <v>32.5</v>
+      </c>
+      <c r="T184" s="19">
+        <v>29.78</v>
+      </c>
+    </row>
+    <row r="185" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A185" s="27"/>
+      <c r="B185" s="27"/>
+      <c r="C185" s="24"/>
       <c r="D185" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E185" s="27" t="s">
+      <c r="E185" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F185" s="29">
+      <c r="F185" s="19">
         <v>235.8</v>
       </c>
-      <c r="G185" s="29">
+      <c r="G185" s="19">
         <v>230.7</v>
       </c>
-      <c r="H185" s="29">
+      <c r="H185" s="19">
         <v>231.71</v>
       </c>
-      <c r="I185" s="29">
+      <c r="I185" s="19">
         <v>260.58</v>
       </c>
-      <c r="J185" s="29">
+      <c r="J185" s="19">
         <v>258.02</v>
       </c>
-      <c r="K185" s="29">
+      <c r="K185" s="19">
         <v>250.48</v>
       </c>
-      <c r="L185" s="29">
+      <c r="L185" s="19">
         <v>251.76</v>
       </c>
-      <c r="M185" s="29">
-[...14 lines deleted...]
-      <c r="E186" s="27" t="s">
+      <c r="M185" s="19">
+        <v>85.47</v>
+      </c>
+      <c r="N185" s="19">
+        <v>84.53</v>
+      </c>
+      <c r="O185" s="19">
+        <v>87.35</v>
+      </c>
+      <c r="P185" s="19">
+        <v>88.24</v>
+      </c>
+      <c r="Q185" s="19">
+        <v>270.33999999999997</v>
+      </c>
+      <c r="R185" s="19">
+        <v>267.14999999999998</v>
+      </c>
+      <c r="S185" s="19">
+        <v>266.39999999999998</v>
+      </c>
+      <c r="T185" s="19">
+        <v>268.36</v>
+      </c>
+    </row>
+    <row r="186" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A186" s="27"/>
+      <c r="B186" s="28"/>
+      <c r="C186" s="25"/>
+      <c r="D186" s="28"/>
+      <c r="E186" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F186" s="29">
+      <c r="F186" s="19">
         <v>13.4</v>
       </c>
-      <c r="G186" s="29">
+      <c r="G186" s="19">
         <v>16.170000000000002</v>
       </c>
-      <c r="H186" s="29">
+      <c r="H186" s="19">
         <v>14.99</v>
       </c>
-      <c r="I186" s="29">
+      <c r="I186" s="19">
         <v>11.1</v>
       </c>
-      <c r="J186" s="29">
+      <c r="J186" s="19">
         <v>13.73</v>
       </c>
-      <c r="K186" s="29">
+      <c r="K186" s="19">
         <v>10.16</v>
       </c>
-      <c r="L186" s="29">
+      <c r="L186" s="19">
         <v>8.91</v>
       </c>
-      <c r="M186" s="29">
+      <c r="M186" s="19">
         <v>9.4499999999999993</v>
       </c>
-      <c r="N186" s="29">
+      <c r="N186" s="19">
         <v>9.98</v>
       </c>
-      <c r="O186" s="29">
+      <c r="O186" s="19">
         <v>11.93</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A187" s="30"/>
+      <c r="P186" s="19">
+        <v>9.51</v>
+      </c>
+      <c r="Q186" s="19">
+        <v>9.26</v>
+      </c>
+      <c r="R186" s="19">
+        <v>12.47</v>
+      </c>
+      <c r="S186" s="19">
+        <v>11.6</v>
+      </c>
+      <c r="T186" s="19">
+        <v>9.58</v>
+      </c>
+    </row>
+    <row r="187" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A187" s="27"/>
       <c r="B187" s="26" t="s">
         <v>39</v>
       </c>
-      <c r="C187" s="32"/>
-      <c r="D187" s="27" t="s">
+      <c r="C187" s="23"/>
+      <c r="D187" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E187" s="28"/>
-      <c r="F187" s="29">
+      <c r="E187" s="18"/>
+      <c r="F187" s="19">
         <v>286.33999999999997</v>
       </c>
-      <c r="G187" s="29">
+      <c r="G187" s="19">
         <v>288.93</v>
       </c>
-      <c r="H187" s="29">
+      <c r="H187" s="19">
         <v>288.93</v>
       </c>
-      <c r="I187" s="29">
+      <c r="I187" s="19">
         <v>312.33999999999997</v>
       </c>
-      <c r="J187" s="29">
+      <c r="J187" s="19">
         <v>312.2</v>
       </c>
-      <c r="K187" s="29">
+      <c r="K187" s="19">
         <v>282.88</v>
       </c>
-      <c r="L187" s="29">
+      <c r="L187" s="19">
         <v>282.72000000000003</v>
       </c>
-      <c r="M187" s="29">
+      <c r="M187" s="19">
         <v>282.57</v>
       </c>
-      <c r="N187" s="29">
+      <c r="N187" s="19">
         <v>282.43</v>
       </c>
-      <c r="O187" s="29">
+      <c r="O187" s="19">
         <v>314.25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C188" s="33"/>
+      <c r="P187" s="19">
+        <v>314.06</v>
+      </c>
+      <c r="Q187" s="19">
+        <v>313.88</v>
+      </c>
+      <c r="R187" s="19">
+        <v>313.70999999999998</v>
+      </c>
+      <c r="S187" s="19">
+        <v>299.8</v>
+      </c>
+      <c r="T187" s="19">
+        <v>299.57</v>
+      </c>
+    </row>
+    <row r="188" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A188" s="27"/>
+      <c r="B188" s="27"/>
+      <c r="C188" s="24"/>
       <c r="D188" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E188" s="27" t="s">
+      <c r="E188" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F188" s="29">
+      <c r="F188" s="19">
         <v>36.83</v>
       </c>
-      <c r="G188" s="29">
+      <c r="G188" s="19">
         <v>43.09</v>
       </c>
-      <c r="H188" s="29">
+      <c r="H188" s="19">
         <v>47.52</v>
       </c>
-      <c r="I188" s="29">
+      <c r="I188" s="19">
         <v>43.08</v>
       </c>
-      <c r="J188" s="29">
+      <c r="J188" s="19">
         <v>42.19</v>
       </c>
-      <c r="K188" s="29">
+      <c r="K188" s="19">
         <v>44.5</v>
       </c>
-      <c r="L188" s="29">
+      <c r="L188" s="19">
         <v>39.14</v>
       </c>
-      <c r="M188" s="29">
-[...14 lines deleted...]
-      <c r="E189" s="27" t="s">
+      <c r="M188" s="19">
+        <v>31.3</v>
+      </c>
+      <c r="N188" s="19">
+        <v>27.27</v>
+      </c>
+      <c r="O188" s="19">
+        <v>23.55</v>
+      </c>
+      <c r="P188" s="19">
+        <v>26.46</v>
+      </c>
+      <c r="Q188" s="19">
+        <v>34.96</v>
+      </c>
+      <c r="R188" s="19">
+        <v>46.35</v>
+      </c>
+      <c r="S188" s="19">
+        <v>41</v>
+      </c>
+      <c r="T188" s="19">
+        <v>33.229999999999997</v>
+      </c>
+    </row>
+    <row r="189" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A189" s="27"/>
+      <c r="B189" s="27"/>
+      <c r="C189" s="24"/>
+      <c r="D189" s="28"/>
+      <c r="E189" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F189" s="29">
+      <c r="F189" s="19">
         <v>249.51</v>
       </c>
-      <c r="G189" s="29">
+      <c r="G189" s="19">
         <v>245.84</v>
       </c>
-      <c r="H189" s="29">
+      <c r="H189" s="19">
         <v>241.41</v>
       </c>
-      <c r="I189" s="29">
+      <c r="I189" s="19">
         <v>269.26</v>
       </c>
-      <c r="J189" s="29">
+      <c r="J189" s="19">
         <v>270.01</v>
       </c>
-      <c r="K189" s="29">
+      <c r="K189" s="19">
         <v>238.38</v>
       </c>
-      <c r="L189" s="29">
+      <c r="L189" s="19">
         <v>243.59</v>
       </c>
-      <c r="M189" s="29">
+      <c r="M189" s="19">
         <v>244.44</v>
       </c>
-      <c r="N189" s="29">
+      <c r="N189" s="19">
         <v>247.97</v>
       </c>
-      <c r="O189" s="29">
+      <c r="O189" s="19">
         <v>280.5</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C190" s="33"/>
+      <c r="P189" s="19">
+        <v>284.66000000000003</v>
+      </c>
+      <c r="Q189" s="19">
+        <v>278.92</v>
+      </c>
+      <c r="R189" s="19">
+        <v>267.35000000000002</v>
+      </c>
+      <c r="S189" s="19">
+        <v>258.8</v>
+      </c>
+      <c r="T189" s="19">
+        <v>266.33</v>
+      </c>
+    </row>
+    <row r="190" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A190" s="27"/>
+      <c r="B190" s="27"/>
+      <c r="C190" s="24"/>
       <c r="D190" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E190" s="27" t="s">
+      <c r="E190" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F190" s="29">
+      <c r="F190" s="19">
         <v>199.14</v>
       </c>
-      <c r="G190" s="29">
+      <c r="G190" s="19">
         <v>220.95</v>
       </c>
-      <c r="H190" s="29">
+      <c r="H190" s="19">
         <v>214.47</v>
       </c>
-      <c r="I190" s="29">
+      <c r="I190" s="19">
         <v>238.75</v>
       </c>
-      <c r="J190" s="29">
+      <c r="J190" s="19">
         <v>231.97</v>
       </c>
-      <c r="K190" s="29">
+      <c r="K190" s="19">
         <v>214.95</v>
       </c>
-      <c r="L190" s="29">
+      <c r="L190" s="19">
         <v>216.36</v>
       </c>
-      <c r="M190" s="29">
-[...14 lines deleted...]
-      <c r="E191" s="27" t="s">
+      <c r="M190" s="19">
+        <v>186.34</v>
+      </c>
+      <c r="N190" s="19">
+        <v>187.98</v>
+      </c>
+      <c r="O190" s="19">
+        <v>194.72</v>
+      </c>
+      <c r="P190" s="19">
+        <v>201.44</v>
+      </c>
+      <c r="Q190" s="19">
+        <v>245.69</v>
+      </c>
+      <c r="R190" s="19">
+        <v>245.02</v>
+      </c>
+      <c r="S190" s="19">
+        <v>242.7</v>
+      </c>
+      <c r="T190" s="19">
+        <v>242.34</v>
+      </c>
+    </row>
+    <row r="191" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A191" s="27"/>
+      <c r="B191" s="27"/>
+      <c r="C191" s="24"/>
+      <c r="D191" s="28"/>
+      <c r="E191" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F191" s="29">
+      <c r="F191" s="19">
         <v>87.2</v>
       </c>
-      <c r="G191" s="29">
+      <c r="G191" s="19">
         <v>67.97</v>
       </c>
-      <c r="H191" s="29">
+      <c r="H191" s="19">
         <v>74.459999999999994</v>
       </c>
-      <c r="I191" s="29">
+      <c r="I191" s="19">
         <v>73.59</v>
       </c>
-      <c r="J191" s="29">
+      <c r="J191" s="19">
         <v>80.22</v>
       </c>
-      <c r="K191" s="29">
+      <c r="K191" s="19">
         <v>67.930000000000007</v>
       </c>
-      <c r="L191" s="29">
+      <c r="L191" s="19">
         <v>66.36</v>
       </c>
-      <c r="M191" s="29">
+      <c r="M191" s="19">
         <v>63.94</v>
       </c>
-      <c r="N191" s="29">
+      <c r="N191" s="19">
         <v>66.37</v>
       </c>
-      <c r="O191" s="29">
+      <c r="O191" s="19">
         <v>66.17</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C192" s="33"/>
+      <c r="P191" s="19">
+        <v>67.28</v>
+      </c>
+      <c r="Q191" s="19">
+        <v>68.19</v>
+      </c>
+      <c r="R191" s="19">
+        <v>68.680000000000007</v>
+      </c>
+      <c r="S191" s="19">
+        <v>57.1</v>
+      </c>
+      <c r="T191" s="19">
+        <v>57.23</v>
+      </c>
+    </row>
+    <row r="192" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A192" s="27"/>
+      <c r="B192" s="27"/>
+      <c r="C192" s="24"/>
       <c r="D192" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E192" s="27" t="s">
+      <c r="E192" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F192" s="29">
+      <c r="F192" s="19">
         <v>264.77</v>
       </c>
-      <c r="G192" s="29">
+      <c r="G192" s="19">
         <v>272.76</v>
       </c>
-      <c r="H192" s="29">
+      <c r="H192" s="19">
         <v>272.67</v>
       </c>
-      <c r="I192" s="29">
+      <c r="I192" s="19">
         <v>294.64999999999998</v>
       </c>
-      <c r="J192" s="29">
+      <c r="J192" s="19">
         <v>293.37</v>
       </c>
-      <c r="K192" s="29">
+      <c r="K192" s="19">
         <v>270.89</v>
       </c>
-      <c r="L192" s="29">
+      <c r="L192" s="19">
         <v>270.93</v>
       </c>
-      <c r="M192" s="29">
-[...14 lines deleted...]
-      <c r="E193" s="27" t="s">
+      <c r="M192" s="19">
+        <v>202.85</v>
+      </c>
+      <c r="N192" s="19">
+        <v>203.39</v>
+      </c>
+      <c r="O192" s="19">
+        <v>212.57</v>
+      </c>
+      <c r="P192" s="19">
+        <v>214.58</v>
+      </c>
+      <c r="Q192" s="19">
+        <v>298.87</v>
+      </c>
+      <c r="R192" s="19">
+        <v>301.10000000000002</v>
+      </c>
+      <c r="S192" s="19">
+        <v>288.3</v>
+      </c>
+      <c r="T192" s="19">
+        <v>286.08</v>
+      </c>
+    </row>
+    <row r="193" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A193" s="27"/>
+      <c r="B193" s="28"/>
+      <c r="C193" s="25"/>
+      <c r="D193" s="28"/>
+      <c r="E193" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F193" s="29">
+      <c r="F193" s="19">
         <v>21.56</v>
       </c>
-      <c r="G193" s="29">
+      <c r="G193" s="19">
         <v>16.170000000000002</v>
       </c>
-      <c r="H193" s="29">
+      <c r="H193" s="19">
         <v>16.260000000000002</v>
       </c>
-      <c r="I193" s="29">
+      <c r="I193" s="19">
         <v>17.690000000000001</v>
       </c>
-      <c r="J193" s="29">
+      <c r="J193" s="19">
         <v>18.829999999999998</v>
       </c>
-      <c r="K193" s="29">
+      <c r="K193" s="19">
         <v>11.99</v>
       </c>
-      <c r="L193" s="29">
+      <c r="L193" s="19">
         <v>11.79</v>
       </c>
-      <c r="M193" s="29">
+      <c r="M193" s="19">
         <v>18.32</v>
       </c>
-      <c r="N193" s="29">
+      <c r="N193" s="19">
         <v>16.86</v>
       </c>
-      <c r="O193" s="29">
+      <c r="O193" s="19">
         <v>12.2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A194" s="30"/>
+      <c r="P193" s="19">
+        <v>14.73</v>
+      </c>
+      <c r="Q193" s="19">
+        <v>15.01</v>
+      </c>
+      <c r="R193" s="19">
+        <v>12.61</v>
+      </c>
+      <c r="S193" s="19">
+        <v>11.5</v>
+      </c>
+      <c r="T193" s="19">
+        <v>13.48</v>
+      </c>
+    </row>
+    <row r="194" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="27"/>
       <c r="B194" s="26" t="s">
         <v>40</v>
       </c>
-      <c r="C194" s="32"/>
-      <c r="D194" s="27" t="s">
+      <c r="C194" s="23"/>
+      <c r="D194" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E194" s="28"/>
-      <c r="F194" s="29">
+      <c r="E194" s="18"/>
+      <c r="F194" s="19">
         <v>389.1</v>
       </c>
-      <c r="G194" s="29">
+      <c r="G194" s="19">
         <v>383.44</v>
       </c>
-      <c r="H194" s="29">
+      <c r="H194" s="19">
         <v>384.99</v>
       </c>
-      <c r="I194" s="29">
+      <c r="I194" s="19">
         <v>443.73</v>
       </c>
-      <c r="J194" s="29">
+      <c r="J194" s="19">
         <v>445.07</v>
       </c>
-      <c r="K194" s="29">
+      <c r="K194" s="19">
         <v>414.75</v>
       </c>
-      <c r="L194" s="29">
+      <c r="L194" s="19">
         <v>415.95</v>
       </c>
-      <c r="M194" s="29">
+      <c r="M194" s="19">
         <v>417.18</v>
       </c>
-      <c r="N194" s="29">
+      <c r="N194" s="19">
         <v>418.42</v>
       </c>
-      <c r="O194" s="29">
+      <c r="O194" s="19">
         <v>416.86</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C195" s="33"/>
+      <c r="P194" s="19">
+        <v>418.05</v>
+      </c>
+      <c r="Q194" s="19">
+        <v>419.26</v>
+      </c>
+      <c r="R194" s="19">
+        <v>420.5</v>
+      </c>
+      <c r="S194" s="19">
+        <v>475.3</v>
+      </c>
+      <c r="T194" s="19">
+        <v>476.59</v>
+      </c>
+    </row>
+    <row r="195" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="27"/>
+      <c r="B195" s="27"/>
+      <c r="C195" s="24"/>
       <c r="D195" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E195" s="27" t="s">
+      <c r="E195" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F195" s="29">
+      <c r="F195" s="19">
         <v>119</v>
       </c>
-      <c r="G195" s="29">
+      <c r="G195" s="19">
         <v>123.48</v>
       </c>
-      <c r="H195" s="29">
+      <c r="H195" s="19">
         <v>117.42</v>
       </c>
-      <c r="I195" s="29">
+      <c r="I195" s="19">
         <v>133.44</v>
       </c>
-      <c r="J195" s="29">
+      <c r="J195" s="19">
         <v>143.36000000000001</v>
       </c>
-      <c r="K195" s="29">
+      <c r="K195" s="19">
         <v>124.96</v>
       </c>
-      <c r="L195" s="29">
+      <c r="L195" s="19">
         <v>102.75</v>
       </c>
-      <c r="M195" s="29">
-[...14 lines deleted...]
-      <c r="E196" s="27" t="s">
+      <c r="M195" s="19">
+        <v>54.19</v>
+      </c>
+      <c r="N195" s="19">
+        <v>59.66</v>
+      </c>
+      <c r="O195" s="19">
+        <v>61.55</v>
+      </c>
+      <c r="P195" s="19">
+        <v>62.27</v>
+      </c>
+      <c r="Q195" s="19">
+        <v>110.98</v>
+      </c>
+      <c r="R195" s="19">
+        <v>123.82</v>
+      </c>
+      <c r="S195" s="19">
+        <v>126.6</v>
+      </c>
+      <c r="T195" s="19">
+        <v>134.56</v>
+      </c>
+    </row>
+    <row r="196" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="27"/>
+      <c r="B196" s="27"/>
+      <c r="C196" s="24"/>
+      <c r="D196" s="28"/>
+      <c r="E196" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F196" s="29">
+      <c r="F196" s="19">
         <v>270.11</v>
       </c>
-      <c r="G196" s="29">
+      <c r="G196" s="19">
         <v>259.97000000000003</v>
       </c>
-      <c r="H196" s="29">
+      <c r="H196" s="19">
         <v>267.57</v>
       </c>
-      <c r="I196" s="29">
+      <c r="I196" s="19">
         <v>310.3</v>
       </c>
-      <c r="J196" s="29">
+      <c r="J196" s="19">
         <v>301.7</v>
       </c>
-      <c r="K196" s="29">
+      <c r="K196" s="19">
         <v>289.8</v>
       </c>
-      <c r="L196" s="29">
+      <c r="L196" s="19">
         <v>313.2</v>
       </c>
-      <c r="M196" s="29">
+      <c r="M196" s="19">
         <v>302.61</v>
       </c>
-      <c r="N196" s="29">
+      <c r="N196" s="19">
         <v>291.49</v>
       </c>
-      <c r="O196" s="29">
+      <c r="O196" s="19">
         <v>294.10000000000002</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C197" s="33"/>
+      <c r="P196" s="19">
+        <v>302.85000000000002</v>
+      </c>
+      <c r="Q196" s="19">
+        <v>308.27999999999997</v>
+      </c>
+      <c r="R196" s="19">
+        <v>296.68</v>
+      </c>
+      <c r="S196" s="19">
+        <v>348.6</v>
+      </c>
+      <c r="T196" s="19">
+        <v>342.03</v>
+      </c>
+    </row>
+    <row r="197" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="27"/>
+      <c r="B197" s="27"/>
+      <c r="C197" s="24"/>
       <c r="D197" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E197" s="27" t="s">
+      <c r="E197" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F197" s="29">
+      <c r="F197" s="19">
         <v>362.89</v>
       </c>
-      <c r="G197" s="29">
+      <c r="G197" s="19">
         <v>366.78</v>
       </c>
-      <c r="H197" s="29">
+      <c r="H197" s="19">
         <v>363.6</v>
       </c>
-      <c r="I197" s="29">
+      <c r="I197" s="19">
         <v>419.64</v>
       </c>
-      <c r="J197" s="29">
+      <c r="J197" s="19">
         <v>421.83</v>
       </c>
-      <c r="K197" s="29">
+      <c r="K197" s="19">
         <v>397.26</v>
       </c>
-      <c r="L197" s="29">
+      <c r="L197" s="19">
         <v>392.69</v>
       </c>
-      <c r="M197" s="29">
-[...14 lines deleted...]
-      <c r="E198" s="27" t="s">
+      <c r="M197" s="19">
+        <v>228.71</v>
+      </c>
+      <c r="N197" s="19">
+        <v>226.43</v>
+      </c>
+      <c r="O197" s="19">
+        <v>246.23</v>
+      </c>
+      <c r="P197" s="19">
+        <v>248.76</v>
+      </c>
+      <c r="Q197" s="19">
+        <v>397.37</v>
+      </c>
+      <c r="R197" s="19">
+        <v>395.92</v>
+      </c>
+      <c r="S197" s="19">
+        <v>460.4</v>
+      </c>
+      <c r="T197" s="19">
+        <v>460.8</v>
+      </c>
+    </row>
+    <row r="198" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="27"/>
+      <c r="B198" s="27"/>
+      <c r="C198" s="24"/>
+      <c r="D198" s="28"/>
+      <c r="E198" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F198" s="29">
+      <c r="F198" s="19">
         <v>26.22</v>
       </c>
-      <c r="G198" s="29">
+      <c r="G198" s="19">
         <v>16.670000000000002</v>
       </c>
-      <c r="H198" s="29">
+      <c r="H198" s="19">
         <v>21.39</v>
       </c>
-      <c r="I198" s="29">
+      <c r="I198" s="19">
         <v>24.1</v>
       </c>
-      <c r="J198" s="29">
+      <c r="J198" s="19">
         <v>23.24</v>
       </c>
-      <c r="K198" s="29">
+      <c r="K198" s="19">
         <v>17.5</v>
       </c>
-      <c r="L198" s="29">
+      <c r="L198" s="19">
         <v>23.26</v>
       </c>
-      <c r="M198" s="29">
+      <c r="M198" s="19">
         <v>25.22</v>
       </c>
-      <c r="N198" s="29">
+      <c r="N198" s="19">
         <v>19.41</v>
       </c>
-      <c r="O198" s="29">
+      <c r="O198" s="19">
         <v>19.39</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C199" s="33"/>
+      <c r="P198" s="19">
+        <v>17.850000000000001</v>
+      </c>
+      <c r="Q198" s="19">
+        <v>21.9</v>
+      </c>
+      <c r="R198" s="19">
+        <v>24.57</v>
+      </c>
+      <c r="S198" s="19">
+        <v>14.9</v>
+      </c>
+      <c r="T198" s="19">
+        <v>15.79</v>
+      </c>
+    </row>
+    <row r="199" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="27"/>
+      <c r="B199" s="27"/>
+      <c r="C199" s="24"/>
       <c r="D199" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E199" s="27" t="s">
+      <c r="E199" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F199" s="29">
+      <c r="F199" s="19">
         <v>380.65</v>
       </c>
-      <c r="G199" s="29">
+      <c r="G199" s="19">
         <v>378.97</v>
       </c>
-      <c r="H199" s="29">
+      <c r="H199" s="19">
         <v>379.69</v>
       </c>
-      <c r="I199" s="29">
+      <c r="I199" s="19">
         <v>430.59</v>
       </c>
-      <c r="J199" s="29">
+      <c r="J199" s="19">
         <v>439.01</v>
       </c>
-      <c r="K199" s="29">
+      <c r="K199" s="19">
         <v>410.75</v>
       </c>
-      <c r="L199" s="29">
+      <c r="L199" s="19">
         <v>407.07</v>
       </c>
-      <c r="M199" s="29">
-[...14 lines deleted...]
-      <c r="E200" s="27" t="s">
+      <c r="M199" s="19">
+        <v>243.38</v>
+      </c>
+      <c r="N199" s="19">
+        <v>243.52</v>
+      </c>
+      <c r="O199" s="19">
+        <v>261.86</v>
+      </c>
+      <c r="P199" s="19">
+        <v>261.02999999999997</v>
+      </c>
+      <c r="Q199" s="19">
+        <v>410.71</v>
+      </c>
+      <c r="R199" s="19">
+        <v>413.22</v>
+      </c>
+      <c r="S199" s="19">
+        <v>470</v>
+      </c>
+      <c r="T199" s="19">
+        <v>471.31</v>
+      </c>
+    </row>
+    <row r="200" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="27"/>
+      <c r="B200" s="28"/>
+      <c r="C200" s="25"/>
+      <c r="D200" s="28"/>
+      <c r="E200" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F200" s="29">
+      <c r="F200" s="19">
         <v>8.4499999999999993</v>
       </c>
-      <c r="G200" s="29">
+      <c r="G200" s="19">
         <v>4.47</v>
       </c>
-      <c r="H200" s="29">
+      <c r="H200" s="19">
         <v>5.3</v>
       </c>
-      <c r="I200" s="29">
+      <c r="I200" s="19">
         <v>13.14</v>
       </c>
-      <c r="J200" s="29">
+      <c r="J200" s="19">
         <v>6.05</v>
       </c>
-      <c r="K200" s="29">
+      <c r="K200" s="19">
         <v>4.01</v>
       </c>
-      <c r="L200" s="29">
+      <c r="L200" s="19">
         <v>8.8800000000000008</v>
       </c>
-      <c r="M200" s="29">
+      <c r="M200" s="19">
         <v>9.41</v>
       </c>
-      <c r="N200" s="29">
+      <c r="N200" s="19">
         <v>6.71</v>
       </c>
-      <c r="O200" s="29">
+      <c r="O200" s="19">
         <v>4.9400000000000004</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A201" s="30"/>
+      <c r="P200" s="19">
+        <v>6.6</v>
+      </c>
+      <c r="Q200" s="19">
+        <v>8.56</v>
+      </c>
+      <c r="R200" s="19">
+        <v>7.28</v>
+      </c>
+      <c r="S200" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="T200" s="19">
+        <v>5.28</v>
+      </c>
+    </row>
+    <row r="201" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="27"/>
       <c r="B201" s="26" t="s">
         <v>41</v>
       </c>
-      <c r="C201" s="32"/>
-      <c r="D201" s="27" t="s">
+      <c r="C201" s="23"/>
+      <c r="D201" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E201" s="28"/>
-      <c r="F201" s="29">
+      <c r="E201" s="18"/>
+      <c r="F201" s="19">
         <v>372.99</v>
       </c>
-      <c r="G201" s="29">
+      <c r="G201" s="19">
         <v>375.04</v>
       </c>
-      <c r="H201" s="29">
+      <c r="H201" s="19">
         <v>375.91</v>
       </c>
-      <c r="I201" s="29">
+      <c r="I201" s="19">
         <v>436.05</v>
       </c>
-      <c r="J201" s="29">
+      <c r="J201" s="19">
         <v>437.16</v>
       </c>
-      <c r="K201" s="29">
+      <c r="K201" s="19">
         <v>421.66</v>
       </c>
-      <c r="L201" s="29">
+      <c r="L201" s="19">
         <v>422.75</v>
       </c>
-      <c r="M201" s="29">
+      <c r="M201" s="19">
         <v>423.86</v>
       </c>
-      <c r="N201" s="29">
+      <c r="N201" s="19">
         <v>424.99</v>
       </c>
-      <c r="O201" s="29">
+      <c r="O201" s="19">
         <v>426.94</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C202" s="33"/>
+      <c r="P201" s="19">
+        <v>428.02</v>
+      </c>
+      <c r="Q201" s="19">
+        <v>429.11</v>
+      </c>
+      <c r="R201" s="19">
+        <v>430.21</v>
+      </c>
+      <c r="S201" s="19">
+        <v>470.6</v>
+      </c>
+      <c r="T201" s="19">
+        <v>471.79</v>
+      </c>
+    </row>
+    <row r="202" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A202" s="27"/>
+      <c r="B202" s="27"/>
+      <c r="C202" s="24"/>
       <c r="D202" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E202" s="27" t="s">
+      <c r="E202" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F202" s="29">
+      <c r="F202" s="19">
         <v>71.94</v>
       </c>
-      <c r="G202" s="29">
+      <c r="G202" s="19">
         <v>100.23</v>
       </c>
-      <c r="H202" s="29">
+      <c r="H202" s="19">
         <v>100.56</v>
       </c>
-      <c r="I202" s="29">
+      <c r="I202" s="19">
         <v>74.290000000000006</v>
       </c>
-      <c r="J202" s="29">
+      <c r="J202" s="19">
         <v>91.32</v>
       </c>
-      <c r="K202" s="29">
+      <c r="K202" s="19">
         <v>79.02</v>
       </c>
-      <c r="L202" s="29">
+      <c r="L202" s="19">
         <v>74.89</v>
       </c>
-      <c r="M202" s="29">
-[...14 lines deleted...]
-      <c r="E203" s="27" t="s">
+      <c r="M202" s="19">
+        <v>51.43</v>
+      </c>
+      <c r="N202" s="19">
+        <v>49.7</v>
+      </c>
+      <c r="O202" s="19">
+        <v>51.19</v>
+      </c>
+      <c r="P202" s="19">
+        <v>52.38</v>
+      </c>
+      <c r="Q202" s="19">
+        <v>56.47</v>
+      </c>
+      <c r="R202" s="19">
+        <v>54.21</v>
+      </c>
+      <c r="S202" s="19">
+        <v>53.9</v>
+      </c>
+      <c r="T202" s="19">
+        <v>53.1</v>
+      </c>
+    </row>
+    <row r="203" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A203" s="27"/>
+      <c r="B203" s="27"/>
+      <c r="C203" s="24"/>
+      <c r="D203" s="28"/>
+      <c r="E203" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F203" s="29">
+      <c r="F203" s="19">
         <v>301.05</v>
       </c>
-      <c r="G203" s="29">
+      <c r="G203" s="19">
         <v>274.81</v>
       </c>
-      <c r="H203" s="29">
+      <c r="H203" s="19">
         <v>275.35000000000002</v>
       </c>
-      <c r="I203" s="29">
+      <c r="I203" s="19">
         <v>361.76</v>
       </c>
-      <c r="J203" s="29">
+      <c r="J203" s="19">
         <v>345.84</v>
       </c>
-      <c r="K203" s="29">
+      <c r="K203" s="19">
         <v>342.64</v>
       </c>
-      <c r="L203" s="29">
+      <c r="L203" s="19">
         <v>347.86</v>
       </c>
-      <c r="M203" s="29">
+      <c r="M203" s="19">
         <v>358.41</v>
       </c>
-      <c r="N203" s="29">
+      <c r="N203" s="19">
         <v>347.74</v>
       </c>
-      <c r="O203" s="29">
+      <c r="O203" s="19">
         <v>370.76</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C204" s="33"/>
+      <c r="P203" s="19">
+        <v>352.66</v>
+      </c>
+      <c r="Q203" s="19">
+        <v>372.64</v>
+      </c>
+      <c r="R203" s="19">
+        <v>376</v>
+      </c>
+      <c r="S203" s="19">
+        <v>416.8</v>
+      </c>
+      <c r="T203" s="19">
+        <v>418.69</v>
+      </c>
+    </row>
+    <row r="204" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="27"/>
+      <c r="B204" s="27"/>
+      <c r="C204" s="24"/>
       <c r="D204" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E204" s="27" t="s">
+      <c r="E204" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F204" s="29">
+      <c r="F204" s="19">
         <v>349.53</v>
       </c>
-      <c r="G204" s="29">
+      <c r="G204" s="19">
         <v>359.65</v>
       </c>
-      <c r="H204" s="29">
+      <c r="H204" s="19">
         <v>360.31</v>
       </c>
-      <c r="I204" s="29">
+      <c r="I204" s="19">
         <v>409.89</v>
       </c>
-      <c r="J204" s="29">
+      <c r="J204" s="19">
         <v>421.69</v>
       </c>
-      <c r="K204" s="29">
+      <c r="K204" s="19">
         <v>409.61</v>
       </c>
-      <c r="L204" s="29">
+      <c r="L204" s="19">
         <v>402.77</v>
       </c>
-      <c r="M204" s="29">
-[...14 lines deleted...]
-      <c r="E205" s="27" t="s">
+      <c r="M204" s="19">
+        <v>229.82</v>
+      </c>
+      <c r="N204" s="19">
+        <v>225.57</v>
+      </c>
+      <c r="O204" s="19">
+        <v>248.2</v>
+      </c>
+      <c r="P204" s="19">
+        <v>253.69</v>
+      </c>
+      <c r="Q204" s="19">
+        <v>413.02</v>
+      </c>
+      <c r="R204" s="19">
+        <v>411.94</v>
+      </c>
+      <c r="S204" s="19">
+        <v>455.8</v>
+      </c>
+      <c r="T204" s="19">
+        <v>457.53</v>
+      </c>
+    </row>
+    <row r="205" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="27"/>
+      <c r="B205" s="27"/>
+      <c r="C205" s="24"/>
+      <c r="D205" s="28"/>
+      <c r="E205" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F205" s="29">
+      <c r="F205" s="19">
         <v>23.46</v>
       </c>
-      <c r="G205" s="29">
+      <c r="G205" s="19">
         <v>15.39</v>
       </c>
-      <c r="H205" s="29">
+      <c r="H205" s="19">
         <v>15.6</v>
       </c>
-      <c r="I205" s="29">
+      <c r="I205" s="19">
         <v>26.16</v>
       </c>
-      <c r="J205" s="29">
+      <c r="J205" s="19">
         <v>15.47</v>
       </c>
-      <c r="K205" s="29">
+      <c r="K205" s="19">
         <v>12.05</v>
       </c>
-      <c r="L205" s="29">
+      <c r="L205" s="19">
         <v>19.98</v>
       </c>
-      <c r="M205" s="29">
+      <c r="M205" s="19">
         <v>19.61</v>
       </c>
-      <c r="N205" s="29">
+      <c r="N205" s="19">
         <v>20.47</v>
       </c>
-      <c r="O205" s="29">
+      <c r="O205" s="19">
         <v>16.09</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C206" s="33"/>
+      <c r="P205" s="19">
+        <v>14.83</v>
+      </c>
+      <c r="Q205" s="19">
+        <v>16.09</v>
+      </c>
+      <c r="R205" s="19">
+        <v>18.27</v>
+      </c>
+      <c r="S205" s="19">
+        <v>14.8</v>
+      </c>
+      <c r="T205" s="19">
+        <v>14.26</v>
+      </c>
+    </row>
+    <row r="206" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="27"/>
+      <c r="B206" s="27"/>
+      <c r="C206" s="24"/>
       <c r="D206" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E206" s="27" t="s">
+      <c r="E206" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F206" s="29">
+      <c r="F206" s="19">
         <v>368.4</v>
       </c>
-      <c r="G206" s="29">
+      <c r="G206" s="19">
         <v>371.97</v>
       </c>
-      <c r="H206" s="29">
+      <c r="H206" s="19">
         <v>374.84</v>
       </c>
-      <c r="I206" s="29">
+      <c r="I206" s="19">
         <v>431.88</v>
       </c>
-      <c r="J206" s="29">
+      <c r="J206" s="19">
         <v>435.2</v>
       </c>
-      <c r="K206" s="29">
+      <c r="K206" s="19">
         <v>420.52</v>
       </c>
-      <c r="L206" s="29">
+      <c r="L206" s="19">
         <v>418.42</v>
       </c>
-      <c r="M206" s="29">
-[...14 lines deleted...]
-      <c r="E207" s="27" t="s">
+      <c r="M206" s="19">
+        <v>251.25</v>
+      </c>
+      <c r="N206" s="19">
+        <v>250.76</v>
+      </c>
+      <c r="O206" s="19">
+        <v>267.66000000000003</v>
+      </c>
+      <c r="P206" s="19">
+        <v>270.08</v>
+      </c>
+      <c r="Q206" s="19">
+        <v>425.54</v>
+      </c>
+      <c r="R206" s="19">
+        <v>426.12</v>
+      </c>
+      <c r="S206" s="19">
+        <v>465.1</v>
+      </c>
+      <c r="T206" s="19">
+        <v>468.89</v>
+      </c>
+    </row>
+    <row r="207" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="27"/>
+      <c r="B207" s="28"/>
+      <c r="C207" s="25"/>
+      <c r="D207" s="28"/>
+      <c r="E207" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F207" s="29">
+      <c r="F207" s="19">
         <v>4.59</v>
       </c>
-      <c r="G207" s="29">
+      <c r="G207" s="19">
         <v>3.08</v>
       </c>
-      <c r="H207" s="29">
+      <c r="H207" s="19">
         <v>1.07</v>
       </c>
-      <c r="I207" s="29">
+      <c r="I207" s="19">
         <v>4.17</v>
       </c>
-      <c r="J207" s="29">
+      <c r="J207" s="19">
         <v>1.96</v>
       </c>
-      <c r="K207" s="29">
+      <c r="K207" s="19">
         <v>1.1399999999999999</v>
       </c>
-      <c r="L207" s="29">
+      <c r="L207" s="19">
         <v>4.33</v>
       </c>
-      <c r="M207" s="29">
+      <c r="M207" s="19">
         <v>3.18</v>
       </c>
-      <c r="N207" s="29">
+      <c r="N207" s="19">
         <v>4.53</v>
       </c>
-      <c r="O207" s="29">
+      <c r="O207" s="19">
         <v>7.17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A208" s="30"/>
+      <c r="P207" s="19">
+        <v>0.74</v>
+      </c>
+      <c r="Q207" s="19">
+        <v>3.57</v>
+      </c>
+      <c r="R207" s="19">
+        <v>4.09</v>
+      </c>
+      <c r="S207" s="19">
+        <v>5.5</v>
+      </c>
+      <c r="T207" s="19">
+        <v>2.9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="27"/>
       <c r="B208" s="26" t="s">
         <v>42</v>
       </c>
-      <c r="C208" s="32"/>
-      <c r="D208" s="27" t="s">
+      <c r="C208" s="23"/>
+      <c r="D208" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E208" s="28"/>
-      <c r="F208" s="29">
+      <c r="E208" s="18"/>
+      <c r="F208" s="19">
         <v>62.31</v>
       </c>
-      <c r="G208" s="29">
+      <c r="G208" s="19">
         <v>64.11</v>
       </c>
-      <c r="H208" s="29">
+      <c r="H208" s="19">
         <v>64.13</v>
       </c>
-      <c r="I208" s="29">
+      <c r="I208" s="19">
         <v>57.84</v>
       </c>
-      <c r="J208" s="29">
+      <c r="J208" s="19">
         <v>57.73</v>
       </c>
-      <c r="K208" s="29">
+      <c r="K208" s="19">
         <v>58.4</v>
       </c>
-      <c r="L208" s="29">
+      <c r="L208" s="19">
         <v>58.29</v>
       </c>
-      <c r="M208" s="29">
+      <c r="M208" s="19">
         <v>58.19</v>
       </c>
-      <c r="N208" s="29">
+      <c r="N208" s="19">
         <v>58.08</v>
       </c>
-      <c r="O208" s="29">
+      <c r="O208" s="19">
         <v>60.58</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C209" s="33"/>
+      <c r="P208" s="19">
+        <v>60.47</v>
+      </c>
+      <c r="Q208" s="19">
+        <v>60.35</v>
+      </c>
+      <c r="R208" s="19">
+        <v>60.25</v>
+      </c>
+      <c r="S208" s="19">
+        <v>59.9</v>
+      </c>
+      <c r="T208" s="19">
+        <v>59.81</v>
+      </c>
+    </row>
+    <row r="209" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="27"/>
+      <c r="B209" s="27"/>
+      <c r="C209" s="24"/>
       <c r="D209" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E209" s="27" t="s">
+      <c r="E209" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F209" s="29">
+      <c r="F209" s="19">
         <v>13.78</v>
       </c>
-      <c r="G209" s="29">
+      <c r="G209" s="19">
         <v>15.88</v>
       </c>
-      <c r="H209" s="29">
+      <c r="H209" s="19">
         <v>15.25</v>
       </c>
-      <c r="I209" s="29">
+      <c r="I209" s="19">
         <v>14.93</v>
       </c>
-      <c r="J209" s="29">
+      <c r="J209" s="19">
         <v>13.13</v>
       </c>
-      <c r="K209" s="29">
+      <c r="K209" s="19">
         <v>12.83</v>
       </c>
-      <c r="L209" s="29">
+      <c r="L209" s="19">
         <v>13.75</v>
       </c>
-      <c r="M209" s="29">
-[...14 lines deleted...]
-      <c r="E210" s="27" t="s">
+      <c r="M209" s="19">
+        <v>38.130000000000003</v>
+      </c>
+      <c r="N209" s="19">
+        <v>34.46</v>
+      </c>
+      <c r="O209" s="19">
+        <v>33.76</v>
+      </c>
+      <c r="P209" s="19">
+        <v>29.4</v>
+      </c>
+      <c r="Q209" s="19">
+        <v>13.89</v>
+      </c>
+      <c r="R209" s="19">
+        <v>12.56</v>
+      </c>
+      <c r="S209" s="19">
+        <v>14.4</v>
+      </c>
+      <c r="T209" s="19">
+        <v>16.489999999999998</v>
+      </c>
+    </row>
+    <row r="210" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="27"/>
+      <c r="B210" s="27"/>
+      <c r="C210" s="24"/>
+      <c r="D210" s="28"/>
+      <c r="E210" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F210" s="29">
+      <c r="F210" s="19">
         <v>48.53</v>
       </c>
-      <c r="G210" s="29">
+      <c r="G210" s="19">
         <v>48.22</v>
       </c>
-      <c r="H210" s="29">
+      <c r="H210" s="19">
         <v>48.88</v>
       </c>
-      <c r="I210" s="29">
+      <c r="I210" s="19">
         <v>42.9</v>
       </c>
-      <c r="J210" s="29">
+      <c r="J210" s="19">
         <v>44.6</v>
       </c>
-      <c r="K210" s="29">
+      <c r="K210" s="19">
         <v>45.58</v>
       </c>
-      <c r="L210" s="29">
+      <c r="L210" s="19">
         <v>44.55</v>
       </c>
-      <c r="M210" s="29">
+      <c r="M210" s="19">
         <v>45.13</v>
       </c>
-      <c r="N210" s="29">
+      <c r="N210" s="19">
         <v>46.66</v>
       </c>
-      <c r="O210" s="29">
+      <c r="O210" s="19">
         <v>47.7</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C211" s="33"/>
+      <c r="P210" s="19">
+        <v>49.68</v>
+      </c>
+      <c r="Q210" s="19">
+        <v>46.47</v>
+      </c>
+      <c r="R210" s="19">
+        <v>47.68</v>
+      </c>
+      <c r="S210" s="19">
+        <v>45.5</v>
+      </c>
+      <c r="T210" s="19">
+        <v>43.32</v>
+      </c>
+    </row>
+    <row r="211" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="27"/>
+      <c r="B211" s="27"/>
+      <c r="C211" s="24"/>
       <c r="D211" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E211" s="27" t="s">
+      <c r="E211" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F211" s="29">
+      <c r="F211" s="19">
         <v>53.32</v>
       </c>
-      <c r="G211" s="29">
+      <c r="G211" s="19">
         <v>55.14</v>
       </c>
-      <c r="H211" s="29">
+      <c r="H211" s="19">
         <v>55.69</v>
       </c>
-      <c r="I211" s="29">
+      <c r="I211" s="19">
         <v>48.48</v>
       </c>
-      <c r="J211" s="29">
+      <c r="J211" s="19">
         <v>48.2</v>
       </c>
-      <c r="K211" s="29">
+      <c r="K211" s="19">
         <v>49.33</v>
       </c>
-      <c r="L211" s="29">
+      <c r="L211" s="19">
         <v>49.36</v>
       </c>
-      <c r="M211" s="29">
-[...14 lines deleted...]
-      <c r="E212" s="27" t="s">
+      <c r="M211" s="19">
+        <v>218.63</v>
+      </c>
+      <c r="N211" s="19">
+        <v>216.06</v>
+      </c>
+      <c r="O211" s="19">
+        <v>248.08</v>
+      </c>
+      <c r="P211" s="19">
+        <v>246.78</v>
+      </c>
+      <c r="Q211" s="19">
+        <v>52.15</v>
+      </c>
+      <c r="R211" s="19">
+        <v>52</v>
+      </c>
+      <c r="S211" s="19">
+        <v>53.5</v>
+      </c>
+      <c r="T211" s="19">
+        <v>53.41</v>
+      </c>
+    </row>
+    <row r="212" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="27"/>
+      <c r="B212" s="27"/>
+      <c r="C212" s="24"/>
+      <c r="D212" s="28"/>
+      <c r="E212" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F212" s="29">
+      <c r="F212" s="19">
         <v>8.99</v>
       </c>
-      <c r="G212" s="29">
+      <c r="G212" s="19">
         <v>8.9700000000000006</v>
       </c>
-      <c r="H212" s="29">
+      <c r="H212" s="19">
         <v>8.44</v>
       </c>
-      <c r="I212" s="29">
+      <c r="I212" s="19">
         <v>9.36</v>
       </c>
-      <c r="J212" s="29">
+      <c r="J212" s="19">
         <v>9.5299999999999994</v>
       </c>
-      <c r="K212" s="29">
+      <c r="K212" s="19">
         <v>9.07</v>
       </c>
-      <c r="L212" s="29">
+      <c r="L212" s="19">
         <v>8.94</v>
       </c>
-      <c r="M212" s="29">
+      <c r="M212" s="19">
         <v>10.19</v>
       </c>
-      <c r="N212" s="29">
+      <c r="N212" s="19">
         <v>9.44</v>
       </c>
-      <c r="O212" s="29">
+      <c r="O212" s="19">
         <v>8.51</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C213" s="33"/>
+      <c r="P212" s="19">
+        <v>7.46</v>
+      </c>
+      <c r="Q212" s="19">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="R212" s="19">
+        <v>8.24</v>
+      </c>
+      <c r="S212" s="19">
+        <v>6.4</v>
+      </c>
+      <c r="T212" s="19">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="213" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="27"/>
+      <c r="B213" s="27"/>
+      <c r="C213" s="24"/>
       <c r="D213" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E213" s="27" t="s">
+      <c r="E213" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F213" s="29">
+      <c r="F213" s="19">
         <v>60.78</v>
       </c>
-      <c r="G213" s="29">
+      <c r="G213" s="19">
         <v>62.35</v>
       </c>
-      <c r="H213" s="29">
+      <c r="H213" s="19">
         <v>62.4</v>
       </c>
-      <c r="I213" s="29">
+      <c r="I213" s="19">
         <v>55.24</v>
       </c>
-      <c r="J213" s="29">
+      <c r="J213" s="19">
         <v>55.9</v>
       </c>
-      <c r="K213" s="29">
+      <c r="K213" s="19">
         <v>56.01</v>
       </c>
-      <c r="L213" s="29">
+      <c r="L213" s="19">
         <v>56.14</v>
       </c>
-      <c r="M213" s="29">
-[...14 lines deleted...]
-      <c r="E214" s="27" t="s">
+      <c r="M213" s="19">
+        <v>264.25</v>
+      </c>
+      <c r="N213" s="19">
+        <v>265.57</v>
+      </c>
+      <c r="O213" s="19">
+        <v>302.06</v>
+      </c>
+      <c r="P213" s="19">
+        <v>299.33</v>
+      </c>
+      <c r="Q213" s="19">
+        <v>58.07</v>
+      </c>
+      <c r="R213" s="19">
+        <v>58.83</v>
+      </c>
+      <c r="S213" s="19">
+        <v>58.6</v>
+      </c>
+      <c r="T213" s="19">
+        <v>58.03</v>
+      </c>
+    </row>
+    <row r="214" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="27"/>
+      <c r="B214" s="28"/>
+      <c r="C214" s="25"/>
+      <c r="D214" s="28"/>
+      <c r="E214" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F214" s="29">
+      <c r="F214" s="19">
         <v>1.54</v>
       </c>
-      <c r="G214" s="29">
+      <c r="G214" s="19">
         <v>1.75</v>
       </c>
-      <c r="H214" s="29">
+      <c r="H214" s="19">
         <v>1.72</v>
       </c>
-      <c r="I214" s="29">
+      <c r="I214" s="19">
         <v>2.59</v>
       </c>
-      <c r="J214" s="29">
+      <c r="J214" s="19">
         <v>1.84</v>
       </c>
-      <c r="K214" s="29">
+      <c r="K214" s="19">
         <v>2.39</v>
       </c>
-      <c r="L214" s="29">
+      <c r="L214" s="19">
         <v>2.16</v>
       </c>
-      <c r="M214" s="29">
+      <c r="M214" s="19">
         <v>2.57</v>
       </c>
-      <c r="N214" s="29">
+      <c r="N214" s="19">
         <v>1.9</v>
       </c>
-      <c r="O214" s="29">
+      <c r="O214" s="19">
         <v>2.5299999999999998</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A215" s="30"/>
+      <c r="P214" s="19">
+        <v>1.74</v>
+      </c>
+      <c r="Q214" s="19">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="R214" s="19">
+        <v>1.42</v>
+      </c>
+      <c r="S214" s="19">
+        <v>1.4</v>
+      </c>
+      <c r="T214" s="19">
+        <v>1.78</v>
+      </c>
+    </row>
+    <row r="215" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="27"/>
       <c r="B215" s="26" t="s">
         <v>43</v>
       </c>
-      <c r="C215" s="32"/>
-      <c r="D215" s="27" t="s">
+      <c r="C215" s="23"/>
+      <c r="D215" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E215" s="28"/>
-      <c r="F215" s="29">
+      <c r="E215" s="18"/>
+      <c r="F215" s="19">
         <v>160.12</v>
       </c>
-      <c r="G215" s="29">
+      <c r="G215" s="19">
         <v>154.32</v>
       </c>
-      <c r="H215" s="29">
+      <c r="H215" s="19">
         <v>154.29</v>
       </c>
-      <c r="I215" s="29">
+      <c r="I215" s="19">
         <v>176.28</v>
       </c>
-      <c r="J215" s="29">
+      <c r="J215" s="19">
         <v>176.35</v>
       </c>
-      <c r="K215" s="29">
+      <c r="K215" s="19">
         <v>168.89</v>
       </c>
-      <c r="L215" s="29">
+      <c r="L215" s="19">
         <v>168.93</v>
       </c>
-      <c r="M215" s="29">
+      <c r="M215" s="19">
         <v>168.98</v>
       </c>
-      <c r="N215" s="29">
+      <c r="N215" s="19">
         <v>169.03</v>
       </c>
-      <c r="O215" s="29">
+      <c r="O215" s="19">
         <v>166.51</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C216" s="33"/>
+      <c r="P215" s="19">
+        <v>166.54</v>
+      </c>
+      <c r="Q215" s="19">
+        <v>166.57</v>
+      </c>
+      <c r="R215" s="19">
+        <v>166.61</v>
+      </c>
+      <c r="S215" s="19">
+        <v>177.6</v>
+      </c>
+      <c r="T215" s="19">
+        <v>177.65</v>
+      </c>
+    </row>
+    <row r="216" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="27"/>
+      <c r="B216" s="27"/>
+      <c r="C216" s="24"/>
       <c r="D216" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E216" s="27" t="s">
+      <c r="E216" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F216" s="29">
+      <c r="F216" s="19">
         <v>36.06</v>
       </c>
-      <c r="G216" s="29">
+      <c r="G216" s="19">
         <v>41.24</v>
       </c>
-      <c r="H216" s="29">
+      <c r="H216" s="19">
         <v>38.47</v>
       </c>
-      <c r="I216" s="29">
+      <c r="I216" s="19">
         <v>37.549999999999997</v>
       </c>
-      <c r="J216" s="29">
+      <c r="J216" s="19">
         <v>36.71</v>
       </c>
-      <c r="K216" s="29">
+      <c r="K216" s="19">
         <v>40.369999999999997</v>
       </c>
-      <c r="L216" s="29">
+      <c r="L216" s="19">
         <v>34.049999999999997</v>
       </c>
-      <c r="M216" s="29">
-[...14 lines deleted...]
-      <c r="E217" s="27" t="s">
+      <c r="M216" s="19">
+        <v>114.57</v>
+      </c>
+      <c r="N216" s="19">
+        <v>126.93</v>
+      </c>
+      <c r="O216" s="19">
+        <v>122.76</v>
+      </c>
+      <c r="P216" s="19">
+        <v>115.2</v>
+      </c>
+      <c r="Q216" s="19">
+        <v>29.14</v>
+      </c>
+      <c r="R216" s="19">
+        <v>33.64</v>
+      </c>
+      <c r="S216" s="19">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="T216" s="19">
+        <v>35.15</v>
+      </c>
+    </row>
+    <row r="217" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="27"/>
+      <c r="B217" s="27"/>
+      <c r="C217" s="24"/>
+      <c r="D217" s="28"/>
+      <c r="E217" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F217" s="29">
+      <c r="F217" s="19">
         <v>124.06</v>
       </c>
-      <c r="G217" s="29">
+      <c r="G217" s="19">
         <v>113.09</v>
       </c>
-      <c r="H217" s="29">
+      <c r="H217" s="19">
         <v>115.82</v>
       </c>
-      <c r="I217" s="29">
+      <c r="I217" s="19">
         <v>138.72999999999999</v>
       </c>
-      <c r="J217" s="29">
+      <c r="J217" s="19">
         <v>139.63999999999999</v>
       </c>
-      <c r="K217" s="29">
+      <c r="K217" s="19">
         <v>128.52000000000001</v>
       </c>
-      <c r="L217" s="29">
+      <c r="L217" s="19">
         <v>134.88</v>
       </c>
-      <c r="M217" s="29">
+      <c r="M217" s="19">
         <v>139.63999999999999</v>
       </c>
-      <c r="N217" s="29">
+      <c r="N217" s="19">
         <v>136.41999999999999</v>
       </c>
-      <c r="O217" s="29">
+      <c r="O217" s="19">
         <v>139.41</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C218" s="33"/>
+      <c r="P217" s="19">
+        <v>134.91999999999999</v>
+      </c>
+      <c r="Q217" s="19">
+        <v>137.43</v>
+      </c>
+      <c r="R217" s="19">
+        <v>132.97999999999999</v>
+      </c>
+      <c r="S217" s="19">
+        <v>143.9</v>
+      </c>
+      <c r="T217" s="19">
+        <v>142.51</v>
+      </c>
+    </row>
+    <row r="218" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="27"/>
+      <c r="B218" s="27"/>
+      <c r="C218" s="24"/>
       <c r="D218" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E218" s="27" t="s">
+      <c r="E218" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F218" s="29">
+      <c r="F218" s="19">
         <v>135.61000000000001</v>
       </c>
-      <c r="G218" s="29">
+      <c r="G218" s="19">
         <v>134.96</v>
       </c>
-      <c r="H218" s="29">
+      <c r="H218" s="19">
         <v>136.71</v>
       </c>
-      <c r="I218" s="29">
+      <c r="I218" s="19">
         <v>151.69</v>
       </c>
-      <c r="J218" s="29">
+      <c r="J218" s="19">
         <v>150.47</v>
       </c>
-      <c r="K218" s="29">
+      <c r="K218" s="19">
         <v>151.54</v>
       </c>
-      <c r="L218" s="29">
+      <c r="L218" s="19">
         <v>151.08000000000001</v>
       </c>
-      <c r="M218" s="29">
-[...14 lines deleted...]
-      <c r="E219" s="27" t="s">
+      <c r="M218" s="19">
+        <v>391.95</v>
+      </c>
+      <c r="N218" s="19">
+        <v>399.01</v>
+      </c>
+      <c r="O218" s="19">
+        <v>397.48</v>
+      </c>
+      <c r="P218" s="19">
+        <v>400.2</v>
+      </c>
+      <c r="Q218" s="19">
+        <v>147.16</v>
+      </c>
+      <c r="R218" s="19">
+        <v>146.59</v>
+      </c>
+      <c r="S218" s="19">
+        <v>157.6</v>
+      </c>
+      <c r="T218" s="19">
+        <v>157.01</v>
+      </c>
+    </row>
+    <row r="219" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A219" s="27"/>
+      <c r="B219" s="27"/>
+      <c r="C219" s="24"/>
+      <c r="D219" s="28"/>
+      <c r="E219" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F219" s="29">
+      <c r="F219" s="19">
         <v>24.51</v>
       </c>
-      <c r="G219" s="29">
+      <c r="G219" s="19">
         <v>19.36</v>
       </c>
-      <c r="H219" s="29">
+      <c r="H219" s="19">
         <v>17.579999999999998</v>
       </c>
-      <c r="I219" s="29">
+      <c r="I219" s="19">
         <v>24.59</v>
       </c>
-      <c r="J219" s="29">
+      <c r="J219" s="19">
         <v>25.88</v>
       </c>
-      <c r="K219" s="29">
+      <c r="K219" s="19">
         <v>17.350000000000001</v>
       </c>
-      <c r="L219" s="29">
+      <c r="L219" s="19">
         <v>17.850000000000001</v>
       </c>
-      <c r="M219" s="29">
+      <c r="M219" s="19">
         <v>26.07</v>
       </c>
-      <c r="N219" s="29">
+      <c r="N219" s="19">
         <v>23.43</v>
       </c>
-      <c r="O219" s="29">
+      <c r="O219" s="19">
         <v>19.09</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C220" s="33"/>
+      <c r="P219" s="19">
+        <v>17.16</v>
+      </c>
+      <c r="Q219" s="19">
+        <v>19.41</v>
+      </c>
+      <c r="R219" s="19">
+        <v>20.03</v>
+      </c>
+      <c r="S219" s="19">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="T219" s="19">
+        <v>20.65</v>
+      </c>
+    </row>
+    <row r="220" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A220" s="27"/>
+      <c r="B220" s="27"/>
+      <c r="C220" s="24"/>
       <c r="D220" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E220" s="27" t="s">
+      <c r="E220" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F220" s="29">
+      <c r="F220" s="19">
         <v>152.06</v>
       </c>
-      <c r="G220" s="29">
+      <c r="G220" s="19">
         <v>148.77000000000001</v>
       </c>
-      <c r="H220" s="29">
+      <c r="H220" s="19">
         <v>150.13</v>
       </c>
-      <c r="I220" s="29">
+      <c r="I220" s="19">
         <v>169.93</v>
       </c>
-      <c r="J220" s="29">
+      <c r="J220" s="19">
         <v>168.5</v>
       </c>
-      <c r="K220" s="29">
+      <c r="K220" s="19">
         <v>162.63999999999999</v>
       </c>
-      <c r="L220" s="29">
+      <c r="L220" s="19">
         <v>162.87</v>
       </c>
-      <c r="M220" s="29">
-[...14 lines deleted...]
-      <c r="E221" s="27" t="s">
+      <c r="M220" s="19">
+        <v>407.77</v>
+      </c>
+      <c r="N220" s="19">
+        <v>411.71</v>
+      </c>
+      <c r="O220" s="19">
+        <v>411.92</v>
+      </c>
+      <c r="P220" s="19">
+        <v>411.45</v>
+      </c>
+      <c r="Q220" s="19">
+        <v>158.82</v>
+      </c>
+      <c r="R220" s="19">
+        <v>161.16</v>
+      </c>
+      <c r="S220" s="19">
+        <v>171.1</v>
+      </c>
+      <c r="T220" s="19">
+        <v>169.6</v>
+      </c>
+    </row>
+    <row r="221" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A221" s="27"/>
+      <c r="B221" s="28"/>
+      <c r="C221" s="25"/>
+      <c r="D221" s="28"/>
+      <c r="E221" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F221" s="29">
+      <c r="F221" s="19">
         <v>8.06</v>
       </c>
-      <c r="G221" s="29">
+      <c r="G221" s="19">
         <v>5.56</v>
       </c>
-      <c r="H221" s="29">
+      <c r="H221" s="19">
         <v>4.1500000000000004</v>
       </c>
-      <c r="I221" s="29">
+      <c r="I221" s="19">
         <v>6.36</v>
       </c>
-      <c r="J221" s="29">
+      <c r="J221" s="19">
         <v>7.85</v>
       </c>
-      <c r="K221" s="29">
+      <c r="K221" s="19">
         <v>6.25</v>
       </c>
-      <c r="L221" s="29">
+      <c r="L221" s="19">
         <v>6.07</v>
       </c>
-      <c r="M221" s="29">
+      <c r="M221" s="19">
         <v>7.52</v>
       </c>
-      <c r="N221" s="29">
+      <c r="N221" s="19">
         <v>7.13</v>
       </c>
-      <c r="O221" s="29">
+      <c r="O221" s="19">
         <v>4.2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A222" s="30"/>
+      <c r="P221" s="19">
+        <v>5.57</v>
+      </c>
+      <c r="Q221" s="19">
+        <v>7.75</v>
+      </c>
+      <c r="R221" s="19">
+        <v>5.46</v>
+      </c>
+      <c r="S221" s="19">
+        <v>6.5</v>
+      </c>
+      <c r="T221" s="19">
+        <v>8.0500000000000007</v>
+      </c>
+    </row>
+    <row r="222" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A222" s="27"/>
       <c r="B222" s="26" t="s">
         <v>44</v>
       </c>
-      <c r="C222" s="32"/>
-      <c r="D222" s="27" t="s">
+      <c r="C222" s="23"/>
+      <c r="D222" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E222" s="28"/>
-      <c r="F222" s="29">
+      <c r="E222" s="18"/>
+      <c r="F222" s="19">
         <v>154.66999999999999</v>
       </c>
-      <c r="G222" s="29">
+      <c r="G222" s="19">
         <v>157.97</v>
       </c>
-      <c r="H222" s="29">
+      <c r="H222" s="19">
         <v>157.84</v>
       </c>
-      <c r="I222" s="29">
+      <c r="I222" s="19">
         <v>175.29</v>
       </c>
-      <c r="J222" s="29">
+      <c r="J222" s="19">
         <v>175.25</v>
       </c>
-      <c r="K222" s="29">
+      <c r="K222" s="19">
         <v>161.44</v>
       </c>
-      <c r="L222" s="29">
+      <c r="L222" s="19">
         <v>161.38999999999999</v>
       </c>
-      <c r="M222" s="29">
+      <c r="M222" s="19">
         <v>161.34</v>
       </c>
-      <c r="N222" s="29">
+      <c r="N222" s="19">
         <v>161.30000000000001</v>
       </c>
-      <c r="O222" s="29">
+      <c r="O222" s="19">
         <v>172.2</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C223" s="33"/>
+      <c r="P222" s="19">
+        <v>172.14</v>
+      </c>
+      <c r="Q222" s="19">
+        <v>172.08</v>
+      </c>
+      <c r="R222" s="19">
+        <v>172.02</v>
+      </c>
+      <c r="S222" s="19">
+        <v>170.5</v>
+      </c>
+      <c r="T222" s="19">
+        <v>170.44</v>
+      </c>
+    </row>
+    <row r="223" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A223" s="27"/>
+      <c r="B223" s="27"/>
+      <c r="C223" s="24"/>
       <c r="D223" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E223" s="27" t="s">
+      <c r="E223" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F223" s="29">
+      <c r="F223" s="19">
         <v>32.01</v>
       </c>
-      <c r="G223" s="29">
+      <c r="G223" s="19">
         <v>31.85</v>
       </c>
-      <c r="H223" s="29">
+      <c r="H223" s="19">
         <v>28.05</v>
       </c>
-      <c r="I223" s="29">
+      <c r="I223" s="19">
         <v>38.49</v>
       </c>
-      <c r="J223" s="29">
+      <c r="J223" s="19">
         <v>34.590000000000003</v>
       </c>
-      <c r="K223" s="29">
+      <c r="K223" s="19">
         <v>25.28</v>
       </c>
-      <c r="L223" s="29">
+      <c r="L223" s="19">
         <v>30.2</v>
       </c>
-      <c r="M223" s="29">
-[...14 lines deleted...]
-      <c r="E224" s="27" t="s">
+      <c r="M223" s="19">
+        <v>65.45</v>
+      </c>
+      <c r="N223" s="19">
+        <v>77.25</v>
+      </c>
+      <c r="O223" s="19">
+        <v>56.18</v>
+      </c>
+      <c r="P223" s="19">
+        <v>75.349999999999994</v>
+      </c>
+      <c r="Q223" s="19">
+        <v>32.659999999999997</v>
+      </c>
+      <c r="R223" s="19">
+        <v>33.75</v>
+      </c>
+      <c r="S223" s="19">
+        <v>32.1</v>
+      </c>
+      <c r="T223" s="19">
+        <v>30.9</v>
+      </c>
+    </row>
+    <row r="224" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A224" s="27"/>
+      <c r="B224" s="27"/>
+      <c r="C224" s="24"/>
+      <c r="D224" s="28"/>
+      <c r="E224" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F224" s="29">
+      <c r="F224" s="19">
         <v>122.66</v>
       </c>
-      <c r="G224" s="29">
+      <c r="G224" s="19">
         <v>126.13</v>
       </c>
-      <c r="H224" s="29">
+      <c r="H224" s="19">
         <v>129.79</v>
       </c>
-      <c r="I224" s="29">
+      <c r="I224" s="19">
         <v>136.80000000000001</v>
       </c>
-      <c r="J224" s="29">
+      <c r="J224" s="19">
         <v>140.66999999999999</v>
       </c>
-      <c r="K224" s="29">
+      <c r="K224" s="19">
         <v>136.16999999999999</v>
       </c>
-      <c r="L224" s="29">
+      <c r="L224" s="19">
         <v>131.19</v>
       </c>
-      <c r="M224" s="29">
+      <c r="M224" s="19">
         <v>137.09</v>
       </c>
-      <c r="N224" s="29">
+      <c r="N224" s="19">
         <v>133.80000000000001</v>
       </c>
-      <c r="O224" s="29">
+      <c r="O224" s="19">
         <v>146.28</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C225" s="33"/>
+      <c r="P224" s="19">
+        <v>144.19</v>
+      </c>
+      <c r="Q224" s="19">
+        <v>139.41999999999999</v>
+      </c>
+      <c r="R224" s="19">
+        <v>138.28</v>
+      </c>
+      <c r="S224" s="19">
+        <v>138.4</v>
+      </c>
+      <c r="T224" s="19">
+        <v>139.54</v>
+      </c>
+    </row>
+    <row r="225" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A225" s="27"/>
+      <c r="B225" s="27"/>
+      <c r="C225" s="24"/>
       <c r="D225" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E225" s="27" t="s">
+      <c r="E225" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F225" s="29">
+      <c r="F225" s="19">
         <v>132.69</v>
       </c>
-      <c r="G225" s="29">
+      <c r="G225" s="19">
         <v>139.22</v>
       </c>
-      <c r="H225" s="29">
+      <c r="H225" s="19">
         <v>137.51</v>
       </c>
-      <c r="I225" s="29">
+      <c r="I225" s="19">
         <v>153.66999999999999</v>
       </c>
-      <c r="J225" s="29">
+      <c r="J225" s="19">
         <v>155.86000000000001</v>
       </c>
-      <c r="K225" s="29">
+      <c r="K225" s="19">
         <v>145.26</v>
       </c>
-      <c r="L225" s="29">
+      <c r="L225" s="19">
         <v>144.34</v>
       </c>
-      <c r="M225" s="29">
-[...14 lines deleted...]
-      <c r="E226" s="27" t="s">
+      <c r="M225" s="19">
+        <v>404.25</v>
+      </c>
+      <c r="N225" s="19">
+        <v>404.52</v>
+      </c>
+      <c r="O225" s="19">
+        <v>410.85</v>
+      </c>
+      <c r="P225" s="19">
+        <v>413.18</v>
+      </c>
+      <c r="Q225" s="19">
+        <v>154.21</v>
+      </c>
+      <c r="R225" s="19">
+        <v>155.62</v>
+      </c>
+      <c r="S225" s="19">
+        <v>153.4</v>
+      </c>
+      <c r="T225" s="19">
+        <v>153.11000000000001</v>
+      </c>
+    </row>
+    <row r="226" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A226" s="27"/>
+      <c r="B226" s="27"/>
+      <c r="C226" s="24"/>
+      <c r="D226" s="28"/>
+      <c r="E226" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F226" s="29">
+      <c r="F226" s="19">
         <v>21.99</v>
       </c>
-      <c r="G226" s="29">
+      <c r="G226" s="19">
         <v>18.75</v>
       </c>
-      <c r="H226" s="29">
+      <c r="H226" s="19">
         <v>20.34</v>
       </c>
-      <c r="I226" s="29">
+      <c r="I226" s="19">
         <v>21.61</v>
       </c>
-      <c r="J226" s="29">
+      <c r="J226" s="19">
         <v>19.39</v>
       </c>
-      <c r="K226" s="29">
+      <c r="K226" s="19">
         <v>16.18</v>
       </c>
-      <c r="L226" s="29">
+      <c r="L226" s="19">
         <v>17.05</v>
       </c>
-      <c r="M226" s="29">
+      <c r="M226" s="19">
         <v>19.72</v>
       </c>
-      <c r="N226" s="29">
+      <c r="N226" s="19">
         <v>18.8</v>
       </c>
-      <c r="O226" s="29">
+      <c r="O226" s="19">
         <v>18.14</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C227" s="33"/>
+      <c r="P226" s="19">
+        <v>20.03</v>
+      </c>
+      <c r="Q226" s="19">
+        <v>17.87</v>
+      </c>
+      <c r="R226" s="19">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="S226" s="19">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="T226" s="19">
+        <v>17.329999999999998</v>
+      </c>
+    </row>
+    <row r="227" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="27"/>
+      <c r="B227" s="27"/>
+      <c r="C227" s="24"/>
       <c r="D227" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E227" s="27" t="s">
+      <c r="E227" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F227" s="29">
+      <c r="F227" s="19">
         <v>146.26</v>
       </c>
-      <c r="G227" s="29">
+      <c r="G227" s="19">
         <v>152.16999999999999</v>
       </c>
-      <c r="H227" s="29">
+      <c r="H227" s="19">
         <v>152.97</v>
       </c>
-      <c r="I227" s="29">
+      <c r="I227" s="19">
         <v>170.47</v>
       </c>
-      <c r="J227" s="29">
+      <c r="J227" s="19">
         <v>170.66</v>
       </c>
-      <c r="K227" s="29">
+      <c r="K227" s="19">
         <v>156.57</v>
       </c>
-      <c r="L227" s="29">
+      <c r="L227" s="19">
         <v>155.81</v>
       </c>
-      <c r="M227" s="29">
-[...14 lines deleted...]
-      <c r="E228" s="27" t="s">
+      <c r="M227" s="19">
+        <v>420.68</v>
+      </c>
+      <c r="N227" s="19">
+        <v>420.46</v>
+      </c>
+      <c r="O227" s="19">
+        <v>419.78</v>
+      </c>
+      <c r="P227" s="19">
+        <v>427.28</v>
+      </c>
+      <c r="Q227" s="19">
+        <v>165.02</v>
+      </c>
+      <c r="R227" s="19">
+        <v>165.7</v>
+      </c>
+      <c r="S227" s="19">
+        <v>162.69999999999999</v>
+      </c>
+      <c r="T227" s="19">
+        <v>162.31</v>
+      </c>
+    </row>
+    <row r="228" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A228" s="28"/>
+      <c r="B228" s="28"/>
+      <c r="C228" s="25"/>
+      <c r="D228" s="28"/>
+      <c r="E228" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F228" s="29">
+      <c r="F228" s="19">
         <v>8.41</v>
       </c>
-      <c r="G228" s="29">
+      <c r="G228" s="19">
         <v>5.8</v>
       </c>
-      <c r="H228" s="29">
+      <c r="H228" s="19">
         <v>4.87</v>
       </c>
-      <c r="I228" s="29">
+      <c r="I228" s="19">
         <v>4.8099999999999996</v>
       </c>
-      <c r="J228" s="29">
+      <c r="J228" s="19">
         <v>4.59</v>
       </c>
-      <c r="K228" s="29">
+      <c r="K228" s="19">
         <v>4.87</v>
       </c>
-      <c r="L228" s="29">
+      <c r="L228" s="19">
         <v>5.58</v>
       </c>
-      <c r="M228" s="29">
+      <c r="M228" s="19">
         <v>8.76</v>
       </c>
-      <c r="N228" s="29">
+      <c r="N228" s="19">
         <v>5.95</v>
       </c>
-      <c r="O228" s="29">
+      <c r="O228" s="19">
         <v>6.91</v>
       </c>
-    </row>
-    <row r="229" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P228" s="19">
+        <v>8.67</v>
+      </c>
+      <c r="Q228" s="19">
+        <v>7.06</v>
+      </c>
+      <c r="R228" s="19">
+        <v>6.32</v>
+      </c>
+      <c r="S228" s="19">
+        <v>7.9</v>
+      </c>
+      <c r="T228" s="19">
+        <v>8.1300000000000008</v>
+      </c>
+    </row>
+    <row r="229" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A229" s="26" t="s">
         <v>45</v>
       </c>
       <c r="B229" s="26" t="s">
         <v>45</v>
       </c>
       <c r="C229" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="D229" s="27" t="s">
+      <c r="D229" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E229" s="28"/>
-      <c r="F229" s="29">
+      <c r="E229" s="18"/>
+      <c r="F229" s="19">
         <v>3879.02</v>
       </c>
-      <c r="G229" s="29">
+      <c r="G229" s="19">
         <v>3950.22</v>
       </c>
-      <c r="H229" s="29">
+      <c r="H229" s="19">
         <v>3944.94</v>
       </c>
-      <c r="I229" s="29">
+      <c r="I229" s="19">
         <v>4054.41</v>
       </c>
-      <c r="J229" s="29">
+      <c r="J229" s="19">
         <v>4049.77</v>
       </c>
-      <c r="K229" s="29">
+      <c r="K229" s="19">
         <v>3920.18</v>
       </c>
-      <c r="L229" s="29">
+      <c r="L229" s="19">
         <v>3915.22</v>
       </c>
-      <c r="M229" s="29">
+      <c r="M229" s="19">
         <v>3910.48</v>
       </c>
-      <c r="N229" s="29">
+      <c r="N229" s="19">
         <v>3905.98</v>
       </c>
-      <c r="O229" s="29">
+      <c r="O229" s="19">
         <v>3935.99</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C230" s="30"/>
+      <c r="P229" s="19">
+        <v>3930.73</v>
+      </c>
+      <c r="Q229" s="19">
+        <v>3925.7</v>
+      </c>
+      <c r="R229" s="19">
+        <v>3920.89</v>
+      </c>
+      <c r="S229" s="19">
+        <v>3993.5</v>
+      </c>
+      <c r="T229" s="19">
+        <v>3987.96</v>
+      </c>
+    </row>
+    <row r="230" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="27"/>
+      <c r="B230" s="27"/>
+      <c r="C230" s="27"/>
       <c r="D230" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E230" s="27" t="s">
+      <c r="E230" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F230" s="29">
+      <c r="F230" s="19">
         <v>940.62</v>
       </c>
-      <c r="G230" s="29">
+      <c r="G230" s="19">
         <v>988.26</v>
       </c>
-      <c r="H230" s="29">
+      <c r="H230" s="19">
         <v>918</v>
       </c>
-      <c r="I230" s="29">
+      <c r="I230" s="19">
         <v>916.21</v>
       </c>
-      <c r="J230" s="29">
+      <c r="J230" s="19">
         <v>877.58</v>
       </c>
-      <c r="K230" s="29">
+      <c r="K230" s="19">
         <v>844.49</v>
       </c>
-      <c r="L230" s="29">
+      <c r="L230" s="19">
         <v>813.33</v>
       </c>
-      <c r="M230" s="29">
-[...14 lines deleted...]
-      <c r="E231" s="27" t="s">
+      <c r="M230" s="19">
+        <v>63.06</v>
+      </c>
+      <c r="N230" s="19">
+        <v>61.27</v>
+      </c>
+      <c r="O230" s="19">
+        <v>61.4</v>
+      </c>
+      <c r="P230" s="19">
+        <v>59.07</v>
+      </c>
+      <c r="Q230" s="19">
+        <v>791.74</v>
+      </c>
+      <c r="R230" s="19">
+        <v>751.89</v>
+      </c>
+      <c r="S230" s="19">
+        <v>770.3</v>
+      </c>
+      <c r="T230" s="19">
+        <v>747.03</v>
+      </c>
+    </row>
+    <row r="231" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="27"/>
+      <c r="B231" s="27"/>
+      <c r="C231" s="27"/>
+      <c r="D231" s="28"/>
+      <c r="E231" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F231" s="29">
+      <c r="F231" s="19">
         <v>2938.4</v>
       </c>
-      <c r="G231" s="29">
+      <c r="G231" s="19">
         <v>2961.96</v>
       </c>
-      <c r="H231" s="29">
+      <c r="H231" s="19">
         <v>3026.94</v>
       </c>
-      <c r="I231" s="29">
+      <c r="I231" s="19">
         <v>3138.2</v>
       </c>
-      <c r="J231" s="29">
+      <c r="J231" s="19">
         <v>3172.19</v>
       </c>
-      <c r="K231" s="29">
+      <c r="K231" s="19">
         <v>3075.69</v>
       </c>
-      <c r="L231" s="29">
+      <c r="L231" s="19">
         <v>3101.89</v>
       </c>
-      <c r="M231" s="29">
+      <c r="M231" s="19">
         <v>3124.54</v>
       </c>
-      <c r="N231" s="29">
+      <c r="N231" s="19">
         <v>3207.24</v>
       </c>
-      <c r="O231" s="29">
+      <c r="O231" s="19">
         <v>3202.55</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C232" s="30"/>
+      <c r="P231" s="19">
+        <v>3121.93</v>
+      </c>
+      <c r="Q231" s="19">
+        <v>3133.96</v>
+      </c>
+      <c r="R231" s="19">
+        <v>3169</v>
+      </c>
+      <c r="S231" s="19">
+        <v>3223.2</v>
+      </c>
+      <c r="T231" s="19">
+        <v>3240.93</v>
+      </c>
+    </row>
+    <row r="232" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="27"/>
+      <c r="B232" s="27"/>
+      <c r="C232" s="27"/>
       <c r="D232" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E232" s="27" t="s">
+      <c r="E232" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F232" s="29">
+      <c r="F232" s="19">
         <v>3101.94</v>
       </c>
-      <c r="G232" s="29">
+      <c r="G232" s="19">
         <v>3267.96</v>
       </c>
-      <c r="H232" s="29">
+      <c r="H232" s="19">
         <v>3250.95</v>
       </c>
-      <c r="I232" s="29">
+      <c r="I232" s="19">
         <v>3341.88</v>
       </c>
-      <c r="J232" s="29">
+      <c r="J232" s="19">
         <v>3257.54</v>
       </c>
-      <c r="K232" s="29">
+      <c r="K232" s="19">
         <v>3243.96</v>
       </c>
-      <c r="L232" s="29">
+      <c r="L232" s="19">
         <v>3266.93</v>
       </c>
-      <c r="M232" s="29">
-[...14 lines deleted...]
-      <c r="E233" s="27" t="s">
+      <c r="M232" s="19">
+        <v>283.02999999999997</v>
+      </c>
+      <c r="N232" s="19">
+        <v>278.99</v>
+      </c>
+      <c r="O232" s="19">
+        <v>266.05</v>
+      </c>
+      <c r="P232" s="19">
+        <v>278.08999999999997</v>
+      </c>
+      <c r="Q232" s="19">
+        <v>3327</v>
+      </c>
+      <c r="R232" s="19">
+        <v>3302.96</v>
+      </c>
+      <c r="S232" s="19">
+        <v>3423</v>
+      </c>
+      <c r="T232" s="19">
+        <v>3480.42</v>
+      </c>
+    </row>
+    <row r="233" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A233" s="27"/>
+      <c r="B233" s="27"/>
+      <c r="C233" s="27"/>
+      <c r="D233" s="28"/>
+      <c r="E233" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F233" s="29">
+      <c r="F233" s="19">
         <v>777.08</v>
       </c>
-      <c r="G233" s="29">
+      <c r="G233" s="19">
         <v>682.25</v>
       </c>
-      <c r="H233" s="29">
+      <c r="H233" s="19">
         <v>693.99</v>
       </c>
-      <c r="I233" s="29">
+      <c r="I233" s="19">
         <v>712.53</v>
       </c>
-      <c r="J233" s="29">
+      <c r="J233" s="19">
         <v>792.22</v>
       </c>
-      <c r="K233" s="29">
+      <c r="K233" s="19">
         <v>676.22</v>
       </c>
-      <c r="L233" s="29">
+      <c r="L233" s="19">
         <v>648.29</v>
       </c>
-      <c r="M233" s="29">
+      <c r="M233" s="19">
         <v>693.95</v>
       </c>
-      <c r="N233" s="29">
+      <c r="N233" s="19">
         <v>660.23</v>
       </c>
-      <c r="O233" s="29">
+      <c r="O233" s="19">
         <v>621</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C234" s="30"/>
+      <c r="P233" s="19">
+        <v>561.92999999999995</v>
+      </c>
+      <c r="Q233" s="19">
+        <v>598.71</v>
+      </c>
+      <c r="R233" s="19">
+        <v>617.92999999999995</v>
+      </c>
+      <c r="S233" s="19">
+        <v>570.5</v>
+      </c>
+      <c r="T233" s="19">
+        <v>507.54</v>
+      </c>
+    </row>
+    <row r="234" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A234" s="27"/>
+      <c r="B234" s="27"/>
+      <c r="C234" s="27"/>
       <c r="D234" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E234" s="27" t="s">
+      <c r="E234" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F234" s="29">
+      <c r="F234" s="19">
         <v>3636.17</v>
       </c>
-      <c r="G234" s="29">
+      <c r="G234" s="19">
         <v>3752.68</v>
       </c>
-      <c r="H234" s="29">
+      <c r="H234" s="19">
         <v>3740.46</v>
       </c>
-      <c r="I234" s="29">
+      <c r="I234" s="19">
         <v>3829.6</v>
       </c>
-      <c r="J234" s="29">
+      <c r="J234" s="19">
         <v>3831.81</v>
       </c>
-      <c r="K234" s="29">
+      <c r="K234" s="19">
         <v>3719.05</v>
       </c>
-      <c r="L234" s="29">
+      <c r="L234" s="19">
         <v>3729.56</v>
       </c>
-      <c r="M234" s="29">
-[...14 lines deleted...]
-      <c r="E235" s="27" t="s">
+      <c r="M234" s="19">
+        <v>309.5</v>
+      </c>
+      <c r="N234" s="19">
+        <v>307.23</v>
+      </c>
+      <c r="O234" s="19">
+        <v>295.86</v>
+      </c>
+      <c r="P234" s="19">
+        <v>300.25</v>
+      </c>
+      <c r="Q234" s="19">
+        <v>3704.77</v>
+      </c>
+      <c r="R234" s="19">
+        <v>3700.54</v>
+      </c>
+      <c r="S234" s="19">
+        <v>3789.9</v>
+      </c>
+      <c r="T234" s="19">
+        <v>3804.64</v>
+      </c>
+    </row>
+    <row r="235" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A235" s="27"/>
+      <c r="B235" s="27"/>
+      <c r="C235" s="28"/>
+      <c r="D235" s="28"/>
+      <c r="E235" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F235" s="29">
+      <c r="F235" s="19">
         <v>242.85</v>
       </c>
-      <c r="G235" s="29">
+      <c r="G235" s="19">
         <v>197.53</v>
       </c>
-      <c r="H235" s="29">
+      <c r="H235" s="19">
         <v>204.48</v>
       </c>
-      <c r="I235" s="29">
+      <c r="I235" s="19">
         <v>224.81</v>
       </c>
-      <c r="J235" s="29">
+      <c r="J235" s="19">
         <v>217.95</v>
       </c>
-      <c r="K235" s="29">
+      <c r="K235" s="19">
         <v>201.13</v>
       </c>
-      <c r="L235" s="29">
+      <c r="L235" s="19">
         <v>185.66</v>
       </c>
-      <c r="M235" s="29">
+      <c r="M235" s="19">
         <v>233.37</v>
       </c>
-      <c r="N235" s="29">
+      <c r="N235" s="19">
         <v>227.19</v>
       </c>
-      <c r="O235" s="29">
+      <c r="O235" s="19">
         <v>197.73</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B236" s="30"/>
+      <c r="P235" s="19">
+        <v>178.54</v>
+      </c>
+      <c r="Q235" s="19">
+        <v>220.93</v>
+      </c>
+      <c r="R235" s="19">
+        <v>220.35</v>
+      </c>
+      <c r="S235" s="19">
+        <v>203.6</v>
+      </c>
+      <c r="T235" s="19">
+        <v>183.32</v>
+      </c>
+    </row>
+    <row r="236" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A236" s="27"/>
+      <c r="B236" s="27"/>
       <c r="C236" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="D236" s="27" t="s">
+      <c r="D236" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E236" s="28"/>
-      <c r="F236" s="29">
+      <c r="E236" s="18"/>
+      <c r="F236" s="19">
         <v>1423.62</v>
       </c>
-      <c r="G236" s="29">
+      <c r="G236" s="19">
         <v>1435.48</v>
       </c>
-      <c r="H236" s="29">
+      <c r="H236" s="19">
         <v>1433.55</v>
       </c>
-      <c r="I236" s="29">
+      <c r="I236" s="19">
         <v>1484.59</v>
       </c>
-      <c r="J236" s="29">
+      <c r="J236" s="19">
         <v>1482.81</v>
       </c>
-      <c r="K236" s="29">
+      <c r="K236" s="19">
         <v>1463.01</v>
       </c>
-      <c r="L236" s="29">
+      <c r="L236" s="19">
         <v>1461.13</v>
       </c>
-      <c r="M236" s="29">
+      <c r="M236" s="19">
         <v>1459.32</v>
       </c>
-      <c r="N236" s="29">
+      <c r="N236" s="19">
         <v>1457.62</v>
       </c>
-      <c r="O236" s="29">
+      <c r="O236" s="19">
         <v>1464.27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C237" s="30"/>
+      <c r="P236" s="19">
+        <v>1462.27</v>
+      </c>
+      <c r="Q236" s="19">
+        <v>1460.38</v>
+      </c>
+      <c r="R236" s="19">
+        <v>1458.55</v>
+      </c>
+      <c r="S236" s="19">
+        <v>1463.3</v>
+      </c>
+      <c r="T236" s="19">
+        <v>1461.23</v>
+      </c>
+    </row>
+    <row r="237" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A237" s="27"/>
+      <c r="B237" s="27"/>
+      <c r="C237" s="27"/>
       <c r="D237" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E237" s="27" t="s">
+      <c r="E237" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F237" s="29">
+      <c r="F237" s="19">
         <v>483.53</v>
       </c>
-      <c r="G237" s="29">
+      <c r="G237" s="19">
         <v>489.75</v>
       </c>
-      <c r="H237" s="29">
+      <c r="H237" s="19">
         <v>464.63</v>
       </c>
-      <c r="I237" s="29">
+      <c r="I237" s="19">
         <v>481.04</v>
       </c>
-      <c r="J237" s="29">
+      <c r="J237" s="19">
         <v>447.19</v>
       </c>
-      <c r="K237" s="29">
+      <c r="K237" s="19">
         <v>452.3</v>
       </c>
-      <c r="L237" s="29">
+      <c r="L237" s="19">
         <v>451.14</v>
       </c>
-      <c r="M237" s="29">
-[...14 lines deleted...]
-      <c r="E238" s="27" t="s">
+      <c r="M237" s="19">
+        <v>34.14</v>
+      </c>
+      <c r="N237" s="19">
+        <v>28.27</v>
+      </c>
+      <c r="O237" s="19">
+        <v>30.28</v>
+      </c>
+      <c r="P237" s="19">
+        <v>31.02</v>
+      </c>
+      <c r="Q237" s="19">
+        <v>432.34</v>
+      </c>
+      <c r="R237" s="19">
+        <v>394.52</v>
+      </c>
+      <c r="S237" s="19">
+        <v>395.9</v>
+      </c>
+      <c r="T237" s="19">
+        <v>379.99</v>
+      </c>
+    </row>
+    <row r="238" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A238" s="27"/>
+      <c r="B238" s="27"/>
+      <c r="C238" s="27"/>
+      <c r="D238" s="28"/>
+      <c r="E238" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F238" s="29">
+      <c r="F238" s="19">
         <v>940.09</v>
       </c>
-      <c r="G238" s="29">
+      <c r="G238" s="19">
         <v>945.73</v>
       </c>
-      <c r="H238" s="29">
+      <c r="H238" s="19">
         <v>968.92</v>
       </c>
-      <c r="I238" s="29">
+      <c r="I238" s="19">
         <v>1003.55</v>
       </c>
-      <c r="J238" s="29">
+      <c r="J238" s="19">
         <v>1035.6199999999999</v>
       </c>
-      <c r="K238" s="29">
+      <c r="K238" s="19">
         <v>1010.71</v>
       </c>
-      <c r="L238" s="29">
+      <c r="L238" s="19">
         <v>1009.99</v>
       </c>
-      <c r="M238" s="29">
+      <c r="M238" s="19">
         <v>1017.3</v>
       </c>
-      <c r="N238" s="29">
+      <c r="N238" s="19">
         <v>1088.8499999999999</v>
       </c>
-      <c r="O238" s="29">
+      <c r="O238" s="19">
         <v>1063</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C239" s="30"/>
+      <c r="P238" s="19">
+        <v>1019.17</v>
+      </c>
+      <c r="Q238" s="19">
+        <v>1028.04</v>
+      </c>
+      <c r="R238" s="19">
+        <v>1064.03</v>
+      </c>
+      <c r="S238" s="19">
+        <v>1067.5</v>
+      </c>
+      <c r="T238" s="19">
+        <v>1081.24</v>
+      </c>
+    </row>
+    <row r="239" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A239" s="27"/>
+      <c r="B239" s="27"/>
+      <c r="C239" s="27"/>
       <c r="D239" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E239" s="27" t="s">
+      <c r="E239" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F239" s="29">
+      <c r="F239" s="19">
         <v>1198.8499999999999</v>
       </c>
-      <c r="G239" s="29">
+      <c r="G239" s="19">
         <v>1240.79</v>
       </c>
-      <c r="H239" s="29">
+      <c r="H239" s="19">
         <v>1233.55</v>
       </c>
-      <c r="I239" s="29">
+      <c r="I239" s="19">
         <v>1286.92</v>
       </c>
-      <c r="J239" s="29">
+      <c r="J239" s="19">
         <v>1234.74</v>
       </c>
-      <c r="K239" s="29">
+      <c r="K239" s="19">
         <v>1269.98</v>
       </c>
-      <c r="L239" s="29">
+      <c r="L239" s="19">
         <v>1274.5999999999999</v>
       </c>
-      <c r="M239" s="29">
-[...14 lines deleted...]
-      <c r="E240" s="27" t="s">
+      <c r="M239" s="19">
+        <v>140.56</v>
+      </c>
+      <c r="N239" s="19">
+        <v>142.32</v>
+      </c>
+      <c r="O239" s="19">
+        <v>155.66999999999999</v>
+      </c>
+      <c r="P239" s="19">
+        <v>154.19999999999999</v>
+      </c>
+      <c r="Q239" s="19">
+        <v>1285.26</v>
+      </c>
+      <c r="R239" s="19">
+        <v>1276.48</v>
+      </c>
+      <c r="S239" s="19">
+        <v>1293.0999999999999</v>
+      </c>
+      <c r="T239" s="19">
+        <v>1313.15</v>
+      </c>
+    </row>
+    <row r="240" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A240" s="27"/>
+      <c r="B240" s="27"/>
+      <c r="C240" s="27"/>
+      <c r="D240" s="28"/>
+      <c r="E240" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F240" s="29">
+      <c r="F240" s="19">
         <v>224.77</v>
       </c>
-      <c r="G240" s="29">
+      <c r="G240" s="19">
         <v>194.69</v>
       </c>
-      <c r="H240" s="29">
+      <c r="H240" s="19">
         <v>200</v>
       </c>
-      <c r="I240" s="29">
+      <c r="I240" s="19">
         <v>197.67</v>
       </c>
-      <c r="J240" s="29">
+      <c r="J240" s="19">
         <v>248.08</v>
       </c>
-      <c r="K240" s="29">
+      <c r="K240" s="19">
         <v>193.04</v>
       </c>
-      <c r="L240" s="29">
+      <c r="L240" s="19">
         <v>186.53</v>
       </c>
-      <c r="M240" s="29">
+      <c r="M240" s="19">
         <v>204.6</v>
       </c>
-      <c r="N240" s="29">
+      <c r="N240" s="19">
         <v>202.11</v>
       </c>
-      <c r="O240" s="29">
+      <c r="O240" s="19">
         <v>176.71</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C241" s="30"/>
+      <c r="P240" s="19">
+        <v>156.44999999999999</v>
+      </c>
+      <c r="Q240" s="19">
+        <v>175.12</v>
+      </c>
+      <c r="R240" s="19">
+        <v>182.07</v>
+      </c>
+      <c r="S240" s="19">
+        <v>170.3</v>
+      </c>
+      <c r="T240" s="19">
+        <v>148.07</v>
+      </c>
+    </row>
+    <row r="241" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A241" s="27"/>
+      <c r="B241" s="27"/>
+      <c r="C241" s="27"/>
       <c r="D241" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E241" s="27" t="s">
+      <c r="E241" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F241" s="29">
+      <c r="F241" s="19">
         <v>1362.91</v>
       </c>
-      <c r="G241" s="29">
+      <c r="G241" s="19">
         <v>1390</v>
       </c>
-      <c r="H241" s="29">
+      <c r="H241" s="19">
         <v>1378.99</v>
       </c>
-      <c r="I241" s="29">
+      <c r="I241" s="19">
         <v>1425.16</v>
       </c>
-      <c r="J241" s="29">
+      <c r="J241" s="19">
         <v>1422.27</v>
       </c>
-      <c r="K241" s="29">
+      <c r="K241" s="19">
         <v>1404.08</v>
       </c>
-      <c r="L241" s="29">
+      <c r="L241" s="19">
         <v>1404.37</v>
       </c>
-      <c r="M241" s="29">
-[...14 lines deleted...]
-      <c r="E242" s="27" t="s">
+      <c r="M241" s="19">
+        <v>166.27</v>
+      </c>
+      <c r="N241" s="19">
+        <v>167.43</v>
+      </c>
+      <c r="O241" s="19">
+        <v>175.12</v>
+      </c>
+      <c r="P241" s="19">
+        <v>173.26</v>
+      </c>
+      <c r="Q241" s="19">
+        <v>1398.1</v>
+      </c>
+      <c r="R241" s="19">
+        <v>1395.47</v>
+      </c>
+      <c r="S241" s="19">
+        <v>1404.2</v>
+      </c>
+      <c r="T241" s="19">
+        <v>1417.87</v>
+      </c>
+    </row>
+    <row r="242" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="27"/>
+      <c r="B242" s="27"/>
+      <c r="C242" s="28"/>
+      <c r="D242" s="28"/>
+      <c r="E242" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F242" s="29">
+      <c r="F242" s="19">
         <v>60.72</v>
       </c>
-      <c r="G242" s="29">
+      <c r="G242" s="19">
         <v>45.48</v>
       </c>
-      <c r="H242" s="29">
+      <c r="H242" s="19">
         <v>54.56</v>
       </c>
-      <c r="I242" s="29">
+      <c r="I242" s="19">
         <v>59.43</v>
       </c>
-      <c r="J242" s="29">
+      <c r="J242" s="19">
         <v>60.55</v>
       </c>
-      <c r="K242" s="29">
+      <c r="K242" s="19">
         <v>58.93</v>
       </c>
-      <c r="L242" s="29">
+      <c r="L242" s="19">
         <v>56.76</v>
       </c>
-      <c r="M242" s="29">
+      <c r="M242" s="19">
         <v>77.239999999999995</v>
       </c>
-      <c r="N242" s="29">
+      <c r="N242" s="19">
         <v>64.67</v>
       </c>
-      <c r="O242" s="29">
+      <c r="O242" s="19">
         <v>52.85</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B243" s="30"/>
+      <c r="P242" s="19">
+        <v>46.12</v>
+      </c>
+      <c r="Q242" s="19">
+        <v>62.28</v>
+      </c>
+      <c r="R242" s="19">
+        <v>63.08</v>
+      </c>
+      <c r="S242" s="19">
+        <v>59.1</v>
+      </c>
+      <c r="T242" s="19">
+        <v>43.35</v>
+      </c>
+    </row>
+    <row r="243" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A243" s="27"/>
+      <c r="B243" s="27"/>
       <c r="C243" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="D243" s="27" t="s">
+      <c r="D243" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E243" s="28"/>
-      <c r="F243" s="29">
+      <c r="E243" s="18"/>
+      <c r="F243" s="19">
         <v>2455.4</v>
       </c>
-      <c r="G243" s="29">
+      <c r="G243" s="19">
         <v>2514.7399999999998</v>
       </c>
-      <c r="H243" s="29">
+      <c r="H243" s="19">
         <v>2511.39</v>
       </c>
-      <c r="I243" s="29">
+      <c r="I243" s="19">
         <v>2569.8200000000002</v>
       </c>
-      <c r="J243" s="29">
+      <c r="J243" s="19">
         <v>2566.96</v>
       </c>
-      <c r="K243" s="29">
+      <c r="K243" s="19">
         <v>2457.17</v>
       </c>
-      <c r="L243" s="29">
+      <c r="L243" s="19">
         <v>2454.09</v>
       </c>
-      <c r="M243" s="29">
+      <c r="M243" s="19">
         <v>2451.16</v>
       </c>
-      <c r="N243" s="29">
+      <c r="N243" s="19">
         <v>2448.36</v>
       </c>
-      <c r="O243" s="29">
+      <c r="O243" s="19">
         <v>2471.73</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C244" s="30"/>
+      <c r="P243" s="19">
+        <v>2468.46</v>
+      </c>
+      <c r="Q243" s="19">
+        <v>2465.3200000000002</v>
+      </c>
+      <c r="R243" s="19">
+        <v>2462.34</v>
+      </c>
+      <c r="S243" s="19">
+        <v>2530.1999999999998</v>
+      </c>
+      <c r="T243" s="19">
+        <v>2526.7399999999998</v>
+      </c>
+    </row>
+    <row r="244" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="27"/>
+      <c r="B244" s="27"/>
+      <c r="C244" s="27"/>
       <c r="D244" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E244" s="27" t="s">
+      <c r="E244" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F244" s="29">
+      <c r="F244" s="19">
         <v>457.09</v>
       </c>
-      <c r="G244" s="29">
+      <c r="G244" s="19">
         <v>498.51</v>
       </c>
-      <c r="H244" s="29">
+      <c r="H244" s="19">
         <v>453.37</v>
       </c>
-      <c r="I244" s="29">
+      <c r="I244" s="19">
         <v>435.17</v>
       </c>
-      <c r="J244" s="29">
+      <c r="J244" s="19">
         <v>430.38</v>
       </c>
-      <c r="K244" s="29">
+      <c r="K244" s="19">
         <v>392.19</v>
       </c>
-      <c r="L244" s="29">
+      <c r="L244" s="19">
         <v>362.19</v>
       </c>
-      <c r="M244" s="29">
-[...14 lines deleted...]
-      <c r="E245" s="27" t="s">
+      <c r="M244" s="19">
+        <v>38.64</v>
+      </c>
+      <c r="N244" s="19">
+        <v>42.37</v>
+      </c>
+      <c r="O244" s="19">
+        <v>46.61</v>
+      </c>
+      <c r="P244" s="19">
+        <v>50.65</v>
+      </c>
+      <c r="Q244" s="19">
+        <v>359.4</v>
+      </c>
+      <c r="R244" s="19">
+        <v>357.37</v>
+      </c>
+      <c r="S244" s="19">
+        <v>374.4</v>
+      </c>
+      <c r="T244" s="19">
+        <v>367.05</v>
+      </c>
+    </row>
+    <row r="245" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A245" s="27"/>
+      <c r="B245" s="27"/>
+      <c r="C245" s="27"/>
+      <c r="D245" s="28"/>
+      <c r="E245" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F245" s="29">
+      <c r="F245" s="19">
         <v>1998.31</v>
       </c>
-      <c r="G245" s="29">
+      <c r="G245" s="19">
         <v>2016.22</v>
       </c>
-      <c r="H245" s="29">
+      <c r="H245" s="19">
         <v>2058.02</v>
       </c>
-      <c r="I245" s="29">
+      <c r="I245" s="19">
         <v>2134.65</v>
       </c>
-      <c r="J245" s="29">
+      <c r="J245" s="19">
         <v>2136.5700000000002</v>
       </c>
-      <c r="K245" s="29">
+      <c r="K245" s="19">
         <v>2064.98</v>
       </c>
-      <c r="L245" s="29">
+      <c r="L245" s="19">
         <v>2091.9</v>
       </c>
-      <c r="M245" s="29">
+      <c r="M245" s="19">
         <v>2107.2399999999998</v>
       </c>
-      <c r="N245" s="29">
+      <c r="N245" s="19">
         <v>2118.39</v>
       </c>
-      <c r="O245" s="29">
+      <c r="O245" s="19">
         <v>2139.5500000000002</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C246" s="30"/>
+      <c r="P245" s="19">
+        <v>2102.7600000000002</v>
+      </c>
+      <c r="Q245" s="19">
+        <v>2105.92</v>
+      </c>
+      <c r="R245" s="19">
+        <v>2104.9699999999998</v>
+      </c>
+      <c r="S245" s="19">
+        <v>2155.6999999999998</v>
+      </c>
+      <c r="T245" s="19">
+        <v>2159.69</v>
+      </c>
+    </row>
+    <row r="246" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="27"/>
+      <c r="B246" s="27"/>
+      <c r="C246" s="27"/>
       <c r="D246" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E246" s="27" t="s">
+      <c r="E246" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F246" s="29">
+      <c r="F246" s="19">
         <v>1903.09</v>
       </c>
-      <c r="G246" s="29">
+      <c r="G246" s="19">
         <v>2027.17</v>
       </c>
-      <c r="H246" s="29">
+      <c r="H246" s="19">
         <v>2017.4</v>
       </c>
-      <c r="I246" s="29">
+      <c r="I246" s="19">
         <v>2054.96</v>
       </c>
-      <c r="J246" s="29">
+      <c r="J246" s="19">
         <v>2022.81</v>
       </c>
-      <c r="K246" s="29">
+      <c r="K246" s="19">
         <v>1973.99</v>
       </c>
-      <c r="L246" s="29">
+      <c r="L246" s="19">
         <v>1992.33</v>
       </c>
-      <c r="M246" s="29">
-[...14 lines deleted...]
-      <c r="E247" s="27" t="s">
+      <c r="M246" s="19">
+        <v>254.62</v>
+      </c>
+      <c r="N246" s="19">
+        <v>256.73</v>
+      </c>
+      <c r="O246" s="19">
+        <v>263.8</v>
+      </c>
+      <c r="P246" s="19">
+        <v>274.10000000000002</v>
+      </c>
+      <c r="Q246" s="19">
+        <v>2041.74</v>
+      </c>
+      <c r="R246" s="19">
+        <v>2026.48</v>
+      </c>
+      <c r="S246" s="19">
+        <v>2129.9</v>
+      </c>
+      <c r="T246" s="19">
+        <v>2167.27</v>
+      </c>
+    </row>
+    <row r="247" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A247" s="27"/>
+      <c r="B247" s="27"/>
+      <c r="C247" s="27"/>
+      <c r="D247" s="28"/>
+      <c r="E247" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F247" s="29">
+      <c r="F247" s="19">
         <v>552.30999999999995</v>
       </c>
-      <c r="G247" s="29">
+      <c r="G247" s="19">
         <v>487.57</v>
       </c>
-      <c r="H247" s="29">
+      <c r="H247" s="19">
         <v>493.99</v>
       </c>
-      <c r="I247" s="29">
+      <c r="I247" s="19">
         <v>514.86</v>
       </c>
-      <c r="J247" s="29">
+      <c r="J247" s="19">
         <v>544.15</v>
       </c>
-      <c r="K247" s="29">
+      <c r="K247" s="19">
         <v>483.18</v>
       </c>
-      <c r="L247" s="29">
+      <c r="L247" s="19">
         <v>461.76</v>
       </c>
-      <c r="M247" s="29">
+      <c r="M247" s="19">
         <v>489.35</v>
       </c>
-      <c r="N247" s="29">
+      <c r="N247" s="19">
         <v>458.12</v>
       </c>
-      <c r="O247" s="29">
+      <c r="O247" s="19">
         <v>444.3</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C248" s="30"/>
+      <c r="P247" s="19">
+        <v>405.49</v>
+      </c>
+      <c r="Q247" s="19">
+        <v>423.59</v>
+      </c>
+      <c r="R247" s="19">
+        <v>435.85</v>
+      </c>
+      <c r="S247" s="19">
+        <v>400.2</v>
+      </c>
+      <c r="T247" s="19">
+        <v>359.47</v>
+      </c>
+    </row>
+    <row r="248" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A248" s="27"/>
+      <c r="B248" s="27"/>
+      <c r="C248" s="27"/>
       <c r="D248" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E248" s="27" t="s">
+      <c r="E248" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F248" s="29">
+      <c r="F248" s="19">
         <v>2273.27</v>
       </c>
-      <c r="G248" s="29">
+      <c r="G248" s="19">
         <v>2362.69</v>
       </c>
-      <c r="H248" s="29">
+      <c r="H248" s="19">
         <v>2361.4699999999998</v>
       </c>
-      <c r="I248" s="29">
+      <c r="I248" s="19">
         <v>2404.44</v>
       </c>
-      <c r="J248" s="29">
+      <c r="J248" s="19">
         <v>2409.5500000000002</v>
       </c>
-      <c r="K248" s="29">
+      <c r="K248" s="19">
         <v>2314.9699999999998</v>
       </c>
-      <c r="L248" s="29">
+      <c r="L248" s="19">
         <v>2325.1799999999998</v>
       </c>
-      <c r="M248" s="29">
-[...14 lines deleted...]
-      <c r="E249" s="27" t="s">
+      <c r="M248" s="19">
+        <v>276.52999999999997</v>
+      </c>
+      <c r="N248" s="19">
+        <v>273.12</v>
+      </c>
+      <c r="O248" s="19">
+        <v>293</v>
+      </c>
+      <c r="P248" s="19">
+        <v>297.07</v>
+      </c>
+      <c r="Q248" s="19">
+        <v>2306.67</v>
+      </c>
+      <c r="R248" s="19">
+        <v>2305.0700000000002</v>
+      </c>
+      <c r="S248" s="19">
+        <v>2385.6999999999998</v>
+      </c>
+      <c r="T248" s="19">
+        <v>2386.7600000000002</v>
+      </c>
+    </row>
+    <row r="249" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A249" s="27"/>
+      <c r="B249" s="28"/>
+      <c r="C249" s="28"/>
+      <c r="D249" s="28"/>
+      <c r="E249" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F249" s="29">
+      <c r="F249" s="19">
         <v>182.13</v>
       </c>
-      <c r="G249" s="29">
+      <c r="G249" s="19">
         <v>152.05000000000001</v>
       </c>
-      <c r="H249" s="29">
+      <c r="H249" s="19">
         <v>149.91999999999999</v>
       </c>
-      <c r="I249" s="29">
+      <c r="I249" s="19">
         <v>165.38</v>
       </c>
-      <c r="J249" s="29">
+      <c r="J249" s="19">
         <v>157.41</v>
       </c>
-      <c r="K249" s="29">
+      <c r="K249" s="19">
         <v>142.19999999999999</v>
       </c>
-      <c r="L249" s="29">
+      <c r="L249" s="19">
         <v>128.91</v>
       </c>
-      <c r="M249" s="29">
+      <c r="M249" s="19">
         <v>156.13</v>
       </c>
-      <c r="N249" s="29">
+      <c r="N249" s="19">
         <v>162.53</v>
       </c>
-      <c r="O249" s="29">
+      <c r="O249" s="19">
         <v>144.88</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A250" s="30"/>
+      <c r="P249" s="19">
+        <v>132.41999999999999</v>
+      </c>
+      <c r="Q249" s="19">
+        <v>158.66</v>
+      </c>
+      <c r="R249" s="19">
+        <v>157.27000000000001</v>
+      </c>
+      <c r="S249" s="19">
+        <v>144.5</v>
+      </c>
+      <c r="T249" s="19">
+        <v>139.97</v>
+      </c>
+    </row>
+    <row r="250" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A250" s="27"/>
       <c r="B250" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="C250" s="32"/>
-      <c r="D250" s="27" t="s">
+      <c r="C250" s="23"/>
+      <c r="D250" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E250" s="28"/>
-      <c r="F250" s="29">
+      <c r="E250" s="18"/>
+      <c r="F250" s="19">
         <v>600.98</v>
       </c>
-      <c r="G250" s="29">
+      <c r="G250" s="19">
         <v>583.33000000000004</v>
       </c>
-      <c r="H250" s="29">
+      <c r="H250" s="19">
         <v>582.48</v>
       </c>
-      <c r="I250" s="29">
+      <c r="I250" s="19">
         <v>646.73</v>
       </c>
-      <c r="J250" s="29">
+      <c r="J250" s="19">
         <v>646.45000000000005</v>
       </c>
-      <c r="K250" s="29">
+      <c r="K250" s="19">
         <v>662.96</v>
       </c>
-      <c r="L250" s="29">
+      <c r="L250" s="19">
         <v>662.55</v>
       </c>
-      <c r="M250" s="29">
+      <c r="M250" s="19">
         <v>662.17</v>
       </c>
-      <c r="N250" s="29">
+      <c r="N250" s="19">
         <v>661.83</v>
       </c>
-      <c r="O250" s="29">
+      <c r="O250" s="19">
         <v>655.88</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C251" s="33"/>
+      <c r="P250" s="19">
+        <v>655.4</v>
+      </c>
+      <c r="Q250" s="19">
+        <v>654.97</v>
+      </c>
+      <c r="R250" s="19">
+        <v>654.55999999999995</v>
+      </c>
+      <c r="S250" s="19">
+        <v>654</v>
+      </c>
+      <c r="T250" s="19">
+        <v>653.49</v>
+      </c>
+    </row>
+    <row r="251" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A251" s="27"/>
+      <c r="B251" s="27"/>
+      <c r="C251" s="24"/>
       <c r="D251" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E251" s="27" t="s">
+      <c r="E251" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F251" s="29">
+      <c r="F251" s="19">
         <v>224.25</v>
       </c>
-      <c r="G251" s="29">
+      <c r="G251" s="19">
         <v>232.13</v>
       </c>
-      <c r="H251" s="29">
+      <c r="H251" s="19">
         <v>216.05</v>
       </c>
-      <c r="I251" s="29">
+      <c r="I251" s="19">
         <v>231.84</v>
       </c>
-      <c r="J251" s="29">
+      <c r="J251" s="19">
         <v>214.01</v>
       </c>
-      <c r="K251" s="29">
+      <c r="K251" s="19">
         <v>224.52</v>
       </c>
-      <c r="L251" s="29">
+      <c r="L251" s="19">
         <v>235.9</v>
       </c>
-      <c r="M251" s="29">
-[...14 lines deleted...]
-      <c r="E252" s="27" t="s">
+      <c r="M251" s="19">
+        <v>785.94</v>
+      </c>
+      <c r="N251" s="19">
+        <v>698.74</v>
+      </c>
+      <c r="O251" s="19">
+        <v>733.44</v>
+      </c>
+      <c r="P251" s="19">
+        <v>808.8</v>
+      </c>
+      <c r="Q251" s="19">
+        <v>200.01</v>
+      </c>
+      <c r="R251" s="19">
+        <v>163.16999999999999</v>
+      </c>
+      <c r="S251" s="19">
+        <v>174.3</v>
+      </c>
+      <c r="T251" s="19">
+        <v>153.1</v>
+      </c>
+    </row>
+    <row r="252" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A252" s="27"/>
+      <c r="B252" s="27"/>
+      <c r="C252" s="24"/>
+      <c r="D252" s="28"/>
+      <c r="E252" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F252" s="29">
+      <c r="F252" s="19">
         <v>376.73</v>
       </c>
-      <c r="G252" s="29">
+      <c r="G252" s="19">
         <v>351.2</v>
       </c>
-      <c r="H252" s="29">
+      <c r="H252" s="19">
         <v>366.43</v>
       </c>
-      <c r="I252" s="29">
+      <c r="I252" s="19">
         <v>414.89</v>
       </c>
-      <c r="J252" s="29">
+      <c r="J252" s="19">
         <v>432.45</v>
       </c>
-      <c r="K252" s="29">
+      <c r="K252" s="19">
         <v>438.45</v>
       </c>
-      <c r="L252" s="29">
+      <c r="L252" s="19">
         <v>426.65</v>
       </c>
-      <c r="M252" s="29">
+      <c r="M252" s="19">
         <v>444.94</v>
       </c>
-      <c r="N252" s="29">
+      <c r="N252" s="19">
         <v>502.49</v>
       </c>
-      <c r="O252" s="29">
+      <c r="O252" s="19">
         <v>458.49</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C253" s="33"/>
+      <c r="P252" s="19">
+        <v>438.27</v>
+      </c>
+      <c r="Q252" s="19">
+        <v>454.96</v>
+      </c>
+      <c r="R252" s="19">
+        <v>491.4</v>
+      </c>
+      <c r="S252" s="19">
+        <v>479.7</v>
+      </c>
+      <c r="T252" s="19">
+        <v>500.39</v>
+      </c>
+    </row>
+    <row r="253" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A253" s="27"/>
+      <c r="B253" s="27"/>
+      <c r="C253" s="24"/>
       <c r="D253" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E253" s="27" t="s">
+      <c r="E253" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F253" s="29">
+      <c r="F253" s="19">
         <v>488.53</v>
       </c>
-      <c r="G253" s="29">
+      <c r="G253" s="19">
         <v>482.32</v>
       </c>
-      <c r="H253" s="29">
+      <c r="H253" s="19">
         <v>494.96</v>
       </c>
-      <c r="I253" s="29">
+      <c r="I253" s="19">
         <v>548.12</v>
       </c>
-      <c r="J253" s="29">
+      <c r="J253" s="19">
         <v>514.48</v>
       </c>
-      <c r="K253" s="29">
+      <c r="K253" s="19">
         <v>580.4</v>
       </c>
-      <c r="L253" s="29">
+      <c r="L253" s="19">
         <v>562.04</v>
       </c>
-      <c r="M253" s="29">
-[...14 lines deleted...]
-      <c r="E254" s="27" t="s">
+      <c r="M253" s="19">
+        <v>3216.53</v>
+      </c>
+      <c r="N253" s="19">
+        <v>3245.75</v>
+      </c>
+      <c r="O253" s="19">
+        <v>3314.99</v>
+      </c>
+      <c r="P253" s="19">
+        <v>3368.8</v>
+      </c>
+      <c r="Q253" s="19">
+        <v>549.49</v>
+      </c>
+      <c r="R253" s="19">
+        <v>561.85</v>
+      </c>
+      <c r="S253" s="19">
+        <v>561.6</v>
+      </c>
+      <c r="T253" s="19">
+        <v>573.62</v>
+      </c>
+    </row>
+    <row r="254" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A254" s="27"/>
+      <c r="B254" s="27"/>
+      <c r="C254" s="24"/>
+      <c r="D254" s="28"/>
+      <c r="E254" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F254" s="29">
+      <c r="F254" s="19">
         <v>112.46</v>
       </c>
-      <c r="G254" s="29">
+      <c r="G254" s="19">
         <v>101.01</v>
       </c>
-      <c r="H254" s="29">
+      <c r="H254" s="19">
         <v>87.52</v>
       </c>
-      <c r="I254" s="29">
+      <c r="I254" s="19">
         <v>98.61</v>
       </c>
-      <c r="J254" s="29">
+      <c r="J254" s="19">
         <v>131.97</v>
       </c>
-      <c r="K254" s="29">
+      <c r="K254" s="19">
         <v>82.57</v>
       </c>
-      <c r="L254" s="29">
+      <c r="L254" s="19">
         <v>100.51</v>
       </c>
-      <c r="M254" s="29">
+      <c r="M254" s="19">
         <v>121.02</v>
       </c>
-      <c r="N254" s="29">
+      <c r="N254" s="19">
         <v>110.01</v>
       </c>
-      <c r="O254" s="29">
+      <c r="O254" s="19">
         <v>93.53</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C255" s="33"/>
+      <c r="P254" s="19">
+        <v>87.38</v>
+      </c>
+      <c r="Q254" s="19">
+        <v>105.48</v>
+      </c>
+      <c r="R254" s="19">
+        <v>92.71</v>
+      </c>
+      <c r="S254" s="19">
+        <v>92.5</v>
+      </c>
+      <c r="T254" s="19">
+        <v>79.87</v>
+      </c>
+    </row>
+    <row r="255" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A255" s="27"/>
+      <c r="B255" s="27"/>
+      <c r="C255" s="24"/>
       <c r="D255" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E255" s="27" t="s">
+      <c r="E255" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F255" s="29">
+      <c r="F255" s="19">
         <v>561.72</v>
       </c>
-      <c r="G255" s="29">
+      <c r="G255" s="19">
         <v>549.62</v>
       </c>
-      <c r="H255" s="29">
+      <c r="H255" s="19">
         <v>550.67999999999995</v>
       </c>
-      <c r="I255" s="29">
+      <c r="I255" s="19">
         <v>607.11</v>
       </c>
-      <c r="J255" s="29">
+      <c r="J255" s="19">
         <v>614.44000000000005</v>
       </c>
-      <c r="K255" s="29">
+      <c r="K255" s="19">
         <v>635.97</v>
       </c>
-      <c r="L255" s="29">
+      <c r="L255" s="19">
         <v>629.1</v>
       </c>
-      <c r="M255" s="29">
-[...14 lines deleted...]
-      <c r="E256" s="27" t="s">
+      <c r="M255" s="19">
+        <v>3677.11</v>
+      </c>
+      <c r="N255" s="19">
+        <v>3678.79</v>
+      </c>
+      <c r="O255" s="19">
+        <v>3738.26</v>
+      </c>
+      <c r="P255" s="19">
+        <v>3752.19</v>
+      </c>
+      <c r="Q255" s="19">
+        <v>602.11</v>
+      </c>
+      <c r="R255" s="19">
+        <v>619.39</v>
+      </c>
+      <c r="S255" s="19">
+        <v>618.4</v>
+      </c>
+      <c r="T255" s="19">
+        <v>624.09</v>
+      </c>
+    </row>
+    <row r="256" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A256" s="27"/>
+      <c r="B256" s="28"/>
+      <c r="C256" s="25"/>
+      <c r="D256" s="28"/>
+      <c r="E256" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F256" s="29">
+      <c r="F256" s="19">
         <v>39.26</v>
       </c>
-      <c r="G256" s="29">
+      <c r="G256" s="19">
         <v>33.71</v>
       </c>
-      <c r="H256" s="29">
+      <c r="H256" s="19">
         <v>31.8</v>
       </c>
-      <c r="I256" s="29">
+      <c r="I256" s="19">
         <v>39.619999999999997</v>
       </c>
-      <c r="J256" s="29">
+      <c r="J256" s="19">
         <v>32.020000000000003</v>
       </c>
-      <c r="K256" s="29">
+      <c r="K256" s="19">
         <v>26.99</v>
       </c>
-      <c r="L256" s="29">
+      <c r="L256" s="19">
         <v>33.46</v>
       </c>
-      <c r="M256" s="29">
+      <c r="M256" s="19">
         <v>53.11</v>
       </c>
-      <c r="N256" s="29">
+      <c r="N256" s="19">
         <v>42.45</v>
       </c>
-      <c r="O256" s="29">
+      <c r="O256" s="19">
         <v>38.89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A257" s="30"/>
+      <c r="P256" s="19">
+        <v>35.450000000000003</v>
+      </c>
+      <c r="Q256" s="19">
+        <v>52.86</v>
+      </c>
+      <c r="R256" s="19">
+        <v>35.17</v>
+      </c>
+      <c r="S256" s="19">
+        <v>35.6</v>
+      </c>
+      <c r="T256" s="19">
+        <v>29.4</v>
+      </c>
+    </row>
+    <row r="257" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="27"/>
       <c r="B257" s="26" t="s">
         <v>47</v>
       </c>
-      <c r="C257" s="32"/>
-      <c r="D257" s="27" t="s">
+      <c r="C257" s="23"/>
+      <c r="D257" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E257" s="28"/>
-      <c r="F257" s="29">
+      <c r="E257" s="18"/>
+      <c r="F257" s="19">
         <v>140.69</v>
       </c>
-      <c r="G257" s="29">
+      <c r="G257" s="19">
         <v>143.13</v>
       </c>
-      <c r="H257" s="29">
+      <c r="H257" s="19">
         <v>142.99</v>
       </c>
-      <c r="I257" s="29">
+      <c r="I257" s="19">
         <v>145.47</v>
       </c>
-      <c r="J257" s="29">
+      <c r="J257" s="19">
         <v>145.22999999999999</v>
       </c>
-      <c r="K257" s="29">
+      <c r="K257" s="19">
         <v>148.12</v>
       </c>
-      <c r="L257" s="29">
+      <c r="L257" s="19">
         <v>147.94</v>
       </c>
-      <c r="M257" s="29">
+      <c r="M257" s="19">
         <v>147.76</v>
       </c>
-      <c r="N257" s="29">
+      <c r="N257" s="19">
         <v>147.6</v>
       </c>
-      <c r="O257" s="29">
+      <c r="O257" s="19">
         <v>148.30000000000001</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C258" s="33"/>
+      <c r="P257" s="19">
+        <v>148.11000000000001</v>
+      </c>
+      <c r="Q257" s="19">
+        <v>147.93</v>
+      </c>
+      <c r="R257" s="19">
+        <v>147.76</v>
+      </c>
+      <c r="S257" s="19">
+        <v>148.4</v>
+      </c>
+      <c r="T257" s="19">
+        <v>148.22999999999999</v>
+      </c>
+    </row>
+    <row r="258" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A258" s="27"/>
+      <c r="B258" s="27"/>
+      <c r="C258" s="24"/>
       <c r="D258" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E258" s="27" t="s">
+      <c r="E258" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F258" s="29">
+      <c r="F258" s="19">
         <v>29.52</v>
       </c>
-      <c r="G258" s="29">
+      <c r="G258" s="19">
         <v>33.950000000000003</v>
       </c>
-      <c r="H258" s="29">
+      <c r="H258" s="19">
         <v>27.35</v>
       </c>
-      <c r="I258" s="29">
+      <c r="I258" s="19">
         <v>29.58</v>
       </c>
-      <c r="J258" s="29">
+      <c r="J258" s="19">
         <v>29</v>
       </c>
-      <c r="K258" s="29">
+      <c r="K258" s="19">
         <v>31.25</v>
       </c>
-      <c r="L258" s="29">
+      <c r="L258" s="19">
         <v>30.78</v>
       </c>
-      <c r="M258" s="29">
-[...14 lines deleted...]
-      <c r="E259" s="27" t="s">
+      <c r="M258" s="19">
+        <v>442.03</v>
+      </c>
+      <c r="N258" s="19">
+        <v>368.77</v>
+      </c>
+      <c r="O258" s="19">
+        <v>401.27</v>
+      </c>
+      <c r="P258" s="19">
+        <v>443.1</v>
+      </c>
+      <c r="Q258" s="19">
+        <v>30.65</v>
+      </c>
+      <c r="R258" s="19">
+        <v>27.94</v>
+      </c>
+      <c r="S258" s="19">
+        <v>30.2</v>
+      </c>
+      <c r="T258" s="19">
+        <v>29.26</v>
+      </c>
+    </row>
+    <row r="259" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A259" s="27"/>
+      <c r="B259" s="27"/>
+      <c r="C259" s="24"/>
+      <c r="D259" s="28"/>
+      <c r="E259" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F259" s="29">
+      <c r="F259" s="19">
         <v>111.17</v>
       </c>
-      <c r="G259" s="29">
+      <c r="G259" s="19">
         <v>109.18</v>
       </c>
-      <c r="H259" s="29">
+      <c r="H259" s="19">
         <v>115.64</v>
       </c>
-      <c r="I259" s="29">
+      <c r="I259" s="19">
         <v>115.9</v>
       </c>
-      <c r="J259" s="29">
+      <c r="J259" s="19">
         <v>116.23</v>
       </c>
-      <c r="K259" s="29">
+      <c r="K259" s="19">
         <v>116.87</v>
       </c>
-      <c r="L259" s="29">
+      <c r="L259" s="19">
         <v>117.16</v>
       </c>
-      <c r="M259" s="29">
+      <c r="M259" s="19">
         <v>117.15</v>
       </c>
-      <c r="N259" s="29">
+      <c r="N259" s="19">
         <v>124.06</v>
       </c>
-      <c r="O259" s="29">
+      <c r="O259" s="19">
         <v>120.55</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C260" s="33"/>
+      <c r="P259" s="19">
+        <v>116.44</v>
+      </c>
+      <c r="Q259" s="19">
+        <v>117.28</v>
+      </c>
+      <c r="R259" s="19">
+        <v>119.82</v>
+      </c>
+      <c r="S259" s="19">
+        <v>118.2</v>
+      </c>
+      <c r="T259" s="19">
+        <v>118.97</v>
+      </c>
+    </row>
+    <row r="260" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A260" s="27"/>
+      <c r="B260" s="27"/>
+      <c r="C260" s="24"/>
       <c r="D260" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E260" s="27" t="s">
+      <c r="E260" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F260" s="29">
+      <c r="F260" s="19">
         <v>109.33</v>
       </c>
-      <c r="G260" s="29">
+      <c r="G260" s="19">
         <v>116.37</v>
       </c>
-      <c r="H260" s="29">
+      <c r="H260" s="19">
         <v>111.25</v>
       </c>
-      <c r="I260" s="29">
+      <c r="I260" s="19">
         <v>112.35</v>
       </c>
-      <c r="J260" s="29">
+      <c r="J260" s="19">
         <v>113.63</v>
       </c>
-      <c r="K260" s="29">
+      <c r="K260" s="19">
         <v>118.11</v>
       </c>
-      <c r="L260" s="29">
+      <c r="L260" s="19">
         <v>114.84</v>
       </c>
-      <c r="M260" s="29">
-[...14 lines deleted...]
-      <c r="E261" s="27" t="s">
+      <c r="M260" s="19">
+        <v>1254.72</v>
+      </c>
+      <c r="N260" s="19">
+        <v>1255.51</v>
+      </c>
+      <c r="O260" s="19">
+        <v>1287.56</v>
+      </c>
+      <c r="P260" s="19">
+        <v>1305.82</v>
+      </c>
+      <c r="Q260" s="19">
+        <v>119.73</v>
+      </c>
+      <c r="R260" s="19">
+        <v>117.88</v>
+      </c>
+      <c r="S260" s="19">
+        <v>123</v>
+      </c>
+      <c r="T260" s="19">
+        <v>123.93</v>
+      </c>
+    </row>
+    <row r="261" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A261" s="27"/>
+      <c r="B261" s="27"/>
+      <c r="C261" s="24"/>
+      <c r="D261" s="28"/>
+      <c r="E261" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F261" s="29">
+      <c r="F261" s="19">
         <v>31.36</v>
       </c>
-      <c r="G261" s="29">
+      <c r="G261" s="19">
         <v>26.76</v>
       </c>
-      <c r="H261" s="29">
+      <c r="H261" s="19">
         <v>31.74</v>
       </c>
-      <c r="I261" s="29">
+      <c r="I261" s="19">
         <v>33.119999999999997</v>
       </c>
-      <c r="J261" s="29">
+      <c r="J261" s="19">
         <v>31.61</v>
       </c>
-      <c r="K261" s="29">
+      <c r="K261" s="19">
         <v>30.01</v>
       </c>
-      <c r="L261" s="29">
+      <c r="L261" s="19">
         <v>33.1</v>
       </c>
-      <c r="M261" s="29">
+      <c r="M261" s="19">
         <v>30.32</v>
       </c>
-      <c r="N261" s="29">
+      <c r="N261" s="19">
         <v>31.81</v>
       </c>
-      <c r="O261" s="29">
+      <c r="O261" s="19">
         <v>27.47</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C262" s="33"/>
+      <c r="P261" s="19">
+        <v>26.68</v>
+      </c>
+      <c r="Q261" s="19">
+        <v>28.2</v>
+      </c>
+      <c r="R261" s="19">
+        <v>29.88</v>
+      </c>
+      <c r="S261" s="19">
+        <v>25.4</v>
+      </c>
+      <c r="T261" s="19">
+        <v>24.3</v>
+      </c>
+    </row>
+    <row r="262" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="27"/>
+      <c r="B262" s="27"/>
+      <c r="C262" s="24"/>
       <c r="D262" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E262" s="27" t="s">
+      <c r="E262" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F262" s="29">
+      <c r="F262" s="19">
         <v>131.19999999999999</v>
       </c>
-      <c r="G262" s="29">
+      <c r="G262" s="19">
         <v>136.78</v>
       </c>
-      <c r="H262" s="29">
+      <c r="H262" s="19">
         <v>134.5</v>
       </c>
-      <c r="I262" s="29">
+      <c r="I262" s="19">
         <v>135.91999999999999</v>
       </c>
-      <c r="J262" s="29">
+      <c r="J262" s="19">
         <v>135.71</v>
       </c>
-      <c r="K262" s="29">
+      <c r="K262" s="19">
         <v>137.69</v>
       </c>
-      <c r="L262" s="29">
+      <c r="L262" s="19">
         <v>138.1</v>
       </c>
-      <c r="M262" s="29">
-[...14 lines deleted...]
-      <c r="E263" s="27" t="s">
+      <c r="M262" s="19">
+        <v>1382.08</v>
+      </c>
+      <c r="N262" s="19">
+        <v>1392.95</v>
+      </c>
+      <c r="O262" s="19">
+        <v>1411.42</v>
+      </c>
+      <c r="P262" s="19">
+        <v>1416.15</v>
+      </c>
+      <c r="Q262" s="19">
+        <v>138.28</v>
+      </c>
+      <c r="R262" s="19">
+        <v>138.06</v>
+      </c>
+      <c r="S262" s="19">
+        <v>141.19999999999999</v>
+      </c>
+      <c r="T262" s="19">
+        <v>139.79</v>
+      </c>
+    </row>
+    <row r="263" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="27"/>
+      <c r="B263" s="28"/>
+      <c r="C263" s="25"/>
+      <c r="D263" s="28"/>
+      <c r="E263" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F263" s="29">
+      <c r="F263" s="19">
         <v>9.49</v>
       </c>
-      <c r="G263" s="29">
+      <c r="G263" s="19">
         <v>6.35</v>
       </c>
-      <c r="H263" s="29">
+      <c r="H263" s="19">
         <v>8.49</v>
       </c>
-      <c r="I263" s="29">
+      <c r="I263" s="19">
         <v>9.5500000000000007</v>
       </c>
-      <c r="J263" s="29">
+      <c r="J263" s="19">
         <v>9.5299999999999994</v>
       </c>
-      <c r="K263" s="29">
+      <c r="K263" s="19">
         <v>10.43</v>
       </c>
-      <c r="L263" s="29">
+      <c r="L263" s="19">
         <v>9.84</v>
       </c>
-      <c r="M263" s="29">
+      <c r="M263" s="19">
         <v>13.27</v>
       </c>
-      <c r="N263" s="29">
+      <c r="N263" s="19">
         <v>11.96</v>
       </c>
-      <c r="O263" s="29">
+      <c r="O263" s="19">
         <v>9.14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A264" s="30"/>
+      <c r="P263" s="19">
+        <v>10.09</v>
+      </c>
+      <c r="Q263" s="19">
+        <v>9.65</v>
+      </c>
+      <c r="R263" s="19">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="S263" s="19">
+        <v>7.3</v>
+      </c>
+      <c r="T263" s="19">
+        <v>8.44</v>
+      </c>
+    </row>
+    <row r="264" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="27"/>
       <c r="B264" s="26" t="s">
         <v>48</v>
       </c>
-      <c r="C264" s="32"/>
-      <c r="D264" s="27" t="s">
+      <c r="C264" s="23"/>
+      <c r="D264" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E264" s="28"/>
-      <c r="F264" s="29">
+      <c r="E264" s="18"/>
+      <c r="F264" s="19">
         <v>266.05</v>
       </c>
-      <c r="G264" s="29">
+      <c r="G264" s="19">
         <v>263.32</v>
       </c>
-      <c r="H264" s="29">
+      <c r="H264" s="19">
         <v>262.99</v>
       </c>
-      <c r="I264" s="29">
+      <c r="I264" s="19">
         <v>263.61</v>
       </c>
-      <c r="J264" s="29">
+      <c r="J264" s="19">
         <v>263.11</v>
       </c>
-      <c r="K264" s="29">
+      <c r="K264" s="19">
         <v>259.07</v>
       </c>
-      <c r="L264" s="29">
+      <c r="L264" s="19">
         <v>258.54000000000002</v>
       </c>
-      <c r="M264" s="29">
+      <c r="M264" s="19">
         <v>258.02</v>
       </c>
-      <c r="N264" s="29">
+      <c r="N264" s="19">
         <v>257.52</v>
       </c>
-      <c r="O264" s="29">
+      <c r="O264" s="19">
         <v>257.85000000000002</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C265" s="33"/>
+      <c r="P264" s="19">
+        <v>257.31</v>
+      </c>
+      <c r="Q264" s="19">
+        <v>256.77999999999997</v>
+      </c>
+      <c r="R264" s="19">
+        <v>256.27999999999997</v>
+      </c>
+      <c r="S264" s="19">
+        <v>258.10000000000002</v>
+      </c>
+      <c r="T264" s="19">
+        <v>257.57</v>
+      </c>
+    </row>
+    <row r="265" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="27"/>
+      <c r="B265" s="27"/>
+      <c r="C265" s="24"/>
       <c r="D265" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E265" s="27" t="s">
+      <c r="E265" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F265" s="29">
+      <c r="F265" s="19">
         <v>67.66</v>
       </c>
-      <c r="G265" s="29">
+      <c r="G265" s="19">
         <v>71.17</v>
       </c>
-      <c r="H265" s="29">
+      <c r="H265" s="19">
         <v>59.88</v>
       </c>
-      <c r="I265" s="29">
+      <c r="I265" s="19">
         <v>68.22</v>
       </c>
-      <c r="J265" s="29">
+      <c r="J265" s="19">
         <v>63.07</v>
       </c>
-      <c r="K265" s="29">
+      <c r="K265" s="19">
         <v>53.81</v>
       </c>
-      <c r="L265" s="29">
+      <c r="L265" s="19">
         <v>50.65</v>
       </c>
-      <c r="M265" s="29">
-[...14 lines deleted...]
-      <c r="E266" s="27" t="s">
+      <c r="M265" s="19">
+        <v>343.92</v>
+      </c>
+      <c r="N265" s="19">
+        <v>329.98</v>
+      </c>
+      <c r="O265" s="19">
+        <v>332.17</v>
+      </c>
+      <c r="P265" s="19">
+        <v>365.7</v>
+      </c>
+      <c r="Q265" s="19">
+        <v>56.69</v>
+      </c>
+      <c r="R265" s="19">
+        <v>55.41</v>
+      </c>
+      <c r="S265" s="19">
+        <v>52</v>
+      </c>
+      <c r="T265" s="19">
+        <v>50.19</v>
+      </c>
+    </row>
+    <row r="266" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="27"/>
+      <c r="B266" s="27"/>
+      <c r="C266" s="24"/>
+      <c r="D266" s="28"/>
+      <c r="E266" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F266" s="29">
+      <c r="F266" s="19">
         <v>198.39</v>
       </c>
-      <c r="G266" s="29">
+      <c r="G266" s="19">
         <v>192.15</v>
       </c>
-      <c r="H266" s="29">
+      <c r="H266" s="19">
         <v>203.11</v>
       </c>
-      <c r="I266" s="29">
+      <c r="I266" s="19">
         <v>195.39</v>
       </c>
-      <c r="J266" s="29">
+      <c r="J266" s="19">
         <v>200.04</v>
       </c>
-      <c r="K266" s="29">
+      <c r="K266" s="19">
         <v>205.26</v>
       </c>
-      <c r="L266" s="29">
+      <c r="L266" s="19">
         <v>207.89</v>
       </c>
-      <c r="M266" s="29">
+      <c r="M266" s="19">
         <v>200.35</v>
       </c>
-      <c r="N266" s="29">
+      <c r="N266" s="19">
         <v>201.77</v>
       </c>
-      <c r="O266" s="29">
+      <c r="O266" s="19">
         <v>203.33</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C267" s="33"/>
+      <c r="P266" s="19">
+        <v>206.62</v>
+      </c>
+      <c r="Q266" s="19">
+        <v>200.09</v>
+      </c>
+      <c r="R266" s="19">
+        <v>200.86</v>
+      </c>
+      <c r="S266" s="19">
+        <v>206.2</v>
+      </c>
+      <c r="T266" s="19">
+        <v>207.38</v>
+      </c>
+    </row>
+    <row r="267" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="27"/>
+      <c r="B267" s="27"/>
+      <c r="C267" s="24"/>
       <c r="D267" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E267" s="27" t="s">
+      <c r="E267" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F267" s="29">
+      <c r="F267" s="19">
         <v>211.06</v>
       </c>
-      <c r="G267" s="29">
+      <c r="G267" s="19">
         <v>224.04</v>
       </c>
-      <c r="H267" s="29">
+      <c r="H267" s="19">
         <v>218.75</v>
       </c>
-      <c r="I267" s="29">
+      <c r="I267" s="19">
         <v>209.89</v>
       </c>
-      <c r="J267" s="29">
+      <c r="J267" s="19">
         <v>205.27</v>
       </c>
-      <c r="K267" s="29">
+      <c r="K267" s="19">
         <v>198.95</v>
       </c>
-      <c r="L267" s="29">
+      <c r="L267" s="19">
         <v>200.09</v>
       </c>
-      <c r="M267" s="29">
-[...14 lines deleted...]
-      <c r="E268" s="27" t="s">
+      <c r="M267" s="19">
+        <v>1961.81</v>
+      </c>
+      <c r="N267" s="19">
+        <v>1990.24</v>
+      </c>
+      <c r="O267" s="19">
+        <v>2027.43</v>
+      </c>
+      <c r="P267" s="19">
+        <v>2062.9699999999998</v>
+      </c>
+      <c r="Q267" s="19">
+        <v>207.13</v>
+      </c>
+      <c r="R267" s="19">
+        <v>205.03</v>
+      </c>
+      <c r="S267" s="19">
+        <v>215.9</v>
+      </c>
+      <c r="T267" s="19">
+        <v>223.07</v>
+      </c>
+    </row>
+    <row r="268" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="27"/>
+      <c r="B268" s="27"/>
+      <c r="C268" s="24"/>
+      <c r="D268" s="28"/>
+      <c r="E268" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F268" s="29">
+      <c r="F268" s="19">
         <v>54.99</v>
       </c>
-      <c r="G268" s="29">
+      <c r="G268" s="19">
         <v>39.29</v>
       </c>
-      <c r="H268" s="29">
+      <c r="H268" s="19">
         <v>44.24</v>
       </c>
-      <c r="I268" s="29">
+      <c r="I268" s="19">
         <v>53.72</v>
       </c>
-      <c r="J268" s="29">
+      <c r="J268" s="19">
         <v>57.84</v>
       </c>
-      <c r="K268" s="29">
+      <c r="K268" s="19">
         <v>60.12</v>
       </c>
-      <c r="L268" s="29">
+      <c r="L268" s="19">
         <v>58.44</v>
       </c>
-      <c r="M268" s="29">
+      <c r="M268" s="19">
         <v>56.42</v>
       </c>
-      <c r="N268" s="29">
+      <c r="N268" s="19">
         <v>55.94</v>
       </c>
-      <c r="O268" s="29">
+      <c r="O268" s="19">
         <v>51.83</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C269" s="33"/>
+      <c r="P268" s="19">
+        <v>48.13</v>
+      </c>
+      <c r="Q268" s="19">
+        <v>49.66</v>
+      </c>
+      <c r="R268" s="19">
+        <v>51.24</v>
+      </c>
+      <c r="S268" s="19">
+        <v>42.3</v>
+      </c>
+      <c r="T268" s="19">
+        <v>34.49</v>
+      </c>
+    </row>
+    <row r="269" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="27"/>
+      <c r="B269" s="27"/>
+      <c r="C269" s="24"/>
       <c r="D269" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E269" s="27" t="s">
+      <c r="E269" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F269" s="29">
+      <c r="F269" s="19">
         <v>248.76</v>
       </c>
-      <c r="G269" s="29">
+      <c r="G269" s="19">
         <v>252.47</v>
       </c>
-      <c r="H269" s="29">
+      <c r="H269" s="19">
         <v>253.95</v>
       </c>
-      <c r="I269" s="29">
+      <c r="I269" s="19">
         <v>250.3</v>
       </c>
-      <c r="J269" s="29">
+      <c r="J269" s="19">
         <v>248.01</v>
       </c>
-      <c r="K269" s="29">
+      <c r="K269" s="19">
         <v>244.26</v>
       </c>
-      <c r="L269" s="29">
+      <c r="L269" s="19">
         <v>246.52</v>
       </c>
-      <c r="M269" s="29">
-[...14 lines deleted...]
-      <c r="E270" s="27" t="s">
+      <c r="M269" s="19">
+        <v>2295.02</v>
+      </c>
+      <c r="N269" s="19">
+        <v>2285.84</v>
+      </c>
+      <c r="O269" s="19">
+        <v>2326.85</v>
+      </c>
+      <c r="P269" s="19">
+        <v>2336.04</v>
+      </c>
+      <c r="Q269" s="19">
+        <v>240.42</v>
+      </c>
+      <c r="R269" s="19">
+        <v>241.36</v>
+      </c>
+      <c r="S269" s="19">
+        <v>244</v>
+      </c>
+      <c r="T269" s="19">
+        <v>247.05</v>
+      </c>
+    </row>
+    <row r="270" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="27"/>
+      <c r="B270" s="28"/>
+      <c r="C270" s="25"/>
+      <c r="D270" s="28"/>
+      <c r="E270" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F270" s="29">
+      <c r="F270" s="19">
         <v>17.29</v>
       </c>
-      <c r="G270" s="29">
+      <c r="G270" s="19">
         <v>10.86</v>
       </c>
-      <c r="H270" s="29">
+      <c r="H270" s="19">
         <v>9.0399999999999991</v>
       </c>
-      <c r="I270" s="29">
+      <c r="I270" s="19">
         <v>13.31</v>
       </c>
-      <c r="J270" s="29">
+      <c r="J270" s="19">
         <v>15.1</v>
       </c>
-      <c r="K270" s="29">
+      <c r="K270" s="19">
         <v>14.81</v>
       </c>
-      <c r="L270" s="29">
+      <c r="L270" s="19">
         <v>12.02</v>
       </c>
-      <c r="M270" s="29">
+      <c r="M270" s="19">
         <v>16.760000000000002</v>
       </c>
-      <c r="N270" s="29">
+      <c r="N270" s="19">
         <v>17.68</v>
       </c>
-      <c r="O270" s="29">
+      <c r="O270" s="19">
         <v>14.57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A271" s="30"/>
+      <c r="P270" s="19">
+        <v>12.62</v>
+      </c>
+      <c r="Q270" s="19">
+        <v>16.37</v>
+      </c>
+      <c r="R270" s="19">
+        <v>14.91</v>
+      </c>
+      <c r="S270" s="19">
+        <v>14.1</v>
+      </c>
+      <c r="T270" s="19">
+        <v>10.51</v>
+      </c>
+    </row>
+    <row r="271" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="27"/>
       <c r="B271" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="C271" s="32"/>
-      <c r="D271" s="27" t="s">
+      <c r="C271" s="23"/>
+      <c r="D271" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E271" s="28"/>
-      <c r="F271" s="29">
+      <c r="E271" s="18"/>
+      <c r="F271" s="19">
         <v>148.72999999999999</v>
       </c>
-      <c r="G271" s="29">
+      <c r="G271" s="19">
         <v>147.6</v>
       </c>
-      <c r="H271" s="29">
+      <c r="H271" s="19">
         <v>147.44</v>
       </c>
-      <c r="I271" s="29">
+      <c r="I271" s="19">
         <v>142.4</v>
       </c>
-      <c r="J271" s="29">
+      <c r="J271" s="19">
         <v>142.09</v>
       </c>
-      <c r="K271" s="29">
+      <c r="K271" s="19">
         <v>139.66</v>
       </c>
-      <c r="L271" s="29">
+      <c r="L271" s="19">
         <v>139.33000000000001</v>
       </c>
-      <c r="M271" s="29">
+      <c r="M271" s="19">
         <v>139</v>
       </c>
-      <c r="N271" s="29">
+      <c r="N271" s="19">
         <v>138.69</v>
       </c>
-      <c r="O271" s="29">
+      <c r="O271" s="19">
         <v>138.72</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C272" s="33"/>
+      <c r="P271" s="19">
+        <v>138.38999999999999</v>
+      </c>
+      <c r="Q271" s="19">
+        <v>138.06</v>
+      </c>
+      <c r="R271" s="19">
+        <v>137.74</v>
+      </c>
+      <c r="S271" s="19">
+        <v>142.1</v>
+      </c>
+      <c r="T271" s="19">
+        <v>141.72</v>
+      </c>
+    </row>
+    <row r="272" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A272" s="27"/>
+      <c r="B272" s="27"/>
+      <c r="C272" s="24"/>
       <c r="D272" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E272" s="27" t="s">
+      <c r="E272" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F272" s="29">
+      <c r="F272" s="19">
         <v>37.700000000000003</v>
       </c>
-      <c r="G272" s="29">
+      <c r="G272" s="19">
         <v>40.44</v>
       </c>
-      <c r="H272" s="29">
+      <c r="H272" s="19">
         <v>33.049999999999997</v>
       </c>
-      <c r="I272" s="29">
+      <c r="I272" s="19">
         <v>33.99</v>
       </c>
-      <c r="J272" s="29">
+      <c r="J272" s="19">
         <v>31.7</v>
       </c>
-      <c r="K272" s="29">
+      <c r="K272" s="19">
         <v>29.75</v>
       </c>
-      <c r="L272" s="29">
+      <c r="L272" s="19">
         <v>27.71</v>
       </c>
-      <c r="M272" s="29">
-[...14 lines deleted...]
-      <c r="E273" s="27" t="s">
+      <c r="M272" s="19">
+        <v>217.23</v>
+      </c>
+      <c r="N272" s="19">
+        <v>159.33000000000001</v>
+      </c>
+      <c r="O272" s="19">
+        <v>197.39</v>
+      </c>
+      <c r="P272" s="19">
+        <v>217.13</v>
+      </c>
+      <c r="Q272" s="19">
+        <v>25.76</v>
+      </c>
+      <c r="R272" s="19">
+        <v>27.48</v>
+      </c>
+      <c r="S272" s="19">
+        <v>28.8</v>
+      </c>
+      <c r="T272" s="19">
+        <v>29.54</v>
+      </c>
+    </row>
+    <row r="273" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A273" s="27"/>
+      <c r="B273" s="27"/>
+      <c r="C273" s="24"/>
+      <c r="D273" s="28"/>
+      <c r="E273" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F273" s="29">
+      <c r="F273" s="19">
         <v>111.04</v>
       </c>
-      <c r="G273" s="29">
+      <c r="G273" s="19">
         <v>107.16</v>
       </c>
-      <c r="H273" s="29">
+      <c r="H273" s="19">
         <v>114.39</v>
       </c>
-      <c r="I273" s="29">
+      <c r="I273" s="19">
         <v>108.42</v>
       </c>
-      <c r="J273" s="29">
+      <c r="J273" s="19">
         <v>110.39</v>
       </c>
-      <c r="K273" s="29">
+      <c r="K273" s="19">
         <v>109.91</v>
       </c>
-      <c r="L273" s="29">
+      <c r="L273" s="19">
         <v>111.62</v>
       </c>
-      <c r="M273" s="29">
+      <c r="M273" s="19">
         <v>114.38</v>
       </c>
-      <c r="N273" s="29">
+      <c r="N273" s="19">
         <v>110.38</v>
       </c>
-      <c r="O273" s="29">
+      <c r="O273" s="19">
         <v>114.28</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C274" s="33"/>
+      <c r="P273" s="19">
+        <v>109.82</v>
+      </c>
+      <c r="Q273" s="19">
+        <v>112.3</v>
+      </c>
+      <c r="R273" s="19">
+        <v>110.26</v>
+      </c>
+      <c r="S273" s="19">
+        <v>113.3</v>
+      </c>
+      <c r="T273" s="19">
+        <v>112.18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A274" s="27"/>
+      <c r="B274" s="27"/>
+      <c r="C274" s="24"/>
       <c r="D274" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E274" s="27" t="s">
+      <c r="E274" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F274" s="29">
+      <c r="F274" s="19">
         <v>120.97</v>
       </c>
-      <c r="G274" s="29">
+      <c r="G274" s="19">
         <v>121.35</v>
       </c>
-      <c r="H274" s="29">
+      <c r="H274" s="19">
         <v>118.85</v>
       </c>
-      <c r="I274" s="29">
+      <c r="I274" s="19">
         <v>117.81</v>
       </c>
-      <c r="J274" s="29">
+      <c r="J274" s="19">
         <v>111.93</v>
       </c>
-      <c r="K274" s="29">
+      <c r="K274" s="19">
         <v>114.63</v>
       </c>
-      <c r="L274" s="29">
+      <c r="L274" s="19">
         <v>117.49</v>
       </c>
-      <c r="M274" s="29">
-[...14 lines deleted...]
-      <c r="E275" s="27" t="s">
+      <c r="M274" s="19">
+        <v>541.15</v>
+      </c>
+      <c r="N274" s="19">
+        <v>551.82000000000005</v>
+      </c>
+      <c r="O274" s="19">
+        <v>562.35</v>
+      </c>
+      <c r="P274" s="19">
+        <v>568.02</v>
+      </c>
+      <c r="Q274" s="19">
+        <v>114.36</v>
+      </c>
+      <c r="R274" s="19">
+        <v>113.56</v>
+      </c>
+      <c r="S274" s="19">
+        <v>119</v>
+      </c>
+      <c r="T274" s="19">
+        <v>119.43</v>
+      </c>
+    </row>
+    <row r="275" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A275" s="27"/>
+      <c r="B275" s="27"/>
+      <c r="C275" s="24"/>
+      <c r="D275" s="28"/>
+      <c r="E275" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F275" s="29">
+      <c r="F275" s="19">
         <v>27.76</v>
       </c>
-      <c r="G275" s="29">
+      <c r="G275" s="19">
         <v>26.24</v>
       </c>
-      <c r="H275" s="29">
+      <c r="H275" s="19">
         <v>28.59</v>
       </c>
-      <c r="I275" s="29">
+      <c r="I275" s="19">
         <v>24.59</v>
       </c>
-      <c r="J275" s="29">
+      <c r="J275" s="19">
         <v>30.16</v>
       </c>
-      <c r="K275" s="29">
+      <c r="K275" s="19">
         <v>25.03</v>
       </c>
-      <c r="L275" s="29">
+      <c r="L275" s="19">
         <v>21.84</v>
       </c>
-      <c r="M275" s="29">
+      <c r="M275" s="19">
         <v>23.2</v>
       </c>
-      <c r="N275" s="29">
+      <c r="N275" s="19">
         <v>26.03</v>
       </c>
-      <c r="O275" s="29">
+      <c r="O275" s="19">
         <v>24.61</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C276" s="33"/>
+      <c r="P275" s="19">
+        <v>19.57</v>
+      </c>
+      <c r="Q275" s="19">
+        <v>23.7</v>
+      </c>
+      <c r="R275" s="19">
+        <v>24.19</v>
+      </c>
+      <c r="S275" s="19">
+        <v>23.1</v>
+      </c>
+      <c r="T275" s="19">
+        <v>22.29</v>
+      </c>
+    </row>
+    <row r="276" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A276" s="27"/>
+      <c r="B276" s="27"/>
+      <c r="C276" s="24"/>
       <c r="D276" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E276" s="27" t="s">
+      <c r="E276" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F276" s="29">
+      <c r="F276" s="19">
         <v>144.25</v>
       </c>
-      <c r="G276" s="29">
+      <c r="G276" s="19">
         <v>142.44</v>
       </c>
-      <c r="H276" s="29">
+      <c r="H276" s="19">
         <v>142.41</v>
       </c>
-      <c r="I276" s="29">
+      <c r="I276" s="19">
         <v>135.58000000000001</v>
       </c>
-      <c r="J276" s="29">
+      <c r="J276" s="19">
         <v>135.71</v>
       </c>
-      <c r="K276" s="29">
+      <c r="K276" s="19">
         <v>133.83000000000001</v>
       </c>
-      <c r="L276" s="29">
+      <c r="L276" s="19">
         <v>135.08000000000001</v>
       </c>
-      <c r="M276" s="29">
-[...14 lines deleted...]
-      <c r="E277" s="27" t="s">
+      <c r="M276" s="19">
+        <v>609.05999999999995</v>
+      </c>
+      <c r="N276" s="19">
+        <v>619.37</v>
+      </c>
+      <c r="O276" s="19">
+        <v>616.99</v>
+      </c>
+      <c r="P276" s="19">
+        <v>619.96</v>
+      </c>
+      <c r="Q276" s="19">
+        <v>132.78</v>
+      </c>
+      <c r="R276" s="19">
+        <v>131.83000000000001</v>
+      </c>
+      <c r="S276" s="19">
+        <v>135.1</v>
+      </c>
+      <c r="T276" s="19">
+        <v>134.06</v>
+      </c>
+    </row>
+    <row r="277" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A277" s="27"/>
+      <c r="B277" s="28"/>
+      <c r="C277" s="25"/>
+      <c r="D277" s="28"/>
+      <c r="E277" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F277" s="29">
+      <c r="F277" s="19">
         <v>4.49</v>
       </c>
-      <c r="G277" s="29">
+      <c r="G277" s="19">
         <v>5.15</v>
       </c>
-      <c r="H277" s="29">
+      <c r="H277" s="19">
         <v>5.04</v>
       </c>
-      <c r="I277" s="29">
+      <c r="I277" s="19">
         <v>6.82</v>
       </c>
-      <c r="J277" s="29">
+      <c r="J277" s="19">
         <v>6.38</v>
       </c>
-      <c r="K277" s="29">
+      <c r="K277" s="19">
         <v>5.83</v>
       </c>
-      <c r="L277" s="29">
+      <c r="L277" s="19">
         <v>4.25</v>
       </c>
-      <c r="M277" s="29">
+      <c r="M277" s="19">
         <v>4.43</v>
       </c>
-      <c r="N277" s="29">
+      <c r="N277" s="19">
         <v>6.31</v>
       </c>
-      <c r="O277" s="29">
+      <c r="O277" s="19">
         <v>5.81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A278" s="30"/>
+      <c r="P277" s="19">
+        <v>4.88</v>
+      </c>
+      <c r="Q277" s="19">
+        <v>5.28</v>
+      </c>
+      <c r="R277" s="19">
+        <v>5.91</v>
+      </c>
+      <c r="S277" s="19">
+        <v>6.9</v>
+      </c>
+      <c r="T277" s="19">
+        <v>7.66</v>
+      </c>
+    </row>
+    <row r="278" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A278" s="27"/>
       <c r="B278" s="26" t="s">
         <v>50</v>
       </c>
-      <c r="C278" s="32"/>
-      <c r="D278" s="27" t="s">
+      <c r="C278" s="23"/>
+      <c r="D278" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E278" s="28"/>
-      <c r="F278" s="29">
+      <c r="E278" s="18"/>
+      <c r="F278" s="19">
         <v>152.57</v>
       </c>
-      <c r="G278" s="29">
+      <c r="G278" s="19">
         <v>155.11000000000001</v>
       </c>
-      <c r="H278" s="29">
+      <c r="H278" s="19">
         <v>154.93</v>
       </c>
-      <c r="I278" s="29">
+      <c r="I278" s="19">
         <v>135.56</v>
       </c>
-      <c r="J278" s="29">
+      <c r="J278" s="19">
         <v>135.1</v>
       </c>
-      <c r="K278" s="29">
+      <c r="K278" s="19">
         <v>134.33000000000001</v>
       </c>
-      <c r="L278" s="29">
+      <c r="L278" s="19">
         <v>133.86000000000001</v>
       </c>
-      <c r="M278" s="29">
+      <c r="M278" s="19">
         <v>133.4</v>
       </c>
-      <c r="N278" s="29">
+      <c r="N278" s="19">
         <v>132.94</v>
       </c>
-      <c r="O278" s="29">
+      <c r="O278" s="19">
         <v>136.56</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C279" s="33"/>
+      <c r="P278" s="19">
+        <v>136.08000000000001</v>
+      </c>
+      <c r="Q278" s="19">
+        <v>135.61000000000001</v>
+      </c>
+      <c r="R278" s="19">
+        <v>135.15</v>
+      </c>
+      <c r="S278" s="19">
+        <v>138.4</v>
+      </c>
+      <c r="T278" s="19">
+        <v>137.91999999999999</v>
+      </c>
+    </row>
+    <row r="279" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A279" s="27"/>
+      <c r="B279" s="27"/>
+      <c r="C279" s="24"/>
       <c r="D279" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E279" s="27" t="s">
+      <c r="E279" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F279" s="29">
+      <c r="F279" s="19">
         <v>27.9</v>
       </c>
-      <c r="G279" s="29">
+      <c r="G279" s="19">
         <v>37.479999999999997</v>
       </c>
-      <c r="H279" s="29">
+      <c r="H279" s="19">
         <v>31.5</v>
       </c>
-      <c r="I279" s="29">
+      <c r="I279" s="19">
         <v>30.59</v>
       </c>
-      <c r="J279" s="29">
+      <c r="J279" s="19">
         <v>30.19</v>
       </c>
-      <c r="K279" s="29">
+      <c r="K279" s="19">
         <v>29.48</v>
       </c>
-      <c r="L279" s="29">
+      <c r="L279" s="19">
         <v>31.27</v>
       </c>
-      <c r="M279" s="29">
-[...14 lines deleted...]
-      <c r="E280" s="27" t="s">
+      <c r="M279" s="19">
+        <v>30.61</v>
+      </c>
+      <c r="N279" s="19">
+        <v>23.54</v>
+      </c>
+      <c r="O279" s="19">
+        <v>27.75</v>
+      </c>
+      <c r="P279" s="19">
+        <v>31.67</v>
+      </c>
+      <c r="Q279" s="19">
+        <v>29.61</v>
+      </c>
+      <c r="R279" s="19">
+        <v>31.57</v>
+      </c>
+      <c r="S279" s="19">
+        <v>36.4</v>
+      </c>
+      <c r="T279" s="19">
+        <v>34.479999999999997</v>
+      </c>
+    </row>
+    <row r="280" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A280" s="27"/>
+      <c r="B280" s="27"/>
+      <c r="C280" s="24"/>
+      <c r="D280" s="28"/>
+      <c r="E280" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F280" s="29">
+      <c r="F280" s="19">
         <v>124.67</v>
       </c>
-      <c r="G280" s="29">
+      <c r="G280" s="19">
         <v>117.63</v>
       </c>
-      <c r="H280" s="29">
+      <c r="H280" s="19">
         <v>123.43</v>
       </c>
-      <c r="I280" s="29">
+      <c r="I280" s="19">
         <v>104.98</v>
       </c>
-      <c r="J280" s="29">
+      <c r="J280" s="19">
         <v>104.92</v>
       </c>
-      <c r="K280" s="29">
+      <c r="K280" s="19">
         <v>104.86</v>
       </c>
-      <c r="L280" s="29">
+      <c r="L280" s="19">
         <v>102.59</v>
       </c>
-      <c r="M280" s="29">
+      <c r="M280" s="19">
         <v>101.93</v>
       </c>
-      <c r="N280" s="29">
+      <c r="N280" s="19">
         <v>105.25</v>
       </c>
-      <c r="O280" s="29">
+      <c r="O280" s="19">
         <v>106.55</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C281" s="33"/>
+      <c r="P280" s="19">
+        <v>105.57</v>
+      </c>
+      <c r="Q280" s="19">
+        <v>106</v>
+      </c>
+      <c r="R280" s="19">
+        <v>103.58</v>
+      </c>
+      <c r="S280" s="19">
+        <v>102</v>
+      </c>
+      <c r="T280" s="19">
+        <v>103.44</v>
+      </c>
+    </row>
+    <row r="281" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A281" s="27"/>
+      <c r="B281" s="27"/>
+      <c r="C281" s="24"/>
       <c r="D281" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E281" s="27" t="s">
+      <c r="E281" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F281" s="29">
+      <c r="F281" s="19">
         <v>117.27</v>
       </c>
-      <c r="G281" s="29">
+      <c r="G281" s="19">
         <v>132.74</v>
       </c>
-      <c r="H281" s="29">
+      <c r="H281" s="19">
         <v>128.06</v>
       </c>
-      <c r="I281" s="29">
+      <c r="I281" s="19">
         <v>110.26</v>
       </c>
-      <c r="J281" s="29">
+      <c r="J281" s="19">
         <v>106.47</v>
       </c>
-      <c r="K281" s="29">
+      <c r="K281" s="19">
         <v>107.27</v>
       </c>
-      <c r="L281" s="29">
+      <c r="L281" s="19">
         <v>110.1</v>
       </c>
-      <c r="M281" s="29">
-[...14 lines deleted...]
-      <c r="E282" s="27" t="s">
+      <c r="M281" s="19">
+        <v>117.45</v>
+      </c>
+      <c r="N281" s="19">
+        <v>115.79</v>
+      </c>
+      <c r="O281" s="19">
+        <v>120.83</v>
+      </c>
+      <c r="P281" s="19">
+        <v>121.42</v>
+      </c>
+      <c r="Q281" s="19">
+        <v>116.98</v>
+      </c>
+      <c r="R281" s="19">
+        <v>112.87</v>
+      </c>
+      <c r="S281" s="19">
+        <v>119.5</v>
+      </c>
+      <c r="T281" s="19">
+        <v>121.14</v>
+      </c>
+    </row>
+    <row r="282" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A282" s="27"/>
+      <c r="B282" s="27"/>
+      <c r="C282" s="24"/>
+      <c r="D282" s="28"/>
+      <c r="E282" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F282" s="29">
+      <c r="F282" s="19">
         <v>35.29</v>
       </c>
-      <c r="G282" s="29">
+      <c r="G282" s="19">
         <v>22.38</v>
       </c>
-      <c r="H282" s="29">
+      <c r="H282" s="19">
         <v>26.88</v>
       </c>
-      <c r="I282" s="29">
+      <c r="I282" s="19">
         <v>25.3</v>
       </c>
-      <c r="J282" s="29">
+      <c r="J282" s="19">
         <v>28.64</v>
       </c>
-      <c r="K282" s="29">
+      <c r="K282" s="19">
         <v>27.06</v>
       </c>
-      <c r="L282" s="29">
+      <c r="L282" s="19">
         <v>23.76</v>
       </c>
-      <c r="M282" s="29">
+      <c r="M282" s="19">
         <v>24.93</v>
       </c>
-      <c r="N282" s="29">
+      <c r="N282" s="19">
         <v>25.93</v>
       </c>
-      <c r="O282" s="29">
+      <c r="O282" s="19">
         <v>19.71</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C283" s="33"/>
+      <c r="P282" s="19">
+        <v>18.36</v>
+      </c>
+      <c r="Q282" s="19">
+        <v>18.63</v>
+      </c>
+      <c r="R282" s="19">
+        <v>22.28</v>
+      </c>
+      <c r="S282" s="19">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="T282" s="19">
+        <v>16.78</v>
+      </c>
+    </row>
+    <row r="283" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="27"/>
+      <c r="B283" s="27"/>
+      <c r="C283" s="24"/>
       <c r="D283" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E283" s="27" t="s">
+      <c r="E283" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F283" s="29">
+      <c r="F283" s="19">
         <v>145.05000000000001</v>
       </c>
-      <c r="G283" s="29">
+      <c r="G283" s="19">
         <v>150.25</v>
       </c>
-      <c r="H283" s="29">
+      <c r="H283" s="19">
         <v>147.94999999999999</v>
       </c>
-      <c r="I283" s="29">
+      <c r="I283" s="19">
         <v>127.04</v>
       </c>
-      <c r="J283" s="29">
+      <c r="J283" s="19">
         <v>128.61000000000001</v>
       </c>
-      <c r="K283" s="29">
+      <c r="K283" s="19">
         <v>126.52</v>
       </c>
-      <c r="L283" s="29">
+      <c r="L283" s="19">
         <v>126.02</v>
       </c>
-      <c r="M283" s="29">
-[...14 lines deleted...]
-      <c r="E284" s="27" t="s">
+      <c r="M283" s="19">
+        <v>134.5</v>
+      </c>
+      <c r="N283" s="19">
+        <v>135.63999999999999</v>
+      </c>
+      <c r="O283" s="19">
+        <v>139.16</v>
+      </c>
+      <c r="P283" s="19">
+        <v>138.02000000000001</v>
+      </c>
+      <c r="Q283" s="19">
+        <v>129.35</v>
+      </c>
+      <c r="R283" s="19">
+        <v>129.15</v>
+      </c>
+      <c r="S283" s="19">
+        <v>131.6</v>
+      </c>
+      <c r="T283" s="19">
+        <v>131.66999999999999</v>
+      </c>
+    </row>
+    <row r="284" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A284" s="27"/>
+      <c r="B284" s="28"/>
+      <c r="C284" s="25"/>
+      <c r="D284" s="28"/>
+      <c r="E284" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F284" s="29">
+      <c r="F284" s="19">
         <v>7.52</v>
       </c>
-      <c r="G284" s="29">
+      <c r="G284" s="19">
         <v>4.87</v>
       </c>
-      <c r="H284" s="29">
+      <c r="H284" s="19">
         <v>6.99</v>
       </c>
-      <c r="I284" s="29">
+      <c r="I284" s="19">
         <v>8.52</v>
       </c>
-      <c r="J284" s="29">
+      <c r="J284" s="19">
         <v>6.49</v>
       </c>
-      <c r="K284" s="29">
+      <c r="K284" s="19">
         <v>7.81</v>
       </c>
-      <c r="L284" s="29">
+      <c r="L284" s="19">
         <v>7.84</v>
       </c>
-      <c r="M284" s="29">
+      <c r="M284" s="19">
         <v>8.1300000000000008</v>
       </c>
-      <c r="N284" s="29">
+      <c r="N284" s="19">
         <v>6.55</v>
       </c>
-      <c r="O284" s="29">
+      <c r="O284" s="19">
         <v>7.65</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A285" s="30"/>
+      <c r="P284" s="19">
+        <v>7.61</v>
+      </c>
+      <c r="Q284" s="19">
+        <v>6.26</v>
+      </c>
+      <c r="R284" s="19">
+        <v>6</v>
+      </c>
+      <c r="S284" s="19">
+        <v>6.8</v>
+      </c>
+      <c r="T284" s="19">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="285" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="27"/>
       <c r="B285" s="26" t="s">
         <v>51</v>
       </c>
-      <c r="C285" s="32"/>
-      <c r="D285" s="27" t="s">
+      <c r="C285" s="23"/>
+      <c r="D285" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E285" s="28"/>
-      <c r="F285" s="29">
+      <c r="E285" s="18"/>
+      <c r="F285" s="19">
         <v>156.19999999999999</v>
       </c>
-      <c r="G285" s="29">
+      <c r="G285" s="19">
         <v>157.94999999999999</v>
       </c>
-      <c r="H285" s="29">
+      <c r="H285" s="19">
         <v>157.69</v>
       </c>
-      <c r="I285" s="29">
+      <c r="I285" s="19">
         <v>156.91999999999999</v>
       </c>
-      <c r="J285" s="29">
+      <c r="J285" s="19">
         <v>156.74</v>
       </c>
-      <c r="K285" s="29">
+      <c r="K285" s="19">
         <v>149.91</v>
       </c>
-      <c r="L285" s="29">
+      <c r="L285" s="19">
         <v>149.72</v>
       </c>
-      <c r="M285" s="29">
+      <c r="M285" s="19">
         <v>149.54</v>
       </c>
-      <c r="N285" s="29">
+      <c r="N285" s="19">
         <v>149.36000000000001</v>
       </c>
-      <c r="O285" s="29">
+      <c r="O285" s="19">
         <v>154.43</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C286" s="33"/>
+      <c r="P285" s="19">
+        <v>154.22</v>
+      </c>
+      <c r="Q285" s="19">
+        <v>154.03</v>
+      </c>
+      <c r="R285" s="19">
+        <v>153.84</v>
+      </c>
+      <c r="S285" s="19">
+        <v>152</v>
+      </c>
+      <c r="T285" s="19">
+        <v>151.79</v>
+      </c>
+    </row>
+    <row r="286" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A286" s="27"/>
+      <c r="B286" s="27"/>
+      <c r="C286" s="24"/>
       <c r="D286" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E286" s="27" t="s">
+      <c r="E286" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F286" s="29">
+      <c r="F286" s="19">
         <v>25.87</v>
       </c>
-      <c r="G286" s="29">
+      <c r="G286" s="19">
         <v>28.14</v>
       </c>
-      <c r="H286" s="29">
+      <c r="H286" s="19">
         <v>21.88</v>
       </c>
-      <c r="I286" s="29">
+      <c r="I286" s="19">
         <v>18.489999999999998</v>
       </c>
-      <c r="J286" s="29">
+      <c r="J286" s="19">
         <v>17.8</v>
       </c>
-      <c r="K286" s="29">
+      <c r="K286" s="19">
         <v>21.5</v>
       </c>
-      <c r="L286" s="29">
+      <c r="L286" s="19">
         <v>16.52</v>
       </c>
-      <c r="M286" s="29">
-[...14 lines deleted...]
-      <c r="E287" s="27" t="s">
+      <c r="M286" s="19">
+        <v>57.67</v>
+      </c>
+      <c r="N286" s="19">
+        <v>55.75</v>
+      </c>
+      <c r="O286" s="19">
+        <v>54.52</v>
+      </c>
+      <c r="P286" s="19">
+        <v>50.69</v>
+      </c>
+      <c r="Q286" s="19">
+        <v>18</v>
+      </c>
+      <c r="R286" s="19">
+        <v>19.25</v>
+      </c>
+      <c r="S286" s="19">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="T286" s="19">
+        <v>17.309999999999999</v>
+      </c>
+    </row>
+    <row r="287" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A287" s="27"/>
+      <c r="B287" s="27"/>
+      <c r="C287" s="24"/>
+      <c r="D287" s="28"/>
+      <c r="E287" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F287" s="29">
+      <c r="F287" s="19">
         <v>130.32</v>
       </c>
-      <c r="G287" s="29">
+      <c r="G287" s="19">
         <v>129.81</v>
       </c>
-      <c r="H287" s="29">
+      <c r="H287" s="19">
         <v>135.81</v>
       </c>
-      <c r="I287" s="29">
+      <c r="I287" s="19">
         <v>138.41999999999999</v>
       </c>
-      <c r="J287" s="29">
+      <c r="J287" s="19">
         <v>138.94</v>
       </c>
-      <c r="K287" s="29">
+      <c r="K287" s="19">
         <v>128.41999999999999</v>
       </c>
-      <c r="L287" s="29">
+      <c r="L287" s="19">
         <v>133.19999999999999</v>
       </c>
-      <c r="M287" s="29">
+      <c r="M287" s="19">
         <v>137.01</v>
       </c>
-      <c r="N287" s="29">
+      <c r="N287" s="19">
         <v>135.55000000000001</v>
       </c>
-      <c r="O287" s="29">
+      <c r="O287" s="19">
         <v>138.55000000000001</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C288" s="33"/>
+      <c r="P287" s="19">
+        <v>135.88</v>
+      </c>
+      <c r="Q287" s="19">
+        <v>136.03</v>
+      </c>
+      <c r="R287" s="19">
+        <v>134.59</v>
+      </c>
+      <c r="S287" s="19">
+        <v>134.4</v>
+      </c>
+      <c r="T287" s="19">
+        <v>134.47999999999999</v>
+      </c>
+    </row>
+    <row r="288" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A288" s="27"/>
+      <c r="B288" s="27"/>
+      <c r="C288" s="24"/>
       <c r="D288" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E288" s="27" t="s">
+      <c r="E288" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F288" s="29">
+      <c r="F288" s="19">
         <v>129.21</v>
       </c>
-      <c r="G288" s="29">
+      <c r="G288" s="19">
         <v>137.44999999999999</v>
       </c>
-      <c r="H288" s="29">
+      <c r="H288" s="19">
         <v>137.19999999999999</v>
       </c>
-      <c r="I288" s="29">
+      <c r="I288" s="19">
         <v>125.36</v>
       </c>
-      <c r="J288" s="29">
+      <c r="J288" s="19">
         <v>124.2</v>
       </c>
-      <c r="K288" s="29">
+      <c r="K288" s="19">
         <v>129.34</v>
       </c>
-      <c r="L288" s="29">
+      <c r="L288" s="19">
         <v>127.86</v>
       </c>
-      <c r="M288" s="29">
-[...14 lines deleted...]
-      <c r="E289" s="27" t="s">
+      <c r="M288" s="19">
+        <v>201.6</v>
+      </c>
+      <c r="N288" s="19">
+        <v>201.58</v>
+      </c>
+      <c r="O288" s="19">
+        <v>206.02</v>
+      </c>
+      <c r="P288" s="19">
+        <v>209.19</v>
+      </c>
+      <c r="Q288" s="19">
+        <v>127.97</v>
+      </c>
+      <c r="R288" s="19">
+        <v>127.69</v>
+      </c>
+      <c r="S288" s="19">
+        <v>132.19999999999999</v>
+      </c>
+      <c r="T288" s="19">
+        <v>129.02000000000001</v>
+      </c>
+    </row>
+    <row r="289" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A289" s="27"/>
+      <c r="B289" s="27"/>
+      <c r="C289" s="24"/>
+      <c r="D289" s="28"/>
+      <c r="E289" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F289" s="29">
+      <c r="F289" s="19">
         <v>26.99</v>
       </c>
-      <c r="G289" s="29">
+      <c r="G289" s="19">
         <v>20.5</v>
       </c>
-      <c r="H289" s="29">
+      <c r="H289" s="19">
         <v>20.49</v>
       </c>
-      <c r="I289" s="29">
+      <c r="I289" s="19">
         <v>31.56</v>
       </c>
-      <c r="J289" s="29">
+      <c r="J289" s="19">
         <v>32.549999999999997</v>
       </c>
-      <c r="K289" s="29">
+      <c r="K289" s="19">
         <v>20.57</v>
       </c>
-      <c r="L289" s="29">
+      <c r="L289" s="19">
         <v>21.86</v>
       </c>
-      <c r="M289" s="29">
+      <c r="M289" s="19">
         <v>23.03</v>
       </c>
-      <c r="N289" s="29">
+      <c r="N289" s="19">
         <v>21.31</v>
       </c>
-      <c r="O289" s="29">
+      <c r="O289" s="19">
         <v>20.99</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C290" s="33"/>
+      <c r="P289" s="19">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="Q289" s="19">
+        <v>26.06</v>
+      </c>
+      <c r="R289" s="19">
+        <v>26.15</v>
+      </c>
+      <c r="S289" s="19">
+        <v>19.8</v>
+      </c>
+      <c r="T289" s="19">
+        <v>22.77</v>
+      </c>
+    </row>
+    <row r="290" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A290" s="27"/>
+      <c r="B290" s="27"/>
+      <c r="C290" s="24"/>
       <c r="D290" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E290" s="27" t="s">
+      <c r="E290" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F290" s="29">
+      <c r="F290" s="19">
         <v>146.4</v>
       </c>
-      <c r="G290" s="29">
+      <c r="G290" s="19">
         <v>152.13999999999999</v>
       </c>
-      <c r="H290" s="29">
+      <c r="H290" s="19">
         <v>151.87</v>
       </c>
-      <c r="I290" s="29">
+      <c r="I290" s="19">
         <v>143.82</v>
       </c>
-      <c r="J290" s="29">
+      <c r="J290" s="19">
         <v>146.35</v>
       </c>
-      <c r="K290" s="29">
+      <c r="K290" s="19">
         <v>141.44</v>
       </c>
-      <c r="L290" s="29">
+      <c r="L290" s="19">
         <v>141.01</v>
       </c>
-      <c r="M290" s="29">
-[...14 lines deleted...]
-      <c r="E291" s="27" t="s">
+      <c r="M290" s="19">
+        <v>241.26</v>
+      </c>
+      <c r="N290" s="19">
+        <v>239.84</v>
+      </c>
+      <c r="O290" s="19">
+        <v>243.28</v>
+      </c>
+      <c r="P290" s="19">
+        <v>244.7</v>
+      </c>
+      <c r="Q290" s="19">
+        <v>142.12</v>
+      </c>
+      <c r="R290" s="19">
+        <v>141.77000000000001</v>
+      </c>
+      <c r="S290" s="19">
+        <v>139.9</v>
+      </c>
+      <c r="T290" s="19">
+        <v>138.18</v>
+      </c>
+    </row>
+    <row r="291" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A291" s="27"/>
+      <c r="B291" s="28"/>
+      <c r="C291" s="25"/>
+      <c r="D291" s="28"/>
+      <c r="E291" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F291" s="29">
+      <c r="F291" s="19">
         <v>9.7899999999999991</v>
       </c>
-      <c r="G291" s="29">
+      <c r="G291" s="19">
         <v>5.81</v>
       </c>
-      <c r="H291" s="29">
+      <c r="H291" s="19">
         <v>5.81</v>
       </c>
-      <c r="I291" s="29">
+      <c r="I291" s="19">
         <v>13.1</v>
       </c>
-      <c r="J291" s="29">
+      <c r="J291" s="19">
         <v>10.39</v>
       </c>
-      <c r="K291" s="29">
+      <c r="K291" s="19">
         <v>8.4700000000000006</v>
       </c>
-      <c r="L291" s="29">
+      <c r="L291" s="19">
         <v>8.7100000000000009</v>
       </c>
-      <c r="M291" s="29">
+      <c r="M291" s="19">
         <v>10.029999999999999</v>
       </c>
-      <c r="N291" s="29">
+      <c r="N291" s="19">
         <v>9.9600000000000009</v>
       </c>
-      <c r="O291" s="29">
+      <c r="O291" s="19">
         <v>10.38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A292" s="30"/>
+      <c r="P291" s="19">
+        <v>5.53</v>
+      </c>
+      <c r="Q291" s="19">
+        <v>11.9</v>
+      </c>
+      <c r="R291" s="19">
+        <v>12.07</v>
+      </c>
+      <c r="S291" s="19">
+        <v>12.1</v>
+      </c>
+      <c r="T291" s="19">
+        <v>13.61</v>
+      </c>
+    </row>
+    <row r="292" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A292" s="27"/>
       <c r="B292" s="26" t="s">
         <v>52</v>
       </c>
-      <c r="C292" s="32"/>
-      <c r="D292" s="27" t="s">
+      <c r="C292" s="23"/>
+      <c r="D292" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E292" s="28"/>
-      <c r="F292" s="29">
+      <c r="E292" s="18"/>
+      <c r="F292" s="19">
         <v>148.49</v>
       </c>
-      <c r="G292" s="29">
+      <c r="G292" s="19">
         <v>151.46</v>
       </c>
-      <c r="H292" s="29">
+      <c r="H292" s="19">
         <v>151.22</v>
       </c>
-      <c r="I292" s="29">
+      <c r="I292" s="19">
         <v>142.07</v>
       </c>
-      <c r="J292" s="29">
+      <c r="J292" s="19">
         <v>141.57</v>
       </c>
-      <c r="K292" s="29">
+      <c r="K292" s="19">
         <v>131.66999999999999</v>
       </c>
-      <c r="L292" s="29">
+      <c r="L292" s="19">
         <v>131.19</v>
       </c>
-      <c r="M292" s="29">
+      <c r="M292" s="19">
         <v>130.71</v>
       </c>
-      <c r="N292" s="29">
+      <c r="N292" s="19">
         <v>130.25</v>
       </c>
-      <c r="O292" s="29">
+      <c r="O292" s="19">
         <v>145.63</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C293" s="33"/>
+      <c r="P292" s="19">
+        <v>145.1</v>
+      </c>
+      <c r="Q292" s="19">
+        <v>144.58000000000001</v>
+      </c>
+      <c r="R292" s="19">
+        <v>144.07</v>
+      </c>
+      <c r="S292" s="19">
+        <v>140.30000000000001</v>
+      </c>
+      <c r="T292" s="19">
+        <v>139.74</v>
+      </c>
+    </row>
+    <row r="293" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A293" s="27"/>
+      <c r="B293" s="27"/>
+      <c r="C293" s="24"/>
       <c r="D293" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E293" s="27" t="s">
+      <c r="E293" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F293" s="29">
+      <c r="F293" s="19">
         <v>26.97</v>
       </c>
-      <c r="G293" s="29">
+      <c r="G293" s="19">
         <v>27.14</v>
       </c>
-      <c r="H293" s="29">
+      <c r="H293" s="19">
         <v>28.71</v>
       </c>
-      <c r="I293" s="29">
+      <c r="I293" s="19">
         <v>26.48</v>
       </c>
-      <c r="J293" s="29">
+      <c r="J293" s="19">
         <v>23.39</v>
       </c>
-      <c r="K293" s="29">
+      <c r="K293" s="19">
         <v>21.54</v>
       </c>
-      <c r="L293" s="29">
+      <c r="L293" s="19">
         <v>20.02</v>
       </c>
-      <c r="M293" s="29">
-[...14 lines deleted...]
-      <c r="E294" s="27" t="s">
+      <c r="M293" s="19">
+        <v>24.62</v>
+      </c>
+      <c r="N293" s="19">
+        <v>28.31</v>
+      </c>
+      <c r="O293" s="19">
+        <v>24.44</v>
+      </c>
+      <c r="P293" s="19">
+        <v>28.57</v>
+      </c>
+      <c r="Q293" s="19">
+        <v>31.44</v>
+      </c>
+      <c r="R293" s="19">
+        <v>27</v>
+      </c>
+      <c r="S293" s="19">
+        <v>25.1</v>
+      </c>
+      <c r="T293" s="19">
+        <v>27.2</v>
+      </c>
+    </row>
+    <row r="294" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A294" s="27"/>
+      <c r="B294" s="27"/>
+      <c r="C294" s="24"/>
+      <c r="D294" s="28"/>
+      <c r="E294" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F294" s="29">
+      <c r="F294" s="19">
         <v>121.52</v>
       </c>
-      <c r="G294" s="29">
+      <c r="G294" s="19">
         <v>124.32</v>
       </c>
-      <c r="H294" s="29">
+      <c r="H294" s="19">
         <v>122.51</v>
       </c>
-      <c r="I294" s="29">
+      <c r="I294" s="19">
         <v>115.59</v>
       </c>
-      <c r="J294" s="29">
+      <c r="J294" s="19">
         <v>118.18</v>
       </c>
-      <c r="K294" s="29">
+      <c r="K294" s="19">
         <v>110.12</v>
       </c>
-      <c r="L294" s="29">
+      <c r="L294" s="19">
         <v>111.17</v>
       </c>
-      <c r="M294" s="29">
+      <c r="M294" s="19">
         <v>107.79</v>
       </c>
-      <c r="N294" s="29">
+      <c r="N294" s="19">
         <v>111.25</v>
       </c>
-      <c r="O294" s="29">
+      <c r="O294" s="19">
         <v>127.02</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C295" s="33"/>
+      <c r="P294" s="19">
+        <v>124.57</v>
+      </c>
+      <c r="Q294" s="19">
+        <v>113.14</v>
+      </c>
+      <c r="R294" s="19">
+        <v>117.07</v>
+      </c>
+      <c r="S294" s="19">
+        <v>115.1</v>
+      </c>
+      <c r="T294" s="19">
+        <v>112.54</v>
+      </c>
+    </row>
+    <row r="295" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A295" s="27"/>
+      <c r="B295" s="27"/>
+      <c r="C295" s="24"/>
       <c r="D295" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E295" s="27" t="s">
+      <c r="E295" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F295" s="29">
+      <c r="F295" s="19">
         <v>109.19</v>
       </c>
-      <c r="G295" s="29">
+      <c r="G295" s="19">
         <v>116.5</v>
       </c>
-      <c r="H295" s="29">
+      <c r="H295" s="19">
         <v>115.24</v>
       </c>
-      <c r="I295" s="29">
+      <c r="I295" s="19">
         <v>105.94</v>
       </c>
-      <c r="J295" s="29">
+      <c r="J295" s="19">
         <v>106.05</v>
       </c>
-      <c r="K295" s="29">
+      <c r="K295" s="19">
         <v>101.02</v>
       </c>
-      <c r="L295" s="29">
+      <c r="L295" s="19">
         <v>102.96</v>
       </c>
-      <c r="M295" s="29">
-[...14 lines deleted...]
-      <c r="E296" s="27" t="s">
+      <c r="M295" s="19">
+        <v>115.8</v>
+      </c>
+      <c r="N295" s="19">
+        <v>112.66</v>
+      </c>
+      <c r="O295" s="19">
+        <v>114.12</v>
+      </c>
+      <c r="P295" s="19">
+        <v>118.82</v>
+      </c>
+      <c r="Q295" s="19">
+        <v>124.21</v>
+      </c>
+      <c r="R295" s="19">
+        <v>124.39</v>
+      </c>
+      <c r="S295" s="19">
+        <v>123.7</v>
+      </c>
+      <c r="T295" s="19">
+        <v>125.39</v>
+      </c>
+    </row>
+    <row r="296" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A296" s="27"/>
+      <c r="B296" s="27"/>
+      <c r="C296" s="24"/>
+      <c r="D296" s="28"/>
+      <c r="E296" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F296" s="29">
+      <c r="F296" s="19">
         <v>39.299999999999997</v>
       </c>
-      <c r="G296" s="29">
+      <c r="G296" s="19">
         <v>34.96</v>
       </c>
-      <c r="H296" s="29">
+      <c r="H296" s="19">
         <v>35.979999999999997</v>
       </c>
-      <c r="I296" s="29">
+      <c r="I296" s="19">
         <v>36.130000000000003</v>
       </c>
-      <c r="J296" s="29">
+      <c r="J296" s="19">
         <v>35.520000000000003</v>
       </c>
-      <c r="K296" s="29">
+      <c r="K296" s="19">
         <v>30.65</v>
       </c>
-      <c r="L296" s="29">
+      <c r="L296" s="19">
         <v>28.22</v>
       </c>
-      <c r="M296" s="29">
+      <c r="M296" s="19">
         <v>26.11</v>
       </c>
-      <c r="N296" s="29">
+      <c r="N296" s="19">
         <v>20.91</v>
       </c>
-      <c r="O296" s="29">
+      <c r="O296" s="19">
         <v>21.48</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C297" s="33"/>
+      <c r="P296" s="19">
+        <v>23.53</v>
+      </c>
+      <c r="Q296" s="19">
+        <v>20.36</v>
+      </c>
+      <c r="R296" s="19">
+        <v>19.68</v>
+      </c>
+      <c r="S296" s="19">
+        <v>16.5</v>
+      </c>
+      <c r="T296" s="19">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="297" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A297" s="27"/>
+      <c r="B297" s="27"/>
+      <c r="C297" s="24"/>
       <c r="D297" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E297" s="27" t="s">
+      <c r="E297" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F297" s="29">
+      <c r="F297" s="19">
         <v>142.47999999999999</v>
       </c>
-      <c r="G297" s="29">
+      <c r="G297" s="19">
         <v>144.32</v>
       </c>
-      <c r="H297" s="29">
+      <c r="H297" s="19">
         <v>140.72999999999999</v>
       </c>
-      <c r="I297" s="29">
+      <c r="I297" s="19">
         <v>128.80000000000001</v>
       </c>
-      <c r="J297" s="29">
+      <c r="J297" s="19">
         <v>133.06</v>
       </c>
-      <c r="K297" s="29">
+      <c r="K297" s="19">
         <v>123</v>
       </c>
-      <c r="L297" s="29">
+      <c r="L297" s="19">
         <v>125.63</v>
       </c>
-      <c r="M297" s="29">
-[...14 lines deleted...]
-      <c r="E298" s="27" t="s">
+      <c r="M297" s="19">
+        <v>134.58000000000001</v>
+      </c>
+      <c r="N297" s="19">
+        <v>132.38</v>
+      </c>
+      <c r="O297" s="19">
+        <v>132.91</v>
+      </c>
+      <c r="P297" s="19">
+        <v>133.51</v>
+      </c>
+      <c r="Q297" s="19">
+        <v>137.69</v>
+      </c>
+      <c r="R297" s="19">
+        <v>137.57</v>
+      </c>
+      <c r="S297" s="19">
+        <v>134.6</v>
+      </c>
+      <c r="T297" s="19">
+        <v>133.94</v>
+      </c>
+    </row>
+    <row r="298" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A298" s="27"/>
+      <c r="B298" s="28"/>
+      <c r="C298" s="25"/>
+      <c r="D298" s="28"/>
+      <c r="E298" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F298" s="29">
+      <c r="F298" s="19">
         <v>6.01</v>
       </c>
-      <c r="G298" s="29">
+      <c r="G298" s="19">
         <v>7.14</v>
       </c>
-      <c r="H298" s="29">
+      <c r="H298" s="19">
         <v>10.49</v>
       </c>
-      <c r="I298" s="29">
+      <c r="I298" s="19">
         <v>13.27</v>
       </c>
-      <c r="J298" s="29">
+      <c r="J298" s="19">
         <v>8.51</v>
       </c>
-      <c r="K298" s="29">
+      <c r="K298" s="19">
         <v>8.67</v>
       </c>
-      <c r="L298" s="29">
+      <c r="L298" s="19">
         <v>5.56</v>
       </c>
-      <c r="M298" s="29">
+      <c r="M298" s="19">
         <v>9.84</v>
       </c>
-      <c r="N298" s="29">
+      <c r="N298" s="19">
         <v>7.71</v>
       </c>
-      <c r="O298" s="29">
+      <c r="O298" s="19">
         <v>5.13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A299" s="30"/>
+      <c r="P298" s="19">
+        <v>5.69</v>
+      </c>
+      <c r="Q298" s="19">
+        <v>6.88</v>
+      </c>
+      <c r="R298" s="19">
+        <v>6.5</v>
+      </c>
+      <c r="S298" s="19">
+        <v>5.7</v>
+      </c>
+      <c r="T298" s="19">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="299" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A299" s="27"/>
       <c r="B299" s="26" t="s">
         <v>53</v>
       </c>
-      <c r="C299" s="32"/>
-      <c r="D299" s="27" t="s">
+      <c r="C299" s="23"/>
+      <c r="D299" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E299" s="28"/>
-      <c r="F299" s="29">
+      <c r="E299" s="18"/>
+      <c r="F299" s="19">
         <v>373.04</v>
       </c>
-      <c r="G299" s="29">
+      <c r="G299" s="19">
         <v>421.4</v>
       </c>
-      <c r="H299" s="29">
+      <c r="H299" s="19">
         <v>420.72</v>
       </c>
-      <c r="I299" s="29">
+      <c r="I299" s="19">
         <v>457.74</v>
       </c>
-      <c r="J299" s="29">
+      <c r="J299" s="19">
         <v>457.28</v>
       </c>
-      <c r="K299" s="29">
+      <c r="K299" s="19">
         <v>373.36</v>
       </c>
-      <c r="L299" s="29">
+      <c r="L299" s="19">
         <v>372.92</v>
       </c>
-      <c r="M299" s="29">
+      <c r="M299" s="19">
         <v>372.5</v>
       </c>
-      <c r="N299" s="29">
+      <c r="N299" s="19">
         <v>372.1</v>
       </c>
-      <c r="O299" s="29">
+      <c r="O299" s="19">
         <v>340.48</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C300" s="33"/>
+      <c r="P299" s="19">
+        <v>340.07</v>
+      </c>
+      <c r="Q299" s="19">
+        <v>339.67</v>
+      </c>
+      <c r="R299" s="19">
+        <v>339.29</v>
+      </c>
+      <c r="S299" s="19">
+        <v>380.5</v>
+      </c>
+      <c r="T299" s="19">
+        <v>379.98</v>
+      </c>
+    </row>
+    <row r="300" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A300" s="27"/>
+      <c r="B300" s="27"/>
+      <c r="C300" s="24"/>
       <c r="D300" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E300" s="27" t="s">
+      <c r="E300" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F300" s="29">
+      <c r="F300" s="19">
         <v>76.849999999999994</v>
       </c>
-      <c r="G300" s="29">
+      <c r="G300" s="19">
         <v>94.75</v>
       </c>
-      <c r="H300" s="29">
+      <c r="H300" s="19">
         <v>83.62</v>
       </c>
-      <c r="I300" s="29">
+      <c r="I300" s="19">
         <v>94.79</v>
       </c>
-      <c r="J300" s="29">
+      <c r="J300" s="19">
         <v>93.17</v>
       </c>
-      <c r="K300" s="29">
+      <c r="K300" s="19">
         <v>75.17</v>
       </c>
-      <c r="L300" s="29">
+      <c r="L300" s="19">
         <v>66.739999999999995</v>
       </c>
-      <c r="M300" s="29">
-[...14 lines deleted...]
-      <c r="E301" s="27" t="s">
+      <c r="M300" s="19">
+        <v>31.47</v>
+      </c>
+      <c r="N300" s="19">
+        <v>27.69</v>
+      </c>
+      <c r="O300" s="19">
+        <v>30.01</v>
+      </c>
+      <c r="P300" s="19">
+        <v>30.51</v>
+      </c>
+      <c r="Q300" s="19">
+        <v>48.9</v>
+      </c>
+      <c r="R300" s="19">
+        <v>44.89</v>
+      </c>
+      <c r="S300" s="19">
+        <v>43.1</v>
+      </c>
+      <c r="T300" s="19">
+        <v>46.05</v>
+      </c>
+    </row>
+    <row r="301" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A301" s="27"/>
+      <c r="B301" s="27"/>
+      <c r="C301" s="24"/>
+      <c r="D301" s="28"/>
+      <c r="E301" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F301" s="29">
+      <c r="F301" s="19">
         <v>296.19</v>
       </c>
-      <c r="G301" s="29">
+      <c r="G301" s="19">
         <v>326.64</v>
       </c>
-      <c r="H301" s="29">
+      <c r="H301" s="19">
         <v>337.11</v>
       </c>
-      <c r="I301" s="29">
+      <c r="I301" s="19">
         <v>362.95</v>
       </c>
-      <c r="J301" s="29">
+      <c r="J301" s="19">
         <v>364.1</v>
       </c>
-      <c r="K301" s="29">
+      <c r="K301" s="19">
         <v>298.19</v>
       </c>
-      <c r="L301" s="29">
+      <c r="L301" s="19">
         <v>306.18</v>
       </c>
-      <c r="M301" s="29">
+      <c r="M301" s="19">
         <v>313.48</v>
       </c>
-      <c r="N301" s="29">
+      <c r="N301" s="19">
         <v>317.73</v>
       </c>
-      <c r="O301" s="29">
+      <c r="O301" s="19">
         <v>296.57</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C302" s="33"/>
+      <c r="P301" s="19">
+        <v>279.04000000000002</v>
+      </c>
+      <c r="Q301" s="19">
+        <v>290.77</v>
+      </c>
+      <c r="R301" s="19">
+        <v>294.39999999999998</v>
+      </c>
+      <c r="S301" s="19">
+        <v>337.4</v>
+      </c>
+      <c r="T301" s="19">
+        <v>333.93</v>
+      </c>
+    </row>
+    <row r="302" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A302" s="27"/>
+      <c r="B302" s="27"/>
+      <c r="C302" s="24"/>
       <c r="D302" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E302" s="27" t="s">
+      <c r="E302" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F302" s="29">
+      <c r="F302" s="19">
         <v>296.38</v>
       </c>
-      <c r="G302" s="29">
+      <c r="G302" s="19">
         <v>336.67</v>
       </c>
-      <c r="H302" s="29">
+      <c r="H302" s="19">
         <v>319.64999999999998</v>
       </c>
-      <c r="I302" s="29">
+      <c r="I302" s="19">
         <v>394.36</v>
       </c>
-      <c r="J302" s="29">
+      <c r="J302" s="19">
         <v>378.16</v>
       </c>
-      <c r="K302" s="29">
+      <c r="K302" s="19">
         <v>302.05</v>
       </c>
-      <c r="L302" s="29">
+      <c r="L302" s="19">
         <v>315.36</v>
       </c>
-      <c r="M302" s="29">
-[...14 lines deleted...]
-      <c r="E303" s="27" t="s">
+      <c r="M302" s="19">
+        <v>108.47</v>
+      </c>
+      <c r="N302" s="19">
+        <v>107.01</v>
+      </c>
+      <c r="O302" s="19">
+        <v>116.85</v>
+      </c>
+      <c r="P302" s="19">
+        <v>117.72</v>
+      </c>
+      <c r="Q302" s="19">
+        <v>307.31</v>
+      </c>
+      <c r="R302" s="19">
+        <v>290.75</v>
+      </c>
+      <c r="S302" s="19">
+        <v>336.6</v>
+      </c>
+      <c r="T302" s="19">
+        <v>348.23</v>
+      </c>
+    </row>
+    <row r="303" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A303" s="27"/>
+      <c r="B303" s="27"/>
+      <c r="C303" s="24"/>
+      <c r="D303" s="28"/>
+      <c r="E303" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F303" s="29">
+      <c r="F303" s="19">
         <v>76.66</v>
       </c>
-      <c r="G303" s="29">
+      <c r="G303" s="19">
         <v>84.73</v>
       </c>
-      <c r="H303" s="29">
+      <c r="H303" s="19">
         <v>101.07</v>
       </c>
-      <c r="I303" s="29">
+      <c r="I303" s="19">
         <v>63.39</v>
       </c>
-      <c r="J303" s="29">
+      <c r="J303" s="19">
         <v>79.12</v>
       </c>
-      <c r="K303" s="29">
+      <c r="K303" s="19">
         <v>71.3</v>
       </c>
-      <c r="L303" s="29">
+      <c r="L303" s="19">
         <v>57.56</v>
       </c>
-      <c r="M303" s="29">
+      <c r="M303" s="19">
         <v>54.18</v>
       </c>
-      <c r="N303" s="29">
+      <c r="N303" s="19">
         <v>60.14</v>
       </c>
-      <c r="O303" s="29">
+      <c r="O303" s="19">
         <v>47.92</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C304" s="33"/>
+      <c r="P303" s="19">
+        <v>35.130000000000003</v>
+      </c>
+      <c r="Q303" s="19">
+        <v>32.36</v>
+      </c>
+      <c r="R303" s="19">
+        <v>48.54</v>
+      </c>
+      <c r="S303" s="19">
+        <v>43.8</v>
+      </c>
+      <c r="T303" s="19">
+        <v>31.75</v>
+      </c>
+    </row>
+    <row r="304" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A304" s="27"/>
+      <c r="B304" s="27"/>
+      <c r="C304" s="24"/>
       <c r="D304" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E304" s="27" t="s">
+      <c r="E304" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F304" s="29">
+      <c r="F304" s="19">
         <v>358.95</v>
       </c>
-      <c r="G304" s="29">
+      <c r="G304" s="19">
         <v>410</v>
       </c>
-      <c r="H304" s="29">
+      <c r="H304" s="19">
         <v>402.91</v>
       </c>
-      <c r="I304" s="29">
+      <c r="I304" s="19">
         <v>445.54</v>
       </c>
-      <c r="J304" s="29">
+      <c r="J304" s="19">
         <v>432.38</v>
       </c>
-      <c r="K304" s="29">
+      <c r="K304" s="19">
         <v>350.89</v>
       </c>
-      <c r="L304" s="29">
+      <c r="L304" s="19">
         <v>356.73</v>
       </c>
-      <c r="M304" s="29">
-[...14 lines deleted...]
-      <c r="E305" s="27" t="s">
+      <c r="M304" s="19">
+        <v>125.27</v>
+      </c>
+      <c r="N304" s="19">
+        <v>126.4</v>
+      </c>
+      <c r="O304" s="19">
+        <v>128.91</v>
+      </c>
+      <c r="P304" s="19">
+        <v>128.47</v>
+      </c>
+      <c r="Q304" s="19">
+        <v>333.36</v>
+      </c>
+      <c r="R304" s="19">
+        <v>325.62</v>
+      </c>
+      <c r="S304" s="19">
+        <v>364.4</v>
+      </c>
+      <c r="T304" s="19">
+        <v>370.47</v>
+      </c>
+    </row>
+    <row r="305" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A305" s="27"/>
+      <c r="B305" s="28"/>
+      <c r="C305" s="25"/>
+      <c r="D305" s="28"/>
+      <c r="E305" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F305" s="29">
+      <c r="F305" s="19">
         <v>14.1</v>
       </c>
-      <c r="G305" s="29">
+      <c r="G305" s="19">
         <v>11.4</v>
       </c>
-      <c r="H305" s="29">
+      <c r="H305" s="19">
         <v>17.809999999999999</v>
       </c>
-      <c r="I305" s="29">
+      <c r="I305" s="19">
         <v>12.21</v>
       </c>
-      <c r="J305" s="29">
+      <c r="J305" s="19">
         <v>24.9</v>
       </c>
-      <c r="K305" s="29">
+      <c r="K305" s="19">
         <v>22.46</v>
       </c>
-      <c r="L305" s="29">
+      <c r="L305" s="19">
         <v>16.190000000000001</v>
       </c>
-      <c r="M305" s="29">
+      <c r="M305" s="19">
         <v>10.76</v>
       </c>
-      <c r="N305" s="29">
+      <c r="N305" s="19">
         <v>11.55</v>
       </c>
-      <c r="O305" s="29">
+      <c r="O305" s="19">
         <v>7.45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A306" s="30"/>
+      <c r="P305" s="19">
+        <v>5.92</v>
+      </c>
+      <c r="Q305" s="19">
+        <v>6.31</v>
+      </c>
+      <c r="R305" s="19">
+        <v>13.67</v>
+      </c>
+      <c r="S305" s="19">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="T305" s="19">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A306" s="27"/>
       <c r="B306" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="C306" s="32"/>
-      <c r="D306" s="27" t="s">
+      <c r="C306" s="23"/>
+      <c r="D306" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E306" s="28"/>
-      <c r="F306" s="29">
+      <c r="E306" s="18"/>
+      <c r="F306" s="19">
         <v>65.64</v>
       </c>
-      <c r="G306" s="29">
+      <c r="G306" s="19">
         <v>65.16</v>
       </c>
-      <c r="H306" s="29">
+      <c r="H306" s="19">
         <v>65.05</v>
       </c>
-      <c r="I306" s="29">
+      <c r="I306" s="19">
         <v>82.91</v>
       </c>
-      <c r="J306" s="29">
+      <c r="J306" s="19">
         <v>83.06</v>
       </c>
-      <c r="K306" s="29">
+      <c r="K306" s="19">
         <v>81.78</v>
       </c>
-      <c r="L306" s="29">
+      <c r="L306" s="19">
         <v>81.91</v>
       </c>
-      <c r="M306" s="29">
+      <c r="M306" s="19">
         <v>82.05</v>
       </c>
-      <c r="N306" s="29">
+      <c r="N306" s="19">
         <v>82.19</v>
       </c>
-      <c r="O306" s="29">
+      <c r="O306" s="19">
         <v>84.27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C307" s="33"/>
+      <c r="P306" s="19">
+        <v>84.4</v>
+      </c>
+      <c r="Q306" s="19">
+        <v>84.53</v>
+      </c>
+      <c r="R306" s="19">
+        <v>84.67</v>
+      </c>
+      <c r="S306" s="19">
+        <v>80.900000000000006</v>
+      </c>
+      <c r="T306" s="19">
+        <v>80.98</v>
+      </c>
+    </row>
+    <row r="307" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A307" s="27"/>
+      <c r="B307" s="27"/>
+      <c r="C307" s="24"/>
       <c r="D307" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E307" s="27" t="s">
+      <c r="E307" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F307" s="29">
+      <c r="F307" s="19">
         <v>9.7899999999999991</v>
       </c>
-      <c r="G307" s="29">
+      <c r="G307" s="19">
         <v>9.5</v>
       </c>
-      <c r="H307" s="29">
+      <c r="H307" s="19">
         <v>7.92</v>
       </c>
-      <c r="I307" s="29">
+      <c r="I307" s="19">
         <v>9.8800000000000008</v>
       </c>
-      <c r="J307" s="29">
+      <c r="J307" s="19">
         <v>7.66</v>
       </c>
-      <c r="K307" s="29">
+      <c r="K307" s="19">
         <v>8.14</v>
       </c>
-      <c r="L307" s="29">
+      <c r="L307" s="19">
         <v>7.94</v>
       </c>
-      <c r="M307" s="29">
-[...14 lines deleted...]
-      <c r="E308" s="27" t="s">
+      <c r="M307" s="19">
+        <v>12.53</v>
+      </c>
+      <c r="N307" s="19">
+        <v>13.81</v>
+      </c>
+      <c r="O307" s="19">
+        <v>15.88</v>
+      </c>
+      <c r="P307" s="19">
+        <v>18.350000000000001</v>
+      </c>
+      <c r="Q307" s="19">
+        <v>6.71</v>
+      </c>
+      <c r="R307" s="19">
+        <v>6.35</v>
+      </c>
+      <c r="S307" s="19">
+        <v>7.1</v>
+      </c>
+      <c r="T307" s="19">
+        <v>6.32</v>
+      </c>
+    </row>
+    <row r="308" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A308" s="27"/>
+      <c r="B308" s="27"/>
+      <c r="C308" s="24"/>
+      <c r="D308" s="28"/>
+      <c r="E308" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F308" s="29">
+      <c r="F308" s="19">
         <v>55.85</v>
       </c>
-      <c r="G308" s="29">
+      <c r="G308" s="19">
         <v>55.66</v>
       </c>
-      <c r="H308" s="29">
+      <c r="H308" s="19">
         <v>57.13</v>
       </c>
-      <c r="I308" s="29">
+      <c r="I308" s="19">
         <v>73.040000000000006</v>
       </c>
-      <c r="J308" s="29">
+      <c r="J308" s="19">
         <v>75.400000000000006</v>
       </c>
-      <c r="K308" s="29">
+      <c r="K308" s="19">
         <v>73.650000000000006</v>
       </c>
-      <c r="L308" s="29">
+      <c r="L308" s="19">
         <v>73.97</v>
       </c>
-      <c r="M308" s="29">
+      <c r="M308" s="19">
         <v>76.36</v>
       </c>
-      <c r="N308" s="29">
+      <c r="N308" s="19">
         <v>76.2</v>
       </c>
-      <c r="O308" s="29">
+      <c r="O308" s="19">
         <v>75.25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C309" s="33"/>
+      <c r="P308" s="19">
+        <v>75.180000000000007</v>
+      </c>
+      <c r="Q308" s="19">
+        <v>77.819999999999993</v>
+      </c>
+      <c r="R308" s="19">
+        <v>78.319999999999993</v>
+      </c>
+      <c r="S308" s="19">
+        <v>73.7</v>
+      </c>
+      <c r="T308" s="19">
+        <v>74.66</v>
+      </c>
+    </row>
+    <row r="309" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A309" s="27"/>
+      <c r="B309" s="27"/>
+      <c r="C309" s="24"/>
       <c r="D309" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E309" s="27" t="s">
+      <c r="E309" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F309" s="29">
+      <c r="F309" s="19">
         <v>40.5</v>
       </c>
-      <c r="G309" s="29">
+      <c r="G309" s="19">
         <v>45.68</v>
       </c>
-      <c r="H309" s="29">
+      <c r="H309" s="19">
         <v>46.17</v>
       </c>
-      <c r="I309" s="29">
+      <c r="I309" s="19">
         <v>57.77</v>
       </c>
-      <c r="J309" s="29">
+      <c r="J309" s="19">
         <v>57.59</v>
       </c>
-      <c r="K309" s="29">
+      <c r="K309" s="19">
         <v>58.32</v>
       </c>
-      <c r="L309" s="29">
+      <c r="L309" s="19">
         <v>59.69</v>
       </c>
-      <c r="M309" s="29">
-[...14 lines deleted...]
-      <c r="E310" s="27" t="s">
+      <c r="M309" s="19">
+        <v>126.5</v>
+      </c>
+      <c r="N309" s="19">
+        <v>128.06</v>
+      </c>
+      <c r="O309" s="19">
+        <v>133.44</v>
+      </c>
+      <c r="P309" s="19">
+        <v>134.62</v>
+      </c>
+      <c r="Q309" s="19">
+        <v>62.71</v>
+      </c>
+      <c r="R309" s="19">
+        <v>62.17</v>
+      </c>
+      <c r="S309" s="19">
+        <v>61</v>
+      </c>
+      <c r="T309" s="19">
+        <v>60.85</v>
+      </c>
+    </row>
+    <row r="310" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A310" s="27"/>
+      <c r="B310" s="27"/>
+      <c r="C310" s="24"/>
+      <c r="D310" s="28"/>
+      <c r="E310" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F310" s="29">
+      <c r="F310" s="19">
         <v>25.14</v>
       </c>
-      <c r="G310" s="29">
+      <c r="G310" s="19">
         <v>19.48</v>
       </c>
-      <c r="H310" s="29">
+      <c r="H310" s="19">
         <v>18.88</v>
       </c>
-      <c r="I310" s="29">
+      <c r="I310" s="19">
         <v>25.14</v>
       </c>
-      <c r="J310" s="29">
+      <c r="J310" s="19">
         <v>25.48</v>
       </c>
-      <c r="K310" s="29">
+      <c r="K310" s="19">
         <v>23.46</v>
       </c>
-      <c r="L310" s="29">
+      <c r="L310" s="19">
         <v>22.22</v>
       </c>
-      <c r="M310" s="29">
+      <c r="M310" s="19">
         <v>21.28</v>
       </c>
-      <c r="N310" s="29">
+      <c r="N310" s="19">
         <v>20.34</v>
       </c>
-      <c r="O310" s="29">
+      <c r="O310" s="19">
         <v>21.27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C311" s="33"/>
+      <c r="P310" s="19">
+        <v>20.71</v>
+      </c>
+      <c r="Q310" s="19">
+        <v>21.82</v>
+      </c>
+      <c r="R310" s="19">
+        <v>22.5</v>
+      </c>
+      <c r="S310" s="19">
+        <v>19.899999999999999</v>
+      </c>
+      <c r="T310" s="19">
+        <v>20.13</v>
+      </c>
+    </row>
+    <row r="311" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A311" s="27"/>
+      <c r="B311" s="27"/>
+      <c r="C311" s="24"/>
       <c r="D311" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E311" s="27" t="s">
+      <c r="E311" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F311" s="29">
+      <c r="F311" s="19">
         <v>56.14</v>
       </c>
-      <c r="G311" s="29">
+      <c r="G311" s="19">
         <v>56.44</v>
       </c>
-      <c r="H311" s="29">
+      <c r="H311" s="19">
         <v>56.87</v>
       </c>
-      <c r="I311" s="29">
+      <c r="I311" s="19">
         <v>68.989999999999995</v>
       </c>
-      <c r="J311" s="29">
+      <c r="J311" s="19">
         <v>71.33</v>
       </c>
-      <c r="K311" s="29">
+      <c r="K311" s="19">
         <v>72.23</v>
       </c>
-      <c r="L311" s="29">
+      <c r="L311" s="19">
         <v>71.41</v>
       </c>
-      <c r="M311" s="29">
-[...14 lines deleted...]
-      <c r="E312" s="27" t="s">
+      <c r="M311" s="19">
+        <v>139.51</v>
+      </c>
+      <c r="N311" s="19">
+        <v>139.4</v>
+      </c>
+      <c r="O311" s="19">
+        <v>144.05000000000001</v>
+      </c>
+      <c r="P311" s="19">
+        <v>148.69999999999999</v>
+      </c>
+      <c r="Q311" s="19">
+        <v>74.540000000000006</v>
+      </c>
+      <c r="R311" s="19">
+        <v>75.05</v>
+      </c>
+      <c r="S311" s="19">
+        <v>70.8</v>
+      </c>
+      <c r="T311" s="19">
+        <v>70.98</v>
+      </c>
+    </row>
+    <row r="312" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A312" s="27"/>
+      <c r="B312" s="28"/>
+      <c r="C312" s="25"/>
+      <c r="D312" s="28"/>
+      <c r="E312" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F312" s="29">
+      <c r="F312" s="19">
         <v>9.5</v>
       </c>
-      <c r="G312" s="29">
+      <c r="G312" s="19">
         <v>8.7200000000000006</v>
       </c>
-      <c r="H312" s="29">
+      <c r="H312" s="19">
         <v>8.17</v>
       </c>
-      <c r="I312" s="29">
+      <c r="I312" s="19">
         <v>13.92</v>
       </c>
-      <c r="J312" s="29">
+      <c r="J312" s="19">
         <v>11.74</v>
       </c>
-      <c r="K312" s="29">
+      <c r="K312" s="19">
         <v>9.5500000000000007</v>
       </c>
-      <c r="L312" s="29">
+      <c r="L312" s="19">
         <v>10.5</v>
       </c>
-      <c r="M312" s="29">
+      <c r="M312" s="19">
         <v>10.210000000000001</v>
       </c>
-      <c r="N312" s="29">
+      <c r="N312" s="19">
         <v>8.18</v>
       </c>
-      <c r="O312" s="29">
+      <c r="O312" s="19">
         <v>8.8000000000000007</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A313" s="30"/>
+      <c r="P312" s="19">
+        <v>9.56</v>
+      </c>
+      <c r="Q312" s="19">
+        <v>9.99</v>
+      </c>
+      <c r="R312" s="19">
+        <v>9.6199999999999992</v>
+      </c>
+      <c r="S312" s="19">
+        <v>10.1</v>
+      </c>
+      <c r="T312" s="19">
+        <v>9.99</v>
+      </c>
+    </row>
+    <row r="313" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A313" s="27"/>
       <c r="B313" s="26" t="s">
         <v>55</v>
       </c>
-      <c r="C313" s="32"/>
-      <c r="D313" s="27" t="s">
+      <c r="C313" s="23"/>
+      <c r="D313" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E313" s="28"/>
-      <c r="F313" s="29">
+      <c r="E313" s="18"/>
+      <c r="F313" s="19">
         <v>332.88</v>
       </c>
-      <c r="G313" s="29">
+      <c r="G313" s="19">
         <v>346.5</v>
       </c>
-      <c r="H313" s="29">
+      <c r="H313" s="19">
         <v>346.13</v>
       </c>
-      <c r="I313" s="29">
+      <c r="I313" s="19">
         <v>327.71</v>
       </c>
-      <c r="J313" s="29">
+      <c r="J313" s="19">
         <v>326.98</v>
       </c>
-      <c r="K313" s="29">
+      <c r="K313" s="19">
         <v>322.63</v>
       </c>
-      <c r="L313" s="29">
+      <c r="L313" s="19">
         <v>321.87</v>
       </c>
-      <c r="M313" s="29">
+      <c r="M313" s="19">
         <v>321.13</v>
       </c>
-      <c r="N313" s="29">
+      <c r="N313" s="19">
         <v>320.42</v>
       </c>
-      <c r="O313" s="29">
+      <c r="O313" s="19">
         <v>335.68</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C314" s="33"/>
+      <c r="P313" s="19">
+        <v>334.9</v>
+      </c>
+      <c r="Q313" s="19">
+        <v>334.13</v>
+      </c>
+      <c r="R313" s="19">
+        <v>333.38</v>
+      </c>
+      <c r="S313" s="19">
+        <v>319.3</v>
+      </c>
+      <c r="T313" s="19">
+        <v>318.51</v>
+      </c>
+    </row>
+    <row r="314" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A314" s="27"/>
+      <c r="B314" s="27"/>
+      <c r="C314" s="24"/>
       <c r="D314" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E314" s="27" t="s">
+      <c r="E314" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F314" s="29">
+      <c r="F314" s="19">
         <v>72.959999999999994</v>
       </c>
-      <c r="G314" s="29">
+      <c r="G314" s="19">
         <v>67.81</v>
       </c>
-      <c r="H314" s="29">
+      <c r="H314" s="19">
         <v>62.93</v>
       </c>
-      <c r="I314" s="29">
+      <c r="I314" s="19">
         <v>53.91</v>
       </c>
-      <c r="J314" s="29">
+      <c r="J314" s="19">
         <v>73.650000000000006</v>
       </c>
-      <c r="K314" s="29">
+      <c r="K314" s="19">
         <v>73.69</v>
       </c>
-      <c r="L314" s="29">
+      <c r="L314" s="19">
         <v>53.27</v>
       </c>
-      <c r="M314" s="29">
-[...14 lines deleted...]
-      <c r="E315" s="27" t="s">
+      <c r="M314" s="19">
+        <v>22.92</v>
+      </c>
+      <c r="N314" s="19">
+        <v>19</v>
+      </c>
+      <c r="O314" s="19">
+        <v>18.61</v>
+      </c>
+      <c r="P314" s="19">
+        <v>20.53</v>
+      </c>
+      <c r="Q314" s="19">
+        <v>65.010000000000005</v>
+      </c>
+      <c r="R314" s="19">
+        <v>50.9</v>
+      </c>
+      <c r="S314" s="19">
+        <v>62.3</v>
+      </c>
+      <c r="T314" s="19">
+        <v>58.81</v>
+      </c>
+    </row>
+    <row r="315" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A315" s="27"/>
+      <c r="B315" s="27"/>
+      <c r="C315" s="24"/>
+      <c r="D315" s="28"/>
+      <c r="E315" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F315" s="29">
+      <c r="F315" s="19">
         <v>259.91000000000003</v>
       </c>
-      <c r="G315" s="29">
+      <c r="G315" s="19">
         <v>278.69</v>
       </c>
-      <c r="H315" s="29">
+      <c r="H315" s="19">
         <v>283.2</v>
       </c>
-      <c r="I315" s="29">
+      <c r="I315" s="19">
         <v>273.8</v>
       </c>
-      <c r="J315" s="29">
+      <c r="J315" s="19">
         <v>253.33</v>
       </c>
-      <c r="K315" s="29">
+      <c r="K315" s="19">
         <v>248.94</v>
       </c>
-      <c r="L315" s="29">
+      <c r="L315" s="19">
         <v>268.60000000000002</v>
       </c>
-      <c r="M315" s="29">
+      <c r="M315" s="19">
         <v>266</v>
       </c>
-      <c r="N315" s="29">
+      <c r="N315" s="19">
         <v>268.83999999999997</v>
       </c>
-      <c r="O315" s="29">
+      <c r="O315" s="19">
         <v>285.54000000000002</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C316" s="33"/>
+      <c r="P315" s="19">
+        <v>267.39</v>
+      </c>
+      <c r="Q315" s="19">
+        <v>269.12</v>
+      </c>
+      <c r="R315" s="19">
+        <v>282.49</v>
+      </c>
+      <c r="S315" s="19">
+        <v>257</v>
+      </c>
+      <c r="T315" s="19">
+        <v>259.7</v>
+      </c>
+    </row>
+    <row r="316" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A316" s="27"/>
+      <c r="B316" s="27"/>
+      <c r="C316" s="24"/>
       <c r="D316" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E316" s="27" t="s">
+      <c r="E316" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F316" s="29">
+      <c r="F316" s="19">
         <v>268.08</v>
       </c>
-      <c r="G316" s="29">
+      <c r="G316" s="19">
         <v>284.8</v>
       </c>
-      <c r="H316" s="29">
+      <c r="H316" s="19">
         <v>287.11</v>
       </c>
-      <c r="I316" s="29">
+      <c r="I316" s="19">
         <v>269.45</v>
       </c>
-      <c r="J316" s="29">
+      <c r="J316" s="19">
         <v>267.64999999999998</v>
       </c>
-      <c r="K316" s="29">
+      <c r="K316" s="19">
         <v>272.08</v>
       </c>
-      <c r="L316" s="29">
+      <c r="L316" s="19">
         <v>278.39999999999998</v>
       </c>
-      <c r="M316" s="29">
-[...14 lines deleted...]
-      <c r="E317" s="27" t="s">
+      <c r="M316" s="19">
+        <v>104.61</v>
+      </c>
+      <c r="N316" s="19">
+        <v>109.34</v>
+      </c>
+      <c r="O316" s="19">
+        <v>124.15</v>
+      </c>
+      <c r="P316" s="19">
+        <v>121.57</v>
+      </c>
+      <c r="Q316" s="19">
+        <v>282.77</v>
+      </c>
+      <c r="R316" s="19">
+        <v>288.33999999999997</v>
+      </c>
+      <c r="S316" s="19">
+        <v>271.39999999999998</v>
+      </c>
+      <c r="T316" s="19">
+        <v>279.76</v>
+      </c>
+    </row>
+    <row r="317" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A317" s="27"/>
+      <c r="B317" s="27"/>
+      <c r="C317" s="24"/>
+      <c r="D317" s="28"/>
+      <c r="E317" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F317" s="29">
+      <c r="F317" s="19">
         <v>64.8</v>
       </c>
-      <c r="G317" s="29">
+      <c r="G317" s="19">
         <v>61.7</v>
       </c>
-      <c r="H317" s="29">
+      <c r="H317" s="19">
         <v>59.02</v>
       </c>
-      <c r="I317" s="29">
+      <c r="I317" s="19">
         <v>58.26</v>
       </c>
-      <c r="J317" s="29">
+      <c r="J317" s="19">
         <v>59.33</v>
       </c>
-      <c r="K317" s="29">
+      <c r="K317" s="19">
         <v>50.54</v>
       </c>
-      <c r="L317" s="29">
+      <c r="L317" s="19">
         <v>43.47</v>
       </c>
-      <c r="M317" s="29">
+      <c r="M317" s="19">
         <v>52.96</v>
       </c>
-      <c r="N317" s="29">
+      <c r="N317" s="19">
         <v>46.58</v>
       </c>
-      <c r="O317" s="29">
+      <c r="O317" s="19">
         <v>51.45</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C318" s="33"/>
+      <c r="P317" s="19">
+        <v>48</v>
+      </c>
+      <c r="Q317" s="19">
+        <v>51.36</v>
+      </c>
+      <c r="R317" s="19">
+        <v>45.04</v>
+      </c>
+      <c r="S317" s="19">
+        <v>47.9</v>
+      </c>
+      <c r="T317" s="19">
+        <v>38.75</v>
+      </c>
+    </row>
+    <row r="318" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A318" s="27"/>
+      <c r="B318" s="27"/>
+      <c r="C318" s="24"/>
       <c r="D318" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E318" s="27" t="s">
+      <c r="E318" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F318" s="29">
+      <c r="F318" s="19">
         <v>310.64</v>
       </c>
-      <c r="G318" s="29">
+      <c r="G318" s="19">
         <v>333.57</v>
       </c>
-      <c r="H318" s="29">
+      <c r="H318" s="19">
         <v>329.1</v>
       </c>
-      <c r="I318" s="29">
+      <c r="I318" s="19">
         <v>309.60000000000002</v>
       </c>
-      <c r="J318" s="29">
+      <c r="J318" s="19">
         <v>314.14</v>
       </c>
-      <c r="K318" s="29">
+      <c r="K318" s="19">
         <v>312.47000000000003</v>
       </c>
-      <c r="L318" s="29">
+      <c r="L318" s="19">
         <v>313.2</v>
       </c>
-      <c r="M318" s="29">
-[...14 lines deleted...]
-      <c r="E319" s="27" t="s">
+      <c r="M318" s="19">
+        <v>120.87</v>
+      </c>
+      <c r="N318" s="19">
+        <v>122.54</v>
+      </c>
+      <c r="O318" s="19">
+        <v>140.5</v>
+      </c>
+      <c r="P318" s="19">
+        <v>139.4</v>
+      </c>
+      <c r="Q318" s="19">
+        <v>322.20999999999998</v>
+      </c>
+      <c r="R318" s="19">
+        <v>316.92</v>
+      </c>
+      <c r="S318" s="19">
+        <v>304.89999999999998</v>
+      </c>
+      <c r="T318" s="19">
+        <v>306.38</v>
+      </c>
+    </row>
+    <row r="319" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A319" s="27"/>
+      <c r="B319" s="28"/>
+      <c r="C319" s="25"/>
+      <c r="D319" s="28"/>
+      <c r="E319" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F319" s="29">
+      <c r="F319" s="19">
         <v>22.23</v>
       </c>
-      <c r="G319" s="29">
+      <c r="G319" s="19">
         <v>12.93</v>
       </c>
-      <c r="H319" s="29">
+      <c r="H319" s="19">
         <v>17.03</v>
       </c>
-      <c r="I319" s="29">
+      <c r="I319" s="19">
         <v>18.11</v>
       </c>
-      <c r="J319" s="29">
+      <c r="J319" s="19">
         <v>12.84</v>
       </c>
-      <c r="K319" s="29">
+      <c r="K319" s="19">
         <v>10.16</v>
       </c>
-      <c r="L319" s="29">
+      <c r="L319" s="19">
         <v>8.67</v>
       </c>
-      <c r="M319" s="29">
+      <c r="M319" s="19">
         <v>9.5</v>
       </c>
-      <c r="N319" s="29">
+      <c r="N319" s="19">
         <v>14.26</v>
       </c>
-      <c r="O319" s="29">
+      <c r="O319" s="19">
         <v>9.64</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A320" s="30"/>
+      <c r="P319" s="19">
+        <v>11.22</v>
+      </c>
+      <c r="Q319" s="19">
+        <v>11.92</v>
+      </c>
+      <c r="R319" s="19">
+        <v>16.46</v>
+      </c>
+      <c r="S319" s="19">
+        <v>14.4</v>
+      </c>
+      <c r="T319" s="19">
+        <v>12.12</v>
+      </c>
+    </row>
+    <row r="320" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A320" s="27"/>
       <c r="B320" s="26" t="s">
         <v>56</v>
       </c>
-      <c r="C320" s="32"/>
-      <c r="D320" s="27" t="s">
+      <c r="C320" s="23"/>
+      <c r="D320" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E320" s="28"/>
-      <c r="F320" s="29">
+      <c r="E320" s="18"/>
+      <c r="F320" s="19">
         <v>102.08</v>
       </c>
-      <c r="G320" s="29">
+      <c r="G320" s="19">
         <v>99.79</v>
       </c>
-      <c r="H320" s="29">
+      <c r="H320" s="19">
         <v>99.7</v>
       </c>
-      <c r="I320" s="29">
+      <c r="I320" s="19">
         <v>97.89</v>
       </c>
-      <c r="J320" s="29">
+      <c r="J320" s="19">
         <v>97.69</v>
       </c>
-      <c r="K320" s="29">
+      <c r="K320" s="19">
         <v>95.15</v>
       </c>
-      <c r="L320" s="29">
+      <c r="L320" s="19">
         <v>94.93</v>
       </c>
-      <c r="M320" s="29">
+      <c r="M320" s="19">
         <v>94.72</v>
       </c>
-      <c r="N320" s="29">
+      <c r="N320" s="19">
         <v>94.52</v>
       </c>
-      <c r="O320" s="29">
+      <c r="O320" s="19">
         <v>101.43</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C321" s="33"/>
+      <c r="P320" s="19">
+        <v>101.2</v>
+      </c>
+      <c r="Q320" s="19">
+        <v>100.97</v>
+      </c>
+      <c r="R320" s="19">
+        <v>100.75</v>
+      </c>
+      <c r="S320" s="19">
+        <v>94</v>
+      </c>
+      <c r="T320" s="19">
+        <v>93.76</v>
+      </c>
+    </row>
+    <row r="321" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A321" s="27"/>
+      <c r="B321" s="27"/>
+      <c r="C321" s="24"/>
       <c r="D321" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E321" s="27" t="s">
+      <c r="E321" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F321" s="29">
+      <c r="F321" s="19">
         <v>20.66</v>
       </c>
-      <c r="G321" s="29">
+      <c r="G321" s="19">
         <v>22.65</v>
       </c>
-      <c r="H321" s="29">
+      <c r="H321" s="19">
         <v>20.98</v>
       </c>
-      <c r="I321" s="29">
+      <c r="I321" s="19">
         <v>16.23</v>
       </c>
-      <c r="J321" s="29">
+      <c r="J321" s="19">
         <v>17.86</v>
       </c>
-      <c r="K321" s="29">
+      <c r="K321" s="19">
         <v>18.829999999999998</v>
       </c>
-      <c r="L321" s="29">
+      <c r="L321" s="19">
         <v>16.22</v>
       </c>
-      <c r="M321" s="29">
-[...14 lines deleted...]
-      <c r="E322" s="27" t="s">
+      <c r="M321" s="19">
+        <v>59.02</v>
+      </c>
+      <c r="N321" s="19">
+        <v>54.37</v>
+      </c>
+      <c r="O321" s="19">
+        <v>43.91</v>
+      </c>
+      <c r="P321" s="19">
+        <v>61.02</v>
+      </c>
+      <c r="Q321" s="19">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="R321" s="19">
+        <v>18.36</v>
+      </c>
+      <c r="S321" s="19">
+        <v>15.8</v>
+      </c>
+      <c r="T321" s="19">
+        <v>16.23</v>
+      </c>
+    </row>
+    <row r="322" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A322" s="27"/>
+      <c r="B322" s="27"/>
+      <c r="C322" s="24"/>
+      <c r="D322" s="28"/>
+      <c r="E322" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F322" s="29">
+      <c r="F322" s="19">
         <v>81.430000000000007</v>
       </c>
-      <c r="G322" s="29">
+      <c r="G322" s="19">
         <v>77.150000000000006</v>
       </c>
-      <c r="H322" s="29">
+      <c r="H322" s="19">
         <v>78.73</v>
       </c>
-      <c r="I322" s="29">
+      <c r="I322" s="19">
         <v>81.66</v>
       </c>
-      <c r="J322" s="29">
+      <c r="J322" s="19">
         <v>79.83</v>
       </c>
-      <c r="K322" s="29">
+      <c r="K322" s="19">
         <v>76.319999999999993</v>
       </c>
-      <c r="L322" s="29">
+      <c r="L322" s="19">
         <v>78.709999999999994</v>
       </c>
-      <c r="M322" s="29">
+      <c r="M322" s="19">
         <v>76.83</v>
       </c>
-      <c r="N322" s="29">
+      <c r="N322" s="19">
         <v>78.23</v>
       </c>
-      <c r="O322" s="29">
+      <c r="O322" s="19">
         <v>82.57</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C323" s="33"/>
+      <c r="P322" s="19">
+        <v>78.44</v>
+      </c>
+      <c r="Q322" s="19">
+        <v>81.38</v>
+      </c>
+      <c r="R322" s="19">
+        <v>82.39</v>
+      </c>
+      <c r="S322" s="19">
+        <v>78.2</v>
+      </c>
+      <c r="T322" s="19">
+        <v>77.53</v>
+      </c>
+    </row>
+    <row r="323" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A323" s="27"/>
+      <c r="B323" s="27"/>
+      <c r="C323" s="24"/>
       <c r="D323" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E323" s="27" t="s">
+      <c r="E323" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F323" s="29">
+      <c r="F323" s="19">
         <v>76.81</v>
       </c>
-      <c r="G323" s="29">
+      <c r="G323" s="19">
         <v>80.09</v>
       </c>
-      <c r="H323" s="29">
+      <c r="H323" s="19">
         <v>77.290000000000006</v>
       </c>
-      <c r="I323" s="29">
+      <c r="I323" s="19">
         <v>73.22</v>
       </c>
-      <c r="J323" s="29">
+      <c r="J323" s="19">
         <v>70.94</v>
       </c>
-      <c r="K323" s="29">
+      <c r="K323" s="19">
         <v>75.37</v>
       </c>
-      <c r="L323" s="29">
+      <c r="L323" s="19">
         <v>75.569999999999993</v>
       </c>
-      <c r="M323" s="29">
-[...14 lines deleted...]
-      <c r="E324" s="27" t="s">
+      <c r="M323" s="19">
+        <v>318.32</v>
+      </c>
+      <c r="N323" s="19">
+        <v>311.95999999999998</v>
+      </c>
+      <c r="O323" s="19">
+        <v>292.56</v>
+      </c>
+      <c r="P323" s="19">
+        <v>304.94</v>
+      </c>
+      <c r="Q323" s="19">
+        <v>81.48</v>
+      </c>
+      <c r="R323" s="19">
+        <v>78.25</v>
+      </c>
+      <c r="S323" s="19">
+        <v>76.7</v>
+      </c>
+      <c r="T323" s="19">
+        <v>77.150000000000006</v>
+      </c>
+    </row>
+    <row r="324" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A324" s="27"/>
+      <c r="B324" s="27"/>
+      <c r="C324" s="24"/>
+      <c r="D324" s="28"/>
+      <c r="E324" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F324" s="29">
+      <c r="F324" s="19">
         <v>25.27</v>
       </c>
-      <c r="G324" s="29">
+      <c r="G324" s="19">
         <v>19.7</v>
       </c>
-      <c r="H324" s="29">
+      <c r="H324" s="19">
         <v>22.42</v>
       </c>
-      <c r="I324" s="29">
+      <c r="I324" s="19">
         <v>24.67</v>
       </c>
-      <c r="J324" s="29">
+      <c r="J324" s="19">
         <v>26.75</v>
       </c>
-      <c r="K324" s="29">
+      <c r="K324" s="19">
         <v>19.77</v>
       </c>
-      <c r="L324" s="29">
+      <c r="L324" s="19">
         <v>19.37</v>
       </c>
-      <c r="M324" s="29">
+      <c r="M324" s="19">
         <v>22.04</v>
       </c>
-      <c r="N324" s="29">
+      <c r="N324" s="19">
         <v>22.15</v>
       </c>
-      <c r="O324" s="29">
+      <c r="O324" s="19">
         <v>20.46</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C325" s="33"/>
+      <c r="P324" s="19">
+        <v>21.83</v>
+      </c>
+      <c r="Q324" s="19">
+        <v>19.489999999999998</v>
+      </c>
+      <c r="R324" s="19">
+        <v>22.5</v>
+      </c>
+      <c r="S324" s="19">
+        <v>17.3</v>
+      </c>
+      <c r="T324" s="19">
+        <v>16.62</v>
+      </c>
+    </row>
+    <row r="325" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A325" s="27"/>
+      <c r="B325" s="27"/>
+      <c r="C325" s="24"/>
       <c r="D325" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E325" s="27" t="s">
+      <c r="E325" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F325" s="29">
+      <c r="F325" s="19">
         <v>96.51</v>
       </c>
-      <c r="G325" s="29">
+      <c r="G325" s="19">
         <v>95.08</v>
       </c>
-      <c r="H325" s="29">
+      <c r="H325" s="19">
         <v>94.41</v>
       </c>
-      <c r="I325" s="29">
+      <c r="I325" s="19">
         <v>88.95</v>
       </c>
-      <c r="J325" s="29">
+      <c r="J325" s="19">
         <v>87.94</v>
       </c>
-      <c r="K325" s="29">
+      <c r="K325" s="19">
         <v>89.09</v>
       </c>
-      <c r="L325" s="29">
+      <c r="L325" s="19">
         <v>89.83</v>
       </c>
-      <c r="M325" s="29">
-[...14 lines deleted...]
-      <c r="E326" s="27" t="s">
+      <c r="M325" s="19">
+        <v>361.74</v>
+      </c>
+      <c r="N325" s="19">
+        <v>360.56</v>
+      </c>
+      <c r="O325" s="19">
+        <v>333.03</v>
+      </c>
+      <c r="P325" s="19">
+        <v>334.14</v>
+      </c>
+      <c r="Q325" s="19">
+        <v>95.59</v>
+      </c>
+      <c r="R325" s="19">
+        <v>93.93</v>
+      </c>
+      <c r="S325" s="19">
+        <v>88.8</v>
+      </c>
+      <c r="T325" s="19">
+        <v>88.56</v>
+      </c>
+    </row>
+    <row r="326" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A326" s="27"/>
+      <c r="B326" s="28"/>
+      <c r="C326" s="25"/>
+      <c r="D326" s="28"/>
+      <c r="E326" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F326" s="29">
+      <c r="F326" s="19">
         <v>5.57</v>
       </c>
-      <c r="G326" s="29">
+      <c r="G326" s="19">
         <v>4.71</v>
       </c>
-      <c r="H326" s="29">
+      <c r="H326" s="19">
         <v>5.29</v>
       </c>
-      <c r="I326" s="29">
+      <c r="I326" s="19">
         <v>8.9499999999999993</v>
       </c>
-      <c r="J326" s="29">
+      <c r="J326" s="19">
         <v>9.75</v>
       </c>
-      <c r="K326" s="29">
+      <c r="K326" s="19">
         <v>6.06</v>
       </c>
-      <c r="L326" s="29">
+      <c r="L326" s="19">
         <v>5.0999999999999996</v>
       </c>
-      <c r="M326" s="29">
+      <c r="M326" s="19">
         <v>5.47</v>
       </c>
-      <c r="N326" s="29">
+      <c r="N326" s="19">
         <v>5.41</v>
       </c>
-      <c r="O326" s="29">
+      <c r="O326" s="19">
         <v>5.84</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A327" s="30"/>
+      <c r="P326" s="19">
+        <v>6.14</v>
+      </c>
+      <c r="Q326" s="19">
+        <v>5.39</v>
+      </c>
+      <c r="R326" s="19">
+        <v>6.82</v>
+      </c>
+      <c r="S326" s="19">
+        <v>5.2</v>
+      </c>
+      <c r="T326" s="19">
+        <v>5.2</v>
+      </c>
+    </row>
+    <row r="327" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A327" s="27"/>
       <c r="B327" s="26" t="s">
         <v>57</v>
       </c>
-      <c r="C327" s="32"/>
-      <c r="D327" s="27" t="s">
+      <c r="C327" s="23"/>
+      <c r="D327" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E327" s="28"/>
-      <c r="F327" s="29">
+      <c r="E327" s="18"/>
+      <c r="F327" s="19">
         <v>241.81</v>
       </c>
-      <c r="G327" s="29">
+      <c r="G327" s="19">
         <v>251.36</v>
       </c>
-      <c r="H327" s="29">
+      <c r="H327" s="19">
         <v>250.99</v>
       </c>
-      <c r="I327" s="29">
+      <c r="I327" s="19">
         <v>267.38</v>
       </c>
-      <c r="J327" s="29">
+      <c r="J327" s="19">
         <v>267.36</v>
       </c>
-      <c r="K327" s="29">
+      <c r="K327" s="19">
         <v>253.37</v>
       </c>
-      <c r="L327" s="29">
+      <c r="L327" s="19">
         <v>253.3</v>
       </c>
-      <c r="M327" s="29">
+      <c r="M327" s="19">
         <v>253.25</v>
       </c>
-      <c r="N327" s="29">
+      <c r="N327" s="19">
         <v>253.21</v>
       </c>
-      <c r="O327" s="29">
+      <c r="O327" s="19">
         <v>261.18</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C328" s="33"/>
+      <c r="P327" s="19">
+        <v>261.08999999999997</v>
+      </c>
+      <c r="Q327" s="19">
+        <v>261.01</v>
+      </c>
+      <c r="R327" s="19">
+        <v>260.95</v>
+      </c>
+      <c r="S327" s="19">
+        <v>283.3</v>
+      </c>
+      <c r="T327" s="19">
+        <v>283.18</v>
+      </c>
+    </row>
+    <row r="328" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A328" s="27"/>
+      <c r="B328" s="27"/>
+      <c r="C328" s="24"/>
       <c r="D328" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E328" s="27" t="s">
+      <c r="E328" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F328" s="29">
+      <c r="F328" s="19">
         <v>44.4</v>
       </c>
-      <c r="G328" s="29">
+      <c r="G328" s="19">
         <v>59.85</v>
       </c>
-      <c r="H328" s="29">
+      <c r="H328" s="19">
         <v>52.82</v>
       </c>
-      <c r="I328" s="29">
+      <c r="I328" s="19">
         <v>59.85</v>
       </c>
-      <c r="J328" s="29">
+      <c r="J328" s="19">
         <v>55.1</v>
       </c>
-      <c r="K328" s="29">
+      <c r="K328" s="19">
         <v>43.51</v>
       </c>
-      <c r="L328" s="29">
+      <c r="L328" s="19">
         <v>46.96</v>
       </c>
-      <c r="M328" s="29">
-[...14 lines deleted...]
-      <c r="E329" s="27" t="s">
+      <c r="M328" s="19">
+        <v>5.7</v>
+      </c>
+      <c r="N328" s="19">
+        <v>5.99</v>
+      </c>
+      <c r="O328" s="19">
+        <v>9.02</v>
+      </c>
+      <c r="P328" s="19">
+        <v>9.2200000000000006</v>
+      </c>
+      <c r="Q328" s="19">
+        <v>45.65</v>
+      </c>
+      <c r="R328" s="19">
+        <v>46.26</v>
+      </c>
+      <c r="S328" s="19">
+        <v>49.6</v>
+      </c>
+      <c r="T328" s="19">
+        <v>43.24</v>
+      </c>
+    </row>
+    <row r="329" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A329" s="27"/>
+      <c r="B329" s="27"/>
+      <c r="C329" s="24"/>
+      <c r="D329" s="28"/>
+      <c r="E329" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F329" s="29">
+      <c r="F329" s="19">
         <v>197.41</v>
       </c>
-      <c r="G329" s="29">
+      <c r="G329" s="19">
         <v>191.51</v>
       </c>
-      <c r="H329" s="29">
+      <c r="H329" s="19">
         <v>198.18</v>
       </c>
-      <c r="I329" s="29">
+      <c r="I329" s="19">
         <v>207.53</v>
       </c>
-      <c r="J329" s="29">
+      <c r="J329" s="19">
         <v>212.27</v>
       </c>
-      <c r="K329" s="29">
+      <c r="K329" s="19">
         <v>209.86</v>
       </c>
-      <c r="L329" s="29">
+      <c r="L329" s="19">
         <v>206.34</v>
       </c>
-      <c r="M329" s="29">
+      <c r="M329" s="19">
         <v>206.49</v>
       </c>
-      <c r="N329" s="29">
+      <c r="N329" s="19">
         <v>198.59</v>
       </c>
-      <c r="O329" s="29">
+      <c r="O329" s="19">
         <v>217.04</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C330" s="33"/>
+      <c r="P329" s="19">
+        <v>215.22</v>
+      </c>
+      <c r="Q329" s="19">
+        <v>215.37</v>
+      </c>
+      <c r="R329" s="19">
+        <v>214.68</v>
+      </c>
+      <c r="S329" s="19">
+        <v>233.8</v>
+      </c>
+      <c r="T329" s="19">
+        <v>239.94</v>
+      </c>
+    </row>
+    <row r="330" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A330" s="27"/>
+      <c r="B330" s="27"/>
+      <c r="C330" s="24"/>
       <c r="D330" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E330" s="27" t="s">
+      <c r="E330" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F330" s="29">
+      <c r="F330" s="19">
         <v>189.19</v>
       </c>
-      <c r="G330" s="29">
+      <c r="G330" s="19">
         <v>203.07</v>
       </c>
-      <c r="H330" s="29">
+      <c r="H330" s="19">
         <v>204.6</v>
       </c>
-      <c r="I330" s="29">
+      <c r="I330" s="19">
         <v>219.91</v>
       </c>
-      <c r="J330" s="29">
+      <c r="J330" s="19">
         <v>214.51</v>
       </c>
-      <c r="K330" s="29">
+      <c r="K330" s="19">
         <v>203.55</v>
       </c>
-      <c r="L330" s="29">
+      <c r="L330" s="19">
         <v>208.95</v>
       </c>
-      <c r="M330" s="29">
-[...14 lines deleted...]
-      <c r="E331" s="27" t="s">
+      <c r="M330" s="19">
+        <v>60.78</v>
+      </c>
+      <c r="N330" s="19">
+        <v>61.86</v>
+      </c>
+      <c r="O330" s="19">
+        <v>63</v>
+      </c>
+      <c r="P330" s="19">
+        <v>63.69</v>
+      </c>
+      <c r="Q330" s="19">
+        <v>226.08</v>
+      </c>
+      <c r="R330" s="19">
+        <v>227.27</v>
+      </c>
+      <c r="S330" s="19">
+        <v>250.3</v>
+      </c>
+      <c r="T330" s="19">
+        <v>247.32</v>
+      </c>
+    </row>
+    <row r="331" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A331" s="27"/>
+      <c r="B331" s="27"/>
+      <c r="C331" s="24"/>
+      <c r="D331" s="28"/>
+      <c r="E331" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F331" s="29">
+      <c r="F331" s="19">
         <v>52.62</v>
       </c>
-      <c r="G331" s="29">
+      <c r="G331" s="19">
         <v>48.29</v>
       </c>
-      <c r="H331" s="29">
+      <c r="H331" s="19">
         <v>46.39</v>
       </c>
-      <c r="I331" s="29">
+      <c r="I331" s="19">
         <v>47.47</v>
       </c>
-      <c r="J331" s="29">
+      <c r="J331" s="19">
         <v>52.85</v>
       </c>
-      <c r="K331" s="29">
+      <c r="K331" s="19">
         <v>49.82</v>
       </c>
-      <c r="L331" s="29">
+      <c r="L331" s="19">
         <v>44.35</v>
       </c>
-      <c r="M331" s="29">
+      <c r="M331" s="19">
         <v>43.24</v>
       </c>
-      <c r="N331" s="29">
+      <c r="N331" s="19">
         <v>41.87</v>
       </c>
-      <c r="O331" s="29">
+      <c r="O331" s="19">
         <v>38.840000000000003</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C332" s="33"/>
+      <c r="P331" s="19">
+        <v>37.82</v>
+      </c>
+      <c r="Q331" s="19">
+        <v>34.93</v>
+      </c>
+      <c r="R331" s="19">
+        <v>33.68</v>
+      </c>
+      <c r="S331" s="19">
+        <v>33</v>
+      </c>
+      <c r="T331" s="19">
+        <v>35.86</v>
+      </c>
+    </row>
+    <row r="332" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A332" s="27"/>
+      <c r="B332" s="27"/>
+      <c r="C332" s="24"/>
       <c r="D332" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E332" s="27" t="s">
+      <c r="E332" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F332" s="29">
+      <c r="F332" s="19">
         <v>220.43</v>
       </c>
-      <c r="G332" s="29">
+      <c r="G332" s="19">
         <v>234.24</v>
       </c>
-      <c r="H332" s="29">
+      <c r="H332" s="19">
         <v>239.11</v>
       </c>
-      <c r="I332" s="29">
+      <c r="I332" s="19">
         <v>251.17</v>
       </c>
-      <c r="J332" s="29">
+      <c r="J332" s="19">
         <v>250.05</v>
       </c>
-      <c r="K332" s="29">
+      <c r="K332" s="19">
         <v>239.2</v>
       </c>
-      <c r="L332" s="29">
+      <c r="L332" s="19">
         <v>240.78</v>
       </c>
-      <c r="M332" s="29">
-[...14 lines deleted...]
-      <c r="E333" s="27" t="s">
+      <c r="M332" s="19">
+        <v>71.849999999999994</v>
+      </c>
+      <c r="N332" s="19">
+        <v>74.010000000000005</v>
+      </c>
+      <c r="O332" s="19">
+        <v>75.47</v>
+      </c>
+      <c r="P332" s="19">
+        <v>74.84</v>
+      </c>
+      <c r="Q332" s="19">
+        <v>244.31</v>
+      </c>
+      <c r="R332" s="19">
+        <v>244.2</v>
+      </c>
+      <c r="S332" s="19">
+        <v>273.8</v>
+      </c>
+      <c r="T332" s="19">
+        <v>269.85000000000002</v>
+      </c>
+    </row>
+    <row r="333" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A333" s="27"/>
+      <c r="B333" s="28"/>
+      <c r="C333" s="25"/>
+      <c r="D333" s="28"/>
+      <c r="E333" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F333" s="29">
+      <c r="F333" s="19">
         <v>21.38</v>
       </c>
-      <c r="G333" s="29">
+      <c r="G333" s="19">
         <v>17.12</v>
       </c>
-      <c r="H333" s="29">
+      <c r="H333" s="19">
         <v>11.88</v>
       </c>
-      <c r="I333" s="29">
+      <c r="I333" s="19">
         <v>16.21</v>
       </c>
-      <c r="J333" s="29">
+      <c r="J333" s="19">
         <v>17.309999999999999</v>
       </c>
-      <c r="K333" s="29">
+      <c r="K333" s="19">
         <v>14.17</v>
       </c>
-      <c r="L333" s="29">
+      <c r="L333" s="19">
         <v>12.52</v>
       </c>
-      <c r="M333" s="29">
+      <c r="M333" s="19">
         <v>12.68</v>
       </c>
-      <c r="N333" s="29">
+      <c r="N333" s="19">
         <v>15.94</v>
       </c>
-      <c r="O333" s="29">
+      <c r="O333" s="19">
         <v>13.15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A334" s="30"/>
+      <c r="P333" s="19">
+        <v>14.21</v>
+      </c>
+      <c r="Q333" s="19">
+        <v>16.7</v>
+      </c>
+      <c r="R333" s="19">
+        <v>16.75</v>
+      </c>
+      <c r="S333" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="T333" s="19">
+        <v>13.33</v>
+      </c>
+    </row>
+    <row r="334" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A334" s="27"/>
       <c r="B334" s="26" t="s">
         <v>58</v>
       </c>
-      <c r="C334" s="32"/>
-      <c r="D334" s="27" t="s">
+      <c r="C334" s="23"/>
+      <c r="D334" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E334" s="28"/>
-      <c r="F334" s="29">
+      <c r="E334" s="18"/>
+      <c r="F334" s="19">
         <v>156.61000000000001</v>
       </c>
-      <c r="G334" s="29">
+      <c r="G334" s="19">
         <v>155.74</v>
       </c>
-      <c r="H334" s="29">
+      <c r="H334" s="19">
         <v>155.47999999999999</v>
       </c>
-      <c r="I334" s="29">
+      <c r="I334" s="19">
         <v>171.19</v>
       </c>
-      <c r="J334" s="29">
+      <c r="J334" s="19">
         <v>171.25</v>
       </c>
-      <c r="K334" s="29">
+      <c r="K334" s="19">
         <v>164.96</v>
       </c>
-      <c r="L334" s="29">
+      <c r="L334" s="19">
         <v>164.98</v>
       </c>
-      <c r="M334" s="29">
+      <c r="M334" s="19">
         <v>165.02</v>
       </c>
-      <c r="N334" s="29">
+      <c r="N334" s="19">
         <v>165.06</v>
       </c>
-      <c r="O334" s="29">
+      <c r="O334" s="19">
         <v>168.49</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C335" s="33"/>
+      <c r="P334" s="19">
+        <v>168.49</v>
+      </c>
+      <c r="Q334" s="19">
+        <v>168.51</v>
+      </c>
+      <c r="R334" s="19">
+        <v>168.53</v>
+      </c>
+      <c r="S334" s="19">
+        <v>175.7</v>
+      </c>
+      <c r="T334" s="19">
+        <v>175.66</v>
+      </c>
+    </row>
+    <row r="335" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A335" s="27"/>
+      <c r="B335" s="27"/>
+      <c r="C335" s="24"/>
       <c r="D335" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E335" s="27" t="s">
+      <c r="E335" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F335" s="29">
+      <c r="F335" s="19">
         <v>33.08</v>
       </c>
-      <c r="G335" s="29">
+      <c r="G335" s="19">
         <v>35.31</v>
       </c>
-      <c r="H335" s="29">
+      <c r="H335" s="19">
         <v>42.9</v>
       </c>
-      <c r="I335" s="29">
+      <c r="I335" s="19">
         <v>40.22</v>
       </c>
-      <c r="J335" s="29">
+      <c r="J335" s="19">
         <v>41.61</v>
       </c>
-      <c r="K335" s="29">
+      <c r="K335" s="19">
         <v>37.549999999999997</v>
       </c>
-      <c r="L335" s="29">
+      <c r="L335" s="19">
         <v>29.17</v>
       </c>
-      <c r="M335" s="29">
-[...14 lines deleted...]
-      <c r="E336" s="27" t="s">
+      <c r="M335" s="19">
+        <v>55.13</v>
+      </c>
+      <c r="N335" s="19">
+        <v>51.58</v>
+      </c>
+      <c r="O335" s="19">
+        <v>50.14</v>
+      </c>
+      <c r="P335" s="19">
+        <v>67.510000000000005</v>
+      </c>
+      <c r="Q335" s="19">
+        <v>25.08</v>
+      </c>
+      <c r="R335" s="19">
+        <v>31.99</v>
+      </c>
+      <c r="S335" s="19">
+        <v>21.2</v>
+      </c>
+      <c r="T335" s="19">
+        <v>31.35</v>
+      </c>
+    </row>
+    <row r="336" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A336" s="27"/>
+      <c r="B336" s="27"/>
+      <c r="C336" s="24"/>
+      <c r="D336" s="28"/>
+      <c r="E336" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F336" s="29">
+      <c r="F336" s="19">
         <v>123.53</v>
       </c>
-      <c r="G336" s="29">
+      <c r="G336" s="19">
         <v>120.44</v>
       </c>
-      <c r="H336" s="29">
+      <c r="H336" s="19">
         <v>112.58</v>
       </c>
-      <c r="I336" s="29">
+      <c r="I336" s="19">
         <v>130.97</v>
       </c>
-      <c r="J336" s="29">
+      <c r="J336" s="19">
         <v>129.63</v>
       </c>
-      <c r="K336" s="29">
+      <c r="K336" s="19">
         <v>127.41</v>
       </c>
-      <c r="L336" s="29">
+      <c r="L336" s="19">
         <v>135.82</v>
       </c>
-      <c r="M336" s="29">
+      <c r="M336" s="19">
         <v>135.24</v>
       </c>
-      <c r="N336" s="29">
+      <c r="N336" s="19">
         <v>143.51</v>
       </c>
-      <c r="O336" s="29">
+      <c r="O336" s="19">
         <v>144.44999999999999</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C337" s="33"/>
+      <c r="P336" s="19">
+        <v>147.84</v>
+      </c>
+      <c r="Q336" s="19">
+        <v>143.41999999999999</v>
+      </c>
+      <c r="R336" s="19">
+        <v>136.54</v>
+      </c>
+      <c r="S336" s="19">
+        <v>154.4</v>
+      </c>
+      <c r="T336" s="19">
+        <v>144.31</v>
+      </c>
+    </row>
+    <row r="337" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A337" s="27"/>
+      <c r="B337" s="27"/>
+      <c r="C337" s="24"/>
       <c r="D337" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E337" s="27" t="s">
+      <c r="E337" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F337" s="29">
+      <c r="F337" s="19">
         <v>117.23</v>
       </c>
-      <c r="G337" s="29">
+      <c r="G337" s="19">
         <v>112.33</v>
       </c>
-      <c r="H337" s="29">
+      <c r="H337" s="19">
         <v>126.05</v>
       </c>
-      <c r="I337" s="29">
+      <c r="I337" s="19">
         <v>134.16999999999999</v>
       </c>
-      <c r="J337" s="29">
+      <c r="J337" s="19">
         <v>133.44</v>
       </c>
-      <c r="K337" s="29">
+      <c r="K337" s="19">
         <v>128.57</v>
       </c>
-      <c r="L337" s="29">
+      <c r="L337" s="19">
         <v>134.56</v>
       </c>
-      <c r="M337" s="29">
-[...5 lines deleted...]
-      <c r="O337" s="29">
+      <c r="M337" s="19">
+        <v>268.17</v>
+      </c>
+      <c r="N337" s="19">
+        <v>273.83999999999997</v>
+      </c>
+      <c r="O337" s="19">
+        <v>284.24</v>
+      </c>
+      <c r="P337" s="19">
+        <v>286.89999999999998</v>
+      </c>
+      <c r="Q337" s="19">
+        <v>143.06</v>
+      </c>
+      <c r="R337" s="19">
+        <v>137.84</v>
+      </c>
+      <c r="S337" s="19">
         <v>135.80000000000001</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E338" s="27" t="s">
+      <c r="T337" s="19">
+        <v>151.41</v>
+      </c>
+    </row>
+    <row r="338" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A338" s="27"/>
+      <c r="B338" s="27"/>
+      <c r="C338" s="24"/>
+      <c r="D338" s="28"/>
+      <c r="E338" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F338" s="29">
+      <c r="F338" s="19">
         <v>39.380000000000003</v>
       </c>
-      <c r="G338" s="29">
+      <c r="G338" s="19">
         <v>43.41</v>
       </c>
-      <c r="H338" s="29">
+      <c r="H338" s="19">
         <v>29.43</v>
       </c>
-      <c r="I338" s="29">
+      <c r="I338" s="19">
         <v>37.020000000000003</v>
       </c>
-      <c r="J338" s="29">
+      <c r="J338" s="19">
         <v>37.81</v>
       </c>
-      <c r="K338" s="29">
+      <c r="K338" s="19">
         <v>36.39</v>
       </c>
-      <c r="L338" s="29">
+      <c r="L338" s="19">
         <v>30.42</v>
       </c>
-      <c r="M338" s="29">
+      <c r="M338" s="19">
         <v>37.29</v>
       </c>
-      <c r="N338" s="29">
+      <c r="N338" s="19">
         <v>28.71</v>
       </c>
-      <c r="O338" s="29">
+      <c r="O338" s="19">
         <v>32.68</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C339" s="33"/>
+      <c r="P338" s="19">
+        <v>30.43</v>
+      </c>
+      <c r="Q338" s="19">
+        <v>25.44</v>
+      </c>
+      <c r="R338" s="19">
+        <v>30.69</v>
+      </c>
+      <c r="S338" s="19">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="T338" s="19">
+        <v>24.25</v>
+      </c>
+    </row>
+    <row r="339" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A339" s="27"/>
+      <c r="B339" s="27"/>
+      <c r="C339" s="24"/>
       <c r="D339" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E339" s="27" t="s">
+      <c r="E339" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F339" s="29">
+      <c r="F339" s="19">
         <v>142.09</v>
       </c>
-      <c r="G339" s="29">
+      <c r="G339" s="19">
         <v>141.13999999999999</v>
       </c>
-      <c r="H339" s="29">
+      <c r="H339" s="19">
         <v>143.44999999999999</v>
       </c>
-      <c r="I339" s="29">
+      <c r="I339" s="19">
         <v>153.51</v>
       </c>
-      <c r="J339" s="29">
+      <c r="J339" s="19">
         <v>155.28</v>
       </c>
-      <c r="K339" s="29">
+      <c r="K339" s="19">
         <v>146.58000000000001</v>
       </c>
-      <c r="L339" s="29">
+      <c r="L339" s="19">
         <v>150.79</v>
       </c>
-      <c r="M339" s="29">
-[...14 lines deleted...]
-      <c r="E340" s="27" t="s">
+      <c r="M339" s="19">
+        <v>311.63</v>
+      </c>
+      <c r="N339" s="19">
+        <v>306.16000000000003</v>
+      </c>
+      <c r="O339" s="19">
+        <v>326.05</v>
+      </c>
+      <c r="P339" s="19">
+        <v>323.67</v>
+      </c>
+      <c r="Q339" s="19">
+        <v>155.77000000000001</v>
+      </c>
+      <c r="R339" s="19">
+        <v>152.97</v>
+      </c>
+      <c r="S339" s="19">
+        <v>154.5</v>
+      </c>
+      <c r="T339" s="19">
+        <v>162.26</v>
+      </c>
+    </row>
+    <row r="340" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A340" s="27"/>
+      <c r="B340" s="28"/>
+      <c r="C340" s="25"/>
+      <c r="D340" s="28"/>
+      <c r="E340" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F340" s="29">
+      <c r="F340" s="19">
         <v>14.51</v>
       </c>
-      <c r="G340" s="29">
+      <c r="G340" s="19">
         <v>14.6</v>
       </c>
-      <c r="H340" s="29">
+      <c r="H340" s="19">
         <v>12.03</v>
       </c>
-      <c r="I340" s="29">
+      <c r="I340" s="19">
         <v>17.68</v>
       </c>
-      <c r="J340" s="29">
+      <c r="J340" s="19">
         <v>15.97</v>
       </c>
-      <c r="K340" s="29">
+      <c r="K340" s="19">
         <v>18.38</v>
       </c>
-      <c r="L340" s="29">
+      <c r="L340" s="19">
         <v>14.19</v>
       </c>
-      <c r="M340" s="29">
+      <c r="M340" s="19">
         <v>17.72</v>
       </c>
-      <c r="N340" s="29">
+      <c r="N340" s="19">
         <v>13.2</v>
       </c>
-      <c r="O340" s="29">
+      <c r="O340" s="19">
         <v>16.940000000000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A341" s="30"/>
+      <c r="P340" s="19">
+        <v>12.09</v>
+      </c>
+      <c r="Q340" s="19">
+        <v>12.74</v>
+      </c>
+      <c r="R340" s="19">
+        <v>15.56</v>
+      </c>
+      <c r="S340" s="19">
+        <v>21.2</v>
+      </c>
+      <c r="T340" s="19">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="341" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A341" s="27"/>
       <c r="B341" s="26" t="s">
         <v>59</v>
       </c>
-      <c r="C341" s="32"/>
-      <c r="D341" s="27" t="s">
+      <c r="C341" s="23"/>
+      <c r="D341" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E341" s="28"/>
-      <c r="F341" s="29">
+      <c r="E341" s="18"/>
+      <c r="F341" s="19">
         <v>209.44</v>
       </c>
-      <c r="G341" s="29">
+      <c r="G341" s="19">
         <v>214.23</v>
       </c>
-      <c r="H341" s="29">
+      <c r="H341" s="19">
         <v>213.99</v>
       </c>
-      <c r="I341" s="29">
+      <c r="I341" s="19">
         <v>207.56</v>
       </c>
-      <c r="J341" s="29">
+      <c r="J341" s="19">
         <v>207.4</v>
       </c>
-      <c r="K341" s="29">
+      <c r="K341" s="19">
         <v>210.76</v>
       </c>
-      <c r="L341" s="29">
+      <c r="L341" s="19">
         <v>210.57</v>
       </c>
-      <c r="M341" s="29">
+      <c r="M341" s="19">
         <v>210.38</v>
       </c>
-      <c r="N341" s="29">
+      <c r="N341" s="19">
         <v>210.21</v>
       </c>
-      <c r="O341" s="29">
+      <c r="O341" s="19">
         <v>208.09</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C342" s="33"/>
+      <c r="P341" s="19">
+        <v>207.89</v>
+      </c>
+      <c r="Q341" s="19">
+        <v>207.7</v>
+      </c>
+      <c r="R341" s="19">
+        <v>207.52</v>
+      </c>
+      <c r="S341" s="19">
+        <v>215.6</v>
+      </c>
+      <c r="T341" s="19">
+        <v>215.38</v>
+      </c>
+    </row>
+    <row r="342" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A342" s="27"/>
+      <c r="B342" s="27"/>
+      <c r="C342" s="24"/>
       <c r="D342" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E342" s="27" t="s">
+      <c r="E342" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F342" s="29">
+      <c r="F342" s="19">
         <v>41.31</v>
       </c>
-      <c r="G342" s="29">
+      <c r="G342" s="19">
         <v>41.94</v>
       </c>
-      <c r="H342" s="29">
+      <c r="H342" s="19">
         <v>39.380000000000003</v>
       </c>
-      <c r="I342" s="29">
+      <c r="I342" s="19">
         <v>48.97</v>
       </c>
-      <c r="J342" s="29">
+      <c r="J342" s="19">
         <v>40.68</v>
       </c>
-      <c r="K342" s="29">
+      <c r="K342" s="19">
         <v>41.49</v>
       </c>
-      <c r="L342" s="29">
+      <c r="L342" s="19">
         <v>41.49</v>
       </c>
-      <c r="M342" s="29">
-[...14 lines deleted...]
-      <c r="E343" s="27" t="s">
+      <c r="M342" s="19">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="N342" s="19">
+        <v>16.29</v>
+      </c>
+      <c r="O342" s="19">
+        <v>18.86</v>
+      </c>
+      <c r="P342" s="19">
+        <v>22.76</v>
+      </c>
+      <c r="Q342" s="19">
+        <v>42.48</v>
+      </c>
+      <c r="R342" s="19">
+        <v>43.49</v>
+      </c>
+      <c r="S342" s="19">
+        <v>44.4</v>
+      </c>
+      <c r="T342" s="19">
+        <v>44.55</v>
+      </c>
+    </row>
+    <row r="343" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A343" s="27"/>
+      <c r="B343" s="27"/>
+      <c r="C343" s="24"/>
+      <c r="D343" s="28"/>
+      <c r="E343" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F343" s="29">
+      <c r="F343" s="19">
         <v>168.13</v>
       </c>
-      <c r="G343" s="29">
+      <c r="G343" s="19">
         <v>172.3</v>
       </c>
-      <c r="H343" s="29">
+      <c r="H343" s="19">
         <v>174.61</v>
       </c>
-      <c r="I343" s="29">
+      <c r="I343" s="19">
         <v>158.59</v>
       </c>
-      <c r="J343" s="29">
+      <c r="J343" s="19">
         <v>166.72</v>
       </c>
-      <c r="K343" s="29">
+      <c r="K343" s="19">
         <v>169.27</v>
       </c>
-      <c r="L343" s="29">
+      <c r="L343" s="19">
         <v>169.08</v>
       </c>
-      <c r="M343" s="29">
+      <c r="M343" s="19">
         <v>171.61</v>
       </c>
-      <c r="N343" s="29">
+      <c r="N343" s="19">
         <v>175.22</v>
       </c>
-      <c r="O343" s="29">
+      <c r="O343" s="19">
         <v>171.64</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C344" s="33"/>
+      <c r="P343" s="19">
+        <v>164.3</v>
+      </c>
+      <c r="Q343" s="19">
+        <v>165.22</v>
+      </c>
+      <c r="R343" s="19">
+        <v>164.03</v>
+      </c>
+      <c r="S343" s="19">
+        <v>171.3</v>
+      </c>
+      <c r="T343" s="19">
+        <v>170.83</v>
+      </c>
+    </row>
+    <row r="344" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A344" s="27"/>
+      <c r="B344" s="27"/>
+      <c r="C344" s="24"/>
       <c r="D344" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E344" s="27" t="s">
+      <c r="E344" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F344" s="29">
+      <c r="F344" s="19">
         <v>157.33000000000001</v>
       </c>
-      <c r="G344" s="29">
+      <c r="G344" s="19">
         <v>174.74</v>
       </c>
-      <c r="H344" s="29">
+      <c r="H344" s="19">
         <v>174.62</v>
       </c>
-      <c r="I344" s="29">
+      <c r="I344" s="19">
         <v>167.9</v>
       </c>
-      <c r="J344" s="29">
+      <c r="J344" s="19">
         <v>165.89</v>
       </c>
-      <c r="K344" s="29">
+      <c r="K344" s="19">
         <v>178.44</v>
       </c>
-      <c r="L344" s="29">
+      <c r="L344" s="19">
         <v>171.78</v>
       </c>
-      <c r="M344" s="29">
-[...14 lines deleted...]
-      <c r="E345" s="27" t="s">
+      <c r="M344" s="19">
+        <v>72.680000000000007</v>
+      </c>
+      <c r="N344" s="19">
+        <v>72.37</v>
+      </c>
+      <c r="O344" s="19">
+        <v>80.97</v>
+      </c>
+      <c r="P344" s="19">
+        <v>79.37</v>
+      </c>
+      <c r="Q344" s="19">
+        <v>169.94</v>
+      </c>
+      <c r="R344" s="19">
+        <v>169.82</v>
+      </c>
+      <c r="S344" s="19">
+        <v>182.6</v>
+      </c>
+      <c r="T344" s="19">
+        <v>178.28</v>
+      </c>
+    </row>
+    <row r="345" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A345" s="27"/>
+      <c r="B345" s="27"/>
+      <c r="C345" s="24"/>
+      <c r="D345" s="28"/>
+      <c r="E345" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F345" s="29">
+      <c r="F345" s="19">
         <v>52.11</v>
       </c>
-      <c r="G345" s="29">
+      <c r="G345" s="19">
         <v>39.49</v>
       </c>
-      <c r="H345" s="29">
+      <c r="H345" s="19">
         <v>39.369999999999997</v>
       </c>
-      <c r="I345" s="29">
+      <c r="I345" s="19">
         <v>39.659999999999997</v>
       </c>
-      <c r="J345" s="29">
+      <c r="J345" s="19">
         <v>41.52</v>
       </c>
-      <c r="K345" s="29">
+      <c r="K345" s="19">
         <v>32.33</v>
       </c>
-      <c r="L345" s="29">
+      <c r="L345" s="19">
         <v>38.79</v>
       </c>
-      <c r="M345" s="29">
+      <c r="M345" s="19">
         <v>45.33</v>
       </c>
-      <c r="N345" s="29">
+      <c r="N345" s="19">
         <v>36.47</v>
       </c>
-      <c r="O345" s="29">
+      <c r="O345" s="19">
         <v>35.28</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C346" s="33"/>
+      <c r="P345" s="19">
+        <v>33.06</v>
+      </c>
+      <c r="Q345" s="19">
+        <v>37.76</v>
+      </c>
+      <c r="R345" s="19">
+        <v>37.700000000000003</v>
+      </c>
+      <c r="S345" s="19">
+        <v>33</v>
+      </c>
+      <c r="T345" s="19">
+        <v>37.1</v>
+      </c>
+    </row>
+    <row r="346" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A346" s="27"/>
+      <c r="B346" s="27"/>
+      <c r="C346" s="24"/>
       <c r="D346" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E346" s="27" t="s">
+      <c r="E346" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F346" s="29">
+      <c r="F346" s="19">
         <v>196.68</v>
       </c>
-      <c r="G346" s="29">
+      <c r="G346" s="19">
         <v>203.52</v>
       </c>
-      <c r="H346" s="29">
+      <c r="H346" s="19">
         <v>202.55</v>
       </c>
-      <c r="I346" s="29">
+      <c r="I346" s="19">
         <v>198.79</v>
       </c>
-      <c r="J346" s="29">
+      <c r="J346" s="19">
         <v>200.06</v>
       </c>
-      <c r="K346" s="29">
+      <c r="K346" s="19">
         <v>201.77</v>
       </c>
-      <c r="L346" s="29">
+      <c r="L346" s="19">
         <v>203.11</v>
       </c>
-      <c r="M346" s="29">
-[...14 lines deleted...]
-      <c r="E347" s="27" t="s">
+      <c r="M346" s="19">
+        <v>89.25</v>
+      </c>
+      <c r="N346" s="19">
+        <v>89.11</v>
+      </c>
+      <c r="O346" s="19">
+        <v>95.6</v>
+      </c>
+      <c r="P346" s="19">
+        <v>95.06</v>
+      </c>
+      <c r="Q346" s="19">
+        <v>194.92</v>
+      </c>
+      <c r="R346" s="19">
+        <v>195.51</v>
+      </c>
+      <c r="S346" s="19">
+        <v>205.6</v>
+      </c>
+      <c r="T346" s="19">
+        <v>204.98</v>
+      </c>
+    </row>
+    <row r="347" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A347" s="27"/>
+      <c r="B347" s="28"/>
+      <c r="C347" s="25"/>
+      <c r="D347" s="28"/>
+      <c r="E347" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F347" s="29">
+      <c r="F347" s="19">
         <v>12.76</v>
       </c>
-      <c r="G347" s="29">
+      <c r="G347" s="19">
         <v>10.71</v>
       </c>
-      <c r="H347" s="29">
+      <c r="H347" s="19">
         <v>11.44</v>
       </c>
-      <c r="I347" s="29">
+      <c r="I347" s="19">
         <v>8.77</v>
       </c>
-      <c r="J347" s="29">
+      <c r="J347" s="19">
         <v>7.35</v>
       </c>
-      <c r="K347" s="29">
+      <c r="K347" s="19">
         <v>8.99</v>
       </c>
-      <c r="L347" s="29">
+      <c r="L347" s="19">
         <v>7.45</v>
       </c>
-      <c r="M347" s="29">
+      <c r="M347" s="19">
         <v>12.95</v>
       </c>
-      <c r="N347" s="29">
+      <c r="N347" s="19">
         <v>13.72</v>
       </c>
-      <c r="O347" s="29">
+      <c r="O347" s="19">
         <v>9.33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A348" s="30"/>
+      <c r="P347" s="19">
+        <v>10.029999999999999</v>
+      </c>
+      <c r="Q347" s="19">
+        <v>12.78</v>
+      </c>
+      <c r="R347" s="19">
+        <v>12.01</v>
+      </c>
+      <c r="S347" s="19">
+        <v>10</v>
+      </c>
+      <c r="T347" s="19">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="348" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A348" s="27"/>
       <c r="B348" s="26" t="s">
         <v>60</v>
       </c>
-      <c r="C348" s="32"/>
-      <c r="D348" s="27" t="s">
+      <c r="C348" s="23"/>
+      <c r="D348" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E348" s="28"/>
-      <c r="F348" s="29">
+      <c r="E348" s="18"/>
+      <c r="F348" s="19">
         <v>301.36</v>
       </c>
-      <c r="G348" s="29">
+      <c r="G348" s="19">
         <v>297.52</v>
       </c>
-      <c r="H348" s="29">
+      <c r="H348" s="19">
         <v>297.10000000000002</v>
       </c>
-      <c r="I348" s="29">
+      <c r="I348" s="19">
         <v>333.38</v>
       </c>
-      <c r="J348" s="29">
+      <c r="J348" s="19">
         <v>333.31</v>
       </c>
-      <c r="K348" s="29">
+      <c r="K348" s="19">
         <v>323.74</v>
       </c>
-      <c r="L348" s="29">
+      <c r="L348" s="19">
         <v>323.60000000000002</v>
       </c>
-      <c r="M348" s="29">
+      <c r="M348" s="19">
         <v>323.48</v>
       </c>
-      <c r="N348" s="29">
+      <c r="N348" s="19">
         <v>323.39</v>
       </c>
-      <c r="O348" s="29">
+      <c r="O348" s="19">
         <v>311.68</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C349" s="33"/>
+      <c r="P348" s="19">
+        <v>311.52999999999997</v>
+      </c>
+      <c r="Q348" s="19">
+        <v>311.39999999999998</v>
+      </c>
+      <c r="R348" s="19">
+        <v>311.27999999999997</v>
+      </c>
+      <c r="S348" s="19">
+        <v>321.3</v>
+      </c>
+      <c r="T348" s="19">
+        <v>321.08999999999997</v>
+      </c>
+    </row>
+    <row r="349" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A349" s="27"/>
+      <c r="B349" s="27"/>
+      <c r="C349" s="24"/>
       <c r="D349" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E349" s="27" t="s">
+      <c r="E349" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F349" s="29">
+      <c r="F349" s="19">
         <v>88.67</v>
       </c>
-      <c r="G349" s="29">
+      <c r="G349" s="19">
         <v>89.93</v>
       </c>
-      <c r="H349" s="29">
+      <c r="H349" s="19">
         <v>79.290000000000006</v>
       </c>
-      <c r="I349" s="29">
+      <c r="I349" s="19">
         <v>70.33</v>
       </c>
-      <c r="J349" s="29">
+      <c r="J349" s="19">
         <v>69.19</v>
       </c>
-      <c r="K349" s="29">
+      <c r="K349" s="19">
         <v>60.5</v>
       </c>
-      <c r="L349" s="29">
+      <c r="L349" s="19">
         <v>64.77</v>
       </c>
-      <c r="M349" s="29">
-[...14 lines deleted...]
-      <c r="E350" s="27" t="s">
+      <c r="M349" s="19">
+        <v>46.75</v>
+      </c>
+      <c r="N349" s="19">
+        <v>54.61</v>
+      </c>
+      <c r="O349" s="19">
+        <v>44.13</v>
+      </c>
+      <c r="P349" s="19">
+        <v>45.86</v>
+      </c>
+      <c r="Q349" s="19">
+        <v>56.89</v>
+      </c>
+      <c r="R349" s="19">
+        <v>63.65</v>
+      </c>
+      <c r="S349" s="19">
+        <v>63.3</v>
+      </c>
+      <c r="T349" s="19">
+        <v>60.8</v>
+      </c>
+    </row>
+    <row r="350" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A350" s="27"/>
+      <c r="B350" s="27"/>
+      <c r="C350" s="24"/>
+      <c r="D350" s="28"/>
+      <c r="E350" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F350" s="29">
+      <c r="F350" s="19">
         <v>212.69</v>
       </c>
-      <c r="G350" s="29">
+      <c r="G350" s="19">
         <v>207.59</v>
       </c>
-      <c r="H350" s="29">
+      <c r="H350" s="19">
         <v>217.81</v>
       </c>
-      <c r="I350" s="29">
+      <c r="I350" s="19">
         <v>263.05</v>
       </c>
-      <c r="J350" s="29">
+      <c r="J350" s="19">
         <v>264.12</v>
       </c>
-      <c r="K350" s="29">
+      <c r="K350" s="19">
         <v>263.24</v>
       </c>
-      <c r="L350" s="29">
+      <c r="L350" s="19">
         <v>258.83</v>
       </c>
-      <c r="M350" s="29">
+      <c r="M350" s="19">
         <v>260.43</v>
       </c>
-      <c r="N350" s="29">
+      <c r="N350" s="19">
         <v>262.11</v>
       </c>
-      <c r="O350" s="29">
+      <c r="O350" s="19">
         <v>250.28</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C351" s="33"/>
+      <c r="P350" s="19">
+        <v>252.46</v>
+      </c>
+      <c r="Q350" s="19">
+        <v>254.51</v>
+      </c>
+      <c r="R350" s="19">
+        <v>247.63</v>
+      </c>
+      <c r="S350" s="19">
+        <v>258</v>
+      </c>
+      <c r="T350" s="19">
+        <v>260.29000000000002</v>
+      </c>
+    </row>
+    <row r="351" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A351" s="27"/>
+      <c r="B351" s="27"/>
+      <c r="C351" s="24"/>
       <c r="D351" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E351" s="27" t="s">
+      <c r="E351" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F351" s="29">
+      <c r="F351" s="19">
         <v>250.1</v>
       </c>
-      <c r="G351" s="29">
+      <c r="G351" s="19">
         <v>253.75</v>
       </c>
-      <c r="H351" s="29">
+      <c r="H351" s="19">
         <v>255.33</v>
       </c>
-      <c r="I351" s="29">
+      <c r="I351" s="19">
         <v>283.58</v>
       </c>
-      <c r="J351" s="29">
+      <c r="J351" s="19">
         <v>279.32</v>
       </c>
-      <c r="K351" s="29">
+      <c r="K351" s="19">
         <v>269.74</v>
       </c>
-      <c r="L351" s="29">
+      <c r="L351" s="19">
         <v>283.32</v>
       </c>
-      <c r="M351" s="29">
-[...14 lines deleted...]
-      <c r="E352" s="27" t="s">
+      <c r="M351" s="19">
+        <v>210.01</v>
+      </c>
+      <c r="N351" s="19">
+        <v>211.34</v>
+      </c>
+      <c r="O351" s="19">
+        <v>222.33</v>
+      </c>
+      <c r="P351" s="19">
+        <v>223.26</v>
+      </c>
+      <c r="Q351" s="19">
+        <v>275</v>
+      </c>
+      <c r="R351" s="19">
+        <v>266.43</v>
+      </c>
+      <c r="S351" s="19">
+        <v>280.89999999999998</v>
+      </c>
+      <c r="T351" s="19">
+        <v>287.08</v>
+      </c>
+    </row>
+    <row r="352" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A352" s="27"/>
+      <c r="B352" s="27"/>
+      <c r="C352" s="24"/>
+      <c r="D352" s="28"/>
+      <c r="E352" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F352" s="29">
+      <c r="F352" s="19">
         <v>51.25</v>
       </c>
-      <c r="G352" s="29">
+      <c r="G352" s="19">
         <v>43.77</v>
       </c>
-      <c r="H352" s="29">
+      <c r="H352" s="19">
         <v>41.77</v>
       </c>
-      <c r="I352" s="29">
+      <c r="I352" s="19">
         <v>49.8</v>
       </c>
-      <c r="J352" s="29">
+      <c r="J352" s="19">
         <v>53.99</v>
       </c>
-      <c r="K352" s="29">
+      <c r="K352" s="19">
         <v>53.99</v>
       </c>
-      <c r="L352" s="29">
+      <c r="L352" s="19">
         <v>40.28</v>
       </c>
-      <c r="M352" s="29">
+      <c r="M352" s="19">
         <v>40.450000000000003</v>
       </c>
-      <c r="N352" s="29">
+      <c r="N352" s="19">
         <v>44.4</v>
       </c>
-      <c r="O352" s="29">
+      <c r="O352" s="19">
         <v>45.64</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C353" s="33"/>
+      <c r="P352" s="19">
+        <v>33.44</v>
+      </c>
+      <c r="Q352" s="19">
+        <v>36.4</v>
+      </c>
+      <c r="R352" s="19">
+        <v>44.85</v>
+      </c>
+      <c r="S352" s="19">
+        <v>40.4</v>
+      </c>
+      <c r="T352" s="19">
+        <v>34.01</v>
+      </c>
+    </row>
+    <row r="353" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A353" s="27"/>
+      <c r="B353" s="27"/>
+      <c r="C353" s="24"/>
       <c r="D353" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E353" s="27" t="s">
+      <c r="E353" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F353" s="29">
+      <c r="F353" s="19">
         <v>267.66000000000003</v>
       </c>
-      <c r="G353" s="29">
+      <c r="G353" s="19">
         <v>271.45</v>
       </c>
-      <c r="H353" s="29">
+      <c r="H353" s="19">
         <v>276.44</v>
       </c>
-      <c r="I353" s="29">
+      <c r="I353" s="19">
         <v>323.11</v>
       </c>
-      <c r="J353" s="29">
+      <c r="J353" s="19">
         <v>319.58</v>
       </c>
-      <c r="K353" s="29">
+      <c r="K353" s="19">
         <v>311.83999999999997</v>
       </c>
-      <c r="L353" s="29">
+      <c r="L353" s="19">
         <v>313.44</v>
       </c>
-      <c r="M353" s="29">
-[...14 lines deleted...]
-      <c r="E354" s="27" t="s">
+      <c r="M353" s="19">
+        <v>240.56</v>
+      </c>
+      <c r="N353" s="19">
+        <v>237.27</v>
+      </c>
+      <c r="O353" s="19">
+        <v>248.03</v>
+      </c>
+      <c r="P353" s="19">
+        <v>246.87</v>
+      </c>
+      <c r="Q353" s="19">
+        <v>298.92</v>
+      </c>
+      <c r="R353" s="19">
+        <v>297.72000000000003</v>
+      </c>
+      <c r="S353" s="19">
+        <v>313.39999999999998</v>
+      </c>
+      <c r="T353" s="19">
+        <v>311.14999999999998</v>
+      </c>
+    </row>
+    <row r="354" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A354" s="27"/>
+      <c r="B354" s="28"/>
+      <c r="C354" s="25"/>
+      <c r="D354" s="28"/>
+      <c r="E354" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F354" s="29">
+      <c r="F354" s="19">
         <v>33.69</v>
       </c>
-      <c r="G354" s="29">
+      <c r="G354" s="19">
         <v>26.07</v>
       </c>
-      <c r="H354" s="29">
+      <c r="H354" s="19">
         <v>20.66</v>
       </c>
-      <c r="I354" s="29">
+      <c r="I354" s="19">
         <v>10.28</v>
       </c>
-      <c r="J354" s="29">
+      <c r="J354" s="19">
         <v>13.73</v>
       </c>
-      <c r="K354" s="29">
+      <c r="K354" s="19">
         <v>11.89</v>
       </c>
-      <c r="L354" s="29">
+      <c r="L354" s="19">
         <v>10.16</v>
       </c>
-      <c r="M354" s="29">
+      <c r="M354" s="19">
         <v>13.98</v>
       </c>
-      <c r="N354" s="29">
+      <c r="N354" s="19">
         <v>16.16</v>
       </c>
-      <c r="O354" s="29">
+      <c r="O354" s="19">
         <v>15.82</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A355" s="30"/>
+      <c r="P354" s="19">
+        <v>11.28</v>
+      </c>
+      <c r="Q354" s="19">
+        <v>12.48</v>
+      </c>
+      <c r="R354" s="19">
+        <v>13.56</v>
+      </c>
+      <c r="S354" s="19">
+        <v>7.9</v>
+      </c>
+      <c r="T354" s="19">
+        <v>9.94</v>
+      </c>
+    </row>
+    <row r="355" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A355" s="27"/>
       <c r="B355" s="26" t="s">
         <v>61</v>
       </c>
-      <c r="C355" s="32"/>
-      <c r="D355" s="27" t="s">
+      <c r="C355" s="23"/>
+      <c r="D355" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E355" s="28"/>
-      <c r="F355" s="29">
+      <c r="E355" s="18"/>
+      <c r="F355" s="19">
         <v>184.89</v>
       </c>
-      <c r="G355" s="29">
+      <c r="G355" s="19">
         <v>189.84</v>
       </c>
-      <c r="H355" s="29">
+      <c r="H355" s="19">
         <v>189.67</v>
       </c>
-      <c r="I355" s="29">
+      <c r="I355" s="19">
         <v>175.66</v>
       </c>
-      <c r="J355" s="29">
+      <c r="J355" s="19">
         <v>175.34</v>
       </c>
-      <c r="K355" s="29">
+      <c r="K355" s="19">
         <v>176.52</v>
       </c>
-      <c r="L355" s="29">
+      <c r="L355" s="19">
         <v>176.25</v>
       </c>
-      <c r="M355" s="29">
+      <c r="M355" s="19">
         <v>175.99</v>
       </c>
-      <c r="N355" s="29">
+      <c r="N355" s="19">
         <v>175.74</v>
       </c>
-      <c r="O355" s="29">
+      <c r="O355" s="19">
         <v>181.18</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C356" s="33"/>
+      <c r="P355" s="19">
+        <v>180.89</v>
+      </c>
+      <c r="Q355" s="19">
+        <v>180.62</v>
+      </c>
+      <c r="R355" s="19">
+        <v>180.36</v>
+      </c>
+      <c r="S355" s="19">
+        <v>181.6</v>
+      </c>
+      <c r="T355" s="19">
+        <v>181.27</v>
+      </c>
+    </row>
+    <row r="356" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A356" s="27"/>
+      <c r="B356" s="27"/>
+      <c r="C356" s="24"/>
       <c r="D356" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E356" s="27" t="s">
+      <c r="E356" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F356" s="29">
+      <c r="F356" s="19">
         <v>37.32</v>
       </c>
-      <c r="G356" s="29">
+      <c r="G356" s="19">
         <v>38.450000000000003</v>
       </c>
-      <c r="H356" s="29">
+      <c r="H356" s="19">
         <v>38.44</v>
       </c>
-      <c r="I356" s="29">
+      <c r="I356" s="19">
         <v>32.96</v>
       </c>
-      <c r="J356" s="29">
+      <c r="J356" s="19">
         <v>25.48</v>
       </c>
-      <c r="K356" s="29">
+      <c r="K356" s="19">
         <v>31.34</v>
       </c>
-      <c r="L356" s="29">
+      <c r="L356" s="19">
         <v>30.44</v>
       </c>
-      <c r="M356" s="29">
-[...14 lines deleted...]
-      <c r="E357" s="27" t="s">
+      <c r="M356" s="19">
+        <v>29.78</v>
+      </c>
+      <c r="N356" s="19">
+        <v>21.55</v>
+      </c>
+      <c r="O356" s="19">
+        <v>24.04</v>
+      </c>
+      <c r="P356" s="19">
+        <v>20.65</v>
+      </c>
+      <c r="Q356" s="19">
+        <v>34.69</v>
+      </c>
+      <c r="R356" s="19">
+        <v>35.450000000000003</v>
+      </c>
+      <c r="S356" s="19">
+        <v>37.4</v>
+      </c>
+      <c r="T356" s="19">
+        <v>35.61</v>
+      </c>
+    </row>
+    <row r="357" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A357" s="27"/>
+      <c r="B357" s="27"/>
+      <c r="C357" s="24"/>
+      <c r="D357" s="28"/>
+      <c r="E357" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F357" s="29">
+      <c r="F357" s="19">
         <v>147.58000000000001</v>
       </c>
-      <c r="G357" s="29">
+      <c r="G357" s="19">
         <v>151.38999999999999</v>
       </c>
-      <c r="H357" s="29">
+      <c r="H357" s="19">
         <v>151.22999999999999</v>
       </c>
-      <c r="I357" s="29">
+      <c r="I357" s="19">
         <v>142.71</v>
       </c>
-      <c r="J357" s="29">
+      <c r="J357" s="19">
         <v>149.87</v>
       </c>
-      <c r="K357" s="29">
+      <c r="K357" s="19">
         <v>145.19</v>
       </c>
-      <c r="L357" s="29">
+      <c r="L357" s="19">
         <v>145.81</v>
       </c>
-      <c r="M357" s="29">
+      <c r="M357" s="19">
         <v>141.84</v>
       </c>
-      <c r="N357" s="29">
+      <c r="N357" s="19">
         <v>147.47</v>
       </c>
-      <c r="O357" s="29">
+      <c r="O357" s="19">
         <v>150.9</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C358" s="33"/>
+      <c r="P357" s="19">
+        <v>149.87</v>
+      </c>
+      <c r="Q357" s="19">
+        <v>145.93</v>
+      </c>
+      <c r="R357" s="19">
+        <v>144.91</v>
+      </c>
+      <c r="S357" s="19">
+        <v>144.19999999999999</v>
+      </c>
+      <c r="T357" s="19">
+        <v>145.66</v>
+      </c>
+    </row>
+    <row r="358" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A358" s="27"/>
+      <c r="B358" s="27"/>
+      <c r="C358" s="24"/>
       <c r="D358" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E358" s="27" t="s">
+      <c r="E358" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F358" s="29">
+      <c r="F358" s="19">
         <v>160.91</v>
       </c>
-      <c r="G358" s="29">
+      <c r="G358" s="19">
         <v>163.13</v>
       </c>
-      <c r="H358" s="29">
+      <c r="H358" s="19">
         <v>163.18</v>
       </c>
-      <c r="I358" s="29">
+      <c r="I358" s="19">
         <v>142.86000000000001</v>
       </c>
-      <c r="J358" s="29">
+      <c r="J358" s="19">
         <v>144.41</v>
       </c>
-      <c r="K358" s="29">
+      <c r="K358" s="19">
         <v>146.07</v>
       </c>
-      <c r="L358" s="29">
+      <c r="L358" s="19">
         <v>145.47999999999999</v>
       </c>
-      <c r="M358" s="29">
-[...14 lines deleted...]
-      <c r="E359" s="27" t="s">
+      <c r="M358" s="19">
+        <v>127.73</v>
+      </c>
+      <c r="N358" s="19">
+        <v>136.35</v>
+      </c>
+      <c r="O358" s="19">
+        <v>135.80000000000001</v>
+      </c>
+      <c r="P358" s="19">
+        <v>138.06</v>
+      </c>
+      <c r="Q358" s="19">
+        <v>149.57</v>
+      </c>
+      <c r="R358" s="19">
+        <v>150.5</v>
+      </c>
+      <c r="S358" s="19">
+        <v>155.5</v>
+      </c>
+      <c r="T358" s="19">
+        <v>157.65</v>
+      </c>
+    </row>
+    <row r="359" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A359" s="27"/>
+      <c r="B359" s="27"/>
+      <c r="C359" s="24"/>
+      <c r="D359" s="28"/>
+      <c r="E359" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F359" s="29">
+      <c r="F359" s="19">
         <v>23.99</v>
       </c>
-      <c r="G359" s="29">
+      <c r="G359" s="19">
         <v>26.72</v>
       </c>
-      <c r="H359" s="29">
+      <c r="H359" s="19">
         <v>26.49</v>
       </c>
-      <c r="I359" s="29">
+      <c r="I359" s="19">
         <v>32.81</v>
       </c>
-      <c r="J359" s="29">
+      <c r="J359" s="19">
         <v>30.93</v>
       </c>
-      <c r="K359" s="29">
+      <c r="K359" s="19">
         <v>30.45</v>
       </c>
-      <c r="L359" s="29">
+      <c r="L359" s="19">
         <v>30.77</v>
       </c>
-      <c r="M359" s="29">
+      <c r="M359" s="19">
         <v>35.43</v>
       </c>
-      <c r="N359" s="29">
+      <c r="N359" s="19">
         <v>33.42</v>
       </c>
-      <c r="O359" s="29">
+      <c r="O359" s="19">
         <v>25.51</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C360" s="33"/>
+      <c r="P359" s="19">
+        <v>26.69</v>
+      </c>
+      <c r="Q359" s="19">
+        <v>31.05</v>
+      </c>
+      <c r="R359" s="19">
+        <v>29.85</v>
+      </c>
+      <c r="S359" s="19">
+        <v>26</v>
+      </c>
+      <c r="T359" s="19">
+        <v>23.62</v>
+      </c>
+    </row>
+    <row r="360" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A360" s="27"/>
+      <c r="B360" s="27"/>
+      <c r="C360" s="24"/>
       <c r="D360" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E360" s="27" t="s">
+      <c r="E360" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F360" s="29">
+      <c r="F360" s="19">
         <v>178.57</v>
       </c>
-      <c r="G360" s="29">
+      <c r="G360" s="19">
         <v>184.08</v>
       </c>
-      <c r="H360" s="29">
+      <c r="H360" s="19">
         <v>182.12</v>
       </c>
-      <c r="I360" s="29">
+      <c r="I360" s="19">
         <v>169.11</v>
       </c>
-      <c r="J360" s="29">
+      <c r="J360" s="19">
         <v>169.19</v>
       </c>
-      <c r="K360" s="29">
+      <c r="K360" s="19">
         <v>169.64</v>
       </c>
-      <c r="L360" s="29">
+      <c r="L360" s="19">
         <v>168.13</v>
       </c>
-      <c r="M360" s="29">
-[...14 lines deleted...]
-      <c r="E361" s="27" t="s">
+      <c r="M360" s="19">
+        <v>147.30000000000001</v>
+      </c>
+      <c r="N360" s="19">
+        <v>151.86000000000001</v>
+      </c>
+      <c r="O360" s="19">
+        <v>151.54</v>
+      </c>
+      <c r="P360" s="19">
+        <v>156.4</v>
+      </c>
+      <c r="Q360" s="19">
+        <v>171.72</v>
+      </c>
+      <c r="R360" s="19">
+        <v>172.48</v>
+      </c>
+      <c r="S360" s="19">
+        <v>173.9</v>
+      </c>
+      <c r="T360" s="19">
+        <v>174.76</v>
+      </c>
+    </row>
+    <row r="361" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A361" s="27"/>
+      <c r="B361" s="28"/>
+      <c r="C361" s="25"/>
+      <c r="D361" s="28"/>
+      <c r="E361" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F361" s="29">
+      <c r="F361" s="19">
         <v>6.33</v>
       </c>
-      <c r="G361" s="29">
+      <c r="G361" s="19">
         <v>5.76</v>
       </c>
-      <c r="H361" s="29">
+      <c r="H361" s="19">
         <v>7.55</v>
       </c>
-      <c r="I361" s="29">
+      <c r="I361" s="19">
         <v>6.56</v>
       </c>
-      <c r="J361" s="29">
+      <c r="J361" s="19">
         <v>6.15</v>
       </c>
-      <c r="K361" s="29">
+      <c r="K361" s="19">
         <v>6.88</v>
       </c>
-      <c r="L361" s="29">
+      <c r="L361" s="19">
         <v>8.1199999999999992</v>
       </c>
-      <c r="M361" s="29">
+      <c r="M361" s="19">
         <v>9.7200000000000006</v>
       </c>
-      <c r="N361" s="29">
+      <c r="N361" s="19">
         <v>8.31</v>
       </c>
-      <c r="O361" s="29">
+      <c r="O361" s="19">
         <v>6.06</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A362" s="30"/>
+      <c r="P361" s="19">
+        <v>7.64</v>
+      </c>
+      <c r="Q361" s="19">
+        <v>8.9</v>
+      </c>
+      <c r="R361" s="19">
+        <v>7.88</v>
+      </c>
+      <c r="S361" s="19">
+        <v>7.6</v>
+      </c>
+      <c r="T361" s="19">
+        <v>6.51</v>
+      </c>
+    </row>
+    <row r="362" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A362" s="27"/>
       <c r="B362" s="26" t="s">
         <v>62</v>
       </c>
-      <c r="C362" s="32"/>
-      <c r="D362" s="27" t="s">
+      <c r="C362" s="23"/>
+      <c r="D362" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E362" s="28"/>
-      <c r="F362" s="29">
+      <c r="E362" s="18"/>
+      <c r="F362" s="19">
         <v>297.58</v>
       </c>
-      <c r="G362" s="29">
+      <c r="G362" s="19">
         <v>306.77</v>
       </c>
-      <c r="H362" s="29">
+      <c r="H362" s="19">
         <v>306.37</v>
       </c>
-      <c r="I362" s="29">
+      <c r="I362" s="19">
         <v>300.2</v>
       </c>
-      <c r="J362" s="29">
+      <c r="J362" s="19">
         <v>299.8</v>
       </c>
-      <c r="K362" s="29">
+      <c r="K362" s="19">
         <v>292.20999999999998</v>
       </c>
-      <c r="L362" s="29">
+      <c r="L362" s="19">
         <v>291.77999999999997</v>
       </c>
-      <c r="M362" s="29">
+      <c r="M362" s="19">
         <v>291.36</v>
       </c>
-      <c r="N362" s="29">
+      <c r="N362" s="19">
         <v>290.95999999999998</v>
       </c>
-      <c r="O362" s="29">
+      <c r="O362" s="19">
         <v>306.13</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C363" s="33"/>
+      <c r="P362" s="19">
+        <v>305.66000000000003</v>
+      </c>
+      <c r="Q362" s="19">
+        <v>305.20999999999998</v>
+      </c>
+      <c r="R362" s="19">
+        <v>304.77999999999997</v>
+      </c>
+      <c r="S362" s="19">
+        <v>308.2</v>
+      </c>
+      <c r="T362" s="19">
+        <v>307.7</v>
+      </c>
+    </row>
+    <row r="363" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A363" s="27"/>
+      <c r="B363" s="27"/>
+      <c r="C363" s="24"/>
       <c r="D363" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E363" s="27" t="s">
+      <c r="E363" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F363" s="29">
+      <c r="F363" s="19">
         <v>75.73</v>
       </c>
-      <c r="G363" s="29">
+      <c r="G363" s="19">
         <v>57.62</v>
       </c>
-      <c r="H363" s="29">
+      <c r="H363" s="19">
         <v>71.319999999999993</v>
       </c>
-      <c r="I363" s="29">
+      <c r="I363" s="19">
         <v>49.89</v>
       </c>
-      <c r="J363" s="29">
+      <c r="J363" s="19">
         <v>44.02</v>
       </c>
-      <c r="K363" s="29">
+      <c r="K363" s="19">
         <v>42.45</v>
       </c>
-      <c r="L363" s="29">
+      <c r="L363" s="19">
         <v>43.49</v>
       </c>
-      <c r="M363" s="29">
-[...14 lines deleted...]
-      <c r="E364" s="27" t="s">
+      <c r="M363" s="19">
+        <v>38.770000000000003</v>
+      </c>
+      <c r="N363" s="19">
+        <v>34.99</v>
+      </c>
+      <c r="O363" s="19">
+        <v>36.450000000000003</v>
+      </c>
+      <c r="P363" s="19">
+        <v>43.59</v>
+      </c>
+      <c r="Q363" s="19">
+        <v>54.57</v>
+      </c>
+      <c r="R363" s="19">
+        <v>58.75</v>
+      </c>
+      <c r="S363" s="19">
+        <v>61.7</v>
+      </c>
+      <c r="T363" s="19">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="364" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A364" s="27"/>
+      <c r="B364" s="27"/>
+      <c r="C364" s="24"/>
+      <c r="D364" s="28"/>
+      <c r="E364" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F364" s="29">
+      <c r="F364" s="19">
         <v>221.85</v>
       </c>
-      <c r="G364" s="29">
+      <c r="G364" s="19">
         <v>249.15</v>
       </c>
-      <c r="H364" s="29">
+      <c r="H364" s="19">
         <v>235.04</v>
       </c>
-      <c r="I364" s="29">
+      <c r="I364" s="19">
         <v>250.31</v>
       </c>
-      <c r="J364" s="29">
+      <c r="J364" s="19">
         <v>255.78</v>
       </c>
-      <c r="K364" s="29">
+      <c r="K364" s="19">
         <v>249.76</v>
       </c>
-      <c r="L364" s="29">
+      <c r="L364" s="19">
         <v>248.29</v>
       </c>
-      <c r="M364" s="29">
+      <c r="M364" s="19">
         <v>252.72</v>
       </c>
-      <c r="N364" s="29">
+      <c r="N364" s="19">
         <v>248.59</v>
       </c>
-      <c r="O364" s="29">
+      <c r="O364" s="19">
         <v>259.52999999999997</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C365" s="33"/>
+      <c r="P364" s="19">
+        <v>255.01</v>
+      </c>
+      <c r="Q364" s="19">
+        <v>250.64</v>
+      </c>
+      <c r="R364" s="19">
+        <v>246.03</v>
+      </c>
+      <c r="S364" s="19">
+        <v>246.5</v>
+      </c>
+      <c r="T364" s="19">
+        <v>244.7</v>
+      </c>
+    </row>
+    <row r="365" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A365" s="27"/>
+      <c r="B365" s="27"/>
+      <c r="C365" s="24"/>
       <c r="D365" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E365" s="27" t="s">
+      <c r="E365" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F365" s="29">
+      <c r="F365" s="19">
         <v>259.85000000000002</v>
       </c>
-      <c r="G365" s="29">
+      <c r="G365" s="19">
         <v>282.94</v>
       </c>
-      <c r="H365" s="29">
+      <c r="H365" s="19">
         <v>272.63</v>
       </c>
-      <c r="I365" s="29">
+      <c r="I365" s="19">
         <v>268.91000000000003</v>
       </c>
-      <c r="J365" s="29">
+      <c r="J365" s="19">
         <v>263.63</v>
       </c>
-      <c r="K365" s="29">
+      <c r="K365" s="19">
         <v>260.04000000000002</v>
       </c>
-      <c r="L365" s="29">
+      <c r="L365" s="19">
         <v>258.43</v>
       </c>
-      <c r="M365" s="29">
-[...14 lines deleted...]
-      <c r="E366" s="27" t="s">
+      <c r="M365" s="19">
+        <v>165.05</v>
+      </c>
+      <c r="N365" s="19">
+        <v>173.74</v>
+      </c>
+      <c r="O365" s="19">
+        <v>172.81</v>
+      </c>
+      <c r="P365" s="19">
+        <v>174.83</v>
+      </c>
+      <c r="Q365" s="19">
+        <v>269.2</v>
+      </c>
+      <c r="R365" s="19">
+        <v>268.33999999999997</v>
+      </c>
+      <c r="S365" s="19">
+        <v>277.3</v>
+      </c>
+      <c r="T365" s="19">
+        <v>277.10000000000002</v>
+      </c>
+    </row>
+    <row r="366" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A366" s="27"/>
+      <c r="B366" s="27"/>
+      <c r="C366" s="24"/>
+      <c r="D366" s="28"/>
+      <c r="E366" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F366" s="29">
+      <c r="F366" s="19">
         <v>37.729999999999997</v>
       </c>
-      <c r="G366" s="29">
+      <c r="G366" s="19">
         <v>23.84</v>
       </c>
-      <c r="H366" s="29">
+      <c r="H366" s="19">
         <v>33.729999999999997</v>
       </c>
-      <c r="I366" s="29">
+      <c r="I366" s="19">
         <v>31.29</v>
       </c>
-      <c r="J366" s="29">
+      <c r="J366" s="19">
         <v>36.17</v>
       </c>
-      <c r="K366" s="29">
+      <c r="K366" s="19">
         <v>32.17</v>
       </c>
-      <c r="L366" s="29">
+      <c r="L366" s="19">
         <v>33.35</v>
       </c>
-      <c r="M366" s="29">
+      <c r="M366" s="19">
         <v>36.74</v>
       </c>
-      <c r="N366" s="29">
+      <c r="N366" s="19">
         <v>34.229999999999997</v>
       </c>
-      <c r="O366" s="29">
+      <c r="O366" s="19">
         <v>42.33</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C367" s="33"/>
+      <c r="P366" s="19">
+        <v>31.57</v>
+      </c>
+      <c r="Q366" s="19">
+        <v>36.01</v>
+      </c>
+      <c r="R366" s="19">
+        <v>36.44</v>
+      </c>
+      <c r="S366" s="19">
+        <v>30.9</v>
+      </c>
+      <c r="T366" s="19">
+        <v>30.6</v>
+      </c>
+    </row>
+    <row r="367" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A367" s="27"/>
+      <c r="B367" s="27"/>
+      <c r="C367" s="24"/>
       <c r="D367" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E367" s="27" t="s">
+      <c r="E367" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F367" s="29">
+      <c r="F367" s="19">
         <v>288.64999999999998</v>
       </c>
-      <c r="G367" s="29">
+      <c r="G367" s="19">
         <v>295.14</v>
       </c>
-      <c r="H367" s="29">
+      <c r="H367" s="19">
         <v>291.41000000000003</v>
       </c>
-      <c r="I367" s="29">
+      <c r="I367" s="19">
         <v>292.26</v>
       </c>
-      <c r="J367" s="29">
+      <c r="J367" s="19">
         <v>289.97000000000003</v>
       </c>
-      <c r="K367" s="29">
+      <c r="K367" s="19">
         <v>282.64</v>
       </c>
-      <c r="L367" s="29">
+      <c r="L367" s="19">
         <v>280.67</v>
       </c>
-      <c r="M367" s="29">
-[...14 lines deleted...]
-      <c r="E368" s="27" t="s">
+      <c r="M367" s="19">
+        <v>197.43</v>
+      </c>
+      <c r="N367" s="19">
+        <v>196.49</v>
+      </c>
+      <c r="O367" s="19">
+        <v>198.76</v>
+      </c>
+      <c r="P367" s="19">
+        <v>197.86</v>
+      </c>
+      <c r="Q367" s="19">
+        <v>290.68</v>
+      </c>
+      <c r="R367" s="19">
+        <v>287.02</v>
+      </c>
+      <c r="S367" s="19">
+        <v>295.10000000000002</v>
+      </c>
+      <c r="T367" s="19">
+        <v>296.45999999999998</v>
+      </c>
+    </row>
+    <row r="368" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A368" s="28"/>
+      <c r="B368" s="28"/>
+      <c r="C368" s="25"/>
+      <c r="D368" s="28"/>
+      <c r="E368" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F368" s="29">
+      <c r="F368" s="19">
         <v>8.93</v>
       </c>
-      <c r="G368" s="29">
+      <c r="G368" s="19">
         <v>11.64</v>
       </c>
-      <c r="H368" s="29">
+      <c r="H368" s="19">
         <v>14.96</v>
       </c>
-      <c r="I368" s="29">
+      <c r="I368" s="19">
         <v>7.94</v>
       </c>
-      <c r="J368" s="29">
+      <c r="J368" s="19">
         <v>9.83</v>
       </c>
-      <c r="K368" s="29">
+      <c r="K368" s="19">
         <v>9.58</v>
       </c>
-      <c r="L368" s="29">
+      <c r="L368" s="19">
         <v>11.11</v>
       </c>
-      <c r="M368" s="29">
+      <c r="M368" s="19">
         <v>14.83</v>
       </c>
-      <c r="N368" s="29">
+      <c r="N368" s="19">
         <v>17.84</v>
       </c>
-      <c r="O368" s="29">
+      <c r="O368" s="19">
         <v>13.13</v>
       </c>
-    </row>
-    <row r="369" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P368" s="19">
+        <v>8.59</v>
+      </c>
+      <c r="Q368" s="19">
+        <v>14.53</v>
+      </c>
+      <c r="R368" s="19">
+        <v>17.75</v>
+      </c>
+      <c r="S368" s="19">
+        <v>13.1</v>
+      </c>
+      <c r="T368" s="19">
+        <v>11.24</v>
+      </c>
+    </row>
+    <row r="369" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A369" s="26" t="s">
         <v>63</v>
       </c>
       <c r="B369" s="26" t="s">
         <v>63</v>
       </c>
       <c r="C369" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="D369" s="27" t="s">
+      <c r="D369" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E369" s="28"/>
-      <c r="F369" s="29">
+      <c r="E369" s="18"/>
+      <c r="F369" s="19">
         <v>5710.63</v>
       </c>
-      <c r="G369" s="29">
+      <c r="G369" s="19">
         <v>5835.41</v>
       </c>
-      <c r="H369" s="29">
+      <c r="H369" s="19">
         <v>5829.16</v>
       </c>
-      <c r="I369" s="29">
+      <c r="I369" s="19">
         <v>6278.25</v>
       </c>
-      <c r="J369" s="29">
+      <c r="J369" s="19">
         <v>6272.01</v>
       </c>
-      <c r="K369" s="29">
+      <c r="K369" s="19">
         <v>5764.03</v>
       </c>
-      <c r="L369" s="29">
+      <c r="L369" s="19">
         <v>5757.33</v>
       </c>
-      <c r="M369" s="29">
+      <c r="M369" s="19">
         <v>5751.11</v>
       </c>
-      <c r="N369" s="29">
+      <c r="N369" s="19">
         <v>5745.35</v>
       </c>
-      <c r="O369" s="29">
+      <c r="O369" s="19">
         <v>5960.2</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C370" s="30"/>
+      <c r="P369" s="19">
+        <v>5953.05</v>
+      </c>
+      <c r="Q369" s="19">
+        <v>5946.34</v>
+      </c>
+      <c r="R369" s="19">
+        <v>5940.1</v>
+      </c>
+      <c r="S369" s="19">
+        <v>6091.2</v>
+      </c>
+      <c r="T369" s="19">
+        <v>6083.62</v>
+      </c>
+    </row>
+    <row r="370" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A370" s="27"/>
+      <c r="B370" s="27"/>
+      <c r="C370" s="27"/>
       <c r="D370" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E370" s="27" t="s">
+      <c r="E370" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F370" s="29">
+      <c r="F370" s="19">
         <v>983.25</v>
       </c>
-      <c r="G370" s="29">
+      <c r="G370" s="19">
         <v>1093.74</v>
       </c>
-      <c r="H370" s="29">
+      <c r="H370" s="19">
         <v>1006.3</v>
       </c>
-      <c r="I370" s="29">
+      <c r="I370" s="19">
         <v>1150.19</v>
       </c>
-      <c r="J370" s="29">
+      <c r="J370" s="19">
         <v>1064.08</v>
       </c>
-      <c r="K370" s="29">
+      <c r="K370" s="19">
         <v>977.25</v>
       </c>
-      <c r="L370" s="29">
+      <c r="L370" s="19">
         <v>951.11</v>
       </c>
-      <c r="M370" s="29">
-[...14 lines deleted...]
-      <c r="E371" s="27" t="s">
+      <c r="M370" s="19">
+        <v>40.76</v>
+      </c>
+      <c r="N370" s="19">
+        <v>31.56</v>
+      </c>
+      <c r="O370" s="19">
+        <v>29.79</v>
+      </c>
+      <c r="P370" s="19">
+        <v>22.48</v>
+      </c>
+      <c r="Q370" s="19">
+        <v>845.27</v>
+      </c>
+      <c r="R370" s="19">
+        <v>888.41</v>
+      </c>
+      <c r="S370" s="19">
+        <v>832</v>
+      </c>
+      <c r="T370" s="19">
+        <v>784.06</v>
+      </c>
+    </row>
+    <row r="371" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A371" s="27"/>
+      <c r="B371" s="27"/>
+      <c r="C371" s="27"/>
+      <c r="D371" s="28"/>
+      <c r="E371" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F371" s="29">
+      <c r="F371" s="19">
         <v>4727.38</v>
       </c>
-      <c r="G371" s="29">
+      <c r="G371" s="19">
         <v>4741.67</v>
       </c>
-      <c r="H371" s="29">
+      <c r="H371" s="19">
         <v>4822.8599999999997</v>
       </c>
-      <c r="I371" s="29">
+      <c r="I371" s="19">
         <v>5128.0600000000004</v>
       </c>
-      <c r="J371" s="29">
+      <c r="J371" s="19">
         <v>5207.93</v>
       </c>
-      <c r="K371" s="29">
+      <c r="K371" s="19">
         <v>4786.78</v>
       </c>
-      <c r="L371" s="29">
+      <c r="L371" s="19">
         <v>4806.22</v>
       </c>
-      <c r="M371" s="29">
+      <c r="M371" s="19">
         <v>4806.59</v>
       </c>
-      <c r="N371" s="29">
+      <c r="N371" s="19">
         <v>4879.1899999999996</v>
       </c>
-      <c r="O371" s="29">
+      <c r="O371" s="19">
         <v>5055.09</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C372" s="30"/>
+      <c r="P371" s="19">
+        <v>5073.1899999999996</v>
+      </c>
+      <c r="Q371" s="19">
+        <v>5101.08</v>
+      </c>
+      <c r="R371" s="19">
+        <v>5051.6899999999996</v>
+      </c>
+      <c r="S371" s="19">
+        <v>5259.2</v>
+      </c>
+      <c r="T371" s="19">
+        <v>5299.55</v>
+      </c>
+    </row>
+    <row r="372" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A372" s="27"/>
+      <c r="B372" s="27"/>
+      <c r="C372" s="27"/>
       <c r="D372" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E372" s="27" t="s">
+      <c r="E372" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F372" s="29">
+      <c r="F372" s="19">
         <v>4553.55</v>
       </c>
-      <c r="G372" s="29">
+      <c r="G372" s="19">
         <v>4930.25</v>
       </c>
-      <c r="H372" s="29">
+      <c r="H372" s="19">
         <v>4940.74</v>
       </c>
-      <c r="I372" s="29">
+      <c r="I372" s="19">
         <v>5321.02</v>
       </c>
-      <c r="J372" s="29">
+      <c r="J372" s="19">
         <v>5263.95</v>
       </c>
-      <c r="K372" s="29">
+      <c r="K372" s="19">
         <v>4964.17</v>
       </c>
-      <c r="L372" s="29">
+      <c r="L372" s="19">
         <v>5012.51</v>
       </c>
-      <c r="M372" s="29">
-[...14 lines deleted...]
-      <c r="E373" s="27" t="s">
+      <c r="M372" s="19">
+        <v>232.78</v>
+      </c>
+      <c r="N372" s="19">
+        <v>232.37</v>
+      </c>
+      <c r="O372" s="19">
+        <v>244.3</v>
+      </c>
+      <c r="P372" s="19">
+        <v>241.81</v>
+      </c>
+      <c r="Q372" s="19">
+        <v>5321.68</v>
+      </c>
+      <c r="R372" s="19">
+        <v>5205.74</v>
+      </c>
+      <c r="S372" s="19">
+        <v>5473.6</v>
+      </c>
+      <c r="T372" s="19">
+        <v>5572.96</v>
+      </c>
+    </row>
+    <row r="373" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A373" s="27"/>
+      <c r="B373" s="27"/>
+      <c r="C373" s="27"/>
+      <c r="D373" s="28"/>
+      <c r="E373" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F373" s="29">
+      <c r="F373" s="19">
         <v>1157.08</v>
       </c>
-      <c r="G373" s="29">
+      <c r="G373" s="19">
         <v>905.17</v>
       </c>
-      <c r="H373" s="29">
+      <c r="H373" s="19">
         <v>888.41</v>
       </c>
-      <c r="I373" s="29">
+      <c r="I373" s="19">
         <v>957.23</v>
       </c>
-      <c r="J373" s="29">
+      <c r="J373" s="19">
         <v>1008.06</v>
       </c>
-      <c r="K373" s="29">
+      <c r="K373" s="19">
         <v>799.86</v>
       </c>
-      <c r="L373" s="29">
+      <c r="L373" s="19">
         <v>744.82</v>
       </c>
-      <c r="M373" s="29">
+      <c r="M373" s="19">
         <v>776.81</v>
       </c>
-      <c r="N373" s="29">
+      <c r="N373" s="19">
         <v>744.86</v>
       </c>
-      <c r="O373" s="29">
+      <c r="O373" s="19">
         <v>650.04999999999995</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C374" s="30"/>
+      <c r="P373" s="19">
+        <v>615.35</v>
+      </c>
+      <c r="Q373" s="19">
+        <v>624.66</v>
+      </c>
+      <c r="R373" s="19">
+        <v>734.36</v>
+      </c>
+      <c r="S373" s="19">
+        <v>617.6</v>
+      </c>
+      <c r="T373" s="19">
+        <v>510.66</v>
+      </c>
+    </row>
+    <row r="374" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A374" s="27"/>
+      <c r="B374" s="27"/>
+      <c r="C374" s="27"/>
       <c r="D374" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E374" s="27" t="s">
+      <c r="E374" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F374" s="29">
+      <c r="F374" s="19">
         <v>5356.08</v>
       </c>
-      <c r="G374" s="29">
+      <c r="G374" s="19">
         <v>5565.16</v>
       </c>
-      <c r="H374" s="29">
+      <c r="H374" s="19">
         <v>5548.28</v>
       </c>
-      <c r="I374" s="29">
+      <c r="I374" s="19">
         <v>5966.51</v>
       </c>
-      <c r="J374" s="29">
+      <c r="J374" s="19">
         <v>5989.97</v>
       </c>
-      <c r="K374" s="29">
+      <c r="K374" s="19">
         <v>5509.76</v>
       </c>
-      <c r="L374" s="29">
+      <c r="L374" s="19">
         <v>5512.3</v>
       </c>
-      <c r="M374" s="29">
-[...14 lines deleted...]
-      <c r="E375" s="27" t="s">
+      <c r="M374" s="19">
+        <v>257.26</v>
+      </c>
+      <c r="N374" s="19">
+        <v>256.45</v>
+      </c>
+      <c r="O374" s="19">
+        <v>266.29000000000002</v>
+      </c>
+      <c r="P374" s="19">
+        <v>262.72000000000003</v>
+      </c>
+      <c r="Q374" s="19">
+        <v>5699.39</v>
+      </c>
+      <c r="R374" s="19">
+        <v>5663.82</v>
+      </c>
+      <c r="S374" s="19">
+        <v>5817.9</v>
+      </c>
+      <c r="T374" s="19">
+        <v>5857.01</v>
+      </c>
+    </row>
+    <row r="375" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A375" s="27"/>
+      <c r="B375" s="27"/>
+      <c r="C375" s="28"/>
+      <c r="D375" s="28"/>
+      <c r="E375" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F375" s="29">
+      <c r="F375" s="19">
         <v>354.55</v>
       </c>
-      <c r="G375" s="29">
+      <c r="G375" s="19">
         <v>270.26</v>
       </c>
-      <c r="H375" s="29">
+      <c r="H375" s="19">
         <v>280.88</v>
       </c>
-      <c r="I375" s="29">
+      <c r="I375" s="19">
         <v>311.73</v>
       </c>
-      <c r="J375" s="29">
+      <c r="J375" s="19">
         <v>282.04000000000002</v>
       </c>
-      <c r="K375" s="29">
+      <c r="K375" s="19">
         <v>254.27</v>
       </c>
-      <c r="L375" s="29">
+      <c r="L375" s="19">
         <v>245.04</v>
       </c>
-      <c r="M375" s="29">
+      <c r="M375" s="19">
         <v>272.74</v>
       </c>
-      <c r="N375" s="29">
+      <c r="N375" s="19">
         <v>263.56</v>
       </c>
-      <c r="O375" s="29">
+      <c r="O375" s="19">
         <v>229.56</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B376" s="30"/>
+      <c r="P375" s="19">
+        <v>258.7</v>
+      </c>
+      <c r="Q375" s="19">
+        <v>246.95</v>
+      </c>
+      <c r="R375" s="19">
+        <v>276.27999999999997</v>
+      </c>
+      <c r="S375" s="19">
+        <v>273.39999999999998</v>
+      </c>
+      <c r="T375" s="19">
+        <v>226.61</v>
+      </c>
+    </row>
+    <row r="376" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A376" s="27"/>
+      <c r="B376" s="27"/>
       <c r="C376" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="D376" s="27" t="s">
+      <c r="D376" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E376" s="28"/>
-      <c r="F376" s="29">
+      <c r="E376" s="18"/>
+      <c r="F376" s="19">
         <v>1745.98</v>
       </c>
-      <c r="G376" s="29">
+      <c r="G376" s="19">
         <v>1777.48</v>
       </c>
-      <c r="H376" s="29">
+      <c r="H376" s="19">
         <v>1775.52</v>
       </c>
-      <c r="I376" s="29">
+      <c r="I376" s="19">
         <v>2007.19</v>
       </c>
-      <c r="J376" s="29">
+      <c r="J376" s="19">
         <v>2005.52</v>
       </c>
-      <c r="K376" s="29">
+      <c r="K376" s="19">
         <v>1823.56</v>
       </c>
-      <c r="L376" s="29">
+      <c r="L376" s="19">
         <v>1821.76</v>
       </c>
-      <c r="M376" s="29">
+      <c r="M376" s="19">
         <v>1820.1</v>
       </c>
-      <c r="N376" s="29">
+      <c r="N376" s="19">
         <v>1818.59</v>
       </c>
-      <c r="O376" s="29">
+      <c r="O376" s="19">
         <v>1880.1</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C377" s="30"/>
+      <c r="P376" s="19">
+        <v>1878.14</v>
+      </c>
+      <c r="Q376" s="19">
+        <v>1876.31</v>
+      </c>
+      <c r="R376" s="19">
+        <v>1874.63</v>
+      </c>
+      <c r="S376" s="19">
+        <v>1885.2</v>
+      </c>
+      <c r="T376" s="19">
+        <v>1883.08</v>
+      </c>
+    </row>
+    <row r="377" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A377" s="27"/>
+      <c r="B377" s="27"/>
+      <c r="C377" s="27"/>
       <c r="D377" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E377" s="27" t="s">
+      <c r="E377" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F377" s="29">
+      <c r="F377" s="19">
         <v>472.28</v>
       </c>
-      <c r="G377" s="29">
+      <c r="G377" s="19">
         <v>493.33</v>
       </c>
-      <c r="H377" s="29">
+      <c r="H377" s="19">
         <v>466.67</v>
       </c>
-      <c r="I377" s="29">
+      <c r="I377" s="19">
         <v>595.4</v>
       </c>
-      <c r="J377" s="29">
+      <c r="J377" s="19">
         <v>554.1</v>
       </c>
-      <c r="K377" s="29">
+      <c r="K377" s="19">
         <v>512.54999999999995</v>
       </c>
-      <c r="L377" s="29">
+      <c r="L377" s="19">
         <v>495.91</v>
       </c>
-      <c r="M377" s="29">
-[...14 lines deleted...]
-      <c r="E378" s="27" t="s">
+      <c r="M377" s="19">
+        <v>29.86</v>
+      </c>
+      <c r="N377" s="19">
+        <v>29.2</v>
+      </c>
+      <c r="O377" s="19">
+        <v>23.98</v>
+      </c>
+      <c r="P377" s="19">
+        <v>28.56</v>
+      </c>
+      <c r="Q377" s="19">
+        <v>412.37</v>
+      </c>
+      <c r="R377" s="19">
+        <v>445.15</v>
+      </c>
+      <c r="S377" s="19">
+        <v>411.2</v>
+      </c>
+      <c r="T377" s="19">
+        <v>395.25</v>
+      </c>
+    </row>
+    <row r="378" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A378" s="27"/>
+      <c r="B378" s="27"/>
+      <c r="C378" s="27"/>
+      <c r="D378" s="28"/>
+      <c r="E378" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F378" s="29">
+      <c r="F378" s="19">
         <v>1273.71</v>
       </c>
-      <c r="G378" s="29">
+      <c r="G378" s="19">
         <v>1284.1400000000001</v>
       </c>
-      <c r="H378" s="29">
+      <c r="H378" s="19">
         <v>1308.8499999999999</v>
       </c>
-      <c r="I378" s="29">
+      <c r="I378" s="19">
         <v>1411.8</v>
       </c>
-      <c r="J378" s="29">
+      <c r="J378" s="19">
         <v>1451.42</v>
       </c>
-      <c r="K378" s="29">
+      <c r="K378" s="19">
         <v>1311.01</v>
       </c>
-      <c r="L378" s="29">
+      <c r="L378" s="19">
         <v>1325.85</v>
       </c>
-      <c r="M378" s="29">
+      <c r="M378" s="19">
         <v>1324.13</v>
       </c>
-      <c r="N378" s="29">
+      <c r="N378" s="19">
         <v>1363.48</v>
       </c>
-      <c r="O378" s="29">
+      <c r="O378" s="19">
         <v>1405.15</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C379" s="30"/>
+      <c r="P378" s="19">
+        <v>1400.3</v>
+      </c>
+      <c r="Q378" s="19">
+        <v>1463.94</v>
+      </c>
+      <c r="R378" s="19">
+        <v>1429.49</v>
+      </c>
+      <c r="S378" s="19">
+        <v>1473.9</v>
+      </c>
+      <c r="T378" s="19">
+        <v>1487.83</v>
+      </c>
+    </row>
+    <row r="379" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A379" s="27"/>
+      <c r="B379" s="27"/>
+      <c r="C379" s="27"/>
       <c r="D379" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E379" s="27" t="s">
+      <c r="E379" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F379" s="29">
+      <c r="F379" s="19">
         <v>1463.42</v>
       </c>
-      <c r="G379" s="29">
+      <c r="G379" s="19">
         <v>1547.86</v>
       </c>
-      <c r="H379" s="29">
+      <c r="H379" s="19">
         <v>1570.62</v>
       </c>
-      <c r="I379" s="29">
+      <c r="I379" s="19">
         <v>1745.88</v>
       </c>
-      <c r="J379" s="29">
+      <c r="J379" s="19">
         <v>1727.01</v>
       </c>
-      <c r="K379" s="29">
+      <c r="K379" s="19">
         <v>1622.59</v>
       </c>
-      <c r="L379" s="29">
+      <c r="L379" s="19">
         <v>1635.44</v>
       </c>
-      <c r="M379" s="29">
-[...14 lines deleted...]
-      <c r="E380" s="27" t="s">
+      <c r="M379" s="19">
+        <v>152.15</v>
+      </c>
+      <c r="N379" s="19">
+        <v>151.78</v>
+      </c>
+      <c r="O379" s="19">
+        <v>159.63</v>
+      </c>
+      <c r="P379" s="19">
+        <v>160.63</v>
+      </c>
+      <c r="Q379" s="19">
+        <v>1725.07</v>
+      </c>
+      <c r="R379" s="19">
+        <v>1685.18</v>
+      </c>
+      <c r="S379" s="19">
+        <v>1732.3</v>
+      </c>
+      <c r="T379" s="19">
+        <v>1751.27</v>
+      </c>
+    </row>
+    <row r="380" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A380" s="27"/>
+      <c r="B380" s="27"/>
+      <c r="C380" s="27"/>
+      <c r="D380" s="28"/>
+      <c r="E380" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F380" s="29">
+      <c r="F380" s="19">
         <v>282.57</v>
       </c>
-      <c r="G380" s="29">
+      <c r="G380" s="19">
         <v>229.62</v>
       </c>
-      <c r="H380" s="29">
+      <c r="H380" s="19">
         <v>204.9</v>
       </c>
-      <c r="I380" s="29">
+      <c r="I380" s="19">
         <v>261.31</v>
       </c>
-      <c r="J380" s="29">
+      <c r="J380" s="19">
         <v>278.52</v>
       </c>
-      <c r="K380" s="29">
+      <c r="K380" s="19">
         <v>200.97</v>
       </c>
-      <c r="L380" s="29">
+      <c r="L380" s="19">
         <v>186.32</v>
       </c>
-      <c r="M380" s="29">
+      <c r="M380" s="19">
         <v>196.91</v>
       </c>
-      <c r="N380" s="29">
+      <c r="N380" s="19">
         <v>185.93</v>
       </c>
-      <c r="O380" s="29">
+      <c r="O380" s="19">
         <v>157.87</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C381" s="30"/>
+      <c r="P380" s="19">
+        <v>149.37</v>
+      </c>
+      <c r="Q380" s="19">
+        <v>151.24</v>
+      </c>
+      <c r="R380" s="19">
+        <v>189.45</v>
+      </c>
+      <c r="S380" s="19">
+        <v>152.9</v>
+      </c>
+      <c r="T380" s="19">
+        <v>131.81</v>
+      </c>
+    </row>
+    <row r="381" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A381" s="27"/>
+      <c r="B381" s="27"/>
+      <c r="C381" s="27"/>
       <c r="D381" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E381" s="27" t="s">
+      <c r="E381" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F381" s="29">
+      <c r="F381" s="19">
         <v>1660.55</v>
       </c>
-      <c r="G381" s="29">
+      <c r="G381" s="19">
         <v>1705.14</v>
       </c>
-      <c r="H381" s="29">
+      <c r="H381" s="19">
         <v>1711.74</v>
       </c>
-      <c r="I381" s="29">
+      <c r="I381" s="19">
         <v>1922.44</v>
       </c>
-      <c r="J381" s="29">
+      <c r="J381" s="19">
         <v>1931.08</v>
       </c>
-      <c r="K381" s="29">
+      <c r="K381" s="19">
         <v>1761.87</v>
       </c>
-      <c r="L381" s="29">
+      <c r="L381" s="19">
         <v>1765.17</v>
       </c>
-      <c r="M381" s="29">
-[...14 lines deleted...]
-      <c r="E382" s="27" t="s">
+      <c r="M381" s="19">
+        <v>159.91999999999999</v>
+      </c>
+      <c r="N381" s="19">
+        <v>162.66999999999999</v>
+      </c>
+      <c r="O381" s="19">
+        <v>168.64</v>
+      </c>
+      <c r="P381" s="19">
+        <v>168.56</v>
+      </c>
+      <c r="Q381" s="19">
+        <v>1809.56</v>
+      </c>
+      <c r="R381" s="19">
+        <v>1797.8</v>
+      </c>
+      <c r="S381" s="19">
+        <v>1820.4</v>
+      </c>
+      <c r="T381" s="19">
+        <v>1823.75</v>
+      </c>
+    </row>
+    <row r="382" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A382" s="27"/>
+      <c r="B382" s="27"/>
+      <c r="C382" s="28"/>
+      <c r="D382" s="28"/>
+      <c r="E382" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F382" s="29">
+      <c r="F382" s="19">
         <v>85.44</v>
       </c>
-      <c r="G382" s="29">
+      <c r="G382" s="19">
         <v>72.33</v>
       </c>
-      <c r="H382" s="29">
+      <c r="H382" s="19">
         <v>63.78</v>
       </c>
-      <c r="I382" s="29">
+      <c r="I382" s="19">
         <v>84.76</v>
       </c>
-      <c r="J382" s="29">
+      <c r="J382" s="19">
         <v>74.45</v>
       </c>
-      <c r="K382" s="29">
+      <c r="K382" s="19">
         <v>61.69</v>
       </c>
-      <c r="L382" s="29">
+      <c r="L382" s="19">
         <v>56.59</v>
       </c>
-      <c r="M382" s="29">
+      <c r="M382" s="19">
         <v>70.099999999999994</v>
       </c>
-      <c r="N382" s="29">
+      <c r="N382" s="19">
         <v>63.08</v>
       </c>
-      <c r="O382" s="29">
+      <c r="O382" s="19">
         <v>58.67</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B383" s="30"/>
+      <c r="P382" s="19">
+        <v>59.28</v>
+      </c>
+      <c r="Q382" s="19">
+        <v>66.739999999999995</v>
+      </c>
+      <c r="R382" s="19">
+        <v>76.84</v>
+      </c>
+      <c r="S382" s="19">
+        <v>64.7</v>
+      </c>
+      <c r="T382" s="19">
+        <v>59.33</v>
+      </c>
+    </row>
+    <row r="383" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A383" s="27"/>
+      <c r="B383" s="27"/>
       <c r="C383" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="D383" s="27" t="s">
+      <c r="D383" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E383" s="28"/>
-      <c r="F383" s="29">
+      <c r="E383" s="18"/>
+      <c r="F383" s="19">
         <v>3964.65</v>
       </c>
-      <c r="G383" s="29">
+      <c r="G383" s="19">
         <v>4057.94</v>
       </c>
-      <c r="H383" s="29">
+      <c r="H383" s="19">
         <v>4053.64</v>
       </c>
-      <c r="I383" s="29">
+      <c r="I383" s="19">
         <v>4271.05</v>
       </c>
-      <c r="J383" s="29">
+      <c r="J383" s="19">
         <v>4266.49</v>
       </c>
-      <c r="K383" s="29">
+      <c r="K383" s="19">
         <v>3940.48</v>
       </c>
-      <c r="L383" s="29">
+      <c r="L383" s="19">
         <v>3935.58</v>
       </c>
-      <c r="M383" s="29">
+      <c r="M383" s="19">
         <v>3931.01</v>
       </c>
-      <c r="N383" s="29">
+      <c r="N383" s="19">
         <v>3926.76</v>
       </c>
-      <c r="O383" s="29">
+      <c r="O383" s="19">
         <v>4080.1</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C384" s="30"/>
+      <c r="P383" s="19">
+        <v>4074.91</v>
+      </c>
+      <c r="Q383" s="19">
+        <v>4070.04</v>
+      </c>
+      <c r="R383" s="19">
+        <v>4065.47</v>
+      </c>
+      <c r="S383" s="19">
+        <v>4206.1000000000004</v>
+      </c>
+      <c r="T383" s="19">
+        <v>4200.54</v>
+      </c>
+    </row>
+    <row r="384" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A384" s="27"/>
+      <c r="B384" s="27"/>
+      <c r="C384" s="27"/>
       <c r="D384" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E384" s="27" t="s">
+      <c r="E384" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F384" s="29">
+      <c r="F384" s="19">
         <v>510.98</v>
       </c>
-      <c r="G384" s="29">
+      <c r="G384" s="19">
         <v>600.41</v>
       </c>
-      <c r="H384" s="29">
+      <c r="H384" s="19">
         <v>539.62</v>
       </c>
-      <c r="I384" s="29">
+      <c r="I384" s="19">
         <v>554.79</v>
       </c>
-      <c r="J384" s="29">
+      <c r="J384" s="19">
         <v>509.98</v>
       </c>
-      <c r="K384" s="29">
+      <c r="K384" s="19">
         <v>464.7</v>
       </c>
-      <c r="L384" s="29">
+      <c r="L384" s="19">
         <v>455.21</v>
       </c>
-      <c r="M384" s="29">
-[...14 lines deleted...]
-      <c r="E385" s="27" t="s">
+      <c r="M384" s="19">
+        <v>21.57</v>
+      </c>
+      <c r="N384" s="19">
+        <v>19.09</v>
+      </c>
+      <c r="O384" s="19">
+        <v>17.170000000000002</v>
+      </c>
+      <c r="P384" s="19">
+        <v>18.84</v>
+      </c>
+      <c r="Q384" s="19">
+        <v>432.9</v>
+      </c>
+      <c r="R384" s="19">
+        <v>443.26</v>
+      </c>
+      <c r="S384" s="19">
+        <v>420.8</v>
+      </c>
+      <c r="T384" s="19">
+        <v>388.82</v>
+      </c>
+    </row>
+    <row r="385" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A385" s="27"/>
+      <c r="B385" s="27"/>
+      <c r="C385" s="27"/>
+      <c r="D385" s="28"/>
+      <c r="E385" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F385" s="29">
+      <c r="F385" s="19">
         <v>3453.67</v>
       </c>
-      <c r="G385" s="29">
+      <c r="G385" s="19">
         <v>3457.53</v>
       </c>
-      <c r="H385" s="29">
+      <c r="H385" s="19">
         <v>3514.01</v>
       </c>
-      <c r="I385" s="29">
+      <c r="I385" s="19">
         <v>3716.26</v>
       </c>
-      <c r="J385" s="29">
+      <c r="J385" s="19">
         <v>3756.51</v>
       </c>
-      <c r="K385" s="29">
+      <c r="K385" s="19">
         <v>3475.78</v>
       </c>
-      <c r="L385" s="29">
+      <c r="L385" s="19">
         <v>3480.37</v>
       </c>
-      <c r="M385" s="29">
+      <c r="M385" s="19">
         <v>3482.46</v>
       </c>
-      <c r="N385" s="29">
+      <c r="N385" s="19">
         <v>3515.71</v>
       </c>
-      <c r="O385" s="29">
+      <c r="O385" s="19">
         <v>3649.93</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C386" s="30"/>
+      <c r="P385" s="19">
+        <v>3672.9</v>
+      </c>
+      <c r="Q385" s="19">
+        <v>3637.14</v>
+      </c>
+      <c r="R385" s="19">
+        <v>3622.21</v>
+      </c>
+      <c r="S385" s="19">
+        <v>3785.3</v>
+      </c>
+      <c r="T385" s="19">
+        <v>3811.72</v>
+      </c>
+    </row>
+    <row r="386" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A386" s="27"/>
+      <c r="B386" s="27"/>
+      <c r="C386" s="27"/>
       <c r="D386" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E386" s="27" t="s">
+      <c r="E386" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F386" s="29">
+      <c r="F386" s="19">
         <v>3090.13</v>
       </c>
-      <c r="G386" s="29">
+      <c r="G386" s="19">
         <v>3382.39</v>
       </c>
-      <c r="H386" s="29">
+      <c r="H386" s="19">
         <v>3370.13</v>
       </c>
-      <c r="I386" s="29">
+      <c r="I386" s="19">
         <v>3575.14</v>
       </c>
-      <c r="J386" s="29">
+      <c r="J386" s="19">
         <v>3536.94</v>
       </c>
-      <c r="K386" s="29">
+      <c r="K386" s="19">
         <v>3341.59</v>
       </c>
-      <c r="L386" s="29">
+      <c r="L386" s="19">
         <v>3377.08</v>
       </c>
-      <c r="M386" s="29">
-[...14 lines deleted...]
-      <c r="E387" s="27" t="s">
+      <c r="M386" s="19">
+        <v>118.82</v>
+      </c>
+      <c r="N386" s="19">
+        <v>118.59</v>
+      </c>
+      <c r="O386" s="19">
+        <v>122.83</v>
+      </c>
+      <c r="P386" s="19">
+        <v>124.02</v>
+      </c>
+      <c r="Q386" s="19">
+        <v>3596.61</v>
+      </c>
+      <c r="R386" s="19">
+        <v>3520.56</v>
+      </c>
+      <c r="S386" s="19">
+        <v>3741.4</v>
+      </c>
+      <c r="T386" s="19">
+        <v>3821.69</v>
+      </c>
+    </row>
+    <row r="387" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A387" s="27"/>
+      <c r="B387" s="27"/>
+      <c r="C387" s="27"/>
+      <c r="D387" s="28"/>
+      <c r="E387" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F387" s="29">
+      <c r="F387" s="19">
         <v>874.52</v>
       </c>
-      <c r="G387" s="29">
+      <c r="G387" s="19">
         <v>675.55</v>
       </c>
-      <c r="H387" s="29">
+      <c r="H387" s="19">
         <v>683.51</v>
       </c>
-      <c r="I387" s="29">
+      <c r="I387" s="19">
         <v>695.92</v>
       </c>
-      <c r="J387" s="29">
+      <c r="J387" s="19">
         <v>729.55</v>
       </c>
-      <c r="K387" s="29">
+      <c r="K387" s="19">
         <v>598.89</v>
       </c>
-      <c r="L387" s="29">
+      <c r="L387" s="19">
         <v>558.5</v>
       </c>
-      <c r="M387" s="29">
+      <c r="M387" s="19">
         <v>579.89</v>
       </c>
-      <c r="N387" s="29">
+      <c r="N387" s="19">
         <v>558.92999999999995</v>
       </c>
-      <c r="O387" s="29">
+      <c r="O387" s="19">
         <v>492.19</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C388" s="30"/>
+      <c r="P387" s="19">
+        <v>465.98</v>
+      </c>
+      <c r="Q387" s="19">
+        <v>473.43</v>
+      </c>
+      <c r="R387" s="19">
+        <v>544.91</v>
+      </c>
+      <c r="S387" s="19">
+        <v>464.7</v>
+      </c>
+      <c r="T387" s="19">
+        <v>378.85</v>
+      </c>
+    </row>
+    <row r="388" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A388" s="27"/>
+      <c r="B388" s="27"/>
+      <c r="C388" s="27"/>
       <c r="D388" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E388" s="27" t="s">
+      <c r="E388" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F388" s="29">
+      <c r="F388" s="19">
         <v>3695.54</v>
       </c>
-      <c r="G388" s="29">
+      <c r="G388" s="19">
         <v>3860.02</v>
       </c>
-      <c r="H388" s="29">
+      <c r="H388" s="19">
         <v>3836.54</v>
       </c>
-      <c r="I388" s="29">
+      <c r="I388" s="19">
         <v>4044.07</v>
       </c>
-      <c r="J388" s="29">
+      <c r="J388" s="19">
         <v>4058.89</v>
       </c>
-      <c r="K388" s="29">
+      <c r="K388" s="19">
         <v>3747.89</v>
       </c>
-      <c r="L388" s="29">
+      <c r="L388" s="19">
         <v>3747.13</v>
       </c>
-      <c r="M388" s="29">
-[...14 lines deleted...]
-      <c r="E389" s="27" t="s">
+      <c r="M388" s="19">
+        <v>123.55</v>
+      </c>
+      <c r="N388" s="19">
+        <v>126.26</v>
+      </c>
+      <c r="O388" s="19">
+        <v>131.37</v>
+      </c>
+      <c r="P388" s="19">
+        <v>131.35</v>
+      </c>
+      <c r="Q388" s="19">
+        <v>3889.83</v>
+      </c>
+      <c r="R388" s="19">
+        <v>3866.03</v>
+      </c>
+      <c r="S388" s="19">
+        <v>3997.4</v>
+      </c>
+      <c r="T388" s="19">
+        <v>4033.26</v>
+      </c>
+    </row>
+    <row r="389" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A389" s="27"/>
+      <c r="B389" s="28"/>
+      <c r="C389" s="28"/>
+      <c r="D389" s="28"/>
+      <c r="E389" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F389" s="29">
+      <c r="F389" s="19">
         <v>269.11</v>
       </c>
-      <c r="G389" s="29">
+      <c r="G389" s="19">
         <v>197.92</v>
       </c>
-      <c r="H389" s="29">
+      <c r="H389" s="19">
         <v>217.1</v>
       </c>
-      <c r="I389" s="29">
+      <c r="I389" s="19">
         <v>226.98</v>
       </c>
-      <c r="J389" s="29">
+      <c r="J389" s="19">
         <v>207.6</v>
       </c>
-      <c r="K389" s="29">
+      <c r="K389" s="19">
         <v>192.58</v>
       </c>
-      <c r="L389" s="29">
+      <c r="L389" s="19">
         <v>188.45</v>
       </c>
-      <c r="M389" s="29">
+      <c r="M389" s="19">
         <v>202.64</v>
       </c>
-      <c r="N389" s="29">
+      <c r="N389" s="19">
         <v>200.48</v>
       </c>
-      <c r="O389" s="29">
+      <c r="O389" s="19">
         <v>170.89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A390" s="30"/>
+      <c r="P389" s="19">
+        <v>199.42</v>
+      </c>
+      <c r="Q389" s="19">
+        <v>180.21</v>
+      </c>
+      <c r="R389" s="19">
+        <v>199.44</v>
+      </c>
+      <c r="S389" s="19">
+        <v>208.6</v>
+      </c>
+      <c r="T389" s="19">
+        <v>167.27</v>
+      </c>
+    </row>
+    <row r="390" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A390" s="27"/>
       <c r="B390" s="26" t="s">
         <v>64</v>
       </c>
-      <c r="C390" s="32"/>
-      <c r="D390" s="27" t="s">
+      <c r="C390" s="23"/>
+      <c r="D390" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E390" s="28"/>
-      <c r="F390" s="29">
+      <c r="E390" s="18"/>
+      <c r="F390" s="19">
         <v>792.42</v>
       </c>
-      <c r="G390" s="29">
+      <c r="G390" s="19">
         <v>800.83</v>
       </c>
-      <c r="H390" s="29">
+      <c r="H390" s="19">
         <v>800.24</v>
       </c>
-      <c r="I390" s="29">
+      <c r="I390" s="19">
         <v>827.59</v>
       </c>
-      <c r="J390" s="29">
+      <c r="J390" s="19">
         <v>827.23</v>
       </c>
-      <c r="K390" s="29">
+      <c r="K390" s="19">
         <v>781.82</v>
       </c>
-      <c r="L390" s="29">
+      <c r="L390" s="19">
         <v>781.32</v>
       </c>
-      <c r="M390" s="29">
+      <c r="M390" s="19">
         <v>780.87</v>
       </c>
-      <c r="N390" s="29">
+      <c r="N390" s="19">
         <v>780.49</v>
       </c>
-      <c r="O390" s="29">
+      <c r="O390" s="19">
         <v>844.78</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C391" s="33"/>
+      <c r="P390" s="19">
+        <v>844.19</v>
+      </c>
+      <c r="Q390" s="19">
+        <v>843.66</v>
+      </c>
+      <c r="R390" s="19">
+        <v>843.19</v>
+      </c>
+      <c r="S390" s="19">
+        <v>858.9</v>
+      </c>
+      <c r="T390" s="19">
+        <v>858.29</v>
+      </c>
+    </row>
+    <row r="391" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A391" s="27"/>
+      <c r="B391" s="27"/>
+      <c r="C391" s="24"/>
       <c r="D391" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E391" s="27" t="s">
+      <c r="E391" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F391" s="29">
+      <c r="F391" s="19">
         <v>150.65</v>
       </c>
-      <c r="G391" s="29">
+      <c r="G391" s="19">
         <v>137.19</v>
       </c>
-      <c r="H391" s="29">
+      <c r="H391" s="19">
         <v>108.67</v>
       </c>
-      <c r="I391" s="29">
+      <c r="I391" s="19">
         <v>162.74</v>
       </c>
-      <c r="J391" s="29">
+      <c r="J391" s="19">
         <v>174</v>
       </c>
-      <c r="K391" s="29">
+      <c r="K391" s="19">
         <v>151.61000000000001</v>
       </c>
-      <c r="L391" s="29">
+      <c r="L391" s="19">
         <v>147.26</v>
       </c>
-      <c r="M391" s="29">
-[...14 lines deleted...]
-      <c r="E392" s="27" t="s">
+      <c r="M391" s="19">
+        <v>944.52</v>
+      </c>
+      <c r="N391" s="19">
+        <v>866.17</v>
+      </c>
+      <c r="O391" s="19">
+        <v>905.12</v>
+      </c>
+      <c r="P391" s="19">
+        <v>879.85</v>
+      </c>
+      <c r="Q391" s="19">
+        <v>165.18</v>
+      </c>
+      <c r="R391" s="19">
+        <v>168.76</v>
+      </c>
+      <c r="S391" s="19">
+        <v>161.6</v>
+      </c>
+      <c r="T391" s="19">
+        <v>155.63999999999999</v>
+      </c>
+    </row>
+    <row r="392" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A392" s="27"/>
+      <c r="B392" s="27"/>
+      <c r="C392" s="24"/>
+      <c r="D392" s="28"/>
+      <c r="E392" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F392" s="29">
+      <c r="F392" s="19">
         <v>641.77</v>
       </c>
-      <c r="G392" s="29">
+      <c r="G392" s="19">
         <v>663.64</v>
       </c>
-      <c r="H392" s="29">
+      <c r="H392" s="19">
         <v>691.58</v>
       </c>
-      <c r="I392" s="29">
+      <c r="I392" s="19">
         <v>664.86</v>
       </c>
-      <c r="J392" s="29">
+      <c r="J392" s="19">
         <v>653.22</v>
       </c>
-      <c r="K392" s="29">
+      <c r="K392" s="19">
         <v>630.22</v>
       </c>
-      <c r="L392" s="29">
+      <c r="L392" s="19">
         <v>634.05999999999995</v>
       </c>
-      <c r="M392" s="29">
+      <c r="M392" s="19">
         <v>633.37</v>
       </c>
-      <c r="N392" s="29">
+      <c r="N392" s="19">
         <v>649.82000000000005</v>
       </c>
-      <c r="O392" s="29">
+      <c r="O392" s="19">
         <v>684.22</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C393" s="33"/>
+      <c r="P392" s="19">
+        <v>679.92</v>
+      </c>
+      <c r="Q392" s="19">
+        <v>678.48</v>
+      </c>
+      <c r="R392" s="19">
+        <v>674.43</v>
+      </c>
+      <c r="S392" s="19">
+        <v>697.4</v>
+      </c>
+      <c r="T392" s="19">
+        <v>702.65</v>
+      </c>
+    </row>
+    <row r="393" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A393" s="27"/>
+      <c r="B393" s="27"/>
+      <c r="C393" s="24"/>
       <c r="D393" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E393" s="27" t="s">
+      <c r="E393" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F393" s="29">
+      <c r="F393" s="19">
         <v>597.32000000000005</v>
       </c>
-      <c r="G393" s="29">
+      <c r="G393" s="19">
         <v>644.87</v>
       </c>
-      <c r="H393" s="29">
+      <c r="H393" s="19">
         <v>612.84</v>
       </c>
-      <c r="I393" s="29">
+      <c r="I393" s="19">
         <v>677.41</v>
       </c>
-      <c r="J393" s="29">
+      <c r="J393" s="19">
         <v>718.26</v>
       </c>
-      <c r="K393" s="29">
+      <c r="K393" s="19">
         <v>680.67</v>
       </c>
-      <c r="L393" s="29">
+      <c r="L393" s="19">
         <v>687.27</v>
       </c>
-      <c r="M393" s="29">
-[...14 lines deleted...]
-      <c r="E394" s="27" t="s">
+      <c r="M393" s="19">
+        <v>4974.3100000000004</v>
+      </c>
+      <c r="N393" s="19">
+        <v>5000.49</v>
+      </c>
+      <c r="O393" s="19">
+        <v>5310.15</v>
+      </c>
+      <c r="P393" s="19">
+        <v>5337.69</v>
+      </c>
+      <c r="Q393" s="19">
+        <v>759.98</v>
+      </c>
+      <c r="R393" s="19">
+        <v>738.2</v>
+      </c>
+      <c r="S393" s="19">
+        <v>789.8</v>
+      </c>
+      <c r="T393" s="19">
+        <v>796.78</v>
+      </c>
+    </row>
+    <row r="394" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A394" s="27"/>
+      <c r="B394" s="27"/>
+      <c r="C394" s="24"/>
+      <c r="D394" s="28"/>
+      <c r="E394" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F394" s="29">
+      <c r="F394" s="19">
         <v>195.1</v>
       </c>
-      <c r="G394" s="29">
+      <c r="G394" s="19">
         <v>155.96</v>
       </c>
-      <c r="H394" s="29">
+      <c r="H394" s="19">
         <v>187.4</v>
       </c>
-      <c r="I394" s="29">
+      <c r="I394" s="19">
         <v>150.19</v>
       </c>
-      <c r="J394" s="29">
+      <c r="J394" s="19">
         <v>108.97</v>
       </c>
-      <c r="K394" s="29">
+      <c r="K394" s="19">
         <v>101.15</v>
       </c>
-      <c r="L394" s="29">
+      <c r="L394" s="19">
         <v>94.04</v>
       </c>
-      <c r="M394" s="29">
+      <c r="M394" s="19">
         <v>124.98</v>
       </c>
-      <c r="N394" s="29">
+      <c r="N394" s="19">
         <v>103.95</v>
       </c>
-      <c r="O394" s="29">
+      <c r="O394" s="19">
         <v>73.94</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C395" s="33"/>
+      <c r="P394" s="19">
+        <v>62.91</v>
+      </c>
+      <c r="Q394" s="19">
+        <v>83.67</v>
+      </c>
+      <c r="R394" s="19">
+        <v>104.99</v>
+      </c>
+      <c r="S394" s="19">
+        <v>69.099999999999994</v>
+      </c>
+      <c r="T394" s="19">
+        <v>61.5</v>
+      </c>
+    </row>
+    <row r="395" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A395" s="27"/>
+      <c r="B395" s="27"/>
+      <c r="C395" s="24"/>
       <c r="D395" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E395" s="27" t="s">
+      <c r="E395" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F395" s="29">
+      <c r="F395" s="19">
         <v>720.99</v>
       </c>
-      <c r="G395" s="29">
+      <c r="G395" s="19">
         <v>752.96</v>
       </c>
-      <c r="H395" s="29">
+      <c r="H395" s="19">
         <v>730.48</v>
       </c>
-      <c r="I395" s="29">
+      <c r="I395" s="19">
         <v>778.27</v>
       </c>
-      <c r="J395" s="29">
+      <c r="J395" s="19">
         <v>791.12</v>
       </c>
-      <c r="K395" s="29">
+      <c r="K395" s="19">
         <v>742.43</v>
       </c>
-      <c r="L395" s="29">
+      <c r="L395" s="19">
         <v>748.19</v>
       </c>
-      <c r="M395" s="29">
-[...14 lines deleted...]
-      <c r="E396" s="27" t="s">
+      <c r="M395" s="19">
+        <v>5478.37</v>
+      </c>
+      <c r="N395" s="19">
+        <v>5481.79</v>
+      </c>
+      <c r="O395" s="19">
+        <v>5730.64</v>
+      </c>
+      <c r="P395" s="19">
+        <v>5694.34</v>
+      </c>
+      <c r="Q395" s="19">
+        <v>804.38</v>
+      </c>
+      <c r="R395" s="19">
+        <v>803.69</v>
+      </c>
+      <c r="S395" s="19">
+        <v>825</v>
+      </c>
+      <c r="T395" s="19">
+        <v>830.99</v>
+      </c>
+    </row>
+    <row r="396" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A396" s="27"/>
+      <c r="B396" s="28"/>
+      <c r="C396" s="25"/>
+      <c r="D396" s="28"/>
+      <c r="E396" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F396" s="29">
+      <c r="F396" s="19">
         <v>71.430000000000007</v>
       </c>
-      <c r="G396" s="29">
+      <c r="G396" s="19">
         <v>47.87</v>
       </c>
-      <c r="H396" s="29">
+      <c r="H396" s="19">
         <v>69.760000000000005</v>
       </c>
-      <c r="I396" s="29">
+      <c r="I396" s="19">
         <v>49.32</v>
       </c>
-      <c r="J396" s="29">
+      <c r="J396" s="19">
         <v>36.1</v>
       </c>
-      <c r="K396" s="29">
+      <c r="K396" s="19">
         <v>39.39</v>
       </c>
-      <c r="L396" s="29">
+      <c r="L396" s="19">
         <v>33.130000000000003</v>
       </c>
-      <c r="M396" s="29">
+      <c r="M396" s="19">
         <v>44.51</v>
       </c>
-      <c r="N396" s="29">
+      <c r="N396" s="19">
         <v>45.04</v>
       </c>
-      <c r="O396" s="29">
+      <c r="O396" s="19">
         <v>22.72</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A397" s="30"/>
+      <c r="P396" s="19">
+        <v>29.76</v>
+      </c>
+      <c r="Q396" s="19">
+        <v>39.270000000000003</v>
+      </c>
+      <c r="R396" s="19">
+        <v>39.51</v>
+      </c>
+      <c r="S396" s="19">
+        <v>33.9</v>
+      </c>
+      <c r="T396" s="19">
+        <v>27.3</v>
+      </c>
+    </row>
+    <row r="397" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A397" s="27"/>
       <c r="B397" s="26" t="s">
         <v>65</v>
       </c>
-      <c r="C397" s="32"/>
-      <c r="D397" s="27" t="s">
+      <c r="C397" s="23"/>
+      <c r="D397" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E397" s="28"/>
-      <c r="F397" s="29">
+      <c r="E397" s="18"/>
+      <c r="F397" s="19">
         <v>354.88</v>
       </c>
-      <c r="G397" s="29">
+      <c r="G397" s="19">
         <v>397.79</v>
       </c>
-      <c r="H397" s="29">
+      <c r="H397" s="19">
         <v>397.43</v>
       </c>
-      <c r="I397" s="29">
+      <c r="I397" s="19">
         <v>422.01</v>
       </c>
-      <c r="J397" s="29">
+      <c r="J397" s="19">
         <v>421.25</v>
       </c>
-      <c r="K397" s="29">
+      <c r="K397" s="19">
         <v>383.86</v>
       </c>
-      <c r="L397" s="29">
+      <c r="L397" s="19">
         <v>383.1</v>
       </c>
-      <c r="M397" s="29">
+      <c r="M397" s="19">
         <v>382.38</v>
       </c>
-      <c r="N397" s="29">
+      <c r="N397" s="19">
         <v>381.69</v>
       </c>
-      <c r="O397" s="29">
+      <c r="O397" s="19">
         <v>387.25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C398" s="33"/>
+      <c r="P397" s="19">
+        <v>386.48</v>
+      </c>
+      <c r="Q397" s="19">
+        <v>385.74</v>
+      </c>
+      <c r="R397" s="19">
+        <v>385.03</v>
+      </c>
+      <c r="S397" s="19">
+        <v>386.1</v>
+      </c>
+      <c r="T397" s="19">
+        <v>385.27</v>
+      </c>
+    </row>
+    <row r="398" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A398" s="27"/>
+      <c r="B398" s="27"/>
+      <c r="C398" s="24"/>
       <c r="D398" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E398" s="27" t="s">
+      <c r="E398" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F398" s="29">
+      <c r="F398" s="19">
         <v>53.23</v>
       </c>
-      <c r="G398" s="29">
+      <c r="G398" s="19">
         <v>74.239999999999995</v>
       </c>
-      <c r="H398" s="29">
+      <c r="H398" s="19">
         <v>67.790000000000006</v>
       </c>
-      <c r="I398" s="29">
+      <c r="I398" s="19">
         <v>83.95</v>
       </c>
-      <c r="J398" s="29">
+      <c r="J398" s="19">
         <v>68.95</v>
       </c>
-      <c r="K398" s="29">
+      <c r="K398" s="19">
         <v>56.2</v>
       </c>
-      <c r="L398" s="29">
+      <c r="L398" s="19">
         <v>60.33</v>
       </c>
-      <c r="M398" s="29">
-[...14 lines deleted...]
-      <c r="E399" s="27" t="s">
+      <c r="M398" s="19">
+        <v>495.97</v>
+      </c>
+      <c r="N398" s="19">
+        <v>455.11</v>
+      </c>
+      <c r="O398" s="19">
+        <v>474.95</v>
+      </c>
+      <c r="P398" s="19">
+        <v>477.84</v>
+      </c>
+      <c r="Q398" s="19">
+        <v>37.28</v>
+      </c>
+      <c r="R398" s="19">
+        <v>46.44</v>
+      </c>
+      <c r="S398" s="19">
+        <v>34.4</v>
+      </c>
+      <c r="T398" s="19">
+        <v>30.68</v>
+      </c>
+    </row>
+    <row r="399" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A399" s="27"/>
+      <c r="B399" s="27"/>
+      <c r="C399" s="24"/>
+      <c r="D399" s="28"/>
+      <c r="E399" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F399" s="29">
+      <c r="F399" s="19">
         <v>301.64</v>
       </c>
-      <c r="G399" s="29">
+      <c r="G399" s="19">
         <v>323.55</v>
       </c>
-      <c r="H399" s="29">
+      <c r="H399" s="19">
         <v>329.64</v>
       </c>
-      <c r="I399" s="29">
+      <c r="I399" s="19">
         <v>338.05</v>
       </c>
-      <c r="J399" s="29">
+      <c r="J399" s="19">
         <v>352.3</v>
       </c>
-      <c r="K399" s="29">
+      <c r="K399" s="19">
         <v>327.66000000000003</v>
       </c>
-      <c r="L399" s="29">
+      <c r="L399" s="19">
         <v>322.77999999999997</v>
       </c>
-      <c r="M399" s="29">
+      <c r="M399" s="19">
         <v>322.06</v>
       </c>
-      <c r="N399" s="29">
+      <c r="N399" s="19">
         <v>327.7</v>
       </c>
-      <c r="O399" s="29">
+      <c r="O399" s="19">
         <v>339.11</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C400" s="33"/>
+      <c r="P399" s="19">
+        <v>345.3</v>
+      </c>
+      <c r="Q399" s="19">
+        <v>348.46</v>
+      </c>
+      <c r="R399" s="19">
+        <v>338.58</v>
+      </c>
+      <c r="S399" s="19">
+        <v>351.7</v>
+      </c>
+      <c r="T399" s="19">
+        <v>354.59</v>
+      </c>
+    </row>
+    <row r="400" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A400" s="27"/>
+      <c r="B400" s="27"/>
+      <c r="C400" s="24"/>
       <c r="D400" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E400" s="27" t="s">
+      <c r="E400" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F400" s="29">
+      <c r="F400" s="19">
         <v>274.99</v>
       </c>
-      <c r="G400" s="29">
+      <c r="G400" s="19">
         <v>356.49</v>
       </c>
-      <c r="H400" s="29">
+      <c r="H400" s="19">
         <v>361.34</v>
       </c>
-      <c r="I400" s="29">
+      <c r="I400" s="19">
         <v>381.41</v>
       </c>
-      <c r="J400" s="29">
+      <c r="J400" s="19">
         <v>375.21</v>
       </c>
-      <c r="K400" s="29">
+      <c r="K400" s="19">
         <v>343.37</v>
       </c>
-      <c r="L400" s="29">
+      <c r="L400" s="19">
         <v>349.99</v>
       </c>
-      <c r="M400" s="29">
-[...14 lines deleted...]
-      <c r="E401" s="27" t="s">
+      <c r="M400" s="19">
+        <v>1623.19</v>
+      </c>
+      <c r="N400" s="19">
+        <v>1632.66</v>
+      </c>
+      <c r="O400" s="19">
+        <v>1722.23</v>
+      </c>
+      <c r="P400" s="19">
+        <v>1728.76</v>
+      </c>
+      <c r="Q400" s="19">
+        <v>355.69</v>
+      </c>
+      <c r="R400" s="19">
+        <v>346.61</v>
+      </c>
+      <c r="S400" s="19">
+        <v>355.1</v>
+      </c>
+      <c r="T400" s="19">
+        <v>366.22</v>
+      </c>
+    </row>
+    <row r="401" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A401" s="27"/>
+      <c r="B401" s="27"/>
+      <c r="C401" s="24"/>
+      <c r="D401" s="28"/>
+      <c r="E401" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F401" s="29">
+      <c r="F401" s="19">
         <v>79.89</v>
       </c>
-      <c r="G401" s="29">
+      <c r="G401" s="19">
         <v>41.3</v>
       </c>
-      <c r="H401" s="29">
+      <c r="H401" s="19">
         <v>36.090000000000003</v>
       </c>
-      <c r="I401" s="29">
+      <c r="I401" s="19">
         <v>40.6</v>
       </c>
-      <c r="J401" s="29">
+      <c r="J401" s="19">
         <v>46.05</v>
       </c>
-      <c r="K401" s="29">
+      <c r="K401" s="19">
         <v>40.49</v>
       </c>
-      <c r="L401" s="29">
+      <c r="L401" s="19">
         <v>33.11</v>
       </c>
-      <c r="M401" s="29">
+      <c r="M401" s="19">
         <v>38.1</v>
       </c>
-      <c r="N401" s="29">
+      <c r="N401" s="19">
         <v>45.16</v>
       </c>
-      <c r="O401" s="29">
+      <c r="O401" s="19">
         <v>36.03</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C402" s="33"/>
+      <c r="P401" s="19">
+        <v>36.229999999999997</v>
+      </c>
+      <c r="Q401" s="19">
+        <v>30.05</v>
+      </c>
+      <c r="R401" s="19">
+        <v>38.42</v>
+      </c>
+      <c r="S401" s="19">
+        <v>31</v>
+      </c>
+      <c r="T401" s="19">
+        <v>19.05</v>
+      </c>
+    </row>
+    <row r="402" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A402" s="27"/>
+      <c r="B402" s="27"/>
+      <c r="C402" s="24"/>
       <c r="D402" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E402" s="27" t="s">
+      <c r="E402" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F402" s="29">
+      <c r="F402" s="19">
         <v>330.39</v>
       </c>
-      <c r="G402" s="29">
+      <c r="G402" s="19">
         <v>382.64</v>
       </c>
-      <c r="H402" s="29">
+      <c r="H402" s="19">
         <v>384.5</v>
       </c>
-      <c r="I402" s="29">
+      <c r="I402" s="19">
         <v>403.34</v>
       </c>
-      <c r="J402" s="29">
+      <c r="J402" s="19">
         <v>402.16</v>
       </c>
-      <c r="K402" s="29">
+      <c r="K402" s="19">
         <v>361.03</v>
       </c>
-      <c r="L402" s="29">
+      <c r="L402" s="19">
         <v>366.36</v>
       </c>
-      <c r="M402" s="29">
-[...14 lines deleted...]
-      <c r="E403" s="27" t="s">
+      <c r="M402" s="19">
+        <v>1750.01</v>
+      </c>
+      <c r="N402" s="19">
+        <v>1755.51</v>
+      </c>
+      <c r="O402" s="19">
+        <v>1821.43</v>
+      </c>
+      <c r="P402" s="19">
+        <v>1818.85</v>
+      </c>
+      <c r="Q402" s="19">
+        <v>365.75</v>
+      </c>
+      <c r="R402" s="19">
+        <v>362.19</v>
+      </c>
+      <c r="S402" s="19">
+        <v>363.2</v>
+      </c>
+      <c r="T402" s="19">
+        <v>369.49</v>
+      </c>
+    </row>
+    <row r="403" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A403" s="27"/>
+      <c r="B403" s="28"/>
+      <c r="C403" s="25"/>
+      <c r="D403" s="28"/>
+      <c r="E403" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F403" s="29">
+      <c r="F403" s="19">
         <v>24.49</v>
       </c>
-      <c r="G403" s="29">
+      <c r="G403" s="19">
         <v>15.15</v>
       </c>
-      <c r="H403" s="29">
+      <c r="H403" s="19">
         <v>12.93</v>
       </c>
-      <c r="I403" s="29">
+      <c r="I403" s="19">
         <v>18.670000000000002</v>
       </c>
-      <c r="J403" s="29">
+      <c r="J403" s="19">
         <v>19.09</v>
       </c>
-      <c r="K403" s="29">
+      <c r="K403" s="19">
         <v>22.83</v>
       </c>
-      <c r="L403" s="29">
+      <c r="L403" s="19">
         <v>16.739999999999998</v>
       </c>
-      <c r="M403" s="29">
+      <c r="M403" s="19">
         <v>20.5</v>
       </c>
-      <c r="N403" s="29">
+      <c r="N403" s="19">
         <v>23.62</v>
       </c>
-      <c r="O403" s="29">
+      <c r="O403" s="19">
         <v>24.12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A404" s="30"/>
+      <c r="P403" s="19">
+        <v>20.95</v>
+      </c>
+      <c r="Q403" s="19">
+        <v>19.989999999999998</v>
+      </c>
+      <c r="R403" s="19">
+        <v>22.83</v>
+      </c>
+      <c r="S403" s="19">
+        <v>22.9</v>
+      </c>
+      <c r="T403" s="19">
+        <v>15.79</v>
+      </c>
+    </row>
+    <row r="404" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A404" s="27"/>
       <c r="B404" s="26" t="s">
         <v>66</v>
       </c>
-      <c r="C404" s="32"/>
-      <c r="D404" s="27" t="s">
+      <c r="C404" s="23"/>
+      <c r="D404" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E404" s="28"/>
-      <c r="F404" s="29">
+      <c r="E404" s="18"/>
+      <c r="F404" s="19">
         <v>352.14</v>
       </c>
-      <c r="G404" s="29">
+      <c r="G404" s="19">
         <v>334.12</v>
       </c>
-      <c r="H404" s="29">
+      <c r="H404" s="19">
         <v>333.83</v>
       </c>
-      <c r="I404" s="29">
+      <c r="I404" s="19">
         <v>336.87</v>
       </c>
-      <c r="J404" s="29">
+      <c r="J404" s="19">
         <v>336.2</v>
       </c>
-      <c r="K404" s="29">
+      <c r="K404" s="19">
         <v>327.01</v>
       </c>
-      <c r="L404" s="29">
+      <c r="L404" s="19">
         <v>326.3</v>
       </c>
-      <c r="M404" s="29">
+      <c r="M404" s="19">
         <v>325.62</v>
       </c>
-      <c r="N404" s="29">
+      <c r="N404" s="19">
         <v>324.95999999999998</v>
       </c>
-      <c r="O404" s="29">
+      <c r="O404" s="19">
         <v>331.1</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C405" s="33"/>
+      <c r="P404" s="19">
+        <v>330.37</v>
+      </c>
+      <c r="Q404" s="19">
+        <v>329.67</v>
+      </c>
+      <c r="R404" s="19">
+        <v>328.99</v>
+      </c>
+      <c r="S404" s="19">
+        <v>346.7</v>
+      </c>
+      <c r="T404" s="19">
+        <v>345.88</v>
+      </c>
+    </row>
+    <row r="405" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A405" s="27"/>
+      <c r="B405" s="27"/>
+      <c r="C405" s="24"/>
       <c r="D405" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E405" s="27" t="s">
+      <c r="E405" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F405" s="29">
+      <c r="F405" s="19">
         <v>56.99</v>
       </c>
-      <c r="G405" s="29">
+      <c r="G405" s="19">
         <v>58.58</v>
       </c>
-      <c r="H405" s="29">
+      <c r="H405" s="19">
         <v>56.95</v>
       </c>
-      <c r="I405" s="29">
+      <c r="I405" s="19">
         <v>52.5</v>
       </c>
-      <c r="J405" s="29">
+      <c r="J405" s="19">
         <v>44.56</v>
       </c>
-      <c r="K405" s="29">
+      <c r="K405" s="19">
         <v>36.729999999999997</v>
       </c>
-      <c r="L405" s="29">
+      <c r="L405" s="19">
         <v>42.29</v>
       </c>
-      <c r="M405" s="29">
-[...14 lines deleted...]
-      <c r="E406" s="27" t="s">
+      <c r="M405" s="19">
+        <v>448.55</v>
+      </c>
+      <c r="N405" s="19">
+        <v>411.05</v>
+      </c>
+      <c r="O405" s="19">
+        <v>430.17</v>
+      </c>
+      <c r="P405" s="19">
+        <v>402.01</v>
+      </c>
+      <c r="Q405" s="19">
+        <v>42.59</v>
+      </c>
+      <c r="R405" s="19">
+        <v>43.96</v>
+      </c>
+      <c r="S405" s="19">
+        <v>44.3</v>
+      </c>
+      <c r="T405" s="19">
+        <v>47.06</v>
+      </c>
+    </row>
+    <row r="406" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A406" s="27"/>
+      <c r="B406" s="27"/>
+      <c r="C406" s="24"/>
+      <c r="D406" s="28"/>
+      <c r="E406" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F406" s="29">
+      <c r="F406" s="19">
         <v>295.14999999999998</v>
       </c>
-      <c r="G406" s="29">
+      <c r="G406" s="19">
         <v>275.52999999999997</v>
       </c>
-      <c r="H406" s="29">
+      <c r="H406" s="19">
         <v>276.89</v>
       </c>
-      <c r="I406" s="29">
+      <c r="I406" s="19">
         <v>284.37</v>
       </c>
-      <c r="J406" s="29">
+      <c r="J406" s="19">
         <v>291.64999999999998</v>
       </c>
-      <c r="K406" s="29">
+      <c r="K406" s="19">
         <v>290.29000000000002</v>
       </c>
-      <c r="L406" s="29">
+      <c r="L406" s="19">
         <v>284.02</v>
       </c>
-      <c r="M406" s="29">
+      <c r="M406" s="19">
         <v>288.31</v>
       </c>
-      <c r="N406" s="29">
+      <c r="N406" s="19">
         <v>287.95</v>
       </c>
-      <c r="O406" s="29">
+      <c r="O406" s="19">
         <v>299.32</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C407" s="33"/>
+      <c r="P406" s="19">
+        <v>296.47000000000003</v>
+      </c>
+      <c r="Q406" s="19">
+        <v>287.07</v>
+      </c>
+      <c r="R406" s="19">
+        <v>285.02999999999997</v>
+      </c>
+      <c r="S406" s="19">
+        <v>302.3</v>
+      </c>
+      <c r="T406" s="19">
+        <v>298.82</v>
+      </c>
+    </row>
+    <row r="407" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A407" s="27"/>
+      <c r="B407" s="27"/>
+      <c r="C407" s="24"/>
       <c r="D407" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E407" s="27" t="s">
+      <c r="E407" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F407" s="29">
+      <c r="F407" s="19">
         <v>270.91000000000003</v>
       </c>
-      <c r="G407" s="29">
+      <c r="G407" s="19">
         <v>275.51</v>
       </c>
-      <c r="H407" s="29">
+      <c r="H407" s="19">
         <v>281.22000000000003</v>
       </c>
-      <c r="I407" s="29">
+      <c r="I407" s="19">
         <v>264.04000000000002</v>
       </c>
-      <c r="J407" s="29">
+      <c r="J407" s="19">
         <v>277.48</v>
       </c>
-      <c r="K407" s="29">
+      <c r="K407" s="19">
         <v>275.2</v>
       </c>
-      <c r="L407" s="29">
+      <c r="L407" s="19">
         <v>262.92</v>
       </c>
-      <c r="M407" s="29">
-[...14 lines deleted...]
-      <c r="E408" s="27" t="s">
+      <c r="M407" s="19">
+        <v>3351.12</v>
+      </c>
+      <c r="N407" s="19">
+        <v>3367.83</v>
+      </c>
+      <c r="O407" s="19">
+        <v>3587.92</v>
+      </c>
+      <c r="P407" s="19">
+        <v>3608.93</v>
+      </c>
+      <c r="Q407" s="19">
+        <v>265.7</v>
+      </c>
+      <c r="R407" s="19">
+        <v>270.47000000000003</v>
+      </c>
+      <c r="S407" s="19">
+        <v>289.10000000000002</v>
+      </c>
+      <c r="T407" s="19">
+        <v>306.77999999999997</v>
+      </c>
+    </row>
+    <row r="408" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A408" s="27"/>
+      <c r="B408" s="27"/>
+      <c r="C408" s="24"/>
+      <c r="D408" s="28"/>
+      <c r="E408" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F408" s="29">
+      <c r="F408" s="19">
         <v>81.23</v>
       </c>
-      <c r="G408" s="29">
+      <c r="G408" s="19">
         <v>58.61</v>
       </c>
-      <c r="H408" s="29">
+      <c r="H408" s="19">
         <v>52.62</v>
       </c>
-      <c r="I408" s="29">
+      <c r="I408" s="19">
         <v>72.83</v>
       </c>
-      <c r="J408" s="29">
+      <c r="J408" s="19">
         <v>58.72</v>
       </c>
-      <c r="K408" s="29">
+      <c r="K408" s="19">
         <v>51.81</v>
       </c>
-      <c r="L408" s="29">
+      <c r="L408" s="19">
         <v>63.38</v>
       </c>
-      <c r="M408" s="29">
+      <c r="M408" s="19">
         <v>75.290000000000006</v>
       </c>
-      <c r="N408" s="29">
+      <c r="N408" s="19">
         <v>68.010000000000005</v>
       </c>
-      <c r="O408" s="29">
+      <c r="O408" s="19">
         <v>67.34</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C409" s="33"/>
+      <c r="P408" s="19">
+        <v>61.73</v>
+      </c>
+      <c r="Q408" s="19">
+        <v>63.97</v>
+      </c>
+      <c r="R408" s="19">
+        <v>58.52</v>
+      </c>
+      <c r="S408" s="19">
+        <v>57.5</v>
+      </c>
+      <c r="T408" s="19">
+        <v>39.1</v>
+      </c>
+    </row>
+    <row r="409" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A409" s="27"/>
+      <c r="B409" s="27"/>
+      <c r="C409" s="24"/>
       <c r="D409" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E409" s="27" t="s">
+      <c r="E409" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F409" s="29">
+      <c r="F409" s="19">
         <v>325.06</v>
       </c>
-      <c r="G409" s="29">
+      <c r="G409" s="19">
         <v>306.72000000000003</v>
       </c>
-      <c r="H409" s="29">
+      <c r="H409" s="19">
         <v>313.32</v>
       </c>
-      <c r="I409" s="29">
+      <c r="I409" s="19">
         <v>305.33</v>
       </c>
-      <c r="J409" s="29">
+      <c r="J409" s="19">
         <v>308.82</v>
       </c>
-      <c r="K409" s="29">
+      <c r="K409" s="19">
         <v>303.97000000000003</v>
       </c>
-      <c r="L409" s="29">
+      <c r="L409" s="19">
         <v>297.14</v>
       </c>
-      <c r="M409" s="29">
-[...14 lines deleted...]
-      <c r="E410" s="27" t="s">
+      <c r="M409" s="19">
+        <v>3728.37</v>
+      </c>
+      <c r="N409" s="19">
+        <v>3726.28</v>
+      </c>
+      <c r="O409" s="19">
+        <v>3909.21</v>
+      </c>
+      <c r="P409" s="19">
+        <v>3875.49</v>
+      </c>
+      <c r="Q409" s="19">
+        <v>299.04000000000002</v>
+      </c>
+      <c r="R409" s="19">
+        <v>302.22000000000003</v>
+      </c>
+      <c r="S409" s="19">
+        <v>314</v>
+      </c>
+      <c r="T409" s="19">
+        <v>326.45999999999998</v>
+      </c>
+    </row>
+    <row r="410" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A410" s="27"/>
+      <c r="B410" s="28"/>
+      <c r="C410" s="25"/>
+      <c r="D410" s="28"/>
+      <c r="E410" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F410" s="29">
+      <c r="F410" s="19">
         <v>27.08</v>
       </c>
-      <c r="G410" s="29">
+      <c r="G410" s="19">
         <v>27.4</v>
       </c>
-      <c r="H410" s="29">
+      <c r="H410" s="19">
         <v>20.51</v>
       </c>
-      <c r="I410" s="29">
+      <c r="I410" s="19">
         <v>31.55</v>
       </c>
-      <c r="J410" s="29">
+      <c r="J410" s="19">
         <v>27.38</v>
       </c>
-      <c r="K410" s="29">
+      <c r="K410" s="19">
         <v>23.05</v>
       </c>
-      <c r="L410" s="29">
+      <c r="L410" s="19">
         <v>29.16</v>
       </c>
-      <c r="M410" s="29">
+      <c r="M410" s="19">
         <v>29.38</v>
       </c>
-      <c r="N410" s="29">
+      <c r="N410" s="19">
         <v>28.94</v>
       </c>
-      <c r="O410" s="29">
+      <c r="O410" s="19">
         <v>29.88</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A411" s="30"/>
+      <c r="P410" s="19">
+        <v>33.96</v>
+      </c>
+      <c r="Q410" s="19">
+        <v>30.62</v>
+      </c>
+      <c r="R410" s="19">
+        <v>26.77</v>
+      </c>
+      <c r="S410" s="19">
+        <v>32.6</v>
+      </c>
+      <c r="T410" s="19">
+        <v>19.420000000000002</v>
+      </c>
+    </row>
+    <row r="411" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A411" s="27"/>
       <c r="B411" s="26" t="s">
         <v>67</v>
       </c>
-      <c r="C411" s="32"/>
-      <c r="D411" s="27" t="s">
+      <c r="C411" s="23"/>
+      <c r="D411" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E411" s="28"/>
-      <c r="F411" s="29">
+      <c r="E411" s="18"/>
+      <c r="F411" s="19">
         <v>311.86</v>
       </c>
-      <c r="G411" s="29">
+      <c r="G411" s="19">
         <v>302.51</v>
       </c>
-      <c r="H411" s="29">
+      <c r="H411" s="19">
         <v>302.18</v>
       </c>
-      <c r="I411" s="29">
+      <c r="I411" s="19">
         <v>309.75</v>
       </c>
-      <c r="J411" s="29">
+      <c r="J411" s="19">
         <v>308.83</v>
       </c>
-      <c r="K411" s="29">
+      <c r="K411" s="19">
         <v>279.69</v>
       </c>
-      <c r="L411" s="29">
+      <c r="L411" s="19">
         <v>278.82</v>
       </c>
-      <c r="M411" s="29">
+      <c r="M411" s="19">
         <v>277.99</v>
       </c>
-      <c r="N411" s="29">
+      <c r="N411" s="19">
         <v>277.18</v>
       </c>
-      <c r="O411" s="29">
+      <c r="O411" s="19">
         <v>287.68</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C412" s="33"/>
+      <c r="P411" s="19">
+        <v>286.81</v>
+      </c>
+      <c r="Q411" s="19">
+        <v>285.95999999999998</v>
+      </c>
+      <c r="R411" s="19">
+        <v>285.13</v>
+      </c>
+      <c r="S411" s="19">
+        <v>289.89999999999998</v>
+      </c>
+      <c r="T411" s="19">
+        <v>289.07</v>
+      </c>
+    </row>
+    <row r="412" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A412" s="27"/>
+      <c r="B412" s="27"/>
+      <c r="C412" s="24"/>
       <c r="D412" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E412" s="27" t="s">
+      <c r="E412" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F412" s="29">
+      <c r="F412" s="19">
         <v>45.53</v>
       </c>
-      <c r="G412" s="29">
+      <c r="G412" s="19">
         <v>44.44</v>
       </c>
-      <c r="H412" s="29">
+      <c r="H412" s="19">
         <v>35.53</v>
       </c>
-      <c r="I412" s="29">
+      <c r="I412" s="19">
         <v>31.67</v>
       </c>
-      <c r="J412" s="29">
+      <c r="J412" s="19">
         <v>35.700000000000003</v>
       </c>
-      <c r="K412" s="29">
+      <c r="K412" s="19">
         <v>24.24</v>
       </c>
-      <c r="L412" s="29">
+      <c r="L412" s="19">
         <v>24.53</v>
       </c>
-      <c r="M412" s="29">
-[...14 lines deleted...]
-      <c r="E413" s="27" t="s">
+      <c r="M412" s="19">
+        <v>147.5</v>
+      </c>
+      <c r="N412" s="19">
+        <v>130.66999999999999</v>
+      </c>
+      <c r="O412" s="19">
+        <v>160.56</v>
+      </c>
+      <c r="P412" s="19">
+        <v>164.27</v>
+      </c>
+      <c r="Q412" s="19">
+        <v>41.89</v>
+      </c>
+      <c r="R412" s="19">
+        <v>38.44</v>
+      </c>
+      <c r="S412" s="19">
+        <v>32.200000000000003</v>
+      </c>
+      <c r="T412" s="19">
+        <v>28.22</v>
+      </c>
+    </row>
+    <row r="413" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A413" s="27"/>
+      <c r="B413" s="27"/>
+      <c r="C413" s="24"/>
+      <c r="D413" s="28"/>
+      <c r="E413" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F413" s="29">
+      <c r="F413" s="19">
         <v>266.33</v>
       </c>
-      <c r="G413" s="29">
+      <c r="G413" s="19">
         <v>258.07</v>
       </c>
-      <c r="H413" s="29">
+      <c r="H413" s="19">
         <v>266.64999999999998</v>
       </c>
-      <c r="I413" s="29">
+      <c r="I413" s="19">
         <v>278.08</v>
       </c>
-      <c r="J413" s="29">
+      <c r="J413" s="19">
         <v>273.13</v>
       </c>
-      <c r="K413" s="29">
+      <c r="K413" s="19">
         <v>255.44</v>
       </c>
-      <c r="L413" s="29">
+      <c r="L413" s="19">
         <v>254.3</v>
       </c>
-      <c r="M413" s="29">
+      <c r="M413" s="19">
         <v>251.69</v>
       </c>
-      <c r="N413" s="29">
+      <c r="N413" s="19">
         <v>251.17</v>
       </c>
-      <c r="O413" s="29">
+      <c r="O413" s="19">
         <v>264.93</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C414" s="33"/>
+      <c r="P413" s="19">
+        <v>256.86</v>
+      </c>
+      <c r="Q413" s="19">
+        <v>244.07</v>
+      </c>
+      <c r="R413" s="19">
+        <v>246.69</v>
+      </c>
+      <c r="S413" s="19">
+        <v>257.7</v>
+      </c>
+      <c r="T413" s="19">
+        <v>260.85000000000002</v>
+      </c>
+    </row>
+    <row r="414" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A414" s="27"/>
+      <c r="B414" s="27"/>
+      <c r="C414" s="24"/>
       <c r="D414" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E414" s="27" t="s">
+      <c r="E414" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F414" s="29">
+      <c r="F414" s="19">
         <v>242.65</v>
       </c>
-      <c r="G414" s="29">
+      <c r="G414" s="19">
         <v>248.52</v>
       </c>
-      <c r="H414" s="29">
+      <c r="H414" s="19">
         <v>247.95</v>
       </c>
-      <c r="I414" s="29">
+      <c r="I414" s="19">
         <v>246.4</v>
       </c>
-      <c r="J414" s="29">
+      <c r="J414" s="19">
         <v>238.81</v>
       </c>
-      <c r="K414" s="29">
+      <c r="K414" s="19">
         <v>220.77</v>
       </c>
-      <c r="L414" s="29">
+      <c r="L414" s="19">
         <v>228.94</v>
       </c>
-      <c r="M414" s="29">
-[...14 lines deleted...]
-      <c r="E415" s="27" t="s">
+      <c r="M414" s="19">
+        <v>655.89</v>
+      </c>
+      <c r="N414" s="19">
+        <v>676.54</v>
+      </c>
+      <c r="O414" s="19">
+        <v>770.84</v>
+      </c>
+      <c r="P414" s="19">
+        <v>781.28</v>
+      </c>
+      <c r="Q414" s="19">
+        <v>246.84</v>
+      </c>
+      <c r="R414" s="19">
+        <v>232.56</v>
+      </c>
+      <c r="S414" s="19">
+        <v>240.7</v>
+      </c>
+      <c r="T414" s="19">
+        <v>255.1</v>
+      </c>
+    </row>
+    <row r="415" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A415" s="27"/>
+      <c r="B415" s="27"/>
+      <c r="C415" s="24"/>
+      <c r="D415" s="28"/>
+      <c r="E415" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F415" s="29">
+      <c r="F415" s="19">
         <v>69.209999999999994</v>
       </c>
-      <c r="G415" s="29">
+      <c r="G415" s="19">
         <v>53.98</v>
       </c>
-      <c r="H415" s="29">
+      <c r="H415" s="19">
         <v>54.23</v>
       </c>
-      <c r="I415" s="29">
+      <c r="I415" s="19">
         <v>63.35</v>
       </c>
-      <c r="J415" s="29">
+      <c r="J415" s="19">
         <v>70.03</v>
       </c>
-      <c r="K415" s="29">
+      <c r="K415" s="19">
         <v>58.92</v>
       </c>
-      <c r="L415" s="29">
+      <c r="L415" s="19">
         <v>49.88</v>
       </c>
-      <c r="M415" s="29">
+      <c r="M415" s="19">
         <v>49.77</v>
       </c>
-      <c r="N415" s="29">
+      <c r="N415" s="19">
         <v>47.47</v>
       </c>
-      <c r="O415" s="29">
+      <c r="O415" s="19">
         <v>42.45</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C416" s="33"/>
+      <c r="P415" s="19">
+        <v>40.08</v>
+      </c>
+      <c r="Q415" s="19">
+        <v>39.119999999999997</v>
+      </c>
+      <c r="R415" s="19">
+        <v>52.57</v>
+      </c>
+      <c r="S415" s="19">
+        <v>49.2</v>
+      </c>
+      <c r="T415" s="19">
+        <v>33.97</v>
+      </c>
+    </row>
+    <row r="416" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A416" s="27"/>
+      <c r="B416" s="27"/>
+      <c r="C416" s="24"/>
       <c r="D416" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E416" s="27" t="s">
+      <c r="E416" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F416" s="29">
+      <c r="F416" s="19">
         <v>296.04000000000002</v>
       </c>
-      <c r="G416" s="29">
+      <c r="G416" s="19">
         <v>288.52</v>
       </c>
-      <c r="H416" s="29">
+      <c r="H416" s="19">
         <v>291.39999999999998</v>
       </c>
-      <c r="I416" s="29">
+      <c r="I416" s="19">
         <v>290.24</v>
       </c>
-      <c r="J416" s="29">
+      <c r="J416" s="19">
         <v>290.60000000000002</v>
       </c>
-      <c r="K416" s="29">
+      <c r="K416" s="19">
         <v>261.98</v>
       </c>
-      <c r="L416" s="29">
+      <c r="L416" s="19">
         <v>258.13</v>
       </c>
-      <c r="M416" s="29">
-[...14 lines deleted...]
-      <c r="E417" s="27" t="s">
+      <c r="M416" s="19">
+        <v>736.36</v>
+      </c>
+      <c r="N416" s="19">
+        <v>735.45</v>
+      </c>
+      <c r="O416" s="19">
+        <v>822.06</v>
+      </c>
+      <c r="P416" s="19">
+        <v>814.43</v>
+      </c>
+      <c r="Q416" s="19">
+        <v>272.55</v>
+      </c>
+      <c r="R416" s="19">
+        <v>267.33999999999997</v>
+      </c>
+      <c r="S416" s="19">
+        <v>271.5</v>
+      </c>
+      <c r="T416" s="19">
+        <v>277.98</v>
+      </c>
+    </row>
+    <row r="417" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A417" s="27"/>
+      <c r="B417" s="28"/>
+      <c r="C417" s="25"/>
+      <c r="D417" s="28"/>
+      <c r="E417" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F417" s="29">
+      <c r="F417" s="19">
         <v>15.82</v>
       </c>
-      <c r="G417" s="29">
+      <c r="G417" s="19">
         <v>13.98</v>
       </c>
-      <c r="H417" s="29">
+      <c r="H417" s="19">
         <v>10.77</v>
       </c>
-      <c r="I417" s="29">
+      <c r="I417" s="19">
         <v>19.510000000000002</v>
       </c>
-      <c r="J417" s="29">
+      <c r="J417" s="19">
         <v>18.23</v>
       </c>
-      <c r="K417" s="29">
+      <c r="K417" s="19">
         <v>17.7</v>
       </c>
-      <c r="L417" s="29">
+      <c r="L417" s="19">
         <v>20.69</v>
       </c>
-      <c r="M417" s="29">
+      <c r="M417" s="19">
         <v>19.579999999999998</v>
       </c>
-      <c r="N417" s="29">
+      <c r="N417" s="19">
         <v>10.37</v>
       </c>
-      <c r="O417" s="29">
+      <c r="O417" s="19">
         <v>9.02</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A418" s="30"/>
+      <c r="P417" s="19">
+        <v>15.19</v>
+      </c>
+      <c r="Q417" s="19">
+        <v>13.41</v>
+      </c>
+      <c r="R417" s="19">
+        <v>17.8</v>
+      </c>
+      <c r="S417" s="19">
+        <v>18.5</v>
+      </c>
+      <c r="T417" s="19">
+        <v>11.09</v>
+      </c>
+    </row>
+    <row r="418" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A418" s="27"/>
       <c r="B418" s="26" t="s">
         <v>68</v>
       </c>
-      <c r="C418" s="32"/>
-      <c r="D418" s="27" t="s">
+      <c r="C418" s="23"/>
+      <c r="D418" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E418" s="28"/>
-      <c r="F418" s="29">
+      <c r="E418" s="18"/>
+      <c r="F418" s="19">
         <v>496.1</v>
       </c>
-      <c r="G418" s="29">
+      <c r="G418" s="19">
         <v>544.79999999999995</v>
       </c>
-      <c r="H418" s="29">
+      <c r="H418" s="19">
         <v>544.16</v>
       </c>
-      <c r="I418" s="29">
+      <c r="I418" s="19">
         <v>561.28</v>
       </c>
-      <c r="J418" s="29">
+      <c r="J418" s="19">
         <v>561.11</v>
       </c>
-      <c r="K418" s="29">
+      <c r="K418" s="19">
         <v>536.67999999999995</v>
       </c>
-      <c r="L418" s="29">
+      <c r="L418" s="19">
         <v>536.4</v>
       </c>
-      <c r="M418" s="29">
+      <c r="M418" s="19">
         <v>536.16</v>
       </c>
-      <c r="N418" s="29">
+      <c r="N418" s="19">
         <v>535.96</v>
       </c>
-      <c r="O418" s="29">
+      <c r="O418" s="19">
         <v>510.44</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C419" s="33"/>
+      <c r="P418" s="19">
+        <v>510.14</v>
+      </c>
+      <c r="Q418" s="19">
+        <v>509.88</v>
+      </c>
+      <c r="R418" s="19">
+        <v>509.66</v>
+      </c>
+      <c r="S418" s="19">
+        <v>534.70000000000005</v>
+      </c>
+      <c r="T418" s="19">
+        <v>534.36</v>
+      </c>
+    </row>
+    <row r="419" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A419" s="27"/>
+      <c r="B419" s="27"/>
+      <c r="C419" s="24"/>
       <c r="D419" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E419" s="27" t="s">
+      <c r="E419" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F419" s="29">
+      <c r="F419" s="19">
         <v>76.72</v>
       </c>
-      <c r="G419" s="29">
+      <c r="G419" s="19">
         <v>97.18</v>
       </c>
-      <c r="H419" s="29">
+      <c r="H419" s="19">
         <v>107.82</v>
       </c>
-      <c r="I419" s="29">
+      <c r="I419" s="19">
         <v>104.78</v>
       </c>
-      <c r="J419" s="29">
+      <c r="J419" s="19">
         <v>109.43</v>
       </c>
-      <c r="K419" s="29">
+      <c r="K419" s="19">
         <v>99.56</v>
       </c>
-      <c r="L419" s="29">
+      <c r="L419" s="19">
         <v>95.47</v>
       </c>
-      <c r="M419" s="29">
-[...14 lines deleted...]
-      <c r="E420" s="27" t="s">
+      <c r="M419" s="19">
+        <v>60.32</v>
+      </c>
+      <c r="N419" s="19">
+        <v>53.99</v>
+      </c>
+      <c r="O419" s="19">
+        <v>48.14</v>
+      </c>
+      <c r="P419" s="19">
+        <v>41.18</v>
+      </c>
+      <c r="Q419" s="19">
+        <v>82.13</v>
+      </c>
+      <c r="R419" s="19">
+        <v>80.14</v>
+      </c>
+      <c r="S419" s="19">
+        <v>80.5</v>
+      </c>
+      <c r="T419" s="19">
+        <v>71.459999999999994</v>
+      </c>
+    </row>
+    <row r="420" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A420" s="27"/>
+      <c r="B420" s="27"/>
+      <c r="C420" s="24"/>
+      <c r="D420" s="28"/>
+      <c r="E420" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F420" s="29">
+      <c r="F420" s="19">
         <v>419.38</v>
       </c>
-      <c r="G420" s="29">
+      <c r="G420" s="19">
         <v>447.63</v>
       </c>
-      <c r="H420" s="29">
+      <c r="H420" s="19">
         <v>436.34</v>
       </c>
-      <c r="I420" s="29">
+      <c r="I420" s="19">
         <v>456.5</v>
       </c>
-      <c r="J420" s="29">
+      <c r="J420" s="19">
         <v>451.68</v>
       </c>
-      <c r="K420" s="29">
+      <c r="K420" s="19">
         <v>437.12</v>
       </c>
-      <c r="L420" s="29">
+      <c r="L420" s="19">
         <v>440.92</v>
       </c>
-      <c r="M420" s="29">
+      <c r="M420" s="19">
         <v>440.81</v>
       </c>
-      <c r="N420" s="29">
+      <c r="N420" s="19">
         <v>445.65</v>
       </c>
-      <c r="O420" s="29">
+      <c r="O420" s="19">
         <v>425.89</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C421" s="33"/>
+      <c r="P420" s="19">
+        <v>427.67</v>
+      </c>
+      <c r="Q420" s="19">
+        <v>427.75</v>
+      </c>
+      <c r="R420" s="19">
+        <v>429.52</v>
+      </c>
+      <c r="S420" s="19">
+        <v>454.2</v>
+      </c>
+      <c r="T420" s="19">
+        <v>462.9</v>
+      </c>
+    </row>
+    <row r="421" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A421" s="27"/>
+      <c r="B421" s="27"/>
+      <c r="C421" s="24"/>
       <c r="D421" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E421" s="27" t="s">
+      <c r="E421" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F421" s="29">
+      <c r="F421" s="19">
         <v>399.25</v>
       </c>
-      <c r="G421" s="29">
+      <c r="G421" s="19">
         <v>469.69</v>
       </c>
-      <c r="H421" s="29">
+      <c r="H421" s="19">
         <v>467.31</v>
       </c>
-      <c r="I421" s="29">
+      <c r="I421" s="19">
         <v>470.93</v>
       </c>
-      <c r="J421" s="29">
+      <c r="J421" s="19">
         <v>466.83</v>
       </c>
-      <c r="K421" s="29">
+      <c r="K421" s="19">
         <v>464.63</v>
       </c>
-      <c r="L421" s="29">
+      <c r="L421" s="19">
         <v>471.23</v>
       </c>
-      <c r="M421" s="29">
-[...14 lines deleted...]
-      <c r="E422" s="27" t="s">
+      <c r="M421" s="19">
+        <v>344.28</v>
+      </c>
+      <c r="N421" s="19">
+        <v>336.53</v>
+      </c>
+      <c r="O421" s="19">
+        <v>351.22</v>
+      </c>
+      <c r="P421" s="19">
+        <v>350.25</v>
+      </c>
+      <c r="Q421" s="19">
+        <v>460.72</v>
+      </c>
+      <c r="R421" s="19">
+        <v>432.2</v>
+      </c>
+      <c r="S421" s="19">
+        <v>474.8</v>
+      </c>
+      <c r="T421" s="19">
+        <v>494.16</v>
+      </c>
+    </row>
+    <row r="422" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A422" s="27"/>
+      <c r="B422" s="27"/>
+      <c r="C422" s="24"/>
+      <c r="D422" s="28"/>
+      <c r="E422" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F422" s="29">
+      <c r="F422" s="19">
         <v>96.85</v>
       </c>
-      <c r="G422" s="29">
+      <c r="G422" s="19">
         <v>75.11</v>
       </c>
-      <c r="H422" s="29">
+      <c r="H422" s="19">
         <v>76.849999999999994</v>
       </c>
-      <c r="I422" s="29">
+      <c r="I422" s="19">
         <v>90.35</v>
       </c>
-      <c r="J422" s="29">
+      <c r="J422" s="19">
         <v>94.28</v>
       </c>
-      <c r="K422" s="29">
+      <c r="K422" s="19">
         <v>72.05</v>
       </c>
-      <c r="L422" s="29">
+      <c r="L422" s="19">
         <v>65.17</v>
       </c>
-      <c r="M422" s="29">
+      <c r="M422" s="19">
         <v>61.44</v>
       </c>
-      <c r="N422" s="29">
+      <c r="N422" s="19">
         <v>66.73</v>
       </c>
-      <c r="O422" s="29">
+      <c r="O422" s="19">
         <v>61.92</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C423" s="33"/>
+      <c r="P422" s="19">
+        <v>55.61</v>
+      </c>
+      <c r="Q422" s="19">
+        <v>49.16</v>
+      </c>
+      <c r="R422" s="19">
+        <v>77.459999999999994</v>
+      </c>
+      <c r="S422" s="19">
+        <v>59.9</v>
+      </c>
+      <c r="T422" s="19">
+        <v>40.200000000000003</v>
+      </c>
+    </row>
+    <row r="423" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A423" s="27"/>
+      <c r="B423" s="27"/>
+      <c r="C423" s="24"/>
       <c r="D423" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E423" s="27" t="s">
+      <c r="E423" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F423" s="29">
+      <c r="F423" s="19">
         <v>483.1</v>
       </c>
-      <c r="G423" s="29">
+      <c r="G423" s="19">
         <v>538.96</v>
       </c>
-      <c r="H423" s="29">
+      <c r="H423" s="19">
         <v>530.58000000000004</v>
       </c>
-      <c r="I423" s="29">
+      <c r="I423" s="19">
         <v>550</v>
       </c>
-      <c r="J423" s="29">
+      <c r="J423" s="19">
         <v>551.09</v>
       </c>
-      <c r="K423" s="29">
+      <c r="K423" s="19">
         <v>521.80999999999995</v>
       </c>
-      <c r="L423" s="29">
+      <c r="L423" s="19">
         <v>525.41</v>
       </c>
-      <c r="M423" s="29">
-[...14 lines deleted...]
-      <c r="E424" s="27" t="s">
+      <c r="M423" s="19">
+        <v>361.88</v>
+      </c>
+      <c r="N423" s="19">
+        <v>358.07</v>
+      </c>
+      <c r="O423" s="19">
+        <v>363.13</v>
+      </c>
+      <c r="P423" s="19">
+        <v>365.53</v>
+      </c>
+      <c r="Q423" s="19">
+        <v>500.5</v>
+      </c>
+      <c r="R423" s="19">
+        <v>491.57</v>
+      </c>
+      <c r="S423" s="19">
+        <v>521.6</v>
+      </c>
+      <c r="T423" s="19">
+        <v>523.86</v>
+      </c>
+    </row>
+    <row r="424" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A424" s="27"/>
+      <c r="B424" s="28"/>
+      <c r="C424" s="25"/>
+      <c r="D424" s="28"/>
+      <c r="E424" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F424" s="29">
+      <c r="F424" s="19">
         <v>13</v>
       </c>
-      <c r="G424" s="29">
+      <c r="G424" s="19">
         <v>5.84</v>
       </c>
-      <c r="H424" s="29">
+      <c r="H424" s="19">
         <v>13.58</v>
       </c>
-      <c r="I424" s="29">
+      <c r="I424" s="19">
         <v>11.29</v>
       </c>
-      <c r="J424" s="29">
+      <c r="J424" s="19">
         <v>10.029999999999999</v>
       </c>
-      <c r="K424" s="29">
+      <c r="K424" s="19">
         <v>14.87</v>
       </c>
-      <c r="L424" s="29">
+      <c r="L424" s="19">
         <v>10.99</v>
       </c>
-      <c r="M424" s="29">
+      <c r="M424" s="19">
         <v>11.66</v>
       </c>
-      <c r="N424" s="29">
+      <c r="N424" s="19">
         <v>12.99</v>
       </c>
-      <c r="O424" s="29">
+      <c r="O424" s="19">
         <v>8.91</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A425" s="30"/>
+      <c r="P424" s="19">
+        <v>10.34</v>
+      </c>
+      <c r="Q424" s="19">
+        <v>9.3800000000000008</v>
+      </c>
+      <c r="R424" s="19">
+        <v>18.09</v>
+      </c>
+      <c r="S424" s="19">
+        <v>13.1</v>
+      </c>
+      <c r="T424" s="19">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="425" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A425" s="27"/>
       <c r="B425" s="26" t="s">
         <v>69</v>
       </c>
-      <c r="C425" s="32"/>
-      <c r="D425" s="27" t="s">
+      <c r="C425" s="23"/>
+      <c r="D425" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E425" s="28"/>
-      <c r="F425" s="29">
+      <c r="E425" s="18"/>
+      <c r="F425" s="19">
         <v>158.93</v>
       </c>
-      <c r="G425" s="29">
+      <c r="G425" s="19">
         <v>160.68</v>
       </c>
-      <c r="H425" s="29">
+      <c r="H425" s="19">
         <v>160.52000000000001</v>
       </c>
-      <c r="I425" s="29">
+      <c r="I425" s="19">
         <v>166.65</v>
       </c>
-      <c r="J425" s="29">
+      <c r="J425" s="19">
         <v>166.31</v>
       </c>
-      <c r="K425" s="29">
+      <c r="K425" s="19">
         <v>135.59</v>
       </c>
-      <c r="L425" s="29">
+      <c r="L425" s="19">
         <v>135.28</v>
       </c>
-      <c r="M425" s="29">
+      <c r="M425" s="19">
         <v>134.99</v>
       </c>
-      <c r="N425" s="29">
+      <c r="N425" s="19">
         <v>134.71</v>
       </c>
-      <c r="O425" s="29">
+      <c r="O425" s="19">
         <v>145.66</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C426" s="33"/>
+      <c r="P425" s="19">
+        <v>145.33000000000001</v>
+      </c>
+      <c r="Q425" s="19">
+        <v>145.01</v>
+      </c>
+      <c r="R425" s="19">
+        <v>144.69999999999999</v>
+      </c>
+      <c r="S425" s="19">
+        <v>145.9</v>
+      </c>
+      <c r="T425" s="19">
+        <v>145.52000000000001</v>
+      </c>
+    </row>
+    <row r="426" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A426" s="27"/>
+      <c r="B426" s="27"/>
+      <c r="C426" s="24"/>
       <c r="D426" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E426" s="27" t="s">
+      <c r="E426" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F426" s="29">
+      <c r="F426" s="19">
         <v>14.05</v>
       </c>
-      <c r="G426" s="29">
+      <c r="G426" s="19">
         <v>16.399999999999999</v>
       </c>
-      <c r="H426" s="29">
+      <c r="H426" s="19">
         <v>15.7</v>
       </c>
-      <c r="I426" s="29">
+      <c r="I426" s="19">
         <v>21.46</v>
       </c>
-      <c r="J426" s="29">
+      <c r="J426" s="19">
         <v>13.04</v>
       </c>
-      <c r="K426" s="29">
+      <c r="K426" s="19">
         <v>12.65</v>
       </c>
-      <c r="L426" s="29">
+      <c r="L426" s="19">
         <v>12.65</v>
       </c>
-      <c r="M426" s="29">
-[...14 lines deleted...]
-      <c r="E427" s="27" t="s">
+      <c r="M426" s="19">
+        <v>37.31</v>
+      </c>
+      <c r="N426" s="19">
+        <v>37.01</v>
+      </c>
+      <c r="O426" s="19">
+        <v>31.78</v>
+      </c>
+      <c r="P426" s="19">
+        <v>33.9</v>
+      </c>
+      <c r="Q426" s="19">
+        <v>7.42</v>
+      </c>
+      <c r="R426" s="19">
+        <v>7.46</v>
+      </c>
+      <c r="S426" s="19">
+        <v>8</v>
+      </c>
+      <c r="T426" s="19">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="427" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A427" s="27"/>
+      <c r="B427" s="27"/>
+      <c r="C427" s="24"/>
+      <c r="D427" s="28"/>
+      <c r="E427" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F427" s="29">
+      <c r="F427" s="19">
         <v>144.88</v>
       </c>
-      <c r="G427" s="29">
+      <c r="G427" s="19">
         <v>144.28</v>
       </c>
-      <c r="H427" s="29">
+      <c r="H427" s="19">
         <v>144.81</v>
       </c>
-      <c r="I427" s="29">
+      <c r="I427" s="19">
         <v>145.19</v>
       </c>
-      <c r="J427" s="29">
+      <c r="J427" s="19">
         <v>153.26</v>
       </c>
-      <c r="K427" s="29">
+      <c r="K427" s="19">
         <v>122.94</v>
       </c>
-      <c r="L427" s="29">
+      <c r="L427" s="19">
         <v>122.64</v>
       </c>
-      <c r="M427" s="29">
+      <c r="M427" s="19">
         <v>121.37</v>
       </c>
-      <c r="N427" s="29">
+      <c r="N427" s="19">
         <v>124.17</v>
       </c>
-      <c r="O427" s="29">
+      <c r="O427" s="19">
         <v>133.6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C428" s="33"/>
+      <c r="P427" s="19">
+        <v>132.54</v>
+      </c>
+      <c r="Q427" s="19">
+        <v>137.59</v>
+      </c>
+      <c r="R427" s="19">
+        <v>137.24</v>
+      </c>
+      <c r="S427" s="19">
+        <v>137.80000000000001</v>
+      </c>
+      <c r="T427" s="19">
+        <v>135.03</v>
+      </c>
+    </row>
+    <row r="428" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A428" s="27"/>
+      <c r="B428" s="27"/>
+      <c r="C428" s="24"/>
       <c r="D428" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E428" s="27" t="s">
+      <c r="E428" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F428" s="29">
+      <c r="F428" s="19">
         <v>118.03</v>
       </c>
-      <c r="G428" s="29">
+      <c r="G428" s="19">
         <v>122.46</v>
       </c>
-      <c r="H428" s="29">
+      <c r="H428" s="19">
         <v>131.02000000000001</v>
       </c>
-      <c r="I428" s="29">
+      <c r="I428" s="19">
         <v>142.66</v>
       </c>
-      <c r="J428" s="29">
+      <c r="J428" s="19">
         <v>134.29</v>
       </c>
-      <c r="K428" s="29">
+      <c r="K428" s="19">
         <v>115.03</v>
       </c>
-      <c r="L428" s="29">
+      <c r="L428" s="19">
         <v>119.95</v>
       </c>
-      <c r="M428" s="29">
-[...14 lines deleted...]
-      <c r="E429" s="27" t="s">
+      <c r="M428" s="19">
+        <v>250.33</v>
+      </c>
+      <c r="N428" s="19">
+        <v>256.95</v>
+      </c>
+      <c r="O428" s="19">
+        <v>263.76</v>
+      </c>
+      <c r="P428" s="19">
+        <v>268.64</v>
+      </c>
+      <c r="Q428" s="19">
+        <v>126.8</v>
+      </c>
+      <c r="R428" s="19">
+        <v>127.95</v>
+      </c>
+      <c r="S428" s="19">
+        <v>132.1</v>
+      </c>
+      <c r="T428" s="19">
+        <v>133.41</v>
+      </c>
+    </row>
+    <row r="429" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A429" s="27"/>
+      <c r="B429" s="27"/>
+      <c r="C429" s="24"/>
+      <c r="D429" s="28"/>
+      <c r="E429" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F429" s="29">
+      <c r="F429" s="19">
         <v>40.9</v>
       </c>
-      <c r="G429" s="29">
+      <c r="G429" s="19">
         <v>38.22</v>
       </c>
-      <c r="H429" s="29">
+      <c r="H429" s="19">
         <v>29.49</v>
       </c>
-      <c r="I429" s="29">
+      <c r="I429" s="19">
         <v>23.99</v>
       </c>
-      <c r="J429" s="29">
+      <c r="J429" s="19">
         <v>32.020000000000003</v>
       </c>
-      <c r="K429" s="29">
+      <c r="K429" s="19">
         <v>20.56</v>
       </c>
-      <c r="L429" s="29">
+      <c r="L429" s="19">
         <v>15.33</v>
       </c>
-      <c r="M429" s="29">
+      <c r="M429" s="19">
         <v>20.38</v>
       </c>
-      <c r="N429" s="29">
+      <c r="N429" s="19">
         <v>16.09</v>
       </c>
-      <c r="O429" s="29">
+      <c r="O429" s="19">
         <v>15.97</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C430" s="33"/>
+      <c r="P429" s="19">
+        <v>17.5</v>
+      </c>
+      <c r="Q429" s="19">
+        <v>18.21</v>
+      </c>
+      <c r="R429" s="19">
+        <v>16.75</v>
+      </c>
+      <c r="S429" s="19">
+        <v>13.8</v>
+      </c>
+      <c r="T429" s="19">
+        <v>12.12</v>
+      </c>
+    </row>
+    <row r="430" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A430" s="27"/>
+      <c r="B430" s="27"/>
+      <c r="C430" s="24"/>
       <c r="D430" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E430" s="27" t="s">
+      <c r="E430" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F430" s="29">
+      <c r="F430" s="19">
         <v>151.31</v>
       </c>
-      <c r="G430" s="29">
+      <c r="G430" s="19">
         <v>154.83000000000001</v>
       </c>
-      <c r="H430" s="29">
+      <c r="H430" s="19">
         <v>155.56</v>
       </c>
-      <c r="I430" s="29">
+      <c r="I430" s="19">
         <v>157.54</v>
       </c>
-      <c r="J430" s="29">
+      <c r="J430" s="19">
         <v>155.72</v>
       </c>
-      <c r="K430" s="29">
+      <c r="K430" s="19">
         <v>132.57</v>
       </c>
-      <c r="L430" s="29">
+      <c r="L430" s="19">
         <v>132.19</v>
       </c>
-      <c r="M430" s="29">
-[...14 lines deleted...]
-      <c r="E431" s="27" t="s">
+      <c r="M430" s="19">
+        <v>296.24</v>
+      </c>
+      <c r="N430" s="19">
+        <v>296.02</v>
+      </c>
+      <c r="O430" s="19">
+        <v>301.22000000000003</v>
+      </c>
+      <c r="P430" s="19">
+        <v>296.41000000000003</v>
+      </c>
+      <c r="Q430" s="19">
+        <v>137.33000000000001</v>
+      </c>
+      <c r="R430" s="19">
+        <v>138.15</v>
+      </c>
+      <c r="S430" s="19">
+        <v>139.80000000000001</v>
+      </c>
+      <c r="T430" s="19">
+        <v>138.24</v>
+      </c>
+    </row>
+    <row r="431" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A431" s="27"/>
+      <c r="B431" s="28"/>
+      <c r="C431" s="25"/>
+      <c r="D431" s="28"/>
+      <c r="E431" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F431" s="29">
+      <c r="F431" s="19">
         <v>7.62</v>
       </c>
-      <c r="G431" s="29">
+      <c r="G431" s="19">
         <v>5.85</v>
       </c>
-      <c r="H431" s="29">
+      <c r="H431" s="19">
         <v>4.95</v>
       </c>
-      <c r="I431" s="29">
+      <c r="I431" s="19">
         <v>9.1</v>
       </c>
-      <c r="J431" s="29">
+      <c r="J431" s="19">
         <v>10.59</v>
       </c>
-      <c r="K431" s="29">
+      <c r="K431" s="19">
         <v>3.02</v>
       </c>
-      <c r="L431" s="29">
+      <c r="L431" s="19">
         <v>3.09</v>
       </c>
-      <c r="M431" s="29">
+      <c r="M431" s="19">
         <v>6.06</v>
       </c>
-      <c r="N431" s="29">
+      <c r="N431" s="19">
         <v>4.6500000000000004</v>
       </c>
-      <c r="O431" s="29">
+      <c r="O431" s="19">
         <v>4.3899999999999997</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A432" s="30"/>
+      <c r="P431" s="19">
+        <v>5.74</v>
+      </c>
+      <c r="Q431" s="19">
+        <v>7.68</v>
+      </c>
+      <c r="R431" s="19">
+        <v>6.56</v>
+      </c>
+      <c r="S431" s="19">
+        <v>6.1</v>
+      </c>
+      <c r="T431" s="19">
+        <v>7.29</v>
+      </c>
+    </row>
+    <row r="432" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A432" s="27"/>
       <c r="B432" s="26" t="s">
         <v>70</v>
       </c>
-      <c r="C432" s="32"/>
-      <c r="D432" s="27" t="s">
+      <c r="C432" s="23"/>
+      <c r="D432" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E432" s="28"/>
-      <c r="F432" s="29">
+      <c r="E432" s="18"/>
+      <c r="F432" s="19">
         <v>309.57</v>
       </c>
-      <c r="G432" s="29">
+      <c r="G432" s="19">
         <v>311.56</v>
       </c>
-      <c r="H432" s="29">
+      <c r="H432" s="19">
         <v>311.3</v>
       </c>
-      <c r="I432" s="29">
+      <c r="I432" s="19">
         <v>326.75</v>
       </c>
-      <c r="J432" s="29">
+      <c r="J432" s="19">
         <v>326.3</v>
       </c>
-      <c r="K432" s="29">
+      <c r="K432" s="19">
         <v>298.83999999999997</v>
       </c>
-      <c r="L432" s="29">
+      <c r="L432" s="19">
         <v>298.37</v>
       </c>
-      <c r="M432" s="29">
+      <c r="M432" s="19">
         <v>297.92</v>
       </c>
-      <c r="N432" s="29">
+      <c r="N432" s="19">
         <v>297.5</v>
       </c>
-      <c r="O432" s="29">
+      <c r="O432" s="19">
         <v>313.07</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C433" s="33"/>
+      <c r="P432" s="19">
+        <v>312.57</v>
+      </c>
+      <c r="Q432" s="19">
+        <v>312.08999999999997</v>
+      </c>
+      <c r="R432" s="19">
+        <v>311.64</v>
+      </c>
+      <c r="S432" s="19">
+        <v>322</v>
+      </c>
+      <c r="T432" s="19">
+        <v>321.49</v>
+      </c>
+    </row>
+    <row r="433" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A433" s="27"/>
+      <c r="B433" s="27"/>
+      <c r="C433" s="24"/>
       <c r="D433" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E433" s="27" t="s">
+      <c r="E433" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F433" s="29">
+      <c r="F433" s="19">
         <v>41.06</v>
       </c>
-      <c r="G433" s="29">
+      <c r="G433" s="19">
         <v>47.71</v>
       </c>
-      <c r="H433" s="29">
+      <c r="H433" s="19">
         <v>57.7</v>
       </c>
-      <c r="I433" s="29">
+      <c r="I433" s="19">
         <v>33.130000000000003</v>
       </c>
-      <c r="J433" s="29">
+      <c r="J433" s="19">
         <v>33.619999999999997</v>
       </c>
-      <c r="K433" s="29">
+      <c r="K433" s="19">
         <v>31.94</v>
       </c>
-      <c r="L433" s="29">
+      <c r="L433" s="19">
         <v>31.89</v>
       </c>
-      <c r="M433" s="29">
-[...14 lines deleted...]
-      <c r="E434" s="27" t="s">
+      <c r="M433" s="19">
+        <v>26.3</v>
+      </c>
+      <c r="N433" s="19">
+        <v>26</v>
+      </c>
+      <c r="O433" s="19">
+        <v>22.75</v>
+      </c>
+      <c r="P433" s="19">
+        <v>29.95</v>
+      </c>
+      <c r="Q433" s="19">
+        <v>53.3</v>
+      </c>
+      <c r="R433" s="19">
+        <v>51.98</v>
+      </c>
+      <c r="S433" s="19">
+        <v>54.2</v>
+      </c>
+      <c r="T433" s="19">
+        <v>48.79</v>
+      </c>
+    </row>
+    <row r="434" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A434" s="27"/>
+      <c r="B434" s="27"/>
+      <c r="C434" s="24"/>
+      <c r="D434" s="28"/>
+      <c r="E434" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F434" s="29">
+      <c r="F434" s="19">
         <v>268.51</v>
       </c>
-      <c r="G434" s="29">
+      <c r="G434" s="19">
         <v>263.83999999999997</v>
       </c>
-      <c r="H434" s="29">
+      <c r="H434" s="19">
         <v>253.6</v>
       </c>
-      <c r="I434" s="29">
+      <c r="I434" s="19">
         <v>293.62</v>
       </c>
-      <c r="J434" s="29">
+      <c r="J434" s="19">
         <v>292.68</v>
       </c>
-      <c r="K434" s="29">
+      <c r="K434" s="19">
         <v>266.89</v>
       </c>
-      <c r="L434" s="29">
+      <c r="L434" s="19">
         <v>266.48</v>
       </c>
-      <c r="M434" s="29">
+      <c r="M434" s="19">
         <v>257.70999999999998</v>
       </c>
-      <c r="N434" s="29">
+      <c r="N434" s="19">
         <v>258.20999999999998</v>
       </c>
-      <c r="O434" s="29">
+      <c r="O434" s="19">
         <v>257.81</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C435" s="33"/>
+      <c r="P434" s="19">
+        <v>268.76</v>
+      </c>
+      <c r="Q434" s="19">
+        <v>258.79000000000002</v>
+      </c>
+      <c r="R434" s="19">
+        <v>259.66000000000003</v>
+      </c>
+      <c r="S434" s="19">
+        <v>267.89999999999998</v>
+      </c>
+      <c r="T434" s="19">
+        <v>272.70999999999998</v>
+      </c>
+    </row>
+    <row r="435" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A435" s="27"/>
+      <c r="B435" s="27"/>
+      <c r="C435" s="24"/>
       <c r="D435" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E435" s="27" t="s">
+      <c r="E435" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F435" s="29">
+      <c r="F435" s="19">
         <v>228.98</v>
       </c>
-      <c r="G435" s="29">
+      <c r="G435" s="19">
         <v>247.62</v>
       </c>
-      <c r="H435" s="29">
+      <c r="H435" s="19">
         <v>245.74</v>
       </c>
-      <c r="I435" s="29">
+      <c r="I435" s="19">
         <v>255.63</v>
       </c>
-      <c r="J435" s="29">
+      <c r="J435" s="19">
         <v>248.25</v>
       </c>
-      <c r="K435" s="29">
+      <c r="K435" s="19">
         <v>235.91</v>
       </c>
-      <c r="L435" s="29">
+      <c r="L435" s="19">
         <v>239.11</v>
       </c>
-      <c r="M435" s="29">
-[...14 lines deleted...]
-      <c r="E436" s="27" t="s">
+      <c r="M435" s="19">
+        <v>228.22</v>
+      </c>
+      <c r="N435" s="19">
+        <v>229.71</v>
+      </c>
+      <c r="O435" s="19">
+        <v>245.23</v>
+      </c>
+      <c r="P435" s="19">
+        <v>246.73</v>
+      </c>
+      <c r="Q435" s="19">
+        <v>267.08999999999997</v>
+      </c>
+      <c r="R435" s="19">
+        <v>266.97000000000003</v>
+      </c>
+      <c r="S435" s="19">
+        <v>276.8</v>
+      </c>
+      <c r="T435" s="19">
+        <v>280.92</v>
+      </c>
+    </row>
+    <row r="436" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A436" s="27"/>
+      <c r="B436" s="27"/>
+      <c r="C436" s="24"/>
+      <c r="D436" s="28"/>
+      <c r="E436" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F436" s="29">
+      <c r="F436" s="19">
         <v>80.59</v>
       </c>
-      <c r="G436" s="29">
+      <c r="G436" s="19">
         <v>63.94</v>
       </c>
-      <c r="H436" s="29">
+      <c r="H436" s="19">
         <v>65.56</v>
       </c>
-      <c r="I436" s="29">
+      <c r="I436" s="19">
         <v>71.12</v>
       </c>
-      <c r="J436" s="29">
+      <c r="J436" s="19">
         <v>78.05</v>
       </c>
-      <c r="K436" s="29">
+      <c r="K436" s="19">
         <v>62.93</v>
       </c>
-      <c r="L436" s="29">
+      <c r="L436" s="19">
         <v>59.26</v>
       </c>
-      <c r="M436" s="29">
+      <c r="M436" s="19">
         <v>56.39</v>
       </c>
-      <c r="N436" s="29">
+      <c r="N436" s="19">
         <v>55.99</v>
       </c>
-      <c r="O436" s="29">
+      <c r="O436" s="19">
         <v>40.619999999999997</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C437" s="33"/>
+      <c r="P436" s="19">
+        <v>37.17</v>
+      </c>
+      <c r="Q436" s="19">
+        <v>44.99</v>
+      </c>
+      <c r="R436" s="19">
+        <v>44.67</v>
+      </c>
+      <c r="S436" s="19">
+        <v>45.3</v>
+      </c>
+      <c r="T436" s="19">
+        <v>40.57</v>
+      </c>
+    </row>
+    <row r="437" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A437" s="27"/>
+      <c r="B437" s="27"/>
+      <c r="C437" s="24"/>
       <c r="D437" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E437" s="27" t="s">
+      <c r="E437" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F437" s="29">
+      <c r="F437" s="19">
         <v>285.85000000000002</v>
       </c>
-      <c r="G437" s="29">
+      <c r="G437" s="19">
         <v>293.32</v>
       </c>
-      <c r="H437" s="29">
+      <c r="H437" s="19">
         <v>284.06</v>
       </c>
-      <c r="I437" s="29">
+      <c r="I437" s="19">
         <v>301.8</v>
       </c>
-      <c r="J437" s="29">
+      <c r="J437" s="19">
         <v>311.54000000000002</v>
       </c>
-      <c r="K437" s="29">
+      <c r="K437" s="19">
         <v>285.86</v>
       </c>
-      <c r="L437" s="29">
+      <c r="L437" s="19">
         <v>286.27</v>
       </c>
-      <c r="M437" s="29">
-[...14 lines deleted...]
-      <c r="E438" s="27" t="s">
+      <c r="M437" s="19">
+        <v>258.39999999999998</v>
+      </c>
+      <c r="N437" s="19">
+        <v>266.81</v>
+      </c>
+      <c r="O437" s="19">
+        <v>278.66000000000003</v>
+      </c>
+      <c r="P437" s="19">
+        <v>271.62</v>
+      </c>
+      <c r="Q437" s="19">
+        <v>298.45999999999998</v>
+      </c>
+      <c r="R437" s="19">
+        <v>296.73</v>
+      </c>
+      <c r="S437" s="19">
+        <v>307.3</v>
+      </c>
+      <c r="T437" s="19">
+        <v>304.11</v>
+      </c>
+    </row>
+    <row r="438" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A438" s="27"/>
+      <c r="B438" s="28"/>
+      <c r="C438" s="25"/>
+      <c r="D438" s="28"/>
+      <c r="E438" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F438" s="29">
+      <c r="F438" s="19">
         <v>23.73</v>
       </c>
-      <c r="G438" s="29">
+      <c r="G438" s="19">
         <v>18.239999999999998</v>
       </c>
-      <c r="H438" s="29">
+      <c r="H438" s="19">
         <v>27.24</v>
       </c>
-      <c r="I438" s="29">
+      <c r="I438" s="19">
         <v>24.96</v>
       </c>
-      <c r="J438" s="29">
+      <c r="J438" s="19">
         <v>14.76</v>
       </c>
-      <c r="K438" s="29">
+      <c r="K438" s="19">
         <v>12.98</v>
       </c>
-      <c r="L438" s="29">
+      <c r="L438" s="19">
         <v>12.1</v>
       </c>
-      <c r="M438" s="29">
+      <c r="M438" s="19">
         <v>14.3</v>
       </c>
-      <c r="N438" s="29">
+      <c r="N438" s="19">
         <v>16.920000000000002</v>
       </c>
-      <c r="O438" s="29">
+      <c r="O438" s="19">
         <v>14.14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A439" s="30"/>
+      <c r="P438" s="19">
+        <v>14.59</v>
+      </c>
+      <c r="Q438" s="19">
+        <v>13.62</v>
+      </c>
+      <c r="R438" s="19">
+        <v>14.9</v>
+      </c>
+      <c r="S438" s="19">
+        <v>14.7</v>
+      </c>
+      <c r="T438" s="19">
+        <v>17.39</v>
+      </c>
+    </row>
+    <row r="439" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A439" s="27"/>
       <c r="B439" s="26" t="s">
         <v>71</v>
       </c>
-      <c r="C439" s="32"/>
-      <c r="D439" s="27" t="s">
+      <c r="C439" s="23"/>
+      <c r="D439" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E439" s="28"/>
-      <c r="F439" s="29">
+      <c r="E439" s="18"/>
+      <c r="F439" s="19">
         <v>85.5</v>
       </c>
-      <c r="G439" s="29">
+      <c r="G439" s="19">
         <v>82</v>
       </c>
-      <c r="H439" s="29">
+      <c r="H439" s="19">
         <v>81.89</v>
       </c>
-      <c r="I439" s="29">
+      <c r="I439" s="19">
         <v>92.76</v>
       </c>
-      <c r="J439" s="29">
+      <c r="J439" s="19">
         <v>92.73</v>
       </c>
-      <c r="K439" s="29">
+      <c r="K439" s="19">
         <v>88.32</v>
       </c>
-      <c r="L439" s="29">
+      <c r="L439" s="19">
         <v>88.28</v>
       </c>
-      <c r="M439" s="29">
+      <c r="M439" s="19">
         <v>88.24</v>
       </c>
-      <c r="N439" s="29">
+      <c r="N439" s="19">
         <v>88.21</v>
       </c>
-      <c r="O439" s="29">
+      <c r="O439" s="19">
         <v>88.81</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C440" s="33"/>
+      <c r="P439" s="19">
+        <v>88.76</v>
+      </c>
+      <c r="Q439" s="19">
+        <v>88.71</v>
+      </c>
+      <c r="R439" s="19">
+        <v>88.67</v>
+      </c>
+      <c r="S439" s="19">
+        <v>91.7</v>
+      </c>
+      <c r="T439" s="19">
+        <v>91.62</v>
+      </c>
+    </row>
+    <row r="440" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A440" s="27"/>
+      <c r="B440" s="27"/>
+      <c r="C440" s="24"/>
       <c r="D440" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E440" s="27" t="s">
+      <c r="E440" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F440" s="29">
+      <c r="F440" s="19">
         <v>9.34</v>
       </c>
-      <c r="G440" s="29">
+      <c r="G440" s="19">
         <v>9.0500000000000007</v>
       </c>
-      <c r="H440" s="29">
+      <c r="H440" s="19">
         <v>10.69</v>
       </c>
-      <c r="I440" s="29">
+      <c r="I440" s="19">
         <v>11.48</v>
       </c>
-      <c r="J440" s="29">
+      <c r="J440" s="19">
         <v>12.91</v>
       </c>
-      <c r="K440" s="29">
+      <c r="K440" s="19">
         <v>8.52</v>
       </c>
-      <c r="L440" s="29">
+      <c r="L440" s="19">
         <v>9.77</v>
       </c>
-      <c r="M440" s="29">
-[...14 lines deleted...]
-      <c r="E441" s="27" t="s">
+      <c r="M440" s="19">
+        <v>95.35</v>
+      </c>
+      <c r="N440" s="19">
+        <v>90.31</v>
+      </c>
+      <c r="O440" s="19">
+        <v>84.55</v>
+      </c>
+      <c r="P440" s="19">
+        <v>82.48</v>
+      </c>
+      <c r="Q440" s="19">
+        <v>10.34</v>
+      </c>
+      <c r="R440" s="19">
+        <v>13.19</v>
+      </c>
+      <c r="S440" s="19">
+        <v>12</v>
+      </c>
+      <c r="T440" s="19">
+        <v>11.87</v>
+      </c>
+    </row>
+    <row r="441" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A441" s="27"/>
+      <c r="B441" s="27"/>
+      <c r="C441" s="24"/>
+      <c r="D441" s="28"/>
+      <c r="E441" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F441" s="29">
+      <c r="F441" s="19">
         <v>76.16</v>
       </c>
-      <c r="G441" s="29">
+      <c r="G441" s="19">
         <v>72.95</v>
       </c>
-      <c r="H441" s="29">
+      <c r="H441" s="19">
         <v>71.2</v>
       </c>
-      <c r="I441" s="29">
+      <c r="I441" s="19">
         <v>81.28</v>
       </c>
-      <c r="J441" s="29">
+      <c r="J441" s="19">
         <v>79.819999999999993</v>
       </c>
-      <c r="K441" s="29">
+      <c r="K441" s="19">
         <v>79.81</v>
       </c>
-      <c r="L441" s="29">
+      <c r="L441" s="19">
         <v>78.510000000000005</v>
       </c>
-      <c r="M441" s="29">
+      <c r="M441" s="19">
         <v>78.14</v>
       </c>
-      <c r="N441" s="29">
+      <c r="N441" s="19">
         <v>75.84</v>
       </c>
-      <c r="O441" s="29">
+      <c r="O441" s="19">
         <v>79.38</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C442" s="33"/>
+      <c r="P441" s="19">
+        <v>80.849999999999994</v>
+      </c>
+      <c r="Q441" s="19">
+        <v>78.38</v>
+      </c>
+      <c r="R441" s="19">
+        <v>75.489999999999995</v>
+      </c>
+      <c r="S441" s="19">
+        <v>79.7</v>
+      </c>
+      <c r="T441" s="19">
+        <v>79.739999999999995</v>
+      </c>
+    </row>
+    <row r="442" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A442" s="27"/>
+      <c r="B442" s="27"/>
+      <c r="C442" s="24"/>
       <c r="D442" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E442" s="27" t="s">
+      <c r="E442" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F442" s="29">
+      <c r="F442" s="19">
         <v>57.49</v>
       </c>
-      <c r="G442" s="29">
+      <c r="G442" s="19">
         <v>63.14</v>
       </c>
-      <c r="H442" s="29">
+      <c r="H442" s="19">
         <v>66.650000000000006</v>
       </c>
-      <c r="I442" s="29">
+      <c r="I442" s="19">
         <v>76.239999999999995</v>
       </c>
-      <c r="J442" s="29">
+      <c r="J442" s="19">
         <v>75.599999999999994</v>
       </c>
-      <c r="K442" s="29">
+      <c r="K442" s="19">
         <v>73.16</v>
       </c>
-      <c r="L442" s="29">
+      <c r="L442" s="19">
         <v>75.650000000000006</v>
       </c>
-      <c r="M442" s="29">
-[...14 lines deleted...]
-      <c r="E443" s="27" t="s">
+      <c r="M442" s="19">
+        <v>474.72</v>
+      </c>
+      <c r="N442" s="19">
+        <v>469.23</v>
+      </c>
+      <c r="O442" s="19">
+        <v>448.53</v>
+      </c>
+      <c r="P442" s="19">
+        <v>454.54</v>
+      </c>
+      <c r="Q442" s="19">
+        <v>75.92</v>
+      </c>
+      <c r="R442" s="19">
+        <v>75.209999999999994</v>
+      </c>
+      <c r="S442" s="19">
+        <v>79.900000000000006</v>
+      </c>
+      <c r="T442" s="19">
+        <v>82.97</v>
+      </c>
+    </row>
+    <row r="443" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A443" s="27"/>
+      <c r="B443" s="27"/>
+      <c r="C443" s="24"/>
+      <c r="D443" s="28"/>
+      <c r="E443" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F443" s="29">
+      <c r="F443" s="19">
         <v>28.01</v>
       </c>
-      <c r="G443" s="29">
+      <c r="G443" s="19">
         <v>18.86</v>
       </c>
-      <c r="H443" s="29">
+      <c r="H443" s="19">
         <v>15.25</v>
       </c>
-      <c r="I443" s="29">
+      <c r="I443" s="19">
         <v>16.510000000000002</v>
       </c>
-      <c r="J443" s="29">
+      <c r="J443" s="19">
         <v>17.13</v>
       </c>
-      <c r="K443" s="29">
+      <c r="K443" s="19">
         <v>15.16</v>
       </c>
-      <c r="L443" s="29">
+      <c r="L443" s="19">
         <v>12.63</v>
       </c>
-      <c r="M443" s="29">
+      <c r="M443" s="19">
         <v>15.22</v>
       </c>
-      <c r="N443" s="29">
+      <c r="N443" s="19">
         <v>11.92</v>
       </c>
-      <c r="O443" s="29">
+      <c r="O443" s="19">
         <v>10.51</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C444" s="33"/>
+      <c r="P443" s="19">
+        <v>12.43</v>
+      </c>
+      <c r="Q443" s="19">
+        <v>12.79</v>
+      </c>
+      <c r="R443" s="19">
+        <v>13.47</v>
+      </c>
+      <c r="S443" s="19">
+        <v>11.8</v>
+      </c>
+      <c r="T443" s="19">
+        <v>8.65</v>
+      </c>
+    </row>
+    <row r="444" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A444" s="27"/>
+      <c r="B444" s="27"/>
+      <c r="C444" s="24"/>
       <c r="D444" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E444" s="27" t="s">
+      <c r="E444" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F444" s="29">
+      <c r="F444" s="19">
         <v>79.260000000000005</v>
       </c>
-      <c r="G444" s="29">
+      <c r="G444" s="19">
         <v>78.739999999999995</v>
       </c>
-      <c r="H444" s="29">
+      <c r="H444" s="19">
         <v>77.709999999999994</v>
       </c>
-      <c r="I444" s="29">
+      <c r="I444" s="19">
         <v>86.6</v>
       </c>
-      <c r="J444" s="29">
+      <c r="J444" s="19">
         <v>84.43</v>
       </c>
-      <c r="K444" s="29">
+      <c r="K444" s="19">
         <v>81.06</v>
       </c>
-      <c r="L444" s="29">
+      <c r="L444" s="19">
         <v>83.75</v>
       </c>
-      <c r="M444" s="29">
-[...14 lines deleted...]
-      <c r="E445" s="27" t="s">
+      <c r="M444" s="19">
+        <v>524.5</v>
+      </c>
+      <c r="N444" s="19">
+        <v>522.97</v>
+      </c>
+      <c r="O444" s="19">
+        <v>501.54</v>
+      </c>
+      <c r="P444" s="19">
+        <v>499.81</v>
+      </c>
+      <c r="Q444" s="19">
+        <v>82.85</v>
+      </c>
+      <c r="R444" s="19">
+        <v>83.07</v>
+      </c>
+      <c r="S444" s="19">
+        <v>85.7</v>
+      </c>
+      <c r="T444" s="19">
+        <v>87.17</v>
+      </c>
+    </row>
+    <row r="445" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A445" s="27"/>
+      <c r="B445" s="28"/>
+      <c r="C445" s="25"/>
+      <c r="D445" s="28"/>
+      <c r="E445" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F445" s="29">
+      <c r="F445" s="19">
         <v>6.24</v>
       </c>
-      <c r="G445" s="29">
+      <c r="G445" s="19">
         <v>3.26</v>
       </c>
-      <c r="H445" s="29">
+      <c r="H445" s="19">
         <v>4.18</v>
       </c>
-      <c r="I445" s="29">
+      <c r="I445" s="19">
         <v>6.15</v>
       </c>
-      <c r="J445" s="29">
+      <c r="J445" s="19">
         <v>8.3000000000000007</v>
       </c>
-      <c r="K445" s="29">
+      <c r="K445" s="19">
         <v>7.26</v>
       </c>
-      <c r="L445" s="29">
+      <c r="L445" s="19">
         <v>4.53</v>
       </c>
-      <c r="M445" s="29">
+      <c r="M445" s="19">
         <v>5.77</v>
       </c>
-      <c r="N445" s="29">
+      <c r="N445" s="19">
         <v>5.32</v>
       </c>
-      <c r="O445" s="29">
+      <c r="O445" s="19">
         <v>4.6500000000000004</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A446" s="30"/>
+      <c r="P445" s="19">
+        <v>4.4800000000000004</v>
+      </c>
+      <c r="Q445" s="19">
+        <v>5.86</v>
+      </c>
+      <c r="R445" s="19">
+        <v>5.61</v>
+      </c>
+      <c r="S445" s="19">
+        <v>5.9</v>
+      </c>
+      <c r="T445" s="19">
+        <v>4.4400000000000004</v>
+      </c>
+    </row>
+    <row r="446" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A446" s="27"/>
       <c r="B446" s="26" t="s">
         <v>72</v>
       </c>
-      <c r="C446" s="32"/>
-      <c r="D446" s="27" t="s">
+      <c r="C446" s="23"/>
+      <c r="D446" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E446" s="28"/>
-      <c r="F446" s="29">
+      <c r="E446" s="18"/>
+      <c r="F446" s="19">
         <v>96.45</v>
       </c>
-      <c r="G446" s="29">
+      <c r="G446" s="19">
         <v>99.35</v>
       </c>
-      <c r="H446" s="29">
+      <c r="H446" s="19">
         <v>99.25</v>
       </c>
-      <c r="I446" s="29">
+      <c r="I446" s="19">
         <v>110.3</v>
       </c>
-      <c r="J446" s="29">
+      <c r="J446" s="19">
         <v>110.23</v>
       </c>
-      <c r="K446" s="29">
+      <c r="K446" s="19">
         <v>101.97</v>
       </c>
-      <c r="L446" s="29">
+      <c r="L446" s="19">
         <v>101.89</v>
       </c>
-      <c r="M446" s="29">
+      <c r="M446" s="19">
         <v>101.81</v>
       </c>
-      <c r="N446" s="29">
+      <c r="N446" s="19">
         <v>101.75</v>
       </c>
-      <c r="O446" s="29">
+      <c r="O446" s="19">
         <v>108.62</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C447" s="33"/>
+      <c r="P446" s="19">
+        <v>108.53</v>
+      </c>
+      <c r="Q446" s="19">
+        <v>108.44</v>
+      </c>
+      <c r="R446" s="19">
+        <v>108.36</v>
+      </c>
+      <c r="S446" s="19">
+        <v>113</v>
+      </c>
+      <c r="T446" s="19">
+        <v>112.88</v>
+      </c>
+    </row>
+    <row r="447" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A447" s="27"/>
+      <c r="B447" s="27"/>
+      <c r="C447" s="24"/>
       <c r="D447" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E447" s="27" t="s">
+      <c r="E447" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F447" s="29">
+      <c r="F447" s="19">
         <v>14.5</v>
       </c>
-      <c r="G447" s="29">
+      <c r="G447" s="19">
         <v>17.600000000000001</v>
       </c>
-      <c r="H447" s="29">
+      <c r="H447" s="19">
         <v>17</v>
       </c>
-      <c r="I447" s="29">
+      <c r="I447" s="19">
         <v>13.26</v>
       </c>
-      <c r="J447" s="29">
+      <c r="J447" s="19">
         <v>8.67</v>
       </c>
-      <c r="K447" s="29">
+      <c r="K447" s="19">
         <v>10.54</v>
       </c>
-      <c r="L447" s="29">
+      <c r="L447" s="19">
         <v>8.77</v>
       </c>
-      <c r="M447" s="29">
-[...14 lines deleted...]
-      <c r="E448" s="27" t="s">
+      <c r="M447" s="19">
+        <v>13.63</v>
+      </c>
+      <c r="N447" s="19">
+        <v>10.54</v>
+      </c>
+      <c r="O447" s="19">
+        <v>12.06</v>
+      </c>
+      <c r="P447" s="19">
+        <v>12.79</v>
+      </c>
+      <c r="Q447" s="19">
+        <v>9.4600000000000009</v>
+      </c>
+      <c r="R447" s="19">
+        <v>7.78</v>
+      </c>
+      <c r="S447" s="19">
+        <v>6.1</v>
+      </c>
+      <c r="T447" s="19">
+        <v>4.66</v>
+      </c>
+    </row>
+    <row r="448" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A448" s="27"/>
+      <c r="B448" s="27"/>
+      <c r="C448" s="24"/>
+      <c r="D448" s="28"/>
+      <c r="E448" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F448" s="29">
+      <c r="F448" s="19">
         <v>81.95</v>
       </c>
-      <c r="G448" s="29">
+      <c r="G448" s="19">
         <v>81.760000000000005</v>
       </c>
-      <c r="H448" s="29">
+      <c r="H448" s="19">
         <v>82.25</v>
       </c>
-      <c r="I448" s="29">
+      <c r="I448" s="19">
         <v>97.04</v>
       </c>
-      <c r="J448" s="29">
+      <c r="J448" s="19">
         <v>101.56</v>
       </c>
-      <c r="K448" s="29">
+      <c r="K448" s="19">
         <v>91.44</v>
       </c>
-      <c r="L448" s="29">
+      <c r="L448" s="19">
         <v>93.12</v>
       </c>
-      <c r="M448" s="29">
+      <c r="M448" s="19">
         <v>90.73</v>
       </c>
-      <c r="N448" s="29">
+      <c r="N448" s="19">
         <v>92.61</v>
       </c>
-      <c r="O448" s="29">
+      <c r="O448" s="19">
         <v>97.22</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C449" s="33"/>
+      <c r="P448" s="19">
+        <v>97.07</v>
+      </c>
+      <c r="Q448" s="19">
+        <v>98.98</v>
+      </c>
+      <c r="R448" s="19">
+        <v>100.59</v>
+      </c>
+      <c r="S448" s="19">
+        <v>106.8</v>
+      </c>
+      <c r="T448" s="19">
+        <v>108.21</v>
+      </c>
+    </row>
+    <row r="449" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A449" s="27"/>
+      <c r="B449" s="27"/>
+      <c r="C449" s="24"/>
       <c r="D449" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E449" s="27" t="s">
+      <c r="E449" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F449" s="29">
+      <c r="F449" s="19">
         <v>79.66</v>
       </c>
-      <c r="G449" s="29">
+      <c r="G449" s="19">
         <v>85.65</v>
       </c>
-      <c r="H449" s="29">
+      <c r="H449" s="19">
         <v>85.85</v>
       </c>
-      <c r="I449" s="29">
+      <c r="I449" s="19">
         <v>97.76</v>
       </c>
-      <c r="J449" s="29">
+      <c r="J449" s="19">
         <v>98.26</v>
       </c>
-      <c r="K449" s="29">
+      <c r="K449" s="19">
         <v>88.98</v>
       </c>
-      <c r="L449" s="29">
+      <c r="L449" s="19">
         <v>87.96</v>
       </c>
-      <c r="M449" s="29">
-[...14 lines deleted...]
-      <c r="E450" s="27" t="s">
+      <c r="M449" s="19">
+        <v>114.61</v>
+      </c>
+      <c r="N449" s="19">
+        <v>118.62</v>
+      </c>
+      <c r="O449" s="19">
+        <v>129.69</v>
+      </c>
+      <c r="P449" s="19">
+        <v>127.83</v>
+      </c>
+      <c r="Q449" s="19">
+        <v>97.89</v>
+      </c>
+      <c r="R449" s="19">
+        <v>98.58</v>
+      </c>
+      <c r="S449" s="19">
+        <v>103.1</v>
+      </c>
+      <c r="T449" s="19">
+        <v>104.41</v>
+      </c>
+    </row>
+    <row r="450" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A450" s="27"/>
+      <c r="B450" s="27"/>
+      <c r="C450" s="24"/>
+      <c r="D450" s="28"/>
+      <c r="E450" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F450" s="29">
+      <c r="F450" s="19">
         <v>16.79</v>
       </c>
-      <c r="G450" s="29">
+      <c r="G450" s="19">
         <v>13.71</v>
       </c>
-      <c r="H450" s="29">
+      <c r="H450" s="19">
         <v>13.4</v>
       </c>
-      <c r="I450" s="29">
+      <c r="I450" s="19">
         <v>12.54</v>
       </c>
-      <c r="J450" s="29">
+      <c r="J450" s="19">
         <v>11.97</v>
       </c>
-      <c r="K450" s="29">
+      <c r="K450" s="19">
         <v>13</v>
       </c>
-      <c r="L450" s="29">
+      <c r="L450" s="19">
         <v>13.93</v>
       </c>
-      <c r="M450" s="29">
+      <c r="M450" s="19">
         <v>13.8</v>
       </c>
-      <c r="N450" s="29">
+      <c r="N450" s="19">
         <v>9.5500000000000007</v>
       </c>
-      <c r="O450" s="29">
+      <c r="O450" s="19">
         <v>10.130000000000001</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C451" s="33"/>
+      <c r="P450" s="19">
+        <v>8.61</v>
+      </c>
+      <c r="Q450" s="19">
+        <v>10.55</v>
+      </c>
+      <c r="R450" s="19">
+        <v>9.7899999999999991</v>
+      </c>
+      <c r="S450" s="19">
+        <v>9.9</v>
+      </c>
+      <c r="T450" s="19">
+        <v>8.4700000000000006</v>
+      </c>
+    </row>
+    <row r="451" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A451" s="27"/>
+      <c r="B451" s="27"/>
+      <c r="C451" s="24"/>
       <c r="D451" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E451" s="27" t="s">
+      <c r="E451" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F451" s="29">
+      <c r="F451" s="19">
         <v>92.71</v>
       </c>
-      <c r="G451" s="29">
+      <c r="G451" s="19">
         <v>96.94</v>
       </c>
-      <c r="H451" s="29">
+      <c r="H451" s="19">
         <v>96.56</v>
       </c>
-      <c r="I451" s="29">
+      <c r="I451" s="19">
         <v>106.18</v>
       </c>
-      <c r="J451" s="29">
+      <c r="J451" s="19">
         <v>105.9</v>
       </c>
-      <c r="K451" s="29">
+      <c r="K451" s="19">
         <v>99.22</v>
       </c>
-      <c r="L451" s="29">
+      <c r="L451" s="19">
         <v>99.57</v>
       </c>
-      <c r="M451" s="29">
-[...14 lines deleted...]
-      <c r="E452" s="27" t="s">
+      <c r="M451" s="19">
+        <v>128.93</v>
+      </c>
+      <c r="N451" s="19">
+        <v>130.06</v>
+      </c>
+      <c r="O451" s="19">
+        <v>141.27000000000001</v>
+      </c>
+      <c r="P451" s="19">
+        <v>139.59</v>
+      </c>
+      <c r="Q451" s="19">
+        <v>105.41</v>
+      </c>
+      <c r="R451" s="19">
+        <v>105.72</v>
+      </c>
+      <c r="S451" s="19">
+        <v>110.2</v>
+      </c>
+      <c r="T451" s="19">
+        <v>109.24</v>
+      </c>
+    </row>
+    <row r="452" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A452" s="27"/>
+      <c r="B452" s="28"/>
+      <c r="C452" s="25"/>
+      <c r="D452" s="28"/>
+      <c r="E452" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F452" s="29">
+      <c r="F452" s="19">
         <v>3.74</v>
       </c>
-      <c r="G452" s="29">
+      <c r="G452" s="19">
         <v>2.41</v>
       </c>
-      <c r="H452" s="29">
+      <c r="H452" s="19">
         <v>2.69</v>
       </c>
-      <c r="I452" s="29">
+      <c r="I452" s="19">
         <v>4.12</v>
       </c>
-      <c r="J452" s="29">
+      <c r="J452" s="19">
         <v>4.32</v>
       </c>
-      <c r="K452" s="29">
+      <c r="K452" s="19">
         <v>2.75</v>
       </c>
-      <c r="L452" s="29">
+      <c r="L452" s="19">
         <v>2.3199999999999998</v>
       </c>
-      <c r="M452" s="29">
+      <c r="M452" s="19">
         <v>4.5599999999999996</v>
       </c>
-      <c r="N452" s="29">
+      <c r="N452" s="19">
         <v>2.72</v>
       </c>
-      <c r="O452" s="29">
+      <c r="O452" s="19">
         <v>2.96</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A453" s="30"/>
+      <c r="P452" s="19">
+        <v>2.97</v>
+      </c>
+      <c r="Q452" s="19">
+        <v>3.03</v>
+      </c>
+      <c r="R452" s="19">
+        <v>2.65</v>
+      </c>
+      <c r="S452" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="T452" s="19">
+        <v>3.64</v>
+      </c>
+    </row>
+    <row r="453" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A453" s="27"/>
       <c r="B453" s="26" t="s">
         <v>73</v>
       </c>
-      <c r="C453" s="32"/>
-      <c r="D453" s="27" t="s">
+      <c r="C453" s="23"/>
+      <c r="D453" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E453" s="28"/>
-      <c r="F453" s="29">
+      <c r="E453" s="18"/>
+      <c r="F453" s="19">
         <v>137.22999999999999</v>
       </c>
-      <c r="G453" s="29">
+      <c r="G453" s="19">
         <v>144.38999999999999</v>
       </c>
-      <c r="H453" s="29">
+      <c r="H453" s="19">
         <v>144.21</v>
       </c>
-      <c r="I453" s="29">
+      <c r="I453" s="19">
         <v>142.6</v>
       </c>
-      <c r="J453" s="29">
+      <c r="J453" s="19">
         <v>142.46</v>
       </c>
-      <c r="K453" s="29">
+      <c r="K453" s="19">
         <v>139.66999999999999</v>
       </c>
-      <c r="L453" s="29">
+      <c r="L453" s="19">
         <v>139.51</v>
       </c>
-      <c r="M453" s="29">
+      <c r="M453" s="19">
         <v>139.36000000000001</v>
       </c>
-      <c r="N453" s="29">
+      <c r="N453" s="19">
         <v>139.22</v>
       </c>
-      <c r="O453" s="29">
+      <c r="O453" s="19">
         <v>139.09</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C454" s="33"/>
+      <c r="P453" s="19">
+        <v>138.91999999999999</v>
+      </c>
+      <c r="Q453" s="19">
+        <v>138.77000000000001</v>
+      </c>
+      <c r="R453" s="19">
+        <v>138.62</v>
+      </c>
+      <c r="S453" s="19">
+        <v>146.6</v>
+      </c>
+      <c r="T453" s="19">
+        <v>146.37</v>
+      </c>
+    </row>
+    <row r="454" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A454" s="27"/>
+      <c r="B454" s="27"/>
+      <c r="C454" s="24"/>
       <c r="D454" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E454" s="27" t="s">
+      <c r="E454" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F454" s="29">
+      <c r="F454" s="19">
         <v>22.52</v>
       </c>
-      <c r="G454" s="29">
+      <c r="G454" s="19">
         <v>29.14</v>
       </c>
-      <c r="H454" s="29">
+      <c r="H454" s="19">
         <v>29.06</v>
       </c>
-      <c r="I454" s="29">
+      <c r="I454" s="19">
         <v>23.27</v>
       </c>
-      <c r="J454" s="29">
+      <c r="J454" s="19">
         <v>21.24</v>
       </c>
-      <c r="K454" s="29">
+      <c r="K454" s="19">
         <v>19.82</v>
       </c>
-      <c r="L454" s="29">
+      <c r="L454" s="19">
         <v>18.829999999999998</v>
       </c>
-      <c r="M454" s="29">
-[...14 lines deleted...]
-      <c r="E455" s="27" t="s">
+      <c r="M454" s="19">
+        <v>40.21</v>
+      </c>
+      <c r="N454" s="19">
+        <v>39.29</v>
+      </c>
+      <c r="O454" s="19">
+        <v>55.26</v>
+      </c>
+      <c r="P454" s="19">
+        <v>43.81</v>
+      </c>
+      <c r="Q454" s="19">
+        <v>17.63</v>
+      </c>
+      <c r="R454" s="19">
+        <v>20.41</v>
+      </c>
+      <c r="S454" s="19">
+        <v>20</v>
+      </c>
+      <c r="T454" s="19">
+        <v>17.8</v>
+      </c>
+    </row>
+    <row r="455" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A455" s="27"/>
+      <c r="B455" s="27"/>
+      <c r="C455" s="24"/>
+      <c r="D455" s="28"/>
+      <c r="E455" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F455" s="29">
+      <c r="F455" s="19">
         <v>114.72</v>
       </c>
-      <c r="G455" s="29">
+      <c r="G455" s="19">
         <v>115.25</v>
       </c>
-      <c r="H455" s="29">
+      <c r="H455" s="19">
         <v>115.15</v>
       </c>
-      <c r="I455" s="29">
+      <c r="I455" s="19">
         <v>119.33</v>
       </c>
-      <c r="J455" s="29">
+      <c r="J455" s="19">
         <v>121.23</v>
       </c>
-      <c r="K455" s="29">
+      <c r="K455" s="19">
         <v>119.85</v>
       </c>
-      <c r="L455" s="29">
+      <c r="L455" s="19">
         <v>120.68</v>
       </c>
-      <c r="M455" s="29">
+      <c r="M455" s="19">
         <v>120.04</v>
       </c>
-      <c r="N455" s="29">
+      <c r="N455" s="19">
         <v>120.81</v>
       </c>
-      <c r="O455" s="29">
+      <c r="O455" s="19">
         <v>123.98</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C456" s="33"/>
+      <c r="P455" s="19">
+        <v>120.51</v>
+      </c>
+      <c r="Q455" s="19">
+        <v>121.14</v>
+      </c>
+      <c r="R455" s="19">
+        <v>118.21</v>
+      </c>
+      <c r="S455" s="19">
+        <v>126.6</v>
+      </c>
+      <c r="T455" s="19">
+        <v>128.57</v>
+      </c>
+    </row>
+    <row r="456" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A456" s="27"/>
+      <c r="B456" s="27"/>
+      <c r="C456" s="24"/>
       <c r="D456" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E456" s="27" t="s">
+      <c r="E456" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F456" s="29">
+      <c r="F456" s="19">
         <v>120.55</v>
       </c>
-      <c r="G456" s="29">
+      <c r="G456" s="19">
         <v>128.83000000000001</v>
       </c>
-      <c r="H456" s="29">
+      <c r="H456" s="19">
         <v>125.77</v>
       </c>
-      <c r="I456" s="29">
+      <c r="I456" s="19">
         <v>129.66999999999999</v>
       </c>
-      <c r="J456" s="29">
+      <c r="J456" s="19">
         <v>124.24</v>
       </c>
-      <c r="K456" s="29">
+      <c r="K456" s="19">
         <v>123.68</v>
       </c>
-      <c r="L456" s="29">
+      <c r="L456" s="19">
         <v>124.15</v>
       </c>
-      <c r="M456" s="29">
-[...14 lines deleted...]
-      <c r="E457" s="27" t="s">
+      <c r="M456" s="19">
+        <v>241.54</v>
+      </c>
+      <c r="N456" s="19">
+        <v>241.51</v>
+      </c>
+      <c r="O456" s="19">
+        <v>272.45</v>
+      </c>
+      <c r="P456" s="19">
+        <v>275.39</v>
+      </c>
+      <c r="Q456" s="19">
+        <v>127.79</v>
+      </c>
+      <c r="R456" s="19">
+        <v>122.78</v>
+      </c>
+      <c r="S456" s="19">
+        <v>131.9</v>
+      </c>
+      <c r="T456" s="19">
+        <v>137.62</v>
+      </c>
+    </row>
+    <row r="457" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A457" s="27"/>
+      <c r="B457" s="27"/>
+      <c r="C457" s="24"/>
+      <c r="D457" s="28"/>
+      <c r="E457" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F457" s="29">
+      <c r="F457" s="19">
         <v>16.690000000000001</v>
       </c>
-      <c r="G457" s="29">
+      <c r="G457" s="19">
         <v>15.56</v>
       </c>
-      <c r="H457" s="29">
+      <c r="H457" s="19">
         <v>18.43</v>
       </c>
-      <c r="I457" s="29">
+      <c r="I457" s="19">
         <v>12.93</v>
       </c>
-      <c r="J457" s="29">
+      <c r="J457" s="19">
         <v>18.22</v>
       </c>
-      <c r="K457" s="29">
+      <c r="K457" s="19">
         <v>15.99</v>
       </c>
-      <c r="L457" s="29">
+      <c r="L457" s="19">
         <v>15.36</v>
       </c>
-      <c r="M457" s="29">
+      <c r="M457" s="19">
         <v>14.85</v>
       </c>
-      <c r="N457" s="29">
+      <c r="N457" s="19">
         <v>15.91</v>
       </c>
-      <c r="O457" s="29">
+      <c r="O457" s="19">
         <v>14.44</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C458" s="33"/>
+      <c r="P457" s="19">
+        <v>11.24</v>
+      </c>
+      <c r="Q457" s="19">
+        <v>10.98</v>
+      </c>
+      <c r="R457" s="19">
+        <v>15.84</v>
+      </c>
+      <c r="S457" s="19">
+        <v>14.7</v>
+      </c>
+      <c r="T457" s="19">
+        <v>8.75</v>
+      </c>
+    </row>
+    <row r="458" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A458" s="27"/>
+      <c r="B458" s="27"/>
+      <c r="C458" s="24"/>
       <c r="D458" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E458" s="27" t="s">
+      <c r="E458" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F458" s="29">
+      <c r="F458" s="19">
         <v>131.41999999999999</v>
       </c>
-      <c r="G458" s="29">
+      <c r="G458" s="19">
         <v>140.07</v>
       </c>
-      <c r="H458" s="29">
+      <c r="H458" s="19">
         <v>139.34</v>
       </c>
-      <c r="I458" s="29">
+      <c r="I458" s="19">
         <v>139.07</v>
       </c>
-      <c r="J458" s="29">
+      <c r="J458" s="19">
         <v>140.13</v>
       </c>
-      <c r="K458" s="29">
+      <c r="K458" s="19">
         <v>134.80000000000001</v>
       </c>
-      <c r="L458" s="29">
+      <c r="L458" s="19">
         <v>134.32</v>
       </c>
-      <c r="M458" s="29">
-[...14 lines deleted...]
-      <c r="E459" s="27" t="s">
+      <c r="M458" s="19">
+        <v>283.62</v>
+      </c>
+      <c r="N458" s="19">
+        <v>280.58</v>
+      </c>
+      <c r="O458" s="19">
+        <v>298.93</v>
+      </c>
+      <c r="P458" s="19">
+        <v>297.97000000000003</v>
+      </c>
+      <c r="Q458" s="19">
+        <v>134.41999999999999</v>
+      </c>
+      <c r="R458" s="19">
+        <v>130.03</v>
+      </c>
+      <c r="S458" s="19">
+        <v>140.6</v>
+      </c>
+      <c r="T458" s="19">
+        <v>142.18</v>
+      </c>
+    </row>
+    <row r="459" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A459" s="27"/>
+      <c r="B459" s="28"/>
+      <c r="C459" s="25"/>
+      <c r="D459" s="28"/>
+      <c r="E459" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F459" s="29">
+      <c r="F459" s="19">
         <v>5.82</v>
       </c>
-      <c r="G459" s="29">
+      <c r="G459" s="19">
         <v>4.32</v>
       </c>
-      <c r="H459" s="29">
+      <c r="H459" s="19">
         <v>4.87</v>
       </c>
-      <c r="I459" s="29">
+      <c r="I459" s="19">
         <v>3.54</v>
       </c>
-      <c r="J459" s="29">
+      <c r="J459" s="19">
         <v>2.34</v>
       </c>
-      <c r="K459" s="29">
+      <c r="K459" s="19">
         <v>4.87</v>
       </c>
-      <c r="L459" s="29">
+      <c r="L459" s="19">
         <v>5.19</v>
       </c>
-      <c r="M459" s="29">
+      <c r="M459" s="19">
         <v>3.89</v>
       </c>
-      <c r="N459" s="29">
+      <c r="N459" s="19">
         <v>4.2300000000000004</v>
       </c>
-      <c r="O459" s="29">
+      <c r="O459" s="19">
         <v>6.32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A460" s="30"/>
+      <c r="P459" s="19">
+        <v>4.26</v>
+      </c>
+      <c r="Q459" s="19">
+        <v>4.3499999999999996</v>
+      </c>
+      <c r="R459" s="19">
+        <v>8.59</v>
+      </c>
+      <c r="S459" s="19">
+        <v>5.9</v>
+      </c>
+      <c r="T459" s="19">
+        <v>4.2</v>
+      </c>
+    </row>
+    <row r="460" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A460" s="27"/>
       <c r="B460" s="26" t="s">
         <v>74</v>
       </c>
-      <c r="C460" s="32"/>
-      <c r="D460" s="27" t="s">
+      <c r="C460" s="23"/>
+      <c r="D460" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E460" s="28"/>
-      <c r="F460" s="29">
+      <c r="E460" s="18"/>
+      <c r="F460" s="19">
         <v>586.49</v>
       </c>
-      <c r="G460" s="29">
+      <c r="G460" s="19">
         <v>595.05999999999995</v>
       </c>
-      <c r="H460" s="29">
+      <c r="H460" s="19">
         <v>594.39</v>
       </c>
-      <c r="I460" s="29">
+      <c r="I460" s="19">
         <v>676.31</v>
       </c>
-      <c r="J460" s="29">
+      <c r="J460" s="19">
         <v>676.08</v>
       </c>
-      <c r="K460" s="29">
+      <c r="K460" s="19">
         <v>586.82000000000005</v>
       </c>
-      <c r="L460" s="29">
+      <c r="L460" s="19">
         <v>586.51</v>
       </c>
-      <c r="M460" s="29">
+      <c r="M460" s="19">
         <v>586.24</v>
       </c>
-      <c r="N460" s="29">
+      <c r="N460" s="19">
         <v>586.01</v>
       </c>
-      <c r="O460" s="29">
+      <c r="O460" s="19">
         <v>633.36</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C461" s="33"/>
+      <c r="P460" s="19">
+        <v>632.98</v>
+      </c>
+      <c r="Q460" s="19">
+        <v>632.65</v>
+      </c>
+      <c r="R460" s="19">
+        <v>632.38</v>
+      </c>
+      <c r="S460" s="19">
+        <v>647.6</v>
+      </c>
+      <c r="T460" s="19">
+        <v>647.16999999999996</v>
+      </c>
+    </row>
+    <row r="461" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A461" s="27"/>
+      <c r="B461" s="27"/>
+      <c r="C461" s="24"/>
       <c r="D461" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E461" s="27" t="s">
+      <c r="E461" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F461" s="29">
+      <c r="F461" s="19">
         <v>146.15</v>
       </c>
-      <c r="G461" s="29">
+      <c r="G461" s="19">
         <v>160.81</v>
       </c>
-      <c r="H461" s="29">
+      <c r="H461" s="19">
         <v>155.15</v>
       </c>
-      <c r="I461" s="29">
+      <c r="I461" s="19">
         <v>223.22</v>
       </c>
-      <c r="J461" s="29">
+      <c r="J461" s="19">
         <v>185.01</v>
       </c>
-      <c r="K461" s="29">
+      <c r="K461" s="19">
         <v>170.93</v>
       </c>
-      <c r="L461" s="29">
+      <c r="L461" s="19">
         <v>167.6</v>
       </c>
-      <c r="M461" s="29">
-[...14 lines deleted...]
-      <c r="E462" s="27" t="s">
+      <c r="M461" s="19">
+        <v>10.1</v>
+      </c>
+      <c r="N461" s="19">
+        <v>12.36</v>
+      </c>
+      <c r="O461" s="19">
+        <v>9.43</v>
+      </c>
+      <c r="P461" s="19">
+        <v>7.91</v>
+      </c>
+      <c r="Q461" s="19">
+        <v>123.52</v>
+      </c>
+      <c r="R461" s="19">
+        <v>127.27</v>
+      </c>
+      <c r="S461" s="19">
+        <v>107.8</v>
+      </c>
+      <c r="T461" s="19">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="462" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A462" s="27"/>
+      <c r="B462" s="27"/>
+      <c r="C462" s="24"/>
+      <c r="D462" s="28"/>
+      <c r="E462" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F462" s="29">
+      <c r="F462" s="19">
         <v>440.33</v>
       </c>
-      <c r="G462" s="29">
+      <c r="G462" s="19">
         <v>434.25</v>
       </c>
-      <c r="H462" s="29">
+      <c r="H462" s="19">
         <v>439.24</v>
       </c>
-      <c r="I462" s="29">
+      <c r="I462" s="19">
         <v>453.09</v>
       </c>
-      <c r="J462" s="29">
+      <c r="J462" s="19">
         <v>491.08</v>
       </c>
-      <c r="K462" s="29">
+      <c r="K462" s="19">
         <v>415.89</v>
       </c>
-      <c r="L462" s="29">
+      <c r="L462" s="19">
         <v>418.91</v>
       </c>
-      <c r="M462" s="29">
+      <c r="M462" s="19">
         <v>444.03</v>
       </c>
-      <c r="N462" s="29">
+      <c r="N462" s="19">
         <v>454.87</v>
       </c>
-      <c r="O462" s="29">
+      <c r="O462" s="19">
         <v>489.09</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C463" s="33"/>
+      <c r="P462" s="19">
+        <v>483.44</v>
+      </c>
+      <c r="Q462" s="19">
+        <v>509.13</v>
+      </c>
+      <c r="R462" s="19">
+        <v>505.11</v>
+      </c>
+      <c r="S462" s="19">
+        <v>539.79999999999995</v>
+      </c>
+      <c r="T462" s="19">
+        <v>543.87</v>
+      </c>
+    </row>
+    <row r="463" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A463" s="27"/>
+      <c r="B463" s="27"/>
+      <c r="C463" s="24"/>
       <c r="D463" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E463" s="27" t="s">
+      <c r="E463" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F463" s="29">
+      <c r="F463" s="19">
         <v>501.04</v>
       </c>
-      <c r="G463" s="29">
+      <c r="G463" s="19">
         <v>513.57000000000005</v>
       </c>
-      <c r="H463" s="29">
+      <c r="H463" s="19">
         <v>529.95000000000005</v>
       </c>
-      <c r="I463" s="29">
+      <c r="I463" s="19">
         <v>611.54999999999995</v>
       </c>
-      <c r="J463" s="29">
+      <c r="J463" s="19">
         <v>600.48</v>
       </c>
-      <c r="K463" s="29">
+      <c r="K463" s="19">
         <v>545.24</v>
       </c>
-      <c r="L463" s="29">
+      <c r="L463" s="19">
         <v>543.38</v>
       </c>
-      <c r="M463" s="29">
-[...14 lines deleted...]
-      <c r="E464" s="27" t="s">
+      <c r="M463" s="19">
+        <v>73.02</v>
+      </c>
+      <c r="N463" s="19">
+        <v>76.290000000000006</v>
+      </c>
+      <c r="O463" s="19">
+        <v>78.3</v>
+      </c>
+      <c r="P463" s="19">
+        <v>76.33</v>
+      </c>
+      <c r="Q463" s="19">
+        <v>605.1</v>
+      </c>
+      <c r="R463" s="19">
+        <v>595.97</v>
+      </c>
+      <c r="S463" s="19">
+        <v>618.5</v>
+      </c>
+      <c r="T463" s="19">
+        <v>618.09</v>
+      </c>
+    </row>
+    <row r="464" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A464" s="27"/>
+      <c r="B464" s="27"/>
+      <c r="C464" s="24"/>
+      <c r="D464" s="28"/>
+      <c r="E464" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F464" s="29">
+      <c r="F464" s="19">
         <v>85.45</v>
       </c>
-      <c r="G464" s="29">
+      <c r="G464" s="19">
         <v>81.48</v>
       </c>
-      <c r="H464" s="29">
+      <c r="H464" s="19">
         <v>64.44</v>
       </c>
-      <c r="I464" s="29">
+      <c r="I464" s="19">
         <v>64.760000000000005</v>
       </c>
-      <c r="J464" s="29">
+      <c r="J464" s="19">
         <v>75.599999999999994</v>
       </c>
-      <c r="K464" s="29">
+      <c r="K464" s="19">
         <v>41.58</v>
       </c>
-      <c r="L464" s="29">
+      <c r="L464" s="19">
         <v>43.12</v>
       </c>
-      <c r="M464" s="29">
+      <c r="M464" s="19">
         <v>34.92</v>
       </c>
-      <c r="N464" s="29">
+      <c r="N464" s="19">
         <v>32.880000000000003</v>
       </c>
-      <c r="O464" s="29">
+      <c r="O464" s="19">
         <v>23.78</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C465" s="33"/>
+      <c r="P464" s="19">
+        <v>21.64</v>
+      </c>
+      <c r="Q464" s="19">
+        <v>27.56</v>
+      </c>
+      <c r="R464" s="19">
+        <v>36.4</v>
+      </c>
+      <c r="S464" s="19">
+        <v>29.1</v>
+      </c>
+      <c r="T464" s="19">
+        <v>29.08</v>
+      </c>
+    </row>
+    <row r="465" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A465" s="27"/>
+      <c r="B465" s="27"/>
+      <c r="C465" s="24"/>
       <c r="D465" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E465" s="27" t="s">
+      <c r="E465" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F465" s="29">
+      <c r="F465" s="19">
         <v>557.27</v>
       </c>
-      <c r="G465" s="29">
+      <c r="G465" s="19">
         <v>576.28</v>
       </c>
-      <c r="H465" s="29">
+      <c r="H465" s="19">
         <v>576.54999999999995</v>
       </c>
-      <c r="I465" s="29">
+      <c r="I465" s="19">
         <v>666.13</v>
       </c>
-      <c r="J465" s="29">
+      <c r="J465" s="19">
         <v>666.27</v>
       </c>
-      <c r="K465" s="29">
+      <c r="K465" s="19">
         <v>580.16999999999996</v>
       </c>
-      <c r="L465" s="29">
+      <c r="L465" s="19">
         <v>579.41</v>
       </c>
-      <c r="M465" s="29">
-[...14 lines deleted...]
-      <c r="E466" s="27" t="s">
+      <c r="M465" s="19">
+        <v>82.46</v>
+      </c>
+      <c r="N465" s="19">
+        <v>82.89</v>
+      </c>
+      <c r="O465" s="19">
+        <v>84.16</v>
+      </c>
+      <c r="P465" s="19">
+        <v>84.28</v>
+      </c>
+      <c r="Q465" s="19">
+        <v>624.76</v>
+      </c>
+      <c r="R465" s="19">
+        <v>622.12</v>
+      </c>
+      <c r="S465" s="19">
+        <v>637.9</v>
+      </c>
+      <c r="T465" s="19">
+        <v>639.88</v>
+      </c>
+    </row>
+    <row r="466" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A466" s="27"/>
+      <c r="B466" s="28"/>
+      <c r="C466" s="25"/>
+      <c r="D466" s="28"/>
+      <c r="E466" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F466" s="29">
+      <c r="F466" s="19">
         <v>29.22</v>
       </c>
-      <c r="G466" s="29">
+      <c r="G466" s="19">
         <v>18.78</v>
       </c>
-      <c r="H466" s="29">
+      <c r="H466" s="19">
         <v>17.84</v>
       </c>
-      <c r="I466" s="29">
+      <c r="I466" s="19">
         <v>10.18</v>
       </c>
-      <c r="J466" s="29">
+      <c r="J466" s="19">
         <v>9.82</v>
       </c>
-      <c r="K466" s="29">
+      <c r="K466" s="19">
         <v>6.66</v>
       </c>
-      <c r="L466" s="29">
+      <c r="L466" s="19">
         <v>7.09</v>
       </c>
-      <c r="M466" s="29">
+      <c r="M466" s="19">
         <v>8.91</v>
       </c>
-      <c r="N466" s="29">
+      <c r="N466" s="19">
         <v>8.98</v>
       </c>
-      <c r="O466" s="29">
+      <c r="O466" s="19">
         <v>6.84</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A467" s="30"/>
+      <c r="P466" s="19">
+        <v>7.84</v>
+      </c>
+      <c r="Q466" s="19">
+        <v>7.9</v>
+      </c>
+      <c r="R466" s="19">
+        <v>10.26</v>
+      </c>
+      <c r="S466" s="19">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="T466" s="19">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="467" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A467" s="27"/>
       <c r="B467" s="26" t="s">
         <v>75</v>
       </c>
-      <c r="C467" s="32"/>
-      <c r="D467" s="27" t="s">
+      <c r="C467" s="23"/>
+      <c r="D467" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E467" s="28"/>
-      <c r="F467" s="29">
+      <c r="E467" s="18"/>
+      <c r="F467" s="19">
         <v>371.04</v>
       </c>
-      <c r="G467" s="29">
+      <c r="G467" s="19">
         <v>373.62</v>
       </c>
-      <c r="H467" s="29">
+      <c r="H467" s="19">
         <v>373.13</v>
       </c>
-      <c r="I467" s="29">
+      <c r="I467" s="19">
         <v>440.14</v>
       </c>
-      <c r="J467" s="29">
+      <c r="J467" s="19">
         <v>439.77</v>
       </c>
-      <c r="K467" s="29">
+      <c r="K467" s="19">
         <v>393.77</v>
       </c>
-      <c r="L467" s="29">
+      <c r="L467" s="19">
         <v>393.44</v>
       </c>
-      <c r="M467" s="29">
+      <c r="M467" s="19">
         <v>393.13</v>
       </c>
-      <c r="N467" s="29">
+      <c r="N467" s="19">
         <v>392.86</v>
       </c>
-      <c r="O467" s="29">
+      <c r="O467" s="19">
         <v>399.38</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C468" s="33"/>
+      <c r="P467" s="19">
+        <v>399.03</v>
+      </c>
+      <c r="Q467" s="19">
+        <v>398.71</v>
+      </c>
+      <c r="R467" s="19">
+        <v>398.41</v>
+      </c>
+      <c r="S467" s="19">
+        <v>419.2</v>
+      </c>
+      <c r="T467" s="19">
+        <v>418.84</v>
+      </c>
+    </row>
+    <row r="468" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A468" s="27"/>
+      <c r="B468" s="27"/>
+      <c r="C468" s="24"/>
       <c r="D468" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E468" s="27" t="s">
+      <c r="E468" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F468" s="29">
+      <c r="F468" s="19">
         <v>71.97</v>
       </c>
-      <c r="G468" s="29">
+      <c r="G468" s="19">
         <v>75.77</v>
       </c>
-      <c r="H468" s="29">
+      <c r="H468" s="19">
         <v>53.95</v>
       </c>
-      <c r="I468" s="29">
+      <c r="I468" s="19">
         <v>75.27</v>
       </c>
-      <c r="J468" s="29">
+      <c r="J468" s="19">
         <v>75.540000000000006</v>
       </c>
-      <c r="K468" s="29">
+      <c r="K468" s="19">
         <v>69.42</v>
       </c>
-      <c r="L468" s="29">
+      <c r="L468" s="19">
         <v>67.53</v>
       </c>
-      <c r="M468" s="29">
-[...14 lines deleted...]
-      <c r="E469" s="27" t="s">
+      <c r="M468" s="19">
+        <v>11.08</v>
+      </c>
+      <c r="N468" s="19">
+        <v>9.14</v>
+      </c>
+      <c r="O468" s="19">
+        <v>11.41</v>
+      </c>
+      <c r="P468" s="19">
+        <v>11.46</v>
+      </c>
+      <c r="Q468" s="19">
+        <v>37.64</v>
+      </c>
+      <c r="R468" s="19">
+        <v>49.64</v>
+      </c>
+      <c r="S468" s="19">
+        <v>42.1</v>
+      </c>
+      <c r="T468" s="19">
+        <v>39.93</v>
+      </c>
+    </row>
+    <row r="469" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A469" s="27"/>
+      <c r="B469" s="27"/>
+      <c r="C469" s="24"/>
+      <c r="D469" s="28"/>
+      <c r="E469" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F469" s="29">
+      <c r="F469" s="19">
         <v>299.07</v>
       </c>
-      <c r="G469" s="29">
+      <c r="G469" s="19">
         <v>297.85000000000002</v>
       </c>
-      <c r="H469" s="29">
+      <c r="H469" s="19">
         <v>319.18</v>
       </c>
-      <c r="I469" s="29">
+      <c r="I469" s="19">
         <v>364.87</v>
       </c>
-      <c r="J469" s="29">
+      <c r="J469" s="19">
         <v>364.23</v>
       </c>
-      <c r="K469" s="29">
+      <c r="K469" s="19">
         <v>324.36</v>
       </c>
-      <c r="L469" s="29">
+      <c r="L469" s="19">
         <v>325.91000000000003</v>
       </c>
-      <c r="M469" s="29">
+      <c r="M469" s="19">
         <v>328.66</v>
       </c>
-      <c r="N469" s="29">
+      <c r="N469" s="19">
         <v>329.97</v>
       </c>
-      <c r="O469" s="29">
+      <c r="O469" s="19">
         <v>336.74</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C470" s="33"/>
+      <c r="P469" s="19">
+        <v>343.28</v>
+      </c>
+      <c r="Q469" s="19">
+        <v>361.06</v>
+      </c>
+      <c r="R469" s="19">
+        <v>348.77</v>
+      </c>
+      <c r="S469" s="19">
+        <v>377.1</v>
+      </c>
+      <c r="T469" s="19">
+        <v>378.91</v>
+      </c>
+    </row>
+    <row r="470" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A470" s="27"/>
+      <c r="B470" s="27"/>
+      <c r="C470" s="24"/>
       <c r="D470" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E470" s="27" t="s">
+      <c r="E470" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F470" s="29">
+      <c r="F470" s="19">
         <v>305.94</v>
       </c>
-      <c r="G470" s="29">
+      <c r="G470" s="19">
         <v>337.98</v>
       </c>
-      <c r="H470" s="29">
+      <c r="H470" s="19">
         <v>344.95</v>
       </c>
-      <c r="I470" s="29">
+      <c r="I470" s="19">
         <v>399.71</v>
       </c>
-      <c r="J470" s="29">
+      <c r="J470" s="19">
         <v>386.48</v>
       </c>
-      <c r="K470" s="29">
+      <c r="K470" s="19">
         <v>348.36</v>
       </c>
-      <c r="L470" s="29">
+      <c r="L470" s="19">
         <v>363.61</v>
       </c>
-      <c r="M470" s="29">
-[...14 lines deleted...]
-      <c r="E471" s="27" t="s">
+      <c r="M470" s="19">
+        <v>88.02</v>
+      </c>
+      <c r="N470" s="19">
+        <v>92.2</v>
+      </c>
+      <c r="O470" s="19">
+        <v>98.49</v>
+      </c>
+      <c r="P470" s="19">
+        <v>99.91</v>
+      </c>
+      <c r="Q470" s="19">
+        <v>369.14</v>
+      </c>
+      <c r="R470" s="19">
+        <v>374.65</v>
+      </c>
+      <c r="S470" s="19">
+        <v>408.3</v>
+      </c>
+      <c r="T470" s="19">
+        <v>400.67</v>
+      </c>
+    </row>
+    <row r="471" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A471" s="27"/>
+      <c r="B471" s="27"/>
+      <c r="C471" s="24"/>
+      <c r="D471" s="28"/>
+      <c r="E471" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F471" s="29">
+      <c r="F471" s="19">
         <v>65.099999999999994</v>
       </c>
-      <c r="G471" s="29">
+      <c r="G471" s="19">
         <v>35.64</v>
       </c>
-      <c r="H471" s="29">
+      <c r="H471" s="19">
         <v>28.18</v>
       </c>
-      <c r="I471" s="29">
+      <c r="I471" s="19">
         <v>40.44</v>
       </c>
-      <c r="J471" s="29">
+      <c r="J471" s="19">
         <v>53.3</v>
       </c>
-      <c r="K471" s="29">
+      <c r="K471" s="19">
         <v>45.41</v>
       </c>
-      <c r="L471" s="29">
+      <c r="L471" s="19">
         <v>29.82</v>
       </c>
-      <c r="M471" s="29">
+      <c r="M471" s="19">
         <v>40.299999999999997</v>
       </c>
-      <c r="N471" s="29">
+      <c r="N471" s="19">
         <v>34.130000000000003</v>
       </c>
-      <c r="O471" s="29">
+      <c r="O471" s="19">
         <v>38.58</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C472" s="33"/>
+      <c r="P471" s="19">
+        <v>27.32</v>
+      </c>
+      <c r="Q471" s="19">
+        <v>29.57</v>
+      </c>
+      <c r="R471" s="19">
+        <v>23.76</v>
+      </c>
+      <c r="S471" s="19">
+        <v>11</v>
+      </c>
+      <c r="T471" s="19">
+        <v>18.170000000000002</v>
+      </c>
+    </row>
+    <row r="472" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A472" s="27"/>
+      <c r="B472" s="27"/>
+      <c r="C472" s="24"/>
       <c r="D472" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E472" s="27" t="s">
+      <c r="E472" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F472" s="29">
+      <c r="F472" s="19">
         <v>342.18</v>
       </c>
-      <c r="G472" s="29">
+      <c r="G472" s="19">
         <v>352.87</v>
       </c>
-      <c r="H472" s="29">
+      <c r="H472" s="19">
         <v>355.99</v>
       </c>
-      <c r="I472" s="29">
+      <c r="I472" s="19">
         <v>411.78</v>
       </c>
-      <c r="J472" s="29">
+      <c r="J472" s="19">
         <v>417.25</v>
       </c>
-      <c r="K472" s="29">
+      <c r="K472" s="19">
         <v>378.57</v>
       </c>
-      <c r="L472" s="29">
+      <c r="L472" s="19">
         <v>377.66</v>
       </c>
-      <c r="M472" s="29">
-[...14 lines deleted...]
-      <c r="E473" s="27" t="s">
+      <c r="M472" s="19">
+        <v>97.26</v>
+      </c>
+      <c r="N472" s="19">
+        <v>99.02</v>
+      </c>
+      <c r="O472" s="19">
+        <v>105.66</v>
+      </c>
+      <c r="P472" s="19">
+        <v>105.55</v>
+      </c>
+      <c r="Q472" s="19">
+        <v>388.39</v>
+      </c>
+      <c r="R472" s="19">
+        <v>387.3</v>
+      </c>
+      <c r="S472" s="19">
+        <v>411.3</v>
+      </c>
+      <c r="T472" s="19">
+        <v>409.04</v>
+      </c>
+    </row>
+    <row r="473" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A473" s="27"/>
+      <c r="B473" s="28"/>
+      <c r="C473" s="25"/>
+      <c r="D473" s="28"/>
+      <c r="E473" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F473" s="29">
+      <c r="F473" s="19">
         <v>28.86</v>
       </c>
-      <c r="G473" s="29">
+      <c r="G473" s="19">
         <v>20.75</v>
       </c>
-      <c r="H473" s="29">
+      <c r="H473" s="19">
         <v>17.14</v>
       </c>
-      <c r="I473" s="29">
+      <c r="I473" s="19">
         <v>28.36</v>
       </c>
-      <c r="J473" s="29">
+      <c r="J473" s="19">
         <v>22.52</v>
       </c>
-      <c r="K473" s="29">
+      <c r="K473" s="19">
         <v>15.21</v>
       </c>
-      <c r="L473" s="29">
+      <c r="L473" s="19">
         <v>15.77</v>
       </c>
-      <c r="M473" s="29">
+      <c r="M473" s="19">
         <v>13.92</v>
       </c>
-      <c r="N473" s="29">
+      <c r="N473" s="19">
         <v>14.34</v>
       </c>
-      <c r="O473" s="29">
+      <c r="O473" s="19">
         <v>12.17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A474" s="30"/>
+      <c r="P473" s="19">
+        <v>11.25</v>
+      </c>
+      <c r="Q473" s="19">
+        <v>10.31</v>
+      </c>
+      <c r="R473" s="19">
+        <v>11.11</v>
+      </c>
+      <c r="S473" s="19">
+        <v>8</v>
+      </c>
+      <c r="T473" s="19">
+        <v>9.8000000000000007</v>
+      </c>
+    </row>
+    <row r="474" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A474" s="27"/>
       <c r="B474" s="26" t="s">
         <v>76</v>
       </c>
-      <c r="C474" s="32"/>
-      <c r="D474" s="27" t="s">
+      <c r="C474" s="23"/>
+      <c r="D474" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E474" s="28"/>
-      <c r="F474" s="29">
+      <c r="E474" s="18"/>
+      <c r="F474" s="19">
         <v>159.69999999999999</v>
       </c>
-      <c r="G474" s="29">
+      <c r="G474" s="19">
         <v>155.72999999999999</v>
       </c>
-      <c r="H474" s="29">
+      <c r="H474" s="19">
         <v>155.58000000000001</v>
       </c>
-      <c r="I474" s="29">
+      <c r="I474" s="19">
         <v>176.55</v>
       </c>
-      <c r="J474" s="29">
+      <c r="J474" s="19">
         <v>176.4</v>
       </c>
-      <c r="K474" s="29">
+      <c r="K474" s="19">
         <v>161.13</v>
       </c>
-      <c r="L474" s="29">
+      <c r="L474" s="19">
         <v>160.96</v>
       </c>
-      <c r="M474" s="29">
+      <c r="M474" s="19">
         <v>160.81</v>
       </c>
-      <c r="N474" s="29">
+      <c r="N474" s="19">
         <v>160.66999999999999</v>
       </c>
-      <c r="O474" s="29">
+      <c r="O474" s="19">
         <v>168</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C475" s="33"/>
+      <c r="P474" s="19">
+        <v>167.82</v>
+      </c>
+      <c r="Q474" s="19">
+        <v>167.65</v>
+      </c>
+      <c r="R474" s="19">
+        <v>167.5</v>
+      </c>
+      <c r="S474" s="19">
+        <v>164.4</v>
+      </c>
+      <c r="T474" s="19">
+        <v>164.23</v>
+      </c>
+    </row>
+    <row r="475" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A475" s="27"/>
+      <c r="B475" s="27"/>
+      <c r="C475" s="24"/>
       <c r="D475" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E475" s="27" t="s">
+      <c r="E475" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F475" s="29">
+      <c r="F475" s="19">
         <v>28.99</v>
       </c>
-      <c r="G475" s="29">
+      <c r="G475" s="19">
         <v>29.56</v>
       </c>
-      <c r="H475" s="29">
+      <c r="H475" s="19">
         <v>27.35</v>
       </c>
-      <c r="I475" s="29">
+      <c r="I475" s="19">
         <v>37.39</v>
       </c>
-      <c r="J475" s="29">
+      <c r="J475" s="19">
         <v>22.42</v>
       </c>
-      <c r="K475" s="29">
+      <c r="K475" s="19">
         <v>23.72</v>
       </c>
-      <c r="L475" s="29">
+      <c r="L475" s="19">
         <v>30.04</v>
       </c>
-      <c r="M475" s="29">
-[...14 lines deleted...]
-      <c r="E476" s="27" t="s">
+      <c r="M475" s="19">
+        <v>19.32</v>
+      </c>
+      <c r="N475" s="19">
+        <v>18.420000000000002</v>
+      </c>
+      <c r="O475" s="19">
+        <v>15.11</v>
+      </c>
+      <c r="P475" s="19">
+        <v>18.41</v>
+      </c>
+      <c r="Q475" s="19">
+        <v>16.739999999999998</v>
+      </c>
+      <c r="R475" s="19">
+        <v>20.53</v>
+      </c>
+      <c r="S475" s="19">
+        <v>20.5</v>
+      </c>
+      <c r="T475" s="19">
+        <v>23.57</v>
+      </c>
+    </row>
+    <row r="476" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A476" s="27"/>
+      <c r="B476" s="27"/>
+      <c r="C476" s="24"/>
+      <c r="D476" s="28"/>
+      <c r="E476" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F476" s="29">
+      <c r="F476" s="19">
         <v>130.69999999999999</v>
       </c>
-      <c r="G476" s="29">
+      <c r="G476" s="19">
         <v>126.17</v>
       </c>
-      <c r="H476" s="29">
+      <c r="H476" s="19">
         <v>128.22999999999999</v>
       </c>
-      <c r="I476" s="29">
+      <c r="I476" s="19">
         <v>139.16</v>
       </c>
-      <c r="J476" s="29">
+      <c r="J476" s="19">
         <v>153.97</v>
       </c>
-      <c r="K476" s="29">
+      <c r="K476" s="19">
         <v>137.41</v>
       </c>
-      <c r="L476" s="29">
+      <c r="L476" s="19">
         <v>130.93</v>
       </c>
-      <c r="M476" s="29">
+      <c r="M476" s="19">
         <v>131.72</v>
       </c>
-      <c r="N476" s="29">
+      <c r="N476" s="19">
         <v>142.22999999999999</v>
       </c>
-      <c r="O476" s="29">
+      <c r="O476" s="19">
         <v>149.31</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C477" s="33"/>
+      <c r="P476" s="19">
+        <v>148.55000000000001</v>
+      </c>
+      <c r="Q476" s="19">
+        <v>150.91</v>
+      </c>
+      <c r="R476" s="19">
+        <v>146.97</v>
+      </c>
+      <c r="S476" s="19">
+        <v>143.9</v>
+      </c>
+      <c r="T476" s="19">
+        <v>140.65</v>
+      </c>
+    </row>
+    <row r="477" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A477" s="27"/>
+      <c r="B477" s="27"/>
+      <c r="C477" s="24"/>
       <c r="D477" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E477" s="27" t="s">
+      <c r="E477" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F477" s="29">
+      <c r="F477" s="19">
         <v>121.86</v>
       </c>
-      <c r="G477" s="29">
+      <c r="G477" s="19">
         <v>124.41</v>
       </c>
-      <c r="H477" s="29">
+      <c r="H477" s="19">
         <v>118.09</v>
       </c>
-      <c r="I477" s="29">
+      <c r="I477" s="19">
         <v>137.44</v>
       </c>
-      <c r="J477" s="29">
+      <c r="J477" s="19">
         <v>130.87</v>
       </c>
-      <c r="K477" s="29">
+      <c r="K477" s="19">
         <v>128.65</v>
       </c>
-      <c r="L477" s="29">
+      <c r="L477" s="19">
         <v>124.72</v>
       </c>
-      <c r="M477" s="29">
-[...14 lines deleted...]
-      <c r="E478" s="27" t="s">
+      <c r="M477" s="19">
+        <v>124.51</v>
+      </c>
+      <c r="N477" s="19">
+        <v>123.31</v>
+      </c>
+      <c r="O477" s="19">
+        <v>124.64</v>
+      </c>
+      <c r="P477" s="19">
+        <v>127.68</v>
+      </c>
+      <c r="Q477" s="19">
+        <v>132.75</v>
+      </c>
+      <c r="R477" s="19">
+        <v>123.58</v>
+      </c>
+      <c r="S477" s="19">
+        <v>123</v>
+      </c>
+      <c r="T477" s="19">
+        <v>138.06</v>
+      </c>
+    </row>
+    <row r="478" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A478" s="27"/>
+      <c r="B478" s="27"/>
+      <c r="C478" s="24"/>
+      <c r="D478" s="28"/>
+      <c r="E478" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F478" s="29">
+      <c r="F478" s="19">
         <v>37.840000000000003</v>
       </c>
-      <c r="G478" s="29">
+      <c r="G478" s="19">
         <v>31.31</v>
       </c>
-      <c r="H478" s="29">
+      <c r="H478" s="19">
         <v>37.479999999999997</v>
       </c>
-      <c r="I478" s="29">
+      <c r="I478" s="19">
         <v>39.11</v>
       </c>
-      <c r="J478" s="29">
+      <c r="J478" s="19">
         <v>45.53</v>
       </c>
-      <c r="K478" s="29">
+      <c r="K478" s="19">
         <v>32.479999999999997</v>
       </c>
-      <c r="L478" s="29">
+      <c r="L478" s="19">
         <v>36.24</v>
       </c>
-      <c r="M478" s="29">
+      <c r="M478" s="19">
         <v>31.24</v>
       </c>
-      <c r="N478" s="29">
+      <c r="N478" s="19">
         <v>38.450000000000003</v>
       </c>
-      <c r="O478" s="29">
+      <c r="O478" s="19">
         <v>29.57</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C479" s="33"/>
+      <c r="P478" s="19">
+        <v>35.19</v>
+      </c>
+      <c r="Q478" s="19">
+        <v>34.9</v>
+      </c>
+      <c r="R478" s="19">
+        <v>43.92</v>
+      </c>
+      <c r="S478" s="19">
+        <v>41.4</v>
+      </c>
+      <c r="T478" s="19">
+        <v>26.16</v>
+      </c>
+    </row>
+    <row r="479" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A479" s="27"/>
+      <c r="B479" s="27"/>
+      <c r="C479" s="24"/>
       <c r="D479" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E479" s="27" t="s">
+      <c r="E479" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F479" s="29">
+      <c r="F479" s="19">
         <v>147.78</v>
       </c>
-      <c r="G479" s="29">
+      <c r="G479" s="19">
         <v>148.41999999999999</v>
       </c>
-      <c r="H479" s="29">
+      <c r="H479" s="19">
         <v>149.63</v>
       </c>
-      <c r="I479" s="29">
+      <c r="I479" s="19">
         <v>165.05</v>
       </c>
-      <c r="J479" s="29">
+      <c r="J479" s="19">
         <v>162.12</v>
       </c>
-      <c r="K479" s="29">
+      <c r="K479" s="19">
         <v>151.94</v>
       </c>
-      <c r="L479" s="29">
+      <c r="L479" s="19">
         <v>148.61000000000001</v>
       </c>
-      <c r="M479" s="29">
-[...14 lines deleted...]
-      <c r="E480" s="27" t="s">
+      <c r="M479" s="19">
+        <v>135.47999999999999</v>
+      </c>
+      <c r="N479" s="19">
+        <v>134.99</v>
+      </c>
+      <c r="O479" s="19">
+        <v>132.77000000000001</v>
+      </c>
+      <c r="P479" s="19">
+        <v>134.66</v>
+      </c>
+      <c r="Q479" s="19">
+        <v>155.63999999999999</v>
+      </c>
+      <c r="R479" s="19">
+        <v>147.04</v>
+      </c>
+      <c r="S479" s="19">
+        <v>145.80000000000001</v>
+      </c>
+      <c r="T479" s="19">
+        <v>148.16999999999999</v>
+      </c>
+    </row>
+    <row r="480" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A480" s="27"/>
+      <c r="B480" s="28"/>
+      <c r="C480" s="25"/>
+      <c r="D480" s="28"/>
+      <c r="E480" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F480" s="29">
+      <c r="F480" s="19">
         <v>11.92</v>
       </c>
-      <c r="G480" s="29">
+      <c r="G480" s="19">
         <v>7.31</v>
       </c>
-      <c r="H480" s="29">
+      <c r="H480" s="19">
         <v>5.95</v>
       </c>
-      <c r="I480" s="29">
+      <c r="I480" s="19">
         <v>11.5</v>
       </c>
-      <c r="J480" s="29">
+      <c r="J480" s="19">
         <v>14.27</v>
       </c>
-      <c r="K480" s="29">
+      <c r="K480" s="19">
         <v>9.19</v>
       </c>
-      <c r="L480" s="29">
+      <c r="L480" s="19">
         <v>12.35</v>
       </c>
-      <c r="M480" s="29">
+      <c r="M480" s="19">
         <v>10.28</v>
       </c>
-      <c r="N480" s="29">
+      <c r="N480" s="19">
         <v>15.25</v>
       </c>
-      <c r="O480" s="29">
+      <c r="O480" s="19">
         <v>9.86</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A481" s="30"/>
+      <c r="P480" s="19">
+        <v>15.88</v>
+      </c>
+      <c r="Q480" s="19">
+        <v>12.01</v>
+      </c>
+      <c r="R480" s="19">
+        <v>20.46</v>
+      </c>
+      <c r="S480" s="19">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="T480" s="19">
+        <v>16.059999999999999</v>
+      </c>
+    </row>
+    <row r="481" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A481" s="27"/>
       <c r="B481" s="26" t="s">
         <v>77</v>
       </c>
-      <c r="C481" s="32"/>
-      <c r="D481" s="27" t="s">
+      <c r="C481" s="23"/>
+      <c r="D481" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E481" s="28"/>
-      <c r="F481" s="29">
+      <c r="E481" s="18"/>
+      <c r="F481" s="19">
         <v>138.24</v>
       </c>
-      <c r="G481" s="29">
+      <c r="G481" s="19">
         <v>138.4</v>
       </c>
-      <c r="H481" s="29">
+      <c r="H481" s="19">
         <v>138.21</v>
       </c>
-      <c r="I481" s="29">
+      <c r="I481" s="19">
         <v>159.19</v>
       </c>
-      <c r="J481" s="29">
+      <c r="J481" s="19">
         <v>159.15</v>
       </c>
-      <c r="K481" s="29">
+      <c r="K481" s="19">
         <v>147.19999999999999</v>
       </c>
-      <c r="L481" s="29">
+      <c r="L481" s="19">
         <v>147.21</v>
       </c>
-      <c r="M481" s="29">
+      <c r="M481" s="19">
         <v>147.22</v>
       </c>
-      <c r="N481" s="29">
+      <c r="N481" s="19">
         <v>147.25</v>
       </c>
-      <c r="O481" s="29">
+      <c r="O481" s="19">
         <v>143.9</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C482" s="33"/>
+      <c r="P481" s="19">
+        <v>143.88999999999999</v>
+      </c>
+      <c r="Q481" s="19">
+        <v>143.9</v>
+      </c>
+      <c r="R481" s="19">
+        <v>143.91999999999999</v>
+      </c>
+      <c r="S481" s="19">
+        <v>147.5</v>
+      </c>
+      <c r="T481" s="19">
+        <v>147.51</v>
+      </c>
+    </row>
+    <row r="482" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A482" s="27"/>
+      <c r="B482" s="27"/>
+      <c r="C482" s="24"/>
       <c r="D482" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E482" s="27" t="s">
+      <c r="E482" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F482" s="29">
+      <c r="F482" s="19">
         <v>25.24</v>
       </c>
-      <c r="G482" s="29">
+      <c r="G482" s="19">
         <v>30.33</v>
       </c>
-      <c r="H482" s="29">
+      <c r="H482" s="19">
         <v>31.5</v>
       </c>
-      <c r="I482" s="29">
+      <c r="I482" s="19">
         <v>39.51</v>
       </c>
-      <c r="J482" s="29">
+      <c r="J482" s="19">
         <v>29.5</v>
       </c>
-      <c r="K482" s="29">
+      <c r="K482" s="19">
         <v>34.89</v>
       </c>
-      <c r="L482" s="29">
+      <c r="L482" s="19">
         <v>27.76</v>
       </c>
-      <c r="M482" s="29">
-[...14 lines deleted...]
-      <c r="E483" s="27" t="s">
+      <c r="M482" s="19">
+        <v>142.21</v>
+      </c>
+      <c r="N482" s="19">
+        <v>131.13999999999999</v>
+      </c>
+      <c r="O482" s="19">
+        <v>144.26</v>
+      </c>
+      <c r="P482" s="19">
+        <v>149.54</v>
+      </c>
+      <c r="Q482" s="19">
+        <v>19.45</v>
+      </c>
+      <c r="R482" s="19">
+        <v>22.7</v>
+      </c>
+      <c r="S482" s="19">
+        <v>19.5</v>
+      </c>
+      <c r="T482" s="19">
+        <v>17.97</v>
+      </c>
+    </row>
+    <row r="483" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A483" s="27"/>
+      <c r="B483" s="27"/>
+      <c r="C483" s="24"/>
+      <c r="D483" s="28"/>
+      <c r="E483" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F483" s="29">
+      <c r="F483" s="19">
         <v>113</v>
       </c>
-      <c r="G483" s="29">
+      <c r="G483" s="19">
         <v>108.07</v>
       </c>
-      <c r="H483" s="29">
+      <c r="H483" s="19">
         <v>106.71</v>
       </c>
-      <c r="I483" s="29">
+      <c r="I483" s="19">
         <v>119.68</v>
       </c>
-      <c r="J483" s="29">
+      <c r="J483" s="19">
         <v>129.65</v>
       </c>
-      <c r="K483" s="29">
+      <c r="K483" s="19">
         <v>112.32</v>
       </c>
-      <c r="L483" s="29">
+      <c r="L483" s="19">
         <v>119.44</v>
       </c>
-      <c r="M483" s="29">
+      <c r="M483" s="19">
         <v>121.57</v>
       </c>
-      <c r="N483" s="29">
+      <c r="N483" s="19">
         <v>126.18</v>
       </c>
-      <c r="O483" s="29">
+      <c r="O483" s="19">
         <v>118.13</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C484" s="33"/>
+      <c r="P483" s="19">
+        <v>123.09</v>
+      </c>
+      <c r="Q483" s="19">
+        <v>124.45</v>
+      </c>
+      <c r="R483" s="19">
+        <v>121.22</v>
+      </c>
+      <c r="S483" s="19">
+        <v>128</v>
+      </c>
+      <c r="T483" s="19">
+        <v>129.53</v>
+      </c>
+    </row>
+    <row r="484" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A484" s="27"/>
+      <c r="B484" s="27"/>
+      <c r="C484" s="24"/>
       <c r="D484" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E484" s="27" t="s">
+      <c r="E484" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F484" s="29">
+      <c r="F484" s="19">
         <v>112.86</v>
       </c>
-      <c r="G484" s="29">
+      <c r="G484" s="19">
         <v>112.24</v>
       </c>
-      <c r="H484" s="29">
+      <c r="H484" s="19">
         <v>114.72</v>
       </c>
-      <c r="I484" s="29">
+      <c r="I484" s="19">
         <v>137.76</v>
       </c>
-      <c r="J484" s="29">
+      <c r="J484" s="19">
         <v>136.56</v>
       </c>
-      <c r="K484" s="29">
+      <c r="K484" s="19">
         <v>133.29</v>
       </c>
-      <c r="L484" s="29">
+      <c r="L484" s="19">
         <v>125.35</v>
       </c>
-      <c r="M484" s="29">
-[...14 lines deleted...]
-      <c r="E485" s="27" t="s">
+      <c r="M484" s="19">
+        <v>551.32000000000005</v>
+      </c>
+      <c r="N484" s="19">
+        <v>553.13</v>
+      </c>
+      <c r="O484" s="19">
+        <v>609.57000000000005</v>
+      </c>
+      <c r="P484" s="19">
+        <v>611.34</v>
+      </c>
+      <c r="Q484" s="19">
+        <v>132.58000000000001</v>
+      </c>
+      <c r="R484" s="19">
+        <v>124.63</v>
+      </c>
+      <c r="S484" s="19">
+        <v>134.80000000000001</v>
+      </c>
+      <c r="T484" s="19">
+        <v>135.54</v>
+      </c>
+    </row>
+    <row r="485" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A485" s="27"/>
+      <c r="B485" s="27"/>
+      <c r="C485" s="24"/>
+      <c r="D485" s="28"/>
+      <c r="E485" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F485" s="29">
+      <c r="F485" s="19">
         <v>25.38</v>
       </c>
-      <c r="G485" s="29">
+      <c r="G485" s="19">
         <v>26.16</v>
       </c>
-      <c r="H485" s="29">
+      <c r="H485" s="19">
         <v>23.49</v>
       </c>
-      <c r="I485" s="29">
+      <c r="I485" s="19">
         <v>21.44</v>
       </c>
-      <c r="J485" s="29">
+      <c r="J485" s="19">
         <v>22.59</v>
       </c>
-      <c r="K485" s="29">
+      <c r="K485" s="19">
         <v>13.92</v>
       </c>
-      <c r="L485" s="29">
+      <c r="L485" s="19">
         <v>21.85</v>
       </c>
-      <c r="M485" s="29">
+      <c r="M485" s="19">
         <v>18.27</v>
       </c>
-      <c r="N485" s="29">
+      <c r="N485" s="19">
         <v>16.54</v>
       </c>
-      <c r="O485" s="29">
+      <c r="O485" s="19">
         <v>10.38</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C486" s="33"/>
+      <c r="P485" s="19">
+        <v>12.87</v>
+      </c>
+      <c r="Q485" s="19">
+        <v>11.32</v>
+      </c>
+      <c r="R485" s="19">
+        <v>19.29</v>
+      </c>
+      <c r="S485" s="19">
+        <v>12.7</v>
+      </c>
+      <c r="T485" s="19">
+        <v>11.97</v>
+      </c>
+    </row>
+    <row r="486" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A486" s="27"/>
+      <c r="B486" s="27"/>
+      <c r="C486" s="24"/>
       <c r="D486" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E486" s="27" t="s">
+      <c r="E486" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F486" s="29">
+      <c r="F486" s="19">
         <v>132.78</v>
       </c>
-      <c r="G486" s="29">
+      <c r="G486" s="19">
         <v>131.11000000000001</v>
       </c>
-      <c r="H486" s="29">
+      <c r="H486" s="19">
         <v>134.85</v>
       </c>
-      <c r="I486" s="29">
+      <c r="I486" s="19">
         <v>155.57</v>
       </c>
-      <c r="J486" s="29">
+      <c r="J486" s="19">
         <v>154.96</v>
       </c>
-      <c r="K486" s="29">
+      <c r="K486" s="19">
         <v>142.82</v>
       </c>
-      <c r="L486" s="29">
+      <c r="L486" s="19">
         <v>143.44</v>
       </c>
-      <c r="M486" s="29">
-[...14 lines deleted...]
-      <c r="E487" s="27" t="s">
+      <c r="M486" s="19">
+        <v>577.33000000000004</v>
+      </c>
+      <c r="N486" s="19">
+        <v>577.03</v>
+      </c>
+      <c r="O486" s="19">
+        <v>626.51</v>
+      </c>
+      <c r="P486" s="19">
+        <v>625.14</v>
+      </c>
+      <c r="Q486" s="19">
+        <v>139.34</v>
+      </c>
+      <c r="R486" s="19">
+        <v>139.41</v>
+      </c>
+      <c r="S486" s="19">
+        <v>142.6</v>
+      </c>
+      <c r="T486" s="19">
+        <v>141.22999999999999</v>
+      </c>
+    </row>
+    <row r="487" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A487" s="27"/>
+      <c r="B487" s="28"/>
+      <c r="C487" s="25"/>
+      <c r="D487" s="28"/>
+      <c r="E487" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F487" s="29">
+      <c r="F487" s="19">
         <v>5.46</v>
       </c>
-      <c r="G487" s="29">
+      <c r="G487" s="19">
         <v>7.29</v>
       </c>
-      <c r="H487" s="29">
+      <c r="H487" s="19">
         <v>3.36</v>
       </c>
-      <c r="I487" s="29">
+      <c r="I487" s="19">
         <v>3.62</v>
       </c>
-      <c r="J487" s="29">
+      <c r="J487" s="19">
         <v>4.1900000000000004</v>
       </c>
-      <c r="K487" s="29">
+      <c r="K487" s="19">
         <v>4.3899999999999997</v>
       </c>
-      <c r="L487" s="29">
+      <c r="L487" s="19">
         <v>3.77</v>
       </c>
-      <c r="M487" s="29">
+      <c r="M487" s="19">
         <v>4.46</v>
       </c>
-      <c r="N487" s="29">
+      <c r="N487" s="19">
         <v>4.5</v>
       </c>
-      <c r="O487" s="29">
+      <c r="O487" s="19">
         <v>5.83</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A488" s="30"/>
+      <c r="P487" s="19">
+        <v>5.99</v>
+      </c>
+      <c r="Q487" s="19">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="R487" s="19">
+        <v>4.51</v>
+      </c>
+      <c r="S487" s="19">
+        <v>5</v>
+      </c>
+      <c r="T487" s="19">
+        <v>6.27</v>
+      </c>
+    </row>
+    <row r="488" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A488" s="27"/>
       <c r="B488" s="26" t="s">
         <v>78</v>
       </c>
-      <c r="C488" s="32"/>
-      <c r="D488" s="27" t="s">
+      <c r="C488" s="23"/>
+      <c r="D488" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E488" s="28"/>
-      <c r="F488" s="29">
+      <c r="E488" s="18"/>
+      <c r="F488" s="19">
         <v>257.23</v>
       </c>
-      <c r="G488" s="29">
+      <c r="G488" s="19">
         <v>261.94</v>
       </c>
-      <c r="H488" s="29">
+      <c r="H488" s="19">
         <v>261.58999999999997</v>
       </c>
-      <c r="I488" s="29">
+      <c r="I488" s="19">
         <v>291</v>
       </c>
-      <c r="J488" s="29">
+      <c r="J488" s="19">
         <v>290.48</v>
       </c>
-      <c r="K488" s="29">
+      <c r="K488" s="19">
         <v>267.89999999999998</v>
       </c>
-      <c r="L488" s="29">
+      <c r="L488" s="19">
         <v>267.37</v>
       </c>
-      <c r="M488" s="29">
+      <c r="M488" s="19">
         <v>266.87</v>
       </c>
-      <c r="N488" s="29">
+      <c r="N488" s="19">
         <v>266.38</v>
       </c>
-      <c r="O488" s="29">
+      <c r="O488" s="19">
         <v>272.18</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C489" s="33"/>
+      <c r="P488" s="19">
+        <v>271.64</v>
+      </c>
+      <c r="Q488" s="19">
+        <v>271.12</v>
+      </c>
+      <c r="R488" s="19">
+        <v>270.62</v>
+      </c>
+      <c r="S488" s="19">
+        <v>286.60000000000002</v>
+      </c>
+      <c r="T488" s="19">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="489" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A489" s="27"/>
+      <c r="B489" s="27"/>
+      <c r="C489" s="24"/>
       <c r="D489" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E489" s="27" t="s">
+      <c r="E489" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F489" s="29">
+      <c r="F489" s="19">
         <v>62.49</v>
       </c>
-      <c r="G489" s="29">
+      <c r="G489" s="19">
         <v>71.63</v>
       </c>
-      <c r="H489" s="29">
+      <c r="H489" s="19">
         <v>69.459999999999994</v>
       </c>
-      <c r="I489" s="29">
+      <c r="I489" s="19">
         <v>70.260000000000005</v>
       </c>
-      <c r="J489" s="29">
+      <c r="J489" s="19">
         <v>71.36</v>
       </c>
-      <c r="K489" s="29">
+      <c r="K489" s="19">
         <v>71.069999999999993</v>
       </c>
-      <c r="L489" s="29">
+      <c r="L489" s="19">
         <v>68.459999999999994</v>
       </c>
-      <c r="M489" s="29">
-[...14 lines deleted...]
-      <c r="E490" s="27" t="s">
+      <c r="M489" s="19">
+        <v>64.48</v>
+      </c>
+      <c r="N489" s="19">
+        <v>62.89</v>
+      </c>
+      <c r="O489" s="19">
+        <v>62.64</v>
+      </c>
+      <c r="P489" s="19">
+        <v>55.74</v>
+      </c>
+      <c r="Q489" s="19">
+        <v>71.650000000000006</v>
+      </c>
+      <c r="R489" s="19">
+        <v>67.86</v>
+      </c>
+      <c r="S489" s="19">
+        <v>75</v>
+      </c>
+      <c r="T489" s="19">
+        <v>75.48</v>
+      </c>
+    </row>
+    <row r="490" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A490" s="27"/>
+      <c r="B490" s="27"/>
+      <c r="C490" s="24"/>
+      <c r="D490" s="28"/>
+      <c r="E490" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F490" s="29">
+      <c r="F490" s="19">
         <v>194.74</v>
       </c>
-      <c r="G490" s="29">
+      <c r="G490" s="19">
         <v>190.31</v>
       </c>
-      <c r="H490" s="29">
+      <c r="H490" s="19">
         <v>192.13</v>
       </c>
-      <c r="I490" s="29">
+      <c r="I490" s="19">
         <v>220.74</v>
       </c>
-      <c r="J490" s="29">
+      <c r="J490" s="19">
         <v>219.12</v>
       </c>
-      <c r="K490" s="29">
+      <c r="K490" s="19">
         <v>196.82</v>
       </c>
-      <c r="L490" s="29">
+      <c r="L490" s="19">
         <v>198.92</v>
       </c>
-      <c r="M490" s="29">
+      <c r="M490" s="19">
         <v>196.79</v>
       </c>
-      <c r="N490" s="29">
+      <c r="N490" s="19">
         <v>197.54</v>
       </c>
-      <c r="O490" s="29">
+      <c r="O490" s="19">
         <v>199.88</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C491" s="33"/>
+      <c r="P490" s="19">
+        <v>199.72</v>
+      </c>
+      <c r="Q490" s="19">
+        <v>199.47</v>
+      </c>
+      <c r="R490" s="19">
+        <v>202.76</v>
+      </c>
+      <c r="S490" s="19">
+        <v>211.6</v>
+      </c>
+      <c r="T490" s="19">
+        <v>210.52</v>
+      </c>
+    </row>
+    <row r="491" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A491" s="27"/>
+      <c r="B491" s="27"/>
+      <c r="C491" s="24"/>
       <c r="D491" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E491" s="27" t="s">
+      <c r="E491" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F491" s="29">
+      <c r="F491" s="19">
         <v>226.1</v>
       </c>
-      <c r="G491" s="29">
+      <c r="G491" s="19">
         <v>233.71</v>
       </c>
-      <c r="H491" s="29">
+      <c r="H491" s="19">
         <v>234.14</v>
       </c>
-      <c r="I491" s="29">
+      <c r="I491" s="19">
         <v>263.55</v>
       </c>
-      <c r="J491" s="29">
+      <c r="J491" s="19">
         <v>264.32</v>
       </c>
-      <c r="K491" s="29">
+      <c r="K491" s="19">
         <v>246.25</v>
       </c>
-      <c r="L491" s="29">
+      <c r="L491" s="19">
         <v>246.71</v>
       </c>
-      <c r="M491" s="29">
-[...14 lines deleted...]
-      <c r="E492" s="27" t="s">
+      <c r="M491" s="19">
+        <v>352.84</v>
+      </c>
+      <c r="N491" s="19">
+        <v>358.73</v>
+      </c>
+      <c r="O491" s="19">
+        <v>360.8</v>
+      </c>
+      <c r="P491" s="19">
+        <v>371.71</v>
+      </c>
+      <c r="Q491" s="19">
+        <v>248.02</v>
+      </c>
+      <c r="R491" s="19">
+        <v>248.47</v>
+      </c>
+      <c r="S491" s="19">
+        <v>264.3</v>
+      </c>
+      <c r="T491" s="19">
+        <v>264.14999999999998</v>
+      </c>
+    </row>
+    <row r="492" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A492" s="27"/>
+      <c r="B492" s="27"/>
+      <c r="C492" s="24"/>
+      <c r="D492" s="28"/>
+      <c r="E492" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F492" s="29">
+      <c r="F492" s="19">
         <v>31.13</v>
       </c>
-      <c r="G492" s="29">
+      <c r="G492" s="19">
         <v>28.23</v>
       </c>
-      <c r="H492" s="29">
+      <c r="H492" s="19">
         <v>27.45</v>
       </c>
-      <c r="I492" s="29">
+      <c r="I492" s="19">
         <v>27.44</v>
       </c>
-      <c r="J492" s="29">
+      <c r="J492" s="19">
         <v>26.16</v>
       </c>
-      <c r="K492" s="29">
+      <c r="K492" s="19">
         <v>21.65</v>
       </c>
-      <c r="L492" s="29">
+      <c r="L492" s="19">
         <v>20.67</v>
       </c>
-      <c r="M492" s="29">
+      <c r="M492" s="19">
         <v>25.79</v>
       </c>
-      <c r="N492" s="29">
+      <c r="N492" s="19">
         <v>17.100000000000001</v>
       </c>
-      <c r="O492" s="29">
+      <c r="O492" s="19">
         <v>19.05</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C493" s="33"/>
+      <c r="P492" s="19">
+        <v>17.989999999999998</v>
+      </c>
+      <c r="Q492" s="19">
+        <v>23.09</v>
+      </c>
+      <c r="R492" s="19">
+        <v>22.15</v>
+      </c>
+      <c r="S492" s="19">
+        <v>22.3</v>
+      </c>
+      <c r="T492" s="19">
+        <v>21.86</v>
+      </c>
+    </row>
+    <row r="493" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A493" s="27"/>
+      <c r="B493" s="27"/>
+      <c r="C493" s="24"/>
       <c r="D493" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E493" s="27" t="s">
+      <c r="E493" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F493" s="29">
+      <c r="F493" s="19">
         <v>244.51</v>
       </c>
-      <c r="G493" s="29">
+      <c r="G493" s="19">
         <v>254.18</v>
       </c>
-      <c r="H493" s="29">
+      <c r="H493" s="19">
         <v>254.38</v>
       </c>
-      <c r="I493" s="29">
+      <c r="I493" s="19">
         <v>280.02999999999997</v>
       </c>
-      <c r="J493" s="29">
+      <c r="J493" s="19">
         <v>281.10000000000002</v>
       </c>
-      <c r="K493" s="29">
+      <c r="K493" s="19">
         <v>258.33999999999997</v>
       </c>
-      <c r="L493" s="29">
+      <c r="L493" s="19">
         <v>258.77999999999997</v>
       </c>
-      <c r="M493" s="29">
-[...14 lines deleted...]
-      <c r="E494" s="27" t="s">
+      <c r="M493" s="19">
+        <v>379.22</v>
+      </c>
+      <c r="N493" s="19">
+        <v>378.52</v>
+      </c>
+      <c r="O493" s="19">
+        <v>387.21</v>
+      </c>
+      <c r="P493" s="19">
+        <v>387.78</v>
+      </c>
+      <c r="Q493" s="19">
+        <v>262.14999999999998</v>
+      </c>
+      <c r="R493" s="19">
+        <v>264.82</v>
+      </c>
+      <c r="S493" s="19">
+        <v>276.89999999999998</v>
+      </c>
+      <c r="T493" s="19">
+        <v>276.52999999999997</v>
+      </c>
+    </row>
+    <row r="494" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A494" s="27"/>
+      <c r="B494" s="28"/>
+      <c r="C494" s="25"/>
+      <c r="D494" s="28"/>
+      <c r="E494" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F494" s="29">
+      <c r="F494" s="19">
         <v>12.72</v>
       </c>
-      <c r="G494" s="29">
+      <c r="G494" s="19">
         <v>7.76</v>
       </c>
-      <c r="H494" s="29">
+      <c r="H494" s="19">
         <v>7.21</v>
       </c>
-      <c r="I494" s="29">
+      <c r="I494" s="19">
         <v>10.97</v>
       </c>
-      <c r="J494" s="29">
+      <c r="J494" s="19">
         <v>9.3800000000000008</v>
       </c>
-      <c r="K494" s="29">
+      <c r="K494" s="19">
         <v>9.56</v>
       </c>
-      <c r="L494" s="29">
+      <c r="L494" s="19">
         <v>8.59</v>
       </c>
-      <c r="M494" s="29">
+      <c r="M494" s="19">
         <v>7.61</v>
       </c>
-      <c r="N494" s="29">
+      <c r="N494" s="19">
         <v>3.66</v>
       </c>
-      <c r="O494" s="29">
+      <c r="O494" s="19">
         <v>4.0999999999999996</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A495" s="30"/>
+      <c r="P494" s="19">
+        <v>7.7</v>
+      </c>
+      <c r="Q494" s="19">
+        <v>8.9700000000000006</v>
+      </c>
+      <c r="R494" s="19">
+        <v>5.79</v>
+      </c>
+      <c r="S494" s="19">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="T494" s="19">
+        <v>9.4700000000000006</v>
+      </c>
+    </row>
+    <row r="495" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A495" s="27"/>
       <c r="B495" s="26" t="s">
         <v>79</v>
       </c>
-      <c r="C495" s="32"/>
-      <c r="D495" s="27" t="s">
+      <c r="C495" s="23"/>
+      <c r="D495" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E495" s="28"/>
-      <c r="F495" s="29">
+      <c r="E495" s="18"/>
+      <c r="F495" s="19">
         <v>341.46</v>
       </c>
-      <c r="G495" s="29">
+      <c r="G495" s="19">
         <v>337.48</v>
       </c>
-      <c r="H495" s="29">
+      <c r="H495" s="19">
         <v>337.13</v>
       </c>
-      <c r="I495" s="29">
+      <c r="I495" s="19">
         <v>360.38</v>
       </c>
-      <c r="J495" s="29">
+      <c r="J495" s="19">
         <v>359.89</v>
       </c>
-      <c r="K495" s="29">
+      <c r="K495" s="19">
         <v>322.95</v>
       </c>
-      <c r="L495" s="29">
+      <c r="L495" s="19">
         <v>322.45</v>
       </c>
-      <c r="M495" s="29">
+      <c r="M495" s="19">
         <v>321.98</v>
       </c>
-      <c r="N495" s="29">
+      <c r="N495" s="19">
         <v>321.52999999999997</v>
       </c>
-      <c r="O495" s="29">
+      <c r="O495" s="19">
         <v>334.79</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C496" s="33"/>
+      <c r="P495" s="19">
+        <v>334.26</v>
+      </c>
+      <c r="Q495" s="19">
+        <v>333.76</v>
+      </c>
+      <c r="R495" s="19">
+        <v>333.28</v>
+      </c>
+      <c r="S495" s="19">
+        <v>333.4</v>
+      </c>
+      <c r="T495" s="19">
+        <v>332.82</v>
+      </c>
+    </row>
+    <row r="496" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A496" s="27"/>
+      <c r="B496" s="27"/>
+      <c r="C496" s="24"/>
       <c r="D496" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E496" s="27" t="s">
+      <c r="E496" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F496" s="29">
+      <c r="F496" s="19">
         <v>46.38</v>
       </c>
-      <c r="G496" s="29">
+      <c r="G496" s="19">
         <v>49.65</v>
       </c>
-      <c r="H496" s="29">
+      <c r="H496" s="19">
         <v>44.96</v>
       </c>
-      <c r="I496" s="29">
+      <c r="I496" s="19">
         <v>44.79</v>
       </c>
-      <c r="J496" s="29">
+      <c r="J496" s="19">
         <v>45.47</v>
       </c>
-      <c r="K496" s="29">
+      <c r="K496" s="19">
         <v>47.94</v>
       </c>
-      <c r="L496" s="29">
+      <c r="L496" s="19">
         <v>43.95</v>
       </c>
-      <c r="M496" s="29">
-[...14 lines deleted...]
-      <c r="E497" s="27" t="s">
+      <c r="M496" s="19">
+        <v>29.09</v>
+      </c>
+      <c r="N496" s="19">
+        <v>18.440000000000001</v>
+      </c>
+      <c r="O496" s="19">
+        <v>18.690000000000001</v>
+      </c>
+      <c r="P496" s="19">
+        <v>19.27</v>
+      </c>
+      <c r="Q496" s="19">
+        <v>26.56</v>
+      </c>
+      <c r="R496" s="19">
+        <v>32.82</v>
+      </c>
+      <c r="S496" s="19">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="T496" s="19">
+        <v>24.22</v>
+      </c>
+    </row>
+    <row r="497" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A497" s="27"/>
+      <c r="B497" s="27"/>
+      <c r="C497" s="24"/>
+      <c r="D497" s="28"/>
+      <c r="E497" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F497" s="29">
+      <c r="F497" s="19">
         <v>295.08</v>
       </c>
-      <c r="G497" s="29">
+      <c r="G497" s="19">
         <v>287.83</v>
       </c>
-      <c r="H497" s="29">
+      <c r="H497" s="19">
         <v>292.17</v>
       </c>
-      <c r="I497" s="29">
+      <c r="I497" s="19">
         <v>315.58999999999997</v>
       </c>
-      <c r="J497" s="29">
+      <c r="J497" s="19">
         <v>314.42</v>
       </c>
-      <c r="K497" s="29">
+      <c r="K497" s="19">
         <v>275</v>
       </c>
-      <c r="L497" s="29">
+      <c r="L497" s="19">
         <v>278.5</v>
       </c>
-      <c r="M497" s="29">
+      <c r="M497" s="19">
         <v>282.45</v>
       </c>
-      <c r="N497" s="29">
+      <c r="N497" s="19">
         <v>283.3</v>
       </c>
-      <c r="O497" s="29">
+      <c r="O497" s="19">
         <v>291.87</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C498" s="33"/>
+      <c r="P497" s="19">
+        <v>306.62</v>
+      </c>
+      <c r="Q497" s="19">
+        <v>307.2</v>
+      </c>
+      <c r="R497" s="19">
+        <v>300.45999999999998</v>
+      </c>
+      <c r="S497" s="19">
+        <v>300.2</v>
+      </c>
+      <c r="T497" s="19">
+        <v>308.60000000000002</v>
+      </c>
+    </row>
+    <row r="498" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A498" s="27"/>
+      <c r="B498" s="27"/>
+      <c r="C498" s="24"/>
       <c r="D498" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E498" s="27" t="s">
+      <c r="E498" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F498" s="29">
+      <c r="F498" s="19">
         <v>283.11</v>
       </c>
-      <c r="G498" s="29">
+      <c r="G498" s="19">
         <v>300.42</v>
       </c>
-      <c r="H498" s="29">
+      <c r="H498" s="19">
         <v>296.01</v>
       </c>
-      <c r="I498" s="29">
+      <c r="I498" s="19">
         <v>308.32</v>
       </c>
-      <c r="J498" s="29">
+      <c r="J498" s="19">
         <v>294.22000000000003</v>
       </c>
-      <c r="K498" s="29">
+      <c r="K498" s="19">
         <v>276.35000000000002</v>
       </c>
-      <c r="L498" s="29">
+      <c r="L498" s="19">
         <v>279.2</v>
       </c>
-      <c r="M498" s="29">
-[...14 lines deleted...]
-      <c r="E499" s="27" t="s">
+      <c r="M498" s="19">
+        <v>129.57</v>
+      </c>
+      <c r="N498" s="19">
+        <v>122.22</v>
+      </c>
+      <c r="O498" s="19">
+        <v>138.43</v>
+      </c>
+      <c r="P498" s="19">
+        <v>132.63</v>
+      </c>
+      <c r="Q498" s="19">
+        <v>296.95</v>
+      </c>
+      <c r="R498" s="19">
+        <v>292.43</v>
+      </c>
+      <c r="S498" s="19">
+        <v>297.3</v>
+      </c>
+      <c r="T498" s="19">
+        <v>296.95</v>
+      </c>
+    </row>
+    <row r="499" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A499" s="27"/>
+      <c r="B499" s="27"/>
+      <c r="C499" s="24"/>
+      <c r="D499" s="28"/>
+      <c r="E499" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F499" s="29">
+      <c r="F499" s="19">
         <v>58.35</v>
       </c>
-      <c r="G499" s="29">
+      <c r="G499" s="19">
         <v>37.06</v>
       </c>
-      <c r="H499" s="29">
+      <c r="H499" s="19">
         <v>41.12</v>
       </c>
-      <c r="I499" s="29">
+      <c r="I499" s="19">
         <v>52.06</v>
       </c>
-      <c r="J499" s="29">
+      <c r="J499" s="19">
         <v>65.680000000000007</v>
       </c>
-      <c r="K499" s="29">
+      <c r="K499" s="19">
         <v>46.59</v>
       </c>
-      <c r="L499" s="29">
+      <c r="L499" s="19">
         <v>43.25</v>
       </c>
-      <c r="M499" s="29">
+      <c r="M499" s="19">
         <v>42.34</v>
       </c>
-      <c r="N499" s="29">
+      <c r="N499" s="19">
         <v>52.75</v>
       </c>
-      <c r="O499" s="29">
+      <c r="O499" s="19">
         <v>44.95</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C500" s="33"/>
+      <c r="P499" s="19">
+        <v>45</v>
+      </c>
+      <c r="Q499" s="19">
+        <v>36.81</v>
+      </c>
+      <c r="R499" s="19">
+        <v>40.85</v>
+      </c>
+      <c r="S499" s="19">
+        <v>36</v>
+      </c>
+      <c r="T499" s="19">
+        <v>35.869999999999997</v>
+      </c>
+    </row>
+    <row r="500" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A500" s="27"/>
+      <c r="B500" s="27"/>
+      <c r="C500" s="24"/>
       <c r="D500" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E500" s="27" t="s">
+      <c r="E500" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F500" s="29">
+      <c r="F500" s="19">
         <v>326.67</v>
       </c>
-      <c r="G500" s="29">
+      <c r="G500" s="19">
         <v>324.54000000000002</v>
       </c>
-      <c r="H500" s="29">
+      <c r="H500" s="19">
         <v>324.32</v>
       </c>
-      <c r="I500" s="29">
+      <c r="I500" s="19">
         <v>344.82</v>
       </c>
-      <c r="J500" s="29">
+      <c r="J500" s="19">
         <v>341.46</v>
       </c>
-      <c r="K500" s="29">
+      <c r="K500" s="19">
         <v>306.33</v>
       </c>
-      <c r="L500" s="29">
+      <c r="L500" s="19">
         <v>308.18</v>
       </c>
-      <c r="M500" s="29">
-[...14 lines deleted...]
-      <c r="E501" s="27" t="s">
+      <c r="M500" s="19">
+        <v>150.53</v>
+      </c>
+      <c r="N500" s="19">
+        <v>145.41999999999999</v>
+      </c>
+      <c r="O500" s="19">
+        <v>158.13</v>
+      </c>
+      <c r="P500" s="19">
+        <v>151.94</v>
+      </c>
+      <c r="Q500" s="19">
+        <v>321.01</v>
+      </c>
+      <c r="R500" s="19">
+        <v>321.11</v>
+      </c>
+      <c r="S500" s="19">
+        <v>319.60000000000002</v>
+      </c>
+      <c r="T500" s="19">
+        <v>321.17</v>
+      </c>
+    </row>
+    <row r="501" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A501" s="27"/>
+      <c r="B501" s="28"/>
+      <c r="C501" s="25"/>
+      <c r="D501" s="28"/>
+      <c r="E501" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F501" s="29">
+      <c r="F501" s="19">
         <v>14.79</v>
       </c>
-      <c r="G501" s="29">
+      <c r="G501" s="19">
         <v>12.93</v>
       </c>
-      <c r="H501" s="29">
+      <c r="H501" s="19">
         <v>12.82</v>
       </c>
-      <c r="I501" s="29">
+      <c r="I501" s="19">
         <v>15.56</v>
       </c>
-      <c r="J501" s="29">
+      <c r="J501" s="19">
         <v>18.440000000000001</v>
       </c>
-      <c r="K501" s="29">
+      <c r="K501" s="19">
         <v>16.62</v>
       </c>
-      <c r="L501" s="29">
+      <c r="L501" s="19">
         <v>14.27</v>
       </c>
-      <c r="M501" s="29">
+      <c r="M501" s="19">
         <v>17.3</v>
       </c>
-      <c r="N501" s="29">
+      <c r="N501" s="19">
         <v>17.13</v>
       </c>
-      <c r="O501" s="29">
+      <c r="O501" s="19">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A502" s="30"/>
+      <c r="P501" s="19">
+        <v>18.350000000000001</v>
+      </c>
+      <c r="Q501" s="19">
+        <v>12.75</v>
+      </c>
+      <c r="R501" s="19">
+        <v>12.17</v>
+      </c>
+      <c r="S501" s="19">
+        <v>13.8</v>
+      </c>
+      <c r="T501" s="19">
+        <v>11.65</v>
+      </c>
+    </row>
+    <row r="502" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A502" s="27"/>
       <c r="B502" s="26" t="s">
         <v>80</v>
       </c>
-      <c r="C502" s="32"/>
-      <c r="D502" s="27" t="s">
+      <c r="C502" s="23"/>
+      <c r="D502" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E502" s="28"/>
-      <c r="F502" s="29">
+      <c r="E502" s="18"/>
+      <c r="F502" s="19">
         <v>242.77</v>
       </c>
-      <c r="G502" s="29">
+      <c r="G502" s="19">
         <v>238.82</v>
       </c>
-      <c r="H502" s="29">
+      <c r="H502" s="19">
         <v>238.5</v>
       </c>
-      <c r="I502" s="29">
+      <c r="I502" s="19">
         <v>264.08</v>
       </c>
-      <c r="J502" s="29">
+      <c r="J502" s="19">
         <v>263.73</v>
       </c>
-      <c r="K502" s="29">
+      <c r="K502" s="19">
         <v>231.21</v>
       </c>
-      <c r="L502" s="29">
+      <c r="L502" s="19">
         <v>230.86</v>
       </c>
-      <c r="M502" s="29">
+      <c r="M502" s="19">
         <v>230.53</v>
       </c>
-      <c r="N502" s="29">
+      <c r="N502" s="19">
         <v>230.22</v>
       </c>
-      <c r="O502" s="29">
+      <c r="O502" s="19">
         <v>249.96</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C503" s="33"/>
+      <c r="P502" s="19">
+        <v>249.58</v>
+      </c>
+      <c r="Q502" s="19">
+        <v>249.21</v>
+      </c>
+      <c r="R502" s="19">
+        <v>248.87</v>
+      </c>
+      <c r="S502" s="19">
+        <v>248.1</v>
+      </c>
+      <c r="T502" s="19">
+        <v>247.71</v>
+      </c>
+    </row>
+    <row r="503" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A503" s="27"/>
+      <c r="B503" s="27"/>
+      <c r="C503" s="24"/>
       <c r="D503" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E503" s="27" t="s">
+      <c r="E503" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F503" s="29">
+      <c r="F503" s="19">
         <v>34.81</v>
       </c>
-      <c r="G503" s="29">
+      <c r="G503" s="19">
         <v>33.979999999999997</v>
       </c>
-      <c r="H503" s="29">
+      <c r="H503" s="19">
         <v>30</v>
       </c>
-      <c r="I503" s="29">
+      <c r="I503" s="19">
         <v>29.38</v>
       </c>
-      <c r="J503" s="29">
+      <c r="J503" s="19">
         <v>28.3</v>
       </c>
-      <c r="K503" s="29">
+      <c r="K503" s="19">
         <v>25.79</v>
       </c>
-      <c r="L503" s="29">
+      <c r="L503" s="19">
         <v>21.08</v>
       </c>
-      <c r="M503" s="29">
-[...2 lines deleted...]
-      <c r="N503" s="29">
+      <c r="M503" s="19">
+        <v>25.65</v>
+      </c>
+      <c r="N503" s="19">
+        <v>21.07</v>
+      </c>
+      <c r="O503" s="19">
+        <v>25.76</v>
+      </c>
+      <c r="P503" s="19">
+        <v>20.8</v>
+      </c>
+      <c r="Q503" s="19">
         <v>17.98</v>
       </c>
-      <c r="O503" s="29">
-[...8 lines deleted...]
-      <c r="E504" s="27" t="s">
+      <c r="R503" s="19">
+        <v>19.3</v>
+      </c>
+      <c r="S503" s="19">
+        <v>19.3</v>
+      </c>
+      <c r="T503" s="19">
+        <v>16.16</v>
+      </c>
+    </row>
+    <row r="504" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A504" s="27"/>
+      <c r="B504" s="27"/>
+      <c r="C504" s="24"/>
+      <c r="D504" s="28"/>
+      <c r="E504" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F504" s="29">
+      <c r="F504" s="19">
         <v>207.96</v>
       </c>
-      <c r="G504" s="29">
+      <c r="G504" s="19">
         <v>204.84</v>
       </c>
-      <c r="H504" s="29">
+      <c r="H504" s="19">
         <v>208.5</v>
       </c>
-      <c r="I504" s="29">
+      <c r="I504" s="19">
         <v>234.7</v>
       </c>
-      <c r="J504" s="29">
+      <c r="J504" s="19">
         <v>235.43</v>
       </c>
-      <c r="K504" s="29">
+      <c r="K504" s="19">
         <v>205.42</v>
       </c>
-      <c r="L504" s="29">
+      <c r="L504" s="19">
         <v>209.79</v>
       </c>
-      <c r="M504" s="29">
+      <c r="M504" s="19">
         <v>210.33</v>
       </c>
-      <c r="N504" s="29">
+      <c r="N504" s="19">
         <v>212.25</v>
       </c>
-      <c r="O504" s="29">
+      <c r="O504" s="19">
         <v>233.42</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C505" s="33"/>
+      <c r="P504" s="19">
+        <v>230.67</v>
+      </c>
+      <c r="Q504" s="19">
+        <v>231.24</v>
+      </c>
+      <c r="R504" s="19">
+        <v>229.57</v>
+      </c>
+      <c r="S504" s="19">
+        <v>228.8</v>
+      </c>
+      <c r="T504" s="19">
+        <v>231.55</v>
+      </c>
+    </row>
+    <row r="505" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A505" s="27"/>
+      <c r="B505" s="27"/>
+      <c r="C505" s="24"/>
       <c r="D505" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E505" s="27" t="s">
+      <c r="E505" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F505" s="29">
+      <c r="F505" s="19">
         <v>192.36</v>
       </c>
-      <c r="G505" s="29">
+      <c r="G505" s="19">
         <v>194.7</v>
       </c>
-      <c r="H505" s="29">
+      <c r="H505" s="19">
         <v>198.91</v>
       </c>
-      <c r="I505" s="29">
+      <c r="I505" s="19">
         <v>197.3</v>
       </c>
-      <c r="J505" s="29">
+      <c r="J505" s="19">
         <v>188.68</v>
       </c>
-      <c r="K505" s="29">
+      <c r="K505" s="19">
         <v>175.19</v>
       </c>
-      <c r="L505" s="29">
+      <c r="L505" s="19">
         <v>185.05</v>
       </c>
-      <c r="M505" s="29">
-[...14 lines deleted...]
-      <c r="E506" s="27" t="s">
+      <c r="M505" s="19">
+        <v>128.94999999999999</v>
+      </c>
+      <c r="N505" s="19">
+        <v>130.71</v>
+      </c>
+      <c r="O505" s="19">
+        <v>133.51</v>
+      </c>
+      <c r="P505" s="19">
+        <v>131.02000000000001</v>
+      </c>
+      <c r="Q505" s="19">
+        <v>214.99</v>
+      </c>
+      <c r="R505" s="19">
+        <v>211.97</v>
+      </c>
+      <c r="S505" s="19">
+        <v>213.9</v>
+      </c>
+      <c r="T505" s="19">
+        <v>210.68</v>
+      </c>
+    </row>
+    <row r="506" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A506" s="27"/>
+      <c r="B506" s="27"/>
+      <c r="C506" s="24"/>
+      <c r="D506" s="28"/>
+      <c r="E506" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F506" s="29">
+      <c r="F506" s="19">
         <v>50.41</v>
       </c>
-      <c r="G506" s="29">
+      <c r="G506" s="19">
         <v>44.12</v>
       </c>
-      <c r="H506" s="29">
+      <c r="H506" s="19">
         <v>39.590000000000003</v>
       </c>
-      <c r="I506" s="29">
+      <c r="I506" s="19">
         <v>66.78</v>
       </c>
-      <c r="J506" s="29">
+      <c r="J506" s="19">
         <v>75.06</v>
       </c>
-      <c r="K506" s="29">
+      <c r="K506" s="19">
         <v>56.02</v>
       </c>
-      <c r="L506" s="29">
+      <c r="L506" s="19">
         <v>45.82</v>
       </c>
-      <c r="M506" s="29">
+      <c r="M506" s="19">
         <v>38.5</v>
       </c>
-      <c r="N506" s="29">
+      <c r="N506" s="19">
         <v>36.200000000000003</v>
       </c>
-      <c r="O506" s="29">
+      <c r="O506" s="19">
         <v>35.01</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C507" s="33"/>
+      <c r="P506" s="19">
+        <v>36.54</v>
+      </c>
+      <c r="Q506" s="19">
+        <v>34.229999999999997</v>
+      </c>
+      <c r="R506" s="19">
+        <v>36.9</v>
+      </c>
+      <c r="S506" s="19">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="T506" s="19">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="507" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A507" s="27"/>
+      <c r="B507" s="27"/>
+      <c r="C507" s="24"/>
       <c r="D507" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E507" s="27" t="s">
+      <c r="E507" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F507" s="29">
+      <c r="F507" s="19">
         <v>229.37</v>
       </c>
-      <c r="G507" s="29">
+      <c r="G507" s="19">
         <v>227.91</v>
       </c>
-      <c r="H507" s="29">
+      <c r="H507" s="19">
         <v>231.75</v>
       </c>
-      <c r="I507" s="29">
+      <c r="I507" s="19">
         <v>248.01</v>
       </c>
-      <c r="J507" s="29">
+      <c r="J507" s="19">
         <v>248.71</v>
       </c>
-      <c r="K507" s="29">
+      <c r="K507" s="19">
         <v>219.71</v>
       </c>
-      <c r="L507" s="29">
+      <c r="L507" s="19">
         <v>220.19</v>
       </c>
-      <c r="M507" s="29">
-[...14 lines deleted...]
-      <c r="E508" s="27" t="s">
+      <c r="M507" s="19">
+        <v>142.76</v>
+      </c>
+      <c r="N507" s="19">
+        <v>142.75</v>
+      </c>
+      <c r="O507" s="19">
+        <v>138.06</v>
+      </c>
+      <c r="P507" s="19">
+        <v>137.9</v>
+      </c>
+      <c r="Q507" s="19">
+        <v>239.85</v>
+      </c>
+      <c r="R507" s="19">
+        <v>236.78</v>
+      </c>
+      <c r="S507" s="19">
+        <v>238.6</v>
+      </c>
+      <c r="T507" s="19">
+        <v>236.41</v>
+      </c>
+    </row>
+    <row r="508" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A508" s="27"/>
+      <c r="B508" s="28"/>
+      <c r="C508" s="25"/>
+      <c r="D508" s="28"/>
+      <c r="E508" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F508" s="29">
+      <c r="F508" s="19">
         <v>13.39</v>
       </c>
-      <c r="G508" s="29">
+      <c r="G508" s="19">
         <v>10.92</v>
       </c>
-      <c r="H508" s="29">
+      <c r="H508" s="19">
         <v>6.75</v>
       </c>
-      <c r="I508" s="29">
+      <c r="I508" s="19">
         <v>16.079999999999998</v>
       </c>
-      <c r="J508" s="29">
+      <c r="J508" s="19">
         <v>15.02</v>
       </c>
-      <c r="K508" s="29">
+      <c r="K508" s="19">
         <v>11.5</v>
       </c>
-      <c r="L508" s="29">
+      <c r="L508" s="19">
         <v>10.68</v>
       </c>
-      <c r="M508" s="29">
+      <c r="M508" s="19">
         <v>11.78</v>
       </c>
-      <c r="N508" s="29">
+      <c r="N508" s="19">
         <v>11.51</v>
       </c>
-      <c r="O508" s="29">
+      <c r="O508" s="19">
         <v>8.8000000000000007</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A509" s="30"/>
+      <c r="P508" s="19">
+        <v>10.34</v>
+      </c>
+      <c r="Q508" s="19">
+        <v>9.36</v>
+      </c>
+      <c r="R508" s="19">
+        <v>12.08</v>
+      </c>
+      <c r="S508" s="19">
+        <v>9.6</v>
+      </c>
+      <c r="T508" s="19">
+        <v>11.3</v>
+      </c>
+    </row>
+    <row r="509" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A509" s="27"/>
       <c r="B509" s="26" t="s">
         <v>81</v>
       </c>
-      <c r="C509" s="32"/>
-      <c r="D509" s="27" t="s">
+      <c r="C509" s="23"/>
+      <c r="D509" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E509" s="28"/>
-      <c r="F509" s="29">
+      <c r="E509" s="18"/>
+      <c r="F509" s="19">
         <v>243.71</v>
       </c>
-      <c r="G509" s="29">
+      <c r="G509" s="19">
         <v>264.82</v>
       </c>
-      <c r="H509" s="29">
+      <c r="H509" s="19">
         <v>264.45999999999998</v>
       </c>
-      <c r="I509" s="29">
+      <c r="I509" s="19">
         <v>300.29000000000002</v>
       </c>
-      <c r="J509" s="29">
+      <c r="J509" s="19">
         <v>299.99</v>
       </c>
-      <c r="K509" s="29">
+      <c r="K509" s="19">
         <v>273.26</v>
       </c>
-      <c r="L509" s="29">
+      <c r="L509" s="19">
         <v>272.93</v>
       </c>
-      <c r="M509" s="29">
+      <c r="M509" s="19">
         <v>272.63</v>
       </c>
-      <c r="N509" s="29">
+      <c r="N509" s="19">
         <v>272.35000000000002</v>
       </c>
-      <c r="O509" s="29">
+      <c r="O509" s="19">
         <v>285.79000000000002</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C510" s="33"/>
+      <c r="P509" s="19">
+        <v>285.44</v>
+      </c>
+      <c r="Q509" s="19">
+        <v>285.11</v>
+      </c>
+      <c r="R509" s="19">
+        <v>284.8</v>
+      </c>
+      <c r="S509" s="19">
+        <v>288</v>
+      </c>
+      <c r="T509" s="19">
+        <v>287.61</v>
+      </c>
+    </row>
+    <row r="510" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A510" s="27"/>
+      <c r="B510" s="27"/>
+      <c r="C510" s="24"/>
       <c r="D510" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E510" s="27" t="s">
+      <c r="E510" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F510" s="29">
+      <c r="F510" s="19">
         <v>34.53</v>
       </c>
-      <c r="G510" s="29">
+      <c r="G510" s="19">
         <v>36.119999999999997</v>
       </c>
-      <c r="H510" s="29">
+      <c r="H510" s="19">
         <v>31.62</v>
       </c>
-      <c r="I510" s="29">
+      <c r="I510" s="19">
         <v>39.28</v>
       </c>
-      <c r="J510" s="29">
+      <c r="J510" s="19">
         <v>32.94</v>
       </c>
-      <c r="K510" s="29">
+      <c r="K510" s="19">
         <v>33.82</v>
       </c>
-      <c r="L510" s="29">
+      <c r="L510" s="19">
         <v>30.88</v>
       </c>
-      <c r="M510" s="29">
-[...14 lines deleted...]
-      <c r="E511" s="27" t="s">
+      <c r="M510" s="19">
+        <v>70.069999999999993</v>
+      </c>
+      <c r="N510" s="19">
+        <v>68.84</v>
+      </c>
+      <c r="O510" s="19">
+        <v>72.3</v>
+      </c>
+      <c r="P510" s="19">
+        <v>71.91</v>
+      </c>
+      <c r="Q510" s="19">
+        <v>24.09</v>
+      </c>
+      <c r="R510" s="19">
+        <v>23.67</v>
+      </c>
+      <c r="S510" s="19">
+        <v>25.9</v>
+      </c>
+      <c r="T510" s="19">
+        <v>19.96</v>
+      </c>
+    </row>
+    <row r="511" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A511" s="27"/>
+      <c r="B511" s="27"/>
+      <c r="C511" s="24"/>
+      <c r="D511" s="28"/>
+      <c r="E511" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F511" s="29">
+      <c r="F511" s="19">
         <v>209.19</v>
       </c>
-      <c r="G511" s="29">
+      <c r="G511" s="19">
         <v>228.71</v>
       </c>
-      <c r="H511" s="29">
+      <c r="H511" s="19">
         <v>232.84</v>
       </c>
-      <c r="I511" s="29">
+      <c r="I511" s="19">
         <v>261.01</v>
       </c>
-      <c r="J511" s="29">
+      <c r="J511" s="19">
         <v>267.05</v>
       </c>
-      <c r="K511" s="29">
+      <c r="K511" s="19">
         <v>239.44</v>
       </c>
-      <c r="L511" s="29">
+      <c r="L511" s="19">
         <v>242.05</v>
       </c>
-      <c r="M511" s="29">
+      <c r="M511" s="19">
         <v>231.87</v>
       </c>
-      <c r="N511" s="29">
+      <c r="N511" s="19">
         <v>240.79</v>
       </c>
-      <c r="O511" s="29">
+      <c r="O511" s="19">
         <v>256</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C512" s="33"/>
+      <c r="P511" s="19">
+        <v>262.95</v>
+      </c>
+      <c r="Q511" s="19">
+        <v>261.02</v>
+      </c>
+      <c r="R511" s="19">
+        <v>261.13</v>
+      </c>
+      <c r="S511" s="19">
+        <v>262</v>
+      </c>
+      <c r="T511" s="19">
+        <v>267.64999999999998</v>
+      </c>
+    </row>
+    <row r="512" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A512" s="27"/>
+      <c r="B512" s="27"/>
+      <c r="C512" s="24"/>
       <c r="D512" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E512" s="27" t="s">
+      <c r="E512" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F512" s="29">
+      <c r="F512" s="19">
         <v>187.52</v>
       </c>
-      <c r="G512" s="29">
+      <c r="G512" s="19">
         <v>212.46</v>
       </c>
-      <c r="H512" s="29">
+      <c r="H512" s="19">
         <v>222.93</v>
       </c>
-      <c r="I512" s="29">
+      <c r="I512" s="19">
         <v>251.43</v>
       </c>
-      <c r="J512" s="29">
+      <c r="J512" s="19">
         <v>238.93</v>
       </c>
-      <c r="K512" s="29">
+      <c r="K512" s="19">
         <v>226.43</v>
       </c>
-      <c r="L512" s="29">
+      <c r="L512" s="19">
         <v>229.68</v>
       </c>
-      <c r="M512" s="29">
-[...14 lines deleted...]
-      <c r="E513" s="27" t="s">
+      <c r="M512" s="19">
+        <v>241.08</v>
+      </c>
+      <c r="N512" s="19">
+        <v>249.28</v>
+      </c>
+      <c r="O512" s="19">
+        <v>253.14</v>
+      </c>
+      <c r="P512" s="19">
+        <v>253.65</v>
+      </c>
+      <c r="Q512" s="19">
+        <v>253.27</v>
+      </c>
+      <c r="R512" s="19">
+        <v>241.72</v>
+      </c>
+      <c r="S512" s="19">
+        <v>246.7</v>
+      </c>
+      <c r="T512" s="19">
+        <v>256.89</v>
+      </c>
+    </row>
+    <row r="513" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A513" s="27"/>
+      <c r="B513" s="27"/>
+      <c r="C513" s="24"/>
+      <c r="D513" s="28"/>
+      <c r="E513" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F513" s="29">
+      <c r="F513" s="19">
         <v>56.19</v>
       </c>
-      <c r="G513" s="29">
+      <c r="G513" s="19">
         <v>52.36</v>
       </c>
-      <c r="H513" s="29">
+      <c r="H513" s="19">
         <v>41.53</v>
       </c>
-      <c r="I513" s="29">
+      <c r="I513" s="19">
         <v>48.87</v>
       </c>
-      <c r="J513" s="29">
+      <c r="J513" s="19">
         <v>61.06</v>
       </c>
-      <c r="K513" s="29">
+      <c r="K513" s="19">
         <v>46.83</v>
       </c>
-      <c r="L513" s="29">
+      <c r="L513" s="19">
         <v>43.25</v>
       </c>
-      <c r="M513" s="29">
+      <c r="M513" s="19">
         <v>39.85</v>
       </c>
-      <c r="N513" s="29">
+      <c r="N513" s="19">
         <v>39.979999999999997</v>
       </c>
-      <c r="O513" s="29">
+      <c r="O513" s="19">
         <v>41.49</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C514" s="33"/>
+      <c r="P513" s="19">
+        <v>43.63</v>
+      </c>
+      <c r="Q513" s="19">
+        <v>31.84</v>
+      </c>
+      <c r="R513" s="19">
+        <v>43.08</v>
+      </c>
+      <c r="S513" s="19">
+        <v>41.3</v>
+      </c>
+      <c r="T513" s="19">
+        <v>30.72</v>
+      </c>
+    </row>
+    <row r="514" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A514" s="27"/>
+      <c r="B514" s="27"/>
+      <c r="C514" s="24"/>
       <c r="D514" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E514" s="27" t="s">
+      <c r="E514" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F514" s="29">
+      <c r="F514" s="19">
         <v>218.75</v>
       </c>
-      <c r="G514" s="29">
+      <c r="G514" s="19">
         <v>238.3</v>
       </c>
-      <c r="H514" s="29">
+      <c r="H514" s="19">
         <v>242.96</v>
       </c>
-      <c r="I514" s="29">
+      <c r="I514" s="19">
         <v>281.93</v>
       </c>
-      <c r="J514" s="29">
+      <c r="J514" s="19">
         <v>285.64999999999998</v>
       </c>
-      <c r="K514" s="29">
+      <c r="K514" s="19">
         <v>261.51</v>
       </c>
-      <c r="L514" s="29">
+      <c r="L514" s="19">
         <v>258.05</v>
       </c>
-      <c r="M514" s="29">
-[...14 lines deleted...]
-      <c r="E515" s="27" t="s">
+      <c r="M514" s="19">
+        <v>259.26</v>
+      </c>
+      <c r="N514" s="19">
+        <v>262.73</v>
+      </c>
+      <c r="O514" s="19">
+        <v>268.08999999999997</v>
+      </c>
+      <c r="P514" s="19">
+        <v>263.93</v>
+      </c>
+      <c r="Q514" s="19">
+        <v>270.92</v>
+      </c>
+      <c r="R514" s="19">
+        <v>265.93</v>
+      </c>
+      <c r="S514" s="19">
+        <v>262.89999999999998</v>
+      </c>
+      <c r="T514" s="19">
+        <v>274.41000000000003</v>
+      </c>
+    </row>
+    <row r="515" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A515" s="27"/>
+      <c r="B515" s="28"/>
+      <c r="C515" s="25"/>
+      <c r="D515" s="28"/>
+      <c r="E515" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F515" s="29">
+      <c r="F515" s="19">
         <v>24.96</v>
       </c>
-      <c r="G515" s="29">
+      <c r="G515" s="19">
         <v>26.52</v>
       </c>
-      <c r="H515" s="29">
+      <c r="H515" s="19">
         <v>21.5</v>
       </c>
-      <c r="I515" s="29">
+      <c r="I515" s="19">
         <v>18.37</v>
       </c>
-      <c r="J515" s="29">
+      <c r="J515" s="19">
         <v>14.34</v>
       </c>
-      <c r="K515" s="29">
+      <c r="K515" s="19">
         <v>11.75</v>
       </c>
-      <c r="L515" s="29">
+      <c r="L515" s="19">
         <v>14.89</v>
       </c>
-      <c r="M515" s="29">
+      <c r="M515" s="19">
         <v>15.37</v>
       </c>
-      <c r="N515" s="29">
+      <c r="N515" s="19">
         <v>15.9</v>
       </c>
-      <c r="O515" s="29">
+      <c r="O515" s="19">
         <v>19.5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A516" s="30"/>
+      <c r="P515" s="19">
+        <v>22.71</v>
+      </c>
+      <c r="Q515" s="19">
+        <v>14.19</v>
+      </c>
+      <c r="R515" s="19">
+        <v>18.87</v>
+      </c>
+      <c r="S515" s="19">
+        <v>25.1</v>
+      </c>
+      <c r="T515" s="19">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="516" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A516" s="27"/>
       <c r="B516" s="26" t="s">
         <v>82</v>
       </c>
-      <c r="C516" s="32"/>
-      <c r="D516" s="27" t="s">
+      <c r="C516" s="23"/>
+      <c r="D516" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E516" s="28"/>
-      <c r="F516" s="29">
+      <c r="E516" s="18"/>
+      <c r="F516" s="19">
         <v>170.81</v>
       </c>
-      <c r="G516" s="29">
+      <c r="G516" s="19">
         <v>179.3</v>
       </c>
-      <c r="H516" s="29">
+      <c r="H516" s="19">
         <v>179.08</v>
       </c>
-      <c r="I516" s="29">
+      <c r="I516" s="19">
         <v>172.57</v>
       </c>
-      <c r="J516" s="29">
+      <c r="J516" s="19">
         <v>172.25</v>
       </c>
-      <c r="K516" s="29">
+      <c r="K516" s="19">
         <v>173.79</v>
       </c>
-      <c r="L516" s="29">
+      <c r="L516" s="19">
         <v>173.43</v>
       </c>
-      <c r="M516" s="29">
+      <c r="M516" s="19">
         <v>173.08</v>
       </c>
-      <c r="N516" s="29">
+      <c r="N516" s="19">
         <v>172.75</v>
       </c>
-      <c r="O516" s="29">
+      <c r="O516" s="19">
         <v>178.11</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C517" s="33"/>
+      <c r="P516" s="19">
+        <v>177.73</v>
+      </c>
+      <c r="Q516" s="19">
+        <v>177.37</v>
+      </c>
+      <c r="R516" s="19">
+        <v>177.02</v>
+      </c>
+      <c r="S516" s="19">
+        <v>184</v>
+      </c>
+      <c r="T516" s="19">
+        <v>183.62</v>
+      </c>
+    </row>
+    <row r="517" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A517" s="27"/>
+      <c r="B517" s="27"/>
+      <c r="C517" s="24"/>
       <c r="D517" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E517" s="27" t="s">
+      <c r="E517" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F517" s="29">
+      <c r="F517" s="19">
         <v>30.31</v>
       </c>
-      <c r="G517" s="29">
+      <c r="G517" s="19">
         <v>50.18</v>
       </c>
-      <c r="H517" s="29">
+      <c r="H517" s="19">
         <v>38.08</v>
       </c>
-      <c r="I517" s="29">
+      <c r="I517" s="19">
         <v>32.299999999999997</v>
       </c>
-      <c r="J517" s="29">
+      <c r="J517" s="19">
         <v>32.26</v>
       </c>
-      <c r="K517" s="29">
+      <c r="K517" s="19">
         <v>29.78</v>
       </c>
-      <c r="L517" s="29">
+      <c r="L517" s="19">
         <v>26.45</v>
       </c>
-      <c r="M517" s="29">
-[...14 lines deleted...]
-      <c r="E518" s="27" t="s">
+      <c r="M517" s="19">
+        <v>39.53</v>
+      </c>
+      <c r="N517" s="19">
+        <v>38.229999999999997</v>
+      </c>
+      <c r="O517" s="19">
+        <v>42.92</v>
+      </c>
+      <c r="P517" s="19">
+        <v>27.64</v>
+      </c>
+      <c r="Q517" s="19">
+        <v>24.02</v>
+      </c>
+      <c r="R517" s="19">
+        <v>28.51</v>
+      </c>
+      <c r="S517" s="19">
+        <v>20.6</v>
+      </c>
+      <c r="T517" s="19">
+        <v>22.17</v>
+      </c>
+    </row>
+    <row r="518" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A518" s="27"/>
+      <c r="B518" s="27"/>
+      <c r="C518" s="24"/>
+      <c r="D518" s="28"/>
+      <c r="E518" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F518" s="29">
+      <c r="F518" s="19">
         <v>140.5</v>
       </c>
-      <c r="G518" s="29">
+      <c r="G518" s="19">
         <v>129.13</v>
       </c>
-      <c r="H518" s="29">
+      <c r="H518" s="19">
         <v>141</v>
       </c>
-      <c r="I518" s="29">
+      <c r="I518" s="19">
         <v>140.27000000000001</v>
       </c>
-      <c r="J518" s="29">
+      <c r="J518" s="19">
         <v>139.99</v>
       </c>
-      <c r="K518" s="29">
+      <c r="K518" s="19">
         <v>144.01</v>
       </c>
-      <c r="L518" s="29">
+      <c r="L518" s="19">
         <v>146.97999999999999</v>
       </c>
-      <c r="M518" s="29">
+      <c r="M518" s="19">
         <v>143.22999999999999</v>
       </c>
-      <c r="N518" s="29">
+      <c r="N518" s="19">
         <v>143.55000000000001</v>
       </c>
-      <c r="O518" s="29">
+      <c r="O518" s="19">
         <v>154.13</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C519" s="33"/>
+      <c r="P518" s="19">
+        <v>149.16999999999999</v>
+      </c>
+      <c r="Q518" s="19">
+        <v>153.36000000000001</v>
+      </c>
+      <c r="R518" s="19">
+        <v>148.52000000000001</v>
+      </c>
+      <c r="S518" s="19">
+        <v>163.4</v>
+      </c>
+      <c r="T518" s="19">
+        <v>161.44999999999999</v>
+      </c>
+    </row>
+    <row r="519" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A519" s="27"/>
+      <c r="B519" s="27"/>
+      <c r="C519" s="24"/>
       <c r="D519" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E519" s="27" t="s">
+      <c r="E519" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F519" s="29">
+      <c r="F519" s="19">
         <v>143.68</v>
       </c>
-      <c r="G519" s="29">
+      <c r="G519" s="19">
         <v>156.69</v>
       </c>
-      <c r="H519" s="29">
+      <c r="H519" s="19">
         <v>155.61000000000001</v>
       </c>
-      <c r="I519" s="29">
+      <c r="I519" s="19">
         <v>151.36000000000001</v>
       </c>
-      <c r="J519" s="29">
+      <c r="J519" s="19">
         <v>144.26</v>
       </c>
-      <c r="K519" s="29">
+      <c r="K519" s="19">
         <v>150.32</v>
       </c>
-      <c r="L519" s="29">
+      <c r="L519" s="19">
         <v>150.1</v>
       </c>
-      <c r="M519" s="29">
-[...14 lines deleted...]
-      <c r="E520" s="27" t="s">
+      <c r="M519" s="19">
+        <v>279.64</v>
+      </c>
+      <c r="N519" s="19">
+        <v>268.77999999999997</v>
+      </c>
+      <c r="O519" s="19">
+        <v>289.83999999999997</v>
+      </c>
+      <c r="P519" s="19">
+        <v>289.26</v>
+      </c>
+      <c r="Q519" s="19">
+        <v>159.33000000000001</v>
+      </c>
+      <c r="R519" s="19">
+        <v>159.72</v>
+      </c>
+      <c r="S519" s="19">
+        <v>169.7</v>
+      </c>
+      <c r="T519" s="19">
+        <v>168.98</v>
+      </c>
+    </row>
+    <row r="520" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A520" s="27"/>
+      <c r="B520" s="27"/>
+      <c r="C520" s="24"/>
+      <c r="D520" s="28"/>
+      <c r="E520" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F520" s="29">
+      <c r="F520" s="19">
         <v>27.13</v>
       </c>
-      <c r="G520" s="29">
+      <c r="G520" s="19">
         <v>22.62</v>
       </c>
-      <c r="H520" s="29">
+      <c r="H520" s="19">
         <v>23.46</v>
       </c>
-      <c r="I520" s="29">
+      <c r="I520" s="19">
         <v>21.21</v>
       </c>
-      <c r="J520" s="29">
+      <c r="J520" s="19">
         <v>27.98</v>
       </c>
-      <c r="K520" s="29">
+      <c r="K520" s="19">
         <v>23.47</v>
       </c>
-      <c r="L520" s="29">
+      <c r="L520" s="19">
         <v>23.34</v>
       </c>
-      <c r="M520" s="29">
+      <c r="M520" s="19">
         <v>20.93</v>
       </c>
-      <c r="N520" s="29">
+      <c r="N520" s="19">
         <v>20.97</v>
       </c>
-      <c r="O520" s="29">
+      <c r="O520" s="19">
         <v>18.489999999999998</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C521" s="33"/>
+      <c r="P520" s="19">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="Q520" s="19">
+        <v>18.04</v>
+      </c>
+      <c r="R520" s="19">
+        <v>17.3</v>
+      </c>
+      <c r="S520" s="19">
+        <v>14.4</v>
+      </c>
+      <c r="T520" s="19">
+        <v>14.64</v>
+      </c>
+    </row>
+    <row r="521" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A521" s="27"/>
+      <c r="B521" s="27"/>
+      <c r="C521" s="24"/>
       <c r="D521" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E521" s="27" t="s">
+      <c r="E521" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F521" s="29">
+      <c r="F521" s="19">
         <v>162.59</v>
       </c>
-      <c r="G521" s="29">
+      <c r="G521" s="19">
         <v>170.6</v>
       </c>
-      <c r="H521" s="29">
+      <c r="H521" s="19">
         <v>169.6</v>
       </c>
-      <c r="I521" s="29">
+      <c r="I521" s="19">
         <v>162.66</v>
       </c>
-      <c r="J521" s="29">
+      <c r="J521" s="19">
         <v>157.22</v>
       </c>
-      <c r="K521" s="29">
+      <c r="K521" s="19">
         <v>162.16</v>
       </c>
-      <c r="L521" s="29">
+      <c r="L521" s="19">
         <v>161.28</v>
       </c>
-      <c r="M521" s="29">
-[...14 lines deleted...]
-      <c r="E522" s="27" t="s">
+      <c r="M521" s="19">
+        <v>304.67</v>
+      </c>
+      <c r="N521" s="19">
+        <v>304.39999999999998</v>
+      </c>
+      <c r="O521" s="19">
+        <v>315.79000000000002</v>
+      </c>
+      <c r="P521" s="19">
+        <v>315.91000000000003</v>
+      </c>
+      <c r="Q521" s="19">
+        <v>167.27</v>
+      </c>
+      <c r="R521" s="19">
+        <v>168.59</v>
+      </c>
+      <c r="S521" s="19">
+        <v>174.6</v>
+      </c>
+      <c r="T521" s="19">
+        <v>171.99</v>
+      </c>
+    </row>
+    <row r="522" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A522" s="27"/>
+      <c r="B522" s="28"/>
+      <c r="C522" s="25"/>
+      <c r="D522" s="28"/>
+      <c r="E522" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F522" s="29">
+      <c r="F522" s="19">
         <v>8.2200000000000006</v>
       </c>
-      <c r="G522" s="29">
+      <c r="G522" s="19">
         <v>8.6999999999999993</v>
       </c>
-      <c r="H522" s="29">
+      <c r="H522" s="19">
         <v>9.4700000000000006</v>
       </c>
-      <c r="I522" s="29">
+      <c r="I522" s="19">
         <v>9.91</v>
       </c>
-      <c r="J522" s="29">
+      <c r="J522" s="19">
         <v>15.03</v>
       </c>
-      <c r="K522" s="29">
+      <c r="K522" s="19">
         <v>11.63</v>
       </c>
-      <c r="L522" s="29">
+      <c r="L522" s="19">
         <v>12.16</v>
       </c>
-      <c r="M522" s="29">
+      <c r="M522" s="19">
         <v>13.17</v>
       </c>
-      <c r="N522" s="29">
+      <c r="N522" s="19">
         <v>10.08</v>
       </c>
-      <c r="O522" s="29">
+      <c r="O522" s="19">
         <v>9.4700000000000006</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A523" s="30"/>
+      <c r="P522" s="19">
+        <v>9.17</v>
+      </c>
+      <c r="Q522" s="19">
+        <v>10.11</v>
+      </c>
+      <c r="R522" s="19">
+        <v>8.43</v>
+      </c>
+      <c r="S522" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="T522" s="19">
+        <v>11.64</v>
+      </c>
+    </row>
+    <row r="523" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A523" s="27"/>
       <c r="B523" s="26" t="s">
         <v>83</v>
       </c>
-      <c r="C523" s="32"/>
-      <c r="D523" s="27" t="s">
+      <c r="C523" s="23"/>
+      <c r="D523" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E523" s="28"/>
-      <c r="F523" s="29">
+      <c r="E523" s="18"/>
+      <c r="F523" s="19">
         <v>104.12</v>
       </c>
-      <c r="G523" s="29">
+      <c r="G523" s="19">
         <v>112.22</v>
       </c>
-      <c r="H523" s="29">
+      <c r="H523" s="19">
         <v>112.07</v>
       </c>
-      <c r="I523" s="29">
+      <c r="I523" s="19">
         <v>141.16999999999999</v>
       </c>
-      <c r="J523" s="29">
+      <c r="J523" s="19">
         <v>141.62</v>
       </c>
-      <c r="K523" s="29">
+      <c r="K523" s="19">
         <v>132.55000000000001</v>
       </c>
-      <c r="L523" s="29">
+      <c r="L523" s="19">
         <v>132.91</v>
       </c>
-      <c r="M523" s="29">
+      <c r="M523" s="19">
         <v>133.29</v>
       </c>
-      <c r="N523" s="29">
+      <c r="N523" s="19">
         <v>133.68</v>
       </c>
-      <c r="O523" s="29">
+      <c r="O523" s="19">
         <v>138.24</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C524" s="33"/>
+      <c r="P523" s="19">
+        <v>138.59</v>
+      </c>
+      <c r="Q523" s="19">
+        <v>138.94999999999999</v>
+      </c>
+      <c r="R523" s="19">
+        <v>139.32</v>
+      </c>
+      <c r="S523" s="19">
+        <v>137</v>
+      </c>
+      <c r="T523" s="19">
+        <v>137.35</v>
+      </c>
+    </row>
+    <row r="524" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A524" s="27"/>
+      <c r="B524" s="27"/>
+      <c r="C524" s="24"/>
       <c r="D524" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E524" s="27" t="s">
+      <c r="E524" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F524" s="29">
+      <c r="F524" s="19">
         <v>17.79</v>
       </c>
-      <c r="G524" s="29">
+      <c r="G524" s="19">
         <v>24.2</v>
       </c>
-      <c r="H524" s="29">
+      <c r="H524" s="19">
         <v>17.32</v>
       </c>
-      <c r="I524" s="29">
+      <c r="I524" s="19">
         <v>20.55</v>
       </c>
-      <c r="J524" s="29">
+      <c r="J524" s="19">
         <v>19.16</v>
       </c>
-      <c r="K524" s="29">
+      <c r="K524" s="19">
         <v>18.079999999999998</v>
       </c>
-      <c r="L524" s="29">
+      <c r="L524" s="19">
         <v>15.6</v>
       </c>
-      <c r="M524" s="29">
-[...14 lines deleted...]
-      <c r="E525" s="27" t="s">
+      <c r="M524" s="19">
+        <v>20.2</v>
+      </c>
+      <c r="N524" s="19">
+        <v>17.98</v>
+      </c>
+      <c r="O524" s="19">
+        <v>16.54</v>
+      </c>
+      <c r="P524" s="19">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="Q524" s="19">
+        <v>16.39</v>
+      </c>
+      <c r="R524" s="19">
+        <v>17.57</v>
+      </c>
+      <c r="S524" s="19">
+        <v>14.9</v>
+      </c>
+      <c r="T524" s="19">
+        <v>14.6</v>
+      </c>
+    </row>
+    <row r="525" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A525" s="27"/>
+      <c r="B525" s="27"/>
+      <c r="C525" s="24"/>
+      <c r="D525" s="28"/>
+      <c r="E525" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F525" s="29">
+      <c r="F525" s="19">
         <v>86.33</v>
       </c>
-      <c r="G525" s="29">
+      <c r="G525" s="19">
         <v>88.02</v>
       </c>
-      <c r="H525" s="29">
+      <c r="H525" s="19">
         <v>94.75</v>
       </c>
-      <c r="I525" s="29">
+      <c r="I525" s="19">
         <v>120.62</v>
       </c>
-      <c r="J525" s="29">
+      <c r="J525" s="19">
         <v>122.46</v>
       </c>
-      <c r="K525" s="29">
+      <c r="K525" s="19">
         <v>114.47</v>
       </c>
-      <c r="L525" s="29">
+      <c r="L525" s="19">
         <v>117.31</v>
       </c>
-      <c r="M525" s="29">
+      <c r="M525" s="19">
         <v>111.72</v>
       </c>
-      <c r="N525" s="29">
+      <c r="N525" s="19">
         <v>114.59</v>
       </c>
-      <c r="O525" s="29">
+      <c r="O525" s="19">
         <v>121.08</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C526" s="33"/>
+      <c r="P525" s="19">
+        <v>119.76</v>
+      </c>
+      <c r="Q525" s="19">
+        <v>122.56</v>
+      </c>
+      <c r="R525" s="19">
+        <v>121.76</v>
+      </c>
+      <c r="S525" s="19">
+        <v>122.1</v>
+      </c>
+      <c r="T525" s="19">
+        <v>122.75</v>
+      </c>
+    </row>
+    <row r="526" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A526" s="27"/>
+      <c r="B526" s="27"/>
+      <c r="C526" s="24"/>
       <c r="D526" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E526" s="27" t="s">
+      <c r="E526" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F526" s="29">
+      <c r="F526" s="19">
         <v>89.26</v>
       </c>
-      <c r="G526" s="29">
+      <c r="G526" s="19">
         <v>101.29</v>
       </c>
-      <c r="H526" s="29">
+      <c r="H526" s="19">
         <v>99.73</v>
       </c>
-      <c r="I526" s="29">
+      <c r="I526" s="19">
         <v>120.45</v>
       </c>
-      <c r="J526" s="29">
+      <c r="J526" s="19">
         <v>121.93</v>
       </c>
-      <c r="K526" s="29">
+      <c r="K526" s="19">
         <v>112.7</v>
       </c>
-      <c r="L526" s="29">
+      <c r="L526" s="19">
         <v>117.54</v>
       </c>
-      <c r="M526" s="29">
-[...14 lines deleted...]
-      <c r="E527" s="27" t="s">
+      <c r="M526" s="19">
+        <v>192.04</v>
+      </c>
+      <c r="N526" s="19">
+        <v>194.03</v>
+      </c>
+      <c r="O526" s="19">
+        <v>214.95</v>
+      </c>
+      <c r="P526" s="19">
+        <v>213.04</v>
+      </c>
+      <c r="Q526" s="19">
+        <v>125.14</v>
+      </c>
+      <c r="R526" s="19">
+        <v>121.07</v>
+      </c>
+      <c r="S526" s="19">
+        <v>123.9</v>
+      </c>
+      <c r="T526" s="19">
+        <v>124.57</v>
+      </c>
+    </row>
+    <row r="527" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A527" s="27"/>
+      <c r="B527" s="27"/>
+      <c r="C527" s="24"/>
+      <c r="D527" s="28"/>
+      <c r="E527" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F527" s="29">
+      <c r="F527" s="19">
         <v>14.86</v>
       </c>
-      <c r="G527" s="29">
+      <c r="G527" s="19">
         <v>10.94</v>
       </c>
-      <c r="H527" s="29">
+      <c r="H527" s="19">
         <v>12.34</v>
       </c>
-      <c r="I527" s="29">
+      <c r="I527" s="19">
         <v>20.72</v>
       </c>
-      <c r="J527" s="29">
+      <c r="J527" s="19">
         <v>19.690000000000001</v>
       </c>
-      <c r="K527" s="29">
+      <c r="K527" s="19">
         <v>19.850000000000001</v>
       </c>
-      <c r="L527" s="29">
+      <c r="L527" s="19">
         <v>15.37</v>
       </c>
-      <c r="M527" s="29">
+      <c r="M527" s="19">
         <v>14.47</v>
       </c>
-      <c r="N527" s="29">
+      <c r="N527" s="19">
         <v>15.09</v>
       </c>
-      <c r="O527" s="29">
+      <c r="O527" s="19">
         <v>15.42</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C528" s="33"/>
+      <c r="P527" s="19">
+        <v>14.57</v>
+      </c>
+      <c r="Q527" s="19">
+        <v>13.81</v>
+      </c>
+      <c r="R527" s="19">
+        <v>18.25</v>
+      </c>
+      <c r="S527" s="19">
+        <v>13.1</v>
+      </c>
+      <c r="T527" s="19">
+        <v>12.78</v>
+      </c>
+    </row>
+    <row r="528" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A528" s="27"/>
+      <c r="B528" s="27"/>
+      <c r="C528" s="24"/>
       <c r="D528" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E528" s="27" t="s">
+      <c r="E528" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F528" s="29">
+      <c r="F528" s="19">
         <v>98.07</v>
       </c>
-      <c r="G528" s="29">
+      <c r="G528" s="19">
         <v>107.24</v>
       </c>
-      <c r="H528" s="29">
+      <c r="H528" s="19">
         <v>104.73</v>
       </c>
-      <c r="I528" s="29">
+      <c r="I528" s="19">
         <v>132.16999999999999</v>
       </c>
-      <c r="J528" s="29">
+      <c r="J528" s="19">
         <v>133.71</v>
       </c>
-      <c r="K528" s="29">
+      <c r="K528" s="19">
         <v>123.5</v>
       </c>
-      <c r="L528" s="29">
+      <c r="L528" s="19">
         <v>125.35</v>
       </c>
-      <c r="M528" s="29">
-[...14 lines deleted...]
-      <c r="E529" s="27" t="s">
+      <c r="M528" s="19">
+        <v>218.76</v>
+      </c>
+      <c r="N528" s="19">
+        <v>218.71</v>
+      </c>
+      <c r="O528" s="19">
+        <v>241.17</v>
+      </c>
+      <c r="P528" s="19">
+        <v>239.24</v>
+      </c>
+      <c r="Q528" s="19">
+        <v>129.37</v>
+      </c>
+      <c r="R528" s="19">
+        <v>130.02000000000001</v>
+      </c>
+      <c r="S528" s="19">
+        <v>128.9</v>
+      </c>
+      <c r="T528" s="19">
+        <v>128.47999999999999</v>
+      </c>
+    </row>
+    <row r="529" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A529" s="28"/>
+      <c r="B529" s="28"/>
+      <c r="C529" s="25"/>
+      <c r="D529" s="28"/>
+      <c r="E529" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F529" s="29">
+      <c r="F529" s="19">
         <v>6.05</v>
       </c>
-      <c r="G529" s="29">
+      <c r="G529" s="19">
         <v>4.9800000000000004</v>
       </c>
-      <c r="H529" s="29">
+      <c r="H529" s="19">
         <v>7.34</v>
       </c>
-      <c r="I529" s="29">
+      <c r="I529" s="19">
         <v>9</v>
       </c>
-      <c r="J529" s="29">
+      <c r="J529" s="19">
         <v>7.9</v>
       </c>
-      <c r="K529" s="29">
+      <c r="K529" s="19">
         <v>9.0500000000000007</v>
       </c>
-      <c r="L529" s="29">
+      <c r="L529" s="19">
         <v>7.56</v>
       </c>
-      <c r="M529" s="29">
+      <c r="M529" s="19">
         <v>9.75</v>
       </c>
-      <c r="N529" s="29">
+      <c r="N529" s="19">
         <v>7.42</v>
       </c>
-      <c r="O529" s="29">
+      <c r="O529" s="19">
         <v>6.88</v>
       </c>
-    </row>
-    <row r="530" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P529" s="19">
+        <v>7.24</v>
+      </c>
+      <c r="Q529" s="19">
+        <v>9.58</v>
+      </c>
+      <c r="R529" s="19">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="S529" s="19">
+        <v>8.1</v>
+      </c>
+      <c r="T529" s="19">
+        <v>8.8699999999999992</v>
+      </c>
+    </row>
+    <row r="530" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A530" s="26" t="s">
         <v>84</v>
       </c>
       <c r="B530" s="26" t="s">
         <v>84</v>
       </c>
       <c r="C530" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="D530" s="27" t="s">
+      <c r="D530" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E530" s="28"/>
-      <c r="F530" s="29">
+      <c r="E530" s="18"/>
+      <c r="F530" s="19">
         <v>2858.7</v>
       </c>
-      <c r="G530" s="29">
+      <c r="G530" s="19">
         <v>2891.86</v>
       </c>
-      <c r="H530" s="29">
+      <c r="H530" s="19">
         <v>2894.65</v>
       </c>
-      <c r="I530" s="29">
+      <c r="I530" s="19">
         <v>3087.34</v>
       </c>
-      <c r="J530" s="29">
+      <c r="J530" s="19">
         <v>3091.31</v>
       </c>
-      <c r="K530" s="29">
+      <c r="K530" s="19">
         <v>2966.31</v>
       </c>
-      <c r="L530" s="29">
+      <c r="L530" s="19">
         <v>2969.85</v>
       </c>
-      <c r="M530" s="29">
+      <c r="M530" s="19">
         <v>2973.48</v>
       </c>
-      <c r="N530" s="29">
+      <c r="N530" s="19">
         <v>2977.18</v>
       </c>
-      <c r="O530" s="29">
+      <c r="O530" s="19">
         <v>3089.84</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C531" s="30"/>
+      <c r="P530" s="19">
+        <v>3093.32</v>
+      </c>
+      <c r="Q530" s="19">
+        <v>3096.89</v>
+      </c>
+      <c r="R530" s="19">
+        <v>3100.53</v>
+      </c>
+      <c r="S530" s="19">
+        <v>3170.4</v>
+      </c>
+      <c r="T530" s="19">
+        <v>3173.75</v>
+      </c>
+    </row>
+    <row r="531" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A531" s="27"/>
+      <c r="B531" s="27"/>
+      <c r="C531" s="27"/>
       <c r="D531" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E531" s="27" t="s">
+      <c r="E531" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F531" s="29">
+      <c r="F531" s="19">
         <v>601.74</v>
       </c>
-      <c r="G531" s="29">
+      <c r="G531" s="19">
         <v>668.24</v>
       </c>
-      <c r="H531" s="29">
+      <c r="H531" s="19">
         <v>661.54</v>
       </c>
-      <c r="I531" s="29">
+      <c r="I531" s="19">
         <v>697.4</v>
       </c>
-      <c r="J531" s="29">
+      <c r="J531" s="19">
         <v>623.24</v>
       </c>
-      <c r="K531" s="29">
+      <c r="K531" s="19">
         <v>675.83</v>
       </c>
-      <c r="L531" s="29">
+      <c r="L531" s="19">
         <v>623.48</v>
       </c>
-      <c r="M531" s="29">
-[...14 lines deleted...]
-      <c r="E532" s="27" t="s">
+      <c r="M531" s="19">
+        <v>24.9</v>
+      </c>
+      <c r="N531" s="19">
+        <v>21.01</v>
+      </c>
+      <c r="O531" s="19">
+        <v>24.37</v>
+      </c>
+      <c r="P531" s="19">
+        <v>23.62</v>
+      </c>
+      <c r="Q531" s="19">
+        <v>601.9</v>
+      </c>
+      <c r="R531" s="19">
+        <v>564.70000000000005</v>
+      </c>
+      <c r="S531" s="19">
+        <v>581.9</v>
+      </c>
+      <c r="T531" s="19">
+        <v>585.11</v>
+      </c>
+    </row>
+    <row r="532" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A532" s="27"/>
+      <c r="B532" s="27"/>
+      <c r="C532" s="27"/>
+      <c r="D532" s="28"/>
+      <c r="E532" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F532" s="29">
+      <c r="F532" s="19">
         <v>2256.9499999999998</v>
       </c>
-      <c r="G532" s="29">
+      <c r="G532" s="19">
         <v>2223.62</v>
       </c>
-      <c r="H532" s="29">
+      <c r="H532" s="19">
         <v>2233.11</v>
       </c>
-      <c r="I532" s="29">
+      <c r="I532" s="19">
         <v>2389.94</v>
       </c>
-      <c r="J532" s="29">
+      <c r="J532" s="19">
         <v>2468.0700000000002</v>
       </c>
-      <c r="K532" s="29">
+      <c r="K532" s="19">
         <v>2290.48</v>
       </c>
-      <c r="L532" s="29">
+      <c r="L532" s="19">
         <v>2346.37</v>
       </c>
-      <c r="M532" s="29">
+      <c r="M532" s="19">
         <v>2377.6799999999998</v>
       </c>
-      <c r="N532" s="29">
+      <c r="N532" s="19">
         <v>2377.4299999999998</v>
       </c>
-      <c r="O532" s="29">
+      <c r="O532" s="19">
         <v>2503.08</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C533" s="30"/>
+      <c r="P532" s="19">
+        <v>2464.89</v>
+      </c>
+      <c r="Q532" s="19">
+        <v>2494.9899999999998</v>
+      </c>
+      <c r="R532" s="19">
+        <v>2535.83</v>
+      </c>
+      <c r="S532" s="19">
+        <v>2588.5</v>
+      </c>
+      <c r="T532" s="19">
+        <v>2588.64</v>
+      </c>
+    </row>
+    <row r="533" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A533" s="27"/>
+      <c r="B533" s="27"/>
+      <c r="C533" s="27"/>
       <c r="D533" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E533" s="27" t="s">
+      <c r="E533" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F533" s="29">
+      <c r="F533" s="19">
         <v>2531</v>
       </c>
-      <c r="G533" s="29">
+      <c r="G533" s="19">
         <v>2619.71</v>
       </c>
-      <c r="H533" s="29">
+      <c r="H533" s="19">
         <v>2614.4899999999998</v>
       </c>
-      <c r="I533" s="29">
+      <c r="I533" s="19">
         <v>2805.99</v>
       </c>
-      <c r="J533" s="29">
+      <c r="J533" s="19">
         <v>2758.12</v>
       </c>
-      <c r="K533" s="29">
+      <c r="K533" s="19">
         <v>2702.59</v>
       </c>
-      <c r="L533" s="29">
+      <c r="L533" s="19">
         <v>2721.69</v>
       </c>
-      <c r="M533" s="29">
-[...14 lines deleted...]
-      <c r="E534" s="27" t="s">
+      <c r="M533" s="19">
+        <v>138.87</v>
+      </c>
+      <c r="N533" s="19">
+        <v>140.13999999999999</v>
+      </c>
+      <c r="O533" s="19">
+        <v>149.13</v>
+      </c>
+      <c r="P533" s="19">
+        <v>150.35</v>
+      </c>
+      <c r="Q533" s="19">
+        <v>2855.55</v>
+      </c>
+      <c r="R533" s="19">
+        <v>2829.39</v>
+      </c>
+      <c r="S533" s="19">
+        <v>2925.8</v>
+      </c>
+      <c r="T533" s="19">
+        <v>2938.85</v>
+      </c>
+    </row>
+    <row r="534" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A534" s="27"/>
+      <c r="B534" s="27"/>
+      <c r="C534" s="27"/>
+      <c r="D534" s="28"/>
+      <c r="E534" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F534" s="29">
+      <c r="F534" s="19">
         <v>327.7</v>
       </c>
-      <c r="G534" s="29">
+      <c r="G534" s="19">
         <v>272.14999999999998</v>
       </c>
-      <c r="H534" s="29">
+      <c r="H534" s="19">
         <v>280.16000000000003</v>
       </c>
-      <c r="I534" s="29">
+      <c r="I534" s="19">
         <v>281.35000000000002</v>
       </c>
-      <c r="J534" s="29">
+      <c r="J534" s="19">
         <v>333.19</v>
       </c>
-      <c r="K534" s="29">
+      <c r="K534" s="19">
         <v>263.72000000000003</v>
       </c>
-      <c r="L534" s="29">
+      <c r="L534" s="19">
         <v>248.17</v>
       </c>
-      <c r="M534" s="29">
+      <c r="M534" s="19">
         <v>275.85000000000002</v>
       </c>
-      <c r="N534" s="29">
+      <c r="N534" s="19">
         <v>267.76</v>
       </c>
-      <c r="O534" s="29">
+      <c r="O534" s="19">
         <v>249.91</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C535" s="30"/>
+      <c r="P534" s="19">
+        <v>244.22</v>
+      </c>
+      <c r="Q534" s="19">
+        <v>241.34</v>
+      </c>
+      <c r="R534" s="19">
+        <v>271.14999999999998</v>
+      </c>
+      <c r="S534" s="19">
+        <v>244.6</v>
+      </c>
+      <c r="T534" s="19">
+        <v>234.91</v>
+      </c>
+    </row>
+    <row r="535" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A535" s="27"/>
+      <c r="B535" s="27"/>
+      <c r="C535" s="27"/>
       <c r="D535" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E535" s="27" t="s">
+      <c r="E535" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F535" s="29">
+      <c r="F535" s="19">
         <v>2759.88</v>
       </c>
-      <c r="G535" s="29">
+      <c r="G535" s="19">
         <v>2810.6</v>
       </c>
-      <c r="H535" s="29">
+      <c r="H535" s="19">
         <v>2812.98</v>
       </c>
-      <c r="I535" s="29">
+      <c r="I535" s="19">
         <v>2986.2</v>
       </c>
-      <c r="J535" s="29">
+      <c r="J535" s="19">
         <v>2978.5</v>
       </c>
-      <c r="K535" s="29">
+      <c r="K535" s="19">
         <v>2867.28</v>
       </c>
-      <c r="L535" s="29">
+      <c r="L535" s="19">
         <v>2870.65</v>
       </c>
-      <c r="M535" s="29">
-[...14 lines deleted...]
-      <c r="E536" s="27" t="s">
+      <c r="M535" s="19">
+        <v>143.84</v>
+      </c>
+      <c r="N535" s="19">
+        <v>142.52000000000001</v>
+      </c>
+      <c r="O535" s="19">
+        <v>153.84</v>
+      </c>
+      <c r="P535" s="19">
+        <v>154.61000000000001</v>
+      </c>
+      <c r="Q535" s="19">
+        <v>2987.7</v>
+      </c>
+      <c r="R535" s="19">
+        <v>2974.67</v>
+      </c>
+      <c r="S535" s="19">
+        <v>3050.4</v>
+      </c>
+      <c r="T535" s="19">
+        <v>3053.7</v>
+      </c>
+    </row>
+    <row r="536" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A536" s="27"/>
+      <c r="B536" s="27"/>
+      <c r="C536" s="28"/>
+      <c r="D536" s="28"/>
+      <c r="E536" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F536" s="29">
+      <c r="F536" s="19">
         <v>98.82</v>
       </c>
-      <c r="G536" s="29">
+      <c r="G536" s="19">
         <v>81.260000000000005</v>
       </c>
-      <c r="H536" s="29">
+      <c r="H536" s="19">
         <v>81.67</v>
       </c>
-      <c r="I536" s="29">
+      <c r="I536" s="19">
         <v>101.14</v>
       </c>
-      <c r="J536" s="29">
+      <c r="J536" s="19">
         <v>112.82</v>
       </c>
-      <c r="K536" s="29">
+      <c r="K536" s="19">
         <v>99.03</v>
       </c>
-      <c r="L536" s="29">
+      <c r="L536" s="19">
         <v>99.2</v>
       </c>
-      <c r="M536" s="29">
+      <c r="M536" s="19">
         <v>108.43</v>
       </c>
-      <c r="N536" s="29">
+      <c r="N536" s="19">
         <v>116.09</v>
       </c>
-      <c r="O536" s="29">
+      <c r="O536" s="19">
         <v>103.05</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B537" s="30"/>
+      <c r="P536" s="19">
+        <v>93.5</v>
+      </c>
+      <c r="Q536" s="19">
+        <v>109.19</v>
+      </c>
+      <c r="R536" s="19">
+        <v>125.87</v>
+      </c>
+      <c r="S536" s="19">
+        <v>120.1</v>
+      </c>
+      <c r="T536" s="19">
+        <v>120.05</v>
+      </c>
+    </row>
+    <row r="537" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A537" s="27"/>
+      <c r="B537" s="27"/>
       <c r="C537" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="D537" s="27" t="s">
+      <c r="D537" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E537" s="28"/>
-      <c r="F537" s="29">
+      <c r="E537" s="18"/>
+      <c r="F537" s="19">
         <v>1012.24</v>
       </c>
-      <c r="G537" s="29">
+      <c r="G537" s="19">
         <v>1038.8800000000001</v>
       </c>
-      <c r="H537" s="29">
+      <c r="H537" s="19">
         <v>1039.8399999999999</v>
       </c>
-      <c r="I537" s="29">
+      <c r="I537" s="19">
         <v>1124.75</v>
       </c>
-      <c r="J537" s="29">
+      <c r="J537" s="19">
         <v>1126.47</v>
       </c>
-      <c r="K537" s="29">
+      <c r="K537" s="19">
         <v>1088.0999999999999</v>
       </c>
-      <c r="L537" s="29">
+      <c r="L537" s="19">
         <v>1089.6500000000001</v>
       </c>
-      <c r="M537" s="29">
+      <c r="M537" s="19">
         <v>1091.23</v>
       </c>
-      <c r="N537" s="29">
+      <c r="N537" s="19">
         <v>1092.8399999999999</v>
       </c>
-      <c r="O537" s="29">
+      <c r="O537" s="19">
         <v>1141.24</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C538" s="30"/>
+      <c r="P537" s="19">
+        <v>1142.79</v>
+      </c>
+      <c r="Q537" s="19">
+        <v>1144.3699999999999</v>
+      </c>
+      <c r="R537" s="19">
+        <v>1145.98</v>
+      </c>
+      <c r="S537" s="19">
+        <v>1161.5</v>
+      </c>
+      <c r="T537" s="19">
+        <v>1162.95</v>
+      </c>
+    </row>
+    <row r="538" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A538" s="27"/>
+      <c r="B538" s="27"/>
+      <c r="C538" s="27"/>
       <c r="D538" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E538" s="27" t="s">
+      <c r="E538" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F538" s="29">
+      <c r="F538" s="19">
         <v>287.45999999999998</v>
       </c>
-      <c r="G538" s="29">
+      <c r="G538" s="19">
         <v>306.69</v>
       </c>
-      <c r="H538" s="29">
+      <c r="H538" s="19">
         <v>318.41000000000003</v>
       </c>
-      <c r="I538" s="29">
+      <c r="I538" s="19">
         <v>346.14</v>
       </c>
-      <c r="J538" s="29">
+      <c r="J538" s="19">
         <v>310.70999999999998</v>
       </c>
-      <c r="K538" s="29">
+      <c r="K538" s="19">
         <v>346.16</v>
       </c>
-      <c r="L538" s="29">
+      <c r="L538" s="19">
         <v>306.16000000000003</v>
       </c>
-      <c r="M538" s="29">
-[...14 lines deleted...]
-      <c r="E539" s="27" t="s">
+      <c r="M538" s="19">
+        <v>22.1</v>
+      </c>
+      <c r="N538" s="19">
+        <v>23.96</v>
+      </c>
+      <c r="O538" s="19">
+        <v>33.409999999999997</v>
+      </c>
+      <c r="P538" s="19">
+        <v>33.51</v>
+      </c>
+      <c r="Q538" s="19">
+        <v>316.26</v>
+      </c>
+      <c r="R538" s="19">
+        <v>298.93</v>
+      </c>
+      <c r="S538" s="19">
+        <v>289.5</v>
+      </c>
+      <c r="T538" s="19">
+        <v>310.22000000000003</v>
+      </c>
+    </row>
+    <row r="539" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A539" s="27"/>
+      <c r="B539" s="27"/>
+      <c r="C539" s="27"/>
+      <c r="D539" s="28"/>
+      <c r="E539" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F539" s="29">
+      <c r="F539" s="19">
         <v>724.78</v>
       </c>
-      <c r="G539" s="29">
+      <c r="G539" s="19">
         <v>732.19</v>
       </c>
-      <c r="H539" s="29">
+      <c r="H539" s="19">
         <v>721.43</v>
       </c>
-      <c r="I539" s="29">
+      <c r="I539" s="19">
         <v>778.6</v>
       </c>
-      <c r="J539" s="29">
+      <c r="J539" s="19">
         <v>815.75</v>
       </c>
-      <c r="K539" s="29">
+      <c r="K539" s="19">
         <v>741.94</v>
       </c>
-      <c r="L539" s="29">
+      <c r="L539" s="19">
         <v>783.48</v>
       </c>
-      <c r="M539" s="29">
+      <c r="M539" s="19">
         <v>801.81</v>
       </c>
-      <c r="N539" s="29">
+      <c r="N539" s="19">
         <v>775.94</v>
       </c>
-      <c r="O539" s="29">
+      <c r="O539" s="19">
         <v>835.84</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C540" s="30"/>
+      <c r="P539" s="19">
+        <v>816.12</v>
+      </c>
+      <c r="Q539" s="19">
+        <v>828.11</v>
+      </c>
+      <c r="R539" s="19">
+        <v>847.05</v>
+      </c>
+      <c r="S539" s="19">
+        <v>872</v>
+      </c>
+      <c r="T539" s="19">
+        <v>852.73</v>
+      </c>
+    </row>
+    <row r="540" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A540" s="27"/>
+      <c r="B540" s="27"/>
+      <c r="C540" s="27"/>
       <c r="D540" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E540" s="27" t="s">
+      <c r="E540" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F540" s="29">
+      <c r="F540" s="19">
         <v>925.38</v>
       </c>
-      <c r="G540" s="29">
+      <c r="G540" s="19">
         <v>956.35</v>
       </c>
-      <c r="H540" s="29">
+      <c r="H540" s="19">
         <v>962.56</v>
       </c>
-      <c r="I540" s="29">
+      <c r="I540" s="19">
         <v>1046.8399999999999</v>
       </c>
-      <c r="J540" s="29">
+      <c r="J540" s="19">
         <v>1034.55</v>
       </c>
-      <c r="K540" s="29">
+      <c r="K540" s="19">
         <v>1017.88</v>
       </c>
-      <c r="L540" s="29">
+      <c r="L540" s="19">
         <v>1031.23</v>
       </c>
-      <c r="M540" s="29">
-[...14 lines deleted...]
-      <c r="E541" s="27" t="s">
+      <c r="M540" s="19">
+        <v>126.39</v>
+      </c>
+      <c r="N540" s="19">
+        <v>125.86</v>
+      </c>
+      <c r="O540" s="19">
+        <v>136.29</v>
+      </c>
+      <c r="P540" s="19">
+        <v>136.91</v>
+      </c>
+      <c r="Q540" s="19">
+        <v>1085.42</v>
+      </c>
+      <c r="R540" s="19">
+        <v>1077.0899999999999</v>
+      </c>
+      <c r="S540" s="19">
+        <v>1105</v>
+      </c>
+      <c r="T540" s="19">
+        <v>1106.73</v>
+      </c>
+    </row>
+    <row r="541" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A541" s="27"/>
+      <c r="B541" s="27"/>
+      <c r="C541" s="27"/>
+      <c r="D541" s="28"/>
+      <c r="E541" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F541" s="29">
+      <c r="F541" s="19">
         <v>86.86</v>
       </c>
-      <c r="G541" s="29">
+      <c r="G541" s="19">
         <v>82.53</v>
       </c>
-      <c r="H541" s="29">
+      <c r="H541" s="19">
         <v>77.28</v>
       </c>
-      <c r="I541" s="29">
+      <c r="I541" s="19">
         <v>77.91</v>
       </c>
-      <c r="J541" s="29">
+      <c r="J541" s="19">
         <v>91.91</v>
       </c>
-      <c r="K541" s="29">
+      <c r="K541" s="19">
         <v>70.22</v>
       </c>
-      <c r="L541" s="29">
+      <c r="L541" s="19">
         <v>58.42</v>
       </c>
-      <c r="M541" s="29">
+      <c r="M541" s="19">
         <v>79.37</v>
       </c>
-      <c r="N541" s="29">
+      <c r="N541" s="19">
         <v>68.849999999999994</v>
       </c>
-      <c r="O541" s="29">
+      <c r="O541" s="19">
         <v>62.39</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C542" s="30"/>
+      <c r="P541" s="19">
+        <v>57.41</v>
+      </c>
+      <c r="Q541" s="19">
+        <v>58.96</v>
+      </c>
+      <c r="R541" s="19">
+        <v>68.89</v>
+      </c>
+      <c r="S541" s="19">
+        <v>56.5</v>
+      </c>
+      <c r="T541" s="19">
+        <v>56.22</v>
+      </c>
+    </row>
+    <row r="542" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A542" s="27"/>
+      <c r="B542" s="27"/>
+      <c r="C542" s="27"/>
       <c r="D542" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E542" s="27" t="s">
+      <c r="E542" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F542" s="29">
+      <c r="F542" s="19">
         <v>992.71</v>
       </c>
-      <c r="G542" s="29">
+      <c r="G542" s="19">
         <v>1015.85</v>
       </c>
-      <c r="H542" s="29">
+      <c r="H542" s="19">
         <v>1017.11</v>
       </c>
-      <c r="I542" s="29">
+      <c r="I542" s="19">
         <v>1097.3900000000001</v>
       </c>
-      <c r="J542" s="29">
+      <c r="J542" s="19">
         <v>1095.5999999999999</v>
       </c>
-      <c r="K542" s="29">
+      <c r="K542" s="19">
         <v>1062.73</v>
       </c>
-      <c r="L542" s="29">
+      <c r="L542" s="19">
         <v>1068.5899999999999</v>
       </c>
-      <c r="M542" s="29">
-[...14 lines deleted...]
-      <c r="E543" s="27" t="s">
+      <c r="M542" s="19">
+        <v>129.65</v>
+      </c>
+      <c r="N542" s="19">
+        <v>130.65</v>
+      </c>
+      <c r="O542" s="19">
+        <v>138.71</v>
+      </c>
+      <c r="P542" s="19">
+        <v>139.12</v>
+      </c>
+      <c r="Q542" s="19">
+        <v>1122.1199999999999</v>
+      </c>
+      <c r="R542" s="19">
+        <v>1121.5</v>
+      </c>
+      <c r="S542" s="19">
+        <v>1136.3</v>
+      </c>
+      <c r="T542" s="19">
+        <v>1138.7</v>
+      </c>
+    </row>
+    <row r="543" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A543" s="27"/>
+      <c r="B543" s="27"/>
+      <c r="C543" s="28"/>
+      <c r="D543" s="28"/>
+      <c r="E543" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F543" s="29">
+      <c r="F543" s="19">
         <v>19.53</v>
       </c>
-      <c r="G543" s="29">
+      <c r="G543" s="19">
         <v>23.04</v>
       </c>
-      <c r="H543" s="29">
+      <c r="H543" s="19">
         <v>22.73</v>
       </c>
-      <c r="I543" s="29">
+      <c r="I543" s="19">
         <v>27.36</v>
       </c>
-      <c r="J543" s="29">
+      <c r="J543" s="19">
         <v>30.86</v>
       </c>
-      <c r="K543" s="29">
+      <c r="K543" s="19">
         <v>25.37</v>
       </c>
-      <c r="L543" s="29">
+      <c r="L543" s="19">
         <v>21.06</v>
       </c>
-      <c r="M543" s="29">
+      <c r="M543" s="19">
         <v>22.62</v>
       </c>
-      <c r="N543" s="29">
+      <c r="N543" s="19">
         <v>24.99</v>
       </c>
-      <c r="O543" s="29">
+      <c r="O543" s="19">
         <v>24.32</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B544" s="30"/>
+      <c r="P543" s="19">
+        <v>18.760000000000002</v>
+      </c>
+      <c r="Q543" s="19">
+        <v>22.25</v>
+      </c>
+      <c r="R543" s="19">
+        <v>24.48</v>
+      </c>
+      <c r="S543" s="19">
+        <v>25.2</v>
+      </c>
+      <c r="T543" s="19">
+        <v>24.25</v>
+      </c>
+    </row>
+    <row r="544" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A544" s="27"/>
+      <c r="B544" s="27"/>
       <c r="C544" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="D544" s="27" t="s">
+      <c r="D544" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E544" s="28"/>
-      <c r="F544" s="29">
+      <c r="E544" s="18"/>
+      <c r="F544" s="19">
         <v>1846.45</v>
       </c>
-      <c r="G544" s="29">
+      <c r="G544" s="19">
         <v>1852.98</v>
       </c>
-      <c r="H544" s="29">
+      <c r="H544" s="19">
         <v>1854.81</v>
       </c>
-      <c r="I544" s="29">
+      <c r="I544" s="19">
         <v>1962.59</v>
       </c>
-      <c r="J544" s="29">
+      <c r="J544" s="19">
         <v>1964.85</v>
       </c>
-      <c r="K544" s="29">
+      <c r="K544" s="19">
         <v>1878.21</v>
       </c>
-      <c r="L544" s="29">
+      <c r="L544" s="19">
         <v>1880.21</v>
       </c>
-      <c r="M544" s="29">
+      <c r="M544" s="19">
         <v>1882.25</v>
       </c>
-      <c r="N544" s="29">
+      <c r="N544" s="19">
         <v>1884.34</v>
       </c>
-      <c r="O544" s="29">
+      <c r="O544" s="19">
         <v>1948.6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C545" s="30"/>
+      <c r="P544" s="19">
+        <v>1950.53</v>
+      </c>
+      <c r="Q544" s="19">
+        <v>1952.52</v>
+      </c>
+      <c r="R544" s="19">
+        <v>1954.55</v>
+      </c>
+      <c r="S544" s="19">
+        <v>2008.9</v>
+      </c>
+      <c r="T544" s="19">
+        <v>2010.8</v>
+      </c>
+    </row>
+    <row r="545" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A545" s="27"/>
+      <c r="B545" s="27"/>
+      <c r="C545" s="27"/>
       <c r="D545" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E545" s="27" t="s">
+      <c r="E545" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F545" s="29">
+      <c r="F545" s="19">
         <v>314.27999999999997</v>
       </c>
-      <c r="G545" s="29">
+      <c r="G545" s="19">
         <v>361.55</v>
       </c>
-      <c r="H545" s="29">
+      <c r="H545" s="19">
         <v>343.13</v>
       </c>
-      <c r="I545" s="29">
+      <c r="I545" s="19">
         <v>351.25</v>
       </c>
-      <c r="J545" s="29">
+      <c r="J545" s="19">
         <v>312.52999999999997</v>
       </c>
-      <c r="K545" s="29">
+      <c r="K545" s="19">
         <v>329.67</v>
       </c>
-      <c r="L545" s="29">
+      <c r="L545" s="19">
         <v>317.32</v>
       </c>
-      <c r="M545" s="29">
-[...14 lines deleted...]
-      <c r="E546" s="27" t="s">
+      <c r="M545" s="19">
+        <v>24.22</v>
+      </c>
+      <c r="N545" s="19">
+        <v>18.989999999999998</v>
+      </c>
+      <c r="O545" s="19">
+        <v>26.49</v>
+      </c>
+      <c r="P545" s="19">
+        <v>31.24</v>
+      </c>
+      <c r="Q545" s="19">
+        <v>285.64</v>
+      </c>
+      <c r="R545" s="19">
+        <v>265.77</v>
+      </c>
+      <c r="S545" s="19">
+        <v>292.39999999999998</v>
+      </c>
+      <c r="T545" s="19">
+        <v>274.89</v>
+      </c>
+    </row>
+    <row r="546" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A546" s="27"/>
+      <c r="B546" s="27"/>
+      <c r="C546" s="27"/>
+      <c r="D546" s="28"/>
+      <c r="E546" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F546" s="29">
+      <c r="F546" s="19">
         <v>1532.17</v>
       </c>
-      <c r="G546" s="29">
+      <c r="G546" s="19">
         <v>1491.43</v>
       </c>
-      <c r="H546" s="29">
+      <c r="H546" s="19">
         <v>1511.68</v>
       </c>
-      <c r="I546" s="29">
+      <c r="I546" s="19">
         <v>1611.34</v>
       </c>
-      <c r="J546" s="29">
+      <c r="J546" s="19">
         <v>1652.32</v>
       </c>
-      <c r="K546" s="29">
+      <c r="K546" s="19">
         <v>1548.54</v>
       </c>
-      <c r="L546" s="29">
+      <c r="L546" s="19">
         <v>1562.89</v>
       </c>
-      <c r="M546" s="29">
+      <c r="M546" s="19">
         <v>1575.86</v>
       </c>
-      <c r="N546" s="29">
+      <c r="N546" s="19">
         <v>1601.49</v>
       </c>
-      <c r="O546" s="29">
+      <c r="O546" s="19">
         <v>1667.24</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C547" s="30"/>
+      <c r="P546" s="19">
+        <v>1648.76</v>
+      </c>
+      <c r="Q546" s="19">
+        <v>1666.88</v>
+      </c>
+      <c r="R546" s="19">
+        <v>1688.78</v>
+      </c>
+      <c r="S546" s="19">
+        <v>1716.5</v>
+      </c>
+      <c r="T546" s="19">
+        <v>1735.91</v>
+      </c>
+    </row>
+    <row r="547" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A547" s="27"/>
+      <c r="B547" s="27"/>
+      <c r="C547" s="27"/>
       <c r="D547" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E547" s="27" t="s">
+      <c r="E547" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F547" s="29">
+      <c r="F547" s="19">
         <v>1605.62</v>
       </c>
-      <c r="G547" s="29">
+      <c r="G547" s="19">
         <v>1663.36</v>
       </c>
-      <c r="H547" s="29">
+      <c r="H547" s="19">
         <v>1651.93</v>
       </c>
-      <c r="I547" s="29">
+      <c r="I547" s="19">
         <v>1759.15</v>
       </c>
-      <c r="J547" s="29">
+      <c r="J547" s="19">
         <v>1723.57</v>
       </c>
-      <c r="K547" s="29">
+      <c r="K547" s="19">
         <v>1684.7</v>
       </c>
-      <c r="L547" s="29">
+      <c r="L547" s="19">
         <v>1690.46</v>
       </c>
-      <c r="M547" s="29">
-[...14 lines deleted...]
-      <c r="E548" s="27" t="s">
+      <c r="M547" s="19">
+        <v>161.52000000000001</v>
+      </c>
+      <c r="N547" s="19">
+        <v>156.24</v>
+      </c>
+      <c r="O547" s="19">
+        <v>169.22</v>
+      </c>
+      <c r="P547" s="19">
+        <v>172.71</v>
+      </c>
+      <c r="Q547" s="19">
+        <v>1770.14</v>
+      </c>
+      <c r="R547" s="19">
+        <v>1752.3</v>
+      </c>
+      <c r="S547" s="19">
+        <v>1820.8</v>
+      </c>
+      <c r="T547" s="19">
+        <v>1832.11</v>
+      </c>
+    </row>
+    <row r="548" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A548" s="27"/>
+      <c r="B548" s="27"/>
+      <c r="C548" s="27"/>
+      <c r="D548" s="28"/>
+      <c r="E548" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F548" s="29">
+      <c r="F548" s="19">
         <v>240.84</v>
       </c>
-      <c r="G548" s="29">
+      <c r="G548" s="19">
         <v>189.62</v>
       </c>
-      <c r="H548" s="29">
+      <c r="H548" s="19">
         <v>202.88</v>
       </c>
-      <c r="I548" s="29">
+      <c r="I548" s="19">
         <v>203.44</v>
       </c>
-      <c r="J548" s="29">
+      <c r="J548" s="19">
         <v>241.28</v>
       </c>
-      <c r="K548" s="29">
+      <c r="K548" s="19">
         <v>193.51</v>
       </c>
-      <c r="L548" s="29">
+      <c r="L548" s="19">
         <v>189.75</v>
       </c>
-      <c r="M548" s="29">
+      <c r="M548" s="19">
         <v>196.48</v>
       </c>
-      <c r="N548" s="29">
+      <c r="N548" s="19">
         <v>198.91</v>
       </c>
-      <c r="O548" s="29">
+      <c r="O548" s="19">
         <v>187.52</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C549" s="30"/>
+      <c r="P548" s="19">
+        <v>186.8</v>
+      </c>
+      <c r="Q548" s="19">
+        <v>182.38</v>
+      </c>
+      <c r="R548" s="19">
+        <v>202.26</v>
+      </c>
+      <c r="S548" s="19">
+        <v>188.2</v>
+      </c>
+      <c r="T548" s="19">
+        <v>178.69</v>
+      </c>
+    </row>
+    <row r="549" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A549" s="27"/>
+      <c r="B549" s="27"/>
+      <c r="C549" s="27"/>
       <c r="D549" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E549" s="27" t="s">
+      <c r="E549" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F549" s="29">
+      <c r="F549" s="19">
         <v>1767.16</v>
       </c>
-      <c r="G549" s="29">
+      <c r="G549" s="19">
         <v>1794.75</v>
       </c>
-      <c r="H549" s="29">
+      <c r="H549" s="19">
         <v>1795.87</v>
       </c>
-      <c r="I549" s="29">
+      <c r="I549" s="19">
         <v>1888.81</v>
       </c>
-      <c r="J549" s="29">
+      <c r="J549" s="19">
         <v>1882.9</v>
       </c>
-      <c r="K549" s="29">
+      <c r="K549" s="19">
         <v>1804.56</v>
       </c>
-      <c r="L549" s="29">
+      <c r="L549" s="19">
         <v>1802.07</v>
       </c>
-      <c r="M549" s="29">
-[...14 lines deleted...]
-      <c r="E550" s="27" t="s">
+      <c r="M549" s="19">
+        <v>166.94</v>
+      </c>
+      <c r="N549" s="19">
+        <v>164.1</v>
+      </c>
+      <c r="O549" s="19">
+        <v>179.27</v>
+      </c>
+      <c r="P549" s="19">
+        <v>181.3</v>
+      </c>
+      <c r="Q549" s="19">
+        <v>1865.57</v>
+      </c>
+      <c r="R549" s="19">
+        <v>1853.17</v>
+      </c>
+      <c r="S549" s="19">
+        <v>1914</v>
+      </c>
+      <c r="T549" s="19">
+        <v>1915.01</v>
+      </c>
+    </row>
+    <row r="550" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A550" s="27"/>
+      <c r="B550" s="28"/>
+      <c r="C550" s="28"/>
+      <c r="D550" s="28"/>
+      <c r="E550" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F550" s="29">
+      <c r="F550" s="19">
         <v>79.290000000000006</v>
       </c>
-      <c r="G550" s="29">
+      <c r="G550" s="19">
         <v>58.23</v>
       </c>
-      <c r="H550" s="29">
+      <c r="H550" s="19">
         <v>58.95</v>
       </c>
-      <c r="I550" s="29">
+      <c r="I550" s="19">
         <v>73.78</v>
       </c>
-      <c r="J550" s="29">
+      <c r="J550" s="19">
         <v>81.95</v>
       </c>
-      <c r="K550" s="29">
+      <c r="K550" s="19">
         <v>73.66</v>
       </c>
-      <c r="L550" s="29">
+      <c r="L550" s="19">
         <v>78.14</v>
       </c>
-      <c r="M550" s="29">
+      <c r="M550" s="19">
         <v>85.81</v>
       </c>
-      <c r="N550" s="29">
+      <c r="N550" s="19">
         <v>91.1</v>
       </c>
-      <c r="O550" s="29">
+      <c r="O550" s="19">
         <v>78.73</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A551" s="30"/>
+      <c r="P550" s="19">
+        <v>74.739999999999995</v>
+      </c>
+      <c r="Q550" s="19">
+        <v>86.94</v>
+      </c>
+      <c r="R550" s="19">
+        <v>101.39</v>
+      </c>
+      <c r="S550" s="19">
+        <v>94.9</v>
+      </c>
+      <c r="T550" s="19">
+        <v>95.79</v>
+      </c>
+    </row>
+    <row r="551" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A551" s="27"/>
       <c r="B551" s="26" t="s">
         <v>85</v>
       </c>
-      <c r="C551" s="32"/>
-      <c r="D551" s="27" t="s">
+      <c r="C551" s="23"/>
+      <c r="D551" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E551" s="28"/>
-      <c r="F551" s="29">
+      <c r="E551" s="18"/>
+      <c r="F551" s="19">
         <v>496.89</v>
       </c>
-      <c r="G551" s="29">
+      <c r="G551" s="19">
         <v>499.28</v>
       </c>
-      <c r="H551" s="29">
+      <c r="H551" s="19">
         <v>499.98</v>
       </c>
-      <c r="I551" s="29">
+      <c r="I551" s="19">
         <v>484.86</v>
       </c>
-      <c r="J551" s="29">
+      <c r="J551" s="19">
         <v>485.2</v>
       </c>
-      <c r="K551" s="29">
+      <c r="K551" s="19">
         <v>474.59</v>
       </c>
-      <c r="L551" s="29">
+      <c r="L551" s="19">
         <v>474.91</v>
       </c>
-      <c r="M551" s="29">
+      <c r="M551" s="19">
         <v>475.24</v>
       </c>
-      <c r="N551" s="29">
+      <c r="N551" s="19">
         <v>475.58</v>
       </c>
-      <c r="O551" s="29">
+      <c r="O551" s="19">
         <v>485</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C552" s="33"/>
+      <c r="P551" s="19">
+        <v>485.32</v>
+      </c>
+      <c r="Q551" s="19">
+        <v>485.65</v>
+      </c>
+      <c r="R551" s="19">
+        <v>485.99</v>
+      </c>
+      <c r="S551" s="19">
+        <v>505.8</v>
+      </c>
+      <c r="T551" s="19">
+        <v>506.1</v>
+      </c>
+    </row>
+    <row r="552" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A552" s="27"/>
+      <c r="B552" s="27"/>
+      <c r="C552" s="24"/>
       <c r="D552" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E552" s="27" t="s">
+      <c r="E552" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F552" s="29">
+      <c r="F552" s="19">
         <v>87.97</v>
       </c>
-      <c r="G552" s="29">
+      <c r="G552" s="19">
         <v>90.85</v>
       </c>
-      <c r="H552" s="29">
+      <c r="H552" s="19">
         <v>96.42</v>
       </c>
-      <c r="I552" s="29">
+      <c r="I552" s="19">
         <v>109.07</v>
       </c>
-      <c r="J552" s="29">
+      <c r="J552" s="19">
         <v>95.81</v>
       </c>
-      <c r="K552" s="29">
+      <c r="K552" s="19">
         <v>108.46</v>
       </c>
-      <c r="L552" s="29">
+      <c r="L552" s="19">
         <v>104.49</v>
       </c>
-      <c r="M552" s="29">
-[...14 lines deleted...]
-      <c r="E553" s="27" t="s">
+      <c r="M552" s="19">
+        <v>595.79999999999995</v>
+      </c>
+      <c r="N552" s="19">
+        <v>599.75</v>
+      </c>
+      <c r="O552" s="19">
+        <v>586.76</v>
+      </c>
+      <c r="P552" s="19">
+        <v>628.42999999999995</v>
+      </c>
+      <c r="Q552" s="19">
+        <v>83.37</v>
+      </c>
+      <c r="R552" s="19">
+        <v>87.84</v>
+      </c>
+      <c r="S552" s="19">
+        <v>108.6</v>
+      </c>
+      <c r="T552" s="19">
+        <v>85.34</v>
+      </c>
+    </row>
+    <row r="553" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A553" s="27"/>
+      <c r="B553" s="27"/>
+      <c r="C553" s="24"/>
+      <c r="D553" s="28"/>
+      <c r="E553" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F553" s="29">
+      <c r="F553" s="19">
         <v>408.92</v>
       </c>
-      <c r="G553" s="29">
+      <c r="G553" s="19">
         <v>408.43</v>
       </c>
-      <c r="H553" s="29">
+      <c r="H553" s="19">
         <v>403.56</v>
       </c>
-      <c r="I553" s="29">
+      <c r="I553" s="19">
         <v>375.79</v>
       </c>
-      <c r="J553" s="29">
+      <c r="J553" s="19">
         <v>389.4</v>
       </c>
-      <c r="K553" s="29">
+      <c r="K553" s="19">
         <v>366.14</v>
       </c>
-      <c r="L553" s="29">
+      <c r="L553" s="19">
         <v>370.42</v>
       </c>
-      <c r="M553" s="29">
+      <c r="M553" s="19">
         <v>367.84</v>
       </c>
-      <c r="N553" s="29">
+      <c r="N553" s="19">
         <v>364.44</v>
       </c>
-      <c r="O553" s="29">
+      <c r="O553" s="19">
         <v>398.6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C554" s="33"/>
+      <c r="P553" s="19">
+        <v>394.78</v>
+      </c>
+      <c r="Q553" s="19">
+        <v>402.28</v>
+      </c>
+      <c r="R553" s="19">
+        <v>398.16</v>
+      </c>
+      <c r="S553" s="19">
+        <v>397.2</v>
+      </c>
+      <c r="T553" s="19">
+        <v>420.76</v>
+      </c>
+    </row>
+    <row r="554" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A554" s="27"/>
+      <c r="B554" s="27"/>
+      <c r="C554" s="24"/>
       <c r="D554" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E554" s="27" t="s">
+      <c r="E554" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F554" s="29">
+      <c r="F554" s="19">
         <v>424.04</v>
       </c>
-      <c r="G554" s="29">
+      <c r="G554" s="19">
         <v>445.84</v>
       </c>
-      <c r="H554" s="29">
+      <c r="H554" s="19">
         <v>433.6</v>
       </c>
-      <c r="I554" s="29">
+      <c r="I554" s="19">
         <v>417.44</v>
       </c>
-      <c r="J554" s="29">
+      <c r="J554" s="19">
         <v>407.52</v>
       </c>
-      <c r="K554" s="29">
+      <c r="K554" s="19">
         <v>415</v>
       </c>
-      <c r="L554" s="29">
+      <c r="L554" s="19">
         <v>423.04</v>
       </c>
-      <c r="M554" s="29">
-[...14 lines deleted...]
-      <c r="E555" s="27" t="s">
+      <c r="M554" s="19">
+        <v>2697.63</v>
+      </c>
+      <c r="N554" s="19">
+        <v>2709.43</v>
+      </c>
+      <c r="O554" s="19">
+        <v>2839.93</v>
+      </c>
+      <c r="P554" s="19">
+        <v>2849.1</v>
+      </c>
+      <c r="Q554" s="19">
+        <v>438.95</v>
+      </c>
+      <c r="R554" s="19">
+        <v>432.86</v>
+      </c>
+      <c r="S554" s="19">
+        <v>445.3</v>
+      </c>
+      <c r="T554" s="19">
+        <v>456.06</v>
+      </c>
+    </row>
+    <row r="555" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A555" s="27"/>
+      <c r="B555" s="27"/>
+      <c r="C555" s="24"/>
+      <c r="D555" s="28"/>
+      <c r="E555" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F555" s="29">
+      <c r="F555" s="19">
         <v>72.849999999999994</v>
       </c>
-      <c r="G555" s="29">
+      <c r="G555" s="19">
         <v>53.44</v>
       </c>
-      <c r="H555" s="29">
+      <c r="H555" s="19">
         <v>66.38</v>
       </c>
-      <c r="I555" s="29">
+      <c r="I555" s="19">
         <v>67.42</v>
       </c>
-      <c r="J555" s="29">
+      <c r="J555" s="19">
         <v>77.69</v>
       </c>
-      <c r="K555" s="29">
+      <c r="K555" s="19">
         <v>59.59</v>
       </c>
-      <c r="L555" s="29">
+      <c r="L555" s="19">
         <v>51.87</v>
       </c>
-      <c r="M555" s="29">
+      <c r="M555" s="19">
         <v>58.48</v>
       </c>
-      <c r="N555" s="29">
+      <c r="N555" s="19">
         <v>64.33</v>
       </c>
-      <c r="O555" s="29">
+      <c r="O555" s="19">
         <v>61.17</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C556" s="33"/>
+      <c r="P555" s="19">
+        <v>46.22</v>
+      </c>
+      <c r="Q555" s="19">
+        <v>46.7</v>
+      </c>
+      <c r="R555" s="19">
+        <v>53.13</v>
+      </c>
+      <c r="S555" s="19">
+        <v>60.5</v>
+      </c>
+      <c r="T555" s="19">
+        <v>50.04</v>
+      </c>
+    </row>
+    <row r="556" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A556" s="27"/>
+      <c r="B556" s="27"/>
+      <c r="C556" s="24"/>
       <c r="D556" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E556" s="27" t="s">
+      <c r="E556" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F556" s="29">
+      <c r="F556" s="19">
         <v>481.46</v>
       </c>
-      <c r="G556" s="29">
+      <c r="G556" s="19">
         <v>487.59</v>
       </c>
-      <c r="H556" s="29">
+      <c r="H556" s="19">
         <v>487.19</v>
       </c>
-      <c r="I556" s="29">
+      <c r="I556" s="19">
         <v>464.47</v>
       </c>
-      <c r="J556" s="29">
+      <c r="J556" s="19">
         <v>463.6</v>
       </c>
-      <c r="K556" s="29">
+      <c r="K556" s="19">
         <v>460.68</v>
       </c>
-      <c r="L556" s="29">
+      <c r="L556" s="19">
         <v>461.82</v>
       </c>
-      <c r="M556" s="29">
-[...14 lines deleted...]
-      <c r="E557" s="27" t="s">
+      <c r="M556" s="19">
+        <v>2865.05</v>
+      </c>
+      <c r="N556" s="19">
+        <v>2861.09</v>
+      </c>
+      <c r="O556" s="19">
+        <v>2986.79</v>
+      </c>
+      <c r="P556" s="19">
+        <v>2999.82</v>
+      </c>
+      <c r="Q556" s="19">
+        <v>468.27</v>
+      </c>
+      <c r="R556" s="19">
+        <v>468.91</v>
+      </c>
+      <c r="S556" s="19">
+        <v>480.5</v>
+      </c>
+      <c r="T556" s="19">
+        <v>486.84</v>
+      </c>
+    </row>
+    <row r="557" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A557" s="27"/>
+      <c r="B557" s="28"/>
+      <c r="C557" s="25"/>
+      <c r="D557" s="28"/>
+      <c r="E557" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F557" s="29">
+      <c r="F557" s="19">
         <v>15.43</v>
       </c>
-      <c r="G557" s="29">
+      <c r="G557" s="19">
         <v>11.69</v>
       </c>
-      <c r="H557" s="29">
+      <c r="H557" s="19">
         <v>12.8</v>
       </c>
-      <c r="I557" s="29">
+      <c r="I557" s="19">
         <v>20.39</v>
       </c>
-      <c r="J557" s="29">
+      <c r="J557" s="19">
         <v>21.61</v>
       </c>
-      <c r="K557" s="29">
+      <c r="K557" s="19">
         <v>13.91</v>
       </c>
-      <c r="L557" s="29">
+      <c r="L557" s="19">
         <v>13.09</v>
       </c>
-      <c r="M557" s="29">
+      <c r="M557" s="19">
         <v>19.46</v>
       </c>
-      <c r="N557" s="29">
+      <c r="N557" s="19">
         <v>20.7</v>
       </c>
-      <c r="O557" s="29">
+      <c r="O557" s="19">
         <v>22.97</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A558" s="30"/>
+      <c r="P557" s="19">
+        <v>19.05</v>
+      </c>
+      <c r="Q557" s="19">
+        <v>17.38</v>
+      </c>
+      <c r="R557" s="19">
+        <v>17.09</v>
+      </c>
+      <c r="S557" s="19">
+        <v>25.3</v>
+      </c>
+      <c r="T557" s="19">
+        <v>19.25</v>
+      </c>
+    </row>
+    <row r="558" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A558" s="27"/>
       <c r="B558" s="26" t="s">
         <v>86</v>
       </c>
-      <c r="C558" s="32"/>
-      <c r="D558" s="27" t="s">
+      <c r="C558" s="23"/>
+      <c r="D558" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E558" s="28"/>
-      <c r="F558" s="29">
+      <c r="E558" s="18"/>
+      <c r="F558" s="19">
         <v>117.15</v>
       </c>
-      <c r="G558" s="29">
+      <c r="G558" s="19">
         <v>118.18</v>
       </c>
-      <c r="H558" s="29">
+      <c r="H558" s="19">
         <v>118.25</v>
       </c>
-      <c r="I558" s="29">
+      <c r="I558" s="19">
         <v>133.15</v>
       </c>
-      <c r="J558" s="29">
+      <c r="J558" s="19">
         <v>133.38999999999999</v>
       </c>
-      <c r="K558" s="29">
+      <c r="K558" s="19">
         <v>132.55000000000001</v>
       </c>
-      <c r="L558" s="29">
+      <c r="L558" s="19">
         <v>132.77000000000001</v>
       </c>
-      <c r="M558" s="29">
+      <c r="M558" s="19">
         <v>133</v>
       </c>
-      <c r="N558" s="29">
+      <c r="N558" s="19">
         <v>133.22999999999999</v>
       </c>
-      <c r="O558" s="29">
+      <c r="O558" s="19">
         <v>137.88999999999999</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C559" s="33"/>
+      <c r="P558" s="19">
+        <v>138.12</v>
+      </c>
+      <c r="Q558" s="19">
+        <v>138.34</v>
+      </c>
+      <c r="R558" s="19">
+        <v>138.57</v>
+      </c>
+      <c r="S558" s="19">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="T558" s="19">
+        <v>139.88</v>
+      </c>
+    </row>
+    <row r="559" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A559" s="27"/>
+      <c r="B559" s="27"/>
+      <c r="C559" s="24"/>
       <c r="D559" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E559" s="27" t="s">
+      <c r="E559" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F559" s="29">
+      <c r="F559" s="19">
         <v>23.21</v>
       </c>
-      <c r="G559" s="29">
+      <c r="G559" s="19">
         <v>26.04</v>
       </c>
-      <c r="H559" s="29">
+      <c r="H559" s="19">
         <v>24.6</v>
       </c>
-      <c r="I559" s="29">
+      <c r="I559" s="19">
         <v>31.97</v>
       </c>
-      <c r="J559" s="29">
+      <c r="J559" s="19">
         <v>28.78</v>
       </c>
-      <c r="K559" s="29">
+      <c r="K559" s="19">
         <v>28.92</v>
       </c>
-      <c r="L559" s="29">
+      <c r="L559" s="19">
         <v>29.93</v>
       </c>
-      <c r="M559" s="29">
-[...14 lines deleted...]
-      <c r="E560" s="27" t="s">
+      <c r="M559" s="19">
+        <v>289.42</v>
+      </c>
+      <c r="N559" s="19">
+        <v>316.91000000000003</v>
+      </c>
+      <c r="O559" s="19">
+        <v>305.39999999999998</v>
+      </c>
+      <c r="P559" s="19">
+        <v>326.67</v>
+      </c>
+      <c r="Q559" s="19">
+        <v>25.87</v>
+      </c>
+      <c r="R559" s="19">
+        <v>28.11</v>
+      </c>
+      <c r="S559" s="19">
+        <v>25.3</v>
+      </c>
+      <c r="T559" s="19">
+        <v>22.07</v>
+      </c>
+    </row>
+    <row r="560" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A560" s="27"/>
+      <c r="B560" s="27"/>
+      <c r="C560" s="24"/>
+      <c r="D560" s="28"/>
+      <c r="E560" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F560" s="29">
+      <c r="F560" s="19">
         <v>93.94</v>
       </c>
-      <c r="G560" s="29">
+      <c r="G560" s="19">
         <v>92.14</v>
       </c>
-      <c r="H560" s="29">
+      <c r="H560" s="19">
         <v>93.64</v>
       </c>
-      <c r="I560" s="29">
+      <c r="I560" s="19">
         <v>101.19</v>
       </c>
-      <c r="J560" s="29">
+      <c r="J560" s="19">
         <v>104.62</v>
       </c>
-      <c r="K560" s="29">
+      <c r="K560" s="19">
         <v>103.63</v>
       </c>
-      <c r="L560" s="29">
+      <c r="L560" s="19">
         <v>102.84</v>
       </c>
-      <c r="M560" s="29">
+      <c r="M560" s="19">
         <v>111.17</v>
       </c>
-      <c r="N560" s="29">
+      <c r="N560" s="19">
         <v>108.28</v>
       </c>
-      <c r="O560" s="29">
+      <c r="O560" s="19">
         <v>113.16</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C561" s="33"/>
+      <c r="P560" s="19">
+        <v>113.74</v>
+      </c>
+      <c r="Q560" s="19">
+        <v>112.47</v>
+      </c>
+      <c r="R560" s="19">
+        <v>110.47</v>
+      </c>
+      <c r="S560" s="19">
+        <v>114.4</v>
+      </c>
+      <c r="T560" s="19">
+        <v>117.82</v>
+      </c>
+    </row>
+    <row r="561" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A561" s="27"/>
+      <c r="B561" s="27"/>
+      <c r="C561" s="24"/>
       <c r="D561" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E561" s="27" t="s">
+      <c r="E561" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F561" s="29">
+      <c r="F561" s="19">
         <v>101.85</v>
       </c>
-      <c r="G561" s="29">
+      <c r="G561" s="19">
         <v>107.6</v>
       </c>
-      <c r="H561" s="29">
+      <c r="H561" s="19">
         <v>108.35</v>
       </c>
-      <c r="I561" s="29">
+      <c r="I561" s="19">
         <v>124.47</v>
       </c>
-      <c r="J561" s="29">
+      <c r="J561" s="19">
         <v>125.27</v>
       </c>
-      <c r="K561" s="29">
+      <c r="K561" s="19">
         <v>124.2</v>
       </c>
-      <c r="L561" s="29">
+      <c r="L561" s="19">
         <v>122.78</v>
       </c>
-      <c r="M561" s="29">
-[...14 lines deleted...]
-      <c r="E562" s="27" t="s">
+      <c r="M561" s="19">
+        <v>1011.86</v>
+      </c>
+      <c r="N561" s="19">
+        <v>1024</v>
+      </c>
+      <c r="O561" s="19">
+        <v>1078.8499999999999</v>
+      </c>
+      <c r="P561" s="19">
+        <v>1085.3800000000001</v>
+      </c>
+      <c r="Q561" s="19">
+        <v>128.94999999999999</v>
+      </c>
+      <c r="R561" s="19">
+        <v>130.13</v>
+      </c>
+      <c r="S561" s="19">
+        <v>130.19999999999999</v>
+      </c>
+      <c r="T561" s="19">
+        <v>133.19</v>
+      </c>
+    </row>
+    <row r="562" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A562" s="27"/>
+      <c r="B562" s="27"/>
+      <c r="C562" s="24"/>
+      <c r="D562" s="28"/>
+      <c r="E562" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F562" s="29">
+      <c r="F562" s="19">
         <v>15.3</v>
       </c>
-      <c r="G562" s="29">
+      <c r="G562" s="19">
         <v>10.59</v>
       </c>
-      <c r="H562" s="29">
+      <c r="H562" s="19">
         <v>9.9</v>
       </c>
-      <c r="I562" s="29">
+      <c r="I562" s="19">
         <v>8.68</v>
       </c>
-      <c r="J562" s="29">
+      <c r="J562" s="19">
         <v>8.1199999999999992</v>
       </c>
-      <c r="K562" s="29">
+      <c r="K562" s="19">
         <v>8.35</v>
       </c>
-      <c r="L562" s="29">
+      <c r="L562" s="19">
         <v>9.99</v>
       </c>
-      <c r="M562" s="29">
+      <c r="M562" s="19">
         <v>9.16</v>
       </c>
-      <c r="N562" s="29">
+      <c r="N562" s="19">
         <v>9.32</v>
       </c>
-      <c r="O562" s="29">
+      <c r="O562" s="19">
         <v>8.99</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C563" s="33"/>
+      <c r="P562" s="19">
+        <v>9.08</v>
+      </c>
+      <c r="Q562" s="19">
+        <v>9.4</v>
+      </c>
+      <c r="R562" s="19">
+        <v>8.4499999999999993</v>
+      </c>
+      <c r="S562" s="19">
+        <v>9.5</v>
+      </c>
+      <c r="T562" s="19">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="563" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A563" s="27"/>
+      <c r="B563" s="27"/>
+      <c r="C563" s="24"/>
       <c r="D563" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E563" s="27" t="s">
+      <c r="E563" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F563" s="29">
+      <c r="F563" s="19">
         <v>111.64</v>
       </c>
-      <c r="G563" s="29">
+      <c r="G563" s="19">
         <v>112.91</v>
       </c>
-      <c r="H563" s="29">
+      <c r="H563" s="19">
         <v>112.04</v>
       </c>
-      <c r="I563" s="29">
+      <c r="I563" s="19">
         <v>130.71</v>
       </c>
-      <c r="J563" s="29">
+      <c r="J563" s="19">
         <v>130.83000000000001</v>
       </c>
-      <c r="K563" s="29">
+      <c r="K563" s="19">
         <v>130.13</v>
       </c>
-      <c r="L563" s="29">
+      <c r="L563" s="19">
         <v>128.96</v>
       </c>
-      <c r="M563" s="29">
-[...14 lines deleted...]
-      <c r="E564" s="27" t="s">
+      <c r="M563" s="19">
+        <v>1068.6099999999999</v>
+      </c>
+      <c r="N563" s="19">
+        <v>1067.8599999999999</v>
+      </c>
+      <c r="O563" s="19">
+        <v>1116.92</v>
+      </c>
+      <c r="P563" s="19">
+        <v>1124.04</v>
+      </c>
+      <c r="Q563" s="19">
+        <v>134.56</v>
+      </c>
+      <c r="R563" s="19">
+        <v>135.76</v>
+      </c>
+      <c r="S563" s="19">
+        <v>136.1</v>
+      </c>
+      <c r="T563" s="19">
+        <v>136.91</v>
+      </c>
+    </row>
+    <row r="564" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A564" s="27"/>
+      <c r="B564" s="28"/>
+      <c r="C564" s="25"/>
+      <c r="D564" s="28"/>
+      <c r="E564" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F564" s="29">
+      <c r="F564" s="19">
         <v>5.51</v>
       </c>
-      <c r="G564" s="29">
+      <c r="G564" s="19">
         <v>5.27</v>
       </c>
-      <c r="H564" s="29">
+      <c r="H564" s="19">
         <v>6.21</v>
       </c>
-      <c r="I564" s="29">
+      <c r="I564" s="19">
         <v>2.44</v>
       </c>
-      <c r="J564" s="29">
+      <c r="J564" s="19">
         <v>2.56</v>
       </c>
-      <c r="K564" s="29">
+      <c r="K564" s="19">
         <v>2.42</v>
       </c>
-      <c r="L564" s="29">
+      <c r="L564" s="19">
         <v>3.81</v>
       </c>
-      <c r="M564" s="29">
+      <c r="M564" s="19">
         <v>3.94</v>
       </c>
-      <c r="N564" s="29">
+      <c r="N564" s="19">
         <v>4.93</v>
       </c>
-      <c r="O564" s="29">
+      <c r="O564" s="19">
         <v>4.0599999999999996</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A565" s="30"/>
+      <c r="P564" s="19">
+        <v>4.74</v>
+      </c>
+      <c r="Q564" s="19">
+        <v>3.78</v>
+      </c>
+      <c r="R564" s="19">
+        <v>2.81</v>
+      </c>
+      <c r="S564" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="T564" s="19">
+        <v>2.97</v>
+      </c>
+    </row>
+    <row r="565" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A565" s="27"/>
       <c r="B565" s="26" t="s">
         <v>87</v>
       </c>
-      <c r="C565" s="32"/>
-      <c r="D565" s="27" t="s">
+      <c r="C565" s="23"/>
+      <c r="D565" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E565" s="28"/>
-      <c r="F565" s="29">
+      <c r="E565" s="18"/>
+      <c r="F565" s="19">
         <v>89.23</v>
       </c>
-      <c r="G565" s="29">
+      <c r="G565" s="19">
         <v>89.56</v>
       </c>
-      <c r="H565" s="29">
+      <c r="H565" s="19">
         <v>89.64</v>
       </c>
-      <c r="I565" s="29">
+      <c r="I565" s="19">
         <v>78.98</v>
       </c>
-      <c r="J565" s="29">
+      <c r="J565" s="19">
         <v>78.95</v>
       </c>
-      <c r="K565" s="29">
+      <c r="K565" s="19">
         <v>77.53</v>
       </c>
-      <c r="L565" s="29">
+      <c r="L565" s="19">
         <v>77.5</v>
       </c>
-      <c r="M565" s="29">
+      <c r="M565" s="19">
         <v>77.459999999999994</v>
       </c>
-      <c r="N565" s="29">
+      <c r="N565" s="19">
         <v>77.430000000000007</v>
       </c>
-      <c r="O565" s="29">
+      <c r="O565" s="19">
         <v>83.8</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C566" s="33"/>
+      <c r="P565" s="19">
+        <v>83.75</v>
+      </c>
+      <c r="Q565" s="19">
+        <v>83.71</v>
+      </c>
+      <c r="R565" s="19">
+        <v>83.67</v>
+      </c>
+      <c r="S565" s="19">
+        <v>80</v>
+      </c>
+      <c r="T565" s="19">
+        <v>79.92</v>
+      </c>
+    </row>
+    <row r="566" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A566" s="27"/>
+      <c r="B566" s="27"/>
+      <c r="C566" s="24"/>
       <c r="D566" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E566" s="27" t="s">
+      <c r="E566" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F566" s="29">
+      <c r="F566" s="19">
         <v>15.59</v>
       </c>
-      <c r="G566" s="29">
+      <c r="G566" s="19">
         <v>16.86</v>
       </c>
-      <c r="H566" s="29">
+      <c r="H566" s="19">
         <v>16.77</v>
       </c>
-      <c r="I566" s="29">
+      <c r="I566" s="19">
         <v>14.67</v>
       </c>
-      <c r="J566" s="29">
+      <c r="J566" s="19">
         <v>12.52</v>
       </c>
-      <c r="K566" s="29">
+      <c r="K566" s="19">
         <v>15.56</v>
       </c>
-      <c r="L566" s="29">
+      <c r="L566" s="19">
         <v>12.21</v>
       </c>
-      <c r="M566" s="29">
-[...14 lines deleted...]
-      <c r="E567" s="27" t="s">
+      <c r="M566" s="19">
+        <v>306.38</v>
+      </c>
+      <c r="N566" s="19">
+        <v>282.85000000000002</v>
+      </c>
+      <c r="O566" s="19">
+        <v>281.36</v>
+      </c>
+      <c r="P566" s="19">
+        <v>301.76</v>
+      </c>
+      <c r="Q566" s="19">
+        <v>11.55</v>
+      </c>
+      <c r="R566" s="19">
+        <v>11.65</v>
+      </c>
+      <c r="S566" s="19">
+        <v>11.9</v>
+      </c>
+      <c r="T566" s="19">
+        <v>11.61</v>
+      </c>
+    </row>
+    <row r="567" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A567" s="27"/>
+      <c r="B567" s="27"/>
+      <c r="C567" s="24"/>
+      <c r="D567" s="28"/>
+      <c r="E567" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F567" s="29">
+      <c r="F567" s="19">
         <v>73.64</v>
       </c>
-      <c r="G567" s="29">
+      <c r="G567" s="19">
         <v>72.69</v>
       </c>
-      <c r="H567" s="29">
+      <c r="H567" s="19">
         <v>72.87</v>
       </c>
-      <c r="I567" s="29">
+      <c r="I567" s="19">
         <v>64.319999999999993</v>
       </c>
-      <c r="J567" s="29">
+      <c r="J567" s="19">
         <v>66.44</v>
       </c>
-      <c r="K567" s="29">
+      <c r="K567" s="19">
         <v>61.98</v>
       </c>
-      <c r="L567" s="29">
+      <c r="L567" s="19">
         <v>65.290000000000006</v>
       </c>
-      <c r="M567" s="29">
+      <c r="M567" s="19">
         <v>66.86</v>
       </c>
-      <c r="N567" s="29">
+      <c r="N567" s="19">
         <v>66.53</v>
       </c>
-      <c r="O567" s="29">
+      <c r="O567" s="19">
         <v>72.47</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C568" s="33"/>
+      <c r="P567" s="19">
+        <v>73.97</v>
+      </c>
+      <c r="Q567" s="19">
+        <v>72.16</v>
+      </c>
+      <c r="R567" s="19">
+        <v>72.02</v>
+      </c>
+      <c r="S567" s="19">
+        <v>68</v>
+      </c>
+      <c r="T567" s="19">
+        <v>68.31</v>
+      </c>
+    </row>
+    <row r="568" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A568" s="27"/>
+      <c r="B568" s="27"/>
+      <c r="C568" s="24"/>
       <c r="D568" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E568" s="27" t="s">
+      <c r="E568" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F568" s="29">
+      <c r="F568" s="19">
         <v>76.88</v>
       </c>
-      <c r="G568" s="29">
+      <c r="G568" s="19">
         <v>79.97</v>
       </c>
-      <c r="H568" s="29">
+      <c r="H568" s="19">
         <v>82.77</v>
       </c>
-      <c r="I568" s="29">
+      <c r="I568" s="19">
         <v>70.819999999999993</v>
       </c>
-      <c r="J568" s="29">
+      <c r="J568" s="19">
         <v>69.77</v>
       </c>
-      <c r="K568" s="29">
+      <c r="K568" s="19">
         <v>70.709999999999994</v>
       </c>
-      <c r="L568" s="29">
+      <c r="L568" s="19">
         <v>69.150000000000006</v>
       </c>
-      <c r="M568" s="29">
-[...14 lines deleted...]
-      <c r="E569" s="27" t="s">
+      <c r="M568" s="19">
+        <v>1685.76</v>
+      </c>
+      <c r="N568" s="19">
+        <v>1685.43</v>
+      </c>
+      <c r="O568" s="19">
+        <v>1761.08</v>
+      </c>
+      <c r="P568" s="19">
+        <v>1763.72</v>
+      </c>
+      <c r="Q568" s="19">
+        <v>75.75</v>
+      </c>
+      <c r="R568" s="19">
+        <v>76.75</v>
+      </c>
+      <c r="S568" s="19">
+        <v>73.5</v>
+      </c>
+      <c r="T568" s="19">
+        <v>72.25</v>
+      </c>
+    </row>
+    <row r="569" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A569" s="27"/>
+      <c r="B569" s="27"/>
+      <c r="C569" s="24"/>
+      <c r="D569" s="28"/>
+      <c r="E569" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F569" s="29">
+      <c r="F569" s="19">
         <v>12.35</v>
       </c>
-      <c r="G569" s="29">
+      <c r="G569" s="19">
         <v>9.58</v>
       </c>
-      <c r="H569" s="29">
+      <c r="H569" s="19">
         <v>6.87</v>
       </c>
-      <c r="I569" s="29">
+      <c r="I569" s="19">
         <v>8.16</v>
       </c>
-      <c r="J569" s="29">
+      <c r="J569" s="19">
         <v>9.18</v>
       </c>
-      <c r="K569" s="29">
+      <c r="K569" s="19">
         <v>6.82</v>
       </c>
-      <c r="L569" s="29">
+      <c r="L569" s="19">
         <v>8.35</v>
       </c>
-      <c r="M569" s="29">
+      <c r="M569" s="19">
         <v>8.99</v>
       </c>
-      <c r="N569" s="29">
+      <c r="N569" s="19">
         <v>9.5299999999999994</v>
       </c>
-      <c r="O569" s="29">
+      <c r="O569" s="19">
         <v>8.18</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C570" s="33"/>
+      <c r="P569" s="19">
+        <v>13.61</v>
+      </c>
+      <c r="Q569" s="19">
+        <v>7.96</v>
+      </c>
+      <c r="R569" s="19">
+        <v>6.92</v>
+      </c>
+      <c r="S569" s="19">
+        <v>6.5</v>
+      </c>
+      <c r="T569" s="19">
+        <v>7.67</v>
+      </c>
+    </row>
+    <row r="570" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A570" s="27"/>
+      <c r="B570" s="27"/>
+      <c r="C570" s="24"/>
       <c r="D570" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E570" s="27" t="s">
+      <c r="E570" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F570" s="29">
+      <c r="F570" s="19">
         <v>82.95</v>
       </c>
-      <c r="G570" s="29">
+      <c r="G570" s="19">
         <v>86.19</v>
       </c>
-      <c r="H570" s="29">
+      <c r="H570" s="19">
         <v>86.79</v>
       </c>
-      <c r="I570" s="29">
+      <c r="I570" s="19">
         <v>76.010000000000005</v>
       </c>
-      <c r="J570" s="29">
+      <c r="J570" s="19">
         <v>76.290000000000006</v>
       </c>
-      <c r="K570" s="29">
+      <c r="K570" s="19">
         <v>74.930000000000007</v>
       </c>
-      <c r="L570" s="29">
+      <c r="L570" s="19">
         <v>74.88</v>
       </c>
-      <c r="M570" s="29">
-[...14 lines deleted...]
-      <c r="E571" s="27" t="s">
+      <c r="M570" s="19">
+        <v>1796.44</v>
+      </c>
+      <c r="N570" s="19">
+        <v>1793.24</v>
+      </c>
+      <c r="O570" s="19">
+        <v>1869.87</v>
+      </c>
+      <c r="P570" s="19">
+        <v>1875.78</v>
+      </c>
+      <c r="Q570" s="19">
+        <v>80.38</v>
+      </c>
+      <c r="R570" s="19">
+        <v>80.3</v>
+      </c>
+      <c r="S570" s="19">
+        <v>76.900000000000006</v>
+      </c>
+      <c r="T570" s="19">
+        <v>75.78</v>
+      </c>
+    </row>
+    <row r="571" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A571" s="27"/>
+      <c r="B571" s="28"/>
+      <c r="C571" s="25"/>
+      <c r="D571" s="28"/>
+      <c r="E571" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F571" s="29">
+      <c r="F571" s="19">
         <v>6.29</v>
       </c>
-      <c r="G571" s="29">
+      <c r="G571" s="19">
         <v>3.37</v>
       </c>
-      <c r="H571" s="29">
+      <c r="H571" s="19">
         <v>2.85</v>
       </c>
-      <c r="I571" s="29">
+      <c r="I571" s="19">
         <v>2.98</v>
       </c>
-      <c r="J571" s="29">
+      <c r="J571" s="19">
         <v>2.67</v>
       </c>
-      <c r="K571" s="29">
+      <c r="K571" s="19">
         <v>2.6</v>
       </c>
-      <c r="L571" s="29">
+      <c r="L571" s="19">
         <v>2.62</v>
       </c>
-      <c r="M571" s="29">
+      <c r="M571" s="19">
         <v>3.22</v>
       </c>
-      <c r="N571" s="29">
+      <c r="N571" s="19">
         <v>2.98</v>
       </c>
-      <c r="O571" s="29">
+      <c r="O571" s="19">
         <v>2.37</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A572" s="30"/>
+      <c r="P571" s="19">
+        <v>2.86</v>
+      </c>
+      <c r="Q571" s="19">
+        <v>3.33</v>
+      </c>
+      <c r="R571" s="19">
+        <v>3.37</v>
+      </c>
+      <c r="S571" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="T571" s="19">
+        <v>4.1399999999999997</v>
+      </c>
+    </row>
+    <row r="572" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A572" s="27"/>
       <c r="B572" s="26" t="s">
         <v>88</v>
       </c>
-      <c r="C572" s="32"/>
-      <c r="D572" s="27" t="s">
+      <c r="C572" s="23"/>
+      <c r="D572" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E572" s="28"/>
-      <c r="F572" s="29">
+      <c r="E572" s="18"/>
+      <c r="F572" s="19">
         <v>164.5</v>
       </c>
-      <c r="G572" s="29">
+      <c r="G572" s="19">
         <v>167.18</v>
       </c>
-      <c r="H572" s="29">
+      <c r="H572" s="19">
         <v>167.25</v>
       </c>
-      <c r="I572" s="29">
+      <c r="I572" s="19">
         <v>199.3</v>
       </c>
-      <c r="J572" s="29">
+      <c r="J572" s="19">
         <v>199.83</v>
       </c>
-      <c r="K572" s="29">
+      <c r="K572" s="19">
         <v>193.89</v>
       </c>
-      <c r="L572" s="29">
+      <c r="L572" s="19">
         <v>194.35</v>
       </c>
-      <c r="M572" s="29">
+      <c r="M572" s="19">
         <v>194.81</v>
       </c>
-      <c r="N572" s="29">
+      <c r="N572" s="19">
         <v>195.28</v>
       </c>
-      <c r="O572" s="29">
+      <c r="O572" s="19">
         <v>209.78</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C573" s="33"/>
+      <c r="P572" s="19">
+        <v>210.23</v>
+      </c>
+      <c r="Q572" s="19">
+        <v>210.69</v>
+      </c>
+      <c r="R572" s="19">
+        <v>211.16</v>
+      </c>
+      <c r="S572" s="19">
+        <v>184.8</v>
+      </c>
+      <c r="T572" s="19">
+        <v>185.16</v>
+      </c>
+    </row>
+    <row r="573" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A573" s="27"/>
+      <c r="B573" s="27"/>
+      <c r="C573" s="24"/>
       <c r="D573" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E573" s="27" t="s">
+      <c r="E573" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F573" s="29">
+      <c r="F573" s="19">
         <v>53.63</v>
       </c>
-      <c r="G573" s="29">
+      <c r="G573" s="19">
         <v>51.68</v>
       </c>
-      <c r="H573" s="29">
+      <c r="H573" s="19">
         <v>57.99</v>
       </c>
-      <c r="I573" s="29">
+      <c r="I573" s="19">
         <v>74.239999999999995</v>
       </c>
-      <c r="J573" s="29">
+      <c r="J573" s="19">
         <v>77.180000000000007</v>
       </c>
-      <c r="K573" s="29">
+      <c r="K573" s="19">
         <v>73.150000000000006</v>
       </c>
-      <c r="L573" s="29">
+      <c r="L573" s="19">
         <v>66.489999999999995</v>
       </c>
-      <c r="M573" s="29">
-[...14 lines deleted...]
-      <c r="E574" s="27" t="s">
+      <c r="M573" s="19">
+        <v>107.4</v>
+      </c>
+      <c r="N573" s="19">
+        <v>111.14</v>
+      </c>
+      <c r="O573" s="19">
+        <v>86.4</v>
+      </c>
+      <c r="P573" s="19">
+        <v>90.54</v>
+      </c>
+      <c r="Q573" s="19">
+        <v>59.3</v>
+      </c>
+      <c r="R573" s="19">
+        <v>56.31</v>
+      </c>
+      <c r="S573" s="19">
+        <v>49.9</v>
+      </c>
+      <c r="T573" s="19">
+        <v>51.68</v>
+      </c>
+    </row>
+    <row r="574" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A574" s="27"/>
+      <c r="B574" s="27"/>
+      <c r="C574" s="24"/>
+      <c r="D574" s="28"/>
+      <c r="E574" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F574" s="29">
+      <c r="F574" s="19">
         <v>110.87</v>
       </c>
-      <c r="G574" s="29">
+      <c r="G574" s="19">
         <v>115.49</v>
       </c>
-      <c r="H574" s="29">
+      <c r="H574" s="19">
         <v>109.26</v>
       </c>
-      <c r="I574" s="29">
+      <c r="I574" s="19">
         <v>125.07</v>
       </c>
-      <c r="J574" s="29">
+      <c r="J574" s="19">
         <v>122.65</v>
       </c>
-      <c r="K574" s="29">
+      <c r="K574" s="19">
         <v>120.74</v>
       </c>
-      <c r="L574" s="29">
+      <c r="L574" s="19">
         <v>127.86</v>
       </c>
-      <c r="M574" s="29">
+      <c r="M574" s="19">
         <v>133.36000000000001</v>
       </c>
-      <c r="N574" s="29">
+      <c r="N574" s="19">
         <v>126.42</v>
       </c>
-      <c r="O574" s="29">
+      <c r="O574" s="19">
         <v>137.61000000000001</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C575" s="33"/>
+      <c r="P574" s="19">
+        <v>136.93</v>
+      </c>
+      <c r="Q574" s="19">
+        <v>151.38999999999999</v>
+      </c>
+      <c r="R574" s="19">
+        <v>154.84</v>
+      </c>
+      <c r="S574" s="19">
+        <v>134.9</v>
+      </c>
+      <c r="T574" s="19">
+        <v>133.47</v>
+      </c>
+    </row>
+    <row r="575" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A575" s="27"/>
+      <c r="B575" s="27"/>
+      <c r="C575" s="24"/>
       <c r="D575" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E575" s="27" t="s">
+      <c r="E575" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F575" s="29">
+      <c r="F575" s="19">
         <v>160.55000000000001</v>
       </c>
-      <c r="G575" s="29">
+      <c r="G575" s="19">
         <v>164.48</v>
       </c>
-      <c r="H575" s="29">
+      <c r="H575" s="19">
         <v>163.46</v>
       </c>
-      <c r="I575" s="29">
+      <c r="I575" s="19">
         <v>196.19</v>
       </c>
-      <c r="J575" s="29">
+      <c r="J575" s="19">
         <v>195.89</v>
       </c>
-      <c r="K575" s="29">
+      <c r="K575" s="19">
         <v>190.57</v>
       </c>
-      <c r="L575" s="29">
+      <c r="L575" s="19">
         <v>191.66</v>
       </c>
-      <c r="M575" s="29">
-[...14 lines deleted...]
-      <c r="E576" s="27" t="s">
+      <c r="M575" s="19">
+        <v>416.76</v>
+      </c>
+      <c r="N575" s="19">
+        <v>411.24</v>
+      </c>
+      <c r="O575" s="19">
+        <v>423.83</v>
+      </c>
+      <c r="P575" s="19">
+        <v>439.1</v>
+      </c>
+      <c r="Q575" s="19">
+        <v>209.02</v>
+      </c>
+      <c r="R575" s="19">
+        <v>206.87</v>
+      </c>
+      <c r="S575" s="19">
+        <v>181.1</v>
+      </c>
+      <c r="T575" s="19">
+        <v>181.57</v>
+      </c>
+    </row>
+    <row r="576" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A576" s="27"/>
+      <c r="B576" s="27"/>
+      <c r="C576" s="24"/>
+      <c r="D576" s="28"/>
+      <c r="E576" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F576" s="29">
+      <c r="F576" s="19">
         <v>3.95</v>
       </c>
-      <c r="G576" s="29">
+      <c r="G576" s="19">
         <v>2.7</v>
       </c>
-      <c r="H576" s="29">
+      <c r="H576" s="19">
         <v>3.79</v>
       </c>
-      <c r="I576" s="29">
+      <c r="I576" s="19">
         <v>3.11</v>
       </c>
-      <c r="J576" s="29">
+      <c r="J576" s="19">
         <v>3.94</v>
       </c>
-      <c r="K576" s="29">
+      <c r="K576" s="19">
         <v>3.32</v>
       </c>
-      <c r="L576" s="29">
+      <c r="L576" s="19">
         <v>2.7</v>
       </c>
-      <c r="M576" s="29">
+      <c r="M576" s="19">
         <v>6.16</v>
       </c>
-      <c r="N576" s="29">
+      <c r="N576" s="19">
         <v>1.66</v>
       </c>
-      <c r="O576" s="29">
+      <c r="O576" s="19">
         <v>1.93</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C577" s="33"/>
+      <c r="P576" s="19">
+        <v>3.43</v>
+      </c>
+      <c r="Q576" s="19">
+        <v>1.67</v>
+      </c>
+      <c r="R576" s="19">
+        <v>4.29</v>
+      </c>
+      <c r="S576" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="T576" s="19">
+        <v>3.58</v>
+      </c>
+    </row>
+    <row r="577" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A577" s="27"/>
+      <c r="B577" s="27"/>
+      <c r="C577" s="24"/>
       <c r="D577" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E577" s="27" t="s">
+      <c r="E577" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F577" s="29">
+      <c r="F577" s="19">
         <v>163.86</v>
       </c>
-      <c r="G577" s="29">
+      <c r="G577" s="19">
         <v>166.73</v>
       </c>
-      <c r="H577" s="29">
+      <c r="H577" s="19">
         <v>166.5</v>
       </c>
-      <c r="I577" s="29">
+      <c r="I577" s="19">
         <v>197.22</v>
       </c>
-      <c r="J577" s="29">
+      <c r="J577" s="19">
         <v>199.02</v>
       </c>
-      <c r="K577" s="29">
+      <c r="K577" s="19">
         <v>193.66</v>
       </c>
-      <c r="L577" s="29">
+      <c r="L577" s="19">
         <v>194.06</v>
       </c>
-      <c r="M577" s="29">
-[...14 lines deleted...]
-      <c r="E578" s="27" t="s">
+      <c r="M577" s="19">
+        <v>455.77</v>
+      </c>
+      <c r="N577" s="19">
+        <v>454.88</v>
+      </c>
+      <c r="O577" s="19">
+        <v>462.03</v>
+      </c>
+      <c r="P577" s="19">
+        <v>466.26</v>
+      </c>
+      <c r="Q577" s="19">
+        <v>209.64</v>
+      </c>
+      <c r="R577" s="19">
+        <v>210.25</v>
+      </c>
+      <c r="S577" s="19">
+        <v>184.1</v>
+      </c>
+      <c r="T577" s="19">
+        <v>184.21</v>
+      </c>
+    </row>
+    <row r="578" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A578" s="27"/>
+      <c r="B578" s="28"/>
+      <c r="C578" s="25"/>
+      <c r="D578" s="28"/>
+      <c r="E578" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F578" s="29">
+      <c r="F578" s="19">
         <v>0.64</v>
       </c>
-      <c r="G578" s="29">
+      <c r="G578" s="19">
         <v>0.45</v>
       </c>
-      <c r="H578" s="29">
+      <c r="H578" s="19">
         <v>0.75</v>
       </c>
-      <c r="I578" s="29">
+      <c r="I578" s="19">
         <v>2.08</v>
       </c>
-      <c r="J578" s="29">
+      <c r="J578" s="19">
         <v>0.81</v>
       </c>
-      <c r="K578" s="29">
+      <c r="K578" s="19">
         <v>0.24</v>
       </c>
-      <c r="L578" s="29">
+      <c r="L578" s="19">
         <v>0.28999999999999998</v>
       </c>
-      <c r="M578" s="29">
+      <c r="M578" s="19">
         <v>1.51</v>
       </c>
-      <c r="N578" s="29">
+      <c r="N578" s="19">
         <v>0.45</v>
       </c>
-      <c r="O578" s="29">
+      <c r="O578" s="19">
         <v>0.13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A579" s="30"/>
+      <c r="P578" s="19">
+        <v>1.01</v>
+      </c>
+      <c r="Q578" s="19">
+        <v>1.05</v>
+      </c>
+      <c r="R578" s="19">
+        <v>0.91</v>
+      </c>
+      <c r="S578" s="19">
+        <v>0.7</v>
+      </c>
+      <c r="T578" s="19">
+        <v>0.94</v>
+      </c>
+    </row>
+    <row r="579" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A579" s="27"/>
       <c r="B579" s="26" t="s">
         <v>89</v>
       </c>
-      <c r="C579" s="32"/>
-      <c r="D579" s="27" t="s">
+      <c r="C579" s="23"/>
+      <c r="D579" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E579" s="28"/>
-      <c r="F579" s="29">
+      <c r="E579" s="18"/>
+      <c r="F579" s="19">
         <v>345.43</v>
       </c>
-      <c r="G579" s="29">
+      <c r="G579" s="19">
         <v>345.24</v>
       </c>
-      <c r="H579" s="29">
+      <c r="H579" s="19">
         <v>345.54</v>
       </c>
-      <c r="I579" s="29">
+      <c r="I579" s="19">
         <v>399.89</v>
       </c>
-      <c r="J579" s="29">
+      <c r="J579" s="19">
         <v>400.51</v>
       </c>
-      <c r="K579" s="29">
+      <c r="K579" s="19">
         <v>381.91</v>
       </c>
-      <c r="L579" s="29">
+      <c r="L579" s="19">
         <v>382.46</v>
       </c>
-      <c r="M579" s="29">
+      <c r="M579" s="19">
         <v>383.02</v>
       </c>
-      <c r="N579" s="29">
+      <c r="N579" s="19">
         <v>383.6</v>
       </c>
-      <c r="O579" s="29">
+      <c r="O579" s="19">
         <v>391.34</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C580" s="33"/>
+      <c r="P579" s="19">
+        <v>391.88</v>
+      </c>
+      <c r="Q579" s="19">
+        <v>392.44</v>
+      </c>
+      <c r="R579" s="19">
+        <v>393</v>
+      </c>
+      <c r="S579" s="19">
+        <v>402</v>
+      </c>
+      <c r="T579" s="19">
+        <v>402.57</v>
+      </c>
+    </row>
+    <row r="580" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A580" s="27"/>
+      <c r="B580" s="27"/>
+      <c r="C580" s="24"/>
       <c r="D580" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E580" s="27" t="s">
+      <c r="E580" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F580" s="29">
+      <c r="F580" s="19">
         <v>74.95</v>
       </c>
-      <c r="G580" s="29">
+      <c r="G580" s="19">
         <v>80.05</v>
       </c>
-      <c r="H580" s="29">
+      <c r="H580" s="19">
         <v>73.150000000000006</v>
       </c>
-      <c r="I580" s="29">
+      <c r="I580" s="19">
         <v>74.599999999999994</v>
       </c>
-      <c r="J580" s="29">
+      <c r="J580" s="19">
         <v>68.52</v>
       </c>
-      <c r="K580" s="29">
+      <c r="K580" s="19">
         <v>79.59</v>
       </c>
-      <c r="L580" s="29">
+      <c r="L580" s="19">
         <v>64.55</v>
       </c>
-      <c r="M580" s="29">
-[...14 lines deleted...]
-      <c r="E581" s="27" t="s">
+      <c r="M580" s="19">
+        <v>21.83</v>
+      </c>
+      <c r="N580" s="19">
+        <v>24.95</v>
+      </c>
+      <c r="O580" s="19">
+        <v>24.73</v>
+      </c>
+      <c r="P580" s="19">
+        <v>24.37</v>
+      </c>
+      <c r="Q580" s="19">
+        <v>60.73</v>
+      </c>
+      <c r="R580" s="19">
+        <v>49.98</v>
+      </c>
+      <c r="S580" s="19">
+        <v>54.6</v>
+      </c>
+      <c r="T580" s="19">
+        <v>51.55</v>
+      </c>
+    </row>
+    <row r="581" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A581" s="27"/>
+      <c r="B581" s="27"/>
+      <c r="C581" s="24"/>
+      <c r="D581" s="28"/>
+      <c r="E581" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F581" s="29">
+      <c r="F581" s="19">
         <v>270.48</v>
       </c>
-      <c r="G581" s="29">
+      <c r="G581" s="19">
         <v>265.19</v>
       </c>
-      <c r="H581" s="29">
+      <c r="H581" s="19">
         <v>272.39</v>
       </c>
-      <c r="I581" s="29">
+      <c r="I581" s="19">
         <v>325.29000000000002</v>
       </c>
-      <c r="J581" s="29">
+      <c r="J581" s="19">
         <v>331.99</v>
       </c>
-      <c r="K581" s="29">
+      <c r="K581" s="19">
         <v>302.31</v>
       </c>
-      <c r="L581" s="29">
+      <c r="L581" s="19">
         <v>317.91000000000003</v>
       </c>
-      <c r="M581" s="29">
+      <c r="M581" s="19">
         <v>312.38</v>
       </c>
-      <c r="N581" s="29">
+      <c r="N581" s="19">
         <v>334.16</v>
       </c>
-      <c r="O581" s="29">
+      <c r="O581" s="19">
         <v>328.1</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C582" s="33"/>
+      <c r="P581" s="19">
+        <v>329.62</v>
+      </c>
+      <c r="Q581" s="19">
+        <v>331.71</v>
+      </c>
+      <c r="R581" s="19">
+        <v>343.02</v>
+      </c>
+      <c r="S581" s="19">
+        <v>347.5</v>
+      </c>
+      <c r="T581" s="19">
+        <v>351.02</v>
+      </c>
+    </row>
+    <row r="582" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A582" s="27"/>
+      <c r="B582" s="27"/>
+      <c r="C582" s="24"/>
       <c r="D582" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E582" s="27" t="s">
+      <c r="E582" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F582" s="29">
+      <c r="F582" s="19">
         <v>317.41000000000003</v>
       </c>
-      <c r="G582" s="29">
+      <c r="G582" s="19">
         <v>322.93</v>
       </c>
-      <c r="H582" s="29">
+      <c r="H582" s="19">
         <v>325.32</v>
       </c>
-      <c r="I582" s="29">
+      <c r="I582" s="19">
         <v>377.08</v>
       </c>
-      <c r="J582" s="29">
+      <c r="J582" s="19">
         <v>366.74</v>
       </c>
-      <c r="K582" s="29">
+      <c r="K582" s="19">
         <v>357.14</v>
       </c>
-      <c r="L582" s="29">
+      <c r="L582" s="19">
         <v>358.83</v>
       </c>
-      <c r="M582" s="29">
-[...14 lines deleted...]
-      <c r="E583" s="27" t="s">
+      <c r="M582" s="19">
+        <v>123.84</v>
+      </c>
+      <c r="N582" s="19">
+        <v>123.9</v>
+      </c>
+      <c r="O582" s="19">
+        <v>128.91</v>
+      </c>
+      <c r="P582" s="19">
+        <v>129.04</v>
+      </c>
+      <c r="Q582" s="19">
+        <v>367.03</v>
+      </c>
+      <c r="R582" s="19">
+        <v>371.95</v>
+      </c>
+      <c r="S582" s="19">
+        <v>378</v>
+      </c>
+      <c r="T582" s="19">
+        <v>372.69</v>
+      </c>
+    </row>
+    <row r="583" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A583" s="27"/>
+      <c r="B583" s="27"/>
+      <c r="C583" s="24"/>
+      <c r="D583" s="28"/>
+      <c r="E583" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F583" s="29">
+      <c r="F583" s="19">
         <v>28.02</v>
       </c>
-      <c r="G583" s="29">
+      <c r="G583" s="19">
         <v>22.31</v>
       </c>
-      <c r="H583" s="29">
+      <c r="H583" s="19">
         <v>20.22</v>
       </c>
-      <c r="I583" s="29">
+      <c r="I583" s="19">
         <v>22.8</v>
       </c>
-      <c r="J583" s="29">
+      <c r="J583" s="19">
         <v>33.770000000000003</v>
       </c>
-      <c r="K583" s="29">
+      <c r="K583" s="19">
         <v>24.77</v>
       </c>
-      <c r="L583" s="29">
+      <c r="L583" s="19">
         <v>23.64</v>
       </c>
-      <c r="M583" s="29">
+      <c r="M583" s="19">
         <v>27.28</v>
       </c>
-      <c r="N583" s="29">
+      <c r="N583" s="19">
         <v>25.13</v>
       </c>
-      <c r="O583" s="29">
+      <c r="O583" s="19">
         <v>21.78</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C584" s="33"/>
+      <c r="P583" s="19">
+        <v>21.48</v>
+      </c>
+      <c r="Q583" s="19">
+        <v>25.41</v>
+      </c>
+      <c r="R583" s="19">
+        <v>21.05</v>
+      </c>
+      <c r="S583" s="19">
+        <v>24</v>
+      </c>
+      <c r="T583" s="19">
+        <v>29.87</v>
+      </c>
+    </row>
+    <row r="584" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A584" s="27"/>
+      <c r="B584" s="27"/>
+      <c r="C584" s="24"/>
       <c r="D584" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E584" s="27" t="s">
+      <c r="E584" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F584" s="29">
+      <c r="F584" s="19">
         <v>339.86</v>
       </c>
-      <c r="G584" s="29">
+      <c r="G584" s="19">
         <v>339.11</v>
       </c>
-      <c r="H584" s="29">
+      <c r="H584" s="19">
         <v>340.03</v>
       </c>
-      <c r="I584" s="29">
+      <c r="I584" s="19">
         <v>392.6</v>
       </c>
-      <c r="J584" s="29">
+      <c r="J584" s="19">
         <v>394.87</v>
       </c>
-      <c r="K584" s="29">
+      <c r="K584" s="19">
         <v>372.48</v>
       </c>
-      <c r="L584" s="29">
+      <c r="L584" s="19">
         <v>376.79</v>
       </c>
-      <c r="M584" s="29">
-[...14 lines deleted...]
-      <c r="E585" s="27" t="s">
+      <c r="M584" s="19">
+        <v>129.06</v>
+      </c>
+      <c r="N584" s="19">
+        <v>128.30000000000001</v>
+      </c>
+      <c r="O584" s="19">
+        <v>133.83000000000001</v>
+      </c>
+      <c r="P584" s="19">
+        <v>133.38</v>
+      </c>
+      <c r="Q584" s="19">
+        <v>382.14</v>
+      </c>
+      <c r="R584" s="19">
+        <v>384.28</v>
+      </c>
+      <c r="S584" s="19">
+        <v>393</v>
+      </c>
+      <c r="T584" s="19">
+        <v>389.16</v>
+      </c>
+    </row>
+    <row r="585" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A585" s="27"/>
+      <c r="B585" s="28"/>
+      <c r="C585" s="25"/>
+      <c r="D585" s="28"/>
+      <c r="E585" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F585" s="29">
+      <c r="F585" s="19">
         <v>5.57</v>
       </c>
-      <c r="G585" s="29">
+      <c r="G585" s="19">
         <v>6.13</v>
       </c>
-      <c r="H585" s="29">
+      <c r="H585" s="19">
         <v>5.52</v>
       </c>
-      <c r="I585" s="29">
+      <c r="I585" s="19">
         <v>7.28</v>
       </c>
-      <c r="J585" s="29">
+      <c r="J585" s="19">
         <v>5.64</v>
       </c>
-      <c r="K585" s="29">
+      <c r="K585" s="19">
         <v>9.42</v>
       </c>
-      <c r="L585" s="29">
+      <c r="L585" s="19">
         <v>5.67</v>
       </c>
-      <c r="M585" s="29">
+      <c r="M585" s="19">
         <v>7.91</v>
       </c>
-      <c r="N585" s="29">
+      <c r="N585" s="19">
         <v>8.43</v>
       </c>
-      <c r="O585" s="29">
+      <c r="O585" s="19">
         <v>5.73</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A586" s="30"/>
+      <c r="P585" s="19">
+        <v>6.45</v>
+      </c>
+      <c r="Q585" s="19">
+        <v>10.3</v>
+      </c>
+      <c r="R585" s="19">
+        <v>8.7200000000000006</v>
+      </c>
+      <c r="S585" s="19">
+        <v>9</v>
+      </c>
+      <c r="T585" s="19">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="586" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A586" s="27"/>
       <c r="B586" s="26" t="s">
         <v>90</v>
       </c>
-      <c r="C586" s="32"/>
-      <c r="D586" s="27" t="s">
+      <c r="C586" s="23"/>
+      <c r="D586" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E586" s="28"/>
-      <c r="F586" s="29">
+      <c r="E586" s="18"/>
+      <c r="F586" s="19">
         <v>85.34</v>
       </c>
-      <c r="G586" s="29">
+      <c r="G586" s="19">
         <v>82.96</v>
       </c>
-      <c r="H586" s="29">
+      <c r="H586" s="19">
         <v>83.01</v>
       </c>
-      <c r="I586" s="29">
+      <c r="I586" s="19">
         <v>100.7</v>
       </c>
-      <c r="J586" s="29">
+      <c r="J586" s="19">
         <v>101.09</v>
       </c>
-      <c r="K586" s="29">
+      <c r="K586" s="19">
         <v>93</v>
       </c>
-      <c r="L586" s="29">
+      <c r="L586" s="19">
         <v>93.33</v>
       </c>
-      <c r="M586" s="29">
+      <c r="M586" s="19">
         <v>93.67</v>
       </c>
-      <c r="N586" s="29">
+      <c r="N586" s="19">
         <v>94.02</v>
       </c>
-      <c r="O586" s="29">
+      <c r="O586" s="19">
         <v>97.12</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C587" s="33"/>
+      <c r="P586" s="19">
+        <v>97.45</v>
+      </c>
+      <c r="Q586" s="19">
+        <v>97.79</v>
+      </c>
+      <c r="R586" s="19">
+        <v>98.13</v>
+      </c>
+      <c r="S586" s="19">
+        <v>97.9</v>
+      </c>
+      <c r="T586" s="19">
+        <v>98.26</v>
+      </c>
+    </row>
+    <row r="587" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A587" s="27"/>
+      <c r="B587" s="27"/>
+      <c r="C587" s="24"/>
       <c r="D587" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E587" s="27" t="s">
+      <c r="E587" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F587" s="29">
+      <c r="F587" s="19">
         <v>13.29</v>
       </c>
-      <c r="G587" s="29">
+      <c r="G587" s="19">
         <v>11.42</v>
       </c>
-      <c r="H587" s="29">
+      <c r="H587" s="19">
         <v>10.08</v>
       </c>
-      <c r="I587" s="29">
+      <c r="I587" s="19">
         <v>11.06</v>
       </c>
-      <c r="J587" s="29">
+      <c r="J587" s="19">
         <v>13.37</v>
       </c>
-      <c r="K587" s="29">
+      <c r="K587" s="19">
         <v>14.74</v>
       </c>
-      <c r="L587" s="29">
+      <c r="L587" s="19">
         <v>11.43</v>
       </c>
-      <c r="M587" s="29">
-[...5 lines deleted...]
-      <c r="O587" s="29">
+      <c r="M587" s="19">
+        <v>10.6</v>
+      </c>
+      <c r="N587" s="19">
+        <v>10.89</v>
+      </c>
+      <c r="O587" s="19">
+        <v>11.32</v>
+      </c>
+      <c r="P587" s="19">
+        <v>9.7899999999999991</v>
+      </c>
+      <c r="Q587" s="19">
+        <v>16.41</v>
+      </c>
+      <c r="R587" s="19">
+        <v>14.79</v>
+      </c>
+      <c r="S587" s="19">
+        <v>15.9</v>
+      </c>
+      <c r="T587" s="19">
+        <v>15.09</v>
+      </c>
+    </row>
+    <row r="588" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A588" s="27"/>
+      <c r="B588" s="27"/>
+      <c r="C588" s="24"/>
+      <c r="D588" s="28"/>
+      <c r="E588" s="17" t="s">
         <v>11</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="F588" s="29">
+      <c r="F588" s="19">
         <v>72.05</v>
       </c>
-      <c r="G588" s="29">
+      <c r="G588" s="19">
         <v>71.540000000000006</v>
       </c>
-      <c r="H588" s="29">
+      <c r="H588" s="19">
         <v>72.930000000000007</v>
       </c>
-      <c r="I588" s="29">
+      <c r="I588" s="19">
         <v>89.64</v>
       </c>
-      <c r="J588" s="29">
+      <c r="J588" s="19">
         <v>87.71</v>
       </c>
-      <c r="K588" s="29">
+      <c r="K588" s="19">
         <v>78.260000000000005</v>
       </c>
-      <c r="L588" s="29">
+      <c r="L588" s="19">
         <v>81.900000000000006</v>
       </c>
-      <c r="M588" s="29">
+      <c r="M588" s="19">
         <v>77.47</v>
       </c>
-      <c r="N588" s="29">
+      <c r="N588" s="19">
         <v>81.010000000000005</v>
       </c>
-      <c r="O588" s="29">
+      <c r="O588" s="19">
         <v>86.12</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C589" s="33"/>
+      <c r="P588" s="19">
+        <v>83.84</v>
+      </c>
+      <c r="Q588" s="19">
+        <v>81.38</v>
+      </c>
+      <c r="R588" s="19">
+        <v>83.34</v>
+      </c>
+      <c r="S588" s="19">
+        <v>82.1</v>
+      </c>
+      <c r="T588" s="19">
+        <v>83.17</v>
+      </c>
+    </row>
+    <row r="589" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A589" s="27"/>
+      <c r="B589" s="27"/>
+      <c r="C589" s="24"/>
       <c r="D589" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E589" s="27" t="s">
+      <c r="E589" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F589" s="29">
+      <c r="F589" s="19">
         <v>76.08</v>
       </c>
-      <c r="G589" s="29">
+      <c r="G589" s="19">
         <v>74.94</v>
       </c>
-      <c r="H589" s="29">
+      <c r="H589" s="19">
         <v>76.040000000000006</v>
       </c>
-      <c r="I589" s="29">
+      <c r="I589" s="19">
         <v>91.14</v>
       </c>
-      <c r="J589" s="29">
+      <c r="J589" s="19">
         <v>88.76</v>
       </c>
-      <c r="K589" s="29">
+      <c r="K589" s="19">
         <v>88.45</v>
       </c>
-      <c r="L589" s="29">
+      <c r="L589" s="19">
         <v>86.9</v>
       </c>
-      <c r="M589" s="29">
-[...14 lines deleted...]
-      <c r="E590" s="27" t="s">
+      <c r="M589" s="19">
+        <v>68.47</v>
+      </c>
+      <c r="N589" s="19">
+        <v>67.900000000000006</v>
+      </c>
+      <c r="O589" s="19">
+        <v>75.61</v>
+      </c>
+      <c r="P589" s="19">
+        <v>70.14</v>
+      </c>
+      <c r="Q589" s="19">
+        <v>93.34</v>
+      </c>
+      <c r="R589" s="19">
+        <v>91.41</v>
+      </c>
+      <c r="S589" s="19">
+        <v>91.6</v>
+      </c>
+      <c r="T589" s="19">
+        <v>94.39</v>
+      </c>
+    </row>
+    <row r="590" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A590" s="27"/>
+      <c r="B590" s="27"/>
+      <c r="C590" s="24"/>
+      <c r="D590" s="28"/>
+      <c r="E590" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F590" s="29">
+      <c r="F590" s="19">
         <v>9.26</v>
       </c>
-      <c r="G590" s="29">
+      <c r="G590" s="19">
         <v>8.01</v>
       </c>
-      <c r="H590" s="29">
+      <c r="H590" s="19">
         <v>6.97</v>
       </c>
-      <c r="I590" s="29">
+      <c r="I590" s="19">
         <v>9.56</v>
       </c>
-      <c r="J590" s="29">
+      <c r="J590" s="19">
         <v>12.33</v>
       </c>
-      <c r="K590" s="29">
+      <c r="K590" s="19">
         <v>4.55</v>
       </c>
-      <c r="L590" s="29">
+      <c r="L590" s="19">
         <v>6.44</v>
       </c>
-      <c r="M590" s="29">
+      <c r="M590" s="19">
         <v>4.1100000000000003</v>
       </c>
-      <c r="N590" s="29">
+      <c r="N590" s="19">
         <v>5.78</v>
       </c>
-      <c r="O590" s="29">
+      <c r="O590" s="19">
         <v>4.62</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C591" s="33"/>
+      <c r="P590" s="19">
+        <v>3.34</v>
+      </c>
+      <c r="Q590" s="19">
+        <v>4.45</v>
+      </c>
+      <c r="R590" s="19">
+        <v>6.72</v>
+      </c>
+      <c r="S590" s="19">
+        <v>6.3</v>
+      </c>
+      <c r="T590" s="19">
+        <v>3.87</v>
+      </c>
+    </row>
+    <row r="591" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A591" s="27"/>
+      <c r="B591" s="27"/>
+      <c r="C591" s="24"/>
       <c r="D591" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E591" s="27" t="s">
+      <c r="E591" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F591" s="29">
+      <c r="F591" s="19">
         <v>83.29</v>
       </c>
-      <c r="G591" s="29">
+      <c r="G591" s="19">
         <v>81.180000000000007</v>
       </c>
-      <c r="H591" s="29">
+      <c r="H591" s="19">
         <v>81.75</v>
       </c>
-      <c r="I591" s="29">
+      <c r="I591" s="19">
         <v>98.59</v>
       </c>
-      <c r="J591" s="29">
+      <c r="J591" s="19">
         <v>97.99</v>
       </c>
-      <c r="K591" s="29">
+      <c r="K591" s="19">
         <v>92.16</v>
       </c>
-      <c r="L591" s="29">
+      <c r="L591" s="19">
         <v>91.86</v>
       </c>
-      <c r="M591" s="29">
-[...14 lines deleted...]
-      <c r="E592" s="27" t="s">
+      <c r="M591" s="19">
+        <v>74.239999999999995</v>
+      </c>
+      <c r="N591" s="19">
+        <v>74.44</v>
+      </c>
+      <c r="O591" s="19">
+        <v>81.430000000000007</v>
+      </c>
+      <c r="P591" s="19">
+        <v>80.89</v>
+      </c>
+      <c r="Q591" s="19">
+        <v>95.63</v>
+      </c>
+      <c r="R591" s="19">
+        <v>96.25</v>
+      </c>
+      <c r="S591" s="19">
+        <v>96</v>
+      </c>
+      <c r="T591" s="19">
+        <v>97.06</v>
+      </c>
+    </row>
+    <row r="592" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A592" s="27"/>
+      <c r="B592" s="28"/>
+      <c r="C592" s="25"/>
+      <c r="D592" s="28"/>
+      <c r="E592" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F592" s="29">
+      <c r="F592" s="19">
         <v>2.0499999999999998</v>
       </c>
-      <c r="G592" s="29">
+      <c r="G592" s="19">
         <v>1.78</v>
       </c>
-      <c r="H592" s="29">
+      <c r="H592" s="19">
         <v>1.26</v>
       </c>
-      <c r="I592" s="29">
+      <c r="I592" s="19">
         <v>2.11</v>
       </c>
-      <c r="J592" s="29">
+      <c r="J592" s="19">
         <v>3.09</v>
       </c>
-      <c r="K592" s="29">
+      <c r="K592" s="19">
         <v>0.84</v>
       </c>
-      <c r="L592" s="29">
+      <c r="L592" s="19">
         <v>1.48</v>
       </c>
-      <c r="M592" s="29">
+      <c r="M592" s="19">
         <v>1.33</v>
       </c>
-      <c r="N592" s="29">
+      <c r="N592" s="19">
         <v>2.16</v>
       </c>
-      <c r="O592" s="29">
+      <c r="O592" s="19">
         <v>1.71</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A593" s="30"/>
+      <c r="P592" s="19">
+        <v>0.97</v>
+      </c>
+      <c r="Q592" s="19">
+        <v>2.16</v>
+      </c>
+      <c r="R592" s="19">
+        <v>1.88</v>
+      </c>
+      <c r="S592" s="19">
+        <v>2</v>
+      </c>
+      <c r="T592" s="19">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="593" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A593" s="27"/>
       <c r="B593" s="26" t="s">
         <v>91</v>
       </c>
-      <c r="C593" s="32"/>
-      <c r="D593" s="27" t="s">
+      <c r="C593" s="23"/>
+      <c r="D593" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E593" s="28"/>
-      <c r="F593" s="29">
+      <c r="E593" s="18"/>
+      <c r="F593" s="19">
         <v>170.62</v>
       </c>
-      <c r="G593" s="29">
+      <c r="G593" s="19">
         <v>173.42</v>
       </c>
-      <c r="H593" s="29">
+      <c r="H593" s="19">
         <v>173.59</v>
       </c>
-      <c r="I593" s="29">
+      <c r="I593" s="19">
         <v>180.18</v>
       </c>
-      <c r="J593" s="29">
+      <c r="J593" s="19">
         <v>180.24</v>
       </c>
-      <c r="K593" s="29">
+      <c r="K593" s="19">
         <v>169.72</v>
       </c>
-      <c r="L593" s="29">
+      <c r="L593" s="19">
         <v>169.76</v>
       </c>
-      <c r="M593" s="29">
+      <c r="M593" s="19">
         <v>169.8</v>
       </c>
-      <c r="N593" s="29">
+      <c r="N593" s="19">
         <v>169.85</v>
       </c>
-      <c r="O593" s="29">
+      <c r="O593" s="19">
         <v>180.02</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C594" s="33"/>
+      <c r="P593" s="19">
+        <v>180.05</v>
+      </c>
+      <c r="Q593" s="19">
+        <v>180.09</v>
+      </c>
+      <c r="R593" s="19">
+        <v>180.14</v>
+      </c>
+      <c r="S593" s="19">
+        <v>180.4</v>
+      </c>
+      <c r="T593" s="19">
+        <v>180.44</v>
+      </c>
+    </row>
+    <row r="594" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A594" s="27"/>
+      <c r="B594" s="27"/>
+      <c r="C594" s="24"/>
       <c r="D594" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E594" s="27" t="s">
+      <c r="E594" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F594" s="29">
+      <c r="F594" s="19">
         <v>34.96</v>
       </c>
-      <c r="G594" s="29">
+      <c r="G594" s="19">
         <v>37.409999999999997</v>
       </c>
-      <c r="H594" s="29">
+      <c r="H594" s="19">
         <v>47.85</v>
       </c>
-      <c r="I594" s="29">
+      <c r="I594" s="19">
         <v>33.75</v>
       </c>
-      <c r="J594" s="29">
+      <c r="J594" s="19">
         <v>40.96</v>
       </c>
-      <c r="K594" s="29">
+      <c r="K594" s="19">
         <v>29.76</v>
       </c>
-      <c r="L594" s="29">
+      <c r="L594" s="19">
         <v>33.18</v>
       </c>
-      <c r="M594" s="29">
-[...14 lines deleted...]
-      <c r="E595" s="27" t="s">
+      <c r="M594" s="19">
+        <v>61.46</v>
+      </c>
+      <c r="N594" s="19">
+        <v>68.86</v>
+      </c>
+      <c r="O594" s="19">
+        <v>72.17</v>
+      </c>
+      <c r="P594" s="19">
+        <v>73.3</v>
+      </c>
+      <c r="Q594" s="19">
+        <v>30.74</v>
+      </c>
+      <c r="R594" s="19">
+        <v>33.6</v>
+      </c>
+      <c r="S594" s="19">
+        <v>30.4</v>
+      </c>
+      <c r="T594" s="19">
+        <v>31.86</v>
+      </c>
+    </row>
+    <row r="595" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A595" s="27"/>
+      <c r="B595" s="27"/>
+      <c r="C595" s="24"/>
+      <c r="D595" s="28"/>
+      <c r="E595" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F595" s="29">
+      <c r="F595" s="19">
         <v>135.66</v>
       </c>
-      <c r="G595" s="29">
+      <c r="G595" s="19">
         <v>136</v>
       </c>
-      <c r="H595" s="29">
+      <c r="H595" s="19">
         <v>125.75</v>
       </c>
-      <c r="I595" s="29">
+      <c r="I595" s="19">
         <v>146.43</v>
       </c>
-      <c r="J595" s="29">
+      <c r="J595" s="19">
         <v>139.28</v>
       </c>
-      <c r="K595" s="29">
+      <c r="K595" s="19">
         <v>139.96</v>
       </c>
-      <c r="L595" s="29">
+      <c r="L595" s="19">
         <v>136.58000000000001</v>
       </c>
-      <c r="M595" s="29">
+      <c r="M595" s="19">
         <v>138.22</v>
       </c>
-      <c r="N595" s="29">
+      <c r="N595" s="19">
         <v>140.62</v>
       </c>
-      <c r="O595" s="29">
+      <c r="O595" s="19">
         <v>150.96</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C596" s="33"/>
+      <c r="P595" s="19">
+        <v>152.47</v>
+      </c>
+      <c r="Q595" s="19">
+        <v>149.35</v>
+      </c>
+      <c r="R595" s="19">
+        <v>146.53</v>
+      </c>
+      <c r="S595" s="19">
+        <v>150.1</v>
+      </c>
+      <c r="T595" s="19">
+        <v>148.58000000000001</v>
+      </c>
+    </row>
+    <row r="596" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A596" s="27"/>
+      <c r="B596" s="27"/>
+      <c r="C596" s="24"/>
       <c r="D596" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E596" s="27" t="s">
+      <c r="E596" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F596" s="29">
+      <c r="F596" s="19">
         <v>149.66</v>
       </c>
-      <c r="G596" s="29">
+      <c r="G596" s="19">
         <v>153.16</v>
       </c>
-      <c r="H596" s="29">
+      <c r="H596" s="19">
         <v>151.03</v>
       </c>
-      <c r="I596" s="29">
+      <c r="I596" s="19">
         <v>161.07</v>
       </c>
-      <c r="J596" s="29">
+      <c r="J596" s="19">
         <v>157.97999999999999</v>
       </c>
-      <c r="K596" s="29">
+      <c r="K596" s="19">
         <v>149.97999999999999</v>
       </c>
-      <c r="L596" s="29">
+      <c r="L596" s="19">
         <v>153.93</v>
       </c>
-      <c r="M596" s="29">
-[...14 lines deleted...]
-      <c r="E597" s="27" t="s">
+      <c r="M596" s="19">
+        <v>188.65</v>
+      </c>
+      <c r="N596" s="19">
+        <v>193.62</v>
+      </c>
+      <c r="O596" s="19">
+        <v>207.85</v>
+      </c>
+      <c r="P596" s="19">
+        <v>206.81</v>
+      </c>
+      <c r="Q596" s="19">
+        <v>165.13</v>
+      </c>
+      <c r="R596" s="19">
+        <v>165.84</v>
+      </c>
+      <c r="S596" s="19">
+        <v>166.4</v>
+      </c>
+      <c r="T596" s="19">
+        <v>168.95</v>
+      </c>
+    </row>
+    <row r="597" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A597" s="27"/>
+      <c r="B597" s="27"/>
+      <c r="C597" s="24"/>
+      <c r="D597" s="28"/>
+      <c r="E597" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F597" s="29">
+      <c r="F597" s="19">
         <v>20.96</v>
       </c>
-      <c r="G597" s="29">
+      <c r="G597" s="19">
         <v>20.25</v>
       </c>
-      <c r="H597" s="29">
+      <c r="H597" s="19">
         <v>22.57</v>
       </c>
-      <c r="I597" s="29">
+      <c r="I597" s="19">
         <v>19.11</v>
       </c>
-      <c r="J597" s="29">
+      <c r="J597" s="19">
         <v>22.26</v>
       </c>
-      <c r="K597" s="29">
+      <c r="K597" s="19">
         <v>19.73</v>
       </c>
-      <c r="L597" s="29">
+      <c r="L597" s="19">
         <v>15.83</v>
       </c>
-      <c r="M597" s="29">
+      <c r="M597" s="19">
         <v>17.39</v>
       </c>
-      <c r="N597" s="29">
+      <c r="N597" s="19">
         <v>11.57</v>
       </c>
-      <c r="O597" s="29">
+      <c r="O597" s="19">
         <v>14.25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C598" s="33"/>
+      <c r="P597" s="19">
+        <v>15.27</v>
+      </c>
+      <c r="Q597" s="19">
+        <v>14.96</v>
+      </c>
+      <c r="R597" s="19">
+        <v>14.3</v>
+      </c>
+      <c r="S597" s="19">
+        <v>14.1</v>
+      </c>
+      <c r="T597" s="19">
+        <v>11.49</v>
+      </c>
+    </row>
+    <row r="598" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A598" s="27"/>
+      <c r="B598" s="27"/>
+      <c r="C598" s="24"/>
       <c r="D598" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E598" s="27" t="s">
+      <c r="E598" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F598" s="29">
+      <c r="F598" s="19">
         <v>166.57</v>
       </c>
-      <c r="G598" s="29">
+      <c r="G598" s="19">
         <v>168.36</v>
       </c>
-      <c r="H598" s="29">
+      <c r="H598" s="19">
         <v>166.95</v>
       </c>
-      <c r="I598" s="29">
+      <c r="I598" s="19">
         <v>175.38</v>
       </c>
-      <c r="J598" s="29">
+      <c r="J598" s="19">
         <v>172.72</v>
       </c>
-      <c r="K598" s="29">
+      <c r="K598" s="19">
         <v>165.01</v>
       </c>
-      <c r="L598" s="29">
+      <c r="L598" s="19">
         <v>165.09</v>
       </c>
-      <c r="M598" s="29">
-[...14 lines deleted...]
-      <c r="E599" s="27" t="s">
+      <c r="M598" s="19">
+        <v>193.3</v>
+      </c>
+      <c r="N598" s="19">
+        <v>194.84</v>
+      </c>
+      <c r="O598" s="19">
+        <v>209.65</v>
+      </c>
+      <c r="P598" s="19">
+        <v>209.22</v>
+      </c>
+      <c r="Q598" s="19">
+        <v>177.12</v>
+      </c>
+      <c r="R598" s="19">
+        <v>177.39</v>
+      </c>
+      <c r="S598" s="19">
+        <v>178.7</v>
+      </c>
+      <c r="T598" s="19">
+        <v>175.45</v>
+      </c>
+    </row>
+    <row r="599" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A599" s="27"/>
+      <c r="B599" s="28"/>
+      <c r="C599" s="25"/>
+      <c r="D599" s="28"/>
+      <c r="E599" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F599" s="29">
+      <c r="F599" s="19">
         <v>4.05</v>
       </c>
-      <c r="G599" s="29">
+      <c r="G599" s="19">
         <v>5.05</v>
       </c>
-      <c r="H599" s="29">
+      <c r="H599" s="19">
         <v>6.65</v>
       </c>
-      <c r="I599" s="29">
+      <c r="I599" s="19">
         <v>4.8</v>
       </c>
-      <c r="J599" s="29">
+      <c r="J599" s="19">
         <v>7.52</v>
       </c>
-      <c r="K599" s="29">
+      <c r="K599" s="19">
         <v>4.7</v>
       </c>
-      <c r="L599" s="29">
+      <c r="L599" s="19">
         <v>4.67</v>
       </c>
-      <c r="M599" s="29">
+      <c r="M599" s="19">
         <v>3.68</v>
       </c>
-      <c r="N599" s="29">
+      <c r="N599" s="19">
         <v>3.52</v>
       </c>
-      <c r="O599" s="29">
+      <c r="O599" s="19">
         <v>2.76</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A600" s="30"/>
+      <c r="P599" s="19">
+        <v>2.98</v>
+      </c>
+      <c r="Q599" s="19">
+        <v>2.98</v>
+      </c>
+      <c r="R599" s="19">
+        <v>2.74</v>
+      </c>
+      <c r="S599" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="T599" s="19">
+        <v>4.99</v>
+      </c>
+    </row>
+    <row r="600" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A600" s="27"/>
       <c r="B600" s="26" t="s">
         <v>92</v>
       </c>
-      <c r="C600" s="32"/>
-      <c r="D600" s="27" t="s">
+      <c r="C600" s="23"/>
+      <c r="D600" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E600" s="28"/>
-      <c r="F600" s="29">
+      <c r="E600" s="18"/>
+      <c r="F600" s="19">
         <v>482.13</v>
       </c>
-      <c r="G600" s="29">
+      <c r="G600" s="19">
         <v>503.98</v>
       </c>
-      <c r="H600" s="29">
+      <c r="H600" s="19">
         <v>504.47</v>
       </c>
-      <c r="I600" s="29">
+      <c r="I600" s="19">
         <v>546.63</v>
       </c>
-      <c r="J600" s="29">
+      <c r="J600" s="19">
         <v>547.66999999999996</v>
       </c>
-      <c r="K600" s="29">
+      <c r="K600" s="19">
         <v>535.77</v>
       </c>
-      <c r="L600" s="29">
+      <c r="L600" s="19">
         <v>536.78</v>
       </c>
-      <c r="M600" s="29">
+      <c r="M600" s="19">
         <v>537.79999999999995</v>
       </c>
-      <c r="N600" s="29">
+      <c r="N600" s="19">
         <v>538.84</v>
       </c>
-      <c r="O600" s="29">
+      <c r="O600" s="19">
         <v>553.44000000000005</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C601" s="33"/>
+      <c r="P600" s="19">
+        <v>554.42999999999995</v>
+      </c>
+      <c r="Q600" s="19">
+        <v>555.42999999999995</v>
+      </c>
+      <c r="R600" s="19">
+        <v>556.45000000000005</v>
+      </c>
+      <c r="S600" s="19">
+        <v>602.29999999999995</v>
+      </c>
+      <c r="T600" s="19">
+        <v>603.34</v>
+      </c>
+    </row>
+    <row r="601" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A601" s="27"/>
+      <c r="B601" s="27"/>
+      <c r="C601" s="24"/>
       <c r="D601" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E601" s="27" t="s">
+      <c r="E601" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F601" s="29">
+      <c r="F601" s="19">
         <v>118.87</v>
       </c>
-      <c r="G601" s="29">
+      <c r="G601" s="19">
         <v>141</v>
       </c>
-      <c r="H601" s="29">
+      <c r="H601" s="19">
         <v>138.69</v>
       </c>
-      <c r="I601" s="29">
+      <c r="I601" s="19">
         <v>158.86000000000001</v>
       </c>
-      <c r="J601" s="29">
+      <c r="J601" s="19">
         <v>119.48</v>
       </c>
-      <c r="K601" s="29">
+      <c r="K601" s="19">
         <v>165.93</v>
       </c>
-      <c r="L601" s="29">
+      <c r="L601" s="19">
         <v>141.93</v>
       </c>
-      <c r="M601" s="29">
-[...14 lines deleted...]
-      <c r="E602" s="27" t="s">
+      <c r="M601" s="19">
+        <v>70.64</v>
+      </c>
+      <c r="N601" s="19">
+        <v>49.43</v>
+      </c>
+      <c r="O601" s="19">
+        <v>63.24</v>
+      </c>
+      <c r="P601" s="19">
+        <v>62.27</v>
+      </c>
+      <c r="Q601" s="19">
+        <v>164.94</v>
+      </c>
+      <c r="R601" s="19">
+        <v>136.85</v>
+      </c>
+      <c r="S601" s="19">
+        <v>145.1</v>
+      </c>
+      <c r="T601" s="19">
+        <v>171.32</v>
+      </c>
+    </row>
+    <row r="602" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A602" s="27"/>
+      <c r="B602" s="27"/>
+      <c r="C602" s="24"/>
+      <c r="D602" s="28"/>
+      <c r="E602" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F602" s="29">
+      <c r="F602" s="19">
         <v>363.26</v>
       </c>
-      <c r="G602" s="29">
+      <c r="G602" s="19">
         <v>362.98</v>
       </c>
-      <c r="H602" s="29">
+      <c r="H602" s="19">
         <v>365.77</v>
       </c>
-      <c r="I602" s="29">
+      <c r="I602" s="19">
         <v>387.76</v>
       </c>
-      <c r="J602" s="29">
+      <c r="J602" s="19">
         <v>428.19</v>
       </c>
-      <c r="K602" s="29">
+      <c r="K602" s="19">
         <v>369.84</v>
       </c>
-      <c r="L602" s="29">
+      <c r="L602" s="19">
         <v>394.85</v>
       </c>
-      <c r="M602" s="29">
+      <c r="M602" s="19">
         <v>401.57</v>
       </c>
-      <c r="N602" s="29">
+      <c r="N602" s="19">
         <v>377.59</v>
       </c>
-      <c r="O602" s="29">
+      <c r="O602" s="19">
         <v>424.06</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C603" s="33"/>
+      <c r="P602" s="19">
+        <v>391.88</v>
+      </c>
+      <c r="Q602" s="19">
+        <v>390.49</v>
+      </c>
+      <c r="R602" s="19">
+        <v>419.6</v>
+      </c>
+      <c r="S602" s="19">
+        <v>457.2</v>
+      </c>
+      <c r="T602" s="19">
+        <v>432.02</v>
+      </c>
+    </row>
+    <row r="603" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A603" s="27"/>
+      <c r="B603" s="27"/>
+      <c r="C603" s="24"/>
       <c r="D603" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E603" s="27" t="s">
+      <c r="E603" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F603" s="29">
+      <c r="F603" s="19">
         <v>441.31</v>
       </c>
-      <c r="G603" s="29">
+      <c r="G603" s="19">
         <v>451.44</v>
       </c>
-      <c r="H603" s="29">
+      <c r="H603" s="19">
         <v>457.5</v>
       </c>
-      <c r="I603" s="29">
+      <c r="I603" s="19">
         <v>499.78</v>
       </c>
-      <c r="J603" s="29">
+      <c r="J603" s="19">
         <v>490.56</v>
       </c>
-      <c r="K603" s="29">
+      <c r="K603" s="19">
         <v>491.56</v>
       </c>
-      <c r="L603" s="29">
+      <c r="L603" s="19">
         <v>498.67</v>
       </c>
-      <c r="M603" s="29">
-[...14 lines deleted...]
-      <c r="E604" s="27" t="s">
+      <c r="M603" s="19">
+        <v>355.74</v>
+      </c>
+      <c r="N603" s="19">
+        <v>358.47</v>
+      </c>
+      <c r="O603" s="19">
+        <v>369.57</v>
+      </c>
+      <c r="P603" s="19">
+        <v>370.41</v>
+      </c>
+      <c r="Q603" s="19">
+        <v>511.18</v>
+      </c>
+      <c r="R603" s="19">
+        <v>499.93</v>
+      </c>
+      <c r="S603" s="19">
+        <v>571</v>
+      </c>
+      <c r="T603" s="19">
+        <v>566.61</v>
+      </c>
+    </row>
+    <row r="604" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A604" s="27"/>
+      <c r="B604" s="27"/>
+      <c r="C604" s="24"/>
+      <c r="D604" s="28"/>
+      <c r="E604" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F604" s="29">
+      <c r="F604" s="19">
         <v>40.82</v>
       </c>
-      <c r="G604" s="29">
+      <c r="G604" s="19">
         <v>52.54</v>
       </c>
-      <c r="H604" s="29">
+      <c r="H604" s="19">
         <v>46.96</v>
       </c>
-      <c r="I604" s="29">
+      <c r="I604" s="19">
         <v>46.85</v>
       </c>
-      <c r="J604" s="29">
+      <c r="J604" s="19">
         <v>57.11</v>
       </c>
-      <c r="K604" s="29">
+      <c r="K604" s="19">
         <v>44.21</v>
       </c>
-      <c r="L604" s="29">
+      <c r="L604" s="19">
         <v>38.11</v>
       </c>
-      <c r="M604" s="29">
+      <c r="M604" s="19">
         <v>52.54</v>
       </c>
-      <c r="N604" s="29">
+      <c r="N604" s="19">
         <v>44.65</v>
       </c>
-      <c r="O604" s="29">
+      <c r="O604" s="19">
         <v>39.119999999999997</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C605" s="33"/>
+      <c r="P604" s="19">
+        <v>46.52</v>
+      </c>
+      <c r="Q604" s="19">
+        <v>44.25</v>
+      </c>
+      <c r="R604" s="19">
+        <v>56.52</v>
+      </c>
+      <c r="S604" s="19">
+        <v>31.3</v>
+      </c>
+      <c r="T604" s="19">
+        <v>36.729999999999997</v>
+      </c>
+    </row>
+    <row r="605" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A605" s="27"/>
+      <c r="B605" s="27"/>
+      <c r="C605" s="24"/>
       <c r="D605" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E605" s="27" t="s">
+      <c r="E605" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F605" s="29">
+      <c r="F605" s="19">
         <v>472.01</v>
       </c>
-      <c r="G605" s="29">
+      <c r="G605" s="19">
         <v>492.42</v>
       </c>
-      <c r="H605" s="29">
+      <c r="H605" s="19">
         <v>495.15</v>
       </c>
-      <c r="I605" s="29">
+      <c r="I605" s="19">
         <v>533.66999999999996</v>
       </c>
-      <c r="J605" s="29">
+      <c r="J605" s="19">
         <v>528.23</v>
       </c>
-      <c r="K605" s="29">
+      <c r="K605" s="19">
         <v>518.64</v>
       </c>
-      <c r="L605" s="29">
+      <c r="L605" s="19">
         <v>519.78</v>
       </c>
-      <c r="M605" s="29">
-[...14 lines deleted...]
-      <c r="E606" s="27" t="s">
+      <c r="M605" s="19">
+        <v>375.12</v>
+      </c>
+      <c r="N605" s="19">
+        <v>375.17</v>
+      </c>
+      <c r="O605" s="19">
+        <v>385.61</v>
+      </c>
+      <c r="P605" s="19">
+        <v>385.43</v>
+      </c>
+      <c r="Q605" s="19">
+        <v>542.08000000000004</v>
+      </c>
+      <c r="R605" s="19">
+        <v>528.46</v>
+      </c>
+      <c r="S605" s="19">
+        <v>587.6</v>
+      </c>
+      <c r="T605" s="19">
+        <v>583.70000000000005</v>
+      </c>
+    </row>
+    <row r="606" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A606" s="27"/>
+      <c r="B606" s="28"/>
+      <c r="C606" s="25"/>
+      <c r="D606" s="28"/>
+      <c r="E606" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F606" s="29">
+      <c r="F606" s="19">
         <v>10.119999999999999</v>
       </c>
-      <c r="G606" s="29">
+      <c r="G606" s="19">
         <v>11.56</v>
       </c>
-      <c r="H606" s="29">
+      <c r="H606" s="19">
         <v>9.31</v>
       </c>
-      <c r="I606" s="29">
+      <c r="I606" s="19">
         <v>12.96</v>
       </c>
-      <c r="J606" s="29">
+      <c r="J606" s="19">
         <v>19.440000000000001</v>
       </c>
-      <c r="K606" s="29">
+      <c r="K606" s="19">
         <v>17.13</v>
       </c>
-      <c r="L606" s="29">
+      <c r="L606" s="19">
         <v>17</v>
       </c>
-      <c r="M606" s="29">
+      <c r="M606" s="19">
         <v>16.96</v>
       </c>
-      <c r="N606" s="29">
+      <c r="N606" s="19">
         <v>20.16</v>
       </c>
-      <c r="O606" s="29">
+      <c r="O606" s="19">
         <v>16.489999999999998</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A607" s="30"/>
+      <c r="P606" s="19">
+        <v>10.26</v>
+      </c>
+      <c r="Q606" s="19">
+        <v>13.35</v>
+      </c>
+      <c r="R606" s="19">
+        <v>27.99</v>
+      </c>
+      <c r="S606" s="19">
+        <v>14.7</v>
+      </c>
+      <c r="T606" s="19">
+        <v>19.64</v>
+      </c>
+    </row>
+    <row r="607" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A607" s="27"/>
       <c r="B607" s="26" t="s">
         <v>93</v>
       </c>
-      <c r="C607" s="32"/>
-      <c r="D607" s="27" t="s">
+      <c r="C607" s="23"/>
+      <c r="D607" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E607" s="28"/>
-      <c r="F607" s="29">
+      <c r="E607" s="18"/>
+      <c r="F607" s="19">
         <v>80.760000000000005</v>
       </c>
-      <c r="G607" s="29">
+      <c r="G607" s="19">
         <v>81.069999999999993</v>
       </c>
-      <c r="H607" s="29">
+      <c r="H607" s="19">
         <v>81.13</v>
       </c>
-      <c r="I607" s="29">
+      <c r="I607" s="19">
         <v>97.98</v>
       </c>
-      <c r="J607" s="29">
+      <c r="J607" s="19">
         <v>98.14</v>
       </c>
-      <c r="K607" s="29">
+      <c r="K607" s="19">
         <v>84.21</v>
       </c>
-      <c r="L607" s="29">
+      <c r="L607" s="19">
         <v>84.34</v>
       </c>
-      <c r="M607" s="29">
+      <c r="M607" s="19">
         <v>84.48</v>
       </c>
-      <c r="N607" s="29">
+      <c r="N607" s="19">
         <v>84.61</v>
       </c>
-      <c r="O607" s="29">
+      <c r="O607" s="19">
         <v>84.18</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C608" s="33"/>
+      <c r="P607" s="19">
+        <v>84.31</v>
+      </c>
+      <c r="Q607" s="19">
+        <v>84.43</v>
+      </c>
+      <c r="R607" s="19">
+        <v>84.57</v>
+      </c>
+      <c r="S607" s="19">
+        <v>87.7</v>
+      </c>
+      <c r="T607" s="19">
+        <v>87.78</v>
+      </c>
+    </row>
+    <row r="608" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A608" s="27"/>
+      <c r="B608" s="27"/>
+      <c r="C608" s="24"/>
       <c r="D608" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E608" s="27" t="s">
+      <c r="E608" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F608" s="29">
+      <c r="F608" s="19">
         <v>15.89</v>
       </c>
-      <c r="G608" s="29">
+      <c r="G608" s="19">
         <v>19.55</v>
       </c>
-      <c r="H608" s="29">
+      <c r="H608" s="19">
         <v>19.329999999999998</v>
       </c>
-      <c r="I608" s="29">
+      <c r="I608" s="19">
         <v>18.79</v>
       </c>
-      <c r="J608" s="29">
+      <c r="J608" s="19">
         <v>22.32</v>
       </c>
-      <c r="K608" s="29">
+      <c r="K608" s="19">
         <v>19.7</v>
       </c>
-      <c r="L608" s="29">
+      <c r="L608" s="19">
         <v>17.87</v>
       </c>
-      <c r="M608" s="29">
-[...14 lines deleted...]
-      <c r="E609" s="27" t="s">
+      <c r="M608" s="19">
+        <v>16.2</v>
+      </c>
+      <c r="N608" s="19">
+        <v>13</v>
+      </c>
+      <c r="O608" s="19">
         <v>11</v>
       </c>
-      <c r="F609" s="29">
+      <c r="P608" s="19">
+        <v>13.61</v>
+      </c>
+      <c r="Q608" s="19">
+        <v>18.239999999999998</v>
+      </c>
+      <c r="R608" s="19">
+        <v>18.75</v>
+      </c>
+      <c r="S608" s="19">
+        <v>17.3</v>
+      </c>
+      <c r="T608" s="19">
+        <v>16.809999999999999</v>
+      </c>
+    </row>
+    <row r="609" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A609" s="27"/>
+      <c r="B609" s="27"/>
+      <c r="C609" s="24"/>
+      <c r="D609" s="28"/>
+      <c r="E609" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F609" s="19">
         <v>64.87</v>
       </c>
-      <c r="G609" s="29">
+      <c r="G609" s="19">
         <v>61.53</v>
       </c>
-      <c r="H609" s="29">
+      <c r="H609" s="19">
         <v>61.8</v>
       </c>
-      <c r="I609" s="29">
+      <c r="I609" s="19">
         <v>79.180000000000007</v>
       </c>
-      <c r="J609" s="29">
+      <c r="J609" s="19">
         <v>75.819999999999993</v>
       </c>
-      <c r="K609" s="29">
+      <c r="K609" s="19">
         <v>64.510000000000005</v>
       </c>
-      <c r="L609" s="29">
+      <c r="L609" s="19">
         <v>66.47</v>
       </c>
-      <c r="M609" s="29">
+      <c r="M609" s="19">
         <v>68</v>
       </c>
-      <c r="N609" s="29">
+      <c r="N609" s="19">
         <v>66.56</v>
       </c>
-      <c r="O609" s="29">
+      <c r="O609" s="19">
         <v>66.27</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C610" s="33"/>
+      <c r="P609" s="19">
+        <v>66.81</v>
+      </c>
+      <c r="Q609" s="19">
+        <v>66.2</v>
+      </c>
+      <c r="R609" s="19">
+        <v>65.819999999999993</v>
+      </c>
+      <c r="S609" s="19">
+        <v>70.3</v>
+      </c>
+      <c r="T609" s="19">
+        <v>70.97</v>
+      </c>
+    </row>
+    <row r="610" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A610" s="27"/>
+      <c r="B610" s="27"/>
+      <c r="C610" s="24"/>
       <c r="D610" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E610" s="27" t="s">
+      <c r="E610" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F610" s="29">
+      <c r="F610" s="19">
         <v>72.680000000000007</v>
       </c>
-      <c r="G610" s="29">
+      <c r="G610" s="19">
         <v>76.25</v>
       </c>
-      <c r="H610" s="29">
+      <c r="H610" s="19">
         <v>75.41</v>
       </c>
-      <c r="I610" s="29">
+      <c r="I610" s="19">
         <v>89.84</v>
       </c>
-      <c r="J610" s="29">
+      <c r="J610" s="19">
         <v>89.6</v>
       </c>
-      <c r="K610" s="29">
+      <c r="K610" s="19">
         <v>78.55</v>
       </c>
-      <c r="L610" s="29">
+      <c r="L610" s="19">
         <v>77.86</v>
       </c>
-      <c r="M610" s="29">
-[...14 lines deleted...]
-      <c r="E611" s="27" t="s">
+      <c r="M610" s="19">
+        <v>89.56</v>
+      </c>
+      <c r="N610" s="19">
+        <v>88.24</v>
+      </c>
+      <c r="O610" s="19">
+        <v>92.5</v>
+      </c>
+      <c r="P610" s="19">
+        <v>94.11</v>
+      </c>
+      <c r="Q610" s="19">
+        <v>76.290000000000006</v>
+      </c>
+      <c r="R610" s="19">
+        <v>77.430000000000007</v>
+      </c>
+      <c r="S610" s="19">
+        <v>82.7</v>
+      </c>
+      <c r="T610" s="19">
+        <v>82.16</v>
+      </c>
+    </row>
+    <row r="611" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A611" s="27"/>
+      <c r="B611" s="27"/>
+      <c r="C611" s="24"/>
+      <c r="D611" s="28"/>
+      <c r="E611" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F611" s="29">
+      <c r="F611" s="19">
         <v>8.07</v>
       </c>
-      <c r="G611" s="29">
+      <c r="G611" s="19">
         <v>4.82</v>
       </c>
-      <c r="H611" s="29">
+      <c r="H611" s="19">
         <v>5.72</v>
       </c>
-      <c r="I611" s="29">
+      <c r="I611" s="19">
         <v>8.14</v>
       </c>
-      <c r="J611" s="29">
+      <c r="J611" s="19">
         <v>8.5399999999999991</v>
       </c>
-      <c r="K611" s="29">
+      <c r="K611" s="19">
         <v>5.66</v>
       </c>
-      <c r="L611" s="29">
+      <c r="L611" s="19">
         <v>6.48</v>
       </c>
-      <c r="M611" s="29">
+      <c r="M611" s="19">
         <v>8.6300000000000008</v>
       </c>
-      <c r="N611" s="29">
+      <c r="N611" s="19">
         <v>8.57</v>
       </c>
-      <c r="O611" s="29">
+      <c r="O611" s="19">
         <v>6.1</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C612" s="33"/>
+      <c r="P611" s="19">
+        <v>6.04</v>
+      </c>
+      <c r="Q611" s="19">
+        <v>8.15</v>
+      </c>
+      <c r="R611" s="19">
+        <v>7.14</v>
+      </c>
+      <c r="S611" s="19">
+        <v>5</v>
+      </c>
+      <c r="T611" s="19">
+        <v>5.62</v>
+      </c>
+    </row>
+    <row r="612" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A612" s="27"/>
+      <c r="B612" s="27"/>
+      <c r="C612" s="24"/>
       <c r="D612" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E612" s="27" t="s">
+      <c r="E612" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F612" s="29">
+      <c r="F612" s="19">
         <v>77.86</v>
       </c>
-      <c r="G612" s="29">
+      <c r="G612" s="19">
         <v>79.73</v>
       </c>
-      <c r="H612" s="29">
+      <c r="H612" s="19">
         <v>78.430000000000007</v>
       </c>
-      <c r="I612" s="29">
+      <c r="I612" s="19">
         <v>94.87</v>
       </c>
-      <c r="J612" s="29">
+      <c r="J612" s="19">
         <v>95.28</v>
       </c>
-      <c r="K612" s="29">
+      <c r="K612" s="19">
         <v>82.52</v>
       </c>
-      <c r="L612" s="29">
+      <c r="L612" s="19">
         <v>81.93</v>
       </c>
-      <c r="M612" s="29">
-[...14 lines deleted...]
-      <c r="E613" s="27" t="s">
+      <c r="M612" s="19">
+        <v>92.34</v>
+      </c>
+      <c r="N612" s="19">
+        <v>91.86</v>
+      </c>
+      <c r="O612" s="19">
+        <v>95.41</v>
+      </c>
+      <c r="P612" s="19">
+        <v>96.48</v>
+      </c>
+      <c r="Q612" s="19">
+        <v>80.819999999999993</v>
+      </c>
+      <c r="R612" s="19">
+        <v>81.8</v>
+      </c>
+      <c r="S612" s="19">
+        <v>85.3</v>
+      </c>
+      <c r="T612" s="19">
+        <v>84.45</v>
+      </c>
+    </row>
+    <row r="613" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A613" s="27"/>
+      <c r="B613" s="28"/>
+      <c r="C613" s="25"/>
+      <c r="D613" s="28"/>
+      <c r="E613" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F613" s="29">
+      <c r="F613" s="19">
         <v>2.9</v>
       </c>
-      <c r="G613" s="29">
+      <c r="G613" s="19">
         <v>1.34</v>
       </c>
-      <c r="H613" s="29">
+      <c r="H613" s="19">
         <v>2.7</v>
       </c>
-      <c r="I613" s="29">
+      <c r="I613" s="19">
         <v>3.11</v>
       </c>
-      <c r="J613" s="29">
+      <c r="J613" s="19">
         <v>2.87</v>
       </c>
-      <c r="K613" s="29">
+      <c r="K613" s="19">
         <v>1.69</v>
       </c>
-      <c r="L613" s="29">
+      <c r="L613" s="19">
         <v>2.41</v>
       </c>
-      <c r="M613" s="29">
+      <c r="M613" s="19">
         <v>3.88</v>
       </c>
-      <c r="N613" s="29">
+      <c r="N613" s="19">
         <v>3.54</v>
       </c>
-      <c r="O613" s="29">
+      <c r="O613" s="19">
         <v>2.46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A614" s="30"/>
+      <c r="P613" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="Q613" s="19">
+        <v>3.61</v>
+      </c>
+      <c r="R613" s="19">
+        <v>2.76</v>
+      </c>
+      <c r="S613" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="T613" s="19">
+        <v>3.33</v>
+      </c>
+    </row>
+    <row r="614" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A614" s="27"/>
       <c r="B614" s="26" t="s">
         <v>94</v>
       </c>
-      <c r="C614" s="32"/>
-      <c r="D614" s="27" t="s">
+      <c r="C614" s="23"/>
+      <c r="D614" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E614" s="28"/>
-      <c r="F614" s="29">
+      <c r="E614" s="18"/>
+      <c r="F614" s="19">
         <v>200.49</v>
       </c>
-      <c r="G614" s="29">
+      <c r="G614" s="19">
         <v>197.99</v>
       </c>
-      <c r="H614" s="29">
+      <c r="H614" s="19">
         <v>198.18</v>
       </c>
-      <c r="I614" s="29">
+      <c r="I614" s="19">
         <v>210.01</v>
       </c>
-      <c r="J614" s="29">
+      <c r="J614" s="19">
         <v>210.07</v>
       </c>
-      <c r="K614" s="29">
+      <c r="K614" s="19">
         <v>194.54</v>
       </c>
-      <c r="L614" s="29">
+      <c r="L614" s="19">
         <v>194.58</v>
       </c>
-      <c r="M614" s="29">
+      <c r="M614" s="19">
         <v>194.63</v>
       </c>
-      <c r="N614" s="29">
+      <c r="N614" s="19">
         <v>194.69</v>
       </c>
-      <c r="O614" s="29">
+      <c r="O614" s="19">
         <v>204.29</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C615" s="33"/>
+      <c r="P614" s="19">
+        <v>204.32</v>
+      </c>
+      <c r="Q614" s="19">
+        <v>204.36</v>
+      </c>
+      <c r="R614" s="19">
+        <v>204.41</v>
+      </c>
+      <c r="S614" s="19">
+        <v>204.2</v>
+      </c>
+      <c r="T614" s="19">
+        <v>204.25</v>
+      </c>
+    </row>
+    <row r="615" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A615" s="27"/>
+      <c r="B615" s="27"/>
+      <c r="C615" s="24"/>
       <c r="D615" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E615" s="27" t="s">
+      <c r="E615" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F615" s="29">
+      <c r="F615" s="19">
         <v>47.89</v>
       </c>
-      <c r="G615" s="29">
+      <c r="G615" s="19">
         <v>52.65</v>
       </c>
-      <c r="H615" s="29">
+      <c r="H615" s="19">
         <v>43.03</v>
       </c>
-      <c r="I615" s="29">
+      <c r="I615" s="19">
         <v>40.22</v>
       </c>
-      <c r="J615" s="29">
+      <c r="J615" s="19">
         <v>38</v>
       </c>
-      <c r="K615" s="29">
+      <c r="K615" s="19">
         <v>29.89</v>
       </c>
-      <c r="L615" s="29">
+      <c r="L615" s="19">
         <v>32.01</v>
       </c>
-      <c r="M615" s="29">
-[...14 lines deleted...]
-      <c r="E616" s="27" t="s">
+      <c r="M615" s="19">
+        <v>31.58</v>
+      </c>
+      <c r="N615" s="19">
+        <v>29.23</v>
+      </c>
+      <c r="O615" s="19">
+        <v>29.05</v>
+      </c>
+      <c r="P615" s="19">
+        <v>27.58</v>
+      </c>
+      <c r="Q615" s="19">
+        <v>35.69</v>
+      </c>
+      <c r="R615" s="19">
+        <v>36.82</v>
+      </c>
+      <c r="S615" s="19">
+        <v>32.299999999999997</v>
+      </c>
+      <c r="T615" s="19">
+        <v>37.479999999999997</v>
+      </c>
+    </row>
+    <row r="616" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A616" s="27"/>
+      <c r="B616" s="27"/>
+      <c r="C616" s="24"/>
+      <c r="D616" s="28"/>
+      <c r="E616" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F616" s="29">
+      <c r="F616" s="19">
         <v>152.6</v>
       </c>
-      <c r="G616" s="29">
+      <c r="G616" s="19">
         <v>145.34</v>
       </c>
-      <c r="H616" s="29">
+      <c r="H616" s="19">
         <v>155.15</v>
       </c>
-      <c r="I616" s="29">
+      <c r="I616" s="19">
         <v>169.79</v>
       </c>
-      <c r="J616" s="29">
+      <c r="J616" s="19">
         <v>172.07</v>
       </c>
-      <c r="K616" s="29">
+      <c r="K616" s="19">
         <v>164.65</v>
       </c>
-      <c r="L616" s="29">
+      <c r="L616" s="19">
         <v>162.58000000000001</v>
       </c>
-      <c r="M616" s="29">
+      <c r="M616" s="19">
         <v>166.39</v>
       </c>
-      <c r="N616" s="29">
+      <c r="N616" s="19">
         <v>165.54</v>
       </c>
-      <c r="O616" s="29">
+      <c r="O616" s="19">
         <v>170.6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C617" s="33"/>
+      <c r="P616" s="19">
+        <v>168.34</v>
+      </c>
+      <c r="Q616" s="19">
+        <v>168.67</v>
+      </c>
+      <c r="R616" s="19">
+        <v>167.59</v>
+      </c>
+      <c r="S616" s="19">
+        <v>172</v>
+      </c>
+      <c r="T616" s="19">
+        <v>166.78</v>
+      </c>
+    </row>
+    <row r="617" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A617" s="27"/>
+      <c r="B617" s="27"/>
+      <c r="C617" s="24"/>
       <c r="D617" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E617" s="27" t="s">
+      <c r="E617" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F617" s="29">
+      <c r="F617" s="19">
         <v>181.67</v>
       </c>
-      <c r="G617" s="29">
+      <c r="G617" s="19">
         <v>182.75</v>
       </c>
-      <c r="H617" s="29">
+      <c r="H617" s="19">
         <v>188.7</v>
       </c>
-      <c r="I617" s="29">
+      <c r="I617" s="19">
         <v>198.54</v>
       </c>
-      <c r="J617" s="29">
+      <c r="J617" s="19">
         <v>197.98</v>
       </c>
-      <c r="K617" s="29">
+      <c r="K617" s="19">
         <v>183.5</v>
       </c>
-      <c r="L617" s="29">
+      <c r="L617" s="19">
         <v>183.31</v>
       </c>
-      <c r="M617" s="29">
-[...14 lines deleted...]
-      <c r="E618" s="27" t="s">
+      <c r="M617" s="19">
+        <v>152.41999999999999</v>
+      </c>
+      <c r="N617" s="19">
+        <v>158.28</v>
+      </c>
+      <c r="O617" s="19">
+        <v>165.77</v>
+      </c>
+      <c r="P617" s="19">
+        <v>164.79</v>
+      </c>
+      <c r="Q617" s="19">
+        <v>190.55</v>
+      </c>
+      <c r="R617" s="19">
+        <v>189.7</v>
+      </c>
+      <c r="S617" s="19">
+        <v>189.7</v>
+      </c>
+      <c r="T617" s="19">
+        <v>192.54</v>
+      </c>
+    </row>
+    <row r="618" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A618" s="27"/>
+      <c r="B618" s="27"/>
+      <c r="C618" s="24"/>
+      <c r="D618" s="28"/>
+      <c r="E618" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F618" s="29">
+      <c r="F618" s="19">
         <v>18.82</v>
       </c>
-      <c r="G618" s="29">
+      <c r="G618" s="19">
         <v>15.24</v>
       </c>
-      <c r="H618" s="29">
+      <c r="H618" s="19">
         <v>9.4700000000000006</v>
       </c>
-      <c r="I618" s="29">
+      <c r="I618" s="19">
         <v>11.46</v>
       </c>
-      <c r="J618" s="29">
+      <c r="J618" s="19">
         <v>12.09</v>
       </c>
-      <c r="K618" s="29">
+      <c r="K618" s="19">
         <v>11.04</v>
       </c>
-      <c r="L618" s="29">
+      <c r="L618" s="19">
         <v>11.27</v>
       </c>
-      <c r="M618" s="29">
+      <c r="M618" s="19">
         <v>12.48</v>
       </c>
-      <c r="N618" s="29">
+      <c r="N618" s="19">
         <v>11.76</v>
       </c>
-      <c r="O618" s="29">
+      <c r="O618" s="19">
         <v>12.08</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C619" s="33"/>
+      <c r="P618" s="19">
+        <v>13.56</v>
+      </c>
+      <c r="Q618" s="19">
+        <v>13.81</v>
+      </c>
+      <c r="R618" s="19">
+        <v>14.71</v>
+      </c>
+      <c r="S618" s="19">
+        <v>14.5</v>
+      </c>
+      <c r="T618" s="19">
+        <v>11.71</v>
+      </c>
+    </row>
+    <row r="619" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A619" s="27"/>
+      <c r="B619" s="27"/>
+      <c r="C619" s="24"/>
       <c r="D619" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E619" s="27" t="s">
+      <c r="E619" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F619" s="29">
+      <c r="F619" s="19">
         <v>194.17</v>
       </c>
-      <c r="G619" s="29">
+      <c r="G619" s="19">
         <v>194.66</v>
       </c>
-      <c r="H619" s="29">
+      <c r="H619" s="19">
         <v>194.9</v>
       </c>
-      <c r="I619" s="29">
+      <c r="I619" s="19">
         <v>204.14</v>
       </c>
-      <c r="J619" s="29">
+      <c r="J619" s="19">
         <v>206.3</v>
       </c>
-      <c r="K619" s="29">
+      <c r="K619" s="19">
         <v>191.99</v>
       </c>
-      <c r="L619" s="29">
+      <c r="L619" s="19">
         <v>189.1</v>
       </c>
-      <c r="M619" s="29">
-[...14 lines deleted...]
-      <c r="E620" s="27" t="s">
+      <c r="M619" s="19">
+        <v>166.12</v>
+      </c>
+      <c r="N619" s="19">
+        <v>166.33</v>
+      </c>
+      <c r="O619" s="19">
+        <v>177.26</v>
+      </c>
+      <c r="P619" s="19">
+        <v>177.07</v>
+      </c>
+      <c r="Q619" s="19">
+        <v>196.04</v>
+      </c>
+      <c r="R619" s="19">
+        <v>194.59</v>
+      </c>
+      <c r="S619" s="19">
+        <v>195.3</v>
+      </c>
+      <c r="T619" s="19">
+        <v>198.69</v>
+      </c>
+    </row>
+    <row r="620" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A620" s="27"/>
+      <c r="B620" s="28"/>
+      <c r="C620" s="25"/>
+      <c r="D620" s="28"/>
+      <c r="E620" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F620" s="29">
+      <c r="F620" s="19">
         <v>6.32</v>
       </c>
-      <c r="G620" s="29">
+      <c r="G620" s="19">
         <v>3.33</v>
       </c>
-      <c r="H620" s="29">
+      <c r="H620" s="19">
         <v>3.28</v>
       </c>
-      <c r="I620" s="29">
+      <c r="I620" s="19">
         <v>5.86</v>
       </c>
-      <c r="J620" s="29">
+      <c r="J620" s="19">
         <v>3.77</v>
       </c>
-      <c r="K620" s="29">
+      <c r="K620" s="19">
         <v>2.5499999999999998</v>
       </c>
-      <c r="L620" s="29">
+      <c r="L620" s="19">
         <v>5.49</v>
       </c>
-      <c r="M620" s="29">
+      <c r="M620" s="19">
         <v>5.61</v>
       </c>
-      <c r="N620" s="29">
+      <c r="N620" s="19">
         <v>4.8600000000000003</v>
       </c>
-      <c r="O620" s="29">
+      <c r="O620" s="19">
         <v>2.46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A621" s="30"/>
+      <c r="P620" s="19">
+        <v>4.53</v>
+      </c>
+      <c r="Q620" s="19">
+        <v>8.32</v>
+      </c>
+      <c r="R620" s="19">
+        <v>9.82</v>
+      </c>
+      <c r="S620" s="19">
+        <v>9</v>
+      </c>
+      <c r="T620" s="19">
+        <v>5.57</v>
+      </c>
+    </row>
+    <row r="621" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A621" s="27"/>
       <c r="B621" s="26" t="s">
         <v>95</v>
       </c>
-      <c r="C621" s="32"/>
-      <c r="D621" s="27" t="s">
+      <c r="C621" s="23"/>
+      <c r="D621" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E621" s="28"/>
-      <c r="F621" s="29">
+      <c r="E621" s="18"/>
+      <c r="F621" s="19">
         <v>173.61</v>
       </c>
-      <c r="G621" s="29">
+      <c r="G621" s="19">
         <v>174.77</v>
       </c>
-      <c r="H621" s="29">
+      <c r="H621" s="19">
         <v>175.02</v>
       </c>
-      <c r="I621" s="29">
+      <c r="I621" s="19">
         <v>165.16</v>
       </c>
-      <c r="J621" s="29">
+      <c r="J621" s="19">
         <v>165.15</v>
       </c>
-      <c r="K621" s="29">
+      <c r="K621" s="19">
         <v>158.69999999999999</v>
       </c>
-      <c r="L621" s="29">
+      <c r="L621" s="19">
         <v>158.68</v>
       </c>
-      <c r="M621" s="29">
+      <c r="M621" s="19">
         <v>158.66</v>
       </c>
-      <c r="N621" s="29">
+      <c r="N621" s="19">
         <v>158.65</v>
       </c>
-      <c r="O621" s="29">
+      <c r="O621" s="19">
         <v>157.77000000000001</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C622" s="33"/>
+      <c r="P621" s="19">
+        <v>157.74</v>
+      </c>
+      <c r="Q621" s="19">
+        <v>157.71</v>
+      </c>
+      <c r="R621" s="19">
+        <v>157.69999999999999</v>
+      </c>
+      <c r="S621" s="19">
+        <v>162.4</v>
+      </c>
+      <c r="T621" s="19">
+        <v>162.36000000000001</v>
+      </c>
+    </row>
+    <row r="622" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A622" s="27"/>
+      <c r="B622" s="27"/>
+      <c r="C622" s="24"/>
       <c r="D622" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E622" s="27" t="s">
+      <c r="E622" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F622" s="29">
+      <c r="F622" s="19">
         <v>34.43</v>
       </c>
-      <c r="G622" s="29">
+      <c r="G622" s="19">
         <v>37.74</v>
       </c>
-      <c r="H622" s="29">
+      <c r="H622" s="19">
         <v>33.369999999999997</v>
       </c>
-      <c r="I622" s="29">
+      <c r="I622" s="19">
         <v>33.15</v>
       </c>
-      <c r="J622" s="29">
+      <c r="J622" s="19">
         <v>29.66</v>
       </c>
-      <c r="K622" s="29">
+      <c r="K622" s="19">
         <v>25.43</v>
       </c>
-      <c r="L622" s="29">
+      <c r="L622" s="19">
         <v>25.9</v>
       </c>
-      <c r="M622" s="29">
-[...14 lines deleted...]
-      <c r="E623" s="27" t="s">
+      <c r="M622" s="19">
+        <v>136.24</v>
+      </c>
+      <c r="N622" s="19">
+        <v>161.25</v>
+      </c>
+      <c r="O622" s="19">
+        <v>129.38</v>
+      </c>
+      <c r="P622" s="19">
+        <v>162.54</v>
+      </c>
+      <c r="Q622" s="19">
+        <v>18.329999999999998</v>
+      </c>
+      <c r="R622" s="19">
+        <v>19.64</v>
+      </c>
+      <c r="S622" s="19">
+        <v>20.6</v>
+      </c>
+      <c r="T622" s="19">
+        <v>20.04</v>
+      </c>
+    </row>
+    <row r="623" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A623" s="27"/>
+      <c r="B623" s="27"/>
+      <c r="C623" s="24"/>
+      <c r="D623" s="28"/>
+      <c r="E623" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F623" s="29">
+      <c r="F623" s="19">
         <v>139.18</v>
       </c>
-      <c r="G623" s="29">
+      <c r="G623" s="19">
         <v>137.03</v>
       </c>
-      <c r="H623" s="29">
+      <c r="H623" s="19">
         <v>141.65</v>
       </c>
-      <c r="I623" s="29">
+      <c r="I623" s="19">
         <v>132.01</v>
       </c>
-      <c r="J623" s="29">
+      <c r="J623" s="19">
         <v>135.49</v>
       </c>
-      <c r="K623" s="29">
+      <c r="K623" s="19">
         <v>133.27000000000001</v>
       </c>
-      <c r="L623" s="29">
+      <c r="L623" s="19">
         <v>132.78</v>
       </c>
-      <c r="M623" s="29">
+      <c r="M623" s="19">
         <v>134.74</v>
       </c>
-      <c r="N623" s="29">
+      <c r="N623" s="19">
         <v>138.80000000000001</v>
       </c>
-      <c r="O623" s="29">
+      <c r="O623" s="19">
         <v>134.16</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C624" s="33"/>
+      <c r="P623" s="19">
+        <v>135.15</v>
+      </c>
+      <c r="Q623" s="19">
+        <v>139.38999999999999</v>
+      </c>
+      <c r="R623" s="19">
+        <v>138.06</v>
+      </c>
+      <c r="S623" s="19">
+        <v>141.80000000000001</v>
+      </c>
+      <c r="T623" s="19">
+        <v>142.32</v>
+      </c>
+    </row>
+    <row r="624" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A624" s="27"/>
+      <c r="B624" s="27"/>
+      <c r="C624" s="24"/>
       <c r="D624" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E624" s="27" t="s">
+      <c r="E624" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F624" s="29">
+      <c r="F624" s="19">
         <v>140.13999999999999</v>
       </c>
-      <c r="G624" s="29">
+      <c r="G624" s="19">
         <v>145.96</v>
       </c>
-      <c r="H624" s="29">
+      <c r="H624" s="19">
         <v>144.91999999999999</v>
       </c>
-      <c r="I624" s="29">
+      <c r="I624" s="19">
         <v>134.30000000000001</v>
       </c>
-      <c r="J624" s="29">
+      <c r="J624" s="19">
         <v>133.84</v>
       </c>
-      <c r="K624" s="29">
+      <c r="K624" s="19">
         <v>130.28</v>
       </c>
-      <c r="L624" s="29">
+      <c r="L624" s="19">
         <v>132.19999999999999</v>
       </c>
-      <c r="M624" s="29">
-[...14 lines deleted...]
-      <c r="E625" s="27" t="s">
+      <c r="M624" s="19">
+        <v>485.27</v>
+      </c>
+      <c r="N624" s="19">
+        <v>494.19</v>
+      </c>
+      <c r="O624" s="19">
+        <v>514.30999999999995</v>
+      </c>
+      <c r="P624" s="19">
+        <v>507.91</v>
+      </c>
+      <c r="Q624" s="19">
+        <v>136.63</v>
+      </c>
+      <c r="R624" s="19">
+        <v>131.43</v>
+      </c>
+      <c r="S624" s="19">
+        <v>140.69999999999999</v>
+      </c>
+      <c r="T624" s="19">
+        <v>141.91</v>
+      </c>
+    </row>
+    <row r="625" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A625" s="27"/>
+      <c r="B625" s="27"/>
+      <c r="C625" s="24"/>
+      <c r="D625" s="28"/>
+      <c r="E625" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F625" s="29">
+      <c r="F625" s="19">
         <v>33.47</v>
       </c>
-      <c r="G625" s="29">
+      <c r="G625" s="19">
         <v>28.81</v>
       </c>
-      <c r="H625" s="29">
+      <c r="H625" s="19">
         <v>30.1</v>
       </c>
-      <c r="I625" s="29">
+      <c r="I625" s="19">
         <v>30.86</v>
       </c>
-      <c r="J625" s="29">
+      <c r="J625" s="19">
         <v>31.3</v>
       </c>
-      <c r="K625" s="29">
+      <c r="K625" s="19">
         <v>28.42</v>
       </c>
-      <c r="L625" s="29">
+      <c r="L625" s="19">
         <v>26.48</v>
       </c>
-      <c r="M625" s="29">
+      <c r="M625" s="19">
         <v>26.53</v>
       </c>
-      <c r="N625" s="29">
+      <c r="N625" s="19">
         <v>26.27</v>
       </c>
-      <c r="O625" s="29">
+      <c r="O625" s="19">
         <v>21.11</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C626" s="33"/>
+      <c r="P625" s="19">
+        <v>19.920000000000002</v>
+      </c>
+      <c r="Q625" s="19">
+        <v>21.08</v>
+      </c>
+      <c r="R625" s="19">
+        <v>26.27</v>
+      </c>
+      <c r="S625" s="19">
+        <v>21.7</v>
+      </c>
+      <c r="T625" s="19">
+        <v>20.45</v>
+      </c>
+    </row>
+    <row r="626" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A626" s="27"/>
+      <c r="B626" s="27"/>
+      <c r="C626" s="24"/>
       <c r="D626" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E626" s="27" t="s">
+      <c r="E626" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F626" s="29">
+      <c r="F626" s="19">
         <v>159.79</v>
       </c>
-      <c r="G626" s="29">
+      <c r="G626" s="19">
         <v>165.23</v>
       </c>
-      <c r="H626" s="29">
+      <c r="H626" s="19">
         <v>163.63999999999999</v>
       </c>
-      <c r="I626" s="29">
+      <c r="I626" s="19">
         <v>152.9</v>
       </c>
-      <c r="J626" s="29">
+      <c r="J626" s="19">
         <v>155.47999999999999</v>
       </c>
-      <c r="K626" s="29">
+      <c r="K626" s="19">
         <v>148.94</v>
       </c>
-      <c r="L626" s="29">
+      <c r="L626" s="19">
         <v>145.72</v>
       </c>
-      <c r="M626" s="29">
-[...14 lines deleted...]
-      <c r="E627" s="27" t="s">
+      <c r="M626" s="19">
+        <v>520.85</v>
+      </c>
+      <c r="N626" s="19">
+        <v>518.67999999999995</v>
+      </c>
+      <c r="O626" s="19">
+        <v>536.95000000000005</v>
+      </c>
+      <c r="P626" s="19">
+        <v>544.16999999999996</v>
+      </c>
+      <c r="Q626" s="19">
+        <v>148</v>
+      </c>
+      <c r="R626" s="19">
+        <v>147.32</v>
+      </c>
+      <c r="S626" s="19">
+        <v>152</v>
+      </c>
+      <c r="T626" s="19">
+        <v>153.59</v>
+      </c>
+    </row>
+    <row r="627" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A627" s="27"/>
+      <c r="B627" s="28"/>
+      <c r="C627" s="25"/>
+      <c r="D627" s="28"/>
+      <c r="E627" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F627" s="29">
+      <c r="F627" s="19">
         <v>13.82</v>
       </c>
-      <c r="G627" s="29">
+      <c r="G627" s="19">
         <v>9.5399999999999991</v>
       </c>
-      <c r="H627" s="29">
+      <c r="H627" s="19">
         <v>11.38</v>
       </c>
-      <c r="I627" s="29">
+      <c r="I627" s="19">
         <v>12.26</v>
       </c>
-      <c r="J627" s="29">
+      <c r="J627" s="19">
         <v>9.66</v>
       </c>
-      <c r="K627" s="29">
+      <c r="K627" s="19">
         <v>9.76</v>
       </c>
-      <c r="L627" s="29">
+      <c r="L627" s="19">
         <v>12.96</v>
       </c>
-      <c r="M627" s="29">
+      <c r="M627" s="19">
         <v>10.46</v>
       </c>
-      <c r="N627" s="29">
+      <c r="N627" s="19">
         <v>10.220000000000001</v>
       </c>
-      <c r="O627" s="29">
+      <c r="O627" s="19">
         <v>8.5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A628" s="30"/>
+      <c r="P627" s="19">
+        <v>7.46</v>
+      </c>
+      <c r="Q627" s="19">
+        <v>9.7200000000000006</v>
+      </c>
+      <c r="R627" s="19">
+        <v>10.37</v>
+      </c>
+      <c r="S627" s="19">
+        <v>10.4</v>
+      </c>
+      <c r="T627" s="19">
+        <v>8.77</v>
+      </c>
+    </row>
+    <row r="628" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A628" s="27"/>
       <c r="B628" s="26" t="s">
         <v>96</v>
       </c>
-      <c r="C628" s="32"/>
-      <c r="D628" s="27" t="s">
+      <c r="C628" s="23"/>
+      <c r="D628" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E628" s="28"/>
-      <c r="F628" s="29">
+      <c r="E628" s="18"/>
+      <c r="F628" s="19">
         <v>155.47999999999999</v>
       </c>
-      <c r="G628" s="29">
+      <c r="G628" s="19">
         <v>163.82</v>
       </c>
-      <c r="H628" s="29">
+      <c r="H628" s="19">
         <v>163.96</v>
       </c>
-      <c r="I628" s="29">
+      <c r="I628" s="19">
         <v>160.16999999999999</v>
       </c>
-      <c r="J628" s="29">
+      <c r="J628" s="19">
         <v>160.28</v>
       </c>
-      <c r="K628" s="29">
+      <c r="K628" s="19">
         <v>152.5</v>
       </c>
-      <c r="L628" s="29">
+      <c r="L628" s="19">
         <v>152.59</v>
       </c>
-      <c r="M628" s="29">
+      <c r="M628" s="19">
         <v>152.69</v>
       </c>
-      <c r="N628" s="29">
+      <c r="N628" s="19">
         <v>152.79</v>
       </c>
-      <c r="O628" s="29">
+      <c r="O628" s="19">
         <v>162.01</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C629" s="33"/>
+      <c r="P628" s="19">
+        <v>162.1</v>
+      </c>
+      <c r="Q628" s="19">
+        <v>162.19</v>
+      </c>
+      <c r="R628" s="19">
+        <v>162.29</v>
+      </c>
+      <c r="S628" s="19">
+        <v>175.2</v>
+      </c>
+      <c r="T628" s="19">
+        <v>175.26</v>
+      </c>
+    </row>
+    <row r="629" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A629" s="27"/>
+      <c r="B629" s="27"/>
+      <c r="C629" s="24"/>
       <c r="D629" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E629" s="27" t="s">
+      <c r="E629" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F629" s="29">
+      <c r="F629" s="19">
         <v>24.95</v>
       </c>
-      <c r="G629" s="29">
+      <c r="G629" s="19">
         <v>32.549999999999997</v>
       </c>
-      <c r="H629" s="29">
+      <c r="H629" s="19">
         <v>27.97</v>
       </c>
-      <c r="I629" s="29">
+      <c r="I629" s="19">
         <v>28.32</v>
       </c>
-      <c r="J629" s="29">
+      <c r="J629" s="19">
         <v>25.11</v>
       </c>
-      <c r="K629" s="29">
+      <c r="K629" s="19">
         <v>23.67</v>
       </c>
-      <c r="L629" s="29">
+      <c r="L629" s="19">
         <v>20.37</v>
       </c>
-      <c r="M629" s="29">
+      <c r="M629" s="19">
+        <v>16.48</v>
+      </c>
+      <c r="N629" s="19">
+        <v>18.05</v>
+      </c>
+      <c r="O629" s="19">
+        <v>17.91</v>
+      </c>
+      <c r="P629" s="19">
+        <v>17.5</v>
+      </c>
+      <c r="Q629" s="19">
+        <v>21.57</v>
+      </c>
+      <c r="R629" s="19">
+        <v>21.6</v>
+      </c>
+      <c r="S629" s="19">
         <v>24.9</v>
       </c>
-      <c r="N629" s="29">
-[...11 lines deleted...]
-      <c r="E630" s="27" t="s">
+      <c r="T629" s="19">
+        <v>23.33</v>
+      </c>
+    </row>
+    <row r="630" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A630" s="27"/>
+      <c r="B630" s="27"/>
+      <c r="C630" s="24"/>
+      <c r="D630" s="28"/>
+      <c r="E630" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F630" s="29">
+      <c r="F630" s="19">
         <v>130.53</v>
       </c>
-      <c r="G630" s="29">
+      <c r="G630" s="19">
         <v>131.28</v>
       </c>
-      <c r="H630" s="29">
+      <c r="H630" s="19">
         <v>136</v>
       </c>
-      <c r="I630" s="29">
+      <c r="I630" s="19">
         <v>131.85</v>
       </c>
-      <c r="J630" s="29">
+      <c r="J630" s="19">
         <v>135.16999999999999</v>
       </c>
-      <c r="K630" s="29">
+      <c r="K630" s="19">
         <v>128.83000000000001</v>
       </c>
-      <c r="L630" s="29">
+      <c r="L630" s="19">
         <v>132.22</v>
       </c>
-      <c r="M630" s="29">
+      <c r="M630" s="19">
         <v>127.79</v>
       </c>
-      <c r="N630" s="29">
+      <c r="N630" s="19">
         <v>131.78</v>
       </c>
-      <c r="O630" s="29">
+      <c r="O630" s="19">
         <v>137.63999999999999</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C631" s="33"/>
+      <c r="P630" s="19">
+        <v>138.47999999999999</v>
+      </c>
+      <c r="Q630" s="19">
+        <v>140.62</v>
+      </c>
+      <c r="R630" s="19">
+        <v>140.68</v>
+      </c>
+      <c r="S630" s="19">
+        <v>150.30000000000001</v>
+      </c>
+      <c r="T630" s="19">
+        <v>151.93</v>
+      </c>
+    </row>
+    <row r="631" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A631" s="27"/>
+      <c r="B631" s="27"/>
+      <c r="C631" s="24"/>
       <c r="D631" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E631" s="27" t="s">
+      <c r="E631" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F631" s="29">
+      <c r="F631" s="19">
         <v>135.94999999999999</v>
       </c>
-      <c r="G631" s="29">
+      <c r="G631" s="19">
         <v>151.44</v>
       </c>
-      <c r="H631" s="29">
+      <c r="H631" s="19">
         <v>149</v>
       </c>
-      <c r="I631" s="29">
+      <c r="I631" s="19">
         <v>149.38999999999999</v>
       </c>
-      <c r="J631" s="29">
+      <c r="J631" s="19">
         <v>146.47999999999999</v>
       </c>
-      <c r="K631" s="29">
+      <c r="K631" s="19">
         <v>137.97</v>
       </c>
-      <c r="L631" s="29">
+      <c r="L631" s="19">
         <v>137.51</v>
       </c>
-      <c r="M631" s="29">
-[...14 lines deleted...]
-      <c r="E632" s="27" t="s">
+      <c r="M631" s="19">
+        <v>75.849999999999994</v>
+      </c>
+      <c r="N631" s="19">
+        <v>76.05</v>
+      </c>
+      <c r="O631" s="19">
+        <v>78.08</v>
+      </c>
+      <c r="P631" s="19">
+        <v>78.27</v>
+      </c>
+      <c r="Q631" s="19">
+        <v>147.04</v>
+      </c>
+      <c r="R631" s="19">
+        <v>146.99</v>
+      </c>
+      <c r="S631" s="19">
+        <v>160.19999999999999</v>
+      </c>
+      <c r="T631" s="19">
+        <v>161.01</v>
+      </c>
+    </row>
+    <row r="632" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A632" s="27"/>
+      <c r="B632" s="27"/>
+      <c r="C632" s="24"/>
+      <c r="D632" s="28"/>
+      <c r="E632" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F632" s="29">
+      <c r="F632" s="19">
         <v>19.52</v>
       </c>
-      <c r="G632" s="29">
+      <c r="G632" s="19">
         <v>12.38</v>
       </c>
-      <c r="H632" s="29">
+      <c r="H632" s="19">
         <v>14.96</v>
       </c>
-      <c r="I632" s="29">
+      <c r="I632" s="19">
         <v>10.77</v>
       </c>
-      <c r="J632" s="29">
+      <c r="J632" s="19">
         <v>13.8</v>
       </c>
-      <c r="K632" s="29">
+      <c r="K632" s="19">
         <v>14.53</v>
       </c>
-      <c r="L632" s="29">
+      <c r="L632" s="19">
         <v>15.08</v>
       </c>
-      <c r="M632" s="29">
+      <c r="M632" s="19">
         <v>13.82</v>
       </c>
-      <c r="N632" s="29">
+      <c r="N632" s="19">
         <v>12.65</v>
       </c>
-      <c r="O632" s="29">
+      <c r="O632" s="19">
         <v>12.88</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C633" s="33"/>
+      <c r="P632" s="19">
+        <v>11.75</v>
+      </c>
+      <c r="Q632" s="19">
+        <v>15.15</v>
+      </c>
+      <c r="R632" s="19">
+        <v>15.3</v>
+      </c>
+      <c r="S632" s="19">
+        <v>15</v>
+      </c>
+      <c r="T632" s="19">
+        <v>14.25</v>
+      </c>
+    </row>
+    <row r="633" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A633" s="27"/>
+      <c r="B633" s="27"/>
+      <c r="C633" s="24"/>
       <c r="D633" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E633" s="27" t="s">
+      <c r="E633" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F633" s="29">
+      <c r="F633" s="19">
         <v>145.86000000000001</v>
       </c>
-      <c r="G633" s="29">
+      <c r="G633" s="19">
         <v>157.33000000000001</v>
       </c>
-      <c r="H633" s="29">
+      <c r="H633" s="19">
         <v>157.38999999999999</v>
       </c>
-      <c r="I633" s="29">
+      <c r="I633" s="19">
         <v>153.99</v>
       </c>
-      <c r="J633" s="29">
+      <c r="J633" s="19">
         <v>152.22999999999999</v>
       </c>
-      <c r="K633" s="29">
+      <c r="K633" s="19">
         <v>142.91999999999999</v>
       </c>
-      <c r="L633" s="29">
+      <c r="L633" s="19">
         <v>143.53</v>
       </c>
-      <c r="M633" s="29">
-[...14 lines deleted...]
-      <c r="E634" s="27" t="s">
+      <c r="M633" s="19">
+        <v>80.599999999999994</v>
+      </c>
+      <c r="N633" s="19">
+        <v>81.069999999999993</v>
+      </c>
+      <c r="O633" s="19">
+        <v>81.72</v>
+      </c>
+      <c r="P633" s="19">
+        <v>81.81</v>
+      </c>
+      <c r="Q633" s="19">
+        <v>152.63999999999999</v>
+      </c>
+      <c r="R633" s="19">
+        <v>151.78</v>
+      </c>
+      <c r="S633" s="19">
+        <v>165</v>
+      </c>
+      <c r="T633" s="19">
+        <v>165.31</v>
+      </c>
+    </row>
+    <row r="634" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A634" s="27"/>
+      <c r="B634" s="28"/>
+      <c r="C634" s="25"/>
+      <c r="D634" s="28"/>
+      <c r="E634" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F634" s="29">
+      <c r="F634" s="19">
         <v>9.6199999999999992</v>
       </c>
-      <c r="G634" s="29">
+      <c r="G634" s="19">
         <v>6.5</v>
       </c>
-      <c r="H634" s="29">
+      <c r="H634" s="19">
         <v>6.57</v>
       </c>
-      <c r="I634" s="29">
+      <c r="I634" s="19">
         <v>6.17</v>
       </c>
-      <c r="J634" s="29">
+      <c r="J634" s="19">
         <v>8.0500000000000007</v>
       </c>
-      <c r="K634" s="29">
+      <c r="K634" s="19">
         <v>9.58</v>
       </c>
-      <c r="L634" s="29">
+      <c r="L634" s="19">
         <v>9.06</v>
       </c>
-      <c r="M634" s="29">
+      <c r="M634" s="19">
         <v>8.85</v>
       </c>
-      <c r="N634" s="29">
+      <c r="N634" s="19">
         <v>10.27</v>
       </c>
-      <c r="O634" s="29">
+      <c r="O634" s="19">
         <v>8.17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A635" s="30"/>
+      <c r="P634" s="19">
+        <v>7.48</v>
+      </c>
+      <c r="Q634" s="19">
+        <v>9.5500000000000007</v>
+      </c>
+      <c r="R634" s="19">
+        <v>10.5</v>
+      </c>
+      <c r="S634" s="19">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="T634" s="19">
+        <v>9.9499999999999993</v>
+      </c>
+    </row>
+    <row r="635" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A635" s="27"/>
       <c r="B635" s="26" t="s">
         <v>97</v>
       </c>
-      <c r="C635" s="32"/>
-      <c r="D635" s="27" t="s">
+      <c r="C635" s="23"/>
+      <c r="D635" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E635" s="28"/>
-      <c r="F635" s="29">
+      <c r="E635" s="18"/>
+      <c r="F635" s="19">
         <v>125.11</v>
       </c>
-      <c r="G635" s="29">
+      <c r="G635" s="19">
         <v>122.84</v>
       </c>
-      <c r="H635" s="29">
+      <c r="H635" s="19">
         <v>122.93</v>
       </c>
-      <c r="I635" s="29">
+      <c r="I635" s="19">
         <v>143.87</v>
       </c>
-      <c r="J635" s="29">
+      <c r="J635" s="19">
         <v>144.09</v>
       </c>
-      <c r="K635" s="29">
+      <c r="K635" s="19">
         <v>135.46</v>
       </c>
-      <c r="L635" s="29">
+      <c r="L635" s="19">
         <v>135.65</v>
       </c>
-      <c r="M635" s="29">
+      <c r="M635" s="19">
         <v>135.85</v>
       </c>
-      <c r="N635" s="29">
+      <c r="N635" s="19">
         <v>136.06</v>
       </c>
-      <c r="O635" s="29">
+      <c r="O635" s="19">
         <v>145.84</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C636" s="33"/>
+      <c r="P635" s="19">
+        <v>146.04</v>
+      </c>
+      <c r="Q635" s="19">
+        <v>146.25</v>
+      </c>
+      <c r="R635" s="19">
+        <v>146.46</v>
+      </c>
+      <c r="S635" s="19">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="T635" s="19">
+        <v>139.86000000000001</v>
+      </c>
+    </row>
+    <row r="636" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A636" s="27"/>
+      <c r="B636" s="27"/>
+      <c r="C636" s="24"/>
       <c r="D636" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E636" s="27" t="s">
+      <c r="E636" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F636" s="29">
+      <c r="F636" s="19">
         <v>24.1</v>
       </c>
-      <c r="G636" s="29">
+      <c r="G636" s="19">
         <v>34.880000000000003</v>
       </c>
-      <c r="H636" s="29">
+      <c r="H636" s="19">
         <v>32.85</v>
       </c>
-      <c r="I636" s="29">
+      <c r="I636" s="19">
         <v>33.47</v>
       </c>
-      <c r="J636" s="29">
+      <c r="J636" s="19">
         <v>27.42</v>
       </c>
-      <c r="K636" s="29">
+      <c r="K636" s="19">
         <v>29.18</v>
       </c>
-      <c r="L636" s="29">
+      <c r="L636" s="19">
         <v>36.42</v>
       </c>
-      <c r="M636" s="29">
-[...14 lines deleted...]
-      <c r="E637" s="27" t="s">
+      <c r="M636" s="19">
+        <v>28.24</v>
+      </c>
+      <c r="N636" s="19">
+        <v>29.14</v>
+      </c>
+      <c r="O636" s="19">
+        <v>33.69</v>
+      </c>
+      <c r="P636" s="19">
+        <v>35.979999999999997</v>
+      </c>
+      <c r="Q636" s="19">
+        <v>26.38</v>
+      </c>
+      <c r="R636" s="19">
+        <v>29.48</v>
+      </c>
+      <c r="S636" s="19">
+        <v>29.1</v>
+      </c>
+      <c r="T636" s="19">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="637" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A637" s="27"/>
+      <c r="B637" s="27"/>
+      <c r="C637" s="24"/>
+      <c r="D637" s="28"/>
+      <c r="E637" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F637" s="29">
+      <c r="F637" s="19">
         <v>101.01</v>
       </c>
-      <c r="G637" s="29">
+      <c r="G637" s="19">
         <v>87.96</v>
       </c>
-      <c r="H637" s="29">
+      <c r="H637" s="19">
         <v>90.08</v>
       </c>
-      <c r="I637" s="29">
+      <c r="I637" s="19">
         <v>110.41</v>
       </c>
-      <c r="J637" s="29">
+      <c r="J637" s="19">
         <v>116.67</v>
       </c>
-      <c r="K637" s="29">
+      <c r="K637" s="19">
         <v>106.27</v>
       </c>
-      <c r="L637" s="29">
+      <c r="L637" s="19">
         <v>99.23</v>
       </c>
-      <c r="M637" s="29">
+      <c r="M637" s="19">
         <v>113.76</v>
       </c>
-      <c r="N637" s="29">
+      <c r="N637" s="19">
         <v>112.1</v>
       </c>
-      <c r="O637" s="29">
+      <c r="O637" s="19">
         <v>112.43</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C638" s="33"/>
+      <c r="P637" s="19">
+        <v>112.53</v>
+      </c>
+      <c r="Q637" s="19">
+        <v>119.87</v>
+      </c>
+      <c r="R637" s="19">
+        <v>116.98</v>
+      </c>
+      <c r="S637" s="19">
+        <v>110.6</v>
+      </c>
+      <c r="T637" s="19">
+        <v>110.36</v>
+      </c>
+    </row>
+    <row r="638" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A638" s="27"/>
+      <c r="B638" s="27"/>
+      <c r="C638" s="24"/>
       <c r="D638" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E638" s="27" t="s">
+      <c r="E638" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F638" s="29">
+      <c r="F638" s="19">
         <v>107.54</v>
       </c>
-      <c r="G638" s="29">
+      <c r="G638" s="19">
         <v>109.78</v>
       </c>
-      <c r="H638" s="29">
+      <c r="H638" s="19">
         <v>110.77</v>
       </c>
-      <c r="I638" s="29">
+      <c r="I638" s="19">
         <v>130.26</v>
       </c>
-      <c r="J638" s="29">
+      <c r="J638" s="19">
         <v>131.11000000000001</v>
       </c>
-      <c r="K638" s="29">
+      <c r="K638" s="19">
         <v>125.84</v>
       </c>
-      <c r="L638" s="29">
+      <c r="L638" s="19">
         <v>128.07</v>
       </c>
-      <c r="M638" s="29">
-[...14 lines deleted...]
-      <c r="E639" s="27" t="s">
+      <c r="M638" s="19">
+        <v>182.15</v>
+      </c>
+      <c r="N638" s="19">
+        <v>182.93</v>
+      </c>
+      <c r="O638" s="19">
+        <v>192.21</v>
+      </c>
+      <c r="P638" s="19">
+        <v>190.76</v>
+      </c>
+      <c r="Q638" s="19">
+        <v>136.66</v>
+      </c>
+      <c r="R638" s="19">
+        <v>138.11000000000001</v>
+      </c>
+      <c r="S638" s="19">
+        <v>131.69999999999999</v>
+      </c>
+      <c r="T638" s="19">
+        <v>132.51</v>
+      </c>
+    </row>
+    <row r="639" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A639" s="27"/>
+      <c r="B639" s="27"/>
+      <c r="C639" s="24"/>
+      <c r="D639" s="28"/>
+      <c r="E639" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F639" s="29">
+      <c r="F639" s="19">
         <v>17.57</v>
       </c>
-      <c r="G639" s="29">
+      <c r="G639" s="19">
         <v>13.06</v>
       </c>
-      <c r="H639" s="29">
+      <c r="H639" s="19">
         <v>12.16</v>
       </c>
-      <c r="I639" s="29">
+      <c r="I639" s="19">
         <v>13.61</v>
       </c>
-      <c r="J639" s="29">
+      <c r="J639" s="19">
         <v>12.99</v>
       </c>
-      <c r="K639" s="29">
+      <c r="K639" s="19">
         <v>9.6199999999999992</v>
       </c>
-      <c r="L639" s="29">
+      <c r="L639" s="19">
         <v>7.58</v>
       </c>
-      <c r="M639" s="29">
+      <c r="M639" s="19">
         <v>9.4600000000000009</v>
       </c>
-      <c r="N639" s="29">
+      <c r="N639" s="19">
         <v>10.199999999999999</v>
       </c>
-      <c r="O639" s="29">
+      <c r="O639" s="19">
         <v>9.56</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C640" s="33"/>
+      <c r="P639" s="19">
+        <v>9.1300000000000008</v>
+      </c>
+      <c r="Q639" s="19">
+        <v>9.59</v>
+      </c>
+      <c r="R639" s="19">
+        <v>8.35</v>
+      </c>
+      <c r="S639" s="19">
+        <v>8</v>
+      </c>
+      <c r="T639" s="19">
+        <v>7.35</v>
+      </c>
+    </row>
+    <row r="640" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A640" s="27"/>
+      <c r="B640" s="27"/>
+      <c r="C640" s="24"/>
       <c r="D640" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E640" s="27" t="s">
+      <c r="E640" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F640" s="29">
+      <c r="F640" s="19">
         <v>120.04</v>
       </c>
-      <c r="G640" s="29">
+      <c r="G640" s="19">
         <v>117.9</v>
       </c>
-      <c r="H640" s="29">
+      <c r="H640" s="19">
         <v>118.73</v>
       </c>
-      <c r="I640" s="29">
+      <c r="I640" s="19">
         <v>137.32</v>
       </c>
-      <c r="J640" s="29">
+      <c r="J640" s="19">
         <v>138</v>
       </c>
-      <c r="K640" s="29">
+      <c r="K640" s="19">
         <v>130.5</v>
       </c>
-      <c r="L640" s="29">
+      <c r="L640" s="19">
         <v>131.78</v>
       </c>
-      <c r="M640" s="29">
-[...14 lines deleted...]
-      <c r="E641" s="27" t="s">
+      <c r="M640" s="19">
+        <v>189.02</v>
+      </c>
+      <c r="N640" s="19">
+        <v>189.83</v>
+      </c>
+      <c r="O640" s="19">
+        <v>201.82</v>
+      </c>
+      <c r="P640" s="19">
+        <v>199.79</v>
+      </c>
+      <c r="Q640" s="19">
+        <v>139.11000000000001</v>
+      </c>
+      <c r="R640" s="19">
+        <v>140.68</v>
+      </c>
+      <c r="S640" s="19">
+        <v>133.4</v>
+      </c>
+      <c r="T640" s="19">
+        <v>133.84</v>
+      </c>
+    </row>
+    <row r="641" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A641" s="27"/>
+      <c r="B641" s="28"/>
+      <c r="C641" s="25"/>
+      <c r="D641" s="28"/>
+      <c r="E641" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F641" s="29">
+      <c r="F641" s="19">
         <v>5.07</v>
       </c>
-      <c r="G641" s="29">
+      <c r="G641" s="19">
         <v>4.9400000000000004</v>
       </c>
-      <c r="H641" s="29">
+      <c r="H641" s="19">
         <v>4.2</v>
       </c>
-      <c r="I641" s="29">
+      <c r="I641" s="19">
         <v>6.55</v>
       </c>
-      <c r="J641" s="29">
+      <c r="J641" s="19">
         <v>6.1</v>
       </c>
-      <c r="K641" s="29">
+      <c r="K641" s="19">
         <v>4.96</v>
       </c>
-      <c r="L641" s="29">
+      <c r="L641" s="19">
         <v>3.88</v>
       </c>
-      <c r="M641" s="29">
+      <c r="M641" s="19">
         <v>6.21</v>
       </c>
-      <c r="N641" s="29">
+      <c r="N641" s="19">
         <v>5.4</v>
       </c>
-      <c r="O641" s="29">
+      <c r="O641" s="19">
         <v>7.14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A642" s="30"/>
+      <c r="P641" s="19">
+        <v>6.92</v>
+      </c>
+      <c r="Q641" s="19">
+        <v>7.14</v>
+      </c>
+      <c r="R641" s="19">
+        <v>5.78</v>
+      </c>
+      <c r="S641" s="19">
+        <v>6.3</v>
+      </c>
+      <c r="T641" s="19">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="642" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A642" s="27"/>
       <c r="B642" s="26" t="s">
         <v>98</v>
       </c>
-      <c r="C642" s="32"/>
-      <c r="D642" s="27" t="s">
+      <c r="C642" s="23"/>
+      <c r="D642" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="E642" s="28"/>
-      <c r="F642" s="29">
+      <c r="E642" s="18"/>
+      <c r="F642" s="19">
         <v>171.98</v>
       </c>
-      <c r="G642" s="29">
+      <c r="G642" s="19">
         <v>171.59</v>
       </c>
-      <c r="H642" s="29">
+      <c r="H642" s="19">
         <v>171.71</v>
       </c>
-      <c r="I642" s="29">
+      <c r="I642" s="19">
         <v>186.48</v>
       </c>
-      <c r="J642" s="29">
+      <c r="J642" s="19">
         <v>186.71</v>
       </c>
-      <c r="K642" s="29">
+      <c r="K642" s="19">
         <v>181.95</v>
       </c>
-      <c r="L642" s="29">
+      <c r="L642" s="19">
         <v>182.16</v>
       </c>
-      <c r="M642" s="29">
+      <c r="M642" s="19">
         <v>182.36</v>
       </c>
-      <c r="N642" s="29">
+      <c r="N642" s="19">
         <v>182.57</v>
       </c>
-      <c r="O642" s="29">
+      <c r="O642" s="19">
         <v>197.38</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C643" s="33"/>
+      <c r="P642" s="19">
+        <v>197.58</v>
+      </c>
+      <c r="Q642" s="19">
+        <v>197.8</v>
+      </c>
+      <c r="R642" s="19">
+        <v>198.01</v>
+      </c>
+      <c r="S642" s="19">
+        <v>208.4</v>
+      </c>
+      <c r="T642" s="19">
+        <v>208.57</v>
+      </c>
+    </row>
+    <row r="643" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A643" s="27"/>
+      <c r="B643" s="27"/>
+      <c r="C643" s="24"/>
       <c r="D643" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="E643" s="27" t="s">
+      <c r="E643" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F643" s="29">
+      <c r="F643" s="19">
         <v>32.03</v>
       </c>
-      <c r="G643" s="29">
+      <c r="G643" s="19">
         <v>35.57</v>
       </c>
-      <c r="H643" s="29">
+      <c r="H643" s="19">
         <v>39.44</v>
       </c>
-      <c r="I643" s="29">
+      <c r="I643" s="19">
         <v>35.24</v>
       </c>
-      <c r="J643" s="29">
+      <c r="J643" s="19">
         <v>24.11</v>
       </c>
-      <c r="K643" s="29">
+      <c r="K643" s="19">
         <v>31.86</v>
       </c>
-      <c r="L643" s="29">
+      <c r="L643" s="19">
         <v>26.72</v>
       </c>
-      <c r="M643" s="29">
-[...14 lines deleted...]
-      <c r="E644" s="27" t="s">
+      <c r="M643" s="19">
+        <v>23.93</v>
+      </c>
+      <c r="N643" s="19">
+        <v>19.850000000000001</v>
+      </c>
+      <c r="O643" s="19">
+        <v>23.6</v>
+      </c>
+      <c r="P643" s="19">
+        <v>22.59</v>
+      </c>
+      <c r="Q643" s="19">
+        <v>28.78</v>
+      </c>
+      <c r="R643" s="19">
+        <v>19.29</v>
+      </c>
+      <c r="S643" s="19">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="T643" s="19">
+        <v>17.440000000000001</v>
+      </c>
+    </row>
+    <row r="644" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A644" s="27"/>
+      <c r="B644" s="27"/>
+      <c r="C644" s="24"/>
+      <c r="D644" s="28"/>
+      <c r="E644" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F644" s="29">
+      <c r="F644" s="19">
         <v>139.94999999999999</v>
       </c>
-      <c r="G644" s="29">
+      <c r="G644" s="19">
         <v>136.02000000000001</v>
       </c>
-      <c r="H644" s="29">
+      <c r="H644" s="19">
         <v>132.27000000000001</v>
       </c>
-      <c r="I644" s="29">
+      <c r="I644" s="19">
         <v>151.24</v>
       </c>
-      <c r="J644" s="29">
+      <c r="J644" s="19">
         <v>162.6</v>
       </c>
-      <c r="K644" s="29">
+      <c r="K644" s="19">
         <v>150.09</v>
       </c>
-      <c r="L644" s="29">
+      <c r="L644" s="19">
         <v>155.44</v>
       </c>
-      <c r="M644" s="29">
+      <c r="M644" s="19">
         <v>158.13999999999999</v>
       </c>
-      <c r="N644" s="29">
+      <c r="N644" s="19">
         <v>163.58000000000001</v>
       </c>
-      <c r="O644" s="29">
+      <c r="O644" s="19">
         <v>170.89</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C645" s="33"/>
+      <c r="P644" s="19">
+        <v>166.34</v>
+      </c>
+      <c r="Q644" s="19">
+        <v>169.01</v>
+      </c>
+      <c r="R644" s="19">
+        <v>178.72</v>
+      </c>
+      <c r="S644" s="19">
+        <v>192.3</v>
+      </c>
+      <c r="T644" s="19">
+        <v>191.13</v>
+      </c>
+    </row>
+    <row r="645" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A645" s="27"/>
+      <c r="B645" s="27"/>
+      <c r="C645" s="24"/>
       <c r="D645" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="E645" s="27" t="s">
+      <c r="E645" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F645" s="29">
+      <c r="F645" s="19">
         <v>145.24</v>
       </c>
-      <c r="G645" s="29">
+      <c r="G645" s="19">
         <v>153.18</v>
       </c>
-      <c r="H645" s="29">
+      <c r="H645" s="19">
         <v>147.62</v>
       </c>
-      <c r="I645" s="29">
+      <c r="I645" s="19">
         <v>165.66</v>
       </c>
-      <c r="J645" s="29">
+      <c r="J645" s="19">
         <v>156.63</v>
       </c>
-      <c r="K645" s="29">
+      <c r="K645" s="19">
         <v>158.84</v>
       </c>
-      <c r="L645" s="29">
+      <c r="L645" s="19">
         <v>157.80000000000001</v>
       </c>
-      <c r="M645" s="29">
-[...14 lines deleted...]
-      <c r="E646" s="27" t="s">
+      <c r="M645" s="19">
+        <v>132.13</v>
+      </c>
+      <c r="N645" s="19">
+        <v>132.38</v>
+      </c>
+      <c r="O645" s="19">
+        <v>136.66</v>
+      </c>
+      <c r="P645" s="19">
+        <v>137.82</v>
+      </c>
+      <c r="Q645" s="19">
+        <v>179.03</v>
+      </c>
+      <c r="R645" s="19">
+        <v>170</v>
+      </c>
+      <c r="S645" s="19">
+        <v>183.8</v>
+      </c>
+      <c r="T645" s="19">
+        <v>182.99</v>
+      </c>
+    </row>
+    <row r="646" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A646" s="27"/>
+      <c r="B646" s="27"/>
+      <c r="C646" s="24"/>
+      <c r="D646" s="28"/>
+      <c r="E646" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="F646" s="29">
+      <c r="F646" s="19">
         <v>26.74</v>
       </c>
-      <c r="G646" s="29">
+      <c r="G646" s="19">
         <v>18.41</v>
       </c>
-      <c r="H646" s="29">
+      <c r="H646" s="19">
         <v>24.1</v>
       </c>
-      <c r="I646" s="29">
+      <c r="I646" s="19">
         <v>20.82</v>
       </c>
-      <c r="J646" s="29">
+      <c r="J646" s="19">
         <v>30.07</v>
       </c>
-      <c r="K646" s="29">
+      <c r="K646" s="19">
         <v>23.12</v>
       </c>
-      <c r="L646" s="29">
+      <c r="L646" s="19">
         <v>24.36</v>
       </c>
-      <c r="M646" s="29">
+      <c r="M646" s="19">
         <v>20.84</v>
       </c>
-      <c r="N646" s="29">
+      <c r="N646" s="19">
         <v>26.34</v>
       </c>
-      <c r="O646" s="29">
+      <c r="O646" s="19">
         <v>28.16</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C647" s="33"/>
+      <c r="P646" s="19">
+        <v>24.88</v>
+      </c>
+      <c r="Q646" s="19">
+        <v>18.77</v>
+      </c>
+      <c r="R646" s="19">
+        <v>28.02</v>
+      </c>
+      <c r="S646" s="19">
+        <v>24.6</v>
+      </c>
+      <c r="T646" s="19">
+        <v>25.58</v>
+      </c>
+    </row>
+    <row r="647" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A647" s="27"/>
+      <c r="B647" s="27"/>
+      <c r="C647" s="24"/>
       <c r="D647" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E647" s="27" t="s">
+      <c r="E647" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="F647" s="29">
+      <c r="F647" s="19">
         <v>160.52000000000001</v>
       </c>
-      <c r="G647" s="29">
+      <c r="G647" s="19">
         <v>161.27000000000001</v>
       </c>
-      <c r="H647" s="29">
+      <c r="H647" s="19">
         <v>163.51</v>
       </c>
-      <c r="I647" s="29">
+      <c r="I647" s="19">
         <v>174.32</v>
       </c>
-      <c r="J647" s="29">
+      <c r="J647" s="19">
         <v>167.66</v>
       </c>
-      <c r="K647" s="29">
+      <c r="K647" s="19">
         <v>162.72999999999999</v>
       </c>
-      <c r="L647" s="29">
+      <c r="L647" s="19">
         <v>165.37</v>
       </c>
-      <c r="M647" s="29">
-[...14 lines deleted...]
-      <c r="E648" s="27" t="s">
+      <c r="M647" s="19">
+        <v>148.19999999999999</v>
+      </c>
+      <c r="N647" s="19">
+        <v>148.43</v>
+      </c>
+      <c r="O647" s="19">
+        <v>149.27000000000001</v>
+      </c>
+      <c r="P647" s="19">
+        <v>150.28</v>
+      </c>
+      <c r="Q647" s="19">
+        <v>181.27</v>
+      </c>
+      <c r="R647" s="19">
+        <v>176.87</v>
+      </c>
+      <c r="S647" s="19">
+        <v>186.4</v>
+      </c>
+      <c r="T647" s="19">
+        <v>188.7</v>
+      </c>
+    </row>
+    <row r="648" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A648" s="28"/>
+      <c r="B648" s="28"/>
+      <c r="C648" s="25"/>
+      <c r="D648" s="28"/>
+      <c r="E648" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="F648" s="29">
+      <c r="F648" s="19">
         <v>11.46</v>
       </c>
-      <c r="G648" s="29">
+      <c r="G648" s="19">
         <v>10.32</v>
       </c>
-      <c r="H648" s="29">
+      <c r="H648" s="19">
         <v>8.1999999999999993</v>
       </c>
-      <c r="I648" s="29">
+      <c r="I648" s="19">
         <v>12.16</v>
       </c>
-      <c r="J648" s="29">
+      <c r="J648" s="19">
         <v>19.05</v>
       </c>
-      <c r="K648" s="29">
+      <c r="K648" s="19">
         <v>19.23</v>
       </c>
-      <c r="L648" s="29">
+      <c r="L648" s="19">
         <v>16.78</v>
       </c>
-      <c r="M648" s="29">
+      <c r="M648" s="19">
         <v>15.42</v>
       </c>
-      <c r="N648" s="29">
+      <c r="N648" s="19">
         <v>18.48</v>
       </c>
-      <c r="O648" s="29">
+      <c r="O648" s="19">
         <v>18.11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A650" s="35" t="s">
+      <c r="P648" s="19">
+        <v>16.28</v>
+      </c>
+      <c r="Q648" s="19">
+        <v>16.53</v>
+      </c>
+      <c r="R648" s="19">
+        <v>21.14</v>
+      </c>
+      <c r="S648" s="19">
+        <v>22</v>
+      </c>
+      <c r="T648" s="19">
+        <v>19.87</v>
+      </c>
+    </row>
+    <row r="650" spans="1:20" s="21" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A650" s="20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B650" s="20"/>
+      <c r="C650" s="20"/>
+      <c r="D650" s="20"/>
+      <c r="E650" s="20"/>
+      <c r="F650" s="20"/>
+      <c r="G650" s="20"/>
+      <c r="H650" s="20"/>
+    </row>
+    <row r="651" spans="1:20" s="21" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A651" s="20" t="s">
         <v>133</v>
       </c>
-      <c r="B650" s="35"/>
-[...17 lines deleted...]
-      <c r="H651" s="35"/>
+      <c r="B651" s="20"/>
+      <c r="C651" s="20"/>
+      <c r="D651" s="20"/>
+      <c r="E651" s="20"/>
+      <c r="F651" s="20"/>
+      <c r="G651" s="20"/>
+      <c r="H651" s="20"/>
     </row>
   </sheetData>
-  <mergeCells count="466">
+  <mergeCells count="467">
+    <mergeCell ref="Q3:T3"/>
     <mergeCell ref="D633:D634"/>
     <mergeCell ref="D636:D637"/>
     <mergeCell ref="D638:D639"/>
     <mergeCell ref="D640:D641"/>
     <mergeCell ref="D643:D644"/>
     <mergeCell ref="D645:D646"/>
     <mergeCell ref="D647:D648"/>
     <mergeCell ref="D612:D613"/>
     <mergeCell ref="D615:D616"/>
     <mergeCell ref="D617:D618"/>
     <mergeCell ref="D619:D620"/>
     <mergeCell ref="D622:D623"/>
     <mergeCell ref="D624:D625"/>
     <mergeCell ref="D626:D627"/>
     <mergeCell ref="D629:D630"/>
     <mergeCell ref="D631:D632"/>
     <mergeCell ref="D591:D592"/>
     <mergeCell ref="D594:D595"/>
     <mergeCell ref="D596:D597"/>
     <mergeCell ref="D598:D599"/>
     <mergeCell ref="D601:D602"/>
     <mergeCell ref="D603:D604"/>
     <mergeCell ref="D605:D606"/>
     <mergeCell ref="D608:D609"/>
     <mergeCell ref="D610:D611"/>
@@ -27510,60 +37208,60 @@
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="D10:D11"/>
     <mergeCell ref="D13:D14"/>
     <mergeCell ref="D15:D16"/>
     <mergeCell ref="D17:D18"/>
     <mergeCell ref="D20:D21"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="D24:D25"/>
     <mergeCell ref="D27:D28"/>
     <mergeCell ref="D29:D30"/>
     <mergeCell ref="D31:D32"/>
     <mergeCell ref="B33:B53"/>
     <mergeCell ref="A33:A228"/>
     <mergeCell ref="A229:A368"/>
     <mergeCell ref="A369:A529"/>
     <mergeCell ref="B54:B60"/>
     <mergeCell ref="B68:B74"/>
     <mergeCell ref="B82:B88"/>
     <mergeCell ref="B96:B102"/>
     <mergeCell ref="A5:A25"/>
     <mergeCell ref="B5:B25"/>
     <mergeCell ref="A26:A32"/>
     <mergeCell ref="B26:B32"/>
     <mergeCell ref="C26:C32"/>
-    <mergeCell ref="A1:O1"/>
-    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="I3:L3"/>
-    <mergeCell ref="M3:O3"/>
+    <mergeCell ref="M3:P3"/>
     <mergeCell ref="B348:B354"/>
     <mergeCell ref="B355:B361"/>
     <mergeCell ref="C348:C354"/>
     <mergeCell ref="C355:C361"/>
     <mergeCell ref="B362:B368"/>
     <mergeCell ref="C362:C368"/>
     <mergeCell ref="B369:B389"/>
     <mergeCell ref="D349:D350"/>
     <mergeCell ref="D351:D352"/>
     <mergeCell ref="D353:D354"/>
     <mergeCell ref="D356:D357"/>
     <mergeCell ref="D358:D359"/>
     <mergeCell ref="D360:D361"/>
     <mergeCell ref="D363:D364"/>
     <mergeCell ref="D365:D366"/>
     <mergeCell ref="D367:D368"/>
     <mergeCell ref="C369:C375"/>
     <mergeCell ref="C376:C382"/>
     <mergeCell ref="C383:C389"/>
     <mergeCell ref="D370:D371"/>
     <mergeCell ref="D372:D373"/>
     <mergeCell ref="D374:D375"/>
     <mergeCell ref="D377:D378"/>
     <mergeCell ref="D379:D380"/>
     <mergeCell ref="B390:B396"/>