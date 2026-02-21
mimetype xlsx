--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\aom\Statics\สาขา 16 งบ 67\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\16 เทคโนโลยีสารสนเทศและการสื่อสาร\201031\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{70117026-1990-4634-93A1-4A4BBBD2FA99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC8E10EC-F46F-4161-9C39-1385B445A660}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data " sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="92">
   <si>
     <t>Whole Kingdom</t>
   </si>
   <si>
     <t>Bangkok</t>
   </si>
   <si>
     <t xml:space="preserve">Bangkok </t>
   </si>
   <si>
     <t xml:space="preserve">Central Region </t>
   </si>
   <si>
     <t>Samut Prakan</t>
   </si>
@@ -275,105 +275,105 @@
     <t>Trang</t>
   </si>
   <si>
     <t>Phatthalung</t>
   </si>
   <si>
     <t>Pattani</t>
   </si>
   <si>
     <t>Yala</t>
   </si>
   <si>
     <t>Narathiwat</t>
   </si>
   <si>
     <t xml:space="preserve"> Northern Region</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
     <t>ICT Device</t>
-  </si>
-[...1 lines deleted...]
-    <t>Number of Households by having Information and Communication Technology Devices by Region and Province: 2021 - 2022</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Connect to Internet</t>
   </si>
   <si>
     <t>Computer</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Unit: </t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="TH SarabunPSK"/>
         <family val="2"/>
       </rPr>
       <t>Household</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Source:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> The Information and Communication Technology Survey on Household, National Statistical Office, Ministry of Digital Economy and Society </t>
     </r>
   </si>
+  <si>
+    <t>Number of Households by having Information and Communication Technology Devices by Region and Province: 2021 - 2024</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="165" formatCode="#,##0.0"/>
+    <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="28">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="major"/>
@@ -955,142 +955,136 @@
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="27" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="4" fontId="27" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="27" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1" readingOrder="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="27" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="46">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -1415,3473 +1409,4954 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CFD0BDF5-1610-4448-8DFB-32B218CF93E7}">
-  <dimension ref="A1:E251"/>
+  <dimension ref="A1:G251"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A222" workbookViewId="0">
-      <selection activeCell="J232" sqref="J232"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="D1" workbookViewId="0">
+      <selection activeCell="H5" sqref="H5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="22.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.140625" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="16.140625" style="5" customWidth="1"/>
-    <col min="5" max="5" width="27" style="1" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.140625" style="1" customWidth="1"/>
+    <col min="6" max="7" width="14.140625" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="16.5" customHeight="1">
+    <row r="1" spans="1:7" ht="16.5" customHeight="1">
       <c r="A1" s="4" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" ht="16.5" customHeight="1">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="16.5" customHeight="1">
       <c r="A2" s="4" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5" ht="31.5" customHeight="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="31.5" customHeight="1">
       <c r="A3" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="2">
         <v>2021</v>
       </c>
       <c r="E3" s="2">
         <v>2022</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="F3" s="2">
+        <v>2023</v>
+      </c>
+      <c r="G3" s="2">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A4" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="9">
+      <c r="C4" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D4" s="8">
         <v>21730.32</v>
       </c>
-      <c r="E4" s="9">
-[...9 lines deleted...]
-      <c r="D5" s="11">
+      <c r="E4" s="8">
+        <v>23365.3</v>
+      </c>
+      <c r="F4" s="8">
+        <v>22954.6</v>
+      </c>
+      <c r="G4" s="8">
+        <v>23390</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D5" s="8">
         <v>5851.4</v>
       </c>
-      <c r="E5" s="9">
-[...6 lines deleted...]
-      <c r="C6" s="8" t="s">
+      <c r="E5" s="8">
+        <v>5979.6</v>
+      </c>
+      <c r="F5" s="8">
+        <v>5364.4</v>
+      </c>
+      <c r="G5" s="8">
+        <v>5120</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A6" s="23"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" s="8">
+        <v>19769.900000000001</v>
+      </c>
+      <c r="E6" s="8">
+        <v>21562.799999999999</v>
+      </c>
+      <c r="F6" s="8">
+        <v>21478.7</v>
+      </c>
+      <c r="G6" s="8">
+        <v>22106.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A7" s="21" t="s">
+        <v>1</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D7" s="8">
+        <v>2921.18</v>
+      </c>
+      <c r="E7" s="8">
+        <v>3296.4</v>
+      </c>
+      <c r="F7" s="8">
+        <v>3132.2</v>
+      </c>
+      <c r="G7" s="8">
+        <v>3048.9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A8" s="22"/>
+      <c r="B8" s="10"/>
+      <c r="C8" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D8" s="8">
+        <v>1216.05</v>
+      </c>
+      <c r="E8" s="8">
+        <v>1201.5</v>
+      </c>
+      <c r="F8" s="8">
+        <v>1120.5999999999999</v>
+      </c>
+      <c r="G8" s="8">
+        <v>1140.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A9" s="23"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" s="8">
+        <v>2805.08</v>
+      </c>
+      <c r="E9" s="8">
+        <v>3206.5</v>
+      </c>
+      <c r="F9" s="8">
+        <v>3072.9</v>
+      </c>
+      <c r="G9" s="8">
+        <v>2990.4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A10" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" s="8">
+        <v>6815.04</v>
+      </c>
+      <c r="E10" s="8">
+        <v>7621.1</v>
+      </c>
+      <c r="F10" s="8">
+        <v>7586.3</v>
+      </c>
+      <c r="G10" s="8">
+        <v>7815</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A11" s="25"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" s="8">
+        <v>2014.78</v>
+      </c>
+      <c r="E11" s="8">
+        <v>2224.5</v>
+      </c>
+      <c r="F11" s="8">
+        <v>1985.5</v>
+      </c>
+      <c r="G11" s="8">
+        <v>1793.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A12" s="25"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" s="8">
+        <v>6361.29</v>
+      </c>
+      <c r="E12" s="8">
+        <v>7191.2</v>
+      </c>
+      <c r="F12" s="8">
+        <v>7189.6</v>
+      </c>
+      <c r="G12" s="8">
+        <v>7452</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A13" s="25"/>
+      <c r="B13" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" s="8">
+        <v>755.27</v>
+      </c>
+      <c r="E13" s="8">
+        <v>918.6</v>
+      </c>
+      <c r="F13" s="8">
+        <v>897.2</v>
+      </c>
+      <c r="G13" s="8">
+        <v>869.6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A14" s="25"/>
+      <c r="B14" s="11"/>
+      <c r="C14" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D14" s="8">
+        <v>287.98</v>
+      </c>
+      <c r="E14" s="8">
+        <v>373.2</v>
+      </c>
+      <c r="F14" s="8">
+        <v>338.8</v>
+      </c>
+      <c r="G14" s="8">
+        <v>248.9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A15" s="25"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" s="8">
+        <v>736.98</v>
+      </c>
+      <c r="E15" s="8">
+        <v>910.4</v>
+      </c>
+      <c r="F15" s="8">
+        <v>878.5</v>
+      </c>
+      <c r="G15" s="8">
+        <v>852.4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A16" s="25"/>
+      <c r="B16" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" s="8">
+        <v>581.51</v>
+      </c>
+      <c r="E16" s="8">
+        <v>641.5</v>
+      </c>
+      <c r="F16" s="8">
+        <v>637.5</v>
+      </c>
+      <c r="G16" s="8">
+        <v>707.3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A17" s="25"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" s="8">
+        <v>294.27</v>
+      </c>
+      <c r="E17" s="8">
+        <v>291.89999999999998</v>
+      </c>
+      <c r="F17" s="8">
+        <v>251.3</v>
+      </c>
+      <c r="G17" s="8">
+        <v>245.8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A18" s="25"/>
+      <c r="B18" s="29"/>
+      <c r="C18" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" s="8">
+        <v>558.22</v>
+      </c>
+      <c r="E18" s="8">
+        <v>617.9</v>
+      </c>
+      <c r="F18" s="8">
+        <v>618.5</v>
+      </c>
+      <c r="G18" s="8">
+        <v>691.6</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A19" s="25"/>
+      <c r="B19" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="8">
+        <v>538.27</v>
+      </c>
+      <c r="E19" s="8">
+        <v>695.2</v>
+      </c>
+      <c r="F19" s="8">
+        <v>672</v>
+      </c>
+      <c r="G19" s="8">
+        <v>662.3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A20" s="25"/>
+      <c r="B20" s="28"/>
+      <c r="C20" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="8">
+        <v>214.19</v>
+      </c>
+      <c r="E20" s="8">
+        <v>275.60000000000002</v>
+      </c>
+      <c r="F20" s="8">
+        <v>243.4</v>
+      </c>
+      <c r="G20" s="8">
+        <v>177.6</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A21" s="25"/>
+      <c r="B21" s="29"/>
+      <c r="C21" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" s="8">
+        <v>518.27</v>
+      </c>
+      <c r="E21" s="8">
+        <v>673.2</v>
+      </c>
+      <c r="F21" s="8">
+        <v>659.6</v>
+      </c>
+      <c r="G21" s="8">
+        <v>652.70000000000005</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A22" s="25"/>
+      <c r="B22" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="8">
+        <v>266.29000000000002</v>
+      </c>
+      <c r="E22" s="8">
+        <v>312.5</v>
+      </c>
+      <c r="F22" s="8">
+        <v>313.89999999999998</v>
+      </c>
+      <c r="G22" s="8">
+        <v>319.89999999999998</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A23" s="25"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D23" s="8">
+        <v>75.19</v>
+      </c>
+      <c r="E23" s="8">
+        <v>91.1</v>
+      </c>
+      <c r="F23" s="8">
+        <v>96.3</v>
+      </c>
+      <c r="G23" s="8">
+        <v>80.599999999999994</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A24" s="25"/>
+      <c r="B24" s="12"/>
+      <c r="C24" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="8">
+        <v>245.63</v>
+      </c>
+      <c r="E24" s="8">
+        <v>298.2</v>
+      </c>
+      <c r="F24" s="8">
+        <v>305.3</v>
+      </c>
+      <c r="G24" s="8">
+        <v>308.7</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A25" s="25"/>
+      <c r="B25" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" s="8">
+        <v>83.46</v>
+      </c>
+      <c r="E25" s="8">
+        <v>78.7</v>
+      </c>
+      <c r="F25" s="8">
+        <v>78</v>
+      </c>
+      <c r="G25" s="8">
+        <v>78.900000000000006</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A26" s="25"/>
+      <c r="B26" s="11"/>
+      <c r="C26" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" s="8">
+        <v>20.66</v>
+      </c>
+      <c r="E26" s="8">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="F26" s="8">
+        <v>14.1</v>
+      </c>
+      <c r="G26" s="8">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A27" s="25"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27" s="8">
+        <v>71.16</v>
+      </c>
+      <c r="E27" s="8">
+        <v>66.900000000000006</v>
+      </c>
+      <c r="F27" s="8">
+        <v>67.099999999999994</v>
+      </c>
+      <c r="G27" s="8">
+        <v>69.8</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A28" s="25"/>
+      <c r="B28" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" s="8">
+        <v>256.39999999999998</v>
+      </c>
+      <c r="E28" s="8">
+        <v>258.3</v>
+      </c>
+      <c r="F28" s="8">
+        <v>265</v>
+      </c>
+      <c r="G28" s="8">
+        <v>262.7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A29" s="25"/>
+      <c r="B29" s="11"/>
+      <c r="C29" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D29" s="8">
+        <v>61.11</v>
+      </c>
+      <c r="E29" s="8">
+        <v>56.3</v>
+      </c>
+      <c r="F29" s="8">
+        <v>59.4</v>
+      </c>
+      <c r="G29" s="8">
+        <v>60.8</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A30" s="25"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D30" s="8">
+        <v>234.92</v>
+      </c>
+      <c r="E30" s="8">
+        <v>233.1</v>
+      </c>
+      <c r="F30" s="8">
+        <v>244.6</v>
+      </c>
+      <c r="G30" s="8">
+        <v>244.9</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A31" s="25"/>
+      <c r="B31" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="8">
+        <v>65.64</v>
+      </c>
+      <c r="E31" s="8">
+        <v>60.6</v>
+      </c>
+      <c r="F31" s="8">
+        <v>58.7</v>
+      </c>
+      <c r="G31" s="8">
+        <v>60.1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A32" s="25"/>
+      <c r="B32" s="11"/>
+      <c r="C32" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" s="8">
+        <v>19.239999999999998</v>
+      </c>
+      <c r="E32" s="8">
+        <v>17.5</v>
+      </c>
+      <c r="F32" s="8">
+        <v>15.3</v>
+      </c>
+      <c r="G32" s="8">
+        <v>16.8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A33" s="25"/>
+      <c r="B33" s="12"/>
+      <c r="C33" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="8">
+        <v>56.13</v>
+      </c>
+      <c r="E33" s="8">
+        <v>51.6</v>
+      </c>
+      <c r="F33" s="8">
+        <v>50.7</v>
+      </c>
+      <c r="G33" s="8">
+        <v>52.2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A34" s="25"/>
+      <c r="B34" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D34" s="8">
+        <v>102.96</v>
+      </c>
+      <c r="E34" s="8">
+        <v>94.5</v>
+      </c>
+      <c r="F34" s="8">
+        <v>95.5</v>
+      </c>
+      <c r="G34" s="8">
+        <v>96.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A35" s="25"/>
+      <c r="B35" s="11"/>
+      <c r="C35" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35" s="8">
+        <v>24.16</v>
+      </c>
+      <c r="E35" s="8">
+        <v>21.5</v>
+      </c>
+      <c r="F35" s="8">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="G35" s="8">
+        <v>22.8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A36" s="25"/>
+      <c r="B36" s="12"/>
+      <c r="C36" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D36" s="8">
         <v>89</v>
       </c>
-      <c r="D6" s="11">
-[...39 lines deleted...]
-      <c r="C9" s="8" t="s">
+      <c r="E36" s="8">
+        <v>80.5</v>
+      </c>
+      <c r="F36" s="8">
+        <v>81.400000000000006</v>
+      </c>
+      <c r="G36" s="8">
+        <v>84.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A37" s="25"/>
+      <c r="B37" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37" s="8">
+        <v>224.68</v>
+      </c>
+      <c r="E37" s="8">
+        <v>247.5</v>
+      </c>
+      <c r="F37" s="8">
+        <v>248.7</v>
+      </c>
+      <c r="G37" s="8">
+        <v>250.1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A38" s="25"/>
+      <c r="B38" s="11"/>
+      <c r="C38" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D38" s="8">
+        <v>77.430000000000007</v>
+      </c>
+      <c r="E38" s="8">
+        <v>70.8</v>
+      </c>
+      <c r="F38" s="8">
+        <v>62.5</v>
+      </c>
+      <c r="G38" s="8">
+        <v>59.2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A39" s="25"/>
+      <c r="B39" s="12"/>
+      <c r="C39" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D39" s="8">
+        <v>208.85</v>
+      </c>
+      <c r="E39" s="8">
+        <v>231.4</v>
+      </c>
+      <c r="F39" s="8">
+        <v>230</v>
+      </c>
+      <c r="G39" s="8">
+        <v>228.9</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A40" s="25"/>
+      <c r="B40" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40" s="8">
+        <v>614</v>
+      </c>
+      <c r="E40" s="8">
+        <v>722.4</v>
+      </c>
+      <c r="F40" s="8">
+        <v>744.7</v>
+      </c>
+      <c r="G40" s="8">
+        <v>776.6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A41" s="25"/>
+      <c r="B41" s="11"/>
+      <c r="C41" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D41" s="8">
+        <v>160.13</v>
+      </c>
+      <c r="E41" s="8">
+        <v>204.8</v>
+      </c>
+      <c r="F41" s="8">
+        <v>162.9</v>
+      </c>
+      <c r="G41" s="8">
+        <v>120.8</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A42" s="25"/>
+      <c r="B42" s="12"/>
+      <c r="C42" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D42" s="8">
+        <v>594.46</v>
+      </c>
+      <c r="E42" s="8">
+        <v>704.1</v>
+      </c>
+      <c r="F42" s="8">
+        <v>727.7</v>
+      </c>
+      <c r="G42" s="8">
+        <v>758.8</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A43" s="25"/>
+      <c r="B43" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="8">
+        <v>363.13</v>
+      </c>
+      <c r="E43" s="8">
+        <v>420</v>
+      </c>
+      <c r="F43" s="8">
+        <v>427.4</v>
+      </c>
+      <c r="G43" s="8">
+        <v>461.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A44" s="25"/>
+      <c r="B44" s="11"/>
+      <c r="C44" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D44" s="8">
+        <v>98.87</v>
+      </c>
+      <c r="E44" s="8">
+        <v>120.5</v>
+      </c>
+      <c r="F44" s="8">
+        <v>106</v>
+      </c>
+      <c r="G44" s="8">
+        <v>113.2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A45" s="25"/>
+      <c r="B45" s="12"/>
+      <c r="C45" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D45" s="8">
+        <v>347.48</v>
+      </c>
+      <c r="E45" s="8">
+        <v>409.2</v>
+      </c>
+      <c r="F45" s="8">
+        <v>416</v>
+      </c>
+      <c r="G45" s="8">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A46" s="25"/>
+      <c r="B46" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D46" s="8">
+        <v>185.7</v>
+      </c>
+      <c r="E46" s="8">
+        <v>188.3</v>
+      </c>
+      <c r="F46" s="8">
+        <v>188.9</v>
+      </c>
+      <c r="G46" s="8">
+        <v>189.6</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A47" s="25"/>
+      <c r="B47" s="11"/>
+      <c r="C47" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D47" s="8">
+        <v>45.33</v>
+      </c>
+      <c r="E47" s="8">
+        <v>48.3</v>
+      </c>
+      <c r="F47" s="8">
+        <v>46.2</v>
+      </c>
+      <c r="G47" s="8">
+        <v>55.8</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A48" s="25"/>
+      <c r="B48" s="12"/>
+      <c r="C48" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D48" s="8">
+        <v>165.13</v>
+      </c>
+      <c r="E48" s="8">
+        <v>170</v>
+      </c>
+      <c r="F48" s="8">
+        <v>176.9</v>
+      </c>
+      <c r="G48" s="8">
+        <v>176.6</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A49" s="25"/>
+      <c r="B49" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D49" s="8">
+        <v>100.87</v>
+      </c>
+      <c r="E49" s="8">
+        <v>96.4</v>
+      </c>
+      <c r="F49" s="8">
+        <v>96.5</v>
+      </c>
+      <c r="G49" s="8">
+        <v>98.7</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A50" s="25"/>
+      <c r="B50" s="11"/>
+      <c r="C50" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D50" s="8">
+        <v>19.14</v>
+      </c>
+      <c r="E50" s="8">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="F50" s="8">
+        <v>15.8</v>
+      </c>
+      <c r="G50" s="8">
+        <v>19.2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A51" s="25"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D51" s="8">
+        <v>91.61</v>
+      </c>
+      <c r="E51" s="8">
+        <v>89.9</v>
+      </c>
+      <c r="F51" s="8">
+        <v>90.1</v>
+      </c>
+      <c r="G51" s="8">
+        <v>90.1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A52" s="25"/>
+      <c r="B52" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D52" s="8">
+        <v>286.83</v>
+      </c>
+      <c r="E52" s="8">
+        <v>327.8</v>
+      </c>
+      <c r="F52" s="8">
+        <v>316.7</v>
+      </c>
+      <c r="G52" s="8">
+        <v>323.8</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A53" s="25"/>
+      <c r="B53" s="11"/>
+      <c r="C53" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D53" s="8">
+        <v>53.43</v>
+      </c>
+      <c r="E53" s="8">
+        <v>66.8</v>
+      </c>
+      <c r="F53" s="8">
+        <v>62</v>
+      </c>
+      <c r="G53" s="8">
+        <v>53.7</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A54" s="25"/>
+      <c r="B54" s="12"/>
+      <c r="C54" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D54" s="8">
+        <v>252.73</v>
+      </c>
+      <c r="E54" s="8">
+        <v>305.5</v>
+      </c>
+      <c r="F54" s="8">
+        <v>288.10000000000002</v>
+      </c>
+      <c r="G54" s="8">
+        <v>304.3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A55" s="25"/>
+      <c r="B55" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D55" s="8">
+        <v>222.86</v>
+      </c>
+      <c r="E55" s="8">
+        <v>247.3</v>
+      </c>
+      <c r="F55" s="8">
+        <v>244.9</v>
+      </c>
+      <c r="G55" s="8">
+        <v>255.2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A56" s="25"/>
+      <c r="B56" s="11"/>
+      <c r="C56" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D56" s="8">
+        <v>37.79</v>
+      </c>
+      <c r="E56" s="8">
+        <v>49.6</v>
+      </c>
+      <c r="F56" s="8">
+        <v>43.5</v>
+      </c>
+      <c r="G56" s="8">
+        <v>46.1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A57" s="25"/>
+      <c r="B57" s="12"/>
+      <c r="C57" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D57" s="8">
+        <v>206.08</v>
+      </c>
+      <c r="E57" s="8">
+        <v>225.5</v>
+      </c>
+      <c r="F57" s="8">
+        <v>227</v>
+      </c>
+      <c r="G57" s="8">
+        <v>240.6</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A58" s="25"/>
+      <c r="B58" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D58" s="8">
+        <v>99.25</v>
+      </c>
+      <c r="E58" s="8">
+        <v>85.9</v>
+      </c>
+      <c r="F58" s="8">
+        <v>86.4</v>
+      </c>
+      <c r="G58" s="8">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A59" s="25"/>
+      <c r="B59" s="11"/>
+      <c r="C59" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D59" s="8">
+        <v>27.29</v>
+      </c>
+      <c r="E59" s="8">
+        <v>19.7</v>
+      </c>
+      <c r="F59" s="8">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="G59" s="8">
+        <v>18.600000000000001</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A60" s="25"/>
+      <c r="B60" s="12"/>
+      <c r="C60" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D60" s="8">
+        <v>87.51</v>
+      </c>
+      <c r="E60" s="8">
+        <v>76.8</v>
+      </c>
+      <c r="F60" s="8">
+        <v>76.5</v>
+      </c>
+      <c r="G60" s="8">
+        <v>78.099999999999994</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A61" s="25"/>
+      <c r="B61" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D61" s="8">
+        <v>204.25</v>
+      </c>
+      <c r="E61" s="8">
+        <v>204.2</v>
+      </c>
+      <c r="F61" s="8">
+        <v>208.4</v>
+      </c>
+      <c r="G61" s="8">
+        <v>217.1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A62" s="25"/>
+      <c r="B62" s="11"/>
+      <c r="C62" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D62" s="8">
+        <v>38.729999999999997</v>
+      </c>
+      <c r="E62" s="8">
+        <v>32.200000000000003</v>
+      </c>
+      <c r="F62" s="8">
+        <v>27.2</v>
+      </c>
+      <c r="G62" s="8">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A63" s="25"/>
+      <c r="B63" s="12"/>
+      <c r="C63" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D63" s="8">
+        <v>190.09</v>
+      </c>
+      <c r="E63" s="8">
+        <v>185.4</v>
+      </c>
+      <c r="F63" s="8">
+        <v>192.6</v>
+      </c>
+      <c r="G63" s="8">
+        <v>201.8</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A64" s="25"/>
+      <c r="B64" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D64" s="8">
+        <v>246.73</v>
+      </c>
+      <c r="E64" s="8">
+        <v>250.2</v>
+      </c>
+      <c r="F64" s="8">
+        <v>252.5</v>
+      </c>
+      <c r="G64" s="8">
+        <v>261.2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A65" s="25"/>
+      <c r="B65" s="11"/>
+      <c r="C65" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D65" s="8">
+        <v>68.92</v>
+      </c>
+      <c r="E65" s="8">
+        <v>69.7</v>
+      </c>
+      <c r="F65" s="8">
+        <v>59.4</v>
+      </c>
+      <c r="G65" s="8">
+        <v>61.2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A66" s="25"/>
+      <c r="B66" s="12"/>
+      <c r="C66" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D66" s="8">
+        <v>230.39</v>
+      </c>
+      <c r="E66" s="8">
+        <v>232.1</v>
+      </c>
+      <c r="F66" s="8">
+        <v>237.5</v>
+      </c>
+      <c r="G66" s="8">
+        <v>247.9</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A67" s="25"/>
+      <c r="B67" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D67" s="8">
+        <v>232.74</v>
+      </c>
+      <c r="E67" s="8">
+        <v>255.2</v>
+      </c>
+      <c r="F67" s="8">
+        <v>259.89999999999998</v>
+      </c>
+      <c r="G67" s="8">
+        <v>268.10000000000002</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A68" s="25"/>
+      <c r="B68" s="11"/>
+      <c r="C68" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D68" s="8">
+        <v>53.39</v>
+      </c>
+      <c r="E68" s="8">
+        <v>48.8</v>
+      </c>
+      <c r="F68" s="8">
+        <v>51.2</v>
+      </c>
+      <c r="G68" s="8">
+        <v>47.8</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A69" s="25"/>
+      <c r="B69" s="12"/>
+      <c r="C69" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D69" s="8">
+        <v>217.3</v>
+      </c>
+      <c r="E69" s="8">
+        <v>235.3</v>
+      </c>
+      <c r="F69" s="8">
+        <v>239.3</v>
+      </c>
+      <c r="G69" s="8">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A70" s="25"/>
+      <c r="B70" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D70" s="8">
+        <v>270.07</v>
+      </c>
+      <c r="E70" s="8">
+        <v>282.5</v>
+      </c>
+      <c r="F70" s="8">
+        <v>282.8</v>
+      </c>
+      <c r="G70" s="8">
+        <v>293.60000000000002</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A71" s="25"/>
+      <c r="B71" s="11"/>
+      <c r="C71" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D71" s="8">
+        <v>42.48</v>
+      </c>
+      <c r="E71" s="8">
+        <v>42.2</v>
+      </c>
+      <c r="F71" s="8">
+        <v>33.9</v>
+      </c>
+      <c r="G71" s="8">
+        <v>38.9</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A72" s="25"/>
+      <c r="B72" s="12"/>
+      <c r="C72" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D72" s="8">
+        <v>211.52</v>
+      </c>
+      <c r="E72" s="8">
+        <v>225.5</v>
+      </c>
+      <c r="F72" s="8">
+        <v>232.4</v>
+      </c>
+      <c r="G72" s="8">
+        <v>243.9</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A73" s="25"/>
+      <c r="B73" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D73" s="8">
+        <v>379.77</v>
+      </c>
+      <c r="E73" s="8">
+        <v>421.9</v>
+      </c>
+      <c r="F73" s="8">
+        <v>410.7</v>
+      </c>
+      <c r="G73" s="8">
+        <v>441.3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A74" s="25"/>
+      <c r="B74" s="11"/>
+      <c r="C74" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D74" s="8">
+        <v>119.97</v>
+      </c>
+      <c r="E74" s="8">
+        <v>126.1</v>
+      </c>
+      <c r="F74" s="8">
+        <v>119.9</v>
+      </c>
+      <c r="G74" s="8">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A75" s="25"/>
+      <c r="B75" s="12"/>
+      <c r="C75" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D75" s="8">
+        <v>364.42</v>
+      </c>
+      <c r="E75" s="8">
+        <v>407.9</v>
+      </c>
+      <c r="F75" s="8">
+        <v>397.2</v>
+      </c>
+      <c r="G75" s="8">
+        <v>428.6</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A76" s="25"/>
+      <c r="B76" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D76" s="8">
+        <v>371.74</v>
+      </c>
+      <c r="E76" s="8">
+        <v>426.5</v>
+      </c>
+      <c r="F76" s="8">
+        <v>422.1</v>
+      </c>
+      <c r="G76" s="8">
+        <v>446.4</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A77" s="25"/>
+      <c r="B77" s="11"/>
+      <c r="C77" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D77" s="8">
+        <v>90.91</v>
+      </c>
+      <c r="E77" s="8">
+        <v>79.900000000000006</v>
+      </c>
+      <c r="F77" s="8">
+        <v>68.599999999999994</v>
+      </c>
+      <c r="G77" s="8">
+        <v>54.4</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A78" s="25"/>
+      <c r="B78" s="12"/>
+      <c r="C78" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D78" s="8">
+        <v>356.5</v>
+      </c>
+      <c r="E78" s="8">
+        <v>411</v>
+      </c>
+      <c r="F78" s="8">
+        <v>408.2</v>
+      </c>
+      <c r="G78" s="8">
+        <v>434.6</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A79" s="25"/>
+      <c r="B79" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D79" s="8">
+        <v>61.85</v>
+      </c>
+      <c r="E79" s="8">
+        <v>55.8</v>
+      </c>
+      <c r="F79" s="8">
+        <v>57.1</v>
+      </c>
+      <c r="G79" s="8">
+        <v>58.4</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A80" s="25"/>
+      <c r="B80" s="11"/>
+      <c r="C80" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D80" s="8">
+        <v>14.97</v>
+      </c>
+      <c r="E80" s="8">
+        <v>13.7</v>
+      </c>
+      <c r="F80" s="8">
+        <v>12</v>
+      </c>
+      <c r="G80" s="8">
+        <v>14.3</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A81" s="25"/>
+      <c r="B81" s="12"/>
+      <c r="C81" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D81" s="8">
+        <v>54.72</v>
+      </c>
+      <c r="E81" s="8">
+        <v>48.8</v>
+      </c>
+      <c r="F81" s="8">
+        <v>50.4</v>
+      </c>
+      <c r="G81" s="8">
+        <v>52.8</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A82" s="25"/>
+      <c r="B82" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D82" s="8">
+        <v>150.32</v>
+      </c>
+      <c r="E82" s="8">
+        <v>166</v>
+      </c>
+      <c r="F82" s="8">
+        <v>161.69999999999999</v>
+      </c>
+      <c r="G82" s="8">
+        <v>165.2</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A83" s="25"/>
+      <c r="B83" s="11"/>
+      <c r="C83" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D83" s="8">
+        <v>38.590000000000003</v>
+      </c>
+      <c r="E83" s="8">
+        <v>37.200000000000003</v>
+      </c>
+      <c r="F83" s="8">
+        <v>30.2</v>
+      </c>
+      <c r="G83" s="8">
+        <v>32.9</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A84" s="25"/>
+      <c r="B84" s="12"/>
+      <c r="C84" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D84" s="8">
+        <v>135.76</v>
+      </c>
+      <c r="E84" s="8">
+        <v>151.19999999999999</v>
+      </c>
+      <c r="F84" s="8">
+        <v>146.30000000000001</v>
+      </c>
+      <c r="G84" s="8">
+        <v>152.1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A85" s="25"/>
+      <c r="B85" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D85" s="8">
+        <v>150.47</v>
+      </c>
+      <c r="E85" s="8">
+        <v>163.4</v>
+      </c>
+      <c r="F85" s="8">
+        <v>159.19999999999999</v>
+      </c>
+      <c r="G85" s="8">
+        <v>163.9</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A86" s="25"/>
+      <c r="B86" s="11"/>
+      <c r="C86" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D86" s="8">
+        <v>30.64</v>
+      </c>
+      <c r="E86" s="8">
+        <v>32.1</v>
+      </c>
+      <c r="F86" s="8">
+        <v>26.4</v>
+      </c>
+      <c r="G86" s="8">
+        <v>32.4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A87" s="26"/>
+      <c r="B87" s="12"/>
+      <c r="C87" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D87" s="8">
+        <v>136.47</v>
+      </c>
+      <c r="E87" s="8">
+        <v>149.80000000000001</v>
+      </c>
+      <c r="F87" s="8">
+        <v>147.6</v>
+      </c>
+      <c r="G87" s="8">
+        <v>154.1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A88" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B88" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D88" s="8">
+        <v>3709.77</v>
+      </c>
+      <c r="E88" s="8">
+        <v>3777.5</v>
+      </c>
+      <c r="F88" s="8">
+        <v>3711.6</v>
+      </c>
+      <c r="G88" s="8">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A89" s="19"/>
+      <c r="B89" s="15"/>
+      <c r="C89" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D89" s="8">
+        <v>948.96</v>
+      </c>
+      <c r="E89" s="8">
+        <v>862.9</v>
+      </c>
+      <c r="F89" s="8">
+        <v>756.7</v>
+      </c>
+      <c r="G89" s="8">
+        <v>765.2</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A90" s="19"/>
+      <c r="B90" s="16"/>
+      <c r="C90" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D90" s="8">
+        <v>3206.95</v>
+      </c>
+      <c r="E90" s="8">
+        <v>3277.6</v>
+      </c>
+      <c r="F90" s="8">
+        <v>3286.5</v>
+      </c>
+      <c r="G90" s="8">
+        <v>3383.3</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A91" s="19"/>
+      <c r="B91" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D91" s="8">
+        <v>554.01</v>
+      </c>
+      <c r="E91" s="8">
+        <v>621.70000000000005</v>
+      </c>
+      <c r="F91" s="8">
+        <v>616.4</v>
+      </c>
+      <c r="G91" s="8">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A92" s="19"/>
+      <c r="B92" s="15"/>
+      <c r="C92" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D92" s="8">
+        <v>224.14</v>
+      </c>
+      <c r="E92" s="8">
+        <v>226.6</v>
+      </c>
+      <c r="F92" s="8">
+        <v>197.8</v>
+      </c>
+      <c r="G92" s="8">
+        <v>172.7</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A93" s="19"/>
+      <c r="B93" s="16"/>
+      <c r="C93" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D93" s="8">
+        <v>488.6</v>
+      </c>
+      <c r="E93" s="8">
+        <v>551.29999999999995</v>
+      </c>
+      <c r="F93" s="8">
+        <v>555.79999999999995</v>
+      </c>
+      <c r="G93" s="8">
+        <v>561.6</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A94" s="19"/>
+      <c r="B94" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D94" s="8">
+        <v>134.16</v>
+      </c>
+      <c r="E94" s="8">
+        <v>551.29999999999995</v>
+      </c>
+      <c r="F94" s="8">
+        <v>555.79999999999995</v>
+      </c>
+      <c r="G94" s="8">
+        <v>561.6</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A95" s="19"/>
+      <c r="B95" s="15"/>
+      <c r="C95" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D95" s="8">
+        <v>30.27</v>
+      </c>
+      <c r="E95" s="8">
+        <v>30.2</v>
+      </c>
+      <c r="F95" s="8">
+        <v>28.4</v>
+      </c>
+      <c r="G95" s="8">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A96" s="19"/>
+      <c r="B96" s="16"/>
+      <c r="C96" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D96" s="8">
+        <v>112.32</v>
+      </c>
+      <c r="E96" s="8">
+        <v>114.7</v>
+      </c>
+      <c r="F96" s="8">
+        <v>118.9</v>
+      </c>
+      <c r="G96" s="8">
+        <v>121.1</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A97" s="19"/>
+      <c r="B97" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D97" s="8">
+        <v>251.72</v>
+      </c>
+      <c r="E97" s="8">
+        <v>247.3</v>
+      </c>
+      <c r="F97" s="8">
+        <v>242.3</v>
+      </c>
+      <c r="G97" s="8">
+        <v>243.2</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A98" s="19"/>
+      <c r="B98" s="15"/>
+      <c r="C98" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D98" s="8">
+        <v>66.239999999999995</v>
+      </c>
+      <c r="E98" s="8">
+        <v>58.9</v>
+      </c>
+      <c r="F98" s="8">
+        <v>54.7</v>
+      </c>
+      <c r="G98" s="8">
+        <v>53.6</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A99" s="19"/>
+      <c r="B99" s="16"/>
+      <c r="C99" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D99" s="8">
+        <v>217.95</v>
+      </c>
+      <c r="E99" s="8">
+        <v>203.6</v>
+      </c>
+      <c r="F99" s="8">
+        <v>204.6</v>
+      </c>
+      <c r="G99" s="8">
+        <v>212.8</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A100" s="19"/>
+      <c r="B100" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D100" s="8">
+        <v>143.03</v>
+      </c>
+      <c r="E100" s="8">
+        <v>135.1</v>
+      </c>
+      <c r="F100" s="8">
+        <v>133.30000000000001</v>
+      </c>
+      <c r="G100" s="8">
+        <v>133.5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A101" s="19"/>
+      <c r="B101" s="15"/>
+      <c r="C101" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D101" s="8">
+        <v>37.06</v>
+      </c>
+      <c r="E101" s="8">
+        <v>30.8</v>
+      </c>
+      <c r="F101" s="8">
+        <v>26.5</v>
+      </c>
+      <c r="G101" s="8">
+        <v>27.9</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A102" s="19"/>
+      <c r="B102" s="16"/>
+      <c r="C102" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D102" s="8">
+        <v>120.39</v>
+      </c>
+      <c r="E102" s="8">
+        <v>115.5</v>
+      </c>
+      <c r="F102" s="8">
+        <v>115.4</v>
+      </c>
+      <c r="G102" s="8">
+        <v>116.6</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A103" s="19"/>
+      <c r="B103" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D103" s="8">
+        <v>147.75</v>
+      </c>
+      <c r="E103" s="8">
+        <v>127.1</v>
+      </c>
+      <c r="F103" s="8">
+        <v>127.3</v>
+      </c>
+      <c r="G103" s="8">
+        <v>130.4</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A104" s="19"/>
+      <c r="B104" s="15"/>
+      <c r="C104" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D104" s="8">
+        <v>32.29</v>
+      </c>
+      <c r="E104" s="8">
+        <v>30.4</v>
+      </c>
+      <c r="F104" s="8">
+        <v>29.9</v>
+      </c>
+      <c r="G104" s="8">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A105" s="19"/>
+      <c r="B105" s="16"/>
+      <c r="C105" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D105" s="8">
+        <v>126.02</v>
+      </c>
+      <c r="E105" s="8">
+        <v>108.5</v>
+      </c>
+      <c r="F105" s="8">
+        <v>112.5</v>
+      </c>
+      <c r="G105" s="8">
+        <v>117.6</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A106" s="19"/>
+      <c r="B106" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D106" s="8">
+        <v>150.13999999999999</v>
+      </c>
+      <c r="E106" s="8">
+        <v>143.19999999999999</v>
+      </c>
+      <c r="F106" s="8">
+        <v>142.9</v>
+      </c>
+      <c r="G106" s="8">
+        <v>140.5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A107" s="19"/>
+      <c r="B107" s="15"/>
+      <c r="C107" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D107" s="8">
+        <v>25.3</v>
+      </c>
+      <c r="E107" s="8">
+        <v>18.600000000000001</v>
+      </c>
+      <c r="F107" s="8">
+        <v>15.1</v>
+      </c>
+      <c r="G107" s="8">
+        <v>18.100000000000001</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A108" s="19"/>
+      <c r="B108" s="16"/>
+      <c r="C108" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D108" s="8">
+        <v>134.62</v>
+      </c>
+      <c r="E108" s="8">
+        <v>126.7</v>
+      </c>
+      <c r="F108" s="8">
+        <v>130.69999999999999</v>
+      </c>
+      <c r="G108" s="8">
+        <v>129.19999999999999</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A109" s="19"/>
+      <c r="B109" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D109" s="8">
+        <v>142.51</v>
+      </c>
+      <c r="E109" s="8">
+        <v>127.6</v>
+      </c>
+      <c r="F109" s="8">
+        <v>130.80000000000001</v>
+      </c>
+      <c r="G109" s="8">
+        <v>135.9</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A110" s="19"/>
+      <c r="B110" s="15"/>
+      <c r="C110" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D110" s="8">
+        <v>27.61</v>
+      </c>
+      <c r="E110" s="8">
+        <v>22.9</v>
+      </c>
+      <c r="F110" s="8">
+        <v>20.3</v>
+      </c>
+      <c r="G110" s="8">
+        <v>27.7</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A111" s="19"/>
+      <c r="B111" s="16"/>
+      <c r="C111" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D111" s="8">
+        <v>113.64</v>
+      </c>
+      <c r="E111" s="8">
+        <v>104</v>
+      </c>
+      <c r="F111" s="8">
+        <v>114.9</v>
+      </c>
+      <c r="G111" s="8">
+        <v>124.4</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A112" s="19"/>
+      <c r="B112" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D112" s="8">
+        <v>390.62</v>
+      </c>
+      <c r="E112" s="8">
+        <v>396.4</v>
+      </c>
+      <c r="F112" s="8">
+        <v>347.4</v>
+      </c>
+      <c r="G112" s="8">
+        <v>348.5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A113" s="19"/>
+      <c r="B113" s="15"/>
+      <c r="C113" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D113" s="8">
+        <v>85.07</v>
+      </c>
+      <c r="E113" s="8">
+        <v>82.5</v>
+      </c>
+      <c r="F113" s="8">
+        <v>54.6</v>
+      </c>
+      <c r="G113" s="8">
+        <v>45.7</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A114" s="19"/>
+      <c r="B114" s="16"/>
+      <c r="C114" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D114" s="8">
+        <v>317.57</v>
+      </c>
+      <c r="E114" s="8">
+        <v>347.5</v>
+      </c>
+      <c r="F114" s="8">
+        <v>307</v>
+      </c>
+      <c r="G114" s="8">
+        <v>320.7</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A115" s="19"/>
+      <c r="B115" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D115" s="8">
+        <v>56.49</v>
+      </c>
+      <c r="E115" s="8">
+        <v>71</v>
+      </c>
+      <c r="F115" s="8">
+        <v>74</v>
+      </c>
+      <c r="G115" s="8">
+        <v>72.8</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A116" s="19"/>
+      <c r="B116" s="15"/>
+      <c r="C116" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D116" s="8">
+        <v>9.07</v>
+      </c>
+      <c r="E116" s="8">
+        <v>8.4</v>
+      </c>
+      <c r="F116" s="8">
+        <v>7.5</v>
+      </c>
+      <c r="G116" s="8">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A117" s="19"/>
+      <c r="B117" s="16"/>
+      <c r="C117" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D117" s="8">
+        <v>44.12</v>
+      </c>
+      <c r="E117" s="8">
+        <v>58.3</v>
+      </c>
+      <c r="F117" s="8">
+        <v>62.3</v>
+      </c>
+      <c r="G117" s="8">
+        <v>61.7</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A118" s="19"/>
+      <c r="B118" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D118" s="8">
+        <v>324.44</v>
+      </c>
+      <c r="E118" s="8">
+        <v>312.39999999999998</v>
+      </c>
+      <c r="F118" s="8">
+        <v>316.89999999999998</v>
+      </c>
+      <c r="G118" s="8">
+        <v>312.60000000000002</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A119" s="19"/>
+      <c r="B119" s="15"/>
+      <c r="C119" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D119" s="8">
+        <v>67.900000000000006</v>
+      </c>
+      <c r="E119" s="8">
+        <v>63.6</v>
+      </c>
+      <c r="F119" s="8">
+        <v>56.1</v>
+      </c>
+      <c r="G119" s="8">
+        <v>59.3</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A120" s="19"/>
+      <c r="B120" s="16"/>
+      <c r="C120" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D120" s="8">
+        <v>280</v>
+      </c>
+      <c r="E120" s="8">
+        <v>271.89999999999998</v>
+      </c>
+      <c r="F120" s="8">
+        <v>278.3</v>
+      </c>
+      <c r="G120" s="8">
+        <v>280.60000000000002</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A121" s="19"/>
+      <c r="B121" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D121" s="8">
+        <v>95.33</v>
+      </c>
+      <c r="E121" s="8">
         <v>89</v>
       </c>
-      <c r="D9" s="9">
-[...174 lines deleted...]
-      <c r="B22" s="19" t="s">
+      <c r="F121" s="8">
+        <v>92.3</v>
+      </c>
+      <c r="G121" s="8">
+        <v>91.7</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A122" s="19"/>
+      <c r="B122" s="15"/>
+      <c r="C122" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D122" s="8">
+        <v>21.43</v>
+      </c>
+      <c r="E122" s="8">
+        <v>17.3</v>
+      </c>
+      <c r="F122" s="8">
+        <v>19</v>
+      </c>
+      <c r="G122" s="8">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A123" s="19"/>
+      <c r="B123" s="16"/>
+      <c r="C123" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D123" s="8">
+        <v>78.069999999999993</v>
+      </c>
+      <c r="E123" s="8">
+        <v>73.8</v>
+      </c>
+      <c r="F123" s="8">
+        <v>76.400000000000006</v>
+      </c>
+      <c r="G123" s="8">
+        <v>78.400000000000006</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A124" s="19"/>
+      <c r="B124" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D124" s="8">
+        <v>231.26</v>
+      </c>
+      <c r="E124" s="8">
+        <v>245.3</v>
+      </c>
+      <c r="F124" s="8">
+        <v>243.2</v>
+      </c>
+      <c r="G124" s="8">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A125" s="19"/>
+      <c r="B125" s="15"/>
+      <c r="C125" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D125" s="8">
+        <v>52.36</v>
+      </c>
+      <c r="E125" s="8">
+        <v>51.4</v>
+      </c>
+      <c r="F125" s="8">
+        <v>47.8</v>
+      </c>
+      <c r="G125" s="8">
+        <v>46.2</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A126" s="19"/>
+      <c r="B126" s="16"/>
+      <c r="C126" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D126" s="8">
+        <v>198.95</v>
+      </c>
+      <c r="E126" s="8">
+        <v>211.7</v>
+      </c>
+      <c r="F126" s="8">
+        <v>216.7</v>
+      </c>
+      <c r="G126" s="8">
+        <v>237.8</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A127" s="19"/>
+      <c r="B127" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D127" s="8">
+        <v>142.22999999999999</v>
+      </c>
+      <c r="E127" s="8">
+        <v>151.5</v>
+      </c>
+      <c r="F127" s="8">
+        <v>151.80000000000001</v>
+      </c>
+      <c r="G127" s="8">
+        <v>156.4</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A128" s="19"/>
+      <c r="B128" s="15"/>
+      <c r="C128" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D128" s="8">
+        <v>37.090000000000003</v>
+      </c>
+      <c r="E128" s="8">
+        <v>37.1</v>
+      </c>
+      <c r="F128" s="8">
+        <v>24</v>
+      </c>
+      <c r="G128" s="8">
+        <v>27.4</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A129" s="19"/>
+      <c r="B129" s="16"/>
+      <c r="C129" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D129" s="8">
+        <v>118.54</v>
+      </c>
+      <c r="E129" s="8">
+        <v>132.69999999999999</v>
+      </c>
+      <c r="F129" s="8">
+        <v>134.5</v>
+      </c>
+      <c r="G129" s="8">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A130" s="19"/>
+      <c r="B130" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D130" s="8">
+        <v>200.92</v>
+      </c>
+      <c r="E130" s="8">
+        <v>200.9</v>
+      </c>
+      <c r="F130" s="8">
+        <v>197.6</v>
+      </c>
+      <c r="G130" s="8">
+        <v>200.3</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A131" s="19"/>
+      <c r="B131" s="15"/>
+      <c r="C131" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D131" s="8">
+        <v>40.869999999999997</v>
+      </c>
+      <c r="E131" s="8">
+        <v>43.2</v>
+      </c>
+      <c r="F131" s="8">
+        <v>38.5</v>
+      </c>
+      <c r="G131" s="8">
+        <v>43.7</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A132" s="19"/>
+      <c r="B132" s="16"/>
+      <c r="C132" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D132" s="8">
+        <v>168.9</v>
+      </c>
+      <c r="E132" s="8">
+        <v>171</v>
+      </c>
+      <c r="F132" s="8">
+        <v>171.6</v>
+      </c>
+      <c r="G132" s="8">
+        <v>175.2</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A133" s="19"/>
+      <c r="B133" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D133" s="8">
+        <v>271.85000000000002</v>
+      </c>
+      <c r="E133" s="8">
+        <v>317</v>
+      </c>
+      <c r="F133" s="8">
+        <v>303.2</v>
+      </c>
+      <c r="G133" s="8">
+        <v>305.3</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A134" s="19"/>
+      <c r="B134" s="15"/>
+      <c r="C134" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D134" s="8">
+        <v>85.96</v>
+      </c>
+      <c r="E134" s="8">
+        <v>66.2</v>
+      </c>
+      <c r="F134" s="8">
+        <v>61.2</v>
+      </c>
+      <c r="G134" s="8">
+        <v>61.2</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A135" s="19"/>
+      <c r="B135" s="16"/>
+      <c r="C135" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D135" s="8">
+        <v>253.06</v>
+      </c>
+      <c r="E135" s="8">
+        <v>279</v>
+      </c>
+      <c r="F135" s="8">
+        <v>276.5</v>
+      </c>
+      <c r="G135" s="8">
+        <v>277.39999999999998</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A136" s="19"/>
+      <c r="B136" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D136" s="8">
+        <v>181.59</v>
+      </c>
+      <c r="E136" s="8">
+        <v>169</v>
+      </c>
+      <c r="F136" s="8">
+        <v>170.5</v>
+      </c>
+      <c r="G136" s="8">
+        <v>173.2</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A137" s="19"/>
+      <c r="B137" s="15"/>
+      <c r="C137" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D137" s="8">
+        <v>38.07</v>
+      </c>
+      <c r="E137" s="8">
+        <v>30.1</v>
+      </c>
+      <c r="F137" s="8">
+        <v>30.9</v>
+      </c>
+      <c r="G137" s="8">
+        <v>35.799999999999997</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A138" s="19"/>
+      <c r="B138" s="16"/>
+      <c r="C138" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D138" s="8">
+        <v>162.41</v>
+      </c>
+      <c r="E138" s="8">
+        <v>144.69999999999999</v>
+      </c>
+      <c r="F138" s="8">
+        <v>148.19999999999999</v>
+      </c>
+      <c r="G138" s="8">
+        <v>153.30000000000001</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A139" s="19"/>
+      <c r="B139" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D139" s="8">
+        <v>291.73</v>
+      </c>
+      <c r="E139" s="8">
+        <v>286.39999999999998</v>
+      </c>
+      <c r="F139" s="8">
+        <v>284.89999999999998</v>
+      </c>
+      <c r="G139" s="8">
+        <v>292.3</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A140" s="19"/>
+      <c r="B140" s="15"/>
+      <c r="C140" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D140" s="8">
+        <v>68.22</v>
+      </c>
+      <c r="E140" s="8">
+        <v>45</v>
+      </c>
+      <c r="F140" s="8">
+        <v>44.6</v>
+      </c>
+      <c r="G140" s="8">
+        <v>59.5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A141" s="20"/>
+      <c r="B141" s="16"/>
+      <c r="C141" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D141" s="8">
+        <v>271.81</v>
+      </c>
+      <c r="E141" s="8">
+        <v>262.8</v>
+      </c>
+      <c r="F141" s="8">
+        <v>262.3</v>
+      </c>
+      <c r="G141" s="8">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A142" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B142" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D142" s="8">
+        <v>5489.84</v>
+      </c>
+      <c r="E142" s="8">
+        <v>5744.6</v>
+      </c>
+      <c r="F142" s="8">
+        <v>5596.3</v>
+      </c>
+      <c r="G142" s="8">
+        <v>5759.5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A143" s="19"/>
+      <c r="B143" s="15"/>
+      <c r="C143" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D143" s="8">
+        <v>1027.76</v>
+      </c>
+      <c r="E143" s="8">
+        <v>1035.7</v>
+      </c>
+      <c r="F143" s="8">
+        <v>898.9</v>
+      </c>
+      <c r="G143" s="8">
+        <v>837.4</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A144" s="19"/>
+      <c r="B144" s="16"/>
+      <c r="C144" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D144" s="8">
+        <v>4808.18</v>
+      </c>
+      <c r="E144" s="8">
+        <v>5140.3999999999996</v>
+      </c>
+      <c r="F144" s="8">
+        <v>5155.7</v>
+      </c>
+      <c r="G144" s="8">
+        <v>5393.5</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A145" s="19"/>
+      <c r="B145" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="C145" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D145" s="8">
+        <v>734.81</v>
+      </c>
+      <c r="E145" s="8">
+        <v>765</v>
+      </c>
+      <c r="F145" s="8">
+        <v>777.1</v>
+      </c>
+      <c r="G145" s="8">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A146" s="19"/>
+      <c r="B146" s="15"/>
+      <c r="C146" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D146" s="8">
+        <v>132.16999999999999</v>
+      </c>
+      <c r="E146" s="8">
+        <v>158.9</v>
+      </c>
+      <c r="F146" s="8">
+        <v>150.80000000000001</v>
+      </c>
+      <c r="G146" s="8">
+        <v>162.80000000000001</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A147" s="19"/>
+      <c r="B147" s="16"/>
+      <c r="C147" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D147" s="8">
+        <v>618.34</v>
+      </c>
+      <c r="E147" s="8">
+        <v>690.9</v>
+      </c>
+      <c r="F147" s="8">
+        <v>721.1</v>
+      </c>
+      <c r="G147" s="8">
+        <v>771.2</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A148" s="19"/>
+      <c r="B148" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D148" s="8">
+        <v>365.84</v>
+      </c>
+      <c r="E148" s="8">
+        <v>383.2</v>
+      </c>
+      <c r="F148" s="8">
+        <v>362.2</v>
+      </c>
+      <c r="G148" s="8">
+        <v>365.2</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A149" s="19"/>
+      <c r="B149" s="15"/>
+      <c r="C149" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D149" s="8">
+        <v>65.09</v>
+      </c>
+      <c r="E149" s="8">
+        <v>67.400000000000006</v>
+      </c>
+      <c r="F149" s="8">
+        <v>50.9</v>
+      </c>
+      <c r="G149" s="8">
+        <v>37.200000000000003</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A150" s="19"/>
+      <c r="B150" s="16"/>
+      <c r="C150" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D150" s="8">
+        <v>330.94</v>
+      </c>
+      <c r="E150" s="8">
+        <v>362.5</v>
+      </c>
+      <c r="F150" s="8">
+        <v>345.6</v>
+      </c>
+      <c r="G150" s="8">
+        <v>355.9</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A151" s="19"/>
+      <c r="B151" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D151" s="8">
+        <v>315.02999999999997</v>
+      </c>
+      <c r="E151" s="8">
+        <v>303.8</v>
+      </c>
+      <c r="F151" s="8">
+        <v>297.5</v>
+      </c>
+      <c r="G151" s="8">
+        <v>310.39999999999998</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A152" s="19"/>
+      <c r="B152" s="15"/>
+      <c r="C152" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D152" s="8">
+        <v>57.51</v>
+      </c>
+      <c r="E152" s="8">
+        <v>44</v>
+      </c>
+      <c r="F152" s="8">
+        <v>35</v>
+      </c>
+      <c r="G152" s="8">
+        <v>44.5</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A153" s="19"/>
+      <c r="B153" s="16"/>
+      <c r="C153" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D153" s="8">
+        <v>275.88</v>
+      </c>
+      <c r="E153" s="8">
+        <v>269.89999999999998</v>
+      </c>
+      <c r="F153" s="8">
+        <v>259.89999999999998</v>
+      </c>
+      <c r="G153" s="8">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A154" s="19"/>
+      <c r="B154" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D154" s="8">
+        <v>291.99</v>
+      </c>
+      <c r="E154" s="8">
+        <v>275.2</v>
+      </c>
+      <c r="F154" s="8">
+        <v>268.89999999999998</v>
+      </c>
+      <c r="G154" s="8">
+        <v>272.3</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A155" s="19"/>
+      <c r="B155" s="15"/>
+      <c r="C155" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D155" s="8">
+        <v>41.83</v>
+      </c>
+      <c r="E155" s="8">
+        <v>29</v>
+      </c>
+      <c r="F155" s="8">
+        <v>26.3</v>
+      </c>
+      <c r="G155" s="8">
+        <v>35.200000000000003</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A156" s="19"/>
+      <c r="B156" s="16"/>
+      <c r="C156" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D156" s="8">
+        <v>246.38</v>
+      </c>
+      <c r="E156" s="8">
+        <v>233.7</v>
+      </c>
+      <c r="F156" s="8">
+        <v>237.5</v>
+      </c>
+      <c r="G156" s="8">
+        <v>243.8</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A157" s="19"/>
+      <c r="B157" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D157" s="8">
+        <v>517.54999999999995</v>
+      </c>
+      <c r="E157" s="8">
+        <v>537.1</v>
+      </c>
+      <c r="F157" s="8">
+        <v>512.20000000000005</v>
+      </c>
+      <c r="G157" s="8">
+        <v>509.4</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A158" s="19"/>
+      <c r="B158" s="15"/>
+      <c r="C158" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D158" s="8">
+        <v>93.91</v>
+      </c>
+      <c r="E158" s="8">
+        <v>102.3</v>
+      </c>
+      <c r="F158" s="8">
+        <v>88.2</v>
+      </c>
+      <c r="G158" s="8">
+        <v>78.599999999999994</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A159" s="19"/>
+      <c r="B159" s="16"/>
+      <c r="C159" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D159" s="8">
+        <v>445.42</v>
+      </c>
+      <c r="E159" s="8">
+        <v>468.4</v>
+      </c>
+      <c r="F159" s="8">
+        <v>461.8</v>
+      </c>
+      <c r="G159" s="8">
+        <v>465.5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A160" s="19"/>
+      <c r="B160" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D160" s="8">
+        <v>153.9</v>
+      </c>
+      <c r="E160" s="8">
+        <v>144.5</v>
+      </c>
+      <c r="F160" s="8">
+        <v>135</v>
+      </c>
+      <c r="G160" s="8">
+        <v>138.4</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A161" s="19"/>
+      <c r="B161" s="15"/>
+      <c r="C161" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D161" s="8">
+        <v>15.38</v>
+      </c>
+      <c r="E161" s="8">
+        <v>15</v>
+      </c>
+      <c r="F161" s="8">
+        <v>12.3</v>
+      </c>
+      <c r="G161" s="8">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A162" s="19"/>
+      <c r="B162" s="16"/>
+      <c r="C162" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D162" s="8">
+        <v>123.84</v>
+      </c>
+      <c r="E162" s="8">
+        <v>128</v>
+      </c>
+      <c r="F162" s="8">
+        <v>122.7</v>
+      </c>
+      <c r="G162" s="8">
+        <v>130.1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A163" s="19"/>
+      <c r="B163" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D163" s="8">
+        <v>287.74</v>
+      </c>
+      <c r="E163" s="8">
+        <v>296.39999999999998</v>
+      </c>
+      <c r="F163" s="8">
+        <v>290.3</v>
+      </c>
+      <c r="G163" s="8">
+        <v>301.7</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A164" s="19"/>
+      <c r="B164" s="15"/>
+      <c r="C164" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D164" s="8">
+        <v>48.83</v>
+      </c>
+      <c r="E164" s="8">
+        <v>32.6</v>
+      </c>
+      <c r="F164" s="8">
+        <v>44.6</v>
+      </c>
+      <c r="G164" s="8">
+        <v>52.1</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A165" s="19"/>
+      <c r="B165" s="16"/>
+      <c r="C165" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D165" s="8">
+        <v>240.78</v>
+      </c>
+      <c r="E165" s="8">
+        <v>244.7</v>
+      </c>
+      <c r="F165" s="8">
+        <v>257.7</v>
+      </c>
+      <c r="G165" s="8">
+        <v>272.89999999999998</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A166" s="19"/>
+      <c r="B166" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D166" s="8">
+        <v>78.569999999999993</v>
+      </c>
+      <c r="E166" s="8">
+        <v>84</v>
+      </c>
+      <c r="F166" s="8">
+        <v>83.5</v>
+      </c>
+      <c r="G166" s="8">
+        <v>84.7</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A167" s="19"/>
+      <c r="B167" s="15"/>
+      <c r="C167" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D167" s="8">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="E167" s="8">
+        <v>10.7</v>
+      </c>
+      <c r="F167" s="8">
+        <v>10</v>
+      </c>
+      <c r="G167" s="8">
+        <v>11.9</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A168" s="19"/>
+      <c r="B168" s="16"/>
+      <c r="C168" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D168" s="8">
+        <v>62.43</v>
+      </c>
+      <c r="E168" s="8">
+        <v>75.2</v>
+      </c>
+      <c r="F168" s="8">
+        <v>76</v>
+      </c>
+      <c r="G168" s="8">
+        <v>78.5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A169" s="19"/>
+      <c r="B169" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="C169" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D169" s="8">
+        <v>95.41</v>
+      </c>
+      <c r="E169" s="8">
+        <v>102.7</v>
+      </c>
+      <c r="F169" s="8">
+        <v>101.9</v>
+      </c>
+      <c r="G169" s="8">
+        <v>107.6</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A170" s="19"/>
+      <c r="B170" s="15"/>
+      <c r="C170" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D170" s="8">
+        <v>16.36</v>
+      </c>
+      <c r="E170" s="8">
+        <v>10.3</v>
+      </c>
+      <c r="F170" s="8">
+        <v>10.8</v>
+      </c>
+      <c r="G170" s="8">
         <v>7</v>
       </c>
-      <c r="C22" s="8" t="s">
-[...488 lines deleted...]
-      <c r="B58" s="19" t="s">
+    </row>
+    <row r="171" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A171" s="19"/>
+      <c r="B171" s="16"/>
+      <c r="C171" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D171" s="8">
+        <v>83.72</v>
+      </c>
+      <c r="E171" s="8">
+        <v>93.2</v>
+      </c>
+      <c r="F171" s="8">
+        <v>94.7</v>
+      </c>
+      <c r="G171" s="8">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A172" s="19"/>
+      <c r="B172" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D172" s="8">
+        <v>136.94</v>
+      </c>
+      <c r="E172" s="8">
+        <v>137.1</v>
+      </c>
+      <c r="F172" s="8">
+        <v>134.5</v>
+      </c>
+      <c r="G172" s="8">
+        <v>136.80000000000001</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A173" s="19"/>
+      <c r="B173" s="15"/>
+      <c r="C173" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D173" s="8">
+        <v>26.9</v>
+      </c>
+      <c r="E173" s="8">
+        <v>20.8</v>
+      </c>
+      <c r="F173" s="8">
+        <v>17.8</v>
+      </c>
+      <c r="G173" s="8">
         <v>19</v>
       </c>
-      <c r="C58" s="8" t="s">
-[...201 lines deleted...]
-      <c r="B73" s="19" t="s">
+    </row>
+    <row r="174" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A174" s="19"/>
+      <c r="B174" s="16"/>
+      <c r="C174" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D174" s="8">
+        <v>125.05</v>
+      </c>
+      <c r="E174" s="8">
+        <v>125.4</v>
+      </c>
+      <c r="F174" s="8">
+        <v>125</v>
+      </c>
+      <c r="G174" s="8">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A175" s="19"/>
+      <c r="B175" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C175" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D175" s="8">
+        <v>570.03</v>
+      </c>
+      <c r="E175" s="8">
+        <v>623</v>
+      </c>
+      <c r="F175" s="8">
+        <v>601.5</v>
+      </c>
+      <c r="G175" s="8">
+        <v>631.20000000000005</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A176" s="19"/>
+      <c r="B176" s="15"/>
+      <c r="C176" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D176" s="8">
+        <v>154.04</v>
+      </c>
+      <c r="E176" s="8">
+        <v>186.7</v>
+      </c>
+      <c r="F176" s="8">
+        <v>141.80000000000001</v>
+      </c>
+      <c r="G176" s="8">
+        <v>115.5</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A177" s="19"/>
+      <c r="B177" s="16"/>
+      <c r="C177" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D177" s="8">
+        <v>514.85</v>
+      </c>
+      <c r="E177" s="8">
+        <v>575.20000000000005</v>
+      </c>
+      <c r="F177" s="8">
+        <v>581.29999999999995</v>
+      </c>
+      <c r="G177" s="8">
+        <v>609.4</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A178" s="19"/>
+      <c r="B178" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C178" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D178" s="8">
+        <v>350.35</v>
+      </c>
+      <c r="E178" s="8">
+        <v>396.3</v>
+      </c>
+      <c r="F178" s="8">
+        <v>383.2</v>
+      </c>
+      <c r="G178" s="8">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A179" s="19"/>
+      <c r="B179" s="15"/>
+      <c r="C179" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D179" s="8">
+        <v>67.23</v>
+      </c>
+      <c r="E179" s="8">
+        <v>71.900000000000006</v>
+      </c>
+      <c r="F179" s="8">
+        <v>61.4</v>
+      </c>
+      <c r="G179" s="8">
+        <v>42.3</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A180" s="19"/>
+      <c r="B180" s="16"/>
+      <c r="C180" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D180" s="8">
+        <v>329.62</v>
+      </c>
+      <c r="E180" s="8">
+        <v>374.5</v>
+      </c>
+      <c r="F180" s="8">
+        <v>361</v>
+      </c>
+      <c r="G180" s="8">
+        <v>388.2</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A181" s="19"/>
+      <c r="B181" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C181" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D181" s="8">
+        <v>148.61000000000001</v>
+      </c>
+      <c r="E181" s="8">
+        <v>156.9</v>
+      </c>
+      <c r="F181" s="8">
+        <v>151.5</v>
+      </c>
+      <c r="G181" s="8">
+        <v>149.19999999999999</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A182" s="19"/>
+      <c r="B182" s="15"/>
+      <c r="C182" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D182" s="8">
+        <v>28.63</v>
+      </c>
+      <c r="E182" s="8">
+        <v>28.4</v>
+      </c>
+      <c r="F182" s="8">
+        <v>21.4</v>
+      </c>
+      <c r="G182" s="8">
+        <v>20.3</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A183" s="19"/>
+      <c r="B183" s="16"/>
+      <c r="C183" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D183" s="8">
+        <v>121.46</v>
+      </c>
+      <c r="E183" s="8">
+        <v>130.4</v>
+      </c>
+      <c r="F183" s="8">
+        <v>130.69999999999999</v>
+      </c>
+      <c r="G183" s="8">
+        <v>129.30000000000001</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A184" s="19"/>
+      <c r="B184" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C184" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D184" s="8">
+        <v>132.91</v>
+      </c>
+      <c r="E184" s="8">
+        <v>149.19999999999999</v>
+      </c>
+      <c r="F184" s="8">
+        <v>140.4</v>
+      </c>
+      <c r="G184" s="8">
+        <v>140.6</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A185" s="19"/>
+      <c r="B185" s="15"/>
+      <c r="C185" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D185" s="8">
+        <v>29.03</v>
+      </c>
+      <c r="E185" s="8">
+        <v>32.9</v>
+      </c>
+      <c r="F185" s="8">
+        <v>23.3</v>
+      </c>
+      <c r="G185" s="8">
+        <v>19.899999999999999</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A186" s="19"/>
+      <c r="B186" s="16"/>
+      <c r="C186" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D186" s="8">
+        <v>113.28</v>
+      </c>
+      <c r="E186" s="8">
+        <v>133.19999999999999</v>
+      </c>
+      <c r="F186" s="8">
+        <v>131.1</v>
+      </c>
+      <c r="G186" s="8">
+        <v>131.9</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A187" s="19"/>
+      <c r="B187" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="C187" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D187" s="8">
+        <v>251.02</v>
+      </c>
+      <c r="E187" s="8">
+        <v>269.60000000000002</v>
+      </c>
+      <c r="F187" s="8">
+        <v>263.5</v>
+      </c>
+      <c r="G187" s="8">
+        <v>270.10000000000002</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A188" s="19"/>
+      <c r="B188" s="15"/>
+      <c r="C188" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D188" s="8">
+        <v>67.86</v>
+      </c>
+      <c r="E188" s="8">
+        <v>70.3</v>
+      </c>
+      <c r="F188" s="8">
+        <v>70.8</v>
+      </c>
+      <c r="G188" s="8">
+        <v>72.5</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A189" s="19"/>
+      <c r="B189" s="16"/>
+      <c r="C189" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D189" s="8">
+        <v>231.32</v>
+      </c>
+      <c r="E189" s="8">
+        <v>255.2</v>
+      </c>
+      <c r="F189" s="8">
+        <v>249.3</v>
+      </c>
+      <c r="G189" s="8">
+        <v>256.2</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A190" s="19"/>
+      <c r="B190" s="14" t="s">
+        <v>62</v>
+      </c>
+      <c r="C190" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D190" s="8">
+        <v>325.18</v>
+      </c>
+      <c r="E190" s="8">
+        <v>325.2</v>
+      </c>
+      <c r="F190" s="8">
+        <v>310.2</v>
+      </c>
+      <c r="G190" s="8">
+        <v>320.7</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A191" s="19"/>
+      <c r="B191" s="15"/>
+      <c r="C191" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D191" s="8">
+        <v>47</v>
+      </c>
+      <c r="E191" s="8">
+        <v>45.5</v>
+      </c>
+      <c r="F191" s="8">
+        <v>37.1</v>
+      </c>
+      <c r="G191" s="8">
+        <v>29.2</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A192" s="19"/>
+      <c r="B192" s="16"/>
+      <c r="C192" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D192" s="8">
+        <v>293.18</v>
+      </c>
+      <c r="E192" s="8">
+        <v>289.5</v>
+      </c>
+      <c r="F192" s="8">
+        <v>281.89999999999998</v>
+      </c>
+      <c r="G192" s="8">
+        <v>295.89999999999998</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A193" s="19"/>
+      <c r="B193" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="C193" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D193" s="8">
+        <v>229.67</v>
+      </c>
+      <c r="E193" s="8">
+        <v>234.2</v>
+      </c>
+      <c r="F193" s="8">
+        <v>229.5</v>
+      </c>
+      <c r="G193" s="8">
+        <v>237.9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A194" s="19"/>
+      <c r="B194" s="15"/>
+      <c r="C194" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D194" s="8">
+        <v>32.93</v>
+      </c>
+      <c r="E194" s="8">
+        <v>26.1</v>
+      </c>
+      <c r="F194" s="8">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="G194" s="8">
+        <v>18.2</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A195" s="19"/>
+      <c r="B195" s="16"/>
+      <c r="C195" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D195" s="8">
+        <v>195.32</v>
+      </c>
+      <c r="E195" s="8">
+        <v>186.6</v>
+      </c>
+      <c r="F195" s="8">
+        <v>203.5</v>
+      </c>
+      <c r="G195" s="8">
+        <v>212.9</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A196" s="19"/>
+      <c r="B196" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C196" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D196" s="8">
+        <v>233.34</v>
+      </c>
+      <c r="E196" s="8">
+        <v>271.8</v>
+      </c>
+      <c r="F196" s="8">
+        <v>260.7</v>
+      </c>
+      <c r="G196" s="8">
+        <v>268.5</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A197" s="19"/>
+      <c r="B197" s="15"/>
+      <c r="C197" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D197" s="8">
+        <v>34.090000000000003</v>
+      </c>
+      <c r="E197" s="8">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="F197" s="8">
+        <v>31.2</v>
+      </c>
+      <c r="G197" s="8">
+        <v>23.4</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A198" s="19"/>
+      <c r="B198" s="16"/>
+      <c r="C198" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D198" s="8">
+        <v>207.64</v>
+      </c>
+      <c r="E198" s="8">
+        <v>236.6</v>
+      </c>
+      <c r="F198" s="8">
+        <v>237.8</v>
+      </c>
+      <c r="G198" s="8">
+        <v>249.7</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A199" s="19"/>
+      <c r="B199" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="C199" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D199" s="8">
+        <v>167.6</v>
+      </c>
+      <c r="E199" s="8">
+        <v>160.80000000000001</v>
+      </c>
+      <c r="F199" s="8">
+        <v>165</v>
+      </c>
+      <c r="G199" s="8">
+        <v>170.6</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A200" s="19"/>
+      <c r="B200" s="15"/>
+      <c r="C200" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D200" s="8">
+        <v>39.520000000000003</v>
+      </c>
+      <c r="E200" s="8">
+        <v>30.2</v>
+      </c>
+      <c r="F200" s="8">
+        <v>27.9</v>
+      </c>
+      <c r="G200" s="8">
+        <v>23.8</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A201" s="19"/>
+      <c r="B201" s="16"/>
+      <c r="C201" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D201" s="8">
+        <v>151.99</v>
+      </c>
+      <c r="E201" s="8">
+        <v>149</v>
+      </c>
+      <c r="F201" s="8">
+        <v>156.1</v>
+      </c>
+      <c r="G201" s="8">
+        <v>164.4</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A202" s="19"/>
+      <c r="B202" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C202" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D202" s="8">
+        <v>103.35</v>
+      </c>
+      <c r="E202" s="8">
+        <v>128.69999999999999</v>
+      </c>
+      <c r="F202" s="8">
+        <v>128.1</v>
+      </c>
+      <c r="G202" s="8">
+        <v>129.19999999999999</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A203" s="19"/>
+      <c r="B203" s="15"/>
+      <c r="C203" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D203" s="8">
+        <v>19.77</v>
+      </c>
+      <c r="E203" s="8">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="F203" s="8">
+        <v>19.2</v>
+      </c>
+      <c r="G203" s="8">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A204" s="20"/>
+      <c r="B204" s="16"/>
+      <c r="C204" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D204" s="8">
+        <v>96.76</v>
+      </c>
+      <c r="E204" s="8">
+        <v>118.2</v>
+      </c>
+      <c r="F204" s="8">
+        <v>121.1</v>
+      </c>
+      <c r="G204" s="8">
+        <v>123.7</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A205" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B205" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C205" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D205" s="8">
+        <v>2794.49</v>
+      </c>
+      <c r="E205" s="8">
+        <v>2925.7</v>
+      </c>
+      <c r="F205" s="8">
+        <v>2928.2</v>
+      </c>
+      <c r="G205" s="8">
+        <v>3016.6</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A206" s="19"/>
+      <c r="B206" s="15"/>
+      <c r="C206" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D206" s="8">
+        <v>643.84</v>
+      </c>
+      <c r="E206" s="8">
+        <v>655</v>
+      </c>
+      <c r="F206" s="8">
+        <v>602.70000000000005</v>
+      </c>
+      <c r="G206" s="8">
+        <v>583.4</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A207" s="19"/>
+      <c r="B207" s="16"/>
+      <c r="C207" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D207" s="8">
+        <v>2588.4</v>
+      </c>
+      <c r="E207" s="8">
+        <v>2747.1</v>
+      </c>
+      <c r="F207" s="8">
+        <v>2774</v>
+      </c>
+      <c r="G207" s="8">
+        <v>2887.4</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A208" s="19"/>
+      <c r="B208" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C208" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D208" s="8">
+        <v>485.41</v>
+      </c>
+      <c r="E208" s="8">
+        <v>462.6</v>
+      </c>
+      <c r="F208" s="8">
+        <v>459.7</v>
+      </c>
+      <c r="G208" s="8">
+        <v>476.1</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A209" s="19"/>
+      <c r="B209" s="15"/>
+      <c r="C209" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D209" s="8">
+        <v>91.75</v>
+      </c>
+      <c r="E209" s="8">
+        <v>104.5</v>
+      </c>
+      <c r="F209" s="8">
+        <v>98.9</v>
+      </c>
+      <c r="G209" s="8">
+        <v>91.3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A210" s="19"/>
+      <c r="B210" s="16"/>
+      <c r="C210" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D210" s="8">
+        <v>434.49</v>
+      </c>
+      <c r="E210" s="8">
+        <v>415.8</v>
+      </c>
+      <c r="F210" s="8">
+        <v>422.7</v>
+      </c>
+      <c r="G210" s="8">
+        <v>443.3</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A211" s="19"/>
+      <c r="B211" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C211" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D211" s="8">
+        <v>112.2</v>
+      </c>
+      <c r="E211" s="8">
+        <v>130.19999999999999</v>
+      </c>
+      <c r="F211" s="8">
+        <v>131.1</v>
+      </c>
+      <c r="G211" s="8">
+        <v>135.80000000000001</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A212" s="19"/>
+      <c r="B212" s="15"/>
+      <c r="C212" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D212" s="8">
+        <v>24.62</v>
+      </c>
+      <c r="E212" s="8">
+        <v>29.9</v>
+      </c>
+      <c r="F212" s="8">
         <v>24</v>
       </c>
-      <c r="C73" s="8" t="s">
-[...59 lines deleted...]
-      <c r="E77" s="9">
+      <c r="G212" s="8">
+        <v>25.3</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A213" s="19"/>
+      <c r="B213" s="16"/>
+      <c r="C213" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D213" s="8">
+        <v>105.93</v>
+      </c>
+      <c r="E213" s="8">
+        <v>124.2</v>
+      </c>
+      <c r="F213" s="8">
+        <v>126.4</v>
+      </c>
+      <c r="G213" s="8">
+        <v>130.6</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A214" s="19"/>
+      <c r="B214" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C214" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D214" s="8">
+        <v>85.31</v>
+      </c>
+      <c r="E214" s="8">
+        <v>75.5</v>
+      </c>
+      <c r="F214" s="8">
+        <v>77.8</v>
+      </c>
+      <c r="G214" s="8">
+        <v>78.3</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A215" s="19"/>
+      <c r="B215" s="15"/>
+      <c r="C215" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D215" s="8">
+        <v>16.41</v>
+      </c>
+      <c r="E215" s="8">
+        <v>13.7</v>
+      </c>
+      <c r="F215" s="8">
+        <v>10.7</v>
+      </c>
+      <c r="G215" s="8">
+        <v>11.7</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A216" s="19"/>
+      <c r="B216" s="16"/>
+      <c r="C216" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D216" s="8">
         <v>79.88</v>
       </c>
-    </row>
-[...427 lines deleted...]
-      <c r="B109" s="26" t="s">
+      <c r="E216" s="8">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="F216" s="8">
+        <v>70.5</v>
+      </c>
+      <c r="G216" s="8">
+        <v>74.599999999999994</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A217" s="19"/>
+      <c r="B217" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C217" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D217" s="8">
+        <v>165.7</v>
+      </c>
+      <c r="E217" s="8">
+        <v>196</v>
+      </c>
+      <c r="F217" s="8">
+        <v>201.8</v>
+      </c>
+      <c r="G217" s="8">
+        <v>197.1</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A218" s="19"/>
+      <c r="B218" s="15"/>
+      <c r="C218" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D218" s="8">
+        <v>54.44</v>
+      </c>
+      <c r="E218" s="8">
+        <v>72.8</v>
+      </c>
+      <c r="F218" s="8">
+        <v>69</v>
+      </c>
+      <c r="G218" s="8">
+        <v>54.3</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A219" s="19"/>
+      <c r="B219" s="16"/>
+      <c r="C219" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D219" s="8">
+        <v>162.83000000000001</v>
+      </c>
+      <c r="E219" s="8">
+        <v>193.6</v>
+      </c>
+      <c r="F219" s="8">
+        <v>199.2</v>
+      </c>
+      <c r="G219" s="8">
+        <v>194.7</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A220" s="19"/>
+      <c r="B220" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C220" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D220" s="8">
+        <v>339.67</v>
+      </c>
+      <c r="E220" s="8">
+        <v>384.2</v>
+      </c>
+      <c r="F220" s="8">
+        <v>380.3</v>
+      </c>
+      <c r="G220" s="8">
+        <v>387.2</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A221" s="19"/>
+      <c r="B221" s="15"/>
+      <c r="C221" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D221" s="8">
+        <v>76.05</v>
+      </c>
+      <c r="E221" s="8">
+        <v>71.8</v>
+      </c>
+      <c r="F221" s="8">
+        <v>61.4</v>
+      </c>
+      <c r="G221" s="8">
+        <v>54.2</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A222" s="19"/>
+      <c r="B222" s="16"/>
+      <c r="C222" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D222" s="8">
+        <v>321.89</v>
+      </c>
+      <c r="E222" s="8">
+        <v>365</v>
+      </c>
+      <c r="F222" s="8">
+        <v>363.6</v>
+      </c>
+      <c r="G222" s="8">
+        <v>372.4</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A223" s="19"/>
+      <c r="B223" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C223" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D223" s="8">
+        <v>82.07</v>
+      </c>
+      <c r="E223" s="8">
+        <v>95.2</v>
+      </c>
+      <c r="F223" s="8">
+        <v>94</v>
+      </c>
+      <c r="G223" s="8">
+        <v>96.2</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A224" s="19"/>
+      <c r="B224" s="15"/>
+      <c r="C224" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D224" s="8">
+        <v>11.59</v>
+      </c>
+      <c r="E224" s="8">
+        <v>12.7</v>
+      </c>
+      <c r="F224" s="8">
+        <v>13.5</v>
+      </c>
+      <c r="G224" s="8">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A225" s="19"/>
+      <c r="B225" s="16"/>
+      <c r="C225" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D225" s="8">
+        <v>75.69</v>
+      </c>
+      <c r="E225" s="8">
+        <v>88.8</v>
+      </c>
+      <c r="F225" s="8">
+        <v>91.1</v>
+      </c>
+      <c r="G225" s="8">
+        <v>92.7</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A226" s="19"/>
+      <c r="B226" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C226" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D226" s="8">
+        <v>167.29</v>
+      </c>
+      <c r="E226" s="8">
+        <v>169.6</v>
+      </c>
+      <c r="F226" s="8">
+        <v>171.7</v>
+      </c>
+      <c r="G226" s="8">
+        <v>177.2</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A227" s="19"/>
+      <c r="B227" s="15"/>
+      <c r="C227" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D227" s="8">
+        <v>40.07</v>
+      </c>
+      <c r="E227" s="8">
+        <v>34.4</v>
+      </c>
+      <c r="F227" s="8">
+        <v>29.4</v>
+      </c>
+      <c r="G227" s="8">
+        <v>31.6</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A228" s="19"/>
+      <c r="B228" s="16"/>
+      <c r="C228" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D228" s="8">
+        <v>151.28</v>
+      </c>
+      <c r="E228" s="8">
+        <v>155.69999999999999</v>
+      </c>
+      <c r="F228" s="8">
+        <v>160.30000000000001</v>
+      </c>
+      <c r="G228" s="8">
+        <v>166.6</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A229" s="19"/>
+      <c r="B229" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C229" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D229" s="8">
+        <v>486.53</v>
+      </c>
+      <c r="E229" s="8">
+        <v>525.1</v>
+      </c>
+      <c r="F229" s="8">
+        <v>530.20000000000005</v>
+      </c>
+      <c r="G229" s="8">
+        <v>560.5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A230" s="19"/>
+      <c r="B230" s="15"/>
+      <c r="C230" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D230" s="8">
+        <v>132.85</v>
+      </c>
+      <c r="E230" s="8">
+        <v>146.6</v>
+      </c>
+      <c r="F230" s="8">
+        <v>147.4</v>
+      </c>
+      <c r="G230" s="8">
+        <v>154.6</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A231" s="19"/>
+      <c r="B231" s="16"/>
+      <c r="C231" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D231" s="8">
+        <v>450.08</v>
+      </c>
+      <c r="E231" s="8">
+        <v>495.1</v>
+      </c>
+      <c r="F231" s="8">
+        <v>500.4</v>
+      </c>
+      <c r="G231" s="8">
+        <v>537.20000000000005</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A232" s="19"/>
+      <c r="B232" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C232" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D232" s="8">
+        <v>78.680000000000007</v>
+      </c>
+      <c r="E232" s="8">
+        <v>88.7</v>
+      </c>
+      <c r="F232" s="8">
+        <v>81.3</v>
+      </c>
+      <c r="G232" s="8">
+        <v>83.1</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A233" s="19"/>
+      <c r="B233" s="15"/>
+      <c r="C233" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D233" s="8">
+        <v>18.260000000000002</v>
+      </c>
+      <c r="E233" s="8">
+        <v>19.7</v>
+      </c>
+      <c r="F233" s="8">
+        <v>17.5</v>
+      </c>
+      <c r="G233" s="8">
+        <v>17.8</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A234" s="19"/>
+      <c r="B234" s="16"/>
+      <c r="C234" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D234" s="8">
+        <v>74.78</v>
+      </c>
+      <c r="E234" s="8">
+        <v>84</v>
+      </c>
+      <c r="F234" s="8">
+        <v>77.099999999999994</v>
+      </c>
+      <c r="G234" s="8">
+        <v>79.599999999999994</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A235" s="19"/>
+      <c r="B235" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C235" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D235" s="8">
+        <v>194.57</v>
+      </c>
+      <c r="E235" s="8">
+        <v>197.9</v>
+      </c>
+      <c r="F235" s="8">
+        <v>195.1</v>
+      </c>
+      <c r="G235" s="8">
+        <v>196.2</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A236" s="19"/>
+      <c r="B236" s="15"/>
+      <c r="C236" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D236" s="8">
+        <v>47.86</v>
+      </c>
+      <c r="E236" s="8">
         <v>35</v>
       </c>
-      <c r="C109" s="8" t="s">
-[...1754 lines deleted...]
-      <c r="D237" s="9">
+      <c r="F236" s="8">
+        <v>31.8</v>
+      </c>
+      <c r="G236" s="8">
+        <v>35.6</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A237" s="19"/>
+      <c r="B237" s="16"/>
+      <c r="C237" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D237" s="8">
         <v>184.38</v>
       </c>
-      <c r="E237" s="9">
-[...5 lines deleted...]
-      <c r="B238" s="26" t="s">
+      <c r="E237" s="8">
+        <v>190.8</v>
+      </c>
+      <c r="F237" s="8">
+        <v>187</v>
+      </c>
+      <c r="G237" s="8">
+        <v>190.6</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A238" s="19"/>
+      <c r="B238" s="14" t="s">
         <v>78</v>
       </c>
-      <c r="C238" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D238" s="9">
+      <c r="C238" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D238" s="8">
         <v>162.88999999999999</v>
       </c>
-      <c r="E238" s="9">
-[...9 lines deleted...]
-      <c r="D239" s="9">
+      <c r="E238" s="8">
+        <v>150.80000000000001</v>
+      </c>
+      <c r="F238" s="8">
+        <v>149</v>
+      </c>
+      <c r="G238" s="8">
+        <v>150.19999999999999</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A239" s="19"/>
+      <c r="B239" s="15"/>
+      <c r="C239" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D239" s="8">
         <v>35.18</v>
       </c>
-      <c r="E239" s="9">
-[...9 lines deleted...]
-      <c r="D240" s="9">
+      <c r="E239" s="8">
+        <v>28.5</v>
+      </c>
+      <c r="F239" s="8">
+        <v>22.5</v>
+      </c>
+      <c r="G239" s="8">
+        <v>19.7</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A240" s="19"/>
+      <c r="B240" s="16"/>
+      <c r="C240" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D240" s="8">
         <v>143.66999999999999</v>
       </c>
-      <c r="E240" s="9">
-[...5 lines deleted...]
-      <c r="B241" s="26" t="s">
+      <c r="E240" s="8">
+        <v>132.69999999999999</v>
+      </c>
+      <c r="F240" s="8">
+        <v>134.80000000000001</v>
+      </c>
+      <c r="G240" s="8">
+        <v>137.69999999999999</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A241" s="19"/>
+      <c r="B241" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="C241" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D241" s="9">
+      <c r="C241" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D241" s="8">
         <v>153.52000000000001</v>
       </c>
-      <c r="E241" s="9">
-[...9 lines deleted...]
-      <c r="D242" s="9">
+      <c r="E241" s="8">
+        <v>148.19999999999999</v>
+      </c>
+      <c r="F241" s="8">
+        <v>148.69999999999999</v>
+      </c>
+      <c r="G241" s="8">
+        <v>158.69999999999999</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A242" s="19"/>
+      <c r="B242" s="15"/>
+      <c r="C242" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D242" s="8">
         <v>28.49</v>
       </c>
-      <c r="E242" s="9">
-[...9 lines deleted...]
-      <c r="D243" s="9">
+      <c r="E242" s="8">
+        <v>24.4</v>
+      </c>
+      <c r="F242" s="8">
+        <v>23.5</v>
+      </c>
+      <c r="G242" s="8">
+        <v>22.9</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A243" s="19"/>
+      <c r="B243" s="16"/>
+      <c r="C243" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D243" s="8">
         <v>145.46</v>
       </c>
-      <c r="E243" s="9">
-[...5 lines deleted...]
-      <c r="B244" s="26" t="s">
+      <c r="E243" s="8">
+        <v>142.80000000000001</v>
+      </c>
+      <c r="F243" s="8">
+        <v>144.6</v>
+      </c>
+      <c r="G243" s="8">
+        <v>153.80000000000001</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A244" s="19"/>
+      <c r="B244" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="C244" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D244" s="9">
+      <c r="C244" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D244" s="8">
         <v>118.89</v>
       </c>
-      <c r="E244" s="11">
+      <c r="E244" s="8">
         <v>134.4</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D245" s="9">
+      <c r="F244" s="8">
+        <v>134.5</v>
+      </c>
+      <c r="G244" s="8">
+        <v>136.80000000000001</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A245" s="19"/>
+      <c r="B245" s="15"/>
+      <c r="C245" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D245" s="8">
         <v>30.61</v>
       </c>
-      <c r="E245" s="9">
-[...9 lines deleted...]
-      <c r="D246" s="9">
+      <c r="E245" s="8">
+        <v>31.6</v>
+      </c>
+      <c r="F245" s="8">
+        <v>28.2</v>
+      </c>
+      <c r="G245" s="8">
+        <v>28.6</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A246" s="19"/>
+      <c r="B246" s="16"/>
+      <c r="C246" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D246" s="8">
         <v>109.36</v>
       </c>
-      <c r="E246" s="9">
-[...5 lines deleted...]
-      <c r="B247" s="26" t="s">
+      <c r="E246" s="8">
+        <v>128.80000000000001</v>
+      </c>
+      <c r="F246" s="8">
+        <v>131.4</v>
+      </c>
+      <c r="G246" s="8">
+        <v>134.69999999999999</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A247" s="19"/>
+      <c r="B247" s="14" t="s">
         <v>81</v>
       </c>
-      <c r="C247" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D247" s="9">
+      <c r="C247" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D247" s="8">
         <v>161.77000000000001</v>
       </c>
-      <c r="E247" s="9">
-[...9 lines deleted...]
-      <c r="D248" s="9">
+      <c r="E247" s="8">
+        <v>167.5</v>
+      </c>
+      <c r="F247" s="8">
+        <v>172.9</v>
+      </c>
+      <c r="G247" s="8">
+        <v>183.3</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A248" s="19"/>
+      <c r="B248" s="15"/>
+      <c r="C248" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D248" s="8">
         <v>35.68</v>
       </c>
-      <c r="E248" s="9">
-[...9 lines deleted...]
-      <c r="D249" s="9">
+      <c r="E248" s="8">
+        <v>29.5</v>
+      </c>
+      <c r="F248" s="8">
+        <v>25.2</v>
+      </c>
+      <c r="G248" s="8">
+        <v>20.399999999999999</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" ht="22.5" customHeight="1">
+      <c r="A249" s="20"/>
+      <c r="B249" s="16"/>
+      <c r="C249" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D249" s="8">
         <v>148.68</v>
       </c>
-      <c r="E249" s="9">
-[...6 lines deleted...]
-        <v>91</v>
+      <c r="E249" s="8">
+        <v>159.69999999999999</v>
+      </c>
+      <c r="F249" s="8">
+        <v>164.9</v>
+      </c>
+      <c r="G249" s="8">
+        <v>178.9</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" ht="12.75" customHeight="1"/>
+    <row r="251" spans="1:7" s="3" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A251" s="17" t="s">
+        <v>90</v>
       </c>
       <c r="B251" s="6"/>
       <c r="C251" s="6"/>
       <c r="D251" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A88:A141"/>
     <mergeCell ref="A142:A204"/>
     <mergeCell ref="A205:A249"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="A10:A87"/>
     <mergeCell ref="B16:B18"/>
     <mergeCell ref="B19:B21"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>