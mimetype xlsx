--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F57F7B5F-B362-4C9D-BE6A-95E38D78E5B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04DF339F-C988-4829-9966-FE17B5752255}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="11505" yWindow="435" windowWidth="12810" windowHeight="12015" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="17">
   <si>
     <t/>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Rode Maintenance (Kms.)</t>
   </si>
   <si>
     <t>Rode Maintenancein Usuable (Kms.)</t>
   </si>
   <si>
     <t>Construction (Kms.)</t>
   </si>
@@ -108,51 +108,51 @@
         <b/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">   Note: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1. Actual distance means that people spent their time on travelling</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">                   (Rode Maintenancein Usuable the maintenance of the condition when it has been updated to meet the requirements, then it will change into Rode Maintenance) Fiscal year 2017. Rode Maintenancein has been improved to meet the standards. so there is no change.</t>
   </si>
   <si>
     <t xml:space="preserve">               2. Rode Maintenancein Usuable is The way is not quality and standards required. such as like a pit road. Waiting for the construction and renovation The Department of Highways has allocated budgets for various activities to improve the way to meet there</t>
   </si>
   <si>
-    <t>Distance by Surface Type Classification The Responsibility of The Department of Highways: Fiscal Year 2000 - 2023</t>
+    <t>Distance by Surface Type Classification The Responsibility of The Department of Highways: Fiscal Year 2000 - 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="\-"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
@@ -280,75 +280,75 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -613,53 +613,55 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="D37" sqref="D37"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.7109375" style="1" customWidth="1"/>
     <col min="2" max="15" width="10.42578125" style="1" customWidth="1"/>
     <col min="16" max="16" width="0.7109375" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -683,103 +685,103 @@
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
     </row>
     <row r="3" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
     </row>
     <row r="4" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="7" t="s">
+      <c r="A4" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="10" t="s">
+      <c r="B4" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="11"/>
-      <c r="D4" s="14" t="s">
+      <c r="C4" s="12"/>
+      <c r="D4" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="14"/>
-[...6 lines deleted...]
-      <c r="L4" s="10" t="s">
+      <c r="E4" s="15"/>
+      <c r="F4" s="15"/>
+      <c r="G4" s="15"/>
+      <c r="H4" s="15"/>
+      <c r="I4" s="15"/>
+      <c r="J4" s="15"/>
+      <c r="K4" s="15"/>
+      <c r="L4" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="M4" s="11"/>
-      <c r="N4" s="10" t="s">
+      <c r="M4" s="12"/>
+      <c r="N4" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="O4" s="11"/>
+      <c r="O4" s="12"/>
     </row>
     <row r="5" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="8"/>
-[...2 lines deleted...]
-      <c r="D5" s="14" t="s">
+      <c r="A5" s="9"/>
+      <c r="B5" s="13"/>
+      <c r="C5" s="14"/>
+      <c r="D5" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="E5" s="14"/>
-      <c r="F5" s="14" t="s">
+      <c r="E5" s="15"/>
+      <c r="F5" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="G5" s="14"/>
-      <c r="H5" s="14" t="s">
+      <c r="G5" s="15"/>
+      <c r="H5" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="I5" s="14"/>
-      <c r="J5" s="14" t="s">
+      <c r="I5" s="15"/>
+      <c r="J5" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="K5" s="14"/>
-[...3 lines deleted...]
-      <c r="O5" s="13"/>
+      <c r="K5" s="15"/>
+      <c r="L5" s="13"/>
+      <c r="M5" s="14"/>
+      <c r="N5" s="13"/>
+      <c r="O5" s="14"/>
     </row>
     <row r="6" spans="1:15" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="9"/>
+      <c r="A6" s="10"/>
       <c r="B6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J6" s="5" t="s">
@@ -1813,168 +1815,216 @@
       <c r="H28" s="3">
         <v>63.72</v>
       </c>
       <c r="I28" s="3">
         <v>63.72</v>
       </c>
       <c r="J28" s="3">
         <v>67454.710000000006</v>
       </c>
       <c r="K28" s="3">
         <v>47751.19</v>
       </c>
       <c r="L28" s="4">
         <v>0</v>
       </c>
       <c r="M28" s="4">
         <v>0</v>
       </c>
       <c r="N28" s="3">
         <v>2684.81</v>
       </c>
       <c r="O28" s="3">
         <v>1968.57</v>
       </c>
     </row>
-    <row r="29" spans="1:16" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="6">
         <v>2022</v>
       </c>
       <c r="B29" s="3">
         <v>77875</v>
       </c>
       <c r="C29" s="3">
         <v>52282</v>
       </c>
       <c r="D29" s="3">
         <v>74568</v>
       </c>
       <c r="E29" s="3">
         <v>49979</v>
       </c>
       <c r="F29" s="3">
         <v>7407</v>
       </c>
       <c r="G29" s="3">
         <v>2611</v>
       </c>
       <c r="H29" s="3">
         <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>60</v>
       </c>
       <c r="J29" s="3">
         <v>67102</v>
       </c>
       <c r="K29" s="3">
         <v>47309</v>
       </c>
       <c r="L29" s="4">
         <v>0</v>
       </c>
       <c r="M29" s="4">
         <v>0</v>
       </c>
       <c r="N29" s="3">
         <v>3307</v>
       </c>
       <c r="O29" s="3">
         <v>2302</v>
       </c>
       <c r="P29" s="1"/>
     </row>
-    <row r="30" spans="1:16" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="6">
         <v>2023</v>
       </c>
       <c r="B30" s="3">
         <v>78705</v>
       </c>
       <c r="C30" s="3">
         <v>52289</v>
       </c>
       <c r="D30" s="3">
         <v>75718</v>
       </c>
       <c r="E30" s="3">
         <v>50145</v>
       </c>
       <c r="F30" s="3">
         <v>7722</v>
       </c>
       <c r="G30" s="3">
         <v>2737</v>
       </c>
       <c r="H30" s="3">
         <v>55</v>
       </c>
       <c r="I30" s="3">
         <v>55</v>
       </c>
       <c r="J30" s="3">
         <v>67943</v>
       </c>
       <c r="K30" s="3">
         <v>47355</v>
       </c>
       <c r="L30" s="4">
         <v>0</v>
       </c>
       <c r="M30" s="4">
         <v>0</v>
       </c>
       <c r="N30" s="3">
         <v>2987</v>
       </c>
       <c r="O30" s="3">
         <v>2143</v>
       </c>
       <c r="P30" s="1"/>
     </row>
-    <row r="31" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="1" t="s">
+    <row r="31" spans="1:16" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="6">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="3">
+        <v>80174</v>
+      </c>
+      <c r="C31" s="3">
+        <v>52380</v>
+      </c>
+      <c r="D31" s="3">
+        <v>78077</v>
+      </c>
+      <c r="E31" s="3">
+        <v>51018</v>
+      </c>
+      <c r="F31" s="3">
+        <v>8671</v>
+      </c>
+      <c r="G31" s="3">
+        <v>3117</v>
+      </c>
+      <c r="H31" s="3">
+        <v>45</v>
+      </c>
+      <c r="I31" s="3">
+        <v>45</v>
+      </c>
+      <c r="J31" s="3">
+        <v>69361</v>
+      </c>
+      <c r="K31" s="3">
+        <v>47856</v>
+      </c>
+      <c r="L31" s="4">
+        <v>0</v>
+      </c>
+      <c r="M31" s="4">
+        <v>0</v>
+      </c>
+      <c r="N31" s="3">
+        <v>2097</v>
+      </c>
+      <c r="O31" s="3">
+        <v>1362</v>
+      </c>
+      <c r="P31" s="1"/>
+    </row>
+    <row r="32" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
         <v>13</v>
-      </c>
-[...3 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:C5"/>
     <mergeCell ref="L4:M5"/>
     <mergeCell ref="N4:O5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="D4:K4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>