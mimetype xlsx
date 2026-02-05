--- v0 (2025-10-26)
+++ v1 (2026-02-05)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF58321F-3040-4A87-B9DA-AEBC4701DC1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9ED6EEE-92C1-4385-8BF1-D26CD4F23A30}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="SectionElements" localSheetId="1">Metadata!$C$3</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="47">
   <si>
     <t/>
   </si>
   <si>
     <t>รวมทั้งสิ้น</t>
   </si>
   <si>
     <t>ทางบำรุง (กม.)</t>
   </si>
   <si>
     <t>ทางรักษาสภาพ (กม.)</t>
@@ -207,51 +207,51 @@
   <si>
     <t xml:space="preserve">                         (ทางรักษาสภาพ เมื่อได้รับการปรับปรุงให้มีมาตรฐานตามข้อกำหนดแล้วก็จะโอนเป็น ทางบำรุง) แต่ปีงบประมาณ2560 ทางรักษาสภาพ ได้มีการปรับปรุงทางให้มีมาตราฐานตามข้อกำหนดแล้ว จึงไม่มีการโอนเป็น ทางบำรุง</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">        ที่มา: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> กรมทางหลวง กระทรวงคมนาคม </t>
     </r>
   </si>
   <si>
-    <t>สรุปรายละเอียดลักษณะผิวทางในความรับผิดชอบของกรมทางหลวง ปีงบประมาณ 2543 - 2566</t>
+    <t>สรุปรายละเอียดลักษณะผิวทางในความรับผิดชอบของกรมทางหลวง ปีงบประมาณ 2543 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="\-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
@@ -838,54 +838,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="L1" workbookViewId="0">
+      <selection activeCell="R40" sqref="R40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="10.140625" style="1" customWidth="1"/>
     <col min="12" max="12" width="12.140625" style="1" customWidth="1"/>
     <col min="13" max="13" width="9.85546875" style="1" customWidth="1"/>
     <col min="14" max="14" width="11.7109375" style="1" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" style="1" customWidth="1"/>
     <col min="16" max="17" width="0.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="17" t="s">
@@ -2178,148 +2178,196 @@
       </c>
       <c r="I30" s="19">
         <v>55</v>
       </c>
       <c r="J30" s="19">
         <v>67943</v>
       </c>
       <c r="K30" s="19">
         <v>47355</v>
       </c>
       <c r="L30" s="20">
         <v>0</v>
       </c>
       <c r="M30" s="20">
         <v>0</v>
       </c>
       <c r="N30" s="19">
         <v>2987</v>
       </c>
       <c r="O30" s="19">
         <v>2143</v>
       </c>
       <c r="P30" s="18"/>
     </row>
     <row r="31" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="18" t="s">
-[...15 lines deleted...]
-      <c r="O31" s="18"/>
+      <c r="A31" s="22">
+        <v>2567</v>
+      </c>
+      <c r="B31" s="19">
+        <v>80174</v>
+      </c>
+      <c r="C31" s="19">
+        <v>52380</v>
+      </c>
+      <c r="D31" s="19">
+        <v>78077</v>
+      </c>
+      <c r="E31" s="19">
+        <v>51018</v>
+      </c>
+      <c r="F31" s="19">
+        <v>8671</v>
+      </c>
+      <c r="G31" s="19">
+        <v>3117</v>
+      </c>
+      <c r="H31" s="19">
+        <v>45</v>
+      </c>
+      <c r="I31" s="19">
+        <v>45</v>
+      </c>
+      <c r="J31" s="19">
+        <v>69361</v>
+      </c>
+      <c r="K31" s="19">
+        <v>47856</v>
+      </c>
+      <c r="L31" s="20">
+        <v>0</v>
+      </c>
+      <c r="M31" s="20">
+        <v>0</v>
+      </c>
+      <c r="N31" s="19">
+        <v>2097</v>
+      </c>
+      <c r="O31" s="19">
+        <v>1362</v>
+      </c>
       <c r="P31" s="18"/>
     </row>
     <row r="32" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="18" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="18"/>
       <c r="D32" s="18"/>
       <c r="E32" s="18"/>
       <c r="F32" s="18"/>
       <c r="G32" s="18"/>
       <c r="H32" s="18"/>
       <c r="I32" s="18"/>
       <c r="J32" s="18"/>
       <c r="K32" s="18"/>
       <c r="L32" s="18"/>
       <c r="M32" s="18"/>
       <c r="N32" s="18"/>
       <c r="O32" s="18"/>
       <c r="P32" s="18"/>
     </row>
     <row r="33" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B33" s="18"/>
       <c r="C33" s="18"/>
       <c r="D33" s="18"/>
       <c r="E33" s="18"/>
       <c r="F33" s="18"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
     </row>
     <row r="34" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B34" s="18"/>
       <c r="C34" s="18"/>
       <c r="D34" s="18"/>
       <c r="E34" s="18"/>
       <c r="F34" s="18"/>
       <c r="G34" s="18"/>
       <c r="H34" s="18"/>
       <c r="I34" s="18"/>
       <c r="J34" s="18"/>
       <c r="K34" s="18"/>
       <c r="L34" s="18"/>
       <c r="M34" s="18"/>
       <c r="N34" s="18"/>
       <c r="O34" s="18"/>
       <c r="P34" s="18"/>
     </row>
     <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="23" t="s">
+      <c r="A35" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B35" s="18"/>
+      <c r="C35" s="18"/>
+      <c r="D35" s="18"/>
+      <c r="E35" s="18"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+      <c r="K35" s="18"/>
+      <c r="L35" s="18"/>
+      <c r="M35" s="18"/>
+      <c r="N35" s="18"/>
+      <c r="O35" s="18"/>
+      <c r="P35" s="18"/>
+    </row>
+    <row r="36" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B35" s="23"/>
-[...13 lines deleted...]
-      <c r="P35" s="23"/>
+      <c r="B36" s="23"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="23"/>
+      <c r="G36" s="23"/>
+      <c r="H36" s="23"/>
+      <c r="I36" s="23"/>
+      <c r="J36" s="23"/>
+      <c r="K36" s="23"/>
+      <c r="L36" s="23"/>
+      <c r="M36" s="23"/>
+      <c r="N36" s="23"/>
+      <c r="O36" s="23"/>
+      <c r="P36" s="23"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:C5"/>
     <mergeCell ref="L4:M5"/>
     <mergeCell ref="N4:O5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="D4:K4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AABEDA42-E1B9-4EDE-BB4C-251D8FE5E90D}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F12" sqref="F12"/>
     </sheetView>