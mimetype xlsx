--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,79 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC4E06E4-6087-4425-BD2D-A2D62584F36D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{78ADF0E3-B1C0-4238-BB3F-F9095EF3829B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L10" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="147">
   <si>
     <t>0.1</t>
   </si>
   <si>
     <t>0.03 - 0.17</t>
   </si>
   <si>
     <t>0.09</t>
   </si>
   <si>
     <t>0/104(0.0)</t>
   </si>
   <si>
     <t>10 - 156</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>13/670(1.94)</t>
   </si>
   <si>
     <t>9 - 103</t>
   </si>
   <si>
@@ -406,129 +404,50 @@
   <si>
     <t>28/1,810(1.55)</t>
   </si>
   <si>
     <t>138/1,814(7.61)</t>
   </si>
   <si>
     <t>0/41,473(0.00)</t>
   </si>
   <si>
     <t>0/43,361(0.00)</t>
   </si>
   <si>
     <t>6/20,802(0.03)</t>
   </si>
   <si>
     <t>20/21,700(0.09)</t>
   </si>
   <si>
     <t>0/8,272(0.00)</t>
   </si>
   <si>
     <t>2/39,390(0.01)</t>
   </si>
   <si>
-    <t>No.</t>
-[...77 lines deleted...]
-  <si>
     <t>คุณภาพอากาศบริเวณริมถนนในกรุงเทพมหานคร พ.ศ. 2559 - 2563</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>0.02-0.59</t>
   </si>
   <si>
     <t>1/135(0.74)</t>
   </si>
   <si>
     <t>12 - 179</t>
   </si>
   <si>
     <t>23/1,816 (1.27)</t>
   </si>
   <si>
     <t>4 - 112</t>
   </si>
   <si>
     <t>154/1,808 (8.52)</t>
   </si>
   <si>
     <t>0.00 - 7.81</t>
@@ -549,66 +468,60 @@
     <t>0/48(0.00)</t>
   </si>
   <si>
     <t>0 - 108</t>
   </si>
   <si>
     <t>4/15,540 (0.03)</t>
   </si>
   <si>
     <t>0 - 91</t>
   </si>
   <si>
     <t>29/16,204 (0.18)</t>
   </si>
   <si>
     <t>0/4,866 (0.00)</t>
   </si>
   <si>
     <t>0 -3</t>
   </si>
   <si>
     <t>0/212 (0.00)</t>
   </si>
   <si>
     <t>0/31,982 (0.00)</t>
-  </si>
-[...4 lines deleted...]
-    <t>หมวดหมู่ข้อมูลตามธรรมภิบาลข้อมูลภาครัฐ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -637,90 +550,66 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
-    <font>
-[...16 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="12">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
@@ -773,396 +662,257 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...58 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...38 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
-    <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{0657A6FC-78FB-4830-8510-F0CBF8F648D2}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1294,1303 +1044,862 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P22"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane xSplit="1" ySplit="4" topLeftCell="M5" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
+      <selection pane="bottomRight"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.85546875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="11.42578125" style="10" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.42578125" style="10" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="7.5703125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="19" style="9" customWidth="1"/>
+    <col min="5" max="5" width="11.42578125" style="9" customWidth="1"/>
+    <col min="6" max="6" width="7.5703125" style="9" customWidth="1"/>
+    <col min="7" max="7" width="19.42578125" style="9" customWidth="1"/>
+    <col min="8" max="8" width="11.42578125" style="9" customWidth="1"/>
+    <col min="9" max="9" width="7.5703125" style="9" customWidth="1"/>
+    <col min="10" max="10" width="19.42578125" style="9" customWidth="1"/>
     <col min="11" max="16" width="16.140625" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>151</v>
+        <v>125</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="4"/>
       <c r="N1" s="4"/>
     </row>
     <row r="2" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="35" t="s">
+      <c r="A2" s="20" t="s">
         <v>78</v>
       </c>
-      <c r="B2" s="30" t="s">
+      <c r="B2" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="C2" s="31"/>
-[...1 lines deleted...]
-      <c r="E2" s="30" t="s">
+      <c r="C2" s="16"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="F2" s="31"/>
-[...1 lines deleted...]
-      <c r="H2" s="30" t="s">
+      <c r="F2" s="16"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="I2" s="31"/>
-[...1 lines deleted...]
-      <c r="K2" s="30" t="s">
+      <c r="I2" s="16"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="L2" s="31"/>
-[...5 lines deleted...]
-      <c r="P2" s="32"/>
+      <c r="L2" s="16"/>
+      <c r="M2" s="17"/>
+      <c r="N2" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="O2" s="16"/>
+      <c r="P2" s="17"/>
     </row>
     <row r="3" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="36"/>
-      <c r="B3" s="14" t="s">
+      <c r="A3" s="21"/>
+      <c r="B3" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="C3" s="14" t="s">
+      <c r="C3" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="D3" s="33" t="s">
+      <c r="D3" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="E3" s="14" t="s">
+      <c r="E3" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="F3" s="14" t="s">
+      <c r="F3" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="G3" s="33" t="s">
+      <c r="G3" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="H3" s="14" t="s">
+      <c r="H3" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="I3" s="14" t="s">
+      <c r="I3" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="J3" s="33" t="s">
+      <c r="J3" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="K3" s="14" t="s">
+      <c r="K3" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="L3" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="M3" s="33" t="s">
+      <c r="M3" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="N3" s="14" t="s">
+      <c r="N3" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="O3" s="14" t="s">
+      <c r="O3" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="P3" s="33" t="s">
+      <c r="P3" s="18" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="37"/>
-[...14 lines deleted...]
-      <c r="P4" s="34"/>
+      <c r="A4" s="22"/>
+      <c r="B4" s="14"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="19"/>
+      <c r="E4" s="14"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="19"/>
+      <c r="H4" s="14"/>
+      <c r="I4" s="14"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="14"/>
+      <c r="L4" s="14"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="14"/>
+      <c r="O4" s="14"/>
+      <c r="P4" s="19"/>
     </row>
     <row r="5" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="B5" s="11" t="s">
+      <c r="B5" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="11" t="s">
+      <c r="C5" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="11" t="s">
+      <c r="D5" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="11" t="s">
+      <c r="E5" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="F5" s="11" t="s">
+      <c r="F5" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="G5" s="11" t="s">
+      <c r="G5" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="H5" s="11" t="s">
+      <c r="H5" s="10" t="s">
         <v>85</v>
       </c>
-      <c r="I5" s="11">
+      <c r="I5" s="10">
         <v>0.1</v>
       </c>
-      <c r="J5" s="12" t="s">
+      <c r="J5" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="K5" s="12" t="s">
+      <c r="K5" s="11" t="s">
         <v>104</v>
       </c>
-      <c r="L5" s="12">
+      <c r="L5" s="11">
         <v>0.11</v>
       </c>
-      <c r="M5" s="12" t="s">
+      <c r="M5" s="11" t="s">
         <v>105</v>
       </c>
-      <c r="N5" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O5" s="12">
+      <c r="N5" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="O5" s="11">
         <v>0.11</v>
       </c>
-      <c r="P5" s="12" t="s">
-        <v>154</v>
+      <c r="P5" s="11" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="6" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="B6" s="11" t="s">
+      <c r="B6" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="11" t="s">
+      <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="11" t="s">
+      <c r="D6" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="E6" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="F6" s="11" t="s">
+      <c r="F6" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="G6" s="11" t="s">
+      <c r="G6" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="11" t="s">
+      <c r="H6" s="10" t="s">
         <v>86</v>
       </c>
-      <c r="I6" s="11">
+      <c r="I6" s="10">
         <v>58</v>
       </c>
-      <c r="J6" s="12" t="s">
+      <c r="J6" s="11" t="s">
         <v>94</v>
       </c>
-      <c r="K6" s="12" t="s">
+      <c r="K6" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="L6" s="12">
+      <c r="L6" s="11">
         <v>56</v>
       </c>
-      <c r="M6" s="12" t="s">
+      <c r="M6" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="N6" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O6" s="12">
+      <c r="N6" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="O6" s="11">
         <v>51</v>
       </c>
-      <c r="P6" s="12" t="s">
-        <v>156</v>
+      <c r="P6" s="11" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="B7" s="11" t="s">
+      <c r="B7" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="11" t="s">
+      <c r="D7" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="E7" s="13">
+      <c r="E7" s="12">
         <v>32325</v>
       </c>
-      <c r="F7" s="11" t="s">
+      <c r="F7" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="G7" s="11" t="s">
+      <c r="G7" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="H7" s="11" t="s">
+      <c r="H7" s="10" t="s">
         <v>87</v>
       </c>
-      <c r="I7" s="11">
+      <c r="I7" s="10">
         <v>29</v>
       </c>
-      <c r="J7" s="12" t="s">
+      <c r="J7" s="11" t="s">
         <v>95</v>
       </c>
-      <c r="K7" s="12" t="s">
+      <c r="K7" s="11" t="s">
         <v>107</v>
       </c>
-      <c r="L7" s="12">
+      <c r="L7" s="11">
         <v>29</v>
       </c>
-      <c r="M7" s="12" t="s">
+      <c r="M7" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="N7" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="12">
+      <c r="N7" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="O7" s="11">
         <v>26</v>
       </c>
-      <c r="P7" s="12" t="s">
-        <v>158</v>
+      <c r="P7" s="11" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="B8" s="11" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="11" t="s">
+      <c r="C8" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="D8" s="11" t="s">
+      <c r="D8" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="E8" s="11" t="s">
+      <c r="E8" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="F8" s="11" t="s">
+      <c r="F8" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="G8" s="11" t="s">
+      <c r="G8" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="H8" s="11" t="s">
+      <c r="H8" s="10" t="s">
         <v>88</v>
       </c>
-      <c r="I8" s="11">
+      <c r="I8" s="10">
         <v>1.03</v>
       </c>
-      <c r="J8" s="12" t="s">
+      <c r="J8" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="K8" s="12" t="s">
+      <c r="K8" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="L8" s="12">
+      <c r="L8" s="11">
         <v>1.1100000000000001</v>
       </c>
-      <c r="M8" s="12" t="s">
+      <c r="M8" s="11" t="s">
         <v>119</v>
       </c>
-      <c r="N8" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O8" s="12">
+      <c r="N8" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="O8" s="11">
         <v>1.05</v>
       </c>
-      <c r="P8" s="12" t="s">
-        <v>160</v>
+      <c r="P8" s="11" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="B9" s="11" t="s">
+      <c r="B9" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="C9" s="11" t="s">
+      <c r="C9" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="D9" s="11" t="s">
+      <c r="D9" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="E9" s="11" t="s">
+      <c r="E9" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="F9" s="11" t="s">
+      <c r="F9" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="G9" s="11" t="s">
+      <c r="G9" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="H9" s="11" t="s">
+      <c r="H9" s="10" t="s">
         <v>89</v>
       </c>
-      <c r="I9" s="11">
+      <c r="I9" s="10">
         <v>1.03</v>
       </c>
-      <c r="J9" s="12" t="s">
+      <c r="J9" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="K9" s="12" t="s">
+      <c r="K9" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="L9" s="12">
+      <c r="L9" s="11">
         <v>1.1100000000000001</v>
       </c>
-      <c r="M9" s="12" t="s">
+      <c r="M9" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="N9" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O9" s="12">
+      <c r="N9" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="O9" s="11">
         <v>1.05</v>
       </c>
-      <c r="P9" s="12" t="s">
-        <v>162</v>
+      <c r="P9" s="11" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="B10" s="11" t="s">
+      <c r="B10" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="11" t="s">
+      <c r="C10" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="11" t="s">
+      <c r="D10" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="E10" s="11" t="s">
+      <c r="E10" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F10" s="11" t="s">
+      <c r="F10" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="G10" s="11" t="s">
+      <c r="G10" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="H10" s="11" t="s">
+      <c r="H10" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="I10" s="11">
+      <c r="I10" s="10">
         <v>0.05</v>
       </c>
-      <c r="J10" s="12" t="s">
+      <c r="J10" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="K10" s="12" t="s">
+      <c r="K10" s="11" t="s">
         <v>110</v>
       </c>
-      <c r="L10" s="12">
+      <c r="L10" s="11">
         <f>0.18/4</f>
         <v>4.4999999999999998E-2</v>
       </c>
-      <c r="M10" s="12" t="s">
+      <c r="M10" s="11" t="s">
         <v>111</v>
       </c>
-      <c r="N10" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O10" s="12">
+      <c r="N10" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="O10" s="11">
         <v>0.05</v>
       </c>
-      <c r="P10" s="12" t="s">
-        <v>164</v>
+      <c r="P10" s="11" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="11" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="B11" s="11" t="s">
+      <c r="B11" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="C11" s="11" t="s">
+      <c r="C11" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="D11" s="11" t="s">
+      <c r="D11" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="E11" s="11" t="s">
+      <c r="E11" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F11" s="11" t="s">
+      <c r="F11" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="G11" s="11" t="s">
+      <c r="G11" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="H11" s="11" t="s">
+      <c r="H11" s="10" t="s">
         <v>102</v>
       </c>
-      <c r="I11" s="11">
+      <c r="I11" s="10">
         <v>13</v>
       </c>
-      <c r="J11" s="12" t="s">
+      <c r="J11" s="11" t="s">
         <v>98</v>
       </c>
-      <c r="K11" s="12" t="s">
+      <c r="K11" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="L11" s="12">
+      <c r="L11" s="11">
         <v>15</v>
       </c>
-      <c r="M11" s="12" t="s">
+      <c r="M11" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="N11" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O11" s="12">
+      <c r="N11" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="O11" s="11">
         <v>18</v>
       </c>
-      <c r="P11" s="12" t="s">
-        <v>166</v>
+      <c r="P11" s="11" t="s">
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="B12" s="11" t="s">
+      <c r="B12" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="11" t="s">
+      <c r="C12" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="D12" s="11" t="s">
+      <c r="D12" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="E12" s="11" t="s">
+      <c r="E12" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="F12" s="11" t="s">
+      <c r="F12" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="G12" s="11" t="s">
+      <c r="G12" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="H12" s="11" t="s">
+      <c r="H12" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="I12" s="11">
+      <c r="I12" s="10">
         <v>13</v>
       </c>
-      <c r="J12" s="12" t="s">
+      <c r="J12" s="11" t="s">
         <v>99</v>
       </c>
-      <c r="K12" s="12" t="s">
+      <c r="K12" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="L12" s="12">
+      <c r="L12" s="11">
         <v>15</v>
       </c>
-      <c r="M12" s="12" t="s">
+      <c r="M12" s="11" t="s">
         <v>122</v>
       </c>
-      <c r="N12" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O12" s="12">
+      <c r="N12" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="O12" s="11">
         <v>18</v>
       </c>
-      <c r="P12" s="12" t="s">
-        <v>168</v>
+      <c r="P12" s="11" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="13" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="B13" s="11" t="s">
+      <c r="B13" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="11" t="s">
+      <c r="C13" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="D13" s="11" t="s">
+      <c r="D13" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="E13" s="11" t="s">
+      <c r="E13" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="11" t="s">
+      <c r="F13" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="G13" s="11" t="s">
+      <c r="G13" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="H13" s="11" t="s">
+      <c r="H13" s="10" t="s">
         <v>91</v>
       </c>
-      <c r="I13" s="11">
+      <c r="I13" s="10">
         <v>2</v>
       </c>
-      <c r="J13" s="12" t="s">
+      <c r="J13" s="11" t="s">
         <v>100</v>
       </c>
-      <c r="K13" s="12" t="s">
+      <c r="K13" s="11" t="s">
         <v>31</v>
       </c>
-      <c r="L13" s="12">
+      <c r="L13" s="11">
         <v>1</v>
       </c>
-      <c r="M13" s="12" t="s">
+      <c r="M13" s="11" t="s">
         <v>123</v>
       </c>
-      <c r="N13" s="12" t="s">
+      <c r="N13" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="O13" s="12">
+      <c r="O13" s="11">
         <v>1</v>
       </c>
-      <c r="P13" s="12" t="s">
-        <v>169</v>
+      <c r="P13" s="11" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="B14" s="11" t="s">
+      <c r="B14" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="C14" s="11" t="s">
+      <c r="C14" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="11" t="s">
+      <c r="D14" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="E14" s="11" t="s">
+      <c r="E14" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="F14" s="11" t="s">
+      <c r="F14" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="G14" s="11" t="s">
+      <c r="G14" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="H14" s="11" t="s">
+      <c r="H14" s="10" t="s">
         <v>92</v>
       </c>
-      <c r="I14" s="11">
+      <c r="I14" s="10">
         <v>2</v>
       </c>
-      <c r="J14" s="12" t="s">
+      <c r="J14" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="K14" s="12" t="s">
+      <c r="K14" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="L14" s="12">
+      <c r="L14" s="11">
         <v>1</v>
       </c>
-      <c r="M14" s="12" t="s">
+      <c r="M14" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="N14" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O14" s="12">
+      <c r="N14" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="O14" s="11">
         <v>1</v>
       </c>
-      <c r="P14" s="12" t="s">
-        <v>171</v>
+      <c r="P14" s="11" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="15" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="B15" s="11" t="s">
+      <c r="B15" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="11" t="s">
+      <c r="C15" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="D15" s="11" t="s">
+      <c r="D15" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="E15" s="11" t="s">
+      <c r="E15" s="10" t="s">
         <v>56</v>
       </c>
-      <c r="F15" s="11" t="s">
+      <c r="F15" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="G15" s="11" t="s">
+      <c r="G15" s="10" t="s">
         <v>57</v>
       </c>
-      <c r="H15" s="11" t="s">
+      <c r="H15" s="10" t="s">
         <v>93</v>
       </c>
-      <c r="I15" s="11">
+      <c r="I15" s="10">
         <v>29</v>
       </c>
-      <c r="J15" s="12" t="s">
+      <c r="J15" s="11" t="s">
         <v>101</v>
       </c>
-      <c r="K15" s="12" t="s">
+      <c r="K15" s="11" t="s">
         <v>116</v>
       </c>
-      <c r="L15" s="12">
+      <c r="L15" s="11">
         <v>26</v>
       </c>
-      <c r="M15" s="12" t="s">
+      <c r="M15" s="11" t="s">
         <v>124</v>
       </c>
-      <c r="N15" s="12" t="s">
+      <c r="N15" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="O15" s="12">
+      <c r="O15" s="11">
         <v>23</v>
       </c>
-      <c r="P15" s="12" t="s">
-        <v>172</v>
+      <c r="P15" s="11" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="16" spans="1:16" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="B16" s="8"/>
-[...7 lines deleted...]
-      <c r="J16" s="8"/>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
     </row>
     <row r="17" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="B17" s="8"/>
-[...7 lines deleted...]
-      <c r="J17" s="8"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="2"/>
     </row>
     <row r="18" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B18" s="8"/>
-[...7 lines deleted...]
-      <c r="J18" s="8"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="B19" s="8"/>
-[...7 lines deleted...]
-      <c r="J19" s="8"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="B20" s="8"/>
-[...7 lines deleted...]
-      <c r="J20" s="8"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:14" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="B21" s="8"/>
-[...7 lines deleted...]
-      <c r="J21" s="8"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:14" s="5" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="9"/>
-[...7 lines deleted...]
-      <c r="J22" s="9"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="8"/>
       <c r="K22" s="7"/>
       <c r="N22" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="N2:P2"/>
     <mergeCell ref="P3:P4"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="K2:M2"/>
     <mergeCell ref="M3:M4"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="H2:J2"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="J3:J4"/>
   </mergeCells>
   <phoneticPr fontId="10" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...443 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>