--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,69 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Work\ผลปีงบ-66\Static\21 ทรัพยากรธรรมชาติ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO2020\Desktop\สำหรับเพิ่ม ลง Static\static _21\sector_21_47\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F24D717-F448-4389-88AF-D2C2CAF5D8A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2ED836F0-1340-4B30-A4F3-4A9768D0C4FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="232">
   <si>
     <t>ชายฝั่งทะเล</t>
   </si>
   <si>
     <t>ปริมาณออกซิเจน</t>
   </si>
   <si>
     <t>แบคทีเรียกลุ่ม</t>
   </si>
   <si>
     <t>ละลายน้ำ</t>
   </si>
   <si>
     <t>โคลิฟอร์ม</t>
   </si>
   <si>
     <t>มก./ล.</t>
   </si>
   <si>
     <t>เอ็มพีเอ็น/100 มล.</t>
   </si>
   <si>
     <t>ชายฝั่งทะเลของอ่าวไทยตะวันออก</t>
   </si>
   <si>
@@ -501,123 +499,50 @@
   <si>
     <t>&lt;1.8 - 220</t>
   </si>
   <si>
     <t>6.66 - 7.66</t>
   </si>
   <si>
     <t>&lt;1.8 - 8.1</t>
   </si>
   <si>
     <t>6.22 - 6.45</t>
   </si>
   <si>
     <t>6.03 - 6.52</t>
   </si>
   <si>
     <t>5.99 - 6.84</t>
   </si>
   <si>
     <t>2.98 - 6.59</t>
   </si>
   <si>
     <t>5.99 - 6.88</t>
   </si>
   <si>
-    <t>No.</t>
-[...71 lines deleted...]
-  <si>
     <t>5.75 - 6.00</t>
   </si>
   <si>
     <t>9.30 - 24,000</t>
   </si>
   <si>
     <t>6.02-7.04</t>
   </si>
   <si>
     <t>4.64 - 5.84</t>
   </si>
   <si>
     <t>41 - &gt;160,000</t>
   </si>
   <si>
     <t>5.20 - 6.11</t>
   </si>
   <si>
     <t>7.8 - 92,000</t>
   </si>
   <si>
     <t xml:space="preserve"> &gt;160,000</t>
   </si>
   <si>
     <t>6.64 - 6.76</t>
@@ -664,75 +589,63 @@
   <si>
     <t>49 - 17,000</t>
   </si>
   <si>
     <t>5.04 - 6.44</t>
   </si>
   <si>
     <t>6.8 - 1,010</t>
   </si>
   <si>
     <t>5.59 -7.16</t>
   </si>
   <si>
     <t>&lt;1.8 - 23,000</t>
   </si>
   <si>
     <t>4.49 - 6.33</t>
   </si>
   <si>
     <t>5.69 - 7.75</t>
   </si>
   <si>
     <t>23 - 4,900</t>
   </si>
   <si>
-    <t>บริเวณชายฝั่งทะเลที่สำคัญ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">            ที่มา:  กรมควบคุมมลพิษ กระทรวงทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
   </si>
   <si>
     <t>5,400 - 16,000</t>
   </si>
   <si>
-    <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
-[...4 lines deleted...]
-  <si>
     <t>คุณภาพน้ำทะเลบริเวณชายฝั่งทะเลที่สำคัญ พ.ศ. 2560 - 2564</t>
   </si>
   <si>
     <t xml:space="preserve">    หมายเหตุ:  1. ข้อมูลปี 2563 เก็บตัวอย่างฤดูฝนครั้งเดียว เนื่องจากการแพร่ระบาดของเชื้อไวรัสโคโลนา 2019 (COVID 19) ได้แก่ ชายฝั่งทะเลของอ่าวไทยตะวันออก  ชายฝั่งทะเลของอ่าวไทยตะวันตก (เพชรบุรี หาดชะอำ หาดหัวหิน) ชายฝั่งทะเลอันดามัน ( หาดป่าตอง หาดกะรน กะตะ เกาะพีพี ระนอง พังงา กระบี่)</t>
   </si>
   <si>
     <t xml:space="preserve">                     2. ข้อมูลปี 2564 ผลคุณภาพของน้ำคือค่าเฉลี่ยการเก็บรวบรวมข้อมูล จำนวน 2 ครั้ง ต่อปี โดยผลวิเคราะห์จากแล็บ (ค่าคุณภาพของน้ำขึ้นอยู่กับวิธีการและสภาพแวดล้อมที่เกิดขึ้นในช่วงเวลาที่เก็บตัวอย่าง)</t>
-  </si>
-[...1 lines deleted...]
-    <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
     <t>3.75 - 4.80</t>
   </si>
   <si>
     <t>17,620 - 81,100</t>
   </si>
   <si>
     <t>5.81 - 6.76</t>
   </si>
   <si>
     <t>131 - 245.5</t>
   </si>
   <si>
     <t>5.60 - 5.74</t>
   </si>
   <si>
     <t>112.3 - 80,120</t>
   </si>
   <si>
     <t>5.76 - 6.28</t>
   </si>
   <si>
     <t>5.9 - 168.4</t>
   </si>
@@ -807,120 +720,96 @@
   </si>
   <si>
     <t>6.38 - 6.93</t>
   </si>
   <si>
     <t>0.9 - 94</t>
   </si>
   <si>
     <t>5.69 - 6.49</t>
   </si>
   <si>
     <t>0.9 - 1,815</t>
   </si>
   <si>
     <t>6.09 - 8.95</t>
   </si>
   <si>
     <t>0.9 - 450</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="188" formatCode="0.00\ \ \ \ "/>
+    <numFmt numFmtId="164" formatCode="0.00\ \ \ \ "/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
-    <font>
-[...16 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="14">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -989,416 +878,270 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...58 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1"/>
-[...36 lines deleted...]
-    <xf numFmtId="188" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="188" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1532,1699 +1275,1162 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:K37"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="1" customWidth="1"/>
     <col min="2" max="11" width="16.85546875" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="10" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="13" t="s">
+    <row r="1" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" s="15" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="22">
+        <v>2560</v>
+      </c>
+      <c r="C2" s="24"/>
+      <c r="D2" s="22">
+        <v>2561</v>
+      </c>
+      <c r="E2" s="23"/>
+      <c r="F2" s="22">
+        <v>2562</v>
+      </c>
+      <c r="G2" s="23"/>
+      <c r="H2" s="22">
+        <v>2563</v>
+      </c>
+      <c r="I2" s="23"/>
+      <c r="J2" s="22">
+        <v>2564</v>
+      </c>
+      <c r="K2" s="23"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="26"/>
+      <c r="B3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="26"/>
+      <c r="B4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K4" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="27"/>
+      <c r="B5" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="K5" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="16"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="12"/>
+    </row>
+    <row r="7" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D7" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="G7" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="H7" s="17" t="s">
+        <v>160</v>
+      </c>
+      <c r="I7" s="18" t="s">
+        <v>161</v>
+      </c>
+      <c r="J7" s="17" t="s">
+        <v>195</v>
+      </c>
+      <c r="K7" s="18" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="D8" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G8" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="H8" s="17" t="s">
+        <v>162</v>
+      </c>
+      <c r="I8" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="J8" s="17" t="s">
+        <v>197</v>
+      </c>
+      <c r="K8" s="18" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" s="19">
+        <v>2400</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="F9" s="17" t="s">
+        <v>122</v>
+      </c>
+      <c r="G9" s="17" t="s">
+        <v>123</v>
+      </c>
+      <c r="H9" s="17">
+        <v>3.76</v>
+      </c>
+      <c r="I9" s="19">
+        <v>7000</v>
+      </c>
+      <c r="J9" s="17">
+        <v>4.92</v>
+      </c>
+      <c r="K9" s="19">
+        <v>80245</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="G10" s="17" t="s">
+        <v>125</v>
+      </c>
+      <c r="H10" s="17" t="s">
+        <v>163</v>
+      </c>
+      <c r="I10" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="J10" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="K10" s="18" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="17" t="s">
+        <v>126</v>
+      </c>
+      <c r="G11" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="H11" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="I11" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="J11" s="17" t="s">
+        <v>201</v>
+      </c>
+      <c r="K11" s="18" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="17" t="s">
+        <v>128</v>
+      </c>
+      <c r="G12" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="H12" s="17">
+        <v>5.72</v>
+      </c>
+      <c r="I12" s="18">
+        <v>790</v>
+      </c>
+      <c r="J12" s="17">
+        <v>6.73</v>
+      </c>
+      <c r="K12" s="18">
+        <v>128.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B13" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="G13" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="H13" s="17">
+        <v>6.54</v>
+      </c>
+      <c r="I13" s="18" t="s">
+        <v>167</v>
+      </c>
+      <c r="J13" s="17" t="s">
+        <v>203</v>
+      </c>
+      <c r="K13" s="18" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" s="20" t="s">
+        <v>132</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>133</v>
+      </c>
+      <c r="H14" s="20" t="s">
+        <v>168</v>
+      </c>
+      <c r="I14" s="21" t="s">
+        <v>169</v>
+      </c>
+      <c r="J14" s="20" t="s">
+        <v>205</v>
+      </c>
+      <c r="K14" s="21" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" s="17" t="s">
+        <v>134</v>
+      </c>
+      <c r="G15" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15" s="17" t="s">
+        <v>170</v>
+      </c>
+      <c r="I15" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="J15" s="17" t="s">
+        <v>207</v>
+      </c>
+      <c r="K15" s="18" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="10" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="F16" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="G16" s="17" t="s">
+        <v>136</v>
+      </c>
+      <c r="H16" s="17">
+        <v>5.22</v>
+      </c>
+      <c r="I16" s="19">
+        <v>24000</v>
+      </c>
+      <c r="J16" s="17">
+        <v>5.32</v>
+      </c>
+      <c r="K16" s="19">
+        <v>69.7</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="10" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="G17" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17" s="17">
+        <v>5.62</v>
+      </c>
+      <c r="I17" s="18">
+        <v>490</v>
+      </c>
+      <c r="J17" s="17">
+        <v>4.95</v>
+      </c>
+      <c r="K17" s="18">
+        <v>118.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="10" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="G18" s="17" t="s">
+        <v>139</v>
+      </c>
+      <c r="H18" s="17" t="s">
+        <v>171</v>
+      </c>
+      <c r="I18" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="J18" s="17">
+        <v>5.28</v>
+      </c>
+      <c r="K18" s="18">
+        <v>175.5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="10" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="17" t="s">
+        <v>140</v>
+      </c>
+      <c r="G19" s="17" t="s">
+        <v>141</v>
+      </c>
+      <c r="H19" s="17">
+        <v>6.67</v>
+      </c>
+      <c r="I19" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="J19" s="17">
+        <v>6.09</v>
+      </c>
+      <c r="K19" s="18">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="17"/>
+      <c r="C20" s="17"/>
+      <c r="D20" s="17"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="17"/>
+      <c r="I20" s="18"/>
+      <c r="J20" s="17"/>
+      <c r="K20" s="18"/>
+    </row>
+    <row r="21" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="F21" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="G21" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="H21" s="17" t="s">
+        <v>174</v>
+      </c>
+      <c r="I21" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="J21" s="17" t="s">
+        <v>209</v>
+      </c>
+      <c r="K21" s="18" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="F22" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="G22" s="17" t="s">
+        <v>145</v>
+      </c>
+      <c r="H22" s="17" t="s">
+        <v>175</v>
+      </c>
+      <c r="I22" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="J22" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="K22" s="18" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="17" t="s">
+        <v>146</v>
+      </c>
+      <c r="G23" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="H23" s="17" t="s">
+        <v>176</v>
+      </c>
+      <c r="I23" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="J23" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="K23" s="18" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="D24" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="E24" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="G24" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="H24" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="I24" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="J24" s="17" t="s">
+        <v>215</v>
+      </c>
+      <c r="K24" s="18" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="G25" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="H25" s="17" t="s">
+        <v>178</v>
+      </c>
+      <c r="I25" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="J25" s="17" t="s">
+        <v>217</v>
+      </c>
+      <c r="K25" s="18" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F26" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="G26" s="17" t="s">
+        <v>152</v>
+      </c>
+      <c r="H26" s="17" t="s">
+        <v>179</v>
+      </c>
+      <c r="I26" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="J26" s="17" t="s">
         <v>219</v>
       </c>
-    </row>
-[...173 lines deleted...]
-      <c r="H7" s="35" t="s">
+      <c r="K26" s="18" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B27" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="F27" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="G27" s="17" t="s">
+        <v>154</v>
+      </c>
+      <c r="H27" s="17" t="s">
+        <v>180</v>
+      </c>
+      <c r="I27" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="J27" s="17" t="s">
+        <v>221</v>
+      </c>
+      <c r="K27" s="18" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B28" s="17"/>
+      <c r="C28" s="17"/>
+      <c r="D28" s="17"/>
+      <c r="E28" s="17"/>
+      <c r="F28" s="17"/>
+      <c r="G28" s="17"/>
+      <c r="H28" s="17"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="17"/>
+      <c r="K28" s="18"/>
+    </row>
+    <row r="29" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" s="17" t="s">
+        <v>155</v>
+      </c>
+      <c r="G29" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H29" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="I29" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="J29" s="17" t="s">
+        <v>223</v>
+      </c>
+      <c r="K29" s="18" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B30" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D30" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="E30" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="G30" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="H30" s="17" t="s">
+        <v>183</v>
+      </c>
+      <c r="I30" s="18" t="s">
         <v>184</v>
       </c>
-      <c r="I7" s="36" t="s">
+      <c r="J30" s="17" t="s">
+        <v>224</v>
+      </c>
+      <c r="K30" s="18" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B31" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="D31" s="17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E31" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" s="17" t="s">
+        <v>157</v>
+      </c>
+      <c r="G31" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="H31" s="17" t="s">
         <v>185</v>
       </c>
-      <c r="J7" s="35" t="s">
-[...22 lines deleted...]
-      <c r="E8" s="35" t="s">
+      <c r="I31" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="J31" s="17" t="s">
+        <v>226</v>
+      </c>
+      <c r="K31" s="18" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B32" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C32" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="F8" s="35" t="s">
-[...81 lines deleted...]
-      <c r="H10" s="35" t="s">
+      <c r="F32" s="17" t="s">
+        <v>158</v>
+      </c>
+      <c r="G32" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="H32" s="17" t="s">
         <v>187</v>
       </c>
-      <c r="I10" s="36" t="s">
+      <c r="I32" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="J32" s="17" t="s">
+        <v>228</v>
+      </c>
+      <c r="K32" s="18" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B33" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="D33" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="F33" s="17" t="s">
+        <v>159</v>
+      </c>
+      <c r="G33" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H33" s="17" t="s">
         <v>188</v>
       </c>
-      <c r="J10" s="35" t="s">
-[...34 lines deleted...]
-      <c r="I11" s="36" t="s">
+      <c r="I33" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="J33" s="17" t="s">
+        <v>230</v>
+      </c>
+      <c r="K33" s="18" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="4"/>
+      <c r="B34" s="14"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="14"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="14"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="14"/>
+    </row>
+    <row r="35" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="5" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="5" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="5" t="s">
         <v>190</v>
-      </c>
-[...831 lines deleted...]
-        <v>215</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="F2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...441 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nso</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>