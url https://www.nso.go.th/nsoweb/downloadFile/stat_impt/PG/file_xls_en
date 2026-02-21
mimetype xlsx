--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,61 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25601"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8B7E27F2-787E-47AC-AC5F-57EE46C868F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2508003D-81D8-4F54-8070-F44C101FD778}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2030" yWindow="8750" windowWidth="19220" windowHeight="3380" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="61">
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Kheha Chumchon Huai Khwang Stadium, Pracha Songkhro Road</t>
   </si>
   <si>
     <t>Din Daeng Community Housing, Din Daeng Road</t>
   </si>
   <si>
     <t>MEA Substation Thonburi, Intharaphithak Road</t>
   </si>
   <si>
     <t>Phahurat Intersection, Tri petch road</t>
   </si>
   <si>
     <t>Samut Sakhon Highway Distrtrict, Krathum Baen District, Samut Sakhon</t>
   </si>
   <si>
@@ -159,69 +159,114 @@
   <si>
     <t>63.7 - 76.6</t>
   </si>
   <si>
     <t>61.1 - 74.4</t>
   </si>
   <si>
     <t>65.9 - 76.0</t>
   </si>
   <si>
     <t>68.2 - 72.5</t>
   </si>
   <si>
     <t>70.3 - 74.9</t>
   </si>
   <si>
     <t>60.2 - 68.0</t>
   </si>
   <si>
     <t>65.1 - 74.6</t>
   </si>
   <si>
     <t>63.1 - 68.8</t>
   </si>
   <si>
-    <t>Average Noise Level (Leq )With in 24 Hours on The Road Side of Bangkok And Vicinity by Monitoring Station: 2017 - 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>56.1 - 76.9</t>
   </si>
   <si>
     <t>70.1 - 84.5</t>
   </si>
   <si>
     <t>69.5 - 72.3</t>
   </si>
   <si>
     <t>67.6 - 74.9</t>
   </si>
   <si>
     <t>61.5 - 66.2</t>
   </si>
   <si>
     <t>Electricity Generating, Bang Kruai District, Nonthaburi</t>
+  </si>
+  <si>
+    <t>55.6 – 80.8</t>
+  </si>
+  <si>
+    <t>61.9 – 75.8</t>
+  </si>
+  <si>
+    <t>61.8 – 78.5</t>
+  </si>
+  <si>
+    <t>70.8 – 74.8</t>
+  </si>
+  <si>
+    <t>71.3 – 79.4</t>
+  </si>
+  <si>
+    <t>71.1 – 77.6</t>
+  </si>
+  <si>
+    <t>69.7 – 72.6</t>
+  </si>
+  <si>
+    <t>69.5 – 71.7</t>
+  </si>
+  <si>
+    <t>70.5 – 82.0</t>
+  </si>
+  <si>
+    <t>70.8 – 76.4</t>
+  </si>
+  <si>
+    <t>72.0 – 76.4</t>
+  </si>
+  <si>
+    <t>73.4 – 77.9</t>
+  </si>
+  <si>
+    <t>68.7 – 74.2</t>
+  </si>
+  <si>
+    <t>67.7 – 75.3</t>
+  </si>
+  <si>
+    <t>69.0 – 72.9</t>
+  </si>
+  <si>
+    <t>Average Noise Level (Leq )With in 24 Hours on The Road Side of Bangkok And Vicinity by Monitoring Station: 2017 - 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -296,252 +341,217 @@
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -671,247 +681,317 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G11"/>
+  <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="40.453125" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="40.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="75.54296875" style="10" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="16384" width="40.453125" style="10"/>
+    <col min="1" max="1" width="75.5703125" style="1" customWidth="1"/>
+    <col min="2" max="6" width="14.7109375" style="1" customWidth="1"/>
+    <col min="7" max="9" width="14" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="40.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      </c>
+    <row r="1" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
     </row>
-    <row r="2" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="11" t="s">
+    <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="B2" s="11"/>
-[...1 lines deleted...]
-      <c r="D2" s="11"/>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
     </row>
-    <row r="3" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="3">
         <v>2019</v>
       </c>
       <c r="E3" s="3">
         <v>2020</v>
       </c>
       <c r="F3" s="3">
         <v>2021</v>
       </c>
+      <c r="G3" s="3">
+        <v>2022</v>
+      </c>
+      <c r="H3" s="3">
+        <v>2023</v>
+      </c>
+      <c r="I3" s="3">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="4" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="6" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="9" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>2</v>
       </c>
+      <c r="G9" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>2</v>
       </c>
     </row>
-    <row r="11" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="13" t="s">
+    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="13"/>
-[...1 lines deleted...]
-      <c r="D11" s="13"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="11"/>
+      <c r="D11" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>