--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,63 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{021A66C3-9774-4531-95BB-582DE4E1692C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="53">
   <si>
     <t>สถานการณ์วาตภัย</t>
   </si>
   <si>
     <t>พื้นที่ประสบภัย</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
@@ -198,219 +197,114 @@
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">        ที่มา: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>กรมป้องกันและบรรเทาสาธารณภัย กระทรวงมหาดไทย</t>
     </r>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>No.</t>
-[...77 lines deleted...]
-  <si>
     <t>2562</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>เรือประมง เรืออื่น ๆ (ลำ)</t>
   </si>
   <si>
     <t>สรุปสถานการณ์วาตภัยของประเทศไทย พ.ศ. 2552 - 2563</t>
-  </si>
-[...4 lines deleted...]
-    <t>หมวดหมู่ข้อมูลตามธรรมภิบาลข้อมูลภาครัฐ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b/>
-[...12 lines deleted...]
-      <color theme="10"/>
+      <sz val="8"/>
       <name val="Calibri"/>
-      <family val="2"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="11">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
@@ -450,353 +344,246 @@
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...58 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
-    </xf>
-[...38 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="3">
-[...2 lines deleted...]
-    <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
+  <cellStyles count="2">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -929,2024 +716,1569 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N38"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:N37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.28515625" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="15" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="18.28515625" customWidth="1"/>
+    <col min="2" max="2" width="22.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="10.85546875" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="9.85546875" customWidth="1"/>
+    <col min="9" max="9" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.85546875" customWidth="1"/>
+    <col min="11" max="12" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="9.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="9" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="9"/>
+      <c r="A1" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+      <c r="J1" s="8"/>
     </row>
     <row r="2" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="15" t="s">
+      <c r="A2" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="15" t="s">
+      <c r="C2" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="15" t="s">
+      <c r="D2" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="15" t="s">
+      <c r="E2" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="F2" s="15" t="s">
+      <c r="F2" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="15" t="s">
+      <c r="G2" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="H2" s="15" t="s">
+      <c r="H2" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="I2" s="15" t="s">
+      <c r="I2" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="J2" s="16" t="s">
+      <c r="J2" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="K2" s="16" t="s">
+      <c r="K2" s="14" t="s">
         <v>47</v>
       </c>
-      <c r="L2" s="16" t="s">
+      <c r="L2" s="14" t="s">
         <v>48</v>
       </c>
-      <c r="M2" s="16" t="s">
+      <c r="M2" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="N2" s="14" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="1"/>
+      <c r="C3" s="2">
+        <v>1348</v>
+      </c>
+      <c r="D3" s="2">
+        <v>2192</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" s="2">
+        <v>401</v>
+      </c>
+      <c r="G3" s="2">
+        <v>487</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K3" s="4">
+        <v>1768</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="2">
+        <v>68</v>
+      </c>
+      <c r="D4" s="2">
+        <v>69</v>
+      </c>
+      <c r="E4" s="2">
+        <v>69</v>
+      </c>
+      <c r="F4" s="2">
+        <v>68</v>
+      </c>
+      <c r="G4" s="2">
+        <v>66</v>
+      </c>
+      <c r="H4" s="2">
+        <v>71</v>
+      </c>
+      <c r="I4" s="2">
+        <v>70</v>
+      </c>
+      <c r="J4" s="5">
+        <v>72</v>
+      </c>
+      <c r="K4" s="5">
+        <v>69</v>
+      </c>
+      <c r="L4" s="5">
         <v>75</v>
       </c>
-      <c r="N2" s="16" t="s">
+      <c r="M4" s="5">
+        <v>70</v>
+      </c>
+      <c r="N4" s="5">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="18"/>
+      <c r="B5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="2">
+        <v>648</v>
+      </c>
+      <c r="D5" s="2">
+        <v>626</v>
+      </c>
+      <c r="E5" s="2">
+        <v>604</v>
+      </c>
+      <c r="F5" s="2">
+        <v>541</v>
+      </c>
+      <c r="G5" s="2">
+        <v>409</v>
+      </c>
+      <c r="H5" s="2">
+        <v>375</v>
+      </c>
+      <c r="I5" s="2">
+        <v>652</v>
+      </c>
+      <c r="J5" s="5">
+        <v>512</v>
+      </c>
+      <c r="K5" s="5">
+        <v>670</v>
+      </c>
+      <c r="L5" s="5">
+        <v>757</v>
+      </c>
+      <c r="M5" s="5">
+        <v>734</v>
+      </c>
+      <c r="N5" s="5">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="18"/>
+      <c r="B6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="18"/>
+      <c r="B7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="2">
+        <v>2529</v>
+      </c>
+      <c r="D7" s="2">
+        <v>1479</v>
+      </c>
+      <c r="E7" s="2">
+        <v>1353</v>
+      </c>
+      <c r="F7" s="2">
+        <v>829</v>
+      </c>
+      <c r="G7" s="2">
+        <v>1129</v>
+      </c>
+      <c r="H7" s="2">
+        <v>1540</v>
+      </c>
+      <c r="I7" s="2">
+        <v>3180</v>
+      </c>
+      <c r="J7" s="5">
+        <v>2456</v>
+      </c>
+      <c r="K7" s="5">
+        <v>2922</v>
+      </c>
+      <c r="L7" s="5">
+        <v>3404</v>
+      </c>
+      <c r="M7" s="5">
+        <v>3329</v>
+      </c>
+      <c r="N7" s="5">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="19"/>
+      <c r="B8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="2">
+        <v>8830</v>
+      </c>
+      <c r="D8" s="2">
+        <v>11061</v>
+      </c>
+      <c r="E8" s="2">
+        <v>3379</v>
+      </c>
+      <c r="F8" s="2">
+        <v>1903</v>
+      </c>
+      <c r="G8" s="2">
+        <v>3845</v>
+      </c>
+      <c r="H8" s="2">
+        <v>7091</v>
+      </c>
+      <c r="I8" s="2">
+        <v>13872</v>
+      </c>
+      <c r="J8" s="5">
+        <v>7570</v>
+      </c>
+      <c r="K8" s="5">
+        <v>11484</v>
+      </c>
+      <c r="L8" s="5">
+        <v>17478</v>
+      </c>
+      <c r="M8" s="5">
+        <v>23755</v>
+      </c>
+      <c r="N8" s="5">
+        <v>19426</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="2">
+        <v>360152</v>
+      </c>
+      <c r="D9" s="2">
+        <v>407271</v>
+      </c>
+      <c r="E9" s="2">
+        <v>183543</v>
+      </c>
+      <c r="F9" s="2">
+        <v>26182</v>
+      </c>
+      <c r="G9" s="2">
+        <v>133423</v>
+      </c>
+      <c r="H9" s="2">
+        <v>107299</v>
+      </c>
+      <c r="I9" s="2">
+        <v>354957</v>
+      </c>
+      <c r="J9" s="5">
+        <v>115207</v>
+      </c>
+      <c r="K9" s="5">
+        <v>151851</v>
+      </c>
+      <c r="L9" s="5">
+        <v>199086</v>
+      </c>
+      <c r="M9" s="5">
+        <v>1028647</v>
+      </c>
+      <c r="N9" s="5">
+        <v>293449</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="18"/>
+      <c r="B10" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="2">
+        <v>110357</v>
+      </c>
+      <c r="D10" s="2">
+        <v>126866</v>
+      </c>
+      <c r="E10" s="2">
+        <v>114426</v>
+      </c>
+      <c r="F10" s="2">
+        <v>30968</v>
+      </c>
+      <c r="G10" s="2">
+        <v>55651</v>
+      </c>
+      <c r="H10" s="2">
+        <v>38291</v>
+      </c>
+      <c r="I10" s="2">
+        <v>142184</v>
+      </c>
+      <c r="J10" s="5">
+        <v>53473</v>
+      </c>
+      <c r="K10" s="5">
+        <v>58127</v>
+      </c>
+      <c r="L10" s="5">
+        <v>94446</v>
+      </c>
+      <c r="M10" s="5">
+        <v>380507</v>
+      </c>
+      <c r="N10" s="5">
+        <v>131647</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="18"/>
+      <c r="B11" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="2">
+        <v>24</v>
+      </c>
+      <c r="D11" s="2">
+        <v>30</v>
+      </c>
+      <c r="E11" s="2">
+        <v>40</v>
+      </c>
+      <c r="F11" s="2">
+        <v>14</v>
+      </c>
+      <c r="G11" s="2">
+        <v>24</v>
+      </c>
+      <c r="H11" s="2">
+        <v>7</v>
+      </c>
+      <c r="I11" s="2">
+        <v>67</v>
+      </c>
+      <c r="J11" s="5">
+        <v>11</v>
+      </c>
+      <c r="K11" s="5">
+        <v>19</v>
+      </c>
+      <c r="L11" s="5">
+        <v>29</v>
+      </c>
+      <c r="M11" s="5">
+        <v>46</v>
+      </c>
+      <c r="N11" s="5">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="18"/>
+      <c r="B12" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="2">
+        <v>26</v>
+      </c>
+      <c r="D12" s="2">
+        <v>174</v>
+      </c>
+      <c r="E12" s="2">
+        <v>32</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" s="2">
+        <v>28</v>
+      </c>
+      <c r="H12" s="2">
+        <v>38</v>
+      </c>
+      <c r="I12" s="2">
+        <v>68</v>
+      </c>
+      <c r="J12" s="5">
+        <v>12</v>
+      </c>
+      <c r="K12" s="5">
+        <v>24</v>
+      </c>
+      <c r="L12" s="5">
+        <v>37</v>
+      </c>
+      <c r="M12" s="5">
+        <v>43</v>
+      </c>
+      <c r="N12" s="5">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="18"/>
+      <c r="B13" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C13" s="2">
+        <v>394</v>
+      </c>
+      <c r="D13" s="2">
+        <v>2438</v>
+      </c>
+      <c r="E13" s="2">
+        <v>199</v>
+      </c>
+      <c r="F13" s="2">
+        <v>6</v>
+      </c>
+      <c r="G13" s="2">
+        <v>294</v>
+      </c>
+      <c r="H13" s="2">
+        <v>25</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J13" s="5">
+        <v>126</v>
+      </c>
+      <c r="K13" s="5">
+        <v>53</v>
+      </c>
+      <c r="L13" s="5">
+        <v>50622</v>
+      </c>
+      <c r="M13" s="5">
+        <v>41193</v>
+      </c>
+      <c r="N13" s="5">
+        <v>7919</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="18"/>
+      <c r="B14" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="2">
+        <v>70401</v>
+      </c>
+      <c r="D14" s="2">
+        <v>78384</v>
+      </c>
+      <c r="E14" s="2">
+        <v>67009</v>
+      </c>
+      <c r="F14" s="2">
+        <v>223</v>
+      </c>
+      <c r="G14" s="2">
+        <v>49562</v>
+      </c>
+      <c r="H14" s="2">
+        <v>59041</v>
+      </c>
+      <c r="I14" s="2">
+        <v>1730</v>
+      </c>
+      <c r="J14" s="5">
+        <v>20143</v>
+      </c>
+      <c r="K14" s="5">
+        <v>47021</v>
+      </c>
+      <c r="L14" s="5">
+        <v>72385</v>
+      </c>
+      <c r="M14" s="5">
+        <v>140417</v>
+      </c>
+      <c r="N14" s="5">
+        <v>112050</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="18"/>
+      <c r="B15" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L15" s="5">
+        <v>1</v>
+      </c>
+      <c r="M15" s="5">
+        <v>18</v>
+      </c>
+      <c r="N15" s="5">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="18"/>
+      <c r="B16" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J16" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L16" s="4">
+        <v>37</v>
+      </c>
+      <c r="M16" s="4">
+        <v>63</v>
+      </c>
+      <c r="N16" s="4">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="18"/>
+      <c r="B17" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="2">
+        <v>172</v>
+      </c>
+      <c r="D17" s="2">
         <v>76</v>
       </c>
-    </row>
-[...46 lines deleted...]
-      <c r="B4" s="2" t="s">
+      <c r="E17" s="2">
+        <v>44</v>
+      </c>
+      <c r="F17" s="2">
+        <v>31</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17" s="2">
+        <v>92</v>
+      </c>
+      <c r="I17" s="2">
+        <v>188</v>
+      </c>
+      <c r="J17" s="5">
+        <v>49</v>
+      </c>
+      <c r="K17" s="5">
+        <v>152</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M17" s="4">
+        <v>481</v>
+      </c>
+      <c r="N17" s="4">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="18"/>
+      <c r="B18" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" s="2">
+        <v>2017</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J18" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K18" s="4">
+        <v>102</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M18" s="4"/>
+      <c r="N18" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="18"/>
+      <c r="B19" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" s="2">
+        <v>139391</v>
+      </c>
+      <c r="D19" s="2">
+        <v>105027</v>
+      </c>
+      <c r="E19" s="2">
+        <v>118121</v>
+      </c>
+      <c r="F19" s="2">
+        <v>7021</v>
+      </c>
+      <c r="G19" s="2">
+        <v>34814.85</v>
+      </c>
+      <c r="H19" s="2">
+        <v>21194</v>
+      </c>
+      <c r="I19" s="2">
+        <v>48635</v>
+      </c>
+      <c r="J19" s="5">
+        <v>7247</v>
+      </c>
+      <c r="K19" s="5">
+        <v>22332.7</v>
+      </c>
+      <c r="L19" s="5">
+        <v>111166</v>
+      </c>
+      <c r="M19" s="5">
+        <v>12710</v>
+      </c>
+      <c r="N19" s="5">
+        <v>19917</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="18"/>
+      <c r="B20" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C20" s="2">
+        <v>207373975</v>
+      </c>
+      <c r="D20" s="2">
+        <v>198845310</v>
+      </c>
+      <c r="E20" s="2">
+        <v>109108824</v>
+      </c>
+      <c r="F20" s="2">
+        <v>6758582</v>
+      </c>
+      <c r="G20" s="2">
+        <v>77545750.930000007</v>
+      </c>
+      <c r="H20" s="2">
+        <v>59956266</v>
+      </c>
+      <c r="I20" s="2">
+        <v>168173272</v>
+      </c>
+      <c r="J20" s="5">
+        <v>58019632</v>
+      </c>
+      <c r="K20" s="5">
+        <v>54378206.799999997</v>
+      </c>
+      <c r="L20" s="5">
+        <v>5345461</v>
+      </c>
+      <c r="M20" s="5">
+        <v>130087883</v>
+      </c>
+      <c r="N20" s="5">
+        <v>76386521</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="18"/>
+      <c r="B21" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M21" s="4">
+        <v>5</v>
+      </c>
+      <c r="N21" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="18"/>
+      <c r="B22" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" s="2">
+        <v>15</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M22" s="4">
+        <v>128</v>
+      </c>
+      <c r="N22" s="4">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="18"/>
+      <c r="B23" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" s="2">
+        <v>77</v>
+      </c>
+      <c r="H23" s="2">
+        <v>214</v>
+      </c>
+      <c r="I23" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J23" s="5">
+        <v>306</v>
+      </c>
+      <c r="K23" s="5">
+        <v>752</v>
+      </c>
+      <c r="L23" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M23" s="5">
+        <v>1842</v>
+      </c>
+      <c r="N23" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="18"/>
+      <c r="B24" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G24" s="2">
+        <v>42</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I24" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K24" s="5">
+        <v>131</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N24" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="18"/>
+      <c r="B25" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G25" s="2">
+        <v>43</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I25" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N25" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="18"/>
+      <c r="B26" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" s="2">
+        <v>21</v>
+      </c>
+      <c r="G26" s="2">
+        <v>211</v>
+      </c>
+      <c r="H26" s="2">
         <v>11</v>
       </c>
-      <c r="C4" s="3">
-[...20 lines deleted...]
-      <c r="J4" s="6">
+      <c r="I26" s="2">
+        <v>9</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K26" s="5">
+        <v>24</v>
+      </c>
+      <c r="L26" s="5">
         <v>72</v>
       </c>
-      <c r="K4" s="6">
-[...277 lines deleted...]
-      <c r="E11" s="3">
+      <c r="M26" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N26" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="18"/>
+      <c r="B27" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G27" s="2">
+        <v>170</v>
+      </c>
+      <c r="H27" s="2">
+        <v>64</v>
+      </c>
+      <c r="I27" s="2">
+        <v>1115</v>
+      </c>
+      <c r="J27" s="5">
+        <v>506</v>
+      </c>
+      <c r="K27" s="5">
+        <v>796</v>
+      </c>
+      <c r="L27" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M27" s="5">
+        <v>3881</v>
+      </c>
+      <c r="N27" s="4">
+        <v>3334</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="18"/>
+      <c r="B28" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" s="2">
+        <v>49</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I28" s="2">
+        <v>1098</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K28" s="5">
+        <v>628</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M28" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N28" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="18"/>
+      <c r="B29" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G29" s="2">
+        <v>23</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I29" s="2">
+        <v>291</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" s="5">
+        <v>326</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M29" s="4">
+        <v>271</v>
+      </c>
+      <c r="N29" s="4">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="18"/>
+      <c r="B30" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G30" s="2">
+        <v>2</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I30" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M30" s="4">
+        <v>35</v>
+      </c>
+      <c r="N30" s="4">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="18"/>
+      <c r="B31" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G31" s="2">
+        <v>3299</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I31" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K31" s="5">
+        <v>11702</v>
+      </c>
+      <c r="L31" s="5">
+        <v>15882</v>
+      </c>
+      <c r="M31" s="5">
+        <v>30104</v>
+      </c>
+      <c r="N31" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="19"/>
+      <c r="B32" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K32" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L32" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M32" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N32" s="4">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="F11" s="3">
-[...20 lines deleted...]
-      <c r="M11" s="6">
+      <c r="B33" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M33" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N33" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="18"/>
+      <c r="B34" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K34" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L34" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M34" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N34" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="19"/>
+      <c r="B35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C35" s="7">
+        <v>225326447</v>
+      </c>
+      <c r="D35" s="7">
+        <v>326035258</v>
+      </c>
+      <c r="E35" s="7">
+        <v>156474884</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="I35" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="J35" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K35" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="L35" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="M35" s="15">
+        <v>81397837</v>
+      </c>
+      <c r="N35" s="15">
+        <v>39615457</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B36" s="10"/>
+      <c r="C36" s="11"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="11"/>
+      <c r="F36" s="11"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="12"/>
+    </row>
+    <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="N11" s="6">
-[...1049 lines deleted...]
-      <c r="J38" s="11"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="9"/>
+      <c r="D37" s="9"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="9"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A33:A35"/>
     <mergeCell ref="A4:A8"/>
     <mergeCell ref="A9:A32"/>
   </mergeCells>
+  <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-</worksheet>
-[...441 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>เวิร์กชีต</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>