--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,64 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25427"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C258C77-13A2-4865-B04E-3BEFC37DB1A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16E4E38D-8735-4FE0-8BD3-CB6E28D39229}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <si>
     <t>สถานการณ์อุทกภัย</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
@@ -242,283 +239,181 @@
     <t>รถผลิตน้ำดื่ม (คัน)</t>
   </si>
   <si>
     <t>ห้องน้ำ</t>
   </si>
   <si>
     <t>เสื้อชูชีพ (ตัว)</t>
   </si>
   <si>
     <t>รองเท้าบู๊ท (คู่)</t>
   </si>
   <si>
     <t>ยารักษาโรค (ชุด)</t>
   </si>
   <si>
     <t>กระสอบทราย (ใบ)</t>
   </si>
   <si>
     <t>เจ้าหน้าที่/อาสาสมัคร (คน)</t>
   </si>
   <si>
     <t>รถไฟส่องสว่าง (คัน)</t>
   </si>
   <si>
     <t>สรุปสถานการณ์อุทกภัยของประเทศไทย พ.ศ.2552-2563</t>
-  </si>
-[...83 lines deleted...]
-    <t>License not specified</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">หมายเหตุ:  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> -  ไม่มีข้อมูล หรือข้อมูลมีค่าเป็น 0</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t xml:space="preserve">       ที่มา:</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Helvetica"/>
       </rPr>
       <t xml:space="preserve">    กรมป้องกันและบรรเทาสาธารณภัย กระทรวงมหาดไทย</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="187" formatCode="\-"/>
+    <numFmt numFmtId="164" formatCode="\-"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...9 lines deleted...]
-    <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="11">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
@@ -554,385 +449,254 @@
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...58 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="187" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="187" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...56 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{EC8F4922-D43A-4D02-8E76-C0D5654F471F}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{B6A767F9-348E-4599-896A-EC7496722AF2}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{47FA191F-665C-42CD-A3CB-BFA574787649}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1060,3087 +824,2633 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O63"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.28515625" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" customWidth="1"/>
     <col min="4" max="4" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
     <col min="6" max="6" width="12.140625" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" customWidth="1"/>
     <col min="9" max="9" width="9.85546875" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" customWidth="1"/>
     <col min="12" max="12" width="9.85546875" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" customWidth="1"/>
     <col min="14" max="14" width="9.85546875" customWidth="1"/>
     <col min="15" max="16" width="0.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+      <c r="A1" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="B1" s="15"/>
-[...12 lines deleted...]
-      <c r="O1" s="15"/>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="11"/>
+      <c r="L1" s="11"/>
+      <c r="M1" s="11"/>
+      <c r="N1" s="11"/>
+      <c r="O1" s="11"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A2" s="13" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="13" t="s">
+      <c r="A2" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="13" t="s">
+      <c r="C2" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="13" t="s">
+      <c r="D2" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="13" t="s">
+      <c r="E2" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F2" s="13" t="s">
+      <c r="F2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="13" t="s">
+      <c r="G2" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="H2" s="13" t="s">
+      <c r="H2" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="I2" s="13" t="s">
+      <c r="I2" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="J2" s="13" t="s">
+      <c r="J2" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="K2" s="13" t="s">
+      <c r="K2" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="L2" s="13" t="s">
+      <c r="L2" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="M2" s="13" t="s">
+      <c r="M2" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="N2" s="14" t="s">
+      <c r="N2" s="10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="3">
         <v>5</v>
       </c>
       <c r="D3" s="3">
         <v>7</v>
       </c>
       <c r="E3" s="3">
         <v>4</v>
       </c>
       <c r="F3" s="3">
         <v>3</v>
       </c>
       <c r="G3" s="3">
         <v>4</v>
       </c>
       <c r="H3" s="3">
         <v>4</v>
       </c>
       <c r="I3" s="3">
         <v>4</v>
       </c>
       <c r="J3" s="3">
         <v>6</v>
       </c>
       <c r="K3" s="3">
         <v>7</v>
       </c>
       <c r="L3" s="3">
         <v>5</v>
       </c>
       <c r="M3" s="6">
         <v>0</v>
       </c>
-      <c r="N3" s="16">
+      <c r="N3" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A4" s="9" t="s">
+      <c r="A4" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="3">
         <v>64</v>
       </c>
       <c r="D4" s="3">
         <v>74</v>
       </c>
       <c r="E4" s="3">
         <v>74</v>
       </c>
       <c r="F4" s="3">
         <v>47</v>
       </c>
       <c r="G4" s="3">
         <v>74</v>
       </c>
       <c r="H4" s="3">
         <v>58</v>
       </c>
       <c r="I4" s="3">
         <v>49</v>
       </c>
       <c r="J4" s="3">
         <v>62</v>
       </c>
       <c r="K4" s="3">
         <v>68</v>
       </c>
       <c r="L4" s="3">
         <v>66</v>
       </c>
       <c r="M4" s="3">
         <v>60</v>
       </c>
       <c r="N4" s="5">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A5" s="10"/>
+      <c r="A5" s="17"/>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>683</v>
       </c>
       <c r="D5" s="3">
         <v>823</v>
       </c>
       <c r="E5" s="3">
         <v>844</v>
       </c>
       <c r="F5" s="3">
         <v>328</v>
       </c>
       <c r="G5" s="3">
         <v>721</v>
       </c>
       <c r="H5" s="3">
         <v>440</v>
       </c>
       <c r="I5" s="3">
         <v>241</v>
       </c>
       <c r="J5" s="3">
         <v>525</v>
       </c>
       <c r="K5" s="3">
         <v>698</v>
       </c>
       <c r="L5" s="3">
         <v>420</v>
       </c>
       <c r="M5" s="3">
         <v>393</v>
       </c>
       <c r="N5" s="5">
         <v>523</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A6" s="10"/>
+      <c r="A6" s="17"/>
       <c r="B6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="6">
         <v>0</v>
       </c>
       <c r="D6" s="6">
         <v>0</v>
       </c>
       <c r="E6" s="6">
         <v>0</v>
       </c>
       <c r="F6" s="6">
         <v>0</v>
       </c>
       <c r="G6" s="4"/>
       <c r="H6" s="6">
         <v>0</v>
       </c>
       <c r="I6" s="6">
         <v>0</v>
       </c>
       <c r="J6" s="6">
         <v>0</v>
       </c>
       <c r="K6" s="6">
         <v>0</v>
       </c>
       <c r="L6" s="6">
         <v>0</v>
       </c>
       <c r="M6" s="6">
         <v>0</v>
       </c>
       <c r="N6" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A7" s="10"/>
+      <c r="A7" s="17"/>
       <c r="B7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
         <v>4344</v>
       </c>
       <c r="D7" s="3">
         <v>5887</v>
       </c>
       <c r="E7" s="3">
         <v>5919</v>
       </c>
       <c r="F7" s="3">
         <v>1866</v>
       </c>
       <c r="G7" s="3">
         <v>4579</v>
       </c>
       <c r="H7" s="3">
         <v>2249</v>
       </c>
       <c r="I7" s="3">
         <v>964</v>
       </c>
       <c r="J7" s="3">
         <v>3020</v>
       </c>
       <c r="K7" s="3">
         <v>4599</v>
       </c>
       <c r="L7" s="3">
         <v>1852</v>
       </c>
       <c r="M7" s="3">
         <v>1980</v>
       </c>
       <c r="N7" s="5">
         <v>2372</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A8" s="10"/>
+      <c r="A8" s="17"/>
       <c r="B8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
         <v>33847</v>
       </c>
       <c r="D8" s="3">
         <v>48488</v>
       </c>
       <c r="E8" s="3">
         <v>53380</v>
       </c>
       <c r="F8" s="3">
         <v>12016</v>
       </c>
       <c r="G8" s="3">
         <v>35765</v>
       </c>
       <c r="H8" s="3">
         <v>15044</v>
       </c>
       <c r="I8" s="3">
         <v>5736</v>
       </c>
       <c r="J8" s="3">
         <v>21170</v>
       </c>
       <c r="K8" s="3">
         <v>39769</v>
       </c>
       <c r="L8" s="3">
         <v>14964</v>
       </c>
       <c r="M8" s="3">
         <v>16085</v>
       </c>
       <c r="N8" s="5">
         <v>17764</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A9" s="9" t="s">
+      <c r="A9" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
         <v>8881758</v>
       </c>
       <c r="D9" s="3">
         <v>13485963</v>
       </c>
       <c r="E9" s="3">
         <v>16224302</v>
       </c>
       <c r="F9" s="3">
         <v>2353027</v>
       </c>
       <c r="G9" s="3">
         <v>5923380</v>
       </c>
       <c r="H9" s="3">
         <v>1810748</v>
       </c>
       <c r="I9" s="3">
         <v>885915</v>
       </c>
       <c r="J9" s="3">
         <v>1128447</v>
       </c>
       <c r="K9" s="3">
         <v>3678474</v>
       </c>
       <c r="L9" s="3">
         <v>1009289</v>
       </c>
       <c r="M9" s="3">
         <v>1593434</v>
       </c>
       <c r="N9" s="5">
         <v>3132931</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A10" s="10"/>
+      <c r="A10" s="17"/>
       <c r="B10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="3">
         <v>2308969</v>
       </c>
       <c r="D10" s="3">
         <v>3917333</v>
       </c>
       <c r="E10" s="3">
         <v>5247125</v>
       </c>
       <c r="F10" s="3">
         <v>733281</v>
       </c>
       <c r="G10" s="3">
         <v>1907472</v>
       </c>
       <c r="H10" s="3">
         <v>601796</v>
       </c>
       <c r="I10" s="3">
         <v>211360</v>
       </c>
       <c r="J10" s="3">
         <v>423176</v>
       </c>
       <c r="K10" s="3">
         <v>1333791</v>
       </c>
       <c r="L10" s="3">
         <v>418338</v>
       </c>
       <c r="M10" s="3">
         <v>614666</v>
       </c>
       <c r="N10" s="5">
         <v>1198934</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A11" s="10"/>
+      <c r="A11" s="17"/>
       <c r="B11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="3">
         <v>53</v>
       </c>
       <c r="D11" s="3">
         <v>266</v>
       </c>
       <c r="E11" s="3">
         <v>1026</v>
       </c>
       <c r="F11" s="3">
         <v>14</v>
       </c>
       <c r="G11" s="3">
         <v>134</v>
       </c>
       <c r="H11" s="3">
         <v>31</v>
       </c>
       <c r="I11" s="3">
         <v>11</v>
       </c>
       <c r="J11" s="3">
         <v>17</v>
       </c>
       <c r="K11" s="3">
         <v>152</v>
       </c>
       <c r="L11" s="3">
         <v>23</v>
       </c>
       <c r="M11" s="3">
         <v>18</v>
       </c>
       <c r="N11" s="5">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A12" s="10"/>
+      <c r="A12" s="17"/>
       <c r="B12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="3">
         <v>22</v>
       </c>
       <c r="D12" s="3">
         <v>1665</v>
       </c>
       <c r="E12" s="3">
         <v>33</v>
       </c>
       <c r="F12" s="6">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>17</v>
       </c>
       <c r="H12" s="3">
         <v>8</v>
       </c>
       <c r="I12" s="6">
         <v>0</v>
       </c>
       <c r="J12" s="3">
         <v>5</v>
       </c>
       <c r="K12" s="3">
         <v>1</v>
       </c>
       <c r="L12" s="3">
         <v>12</v>
       </c>
       <c r="M12" s="3">
         <v>5</v>
       </c>
       <c r="N12" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A13" s="10"/>
+      <c r="A13" s="17"/>
       <c r="B13" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="3">
         <v>176</v>
       </c>
       <c r="D13" s="3">
         <v>21172</v>
       </c>
       <c r="E13" s="3">
         <v>2632</v>
       </c>
       <c r="F13" s="3">
         <v>90</v>
       </c>
       <c r="G13" s="3">
         <v>396</v>
       </c>
       <c r="H13" s="3">
         <v>80</v>
       </c>
       <c r="I13" s="3">
         <v>33</v>
       </c>
       <c r="J13" s="3">
         <v>768</v>
       </c>
       <c r="K13" s="3">
         <v>987</v>
       </c>
       <c r="L13" s="3">
         <v>2632</v>
       </c>
       <c r="M13" s="3">
         <v>13331</v>
       </c>
       <c r="N13" s="5">
         <v>15569</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A14" s="10"/>
+      <c r="A14" s="17"/>
       <c r="B14" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="3">
         <v>11235</v>
       </c>
       <c r="D14" s="3">
         <v>256472</v>
       </c>
       <c r="E14" s="3">
         <v>477595</v>
       </c>
       <c r="F14" s="3">
         <v>16466</v>
       </c>
       <c r="G14" s="3">
         <v>60006</v>
       </c>
       <c r="H14" s="3">
         <v>10114</v>
       </c>
       <c r="I14" s="3">
         <v>4671</v>
       </c>
       <c r="J14" s="3">
         <v>16100</v>
       </c>
       <c r="K14" s="3">
         <v>36341</v>
       </c>
       <c r="L14" s="3">
         <v>15447</v>
       </c>
       <c r="M14" s="3">
         <v>20442</v>
       </c>
       <c r="N14" s="5">
         <v>70189</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A15" s="10"/>
+      <c r="A15" s="17"/>
       <c r="B15" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="3">
         <v>4</v>
       </c>
       <c r="D15" s="3">
         <v>312</v>
       </c>
       <c r="E15" s="3">
         <v>4011</v>
       </c>
       <c r="F15" s="3">
         <v>4</v>
       </c>
       <c r="G15" s="3">
         <v>14</v>
       </c>
       <c r="H15" s="3">
         <v>102</v>
       </c>
       <c r="I15" s="3">
         <v>3</v>
       </c>
       <c r="J15" s="3">
         <v>5</v>
       </c>
       <c r="K15" s="3">
         <v>4</v>
       </c>
       <c r="L15" s="6">
         <v>0</v>
       </c>
       <c r="M15" s="6">
         <v>0</v>
       </c>
       <c r="N15" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A16" s="10"/>
+      <c r="A16" s="17"/>
       <c r="B16" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="3">
         <v>7</v>
       </c>
       <c r="D16" s="3">
         <v>76</v>
       </c>
       <c r="E16" s="3">
         <v>1823</v>
       </c>
       <c r="F16" s="3">
         <v>8</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>6</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6">
         <v>0</v>
       </c>
       <c r="K16" s="3">
         <v>2</v>
       </c>
       <c r="L16" s="6">
         <v>0</v>
       </c>
       <c r="M16" s="6">
         <v>0</v>
       </c>
       <c r="N16" s="5">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A17" s="10"/>
+      <c r="A17" s="17"/>
       <c r="B17" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="3">
         <v>371</v>
       </c>
       <c r="D17" s="3">
         <v>3020</v>
       </c>
       <c r="E17" s="3">
         <v>4563</v>
       </c>
       <c r="F17" s="3">
         <v>145</v>
       </c>
       <c r="G17" s="3">
         <v>1016</v>
       </c>
       <c r="H17" s="3">
         <v>76</v>
       </c>
       <c r="I17" s="3">
         <v>11</v>
       </c>
       <c r="J17" s="3">
         <v>71</v>
       </c>
       <c r="K17" s="3">
         <v>518</v>
       </c>
       <c r="L17" s="3">
         <v>132</v>
       </c>
       <c r="M17" s="3">
         <v>113</v>
       </c>
       <c r="N17" s="5">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A18" s="10"/>
+      <c r="A18" s="17"/>
       <c r="B18" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="3">
         <v>147762</v>
       </c>
       <c r="D18" s="3">
         <v>1493838</v>
       </c>
       <c r="E18" s="3">
         <v>2263408</v>
       </c>
       <c r="F18" s="3">
         <v>8437</v>
       </c>
       <c r="G18" s="3">
         <v>151033</v>
       </c>
       <c r="H18" s="3">
         <v>23002</v>
       </c>
       <c r="I18" s="3">
         <v>87</v>
       </c>
       <c r="J18" s="3">
         <v>5632</v>
       </c>
       <c r="K18" s="3">
         <v>1411636</v>
       </c>
       <c r="L18" s="3">
         <v>2057</v>
       </c>
       <c r="M18" s="3">
         <v>15067</v>
       </c>
       <c r="N18" s="5">
         <v>1437770</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A19" s="10"/>
+      <c r="A19" s="17"/>
       <c r="B19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="3">
         <v>2958523</v>
       </c>
       <c r="D19" s="3">
         <v>10909561</v>
       </c>
       <c r="E19" s="3">
         <v>11798241</v>
       </c>
       <c r="F19" s="3">
         <v>1036105</v>
       </c>
       <c r="G19" s="3">
         <v>6099776.75</v>
       </c>
       <c r="H19" s="3">
         <v>1706254</v>
       </c>
       <c r="I19" s="3">
         <v>694282</v>
       </c>
       <c r="J19" s="3">
         <v>566972</v>
       </c>
       <c r="K19" s="3">
         <v>5087352</v>
       </c>
       <c r="L19" s="4"/>
       <c r="M19" s="3">
         <v>1726539</v>
       </c>
       <c r="N19" s="5">
         <v>1762546</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A20" s="10"/>
+      <c r="A20" s="17"/>
       <c r="B20" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="3">
         <v>5252613976</v>
       </c>
       <c r="D20" s="3">
         <v>16338772341</v>
       </c>
       <c r="E20" s="3">
         <v>23839219356</v>
       </c>
       <c r="F20" s="3">
         <v>716000844</v>
       </c>
       <c r="G20" s="3">
         <v>1841217148</v>
       </c>
       <c r="H20" s="3">
         <v>323578804</v>
       </c>
       <c r="I20" s="3">
         <v>162063478</v>
       </c>
       <c r="J20" s="3">
         <v>271167957</v>
       </c>
       <c r="K20" s="3">
         <v>1050281997</v>
       </c>
       <c r="L20" s="3">
         <v>542067800</v>
       </c>
       <c r="M20" s="3">
         <v>179424271</v>
       </c>
       <c r="N20" s="5">
         <v>223003002</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A21" s="10"/>
+      <c r="A21" s="17"/>
       <c r="B21" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="3">
         <v>2</v>
       </c>
       <c r="D21" s="3">
         <v>7</v>
       </c>
       <c r="E21" s="3">
         <v>34</v>
       </c>
       <c r="F21" s="6">
         <v>0</v>
       </c>
-      <c r="G21" s="16">
+      <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="3">
         <v>4</v>
       </c>
       <c r="I21" s="6">
         <v>0</v>
       </c>
       <c r="J21" s="6">
         <v>0</v>
       </c>
       <c r="K21" s="4"/>
       <c r="L21" s="4"/>
       <c r="M21" s="3">
         <v>2</v>
       </c>
       <c r="N21" s="5">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A22" s="10"/>
+      <c r="A22" s="17"/>
       <c r="B22" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C22" s="16">
-[...11 lines deleted...]
-      <c r="G22" s="16">
+      <c r="C22" s="12">
+        <v>0</v>
+      </c>
+      <c r="D22" s="12">
+        <v>0</v>
+      </c>
+      <c r="E22" s="12">
+        <v>0</v>
+      </c>
+      <c r="F22" s="12">
+        <v>0</v>
+      </c>
+      <c r="G22" s="12">
         <v>0</v>
       </c>
       <c r="H22" s="6">
         <v>0</v>
       </c>
       <c r="I22" s="6">
         <v>0</v>
       </c>
       <c r="J22" s="6">
         <v>0</v>
       </c>
       <c r="K22" s="6">
         <v>0</v>
       </c>
       <c r="L22" s="6">
         <v>0</v>
       </c>
       <c r="M22" s="6">
         <v>0</v>
       </c>
-      <c r="N22" s="16">
+      <c r="N22" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A23" s="10"/>
+      <c r="A23" s="17"/>
       <c r="B23" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C23" s="16">
-[...8 lines deleted...]
-      <c r="F23" s="16">
+      <c r="C23" s="12">
+        <v>0</v>
+      </c>
+      <c r="D23" s="12">
+        <v>0</v>
+      </c>
+      <c r="E23" s="12">
+        <v>0</v>
+      </c>
+      <c r="F23" s="12">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>6221</v>
       </c>
       <c r="H23" s="6">
         <v>0</v>
       </c>
       <c r="I23" s="6">
         <v>0</v>
       </c>
       <c r="J23" s="6">
         <v>0</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23" s="6">
         <v>0</v>
       </c>
       <c r="M23" s="6">
         <v>0</v>
       </c>
-      <c r="N23" s="16">
+      <c r="N23" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A24" s="10"/>
+      <c r="A24" s="17"/>
       <c r="B24" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C24" s="3">
         <v>43186</v>
       </c>
       <c r="D24" s="3">
         <v>76180</v>
       </c>
       <c r="E24" s="3">
         <v>137730</v>
       </c>
       <c r="F24" s="3">
         <v>7765</v>
       </c>
       <c r="G24" s="3">
         <v>120203.25</v>
       </c>
       <c r="H24" s="3">
         <v>119</v>
       </c>
       <c r="I24" s="3">
         <v>450</v>
       </c>
       <c r="J24" s="3">
         <v>8487</v>
       </c>
       <c r="K24" s="3">
         <v>68737</v>
       </c>
       <c r="L24" s="3">
         <v>3483</v>
       </c>
       <c r="M24" s="3">
         <v>15067</v>
       </c>
       <c r="N24" s="5">
         <v>36103</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A25" s="10"/>
+      <c r="A25" s="17"/>
       <c r="B25" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C25" s="3">
         <v>2005</v>
       </c>
       <c r="D25" s="3">
         <v>2788</v>
       </c>
       <c r="E25" s="3">
         <v>1318</v>
       </c>
       <c r="F25" s="3">
         <v>11</v>
       </c>
       <c r="G25" s="3">
         <v>1096</v>
       </c>
       <c r="H25" s="3">
         <v>41</v>
       </c>
       <c r="I25" s="3">
         <v>2</v>
       </c>
       <c r="J25" s="3">
         <v>277</v>
       </c>
       <c r="K25" s="3">
         <v>798</v>
       </c>
       <c r="L25" s="3">
         <v>446</v>
       </c>
       <c r="M25" s="3">
         <v>807</v>
       </c>
       <c r="N25" s="5">
         <v>1443</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A26" s="10"/>
+      <c r="A26" s="17"/>
       <c r="B26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="3">
         <v>18661</v>
       </c>
       <c r="D26" s="3">
         <v>25986</v>
       </c>
       <c r="E26" s="3">
         <v>26613</v>
       </c>
       <c r="F26" s="3">
         <v>5566</v>
       </c>
       <c r="G26" s="3">
         <v>15224</v>
       </c>
       <c r="H26" s="3">
         <v>5145</v>
       </c>
       <c r="I26" s="3">
         <v>2018</v>
       </c>
       <c r="J26" s="3">
         <v>3114</v>
       </c>
       <c r="K26" s="3">
         <v>11073</v>
       </c>
       <c r="L26" s="3">
         <v>4822</v>
       </c>
       <c r="M26" s="3">
         <v>6964</v>
       </c>
       <c r="N26" s="5">
         <v>8053</v>
       </c>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A27" s="10"/>
+      <c r="A27" s="17"/>
       <c r="B27" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C27" s="3">
         <v>1092</v>
       </c>
       <c r="D27" s="3">
         <v>1536</v>
       </c>
       <c r="E27" s="3">
         <v>1770</v>
       </c>
       <c r="F27" s="3">
         <v>370</v>
       </c>
       <c r="G27" s="3">
         <v>705</v>
       </c>
       <c r="H27" s="3">
         <v>406</v>
       </c>
       <c r="I27" s="3">
         <v>167</v>
       </c>
       <c r="J27" s="3">
         <v>204</v>
       </c>
       <c r="K27" s="3">
         <v>687</v>
       </c>
       <c r="L27" s="3">
         <v>423</v>
       </c>
       <c r="M27" s="3">
         <v>343</v>
       </c>
       <c r="N27" s="5">
         <v>535</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="10"/>
+      <c r="A28" s="17"/>
       <c r="B28" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C28" s="16">
-[...8 lines deleted...]
-      <c r="F28" s="16">
+      <c r="C28" s="12">
+        <v>0</v>
+      </c>
+      <c r="D28" s="12">
+        <v>0</v>
+      </c>
+      <c r="E28" s="12">
+        <v>0</v>
+      </c>
+      <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1048</v>
       </c>
-      <c r="H28" s="16">
-[...17 lines deleted...]
-      <c r="N28" s="16">
+      <c r="H28" s="12">
+        <v>0</v>
+      </c>
+      <c r="I28" s="12">
+        <v>0</v>
+      </c>
+      <c r="J28" s="12">
+        <v>0</v>
+      </c>
+      <c r="K28" s="12">
+        <v>0</v>
+      </c>
+      <c r="L28" s="12">
+        <v>0</v>
+      </c>
+      <c r="M28" s="12">
+        <v>0</v>
+      </c>
+      <c r="N28" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A29" s="10"/>
+      <c r="A29" s="17"/>
       <c r="B29" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="3">
         <v>2500</v>
       </c>
       <c r="D29" s="3">
         <v>3391</v>
       </c>
       <c r="E29" s="3">
         <v>2432</v>
       </c>
       <c r="F29" s="3">
         <v>715</v>
       </c>
       <c r="G29" s="3">
         <v>1021</v>
       </c>
       <c r="H29" s="3">
         <v>475</v>
       </c>
       <c r="I29" s="3">
         <v>164</v>
       </c>
       <c r="J29" s="3">
         <v>82</v>
       </c>
       <c r="K29" s="3">
         <v>742</v>
       </c>
       <c r="L29" s="3">
         <v>342</v>
       </c>
       <c r="M29" s="3">
         <v>128</v>
       </c>
       <c r="N29" s="5">
         <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A30" s="10"/>
+      <c r="A30" s="17"/>
       <c r="B30" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C30" s="16">
-[...8 lines deleted...]
-      <c r="F30" s="16">
+      <c r="C30" s="12">
+        <v>0</v>
+      </c>
+      <c r="D30" s="12">
+        <v>0</v>
+      </c>
+      <c r="E30" s="12">
+        <v>0</v>
+      </c>
+      <c r="F30" s="12">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>9</v>
       </c>
-      <c r="H30" s="16">
-[...17 lines deleted...]
-      <c r="N30" s="16">
+      <c r="H30" s="12">
+        <v>0</v>
+      </c>
+      <c r="I30" s="12">
+        <v>0</v>
+      </c>
+      <c r="J30" s="12">
+        <v>0</v>
+      </c>
+      <c r="K30" s="12">
+        <v>0</v>
+      </c>
+      <c r="L30" s="12">
+        <v>0</v>
+      </c>
+      <c r="M30" s="12">
+        <v>0</v>
+      </c>
+      <c r="N30" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A31" s="10"/>
+      <c r="A31" s="17"/>
       <c r="B31" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="16">
-[...8 lines deleted...]
-      <c r="F31" s="16">
+      <c r="C31" s="12">
+        <v>0</v>
+      </c>
+      <c r="D31" s="12">
+        <v>0</v>
+      </c>
+      <c r="E31" s="12">
+        <v>0</v>
+      </c>
+      <c r="F31" s="12">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
-      <c r="H31" s="16">
-[...17 lines deleted...]
-      <c r="N31" s="16">
+      <c r="H31" s="12">
+        <v>0</v>
+      </c>
+      <c r="I31" s="12">
+        <v>0</v>
+      </c>
+      <c r="J31" s="12">
+        <v>0</v>
+      </c>
+      <c r="K31" s="12">
+        <v>0</v>
+      </c>
+      <c r="L31" s="12">
+        <v>0</v>
+      </c>
+      <c r="M31" s="12">
+        <v>0</v>
+      </c>
+      <c r="N31" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A32" s="10"/>
+      <c r="A32" s="17"/>
       <c r="B32" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C32" s="16">
-[...8 lines deleted...]
-      <c r="F32" s="16">
+      <c r="C32" s="12">
+        <v>0</v>
+      </c>
+      <c r="D32" s="12">
+        <v>0</v>
+      </c>
+      <c r="E32" s="12">
+        <v>0</v>
+      </c>
+      <c r="F32" s="12">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>5574223</v>
       </c>
-      <c r="H32" s="16">
-[...17 lines deleted...]
-      <c r="N32" s="16">
+      <c r="H32" s="12">
+        <v>0</v>
+      </c>
+      <c r="I32" s="12">
+        <v>0</v>
+      </c>
+      <c r="J32" s="12">
+        <v>0</v>
+      </c>
+      <c r="K32" s="12">
+        <v>0</v>
+      </c>
+      <c r="L32" s="12">
+        <v>0</v>
+      </c>
+      <c r="M32" s="12">
+        <v>0</v>
+      </c>
+      <c r="N32" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A33" s="10"/>
+      <c r="A33" s="17"/>
       <c r="B33" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C33" s="16">
-[...8 lines deleted...]
-      <c r="F33" s="16">
+      <c r="C33" s="12">
+        <v>0</v>
+      </c>
+      <c r="D33" s="12">
+        <v>0</v>
+      </c>
+      <c r="E33" s="12">
+        <v>0</v>
+      </c>
+      <c r="F33" s="12">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
-      <c r="H33" s="16">
-[...17 lines deleted...]
-      <c r="N33" s="16">
+      <c r="H33" s="12">
+        <v>0</v>
+      </c>
+      <c r="I33" s="12">
+        <v>0</v>
+      </c>
+      <c r="J33" s="12">
+        <v>0</v>
+      </c>
+      <c r="K33" s="12">
+        <v>0</v>
+      </c>
+      <c r="L33" s="12">
+        <v>0</v>
+      </c>
+      <c r="M33" s="12">
+        <v>0</v>
+      </c>
+      <c r="N33" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A34" s="10"/>
+      <c r="A34" s="17"/>
       <c r="B34" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C34" s="16">
-[...8 lines deleted...]
-      <c r="F34" s="16">
+      <c r="C34" s="12">
+        <v>0</v>
+      </c>
+      <c r="D34" s="12">
+        <v>0</v>
+      </c>
+      <c r="E34" s="12">
+        <v>0</v>
+      </c>
+      <c r="F34" s="12">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>26</v>
       </c>
-      <c r="H34" s="16">
-[...17 lines deleted...]
-      <c r="N34" s="16">
+      <c r="H34" s="12">
+        <v>0</v>
+      </c>
+      <c r="I34" s="12">
+        <v>0</v>
+      </c>
+      <c r="J34" s="12">
+        <v>0</v>
+      </c>
+      <c r="K34" s="12">
+        <v>0</v>
+      </c>
+      <c r="L34" s="12">
+        <v>0</v>
+      </c>
+      <c r="M34" s="12">
+        <v>0</v>
+      </c>
+      <c r="N34" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A35" s="10"/>
+      <c r="A35" s="17"/>
       <c r="B35" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C35" s="16">
-[...8 lines deleted...]
-      <c r="F35" s="16">
+      <c r="C35" s="12">
+        <v>0</v>
+      </c>
+      <c r="D35" s="12">
+        <v>0</v>
+      </c>
+      <c r="E35" s="12">
+        <v>0</v>
+      </c>
+      <c r="F35" s="12">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>20</v>
       </c>
-      <c r="H35" s="16">
-[...17 lines deleted...]
-      <c r="N35" s="16">
+      <c r="H35" s="12">
+        <v>0</v>
+      </c>
+      <c r="I35" s="12">
+        <v>0</v>
+      </c>
+      <c r="J35" s="12">
+        <v>0</v>
+      </c>
+      <c r="K35" s="12">
+        <v>0</v>
+      </c>
+      <c r="L35" s="12">
+        <v>0</v>
+      </c>
+      <c r="M35" s="12">
+        <v>0</v>
+      </c>
+      <c r="N35" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A36" s="10"/>
+      <c r="A36" s="17"/>
       <c r="B36" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C36" s="16">
-[...8 lines deleted...]
-      <c r="F36" s="16">
+      <c r="C36" s="12">
+        <v>0</v>
+      </c>
+      <c r="D36" s="12">
+        <v>0</v>
+      </c>
+      <c r="E36" s="12">
+        <v>0</v>
+      </c>
+      <c r="F36" s="12">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>17</v>
       </c>
-      <c r="H36" s="16">
-[...17 lines deleted...]
-      <c r="N36" s="16">
+      <c r="H36" s="12">
+        <v>0</v>
+      </c>
+      <c r="I36" s="12">
+        <v>0</v>
+      </c>
+      <c r="J36" s="12">
+        <v>0</v>
+      </c>
+      <c r="K36" s="12">
+        <v>0</v>
+      </c>
+      <c r="L36" s="12">
+        <v>0</v>
+      </c>
+      <c r="M36" s="12">
+        <v>0</v>
+      </c>
+      <c r="N36" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A37" s="10"/>
+      <c r="A37" s="17"/>
       <c r="B37" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C37" s="16">
-[...8 lines deleted...]
-      <c r="F37" s="16">
+      <c r="C37" s="12">
+        <v>0</v>
+      </c>
+      <c r="D37" s="12">
+        <v>0</v>
+      </c>
+      <c r="E37" s="12">
+        <v>0</v>
+      </c>
+      <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>3</v>
       </c>
-      <c r="H37" s="16">
-[...17 lines deleted...]
-      <c r="N37" s="16">
+      <c r="H37" s="12">
+        <v>0</v>
+      </c>
+      <c r="I37" s="12">
+        <v>0</v>
+      </c>
+      <c r="J37" s="12">
+        <v>0</v>
+      </c>
+      <c r="K37" s="12">
+        <v>0</v>
+      </c>
+      <c r="L37" s="12">
+        <v>0</v>
+      </c>
+      <c r="M37" s="12">
+        <v>0</v>
+      </c>
+      <c r="N37" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A38" s="10"/>
+      <c r="A38" s="17"/>
       <c r="B38" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C38" s="16">
-[...8 lines deleted...]
-      <c r="F38" s="16">
+      <c r="C38" s="12">
+        <v>0</v>
+      </c>
+      <c r="D38" s="12">
+        <v>0</v>
+      </c>
+      <c r="E38" s="12">
+        <v>0</v>
+      </c>
+      <c r="F38" s="12">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>208</v>
       </c>
-      <c r="H38" s="16">
-[...17 lines deleted...]
-      <c r="N38" s="16">
+      <c r="H38" s="12">
+        <v>0</v>
+      </c>
+      <c r="I38" s="12">
+        <v>0</v>
+      </c>
+      <c r="J38" s="12">
+        <v>0</v>
+      </c>
+      <c r="K38" s="12">
+        <v>0</v>
+      </c>
+      <c r="L38" s="12">
+        <v>0</v>
+      </c>
+      <c r="M38" s="12">
+        <v>0</v>
+      </c>
+      <c r="N38" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A39" s="9" t="s">
+      <c r="A39" s="16" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="3">
         <v>587873</v>
       </c>
       <c r="D39" s="3">
         <v>1795647</v>
       </c>
       <c r="E39" s="3">
         <v>3226680</v>
       </c>
       <c r="F39" s="3">
         <v>16584</v>
       </c>
       <c r="G39" s="3">
         <v>4670</v>
       </c>
       <c r="H39" s="3">
         <v>385028</v>
       </c>
       <c r="I39" s="3">
         <v>25906</v>
       </c>
-      <c r="J39" s="16">
-[...11 lines deleted...]
-      <c r="N39" s="16">
+      <c r="J39" s="12">
+        <v>0</v>
+      </c>
+      <c r="K39" s="12">
+        <v>0</v>
+      </c>
+      <c r="L39" s="12">
+        <v>0</v>
+      </c>
+      <c r="M39" s="12">
+        <v>0</v>
+      </c>
+      <c r="N39" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A40" s="10"/>
+      <c r="A40" s="17"/>
       <c r="B40" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C40" s="16">
-[...8 lines deleted...]
-      <c r="F40" s="16">
+      <c r="C40" s="12">
+        <v>0</v>
+      </c>
+      <c r="D40" s="12">
+        <v>0</v>
+      </c>
+      <c r="E40" s="12">
+        <v>0</v>
+      </c>
+      <c r="F40" s="12">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>92616</v>
       </c>
-      <c r="H40" s="16">
-[...17 lines deleted...]
-      <c r="N40" s="16">
+      <c r="H40" s="12">
+        <v>0</v>
+      </c>
+      <c r="I40" s="12">
+        <v>0</v>
+      </c>
+      <c r="J40" s="12">
+        <v>0</v>
+      </c>
+      <c r="K40" s="12">
+        <v>0</v>
+      </c>
+      <c r="L40" s="12">
+        <v>0</v>
+      </c>
+      <c r="M40" s="12">
+        <v>0</v>
+      </c>
+      <c r="N40" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A41" s="10"/>
+      <c r="A41" s="17"/>
       <c r="B41" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C41" s="3">
         <v>100</v>
       </c>
       <c r="D41" s="3">
         <v>4051</v>
       </c>
       <c r="E41" s="3">
         <v>736</v>
       </c>
       <c r="F41" s="3">
         <v>70</v>
       </c>
       <c r="G41" s="3">
         <v>60</v>
       </c>
       <c r="H41" s="3">
         <v>10</v>
       </c>
       <c r="I41" s="3">
         <v>74</v>
       </c>
-      <c r="J41" s="16">
-[...5 lines deleted...]
-      <c r="L41" s="16">
+      <c r="J41" s="12">
+        <v>0</v>
+      </c>
+      <c r="K41" s="12">
+        <v>0</v>
+      </c>
+      <c r="L41" s="12">
         <v>0</v>
       </c>
       <c r="M41" s="4"/>
-      <c r="N41" s="16">
+      <c r="N41" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A42" s="10"/>
+      <c r="A42" s="17"/>
       <c r="B42" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C42" s="3">
         <v>4452673764.6199999</v>
       </c>
       <c r="D42" s="3">
         <v>1628458367</v>
       </c>
       <c r="E42" s="3">
         <v>8178776091.8800001</v>
       </c>
       <c r="F42" s="3">
         <v>23650779232.360001</v>
       </c>
       <c r="G42" s="3">
         <v>438917083.00999999</v>
       </c>
       <c r="H42" s="3">
         <v>866276190.33000004</v>
       </c>
       <c r="I42" s="3">
         <v>282735610.10000002</v>
       </c>
-      <c r="J42" s="16">
-[...5 lines deleted...]
-      <c r="L42" s="16">
+      <c r="J42" s="12">
+        <v>0</v>
+      </c>
+      <c r="K42" s="12">
+        <v>0</v>
+      </c>
+      <c r="L42" s="12">
         <v>0</v>
       </c>
       <c r="M42" s="3">
         <v>819323396.51999998</v>
       </c>
       <c r="N42" s="5">
         <v>539567997.85000002</v>
       </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A43" s="10"/>
+      <c r="A43" s="17"/>
       <c r="B43" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C43" s="16">
-[...8 lines deleted...]
-      <c r="F43" s="16">
+      <c r="C43" s="12">
+        <v>0</v>
+      </c>
+      <c r="D43" s="12">
+        <v>0</v>
+      </c>
+      <c r="E43" s="12">
+        <v>0</v>
+      </c>
+      <c r="F43" s="12">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>824</v>
       </c>
-      <c r="H43" s="16">
-[...17 lines deleted...]
-      <c r="N43" s="16">
+      <c r="H43" s="12">
+        <v>0</v>
+      </c>
+      <c r="I43" s="12">
+        <v>0</v>
+      </c>
+      <c r="J43" s="12">
+        <v>0</v>
+      </c>
+      <c r="K43" s="12">
+        <v>0</v>
+      </c>
+      <c r="L43" s="12">
+        <v>0</v>
+      </c>
+      <c r="M43" s="12">
+        <v>0</v>
+      </c>
+      <c r="N43" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A44" s="10"/>
+      <c r="A44" s="17"/>
       <c r="B44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C44" s="3">
         <v>339</v>
       </c>
       <c r="D44" s="3">
         <v>1603</v>
       </c>
       <c r="E44" s="3">
         <v>5809</v>
       </c>
       <c r="F44" s="3">
         <v>341</v>
       </c>
       <c r="G44" s="3">
         <v>1132</v>
       </c>
       <c r="H44" s="3">
         <v>520</v>
       </c>
       <c r="I44" s="3">
         <v>260</v>
       </c>
-      <c r="J44" s="16">
-[...11 lines deleted...]
-      <c r="N44" s="16">
+      <c r="J44" s="12">
+        <v>0</v>
+      </c>
+      <c r="K44" s="12">
+        <v>0</v>
+      </c>
+      <c r="L44" s="12">
+        <v>0</v>
+      </c>
+      <c r="M44" s="12">
+        <v>0</v>
+      </c>
+      <c r="N44" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A45" s="10"/>
+      <c r="A45" s="17"/>
       <c r="B45" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C45" s="16">
-[...8 lines deleted...]
-      <c r="F45" s="16">
+      <c r="C45" s="12">
+        <v>0</v>
+      </c>
+      <c r="D45" s="12">
+        <v>0</v>
+      </c>
+      <c r="E45" s="12">
+        <v>0</v>
+      </c>
+      <c r="F45" s="12">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>490</v>
       </c>
-      <c r="H45" s="16">
-[...17 lines deleted...]
-      <c r="N45" s="16">
+      <c r="H45" s="12">
+        <v>0</v>
+      </c>
+      <c r="I45" s="12">
+        <v>0</v>
+      </c>
+      <c r="J45" s="12">
+        <v>0</v>
+      </c>
+      <c r="K45" s="12">
+        <v>0</v>
+      </c>
+      <c r="L45" s="12">
+        <v>0</v>
+      </c>
+      <c r="M45" s="12">
+        <v>0</v>
+      </c>
+      <c r="N45" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A46" s="10"/>
+      <c r="A46" s="17"/>
       <c r="B46" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C46" s="16">
-[...8 lines deleted...]
-      <c r="F46" s="16">
+      <c r="C46" s="12">
+        <v>0</v>
+      </c>
+      <c r="D46" s="12">
+        <v>0</v>
+      </c>
+      <c r="E46" s="12">
+        <v>0</v>
+      </c>
+      <c r="F46" s="12">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>202</v>
       </c>
-      <c r="H46" s="16">
-[...17 lines deleted...]
-      <c r="N46" s="16">
+      <c r="H46" s="12">
+        <v>0</v>
+      </c>
+      <c r="I46" s="12">
+        <v>0</v>
+      </c>
+      <c r="J46" s="12">
+        <v>0</v>
+      </c>
+      <c r="K46" s="12">
+        <v>0</v>
+      </c>
+      <c r="L46" s="12">
+        <v>0</v>
+      </c>
+      <c r="M46" s="12">
+        <v>0</v>
+      </c>
+      <c r="N46" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A47" s="10"/>
+      <c r="A47" s="17"/>
       <c r="B47" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C47" s="16">
-[...8 lines deleted...]
-      <c r="F47" s="16">
+      <c r="C47" s="12">
+        <v>0</v>
+      </c>
+      <c r="D47" s="12">
+        <v>0</v>
+      </c>
+      <c r="E47" s="12">
+        <v>0</v>
+      </c>
+      <c r="F47" s="12">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>5211</v>
       </c>
-      <c r="H47" s="16">
-[...17 lines deleted...]
-      <c r="N47" s="16">
+      <c r="H47" s="12">
+        <v>0</v>
+      </c>
+      <c r="I47" s="12">
+        <v>0</v>
+      </c>
+      <c r="J47" s="12">
+        <v>0</v>
+      </c>
+      <c r="K47" s="12">
+        <v>0</v>
+      </c>
+      <c r="L47" s="12">
+        <v>0</v>
+      </c>
+      <c r="M47" s="12">
+        <v>0</v>
+      </c>
+      <c r="N47" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A48" s="10"/>
+      <c r="A48" s="17"/>
       <c r="B48" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C48" s="16">
-[...8 lines deleted...]
-      <c r="F48" s="16">
+      <c r="C48" s="12">
+        <v>0</v>
+      </c>
+      <c r="D48" s="12">
+        <v>0</v>
+      </c>
+      <c r="E48" s="12">
+        <v>0</v>
+      </c>
+      <c r="F48" s="12">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>129</v>
       </c>
-      <c r="H48" s="16">
-[...17 lines deleted...]
-      <c r="N48" s="16">
+      <c r="H48" s="12">
+        <v>0</v>
+      </c>
+      <c r="I48" s="12">
+        <v>0</v>
+      </c>
+      <c r="J48" s="12">
+        <v>0</v>
+      </c>
+      <c r="K48" s="12">
+        <v>0</v>
+      </c>
+      <c r="L48" s="12">
+        <v>0</v>
+      </c>
+      <c r="M48" s="12">
+        <v>0</v>
+      </c>
+      <c r="N48" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A49" s="10"/>
+      <c r="A49" s="17"/>
       <c r="B49" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C49" s="16">
-[...8 lines deleted...]
-      <c r="F49" s="16">
+      <c r="C49" s="12">
+        <v>0</v>
+      </c>
+      <c r="D49" s="12">
+        <v>0</v>
+      </c>
+      <c r="E49" s="12">
+        <v>0</v>
+      </c>
+      <c r="F49" s="12">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
-      <c r="H49" s="16">
-[...17 lines deleted...]
-      <c r="N49" s="16">
+      <c r="H49" s="12">
+        <v>0</v>
+      </c>
+      <c r="I49" s="12">
+        <v>0</v>
+      </c>
+      <c r="J49" s="12">
+        <v>0</v>
+      </c>
+      <c r="K49" s="12">
+        <v>0</v>
+      </c>
+      <c r="L49" s="12">
+        <v>0</v>
+      </c>
+      <c r="M49" s="12">
+        <v>0</v>
+      </c>
+      <c r="N49" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A50" s="10"/>
+      <c r="A50" s="17"/>
       <c r="B50" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C50" s="16">
-[...8 lines deleted...]
-      <c r="F50" s="16">
+      <c r="C50" s="12">
+        <v>0</v>
+      </c>
+      <c r="D50" s="12">
+        <v>0</v>
+      </c>
+      <c r="E50" s="12">
+        <v>0</v>
+      </c>
+      <c r="F50" s="12">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>96</v>
       </c>
-      <c r="H50" s="16">
-[...17 lines deleted...]
-      <c r="N50" s="16">
+      <c r="H50" s="12">
+        <v>0</v>
+      </c>
+      <c r="I50" s="12">
+        <v>0</v>
+      </c>
+      <c r="J50" s="12">
+        <v>0</v>
+      </c>
+      <c r="K50" s="12">
+        <v>0</v>
+      </c>
+      <c r="L50" s="12">
+        <v>0</v>
+      </c>
+      <c r="M50" s="12">
+        <v>0</v>
+      </c>
+      <c r="N50" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A51" s="10"/>
+      <c r="A51" s="17"/>
       <c r="B51" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C51" s="16">
-[...8 lines deleted...]
-      <c r="F51" s="16">
+      <c r="C51" s="12">
+        <v>0</v>
+      </c>
+      <c r="D51" s="12">
+        <v>0</v>
+      </c>
+      <c r="E51" s="12">
+        <v>0</v>
+      </c>
+      <c r="F51" s="12">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
-      <c r="H51" s="16">
-[...17 lines deleted...]
-      <c r="N51" s="16">
+      <c r="H51" s="12">
+        <v>0</v>
+      </c>
+      <c r="I51" s="12">
+        <v>0</v>
+      </c>
+      <c r="J51" s="12">
+        <v>0</v>
+      </c>
+      <c r="K51" s="12">
+        <v>0</v>
+      </c>
+      <c r="L51" s="12">
+        <v>0</v>
+      </c>
+      <c r="M51" s="12">
+        <v>0</v>
+      </c>
+      <c r="N51" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A52" s="10"/>
+      <c r="A52" s="17"/>
       <c r="B52" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C52" s="16">
-[...8 lines deleted...]
-      <c r="F52" s="16">
+      <c r="C52" s="12">
+        <v>0</v>
+      </c>
+      <c r="D52" s="12">
+        <v>0</v>
+      </c>
+      <c r="E52" s="12">
+        <v>0</v>
+      </c>
+      <c r="F52" s="12">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>940</v>
       </c>
-      <c r="H52" s="16">
-[...17 lines deleted...]
-      <c r="N52" s="16">
+      <c r="H52" s="12">
+        <v>0</v>
+      </c>
+      <c r="I52" s="12">
+        <v>0</v>
+      </c>
+      <c r="J52" s="12">
+        <v>0</v>
+      </c>
+      <c r="K52" s="12">
+        <v>0</v>
+      </c>
+      <c r="L52" s="12">
+        <v>0</v>
+      </c>
+      <c r="M52" s="12">
+        <v>0</v>
+      </c>
+      <c r="N52" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A53" s="10"/>
+      <c r="A53" s="17"/>
       <c r="B53" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C53" s="16">
-[...8 lines deleted...]
-      <c r="F53" s="16">
+      <c r="C53" s="12">
+        <v>0</v>
+      </c>
+      <c r="D53" s="12">
+        <v>0</v>
+      </c>
+      <c r="E53" s="12">
+        <v>0</v>
+      </c>
+      <c r="F53" s="12">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>58</v>
       </c>
-      <c r="H53" s="16">
-[...17 lines deleted...]
-      <c r="N53" s="16">
+      <c r="H53" s="12">
+        <v>0</v>
+      </c>
+      <c r="I53" s="12">
+        <v>0</v>
+      </c>
+      <c r="J53" s="12">
+        <v>0</v>
+      </c>
+      <c r="K53" s="12">
+        <v>0</v>
+      </c>
+      <c r="L53" s="12">
+        <v>0</v>
+      </c>
+      <c r="M53" s="12">
+        <v>0</v>
+      </c>
+      <c r="N53" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A54" s="10"/>
+      <c r="A54" s="17"/>
       <c r="B54" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C54" s="16">
-[...8 lines deleted...]
-      <c r="F54" s="16">
+      <c r="C54" s="12">
+        <v>0</v>
+      </c>
+      <c r="D54" s="12">
+        <v>0</v>
+      </c>
+      <c r="E54" s="12">
+        <v>0</v>
+      </c>
+      <c r="F54" s="12">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>5</v>
       </c>
-      <c r="H54" s="16">
-[...17 lines deleted...]
-      <c r="N54" s="16">
+      <c r="H54" s="12">
+        <v>0</v>
+      </c>
+      <c r="I54" s="12">
+        <v>0</v>
+      </c>
+      <c r="J54" s="12">
+        <v>0</v>
+      </c>
+      <c r="K54" s="12">
+        <v>0</v>
+      </c>
+      <c r="L54" s="12">
+        <v>0</v>
+      </c>
+      <c r="M54" s="12">
+        <v>0</v>
+      </c>
+      <c r="N54" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A55" s="10"/>
+      <c r="A55" s="17"/>
       <c r="B55" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C55" s="16">
-[...8 lines deleted...]
-      <c r="F55" s="16">
+      <c r="C55" s="12">
+        <v>0</v>
+      </c>
+      <c r="D55" s="12">
+        <v>0</v>
+      </c>
+      <c r="E55" s="12">
+        <v>0</v>
+      </c>
+      <c r="F55" s="12">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>554376</v>
       </c>
-      <c r="H55" s="16">
-[...17 lines deleted...]
-      <c r="N55" s="16">
+      <c r="H55" s="12">
+        <v>0</v>
+      </c>
+      <c r="I55" s="12">
+        <v>0</v>
+      </c>
+      <c r="J55" s="12">
+        <v>0</v>
+      </c>
+      <c r="K55" s="12">
+        <v>0</v>
+      </c>
+      <c r="L55" s="12">
+        <v>0</v>
+      </c>
+      <c r="M55" s="12">
+        <v>0</v>
+      </c>
+      <c r="N55" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A56" s="10"/>
+      <c r="A56" s="17"/>
       <c r="B56" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C56" s="16">
-[...8 lines deleted...]
-      <c r="F56" s="16">
+      <c r="C56" s="12">
+        <v>0</v>
+      </c>
+      <c r="D56" s="12">
+        <v>0</v>
+      </c>
+      <c r="E56" s="12">
+        <v>0</v>
+      </c>
+      <c r="F56" s="12">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>330</v>
       </c>
-      <c r="H56" s="16">
-[...17 lines deleted...]
-      <c r="N56" s="16">
+      <c r="H56" s="12">
+        <v>0</v>
+      </c>
+      <c r="I56" s="12">
+        <v>0</v>
+      </c>
+      <c r="J56" s="12">
+        <v>0</v>
+      </c>
+      <c r="K56" s="12">
+        <v>0</v>
+      </c>
+      <c r="L56" s="12">
+        <v>0</v>
+      </c>
+      <c r="M56" s="12">
+        <v>0</v>
+      </c>
+      <c r="N56" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A57" s="10"/>
+      <c r="A57" s="17"/>
       <c r="B57" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C57" s="16">
-[...8 lines deleted...]
-      <c r="F57" s="16">
+      <c r="C57" s="12">
+        <v>0</v>
+      </c>
+      <c r="D57" s="12">
+        <v>0</v>
+      </c>
+      <c r="E57" s="12">
+        <v>0</v>
+      </c>
+      <c r="F57" s="12">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>428457</v>
       </c>
-      <c r="H57" s="16">
-[...17 lines deleted...]
-      <c r="N57" s="16">
+      <c r="H57" s="12">
+        <v>0</v>
+      </c>
+      <c r="I57" s="12">
+        <v>0</v>
+      </c>
+      <c r="J57" s="12">
+        <v>0</v>
+      </c>
+      <c r="K57" s="12">
+        <v>0</v>
+      </c>
+      <c r="L57" s="12">
+        <v>0</v>
+      </c>
+      <c r="M57" s="12">
+        <v>0</v>
+      </c>
+      <c r="N57" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A58" s="10"/>
+      <c r="A58" s="17"/>
       <c r="B58" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C58" s="16">
-[...8 lines deleted...]
-      <c r="F58" s="16">
+      <c r="C58" s="12">
+        <v>0</v>
+      </c>
+      <c r="D58" s="12">
+        <v>0</v>
+      </c>
+      <c r="E58" s="12">
+        <v>0</v>
+      </c>
+      <c r="F58" s="12">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>178272</v>
       </c>
-      <c r="H58" s="16">
-[...17 lines deleted...]
-      <c r="N58" s="16">
+      <c r="H58" s="12">
+        <v>0</v>
+      </c>
+      <c r="I58" s="12">
+        <v>0</v>
+      </c>
+      <c r="J58" s="12">
+        <v>0</v>
+      </c>
+      <c r="K58" s="12">
+        <v>0</v>
+      </c>
+      <c r="L58" s="12">
+        <v>0</v>
+      </c>
+      <c r="M58" s="12">
+        <v>0</v>
+      </c>
+      <c r="N58" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A59" s="10"/>
+      <c r="A59" s="17"/>
       <c r="B59" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C59" s="16">
-[...8 lines deleted...]
-      <c r="F59" s="16">
+      <c r="C59" s="12">
+        <v>0</v>
+      </c>
+      <c r="D59" s="12">
+        <v>0</v>
+      </c>
+      <c r="E59" s="12">
+        <v>0</v>
+      </c>
+      <c r="F59" s="12">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>724904</v>
       </c>
-      <c r="H59" s="16">
-[...17 lines deleted...]
-      <c r="N59" s="16">
+      <c r="H59" s="12">
+        <v>0</v>
+      </c>
+      <c r="I59" s="12">
+        <v>0</v>
+      </c>
+      <c r="J59" s="12">
+        <v>0</v>
+      </c>
+      <c r="K59" s="12">
+        <v>0</v>
+      </c>
+      <c r="L59" s="12">
+        <v>0</v>
+      </c>
+      <c r="M59" s="12">
+        <v>0</v>
+      </c>
+      <c r="N59" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A60" s="11"/>
+      <c r="A60" s="18"/>
       <c r="B60" s="8" t="s">
         <v>74</v>
       </c>
-      <c r="C60" s="16">
-[...32 lines deleted...]
-      <c r="N60" s="16">
+      <c r="C60" s="12">
+        <v>0</v>
+      </c>
+      <c r="D60" s="12">
+        <v>0</v>
+      </c>
+      <c r="E60" s="12">
+        <v>0</v>
+      </c>
+      <c r="F60" s="12">
+        <v>0</v>
+      </c>
+      <c r="G60" s="12">
+        <v>0</v>
+      </c>
+      <c r="H60" s="12">
+        <v>0</v>
+      </c>
+      <c r="I60" s="12">
+        <v>0</v>
+      </c>
+      <c r="J60" s="12">
+        <v>0</v>
+      </c>
+      <c r="K60" s="12">
+        <v>0</v>
+      </c>
+      <c r="L60" s="12">
+        <v>0</v>
+      </c>
+      <c r="M60" s="12">
+        <v>0</v>
+      </c>
+      <c r="N60" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:15" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="12"/>
-[...13 lines deleted...]
-      <c r="O61" s="12"/>
+      <c r="A61" s="19"/>
+      <c r="B61" s="19"/>
+      <c r="C61" s="19"/>
+      <c r="D61" s="19"/>
+      <c r="E61" s="19"/>
+      <c r="F61" s="19"/>
+      <c r="G61" s="19"/>
+      <c r="H61" s="19"/>
+      <c r="I61" s="19"/>
+      <c r="J61" s="19"/>
+      <c r="K61" s="19"/>
+      <c r="L61" s="19"/>
+      <c r="M61" s="19"/>
+      <c r="N61" s="19"/>
+      <c r="O61" s="19"/>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A62" s="32" t="s">
-        <v>104</v>
+      <c r="A62" s="13" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="63" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="34" t="s">
-[...15 lines deleted...]
-      <c r="O63" s="33"/>
+      <c r="A63" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B63" s="14"/>
+      <c r="C63" s="14"/>
+      <c r="D63" s="14"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="14"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="14"/>
+      <c r="I63" s="14"/>
+      <c r="J63" s="14"/>
+      <c r="K63" s="14"/>
+      <c r="L63" s="14"/>
+      <c r="M63" s="14"/>
+      <c r="N63" s="14"/>
+      <c r="O63" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A4:A8"/>
     <mergeCell ref="A9:A38"/>
     <mergeCell ref="A39:A60"/>
     <mergeCell ref="A61:O61"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...445 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>