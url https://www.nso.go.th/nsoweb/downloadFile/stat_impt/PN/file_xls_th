--- v0 (2025-10-26)
+++ v1 (2025-12-31)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB29729D-80AC-4882-823F-083A5C4E76D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1C56DF7-032B-455B-84F1-DC82A5620ACB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="11895" yWindow="0" windowWidth="12180" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="58">
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>แหล่งที่มาของเงินทุน</t>
   </si>
   <si>
     <t>ประเภทการวิจัยและพัฒนา</t>
   </si>
   <si>
     <t>สาขาการวิจัย</t>
   </si>
   <si>
     <t>ปี</t>
   </si>
   <si>
     <t>แหล่งที่ดำเนินการ</t>
   </si>
   <si>
     <t>งบประมาณแผ่นดิน</t>
   </si>
   <si>
     <t>ไม่ใช่งบประมาณแผ่นดิน</t>
   </si>
   <si>
@@ -195,155 +195,127 @@
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>รายงานการสำรวจค่าใช้จ่ายและบุคลากรทางการวิจัยและพัฒนาของประเทศไทย (สำนักงานการวิจัยแห่งชาติ)</t>
   </si>
   <si>
     <r>
       <t>หน่วย:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> บาท </t>
     </r>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
-    <t xml:space="preserve">จำนวนและร้อยละของค่าใช้จ่ายทางการวิจัยและพัฒนา พ.ศ. 2554 - 2564 </t>
+    <t>จำนวนและร้อยละของค่าใช้จ่ายทางการวิจัยและพัฒนา พ.ศ. 2554 - 2565</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="\-"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -393,57 +365,68 @@
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -466,73 +449,76 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{D7EB9554-44EB-4C99-85B2-5D6293CECAA0}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{BD10B343-8331-41F2-BF8E-8818404B0C02}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -804,5537 +790,6204 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:R117"/>
+  <dimension ref="A1:R130"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A94" workbookViewId="0">
-      <selection activeCell="B103" sqref="A103:XFD116"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.85546875" style="21" customWidth="1"/>
     <col min="2" max="2" width="18" style="21" customWidth="1"/>
     <col min="3" max="3" width="16.7109375" style="21" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" style="21" customWidth="1"/>
     <col min="5" max="5" width="16.7109375" style="21" customWidth="1"/>
     <col min="6" max="6" width="14.42578125" style="21" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" style="21" customWidth="1"/>
     <col min="8" max="8" width="15.42578125" style="21" customWidth="1"/>
     <col min="9" max="9" width="17.28515625" style="21" customWidth="1"/>
     <col min="10" max="10" width="16.5703125" style="21" customWidth="1"/>
     <col min="11" max="11" width="16.42578125" style="21" customWidth="1"/>
     <col min="12" max="12" width="17.42578125" style="21" customWidth="1"/>
     <col min="13" max="13" width="16.42578125" style="21" customWidth="1"/>
     <col min="14" max="14" width="15.85546875" style="21" customWidth="1"/>
     <col min="15" max="15" width="16" style="21" customWidth="1"/>
     <col min="16" max="16" width="15" style="21" customWidth="1"/>
     <col min="17" max="17" width="15.42578125" style="21" customWidth="1"/>
     <col min="18" max="19" width="0.7109375" style="21" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="27" t="s">
-[...18 lines deleted...]
-      <c r="R1" s="27"/>
+      <c r="A1" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
+      <c r="K1" s="26"/>
+      <c r="L1" s="26"/>
+      <c r="M1" s="26"/>
+      <c r="N1" s="26"/>
+      <c r="O1" s="26"/>
+      <c r="P1" s="26"/>
+      <c r="Q1" s="26"/>
+      <c r="R1" s="26"/>
     </row>
     <row r="2" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="27" t="s">
+      <c r="A2" s="26" t="s">
         <v>55</v>
       </c>
-      <c r="B2" s="27"/>
-[...15 lines deleted...]
-      <c r="R2" s="27"/>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+      <c r="J2" s="26"/>
+      <c r="K2" s="26"/>
+      <c r="L2" s="26"/>
+      <c r="M2" s="26"/>
+      <c r="N2" s="26"/>
+      <c r="O2" s="26"/>
+      <c r="P2" s="26"/>
+      <c r="Q2" s="26"/>
+      <c r="R2" s="26"/>
     </row>
     <row r="3" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="31" t="s">
+      <c r="A3" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="31" t="s">
+      <c r="B3" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="28" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="30" t="s">
+      <c r="C3" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="30"/>
-[...1 lines deleted...]
-      <c r="G3" s="30" t="s">
+      <c r="E3" s="29"/>
+      <c r="F3" s="29"/>
+      <c r="G3" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="H3" s="30"/>
-[...2 lines deleted...]
-      <c r="K3" s="30" t="s">
+      <c r="H3" s="29"/>
+      <c r="I3" s="29"/>
+      <c r="J3" s="29"/>
+      <c r="K3" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="L3" s="30"/>
-[...4 lines deleted...]
-      <c r="Q3" s="30"/>
+      <c r="L3" s="29"/>
+      <c r="M3" s="29"/>
+      <c r="N3" s="29"/>
+      <c r="O3" s="29"/>
+      <c r="P3" s="29"/>
+      <c r="Q3" s="29"/>
     </row>
     <row r="4" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="32"/>
-[...4 lines deleted...]
-      <c r="D4" s="28" t="s">
+      <c r="A4" s="31"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="27" t="s">
+        <v>0</v>
+      </c>
+      <c r="D4" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="28" t="s">
+      <c r="E4" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="28" t="s">
+      <c r="F4" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="28" t="s">
+      <c r="G4" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="28" t="s">
+      <c r="H4" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="28" t="s">
+      <c r="I4" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="J4" s="28" t="s">
+      <c r="J4" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="K4" s="28" t="s">
+      <c r="K4" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="L4" s="28" t="s">
+      <c r="L4" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="M4" s="28" t="s">
+      <c r="M4" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="N4" s="28" t="s">
+      <c r="N4" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="O4" s="28" t="s">
+      <c r="O4" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="P4" s="28" t="s">
+      <c r="P4" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="Q4" s="28" t="s">
+      <c r="Q4" s="27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="29">
+      <c r="A5" s="28">
         <v>2554</v>
       </c>
       <c r="B5" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="23">
         <v>40869992809</v>
       </c>
       <c r="D5" s="23">
         <v>15611749582</v>
       </c>
       <c r="E5" s="23">
         <v>25258243227</v>
       </c>
       <c r="F5" s="24"/>
       <c r="G5" s="23">
         <v>9605191997</v>
       </c>
       <c r="H5" s="23">
         <v>13889529239</v>
       </c>
       <c r="I5" s="23">
         <v>15345924977</v>
       </c>
       <c r="J5" s="23">
         <v>2029346596</v>
       </c>
       <c r="K5" s="23">
         <v>7554214726</v>
       </c>
       <c r="L5" s="23">
         <v>16047782526</v>
       </c>
       <c r="M5" s="23">
         <v>5313480558</v>
       </c>
       <c r="N5" s="23">
         <v>5457133647</v>
       </c>
       <c r="O5" s="23">
         <v>4171322291</v>
       </c>
       <c r="P5" s="23">
         <v>266184463</v>
       </c>
       <c r="Q5" s="23">
         <v>2059874598</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="29"/>
+      <c r="A6" s="28"/>
       <c r="B6" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="23">
         <v>100</v>
       </c>
       <c r="D6" s="23">
         <v>38.200000000000003</v>
       </c>
       <c r="E6" s="23">
         <v>61.8</v>
       </c>
       <c r="F6" s="24"/>
       <c r="G6" s="23">
         <v>23.5</v>
       </c>
       <c r="H6" s="23">
         <v>33.99</v>
       </c>
       <c r="I6" s="23">
         <v>37.54</v>
       </c>
       <c r="J6" s="23">
         <v>4.97</v>
       </c>
       <c r="K6" s="23">
         <v>18.48</v>
       </c>
       <c r="L6" s="23">
         <v>39.26</v>
       </c>
       <c r="M6" s="23">
         <v>13</v>
       </c>
       <c r="N6" s="23">
         <v>13.36</v>
       </c>
       <c r="O6" s="23">
         <v>10.210000000000001</v>
       </c>
       <c r="P6" s="23">
         <v>0.65</v>
       </c>
       <c r="Q6" s="23">
         <v>5.04</v>
       </c>
     </row>
     <row r="7" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="29"/>
+      <c r="A7" s="28"/>
       <c r="B7" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="23">
         <v>5647171271</v>
       </c>
       <c r="D7" s="23">
         <v>5573754822</v>
       </c>
       <c r="E7" s="23">
         <v>73416449</v>
       </c>
       <c r="F7" s="24"/>
       <c r="G7" s="23">
         <v>2370263211</v>
       </c>
       <c r="H7" s="23">
         <v>2523061340</v>
       </c>
       <c r="I7" s="23">
         <v>753846720</v>
       </c>
       <c r="J7" s="25">
         <v>0</v>
       </c>
       <c r="K7" s="23">
         <v>484236763</v>
       </c>
       <c r="L7" s="23">
         <v>1195762568</v>
       </c>
       <c r="M7" s="23">
         <v>912642712</v>
       </c>
       <c r="N7" s="23">
         <v>2548244678</v>
       </c>
       <c r="O7" s="23">
         <v>490562433</v>
       </c>
       <c r="P7" s="23">
         <v>15722117</v>
       </c>
       <c r="Q7" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="29"/>
+      <c r="A8" s="28"/>
       <c r="B8" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="23">
         <v>13.82</v>
       </c>
       <c r="D8" s="23">
         <v>13.64</v>
       </c>
       <c r="E8" s="23">
         <v>0.18</v>
       </c>
       <c r="F8" s="24"/>
       <c r="G8" s="23">
         <v>5.8</v>
       </c>
       <c r="H8" s="23">
         <v>6.17</v>
       </c>
       <c r="I8" s="23">
         <v>1.84</v>
       </c>
       <c r="J8" s="24"/>
       <c r="K8" s="23">
         <v>1.18</v>
       </c>
       <c r="L8" s="23">
         <v>2.93</v>
       </c>
       <c r="M8" s="23">
         <v>2.23</v>
       </c>
       <c r="N8" s="23">
         <v>6.24</v>
       </c>
       <c r="O8" s="23">
         <v>1.2</v>
       </c>
       <c r="P8" s="23">
         <v>0.04</v>
       </c>
       <c r="Q8" s="24"/>
     </row>
     <row r="9" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="29"/>
+      <c r="A9" s="28"/>
       <c r="B9" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="23">
         <v>12317280242</v>
       </c>
       <c r="D9" s="23">
         <v>9398758750</v>
       </c>
       <c r="E9" s="23">
         <v>2918521492</v>
       </c>
       <c r="F9" s="24"/>
       <c r="G9" s="23">
         <v>4985897749</v>
       </c>
       <c r="H9" s="23">
         <v>5511989243</v>
       </c>
       <c r="I9" s="23">
         <v>1819393250</v>
       </c>
       <c r="J9" s="25">
         <v>0</v>
       </c>
       <c r="K9" s="23">
         <v>1746422079</v>
       </c>
       <c r="L9" s="23">
         <v>2732988704</v>
       </c>
       <c r="M9" s="23">
         <v>2777390997</v>
       </c>
       <c r="N9" s="23">
         <v>1807935895</v>
       </c>
       <c r="O9" s="23">
         <v>3034680297</v>
       </c>
       <c r="P9" s="23">
         <v>217862270</v>
       </c>
       <c r="Q9" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="29"/>
+      <c r="A10" s="28"/>
       <c r="B10" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="23">
         <v>30.14</v>
       </c>
       <c r="D10" s="23">
         <v>23</v>
       </c>
       <c r="E10" s="23">
         <v>7.14</v>
       </c>
       <c r="F10" s="24"/>
       <c r="G10" s="23">
         <v>12.2</v>
       </c>
       <c r="H10" s="23">
         <v>13.49</v>
       </c>
       <c r="I10" s="23">
         <v>4.45</v>
       </c>
       <c r="J10" s="24"/>
       <c r="K10" s="23">
         <v>4.2699999999999996</v>
       </c>
       <c r="L10" s="23">
         <v>6.69</v>
       </c>
       <c r="M10" s="23">
         <v>6.8</v>
       </c>
       <c r="N10" s="23">
         <v>4.42</v>
       </c>
       <c r="O10" s="23">
         <v>7.43</v>
       </c>
       <c r="P10" s="23">
         <v>0.53</v>
       </c>
       <c r="Q10" s="24"/>
     </row>
     <row r="11" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="29"/>
+      <c r="A11" s="28"/>
       <c r="B11" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="23">
         <v>2066597244</v>
       </c>
       <c r="D11" s="23">
         <v>635579597</v>
       </c>
       <c r="E11" s="23">
         <v>1431017647</v>
       </c>
       <c r="F11" s="24"/>
       <c r="G11" s="23">
         <v>348145726</v>
       </c>
       <c r="H11" s="23">
         <v>674277944</v>
       </c>
       <c r="I11" s="23">
         <v>1044173574</v>
       </c>
       <c r="J11" s="25">
         <v>0</v>
       </c>
       <c r="K11" s="23">
         <v>302564216</v>
       </c>
       <c r="L11" s="23">
         <v>1208143291</v>
       </c>
       <c r="M11" s="23">
         <v>72975398</v>
       </c>
       <c r="N11" s="23">
         <v>96153169</v>
       </c>
       <c r="O11" s="23">
         <v>383697726</v>
       </c>
       <c r="P11" s="23">
         <v>3063444</v>
       </c>
       <c r="Q11" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="29"/>
+      <c r="A12" s="28"/>
       <c r="B12" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="23">
         <v>5.05</v>
       </c>
       <c r="D12" s="23">
         <v>1.55</v>
       </c>
       <c r="E12" s="23">
         <v>3.5</v>
       </c>
       <c r="F12" s="24"/>
       <c r="G12" s="23">
         <v>0.85</v>
       </c>
       <c r="H12" s="23">
         <v>1.65</v>
       </c>
       <c r="I12" s="23">
         <v>2.5499999999999998</v>
       </c>
       <c r="J12" s="24"/>
       <c r="K12" s="23">
         <v>0.74</v>
       </c>
       <c r="L12" s="23">
         <v>2.95</v>
       </c>
       <c r="M12" s="23">
         <v>0.18</v>
       </c>
       <c r="N12" s="23">
         <v>0.24</v>
       </c>
       <c r="O12" s="23">
         <v>0.94</v>
       </c>
       <c r="P12" s="23">
         <v>0.01</v>
       </c>
       <c r="Q12" s="24"/>
     </row>
     <row r="13" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="29"/>
+      <c r="A13" s="28"/>
       <c r="B13" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="23">
         <v>20683726846</v>
       </c>
       <c r="D13" s="25">
         <v>0</v>
       </c>
       <c r="E13" s="23">
         <v>20683726846</v>
       </c>
       <c r="F13" s="24"/>
       <c r="G13" s="23">
         <v>1789888162</v>
       </c>
       <c r="H13" s="23">
         <v>5148792416</v>
       </c>
       <c r="I13" s="23">
         <v>11715699672</v>
       </c>
       <c r="J13" s="23">
         <v>2029346596</v>
       </c>
       <c r="K13" s="23">
         <v>5013030598</v>
       </c>
       <c r="L13" s="23">
         <v>10905093940</v>
       </c>
       <c r="M13" s="23">
         <v>1541150218</v>
       </c>
       <c r="N13" s="23">
         <v>976798321</v>
       </c>
       <c r="O13" s="23">
         <v>158751712</v>
       </c>
       <c r="P13" s="23">
         <v>29027459</v>
       </c>
       <c r="Q13" s="23">
         <v>2059874598</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="29"/>
+      <c r="A14" s="28"/>
       <c r="B14" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="23">
         <v>50.61</v>
       </c>
       <c r="D14" s="25">
         <v>0</v>
       </c>
       <c r="E14" s="23">
         <v>50.61</v>
       </c>
       <c r="F14" s="24"/>
       <c r="G14" s="23">
         <v>4.38</v>
       </c>
       <c r="H14" s="23">
         <v>12.6</v>
       </c>
       <c r="I14" s="23">
         <v>28.67</v>
       </c>
       <c r="J14" s="23">
         <v>4.97</v>
       </c>
       <c r="K14" s="23">
         <v>12.27</v>
       </c>
       <c r="L14" s="23">
         <v>26.68</v>
       </c>
       <c r="M14" s="23">
         <v>3.77</v>
       </c>
       <c r="N14" s="23">
         <v>2.39</v>
       </c>
       <c r="O14" s="23">
         <v>0.39</v>
       </c>
       <c r="P14" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="Q14" s="23">
         <v>5.04</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="29"/>
+      <c r="A15" s="28"/>
       <c r="B15" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="23">
         <v>155217206</v>
       </c>
       <c r="D15" s="23">
         <v>3656413</v>
       </c>
       <c r="E15" s="23">
         <v>151560793</v>
       </c>
       <c r="F15" s="24"/>
       <c r="G15" s="23">
         <v>110997149</v>
       </c>
       <c r="H15" s="23">
         <v>31408296</v>
       </c>
       <c r="I15" s="23">
         <v>12811761</v>
       </c>
       <c r="J15" s="25">
         <v>0</v>
       </c>
       <c r="K15" s="23">
         <v>7961070</v>
       </c>
       <c r="L15" s="23">
         <v>5794023</v>
       </c>
       <c r="M15" s="23">
         <v>9321233</v>
       </c>
       <c r="N15" s="23">
         <v>28001584</v>
       </c>
       <c r="O15" s="23">
         <v>103630123</v>
       </c>
       <c r="P15" s="23">
         <v>509173</v>
       </c>
       <c r="Q15" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="29"/>
+      <c r="A16" s="28"/>
       <c r="B16" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="23">
         <v>0.38</v>
       </c>
       <c r="D16" s="23">
         <v>0.01</v>
       </c>
       <c r="E16" s="23">
         <v>0.37</v>
       </c>
       <c r="F16" s="24"/>
       <c r="G16" s="23">
         <v>0.27</v>
       </c>
       <c r="H16" s="23">
         <v>0.08</v>
       </c>
       <c r="I16" s="23">
         <v>0.03</v>
       </c>
       <c r="J16" s="24"/>
       <c r="K16" s="23">
         <v>0.02</v>
       </c>
       <c r="L16" s="23">
         <v>0.01</v>
       </c>
       <c r="M16" s="23">
         <v>0.02</v>
       </c>
       <c r="N16" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="O16" s="23">
         <v>0.25</v>
       </c>
       <c r="P16" s="25">
         <v>0</v>
       </c>
       <c r="Q16" s="24"/>
     </row>
     <row r="17" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="29">
+      <c r="A17" s="28">
         <v>2556</v>
       </c>
       <c r="B17" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="23">
         <v>57037851543</v>
       </c>
       <c r="D17" s="23">
         <v>17641962122</v>
       </c>
       <c r="E17" s="23">
         <v>39395889421</v>
       </c>
       <c r="F17" s="24"/>
       <c r="G17" s="23">
         <v>12231867009</v>
       </c>
       <c r="H17" s="23">
         <v>19882827943</v>
       </c>
       <c r="I17" s="23">
         <v>21046409748</v>
       </c>
       <c r="J17" s="23">
         <v>3876746843</v>
       </c>
       <c r="K17" s="23">
         <v>11278008187</v>
       </c>
       <c r="L17" s="23">
         <v>24999011656</v>
       </c>
       <c r="M17" s="23">
         <v>5399221958</v>
       </c>
       <c r="N17" s="23">
         <v>4209570195</v>
       </c>
       <c r="O17" s="23">
         <v>6549031684</v>
       </c>
       <c r="P17" s="23">
         <v>510051656</v>
       </c>
       <c r="Q17" s="23">
         <v>4092956207</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="29"/>
+      <c r="A18" s="28"/>
       <c r="B18" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="23">
         <v>100</v>
       </c>
       <c r="D18" s="23">
         <v>30.9302711177681</v>
       </c>
       <c r="E18" s="23">
         <v>69.0697288822319</v>
       </c>
       <c r="F18" s="24"/>
       <c r="G18" s="23">
         <v>21.4451748761585</v>
       </c>
       <c r="H18" s="23">
         <v>34.859005739391499</v>
       </c>
       <c r="I18" s="23">
         <v>36.899022629092897</v>
       </c>
       <c r="J18" s="23">
         <v>6.7967967553570601</v>
       </c>
       <c r="K18" s="23">
         <v>19.772848874747101</v>
       </c>
       <c r="L18" s="23">
         <v>43.828810131730897</v>
       </c>
       <c r="M18" s="23">
         <v>9.4660331901344605</v>
       </c>
       <c r="N18" s="23">
         <v>7.3803098839136103</v>
       </c>
       <c r="O18" s="23">
         <v>11.4819045718487</v>
       </c>
       <c r="P18" s="23">
         <v>0.89423363994606198</v>
       </c>
       <c r="Q18" s="23">
         <v>7.1758597076791704</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="29"/>
+      <c r="A19" s="28"/>
       <c r="B19" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="23">
         <v>8565969632</v>
       </c>
       <c r="D19" s="23">
         <v>4347008538</v>
       </c>
       <c r="E19" s="23">
         <v>4218961094</v>
       </c>
       <c r="F19" s="24"/>
       <c r="G19" s="23">
         <v>1164640885</v>
       </c>
       <c r="H19" s="23">
         <v>6407018500</v>
       </c>
       <c r="I19" s="23">
         <v>947129369</v>
       </c>
       <c r="J19" s="23">
         <v>47180878</v>
       </c>
       <c r="K19" s="23">
         <v>1783958915</v>
       </c>
       <c r="L19" s="23">
         <v>4952012958</v>
       </c>
       <c r="M19" s="23">
         <v>793799836</v>
       </c>
       <c r="N19" s="23">
         <v>249768899</v>
       </c>
       <c r="O19" s="23">
         <v>777505724</v>
       </c>
       <c r="P19" s="23">
         <v>8923300</v>
       </c>
       <c r="Q19" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="29"/>
+      <c r="A20" s="28"/>
       <c r="B20" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="23">
         <v>15.0180439835505</v>
       </c>
       <c r="D20" s="23">
         <v>7.6212697715706401</v>
       </c>
       <c r="E20" s="23">
         <v>7.3967742119798903</v>
       </c>
       <c r="F20" s="24"/>
       <c r="G20" s="23">
         <v>2.0418736917571199</v>
       </c>
       <c r="H20" s="23">
         <v>11.2329239736</v>
       </c>
       <c r="I20" s="23">
         <v>1.66052777827014</v>
       </c>
       <c r="J20" s="23">
         <v>8.2718539923318998E-2</v>
       </c>
       <c r="K20" s="23">
         <v>3.1276755115067698</v>
       </c>
       <c r="L20" s="23">
         <v>8.6819766594237002</v>
       </c>
       <c r="M20" s="23">
         <v>1.39170711120065</v>
       </c>
       <c r="N20" s="23">
         <v>0.43790025788699799</v>
       </c>
       <c r="O20" s="23">
         <v>1.36313992018765</v>
       </c>
       <c r="P20" s="23">
         <v>1.5644523344770001E-2</v>
       </c>
       <c r="Q20" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="29"/>
+      <c r="A21" s="28"/>
       <c r="B21" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="23">
         <v>18884625016</v>
       </c>
       <c r="D21" s="23">
         <v>12739922658</v>
       </c>
       <c r="E21" s="23">
         <v>6144702358</v>
       </c>
       <c r="F21" s="24"/>
       <c r="G21" s="23">
         <v>7802352187</v>
       </c>
       <c r="H21" s="23">
         <v>7236861347</v>
       </c>
       <c r="I21" s="23">
         <v>3800645517</v>
       </c>
       <c r="J21" s="23">
         <v>44765965</v>
       </c>
       <c r="K21" s="23">
         <v>3127285457</v>
       </c>
       <c r="L21" s="23">
         <v>4900761237</v>
       </c>
       <c r="M21" s="23">
         <v>2834557387</v>
       </c>
       <c r="N21" s="23">
         <v>2474983333</v>
       </c>
       <c r="O21" s="23">
         <v>5071331272</v>
       </c>
       <c r="P21" s="23">
         <v>437450123</v>
       </c>
       <c r="Q21" s="23">
         <v>38256207</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="29"/>
+      <c r="A22" s="28"/>
       <c r="B22" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="23">
         <v>33.108934690085903</v>
       </c>
       <c r="D22" s="23">
         <v>22.3359090732854</v>
       </c>
       <c r="E22" s="23">
         <v>10.7730256168004</v>
       </c>
       <c r="F22" s="24"/>
       <c r="G22" s="23">
         <v>13.679253295713499</v>
       </c>
       <c r="H22" s="23">
         <v>12.687822474421599</v>
       </c>
       <c r="I22" s="23">
         <v>6.6633742579429898</v>
       </c>
       <c r="J22" s="23">
         <v>7.848466200774E-2</v>
       </c>
       <c r="K22" s="23">
         <v>5.4828247775819303</v>
       </c>
       <c r="L22" s="23">
         <v>8.5921210291474406</v>
       </c>
       <c r="M22" s="23">
         <v>4.9696075681656202</v>
       </c>
       <c r="N22" s="23">
         <v>4.3391945279252804</v>
       </c>
       <c r="O22" s="23">
         <v>8.8911681187304108</v>
       </c>
       <c r="P22" s="23">
         <v>0.76694705562360199</v>
       </c>
       <c r="Q22" s="23">
         <v>6.7071612911574999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="29"/>
+      <c r="A23" s="28"/>
       <c r="B23" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="23">
         <v>2469101297</v>
       </c>
       <c r="D23" s="23">
         <v>265273025</v>
       </c>
       <c r="E23" s="23">
         <v>2203828272</v>
       </c>
       <c r="F23" s="24"/>
       <c r="G23" s="23">
         <v>186694792</v>
       </c>
       <c r="H23" s="23">
         <v>727958401</v>
       </c>
       <c r="I23" s="23">
         <v>1554448104</v>
       </c>
       <c r="J23" s="25">
         <v>0</v>
       </c>
       <c r="K23" s="23">
         <v>179166173</v>
       </c>
       <c r="L23" s="23">
         <v>1436147181</v>
       </c>
       <c r="M23" s="23">
         <v>540180375</v>
       </c>
       <c r="N23" s="23">
         <v>68013111</v>
       </c>
       <c r="O23" s="23">
         <v>245170145</v>
       </c>
       <c r="P23" s="23">
         <v>424312</v>
       </c>
       <c r="Q23" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="29"/>
+      <c r="A24" s="28"/>
       <c r="B24" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="23">
         <v>4.3288820146715699</v>
       </c>
       <c r="D24" s="23">
         <v>0.46508242828889601</v>
       </c>
       <c r="E24" s="23">
         <v>3.86379958638268</v>
       </c>
       <c r="F24" s="24"/>
       <c r="G24" s="23">
         <v>0.32731736373214099</v>
       </c>
       <c r="H24" s="23">
         <v>1.27627247749892</v>
       </c>
       <c r="I24" s="23">
         <v>2.7252921734405202</v>
       </c>
       <c r="J24" s="25">
         <v>0</v>
       </c>
       <c r="K24" s="23">
         <v>0.31411802540446199</v>
       </c>
       <c r="L24" s="23">
         <v>2.51788442612939</v>
       </c>
       <c r="M24" s="23">
         <v>0.94705596439369</v>
       </c>
       <c r="N24" s="23">
         <v>0.119242063226603</v>
       </c>
       <c r="O24" s="23">
         <v>0.42983762250436403</v>
       </c>
       <c r="P24" s="23">
         <v>7.4391301306300003E-4</v>
       </c>
       <c r="Q24" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="29"/>
+      <c r="A25" s="28"/>
       <c r="B25" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="23">
         <v>26768200000</v>
       </c>
       <c r="D25" s="23">
         <v>103900000</v>
       </c>
       <c r="E25" s="23">
         <v>26664300000</v>
       </c>
       <c r="F25" s="24"/>
       <c r="G25" s="23">
         <v>2856600000</v>
       </c>
       <c r="H25" s="23">
         <v>5407300000</v>
       </c>
       <c r="I25" s="23">
         <v>14719500000</v>
       </c>
       <c r="J25" s="23">
         <v>3784800000</v>
       </c>
       <c r="K25" s="23">
         <v>6147700000</v>
       </c>
       <c r="L25" s="23">
         <v>13701600000</v>
       </c>
       <c r="M25" s="23">
         <v>1196900000</v>
       </c>
       <c r="N25" s="23">
         <v>1403800000</v>
       </c>
       <c r="O25" s="23">
         <v>202000000</v>
       </c>
       <c r="P25" s="23">
         <v>61500000</v>
       </c>
       <c r="Q25" s="23">
         <v>4054700000</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="29"/>
+      <c r="A26" s="28"/>
       <c r="B26" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="23">
         <v>46.930589557392203</v>
       </c>
       <c r="D26" s="23">
         <v>0.18215973636677299</v>
       </c>
       <c r="E26" s="23">
         <v>46.748429821025397</v>
       </c>
       <c r="F26" s="24"/>
       <c r="G26" s="23">
         <v>5.0082531559703796</v>
       </c>
       <c r="H26" s="23">
         <v>9.4801957887974009</v>
       </c>
       <c r="I26" s="23">
         <v>25.806547059198401</v>
       </c>
       <c r="J26" s="23">
         <v>6.6355935534260002</v>
       </c>
       <c r="K26" s="23">
         <v>10.7782811478538</v>
       </c>
       <c r="L26" s="23">
         <v>24.021942673753401</v>
       </c>
       <c r="M26" s="23">
         <v>2.0984310727371498</v>
       </c>
       <c r="N26" s="23">
         <v>2.4611726459256502</v>
       </c>
       <c r="O26" s="23">
         <v>0.35415078677659401</v>
       </c>
       <c r="P26" s="23">
         <v>0.10782313557802201</v>
       </c>
       <c r="Q26" s="23">
         <v>7.1087880947675997</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="29"/>
+      <c r="A27" s="28"/>
       <c r="B27" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="23">
         <v>349955598</v>
       </c>
       <c r="D27" s="23">
         <v>185857901</v>
       </c>
       <c r="E27" s="23">
         <v>164097697</v>
       </c>
       <c r="F27" s="24"/>
       <c r="G27" s="23">
         <v>221579145</v>
       </c>
       <c r="H27" s="23">
         <v>103689695</v>
       </c>
       <c r="I27" s="23">
         <v>24686758</v>
       </c>
       <c r="J27" s="25">
         <v>0</v>
       </c>
       <c r="K27" s="23">
         <v>39897642</v>
       </c>
       <c r="L27" s="23">
         <v>8490280</v>
       </c>
       <c r="M27" s="23">
         <v>33784360</v>
       </c>
       <c r="N27" s="23">
         <v>13004852</v>
       </c>
       <c r="O27" s="23">
         <v>253024543</v>
       </c>
       <c r="P27" s="23">
         <v>1753921</v>
       </c>
       <c r="Q27" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="29"/>
+      <c r="A28" s="28"/>
       <c r="B28" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="23">
         <v>0.61354975429986802</v>
       </c>
       <c r="D28" s="23">
         <v>0.32585010825641703</v>
       </c>
       <c r="E28" s="23">
         <v>0.287699646043451</v>
       </c>
       <c r="F28" s="24"/>
       <c r="G28" s="23">
         <v>0.38847736898532198</v>
       </c>
       <c r="H28" s="23">
         <v>0.18179102507363901</v>
       </c>
       <c r="I28" s="23">
         <v>4.3281360240908E-2</v>
       </c>
       <c r="J28" s="25">
         <v>0</v>
       </c>
       <c r="K28" s="23">
         <v>6.9949412400152997E-2</v>
       </c>
       <c r="L28" s="23">
         <v>1.4885343276998E-2</v>
       </c>
       <c r="M28" s="23">
         <v>5.9231473637345003E-2</v>
       </c>
       <c r="N28" s="23">
         <v>2.2800388949075E-2</v>
       </c>
       <c r="O28" s="23">
         <v>0.44360812364969299</v>
       </c>
       <c r="P28" s="23">
         <v>3.0750123866039999E-3</v>
       </c>
       <c r="Q28" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="29">
+      <c r="A29" s="28">
         <v>2558</v>
       </c>
       <c r="B29" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="23">
         <v>84671890058</v>
       </c>
       <c r="D29" s="23">
         <v>16878175649</v>
       </c>
       <c r="E29" s="23">
         <v>67793714409</v>
       </c>
       <c r="F29" s="24"/>
       <c r="G29" s="23">
         <v>12445153669</v>
       </c>
       <c r="H29" s="23">
         <v>30203774033</v>
       </c>
       <c r="I29" s="23">
         <v>36139825313</v>
       </c>
       <c r="J29" s="23">
         <v>5883137043</v>
       </c>
       <c r="K29" s="23">
         <v>21058314640</v>
       </c>
       <c r="L29" s="23">
         <v>26275536263</v>
       </c>
       <c r="M29" s="23">
         <v>7905644276</v>
       </c>
       <c r="N29" s="23">
         <v>17655830560</v>
       </c>
       <c r="O29" s="23">
         <v>5597975100</v>
       </c>
       <c r="P29" s="23">
         <v>853414836</v>
       </c>
       <c r="Q29" s="23">
         <v>5325174383</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="29"/>
+      <c r="A30" s="28"/>
       <c r="B30" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="23">
         <v>100</v>
       </c>
       <c r="D30" s="23">
         <v>19.93</v>
       </c>
       <c r="E30" s="23">
         <v>80.069999999999993</v>
       </c>
       <c r="F30" s="24"/>
       <c r="G30" s="23">
         <v>14.7</v>
       </c>
       <c r="H30" s="23">
         <v>35.67</v>
       </c>
       <c r="I30" s="23">
         <v>42.68</v>
       </c>
       <c r="J30" s="23">
         <v>6.95</v>
       </c>
       <c r="K30" s="23">
         <v>24.87</v>
       </c>
       <c r="L30" s="23">
         <v>31.03</v>
       </c>
       <c r="M30" s="23">
         <v>9.34</v>
       </c>
       <c r="N30" s="23">
         <v>20.85</v>
       </c>
       <c r="O30" s="23">
         <v>6.61</v>
       </c>
       <c r="P30" s="23">
         <v>1.01</v>
       </c>
       <c r="Q30" s="23">
         <v>6.29</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="29"/>
+      <c r="A31" s="28"/>
       <c r="B31" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C31" s="23">
         <v>5668940157</v>
       </c>
       <c r="D31" s="23">
         <v>5478619263</v>
       </c>
       <c r="E31" s="23">
         <v>190320894</v>
       </c>
       <c r="F31" s="24"/>
       <c r="G31" s="23">
         <v>232993440</v>
       </c>
       <c r="H31" s="23">
         <v>3393994472</v>
       </c>
       <c r="I31" s="23">
         <v>2041952245</v>
       </c>
       <c r="J31" s="24"/>
       <c r="K31" s="23">
         <v>1468822395</v>
       </c>
       <c r="L31" s="23">
         <v>1974491857</v>
       </c>
       <c r="M31" s="23">
         <v>736962220</v>
       </c>
       <c r="N31" s="23">
         <v>1215987664</v>
       </c>
       <c r="O31" s="23">
         <v>269274657</v>
       </c>
       <c r="P31" s="23">
         <v>3401364</v>
       </c>
       <c r="Q31" s="24"/>
     </row>
     <row r="32" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="29"/>
+      <c r="A32" s="28"/>
       <c r="B32" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="23">
         <v>6.69</v>
       </c>
       <c r="D32" s="23">
         <v>6.47</v>
       </c>
       <c r="E32" s="23">
         <v>0.22</v>
       </c>
       <c r="F32" s="24"/>
       <c r="G32" s="23">
         <v>0.27</v>
       </c>
       <c r="H32" s="23">
         <v>4.01</v>
       </c>
       <c r="I32" s="23">
         <v>2.41</v>
       </c>
       <c r="J32" s="24"/>
       <c r="K32" s="23">
         <v>1.73</v>
       </c>
       <c r="L32" s="23">
         <v>2.3199999999999998</v>
       </c>
       <c r="M32" s="23">
         <v>0.87</v>
       </c>
       <c r="N32" s="23">
         <v>1.44</v>
       </c>
       <c r="O32" s="23">
         <v>0.32</v>
       </c>
       <c r="P32" s="23">
         <v>0.01</v>
       </c>
       <c r="Q32" s="24"/>
     </row>
     <row r="33" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="29"/>
+      <c r="A33" s="28"/>
       <c r="B33" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="23">
         <v>15992139856</v>
       </c>
       <c r="D33" s="23">
         <v>10537077776</v>
       </c>
       <c r="E33" s="23">
         <v>5455062080</v>
       </c>
       <c r="F33" s="24"/>
       <c r="G33" s="23">
         <v>2571536089</v>
       </c>
       <c r="H33" s="23">
         <v>10087841821</v>
       </c>
       <c r="I33" s="23">
         <v>2859394606</v>
       </c>
       <c r="J33" s="23">
         <v>473367340</v>
       </c>
       <c r="K33" s="23">
         <v>1831100013</v>
       </c>
       <c r="L33" s="23">
         <v>4012427890</v>
       </c>
       <c r="M33" s="23">
         <v>3878093915</v>
       </c>
       <c r="N33" s="23">
         <v>1925453639</v>
       </c>
       <c r="O33" s="23">
         <v>4121174441</v>
       </c>
       <c r="P33" s="23">
         <v>223889958</v>
       </c>
       <c r="Q33" s="24"/>
     </row>
     <row r="34" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="29"/>
+      <c r="A34" s="28"/>
       <c r="B34" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="23">
         <v>18.89</v>
       </c>
       <c r="D34" s="23">
         <v>12.44</v>
       </c>
       <c r="E34" s="23">
         <v>6.45</v>
       </c>
       <c r="F34" s="24"/>
       <c r="G34" s="23">
         <v>3.04</v>
       </c>
       <c r="H34" s="23">
         <v>11.91</v>
       </c>
       <c r="I34" s="23">
         <v>3.38</v>
       </c>
       <c r="J34" s="23">
         <v>0.56000000000000005</v>
       </c>
       <c r="K34" s="23">
         <v>2.17</v>
       </c>
       <c r="L34" s="23">
         <v>4.74</v>
       </c>
       <c r="M34" s="23">
         <v>4.58</v>
       </c>
       <c r="N34" s="23">
         <v>2.27</v>
       </c>
       <c r="O34" s="23">
         <v>4.87</v>
       </c>
       <c r="P34" s="23">
         <v>0.26</v>
       </c>
       <c r="Q34" s="24"/>
     </row>
     <row r="35" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="29"/>
+      <c r="A35" s="28"/>
       <c r="B35" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="23">
         <v>2756675068</v>
       </c>
       <c r="D35" s="23">
         <v>524120484</v>
       </c>
       <c r="E35" s="23">
         <v>2232554584</v>
       </c>
       <c r="F35" s="24"/>
       <c r="G35" s="23">
         <v>4135013</v>
       </c>
       <c r="H35" s="23">
         <v>1942628920</v>
       </c>
       <c r="I35" s="23">
         <v>809911135</v>
       </c>
       <c r="J35" s="24"/>
       <c r="K35" s="23">
         <v>36112443</v>
       </c>
       <c r="L35" s="23">
         <v>2291072649</v>
       </c>
       <c r="M35" s="23">
         <v>175324534</v>
       </c>
       <c r="N35" s="23">
         <v>127634056</v>
       </c>
       <c r="O35" s="23">
         <v>126531386</v>
       </c>
       <c r="P35" s="24"/>
       <c r="Q35" s="24"/>
     </row>
     <row r="36" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="29"/>
+      <c r="A36" s="28"/>
       <c r="B36" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="23">
         <v>3.26</v>
       </c>
       <c r="D36" s="23">
         <v>0.62</v>
       </c>
       <c r="E36" s="23">
         <v>2.64</v>
       </c>
       <c r="F36" s="24"/>
       <c r="G36" s="23">
         <v>0.01</v>
       </c>
       <c r="H36" s="23">
         <v>2.29</v>
       </c>
       <c r="I36" s="23">
         <v>0.96</v>
       </c>
       <c r="J36" s="24"/>
       <c r="K36" s="23">
         <v>0.04</v>
       </c>
       <c r="L36" s="23">
         <v>2.71</v>
       </c>
       <c r="M36" s="23">
         <v>0.21</v>
       </c>
       <c r="N36" s="23">
         <v>0.15</v>
       </c>
       <c r="O36" s="23">
         <v>0.15</v>
       </c>
       <c r="P36" s="24"/>
       <c r="Q36" s="24"/>
     </row>
     <row r="37" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="29"/>
+      <c r="A37" s="28"/>
       <c r="B37" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="23">
         <v>59442563050</v>
       </c>
       <c r="D37" s="23">
         <v>103401644</v>
       </c>
       <c r="E37" s="23">
         <v>59339161406</v>
       </c>
       <c r="F37" s="24"/>
       <c r="G37" s="23">
         <v>9625370592</v>
       </c>
       <c r="H37" s="23">
         <v>13980884358</v>
       </c>
       <c r="I37" s="23">
         <v>30426538397</v>
       </c>
       <c r="J37" s="23">
         <v>5409769703</v>
       </c>
       <c r="K37" s="23">
         <v>17505590085</v>
       </c>
       <c r="L37" s="23">
         <v>17965243304</v>
       </c>
       <c r="M37" s="23">
         <v>2863027052</v>
       </c>
       <c r="N37" s="23">
         <v>14377097495</v>
       </c>
       <c r="O37" s="23">
         <v>780307217</v>
       </c>
       <c r="P37" s="23">
         <v>626123514</v>
       </c>
       <c r="Q37" s="23">
         <v>5325174383</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="29"/>
+      <c r="A38" s="28"/>
       <c r="B38" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="23">
         <v>70.2</v>
       </c>
       <c r="D38" s="23">
         <v>0.12</v>
       </c>
       <c r="E38" s="23">
         <v>70.08</v>
       </c>
       <c r="F38" s="24"/>
       <c r="G38" s="23">
         <v>11.37</v>
       </c>
       <c r="H38" s="23">
         <v>16.510000000000002</v>
       </c>
       <c r="I38" s="23">
         <v>35.93</v>
       </c>
       <c r="J38" s="23">
         <v>6.39</v>
       </c>
       <c r="K38" s="23">
         <v>20.67</v>
       </c>
       <c r="L38" s="23">
         <v>21.22</v>
       </c>
       <c r="M38" s="23">
         <v>3.38</v>
       </c>
       <c r="N38" s="23">
         <v>16.98</v>
       </c>
       <c r="O38" s="23">
         <v>0.92</v>
       </c>
       <c r="P38" s="23">
         <v>0.74</v>
       </c>
       <c r="Q38" s="23">
         <v>6.29</v>
       </c>
     </row>
     <row r="39" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="29"/>
+      <c r="A39" s="28"/>
       <c r="B39" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C39" s="23">
         <v>811571927</v>
       </c>
       <c r="D39" s="23">
         <v>234956482</v>
       </c>
       <c r="E39" s="23">
         <v>576615445</v>
       </c>
       <c r="F39" s="24"/>
       <c r="G39" s="23">
         <v>11118535</v>
       </c>
       <c r="H39" s="23">
         <v>798424462</v>
       </c>
       <c r="I39" s="23">
         <v>2028930</v>
       </c>
       <c r="J39" s="24"/>
       <c r="K39" s="23">
         <v>216689704</v>
       </c>
       <c r="L39" s="23">
         <v>32300563</v>
       </c>
       <c r="M39" s="23">
         <v>252236555</v>
       </c>
       <c r="N39" s="23">
         <v>9657706</v>
       </c>
       <c r="O39" s="23">
         <v>300687399</v>
       </c>
       <c r="P39" s="24"/>
       <c r="Q39" s="24"/>
     </row>
     <row r="40" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="29"/>
+      <c r="A40" s="28"/>
       <c r="B40" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="23">
         <v>0.96</v>
       </c>
       <c r="D40" s="23">
         <v>0.28000000000000003</v>
       </c>
       <c r="E40" s="23">
         <v>0.68</v>
       </c>
       <c r="F40" s="24"/>
       <c r="G40" s="23">
         <v>0.01</v>
       </c>
       <c r="H40" s="23">
         <v>0.95</v>
       </c>
       <c r="I40" s="23">
         <v>2.3962261839319998E-3</v>
       </c>
       <c r="J40" s="24"/>
       <c r="K40" s="23">
         <v>0.26</v>
       </c>
       <c r="L40" s="23">
         <v>0.04</v>
       </c>
       <c r="M40" s="23">
         <v>0.3</v>
       </c>
       <c r="N40" s="23">
         <v>0.01</v>
       </c>
       <c r="O40" s="23">
         <v>0.35</v>
       </c>
       <c r="P40" s="24"/>
       <c r="Q40" s="24"/>
     </row>
     <row r="41" spans="1:17" ht="0.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="29">
+      <c r="A41" s="28">
         <v>2559</v>
       </c>
       <c r="B41" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C41" s="23">
         <v>113555488337</v>
       </c>
       <c r="D41" s="23">
         <v>23379589827</v>
       </c>
       <c r="E41" s="23">
         <v>90175898510</v>
       </c>
       <c r="F41" s="24"/>
       <c r="G41" s="23">
         <v>17443239285</v>
       </c>
       <c r="H41" s="23">
         <v>37428782396</v>
       </c>
       <c r="I41" s="23">
         <v>58683466656</v>
       </c>
       <c r="J41" s="24"/>
       <c r="K41" s="23">
         <v>31655019563</v>
       </c>
       <c r="L41" s="23">
         <v>37292677868</v>
       </c>
       <c r="M41" s="23">
         <v>9176112491</v>
       </c>
       <c r="N41" s="23">
         <v>24766822863</v>
       </c>
       <c r="O41" s="23">
         <v>8547940512</v>
       </c>
       <c r="P41" s="23">
         <v>1879084283</v>
       </c>
       <c r="Q41" s="23">
         <v>237830757</v>
       </c>
     </row>
     <row r="42" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="29"/>
+      <c r="A42" s="28"/>
       <c r="B42" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="23">
         <v>100</v>
       </c>
       <c r="D42" s="23">
         <v>20.59</v>
       </c>
       <c r="E42" s="23">
         <v>79.41</v>
       </c>
       <c r="F42" s="24"/>
       <c r="G42" s="23">
         <v>15.36</v>
       </c>
       <c r="H42" s="23">
         <v>32.96</v>
       </c>
       <c r="I42" s="23">
         <v>51.68</v>
       </c>
       <c r="J42" s="24"/>
       <c r="K42" s="23">
         <v>27.88</v>
       </c>
       <c r="L42" s="23">
         <v>32.840000000000003</v>
       </c>
       <c r="M42" s="23">
         <v>8.08</v>
       </c>
       <c r="N42" s="23">
         <v>21.81</v>
       </c>
       <c r="O42" s="23">
         <v>7.53</v>
       </c>
       <c r="P42" s="23">
         <v>1.65</v>
       </c>
       <c r="Q42" s="23">
         <v>0.21</v>
       </c>
     </row>
     <row r="43" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="29"/>
+      <c r="A43" s="28"/>
       <c r="B43" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C43" s="23">
         <v>8178486779</v>
       </c>
       <c r="D43" s="23">
         <v>7745738973</v>
       </c>
       <c r="E43" s="23">
         <v>432747806</v>
       </c>
       <c r="F43" s="24"/>
       <c r="G43" s="23">
         <v>457829083</v>
       </c>
       <c r="H43" s="23">
         <v>5461470012</v>
       </c>
       <c r="I43" s="23">
         <v>2259187684</v>
       </c>
       <c r="J43" s="24"/>
       <c r="K43" s="23">
         <v>592126235</v>
       </c>
       <c r="L43" s="23">
         <v>2796786340</v>
       </c>
       <c r="M43" s="23">
         <v>844118353</v>
       </c>
       <c r="N43" s="23">
         <v>3488032662</v>
       </c>
       <c r="O43" s="23">
         <v>442258803</v>
       </c>
       <c r="P43" s="23">
         <v>15164386</v>
       </c>
       <c r="Q43" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="29"/>
+      <c r="A44" s="28"/>
       <c r="B44" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="23">
         <v>7.2</v>
       </c>
       <c r="D44" s="23">
         <v>6.82</v>
       </c>
       <c r="E44" s="23">
         <v>0.38</v>
       </c>
       <c r="F44" s="24"/>
       <c r="G44" s="23">
         <v>0.4</v>
       </c>
       <c r="H44" s="23">
         <v>4.8099999999999996</v>
       </c>
       <c r="I44" s="23">
         <v>1.99</v>
       </c>
       <c r="J44" s="24"/>
       <c r="K44" s="23">
         <v>0.52</v>
       </c>
       <c r="L44" s="23">
         <v>2.46</v>
       </c>
       <c r="M44" s="23">
         <v>0.74</v>
       </c>
       <c r="N44" s="23">
         <v>3.07</v>
       </c>
       <c r="O44" s="23">
         <v>0.39</v>
       </c>
       <c r="P44" s="23">
         <v>0.01</v>
       </c>
       <c r="Q44" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="29"/>
+      <c r="A45" s="28"/>
       <c r="B45" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C45" s="23">
         <v>20356169035</v>
       </c>
       <c r="D45" s="23">
         <v>14932152596</v>
       </c>
       <c r="E45" s="23">
         <v>5424016439</v>
       </c>
       <c r="F45" s="24"/>
       <c r="G45" s="23">
         <v>4097857835</v>
       </c>
       <c r="H45" s="23">
         <v>12275157943</v>
       </c>
       <c r="I45" s="23">
         <v>3983153257</v>
       </c>
       <c r="J45" s="24"/>
       <c r="K45" s="23">
         <v>1990839732</v>
       </c>
       <c r="L45" s="23">
         <v>6102729864</v>
       </c>
       <c r="M45" s="23">
         <v>3708679247</v>
       </c>
       <c r="N45" s="23">
         <v>2710121420</v>
       </c>
       <c r="O45" s="23">
         <v>5178335699</v>
       </c>
       <c r="P45" s="23">
         <v>427632316</v>
       </c>
       <c r="Q45" s="23">
         <v>237830757</v>
       </c>
     </row>
     <row r="46" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="29"/>
+      <c r="A46" s="28"/>
       <c r="B46" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="23">
         <v>17.93</v>
       </c>
       <c r="D46" s="23">
         <v>13.15</v>
       </c>
       <c r="E46" s="23">
         <v>4.78</v>
       </c>
       <c r="F46" s="24"/>
       <c r="G46" s="23">
         <v>3.61</v>
       </c>
       <c r="H46" s="23">
         <v>10.81</v>
       </c>
       <c r="I46" s="23">
         <v>3.51</v>
       </c>
       <c r="J46" s="24"/>
       <c r="K46" s="23">
         <v>1.75</v>
       </c>
       <c r="L46" s="23">
         <v>5.37</v>
       </c>
       <c r="M46" s="23">
         <v>3.27</v>
       </c>
       <c r="N46" s="23">
         <v>2.39</v>
       </c>
       <c r="O46" s="23">
         <v>4.5599999999999996</v>
       </c>
       <c r="P46" s="23">
         <v>0.38</v>
       </c>
       <c r="Q46" s="23">
         <v>0.21</v>
       </c>
     </row>
     <row r="47" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="29"/>
+      <c r="A47" s="28"/>
       <c r="B47" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C47" s="23">
         <v>1720511920</v>
       </c>
       <c r="D47" s="23">
         <v>369955615</v>
       </c>
       <c r="E47" s="23">
         <v>1350556305</v>
       </c>
       <c r="F47" s="24"/>
       <c r="G47" s="23">
         <v>6200816</v>
       </c>
       <c r="H47" s="23">
         <v>308123550</v>
       </c>
       <c r="I47" s="23">
         <v>1406187554</v>
       </c>
       <c r="J47" s="24"/>
       <c r="K47" s="23">
         <v>40193913</v>
       </c>
       <c r="L47" s="23">
         <v>1338715217</v>
       </c>
       <c r="M47" s="23">
         <v>114893542</v>
       </c>
       <c r="N47" s="23">
         <v>70851626</v>
       </c>
       <c r="O47" s="23">
         <v>155857622</v>
       </c>
       <c r="P47" s="25">
         <v>0</v>
       </c>
       <c r="Q47" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="29"/>
+      <c r="A48" s="28"/>
       <c r="B48" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="23">
         <v>1.52</v>
       </c>
       <c r="D48" s="23">
         <v>0.33</v>
       </c>
       <c r="E48" s="23">
         <v>1.19</v>
       </c>
       <c r="F48" s="24"/>
       <c r="G48" s="23">
         <v>0.01</v>
       </c>
       <c r="H48" s="23">
         <v>0.27</v>
       </c>
       <c r="I48" s="23">
         <v>1.24</v>
       </c>
       <c r="J48" s="24"/>
       <c r="K48" s="23">
         <v>0.04</v>
       </c>
       <c r="L48" s="23">
         <v>1.18</v>
       </c>
       <c r="M48" s="23">
         <v>0.1</v>
       </c>
       <c r="N48" s="23">
         <v>0.06</v>
       </c>
       <c r="O48" s="23">
         <v>0.14000000000000001</v>
       </c>
       <c r="P48" s="25">
         <v>0</v>
       </c>
       <c r="Q48" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="29"/>
+      <c r="A49" s="28"/>
       <c r="B49" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C49" s="23">
         <v>82844055974</v>
       </c>
       <c r="D49" s="23">
         <v>140138779</v>
       </c>
       <c r="E49" s="23">
         <v>82703917185</v>
       </c>
       <c r="F49" s="24"/>
       <c r="G49" s="23">
         <v>12880842710</v>
       </c>
       <c r="H49" s="23">
         <v>18942599521</v>
       </c>
       <c r="I49" s="23">
         <v>51020613743</v>
       </c>
       <c r="J49" s="24"/>
       <c r="K49" s="23">
         <v>29028816896</v>
       </c>
       <c r="L49" s="23">
         <v>27039857564</v>
       </c>
       <c r="M49" s="23">
         <v>4412100838</v>
       </c>
       <c r="N49" s="23">
         <v>18484251393</v>
       </c>
       <c r="O49" s="23">
         <v>2443079184</v>
       </c>
       <c r="P49" s="23">
         <v>1436150099</v>
       </c>
       <c r="Q49" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="29"/>
+      <c r="A50" s="28"/>
       <c r="B50" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="23">
         <v>72.95</v>
       </c>
       <c r="D50" s="23">
         <v>0.12</v>
       </c>
       <c r="E50" s="23">
         <v>72.83</v>
       </c>
       <c r="F50" s="24"/>
       <c r="G50" s="23">
         <v>11.34</v>
       </c>
       <c r="H50" s="23">
         <v>16.68</v>
       </c>
       <c r="I50" s="23">
         <v>44.93</v>
       </c>
       <c r="J50" s="24"/>
       <c r="K50" s="23">
         <v>25.56</v>
       </c>
       <c r="L50" s="23">
         <v>23.81</v>
       </c>
       <c r="M50" s="23">
         <v>3.89</v>
       </c>
       <c r="N50" s="23">
         <v>16.28</v>
       </c>
       <c r="O50" s="23">
         <v>2.15</v>
       </c>
       <c r="P50" s="23">
         <v>1.26</v>
       </c>
       <c r="Q50" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="29"/>
+      <c r="A51" s="28"/>
       <c r="B51" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C51" s="23">
         <v>456264629</v>
       </c>
       <c r="D51" s="23">
         <v>191603864</v>
       </c>
       <c r="E51" s="23">
         <v>264660765</v>
       </c>
       <c r="F51" s="24"/>
       <c r="G51" s="23">
         <v>508841</v>
       </c>
       <c r="H51" s="23">
         <v>441431370</v>
       </c>
       <c r="I51" s="23">
         <v>14324418</v>
       </c>
       <c r="J51" s="24"/>
       <c r="K51" s="23">
         <v>3242787</v>
       </c>
       <c r="L51" s="23">
         <v>14588883</v>
       </c>
       <c r="M51" s="23">
         <v>96320511</v>
       </c>
       <c r="N51" s="23">
         <v>13565762</v>
       </c>
       <c r="O51" s="23">
         <v>328409204</v>
       </c>
       <c r="P51" s="23">
         <v>137482</v>
       </c>
       <c r="Q51" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="29"/>
+      <c r="A52" s="28"/>
       <c r="B52" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="23">
         <v>0.4</v>
       </c>
       <c r="D52" s="23">
         <v>0.17</v>
       </c>
       <c r="E52" s="23">
         <v>0.23</v>
       </c>
       <c r="F52" s="24"/>
       <c r="G52" s="23">
         <v>4.48098993234E-4</v>
       </c>
       <c r="H52" s="23">
         <v>0.39</v>
       </c>
       <c r="I52" s="23">
         <v>0.01</v>
       </c>
       <c r="J52" s="24"/>
       <c r="K52" s="23">
         <v>2.8556849585079998E-3</v>
       </c>
       <c r="L52" s="23">
         <v>0.01</v>
       </c>
       <c r="M52" s="23">
         <v>0.08</v>
       </c>
       <c r="N52" s="23">
         <v>0.01</v>
       </c>
       <c r="O52" s="23">
         <v>0.28999999999999998</v>
       </c>
       <c r="P52" s="23">
         <v>1.2107032607E-4</v>
       </c>
       <c r="Q52" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:17" ht="0.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="29">
+      <c r="A53" s="28">
         <v>2560</v>
       </c>
       <c r="B53" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="23">
         <v>155142877753</v>
       </c>
       <c r="D53" s="23">
         <v>23582959197</v>
       </c>
       <c r="E53" s="23">
         <v>131559918556</v>
       </c>
       <c r="F53" s="24"/>
       <c r="G53" s="23">
         <v>14922019493</v>
       </c>
       <c r="H53" s="23">
         <v>42076183444</v>
       </c>
       <c r="I53" s="23">
         <v>98144674816</v>
       </c>
       <c r="J53" s="24"/>
       <c r="K53" s="23">
         <v>39930677819</v>
       </c>
       <c r="L53" s="23">
         <v>74429754986</v>
       </c>
       <c r="M53" s="23">
         <v>14549279661</v>
       </c>
       <c r="N53" s="23">
         <v>11594059319</v>
       </c>
       <c r="O53" s="23">
         <v>12432388262</v>
       </c>
       <c r="P53" s="23">
         <v>2206717706</v>
       </c>
       <c r="Q53" s="24"/>
     </row>
     <row r="54" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="29"/>
+      <c r="A54" s="28"/>
       <c r="B54" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="23">
         <v>100</v>
       </c>
       <c r="D54" s="23">
         <v>15.2</v>
       </c>
       <c r="E54" s="23">
         <v>84.8</v>
       </c>
       <c r="F54" s="24"/>
       <c r="G54" s="23">
         <v>9.6199999999999992</v>
       </c>
       <c r="H54" s="23">
         <v>27.12</v>
       </c>
       <c r="I54" s="23">
         <v>63.26</v>
       </c>
       <c r="J54" s="24"/>
       <c r="K54" s="23">
         <v>25.74</v>
       </c>
       <c r="L54" s="23">
         <v>47.97</v>
       </c>
       <c r="M54" s="23">
         <v>9.3800000000000008</v>
       </c>
       <c r="N54" s="23">
         <v>7.47</v>
       </c>
       <c r="O54" s="23">
         <v>8.01</v>
       </c>
       <c r="P54" s="23">
         <v>1.42</v>
       </c>
       <c r="Q54" s="24"/>
     </row>
     <row r="55" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="29"/>
+      <c r="A55" s="28"/>
       <c r="B55" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C55" s="23">
         <v>6509367926</v>
       </c>
       <c r="D55" s="23">
         <v>6110412897</v>
       </c>
       <c r="E55" s="23">
         <v>398955029</v>
       </c>
       <c r="F55" s="24"/>
       <c r="G55" s="23">
         <v>272742516</v>
       </c>
       <c r="H55" s="23">
         <v>4294880958</v>
       </c>
       <c r="I55" s="23">
         <v>1941744452</v>
       </c>
       <c r="J55" s="24"/>
       <c r="K55" s="23">
         <v>572372160</v>
       </c>
       <c r="L55" s="23">
         <v>1835410713</v>
       </c>
       <c r="M55" s="23">
         <v>861191618</v>
       </c>
       <c r="N55" s="23">
         <v>1723372413</v>
       </c>
       <c r="O55" s="23">
         <v>1495131731</v>
       </c>
       <c r="P55" s="23">
         <v>21889291</v>
       </c>
       <c r="Q55" s="24"/>
     </row>
     <row r="56" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="29"/>
+      <c r="A56" s="28"/>
       <c r="B56" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="23">
         <v>4.2</v>
       </c>
       <c r="D56" s="23">
         <v>3.94</v>
       </c>
       <c r="E56" s="23">
         <v>0.26</v>
       </c>
       <c r="F56" s="24"/>
       <c r="G56" s="23">
         <v>0.18</v>
       </c>
       <c r="H56" s="23">
         <v>2.77</v>
       </c>
       <c r="I56" s="23">
         <v>1.25</v>
       </c>
       <c r="J56" s="24"/>
       <c r="K56" s="23">
         <v>0.37</v>
       </c>
       <c r="L56" s="23">
         <v>1.18</v>
       </c>
       <c r="M56" s="23">
         <v>0.56000000000000005</v>
       </c>
       <c r="N56" s="23">
         <v>1.1100000000000001</v>
       </c>
       <c r="O56" s="23">
         <v>0.96</v>
       </c>
       <c r="P56" s="23">
         <v>0.01</v>
       </c>
       <c r="Q56" s="24"/>
     </row>
     <row r="57" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="29"/>
+      <c r="A57" s="28"/>
       <c r="B57" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C57" s="23">
         <v>21484992412</v>
       </c>
       <c r="D57" s="23">
         <v>16349956143</v>
       </c>
       <c r="E57" s="23">
         <v>5135036269</v>
       </c>
       <c r="F57" s="24"/>
       <c r="G57" s="23">
         <v>3302422640</v>
       </c>
       <c r="H57" s="23">
         <v>12116849464</v>
       </c>
       <c r="I57" s="23">
         <v>6065720308</v>
       </c>
       <c r="J57" s="24"/>
       <c r="K57" s="23">
         <v>2670254576</v>
       </c>
       <c r="L57" s="23">
         <v>5816931621</v>
       </c>
       <c r="M57" s="23">
         <v>4067255508</v>
       </c>
       <c r="N57" s="23">
         <v>3169210804</v>
       </c>
       <c r="O57" s="23">
         <v>5356168767</v>
       </c>
       <c r="P57" s="23">
         <v>405171136</v>
       </c>
       <c r="Q57" s="24"/>
     </row>
     <row r="58" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="29"/>
+      <c r="A58" s="28"/>
       <c r="B58" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="23">
         <v>13.85</v>
       </c>
       <c r="D58" s="23">
         <v>10.54</v>
       </c>
       <c r="E58" s="23">
         <v>3.31</v>
       </c>
       <c r="F58" s="24"/>
       <c r="G58" s="23">
         <v>2.13</v>
       </c>
       <c r="H58" s="23">
         <v>7.81</v>
       </c>
       <c r="I58" s="23">
         <v>3.91</v>
       </c>
       <c r="J58" s="24"/>
       <c r="K58" s="23">
         <v>1.72</v>
       </c>
       <c r="L58" s="23">
         <v>3.75</v>
       </c>
       <c r="M58" s="23">
         <v>2.62</v>
       </c>
       <c r="N58" s="23">
         <v>2.04</v>
       </c>
       <c r="O58" s="23">
         <v>3.45</v>
       </c>
       <c r="P58" s="23">
         <v>0.26</v>
       </c>
       <c r="Q58" s="24"/>
     </row>
     <row r="59" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="29"/>
+      <c r="A59" s="28"/>
       <c r="B59" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C59" s="23">
         <v>1930714028</v>
       </c>
       <c r="D59" s="23">
         <v>708371424</v>
       </c>
       <c r="E59" s="23">
         <v>1222342604</v>
       </c>
       <c r="F59" s="24"/>
       <c r="G59" s="23">
         <v>3475285</v>
       </c>
       <c r="H59" s="23">
         <v>943539946</v>
       </c>
       <c r="I59" s="23">
         <v>983698797</v>
       </c>
       <c r="J59" s="24"/>
       <c r="K59" s="23">
         <v>47787317</v>
       </c>
       <c r="L59" s="23">
         <v>1523655552</v>
       </c>
       <c r="M59" s="23">
         <v>111439000</v>
       </c>
       <c r="N59" s="23">
         <v>174781060</v>
       </c>
       <c r="O59" s="23">
         <v>73051099</v>
       </c>
       <c r="P59" s="25">
         <v>0</v>
       </c>
       <c r="Q59" s="24"/>
     </row>
     <row r="60" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="29"/>
+      <c r="A60" s="28"/>
       <c r="B60" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="23">
         <v>1.24</v>
       </c>
       <c r="D60" s="23">
         <v>0.46</v>
       </c>
       <c r="E60" s="23">
         <v>0.79</v>
       </c>
       <c r="F60" s="24"/>
       <c r="G60" s="25">
         <v>0</v>
       </c>
       <c r="H60" s="23">
         <v>0.61</v>
       </c>
       <c r="I60" s="23">
         <v>0.63</v>
       </c>
       <c r="J60" s="24"/>
       <c r="K60" s="23">
         <v>0.03</v>
       </c>
       <c r="L60" s="23">
         <v>0.98</v>
       </c>
       <c r="M60" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="N60" s="23">
         <v>0.11</v>
       </c>
       <c r="O60" s="23">
         <v>0.05</v>
       </c>
       <c r="P60" s="25">
         <v>0</v>
       </c>
       <c r="Q60" s="24"/>
     </row>
     <row r="61" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="29"/>
+      <c r="A61" s="28"/>
       <c r="B61" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C61" s="23">
         <v>124110130512</v>
       </c>
       <c r="D61" s="23">
         <v>116719521</v>
       </c>
       <c r="E61" s="23">
         <v>123993410991</v>
       </c>
       <c r="F61" s="24"/>
       <c r="G61" s="23">
         <v>11311256539</v>
       </c>
       <c r="H61" s="23">
         <v>23681251316</v>
       </c>
       <c r="I61" s="23">
         <v>89117622657</v>
       </c>
       <c r="J61" s="24"/>
       <c r="K61" s="23">
         <v>36628314561</v>
       </c>
       <c r="L61" s="23">
         <v>65218746867</v>
       </c>
       <c r="M61" s="23">
         <v>9209603705</v>
       </c>
       <c r="N61" s="23">
         <v>6496720809</v>
       </c>
       <c r="O61" s="23">
         <v>4785339404</v>
       </c>
       <c r="P61" s="23">
         <v>1771405166</v>
       </c>
       <c r="Q61" s="24"/>
     </row>
     <row r="62" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="29"/>
+      <c r="A62" s="28"/>
       <c r="B62" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="23">
         <v>80</v>
       </c>
       <c r="D62" s="23">
         <v>0.08</v>
       </c>
       <c r="E62" s="23">
         <v>79.92</v>
       </c>
       <c r="F62" s="24"/>
       <c r="G62" s="23">
         <v>7.29</v>
       </c>
       <c r="H62" s="23">
         <v>15.26</v>
       </c>
       <c r="I62" s="23">
         <v>57.44</v>
       </c>
       <c r="J62" s="24"/>
       <c r="K62" s="23">
         <v>23.61</v>
       </c>
       <c r="L62" s="23">
         <v>42.04</v>
       </c>
       <c r="M62" s="23">
         <v>5.94</v>
       </c>
       <c r="N62" s="23">
         <v>4.1900000000000004</v>
       </c>
       <c r="O62" s="23">
         <v>3.08</v>
       </c>
       <c r="P62" s="23">
         <v>1.1399999999999999</v>
       </c>
       <c r="Q62" s="24"/>
     </row>
     <row r="63" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="29"/>
+      <c r="A63" s="28"/>
       <c r="B63" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C63" s="23">
         <v>1107672875</v>
       </c>
       <c r="D63" s="23">
         <v>297499212</v>
       </c>
       <c r="E63" s="23">
         <v>810173663</v>
       </c>
       <c r="F63" s="24"/>
       <c r="G63" s="23">
         <v>32122513</v>
       </c>
       <c r="H63" s="23">
         <v>1039661761</v>
       </c>
       <c r="I63" s="23">
         <v>35888601</v>
       </c>
       <c r="J63" s="24"/>
       <c r="K63" s="23">
         <v>11949205</v>
       </c>
       <c r="L63" s="23">
         <v>35010233</v>
       </c>
       <c r="M63" s="23">
         <v>299789830</v>
       </c>
       <c r="N63" s="23">
         <v>29974233</v>
       </c>
       <c r="O63" s="23">
         <v>722697261</v>
       </c>
       <c r="P63" s="23">
         <v>8252113</v>
       </c>
       <c r="Q63" s="24"/>
     </row>
     <row r="64" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="29"/>
+      <c r="A64" s="28"/>
       <c r="B64" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="23">
         <v>0.71</v>
       </c>
       <c r="D64" s="23">
         <v>0.19</v>
       </c>
       <c r="E64" s="23">
         <v>0.52</v>
       </c>
       <c r="F64" s="24"/>
       <c r="G64" s="23">
         <v>0.02</v>
       </c>
       <c r="H64" s="23">
         <v>0.67</v>
       </c>
       <c r="I64" s="23">
         <v>0.02</v>
       </c>
       <c r="J64" s="24"/>
       <c r="K64" s="23">
         <v>0.01</v>
       </c>
       <c r="L64" s="23">
         <v>0.02</v>
       </c>
       <c r="M64" s="23">
         <v>0.19</v>
       </c>
       <c r="N64" s="23">
         <v>0.02</v>
       </c>
       <c r="O64" s="23">
         <v>0.47</v>
       </c>
       <c r="P64" s="23">
         <v>0.01</v>
       </c>
       <c r="Q64" s="24"/>
     </row>
     <row r="65" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="29">
+      <c r="A65" s="28">
         <v>2561</v>
       </c>
       <c r="B65" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C65" s="23">
         <v>182357008996</v>
       </c>
       <c r="D65" s="23">
         <v>31478291472</v>
       </c>
       <c r="E65" s="23">
         <v>150643954218</v>
       </c>
       <c r="F65" s="23">
         <v>234763307</v>
       </c>
       <c r="G65" s="23">
         <v>25273300374</v>
       </c>
       <c r="H65" s="23">
         <v>48751790574</v>
       </c>
       <c r="I65" s="23">
         <v>108331918048</v>
       </c>
       <c r="J65" s="24"/>
       <c r="K65" s="23">
         <v>58327047937</v>
       </c>
       <c r="L65" s="23">
         <v>85696264647</v>
       </c>
       <c r="M65" s="23">
         <v>13690247951</v>
       </c>
       <c r="N65" s="23">
         <v>11859382816</v>
       </c>
       <c r="O65" s="23">
         <v>10769408133</v>
       </c>
       <c r="P65" s="23">
         <v>2014657512</v>
       </c>
       <c r="Q65" s="24"/>
     </row>
     <row r="66" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="29"/>
+      <c r="A66" s="28"/>
       <c r="B66" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="23">
         <v>100</v>
       </c>
       <c r="D66" s="23">
         <v>17.260000000000002</v>
       </c>
       <c r="E66" s="23">
         <v>82.61</v>
       </c>
       <c r="F66" s="23">
         <v>0.13</v>
       </c>
       <c r="G66" s="23">
         <v>13.86</v>
       </c>
       <c r="H66" s="23">
         <v>26.73</v>
       </c>
       <c r="I66" s="23">
         <v>59.41</v>
       </c>
       <c r="J66" s="24"/>
       <c r="K66" s="23">
         <v>31.99</v>
       </c>
       <c r="L66" s="23">
         <v>46.99</v>
       </c>
       <c r="M66" s="23">
         <v>7.51</v>
       </c>
       <c r="N66" s="23">
         <v>6.5</v>
       </c>
       <c r="O66" s="23">
         <v>5.91</v>
       </c>
       <c r="P66" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="Q66" s="24"/>
     </row>
     <row r="67" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="29"/>
+      <c r="A67" s="28"/>
       <c r="B67" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C67" s="23">
         <v>8757542659</v>
       </c>
       <c r="D67" s="23">
         <v>8145461201</v>
       </c>
       <c r="E67" s="23">
         <v>612081458</v>
       </c>
       <c r="F67" s="25">
         <v>0</v>
       </c>
       <c r="G67" s="23">
         <v>451889201</v>
       </c>
       <c r="H67" s="23">
         <v>5445440025</v>
       </c>
       <c r="I67" s="23">
         <v>2860213432</v>
       </c>
       <c r="J67" s="24"/>
       <c r="K67" s="23">
         <v>916038962</v>
       </c>
       <c r="L67" s="23">
         <v>4095026947</v>
       </c>
       <c r="M67" s="23">
         <v>1198907590</v>
       </c>
       <c r="N67" s="23">
         <v>1910895808</v>
       </c>
       <c r="O67" s="23">
         <v>634046089</v>
       </c>
       <c r="P67" s="23">
         <v>2627263</v>
       </c>
       <c r="Q67" s="24"/>
     </row>
     <row r="68" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="29"/>
+      <c r="A68" s="28"/>
       <c r="B68" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="23">
         <v>4.8</v>
       </c>
       <c r="D68" s="23">
         <v>4.46</v>
       </c>
       <c r="E68" s="23">
         <v>0.34</v>
       </c>
       <c r="F68" s="25">
         <v>0</v>
       </c>
       <c r="G68" s="23">
         <v>0.25</v>
       </c>
       <c r="H68" s="23">
         <v>2.99</v>
       </c>
       <c r="I68" s="23">
         <v>1.57</v>
       </c>
       <c r="J68" s="24"/>
       <c r="K68" s="23">
         <v>0.5</v>
       </c>
       <c r="L68" s="23">
         <v>2.25</v>
       </c>
       <c r="M68" s="23">
         <v>0.66</v>
       </c>
       <c r="N68" s="23">
         <v>1.05</v>
       </c>
       <c r="O68" s="23">
         <v>0.35</v>
       </c>
       <c r="P68" s="23">
         <v>1.4407249902069999E-3</v>
       </c>
       <c r="Q68" s="24"/>
     </row>
     <row r="69" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="29"/>
+      <c r="A69" s="28"/>
       <c r="B69" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C69" s="23">
         <v>28043987270</v>
       </c>
       <c r="D69" s="23">
         <v>22245713537</v>
       </c>
       <c r="E69" s="23">
         <v>5779526206</v>
       </c>
       <c r="F69" s="23">
         <v>18747527</v>
       </c>
       <c r="G69" s="23">
         <v>3755940505</v>
       </c>
       <c r="H69" s="23">
         <v>15050923337</v>
       </c>
       <c r="I69" s="23">
         <v>9237123428</v>
       </c>
       <c r="J69" s="24"/>
       <c r="K69" s="23">
         <v>3367611112</v>
       </c>
       <c r="L69" s="23">
         <v>10736917708</v>
       </c>
       <c r="M69" s="23">
         <v>5215533404</v>
       </c>
       <c r="N69" s="23">
         <v>2616009180</v>
       </c>
       <c r="O69" s="23">
         <v>5689806844</v>
       </c>
       <c r="P69" s="23">
         <v>418109023</v>
       </c>
       <c r="Q69" s="24"/>
     </row>
     <row r="70" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="29"/>
+      <c r="A70" s="28"/>
       <c r="B70" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="23">
         <v>15.38</v>
       </c>
       <c r="D70" s="23">
         <v>12.2</v>
       </c>
       <c r="E70" s="23">
         <v>3.17</v>
       </c>
       <c r="F70" s="23">
         <v>0.01</v>
       </c>
       <c r="G70" s="23">
         <v>2.06</v>
       </c>
       <c r="H70" s="23">
         <v>8.25</v>
       </c>
       <c r="I70" s="23">
         <v>5.07</v>
       </c>
       <c r="J70" s="24"/>
       <c r="K70" s="23">
         <v>1.85</v>
       </c>
       <c r="L70" s="23">
         <v>5.89</v>
       </c>
       <c r="M70" s="23">
         <v>2.86</v>
       </c>
       <c r="N70" s="23">
         <v>1.43</v>
       </c>
       <c r="O70" s="23">
         <v>3.12</v>
       </c>
       <c r="P70" s="23">
         <v>0.23</v>
       </c>
       <c r="Q70" s="24"/>
     </row>
     <row r="71" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="29"/>
+      <c r="A71" s="28"/>
       <c r="B71" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C71" s="23">
         <v>1877001008</v>
       </c>
       <c r="D71" s="23">
         <v>886598112</v>
       </c>
       <c r="E71" s="23">
         <v>990402896</v>
       </c>
       <c r="F71" s="25">
         <v>0</v>
       </c>
       <c r="G71" s="23">
         <v>63630334</v>
       </c>
       <c r="H71" s="23">
         <v>409937020</v>
       </c>
       <c r="I71" s="23">
         <v>1403433654</v>
       </c>
       <c r="J71" s="24"/>
       <c r="K71" s="23">
         <v>79960243</v>
       </c>
       <c r="L71" s="23">
         <v>1381472742</v>
       </c>
       <c r="M71" s="23">
         <v>92723850</v>
       </c>
       <c r="N71" s="23">
         <v>176438095</v>
       </c>
       <c r="O71" s="23">
         <v>146406079</v>
       </c>
       <c r="P71" s="25">
         <v>0</v>
       </c>
       <c r="Q71" s="24"/>
     </row>
     <row r="72" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="29"/>
+      <c r="A72" s="28"/>
       <c r="B72" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="23">
         <v>1.03</v>
       </c>
       <c r="D72" s="23">
         <v>0.49</v>
       </c>
       <c r="E72" s="23">
         <v>0.54</v>
       </c>
       <c r="F72" s="25">
         <v>0</v>
       </c>
       <c r="G72" s="23">
         <v>0.03</v>
       </c>
       <c r="H72" s="23">
         <v>0.22</v>
       </c>
       <c r="I72" s="23">
         <v>0.77</v>
       </c>
       <c r="J72" s="24"/>
       <c r="K72" s="23">
         <v>0.04</v>
       </c>
       <c r="L72" s="23">
         <v>0.76</v>
       </c>
       <c r="M72" s="23">
         <v>0.05</v>
       </c>
       <c r="N72" s="23">
         <v>0.1</v>
       </c>
       <c r="O72" s="23">
         <v>0.08</v>
       </c>
       <c r="P72" s="25">
         <v>0</v>
       </c>
       <c r="Q72" s="24"/>
     </row>
     <row r="73" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="29"/>
+      <c r="A73" s="28"/>
       <c r="B73" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C73" s="23">
         <v>143016375208</v>
       </c>
       <c r="D73" s="23">
         <v>22320750</v>
       </c>
       <c r="E73" s="23">
         <v>142778038678</v>
       </c>
       <c r="F73" s="23">
         <v>216015780</v>
       </c>
       <c r="G73" s="23">
         <v>20987936174</v>
       </c>
       <c r="H73" s="23">
         <v>27210467347</v>
       </c>
       <c r="I73" s="23">
         <v>94817971687</v>
       </c>
       <c r="J73" s="24"/>
       <c r="K73" s="23">
         <v>53932980889</v>
       </c>
       <c r="L73" s="23">
         <v>69455237561</v>
       </c>
       <c r="M73" s="23">
         <v>6904404017</v>
       </c>
       <c r="N73" s="23">
         <v>7140347895</v>
       </c>
       <c r="O73" s="23">
         <v>3991933399</v>
       </c>
       <c r="P73" s="23">
         <v>1591471446</v>
       </c>
       <c r="Q73" s="24"/>
     </row>
     <row r="74" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="29"/>
+      <c r="A74" s="28"/>
       <c r="B74" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="23">
         <v>78.430000000000007</v>
       </c>
       <c r="D74" s="23">
         <v>0.01</v>
       </c>
       <c r="E74" s="23">
         <v>78.3</v>
       </c>
       <c r="F74" s="23">
         <v>0.12</v>
       </c>
       <c r="G74" s="23">
         <v>11.51</v>
       </c>
       <c r="H74" s="23">
         <v>14.92</v>
       </c>
       <c r="I74" s="23">
         <v>52</v>
       </c>
       <c r="J74" s="24"/>
       <c r="K74" s="23">
         <v>29.58</v>
       </c>
       <c r="L74" s="23">
         <v>38.090000000000003</v>
       </c>
       <c r="M74" s="23">
         <v>3.79</v>
       </c>
       <c r="N74" s="23">
         <v>3.92</v>
       </c>
       <c r="O74" s="23">
         <v>2.19</v>
       </c>
       <c r="P74" s="23">
         <v>0.87</v>
       </c>
       <c r="Q74" s="24"/>
     </row>
     <row r="75" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="29"/>
+      <c r="A75" s="28"/>
       <c r="B75" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C75" s="23">
         <v>662102851</v>
       </c>
       <c r="D75" s="23">
         <v>178197872</v>
       </c>
       <c r="E75" s="23">
         <v>483904980</v>
       </c>
       <c r="F75" s="25">
         <v>0</v>
       </c>
       <c r="G75" s="23">
         <v>13904160</v>
       </c>
       <c r="H75" s="23">
         <v>635022844</v>
       </c>
       <c r="I75" s="23">
         <v>13175847</v>
       </c>
       <c r="J75" s="24"/>
       <c r="K75" s="23">
         <v>30456731</v>
       </c>
       <c r="L75" s="23">
         <v>27609689</v>
       </c>
       <c r="M75" s="23">
         <v>278679090</v>
       </c>
       <c r="N75" s="23">
         <v>15691838</v>
       </c>
       <c r="O75" s="23">
         <v>307215723</v>
       </c>
       <c r="P75" s="23">
         <v>2449781</v>
       </c>
       <c r="Q75" s="24"/>
     </row>
     <row r="76" spans="1:17" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="29"/>
+      <c r="A76" s="28"/>
       <c r="B76" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="23">
         <v>0.36</v>
       </c>
       <c r="D76" s="23">
         <v>0.1</v>
       </c>
       <c r="E76" s="23">
         <v>0.27</v>
       </c>
       <c r="F76" s="25">
         <v>0</v>
       </c>
       <c r="G76" s="23">
         <v>0.01</v>
       </c>
       <c r="H76" s="23">
         <v>0.35</v>
       </c>
       <c r="I76" s="23">
         <v>0.01</v>
       </c>
       <c r="J76" s="24"/>
       <c r="K76" s="23">
         <v>0.02</v>
       </c>
       <c r="L76" s="23">
         <v>0.02</v>
       </c>
       <c r="M76" s="23">
         <v>0.15</v>
       </c>
       <c r="N76" s="23">
         <v>0.01</v>
       </c>
       <c r="O76" s="23">
         <v>0.17</v>
       </c>
       <c r="P76" s="23">
         <v>1.343398322602E-3</v>
       </c>
       <c r="Q76" s="24"/>
     </row>
     <row r="77" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="29">
+      <c r="A77" s="28">
         <v>2562</v>
       </c>
       <c r="B77" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C77" s="23">
         <v>193072401252</v>
       </c>
       <c r="D77" s="23">
         <v>34481438959</v>
       </c>
       <c r="E77" s="23">
         <v>158590962293</v>
       </c>
       <c r="F77" s="24"/>
       <c r="G77" s="23">
         <v>26929449731</v>
       </c>
       <c r="H77" s="23">
         <v>54478335280</v>
       </c>
       <c r="I77" s="23">
         <v>111664616241</v>
       </c>
       <c r="J77" s="24"/>
       <c r="K77" s="23">
         <v>61616457481</v>
       </c>
       <c r="L77" s="23">
         <v>84765126386</v>
       </c>
       <c r="M77" s="23">
         <v>17178170675</v>
       </c>
       <c r="N77" s="23">
         <v>13655540074</v>
       </c>
       <c r="O77" s="23">
         <v>13608031571</v>
       </c>
       <c r="P77" s="23">
         <v>2149075065</v>
       </c>
       <c r="Q77" s="24"/>
     </row>
     <row r="78" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="29"/>
+      <c r="A78" s="28"/>
       <c r="B78" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="23">
         <v>100</v>
       </c>
       <c r="D78" s="23">
         <v>17.86</v>
       </c>
       <c r="E78" s="23">
         <v>82.14</v>
       </c>
       <c r="F78" s="24"/>
       <c r="G78" s="23">
         <v>13.95</v>
       </c>
       <c r="H78" s="23">
         <v>28.22</v>
       </c>
       <c r="I78" s="23">
         <v>57.83</v>
       </c>
       <c r="J78" s="24"/>
       <c r="K78" s="23">
         <v>31.91</v>
       </c>
       <c r="L78" s="23">
         <v>43.9</v>
       </c>
       <c r="M78" s="23">
         <v>8.9499999999999993</v>
       </c>
       <c r="N78" s="23">
         <v>7.08</v>
       </c>
       <c r="O78" s="23">
         <v>7.04</v>
       </c>
       <c r="P78" s="23">
         <v>1.1200000000000001</v>
       </c>
       <c r="Q78" s="24"/>
     </row>
     <row r="79" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="29"/>
+      <c r="A79" s="28"/>
       <c r="B79" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C79" s="23">
         <v>9123827320</v>
       </c>
       <c r="D79" s="23">
         <v>8713782477</v>
       </c>
       <c r="E79" s="23">
         <v>410044843</v>
       </c>
       <c r="F79" s="24"/>
       <c r="G79" s="23">
         <v>145068854</v>
       </c>
       <c r="H79" s="23">
         <v>6548170868</v>
       </c>
       <c r="I79" s="23">
         <v>2430587598</v>
       </c>
       <c r="J79" s="24"/>
       <c r="K79" s="23">
         <v>806546335</v>
       </c>
       <c r="L79" s="23">
         <v>2084794542</v>
       </c>
       <c r="M79" s="23">
         <v>565677294</v>
       </c>
       <c r="N79" s="23">
         <v>2033701110</v>
       </c>
       <c r="O79" s="23">
         <v>3618509915</v>
       </c>
       <c r="P79" s="23">
         <v>14598124</v>
       </c>
       <c r="Q79" s="24"/>
     </row>
     <row r="80" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="29"/>
+      <c r="A80" s="28"/>
       <c r="B80" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="23">
         <v>4.72</v>
       </c>
       <c r="D80" s="23">
         <v>4.51</v>
       </c>
       <c r="E80" s="23">
         <v>0.21</v>
       </c>
       <c r="F80" s="24"/>
       <c r="G80" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="H80" s="23">
         <v>3.39</v>
       </c>
       <c r="I80" s="23">
         <v>1.26</v>
       </c>
       <c r="J80" s="24"/>
       <c r="K80" s="23">
         <v>0.42</v>
       </c>
       <c r="L80" s="23">
         <v>1.08</v>
       </c>
       <c r="M80" s="23">
         <v>0.28999999999999998</v>
       </c>
       <c r="N80" s="23">
         <v>1.05</v>
       </c>
       <c r="O80" s="23">
         <v>1.87</v>
       </c>
       <c r="P80" s="23">
         <v>0.01</v>
       </c>
       <c r="Q80" s="24"/>
     </row>
     <row r="81" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="29"/>
+      <c r="A81" s="28"/>
       <c r="B81" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C81" s="23">
         <v>30664182962</v>
       </c>
       <c r="D81" s="23">
         <v>24889266856</v>
       </c>
       <c r="E81" s="23">
         <v>5774916106</v>
       </c>
       <c r="F81" s="24"/>
       <c r="G81" s="23">
         <v>4641661225</v>
       </c>
       <c r="H81" s="23">
         <v>18149226870</v>
       </c>
       <c r="I81" s="23">
         <v>7873294867</v>
       </c>
       <c r="J81" s="24"/>
       <c r="K81" s="23">
         <v>3875607218</v>
       </c>
       <c r="L81" s="23">
         <v>7771911116</v>
       </c>
       <c r="M81" s="23">
         <v>9116382339</v>
       </c>
       <c r="N81" s="23">
         <v>3863215336</v>
       </c>
       <c r="O81" s="23">
         <v>5576239688</v>
       </c>
       <c r="P81" s="23">
         <v>460827265</v>
       </c>
       <c r="Q81" s="24"/>
     </row>
     <row r="82" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="29"/>
+      <c r="A82" s="28"/>
       <c r="B82" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="23">
         <v>15.88</v>
       </c>
       <c r="D82" s="23">
         <v>12.89</v>
       </c>
       <c r="E82" s="23">
         <v>2.99</v>
       </c>
       <c r="F82" s="24"/>
       <c r="G82" s="23">
         <v>2.4</v>
       </c>
       <c r="H82" s="23">
         <v>9.4</v>
       </c>
       <c r="I82" s="23">
         <v>4.08</v>
       </c>
       <c r="J82" s="24"/>
       <c r="K82" s="23">
         <v>2.0099999999999998</v>
       </c>
       <c r="L82" s="23">
         <v>4.0199999999999996</v>
       </c>
       <c r="M82" s="23">
         <v>4.72</v>
       </c>
       <c r="N82" s="23">
         <v>2</v>
       </c>
       <c r="O82" s="23">
         <v>2.89</v>
       </c>
       <c r="P82" s="23">
         <v>0.24</v>
       </c>
       <c r="Q82" s="24"/>
     </row>
     <row r="83" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="29"/>
+      <c r="A83" s="28"/>
       <c r="B83" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C83" s="23">
         <v>1732744226</v>
       </c>
       <c r="D83" s="23">
         <v>820365228</v>
       </c>
       <c r="E83" s="23">
         <v>912378998</v>
       </c>
       <c r="F83" s="24"/>
       <c r="G83" s="23">
         <v>14280526</v>
       </c>
       <c r="H83" s="23">
         <v>299666230</v>
       </c>
       <c r="I83" s="23">
         <v>1418797470</v>
       </c>
       <c r="J83" s="24"/>
       <c r="K83" s="23">
         <v>63071890</v>
       </c>
       <c r="L83" s="23">
         <v>1209975293</v>
       </c>
       <c r="M83" s="23">
         <v>131688561</v>
       </c>
       <c r="N83" s="23">
         <v>228029140</v>
       </c>
       <c r="O83" s="23">
         <v>99979342</v>
       </c>
       <c r="P83" s="25">
         <v>0</v>
       </c>
       <c r="Q83" s="24"/>
     </row>
     <row r="84" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="29"/>
+      <c r="A84" s="28"/>
       <c r="B84" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="23">
         <v>0.9</v>
       </c>
       <c r="D84" s="23">
         <v>0.43</v>
       </c>
       <c r="E84" s="23">
         <v>0.47</v>
       </c>
       <c r="F84" s="24"/>
       <c r="G84" s="23">
         <v>0.01</v>
       </c>
       <c r="H84" s="23">
         <v>0.16</v>
       </c>
       <c r="I84" s="23">
         <v>0.73</v>
       </c>
       <c r="J84" s="24"/>
       <c r="K84" s="23">
         <v>0.03</v>
       </c>
       <c r="L84" s="23">
         <v>0.63</v>
       </c>
       <c r="M84" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="N84" s="23">
         <v>0.12</v>
       </c>
       <c r="O84" s="23">
         <v>0.05</v>
       </c>
       <c r="P84" s="25">
         <v>0</v>
       </c>
       <c r="Q84" s="24"/>
     </row>
     <row r="85" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="29"/>
+      <c r="A85" s="28"/>
       <c r="B85" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C85" s="23">
         <v>150702775166</v>
       </c>
       <c r="D85" s="25">
         <v>0</v>
       </c>
       <c r="E85" s="23">
         <v>150702775166</v>
       </c>
       <c r="F85" s="24"/>
       <c r="G85" s="23">
         <v>22123167394</v>
       </c>
       <c r="H85" s="23">
         <v>28648597559</v>
       </c>
       <c r="I85" s="23">
         <v>99931010213</v>
       </c>
       <c r="J85" s="24"/>
       <c r="K85" s="23">
         <v>56845086793</v>
       </c>
       <c r="L85" s="23">
         <v>73196337897</v>
       </c>
       <c r="M85" s="23">
         <v>7278944041</v>
       </c>
       <c r="N85" s="23">
         <v>7520068481</v>
       </c>
       <c r="O85" s="23">
         <v>4189537150</v>
       </c>
       <c r="P85" s="23">
         <v>1672800804</v>
       </c>
       <c r="Q85" s="24"/>
     </row>
     <row r="86" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="29"/>
+      <c r="A86" s="28"/>
       <c r="B86" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="23">
         <v>78.06</v>
       </c>
       <c r="D86" s="25">
         <v>0</v>
       </c>
       <c r="E86" s="23">
         <v>78.06</v>
       </c>
       <c r="F86" s="24"/>
       <c r="G86" s="23">
         <v>11.46</v>
       </c>
       <c r="H86" s="23">
         <v>14.84</v>
       </c>
       <c r="I86" s="23">
         <v>51.76</v>
       </c>
       <c r="J86" s="24"/>
       <c r="K86" s="23">
         <v>29.44</v>
       </c>
       <c r="L86" s="23">
         <v>37.909999999999997</v>
       </c>
       <c r="M86" s="23">
         <v>3.77</v>
       </c>
       <c r="N86" s="23">
         <v>3.9</v>
       </c>
       <c r="O86" s="23">
         <v>2.17</v>
       </c>
       <c r="P86" s="23">
         <v>0.87</v>
       </c>
       <c r="Q86" s="24"/>
     </row>
     <row r="87" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="29"/>
+      <c r="A87" s="28"/>
       <c r="B87" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C87" s="23">
         <v>848871578</v>
       </c>
       <c r="D87" s="23">
         <v>58024398</v>
       </c>
       <c r="E87" s="23">
         <v>790847180</v>
       </c>
       <c r="F87" s="24"/>
       <c r="G87" s="23">
         <v>5271732</v>
       </c>
       <c r="H87" s="23">
         <v>832673753</v>
       </c>
       <c r="I87" s="23">
         <v>10926093</v>
       </c>
       <c r="J87" s="24"/>
       <c r="K87" s="23">
         <v>26145245</v>
       </c>
       <c r="L87" s="23">
         <v>502107538</v>
       </c>
       <c r="M87" s="23">
         <v>185478440</v>
       </c>
       <c r="N87" s="23">
         <v>10526007</v>
       </c>
       <c r="O87" s="23">
         <v>123765476</v>
       </c>
       <c r="P87" s="23">
         <v>848872</v>
       </c>
       <c r="Q87" s="24"/>
     </row>
     <row r="88" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="29"/>
+      <c r="A88" s="28"/>
       <c r="B88" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="23">
         <v>0.44</v>
       </c>
       <c r="D88" s="23">
         <v>0.03</v>
       </c>
       <c r="E88" s="23">
         <v>0.41</v>
       </c>
       <c r="F88" s="24"/>
       <c r="G88" s="23">
         <v>2.7304430699649999E-3</v>
       </c>
       <c r="H88" s="23">
         <v>0.43</v>
       </c>
       <c r="I88" s="23">
         <v>0.01</v>
       </c>
       <c r="J88" s="24"/>
       <c r="K88" s="23">
         <v>0.01</v>
       </c>
       <c r="L88" s="23">
         <v>0.26</v>
       </c>
       <c r="M88" s="23">
         <v>0.1</v>
       </c>
       <c r="N88" s="23">
         <v>0.01</v>
       </c>
       <c r="O88" s="23">
         <v>0.06</v>
       </c>
       <c r="P88" s="23">
         <v>4.3966511759099998E-4</v>
       </c>
       <c r="Q88" s="24"/>
     </row>
     <row r="89" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="29">
+      <c r="A89" s="28">
         <v>2563</v>
       </c>
       <c r="B89" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C89" s="23">
         <v>208009682046</v>
       </c>
       <c r="D89" s="23">
         <v>53024938196</v>
       </c>
       <c r="E89" s="23">
         <v>154984743850</v>
       </c>
       <c r="F89" s="24"/>
       <c r="G89" s="23">
         <v>17395911468</v>
       </c>
       <c r="H89" s="23">
         <v>62646718878</v>
       </c>
       <c r="I89" s="23">
         <v>127652071700</v>
       </c>
       <c r="J89" s="23">
         <v>314980000</v>
       </c>
       <c r="K89" s="23">
         <v>104538160808</v>
       </c>
       <c r="L89" s="23">
         <v>52214416365</v>
       </c>
       <c r="M89" s="23">
         <v>18778563154</v>
       </c>
       <c r="N89" s="23">
         <v>12390521401</v>
       </c>
       <c r="O89" s="23">
         <v>17974796841</v>
       </c>
       <c r="P89" s="23">
         <v>2084627477</v>
       </c>
       <c r="Q89" s="23">
         <v>28596000</v>
       </c>
     </row>
     <row r="90" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="29"/>
+      <c r="A90" s="28"/>
       <c r="B90" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="23">
         <v>100</v>
       </c>
       <c r="D90" s="23">
         <v>25.49</v>
       </c>
       <c r="E90" s="23">
         <v>74.510000000000005</v>
       </c>
       <c r="F90" s="24"/>
       <c r="G90" s="23">
         <v>8.36</v>
       </c>
       <c r="H90" s="23">
         <v>30.12</v>
       </c>
       <c r="I90" s="23">
         <v>61.37</v>
       </c>
       <c r="J90" s="23">
         <v>0.15</v>
       </c>
       <c r="K90" s="23">
         <v>50.26</v>
       </c>
       <c r="L90" s="23">
         <v>25.1</v>
       </c>
       <c r="M90" s="23">
         <v>9.0299999999999994</v>
       </c>
       <c r="N90" s="23">
         <v>5.96</v>
       </c>
       <c r="O90" s="23">
         <v>8.64</v>
       </c>
       <c r="P90" s="23">
         <v>1</v>
       </c>
       <c r="Q90" s="23">
         <v>0.01</v>
       </c>
     </row>
     <row r="91" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="29"/>
+      <c r="A91" s="28"/>
       <c r="B91" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C91" s="23">
         <v>18364334582</v>
       </c>
       <c r="D91" s="23">
         <v>15113454717</v>
       </c>
       <c r="E91" s="23">
         <v>3250879865</v>
       </c>
       <c r="F91" s="24"/>
       <c r="G91" s="23">
         <v>758640271</v>
       </c>
       <c r="H91" s="23">
         <v>12560493437</v>
       </c>
       <c r="I91" s="23">
         <v>5045200874</v>
       </c>
       <c r="J91" s="25">
         <v>0</v>
       </c>
       <c r="K91" s="23">
         <v>4887056746</v>
       </c>
       <c r="L91" s="23">
         <v>5550310743</v>
       </c>
       <c r="M91" s="23">
         <v>2254260758</v>
       </c>
       <c r="N91" s="23">
         <v>2304964670</v>
       </c>
       <c r="O91" s="23">
         <v>3350104321</v>
       </c>
       <c r="P91" s="23">
         <v>17637344</v>
       </c>
       <c r="Q91" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="29"/>
+      <c r="A92" s="28"/>
       <c r="B92" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="23">
         <v>8.83</v>
       </c>
       <c r="D92" s="23">
         <v>7.27</v>
       </c>
       <c r="E92" s="23">
         <v>1.56</v>
       </c>
       <c r="F92" s="24"/>
       <c r="G92" s="23">
         <v>0.36</v>
       </c>
       <c r="H92" s="23">
         <v>6.04</v>
       </c>
       <c r="I92" s="23">
         <v>2.4300000000000002</v>
       </c>
       <c r="J92" s="25">
         <v>0</v>
       </c>
       <c r="K92" s="23">
         <v>2.35</v>
       </c>
       <c r="L92" s="23">
         <v>2.67</v>
       </c>
       <c r="M92" s="23">
         <v>1.08</v>
       </c>
       <c r="N92" s="23">
         <v>1.1100000000000001</v>
       </c>
       <c r="O92" s="23">
         <v>1.61</v>
       </c>
       <c r="P92" s="23">
         <v>0.01</v>
       </c>
       <c r="Q92" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="29"/>
+      <c r="A93" s="28"/>
       <c r="B93" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C93" s="23">
         <v>37126547059</v>
       </c>
       <c r="D93" s="23">
         <v>28053940899</v>
       </c>
       <c r="E93" s="23">
         <v>9072606160</v>
       </c>
       <c r="F93" s="24"/>
       <c r="G93" s="23">
         <v>2145440023</v>
       </c>
       <c r="H93" s="23">
         <v>25109969524</v>
       </c>
       <c r="I93" s="23">
         <v>9556157512</v>
       </c>
       <c r="J93" s="23">
         <v>314980000</v>
       </c>
       <c r="K93" s="23">
         <v>3630287539</v>
       </c>
       <c r="L93" s="23">
         <v>9114255581</v>
       </c>
       <c r="M93" s="23">
         <v>9564967209</v>
       </c>
       <c r="N93" s="23">
         <v>3924660647</v>
       </c>
       <c r="O93" s="23">
         <v>10526323970</v>
       </c>
       <c r="P93" s="23">
         <v>364682113</v>
       </c>
       <c r="Q93" s="23">
         <v>1370000</v>
       </c>
     </row>
     <row r="94" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="29"/>
+      <c r="A94" s="28"/>
       <c r="B94" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="23">
         <v>17.850000000000001</v>
       </c>
       <c r="D94" s="23">
         <v>13.49</v>
       </c>
       <c r="E94" s="23">
         <v>4.3600000000000003</v>
       </c>
       <c r="F94" s="24"/>
       <c r="G94" s="23">
         <v>1.03</v>
       </c>
       <c r="H94" s="23">
         <v>12.07</v>
       </c>
       <c r="I94" s="23">
         <v>4.59</v>
       </c>
       <c r="J94" s="23">
         <v>0.15</v>
       </c>
       <c r="K94" s="23">
         <v>1.75</v>
       </c>
       <c r="L94" s="23">
         <v>4.38</v>
       </c>
       <c r="M94" s="23">
         <v>4.5999999999999996</v>
       </c>
       <c r="N94" s="23">
         <v>1.89</v>
       </c>
       <c r="O94" s="23">
         <v>5.0599999999999996</v>
       </c>
       <c r="P94" s="23">
         <v>0.17</v>
       </c>
       <c r="Q94" s="23">
         <v>6.5862318836500003E-4</v>
       </c>
     </row>
     <row r="95" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="29"/>
+      <c r="A95" s="28"/>
       <c r="B95" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C95" s="23">
         <v>1832922969</v>
       </c>
       <c r="D95" s="23">
         <v>1258458709</v>
       </c>
       <c r="E95" s="23">
         <v>574464260</v>
       </c>
       <c r="F95" s="24"/>
       <c r="G95" s="23">
         <v>19535401</v>
       </c>
       <c r="H95" s="23">
         <v>761617154</v>
       </c>
       <c r="I95" s="23">
         <v>1051770414</v>
       </c>
       <c r="J95" s="25">
         <v>0</v>
       </c>
       <c r="K95" s="23">
         <v>152352163</v>
       </c>
       <c r="L95" s="23">
         <v>967977008</v>
       </c>
       <c r="M95" s="23">
         <v>433966256</v>
       </c>
       <c r="N95" s="23">
         <v>251366227</v>
       </c>
       <c r="O95" s="23">
         <v>27261316</v>
       </c>
       <c r="P95" s="25">
         <v>0</v>
       </c>
       <c r="Q95" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="29"/>
+      <c r="A96" s="28"/>
       <c r="B96" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="23">
         <v>0.88</v>
       </c>
       <c r="D96" s="23">
         <v>0.61</v>
       </c>
       <c r="E96" s="23">
         <v>0.28000000000000003</v>
       </c>
       <c r="F96" s="24"/>
       <c r="G96" s="23">
         <v>0.01</v>
       </c>
       <c r="H96" s="23">
         <v>0.37</v>
       </c>
       <c r="I96" s="23">
         <v>0.51</v>
       </c>
       <c r="J96" s="25">
         <v>0</v>
       </c>
       <c r="K96" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="L96" s="23">
         <v>0.47</v>
       </c>
       <c r="M96" s="23">
         <v>0.21</v>
       </c>
       <c r="N96" s="23">
         <v>0.12</v>
       </c>
       <c r="O96" s="23">
         <v>0.01</v>
       </c>
       <c r="P96" s="25">
         <v>0</v>
       </c>
       <c r="Q96" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="29"/>
+      <c r="A97" s="28"/>
       <c r="B97" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C97" s="23">
         <v>141705514055</v>
       </c>
       <c r="D97" s="25">
         <v>0</v>
       </c>
       <c r="E97" s="23">
         <v>141705514055</v>
       </c>
       <c r="F97" s="24"/>
       <c r="G97" s="23">
         <v>14128039751</v>
       </c>
       <c r="H97" s="23">
         <v>17146367201</v>
       </c>
       <c r="I97" s="23">
         <v>110431107103</v>
       </c>
       <c r="J97" s="25">
         <v>0</v>
       </c>
       <c r="K97" s="23">
         <v>94836582333</v>
       </c>
       <c r="L97" s="23">
         <v>34845902751</v>
       </c>
       <c r="M97" s="23">
         <v>4465559818</v>
       </c>
       <c r="N97" s="23">
         <v>5360631079</v>
       </c>
       <c r="O97" s="23">
         <v>512746956</v>
       </c>
       <c r="P97" s="23">
         <v>1684091118</v>
       </c>
       <c r="Q97" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="29"/>
+      <c r="A98" s="28"/>
       <c r="B98" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="23">
         <v>68.12</v>
       </c>
       <c r="D98" s="25">
         <v>0</v>
       </c>
       <c r="E98" s="23">
         <v>68.12</v>
       </c>
       <c r="F98" s="24"/>
       <c r="G98" s="23">
         <v>6.79</v>
       </c>
       <c r="H98" s="23">
         <v>8.24</v>
       </c>
       <c r="I98" s="23">
         <v>53.09</v>
       </c>
       <c r="J98" s="25">
         <v>0</v>
       </c>
       <c r="K98" s="23">
         <v>45.59</v>
       </c>
       <c r="L98" s="23">
         <v>16.75</v>
       </c>
       <c r="M98" s="23">
         <v>2.15</v>
       </c>
       <c r="N98" s="23">
         <v>2.58</v>
       </c>
       <c r="O98" s="23">
         <v>0.25</v>
       </c>
       <c r="P98" s="23">
         <v>0.81</v>
       </c>
       <c r="Q98" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A99" s="29"/>
+      <c r="A99" s="28"/>
       <c r="B99" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C99" s="23">
         <v>730268835</v>
       </c>
       <c r="D99" s="23">
         <v>364785059</v>
       </c>
       <c r="E99" s="23">
         <v>365483776</v>
       </c>
       <c r="F99" s="24"/>
       <c r="G99" s="23">
         <v>23902972</v>
       </c>
       <c r="H99" s="23">
         <v>691041378</v>
       </c>
       <c r="I99" s="23">
         <v>15324485</v>
       </c>
       <c r="J99" s="25">
         <v>0</v>
       </c>
       <c r="K99" s="23">
         <v>26694001</v>
       </c>
       <c r="L99" s="23">
         <v>15282486</v>
       </c>
       <c r="M99" s="23">
         <v>261500526</v>
       </c>
       <c r="N99" s="23">
         <v>30970086</v>
       </c>
       <c r="O99" s="23">
         <v>395298935</v>
       </c>
       <c r="P99" s="23">
         <v>522801</v>
       </c>
       <c r="Q99" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="29"/>
+      <c r="A100" s="28"/>
       <c r="B100" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="23">
         <v>0.35</v>
       </c>
       <c r="D100" s="23">
         <v>0.18</v>
       </c>
       <c r="E100" s="23">
         <v>0.18</v>
       </c>
       <c r="F100" s="24"/>
       <c r="G100" s="23">
         <v>0.01</v>
       </c>
       <c r="H100" s="23">
         <v>0.33</v>
       </c>
       <c r="I100" s="23">
         <v>0.01</v>
       </c>
       <c r="J100" s="25">
         <v>0</v>
       </c>
       <c r="K100" s="23">
         <v>0.01</v>
       </c>
       <c r="L100" s="23">
         <v>0.01</v>
       </c>
       <c r="M100" s="23">
         <v>0.13</v>
       </c>
       <c r="N100" s="23">
         <v>0.01</v>
       </c>
       <c r="O100" s="23">
         <v>0.19</v>
       </c>
       <c r="P100" s="23">
         <v>2.5133493540199997E-4</v>
       </c>
       <c r="Q100" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="29"/>
+      <c r="A101" s="28"/>
       <c r="B101" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="23">
         <v>8250094546</v>
       </c>
       <c r="D101" s="23">
         <v>8234298812</v>
       </c>
       <c r="E101" s="23">
         <v>15795734</v>
       </c>
       <c r="F101" s="24"/>
       <c r="G101" s="23">
         <v>320353050</v>
       </c>
       <c r="H101" s="23">
         <v>6377230184</v>
       </c>
       <c r="I101" s="23">
         <v>1552511312</v>
       </c>
       <c r="J101" s="25">
         <v>0</v>
       </c>
       <c r="K101" s="23">
         <v>1005188027</v>
       </c>
       <c r="L101" s="23">
         <v>1720687797</v>
       </c>
       <c r="M101" s="23">
         <v>1798308587</v>
       </c>
       <c r="N101" s="23">
         <v>517928692</v>
       </c>
       <c r="O101" s="23">
         <v>3163061343</v>
       </c>
       <c r="P101" s="23">
         <v>17694100</v>
       </c>
       <c r="Q101" s="23">
         <v>27226000</v>
       </c>
     </row>
     <row r="102" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="29"/>
+      <c r="A102" s="28"/>
       <c r="B102" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="23">
         <v>3.97</v>
       </c>
       <c r="D102" s="23">
         <v>3.96</v>
       </c>
       <c r="E102" s="23">
         <v>0.01</v>
       </c>
       <c r="F102" s="24"/>
       <c r="G102" s="23">
         <v>0.15</v>
       </c>
       <c r="H102" s="23">
         <v>3.07</v>
       </c>
       <c r="I102" s="23">
         <v>0.75</v>
       </c>
       <c r="J102" s="25">
         <v>0</v>
       </c>
       <c r="K102" s="23">
         <v>0.48</v>
       </c>
       <c r="L102" s="23">
         <v>0.83</v>
       </c>
       <c r="M102" s="23">
         <v>0.86</v>
       </c>
       <c r="N102" s="23">
         <v>0.25</v>
       </c>
       <c r="O102" s="23">
         <v>1.52</v>
       </c>
       <c r="P102" s="23">
         <v>0.01</v>
       </c>
       <c r="Q102" s="23">
         <v>0.01</v>
       </c>
     </row>
     <row r="103" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="29">
+      <c r="A103" s="32">
         <v>2564</v>
       </c>
       <c r="B103" s="22" t="s">
         <v>0</v>
       </c>
       <c r="C103" s="23">
         <v>195569949708</v>
       </c>
       <c r="D103" s="23">
         <v>42333613685</v>
       </c>
       <c r="E103" s="23">
         <v>153236336023</v>
       </c>
-      <c r="F103" s="33"/>
+      <c r="F103" s="24"/>
       <c r="G103" s="23">
         <v>25371676385</v>
       </c>
       <c r="H103" s="23">
         <v>45373021701</v>
       </c>
       <c r="I103" s="23">
         <v>124825251622</v>
       </c>
       <c r="J103" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K103" s="23">
         <v>45424241271</v>
       </c>
       <c r="L103" s="23">
         <v>80114665344</v>
       </c>
       <c r="M103" s="23">
         <v>36981095374</v>
       </c>
       <c r="N103" s="23">
         <v>11122167322</v>
       </c>
       <c r="O103" s="23">
         <v>18216723692</v>
       </c>
       <c r="P103" s="23">
         <v>3711056705</v>
       </c>
       <c r="Q103" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="104" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="29"/>
+      <c r="A104" s="33"/>
       <c r="B104" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="23">
         <v>100</v>
       </c>
       <c r="D104" s="23">
         <v>21.65</v>
       </c>
       <c r="E104" s="23">
         <v>78.349999999999994</v>
       </c>
-      <c r="F104" s="33"/>
+      <c r="F104" s="24"/>
       <c r="G104" s="23">
         <v>12.97</v>
       </c>
       <c r="H104" s="23">
         <v>23.2</v>
       </c>
       <c r="I104" s="23">
         <v>63.83</v>
       </c>
       <c r="J104" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K104" s="23">
         <v>23.22</v>
       </c>
       <c r="L104" s="23">
         <v>40.96</v>
       </c>
       <c r="M104" s="23">
         <v>18.91</v>
       </c>
       <c r="N104" s="23">
         <v>5.69</v>
       </c>
       <c r="O104" s="23">
         <v>9.32</v>
       </c>
       <c r="P104" s="23">
         <v>1.9</v>
       </c>
       <c r="Q104" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="105" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A105" s="29"/>
+      <c r="A105" s="33"/>
       <c r="B105" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C105" s="23">
         <v>9234248919</v>
       </c>
       <c r="D105" s="23">
         <v>8771065217</v>
       </c>
       <c r="E105" s="23">
         <v>463183702</v>
       </c>
-      <c r="F105" s="33"/>
+      <c r="F105" s="24"/>
       <c r="G105" s="23">
         <v>374910506</v>
       </c>
       <c r="H105" s="23">
         <v>3304937688</v>
       </c>
       <c r="I105" s="23">
         <v>5554400725</v>
       </c>
       <c r="J105" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K105" s="23">
         <v>1328808420</v>
       </c>
       <c r="L105" s="23">
         <v>2362120873</v>
       </c>
       <c r="M105" s="23">
         <v>4022438829</v>
       </c>
       <c r="N105" s="23">
         <v>958515038</v>
       </c>
       <c r="O105" s="23">
         <v>553131510</v>
       </c>
       <c r="P105" s="23">
         <v>9234249</v>
       </c>
       <c r="Q105" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="106" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="29"/>
+      <c r="A106" s="33"/>
       <c r="B106" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="23">
         <v>4.72</v>
       </c>
       <c r="D106" s="23">
         <v>4.4800000000000004</v>
       </c>
       <c r="E106" s="23">
         <v>0.24</v>
       </c>
-      <c r="F106" s="33"/>
+      <c r="F106" s="24"/>
       <c r="G106" s="23">
         <v>0.19</v>
       </c>
       <c r="H106" s="23">
         <v>1.69</v>
       </c>
       <c r="I106" s="23">
         <v>2.84</v>
       </c>
       <c r="J106" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K106" s="23">
         <v>0.68</v>
       </c>
       <c r="L106" s="23">
         <v>1.21</v>
       </c>
       <c r="M106" s="23">
         <v>2.06</v>
       </c>
       <c r="N106" s="23">
         <v>0.49</v>
       </c>
       <c r="O106" s="23">
         <v>0.28000000000000003</v>
       </c>
       <c r="P106" s="23">
         <v>0</v>
       </c>
       <c r="Q106" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="107" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="29"/>
+      <c r="A107" s="33"/>
       <c r="B107" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C107" s="23">
         <v>36701030679</v>
       </c>
       <c r="D107" s="23">
         <v>29349861917</v>
       </c>
       <c r="E107" s="23">
         <v>7351168762</v>
       </c>
-      <c r="F107" s="33"/>
+      <c r="F107" s="24"/>
       <c r="G107" s="23">
         <v>3804749073</v>
       </c>
       <c r="H107" s="23">
         <v>21611129688</v>
       </c>
       <c r="I107" s="23">
         <v>11285151918</v>
       </c>
       <c r="J107" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K107" s="23">
         <v>3506698071</v>
       </c>
       <c r="L107" s="23">
         <v>8586458414</v>
       </c>
       <c r="M107" s="23">
         <v>10445005849</v>
       </c>
       <c r="N107" s="23">
         <v>3744622738</v>
       </c>
       <c r="O107" s="23">
         <v>9919558891</v>
       </c>
       <c r="P107" s="23">
         <v>498686716</v>
       </c>
       <c r="Q107" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="108" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="29"/>
+      <c r="A108" s="33"/>
       <c r="B108" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="23">
         <v>18.77</v>
       </c>
       <c r="D108" s="23">
         <v>15.01</v>
       </c>
       <c r="E108" s="23">
         <v>3.76</v>
       </c>
-      <c r="F108" s="33"/>
+      <c r="F108" s="24"/>
       <c r="G108" s="23">
         <v>1.95</v>
       </c>
       <c r="H108" s="23">
         <v>11.05</v>
       </c>
       <c r="I108" s="23">
         <v>5.77</v>
       </c>
       <c r="J108" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K108" s="23">
         <v>1.79</v>
       </c>
       <c r="L108" s="23">
         <v>4.3899999999999997</v>
       </c>
       <c r="M108" s="23">
         <v>5.34</v>
       </c>
       <c r="N108" s="23">
         <v>1.91</v>
       </c>
       <c r="O108" s="23">
         <v>5.07</v>
       </c>
       <c r="P108" s="23">
         <v>0.27</v>
       </c>
       <c r="Q108" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="109" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="29"/>
+      <c r="A109" s="33"/>
       <c r="B109" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C109" s="23">
         <v>931568456</v>
       </c>
       <c r="D109" s="23">
         <v>655824074</v>
       </c>
       <c r="E109" s="23">
         <v>275744382</v>
       </c>
-      <c r="F109" s="33"/>
+      <c r="F109" s="24"/>
       <c r="G109" s="23">
         <v>15836664</v>
       </c>
       <c r="H109" s="23">
         <v>318782726</v>
       </c>
       <c r="I109" s="23">
         <v>596949066</v>
       </c>
       <c r="J109" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K109" s="23">
         <v>33437563</v>
       </c>
       <c r="L109" s="23">
         <v>311510747</v>
       </c>
       <c r="M109" s="23">
         <v>343277232</v>
       </c>
       <c r="N109" s="23">
         <v>176712792</v>
       </c>
       <c r="O109" s="23">
         <v>66630122</v>
       </c>
       <c r="P109" s="25">
         <v>0</v>
       </c>
       <c r="Q109" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="110" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="29"/>
+      <c r="A110" s="33"/>
       <c r="B110" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="23">
         <v>0.48</v>
       </c>
       <c r="D110" s="23">
         <v>0.34</v>
       </c>
       <c r="E110" s="23">
         <v>0.14000000000000001</v>
       </c>
-      <c r="F110" s="33"/>
+      <c r="F110" s="24"/>
       <c r="G110" s="23">
         <v>0.01</v>
       </c>
       <c r="H110" s="23">
         <v>0.16</v>
       </c>
       <c r="I110" s="23">
         <v>0.31</v>
       </c>
       <c r="J110" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K110" s="23">
         <v>0.02</v>
       </c>
       <c r="L110" s="23">
         <v>0.16</v>
       </c>
       <c r="M110" s="23">
         <v>0.17</v>
       </c>
       <c r="N110" s="23">
         <v>0.09</v>
       </c>
       <c r="O110" s="23">
         <v>0.04</v>
       </c>
       <c r="P110" s="25">
         <v>0</v>
       </c>
       <c r="Q110" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="111" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="29"/>
+      <c r="A111" s="33"/>
       <c r="B111" s="22" t="s">
         <v>24</v>
       </c>
       <c r="C111" s="23">
         <v>147401294052</v>
       </c>
       <c r="D111" s="23">
         <v>2514378339</v>
       </c>
       <c r="E111" s="23">
         <v>144886915713</v>
       </c>
-      <c r="F111" s="33"/>
+      <c r="F111" s="24"/>
       <c r="G111" s="23">
         <v>21129054707</v>
       </c>
       <c r="H111" s="23">
         <v>19312174676</v>
       </c>
       <c r="I111" s="23">
         <v>106960064669</v>
       </c>
       <c r="J111" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K111" s="23">
         <v>40518065520</v>
       </c>
       <c r="L111" s="23">
         <v>68716193161</v>
       </c>
       <c r="M111" s="23">
         <v>21490178992</v>
       </c>
       <c r="N111" s="23">
         <v>6213026083</v>
       </c>
       <c r="O111" s="23">
         <v>7260694556</v>
       </c>
       <c r="P111" s="23">
         <v>3203135740</v>
       </c>
       <c r="Q111" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="112" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A112" s="29"/>
+      <c r="A112" s="33"/>
       <c r="B112" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="23">
         <v>75.37</v>
       </c>
       <c r="D112" s="23">
         <v>1.29</v>
       </c>
       <c r="E112" s="23">
         <v>74.08</v>
       </c>
-      <c r="F112" s="33"/>
+      <c r="F112" s="24"/>
       <c r="G112" s="23">
         <v>10.81</v>
       </c>
       <c r="H112" s="23">
         <v>9.8699999999999992</v>
       </c>
       <c r="I112" s="23">
         <v>54.69</v>
       </c>
       <c r="J112" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K112" s="23">
         <v>20.72</v>
       </c>
       <c r="L112" s="23">
         <v>35.14</v>
       </c>
       <c r="M112" s="23">
         <v>10.99</v>
       </c>
       <c r="N112" s="23">
         <v>3.18</v>
       </c>
       <c r="O112" s="23">
         <v>3.71</v>
       </c>
       <c r="P112" s="23">
         <v>1.63</v>
       </c>
       <c r="Q112" s="23" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      <c r="A113" s="29"/>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="33"/>
       <c r="B113" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C113" s="23">
         <v>1301807602</v>
       </c>
       <c r="D113" s="23">
         <v>1042484138</v>
       </c>
       <c r="E113" s="23">
         <v>259323464</v>
       </c>
-      <c r="F113" s="33"/>
+      <c r="F113" s="24"/>
       <c r="G113" s="23">
         <v>47125435</v>
       </c>
       <c r="H113" s="23">
         <v>825996923</v>
       </c>
       <c r="I113" s="23">
         <v>428685244</v>
       </c>
       <c r="J113" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K113" s="23">
         <v>37231697</v>
       </c>
       <c r="L113" s="23">
         <v>138382149</v>
       </c>
       <c r="M113" s="23">
         <v>680194472</v>
       </c>
       <c r="N113" s="23">
         <v>29290671</v>
       </c>
       <c r="O113" s="23">
         <v>416708613</v>
       </c>
       <c r="P113" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q113" s="23" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      <c r="A114" s="29"/>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="33"/>
       <c r="B114" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="23">
         <v>0.66</v>
       </c>
       <c r="D114" s="23">
         <v>0.53</v>
       </c>
       <c r="E114" s="23">
         <v>0.13</v>
       </c>
-      <c r="F114" s="33"/>
+      <c r="F114" s="24"/>
       <c r="G114" s="23">
         <v>0.02</v>
       </c>
       <c r="H114" s="23">
         <v>0.42</v>
       </c>
       <c r="I114" s="23">
         <v>0.22</v>
       </c>
       <c r="J114" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K114" s="23">
         <v>0.02</v>
       </c>
       <c r="L114" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="M114" s="23">
         <v>0.35</v>
       </c>
       <c r="N114" s="23">
         <v>0.01</v>
       </c>
       <c r="O114" s="23">
         <v>0.21</v>
       </c>
       <c r="P114" s="23">
         <v>2.5133493540199997E-4</v>
       </c>
       <c r="Q114" s="23" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      <c r="A115" s="29"/>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="33"/>
       <c r="B115" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F115" s="24"/>
       <c r="G115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H115" s="23"/>
       <c r="I115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="M115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="N115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="O115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="P115" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q115" s="23" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      <c r="A116" s="29"/>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="34"/>
       <c r="B116" s="22" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="M116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="N116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="O116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="P116" s="23" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="Q116" s="23" t="s">
-        <v>57</v>
-[...22 lines deleted...]
-      <c r="R117" s="26"/>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="32">
+        <v>2565</v>
+      </c>
+      <c r="B117" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="C117" s="23">
+        <v>201414708520</v>
+      </c>
+      <c r="D117" s="23">
+        <v>42775666212</v>
+      </c>
+      <c r="E117" s="23">
+        <v>158639042308</v>
+      </c>
+      <c r="F117" s="24"/>
+      <c r="G117" s="23">
+        <v>29737146912</v>
+      </c>
+      <c r="H117" s="23">
+        <v>50301223522</v>
+      </c>
+      <c r="I117" s="23">
+        <v>121376338086</v>
+      </c>
+      <c r="J117" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K117" s="23">
+        <v>55131425624</v>
+      </c>
+      <c r="L117" s="23">
+        <v>63445804496</v>
+      </c>
+      <c r="M117" s="23">
+        <v>24847689796</v>
+      </c>
+      <c r="N117" s="23">
+        <v>36309470084</v>
+      </c>
+      <c r="O117" s="23">
+        <v>20730874577</v>
+      </c>
+      <c r="P117" s="23">
+        <v>949443943</v>
+      </c>
+      <c r="Q117" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="33"/>
+      <c r="B118" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C118" s="23">
+        <v>100</v>
+      </c>
+      <c r="D118" s="23">
+        <v>21.24</v>
+      </c>
+      <c r="E118" s="23">
+        <v>78.760000000000005</v>
+      </c>
+      <c r="F118" s="24"/>
+      <c r="G118" s="23">
+        <v>14.77</v>
+      </c>
+      <c r="H118" s="23">
+        <v>24.97</v>
+      </c>
+      <c r="I118" s="23">
+        <v>60.26</v>
+      </c>
+      <c r="J118" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K118" s="23">
+        <v>27.37</v>
+      </c>
+      <c r="L118" s="23">
+        <v>31.5</v>
+      </c>
+      <c r="M118" s="23">
+        <v>12.34</v>
+      </c>
+      <c r="N118" s="23">
+        <v>18.03</v>
+      </c>
+      <c r="O118" s="23">
+        <v>10.29</v>
+      </c>
+      <c r="P118" s="23">
+        <v>0.47</v>
+      </c>
+      <c r="Q118" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="33"/>
+      <c r="B119" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C119" s="23">
+        <v>12122546165</v>
+      </c>
+      <c r="D119" s="23">
+        <v>10941590487</v>
+      </c>
+      <c r="E119" s="23">
+        <v>1180955678</v>
+      </c>
+      <c r="F119" s="24"/>
+      <c r="G119" s="23">
+        <v>267908270</v>
+      </c>
+      <c r="H119" s="23">
+        <v>6551023948</v>
+      </c>
+      <c r="I119" s="23">
+        <v>5303613947</v>
+      </c>
+      <c r="J119" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K119" s="23">
+        <v>1224377163</v>
+      </c>
+      <c r="L119" s="23">
+        <v>3203988951</v>
+      </c>
+      <c r="M119" s="23">
+        <v>2633017027</v>
+      </c>
+      <c r="N119" s="23">
+        <v>1961427969</v>
+      </c>
+      <c r="O119" s="23">
+        <v>3087612509</v>
+      </c>
+      <c r="P119" s="23">
+        <v>12122546</v>
+      </c>
+      <c r="Q119" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="33"/>
+      <c r="B120" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C120" s="23">
+        <v>6.02</v>
+      </c>
+      <c r="D120" s="23">
+        <v>5.43</v>
+      </c>
+      <c r="E120" s="23">
+        <v>0.59</v>
+      </c>
+      <c r="F120" s="24"/>
+      <c r="G120" s="23">
+        <v>0.13</v>
+      </c>
+      <c r="H120" s="23">
+        <v>3.25</v>
+      </c>
+      <c r="I120" s="23">
+        <v>2.63</v>
+      </c>
+      <c r="J120" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K120" s="23">
+        <v>0.61</v>
+      </c>
+      <c r="L120" s="23">
+        <v>1.59</v>
+      </c>
+      <c r="M120" s="23">
+        <v>1.31</v>
+      </c>
+      <c r="N120" s="23">
+        <v>0.97</v>
+      </c>
+      <c r="O120" s="23">
+        <v>1.53</v>
+      </c>
+      <c r="P120" s="23">
+        <v>0.01</v>
+      </c>
+      <c r="Q120" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="33"/>
+      <c r="B121" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="C121" s="23">
+        <v>40300772114</v>
+      </c>
+      <c r="D121" s="23">
+        <v>29947848208</v>
+      </c>
+      <c r="E121" s="23">
+        <v>10352923906</v>
+      </c>
+      <c r="F121" s="24"/>
+      <c r="G121" s="23">
+        <v>3880871087</v>
+      </c>
+      <c r="H121" s="23">
+        <v>25417161290</v>
+      </c>
+      <c r="I121" s="23">
+        <v>11002739737</v>
+      </c>
+      <c r="J121" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K121" s="23">
+        <v>3734692313</v>
+      </c>
+      <c r="L121" s="23">
+        <v>8756168801</v>
+      </c>
+      <c r="M121" s="23">
+        <v>12869141430</v>
+      </c>
+      <c r="N121" s="23">
+        <v>4000248729</v>
+      </c>
+      <c r="O121" s="23">
+        <v>10413763004</v>
+      </c>
+      <c r="P121" s="23">
+        <v>526757837</v>
+      </c>
+      <c r="Q121" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="33"/>
+      <c r="B122" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C122" s="23">
+        <v>20.010000000000002</v>
+      </c>
+      <c r="D122" s="23">
+        <v>14.87</v>
+      </c>
+      <c r="E122" s="23">
+        <v>5.13</v>
+      </c>
+      <c r="F122" s="24"/>
+      <c r="G122" s="23">
+        <v>1.93</v>
+      </c>
+      <c r="H122" s="23">
+        <v>12.62</v>
+      </c>
+      <c r="I122" s="23">
+        <v>5.46</v>
+      </c>
+      <c r="J122" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K122" s="23">
+        <v>1.85</v>
+      </c>
+      <c r="L122" s="23">
+        <v>4.3499999999999996</v>
+      </c>
+      <c r="M122" s="23">
+        <v>6.39</v>
+      </c>
+      <c r="N122" s="23">
+        <v>1.99</v>
+      </c>
+      <c r="O122" s="23">
+        <v>5.17</v>
+      </c>
+      <c r="P122" s="23">
+        <v>0.26</v>
+      </c>
+      <c r="Q122" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="33"/>
+      <c r="B123" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C123" s="23">
+        <v>1542490474</v>
+      </c>
+      <c r="D123" s="23">
+        <v>853682177</v>
+      </c>
+      <c r="E123" s="23">
+        <v>688808297</v>
+      </c>
+      <c r="F123" s="24"/>
+      <c r="G123" s="23">
+        <v>19743878</v>
+      </c>
+      <c r="H123" s="23">
+        <v>672063099</v>
+      </c>
+      <c r="I123" s="23">
+        <v>850683497</v>
+      </c>
+      <c r="J123" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K123" s="23">
+        <v>80826501</v>
+      </c>
+      <c r="L123" s="23">
+        <v>760756302</v>
+      </c>
+      <c r="M123" s="23">
+        <v>334720433</v>
+      </c>
+      <c r="N123" s="23">
+        <v>233378810</v>
+      </c>
+      <c r="O123" s="23">
+        <v>132808428</v>
+      </c>
+      <c r="P123" s="25">
+        <v>0</v>
+      </c>
+      <c r="Q123" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="33"/>
+      <c r="B124" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C124" s="23">
+        <v>0.76</v>
+      </c>
+      <c r="D124" s="23">
+        <v>0.42</v>
+      </c>
+      <c r="E124" s="23">
+        <v>0.34</v>
+      </c>
+      <c r="F124" s="24"/>
+      <c r="G124" s="23">
+        <v>0.01</v>
+      </c>
+      <c r="H124" s="23">
+        <v>0.33</v>
+      </c>
+      <c r="I124" s="23">
+        <v>0.42</v>
+      </c>
+      <c r="J124" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K124" s="23">
+        <v>0.04</v>
+      </c>
+      <c r="L124" s="23">
+        <v>0.38</v>
+      </c>
+      <c r="M124" s="23">
+        <v>0.17</v>
+      </c>
+      <c r="N124" s="23">
+        <v>0.12</v>
+      </c>
+      <c r="O124" s="23">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="P124" s="25">
+        <v>0</v>
+      </c>
+      <c r="Q124" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="33"/>
+      <c r="B125" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C125" s="23">
+        <v>146320778675</v>
+      </c>
+      <c r="D125" s="23">
+        <v>223191584</v>
+      </c>
+      <c r="E125" s="23">
+        <v>0</v>
+      </c>
+      <c r="F125" s="24"/>
+      <c r="G125" s="23">
+        <v>25497664860</v>
+      </c>
+      <c r="H125" s="23">
+        <v>16813417809</v>
+      </c>
+      <c r="I125" s="23">
+        <v>0</v>
+      </c>
+      <c r="J125" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K125" s="23">
+        <v>50074607831</v>
+      </c>
+      <c r="L125" s="23">
+        <v>50688339318</v>
+      </c>
+      <c r="M125" s="23">
+        <v>8470215279</v>
+      </c>
+      <c r="N125" s="23">
+        <v>30089483100</v>
+      </c>
+      <c r="O125" s="23">
+        <v>6594789562</v>
+      </c>
+      <c r="P125" s="23">
+        <v>403343585</v>
+      </c>
+      <c r="Q125" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="33"/>
+      <c r="B126" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C126" s="23">
+        <v>72.650000000000006</v>
+      </c>
+      <c r="D126" s="23">
+        <v>0.11</v>
+      </c>
+      <c r="E126" s="23">
+        <v>72.540000000000006</v>
+      </c>
+      <c r="F126" s="24"/>
+      <c r="G126" s="23">
+        <v>12.66</v>
+      </c>
+      <c r="H126" s="23">
+        <v>8.35</v>
+      </c>
+      <c r="I126" s="23">
+        <v>51.64</v>
+      </c>
+      <c r="J126" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K126" s="23">
+        <v>24.86</v>
+      </c>
+      <c r="L126" s="23">
+        <v>25.17</v>
+      </c>
+      <c r="M126" s="23">
+        <v>4.21</v>
+      </c>
+      <c r="N126" s="23">
+        <v>14.94</v>
+      </c>
+      <c r="O126" s="23">
+        <v>3.27</v>
+      </c>
+      <c r="P126" s="23">
+        <v>0.2</v>
+      </c>
+      <c r="Q126" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="33"/>
+      <c r="B127" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C127" s="23">
+        <v>1128121092</v>
+      </c>
+      <c r="D127" s="23">
+        <v>809353756</v>
+      </c>
+      <c r="E127" s="23">
+        <v>318767336</v>
+      </c>
+      <c r="F127" s="24"/>
+      <c r="G127" s="23">
+        <v>70958817</v>
+      </c>
+      <c r="H127" s="23">
+        <v>847557376</v>
+      </c>
+      <c r="I127" s="23">
+        <v>209604899</v>
+      </c>
+      <c r="J127" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K127" s="23">
+        <v>16921816</v>
+      </c>
+      <c r="L127" s="23">
+        <v>36551124</v>
+      </c>
+      <c r="M127" s="23">
+        <v>540595627</v>
+      </c>
+      <c r="N127" s="23">
+        <v>24931476</v>
+      </c>
+      <c r="O127" s="23">
+        <v>501901074</v>
+      </c>
+      <c r="P127" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q127" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="33"/>
+      <c r="B128" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C128" s="23">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D128" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="E128" s="23">
+        <v>0.16</v>
+      </c>
+      <c r="F128" s="24"/>
+      <c r="G128" s="23">
+        <v>0.04</v>
+      </c>
+      <c r="H128" s="23">
+        <v>0.42</v>
+      </c>
+      <c r="I128" s="23">
+        <v>0.1</v>
+      </c>
+      <c r="J128" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K128" s="23">
+        <v>0.01</v>
+      </c>
+      <c r="L128" s="23">
+        <v>0.02</v>
+      </c>
+      <c r="M128" s="23">
+        <v>0.27</v>
+      </c>
+      <c r="N128" s="23">
+        <v>0.01</v>
+      </c>
+      <c r="O128" s="23">
+        <v>0.25</v>
+      </c>
+      <c r="P128" s="23">
+        <v>2.5133493540199997E-4</v>
+      </c>
+      <c r="Q128" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="33"/>
+      <c r="B129" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="D129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="F129" s="24"/>
+      <c r="G129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H129" s="23"/>
+      <c r="I129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="J129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="L129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="M129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="N129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="O129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="P129" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q129" s="23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="34"/>
+      <c r="B130" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="D130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="F130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="G130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="I130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="J130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="L130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="M130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="N130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="O130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="P130" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q130" s="23" t="s">
+        <v>56</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="14">
+  <mergeCells count="15">
+    <mergeCell ref="A117:A130"/>
     <mergeCell ref="A103:A116"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:J3"/>
     <mergeCell ref="K3:Q3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="A65:A76"/>
     <mergeCell ref="A77:A88"/>
     <mergeCell ref="A89:A102"/>
     <mergeCell ref="A5:A16"/>
     <mergeCell ref="A17:A28"/>
     <mergeCell ref="A29:A40"/>
     <mergeCell ref="A41:A52"/>
     <mergeCell ref="A53:A64"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{011EA352-AA80-4610-9527-B3482CC23E35}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G12" sqref="G12"/>