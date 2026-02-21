--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,203 +1,643 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="124226"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO2020\Desktop\สำหรับเพิ่ม ลง Static\static _21\sector_21_60\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{13D94308-3F03-42C1-A26E-0F1CC2FB0048}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="915" windowWidth="19395" windowHeight="7155"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Metadata" sheetId="1" r:id="rId1"/>
+    <sheet name="Metadata" sheetId="3" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="144525"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="26">
+  <si>
+    <t>จังหวัด</t>
+  </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>ชื่อรายการไทย</t>
   </si>
   <si>
     <t>รายละเอียด</t>
   </si>
   <si>
     <t>ประเภทข้อมูล</t>
   </si>
   <si>
     <t>ข้อมูลสถิติ</t>
   </si>
   <si>
     <t>ชื่อชุดข้อมูล</t>
   </si>
   <si>
+    <t>องค์กร</t>
+  </si>
+  <si>
+    <t>กรมป้องกันและบรรเทาสาธารณภัย กระทรวงมหาดไทย</t>
+  </si>
+  <si>
+    <t>ชื่อผู้ติดต่อ</t>
+  </si>
+  <si>
+    <t>อีเมลผู้ติดต่อ</t>
+  </si>
+  <si>
+    <t>คำสำคัญ</t>
+  </si>
+  <si>
+    <t>วัตถุประสงค์</t>
+  </si>
+  <si>
+    <t>หน่วยความถี่ของการปรับปรุงข้อมูล</t>
+  </si>
+  <si>
+    <t>ปี</t>
+  </si>
+  <si>
+    <t>ขอบเขตเชิงภูมิศาสตร์หรือเชิงพื้นที่</t>
+  </si>
+  <si>
+    <t>แหล่งที่มา</t>
+  </si>
+  <si>
+    <t>รูปแบบการเก็บข้อมูล</t>
+  </si>
+  <si>
+    <t>XLS</t>
+  </si>
+  <si>
+    <t>ข้อมูลสาธารณะ</t>
+  </si>
+  <si>
+    <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
+  </si>
+  <si>
+    <t>License not specified</t>
+  </si>
+  <si>
     <t>สรุปสถานการณ์ภัยหนาวของประเทศไทย</t>
   </si>
   <si>
-    <t>องค์กร</t>
-[...20 lines deleted...]
-  <si>
     <t>สถานการณ์ภัยหนาวของประเทศไทย</t>
   </si>
   <si>
-    <t>วัตถุประสงค์</t>
-[...7 lines deleted...]
-  <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
-    <t>ขอบเขตเชิงภูมิศาสตร์หรือเชิงพื้นที่</t>
-[...13 lines deleted...]
-  <si>
     <t>หมวดหมู่ข้อมูลตามธรรมภิบาลข้อมูลภาครัฐ</t>
-  </si>
-[...7 lines deleted...]
-    <t>License not specified</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="5">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="24">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="222"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="8"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="8"/>
+      <color rgb="FF800080"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.39997558519241921"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
@@ -217,860 +657,917 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="10" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="44"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="44" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="44" applyFont="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Hyperlink 2" xfId="2"/>
+  <cellStyles count="46">
+    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="43" builtinId="9" customBuiltin="1"/>
+    <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Hyperlink" xfId="42" builtinId="8" customBuiltin="1"/>
+    <cellStyle name="Hyperlink 2" xfId="45" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
+    <cellStyle name="Normal 2" xfId="44" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ชุดรูปแบบของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="26.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="46.140625" style="2" customWidth="1"/>
-    <col min="4" max="256" width="9.140625" style="2"/>
+    <col min="4" max="256" width="9" style="2"/>
     <col min="257" max="257" width="7.28515625" style="2" customWidth="1"/>
     <col min="258" max="258" width="26.7109375" style="2" customWidth="1"/>
     <col min="259" max="259" width="46.140625" style="2" customWidth="1"/>
-    <col min="260" max="512" width="9.140625" style="2"/>
+    <col min="260" max="512" width="9" style="2"/>
     <col min="513" max="513" width="7.28515625" style="2" customWidth="1"/>
     <col min="514" max="514" width="26.7109375" style="2" customWidth="1"/>
     <col min="515" max="515" width="46.140625" style="2" customWidth="1"/>
-    <col min="516" max="768" width="9.140625" style="2"/>
+    <col min="516" max="768" width="9" style="2"/>
     <col min="769" max="769" width="7.28515625" style="2" customWidth="1"/>
     <col min="770" max="770" width="26.7109375" style="2" customWidth="1"/>
     <col min="771" max="771" width="46.140625" style="2" customWidth="1"/>
-    <col min="772" max="1024" width="9.140625" style="2"/>
+    <col min="772" max="1024" width="9" style="2"/>
     <col min="1025" max="1025" width="7.28515625" style="2" customWidth="1"/>
     <col min="1026" max="1026" width="26.7109375" style="2" customWidth="1"/>
     <col min="1027" max="1027" width="46.140625" style="2" customWidth="1"/>
-    <col min="1028" max="1280" width="9.140625" style="2"/>
+    <col min="1028" max="1280" width="9" style="2"/>
     <col min="1281" max="1281" width="7.28515625" style="2" customWidth="1"/>
     <col min="1282" max="1282" width="26.7109375" style="2" customWidth="1"/>
     <col min="1283" max="1283" width="46.140625" style="2" customWidth="1"/>
-    <col min="1284" max="1536" width="9.140625" style="2"/>
+    <col min="1284" max="1536" width="9" style="2"/>
     <col min="1537" max="1537" width="7.28515625" style="2" customWidth="1"/>
     <col min="1538" max="1538" width="26.7109375" style="2" customWidth="1"/>
     <col min="1539" max="1539" width="46.140625" style="2" customWidth="1"/>
-    <col min="1540" max="1792" width="9.140625" style="2"/>
+    <col min="1540" max="1792" width="9" style="2"/>
     <col min="1793" max="1793" width="7.28515625" style="2" customWidth="1"/>
     <col min="1794" max="1794" width="26.7109375" style="2" customWidth="1"/>
     <col min="1795" max="1795" width="46.140625" style="2" customWidth="1"/>
-    <col min="1796" max="2048" width="9.140625" style="2"/>
+    <col min="1796" max="2048" width="9" style="2"/>
     <col min="2049" max="2049" width="7.28515625" style="2" customWidth="1"/>
     <col min="2050" max="2050" width="26.7109375" style="2" customWidth="1"/>
     <col min="2051" max="2051" width="46.140625" style="2" customWidth="1"/>
-    <col min="2052" max="2304" width="9.140625" style="2"/>
+    <col min="2052" max="2304" width="9" style="2"/>
     <col min="2305" max="2305" width="7.28515625" style="2" customWidth="1"/>
     <col min="2306" max="2306" width="26.7109375" style="2" customWidth="1"/>
     <col min="2307" max="2307" width="46.140625" style="2" customWidth="1"/>
-    <col min="2308" max="2560" width="9.140625" style="2"/>
+    <col min="2308" max="2560" width="9" style="2"/>
     <col min="2561" max="2561" width="7.28515625" style="2" customWidth="1"/>
     <col min="2562" max="2562" width="26.7109375" style="2" customWidth="1"/>
     <col min="2563" max="2563" width="46.140625" style="2" customWidth="1"/>
-    <col min="2564" max="2816" width="9.140625" style="2"/>
+    <col min="2564" max="2816" width="9" style="2"/>
     <col min="2817" max="2817" width="7.28515625" style="2" customWidth="1"/>
     <col min="2818" max="2818" width="26.7109375" style="2" customWidth="1"/>
     <col min="2819" max="2819" width="46.140625" style="2" customWidth="1"/>
-    <col min="2820" max="3072" width="9.140625" style="2"/>
+    <col min="2820" max="3072" width="9" style="2"/>
     <col min="3073" max="3073" width="7.28515625" style="2" customWidth="1"/>
     <col min="3074" max="3074" width="26.7109375" style="2" customWidth="1"/>
     <col min="3075" max="3075" width="46.140625" style="2" customWidth="1"/>
-    <col min="3076" max="3328" width="9.140625" style="2"/>
+    <col min="3076" max="3328" width="9" style="2"/>
     <col min="3329" max="3329" width="7.28515625" style="2" customWidth="1"/>
     <col min="3330" max="3330" width="26.7109375" style="2" customWidth="1"/>
     <col min="3331" max="3331" width="46.140625" style="2" customWidth="1"/>
-    <col min="3332" max="3584" width="9.140625" style="2"/>
+    <col min="3332" max="3584" width="9" style="2"/>
     <col min="3585" max="3585" width="7.28515625" style="2" customWidth="1"/>
     <col min="3586" max="3586" width="26.7109375" style="2" customWidth="1"/>
     <col min="3587" max="3587" width="46.140625" style="2" customWidth="1"/>
-    <col min="3588" max="3840" width="9.140625" style="2"/>
+    <col min="3588" max="3840" width="9" style="2"/>
     <col min="3841" max="3841" width="7.28515625" style="2" customWidth="1"/>
     <col min="3842" max="3842" width="26.7109375" style="2" customWidth="1"/>
     <col min="3843" max="3843" width="46.140625" style="2" customWidth="1"/>
-    <col min="3844" max="4096" width="9.140625" style="2"/>
+    <col min="3844" max="4096" width="9" style="2"/>
     <col min="4097" max="4097" width="7.28515625" style="2" customWidth="1"/>
     <col min="4098" max="4098" width="26.7109375" style="2" customWidth="1"/>
     <col min="4099" max="4099" width="46.140625" style="2" customWidth="1"/>
-    <col min="4100" max="4352" width="9.140625" style="2"/>
+    <col min="4100" max="4352" width="9" style="2"/>
     <col min="4353" max="4353" width="7.28515625" style="2" customWidth="1"/>
     <col min="4354" max="4354" width="26.7109375" style="2" customWidth="1"/>
     <col min="4355" max="4355" width="46.140625" style="2" customWidth="1"/>
-    <col min="4356" max="4608" width="9.140625" style="2"/>
+    <col min="4356" max="4608" width="9" style="2"/>
     <col min="4609" max="4609" width="7.28515625" style="2" customWidth="1"/>
     <col min="4610" max="4610" width="26.7109375" style="2" customWidth="1"/>
     <col min="4611" max="4611" width="46.140625" style="2" customWidth="1"/>
-    <col min="4612" max="4864" width="9.140625" style="2"/>
+    <col min="4612" max="4864" width="9" style="2"/>
     <col min="4865" max="4865" width="7.28515625" style="2" customWidth="1"/>
     <col min="4866" max="4866" width="26.7109375" style="2" customWidth="1"/>
     <col min="4867" max="4867" width="46.140625" style="2" customWidth="1"/>
-    <col min="4868" max="5120" width="9.140625" style="2"/>
+    <col min="4868" max="5120" width="9" style="2"/>
     <col min="5121" max="5121" width="7.28515625" style="2" customWidth="1"/>
     <col min="5122" max="5122" width="26.7109375" style="2" customWidth="1"/>
     <col min="5123" max="5123" width="46.140625" style="2" customWidth="1"/>
-    <col min="5124" max="5376" width="9.140625" style="2"/>
+    <col min="5124" max="5376" width="9" style="2"/>
     <col min="5377" max="5377" width="7.28515625" style="2" customWidth="1"/>
     <col min="5378" max="5378" width="26.7109375" style="2" customWidth="1"/>
     <col min="5379" max="5379" width="46.140625" style="2" customWidth="1"/>
-    <col min="5380" max="5632" width="9.140625" style="2"/>
+    <col min="5380" max="5632" width="9" style="2"/>
     <col min="5633" max="5633" width="7.28515625" style="2" customWidth="1"/>
     <col min="5634" max="5634" width="26.7109375" style="2" customWidth="1"/>
     <col min="5635" max="5635" width="46.140625" style="2" customWidth="1"/>
-    <col min="5636" max="5888" width="9.140625" style="2"/>
+    <col min="5636" max="5888" width="9" style="2"/>
     <col min="5889" max="5889" width="7.28515625" style="2" customWidth="1"/>
     <col min="5890" max="5890" width="26.7109375" style="2" customWidth="1"/>
     <col min="5891" max="5891" width="46.140625" style="2" customWidth="1"/>
-    <col min="5892" max="6144" width="9.140625" style="2"/>
+    <col min="5892" max="6144" width="9" style="2"/>
     <col min="6145" max="6145" width="7.28515625" style="2" customWidth="1"/>
     <col min="6146" max="6146" width="26.7109375" style="2" customWidth="1"/>
     <col min="6147" max="6147" width="46.140625" style="2" customWidth="1"/>
-    <col min="6148" max="6400" width="9.140625" style="2"/>
+    <col min="6148" max="6400" width="9" style="2"/>
     <col min="6401" max="6401" width="7.28515625" style="2" customWidth="1"/>
     <col min="6402" max="6402" width="26.7109375" style="2" customWidth="1"/>
     <col min="6403" max="6403" width="46.140625" style="2" customWidth="1"/>
-    <col min="6404" max="6656" width="9.140625" style="2"/>
+    <col min="6404" max="6656" width="9" style="2"/>
     <col min="6657" max="6657" width="7.28515625" style="2" customWidth="1"/>
     <col min="6658" max="6658" width="26.7109375" style="2" customWidth="1"/>
     <col min="6659" max="6659" width="46.140625" style="2" customWidth="1"/>
-    <col min="6660" max="6912" width="9.140625" style="2"/>
+    <col min="6660" max="6912" width="9" style="2"/>
     <col min="6913" max="6913" width="7.28515625" style="2" customWidth="1"/>
     <col min="6914" max="6914" width="26.7109375" style="2" customWidth="1"/>
     <col min="6915" max="6915" width="46.140625" style="2" customWidth="1"/>
-    <col min="6916" max="7168" width="9.140625" style="2"/>
+    <col min="6916" max="7168" width="9" style="2"/>
     <col min="7169" max="7169" width="7.28515625" style="2" customWidth="1"/>
     <col min="7170" max="7170" width="26.7109375" style="2" customWidth="1"/>
     <col min="7171" max="7171" width="46.140625" style="2" customWidth="1"/>
-    <col min="7172" max="7424" width="9.140625" style="2"/>
+    <col min="7172" max="7424" width="9" style="2"/>
     <col min="7425" max="7425" width="7.28515625" style="2" customWidth="1"/>
     <col min="7426" max="7426" width="26.7109375" style="2" customWidth="1"/>
     <col min="7427" max="7427" width="46.140625" style="2" customWidth="1"/>
-    <col min="7428" max="7680" width="9.140625" style="2"/>
+    <col min="7428" max="7680" width="9" style="2"/>
     <col min="7681" max="7681" width="7.28515625" style="2" customWidth="1"/>
     <col min="7682" max="7682" width="26.7109375" style="2" customWidth="1"/>
     <col min="7683" max="7683" width="46.140625" style="2" customWidth="1"/>
-    <col min="7684" max="7936" width="9.140625" style="2"/>
+    <col min="7684" max="7936" width="9" style="2"/>
     <col min="7937" max="7937" width="7.28515625" style="2" customWidth="1"/>
     <col min="7938" max="7938" width="26.7109375" style="2" customWidth="1"/>
     <col min="7939" max="7939" width="46.140625" style="2" customWidth="1"/>
-    <col min="7940" max="8192" width="9.140625" style="2"/>
+    <col min="7940" max="8192" width="9" style="2"/>
     <col min="8193" max="8193" width="7.28515625" style="2" customWidth="1"/>
     <col min="8194" max="8194" width="26.7109375" style="2" customWidth="1"/>
     <col min="8195" max="8195" width="46.140625" style="2" customWidth="1"/>
-    <col min="8196" max="8448" width="9.140625" style="2"/>
+    <col min="8196" max="8448" width="9" style="2"/>
     <col min="8449" max="8449" width="7.28515625" style="2" customWidth="1"/>
     <col min="8450" max="8450" width="26.7109375" style="2" customWidth="1"/>
     <col min="8451" max="8451" width="46.140625" style="2" customWidth="1"/>
-    <col min="8452" max="8704" width="9.140625" style="2"/>
+    <col min="8452" max="8704" width="9" style="2"/>
     <col min="8705" max="8705" width="7.28515625" style="2" customWidth="1"/>
     <col min="8706" max="8706" width="26.7109375" style="2" customWidth="1"/>
     <col min="8707" max="8707" width="46.140625" style="2" customWidth="1"/>
-    <col min="8708" max="8960" width="9.140625" style="2"/>
+    <col min="8708" max="8960" width="9" style="2"/>
     <col min="8961" max="8961" width="7.28515625" style="2" customWidth="1"/>
     <col min="8962" max="8962" width="26.7109375" style="2" customWidth="1"/>
     <col min="8963" max="8963" width="46.140625" style="2" customWidth="1"/>
-    <col min="8964" max="9216" width="9.140625" style="2"/>
+    <col min="8964" max="9216" width="9" style="2"/>
     <col min="9217" max="9217" width="7.28515625" style="2" customWidth="1"/>
     <col min="9218" max="9218" width="26.7109375" style="2" customWidth="1"/>
     <col min="9219" max="9219" width="46.140625" style="2" customWidth="1"/>
-    <col min="9220" max="9472" width="9.140625" style="2"/>
+    <col min="9220" max="9472" width="9" style="2"/>
     <col min="9473" max="9473" width="7.28515625" style="2" customWidth="1"/>
     <col min="9474" max="9474" width="26.7109375" style="2" customWidth="1"/>
     <col min="9475" max="9475" width="46.140625" style="2" customWidth="1"/>
-    <col min="9476" max="9728" width="9.140625" style="2"/>
+    <col min="9476" max="9728" width="9" style="2"/>
     <col min="9729" max="9729" width="7.28515625" style="2" customWidth="1"/>
     <col min="9730" max="9730" width="26.7109375" style="2" customWidth="1"/>
     <col min="9731" max="9731" width="46.140625" style="2" customWidth="1"/>
-    <col min="9732" max="9984" width="9.140625" style="2"/>
+    <col min="9732" max="9984" width="9" style="2"/>
     <col min="9985" max="9985" width="7.28515625" style="2" customWidth="1"/>
     <col min="9986" max="9986" width="26.7109375" style="2" customWidth="1"/>
     <col min="9987" max="9987" width="46.140625" style="2" customWidth="1"/>
-    <col min="9988" max="10240" width="9.140625" style="2"/>
+    <col min="9988" max="10240" width="9" style="2"/>
     <col min="10241" max="10241" width="7.28515625" style="2" customWidth="1"/>
     <col min="10242" max="10242" width="26.7109375" style="2" customWidth="1"/>
     <col min="10243" max="10243" width="46.140625" style="2" customWidth="1"/>
-    <col min="10244" max="10496" width="9.140625" style="2"/>
+    <col min="10244" max="10496" width="9" style="2"/>
     <col min="10497" max="10497" width="7.28515625" style="2" customWidth="1"/>
     <col min="10498" max="10498" width="26.7109375" style="2" customWidth="1"/>
     <col min="10499" max="10499" width="46.140625" style="2" customWidth="1"/>
-    <col min="10500" max="10752" width="9.140625" style="2"/>
+    <col min="10500" max="10752" width="9" style="2"/>
     <col min="10753" max="10753" width="7.28515625" style="2" customWidth="1"/>
     <col min="10754" max="10754" width="26.7109375" style="2" customWidth="1"/>
     <col min="10755" max="10755" width="46.140625" style="2" customWidth="1"/>
-    <col min="10756" max="11008" width="9.140625" style="2"/>
+    <col min="10756" max="11008" width="9" style="2"/>
     <col min="11009" max="11009" width="7.28515625" style="2" customWidth="1"/>
     <col min="11010" max="11010" width="26.7109375" style="2" customWidth="1"/>
     <col min="11011" max="11011" width="46.140625" style="2" customWidth="1"/>
-    <col min="11012" max="11264" width="9.140625" style="2"/>
+    <col min="11012" max="11264" width="9" style="2"/>
     <col min="11265" max="11265" width="7.28515625" style="2" customWidth="1"/>
     <col min="11266" max="11266" width="26.7109375" style="2" customWidth="1"/>
     <col min="11267" max="11267" width="46.140625" style="2" customWidth="1"/>
-    <col min="11268" max="11520" width="9.140625" style="2"/>
+    <col min="11268" max="11520" width="9" style="2"/>
     <col min="11521" max="11521" width="7.28515625" style="2" customWidth="1"/>
     <col min="11522" max="11522" width="26.7109375" style="2" customWidth="1"/>
     <col min="11523" max="11523" width="46.140625" style="2" customWidth="1"/>
-    <col min="11524" max="11776" width="9.140625" style="2"/>
+    <col min="11524" max="11776" width="9" style="2"/>
     <col min="11777" max="11777" width="7.28515625" style="2" customWidth="1"/>
     <col min="11778" max="11778" width="26.7109375" style="2" customWidth="1"/>
     <col min="11779" max="11779" width="46.140625" style="2" customWidth="1"/>
-    <col min="11780" max="12032" width="9.140625" style="2"/>
+    <col min="11780" max="12032" width="9" style="2"/>
     <col min="12033" max="12033" width="7.28515625" style="2" customWidth="1"/>
     <col min="12034" max="12034" width="26.7109375" style="2" customWidth="1"/>
     <col min="12035" max="12035" width="46.140625" style="2" customWidth="1"/>
-    <col min="12036" max="12288" width="9.140625" style="2"/>
+    <col min="12036" max="12288" width="9" style="2"/>
     <col min="12289" max="12289" width="7.28515625" style="2" customWidth="1"/>
     <col min="12290" max="12290" width="26.7109375" style="2" customWidth="1"/>
     <col min="12291" max="12291" width="46.140625" style="2" customWidth="1"/>
-    <col min="12292" max="12544" width="9.140625" style="2"/>
+    <col min="12292" max="12544" width="9" style="2"/>
     <col min="12545" max="12545" width="7.28515625" style="2" customWidth="1"/>
     <col min="12546" max="12546" width="26.7109375" style="2" customWidth="1"/>
     <col min="12547" max="12547" width="46.140625" style="2" customWidth="1"/>
-    <col min="12548" max="12800" width="9.140625" style="2"/>
+    <col min="12548" max="12800" width="9" style="2"/>
     <col min="12801" max="12801" width="7.28515625" style="2" customWidth="1"/>
     <col min="12802" max="12802" width="26.7109375" style="2" customWidth="1"/>
     <col min="12803" max="12803" width="46.140625" style="2" customWidth="1"/>
-    <col min="12804" max="13056" width="9.140625" style="2"/>
+    <col min="12804" max="13056" width="9" style="2"/>
     <col min="13057" max="13057" width="7.28515625" style="2" customWidth="1"/>
     <col min="13058" max="13058" width="26.7109375" style="2" customWidth="1"/>
     <col min="13059" max="13059" width="46.140625" style="2" customWidth="1"/>
-    <col min="13060" max="13312" width="9.140625" style="2"/>
+    <col min="13060" max="13312" width="9" style="2"/>
     <col min="13313" max="13313" width="7.28515625" style="2" customWidth="1"/>
     <col min="13314" max="13314" width="26.7109375" style="2" customWidth="1"/>
     <col min="13315" max="13315" width="46.140625" style="2" customWidth="1"/>
-    <col min="13316" max="13568" width="9.140625" style="2"/>
+    <col min="13316" max="13568" width="9" style="2"/>
     <col min="13569" max="13569" width="7.28515625" style="2" customWidth="1"/>
     <col min="13570" max="13570" width="26.7109375" style="2" customWidth="1"/>
     <col min="13571" max="13571" width="46.140625" style="2" customWidth="1"/>
-    <col min="13572" max="13824" width="9.140625" style="2"/>
+    <col min="13572" max="13824" width="9" style="2"/>
     <col min="13825" max="13825" width="7.28515625" style="2" customWidth="1"/>
     <col min="13826" max="13826" width="26.7109375" style="2" customWidth="1"/>
     <col min="13827" max="13827" width="46.140625" style="2" customWidth="1"/>
-    <col min="13828" max="14080" width="9.140625" style="2"/>
+    <col min="13828" max="14080" width="9" style="2"/>
     <col min="14081" max="14081" width="7.28515625" style="2" customWidth="1"/>
     <col min="14082" max="14082" width="26.7109375" style="2" customWidth="1"/>
     <col min="14083" max="14083" width="46.140625" style="2" customWidth="1"/>
-    <col min="14084" max="14336" width="9.140625" style="2"/>
+    <col min="14084" max="14336" width="9" style="2"/>
     <col min="14337" max="14337" width="7.28515625" style="2" customWidth="1"/>
     <col min="14338" max="14338" width="26.7109375" style="2" customWidth="1"/>
     <col min="14339" max="14339" width="46.140625" style="2" customWidth="1"/>
-    <col min="14340" max="14592" width="9.140625" style="2"/>
+    <col min="14340" max="14592" width="9" style="2"/>
     <col min="14593" max="14593" width="7.28515625" style="2" customWidth="1"/>
     <col min="14594" max="14594" width="26.7109375" style="2" customWidth="1"/>
     <col min="14595" max="14595" width="46.140625" style="2" customWidth="1"/>
-    <col min="14596" max="14848" width="9.140625" style="2"/>
+    <col min="14596" max="14848" width="9" style="2"/>
     <col min="14849" max="14849" width="7.28515625" style="2" customWidth="1"/>
     <col min="14850" max="14850" width="26.7109375" style="2" customWidth="1"/>
     <col min="14851" max="14851" width="46.140625" style="2" customWidth="1"/>
-    <col min="14852" max="15104" width="9.140625" style="2"/>
+    <col min="14852" max="15104" width="9" style="2"/>
     <col min="15105" max="15105" width="7.28515625" style="2" customWidth="1"/>
     <col min="15106" max="15106" width="26.7109375" style="2" customWidth="1"/>
     <col min="15107" max="15107" width="46.140625" style="2" customWidth="1"/>
-    <col min="15108" max="15360" width="9.140625" style="2"/>
+    <col min="15108" max="15360" width="9" style="2"/>
     <col min="15361" max="15361" width="7.28515625" style="2" customWidth="1"/>
     <col min="15362" max="15362" width="26.7109375" style="2" customWidth="1"/>
     <col min="15363" max="15363" width="46.140625" style="2" customWidth="1"/>
-    <col min="15364" max="15616" width="9.140625" style="2"/>
+    <col min="15364" max="15616" width="9" style="2"/>
     <col min="15617" max="15617" width="7.28515625" style="2" customWidth="1"/>
     <col min="15618" max="15618" width="26.7109375" style="2" customWidth="1"/>
     <col min="15619" max="15619" width="46.140625" style="2" customWidth="1"/>
-    <col min="15620" max="15872" width="9.140625" style="2"/>
+    <col min="15620" max="15872" width="9" style="2"/>
     <col min="15873" max="15873" width="7.28515625" style="2" customWidth="1"/>
     <col min="15874" max="15874" width="26.7109375" style="2" customWidth="1"/>
     <col min="15875" max="15875" width="46.140625" style="2" customWidth="1"/>
-    <col min="15876" max="16128" width="9.140625" style="2"/>
+    <col min="15876" max="16128" width="9" style="2"/>
     <col min="16129" max="16129" width="7.28515625" style="2" customWidth="1"/>
     <col min="16130" max="16130" width="26.7109375" style="2" customWidth="1"/>
     <col min="16131" max="16131" width="46.140625" style="2" customWidth="1"/>
-    <col min="16132" max="16384" width="9.140625" style="2"/>
+    <col min="16132" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="20.25">
+    <row r="1" spans="1:3" ht="21">
       <c r="A1" s="1" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="2" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A2" s="3">
         <v>1</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:3" s="6" customFormat="1" ht="40.5">
+    <row r="3" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A3" s="7">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C3" s="9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="6" customFormat="1" ht="40.5">
+    <row r="4" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A4" s="7">
         <v>3</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:3" s="6" customFormat="1" ht="40.5">
+    <row r="5" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A5" s="7">
         <v>4</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C5" s="10"/>
     </row>
-    <row r="6" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="6" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A6" s="3">
         <v>5</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="C6" s="11"/>
     </row>
-    <row r="7" spans="1:3" s="6" customFormat="1" ht="40.5">
+    <row r="7" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A7" s="7">
         <v>6</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
-    <row r="8" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="8" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A8" s="7">
         <v>7</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C8" s="10"/>
     </row>
-    <row r="9" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="9" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A9" s="3">
         <v>8</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C9" s="4"/>
     </row>
-    <row r="10" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="10" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A10" s="7">
         <v>9.1</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C10" s="10" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="11" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A11" s="3">
         <v>9.1999999999999993</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C11" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="12" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A12" s="7">
         <v>10</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C12" s="10" t="s">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="13" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A13" s="7">
         <v>11</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C13" s="8"/>
     </row>
-    <row r="14" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="14" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A14" s="7">
         <v>12</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
-    <row r="15" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="15" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
-    <row r="16" spans="1:3" s="6" customFormat="1" ht="40.5">
+    <row r="16" spans="1:3" s="6" customFormat="1" ht="21">
       <c r="A16" s="13">
         <v>14</v>
       </c>
       <c r="B16" s="14" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
-  <hyperlinks>
-[...1 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>แผ่นงาน</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user</dc:creator>
+  <dc:title>V2_21_0301_04_00_rpt_สรุปสถานการณ์ภัยหนาวของประเทศไทย พ.ศ.</dc:title>
+  <dc:creator>Pee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>