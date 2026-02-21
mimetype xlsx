--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,68 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\1. ปีงบ 65\สถิติที่สำคัญ\21\21.60\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO2020\Desktop\สำหรับเพิ่ม ลง Static\static _21\sector_21_60\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D4D8246-544E-4DF6-A5F3-194CD921BC2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="2" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <si>
     <t>สถานการณ์ภัยหนาว</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
@@ -110,371 +109,278 @@
   <si>
     <t>การให้ความช่วยเหลือ</t>
   </si>
   <si>
     <t>เงินทดรองราชการ (บาท)</t>
   </si>
   <si>
     <t>ผ้านวม (ผืน)</t>
   </si>
   <si>
     <t>ไหมพรหม (ผืน)</t>
   </si>
   <si>
     <t>เสื้อกันหนาว (ตัว)</t>
   </si>
   <si>
     <t>อื่น ๆ (ชิ้น)</t>
   </si>
   <si>
     <t>รวมเครื่องกันหนาว (ผืน/ตัว)</t>
   </si>
   <si>
     <t>หมวกไหมพรม</t>
   </si>
   <si>
-    <t>No.</t>
-[...74 lines deleted...]
-  <si>
     <t>2560</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>สรุปสถานการณ์ภัยหนาวของประเทศไทย พ.ศ.2552 - 2563</t>
   </si>
   <si>
     <t xml:space="preserve">หมายเหต:  ปี 2559-2561 และ ปี 2563  ไม่ประกาศเป็นภัยหนาวเพราะอุณหภูมิไม่ต่ำกว่า 9 องศา </t>
   </si>
   <si>
     <t xml:space="preserve">         ที่มา: กรมป้องกันและบรรเทาสาธารณภัย กระทรวงมหาดไทย</t>
-  </si>
-[...4 lines deleted...]
-    <t>หมวดหมู่ข้อมูลตามธรรมภิบาลข้อมูลภาครัฐ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="187" formatCode="\-"/>
+    <numFmt numFmtId="164" formatCode="\-"/>
   </numFmts>
-  <fonts count="27" x14ac:knownFonts="1">
+  <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
-      <name val="Tahoma"/>
+      <name val="Calibri Light"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF3F3F76"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color rgb="FF0000FF"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color rgb="FF800080"/>
-      <name val="Tahoma"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...9 lines deleted...]
-      <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="36">
+  <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -622,58 +528,52 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="22">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -806,110 +706,50 @@
     <border>
       <left style="medium">
         <color rgb="FF959595"/>
       </left>
       <right style="medium">
         <color rgb="FF959595"/>
       </right>
       <top style="medium">
         <color rgb="FF959595"/>
       </top>
       <bottom style="medium">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...58 lines deleted...]
-    <border>
       <left style="medium">
         <color rgb="FF959595"/>
       </left>
       <right style="medium">
         <color rgb="FF959595"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
@@ -943,222 +783,183 @@
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="34" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="34" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="21" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="187" fontId="21" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="21" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="21" fillId="33" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="187" fontId="21" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="21" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="187" fontId="21" fillId="33" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="21" fillId="33" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="35" borderId="15" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-    <xf numFmtId="49" fontId="21" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="21" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="21" fillId="33" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="187" fontId="21" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="21" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="21" fillId="33" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="187" fontId="21" fillId="33" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="46">
-    <cellStyle name="20% - ส่วนที่ถูกเน้น1" xfId="19" builtinId="30" customBuiltin="1"/>
-[...16 lines deleted...]
-    <cellStyle name="60% - ส่วนที่ถูกเน้น6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Followed Hyperlink" xfId="43" builtinId="9" customBuiltin="1"/>
+    <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="42" builtinId="8" customBuiltin="1"/>
-    <cellStyle name="Hyperlink 2" xfId="45"/>
-[...24 lines deleted...]
-    <cellStyle name="หัวเรื่อง 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Hyperlink 2" xfId="45" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="44" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1382,1339 +1183,887 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="18.25" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="14" width="11.75" style="1" customWidth="1"/>
+    <col min="1" max="1" width="18.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="21.85546875" style="1" customWidth="1"/>
+    <col min="3" max="14" width="11.7109375" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="6" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    <row r="2" spans="1:14" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A1" s="1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" s="2" customFormat="1" ht="19.5" customHeight="1" thickBot="1">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="L2" s="5" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="N2" s="5" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      <c r="A3" s="29" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A3" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="29" t="s">
+      <c r="B3" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="C3" s="7">
+      <c r="C3" s="6">
         <v>52</v>
       </c>
-      <c r="D3" s="7">
+      <c r="D3" s="6">
         <v>52</v>
       </c>
-      <c r="E3" s="7">
+      <c r="E3" s="6">
         <v>40</v>
       </c>
-      <c r="F3" s="7">
+      <c r="F3" s="6">
         <v>14</v>
       </c>
-      <c r="G3" s="7">
+      <c r="G3" s="6">
         <v>45</v>
       </c>
-      <c r="H3" s="7">
+      <c r="H3" s="6">
         <v>36</v>
       </c>
-      <c r="I3" s="7">
+      <c r="I3" s="6">
         <v>2</v>
       </c>
-      <c r="J3" s="8">
-[...8 lines deleted...]
-      <c r="M3" s="7">
+      <c r="J3" s="7">
+        <v>0</v>
+      </c>
+      <c r="K3" s="7">
+        <v>0</v>
+      </c>
+      <c r="L3" s="7">
+        <v>0</v>
+      </c>
+      <c r="M3" s="6">
         <v>4</v>
       </c>
-      <c r="N3" s="12">
-[...5 lines deleted...]
-      <c r="B4" s="29" t="s">
+      <c r="N3" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A4" s="16"/>
+      <c r="B4" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="7">
+      <c r="C4" s="6">
         <v>606</v>
       </c>
-      <c r="D4" s="7">
+      <c r="D4" s="6">
         <v>606</v>
       </c>
-      <c r="E4" s="7">
+      <c r="E4" s="6">
         <v>522</v>
       </c>
-      <c r="F4" s="7">
+      <c r="F4" s="6">
         <v>126</v>
       </c>
-      <c r="G4" s="7">
+      <c r="G4" s="6">
         <v>547</v>
       </c>
-      <c r="H4" s="7">
+      <c r="H4" s="6">
         <v>444</v>
       </c>
-      <c r="I4" s="7">
+      <c r="I4" s="6">
         <v>4</v>
       </c>
-      <c r="J4" s="8">
-[...8 lines deleted...]
-      <c r="M4" s="7">
+      <c r="J4" s="7">
+        <v>0</v>
+      </c>
+      <c r="K4" s="7">
+        <v>0</v>
+      </c>
+      <c r="L4" s="7">
+        <v>0</v>
+      </c>
+      <c r="M4" s="6">
         <v>23</v>
       </c>
-      <c r="N4" s="12">
-[...5 lines deleted...]
-      <c r="B5" s="29" t="s">
+      <c r="N4" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A5" s="16"/>
+      <c r="B5" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="8">
-[...38 lines deleted...]
-      <c r="B6" s="29" t="s">
+      <c r="C5" s="7">
+        <v>0</v>
+      </c>
+      <c r="D5" s="7">
+        <v>0</v>
+      </c>
+      <c r="E5" s="7">
+        <v>0</v>
+      </c>
+      <c r="F5" s="7">
+        <v>0</v>
+      </c>
+      <c r="G5" s="7">
+        <v>0</v>
+      </c>
+      <c r="H5" s="7">
+        <v>0</v>
+      </c>
+      <c r="I5" s="7">
+        <v>0</v>
+      </c>
+      <c r="J5" s="7">
+        <v>0</v>
+      </c>
+      <c r="K5" s="7">
+        <v>0</v>
+      </c>
+      <c r="L5" s="7">
+        <v>0</v>
+      </c>
+      <c r="M5" s="7">
+        <v>0</v>
+      </c>
+      <c r="N5" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A6" s="16"/>
+      <c r="B6" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="7">
+      <c r="C6" s="6">
         <v>4591</v>
       </c>
-      <c r="D6" s="7">
+      <c r="D6" s="6">
         <v>4618</v>
       </c>
-      <c r="E6" s="7">
+      <c r="E6" s="6">
         <v>4174</v>
       </c>
-      <c r="F6" s="7">
+      <c r="F6" s="6">
         <v>830</v>
       </c>
-      <c r="G6" s="7">
+      <c r="G6" s="6">
         <v>4317</v>
       </c>
-      <c r="H6" s="7">
+      <c r="H6" s="6">
         <v>3472</v>
       </c>
-      <c r="I6" s="7">
+      <c r="I6" s="6">
         <v>12</v>
       </c>
-      <c r="J6" s="8">
-[...8 lines deleted...]
-      <c r="M6" s="7">
+      <c r="J6" s="7">
+        <v>0</v>
+      </c>
+      <c r="K6" s="7">
+        <v>0</v>
+      </c>
+      <c r="L6" s="7">
+        <v>0</v>
+      </c>
+      <c r="M6" s="6">
         <v>158</v>
       </c>
-      <c r="N6" s="12">
-[...5 lines deleted...]
-      <c r="B7" s="29" t="s">
+      <c r="N6" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A7" s="15"/>
+      <c r="B7" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="7">
+      <c r="C7" s="6">
         <v>48737</v>
       </c>
-      <c r="D7" s="7">
+      <c r="D7" s="6">
         <v>49172</v>
       </c>
-      <c r="E7" s="7">
+      <c r="E7" s="6">
         <v>49605</v>
       </c>
-      <c r="F7" s="7">
+      <c r="F7" s="6">
         <v>9012</v>
       </c>
-      <c r="G7" s="7">
+      <c r="G7" s="6">
         <v>50221</v>
       </c>
-      <c r="H7" s="7">
+      <c r="H7" s="6">
         <v>41174</v>
       </c>
-      <c r="I7" s="7">
+      <c r="I7" s="6">
         <v>105</v>
       </c>
-      <c r="J7" s="8">
-[...8 lines deleted...]
-      <c r="M7" s="7">
+      <c r="J7" s="7">
+        <v>0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>0</v>
+      </c>
+      <c r="M7" s="6">
         <v>2074</v>
       </c>
-      <c r="N7" s="12">
-[...4 lines deleted...]
-      <c r="A8" s="29" t="s">
+      <c r="N7" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A8" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="29" t="s">
+      <c r="B8" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="7">
+      <c r="C8" s="6">
         <v>10588881</v>
       </c>
-      <c r="D8" s="7">
+      <c r="D8" s="6">
         <v>10609301</v>
       </c>
-      <c r="E8" s="7">
+      <c r="E8" s="6">
         <v>28930295</v>
       </c>
-      <c r="F8" s="7">
+      <c r="F8" s="6">
         <v>3441561</v>
       </c>
-      <c r="G8" s="7">
+      <c r="G8" s="6">
         <v>26542646</v>
       </c>
-      <c r="H8" s="7">
+      <c r="H8" s="6">
         <v>23372347</v>
       </c>
-      <c r="I8" s="7">
+      <c r="I8" s="6">
         <v>39566</v>
       </c>
-      <c r="J8" s="8">
-[...8 lines deleted...]
-      <c r="M8" s="7">
+      <c r="J8" s="7">
+        <v>0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>0</v>
+      </c>
+      <c r="M8" s="6">
         <v>123204</v>
       </c>
-      <c r="N8" s="12">
-[...5 lines deleted...]
-      <c r="B9" s="29" t="s">
+      <c r="N8" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A9" s="16"/>
+      <c r="B9" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="7">
+      <c r="C9" s="6">
         <v>4961509</v>
       </c>
-      <c r="D9" s="7">
+      <c r="D9" s="6">
         <v>4961525</v>
       </c>
-      <c r="E9" s="7">
+      <c r="E9" s="6">
         <v>8723421</v>
       </c>
-      <c r="F9" s="7">
+      <c r="F9" s="6">
         <v>1395789</v>
       </c>
-      <c r="G9" s="7">
+      <c r="G9" s="6">
         <v>8154121</v>
       </c>
-      <c r="H9" s="7">
+      <c r="H9" s="6">
         <v>4591620</v>
       </c>
-      <c r="I9" s="7">
+      <c r="I9" s="6">
         <v>13132</v>
       </c>
-      <c r="J9" s="8">
-[...8 lines deleted...]
-      <c r="M9" s="7">
+      <c r="J9" s="7">
+        <v>0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>0</v>
+      </c>
+      <c r="L9" s="7">
+        <v>0</v>
+      </c>
+      <c r="M9" s="6">
         <v>34899</v>
       </c>
-      <c r="N9" s="12">
-[...5 lines deleted...]
-      <c r="B10" s="29" t="s">
+      <c r="N9" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A10" s="16"/>
+      <c r="B10" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="C10" s="8">
-[...38 lines deleted...]
-      <c r="B11" s="29" t="s">
+      <c r="C10" s="7">
+        <v>0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>0</v>
+      </c>
+      <c r="I10" s="7">
+        <v>0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>0</v>
+      </c>
+      <c r="N10" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A11" s="16"/>
+      <c r="B11" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="8">
-[...38 lines deleted...]
-      <c r="B12" s="29" t="s">
+      <c r="C11" s="7">
+        <v>0</v>
+      </c>
+      <c r="D11" s="7">
+        <v>0</v>
+      </c>
+      <c r="E11" s="7">
+        <v>0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>0</v>
+      </c>
+      <c r="G11" s="7">
+        <v>0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>0</v>
+      </c>
+      <c r="I11" s="7">
+        <v>0</v>
+      </c>
+      <c r="J11" s="7">
+        <v>0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>0</v>
+      </c>
+      <c r="L11" s="7">
+        <v>0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>0</v>
+      </c>
+      <c r="N11" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A12" s="15"/>
+      <c r="B12" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="8">
-[...37 lines deleted...]
-      <c r="A13" s="29" t="s">
+      <c r="C12" s="7">
+        <v>0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0</v>
+      </c>
+      <c r="N12" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A13" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="29" t="s">
+      <c r="B13" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="7">
+      <c r="C13" s="6">
         <v>716559638</v>
       </c>
-      <c r="D13" s="7">
+      <c r="D13" s="6">
         <v>33007334</v>
       </c>
-      <c r="E13" s="7">
+      <c r="E13" s="6">
         <v>906919742</v>
       </c>
-      <c r="F13" s="7">
+      <c r="F13" s="6">
         <v>12096620</v>
       </c>
-      <c r="G13" s="7">
+      <c r="G13" s="6">
         <v>26326382</v>
       </c>
-      <c r="H13" s="7">
+      <c r="H13" s="6">
         <v>168021533</v>
       </c>
-      <c r="I13" s="7">
+      <c r="I13" s="6">
         <v>85538445</v>
       </c>
-      <c r="J13" s="10">
+      <c r="J13" s="9">
         <v>85538445</v>
       </c>
-      <c r="K13" s="8">
-[...8 lines deleted...]
-      <c r="N13" s="35">
+      <c r="K13" s="7">
+        <v>0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0</v>
+      </c>
+      <c r="N13" s="19">
         <v>30028000</v>
       </c>
     </row>
-    <row r="14" spans="1:14" s="6" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B14" s="29" t="s">
+    <row r="14" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A14" s="16"/>
+      <c r="B14" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="C14" s="7">
+      <c r="C14" s="6">
         <v>3766186</v>
       </c>
-      <c r="D14" s="7">
+      <c r="D14" s="6">
         <v>3766553</v>
       </c>
-      <c r="E14" s="7">
+      <c r="E14" s="6">
         <v>4321528</v>
       </c>
-      <c r="F14" s="7">
+      <c r="F14" s="6">
         <v>497211</v>
       </c>
-      <c r="G14" s="7">
+      <c r="G14" s="6">
         <v>1271027</v>
       </c>
-      <c r="H14" s="7">
+      <c r="H14" s="6">
         <v>1039326</v>
       </c>
-      <c r="I14" s="7">
+      <c r="I14" s="6">
         <v>74519</v>
       </c>
-      <c r="J14" s="8">
-[...8 lines deleted...]
-      <c r="M14" s="7">
+      <c r="J14" s="7">
+        <v>0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0</v>
+      </c>
+      <c r="L14" s="7">
+        <v>0</v>
+      </c>
+      <c r="M14" s="6">
         <v>132108</v>
       </c>
-      <c r="N14" s="12">
-[...5 lines deleted...]
-      <c r="B15" s="29" t="s">
+      <c r="N14" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A15" s="16"/>
+      <c r="B15" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="C15" s="7">
+      <c r="C15" s="6">
         <v>30912</v>
       </c>
-      <c r="D15" s="7">
+      <c r="D15" s="6">
         <v>30912</v>
       </c>
-      <c r="E15" s="7">
+      <c r="E15" s="6">
         <v>64257</v>
       </c>
-      <c r="F15" s="7">
+      <c r="F15" s="6">
         <v>1653</v>
       </c>
-      <c r="G15" s="7">
+      <c r="G15" s="6">
         <v>8737</v>
       </c>
-      <c r="H15" s="9"/>
-[...21 lines deleted...]
-      <c r="B16" s="29" t="s">
+      <c r="H15" s="8"/>
+      <c r="I15" s="7">
+        <v>0</v>
+      </c>
+      <c r="J15" s="7">
+        <v>0</v>
+      </c>
+      <c r="K15" s="7">
+        <v>0</v>
+      </c>
+      <c r="L15" s="7">
+        <v>0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>0</v>
+      </c>
+      <c r="N15" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A16" s="16"/>
+      <c r="B16" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="C16" s="7">
+      <c r="C16" s="6">
         <v>193044</v>
       </c>
-      <c r="D16" s="7">
+      <c r="D16" s="6">
         <v>192844</v>
       </c>
-      <c r="E16" s="7">
+      <c r="E16" s="6">
         <v>349088</v>
       </c>
-      <c r="F16" s="7">
+      <c r="F16" s="6">
         <v>67608</v>
       </c>
-      <c r="G16" s="7">
+      <c r="G16" s="6">
         <v>176210</v>
       </c>
-      <c r="H16" s="7">
+      <c r="H16" s="6">
         <v>130850</v>
       </c>
-      <c r="I16" s="7">
+      <c r="I16" s="6">
         <v>1166</v>
       </c>
-      <c r="J16" s="8">
-[...17 lines deleted...]
-      <c r="B17" s="29" t="s">
+      <c r="J16" s="7">
+        <v>0</v>
+      </c>
+      <c r="K16" s="7">
+        <v>0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>0</v>
+      </c>
+      <c r="M16" s="11">
+        <v>0</v>
+      </c>
+      <c r="N16" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A17" s="16"/>
+      <c r="B17" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="C17" s="7">
+      <c r="C17" s="6">
         <v>37152</v>
       </c>
-      <c r="D17" s="7">
+      <c r="D17" s="6">
         <v>37152</v>
       </c>
-      <c r="E17" s="7">
+      <c r="E17" s="6">
         <v>11376</v>
       </c>
-      <c r="F17" s="7">
+      <c r="F17" s="6">
         <v>9152</v>
       </c>
-      <c r="G17" s="7">
+      <c r="G17" s="6">
         <v>16734</v>
       </c>
-      <c r="H17" s="7">
+      <c r="H17" s="6">
         <v>38246</v>
       </c>
-      <c r="I17" s="7">
+      <c r="I17" s="6">
         <v>5462</v>
       </c>
-      <c r="J17" s="8">
-[...17 lines deleted...]
-      <c r="B18" s="29" t="s">
+      <c r="J17" s="7">
+        <v>0</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0</v>
+      </c>
+      <c r="L17" s="7">
+        <v>0</v>
+      </c>
+      <c r="M17" s="11">
+        <v>0</v>
+      </c>
+      <c r="N17" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A18" s="16"/>
+      <c r="B18" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="C18" s="7">
+      <c r="C18" s="6">
         <v>4027294</v>
       </c>
-      <c r="D18" s="7">
+      <c r="D18" s="6">
         <v>4027461</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E18" s="6">
         <v>4746249</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F18" s="6">
         <v>567124</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G18" s="6">
         <v>1472708</v>
       </c>
-      <c r="H18" s="7">
+      <c r="H18" s="6">
         <v>1213746</v>
       </c>
-      <c r="I18" s="8">
-[...20 lines deleted...]
-      <c r="B19" s="30" t="s">
+      <c r="I18" s="7">
+        <v>0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>0</v>
+      </c>
+      <c r="N18" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A19" s="17"/>
+      <c r="B19" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="C19" s="8">
-[...17 lines deleted...]
-      <c r="I19" s="11">
+      <c r="C19" s="7">
+        <v>0</v>
+      </c>
+      <c r="D19" s="7">
+        <v>0</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>0</v>
+      </c>
+      <c r="I19" s="10">
         <v>400</v>
       </c>
-      <c r="J19" s="8">
-[...48 lines deleted...]
-      <c r="A22" s="34"/>
+      <c r="J19" s="7">
+        <v>0</v>
+      </c>
+      <c r="K19" s="21">
+        <v>0</v>
+      </c>
+      <c r="L19" s="12">
+        <v>0</v>
+      </c>
+      <c r="M19" s="12">
+        <v>0</v>
+      </c>
+      <c r="N19" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="19.5" customHeight="1">
+      <c r="A20" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
+      <c r="K20" s="20"/>
+      <c r="L20" s="20"/>
+      <c r="M20" s="20"/>
+      <c r="N20" s="20"/>
+    </row>
+    <row r="21" spans="1:14" ht="19.5" customHeight="1">
+      <c r="A21" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" s="22"/>
+      <c r="C21" s="22"/>
+      <c r="D21" s="22"/>
+      <c r="E21" s="22"/>
+      <c r="F21" s="22"/>
+      <c r="G21" s="22"/>
+      <c r="H21" s="22"/>
+      <c r="I21" s="22"/>
+      <c r="J21" s="22"/>
+    </row>
+    <row r="22" spans="1:14" ht="19.5" customHeight="1">
+      <c r="A22" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A21:J21"/>
     <mergeCell ref="A20:J20"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-</worksheet>
-[...445 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>เวิร์กชีต</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>V2_21_0301_04_00_rpt_สรุปสถานการณ์ภัยหนาวของประเทศไทย พ.ศ.</dc:title>
   <dc:creator>Pee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>