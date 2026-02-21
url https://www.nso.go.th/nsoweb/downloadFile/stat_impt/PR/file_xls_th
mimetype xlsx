--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,63 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10D25215-95B0-4159-B4B3-5D3EBF5A2C9B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="57">
   <si>
     <t/>
   </si>
   <si>
     <t>สถานการณ์อัคคีภัย</t>
   </si>
   <si>
     <t>พื้นที่ประสบภัย</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
@@ -213,219 +212,110 @@
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">        ที่มา: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>กรมป้องกันและบรรเทาสาธารณภัย กระทรวงมหาดไทย</t>
     </r>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>No.</t>
-[...77 lines deleted...]
-  <si>
     <t>2562</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>สรุปสถานการณ์อัคคีภัยของประเทศไทย พ.ศ. 2552 - 2563</t>
-  </si>
-[...4 lines deleted...]
-    <t>หมวดหมู่ข้อมูลตามธรรมภิบาลข้อมูลภาครัฐ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="187" formatCode="#,##0;\(#,##0\)"/>
+    <numFmt numFmtId="164" formatCode="#,##0;\(#,##0\)"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
-    <font>
-[...16 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="11">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
@@ -461,353 +351,251 @@
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...58 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="187" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="187" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="187" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="187" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-    <xf numFmtId="187" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-[...2 lines deleted...]
-    <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
+  <cellStyles count="2">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -940,1636 +728,1636 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N41"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" style="1" customWidth="1"/>
     <col min="3" max="14" width="13.42578125" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="13"/>
     </row>
     <row r="2" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="15" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="15" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="16" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="16" t="s">
         <v>52</v>
       </c>
       <c r="L2" s="16" t="s">
         <v>53</v>
       </c>
       <c r="M2" s="16" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="N2" s="16" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="3">
         <v>1527</v>
       </c>
       <c r="D3" s="3">
         <v>1903</v>
       </c>
       <c r="E3" s="3">
         <v>1524</v>
       </c>
       <c r="F3" s="3">
         <v>1644</v>
       </c>
       <c r="G3" s="3">
         <v>1811</v>
       </c>
       <c r="H3" s="3">
         <v>763</v>
       </c>
       <c r="I3" s="3">
         <v>806</v>
       </c>
       <c r="J3" s="4">
         <v>1123</v>
       </c>
       <c r="K3" s="4">
         <v>1516</v>
       </c>
       <c r="L3" s="4">
         <v>1294</v>
       </c>
       <c r="M3" s="4">
         <v>1312</v>
       </c>
       <c r="N3" s="4">
         <v>1248</v>
       </c>
     </row>
     <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="32" t="s">
+      <c r="A4" s="18" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>62</v>
       </c>
       <c r="D4" s="3">
         <v>66</v>
       </c>
       <c r="E4" s="3">
         <v>61</v>
       </c>
       <c r="F4" s="3">
         <v>74</v>
       </c>
       <c r="G4" s="3">
         <v>75</v>
       </c>
       <c r="H4" s="3">
         <v>71</v>
       </c>
       <c r="I4" s="3">
         <v>71</v>
       </c>
       <c r="J4" s="4">
         <v>77</v>
       </c>
       <c r="K4" s="4">
         <v>76</v>
       </c>
       <c r="L4" s="4">
         <v>75</v>
       </c>
       <c r="M4" s="4">
         <v>64</v>
       </c>
       <c r="N4" s="4">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="33"/>
+      <c r="A5" s="19"/>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
         <v>464</v>
       </c>
       <c r="D5" s="3">
         <v>543</v>
       </c>
       <c r="E5" s="3">
         <v>442</v>
       </c>
       <c r="F5" s="3">
         <v>573</v>
       </c>
       <c r="G5" s="3">
         <v>1327</v>
       </c>
       <c r="H5" s="3">
         <v>407</v>
       </c>
       <c r="I5" s="3">
         <v>407</v>
       </c>
       <c r="J5" s="4">
         <v>445</v>
       </c>
       <c r="K5" s="4">
         <v>536</v>
       </c>
       <c r="L5" s="4">
         <v>464</v>
       </c>
       <c r="M5" s="4">
         <v>430</v>
       </c>
       <c r="N5" s="4">
         <v>395</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="33"/>
+      <c r="A6" s="19"/>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="33"/>
+      <c r="A7" s="19"/>
       <c r="B7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="3">
         <v>1112</v>
       </c>
       <c r="D7" s="3">
         <v>1538</v>
       </c>
       <c r="E7" s="3">
         <v>951</v>
       </c>
       <c r="F7" s="3">
         <v>1275</v>
       </c>
       <c r="G7" s="3">
         <v>1643</v>
       </c>
       <c r="H7" s="3">
         <v>670</v>
       </c>
       <c r="I7" s="3">
         <v>679</v>
       </c>
       <c r="J7" s="4">
         <v>1000</v>
       </c>
       <c r="K7" s="4">
         <v>1018</v>
       </c>
       <c r="L7" s="4">
         <v>980</v>
       </c>
       <c r="M7" s="4">
         <v>890</v>
       </c>
       <c r="N7" s="4">
         <v>837</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="33"/>
+      <c r="A8" s="19"/>
       <c r="B8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="3">
         <v>1115</v>
       </c>
       <c r="D8" s="3">
         <v>1784</v>
       </c>
       <c r="E8" s="3">
         <v>1334</v>
       </c>
       <c r="F8" s="3">
         <v>1515</v>
       </c>
       <c r="G8" s="3">
         <v>1790</v>
       </c>
       <c r="H8" s="3">
         <v>763</v>
       </c>
       <c r="I8" s="3">
         <v>806</v>
       </c>
       <c r="J8" s="4">
         <v>1000</v>
       </c>
       <c r="K8" s="4">
         <v>1533</v>
       </c>
       <c r="L8" s="4">
         <v>1202</v>
       </c>
       <c r="M8" s="4">
         <v>1217</v>
       </c>
       <c r="N8" s="4">
         <v>1168</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="32" t="s">
+      <c r="A9" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="3">
         <v>6549</v>
       </c>
       <c r="D9" s="3">
         <v>8912</v>
       </c>
       <c r="E9" s="3">
         <v>8313</v>
       </c>
       <c r="F9" s="3">
         <v>13600</v>
       </c>
       <c r="G9" s="3">
         <v>7899</v>
       </c>
       <c r="H9" s="3">
         <v>5206</v>
       </c>
       <c r="I9" s="3">
         <v>4732</v>
       </c>
       <c r="J9" s="4">
         <v>22166</v>
       </c>
       <c r="K9" s="4">
         <v>8958</v>
       </c>
       <c r="L9" s="4">
         <v>3996</v>
       </c>
       <c r="M9" s="4">
         <v>10048</v>
       </c>
       <c r="N9" s="4">
         <v>4795</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="33"/>
+      <c r="A10" s="19"/>
       <c r="B10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="3">
         <v>2280</v>
       </c>
       <c r="D10" s="3">
         <v>3015</v>
       </c>
       <c r="E10" s="3">
         <v>2213</v>
       </c>
       <c r="F10" s="3">
         <v>3248</v>
       </c>
       <c r="G10" s="3">
         <v>2815</v>
       </c>
       <c r="H10" s="3">
         <v>1999</v>
       </c>
       <c r="I10" s="3">
         <v>1564</v>
       </c>
       <c r="J10" s="4">
         <v>4275</v>
       </c>
       <c r="K10" s="4">
         <v>3051</v>
       </c>
       <c r="L10" s="4">
         <v>1416</v>
       </c>
       <c r="M10" s="4">
         <v>5103</v>
       </c>
       <c r="N10" s="4">
         <v>1798</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="33"/>
+      <c r="A11" s="19"/>
       <c r="B11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3">
         <v>83</v>
       </c>
       <c r="D11" s="3">
         <v>29</v>
       </c>
       <c r="E11" s="3">
         <v>42</v>
       </c>
       <c r="F11" s="3">
         <v>30</v>
       </c>
       <c r="G11" s="3">
         <v>106</v>
       </c>
       <c r="H11" s="3">
         <v>26</v>
       </c>
       <c r="I11" s="3">
         <v>44</v>
       </c>
       <c r="J11" s="4">
         <v>68</v>
       </c>
       <c r="K11" s="4">
         <v>62</v>
       </c>
       <c r="L11" s="4">
         <v>29</v>
       </c>
       <c r="M11" s="4">
         <v>23</v>
       </c>
       <c r="N11" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="33"/>
+      <c r="A12" s="19"/>
       <c r="B12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="3">
         <v>312</v>
       </c>
       <c r="D12" s="3">
         <v>83</v>
       </c>
       <c r="E12" s="3">
         <v>149</v>
       </c>
       <c r="F12" s="3">
         <v>525</v>
       </c>
       <c r="G12" s="3">
         <v>211</v>
       </c>
       <c r="H12" s="3">
         <v>67</v>
       </c>
       <c r="I12" s="3">
         <v>116</v>
       </c>
       <c r="J12" s="4">
         <v>182</v>
       </c>
       <c r="K12" s="4">
         <v>159</v>
       </c>
       <c r="L12" s="4">
         <v>146</v>
       </c>
       <c r="M12" s="4">
         <v>122</v>
       </c>
       <c r="N12" s="4">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="33"/>
+      <c r="A13" s="19"/>
       <c r="B13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="3">
         <v>1404</v>
       </c>
       <c r="D13" s="3">
         <v>1612</v>
       </c>
       <c r="E13" s="3">
         <v>1636</v>
       </c>
       <c r="F13" s="3">
         <v>2083</v>
       </c>
       <c r="G13" s="3">
         <v>938</v>
       </c>
       <c r="H13" s="3">
         <v>719</v>
       </c>
       <c r="I13" s="3">
         <v>735</v>
       </c>
       <c r="J13" s="4">
         <v>934</v>
       </c>
       <c r="K13" s="4">
         <v>1267</v>
       </c>
       <c r="L13" s="4">
         <v>808</v>
       </c>
       <c r="M13" s="4">
         <v>657</v>
       </c>
       <c r="N13" s="4">
         <v>626</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="33"/>
+      <c r="A14" s="19"/>
       <c r="B14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="3">
         <v>262</v>
       </c>
       <c r="D14" s="3">
         <v>168</v>
       </c>
       <c r="E14" s="3">
         <v>149</v>
       </c>
       <c r="F14" s="3">
         <v>649</v>
       </c>
       <c r="G14" s="3">
         <v>930</v>
       </c>
       <c r="H14" s="3">
         <v>184</v>
       </c>
       <c r="I14" s="3">
         <v>126</v>
       </c>
       <c r="J14" s="4">
         <v>160</v>
       </c>
       <c r="K14" s="4">
         <v>244</v>
       </c>
       <c r="L14" s="4">
         <v>567</v>
       </c>
       <c r="M14" s="4">
         <v>609</v>
       </c>
       <c r="N14" s="4">
         <v>602</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="33"/>
+      <c r="A15" s="19"/>
       <c r="B15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="3">
         <v>62</v>
       </c>
       <c r="D15" s="3">
         <v>68</v>
       </c>
       <c r="E15" s="3">
         <v>85</v>
       </c>
       <c r="F15" s="3">
         <v>83</v>
       </c>
       <c r="G15" s="3">
         <v>62</v>
       </c>
       <c r="H15" s="3">
         <v>54</v>
       </c>
       <c r="I15" s="3">
         <v>64</v>
       </c>
       <c r="J15" s="4">
         <v>69</v>
       </c>
       <c r="K15" s="4">
         <v>69</v>
       </c>
       <c r="L15" s="4">
         <v>85</v>
       </c>
       <c r="M15" s="4">
         <v>30</v>
       </c>
       <c r="N15" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="33"/>
+      <c r="A16" s="19"/>
       <c r="B16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K16" s="5">
         <v>34</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N16" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="33"/>
+      <c r="A17" s="19"/>
       <c r="B17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="3">
         <v>56</v>
       </c>
       <c r="D17" s="3">
         <v>54</v>
       </c>
       <c r="E17" s="3">
         <v>55</v>
       </c>
       <c r="F17" s="3">
         <v>47</v>
       </c>
       <c r="G17" s="3">
         <v>37</v>
       </c>
       <c r="H17" s="3">
         <v>19</v>
       </c>
       <c r="I17" s="3">
         <v>31</v>
       </c>
       <c r="J17" s="4">
         <v>46</v>
       </c>
       <c r="K17" s="4">
         <v>76</v>
       </c>
       <c r="L17" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N17" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="33"/>
+      <c r="A18" s="19"/>
       <c r="B18" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="3">
         <v>69</v>
       </c>
       <c r="D18" s="3">
         <v>80</v>
       </c>
       <c r="E18" s="3">
         <v>64</v>
       </c>
       <c r="F18" s="3">
         <v>53</v>
       </c>
       <c r="G18" s="3">
         <v>55</v>
       </c>
       <c r="H18" s="3">
         <v>36</v>
       </c>
       <c r="I18" s="3">
         <v>70</v>
       </c>
       <c r="J18" s="4">
         <v>81</v>
       </c>
       <c r="K18" s="4">
         <v>66</v>
       </c>
       <c r="L18" s="4">
         <v>55</v>
       </c>
       <c r="M18" s="4">
         <v>42</v>
       </c>
       <c r="N18" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="33"/>
+      <c r="A19" s="19"/>
       <c r="B19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="3">
         <v>1718</v>
       </c>
       <c r="D19" s="3">
         <v>30996</v>
       </c>
       <c r="E19" s="3">
         <v>1302</v>
       </c>
       <c r="F19" s="3">
         <v>1537</v>
       </c>
       <c r="G19" s="3">
         <v>2545</v>
       </c>
       <c r="H19" s="3">
         <v>4677</v>
       </c>
       <c r="I19" s="3">
         <v>2766</v>
       </c>
       <c r="J19" s="4">
         <v>6483</v>
       </c>
       <c r="K19" s="4">
         <v>429</v>
       </c>
       <c r="L19" s="4">
         <v>456</v>
       </c>
       <c r="M19" s="4">
         <v>2775</v>
       </c>
       <c r="N19" s="4">
         <v>2579</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="33"/>
+      <c r="A20" s="19"/>
       <c r="B20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="3">
         <v>817334839</v>
       </c>
       <c r="D20" s="3">
         <v>1283787066</v>
       </c>
       <c r="E20" s="3">
         <v>2776511424</v>
       </c>
       <c r="F20" s="3">
         <v>1104665955</v>
       </c>
       <c r="G20" s="3">
         <v>1172682642.0799999</v>
       </c>
       <c r="H20" s="3">
         <v>315473917</v>
       </c>
       <c r="I20" s="3">
         <v>288354392</v>
       </c>
       <c r="J20" s="4">
         <v>2495619185</v>
       </c>
       <c r="K20" s="4">
         <v>2434260965</v>
       </c>
       <c r="L20" s="4">
         <v>321341742</v>
       </c>
       <c r="M20" s="4">
         <v>483438962</v>
       </c>
       <c r="N20" s="4">
         <v>847211103</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="33"/>
+      <c r="A21" s="19"/>
       <c r="B21" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="3">
         <v>16</v>
       </c>
       <c r="D21" s="3">
         <v>13</v>
       </c>
       <c r="E21" s="3">
         <v>6</v>
       </c>
       <c r="F21" s="3">
         <v>9</v>
       </c>
       <c r="G21" s="3">
         <v>4</v>
       </c>
       <c r="H21" s="3">
         <v>2</v>
       </c>
       <c r="I21" s="3">
         <v>2</v>
       </c>
       <c r="J21" s="4">
         <v>6</v>
       </c>
       <c r="K21" s="4">
         <v>8</v>
       </c>
       <c r="L21" s="4">
         <v>6</v>
       </c>
       <c r="M21" s="4">
         <v>3</v>
       </c>
       <c r="N21" s="4">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="33"/>
+      <c r="A22" s="19"/>
       <c r="B22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K22" s="5">
         <v>352</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N22" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="33"/>
+      <c r="A23" s="19"/>
       <c r="B23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K23" s="5">
         <v>29</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N23" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="33"/>
+      <c r="A24" s="19"/>
       <c r="B24" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="5">
         <v>69</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="33"/>
+      <c r="A25" s="19"/>
       <c r="B25" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K25" s="5">
         <v>48</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N25" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="33"/>
+      <c r="A26" s="19"/>
       <c r="B26" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K26" s="5">
         <v>22</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="33"/>
+      <c r="A27" s="19"/>
       <c r="B27" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K27" s="5">
         <v>9</v>
       </c>
       <c r="L27" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N27" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="33"/>
+      <c r="A28" s="19"/>
       <c r="B28" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K28" s="5">
         <v>19</v>
       </c>
       <c r="L28" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N28" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="33"/>
+      <c r="A29" s="19"/>
       <c r="B29" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="3">
         <v>26</v>
       </c>
       <c r="D29" s="3">
         <v>68</v>
       </c>
       <c r="E29" s="3">
         <v>4</v>
       </c>
       <c r="F29" s="3">
         <v>6</v>
       </c>
       <c r="G29" s="3">
         <v>5</v>
       </c>
       <c r="H29" s="3">
         <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>4</v>
       </c>
       <c r="J29" s="4">
         <v>20</v>
       </c>
       <c r="K29" s="4">
         <v>10</v>
       </c>
       <c r="L29" s="4">
         <v>5</v>
       </c>
       <c r="M29" s="4">
         <v>3</v>
       </c>
       <c r="N29" s="4">
         <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="33"/>
+      <c r="A30" s="19"/>
       <c r="B30" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K30" s="5">
         <v>2</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N30" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="33"/>
+      <c r="A31" s="19"/>
       <c r="B31" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N31" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="33"/>
+      <c r="A32" s="19"/>
       <c r="B32" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F32" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N32" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="33"/>
+      <c r="A33" s="19"/>
       <c r="B33" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K33" s="5">
         <v>85</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N33" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="33"/>
+      <c r="A34" s="19"/>
       <c r="B34" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K34" s="5">
         <v>363</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N34" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="35" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="33"/>
+      <c r="A35" s="19"/>
       <c r="B35" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N35" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="32" t="s">
+      <c r="A36" s="18" t="s">
         <v>45</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C36" s="3">
         <v>3471</v>
       </c>
       <c r="D36" s="3">
         <v>4459</v>
       </c>
       <c r="E36" s="3">
         <v>2868</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G36" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="3">
         <v>1763</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K36" s="5">
         <v>4515</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N36" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="33"/>
+      <c r="A37" s="19"/>
       <c r="B37" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C37" s="3">
         <v>2875</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E37" s="3">
         <v>938</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G37" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I37" s="3">
         <v>2030</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>49</v>
       </c>
       <c r="N37" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="38" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="34"/>
+      <c r="A38" s="20"/>
       <c r="B38" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C38" s="8">
         <v>69736221</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E38" s="8">
         <v>60158421</v>
       </c>
       <c r="F38" s="8">
         <v>80099622</v>
       </c>
       <c r="G38" s="8">
         <v>50608835</v>
       </c>
       <c r="H38" s="8">
         <v>18400866</v>
       </c>
       <c r="I38" s="8">
         <v>15489644</v>
       </c>
       <c r="J38" s="9" t="s">
         <v>49</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>49</v>
       </c>
       <c r="L38" s="9" t="s">
         <v>49</v>
       </c>
       <c r="M38" s="8">
         <v>8786457.5</v>
       </c>
-      <c r="N38" s="31">
+      <c r="N38" s="17">
         <v>10194514.34</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="14" t="s">
         <v>50</v>
       </c>
       <c r="B39" s="10"/>
       <c r="C39" s="11"/>
       <c r="D39" s="11"/>
       <c r="E39" s="11"/>
       <c r="F39" s="11"/>
       <c r="G39" s="11"/>
       <c r="H39" s="11"/>
       <c r="I39" s="11"/>
       <c r="J39" s="12"/>
     </row>
     <row r="40" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="14" t="s">
         <v>51</v>
       </c>
       <c r="B40" s="14"/>
       <c r="C40" s="14"/>
       <c r="D40" s="14"/>
       <c r="E40" s="14"/>
@@ -2582,504 +2370,60 @@
     <row r="41" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B41" s="14"/>
       <c r="C41" s="14"/>
       <c r="D41" s="14"/>
       <c r="E41" s="14"/>
       <c r="F41" s="14"/>
       <c r="G41" s="14"/>
       <c r="H41" s="14"/>
       <c r="I41" s="14"/>
       <c r="J41" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A36:A38"/>
     <mergeCell ref="A4:A8"/>
     <mergeCell ref="A9:A35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...441 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>เวิร์กชีต</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>