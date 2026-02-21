--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,160 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="124226"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6C680A9-276D-4133-9F92-7EE5EBD608F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="60" windowWidth="20115" windowHeight="8010"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Metadata" sheetId="1" r:id="rId1"/>
+    <sheet name="Metadata" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="144525"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="27">
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>ชื่อรายการไทย</t>
   </si>
   <si>
     <t>รายละเอียด</t>
   </si>
   <si>
     <t>ประเภทข้อมูล</t>
   </si>
   <si>
     <t>ข้อมูลสถิติ</t>
   </si>
   <si>
     <t>ชื่อชุดข้อมูล</t>
   </si>
   <si>
     <t>รายได้ของกรมป่าไม้</t>
   </si>
   <si>
     <t>องค์กร</t>
   </si>
   <si>
     <t>กรมป่าไม้ กระทรวงทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
   </si>
   <si>
     <t>ชื่อผู้ติดต่อ</t>
   </si>
   <si>
-    <t>กลุ่มคลังข้อมูลสถิติ
-[...2 lines deleted...]
-  <si>
     <t>อีเมลผู้ติดต่อ</t>
   </si>
   <si>
-    <t>becobank@nso.go.th</t>
-[...1 lines deleted...]
-  <si>
     <t>คำสำคัญ</t>
   </si>
   <si>
+    <t>วัตถุประสงค์</t>
+  </si>
+  <si>
+    <t>หน่วยความถี่ของการปรับปรุงข้อมูล</t>
+  </si>
+  <si>
+    <t>ขอบเขตเชิงภูมิศาสตร์หรือเชิงพื้นที่</t>
+  </si>
+  <si>
+    <t>ประเทศ</t>
+  </si>
+  <si>
+    <t>แหล่งที่มา</t>
+  </si>
+  <si>
+    <t>ข้อมูลสถิติ (กรมป่าไม้)</t>
+  </si>
+  <si>
+    <t>รูปแบบการเก็บข้อมูล</t>
+  </si>
+  <si>
+    <t>XLS</t>
+  </si>
+  <si>
+    <t>ข้อมูลสาธารณะ</t>
+  </si>
+  <si>
+    <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
+  </si>
+  <si>
+    <t>License not specified</t>
+  </si>
+  <si>
+    <t>ปีงบประมาณ</t>
+  </si>
+  <si>
+    <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
+  </si>
+  <si>
     <t>รายได้กรมป่าไม้</t>
   </si>
   <si>
-    <t>วัตถุประสงค์</t>
-[...28 lines deleted...]
-  <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
-  </si>
-[...7 lines deleted...]
-    <t>License not specified</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="5">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -271,108 +263,111 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ชุดรูปแบบของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -400,51 +395,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -573,58 +568,58 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C23" sqref="C23"/>
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="37.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="52.7109375" style="2" customWidth="1"/>
     <col min="4" max="256" width="9.140625" style="2"/>
     <col min="257" max="257" width="8.28515625" style="2" customWidth="1"/>
     <col min="258" max="258" width="30.5703125" style="2" customWidth="1"/>
     <col min="259" max="259" width="52.7109375" style="2" customWidth="1"/>
     <col min="260" max="512" width="9.140625" style="2"/>
     <col min="513" max="513" width="8.28515625" style="2" customWidth="1"/>
     <col min="514" max="514" width="30.5703125" style="2" customWidth="1"/>
     <col min="515" max="515" width="52.7109375" style="2" customWidth="1"/>
     <col min="516" max="768" width="9.140625" style="2"/>
     <col min="769" max="769" width="8.28515625" style="2" customWidth="1"/>
     <col min="770" max="770" width="30.5703125" style="2" customWidth="1"/>
     <col min="771" max="771" width="52.7109375" style="2" customWidth="1"/>
     <col min="772" max="1024" width="9.140625" style="2"/>
     <col min="1025" max="1025" width="8.28515625" style="2" customWidth="1"/>
     <col min="1026" max="1026" width="30.5703125" style="2" customWidth="1"/>
     <col min="1027" max="1027" width="52.7109375" style="2" customWidth="1"/>
     <col min="1028" max="1280" width="9.140625" style="2"/>
     <col min="1281" max="1281" width="8.28515625" style="2" customWidth="1"/>
     <col min="1282" max="1282" width="30.5703125" style="2" customWidth="1"/>
     <col min="1283" max="1283" width="52.7109375" style="2" customWidth="1"/>
     <col min="1284" max="1536" width="9.140625" style="2"/>
@@ -840,237 +835,233 @@
     <col min="14850" max="14850" width="30.5703125" style="2" customWidth="1"/>
     <col min="14851" max="14851" width="52.7109375" style="2" customWidth="1"/>
     <col min="14852" max="15104" width="9.140625" style="2"/>
     <col min="15105" max="15105" width="8.28515625" style="2" customWidth="1"/>
     <col min="15106" max="15106" width="30.5703125" style="2" customWidth="1"/>
     <col min="15107" max="15107" width="52.7109375" style="2" customWidth="1"/>
     <col min="15108" max="15360" width="9.140625" style="2"/>
     <col min="15361" max="15361" width="8.28515625" style="2" customWidth="1"/>
     <col min="15362" max="15362" width="30.5703125" style="2" customWidth="1"/>
     <col min="15363" max="15363" width="52.7109375" style="2" customWidth="1"/>
     <col min="15364" max="15616" width="9.140625" style="2"/>
     <col min="15617" max="15617" width="8.28515625" style="2" customWidth="1"/>
     <col min="15618" max="15618" width="30.5703125" style="2" customWidth="1"/>
     <col min="15619" max="15619" width="52.7109375" style="2" customWidth="1"/>
     <col min="15620" max="15872" width="9.140625" style="2"/>
     <col min="15873" max="15873" width="8.28515625" style="2" customWidth="1"/>
     <col min="15874" max="15874" width="30.5703125" style="2" customWidth="1"/>
     <col min="15875" max="15875" width="52.7109375" style="2" customWidth="1"/>
     <col min="15876" max="16128" width="9.140625" style="2"/>
     <col min="16129" max="16129" width="8.28515625" style="2" customWidth="1"/>
     <col min="16130" max="16130" width="30.5703125" style="2" customWidth="1"/>
     <col min="16131" max="16131" width="52.7109375" style="2" customWidth="1"/>
     <col min="16132" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="20.25">
+    <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="2" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A2" s="3">
         <v>1</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="3" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A3" s="7">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="6" customFormat="1" ht="40.5">
+    <row r="4" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A4" s="7">
         <v>3</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:3" s="6" customFormat="1" ht="40.5">
+    <row r="5" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A5" s="7">
         <v>4</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="10" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:3" s="6" customFormat="1" ht="20.25">
+      <c r="C5" s="10"/>
+    </row>
+    <row r="6" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:3" s="6" customFormat="1" ht="20.25">
+        <v>10</v>
+      </c>
+      <c r="C6" s="10"/>
+    </row>
+    <row r="7" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>6</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C7" s="11" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:3" s="6" customFormat="1" ht="20.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A8" s="7">
         <v>7</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="9"/>
     </row>
-    <row r="9" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="9" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>8</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C9" s="10"/>
     </row>
-    <row r="10" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="10" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>9.1</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3" s="6" customFormat="1" ht="20.25">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>9.1999999999999993</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C11" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="6" customFormat="1" ht="20.25">
+    <row r="12" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A12" s="7">
         <v>10</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C12" s="12" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" s="6" customFormat="1" ht="20.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>11</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C13" s="10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3" s="6" customFormat="1" ht="20.25">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>12</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3" s="6" customFormat="1" ht="20.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>13</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C15" s="10" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:3" s="6" customFormat="1" ht="20.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A16" s="13">
         <v>14</v>
       </c>
       <c r="B16" s="14" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>แผ่นงาน</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>