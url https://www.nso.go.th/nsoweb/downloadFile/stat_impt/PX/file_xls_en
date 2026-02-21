--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,78 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25225"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97FEB181-30ED-48C1-AC6B-43996A17D0E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4774970C-4CBC-4517-B09B-D31EADF122AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
-  <extLst>
-[...7 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="43">
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
@@ -126,388 +110,402 @@
   <si>
     <t>Other Service Fees</t>
   </si>
   <si>
     <t>Sales of Procurement Documents</t>
   </si>
   <si>
     <t>Real Estate Rental - Outsiders</t>
   </si>
   <si>
     <t>Revenue from Sales of Buildings and Structures</t>
   </si>
   <si>
     <t>Revenue from Sales of Equipment</t>
   </si>
   <si>
     <t>Income from Interest on Deposits  at Financial Institutions</t>
   </si>
   <si>
     <t>Income from Case Fines</t>
   </si>
   <si>
     <t>Income from Forfeiture and Compensation</t>
   </si>
   <si>
-    <t xml:space="preserve">        Total</t>
-[...7 lines deleted...]
-  <si>
     <t>(Bath)</t>
   </si>
   <si>
-    <t>(Million Baht)</t>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Revenue of Royal Forest Department: Fiscal year 2011 - 2024</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Income, remaining money to pay</t>
+  </si>
+  <si>
+    <t>Other non-tax income</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF959595"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF959595"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF959595"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF959595"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF959595"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF959595"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -641,958 +639,1254 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L25"/>
+  <dimension ref="A1:O28"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="49.28515625" style="3" customWidth="1"/>
-    <col min="2" max="11" width="13.5703125" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="3"/>
+    <col min="2" max="14" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15" max="15" width="13.5703125" style="7" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
-    </row>
-    <row r="2" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
+      <c r="M1" s="4"/>
+    </row>
+    <row r="2" spans="1:15" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="K2" s="1">
-        <v>2020</v>
+      <c r="K2" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+      <c r="M2" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="O2" s="1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="12"/>
-      <c r="B3" s="9" t="s">
-[...34 lines deleted...]
-      <c r="A4" s="13" t="s">
+      <c r="B3" s="8" t="s">
         <v>32</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="16" t="s">
+        <v>40</v>
       </c>
       <c r="B4" s="6">
         <v>53001429</v>
       </c>
       <c r="C4" s="6">
         <v>54325000</v>
       </c>
       <c r="D4" s="6">
         <v>61794990</v>
       </c>
       <c r="E4" s="6">
         <v>106768731</v>
       </c>
       <c r="F4" s="6">
         <v>56203535</v>
       </c>
       <c r="G4" s="6">
         <v>64258387.700000003</v>
       </c>
-      <c r="H4" s="6">
+      <c r="H4" s="13">
         <v>63174503.810000002</v>
       </c>
-      <c r="I4" s="6">
-[...3 lines deleted...]
-        <f>SUM(J5:J15)</f>
+      <c r="I4" s="13">
+        <v>51721536.710000001</v>
+      </c>
+      <c r="J4" s="13">
         <v>64290400</v>
       </c>
-      <c r="K4" s="6">
+      <c r="K4" s="13">
         <v>74932068.609999999</v>
       </c>
-      <c r="L4" s="8">
-[...4 lines deleted...]
-      <c r="A5" s="14" t="s">
+      <c r="L4" s="14">
+        <v>70474900</v>
+      </c>
+      <c r="M4" s="14">
+        <v>93803639.280000001</v>
+      </c>
+      <c r="N4" s="14">
+        <v>90379962.620000005</v>
+      </c>
+      <c r="O4" s="6">
+        <v>153618561.03999999</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="6">
         <v>363766</v>
       </c>
       <c r="C5" s="6">
         <v>368000</v>
       </c>
       <c r="D5" s="6">
         <v>260942</v>
       </c>
       <c r="E5" s="6">
         <v>256876</v>
       </c>
       <c r="F5" s="6">
         <v>129624</v>
       </c>
       <c r="G5" s="6">
         <v>95317.2</v>
       </c>
-      <c r="H5" s="6">
+      <c r="H5" s="14">
         <v>145625.62</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I5" s="14">
         <v>272174.96999999997</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J5" s="14">
         <v>211300</v>
       </c>
-      <c r="K5" s="6">
+      <c r="K5" s="14">
         <v>209771.82</v>
       </c>
-      <c r="L5" s="8">
-[...4 lines deleted...]
-      <c r="A6" s="14" t="s">
+      <c r="L5" s="14">
+        <v>353600</v>
+      </c>
+      <c r="M5" s="14">
+        <v>471331.98</v>
+      </c>
+      <c r="N5" s="14">
+        <v>828385.53</v>
+      </c>
+      <c r="O5" s="6">
+        <v>1367725.66</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="6">
         <v>165735</v>
       </c>
       <c r="C6" s="6">
         <v>166000</v>
       </c>
       <c r="D6" s="6">
         <v>9375</v>
       </c>
       <c r="E6" s="6">
         <v>164709</v>
       </c>
       <c r="F6" s="6">
         <v>184118</v>
       </c>
       <c r="G6" s="6">
         <v>47227.09</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6" s="14">
         <v>77390.97</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6" s="14">
         <v>337128.8</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6" s="14">
         <v>168400</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6" s="14">
         <v>404031.74</v>
       </c>
-      <c r="L6" s="8">
-[...4 lines deleted...]
-      <c r="A7" s="14" t="s">
+      <c r="L6" s="14">
+        <v>260100</v>
+      </c>
+      <c r="M6" s="14">
+        <v>291618.01</v>
+      </c>
+      <c r="N6" s="14">
+        <v>345407.63</v>
+      </c>
+      <c r="O6" s="6">
+        <v>145973</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="6">
         <v>6960</v>
       </c>
       <c r="C7" s="6">
         <v>888000</v>
       </c>
       <c r="D7" s="6">
         <v>1615880</v>
       </c>
       <c r="E7" s="6">
         <v>81942</v>
       </c>
       <c r="F7" s="6">
         <v>16800</v>
       </c>
       <c r="G7" s="6">
         <v>29244.83</v>
       </c>
-      <c r="H7" s="6">
+      <c r="H7" s="14">
         <v>65141.41</v>
       </c>
-      <c r="I7" s="6">
+      <c r="I7" s="14">
         <v>14845.2</v>
       </c>
-      <c r="J7" s="6">
+      <c r="J7" s="14">
         <v>104700</v>
       </c>
-      <c r="K7" s="6">
+      <c r="K7" s="14">
         <v>190993.8</v>
       </c>
-      <c r="L7" s="8">
-[...4 lines deleted...]
-      <c r="A8" s="14" t="s">
+      <c r="L7" s="14">
+        <v>292000</v>
+      </c>
+      <c r="M7" s="14">
+        <v>46267</v>
+      </c>
+      <c r="N7" s="14">
+        <v>2694060.47</v>
+      </c>
+      <c r="O7" s="6">
+        <v>1905082.72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="6">
         <v>758670</v>
       </c>
       <c r="C8" s="6">
         <v>1171000</v>
       </c>
       <c r="D8" s="6">
         <v>1281435</v>
       </c>
       <c r="E8" s="6">
         <v>1540368</v>
       </c>
       <c r="F8" s="6">
         <v>1580741</v>
       </c>
       <c r="G8" s="6">
         <v>2791578.07</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8" s="14">
         <v>1673124.44</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8" s="14">
         <v>1669456.85</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8" s="14">
         <v>2969200</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8" s="14">
         <v>1436351.4</v>
       </c>
-      <c r="L8" s="8">
-[...4 lines deleted...]
-      <c r="A9" s="14" t="s">
+      <c r="L8" s="14">
+        <v>1855400</v>
+      </c>
+      <c r="M8" s="14">
+        <v>2884424.52</v>
+      </c>
+      <c r="N8" s="14">
+        <v>4113754.26</v>
+      </c>
+      <c r="O8" s="6">
+        <v>3737720.69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="6">
         <v>325057</v>
       </c>
       <c r="C9" s="6">
         <v>333000</v>
       </c>
       <c r="D9" s="6">
         <v>1310951</v>
       </c>
       <c r="E9" s="6">
         <v>337800</v>
       </c>
       <c r="F9" s="6">
         <v>259560</v>
       </c>
       <c r="G9" s="6">
         <v>438610</v>
       </c>
-      <c r="H9" s="6">
+      <c r="H9" s="14">
         <v>176958.1</v>
       </c>
-      <c r="I9" s="6">
+      <c r="I9" s="14">
         <v>626777.04</v>
       </c>
-      <c r="J9" s="6">
+      <c r="J9" s="14">
         <v>351700</v>
       </c>
-      <c r="K9" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A10" s="14" t="s">
+      <c r="K9" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L9" s="14">
+        <v>8900</v>
+      </c>
+      <c r="M9" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="N9" s="14">
+        <v>607000</v>
+      </c>
+      <c r="O9" s="6">
+        <v>820000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6">
         <v>36053786</v>
       </c>
       <c r="C10" s="6">
         <v>36050000</v>
       </c>
       <c r="D10" s="6">
         <v>41630059</v>
       </c>
       <c r="E10" s="6">
         <v>39330358</v>
       </c>
       <c r="F10" s="6">
         <v>46800607</v>
       </c>
       <c r="G10" s="6">
         <v>40906315.450000003</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H10" s="14">
         <v>48353651.670000002</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10" s="14">
         <v>40601536.609999999</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10" s="14">
         <v>48179500</v>
       </c>
-      <c r="K10" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A11" s="14" t="s">
+      <c r="K10" s="14">
+        <v>38338567.020000003</v>
+      </c>
+      <c r="L10" s="14">
+        <v>56407700</v>
+      </c>
+      <c r="M10" s="14">
+        <v>46095984.210000001</v>
+      </c>
+      <c r="N10" s="14">
+        <v>43341830.829999998</v>
+      </c>
+      <c r="O10" s="6">
+        <v>38816053.359999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="6">
         <v>1229620</v>
       </c>
       <c r="C11" s="6">
         <v>1205000</v>
       </c>
       <c r="D11" s="6">
         <v>1777520</v>
       </c>
       <c r="E11" s="6">
         <v>1908730</v>
       </c>
       <c r="F11" s="6">
         <v>783535</v>
       </c>
       <c r="G11" s="6">
         <v>630070</v>
       </c>
-      <c r="H11" s="6">
+      <c r="H11" s="14">
         <v>216837.5</v>
       </c>
-      <c r="I11" s="6">
+      <c r="I11" s="14">
         <v>666930</v>
       </c>
-      <c r="J11" s="6">
+      <c r="J11" s="14">
         <v>1480400</v>
       </c>
-      <c r="K11" s="6">
+      <c r="K11" s="14">
         <v>792440</v>
       </c>
-      <c r="L11" s="8">
-[...4 lines deleted...]
-      <c r="A12" s="14" t="s">
+      <c r="L11" s="14">
+        <v>653600</v>
+      </c>
+      <c r="M11" s="14">
+        <v>876838</v>
+      </c>
+      <c r="N11" s="14">
+        <v>269237</v>
+      </c>
+      <c r="O11" s="6">
+        <v>383694</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="6">
         <v>824946</v>
       </c>
       <c r="C12" s="6">
         <v>834000</v>
       </c>
       <c r="D12" s="6">
         <v>556856</v>
       </c>
       <c r="E12" s="6">
         <v>51934408</v>
       </c>
       <c r="F12" s="6">
         <v>1450739</v>
       </c>
       <c r="G12" s="6">
         <v>8846245.1999999993</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12" s="14">
         <v>3238626.56</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12" s="14">
         <v>1483382.23</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12" s="14">
         <v>1960000</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12" s="14">
         <v>2407859.17</v>
       </c>
-      <c r="L12" s="8">
-[...4 lines deleted...]
-      <c r="A13" s="15" t="s">
+      <c r="L12" s="14">
+        <v>1550800</v>
+      </c>
+      <c r="M12" s="14">
+        <v>678211.97</v>
+      </c>
+      <c r="N12" s="14">
+        <v>1640857.4</v>
+      </c>
+      <c r="O12" s="6">
+        <v>870463.16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="6">
         <v>11011286</v>
       </c>
       <c r="C13" s="6">
         <v>11040000</v>
       </c>
       <c r="D13" s="6">
         <v>10014300</v>
       </c>
       <c r="E13" s="6">
         <v>9530582</v>
       </c>
       <c r="F13" s="6">
         <v>2834256</v>
       </c>
       <c r="G13" s="6">
         <v>3190249.07</v>
       </c>
-      <c r="H13" s="6">
+      <c r="H13" s="14">
         <v>3214962.75</v>
       </c>
-      <c r="I13" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J13" s="6">
+      <c r="I13" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J13" s="14">
         <v>1977800</v>
       </c>
-      <c r="K13" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A14" s="14" t="s">
+      <c r="K13" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" s="14">
+        <v>1469300</v>
+      </c>
+      <c r="M13" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="N13" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="O13" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="6">
         <v>1501850</v>
       </c>
       <c r="C14" s="6">
         <v>1510000</v>
       </c>
       <c r="D14" s="6">
         <v>2884618</v>
       </c>
       <c r="E14" s="6">
         <v>1664188</v>
       </c>
       <c r="F14" s="6">
         <v>2105085</v>
       </c>
       <c r="G14" s="6">
         <v>448714.78</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14" s="14">
         <v>5731100.79</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14" s="14">
         <v>6049305.0099999998</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14" s="14">
         <v>5842200</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14" s="14">
         <v>2143896.7999999998</v>
       </c>
-      <c r="L14" s="8">
-[...4 lines deleted...]
-      <c r="A15" s="15" t="s">
+      <c r="L14" s="14">
+        <v>4120000</v>
+      </c>
+      <c r="M14" s="14">
+        <v>739301.21</v>
+      </c>
+      <c r="N14" s="14">
+        <v>2646094.73</v>
+      </c>
+      <c r="O14" s="6">
+        <v>3852659.82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="6">
         <v>759753</v>
       </c>
       <c r="C15" s="6">
         <v>760000</v>
       </c>
       <c r="D15" s="6">
         <v>453054</v>
       </c>
       <c r="E15" s="6">
         <v>18770</v>
       </c>
       <c r="F15" s="6">
         <v>58470</v>
       </c>
       <c r="G15" s="6">
         <v>6834816.0099999998</v>
       </c>
-      <c r="H15" s="6">
+      <c r="H15" s="14">
         <v>281084</v>
       </c>
-      <c r="I15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J15" s="6">
+      <c r="I15" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J15" s="14">
         <v>1045200</v>
       </c>
-      <c r="K15" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A16" s="14" t="s">
+      <c r="K15" s="14">
+        <v>1009545.95</v>
+      </c>
+      <c r="L15" s="14">
+        <v>3503500</v>
+      </c>
+      <c r="M15" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="N15" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="O15" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H16" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A17" s="14" t="s">
+      <c r="H16" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J16" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K16" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L16" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M16" s="14">
+        <v>1882199.4</v>
+      </c>
+      <c r="N16" s="14">
+        <v>2827654.29</v>
+      </c>
+      <c r="O16" s="6">
+        <v>1954961.77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H17" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A18" s="14" t="s">
+      <c r="H17" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I17" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J17" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K17" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L17" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M17" s="14">
+        <v>1449542.61</v>
+      </c>
+      <c r="N17" s="14">
+        <v>1263857.77</v>
+      </c>
+      <c r="O17" s="6">
+        <v>1323354.76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H18" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A19" s="15" t="s">
+      <c r="H18" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I18" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J18" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K18" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L18" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M18" s="14">
+        <v>23000</v>
+      </c>
+      <c r="N18" s="14">
+        <v>18900</v>
+      </c>
+      <c r="O18" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H19" s="6" t="s">
-[...8 lines deleted...]
-      <c r="K19" s="6">
+      <c r="H19" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I19" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J19" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K19" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L19" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M19" s="14">
         <v>13770</v>
       </c>
-      <c r="L19" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A20" s="15" t="s">
+      <c r="N19" s="14">
+        <v>27540</v>
+      </c>
+      <c r="O19" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H20" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A21" s="15" t="s">
+      <c r="H20" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I20" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J20" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K20" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L20" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M20" s="14">
+        <v>700529</v>
+      </c>
+      <c r="N20" s="14">
+        <v>1917945</v>
+      </c>
+      <c r="O20" s="6">
+        <v>3577552</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H21" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A22" s="13" t="s">
+      <c r="H21" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I21" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J21" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K21" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L21" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M21" s="14">
+        <v>94870.44</v>
+      </c>
+      <c r="N21" s="14">
+        <v>90068.6</v>
+      </c>
+      <c r="O21" s="6">
+        <v>139637.51</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H22" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A23" s="14" t="s">
+      <c r="H22" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I22" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J22" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K22" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L22" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M22" s="14">
+        <v>10703.58</v>
+      </c>
+      <c r="N22" s="14">
+        <v>13511.36</v>
+      </c>
+      <c r="O22" s="6">
+        <v>2127.79</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H23" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A24" s="15" t="s">
+      <c r="H23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M23" s="14">
+        <v>17129150.41</v>
+      </c>
+      <c r="N23" s="14">
+        <v>14639624.77</v>
+      </c>
+      <c r="O23" s="6">
+        <v>20542887.030000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="H24" s="6" t="s">
-[...15 lines deleted...]
-    <row r="25" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H24" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I24" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="K24" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="L24" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="M24" s="15">
+        <v>152719.6</v>
+      </c>
+      <c r="N24" s="15">
+        <v>922238</v>
+      </c>
+      <c r="O24" s="6">
+        <v>85100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="I25" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="J25" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="K25" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L25" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="M25" s="14">
+        <v>4263196.3899999997</v>
+      </c>
+      <c r="N25" s="14">
+        <v>6365163.9500000002</v>
+      </c>
+      <c r="O25" s="6">
+        <v>2042029.44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H26" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="I26" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="K26" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="L26" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="M26" s="6">
+        <v>15999980.949999999</v>
+      </c>
+      <c r="N26" s="6">
+        <v>5806831.0300000003</v>
+      </c>
+      <c r="O26" s="6">
+        <v>72051538.329999998</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A28" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="11"/>
-[...5 lines deleted...]
-      <c r="H25" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:A3"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>