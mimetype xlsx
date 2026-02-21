--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,81 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25225"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5863DC61-B8DE-498B-BF6F-E66DEFB08D88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{563A48F5-7273-4387-BFFE-4DE8373B92FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="12210" windowHeight="12780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
-  <extLst>
-[...7 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L5" i="1" l="1"/>
+  <c r="O5" i="1" l="1"/>
+  <c r="N5" i="1"/>
+  <c r="M5" i="1"/>
+  <c r="O4" i="1"/>
+  <c r="N4" i="1"/>
+  <c r="M4" i="1"/>
+  <c r="L5" i="1"/>
   <c r="L4" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="27">
   <si>
     <t>ภาค</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
@@ -96,210 +91,110 @@
   <si>
     <t>หน่วย</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>หน่วย: ตารางกิโลเมตร</t>
   </si>
   <si>
     <t xml:space="preserve">เนื้อที่ </t>
   </si>
   <si>
     <t xml:space="preserve">           ทั่วราชอาณาจักร</t>
   </si>
   <si>
     <t xml:space="preserve">        ที่มา:  กรมอุทยานแห่งชาติ สัตว์ป่า และพันธุ์พืช กระทรวงทรัพยากรธรรมชาติและสิ่งแวดล้อม</t>
   </si>
   <si>
     <t>หมายเหตุ:  1. เนื้อที่ป่าสงวนแห่งชาติในตารางนี้เป็นเนื้อที่รวมทั้งหมดตามที่ได้ประกาศในราชกิจจานุเบกษา ยังไม่ได้หักเนื้อที่ซ้อนทับและเนื้อที่เพิกถอนเพื่อใช้ประโยชน์ออก</t>
   </si>
   <si>
-    <t>No.</t>
-[...80 lines deleted...]
-  <si>
     <t>2564</t>
   </si>
   <si>
-    <t>จำนวน และเนื้อที่ป่าสงวนแห่งชาติ พ.ศ. 2555 - 2564</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                 2. จังหวัดนครสวรรค์ กำแพงเพชร และอุทัยธานี รวมอยู่ในภาคเหนือ </t>
   </si>
   <si>
-    <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
+    <t>จำนวน และเนื้อที่ป่าสงวนแห่งชาติ พ.ศ. 2555 - 2567</t>
+  </si>
+  <si>
+    <t>2565</t>
+  </si>
+  <si>
+    <t>2566</t>
+  </si>
+  <si>
+    <t>2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
-    <font>
-[...16 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="11">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF959595"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
@@ -335,378 +230,241 @@
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...58 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{19AB9336-21F2-47BB-8A1E-16447F5B336C}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -840,969 +598,629 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L17"/>
+  <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="116" zoomScaleNormal="116" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.42578125" style="3" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" style="3" customWidth="1"/>
-    <col min="3" max="12" width="11.42578125" style="3" customWidth="1"/>
-    <col min="13" max="16384" width="14.85546875" style="3"/>
+    <col min="3" max="7" width="11.42578125" style="3" hidden="1" customWidth="1"/>
+    <col min="8" max="15" width="11.42578125" style="3" customWidth="1"/>
+    <col min="16" max="16384" width="14.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:15" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:12" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="10" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      <c r="A4" s="28" t="s">
+        <v>21</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" s="2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="31" t="s">
+      <c r="B4" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="11">
         <v>1221</v>
       </c>
       <c r="D4" s="11">
         <v>1221</v>
       </c>
       <c r="E4" s="11">
         <v>1221</v>
       </c>
       <c r="F4" s="11">
         <v>1221</v>
       </c>
       <c r="G4" s="11">
         <v>1221</v>
       </c>
       <c r="H4" s="11">
         <v>1221</v>
       </c>
       <c r="I4" s="12">
         <v>1221</v>
       </c>
       <c r="J4" s="12">
         <v>1221</v>
       </c>
       <c r="K4" s="12">
         <v>1221</v>
       </c>
       <c r="L4" s="12">
         <f>+L6+L8+L10+L12</f>
         <v>1221</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="29"/>
+      <c r="M4" s="12">
+        <f t="shared" ref="M4:O4" si="0">+M6+M8+M10+M12</f>
+        <v>1221</v>
+      </c>
+      <c r="N4" s="12">
+        <f t="shared" si="0"/>
+        <v>1221</v>
+      </c>
+      <c r="O4" s="12">
+        <f t="shared" si="0"/>
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="15"/>
       <c r="B5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="5">
         <v>230280.6458</v>
       </c>
       <c r="D5" s="5">
         <v>230280.6458</v>
       </c>
       <c r="E5" s="5">
         <v>230280.6458</v>
       </c>
       <c r="F5" s="5">
         <v>230280.6458</v>
       </c>
       <c r="G5" s="5">
         <v>230280.6458</v>
       </c>
       <c r="H5" s="5">
         <v>230280.6458</v>
       </c>
       <c r="I5" s="6">
         <v>230280.6458</v>
       </c>
       <c r="J5" s="6">
         <v>230280.6458</v>
       </c>
       <c r="K5" s="6">
         <v>230280.6458</v>
       </c>
       <c r="L5" s="6">
         <f>+L7+L9+L11+L13</f>
         <v>230280.6458</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="28" t="s">
+      <c r="M5" s="6">
+        <f t="shared" ref="M5:O5" si="1">+M7+M9+M11+M13</f>
+        <v>230280.6458</v>
+      </c>
+      <c r="N5" s="6">
+        <f t="shared" si="1"/>
+        <v>230280.6458</v>
+      </c>
+      <c r="O5" s="6">
+        <f t="shared" si="1"/>
+        <v>230280.6458</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="11">
         <v>143</v>
       </c>
       <c r="D6" s="11">
         <v>143</v>
       </c>
       <c r="E6" s="11">
         <v>143</v>
       </c>
       <c r="F6" s="11">
         <v>143</v>
       </c>
       <c r="G6" s="11">
         <v>143</v>
       </c>
       <c r="H6" s="11">
         <v>143</v>
       </c>
       <c r="I6" s="12">
         <v>143</v>
       </c>
       <c r="J6" s="12">
         <v>143</v>
       </c>
       <c r="K6" s="12">
         <v>143</v>
       </c>
       <c r="L6" s="12">
         <v>143</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="29"/>
+      <c r="M6" s="12">
+        <v>143</v>
+      </c>
+      <c r="N6" s="12">
+        <v>143</v>
+      </c>
+      <c r="O6" s="12">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="15"/>
       <c r="B7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="5">
         <v>34889.06</v>
       </c>
       <c r="D7" s="5">
         <v>34889.06</v>
       </c>
       <c r="E7" s="5">
         <v>34889.06</v>
       </c>
       <c r="F7" s="5">
         <v>34889.06</v>
       </c>
       <c r="G7" s="5">
         <v>34889.06</v>
       </c>
       <c r="H7" s="5">
         <v>34889.06</v>
       </c>
       <c r="I7" s="6">
         <v>34889.06</v>
       </c>
       <c r="J7" s="6">
         <v>34889.06</v>
       </c>
       <c r="K7" s="6">
         <v>34889.06</v>
       </c>
       <c r="L7" s="6">
         <v>34889.06</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="28" t="s">
+      <c r="M7" s="6">
+        <v>34889.06</v>
+      </c>
+      <c r="N7" s="6">
+        <v>34889.06</v>
+      </c>
+      <c r="O7" s="6">
+        <v>34889.06</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="11">
         <v>257</v>
       </c>
       <c r="D8" s="11">
         <v>257</v>
       </c>
       <c r="E8" s="11">
         <v>257</v>
       </c>
       <c r="F8" s="11">
         <v>257</v>
       </c>
       <c r="G8" s="11">
         <v>257</v>
       </c>
       <c r="H8" s="11">
         <v>257</v>
       </c>
       <c r="I8" s="12">
         <v>257</v>
       </c>
       <c r="J8" s="12">
         <v>257</v>
       </c>
       <c r="K8" s="12">
         <v>257</v>
       </c>
       <c r="L8" s="12">
         <v>257</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="29"/>
+      <c r="M8" s="12">
+        <v>257</v>
+      </c>
+      <c r="N8" s="12">
+        <v>257</v>
+      </c>
+      <c r="O8" s="12">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15"/>
       <c r="B9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="5">
         <v>111875.0408</v>
       </c>
       <c r="D9" s="5">
         <v>111875.0408</v>
       </c>
       <c r="E9" s="5">
         <v>111875.0408</v>
       </c>
       <c r="F9" s="5">
         <v>111875.0408</v>
       </c>
       <c r="G9" s="5">
         <v>111875.0408</v>
       </c>
       <c r="H9" s="5">
         <v>111875.0408</v>
       </c>
       <c r="I9" s="6">
         <v>111875.0408</v>
       </c>
       <c r="J9" s="6">
         <v>111875.0408</v>
       </c>
       <c r="K9" s="6">
         <v>111875.0408</v>
       </c>
       <c r="L9" s="6">
         <v>111875.0408</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="28" t="s">
+      <c r="M9" s="6">
+        <v>111875.0408</v>
+      </c>
+      <c r="N9" s="6">
+        <v>111875.0408</v>
+      </c>
+      <c r="O9" s="6">
+        <v>111875.0408</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="11">
         <v>353</v>
       </c>
       <c r="D10" s="11">
         <v>353</v>
       </c>
       <c r="E10" s="11">
         <v>353</v>
       </c>
       <c r="F10" s="11">
         <v>353</v>
       </c>
       <c r="G10" s="11">
         <v>353</v>
       </c>
       <c r="H10" s="11">
         <v>353</v>
       </c>
       <c r="I10" s="12">
         <v>353</v>
       </c>
       <c r="J10" s="12">
         <v>353</v>
       </c>
       <c r="K10" s="12">
         <v>353</v>
       </c>
       <c r="L10" s="12">
         <v>353</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="29"/>
+      <c r="M10" s="12">
+        <v>353</v>
+      </c>
+      <c r="N10" s="12">
+        <v>353</v>
+      </c>
+      <c r="O10" s="12">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="15"/>
       <c r="B11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="5">
         <v>55333.4</v>
       </c>
       <c r="D11" s="5">
         <v>55333.4</v>
       </c>
       <c r="E11" s="5">
         <v>55333.4</v>
       </c>
       <c r="F11" s="5">
         <v>55333.4</v>
       </c>
       <c r="G11" s="5">
         <v>55333.4</v>
       </c>
       <c r="H11" s="5">
         <v>55333.4</v>
       </c>
       <c r="I11" s="6">
         <v>55333.4</v>
       </c>
       <c r="J11" s="6">
         <v>55333.4</v>
       </c>
       <c r="K11" s="6">
         <v>55333.4</v>
       </c>
       <c r="L11" s="6">
         <v>55333.4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="28" t="s">
+      <c r="M11" s="6">
+        <v>55333.4</v>
+      </c>
+      <c r="N11" s="6">
+        <v>55333.4</v>
+      </c>
+      <c r="O11" s="6">
+        <v>55333.4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="11">
         <v>468</v>
       </c>
       <c r="D12" s="11">
         <v>468</v>
       </c>
       <c r="E12" s="11">
         <v>468</v>
       </c>
       <c r="F12" s="11">
         <v>468</v>
       </c>
       <c r="G12" s="11">
         <v>468</v>
       </c>
       <c r="H12" s="11">
         <v>468</v>
       </c>
       <c r="I12" s="12">
         <v>468</v>
       </c>
       <c r="J12" s="12">
         <v>468</v>
       </c>
       <c r="K12" s="12">
         <v>468</v>
       </c>
       <c r="L12" s="12">
         <v>468</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="30"/>
+      <c r="M12" s="12">
+        <v>468</v>
+      </c>
+      <c r="N12" s="12">
+        <v>468</v>
+      </c>
+      <c r="O12" s="12">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="16"/>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="7">
         <v>28183.145</v>
       </c>
       <c r="D13" s="7">
         <v>28183.145</v>
       </c>
       <c r="E13" s="7">
         <v>28183.145</v>
       </c>
       <c r="F13" s="7">
         <v>28183.145</v>
       </c>
       <c r="G13" s="7">
         <v>28183.145</v>
       </c>
       <c r="H13" s="7">
         <v>28183.145</v>
       </c>
       <c r="I13" s="8">
         <v>28183.145</v>
       </c>
       <c r="J13" s="8">
         <v>28183.145</v>
       </c>
       <c r="K13" s="8">
         <v>28183.145</v>
       </c>
       <c r="L13" s="8">
         <v>28183.145</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M13" s="8">
+        <v>28183.145</v>
+      </c>
+      <c r="N13" s="8">
+        <v>28183.145</v>
+      </c>
+      <c r="O13" s="8">
+        <v>28183.145</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="15" spans="1:12" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:15" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="10" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:12" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" ht="12.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A12:A13"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...443 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>