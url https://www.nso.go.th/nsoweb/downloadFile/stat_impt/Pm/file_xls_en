--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9543DF5C-5604-4A41-ABC5-A627F0C094C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B18BFFA4-A7DB-4B73-BC0C-3598F56750B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3555" yWindow="3780" windowWidth="18000" windowHeight="8580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="11">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Domestic debt</t>
   </si>
   <si>
     <t>External debt</t>
   </si>
   <si>
     <t>Fiscal Year</t>
   </si>
   <si>
     <t>Direct government debt</t>
   </si>
@@ -107,51 +107,51 @@
       <t/>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Source:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Public Debt Management Office, Ministry of Finance </t>
     </r>
   </si>
   <si>
-    <t>Principal Outstanding for Domestic and External Government Debt by Type : Fiscal Year 2013 - 2022</t>
+    <t>Principal Outstanding for Domestic and External Government Debt by Type : Fiscal Year 2013 - 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -548,67 +548,67 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:N20"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="C1" workbookViewId="0">
+      <selection activeCell="M6" sqref="M6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.5703125" customWidth="1"/>
-    <col min="2" max="2" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" customWidth="1"/>
     <col min="3" max="3" width="20.85546875" customWidth="1"/>
     <col min="4" max="4" width="20.140625" customWidth="1"/>
     <col min="5" max="5" width="20.85546875" customWidth="1"/>
-    <col min="6" max="6" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.85546875" customWidth="1"/>
     <col min="7" max="8" width="20.7109375" customWidth="1"/>
     <col min="9" max="9" width="20.5703125" customWidth="1"/>
-    <col min="10" max="10" width="9.85546875" customWidth="1"/>
+    <col min="10" max="10" width="15" customWidth="1"/>
     <col min="11" max="11" width="20.42578125" customWidth="1"/>
     <col min="12" max="12" width="19.28515625" customWidth="1"/>
     <col min="13" max="13" width="20.5703125" customWidth="1"/>
     <col min="14" max="15" width="0.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
@@ -669,503 +669,585 @@
       <c r="F5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="L5" s="5" t="s">
         <v>5</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A6" s="8">
         <v>2013</v>
       </c>
       <c r="B6" s="6">
-        <v>5518931.25</v>
+        <v>43514479.189999998</v>
       </c>
       <c r="C6" s="6">
-        <v>3774819.48</v>
+        <v>30538528.460000001</v>
       </c>
       <c r="D6" s="6">
-        <v>991048.02</v>
+        <v>5358677.6100000003</v>
       </c>
       <c r="E6" s="6">
-        <v>753063.75</v>
+        <v>7617273.1200000001</v>
       </c>
       <c r="F6" s="6">
-        <v>5052488.8599999994</v>
+        <v>39276138.630000003</v>
       </c>
       <c r="G6" s="6">
-        <v>3704983.34</v>
+        <v>29804532.530000001</v>
       </c>
       <c r="H6" s="6">
-        <v>874105.3</v>
+        <v>3956484.52</v>
       </c>
       <c r="I6" s="6">
-        <v>473400.22000000003</v>
+        <v>29804532.530000001</v>
       </c>
       <c r="J6" s="6">
-        <v>466442.39</v>
+        <v>4238340.5599999996</v>
       </c>
       <c r="K6" s="6">
-        <v>69836.14</v>
+        <v>733995.93</v>
       </c>
       <c r="L6" s="6">
-        <v>116942.72</v>
+        <v>1402193.09</v>
       </c>
       <c r="M6" s="6">
-        <v>279663.53000000003</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+        <v>2102151.54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A7" s="8">
         <v>2014</v>
       </c>
       <c r="B7" s="6">
-        <v>5801157.5319504803</v>
+        <v>46917152.939999998</v>
       </c>
       <c r="C7" s="6">
-        <v>3965455.0360299735</v>
+        <v>33851465.630000003</v>
       </c>
       <c r="D7" s="6">
-        <v>1052405.0312437359</v>
+        <v>5155670.8</v>
       </c>
       <c r="E7" s="6">
-        <v>783297.46467677003</v>
+        <v>7910016.5099999998</v>
       </c>
       <c r="F7" s="6">
-        <v>5332636.4399999995</v>
+        <v>42504805.469999999</v>
       </c>
       <c r="G7" s="6">
-        <v>3890270.38</v>
+        <v>32957031.640000001</v>
       </c>
       <c r="H7" s="6">
-        <v>941998.46</v>
+        <v>3828877.76</v>
       </c>
       <c r="I7" s="6">
-        <v>500367.60000000003</v>
+        <v>32957031.640000001</v>
       </c>
       <c r="J7" s="6">
-        <v>468521.09195047972</v>
+        <v>4412347.47</v>
       </c>
       <c r="K7" s="6">
-        <v>75184.656029973703</v>
+        <v>894433.99</v>
       </c>
       <c r="L7" s="6">
-        <v>110406.57124373601</v>
+        <v>1326793.04</v>
       </c>
       <c r="M7" s="6">
-        <v>282929.86467677</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+        <v>2191120.44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A8" s="8">
         <v>2015</v>
       </c>
       <c r="B8" s="6">
-        <v>5910713.4857126009</v>
+        <v>49808703.969999999</v>
       </c>
       <c r="C8" s="6">
-        <v>4157394.78287142</v>
+        <v>37166032.799999997</v>
       </c>
       <c r="D8" s="6">
-        <v>967416.07059011993</v>
+        <v>5075133.16</v>
       </c>
       <c r="E8" s="6">
-        <v>785902.6322510601</v>
+        <v>7567538.0099999998</v>
       </c>
       <c r="F8" s="6">
-        <v>5423040.1387589201</v>
+        <v>45671783.789999999</v>
       </c>
       <c r="G8" s="6">
-        <v>4072718.0787589201</v>
+        <v>36210530.950000003</v>
       </c>
       <c r="H8" s="6">
-        <v>864510.09</v>
+        <v>3875338.02</v>
       </c>
       <c r="I8" s="6">
-        <v>485811.97000000015</v>
+        <v>36210530.950000003</v>
       </c>
       <c r="J8" s="6">
-        <v>487673.34695368004</v>
+        <v>4136920.18</v>
       </c>
       <c r="K8" s="6">
-        <v>84676.704112500011</v>
+        <v>955501.85</v>
       </c>
       <c r="L8" s="6">
-        <v>102905.98059011999</v>
+        <v>1199795.1399999999</v>
       </c>
       <c r="M8" s="6">
-        <v>300090.66225106001</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+        <v>1981623.19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A9" s="8">
         <v>2016</v>
       </c>
       <c r="B9" s="6">
-        <v>6089650.5678909002</v>
+        <v>53737336.899999999</v>
       </c>
       <c r="C9" s="6">
-        <v>4471220.2285903301</v>
+        <v>41569390.979999997</v>
       </c>
       <c r="D9" s="6">
-        <v>923648.11076964997</v>
+        <v>5044133.67</v>
       </c>
       <c r="E9" s="6">
-        <v>694782.22853091988</v>
+        <v>7123812.25</v>
       </c>
       <c r="F9" s="6">
-        <v>5641948.3315145401</v>
+        <v>49610860.219999999</v>
       </c>
       <c r="G9" s="6">
-        <v>4372484.3126392402</v>
+        <v>40452608.700000003</v>
       </c>
       <c r="H9" s="6">
-        <v>827069.91083884996</v>
+        <v>3895270.5</v>
       </c>
       <c r="I9" s="6">
-        <v>442394.10803644994</v>
+        <v>40452608.700000003</v>
       </c>
       <c r="J9" s="6">
-        <v>447702.23637636</v>
+        <v>4126476.68</v>
       </c>
       <c r="K9" s="6">
-        <v>98735.915951089992</v>
+        <v>1116782.28</v>
       </c>
       <c r="L9" s="6">
-        <v>96578.199930800009</v>
+        <v>1148863.17</v>
       </c>
       <c r="M9" s="6">
-        <v>252388.12049447</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+        <v>1860831.23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="8">
         <v>2017</v>
       </c>
       <c r="B10" s="6">
-        <v>6448425.500736367</v>
+        <v>58478697.409999996</v>
       </c>
       <c r="C10" s="6">
-        <v>4959164.4065070245</v>
+        <v>46888323.100000001</v>
       </c>
       <c r="D10" s="6">
-        <v>844460.95146811998</v>
+        <v>5011599.8600000003</v>
       </c>
       <c r="E10" s="6">
-        <v>644800.14276122174</v>
+        <v>6578774.4500000002</v>
       </c>
       <c r="F10" s="6">
-        <v>6067790.6745310817</v>
+        <v>54776707.229999997</v>
       </c>
       <c r="G10" s="6">
-        <v>4862998.2289991304</v>
+        <v>45726515.399999999</v>
       </c>
       <c r="H10" s="6">
-        <v>760690.04276192002</v>
+        <v>3981393.63</v>
       </c>
       <c r="I10" s="6">
-        <v>444102.40277003171</v>
+        <v>45726515.399999999</v>
       </c>
       <c r="J10" s="6">
-        <v>380634.82620528387</v>
+        <v>3701990.18</v>
       </c>
       <c r="K10" s="6">
-        <v>96166.17750789391</v>
+        <v>1161807.7</v>
       </c>
       <c r="L10" s="6">
-        <v>83770.908706200004</v>
+        <v>1030206.23</v>
       </c>
       <c r="M10" s="6">
-        <v>200697.73999119</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+        <v>1509976.25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A11" s="8">
         <v>2018</v>
       </c>
       <c r="B11" s="6">
-        <v>6840584.814249251</v>
+        <v>63846227.899999999</v>
       </c>
       <c r="C11" s="6">
-        <v>5450220.0099266209</v>
+        <v>52699017.509999998</v>
       </c>
       <c r="D11" s="6">
-        <v>781219.2981138</v>
+        <v>4967213.42</v>
       </c>
       <c r="E11" s="6">
-        <v>609145.50620883005</v>
+        <v>6179996.9699999997</v>
       </c>
       <c r="F11" s="6">
-        <v>6519031.6468945807</v>
+        <v>60681761.479999997</v>
       </c>
       <c r="G11" s="6">
-        <v>5366626.3012734205</v>
+        <v>51646827.07</v>
       </c>
       <c r="H11" s="6">
-        <v>708920.08456101001</v>
+        <v>4064079.81</v>
       </c>
       <c r="I11" s="6">
-        <v>443485.26106015011</v>
+        <v>51646827.07</v>
       </c>
       <c r="J11" s="6">
-        <v>321553.16735467</v>
+        <v>3164466.42</v>
       </c>
       <c r="K11" s="6">
-        <v>83593.708653199996</v>
+        <v>1052190.44</v>
       </c>
       <c r="L11" s="6">
-        <v>72299.213552789995</v>
+        <v>903133.61</v>
       </c>
       <c r="M11" s="6">
-        <v>165660.24514868</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
+        <v>1209142.3700000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A12" s="8">
         <v>2019</v>
       </c>
       <c r="B12" s="6">
-        <v>6971815.5970335891</v>
+        <v>68242709.030000001</v>
       </c>
       <c r="C12" s="6">
-        <v>5664175.9668689799</v>
+        <v>57512918.990000002</v>
       </c>
       <c r="D12" s="6">
-        <v>735124.94194887998</v>
+        <v>4815007.33</v>
       </c>
       <c r="E12" s="6">
-        <v>572514.68821573001</v>
+        <v>5914782.71</v>
       </c>
       <c r="F12" s="6">
-        <v>6684357.4604648789</v>
+        <v>65591327.649999999</v>
       </c>
       <c r="G12" s="6">
-        <v>5580135.2426722795</v>
+        <v>56501897.460000001</v>
       </c>
       <c r="H12" s="6">
-        <v>686585.22843955003</v>
+        <v>4163014.6</v>
       </c>
       <c r="I12" s="6">
-        <v>417636.98935304995</v>
+        <v>56501897.460000001</v>
       </c>
       <c r="J12" s="6">
-        <v>287458.13656870998</v>
+        <v>2651381.38</v>
       </c>
       <c r="K12" s="6">
-        <v>84040.724196700001</v>
+        <v>1011021.53</v>
       </c>
       <c r="L12" s="6">
-        <v>48539.713509330002</v>
+        <v>651992.73</v>
       </c>
       <c r="M12" s="6">
-        <v>154877.69886268</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
+        <v>988367.12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A13" s="8">
         <v>2020</v>
       </c>
       <c r="B13" s="6">
-        <v>7878196.6762080798</v>
+        <v>76731730.060000002</v>
       </c>
       <c r="C13" s="6">
-        <v>6734881.75962169</v>
+        <v>66900182.82</v>
       </c>
       <c r="D13" s="6">
-        <v>710701.46229674993</v>
+        <v>4782920.99</v>
       </c>
       <c r="E13" s="6">
-        <v>432613.45428963995</v>
+        <v>5048626.25</v>
       </c>
       <c r="F13" s="6">
-        <v>7708765.7739862697</v>
+        <v>74854011.769999996</v>
       </c>
       <c r="G13" s="6">
-        <v>6648121.0247786902</v>
+        <v>65855891.600000001</v>
       </c>
       <c r="H13" s="6">
-        <v>667422.72372316988</v>
+        <v>4249167.7699999996</v>
       </c>
       <c r="I13" s="6">
-        <v>393222.02548440994</v>
+        <v>65855891.600000001</v>
       </c>
       <c r="J13" s="6">
-        <v>169430.90222181001</v>
+        <v>1877718.29</v>
       </c>
       <c r="K13" s="6">
-        <v>86760.734842999998</v>
+        <v>1044291.22</v>
       </c>
       <c r="L13" s="6">
-        <v>43278.738573580005</v>
+        <v>533753.22</v>
       </c>
       <c r="M13" s="6">
-        <v>39391.428805230003</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+        <v>299673.84999999998</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A14" s="8">
         <v>2021</v>
       </c>
       <c r="B14" s="6">
-        <v>9406946.6774404198</v>
+        <v>94790863.829999998</v>
       </c>
       <c r="C14" s="6">
-        <v>8203698.6703359205</v>
+        <v>85096743.870000005</v>
       </c>
       <c r="D14" s="6">
-        <v>684034.47051543009</v>
+        <v>4822329.4800000004</v>
       </c>
       <c r="E14" s="6">
-        <v>519213.53658906999</v>
+        <v>4871790.4800000004</v>
       </c>
       <c r="F14" s="6">
-        <v>9169152.3016304206</v>
+        <v>92869459.260000005</v>
       </c>
       <c r="G14" s="6">
-        <v>8083794.6040143408</v>
+        <v>83764720.730000004</v>
       </c>
       <c r="H14" s="6">
-        <v>645563.93266709009</v>
+        <v>4346784.96</v>
       </c>
       <c r="I14" s="6">
-        <v>439793.76494898996</v>
+        <v>83764720.730000004</v>
       </c>
       <c r="J14" s="6">
-        <v>237794.37581</v>
+        <v>1921404.57</v>
       </c>
       <c r="K14" s="6">
-        <v>119904.06632158</v>
+        <v>1332023.1399999999</v>
       </c>
       <c r="L14" s="6">
-        <v>38470.537848339998</v>
+        <v>475544.52</v>
       </c>
       <c r="M14" s="6">
-        <v>79419.771640079998</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+        <v>113836.91</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A15" s="8">
         <v>2022</v>
       </c>
       <c r="B15" s="6">
-        <v>10458219.355350571</v>
+        <v>110819229.2</v>
       </c>
       <c r="C15" s="6">
-        <v>9162873.0084492806</v>
+        <v>99576646.349999994</v>
       </c>
       <c r="D15" s="6">
-        <v>660200.84161443997</v>
+        <v>5076572.0599999996</v>
       </c>
       <c r="E15" s="6">
-        <v>635145.50528685004</v>
+        <v>6166010.7400000002</v>
       </c>
       <c r="F15" s="6">
-        <v>10196068.44928859</v>
+        <v>108704642.2</v>
       </c>
       <c r="G15" s="6">
-        <v>9031229.9989414904</v>
+        <v>98008919.140000001</v>
       </c>
       <c r="H15" s="6">
-        <v>625959.31705554994</v>
+        <v>4654409.6100000003</v>
       </c>
       <c r="I15" s="6">
-        <v>538879.13329154998</v>
+        <v>98008919.140000001</v>
       </c>
       <c r="J15" s="6">
-        <v>262150.90606198</v>
+        <v>2114587</v>
       </c>
       <c r="K15" s="6">
-        <v>131643.00950779</v>
+        <v>1567727.21</v>
       </c>
       <c r="L15" s="6">
-        <v>34241.52455889</v>
+        <v>422162.45</v>
       </c>
       <c r="M15" s="6">
-        <v>96266.371995299996</v>
-[...18 lines deleted...]
-      <c r="A17" s="10" t="s">
+        <v>124697.34</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="8">
+        <v>2023</v>
+      </c>
+      <c r="B16" s="6">
+        <v>119342880.59999999</v>
+      </c>
+      <c r="C16" s="6">
+        <v>106495816.09999999</v>
+      </c>
+      <c r="D16" s="6">
+        <v>6002784.6500000004</v>
+      </c>
+      <c r="E16" s="6">
+        <v>6844279.8600000003</v>
+      </c>
+      <c r="F16" s="6">
+        <v>117351293.09999999</v>
+      </c>
+      <c r="G16" s="6">
+        <v>105001021.3</v>
+      </c>
+      <c r="H16" s="6">
+        <v>5629204.0700000003</v>
+      </c>
+      <c r="I16" s="6">
+        <v>105001021.3</v>
+      </c>
+      <c r="J16" s="6">
+        <v>1991587.48</v>
+      </c>
+      <c r="K16" s="6">
+        <v>1494794.82</v>
+      </c>
+      <c r="L16" s="6">
+        <v>373580.58</v>
+      </c>
+      <c r="M16" s="6">
+        <v>123212.08</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="8">
+        <v>2024</v>
+      </c>
+      <c r="B17" s="6">
+        <v>126523710.8</v>
+      </c>
+      <c r="C17" s="6">
+        <v>113688838.8</v>
+      </c>
+      <c r="D17" s="6">
+        <v>6020444.8200000003</v>
+      </c>
+      <c r="E17" s="6">
+        <v>6814427.1100000003</v>
+      </c>
+      <c r="F17" s="6">
+        <v>124928762.7</v>
+      </c>
+      <c r="G17" s="6">
+        <v>112548236</v>
+      </c>
+      <c r="H17" s="6">
+        <v>5690808.8499999996</v>
+      </c>
+      <c r="I17" s="6">
+        <v>112548236</v>
+      </c>
+      <c r="J17" s="6">
+        <v>1594948.02</v>
+      </c>
+      <c r="K17" s="6">
+        <v>1140602.83</v>
+      </c>
+      <c r="L17" s="6">
+        <v>329635.96999999997</v>
+      </c>
+      <c r="M17" s="6">
+        <v>124709.22</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="1"/>
+      <c r="B18" s="7"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="7"/>
+      <c r="F18" s="7"/>
+      <c r="G18" s="7"/>
+      <c r="H18" s="7"/>
+      <c r="I18" s="7"/>
+      <c r="J18" s="7"/>
+      <c r="K18" s="7"/>
+      <c r="L18" s="7"/>
+      <c r="M18" s="7"/>
+    </row>
+    <row r="19" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="B17" s="10"/>
-[...14 lines deleted...]
-      <c r="A18" s="2" t="s">
+      <c r="B19" s="10"/>
+      <c r="C19" s="10"/>
+      <c r="D19" s="10"/>
+      <c r="E19" s="10"/>
+      <c r="F19" s="10"/>
+      <c r="G19" s="10"/>
+      <c r="H19" s="10"/>
+      <c r="I19" s="10"/>
+      <c r="J19" s="10"/>
+      <c r="K19" s="10"/>
+      <c r="L19" s="10"/>
+      <c r="M19" s="10"/>
+      <c r="N19" s="10"/>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A4:A5"/>
-    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A19:N19"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="J4:M4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">