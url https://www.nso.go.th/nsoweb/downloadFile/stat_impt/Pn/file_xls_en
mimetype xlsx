--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{65D7B203-82CB-47BF-9030-D0C1F142FDEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB5C5515-0BE7-4A84-B1C5-A161ECF6B1FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="11775" windowHeight="12780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="6615" yWindow="525" windowWidth="12810" windowHeight="11760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t/>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
     <t>Higher Education</t>
   </si>
@@ -75,51 +75,51 @@
       <t xml:space="preserve"> Baht </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Source:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> National Research Council of Thailand, Ministry of Higher Education Science Research and Innovation </t>
     </r>
   </si>
   <si>
-    <t>Expenditure for Research and Development: 2005 - 2021</t>
+    <t>Expenditure for Research and Development: 2005 - 2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -498,409 +498,431 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M12"/>
+  <dimension ref="A1:N12"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="H1" workbookViewId="0">
-      <selection activeCell="M3" sqref="M3"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.85546875" style="1" customWidth="1"/>
     <col min="2" max="7" width="15.7109375" style="1" customWidth="1"/>
     <col min="8" max="12" width="16.7109375" style="1" customWidth="1"/>
-    <col min="13" max="13" width="16.85546875" style="9" customWidth="1"/>
-    <col min="14" max="16384" width="9.140625" style="1"/>
+    <col min="13" max="14" width="16.85546875" style="9" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
     </row>
-    <row r="2" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
     </row>
-    <row r="3" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="7">
         <v>2005</v>
       </c>
       <c r="C3" s="7">
         <v>2007</v>
       </c>
       <c r="D3" s="7">
         <v>2009</v>
       </c>
       <c r="E3" s="7">
         <v>2011</v>
       </c>
       <c r="F3" s="7">
         <v>2013</v>
       </c>
       <c r="G3" s="7">
         <v>2015</v>
       </c>
       <c r="H3" s="7">
         <v>2016</v>
       </c>
       <c r="I3" s="7">
         <v>2017</v>
       </c>
       <c r="J3" s="7">
         <v>2018</v>
       </c>
       <c r="K3" s="7">
         <v>2019</v>
       </c>
       <c r="L3" s="7">
         <v>2020</v>
       </c>
       <c r="M3" s="10">
         <v>2021</v>
       </c>
-    </row>
-    <row r="4" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N3" s="10">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="8">
         <v>16666779664</v>
       </c>
       <c r="C4" s="8">
         <v>18225252706</v>
       </c>
       <c r="D4" s="8">
         <v>21493494556</v>
       </c>
       <c r="E4" s="8">
         <v>40869992809</v>
       </c>
       <c r="F4" s="8">
         <v>57037851543</v>
       </c>
       <c r="G4" s="8">
         <v>84671890058</v>
       </c>
       <c r="H4" s="8">
         <v>113555488337</v>
       </c>
       <c r="I4" s="8">
         <v>155142877753</v>
       </c>
       <c r="J4" s="8">
         <v>182357008996</v>
       </c>
       <c r="K4" s="8">
         <v>193072401252</v>
       </c>
       <c r="L4" s="8">
         <v>208009682046</v>
       </c>
       <c r="M4" s="11">
         <v>195569949708</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N4" s="11">
+        <v>201414708520</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="5">
         <v>2859233239</v>
       </c>
       <c r="C5" s="5">
         <v>3369384722</v>
       </c>
       <c r="D5" s="5">
         <v>6674052341</v>
       </c>
       <c r="E5" s="5">
         <v>5647171271</v>
       </c>
       <c r="F5" s="5">
         <v>8565969632</v>
       </c>
       <c r="G5" s="5">
         <v>5668940157</v>
       </c>
       <c r="H5" s="5">
         <v>8178486779</v>
       </c>
       <c r="I5" s="5">
         <v>6509367926</v>
       </c>
       <c r="J5" s="5">
         <v>8757542659</v>
       </c>
       <c r="K5" s="5">
         <v>9123827320</v>
       </c>
       <c r="L5" s="5">
         <v>18364334582</v>
       </c>
       <c r="M5" s="12">
         <v>9234248919</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N5" s="12">
+        <v>12122546165</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="5">
         <v>6380516649</v>
       </c>
       <c r="C6" s="5">
         <v>5925631219</v>
       </c>
       <c r="D6" s="5">
         <v>5649213981</v>
       </c>
       <c r="E6" s="5">
         <v>12317280242</v>
       </c>
       <c r="F6" s="5">
         <v>18884625016</v>
       </c>
       <c r="G6" s="5">
         <v>15992139856</v>
       </c>
       <c r="H6" s="5">
         <v>20356169035</v>
       </c>
       <c r="I6" s="5">
         <v>21484992412</v>
       </c>
       <c r="J6" s="5">
         <v>28043987270</v>
       </c>
       <c r="K6" s="5">
         <v>30664182962</v>
       </c>
       <c r="L6" s="5">
         <v>37126547059</v>
       </c>
       <c r="M6" s="12">
         <v>36701030679</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N6" s="12">
+        <v>40300772114</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="5">
         <v>589516467</v>
       </c>
       <c r="C7" s="5">
         <v>499419911</v>
       </c>
       <c r="D7" s="5">
         <v>744241557</v>
       </c>
       <c r="E7" s="5">
         <v>2066597244</v>
       </c>
       <c r="F7" s="5">
         <v>2469101297</v>
       </c>
       <c r="G7" s="5">
         <v>2756675068</v>
       </c>
       <c r="H7" s="5">
         <v>1720511920</v>
       </c>
       <c r="I7" s="5">
         <v>1930714028</v>
       </c>
       <c r="J7" s="5">
         <v>1877001008</v>
       </c>
       <c r="K7" s="5">
         <v>1732744226</v>
       </c>
       <c r="L7" s="5">
         <v>1832922969</v>
       </c>
       <c r="M7" s="12">
         <v>931568456</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N7" s="12">
+        <v>1542490474</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="5">
         <v>6678776676</v>
       </c>
       <c r="C8" s="5">
         <v>8210320000</v>
       </c>
       <c r="D8" s="5">
         <v>8175000000</v>
       </c>
       <c r="E8" s="5">
         <v>20683726846</v>
       </c>
       <c r="F8" s="5">
         <v>26768200000</v>
       </c>
       <c r="G8" s="5">
         <v>59442563050</v>
       </c>
       <c r="H8" s="5">
         <v>82844055974</v>
       </c>
       <c r="I8" s="5">
         <v>124110130512</v>
       </c>
       <c r="J8" s="5">
         <v>143016375208</v>
       </c>
       <c r="K8" s="5">
         <v>150702775166</v>
       </c>
       <c r="L8" s="5">
         <v>141705514055</v>
       </c>
       <c r="M8" s="12">
         <v>147401294052</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N8" s="12">
+        <v>146320778675</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="5">
         <v>158736633</v>
       </c>
       <c r="C9" s="5">
         <v>220496854</v>
       </c>
       <c r="D9" s="5">
         <v>250986677</v>
       </c>
       <c r="E9" s="5">
         <v>155217206</v>
       </c>
       <c r="F9" s="5">
         <v>349955598</v>
       </c>
       <c r="G9" s="5">
         <v>811571927</v>
       </c>
       <c r="H9" s="5">
         <v>456264629</v>
       </c>
       <c r="I9" s="5">
         <v>1107672875</v>
       </c>
       <c r="J9" s="5">
         <v>662102851</v>
       </c>
       <c r="K9" s="5">
         <v>848871578</v>
       </c>
       <c r="L9" s="5">
         <v>730268835</v>
       </c>
       <c r="M9" s="12">
         <v>1301807602</v>
       </c>
-    </row>
-    <row r="10" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N9" s="12">
+        <v>1128121092</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="5">
         <v>8250094546</v>
       </c>
       <c r="M10" s="12"/>
-    </row>
-    <row r="11" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N10" s="12"/>
+    </row>
+    <row r="11" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>