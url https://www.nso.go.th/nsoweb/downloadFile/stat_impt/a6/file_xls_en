--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2225DB16-C7B7-476E-A90C-1988C7EFF45A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF4DD8BE-5BED-4CFA-93C0-F4228B709977}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="56">
   <si>
     <t>Broad Money (1+2)</t>
   </si>
   <si>
     <t xml:space="preserve">   1. Narrow Money (1.1+1.2 )</t>
   </si>
   <si>
     <t xml:space="preserve">     1.1 Currency outside DCs &amp; Central Gov.</t>
   </si>
   <si>
     <t xml:space="preserve">              Banknotes in Circulation</t>
   </si>
   <si>
     <t xml:space="preserve">              Coins in Circulation</t>
   </si>
   <si>
     <t xml:space="preserve">              Less: Currency held by Central Gov.</t>
   </si>
   <si>
     <t xml:space="preserve">              Less: Currency held by Depository Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">                   Held by Commercial Banks</t>
   </si>
   <si>
@@ -236,51 +236,51 @@
   <si>
     <t>               2. Data of credit foncier companies are included since January 2020.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Bank of Thailand</t>
     </r>
   </si>
   <si>
-    <t>Monetary Aggregates and Components by Month: 2020 - 2023</t>
+    <t>Monetary Aggregates and Components by Month: 2020 - 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -765,72 +765,72 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AW51"/>
+  <dimension ref="A1:BI51"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="48.140625" style="3" customWidth="1"/>
     <col min="2" max="49" width="10.140625" style="3" customWidth="1"/>
     <col min="50" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:49" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:61" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="2" spans="1:49" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:61" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="3" spans="1:49" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:61" x14ac:dyDescent="0.25">
       <c r="A3" s="17" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="17">
         <v>2020</v>
       </c>
       <c r="C3" s="17"/>
       <c r="D3" s="17"/>
       <c r="E3" s="17"/>
       <c r="F3" s="17"/>
       <c r="G3" s="17"/>
       <c r="H3" s="17"/>
       <c r="I3" s="17"/>
       <c r="J3" s="17"/>
       <c r="K3" s="17"/>
       <c r="L3" s="17"/>
       <c r="M3" s="17"/>
       <c r="N3" s="17">
         <v>2021</v>
       </c>
       <c r="O3" s="17"/>
       <c r="P3" s="17"/>
       <c r="Q3" s="17"/>
       <c r="R3" s="17"/>
       <c r="S3" s="17"/>
@@ -846,52 +846,66 @@
       <c r="AA3" s="17"/>
       <c r="AB3" s="17"/>
       <c r="AC3" s="17"/>
       <c r="AD3" s="17"/>
       <c r="AE3" s="17"/>
       <c r="AF3" s="17"/>
       <c r="AG3" s="17"/>
       <c r="AH3" s="17"/>
       <c r="AI3" s="17"/>
       <c r="AJ3" s="17"/>
       <c r="AK3" s="17"/>
       <c r="AL3" s="17">
         <v>2023</v>
       </c>
       <c r="AM3" s="17"/>
       <c r="AN3" s="17"/>
       <c r="AO3" s="17"/>
       <c r="AP3" s="17"/>
       <c r="AQ3" s="17"/>
       <c r="AR3" s="17"/>
       <c r="AS3" s="17"/>
       <c r="AT3" s="17"/>
       <c r="AU3" s="17"/>
       <c r="AV3" s="17"/>
       <c r="AW3" s="17"/>
+      <c r="AX3" s="17">
+        <v>2023</v>
+      </c>
+      <c r="AY3" s="17"/>
+      <c r="AZ3" s="17"/>
+      <c r="BA3" s="17"/>
+      <c r="BB3" s="17"/>
+      <c r="BC3" s="17"/>
+      <c r="BD3" s="17"/>
+      <c r="BE3" s="17"/>
+      <c r="BF3" s="17"/>
+      <c r="BG3" s="17"/>
+      <c r="BH3" s="17"/>
+      <c r="BI3" s="17"/>
     </row>
-    <row r="4" spans="1:49" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:61" x14ac:dyDescent="0.25">
       <c r="A4" s="17"/>
       <c r="B4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>41</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>42</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>45</v>
       </c>
@@ -993,52 +1007,88 @@
       </c>
       <c r="AP4" s="5" t="s">
         <v>42</v>
       </c>
       <c r="AQ4" s="5" t="s">
         <v>43</v>
       </c>
       <c r="AR4" s="5" t="s">
         <v>44</v>
       </c>
       <c r="AS4" s="5" t="s">
         <v>45</v>
       </c>
       <c r="AT4" s="5" t="s">
         <v>46</v>
       </c>
       <c r="AU4" s="5" t="s">
         <v>47</v>
       </c>
       <c r="AV4" s="5" t="s">
         <v>48</v>
       </c>
       <c r="AW4" s="5" t="s">
         <v>49</v>
       </c>
+      <c r="AX4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AY4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="AZ4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="BA4" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="BB4" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="BC4" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="BD4" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="BE4" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="BF4" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="BG4" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="BH4" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="BI4" s="5" t="s">
+        <v>49</v>
+      </c>
     </row>
-    <row r="5" spans="1:49" s="12" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:61" s="12" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="9">
         <v>20875701</v>
       </c>
       <c r="C5" s="9">
         <v>20936713</v>
       </c>
       <c r="D5" s="9">
         <v>21859687</v>
       </c>
       <c r="E5" s="9">
         <v>22289132</v>
       </c>
       <c r="F5" s="9">
         <v>22495099</v>
       </c>
       <c r="G5" s="9">
         <v>22429834</v>
       </c>
       <c r="H5" s="9">
         <v>22545522</v>
       </c>
       <c r="I5" s="9">
@@ -1142,52 +1192,88 @@
       </c>
       <c r="AP5" s="14">
         <v>25091194</v>
       </c>
       <c r="AQ5" s="14">
         <v>24970438</v>
       </c>
       <c r="AR5" s="14">
         <v>24916446</v>
       </c>
       <c r="AS5" s="14">
         <v>24905449</v>
       </c>
       <c r="AT5" s="14">
         <v>25039057</v>
       </c>
       <c r="AU5" s="14">
         <v>25156438</v>
       </c>
       <c r="AV5" s="14">
         <v>25324709</v>
       </c>
       <c r="AW5" s="14">
         <v>25481698</v>
       </c>
+      <c r="AX5" s="14">
+        <v>25558611</v>
+      </c>
+      <c r="AY5" s="14">
+        <v>25764696</v>
+      </c>
+      <c r="AZ5" s="14">
+        <v>25863321</v>
+      </c>
+      <c r="BA5" s="14">
+        <v>25857288</v>
+      </c>
+      <c r="BB5" s="14">
+        <v>25865337</v>
+      </c>
+      <c r="BC5" s="14">
+        <v>25720980</v>
+      </c>
+      <c r="BD5" s="14">
+        <v>25714896</v>
+      </c>
+      <c r="BE5" s="14">
+        <v>25577526</v>
+      </c>
+      <c r="BF5" s="14">
+        <v>25793826</v>
+      </c>
+      <c r="BG5" s="14">
+        <v>26194851</v>
+      </c>
+      <c r="BH5" s="14">
+        <v>26280476</v>
+      </c>
+      <c r="BI5" s="14">
+        <v>26340781</v>
+      </c>
     </row>
-    <row r="6" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="10">
         <v>2184133</v>
       </c>
       <c r="C6" s="10">
         <v>2225133</v>
       </c>
       <c r="D6" s="10">
         <v>2319021</v>
       </c>
       <c r="E6" s="10">
         <v>2368692</v>
       </c>
       <c r="F6" s="10">
         <v>2458425</v>
       </c>
       <c r="G6" s="10">
         <v>2406714</v>
       </c>
       <c r="H6" s="10">
         <v>2420181</v>
       </c>
       <c r="I6" s="10">
@@ -1291,52 +1377,88 @@
       </c>
       <c r="AP6" s="15">
         <v>3024493</v>
       </c>
       <c r="AQ6" s="15">
         <v>2971853</v>
       </c>
       <c r="AR6" s="15">
         <v>2943948</v>
       </c>
       <c r="AS6" s="15">
         <v>2934496</v>
       </c>
       <c r="AT6" s="15">
         <v>2963454</v>
       </c>
       <c r="AU6" s="15">
         <v>2966886</v>
       </c>
       <c r="AV6" s="15">
         <v>3008774</v>
       </c>
       <c r="AW6" s="15">
         <v>3100157</v>
       </c>
+      <c r="AX6" s="15">
+        <v>3041357</v>
+      </c>
+      <c r="AY6" s="15">
+        <v>3101923</v>
+      </c>
+      <c r="AZ6" s="15">
+        <v>3137656</v>
+      </c>
+      <c r="BA6" s="15">
+        <v>3137940</v>
+      </c>
+      <c r="BB6" s="15">
+        <v>3115173</v>
+      </c>
+      <c r="BC6" s="15">
+        <v>3075083</v>
+      </c>
+      <c r="BD6" s="15">
+        <v>3042657</v>
+      </c>
+      <c r="BE6" s="15">
+        <v>3045855</v>
+      </c>
+      <c r="BF6" s="15">
+        <v>3236953</v>
+      </c>
+      <c r="BG6" s="15">
+        <v>3166871</v>
+      </c>
+      <c r="BH6" s="15">
+        <v>3191260</v>
+      </c>
+      <c r="BI6" s="15">
+        <v>3244440</v>
+      </c>
     </row>
-    <row r="7" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="10">
         <v>1594766</v>
       </c>
       <c r="C7" s="10">
         <v>1608614</v>
       </c>
       <c r="D7" s="10">
         <v>1634894</v>
       </c>
       <c r="E7" s="10">
         <v>1700773</v>
       </c>
       <c r="F7" s="10">
         <v>1738473</v>
       </c>
       <c r="G7" s="10">
         <v>1728290</v>
       </c>
       <c r="H7" s="10">
         <v>1739929</v>
       </c>
       <c r="I7" s="10">
@@ -1440,52 +1562,88 @@
       </c>
       <c r="AP7" s="15">
         <v>2124566</v>
       </c>
       <c r="AQ7" s="15">
         <v>2104622</v>
       </c>
       <c r="AR7" s="15">
         <v>2095395</v>
       </c>
       <c r="AS7" s="15">
         <v>2102684</v>
       </c>
       <c r="AT7" s="15">
         <v>2136363</v>
       </c>
       <c r="AU7" s="15">
         <v>2144792</v>
       </c>
       <c r="AV7" s="15">
         <v>2180981</v>
       </c>
       <c r="AW7" s="15">
         <v>2240776</v>
       </c>
+      <c r="AX7" s="15">
+        <v>2222872</v>
+      </c>
+      <c r="AY7" s="15">
+        <v>2261565</v>
+      </c>
+      <c r="AZ7" s="15">
+        <v>2283002</v>
+      </c>
+      <c r="BA7" s="15">
+        <v>2261804</v>
+      </c>
+      <c r="BB7" s="15">
+        <v>2243263</v>
+      </c>
+      <c r="BC7" s="15">
+        <v>2235183</v>
+      </c>
+      <c r="BD7" s="15">
+        <v>2227245</v>
+      </c>
+      <c r="BE7" s="15">
+        <v>2234664</v>
+      </c>
+      <c r="BF7" s="15">
+        <v>2282748</v>
+      </c>
+      <c r="BG7" s="15">
+        <v>2321960</v>
+      </c>
+      <c r="BH7" s="15">
+        <v>2358807</v>
+      </c>
+      <c r="BI7" s="15">
+        <v>2388785</v>
+      </c>
     </row>
-    <row r="8" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="10">
         <v>1837294</v>
       </c>
       <c r="C8" s="10">
         <v>1832884</v>
       </c>
       <c r="D8" s="10">
         <v>1916228</v>
       </c>
       <c r="E8" s="10">
         <v>1980762</v>
       </c>
       <c r="F8" s="10">
         <v>1977420</v>
       </c>
       <c r="G8" s="10">
         <v>1958503</v>
       </c>
       <c r="H8" s="10">
         <v>1990040</v>
       </c>
       <c r="I8" s="10">
@@ -1589,52 +1747,88 @@
       </c>
       <c r="AP8" s="15">
         <v>2289360</v>
       </c>
       <c r="AQ8" s="15">
         <v>2269550</v>
       </c>
       <c r="AR8" s="15">
         <v>2276271</v>
       </c>
       <c r="AS8" s="15">
         <v>2258615</v>
       </c>
       <c r="AT8" s="15">
         <v>2286083</v>
       </c>
       <c r="AU8" s="15">
         <v>2299096</v>
       </c>
       <c r="AV8" s="15">
         <v>2350615</v>
       </c>
       <c r="AW8" s="15">
         <v>2422419</v>
       </c>
+      <c r="AX8" s="15">
+        <v>2382735</v>
+      </c>
+      <c r="AY8" s="15">
+        <v>2426269</v>
+      </c>
+      <c r="AZ8" s="15">
+        <v>2429989</v>
+      </c>
+      <c r="BA8" s="15">
+        <v>2425111</v>
+      </c>
+      <c r="BB8" s="15">
+        <v>2400223</v>
+      </c>
+      <c r="BC8" s="15">
+        <v>2369411</v>
+      </c>
+      <c r="BD8" s="15">
+        <v>2375160</v>
+      </c>
+      <c r="BE8" s="15">
+        <v>2368777</v>
+      </c>
+      <c r="BF8" s="15">
+        <v>2460466</v>
+      </c>
+      <c r="BG8" s="15">
+        <v>2463005</v>
+      </c>
+      <c r="BH8" s="15">
+        <v>2503713</v>
+      </c>
+      <c r="BI8" s="15">
+        <v>2573725</v>
+      </c>
     </row>
-    <row r="9" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="10">
         <v>77622</v>
       </c>
       <c r="C9" s="10">
         <v>77891</v>
       </c>
       <c r="D9" s="10">
         <v>78177</v>
       </c>
       <c r="E9" s="10">
         <v>78298</v>
       </c>
       <c r="F9" s="10">
         <v>78510</v>
       </c>
       <c r="G9" s="10">
         <v>78867</v>
       </c>
       <c r="H9" s="10">
         <v>79304</v>
       </c>
       <c r="I9" s="10">
@@ -1738,52 +1932,88 @@
       </c>
       <c r="AP9" s="15">
         <v>86222</v>
       </c>
       <c r="AQ9" s="15">
         <v>86333</v>
       </c>
       <c r="AR9" s="15">
         <v>86493</v>
       </c>
       <c r="AS9" s="15">
         <v>86541</v>
       </c>
       <c r="AT9" s="15">
         <v>86547</v>
       </c>
       <c r="AU9" s="15">
         <v>86581</v>
       </c>
       <c r="AV9" s="15">
         <v>86594</v>
       </c>
       <c r="AW9" s="15">
         <v>86831</v>
       </c>
+      <c r="AX9" s="15">
+        <v>86906</v>
+      </c>
+      <c r="AY9" s="15">
+        <v>87044</v>
+      </c>
+      <c r="AZ9" s="15">
+        <v>87262</v>
+      </c>
+      <c r="BA9" s="15">
+        <v>87528</v>
+      </c>
+      <c r="BB9" s="15">
+        <v>87584</v>
+      </c>
+      <c r="BC9" s="15">
+        <v>87620</v>
+      </c>
+      <c r="BD9" s="15">
+        <v>87740</v>
+      </c>
+      <c r="BE9" s="15">
+        <v>87798</v>
+      </c>
+      <c r="BF9" s="15">
+        <v>87876</v>
+      </c>
+      <c r="BG9" s="15">
+        <v>88073</v>
+      </c>
+      <c r="BH9" s="15">
+        <v>88199</v>
+      </c>
+      <c r="BI9" s="15">
+        <v>88487</v>
+      </c>
     </row>
-    <row r="10" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="11">
         <v>1461</v>
       </c>
       <c r="C10" s="11">
         <v>1546</v>
       </c>
       <c r="D10" s="11">
         <v>1628</v>
       </c>
       <c r="E10" s="11">
         <v>1815</v>
       </c>
       <c r="F10" s="11">
         <v>1879</v>
       </c>
       <c r="G10" s="11">
         <v>1945</v>
       </c>
       <c r="H10" s="11">
         <v>1953</v>
       </c>
       <c r="I10" s="11">
@@ -1887,52 +2117,88 @@
       </c>
       <c r="AP10" s="15">
         <v>2535</v>
       </c>
       <c r="AQ10" s="15">
         <v>2568</v>
       </c>
       <c r="AR10" s="15">
         <v>2620</v>
       </c>
       <c r="AS10" s="15">
         <v>2003</v>
       </c>
       <c r="AT10" s="15">
         <v>2254</v>
       </c>
       <c r="AU10" s="15">
         <v>2288</v>
       </c>
       <c r="AV10" s="15">
         <v>2486</v>
       </c>
       <c r="AW10" s="15">
         <v>2579</v>
       </c>
+      <c r="AX10" s="15">
+        <v>2679</v>
+      </c>
+      <c r="AY10" s="15">
+        <v>2715</v>
+      </c>
+      <c r="AZ10" s="15">
+        <v>2707</v>
+      </c>
+      <c r="BA10" s="15">
+        <v>2748</v>
+      </c>
+      <c r="BB10" s="15">
+        <v>2881</v>
+      </c>
+      <c r="BC10" s="15">
+        <v>3010</v>
+      </c>
+      <c r="BD10" s="15">
+        <v>2661</v>
+      </c>
+      <c r="BE10" s="15">
+        <v>2723</v>
+      </c>
+      <c r="BF10" s="15">
+        <v>2846</v>
+      </c>
+      <c r="BG10" s="15">
+        <v>2791</v>
+      </c>
+      <c r="BH10" s="15">
+        <v>2694</v>
+      </c>
+      <c r="BI10" s="15">
+        <v>2521</v>
+      </c>
     </row>
-    <row r="11" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="10">
         <v>318690</v>
       </c>
       <c r="C11" s="10">
         <v>300615</v>
       </c>
       <c r="D11" s="10">
         <v>357883</v>
       </c>
       <c r="E11" s="10">
         <v>356471</v>
       </c>
       <c r="F11" s="10">
         <v>315578</v>
       </c>
       <c r="G11" s="10">
         <v>307135</v>
       </c>
       <c r="H11" s="10">
         <v>327463</v>
       </c>
       <c r="I11" s="10">
@@ -2036,52 +2302,88 @@
       </c>
       <c r="AP11" s="15">
         <v>248481</v>
       </c>
       <c r="AQ11" s="15">
         <v>248693</v>
       </c>
       <c r="AR11" s="15">
         <v>264750</v>
       </c>
       <c r="AS11" s="15">
         <v>240468</v>
       </c>
       <c r="AT11" s="15">
         <v>234013</v>
       </c>
       <c r="AU11" s="15">
         <v>238597</v>
       </c>
       <c r="AV11" s="15">
         <v>253741</v>
       </c>
       <c r="AW11" s="15">
         <v>265895</v>
       </c>
+      <c r="AX11" s="15">
+        <v>244090</v>
+      </c>
+      <c r="AY11" s="15">
+        <v>249032</v>
+      </c>
+      <c r="AZ11" s="15">
+        <v>231543</v>
+      </c>
+      <c r="BA11" s="15">
+        <v>248087</v>
+      </c>
+      <c r="BB11" s="15">
+        <v>241663</v>
+      </c>
+      <c r="BC11" s="15">
+        <v>218838</v>
+      </c>
+      <c r="BD11" s="15">
+        <v>232994</v>
+      </c>
+      <c r="BE11" s="15">
+        <v>219188</v>
+      </c>
+      <c r="BF11" s="15">
+        <v>262747</v>
+      </c>
+      <c r="BG11" s="15">
+        <v>226327</v>
+      </c>
+      <c r="BH11" s="15">
+        <v>230411</v>
+      </c>
+      <c r="BI11" s="15">
+        <v>270907</v>
+      </c>
     </row>
-    <row r="12" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="10">
         <v>268590</v>
       </c>
       <c r="C12" s="10">
         <v>254352</v>
       </c>
       <c r="D12" s="10">
         <v>307923</v>
       </c>
       <c r="E12" s="10">
         <v>304054</v>
       </c>
       <c r="F12" s="10">
         <v>264667</v>
       </c>
       <c r="G12" s="10">
         <v>255422</v>
       </c>
       <c r="H12" s="10">
         <v>273729</v>
       </c>
       <c r="I12" s="10">
@@ -2185,52 +2487,88 @@
       </c>
       <c r="AP12" s="15">
         <v>206163</v>
       </c>
       <c r="AQ12" s="15">
         <v>204467</v>
       </c>
       <c r="AR12" s="15">
         <v>219179</v>
       </c>
       <c r="AS12" s="15">
         <v>197119</v>
       </c>
       <c r="AT12" s="15">
         <v>192607</v>
       </c>
       <c r="AU12" s="15">
         <v>195587</v>
       </c>
       <c r="AV12" s="15">
         <v>201601</v>
       </c>
       <c r="AW12" s="15">
         <v>215750</v>
       </c>
+      <c r="AX12" s="15">
+        <v>199304</v>
+      </c>
+      <c r="AY12" s="15">
+        <v>202702</v>
+      </c>
+      <c r="AZ12" s="15">
+        <v>186592</v>
+      </c>
+      <c r="BA12" s="15">
+        <v>202959</v>
+      </c>
+      <c r="BB12" s="15">
+        <v>197139</v>
+      </c>
+      <c r="BC12" s="15">
+        <v>175181</v>
+      </c>
+      <c r="BD12" s="15">
+        <v>188364</v>
+      </c>
+      <c r="BE12" s="15">
+        <v>175504</v>
+      </c>
+      <c r="BF12" s="15">
+        <v>191678</v>
+      </c>
+      <c r="BG12" s="15">
+        <v>179135</v>
+      </c>
+      <c r="BH12" s="15">
+        <v>183371</v>
+      </c>
+      <c r="BI12" s="15">
+        <v>217756</v>
+      </c>
     </row>
-    <row r="13" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="11">
         <v>1</v>
       </c>
       <c r="C13" s="11">
         <v>1</v>
       </c>
       <c r="D13" s="11">
         <v>1</v>
       </c>
       <c r="E13" s="11">
         <v>1</v>
       </c>
       <c r="F13" s="11">
         <v>1</v>
       </c>
       <c r="G13" s="11">
         <v>1</v>
       </c>
       <c r="H13" s="11">
         <v>1</v>
       </c>
       <c r="I13" s="11">
@@ -2334,52 +2672,88 @@
       </c>
       <c r="AP13" s="15">
         <v>1</v>
       </c>
       <c r="AQ13" s="15">
         <v>1</v>
       </c>
       <c r="AR13" s="15">
         <v>1</v>
       </c>
       <c r="AS13" s="15">
         <v>1</v>
       </c>
       <c r="AT13" s="15">
         <v>1</v>
       </c>
       <c r="AU13" s="15">
         <v>1</v>
       </c>
       <c r="AV13" s="15">
         <v>1</v>
       </c>
       <c r="AW13" s="15">
         <v>1</v>
       </c>
+      <c r="AX13" s="15">
+        <v>1</v>
+      </c>
+      <c r="AY13" s="15">
+        <v>1</v>
+      </c>
+      <c r="AZ13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BA13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BB13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BC13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BD13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BE13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BF13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BG13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BH13" s="15">
+        <v>1</v>
+      </c>
+      <c r="BI13" s="15">
+        <v>1</v>
+      </c>
     </row>
-    <row r="14" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="10">
         <v>49739</v>
       </c>
       <c r="C14" s="10">
         <v>45928</v>
       </c>
       <c r="D14" s="10">
         <v>49627</v>
       </c>
       <c r="E14" s="10">
         <v>52045</v>
       </c>
       <c r="F14" s="10">
         <v>50588</v>
       </c>
       <c r="G14" s="10">
         <v>51379</v>
       </c>
       <c r="H14" s="10">
         <v>53401</v>
       </c>
       <c r="I14" s="10">
@@ -2483,52 +2857,88 @@
       </c>
       <c r="AP14" s="15">
         <v>42074</v>
       </c>
       <c r="AQ14" s="15">
         <v>43979</v>
       </c>
       <c r="AR14" s="15">
         <v>45348</v>
       </c>
       <c r="AS14" s="15">
         <v>43101</v>
       </c>
       <c r="AT14" s="15">
         <v>41159</v>
       </c>
       <c r="AU14" s="15">
         <v>42761</v>
       </c>
       <c r="AV14" s="15">
         <v>51896</v>
       </c>
       <c r="AW14" s="15">
         <v>49893</v>
       </c>
+      <c r="AX14" s="15">
+        <v>44539</v>
+      </c>
+      <c r="AY14" s="15">
+        <v>46081</v>
+      </c>
+      <c r="AZ14" s="15">
+        <v>44712</v>
+      </c>
+      <c r="BA14" s="15">
+        <v>44852</v>
+      </c>
+      <c r="BB14" s="15">
+        <v>44281</v>
+      </c>
+      <c r="BC14" s="15">
+        <v>43410</v>
+      </c>
+      <c r="BD14" s="15">
+        <v>44392</v>
+      </c>
+      <c r="BE14" s="15">
+        <v>43442</v>
+      </c>
+      <c r="BF14" s="15">
+        <v>70820</v>
+      </c>
+      <c r="BG14" s="15">
+        <v>46944</v>
+      </c>
+      <c r="BH14" s="15">
+        <v>46793</v>
+      </c>
+      <c r="BI14" s="15">
+        <v>52914</v>
+      </c>
     </row>
-    <row r="15" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="11">
         <v>361</v>
       </c>
       <c r="C15" s="11">
         <v>334</v>
       </c>
       <c r="D15" s="11">
         <v>332</v>
       </c>
       <c r="E15" s="11">
         <v>372</v>
       </c>
       <c r="F15" s="11">
         <v>322</v>
       </c>
       <c r="G15" s="11">
         <v>333</v>
       </c>
       <c r="H15" s="11">
         <v>333</v>
       </c>
       <c r="I15" s="11">
@@ -2632,52 +3042,88 @@
       </c>
       <c r="AP15" s="15">
         <v>243</v>
       </c>
       <c r="AQ15" s="15">
         <v>246</v>
       </c>
       <c r="AR15" s="15">
         <v>222</v>
       </c>
       <c r="AS15" s="15">
         <v>247</v>
       </c>
       <c r="AT15" s="15">
         <v>247</v>
       </c>
       <c r="AU15" s="15">
         <v>248</v>
       </c>
       <c r="AV15" s="15">
         <v>243</v>
       </c>
       <c r="AW15" s="15">
         <v>251</v>
       </c>
+      <c r="AX15" s="15">
+        <v>247</v>
+      </c>
+      <c r="AY15" s="15">
+        <v>249</v>
+      </c>
+      <c r="AZ15" s="15">
+        <v>238</v>
+      </c>
+      <c r="BA15" s="15">
+        <v>275</v>
+      </c>
+      <c r="BB15" s="15">
+        <v>242</v>
+      </c>
+      <c r="BC15" s="15">
+        <v>246</v>
+      </c>
+      <c r="BD15" s="15">
+        <v>236</v>
+      </c>
+      <c r="BE15" s="15">
+        <v>242</v>
+      </c>
+      <c r="BF15" s="15">
+        <v>248</v>
+      </c>
+      <c r="BG15" s="15">
+        <v>246</v>
+      </c>
+      <c r="BH15" s="15">
+        <v>246</v>
+      </c>
+      <c r="BI15" s="15">
+        <v>236</v>
+      </c>
     </row>
-    <row r="16" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="11">
         <v>0</v>
       </c>
       <c r="C16" s="11">
         <v>0</v>
       </c>
       <c r="D16" s="11">
         <v>0</v>
       </c>
       <c r="E16" s="11">
         <v>0</v>
       </c>
       <c r="F16" s="11">
         <v>0</v>
       </c>
       <c r="G16" s="11">
         <v>0</v>
       </c>
       <c r="H16" s="11">
         <v>0</v>
       </c>
       <c r="I16" s="11">
@@ -2781,52 +3227,88 @@
       </c>
       <c r="AP16" s="15">
         <v>0</v>
       </c>
       <c r="AQ16" s="15">
         <v>0</v>
       </c>
       <c r="AR16" s="15">
         <v>0</v>
       </c>
       <c r="AS16" s="15">
         <v>0</v>
       </c>
       <c r="AT16" s="15">
         <v>0</v>
       </c>
       <c r="AU16" s="15">
         <v>0</v>
       </c>
       <c r="AV16" s="15">
         <v>0</v>
       </c>
       <c r="AW16" s="15">
         <v>0</v>
       </c>
+      <c r="AX16" s="15">
+        <v>0</v>
+      </c>
+      <c r="AY16" s="15">
+        <v>0</v>
+      </c>
+      <c r="AZ16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BA16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BB16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BC16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BD16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BE16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BF16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BG16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BH16" s="15">
+        <v>0</v>
+      </c>
+      <c r="BI16" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="10">
         <v>589367</v>
       </c>
       <c r="C17" s="10">
         <v>616518</v>
       </c>
       <c r="D17" s="10">
         <v>684126</v>
       </c>
       <c r="E17" s="10">
         <v>667919</v>
       </c>
       <c r="F17" s="10">
         <v>719951</v>
       </c>
       <c r="G17" s="10">
         <v>678424</v>
       </c>
       <c r="H17" s="10">
         <v>680252</v>
       </c>
       <c r="I17" s="10">
@@ -2930,52 +3412,88 @@
       </c>
       <c r="AP17" s="15">
         <v>899927</v>
       </c>
       <c r="AQ17" s="15">
         <v>867231</v>
       </c>
       <c r="AR17" s="15">
         <v>848553</v>
       </c>
       <c r="AS17" s="15">
         <v>831812</v>
       </c>
       <c r="AT17" s="15">
         <v>827092</v>
       </c>
       <c r="AU17" s="15">
         <v>822094</v>
       </c>
       <c r="AV17" s="15">
         <v>827793</v>
       </c>
       <c r="AW17" s="15">
         <v>859381</v>
       </c>
+      <c r="AX17" s="15">
+        <v>818486</v>
+      </c>
+      <c r="AY17" s="15">
+        <v>840358</v>
+      </c>
+      <c r="AZ17" s="15">
+        <v>854654</v>
+      </c>
+      <c r="BA17" s="15">
+        <v>876136</v>
+      </c>
+      <c r="BB17" s="15">
+        <v>871910</v>
+      </c>
+      <c r="BC17" s="15">
+        <v>839900</v>
+      </c>
+      <c r="BD17" s="15">
+        <v>815412</v>
+      </c>
+      <c r="BE17" s="15">
+        <v>811191</v>
+      </c>
+      <c r="BF17" s="15">
+        <v>954204</v>
+      </c>
+      <c r="BG17" s="15">
+        <v>844911</v>
+      </c>
+      <c r="BH17" s="15">
+        <v>832454</v>
+      </c>
+      <c r="BI17" s="15">
+        <v>855655</v>
+      </c>
     </row>
-    <row r="18" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="10">
         <v>1786</v>
       </c>
       <c r="C18" s="10">
         <v>1702</v>
       </c>
       <c r="D18" s="10">
         <v>1978</v>
       </c>
       <c r="E18" s="10">
         <v>1171</v>
       </c>
       <c r="F18" s="10">
         <v>1012</v>
       </c>
       <c r="G18" s="10">
         <v>843</v>
       </c>
       <c r="H18" s="10">
         <v>1377</v>
       </c>
       <c r="I18" s="10">
@@ -3079,52 +3597,88 @@
       </c>
       <c r="AP18" s="15">
         <v>2203</v>
       </c>
       <c r="AQ18" s="15">
         <v>1970</v>
       </c>
       <c r="AR18" s="15">
         <v>1771</v>
       </c>
       <c r="AS18" s="15">
         <v>1467</v>
       </c>
       <c r="AT18" s="15">
         <v>1053</v>
       </c>
       <c r="AU18" s="15">
         <v>1235</v>
       </c>
       <c r="AV18" s="15">
         <v>1033</v>
       </c>
       <c r="AW18" s="15">
         <v>765</v>
       </c>
+      <c r="AX18" s="15">
+        <v>2000</v>
+      </c>
+      <c r="AY18" s="15">
+        <v>1843</v>
+      </c>
+      <c r="AZ18" s="15">
+        <v>1410</v>
+      </c>
+      <c r="BA18" s="15">
+        <v>1207</v>
+      </c>
+      <c r="BB18" s="15">
+        <v>1130</v>
+      </c>
+      <c r="BC18" s="15">
+        <v>885</v>
+      </c>
+      <c r="BD18" s="15">
+        <v>473</v>
+      </c>
+      <c r="BE18" s="15">
+        <v>1378</v>
+      </c>
+      <c r="BF18" s="15">
+        <v>1097</v>
+      </c>
+      <c r="BG18" s="15">
+        <v>1455</v>
+      </c>
+      <c r="BH18" s="15">
+        <v>1266</v>
+      </c>
+      <c r="BI18" s="15">
+        <v>910</v>
+      </c>
     </row>
-    <row r="19" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="10">
         <v>581869</v>
       </c>
       <c r="C19" s="10">
         <v>608725</v>
       </c>
       <c r="D19" s="10">
         <v>675559</v>
       </c>
       <c r="E19" s="10">
         <v>661066</v>
       </c>
       <c r="F19" s="10">
         <v>711819</v>
       </c>
       <c r="G19" s="10">
         <v>669235</v>
       </c>
       <c r="H19" s="10">
         <v>671016</v>
       </c>
       <c r="I19" s="10">
@@ -3228,52 +3782,88 @@
       </c>
       <c r="AP19" s="15">
         <v>888031</v>
       </c>
       <c r="AQ19" s="15">
         <v>853747</v>
       </c>
       <c r="AR19" s="15">
         <v>838461</v>
       </c>
       <c r="AS19" s="15">
         <v>820806</v>
       </c>
       <c r="AT19" s="15">
         <v>815706</v>
       </c>
       <c r="AU19" s="15">
         <v>811000</v>
       </c>
       <c r="AV19" s="15">
         <v>817338</v>
       </c>
       <c r="AW19" s="15">
         <v>848376</v>
       </c>
+      <c r="AX19" s="15">
+        <v>807269</v>
+      </c>
+      <c r="AY19" s="15">
+        <v>829310</v>
+      </c>
+      <c r="AZ19" s="15">
+        <v>844148</v>
+      </c>
+      <c r="BA19" s="15">
+        <v>865969</v>
+      </c>
+      <c r="BB19" s="15">
+        <v>862095</v>
+      </c>
+      <c r="BC19" s="15">
+        <v>827769</v>
+      </c>
+      <c r="BD19" s="15">
+        <v>806189</v>
+      </c>
+      <c r="BE19" s="15">
+        <v>800472</v>
+      </c>
+      <c r="BF19" s="15">
+        <v>943959</v>
+      </c>
+      <c r="BG19" s="15">
+        <v>834653</v>
+      </c>
+      <c r="BH19" s="15">
+        <v>821809</v>
+      </c>
+      <c r="BI19" s="15">
+        <v>847072</v>
+      </c>
     </row>
-    <row r="20" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="10">
         <v>5712</v>
       </c>
       <c r="C20" s="10">
         <v>6091</v>
       </c>
       <c r="D20" s="10">
         <v>6589</v>
       </c>
       <c r="E20" s="10">
         <v>5682</v>
       </c>
       <c r="F20" s="10">
         <v>7121</v>
       </c>
       <c r="G20" s="10">
         <v>8346</v>
       </c>
       <c r="H20" s="10">
         <v>7860</v>
       </c>
       <c r="I20" s="10">
@@ -3377,52 +3967,88 @@
       </c>
       <c r="AP20" s="15">
         <v>9692</v>
       </c>
       <c r="AQ20" s="15">
         <v>11514</v>
       </c>
       <c r="AR20" s="15">
         <v>8320</v>
       </c>
       <c r="AS20" s="15">
         <v>9538</v>
       </c>
       <c r="AT20" s="15">
         <v>10332</v>
       </c>
       <c r="AU20" s="15">
         <v>9859</v>
       </c>
       <c r="AV20" s="15">
         <v>9422</v>
       </c>
       <c r="AW20" s="15">
         <v>10240</v>
       </c>
+      <c r="AX20" s="15">
+        <v>9217</v>
+      </c>
+      <c r="AY20" s="15">
+        <v>9205</v>
+      </c>
+      <c r="AZ20" s="15">
+        <v>9096</v>
+      </c>
+      <c r="BA20" s="15">
+        <v>8960</v>
+      </c>
+      <c r="BB20" s="15">
+        <v>8685</v>
+      </c>
+      <c r="BC20" s="15">
+        <v>11246</v>
+      </c>
+      <c r="BD20" s="15">
+        <v>8750</v>
+      </c>
+      <c r="BE20" s="15">
+        <v>9341</v>
+      </c>
+      <c r="BF20" s="15">
+        <v>9149</v>
+      </c>
+      <c r="BG20" s="15">
+        <v>8803</v>
+      </c>
+      <c r="BH20" s="15">
+        <v>9378</v>
+      </c>
+      <c r="BI20" s="15">
+        <v>7673</v>
+      </c>
     </row>
-    <row r="21" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="10">
         <v>18691568</v>
       </c>
       <c r="C21" s="10">
         <v>18711580</v>
       </c>
       <c r="D21" s="10">
         <v>19540667</v>
       </c>
       <c r="E21" s="10">
         <v>19920441</v>
       </c>
       <c r="F21" s="10">
         <v>20036675</v>
       </c>
       <c r="G21" s="10">
         <v>20023120</v>
       </c>
       <c r="H21" s="10">
         <v>20125342</v>
       </c>
       <c r="I21" s="10">
@@ -3526,52 +4152,88 @@
       </c>
       <c r="AP21" s="15">
         <v>22066701</v>
       </c>
       <c r="AQ21" s="15">
         <v>21998585</v>
       </c>
       <c r="AR21" s="15">
         <v>21972499</v>
       </c>
       <c r="AS21" s="15">
         <v>21970953</v>
       </c>
       <c r="AT21" s="15">
         <v>22075603</v>
       </c>
       <c r="AU21" s="15">
         <v>22189552</v>
       </c>
       <c r="AV21" s="15">
         <v>22315935</v>
       </c>
       <c r="AW21" s="15">
         <v>22381540</v>
       </c>
+      <c r="AX21" s="15">
+        <v>22517254</v>
+      </c>
+      <c r="AY21" s="15">
+        <v>22662773</v>
+      </c>
+      <c r="AZ21" s="15">
+        <v>22725665</v>
+      </c>
+      <c r="BA21" s="15">
+        <v>22719347</v>
+      </c>
+      <c r="BB21" s="15">
+        <v>22750164</v>
+      </c>
+      <c r="BC21" s="15">
+        <v>22645896</v>
+      </c>
+      <c r="BD21" s="15">
+        <v>22672239</v>
+      </c>
+      <c r="BE21" s="15">
+        <v>22531670</v>
+      </c>
+      <c r="BF21" s="15">
+        <v>22556873</v>
+      </c>
+      <c r="BG21" s="15">
+        <v>23027981</v>
+      </c>
+      <c r="BH21" s="15">
+        <v>23089216</v>
+      </c>
+      <c r="BI21" s="15">
+        <v>23096340</v>
+      </c>
     </row>
-    <row r="22" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="10">
         <v>18625760</v>
       </c>
       <c r="C22" s="10">
         <v>18652104</v>
       </c>
       <c r="D22" s="10">
         <v>19488962</v>
       </c>
       <c r="E22" s="10">
         <v>19873373</v>
       </c>
       <c r="F22" s="10">
         <v>19990838</v>
       </c>
       <c r="G22" s="10">
         <v>19986678</v>
       </c>
       <c r="H22" s="10">
         <v>20096526</v>
       </c>
       <c r="I22" s="10">
@@ -3675,52 +4337,88 @@
       </c>
       <c r="AP22" s="15">
         <v>22019815</v>
       </c>
       <c r="AQ22" s="15">
         <v>21952801</v>
       </c>
       <c r="AR22" s="15">
         <v>21928097</v>
       </c>
       <c r="AS22" s="15">
         <v>21923523</v>
       </c>
       <c r="AT22" s="15">
         <v>22027029</v>
       </c>
       <c r="AU22" s="15">
         <v>22139247</v>
       </c>
       <c r="AV22" s="15">
         <v>22261846</v>
       </c>
       <c r="AW22" s="15">
         <v>22323265</v>
       </c>
+      <c r="AX22" s="15">
+        <v>22460997</v>
+      </c>
+      <c r="AY22" s="15">
+        <v>22603897</v>
+      </c>
+      <c r="AZ22" s="15">
+        <v>22667031</v>
+      </c>
+      <c r="BA22" s="15">
+        <v>22659554</v>
+      </c>
+      <c r="BB22" s="15">
+        <v>22689974</v>
+      </c>
+      <c r="BC22" s="15">
+        <v>22590865</v>
+      </c>
+      <c r="BD22" s="15">
+        <v>22618929</v>
+      </c>
+      <c r="BE22" s="15">
+        <v>22478138</v>
+      </c>
+      <c r="BF22" s="15">
+        <v>22506166</v>
+      </c>
+      <c r="BG22" s="15">
+        <v>22969048</v>
+      </c>
+      <c r="BH22" s="15">
+        <v>23020597</v>
+      </c>
+      <c r="BI22" s="15">
+        <v>23023299</v>
+      </c>
     </row>
-    <row r="23" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="10">
         <v>12458925</v>
       </c>
       <c r="C23" s="10">
         <v>12476417</v>
       </c>
       <c r="D23" s="10">
         <v>13196762</v>
       </c>
       <c r="E23" s="10">
         <v>13450656</v>
       </c>
       <c r="F23" s="10">
         <v>13529607</v>
       </c>
       <c r="G23" s="10">
         <v>13488290</v>
       </c>
       <c r="H23" s="10">
         <v>13545734</v>
       </c>
       <c r="I23" s="10">
@@ -3824,52 +4522,88 @@
       </c>
       <c r="AP23" s="15">
         <v>14842426</v>
       </c>
       <c r="AQ23" s="15">
         <v>14723941</v>
       </c>
       <c r="AR23" s="15">
         <v>14685182</v>
       </c>
       <c r="AS23" s="15">
         <v>14703156</v>
       </c>
       <c r="AT23" s="15">
         <v>14819737</v>
       </c>
       <c r="AU23" s="15">
         <v>14897485</v>
       </c>
       <c r="AV23" s="15">
         <v>14929661</v>
       </c>
       <c r="AW23" s="15">
         <v>14938468</v>
       </c>
+      <c r="AX23" s="15">
+        <v>15004982</v>
+      </c>
+      <c r="AY23" s="15">
+        <v>15107418</v>
+      </c>
+      <c r="AZ23" s="15">
+        <v>15156893</v>
+      </c>
+      <c r="BA23" s="15">
+        <v>15202423</v>
+      </c>
+      <c r="BB23" s="15">
+        <v>15198732</v>
+      </c>
+      <c r="BC23" s="15">
+        <v>15076992</v>
+      </c>
+      <c r="BD23" s="15">
+        <v>15114663</v>
+      </c>
+      <c r="BE23" s="15">
+        <v>14941204</v>
+      </c>
+      <c r="BF23" s="15">
+        <v>14875798</v>
+      </c>
+      <c r="BG23" s="15">
+        <v>15232216</v>
+      </c>
+      <c r="BH23" s="15">
+        <v>15231679</v>
+      </c>
+      <c r="BI23" s="15">
+        <v>15240638</v>
+      </c>
     </row>
-    <row r="24" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="10">
         <v>406089</v>
       </c>
       <c r="C24" s="10">
         <v>391878</v>
       </c>
       <c r="D24" s="10">
         <v>411346</v>
       </c>
       <c r="E24" s="10">
         <v>413544</v>
       </c>
       <c r="F24" s="10">
         <v>410793</v>
       </c>
       <c r="G24" s="10">
         <v>417398</v>
       </c>
       <c r="H24" s="10">
         <v>431846</v>
       </c>
       <c r="I24" s="10">
@@ -3973,52 +4707,88 @@
       </c>
       <c r="AP24" s="15">
         <v>561360</v>
       </c>
       <c r="AQ24" s="15">
         <v>553214</v>
       </c>
       <c r="AR24" s="15">
         <v>579022</v>
       </c>
       <c r="AS24" s="15">
         <v>582861</v>
       </c>
       <c r="AT24" s="15">
         <v>609186</v>
       </c>
       <c r="AU24" s="15">
         <v>626745</v>
       </c>
       <c r="AV24" s="15">
         <v>671736</v>
       </c>
       <c r="AW24" s="15">
         <v>699657</v>
       </c>
+      <c r="AX24" s="15">
+        <v>755858</v>
+      </c>
+      <c r="AY24" s="15">
+        <v>749807</v>
+      </c>
+      <c r="AZ24" s="15">
+        <v>771271</v>
+      </c>
+      <c r="BA24" s="15">
+        <v>820978</v>
+      </c>
+      <c r="BB24" s="15">
+        <v>809359</v>
+      </c>
+      <c r="BC24" s="15">
+        <v>760418</v>
+      </c>
+      <c r="BD24" s="15">
+        <v>776730</v>
+      </c>
+      <c r="BE24" s="15">
+        <v>756293</v>
+      </c>
+      <c r="BF24" s="15">
+        <v>772115</v>
+      </c>
+      <c r="BG24" s="15">
+        <v>848196</v>
+      </c>
+      <c r="BH24" s="15">
+        <v>831805</v>
+      </c>
+      <c r="BI24" s="15">
+        <v>834669</v>
+      </c>
     </row>
-    <row r="25" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="10">
         <v>7263384</v>
       </c>
       <c r="C25" s="10">
         <v>7335248</v>
       </c>
       <c r="D25" s="10">
         <v>8049785</v>
       </c>
       <c r="E25" s="10">
         <v>8353628</v>
       </c>
       <c r="F25" s="10">
         <v>8484998</v>
       </c>
       <c r="G25" s="10">
         <v>8509462</v>
       </c>
       <c r="H25" s="10">
         <v>8562605</v>
       </c>
       <c r="I25" s="10">
@@ -4122,52 +4892,88 @@
       </c>
       <c r="AP25" s="15">
         <v>10044558</v>
       </c>
       <c r="AQ25" s="15">
         <v>9881513</v>
       </c>
       <c r="AR25" s="15">
         <v>9746840</v>
       </c>
       <c r="AS25" s="15">
         <v>9684811</v>
       </c>
       <c r="AT25" s="15">
         <v>9675603</v>
       </c>
       <c r="AU25" s="15">
         <v>9634000</v>
       </c>
       <c r="AV25" s="15">
         <v>9518052</v>
       </c>
       <c r="AW25" s="15">
         <v>9475221</v>
       </c>
+      <c r="AX25" s="15">
+        <v>9364840</v>
+      </c>
+      <c r="AY25" s="15">
+        <v>9429632</v>
+      </c>
+      <c r="AZ25" s="15">
+        <v>9420258</v>
+      </c>
+      <c r="BA25" s="15">
+        <v>9373298</v>
+      </c>
+      <c r="BB25" s="15">
+        <v>9356764</v>
+      </c>
+      <c r="BC25" s="15">
+        <v>9295274</v>
+      </c>
+      <c r="BD25" s="15">
+        <v>9310385</v>
+      </c>
+      <c r="BE25" s="15">
+        <v>9175907</v>
+      </c>
+      <c r="BF25" s="15">
+        <v>9090871</v>
+      </c>
+      <c r="BG25" s="15">
+        <v>9371783</v>
+      </c>
+      <c r="BH25" s="15">
+        <v>9348326</v>
+      </c>
+      <c r="BI25" s="15">
+        <v>9379397</v>
+      </c>
     </row>
-    <row r="26" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="10">
         <v>4782480</v>
       </c>
       <c r="C26" s="10">
         <v>4742616</v>
       </c>
       <c r="D26" s="10">
         <v>4727710</v>
       </c>
       <c r="E26" s="10">
         <v>4676728</v>
       </c>
       <c r="F26" s="10">
         <v>4627202</v>
       </c>
       <c r="G26" s="10">
         <v>4554557</v>
       </c>
       <c r="H26" s="10">
         <v>4544489</v>
       </c>
       <c r="I26" s="10">
@@ -4271,52 +5077,88 @@
       </c>
       <c r="AP26" s="15">
         <v>4211329</v>
       </c>
       <c r="AQ26" s="15">
         <v>4267078</v>
       </c>
       <c r="AR26" s="15">
         <v>4333344</v>
       </c>
       <c r="AS26" s="15">
         <v>4407561</v>
       </c>
       <c r="AT26" s="15">
         <v>4511780</v>
       </c>
       <c r="AU26" s="15">
         <v>4611874</v>
       </c>
       <c r="AV26" s="15">
         <v>4717559</v>
       </c>
       <c r="AW26" s="15">
         <v>4745515</v>
       </c>
+      <c r="AX26" s="15">
+        <v>4865238</v>
+      </c>
+      <c r="AY26" s="15">
+        <v>4907726</v>
+      </c>
+      <c r="AZ26" s="15">
+        <v>4945713</v>
+      </c>
+      <c r="BA26" s="15">
+        <v>4987000</v>
+      </c>
+      <c r="BB26" s="15">
+        <v>5014046</v>
+      </c>
+      <c r="BC26" s="15">
+        <v>5002184</v>
+      </c>
+      <c r="BD26" s="15">
+        <v>5009486</v>
+      </c>
+      <c r="BE26" s="15">
+        <v>4979841</v>
+      </c>
+      <c r="BF26" s="15">
+        <v>4970845</v>
+      </c>
+      <c r="BG26" s="15">
+        <v>4978941</v>
+      </c>
+      <c r="BH26" s="15">
+        <v>5023619</v>
+      </c>
+      <c r="BI26" s="15">
+        <v>4994429</v>
+      </c>
     </row>
-    <row r="27" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="10">
         <v>6972</v>
       </c>
       <c r="C27" s="10">
         <v>6675</v>
       </c>
       <c r="D27" s="10">
         <v>7921</v>
       </c>
       <c r="E27" s="10">
         <v>6756</v>
       </c>
       <c r="F27" s="10">
         <v>6613</v>
       </c>
       <c r="G27" s="10">
         <v>6874</v>
       </c>
       <c r="H27" s="10">
         <v>6795</v>
       </c>
       <c r="I27" s="10">
@@ -4420,52 +5262,88 @@
       </c>
       <c r="AP27" s="15">
         <v>25179</v>
       </c>
       <c r="AQ27" s="15">
         <v>22136</v>
       </c>
       <c r="AR27" s="15">
         <v>25976</v>
       </c>
       <c r="AS27" s="15">
         <v>27923</v>
       </c>
       <c r="AT27" s="15">
         <v>23168</v>
       </c>
       <c r="AU27" s="15">
         <v>24866</v>
       </c>
       <c r="AV27" s="15">
         <v>22314</v>
       </c>
       <c r="AW27" s="15">
         <v>18075</v>
       </c>
+      <c r="AX27" s="15">
+        <v>19045</v>
+      </c>
+      <c r="AY27" s="15">
+        <v>20253</v>
+      </c>
+      <c r="AZ27" s="15">
+        <v>19650</v>
+      </c>
+      <c r="BA27" s="15">
+        <v>21146</v>
+      </c>
+      <c r="BB27" s="15">
+        <v>18563</v>
+      </c>
+      <c r="BC27" s="15">
+        <v>19115</v>
+      </c>
+      <c r="BD27" s="15">
+        <v>18063</v>
+      </c>
+      <c r="BE27" s="15">
+        <v>29163</v>
+      </c>
+      <c r="BF27" s="15">
+        <v>41966</v>
+      </c>
+      <c r="BG27" s="15">
+        <v>33296</v>
+      </c>
+      <c r="BH27" s="15">
+        <v>27929</v>
+      </c>
+      <c r="BI27" s="15">
+        <v>32143</v>
+      </c>
     </row>
-    <row r="28" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B28" s="10">
         <v>10375</v>
       </c>
       <c r="C28" s="10">
         <v>10333</v>
       </c>
       <c r="D28" s="10">
         <v>10329</v>
       </c>
       <c r="E28" s="10">
         <v>10431</v>
       </c>
       <c r="F28" s="10">
         <v>10050</v>
       </c>
       <c r="G28" s="10">
         <v>9983</v>
       </c>
       <c r="H28" s="10">
         <v>9724</v>
       </c>
       <c r="I28" s="10">
@@ -4569,52 +5447,88 @@
       </c>
       <c r="AP28" s="15">
         <v>4931</v>
       </c>
       <c r="AQ28" s="15">
         <v>4913</v>
       </c>
       <c r="AR28" s="15">
         <v>4894</v>
       </c>
       <c r="AS28" s="15">
         <v>4889</v>
       </c>
       <c r="AT28" s="15">
         <v>4859</v>
       </c>
       <c r="AU28" s="15">
         <v>4808</v>
       </c>
       <c r="AV28" s="15">
         <v>4784</v>
       </c>
       <c r="AW28" s="15">
         <v>4903</v>
       </c>
+      <c r="AX28" s="15">
+        <v>5031</v>
+      </c>
+      <c r="AY28" s="15">
+        <v>5113</v>
+      </c>
+      <c r="AZ28" s="15">
+        <v>5211</v>
+      </c>
+      <c r="BA28" s="15">
+        <v>5270</v>
+      </c>
+      <c r="BB28" s="15">
+        <v>5459</v>
+      </c>
+      <c r="BC28" s="15">
+        <v>5675</v>
+      </c>
+      <c r="BD28" s="15">
+        <v>5948</v>
+      </c>
+      <c r="BE28" s="15">
+        <v>6148</v>
+      </c>
+      <c r="BF28" s="15">
+        <v>6227</v>
+      </c>
+      <c r="BG28" s="15">
+        <v>6298</v>
+      </c>
+      <c r="BH28" s="15">
+        <v>6338</v>
+      </c>
+      <c r="BI28" s="15">
+        <v>6362</v>
+      </c>
     </row>
-    <row r="29" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="11">
         <v>69</v>
       </c>
       <c r="C29" s="11">
         <v>75</v>
       </c>
       <c r="D29" s="11">
         <v>127</v>
       </c>
       <c r="E29" s="11">
         <v>209</v>
       </c>
       <c r="F29" s="11">
         <v>138</v>
       </c>
       <c r="G29" s="11">
         <v>98</v>
       </c>
       <c r="H29" s="11">
         <v>99</v>
       </c>
       <c r="I29" s="11">
@@ -4718,52 +5632,88 @@
       </c>
       <c r="AP29" s="15">
         <v>0</v>
       </c>
       <c r="AQ29" s="15">
         <v>0</v>
       </c>
       <c r="AR29" s="15">
         <v>0</v>
       </c>
       <c r="AS29" s="15">
         <v>0</v>
       </c>
       <c r="AT29" s="15">
         <v>0</v>
       </c>
       <c r="AU29" s="15">
         <v>0</v>
       </c>
       <c r="AV29" s="15">
         <v>0</v>
       </c>
       <c r="AW29" s="15">
         <v>0</v>
       </c>
+      <c r="AX29" s="15">
+        <v>0</v>
+      </c>
+      <c r="AY29" s="15">
+        <v>0</v>
+      </c>
+      <c r="AZ29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BA29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BB29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BC29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BD29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BE29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BF29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BG29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BH29" s="15">
+        <v>0</v>
+      </c>
+      <c r="BI29" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="10">
         <v>10306</v>
       </c>
       <c r="C30" s="10">
         <v>10258</v>
       </c>
       <c r="D30" s="10">
         <v>10202</v>
       </c>
       <c r="E30" s="10">
         <v>10222</v>
       </c>
       <c r="F30" s="10">
         <v>9912</v>
       </c>
       <c r="G30" s="10">
         <v>9885</v>
       </c>
       <c r="H30" s="10">
         <v>9625</v>
       </c>
       <c r="I30" s="10">
@@ -4867,52 +5817,88 @@
       </c>
       <c r="AP30" s="15">
         <v>4931</v>
       </c>
       <c r="AQ30" s="15">
         <v>4912</v>
       </c>
       <c r="AR30" s="15">
         <v>4894</v>
       </c>
       <c r="AS30" s="15">
         <v>4888</v>
       </c>
       <c r="AT30" s="15">
         <v>4858</v>
       </c>
       <c r="AU30" s="15">
         <v>4808</v>
       </c>
       <c r="AV30" s="15">
         <v>4783</v>
       </c>
       <c r="AW30" s="15">
         <v>4903</v>
       </c>
+      <c r="AX30" s="15">
+        <v>5030</v>
+      </c>
+      <c r="AY30" s="15">
+        <v>5112</v>
+      </c>
+      <c r="AZ30" s="15">
+        <v>5211</v>
+      </c>
+      <c r="BA30" s="15">
+        <v>5269</v>
+      </c>
+      <c r="BB30" s="15">
+        <v>5458</v>
+      </c>
+      <c r="BC30" s="15">
+        <v>5674</v>
+      </c>
+      <c r="BD30" s="15">
+        <v>5947</v>
+      </c>
+      <c r="BE30" s="15">
+        <v>6148</v>
+      </c>
+      <c r="BF30" s="15">
+        <v>6226</v>
+      </c>
+      <c r="BG30" s="15">
+        <v>6298</v>
+      </c>
+      <c r="BH30" s="15">
+        <v>6338</v>
+      </c>
+      <c r="BI30" s="15">
+        <v>6361</v>
+      </c>
     </row>
-    <row r="31" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="11">
         <v>0</v>
       </c>
       <c r="C31" s="11">
         <v>0</v>
       </c>
       <c r="D31" s="11">
         <v>0</v>
       </c>
       <c r="E31" s="11">
         <v>0</v>
       </c>
       <c r="F31" s="11">
         <v>0</v>
       </c>
       <c r="G31" s="11">
         <v>0</v>
       </c>
       <c r="H31" s="11">
         <v>0</v>
       </c>
       <c r="I31" s="11">
@@ -5016,52 +6002,88 @@
       </c>
       <c r="AP31" s="15">
         <v>0</v>
       </c>
       <c r="AQ31" s="15">
         <v>0</v>
       </c>
       <c r="AR31" s="15">
         <v>0</v>
       </c>
       <c r="AS31" s="15">
         <v>1</v>
       </c>
       <c r="AT31" s="15">
         <v>1</v>
       </c>
       <c r="AU31" s="15">
         <v>1</v>
       </c>
       <c r="AV31" s="15">
         <v>1</v>
       </c>
       <c r="AW31" s="15">
         <v>1</v>
       </c>
+      <c r="AX31" s="15">
+        <v>1</v>
+      </c>
+      <c r="AY31" s="15">
+        <v>1</v>
+      </c>
+      <c r="AZ31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BA31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BB31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BC31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BD31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BE31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BF31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BG31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BH31" s="15">
+        <v>1</v>
+      </c>
+      <c r="BI31" s="15">
+        <v>1</v>
+      </c>
     </row>
-    <row r="32" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="10">
         <v>4784809</v>
       </c>
       <c r="C32" s="10">
         <v>4791354</v>
       </c>
       <c r="D32" s="10">
         <v>4808276</v>
       </c>
       <c r="E32" s="10">
         <v>4887275</v>
       </c>
       <c r="F32" s="10">
         <v>4944694</v>
       </c>
       <c r="G32" s="10">
         <v>4985375</v>
       </c>
       <c r="H32" s="10">
         <v>5024505</v>
       </c>
       <c r="I32" s="10">
@@ -5165,52 +6187,88 @@
       </c>
       <c r="AP32" s="15">
         <v>5490292</v>
       </c>
       <c r="AQ32" s="15">
         <v>5539837</v>
       </c>
       <c r="AR32" s="15">
         <v>5552476</v>
       </c>
       <c r="AS32" s="15">
         <v>5533014</v>
       </c>
       <c r="AT32" s="15">
         <v>5501492</v>
       </c>
       <c r="AU32" s="15">
         <v>5542872</v>
       </c>
       <c r="AV32" s="15">
         <v>5622723</v>
       </c>
       <c r="AW32" s="15">
         <v>5671468</v>
       </c>
+      <c r="AX32" s="15">
+        <v>5733834</v>
+      </c>
+      <c r="AY32" s="15">
+        <v>5759534</v>
+      </c>
+      <c r="AZ32" s="15">
+        <v>5767429</v>
+      </c>
+      <c r="BA32" s="15">
+        <v>5714846</v>
+      </c>
+      <c r="BB32" s="15">
+        <v>5751213</v>
+      </c>
+      <c r="BC32" s="15">
+        <v>5767861</v>
+      </c>
+      <c r="BD32" s="15">
+        <v>5730381</v>
+      </c>
+      <c r="BE32" s="15">
+        <v>5748185</v>
+      </c>
+      <c r="BF32" s="15">
+        <v>5852099</v>
+      </c>
+      <c r="BG32" s="15">
+        <v>5929379</v>
+      </c>
+      <c r="BH32" s="15">
+        <v>5969984</v>
+      </c>
+      <c r="BI32" s="15">
+        <v>5938444</v>
+      </c>
     </row>
-    <row r="33" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="10">
         <v>972</v>
       </c>
       <c r="C33" s="10">
         <v>1022</v>
       </c>
       <c r="D33" s="10">
         <v>882</v>
       </c>
       <c r="E33" s="10">
         <v>1020</v>
       </c>
       <c r="F33" s="10">
         <v>991</v>
       </c>
       <c r="G33" s="10">
         <v>991</v>
       </c>
       <c r="H33" s="10">
         <v>991</v>
       </c>
       <c r="I33" s="10">
@@ -5314,52 +6372,88 @@
       </c>
       <c r="AP33" s="15">
         <v>1048</v>
       </c>
       <c r="AQ33" s="15">
         <v>976</v>
       </c>
       <c r="AR33" s="15">
         <v>983</v>
       </c>
       <c r="AS33" s="15">
         <v>1050</v>
       </c>
       <c r="AT33" s="15">
         <v>904</v>
       </c>
       <c r="AU33" s="15">
         <v>1030</v>
       </c>
       <c r="AV33" s="15">
         <v>1217</v>
       </c>
       <c r="AW33" s="15">
         <v>3119</v>
       </c>
+      <c r="AX33" s="15">
+        <v>2601</v>
+      </c>
+      <c r="AY33" s="15">
+        <v>2548</v>
+      </c>
+      <c r="AZ33" s="15">
+        <v>1886</v>
+      </c>
+      <c r="BA33" s="15">
+        <v>1823</v>
+      </c>
+      <c r="BB33" s="15">
+        <v>2135</v>
+      </c>
+      <c r="BC33" s="15">
+        <v>2083</v>
+      </c>
+      <c r="BD33" s="15">
+        <v>2222</v>
+      </c>
+      <c r="BE33" s="15">
+        <v>2060</v>
+      </c>
+      <c r="BF33" s="15">
+        <v>1953</v>
+      </c>
+      <c r="BG33" s="15">
+        <v>2253</v>
+      </c>
+      <c r="BH33" s="15">
+        <v>2153</v>
+      </c>
+      <c r="BI33" s="15">
+        <v>2717</v>
+      </c>
     </row>
-    <row r="34" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="10">
         <v>1773346</v>
       </c>
       <c r="C34" s="10">
         <v>1741007</v>
       </c>
       <c r="D34" s="10">
         <v>1747989</v>
       </c>
       <c r="E34" s="10">
         <v>1814599</v>
       </c>
       <c r="F34" s="10">
         <v>1854042</v>
       </c>
       <c r="G34" s="10">
         <v>1892948</v>
       </c>
       <c r="H34" s="10">
         <v>1912205</v>
       </c>
       <c r="I34" s="10">
@@ -5463,52 +6557,88 @@
       </c>
       <c r="AP34" s="15">
         <v>2305203</v>
       </c>
       <c r="AQ34" s="15">
         <v>2323587</v>
       </c>
       <c r="AR34" s="15">
         <v>2284032</v>
       </c>
       <c r="AS34" s="15">
         <v>2303747</v>
       </c>
       <c r="AT34" s="15">
         <v>2290864</v>
       </c>
       <c r="AU34" s="15">
         <v>2302067</v>
       </c>
       <c r="AV34" s="15">
         <v>2296403</v>
       </c>
       <c r="AW34" s="15">
         <v>2321284</v>
       </c>
+      <c r="AX34" s="15">
+        <v>2335360</v>
+      </c>
+      <c r="AY34" s="15">
+        <v>2348282</v>
+      </c>
+      <c r="AZ34" s="15">
+        <v>2360082</v>
+      </c>
+      <c r="BA34" s="15">
+        <v>2287353</v>
+      </c>
+      <c r="BB34" s="15">
+        <v>2283289</v>
+      </c>
+      <c r="BC34" s="15">
+        <v>2283931</v>
+      </c>
+      <c r="BD34" s="15">
+        <v>2269787</v>
+      </c>
+      <c r="BE34" s="15">
+        <v>2282594</v>
+      </c>
+      <c r="BF34" s="15">
+        <v>2352130</v>
+      </c>
+      <c r="BG34" s="15">
+        <v>2445170</v>
+      </c>
+      <c r="BH34" s="15">
+        <v>2483465</v>
+      </c>
+      <c r="BI34" s="15">
+        <v>2439441</v>
+      </c>
     </row>
-    <row r="35" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="10">
         <v>3008918</v>
       </c>
       <c r="C35" s="10">
         <v>3047724</v>
       </c>
       <c r="D35" s="10">
         <v>3057816</v>
       </c>
       <c r="E35" s="10">
         <v>3070031</v>
       </c>
       <c r="F35" s="10">
         <v>3088014</v>
       </c>
       <c r="G35" s="10">
         <v>3089830</v>
       </c>
       <c r="H35" s="10">
         <v>3109689</v>
       </c>
       <c r="I35" s="10">
@@ -5612,52 +6742,88 @@
       </c>
       <c r="AP35" s="15">
         <v>3182600</v>
       </c>
       <c r="AQ35" s="15">
         <v>3213904</v>
       </c>
       <c r="AR35" s="15">
         <v>3266099</v>
       </c>
       <c r="AS35" s="15">
         <v>3226869</v>
       </c>
       <c r="AT35" s="15">
         <v>3208402</v>
       </c>
       <c r="AU35" s="15">
         <v>3238467</v>
       </c>
       <c r="AV35" s="15">
         <v>3323830</v>
       </c>
       <c r="AW35" s="15">
         <v>3345809</v>
       </c>
+      <c r="AX35" s="15">
+        <v>3394627</v>
+      </c>
+      <c r="AY35" s="15">
+        <v>3407489</v>
+      </c>
+      <c r="AZ35" s="15">
+        <v>3404256</v>
+      </c>
+      <c r="BA35" s="15">
+        <v>3424468</v>
+      </c>
+      <c r="BB35" s="15">
+        <v>3464615</v>
+      </c>
+      <c r="BC35" s="15">
+        <v>3480675</v>
+      </c>
+      <c r="BD35" s="15">
+        <v>3457228</v>
+      </c>
+      <c r="BE35" s="15">
+        <v>3462415</v>
+      </c>
+      <c r="BF35" s="15">
+        <v>3496914</v>
+      </c>
+      <c r="BG35" s="15">
+        <v>3480862</v>
+      </c>
+      <c r="BH35" s="15">
+        <v>3483300</v>
+      </c>
+      <c r="BI35" s="15">
+        <v>3495243</v>
+      </c>
     </row>
-    <row r="36" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="10">
         <v>1573</v>
       </c>
       <c r="C36" s="10">
         <v>1601</v>
       </c>
       <c r="D36" s="10">
         <v>1589</v>
       </c>
       <c r="E36" s="10">
         <v>1626</v>
       </c>
       <c r="F36" s="10">
         <v>1647</v>
       </c>
       <c r="G36" s="10">
         <v>1607</v>
       </c>
       <c r="H36" s="10">
         <v>1620</v>
       </c>
       <c r="I36" s="10">
@@ -5761,52 +6927,88 @@
       </c>
       <c r="AP36" s="15">
         <v>1441</v>
       </c>
       <c r="AQ36" s="15">
         <v>1371</v>
       </c>
       <c r="AR36" s="15">
         <v>1362</v>
       </c>
       <c r="AS36" s="15">
         <v>1348</v>
       </c>
       <c r="AT36" s="15">
         <v>1323</v>
       </c>
       <c r="AU36" s="15">
         <v>1308</v>
       </c>
       <c r="AV36" s="15">
         <v>1274</v>
       </c>
       <c r="AW36" s="15">
         <v>1257</v>
       </c>
+      <c r="AX36" s="15">
+        <v>1247</v>
+      </c>
+      <c r="AY36" s="15">
+        <v>1216</v>
+      </c>
+      <c r="AZ36" s="15">
+        <v>1205</v>
+      </c>
+      <c r="BA36" s="15">
+        <v>1203</v>
+      </c>
+      <c r="BB36" s="15">
+        <v>1174</v>
+      </c>
+      <c r="BC36" s="15">
+        <v>1172</v>
+      </c>
+      <c r="BD36" s="15">
+        <v>1143</v>
+      </c>
+      <c r="BE36" s="15">
+        <v>1116</v>
+      </c>
+      <c r="BF36" s="15">
+        <v>1102</v>
+      </c>
+      <c r="BG36" s="15">
+        <v>1094</v>
+      </c>
+      <c r="BH36" s="15">
+        <v>1065</v>
+      </c>
+      <c r="BI36" s="15">
+        <v>1043</v>
+      </c>
     </row>
-    <row r="37" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="10">
         <v>1134570</v>
       </c>
       <c r="C37" s="10">
         <v>1139914</v>
       </c>
       <c r="D37" s="10">
         <v>1140718</v>
       </c>
       <c r="E37" s="10">
         <v>1145471</v>
       </c>
       <c r="F37" s="10">
         <v>1130132</v>
       </c>
       <c r="G37" s="10">
         <v>1134347</v>
       </c>
       <c r="H37" s="10">
         <v>1140065</v>
       </c>
       <c r="I37" s="10">
@@ -5910,52 +7112,88 @@
       </c>
       <c r="AP37" s="15">
         <v>1376726</v>
       </c>
       <c r="AQ37" s="15">
         <v>1378480</v>
       </c>
       <c r="AR37" s="15">
         <v>1381182</v>
       </c>
       <c r="AS37" s="15">
         <v>1384709</v>
       </c>
       <c r="AT37" s="15">
         <v>1396837</v>
       </c>
       <c r="AU37" s="15">
         <v>1399366</v>
       </c>
       <c r="AV37" s="15">
         <v>1405285</v>
       </c>
       <c r="AW37" s="15">
         <v>1411480</v>
       </c>
+      <c r="AX37" s="15">
+        <v>1416953</v>
+      </c>
+      <c r="AY37" s="15">
+        <v>1427894</v>
+      </c>
+      <c r="AZ37" s="15">
+        <v>1430171</v>
+      </c>
+      <c r="BA37" s="15">
+        <v>1429029</v>
+      </c>
+      <c r="BB37" s="15">
+        <v>1431414</v>
+      </c>
+      <c r="BC37" s="15">
+        <v>1432312</v>
+      </c>
+      <c r="BD37" s="15">
+        <v>1434829</v>
+      </c>
+      <c r="BE37" s="15">
+        <v>1436547</v>
+      </c>
+      <c r="BF37" s="15">
+        <v>1434854</v>
+      </c>
+      <c r="BG37" s="15">
+        <v>1448511</v>
+      </c>
+      <c r="BH37" s="15">
+        <v>1457947</v>
+      </c>
+      <c r="BI37" s="15">
+        <v>1465947</v>
+      </c>
     </row>
-    <row r="38" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="10">
         <v>1003432</v>
       </c>
       <c r="C38" s="10">
         <v>1010161</v>
       </c>
       <c r="D38" s="10">
         <v>1011373</v>
       </c>
       <c r="E38" s="10">
         <v>1016151</v>
       </c>
       <c r="F38" s="10">
         <v>1003539</v>
       </c>
       <c r="G38" s="10">
         <v>1008268</v>
       </c>
       <c r="H38" s="10">
         <v>1013209</v>
       </c>
       <c r="I38" s="10">
@@ -6059,52 +7297,88 @@
       </c>
       <c r="AP38" s="15">
         <v>1244101</v>
       </c>
       <c r="AQ38" s="15">
         <v>1246336</v>
       </c>
       <c r="AR38" s="15">
         <v>1248737</v>
       </c>
       <c r="AS38" s="15">
         <v>1251900</v>
       </c>
       <c r="AT38" s="15">
         <v>1261449</v>
       </c>
       <c r="AU38" s="15">
         <v>1263899</v>
       </c>
       <c r="AV38" s="15">
         <v>1273086</v>
       </c>
       <c r="AW38" s="15">
         <v>1279007</v>
       </c>
+      <c r="AX38" s="15">
+        <v>1283935</v>
+      </c>
+      <c r="AY38" s="15">
+        <v>1294591</v>
+      </c>
+      <c r="AZ38" s="15">
+        <v>1296744</v>
+      </c>
+      <c r="BA38" s="15">
+        <v>1295103</v>
+      </c>
+      <c r="BB38" s="15">
+        <v>1297603</v>
+      </c>
+      <c r="BC38" s="15">
+        <v>1299529</v>
+      </c>
+      <c r="BD38" s="15">
+        <v>1301762</v>
+      </c>
+      <c r="BE38" s="15">
+        <v>1300757</v>
+      </c>
+      <c r="BF38" s="15">
+        <v>1299556</v>
+      </c>
+      <c r="BG38" s="15">
+        <v>1311345</v>
+      </c>
+      <c r="BH38" s="15">
+        <v>1315884</v>
+      </c>
+      <c r="BI38" s="15">
+        <v>1323565</v>
+      </c>
     </row>
-    <row r="39" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B39" s="10">
         <v>131139</v>
       </c>
       <c r="C39" s="10">
         <v>129753</v>
       </c>
       <c r="D39" s="10">
         <v>129345</v>
       </c>
       <c r="E39" s="10">
         <v>129320</v>
       </c>
       <c r="F39" s="10">
         <v>126593</v>
       </c>
       <c r="G39" s="10">
         <v>126079</v>
       </c>
       <c r="H39" s="10">
         <v>126856</v>
       </c>
       <c r="I39" s="10">
@@ -6208,52 +7482,88 @@
       </c>
       <c r="AP39" s="15">
         <v>132625</v>
       </c>
       <c r="AQ39" s="15">
         <v>132143</v>
       </c>
       <c r="AR39" s="15">
         <v>132445</v>
       </c>
       <c r="AS39" s="15">
         <v>132809</v>
       </c>
       <c r="AT39" s="15">
         <v>135388</v>
       </c>
       <c r="AU39" s="15">
         <v>135466</v>
       </c>
       <c r="AV39" s="15">
         <v>132199</v>
       </c>
       <c r="AW39" s="15">
         <v>132474</v>
       </c>
+      <c r="AX39" s="15">
+        <v>133018</v>
+      </c>
+      <c r="AY39" s="15">
+        <v>133303</v>
+      </c>
+      <c r="AZ39" s="15">
+        <v>133428</v>
+      </c>
+      <c r="BA39" s="15">
+        <v>133925</v>
+      </c>
+      <c r="BB39" s="15">
+        <v>133811</v>
+      </c>
+      <c r="BC39" s="15">
+        <v>132783</v>
+      </c>
+      <c r="BD39" s="15">
+        <v>133068</v>
+      </c>
+      <c r="BE39" s="15">
+        <v>135790</v>
+      </c>
+      <c r="BF39" s="15">
+        <v>135298</v>
+      </c>
+      <c r="BG39" s="15">
+        <v>137166</v>
+      </c>
+      <c r="BH39" s="15">
+        <v>142064</v>
+      </c>
+      <c r="BI39" s="15">
+        <v>142382</v>
+      </c>
     </row>
-    <row r="40" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B40" s="11">
         <v>0</v>
       </c>
       <c r="C40" s="11">
         <v>0</v>
       </c>
       <c r="D40" s="11">
         <v>0</v>
       </c>
       <c r="E40" s="11">
         <v>0</v>
       </c>
       <c r="F40" s="11">
         <v>0</v>
       </c>
       <c r="G40" s="11">
         <v>0</v>
       </c>
       <c r="H40" s="11">
         <v>0</v>
       </c>
       <c r="I40" s="11">
@@ -6357,52 +7667,88 @@
       </c>
       <c r="AP40" s="15">
         <v>0</v>
       </c>
       <c r="AQ40" s="15">
         <v>0</v>
       </c>
       <c r="AR40" s="15">
         <v>0</v>
       </c>
       <c r="AS40" s="15">
         <v>0</v>
       </c>
       <c r="AT40" s="15">
         <v>0</v>
       </c>
       <c r="AU40" s="15">
         <v>0</v>
       </c>
       <c r="AV40" s="15">
         <v>0</v>
       </c>
       <c r="AW40" s="15">
         <v>0</v>
       </c>
+      <c r="AX40" s="15">
+        <v>0</v>
+      </c>
+      <c r="AY40" s="15">
+        <v>0</v>
+      </c>
+      <c r="AZ40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BA40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BB40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BC40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BD40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BE40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BF40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BG40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BH40" s="15">
+        <v>0</v>
+      </c>
+      <c r="BI40" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B41" s="10">
         <v>237080</v>
       </c>
       <c r="C41" s="10">
         <v>234085</v>
       </c>
       <c r="D41" s="10">
         <v>332876</v>
       </c>
       <c r="E41" s="10">
         <v>379539</v>
       </c>
       <c r="F41" s="10">
         <v>376354</v>
       </c>
       <c r="G41" s="10">
         <v>368683</v>
       </c>
       <c r="H41" s="10">
         <v>376498</v>
       </c>
       <c r="I41" s="10">
@@ -6506,52 +7852,88 @@
       </c>
       <c r="AP41" s="15">
         <v>305440</v>
       </c>
       <c r="AQ41" s="15">
         <v>305630</v>
       </c>
       <c r="AR41" s="15">
         <v>304363</v>
       </c>
       <c r="AS41" s="15">
         <v>297755</v>
       </c>
       <c r="AT41" s="15">
         <v>304103</v>
       </c>
       <c r="AU41" s="15">
         <v>294716</v>
       </c>
       <c r="AV41" s="15">
         <v>299393</v>
       </c>
       <c r="AW41" s="15">
         <v>296945</v>
       </c>
+      <c r="AX41" s="15">
+        <v>300197</v>
+      </c>
+      <c r="AY41" s="15">
+        <v>303938</v>
+      </c>
+      <c r="AZ41" s="15">
+        <v>307327</v>
+      </c>
+      <c r="BA41" s="15">
+        <v>307986</v>
+      </c>
+      <c r="BB41" s="15">
+        <v>303157</v>
+      </c>
+      <c r="BC41" s="15">
+        <v>308025</v>
+      </c>
+      <c r="BD41" s="15">
+        <v>333107</v>
+      </c>
+      <c r="BE41" s="15">
+        <v>346055</v>
+      </c>
+      <c r="BF41" s="15">
+        <v>337189</v>
+      </c>
+      <c r="BG41" s="15">
+        <v>352644</v>
+      </c>
+      <c r="BH41" s="15">
+        <v>354648</v>
+      </c>
+      <c r="BI41" s="15">
+        <v>371908</v>
+      </c>
     </row>
-    <row r="42" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A42" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B42" s="10">
         <v>65808</v>
       </c>
       <c r="C42" s="10">
         <v>59475</v>
       </c>
       <c r="D42" s="10">
         <v>51705</v>
       </c>
       <c r="E42" s="10">
         <v>47068</v>
       </c>
       <c r="F42" s="10">
         <v>45837</v>
       </c>
       <c r="G42" s="10">
         <v>36442</v>
       </c>
       <c r="H42" s="10">
         <v>28816</v>
       </c>
       <c r="I42" s="10">
@@ -6655,52 +8037,88 @@
       </c>
       <c r="AP42" s="15">
         <v>46886</v>
       </c>
       <c r="AQ42" s="15">
         <v>45784</v>
       </c>
       <c r="AR42" s="15">
         <v>44402</v>
       </c>
       <c r="AS42" s="15">
         <v>47431</v>
       </c>
       <c r="AT42" s="15">
         <v>48573</v>
       </c>
       <c r="AU42" s="15">
         <v>50305</v>
       </c>
       <c r="AV42" s="15">
         <v>54089</v>
       </c>
       <c r="AW42" s="15">
         <v>58276</v>
       </c>
+      <c r="AX42" s="15">
+        <v>56257</v>
+      </c>
+      <c r="AY42" s="15">
+        <v>58876</v>
+      </c>
+      <c r="AZ42" s="15">
+        <v>58634</v>
+      </c>
+      <c r="BA42" s="15">
+        <v>59793</v>
+      </c>
+      <c r="BB42" s="15">
+        <v>60190</v>
+      </c>
+      <c r="BC42" s="15">
+        <v>55031</v>
+      </c>
+      <c r="BD42" s="15">
+        <v>53310</v>
+      </c>
+      <c r="BE42" s="15">
+        <v>53532</v>
+      </c>
+      <c r="BF42" s="15">
+        <v>50707</v>
+      </c>
+      <c r="BG42" s="15">
+        <v>58932</v>
+      </c>
+      <c r="BH42" s="15">
+        <v>68619</v>
+      </c>
+      <c r="BI42" s="15">
+        <v>73042</v>
+      </c>
     </row>
-    <row r="43" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B43" s="10">
         <v>61536</v>
       </c>
       <c r="C43" s="10">
         <v>55345</v>
       </c>
       <c r="D43" s="10">
         <v>46306</v>
       </c>
       <c r="E43" s="10">
         <v>42393</v>
       </c>
       <c r="F43" s="10">
         <v>39892</v>
       </c>
       <c r="G43" s="10">
         <v>29995</v>
       </c>
       <c r="H43" s="10">
         <v>22692</v>
       </c>
       <c r="I43" s="10">
@@ -6804,52 +8222,88 @@
       </c>
       <c r="AP43" s="15">
         <v>3569</v>
       </c>
       <c r="AQ43" s="15">
         <v>5215</v>
       </c>
       <c r="AR43" s="15">
         <v>5202</v>
       </c>
       <c r="AS43" s="15">
         <v>4992</v>
       </c>
       <c r="AT43" s="15">
         <v>4955</v>
       </c>
       <c r="AU43" s="15">
         <v>9017</v>
       </c>
       <c r="AV43" s="15">
         <v>9632</v>
       </c>
       <c r="AW43" s="15">
         <v>9651</v>
       </c>
+      <c r="AX43" s="15">
+        <v>9123</v>
+      </c>
+      <c r="AY43" s="15">
+        <v>9027</v>
+      </c>
+      <c r="AZ43" s="15">
+        <v>9111</v>
+      </c>
+      <c r="BA43" s="15">
+        <v>9110</v>
+      </c>
+      <c r="BB43" s="15">
+        <v>9219</v>
+      </c>
+      <c r="BC43" s="15">
+        <v>6228</v>
+      </c>
+      <c r="BD43" s="15">
+        <v>6235</v>
+      </c>
+      <c r="BE43" s="15">
+        <v>6196</v>
+      </c>
+      <c r="BF43" s="15">
+        <v>6181</v>
+      </c>
+      <c r="BG43" s="15">
+        <v>6175</v>
+      </c>
+      <c r="BH43" s="15">
+        <v>6175</v>
+      </c>
+      <c r="BI43" s="15">
+        <v>7617</v>
+      </c>
     </row>
-    <row r="44" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A44" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B44" s="10">
         <v>52895</v>
       </c>
       <c r="C44" s="10">
         <v>49294</v>
       </c>
       <c r="D44" s="10">
         <v>43931</v>
       </c>
       <c r="E44" s="10">
         <v>39915</v>
       </c>
       <c r="F44" s="10">
         <v>37411</v>
       </c>
       <c r="G44" s="10">
         <v>28515</v>
       </c>
       <c r="H44" s="10">
         <v>21212</v>
       </c>
       <c r="I44" s="10">
@@ -6953,52 +8407,88 @@
       </c>
       <c r="AP44" s="15">
         <v>3527</v>
       </c>
       <c r="AQ44" s="15">
         <v>3517</v>
       </c>
       <c r="AR44" s="15">
         <v>3502</v>
       </c>
       <c r="AS44" s="15">
         <v>3289</v>
       </c>
       <c r="AT44" s="15">
         <v>3250</v>
       </c>
       <c r="AU44" s="15">
         <v>3261</v>
       </c>
       <c r="AV44" s="15">
         <v>3361</v>
       </c>
       <c r="AW44" s="15">
         <v>3378</v>
       </c>
+      <c r="AX44" s="15">
+        <v>3502</v>
+      </c>
+      <c r="AY44" s="15">
+        <v>3394</v>
+      </c>
+      <c r="AZ44" s="15">
+        <v>3465</v>
+      </c>
+      <c r="BA44" s="15">
+        <v>3452</v>
+      </c>
+      <c r="BB44" s="15">
+        <v>3550</v>
+      </c>
+      <c r="BC44" s="15">
+        <v>3492</v>
+      </c>
+      <c r="BD44" s="15">
+        <v>3495</v>
+      </c>
+      <c r="BE44" s="15">
+        <v>3450</v>
+      </c>
+      <c r="BF44" s="15">
+        <v>3431</v>
+      </c>
+      <c r="BG44" s="15">
+        <v>3420</v>
+      </c>
+      <c r="BH44" s="15">
+        <v>3416</v>
+      </c>
+      <c r="BI44" s="15">
+        <v>3354</v>
+      </c>
     </row>
-    <row r="45" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A45" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B45" s="8">
         <v>8641</v>
       </c>
       <c r="C45" s="8">
         <v>6051</v>
       </c>
       <c r="D45" s="8">
         <v>2374</v>
       </c>
       <c r="E45" s="8">
         <v>2478</v>
       </c>
       <c r="F45" s="8">
         <v>2482</v>
       </c>
       <c r="G45" s="8">
         <v>1480</v>
       </c>
       <c r="H45" s="8">
         <v>1480</v>
       </c>
       <c r="I45" s="8">
@@ -7102,52 +8592,88 @@
       </c>
       <c r="AP45" s="15">
         <v>42</v>
       </c>
       <c r="AQ45" s="15">
         <v>1699</v>
       </c>
       <c r="AR45" s="15">
         <v>1701</v>
       </c>
       <c r="AS45" s="15">
         <v>1703</v>
       </c>
       <c r="AT45" s="15">
         <v>1705</v>
       </c>
       <c r="AU45" s="15">
         <v>5756</v>
       </c>
       <c r="AV45" s="15">
         <v>6271</v>
       </c>
       <c r="AW45" s="15">
         <v>6273</v>
       </c>
+      <c r="AX45" s="15">
+        <v>5621</v>
+      </c>
+      <c r="AY45" s="15">
+        <v>5633</v>
+      </c>
+      <c r="AZ45" s="15">
+        <v>5646</v>
+      </c>
+      <c r="BA45" s="15">
+        <v>5658</v>
+      </c>
+      <c r="BB45" s="15">
+        <v>5669</v>
+      </c>
+      <c r="BC45" s="15">
+        <v>2736</v>
+      </c>
+      <c r="BD45" s="15">
+        <v>2740</v>
+      </c>
+      <c r="BE45" s="15">
+        <v>2746</v>
+      </c>
+      <c r="BF45" s="15">
+        <v>2750</v>
+      </c>
+      <c r="BG45" s="15">
+        <v>2755</v>
+      </c>
+      <c r="BH45" s="15">
+        <v>2759</v>
+      </c>
+      <c r="BI45" s="15">
+        <v>4262</v>
+      </c>
     </row>
-    <row r="46" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A46" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B46" s="8">
         <v>4166</v>
       </c>
       <c r="C46" s="8">
         <v>4024</v>
       </c>
       <c r="D46" s="8">
         <v>5292</v>
       </c>
       <c r="E46" s="8">
         <v>4567</v>
       </c>
       <c r="F46" s="8">
         <v>5836</v>
       </c>
       <c r="G46" s="8">
         <v>6340</v>
       </c>
       <c r="H46" s="8">
         <v>6017</v>
       </c>
       <c r="I46" s="8">
@@ -7251,52 +8777,88 @@
       </c>
       <c r="AP46" s="15">
         <v>9403</v>
       </c>
       <c r="AQ46" s="15">
         <v>6784</v>
       </c>
       <c r="AR46" s="15">
         <v>7134</v>
       </c>
       <c r="AS46" s="15">
         <v>7666</v>
       </c>
       <c r="AT46" s="15">
         <v>7859</v>
       </c>
       <c r="AU46" s="15">
         <v>6902</v>
       </c>
       <c r="AV46" s="15">
         <v>7959</v>
       </c>
       <c r="AW46" s="15">
         <v>6398</v>
       </c>
+      <c r="AX46" s="15">
+        <v>5690</v>
+      </c>
+      <c r="AY46" s="15">
+        <v>6317</v>
+      </c>
+      <c r="AZ46" s="15">
+        <v>7483</v>
+      </c>
+      <c r="BA46" s="15">
+        <v>7648</v>
+      </c>
+      <c r="BB46" s="15">
+        <v>6567</v>
+      </c>
+      <c r="BC46" s="15">
+        <v>6603</v>
+      </c>
+      <c r="BD46" s="15">
+        <v>5542</v>
+      </c>
+      <c r="BE46" s="15">
+        <v>4981</v>
+      </c>
+      <c r="BF46" s="15">
+        <v>4783</v>
+      </c>
+      <c r="BG46" s="15">
+        <v>5089</v>
+      </c>
+      <c r="BH46" s="15">
+        <v>5746</v>
+      </c>
+      <c r="BI46" s="15">
+        <v>5935</v>
+      </c>
     </row>
-    <row r="47" spans="1:49" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A47" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B47" s="8">
         <v>20905</v>
       </c>
       <c r="C47" s="8">
         <v>23417</v>
       </c>
       <c r="D47" s="8">
         <v>25235</v>
       </c>
       <c r="E47" s="8">
         <v>22854</v>
       </c>
       <c r="F47" s="8">
         <v>19786</v>
       </c>
       <c r="G47" s="8">
         <v>26744</v>
       </c>
       <c r="H47" s="8">
         <v>26953</v>
       </c>
       <c r="I47" s="8">
@@ -7400,71 +8962,108 @@
       </c>
       <c r="AP47" s="15">
         <v>33913</v>
       </c>
       <c r="AQ47" s="15">
         <v>33785</v>
       </c>
       <c r="AR47" s="15">
         <v>32066</v>
       </c>
       <c r="AS47" s="15">
         <v>34772</v>
       </c>
       <c r="AT47" s="15">
         <v>35759</v>
       </c>
       <c r="AU47" s="15">
         <v>34386</v>
       </c>
       <c r="AV47" s="15">
         <v>36497</v>
       </c>
       <c r="AW47" s="15">
         <v>42227</v>
       </c>
+      <c r="AX47" s="15">
+        <v>41444</v>
+      </c>
+      <c r="AY47" s="15">
+        <v>43532</v>
+      </c>
+      <c r="AZ47" s="15">
+        <v>42040</v>
+      </c>
+      <c r="BA47" s="15">
+        <v>43035</v>
+      </c>
+      <c r="BB47" s="15">
+        <v>44404</v>
+      </c>
+      <c r="BC47" s="15">
+        <v>42201</v>
+      </c>
+      <c r="BD47" s="15">
+        <v>41533</v>
+      </c>
+      <c r="BE47" s="15">
+        <v>42355</v>
+      </c>
+      <c r="BF47" s="15">
+        <v>39743</v>
+      </c>
+      <c r="BG47" s="15">
+        <v>47668</v>
+      </c>
+      <c r="BH47" s="15">
+        <v>56698</v>
+      </c>
+      <c r="BI47" s="15">
+        <v>59489</v>
+      </c>
     </row>
-    <row r="48" spans="1:49" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:61" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.15">
       <c r="A51" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="6">
+    <mergeCell ref="AX3:BI3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="N3:Y3"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="Z3:AK3"/>
     <mergeCell ref="AL3:AW3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>