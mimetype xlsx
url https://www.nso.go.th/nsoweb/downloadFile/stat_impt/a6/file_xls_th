--- v0 (2025-10-18)
+++ v1 (2026-02-05)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6759ACAC-B726-4670-84F4-0DDA1BDFCD09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6514AC9C-55C4-481A-AD6C-9F7A3D0FFBF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="51">
   <si>
     <t>มกราคม</t>
   </si>
   <si>
     <t>กุมภาพันธ์</t>
   </si>
   <si>
     <t>มีนาคม</t>
   </si>
   <si>
     <t>เมษายน</t>
   </si>
   <si>
     <t>พฤษภาคม</t>
   </si>
   <si>
     <t>มิถุนายน</t>
   </si>
   <si>
     <t>กรกฎาคม</t>
   </si>
   <si>
     <t>สิงหาคม</t>
   </si>
   <si>
@@ -218,51 +218,51 @@
   <si>
     <t xml:space="preserve">                  2. เพิ่มข้อมูลของบริษัทเครดิตฟองซิเอร์ (บค.) ตั้งแต่เดือนมกราคม 2563 เป็นต้นไป</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">        ที่มา:  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">ธนาคารแห่งประเทศไทย </t>
     </r>
   </si>
   <si>
-    <t>ปริมาณเงินและองค์ประกอบ เป็นรายเดือน พ.ศ. 2563 - 2566</t>
+    <t>ปริมาณเงินและองค์ประกอบ เป็นรายเดือน พ.ศ. 2563 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Angsana New"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
@@ -384,78 +384,78 @@
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -728,6718 +728,8471 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AW50"/>
+  <dimension ref="A1:BJ50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="B5" sqref="B5"/>
+      <selection pane="bottomRight" activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="48.140625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="50" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="9.140625" style="1"/>
+    <col min="2" max="2" width="48.140625" style="1" customWidth="1"/>
+    <col min="3" max="11" width="9.85546875" style="1" customWidth="1"/>
+    <col min="12" max="12" width="11" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="9.85546875" style="1" customWidth="1"/>
+    <col min="15" max="49" width="9.140625" style="1" customWidth="1"/>
+    <col min="50" max="62" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="63" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A1" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1" s="3" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="2" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
+        <v>2</v>
+      </c>
+      <c r="B2" s="4" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="3" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A3" s="12" t="s">
+    <row r="3" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
+        <v>3</v>
+      </c>
+      <c r="B3" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="12">
+      <c r="C3" s="12">
         <v>2563</v>
       </c>
-      <c r="C3" s="12"/>
-[...7 lines deleted...]
-      <c r="K3" s="12"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
       <c r="L3" s="13"/>
-      <c r="M3" s="5"/>
-      <c r="N3" s="12">
+      <c r="M3" s="13"/>
+      <c r="N3" s="14"/>
+      <c r="O3" s="12">
         <v>2564</v>
       </c>
-      <c r="O3" s="12"/>
-[...7 lines deleted...]
-      <c r="W3" s="12"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
+      <c r="S3" s="13"/>
+      <c r="T3" s="13"/>
+      <c r="U3" s="13"/>
+      <c r="V3" s="13"/>
+      <c r="W3" s="13"/>
       <c r="X3" s="13"/>
-      <c r="Y3" s="5"/>
-      <c r="Z3" s="12">
+      <c r="Y3" s="13"/>
+      <c r="Z3" s="14"/>
+      <c r="AA3" s="12">
         <v>2565</v>
       </c>
-      <c r="AA3" s="12"/>
-[...7 lines deleted...]
-      <c r="AI3" s="12"/>
+      <c r="AB3" s="13"/>
+      <c r="AC3" s="13"/>
+      <c r="AD3" s="13"/>
+      <c r="AE3" s="13"/>
+      <c r="AF3" s="13"/>
+      <c r="AG3" s="13"/>
+      <c r="AH3" s="13"/>
+      <c r="AI3" s="13"/>
       <c r="AJ3" s="13"/>
-      <c r="AK3" s="5"/>
-      <c r="AL3" s="12">
+      <c r="AK3" s="13"/>
+      <c r="AL3" s="14"/>
+      <c r="AM3" s="12">
         <v>2566</v>
       </c>
-      <c r="AM3" s="12"/>
-[...7 lines deleted...]
-      <c r="AU3" s="12"/>
+      <c r="AN3" s="13"/>
+      <c r="AO3" s="13"/>
+      <c r="AP3" s="13"/>
+      <c r="AQ3" s="13"/>
+      <c r="AR3" s="13"/>
+      <c r="AS3" s="13"/>
+      <c r="AT3" s="13"/>
+      <c r="AU3" s="13"/>
       <c r="AV3" s="13"/>
-      <c r="AW3" s="14"/>
+      <c r="AW3" s="13"/>
+      <c r="AX3" s="13"/>
+      <c r="AY3" s="12">
+        <v>2567</v>
+      </c>
+      <c r="AZ3" s="13"/>
+      <c r="BA3" s="13"/>
+      <c r="BB3" s="13"/>
+      <c r="BC3" s="13"/>
+      <c r="BD3" s="13"/>
+      <c r="BE3" s="13"/>
+      <c r="BF3" s="13"/>
+      <c r="BG3" s="13"/>
+      <c r="BH3" s="13"/>
+      <c r="BI3" s="13"/>
+      <c r="BJ3" s="13"/>
     </row>
-    <row r="4" spans="1:49" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      </c>
+    <row r="4" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
+        <v>4</v>
+      </c>
+      <c r="B4" s="11"/>
       <c r="C4" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="E4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="H4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="I4" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="I4" s="2" t="s">
+      <c r="J4" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="J4" s="2" t="s">
+      <c r="K4" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="L4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="L4" s="2" t="s">
+      <c r="M4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="M4" s="2" t="s">
+      <c r="N4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="N4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="P4" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="P4" s="2" t="s">
+      <c r="Q4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="Q4" s="2" t="s">
+      <c r="R4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="R4" s="2" t="s">
+      <c r="S4" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="S4" s="2" t="s">
+      <c r="T4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="T4" s="2" t="s">
+      <c r="U4" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="U4" s="2" t="s">
+      <c r="V4" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="V4" s="2" t="s">
+      <c r="W4" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="W4" s="2" t="s">
+      <c r="X4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="2" t="s">
+      <c r="Y4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="Y4" s="2" t="s">
+      <c r="Z4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="Z4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA4" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="AB4" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="AB4" s="2" t="s">
+      <c r="AC4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="AC4" s="2" t="s">
+      <c r="AD4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="AD4" s="2" t="s">
+      <c r="AE4" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="AE4" s="2" t="s">
+      <c r="AF4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="AF4" s="2" t="s">
+      <c r="AG4" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="AG4" s="2" t="s">
+      <c r="AH4" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="AH4" s="2" t="s">
+      <c r="AI4" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="AI4" s="2" t="s">
+      <c r="AJ4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="AJ4" s="2" t="s">
+      <c r="AK4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="AK4" s="2" t="s">
+      <c r="AL4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="AL4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AM4" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="AN4" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="AN4" s="2" t="s">
+      <c r="AO4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="AO4" s="2" t="s">
+      <c r="AP4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="AP4" s="2" t="s">
+      <c r="AQ4" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="AQ4" s="2" t="s">
+      <c r="AR4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="AR4" s="2" t="s">
+      <c r="AS4" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="AS4" s="2" t="s">
+      <c r="AT4" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="AT4" s="2" t="s">
+      <c r="AU4" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="AU4" s="2" t="s">
+      <c r="AV4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="AV4" s="2" t="s">
+      <c r="AW4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="AW4" s="2" t="s">
+      <c r="AX4" s="2" t="s">
         <v>11</v>
       </c>
+      <c r="AY4" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="AZ4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="BA4" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="BB4" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="BC4" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="BD4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="BE4" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="BF4" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="BG4" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="BH4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="BI4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="BJ4" s="2" t="s">
+        <v>11</v>
+      </c>
     </row>
-    <row r="5" spans="1:49" s="6" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="7" t="s">
+    <row r="5" spans="1:62" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="1">
+        <v>5</v>
+      </c>
+      <c r="B5" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="8">
+      <c r="C5" s="7">
         <v>20875701</v>
       </c>
-      <c r="C5" s="8">
+      <c r="D5" s="7">
         <v>20936713</v>
       </c>
-      <c r="D5" s="8">
+      <c r="E5" s="7">
         <v>21859687</v>
       </c>
-      <c r="E5" s="8">
+      <c r="F5" s="7">
         <v>22289132</v>
       </c>
-      <c r="F5" s="8">
+      <c r="G5" s="7">
         <v>22495099</v>
       </c>
-      <c r="G5" s="8">
+      <c r="H5" s="7">
         <v>22429834</v>
       </c>
-      <c r="H5" s="8">
+      <c r="I5" s="7">
         <v>22545522</v>
       </c>
-      <c r="I5" s="8">
+      <c r="J5" s="7">
         <v>22485754</v>
       </c>
-      <c r="J5" s="8">
+      <c r="K5" s="7">
         <v>22427110</v>
       </c>
-      <c r="K5" s="8">
+      <c r="L5" s="7">
         <v>22516772</v>
       </c>
-      <c r="L5" s="8">
+      <c r="M5" s="7">
         <v>22774950</v>
       </c>
-      <c r="M5" s="8">
+      <c r="N5" s="7">
         <v>22951927</v>
       </c>
-      <c r="N5" s="8">
+      <c r="O5" s="7">
         <v>22915295</v>
       </c>
-      <c r="O5" s="8">
+      <c r="P5" s="7">
         <v>23019908</v>
       </c>
-      <c r="P5" s="8">
+      <c r="Q5" s="7">
         <v>23109674</v>
       </c>
-      <c r="Q5" s="8">
+      <c r="R5" s="7">
         <v>23239804</v>
       </c>
-      <c r="R5" s="8">
+      <c r="S5" s="7">
         <v>23282599</v>
       </c>
-      <c r="S5" s="8">
+      <c r="T5" s="7">
         <v>23095124</v>
       </c>
-      <c r="T5" s="8">
+      <c r="U5" s="7">
         <v>23266534</v>
       </c>
-      <c r="U5" s="8">
+      <c r="V5" s="7">
         <v>23374555</v>
       </c>
-      <c r="V5" s="8">
+      <c r="W5" s="7">
         <v>23517109</v>
       </c>
-      <c r="W5" s="8">
+      <c r="X5" s="7">
         <v>23728417</v>
       </c>
-      <c r="X5" s="8">
+      <c r="Y5" s="7">
         <v>23824363</v>
       </c>
-      <c r="Y5" s="8">
+      <c r="Z5" s="7">
         <v>24061617</v>
       </c>
-      <c r="Z5" s="11">
+      <c r="AA5" s="10">
         <v>24089550</v>
       </c>
-      <c r="AA5" s="11">
+      <c r="AB5" s="10">
         <v>24269541</v>
       </c>
-      <c r="AB5" s="11">
+      <c r="AC5" s="10">
         <v>24559711</v>
       </c>
-      <c r="AC5" s="11">
+      <c r="AD5" s="10">
         <v>24633637</v>
       </c>
-      <c r="AD5" s="11">
+      <c r="AE5" s="10">
         <v>24636314</v>
       </c>
-      <c r="AE5" s="11">
+      <c r="AF5" s="10">
         <v>24545875</v>
       </c>
-      <c r="AF5" s="11">
+      <c r="AG5" s="10">
         <v>24521365</v>
       </c>
-      <c r="AG5" s="11">
+      <c r="AH5" s="10">
         <v>24578089</v>
       </c>
-      <c r="AH5" s="11">
+      <c r="AI5" s="10">
         <v>24580777</v>
       </c>
-      <c r="AI5" s="11">
+      <c r="AJ5" s="10">
         <v>24718433</v>
       </c>
-      <c r="AJ5" s="11">
+      <c r="AK5" s="10">
         <v>24946366</v>
       </c>
-      <c r="AK5" s="11">
+      <c r="AL5" s="10">
         <v>24994191</v>
       </c>
-      <c r="AL5" s="11">
+      <c r="AM5" s="10">
         <v>24967733</v>
       </c>
-      <c r="AM5" s="11">
+      <c r="AN5" s="10">
         <v>25118127</v>
       </c>
-      <c r="AN5" s="11">
+      <c r="AO5" s="10">
         <v>25231088</v>
       </c>
-      <c r="AO5" s="11">
+      <c r="AP5" s="10">
         <v>25196372</v>
       </c>
-      <c r="AP5" s="11">
+      <c r="AQ5" s="10">
         <v>25091194</v>
       </c>
-      <c r="AQ5" s="11">
+      <c r="AR5" s="10">
         <v>24970438</v>
       </c>
-      <c r="AR5" s="11">
+      <c r="AS5" s="10">
         <v>24916446</v>
       </c>
-      <c r="AS5" s="11">
+      <c r="AT5" s="10">
         <v>24905449</v>
       </c>
-      <c r="AT5" s="11">
+      <c r="AU5" s="10">
         <v>25039057</v>
       </c>
-      <c r="AU5" s="11">
+      <c r="AV5" s="10">
         <v>25156438</v>
       </c>
-      <c r="AV5" s="11">
+      <c r="AW5" s="10">
         <v>25324709</v>
       </c>
-      <c r="AW5" s="11">
+      <c r="AX5" s="10">
         <v>25481698</v>
       </c>
+      <c r="AY5" s="10">
+        <v>25558611</v>
+      </c>
+      <c r="AZ5" s="10">
+        <v>25764696</v>
+      </c>
+      <c r="BA5" s="10">
+        <v>25863321</v>
+      </c>
+      <c r="BB5" s="10">
+        <v>25857288</v>
+      </c>
+      <c r="BC5" s="10">
+        <v>25865337</v>
+      </c>
+      <c r="BD5" s="10">
+        <v>25720980</v>
+      </c>
+      <c r="BE5" s="10">
+        <v>25714896</v>
+      </c>
+      <c r="BF5" s="10">
+        <v>25577526</v>
+      </c>
+      <c r="BG5" s="10">
+        <v>25793826</v>
+      </c>
+      <c r="BH5" s="10">
+        <v>26194851</v>
+      </c>
+      <c r="BI5" s="10">
+        <v>26280476</v>
+      </c>
+      <c r="BJ5" s="10">
+        <v>26340781</v>
+      </c>
     </row>
-    <row r="6" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A6" s="9" t="s">
+    <row r="6" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
+        <v>6</v>
+      </c>
+      <c r="B6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="10">
+      <c r="C6" s="9">
         <v>2184133</v>
       </c>
-      <c r="C6" s="10">
+      <c r="D6" s="9">
         <v>2225133</v>
       </c>
-      <c r="D6" s="10">
+      <c r="E6" s="9">
         <v>2319021</v>
       </c>
-      <c r="E6" s="10">
+      <c r="F6" s="9">
         <v>2368692</v>
       </c>
-      <c r="F6" s="10">
+      <c r="G6" s="9">
         <v>2458425</v>
       </c>
-      <c r="G6" s="10">
+      <c r="H6" s="9">
         <v>2406714</v>
       </c>
-      <c r="H6" s="10">
+      <c r="I6" s="9">
         <v>2420181</v>
       </c>
-      <c r="I6" s="10">
+      <c r="J6" s="9">
         <v>2416482</v>
       </c>
-      <c r="J6" s="10">
+      <c r="K6" s="9">
         <v>2421107</v>
       </c>
-      <c r="K6" s="10">
+      <c r="L6" s="9">
         <v>2446282</v>
       </c>
-      <c r="L6" s="10">
+      <c r="M6" s="9">
         <v>2475008</v>
       </c>
-      <c r="M6" s="10">
+      <c r="N6" s="9">
         <v>2529200</v>
       </c>
-      <c r="N6" s="10">
+      <c r="O6" s="9">
         <v>2542259</v>
       </c>
-      <c r="O6" s="10">
+      <c r="P6" s="9">
         <v>2628714</v>
       </c>
-      <c r="P6" s="10">
+      <c r="Q6" s="9">
         <v>2614615</v>
       </c>
-      <c r="Q6" s="10">
+      <c r="R6" s="9">
         <v>2617051</v>
       </c>
-      <c r="R6" s="10">
+      <c r="S6" s="9">
         <v>2658000</v>
       </c>
-      <c r="S6" s="10">
+      <c r="T6" s="9">
         <v>2601935</v>
       </c>
-      <c r="T6" s="10">
+      <c r="U6" s="9">
         <v>2656758</v>
       </c>
-      <c r="U6" s="10">
+      <c r="V6" s="9">
         <v>2713866</v>
       </c>
-      <c r="V6" s="10">
+      <c r="W6" s="9">
         <v>2743371</v>
       </c>
-      <c r="W6" s="10">
+      <c r="X6" s="9">
         <v>2801292</v>
       </c>
-      <c r="X6" s="10">
+      <c r="Y6" s="9">
         <v>2811359</v>
       </c>
-      <c r="Y6" s="10">
+      <c r="Z6" s="9">
         <v>2883750</v>
       </c>
-      <c r="Z6" s="10">
+      <c r="AA6" s="9">
         <v>2881818</v>
       </c>
-      <c r="AA6" s="10">
+      <c r="AB6" s="9">
         <v>2862102</v>
       </c>
-      <c r="AB6" s="10">
+      <c r="AC6" s="9">
         <v>2944969</v>
       </c>
-      <c r="AC6" s="10">
+      <c r="AD6" s="9">
         <v>2918945</v>
       </c>
-      <c r="AD6" s="10">
+      <c r="AE6" s="9">
         <v>2928974</v>
       </c>
-      <c r="AE6" s="10">
+      <c r="AF6" s="9">
         <v>2865631</v>
       </c>
-      <c r="AF6" s="10">
+      <c r="AG6" s="9">
         <v>2892523</v>
       </c>
-      <c r="AG6" s="10">
+      <c r="AH6" s="9">
         <v>2871853</v>
       </c>
-      <c r="AH6" s="10">
+      <c r="AI6" s="9">
         <v>2915350</v>
       </c>
-      <c r="AI6" s="10">
+      <c r="AJ6" s="9">
         <v>2907828</v>
       </c>
-      <c r="AJ6" s="10">
+      <c r="AK6" s="9">
         <v>2966021</v>
       </c>
-      <c r="AK6" s="10">
+      <c r="AL6" s="9">
         <v>2973786</v>
       </c>
-      <c r="AL6" s="10">
+      <c r="AM6" s="9">
         <v>2975483</v>
       </c>
-      <c r="AM6" s="10">
+      <c r="AN6" s="9">
         <v>3046833</v>
       </c>
-      <c r="AN6" s="10">
+      <c r="AO6" s="9">
         <v>3053921</v>
       </c>
-      <c r="AO6" s="10">
+      <c r="AP6" s="9">
         <v>3101023</v>
       </c>
-      <c r="AP6" s="10">
+      <c r="AQ6" s="9">
         <v>3024493</v>
       </c>
-      <c r="AQ6" s="10">
+      <c r="AR6" s="9">
         <v>2971853</v>
       </c>
-      <c r="AR6" s="10">
+      <c r="AS6" s="9">
         <v>2943948</v>
       </c>
-      <c r="AS6" s="10">
+      <c r="AT6" s="9">
         <v>2934496</v>
       </c>
-      <c r="AT6" s="10">
+      <c r="AU6" s="9">
         <v>2963454</v>
       </c>
-      <c r="AU6" s="10">
+      <c r="AV6" s="9">
         <v>2966886</v>
       </c>
-      <c r="AV6" s="10">
+      <c r="AW6" s="9">
         <v>3008774</v>
       </c>
-      <c r="AW6" s="10">
+      <c r="AX6" s="9">
         <v>3100157</v>
       </c>
+      <c r="AY6" s="9">
+        <v>3041357</v>
+      </c>
+      <c r="AZ6" s="9">
+        <v>3101923</v>
+      </c>
+      <c r="BA6" s="9">
+        <v>3137656</v>
+      </c>
+      <c r="BB6" s="9">
+        <v>3137940</v>
+      </c>
+      <c r="BC6" s="9">
+        <v>3115173</v>
+      </c>
+      <c r="BD6" s="9">
+        <v>3075083</v>
+      </c>
+      <c r="BE6" s="9">
+        <v>3042657</v>
+      </c>
+      <c r="BF6" s="9">
+        <v>3045855</v>
+      </c>
+      <c r="BG6" s="9">
+        <v>3236953</v>
+      </c>
+      <c r="BH6" s="9">
+        <v>3166871</v>
+      </c>
+      <c r="BI6" s="9">
+        <v>3191260</v>
+      </c>
+      <c r="BJ6" s="9">
+        <v>3244440</v>
+      </c>
     </row>
-    <row r="7" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A7" s="9" t="s">
+    <row r="7" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>7</v>
+      </c>
+      <c r="B7" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="10">
+      <c r="C7" s="9">
         <v>1594766</v>
       </c>
-      <c r="C7" s="10">
+      <c r="D7" s="9">
         <v>1608614</v>
       </c>
-      <c r="D7" s="10">
+      <c r="E7" s="9">
         <v>1634894</v>
       </c>
-      <c r="E7" s="10">
+      <c r="F7" s="9">
         <v>1700773</v>
       </c>
-      <c r="F7" s="10">
+      <c r="G7" s="9">
         <v>1738473</v>
       </c>
-      <c r="G7" s="10">
+      <c r="H7" s="9">
         <v>1728290</v>
       </c>
-      <c r="H7" s="10">
+      <c r="I7" s="9">
         <v>1739929</v>
       </c>
-      <c r="I7" s="10">
+      <c r="J7" s="9">
         <v>1736414</v>
       </c>
-      <c r="J7" s="10">
+      <c r="K7" s="9">
         <v>1734695</v>
       </c>
-      <c r="K7" s="10">
+      <c r="L7" s="9">
         <v>1746022</v>
       </c>
-      <c r="L7" s="10">
+      <c r="M7" s="9">
         <v>1759611</v>
       </c>
-      <c r="M7" s="10">
+      <c r="N7" s="9">
         <v>1812689</v>
       </c>
-      <c r="N7" s="10">
+      <c r="O7" s="9">
         <v>1806247</v>
       </c>
-      <c r="O7" s="10">
+      <c r="P7" s="9">
         <v>1864106</v>
       </c>
-      <c r="P7" s="10">
+      <c r="Q7" s="9">
         <v>1864896</v>
       </c>
-      <c r="Q7" s="10">
+      <c r="R7" s="9">
         <v>1863258</v>
       </c>
-      <c r="R7" s="10">
+      <c r="S7" s="9">
         <v>1867381</v>
       </c>
-      <c r="S7" s="10">
+      <c r="T7" s="9">
         <v>1848190</v>
       </c>
-      <c r="T7" s="10">
+      <c r="U7" s="9">
         <v>1872626</v>
       </c>
-      <c r="U7" s="10">
+      <c r="V7" s="9">
         <v>1934312</v>
       </c>
-      <c r="V7" s="10">
+      <c r="W7" s="9">
         <v>1955710</v>
       </c>
-      <c r="W7" s="10">
+      <c r="X7" s="9">
         <v>1985891</v>
       </c>
-      <c r="X7" s="10">
+      <c r="Y7" s="9">
         <v>2006215</v>
       </c>
-      <c r="Y7" s="10">
+      <c r="Z7" s="9">
         <v>2069505</v>
       </c>
-      <c r="Z7" s="10">
+      <c r="AA7" s="9">
         <v>2054355</v>
       </c>
-      <c r="AA7" s="10">
+      <c r="AB7" s="9">
         <v>2031852</v>
       </c>
-      <c r="AB7" s="10">
+      <c r="AC7" s="9">
         <v>2051456</v>
       </c>
-      <c r="AC7" s="10">
+      <c r="AD7" s="9">
         <v>2060015</v>
       </c>
-      <c r="AD7" s="10">
+      <c r="AE7" s="9">
         <v>2028041</v>
       </c>
-      <c r="AE7" s="10">
+      <c r="AF7" s="9">
         <v>2020671</v>
       </c>
-      <c r="AF7" s="10">
+      <c r="AG7" s="9">
         <v>2038349</v>
       </c>
-      <c r="AG7" s="10">
+      <c r="AH7" s="9">
         <v>2012199</v>
       </c>
-      <c r="AH7" s="10">
+      <c r="AI7" s="9">
         <v>2025848</v>
       </c>
-      <c r="AI7" s="10">
+      <c r="AJ7" s="9">
         <v>2039915</v>
       </c>
-      <c r="AJ7" s="10">
+      <c r="AK7" s="9">
         <v>2063366</v>
       </c>
-      <c r="AK7" s="10">
+      <c r="AL7" s="9">
         <v>2110561</v>
       </c>
-      <c r="AL7" s="10">
+      <c r="AM7" s="9">
         <v>2118428</v>
       </c>
-      <c r="AM7" s="10">
+      <c r="AN7" s="9">
         <v>2149986</v>
       </c>
-      <c r="AN7" s="10">
+      <c r="AO7" s="9">
         <v>2170452</v>
       </c>
-      <c r="AO7" s="10">
+      <c r="AP7" s="9">
         <v>2190200</v>
       </c>
-      <c r="AP7" s="10">
+      <c r="AQ7" s="9">
         <v>2124566</v>
       </c>
-      <c r="AQ7" s="10">
+      <c r="AR7" s="9">
         <v>2104622</v>
       </c>
-      <c r="AR7" s="10">
+      <c r="AS7" s="9">
         <v>2095395</v>
       </c>
-      <c r="AS7" s="10">
+      <c r="AT7" s="9">
         <v>2102684</v>
       </c>
-      <c r="AT7" s="10">
+      <c r="AU7" s="9">
         <v>2136363</v>
       </c>
-      <c r="AU7" s="10">
+      <c r="AV7" s="9">
         <v>2144792</v>
       </c>
-      <c r="AV7" s="10">
+      <c r="AW7" s="9">
         <v>2180981</v>
       </c>
-      <c r="AW7" s="10">
+      <c r="AX7" s="9">
         <v>2240776</v>
       </c>
+      <c r="AY7" s="9">
+        <v>2222872</v>
+      </c>
+      <c r="AZ7" s="9">
+        <v>2261565</v>
+      </c>
+      <c r="BA7" s="9">
+        <v>2283002</v>
+      </c>
+      <c r="BB7" s="9">
+        <v>2261804</v>
+      </c>
+      <c r="BC7" s="9">
+        <v>2243263</v>
+      </c>
+      <c r="BD7" s="9">
+        <v>2235183</v>
+      </c>
+      <c r="BE7" s="9">
+        <v>2227245</v>
+      </c>
+      <c r="BF7" s="9">
+        <v>2234664</v>
+      </c>
+      <c r="BG7" s="9">
+        <v>2282748</v>
+      </c>
+      <c r="BH7" s="9">
+        <v>2321960</v>
+      </c>
+      <c r="BI7" s="9">
+        <v>2358807</v>
+      </c>
+      <c r="BJ7" s="9">
+        <v>2388785</v>
+      </c>
     </row>
-    <row r="8" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A8" s="9" t="s">
+    <row r="8" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>8</v>
+      </c>
+      <c r="B8" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="10">
+      <c r="C8" s="9">
         <v>1837294</v>
       </c>
-      <c r="C8" s="10">
+      <c r="D8" s="9">
         <v>1832884</v>
       </c>
-      <c r="D8" s="10">
+      <c r="E8" s="9">
         <v>1916228</v>
       </c>
-      <c r="E8" s="10">
+      <c r="F8" s="9">
         <v>1980762</v>
       </c>
-      <c r="F8" s="10">
+      <c r="G8" s="9">
         <v>1977420</v>
       </c>
-      <c r="G8" s="10">
+      <c r="H8" s="9">
         <v>1958503</v>
       </c>
-      <c r="H8" s="10">
+      <c r="I8" s="9">
         <v>1990040</v>
       </c>
-      <c r="I8" s="10">
+      <c r="J8" s="9">
         <v>1957500</v>
       </c>
-      <c r="J8" s="10">
+      <c r="K8" s="9">
         <v>1943489</v>
       </c>
-      <c r="K8" s="10">
+      <c r="L8" s="9">
         <v>1962072</v>
       </c>
-      <c r="L8" s="10">
+      <c r="M8" s="9">
         <v>1973213</v>
       </c>
-      <c r="M8" s="10">
+      <c r="N8" s="9">
         <v>2094450</v>
       </c>
-      <c r="N8" s="10">
+      <c r="O8" s="9">
         <v>2030922</v>
       </c>
-      <c r="O8" s="10">
+      <c r="P8" s="9">
         <v>2093293</v>
       </c>
-      <c r="P8" s="10">
+      <c r="Q8" s="9">
         <v>2088562</v>
       </c>
-      <c r="Q8" s="10">
+      <c r="R8" s="9">
         <v>2138773</v>
       </c>
-      <c r="R8" s="10">
+      <c r="S8" s="9">
         <v>2101120</v>
       </c>
-      <c r="S8" s="10">
+      <c r="T8" s="9">
         <v>2073524</v>
       </c>
-      <c r="T8" s="10">
+      <c r="U8" s="9">
         <v>2099397</v>
       </c>
-      <c r="U8" s="10">
+      <c r="V8" s="9">
         <v>2151810</v>
       </c>
-      <c r="V8" s="10">
+      <c r="W8" s="9">
         <v>2176498</v>
       </c>
-      <c r="W8" s="10">
+      <c r="X8" s="9">
         <v>2188092</v>
       </c>
-      <c r="X8" s="10">
+      <c r="Y8" s="9">
         <v>2216953</v>
       </c>
-      <c r="Y8" s="10">
+      <c r="Z8" s="9">
         <v>2319376</v>
       </c>
-      <c r="Z8" s="10">
+      <c r="AA8" s="9">
         <v>2261553</v>
       </c>
-      <c r="AA8" s="10">
+      <c r="AB8" s="9">
         <v>2232566</v>
       </c>
-      <c r="AB8" s="10">
+      <c r="AC8" s="9">
         <v>2252964</v>
       </c>
-      <c r="AC8" s="10">
+      <c r="AD8" s="9">
         <v>2272595</v>
       </c>
-      <c r="AD8" s="10">
+      <c r="AE8" s="9">
         <v>2227762</v>
       </c>
-      <c r="AE8" s="10">
+      <c r="AF8" s="9">
         <v>2212454</v>
       </c>
-      <c r="AF8" s="10">
+      <c r="AG8" s="9">
         <v>2243237</v>
       </c>
-      <c r="AG8" s="10">
+      <c r="AH8" s="9">
         <v>2195467</v>
       </c>
-      <c r="AH8" s="10">
+      <c r="AI8" s="9">
         <v>2214072</v>
       </c>
-      <c r="AI8" s="10">
+      <c r="AJ8" s="9">
         <v>2226566</v>
       </c>
-      <c r="AJ8" s="10">
+      <c r="AK8" s="9">
         <v>2251874</v>
       </c>
-      <c r="AK8" s="10">
+      <c r="AL8" s="9">
         <v>2323500</v>
       </c>
-      <c r="AL8" s="10">
+      <c r="AM8" s="9">
         <v>2301894</v>
       </c>
-      <c r="AM8" s="10">
+      <c r="AN8" s="9">
         <v>2325734</v>
       </c>
-      <c r="AN8" s="10">
+      <c r="AO8" s="9">
         <v>2353817</v>
       </c>
-      <c r="AO8" s="10">
+      <c r="AP8" s="9">
         <v>2372876</v>
       </c>
-      <c r="AP8" s="10">
+      <c r="AQ8" s="9">
         <v>2289360</v>
       </c>
-      <c r="AQ8" s="10">
+      <c r="AR8" s="9">
         <v>2269550</v>
       </c>
-      <c r="AR8" s="10">
+      <c r="AS8" s="9">
         <v>2276271</v>
       </c>
-      <c r="AS8" s="10">
+      <c r="AT8" s="9">
         <v>2258615</v>
       </c>
-      <c r="AT8" s="10">
+      <c r="AU8" s="9">
         <v>2286083</v>
       </c>
-      <c r="AU8" s="10">
+      <c r="AV8" s="9">
         <v>2299096</v>
       </c>
-      <c r="AV8" s="10">
+      <c r="AW8" s="9">
         <v>2350615</v>
       </c>
-      <c r="AW8" s="10">
+      <c r="AX8" s="9">
         <v>2422419</v>
       </c>
+      <c r="AY8" s="9">
+        <v>2382735</v>
+      </c>
+      <c r="AZ8" s="9">
+        <v>2426269</v>
+      </c>
+      <c r="BA8" s="9">
+        <v>2429989</v>
+      </c>
+      <c r="BB8" s="9">
+        <v>2425111</v>
+      </c>
+      <c r="BC8" s="9">
+        <v>2400223</v>
+      </c>
+      <c r="BD8" s="9">
+        <v>2369411</v>
+      </c>
+      <c r="BE8" s="9">
+        <v>2375160</v>
+      </c>
+      <c r="BF8" s="9">
+        <v>2368777</v>
+      </c>
+      <c r="BG8" s="9">
+        <v>2460466</v>
+      </c>
+      <c r="BH8" s="9">
+        <v>2463005</v>
+      </c>
+      <c r="BI8" s="9">
+        <v>2503713</v>
+      </c>
+      <c r="BJ8" s="9">
+        <v>2573725</v>
+      </c>
     </row>
-    <row r="9" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A9" s="9" t="s">
+    <row r="9" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>9</v>
+      </c>
+      <c r="B9" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="10">
+      <c r="C9" s="9">
         <v>77622</v>
       </c>
-      <c r="C9" s="10">
+      <c r="D9" s="9">
         <v>77891</v>
       </c>
-      <c r="D9" s="10">
+      <c r="E9" s="9">
         <v>78177</v>
       </c>
-      <c r="E9" s="10">
+      <c r="F9" s="9">
         <v>78298</v>
       </c>
-      <c r="F9" s="10">
+      <c r="G9" s="9">
         <v>78510</v>
       </c>
-      <c r="G9" s="10">
+      <c r="H9" s="9">
         <v>78867</v>
       </c>
-      <c r="H9" s="10">
+      <c r="I9" s="9">
         <v>79304</v>
       </c>
-      <c r="I9" s="10">
+      <c r="J9" s="9">
         <v>79555</v>
       </c>
-      <c r="J9" s="10">
+      <c r="K9" s="9">
         <v>79783</v>
       </c>
-      <c r="K9" s="10">
+      <c r="L9" s="9">
         <v>79924</v>
       </c>
-      <c r="L9" s="10">
+      <c r="M9" s="9">
         <v>80040</v>
       </c>
-      <c r="M9" s="10">
+      <c r="N9" s="9">
         <v>80300</v>
       </c>
-      <c r="N9" s="10">
+      <c r="O9" s="9">
         <v>80352</v>
       </c>
-      <c r="O9" s="10">
+      <c r="P9" s="9">
         <v>80395</v>
       </c>
-      <c r="P9" s="10">
+      <c r="Q9" s="9">
         <v>80658</v>
       </c>
-      <c r="Q9" s="10">
+      <c r="R9" s="9">
         <v>80942</v>
       </c>
-      <c r="R9" s="10">
+      <c r="S9" s="9">
         <v>81084</v>
       </c>
-      <c r="S9" s="10">
+      <c r="T9" s="9">
         <v>81210</v>
       </c>
-      <c r="T9" s="10">
+      <c r="U9" s="9">
         <v>81288</v>
       </c>
-      <c r="U9" s="10">
+      <c r="V9" s="9">
         <v>81352</v>
       </c>
-      <c r="V9" s="10">
+      <c r="W9" s="9">
         <v>81493</v>
       </c>
-      <c r="W9" s="10">
+      <c r="X9" s="9">
         <v>81641</v>
       </c>
-      <c r="X9" s="10">
+      <c r="Y9" s="9">
         <v>81793</v>
       </c>
-      <c r="Y9" s="10">
+      <c r="Z9" s="9">
         <v>82183</v>
       </c>
-      <c r="Z9" s="10">
+      <c r="AA9" s="9">
         <v>82398</v>
       </c>
-      <c r="AA9" s="10">
+      <c r="AB9" s="9">
         <v>82626</v>
       </c>
-      <c r="AB9" s="10">
+      <c r="AC9" s="9">
         <v>82965</v>
       </c>
-      <c r="AC9" s="10">
+      <c r="AD9" s="9">
         <v>83327</v>
       </c>
-      <c r="AD9" s="10">
+      <c r="AE9" s="9">
         <v>83551</v>
       </c>
-      <c r="AE9" s="10">
+      <c r="AF9" s="9">
         <v>83753</v>
       </c>
-      <c r="AF9" s="10">
+      <c r="AG9" s="9">
         <v>83990</v>
       </c>
-      <c r="AG9" s="10">
+      <c r="AH9" s="9">
         <v>84266</v>
       </c>
-      <c r="AH9" s="10">
+      <c r="AI9" s="9">
         <v>84441</v>
       </c>
-      <c r="AI9" s="10">
+      <c r="AJ9" s="9">
         <v>84620</v>
       </c>
-      <c r="AJ9" s="10">
+      <c r="AK9" s="9">
         <v>84778</v>
       </c>
-      <c r="AK9" s="10">
+      <c r="AL9" s="9">
         <v>85067</v>
       </c>
-      <c r="AL9" s="10">
+      <c r="AM9" s="9">
         <v>85284</v>
       </c>
-      <c r="AM9" s="10">
+      <c r="AN9" s="9">
         <v>85495</v>
       </c>
-      <c r="AN9" s="10">
+      <c r="AO9" s="9">
         <v>85793</v>
       </c>
-      <c r="AO9" s="10">
+      <c r="AP9" s="9">
         <v>86077</v>
       </c>
-      <c r="AP9" s="10">
+      <c r="AQ9" s="9">
         <v>86222</v>
       </c>
-      <c r="AQ9" s="10">
+      <c r="AR9" s="9">
         <v>86333</v>
       </c>
-      <c r="AR9" s="10">
+      <c r="AS9" s="9">
         <v>86493</v>
       </c>
-      <c r="AS9" s="10">
+      <c r="AT9" s="9">
         <v>86541</v>
       </c>
-      <c r="AT9" s="10">
+      <c r="AU9" s="9">
         <v>86547</v>
       </c>
-      <c r="AU9" s="10">
+      <c r="AV9" s="9">
         <v>86581</v>
       </c>
-      <c r="AV9" s="10">
+      <c r="AW9" s="9">
         <v>86594</v>
       </c>
-      <c r="AW9" s="10">
+      <c r="AX9" s="9">
         <v>86831</v>
       </c>
+      <c r="AY9" s="9">
+        <v>86906</v>
+      </c>
+      <c r="AZ9" s="9">
+        <v>87044</v>
+      </c>
+      <c r="BA9" s="9">
+        <v>87262</v>
+      </c>
+      <c r="BB9" s="9">
+        <v>87528</v>
+      </c>
+      <c r="BC9" s="9">
+        <v>87584</v>
+      </c>
+      <c r="BD9" s="9">
+        <v>87620</v>
+      </c>
+      <c r="BE9" s="9">
+        <v>87740</v>
+      </c>
+      <c r="BF9" s="9">
+        <v>87798</v>
+      </c>
+      <c r="BG9" s="9">
+        <v>87876</v>
+      </c>
+      <c r="BH9" s="9">
+        <v>88073</v>
+      </c>
+      <c r="BI9" s="9">
+        <v>88199</v>
+      </c>
+      <c r="BJ9" s="9">
+        <v>88487</v>
+      </c>
     </row>
-    <row r="10" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A10" s="9" t="s">
+    <row r="10" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
+        <v>10</v>
+      </c>
+      <c r="B10" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="B10" s="10">
+      <c r="C10" s="9">
         <v>1461</v>
       </c>
-      <c r="C10" s="10">
+      <c r="D10" s="9">
         <v>1546</v>
       </c>
-      <c r="D10" s="10">
+      <c r="E10" s="9">
         <v>1628</v>
       </c>
-      <c r="E10" s="10">
+      <c r="F10" s="9">
         <v>1815</v>
       </c>
-      <c r="F10" s="10">
+      <c r="G10" s="9">
         <v>1879</v>
       </c>
-      <c r="G10" s="10">
+      <c r="H10" s="9">
         <v>1945</v>
       </c>
-      <c r="H10" s="10">
+      <c r="I10" s="9">
         <v>1953</v>
       </c>
-      <c r="I10" s="10">
+      <c r="J10" s="9">
         <v>1462</v>
       </c>
-      <c r="J10" s="10">
+      <c r="K10" s="9">
         <v>1508</v>
       </c>
-      <c r="K10" s="10">
+      <c r="L10" s="9">
         <v>1597</v>
       </c>
-      <c r="L10" s="10">
+      <c r="M10" s="9">
         <v>1716</v>
       </c>
-      <c r="M10" s="10">
+      <c r="N10" s="9">
         <v>1845</v>
       </c>
-      <c r="N10" s="10">
+      <c r="O10" s="9">
         <v>2076</v>
       </c>
-      <c r="O10" s="10">
+      <c r="P10" s="9">
         <v>2269</v>
       </c>
-      <c r="P10" s="10">
+      <c r="Q10" s="9">
         <v>2455</v>
       </c>
-      <c r="Q10" s="10">
+      <c r="R10" s="9">
         <v>2456</v>
       </c>
-      <c r="R10" s="10">
+      <c r="S10" s="9">
         <v>2588</v>
       </c>
-      <c r="S10" s="10">
+      <c r="T10" s="9">
         <v>2705</v>
       </c>
-      <c r="T10" s="10">
+      <c r="U10" s="9">
         <v>2788</v>
       </c>
-      <c r="U10" s="10">
+      <c r="V10" s="9">
         <v>2902</v>
       </c>
-      <c r="V10" s="10">
+      <c r="W10" s="9">
         <v>2892</v>
       </c>
-      <c r="W10" s="10">
+      <c r="X10" s="9">
         <v>2837</v>
       </c>
-      <c r="X10" s="10">
+      <c r="Y10" s="9">
         <v>2774</v>
       </c>
-      <c r="Y10" s="10">
+      <c r="Z10" s="9">
         <v>2839</v>
       </c>
-      <c r="Z10" s="10">
+      <c r="AA10" s="9">
         <v>2830</v>
       </c>
-      <c r="AA10" s="10">
+      <c r="AB10" s="9">
         <v>2799</v>
       </c>
-      <c r="AB10" s="10">
+      <c r="AC10" s="9">
         <v>2742</v>
       </c>
-      <c r="AC10" s="10">
+      <c r="AD10" s="9">
         <v>2618</v>
       </c>
-      <c r="AD10" s="10">
+      <c r="AE10" s="9">
         <v>2612</v>
       </c>
-      <c r="AE10" s="10">
+      <c r="AF10" s="9">
         <v>2621</v>
       </c>
-      <c r="AF10" s="10">
+      <c r="AG10" s="9">
         <v>2579</v>
       </c>
-      <c r="AG10" s="10">
+      <c r="AH10" s="9">
         <v>2594</v>
       </c>
-      <c r="AH10" s="10">
+      <c r="AI10" s="9">
         <v>2695</v>
       </c>
-      <c r="AI10" s="10">
+      <c r="AJ10" s="9">
         <v>2659</v>
       </c>
-      <c r="AJ10" s="10">
+      <c r="AK10" s="9">
         <v>2649</v>
       </c>
-      <c r="AK10" s="10">
+      <c r="AL10" s="9">
         <v>2575</v>
       </c>
-      <c r="AL10" s="10">
+      <c r="AM10" s="9">
         <v>2519</v>
       </c>
-      <c r="AM10" s="10">
+      <c r="AN10" s="9">
         <v>2580</v>
       </c>
-      <c r="AN10" s="10">
+      <c r="AO10" s="9">
         <v>2528</v>
       </c>
-      <c r="AO10" s="10">
+      <c r="AP10" s="9">
         <v>2497</v>
       </c>
-      <c r="AP10" s="10">
+      <c r="AQ10" s="9">
         <v>2535</v>
       </c>
-      <c r="AQ10" s="10">
+      <c r="AR10" s="9">
         <v>2568</v>
       </c>
-      <c r="AR10" s="10">
+      <c r="AS10" s="9">
         <v>2620</v>
       </c>
-      <c r="AS10" s="10">
+      <c r="AT10" s="9">
         <v>2003</v>
       </c>
-      <c r="AT10" s="10">
+      <c r="AU10" s="9">
         <v>2254</v>
       </c>
-      <c r="AU10" s="10">
+      <c r="AV10" s="9">
         <v>2288</v>
       </c>
-      <c r="AV10" s="10">
+      <c r="AW10" s="9">
         <v>2486</v>
       </c>
-      <c r="AW10" s="10">
+      <c r="AX10" s="9">
         <v>2579</v>
       </c>
+      <c r="AY10" s="9">
+        <v>2679</v>
+      </c>
+      <c r="AZ10" s="9">
+        <v>2715</v>
+      </c>
+      <c r="BA10" s="9">
+        <v>2707</v>
+      </c>
+      <c r="BB10" s="9">
+        <v>2748</v>
+      </c>
+      <c r="BC10" s="9">
+        <v>2881</v>
+      </c>
+      <c r="BD10" s="9">
+        <v>3010</v>
+      </c>
+      <c r="BE10" s="9">
+        <v>2661</v>
+      </c>
+      <c r="BF10" s="9">
+        <v>2723</v>
+      </c>
+      <c r="BG10" s="9">
+        <v>2846</v>
+      </c>
+      <c r="BH10" s="9">
+        <v>2791</v>
+      </c>
+      <c r="BI10" s="9">
+        <v>2694</v>
+      </c>
+      <c r="BJ10" s="9">
+        <v>2521</v>
+      </c>
     </row>
-    <row r="11" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A11" s="9" t="s">
+    <row r="11" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
+        <v>11</v>
+      </c>
+      <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="10">
+      <c r="C11" s="9">
         <v>318690</v>
       </c>
-      <c r="C11" s="10">
+      <c r="D11" s="9">
         <v>300615</v>
       </c>
-      <c r="D11" s="10">
+      <c r="E11" s="9">
         <v>357883</v>
       </c>
-      <c r="E11" s="10">
+      <c r="F11" s="9">
         <v>356471</v>
       </c>
-      <c r="F11" s="10">
+      <c r="G11" s="9">
         <v>315578</v>
       </c>
-      <c r="G11" s="10">
+      <c r="H11" s="9">
         <v>307135</v>
       </c>
-      <c r="H11" s="10">
+      <c r="I11" s="9">
         <v>327463</v>
       </c>
-      <c r="I11" s="10">
+      <c r="J11" s="9">
         <v>299179</v>
       </c>
-      <c r="J11" s="10">
+      <c r="K11" s="9">
         <v>287069</v>
       </c>
-      <c r="K11" s="10">
+      <c r="L11" s="9">
         <v>294378</v>
       </c>
-      <c r="L11" s="10">
+      <c r="M11" s="9">
         <v>291927</v>
       </c>
-      <c r="M11" s="10">
+      <c r="N11" s="9">
         <v>360215</v>
       </c>
-      <c r="N11" s="10">
+      <c r="O11" s="9">
         <v>302951</v>
       </c>
-      <c r="O11" s="10">
+      <c r="P11" s="9">
         <v>307312</v>
       </c>
-      <c r="P11" s="10">
+      <c r="Q11" s="9">
         <v>301869</v>
       </c>
-      <c r="Q11" s="10">
+      <c r="R11" s="9">
         <v>354002</v>
       </c>
-      <c r="R11" s="10">
+      <c r="S11" s="9">
         <v>312236</v>
       </c>
-      <c r="S11" s="10">
+      <c r="T11" s="9">
         <v>303838</v>
       </c>
-      <c r="T11" s="10">
+      <c r="U11" s="9">
         <v>305271</v>
       </c>
-      <c r="U11" s="10">
+      <c r="V11" s="9">
         <v>295949</v>
       </c>
-      <c r="V11" s="10">
+      <c r="W11" s="9">
         <v>299390</v>
       </c>
-      <c r="W11" s="10">
+      <c r="X11" s="9">
         <v>281005</v>
       </c>
-      <c r="X11" s="10">
+      <c r="Y11" s="9">
         <v>289757</v>
       </c>
-      <c r="Y11" s="10">
+      <c r="Z11" s="9">
         <v>329215</v>
       </c>
-      <c r="Z11" s="10">
+      <c r="AA11" s="9">
         <v>286766</v>
       </c>
-      <c r="AA11" s="10">
+      <c r="AB11" s="9">
         <v>280542</v>
       </c>
-      <c r="AB11" s="10">
+      <c r="AC11" s="9">
         <v>281731</v>
       </c>
-      <c r="AC11" s="10">
+      <c r="AD11" s="9">
         <v>293289</v>
       </c>
-      <c r="AD11" s="10">
+      <c r="AE11" s="9">
         <v>280660</v>
       </c>
-      <c r="AE11" s="10">
+      <c r="AF11" s="9">
         <v>272915</v>
       </c>
-      <c r="AF11" s="10">
+      <c r="AG11" s="9">
         <v>286299</v>
       </c>
-      <c r="AG11" s="10">
+      <c r="AH11" s="9">
         <v>264940</v>
       </c>
-      <c r="AH11" s="10">
+      <c r="AI11" s="9">
         <v>269970</v>
       </c>
-      <c r="AI11" s="10">
+      <c r="AJ11" s="9">
         <v>268612</v>
       </c>
-      <c r="AJ11" s="10">
+      <c r="AK11" s="9">
         <v>270636</v>
       </c>
-      <c r="AK11" s="10">
+      <c r="AL11" s="9">
         <v>295430</v>
       </c>
-      <c r="AL11" s="10">
+      <c r="AM11" s="9">
         <v>266231</v>
       </c>
-      <c r="AM11" s="10">
+      <c r="AN11" s="9">
         <v>258662</v>
       </c>
-      <c r="AN11" s="10">
+      <c r="AO11" s="9">
         <v>266630</v>
       </c>
-      <c r="AO11" s="10">
+      <c r="AP11" s="9">
         <v>266256</v>
       </c>
-      <c r="AP11" s="10">
+      <c r="AQ11" s="9">
         <v>248481</v>
       </c>
-      <c r="AQ11" s="10">
+      <c r="AR11" s="9">
         <v>248693</v>
       </c>
-      <c r="AR11" s="10">
+      <c r="AS11" s="9">
         <v>264750</v>
       </c>
-      <c r="AS11" s="10">
+      <c r="AT11" s="9">
         <v>240468</v>
       </c>
-      <c r="AT11" s="10">
+      <c r="AU11" s="9">
         <v>234013</v>
       </c>
-      <c r="AU11" s="10">
+      <c r="AV11" s="9">
         <v>238597</v>
       </c>
-      <c r="AV11" s="10">
+      <c r="AW11" s="9">
         <v>253741</v>
       </c>
-      <c r="AW11" s="10">
+      <c r="AX11" s="9">
         <v>265895</v>
       </c>
+      <c r="AY11" s="9">
+        <v>244090</v>
+      </c>
+      <c r="AZ11" s="9">
+        <v>249032</v>
+      </c>
+      <c r="BA11" s="9">
+        <v>231543</v>
+      </c>
+      <c r="BB11" s="9">
+        <v>248087</v>
+      </c>
+      <c r="BC11" s="9">
+        <v>241663</v>
+      </c>
+      <c r="BD11" s="9">
+        <v>218838</v>
+      </c>
+      <c r="BE11" s="9">
+        <v>232994</v>
+      </c>
+      <c r="BF11" s="9">
+        <v>219188</v>
+      </c>
+      <c r="BG11" s="9">
+        <v>262747</v>
+      </c>
+      <c r="BH11" s="9">
+        <v>226327</v>
+      </c>
+      <c r="BI11" s="9">
+        <v>230411</v>
+      </c>
+      <c r="BJ11" s="9">
+        <v>270907</v>
+      </c>
     </row>
-    <row r="12" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A12" s="9" t="s">
+    <row r="12" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
+        <v>12</v>
+      </c>
+      <c r="B12" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="10">
+      <c r="C12" s="9">
         <v>268590</v>
       </c>
-      <c r="C12" s="10">
+      <c r="D12" s="9">
         <v>254352</v>
       </c>
-      <c r="D12" s="10">
+      <c r="E12" s="9">
         <v>307923</v>
       </c>
-      <c r="E12" s="10">
+      <c r="F12" s="9">
         <v>304054</v>
       </c>
-      <c r="F12" s="10">
+      <c r="G12" s="9">
         <v>264667</v>
       </c>
-      <c r="G12" s="10">
+      <c r="H12" s="9">
         <v>255422</v>
       </c>
-      <c r="H12" s="10">
+      <c r="I12" s="9">
         <v>273729</v>
       </c>
-      <c r="I12" s="10">
+      <c r="J12" s="9">
         <v>250902</v>
       </c>
-      <c r="J12" s="10">
+      <c r="K12" s="9">
         <v>239858</v>
       </c>
-      <c r="K12" s="10">
+      <c r="L12" s="9">
         <v>248946</v>
       </c>
-      <c r="L12" s="10">
+      <c r="M12" s="9">
         <v>245258</v>
       </c>
-      <c r="M12" s="10">
+      <c r="N12" s="9">
         <v>304285</v>
       </c>
-      <c r="N12" s="10">
+      <c r="O12" s="9">
         <v>257658</v>
       </c>
-      <c r="O12" s="10">
+      <c r="P12" s="9">
         <v>259287</v>
       </c>
-      <c r="P12" s="10">
+      <c r="Q12" s="9">
         <v>251791</v>
       </c>
-      <c r="Q12" s="10">
+      <c r="R12" s="9">
         <v>301782</v>
       </c>
-      <c r="R12" s="10">
+      <c r="S12" s="9">
         <v>264234</v>
       </c>
-      <c r="S12" s="10">
+      <c r="T12" s="9">
         <v>255465</v>
       </c>
-      <c r="T12" s="10">
+      <c r="U12" s="9">
         <v>258419</v>
       </c>
-      <c r="U12" s="10">
+      <c r="V12" s="9">
         <v>248796</v>
       </c>
-      <c r="V12" s="10">
+      <c r="W12" s="9">
         <v>251266</v>
       </c>
-      <c r="W12" s="10">
+      <c r="X12" s="9">
         <v>234567</v>
       </c>
-      <c r="X12" s="10">
+      <c r="Y12" s="9">
         <v>239523</v>
       </c>
-      <c r="Y12" s="10">
+      <c r="Z12" s="9">
         <v>272012</v>
       </c>
-      <c r="Z12" s="10">
+      <c r="AA12" s="9">
         <v>236824</v>
       </c>
-      <c r="AA12" s="10">
+      <c r="AB12" s="9">
         <v>231346</v>
       </c>
-      <c r="AB12" s="10">
+      <c r="AC12" s="9">
         <v>230350</v>
       </c>
-      <c r="AC12" s="10">
+      <c r="AD12" s="9">
         <v>244449</v>
       </c>
-      <c r="AD12" s="10">
+      <c r="AE12" s="9">
         <v>233318</v>
       </c>
-      <c r="AE12" s="10">
+      <c r="AF12" s="9">
         <v>224049</v>
       </c>
-      <c r="AF12" s="10">
+      <c r="AG12" s="9">
         <v>237303</v>
       </c>
-      <c r="AG12" s="10">
+      <c r="AH12" s="9">
         <v>218617</v>
       </c>
-      <c r="AH12" s="10">
+      <c r="AI12" s="9">
         <v>223484</v>
       </c>
-      <c r="AI12" s="10">
+      <c r="AJ12" s="9">
         <v>222969</v>
       </c>
-      <c r="AJ12" s="10">
+      <c r="AK12" s="9">
         <v>220161</v>
       </c>
-      <c r="AK12" s="10">
+      <c r="AL12" s="9">
         <v>244961</v>
       </c>
-      <c r="AL12" s="10">
+      <c r="AM12" s="9">
         <v>219994</v>
       </c>
-      <c r="AM12" s="10">
+      <c r="AN12" s="9">
         <v>214082</v>
       </c>
-      <c r="AN12" s="10">
+      <c r="AO12" s="9">
         <v>217711</v>
       </c>
-      <c r="AO12" s="10">
+      <c r="AP12" s="9">
         <v>221885</v>
       </c>
-      <c r="AP12" s="10">
+      <c r="AQ12" s="9">
         <v>206163</v>
       </c>
-      <c r="AQ12" s="10">
+      <c r="AR12" s="9">
         <v>204467</v>
       </c>
-      <c r="AR12" s="10">
+      <c r="AS12" s="9">
         <v>219179</v>
       </c>
-      <c r="AS12" s="10">
+      <c r="AT12" s="9">
         <v>197119</v>
       </c>
-      <c r="AT12" s="10">
+      <c r="AU12" s="9">
         <v>192607</v>
       </c>
-      <c r="AU12" s="10">
+      <c r="AV12" s="9">
         <v>195587</v>
       </c>
-      <c r="AV12" s="10">
+      <c r="AW12" s="9">
         <v>201601</v>
       </c>
-      <c r="AW12" s="10">
+      <c r="AX12" s="9">
         <v>215750</v>
       </c>
+      <c r="AY12" s="9">
+        <v>199304</v>
+      </c>
+      <c r="AZ12" s="9">
+        <v>202702</v>
+      </c>
+      <c r="BA12" s="9">
+        <v>186592</v>
+      </c>
+      <c r="BB12" s="9">
+        <v>202959</v>
+      </c>
+      <c r="BC12" s="9">
+        <v>197139</v>
+      </c>
+      <c r="BD12" s="9">
+        <v>175181</v>
+      </c>
+      <c r="BE12" s="9">
+        <v>188364</v>
+      </c>
+      <c r="BF12" s="9">
+        <v>175504</v>
+      </c>
+      <c r="BG12" s="9">
+        <v>191678</v>
+      </c>
+      <c r="BH12" s="9">
+        <v>179135</v>
+      </c>
+      <c r="BI12" s="9">
+        <v>183371</v>
+      </c>
+      <c r="BJ12" s="9">
+        <v>217756</v>
+      </c>
     </row>
-    <row r="13" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A13" s="9" t="s">
+    <row r="13" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
+        <v>13</v>
+      </c>
+      <c r="B13" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="10">
+      <c r="C13" s="9">
         <v>1</v>
       </c>
-      <c r="C13" s="10">
+      <c r="D13" s="9">
         <v>1</v>
       </c>
-      <c r="D13" s="10">
+      <c r="E13" s="9">
         <v>1</v>
       </c>
-      <c r="E13" s="10">
+      <c r="F13" s="9">
         <v>1</v>
       </c>
-      <c r="F13" s="10">
+      <c r="G13" s="9">
         <v>1</v>
       </c>
-      <c r="G13" s="10">
+      <c r="H13" s="9">
         <v>1</v>
       </c>
-      <c r="H13" s="10">
+      <c r="I13" s="9">
         <v>1</v>
       </c>
-      <c r="I13" s="10">
+      <c r="J13" s="9">
         <v>1</v>
       </c>
-      <c r="J13" s="10">
+      <c r="K13" s="9">
         <v>1</v>
       </c>
-      <c r="K13" s="10">
+      <c r="L13" s="9">
         <v>1</v>
       </c>
-      <c r="L13" s="10">
+      <c r="M13" s="9">
         <v>1</v>
       </c>
-      <c r="M13" s="10">
+      <c r="N13" s="9">
         <v>1</v>
       </c>
-      <c r="N13" s="10">
+      <c r="O13" s="9">
         <v>1</v>
       </c>
-      <c r="O13" s="10">
+      <c r="P13" s="9">
         <v>1</v>
       </c>
-      <c r="P13" s="10">
+      <c r="Q13" s="9">
         <v>1</v>
       </c>
-      <c r="Q13" s="10">
+      <c r="R13" s="9">
         <v>1</v>
       </c>
-      <c r="R13" s="10">
+      <c r="S13" s="9">
         <v>1</v>
       </c>
-      <c r="S13" s="10">
+      <c r="T13" s="9">
         <v>1</v>
       </c>
-      <c r="T13" s="10">
+      <c r="U13" s="9">
         <v>1</v>
       </c>
-      <c r="U13" s="10">
+      <c r="V13" s="9">
         <v>1</v>
       </c>
-      <c r="V13" s="10">
+      <c r="W13" s="9">
         <v>1</v>
       </c>
-      <c r="W13" s="10">
+      <c r="X13" s="9">
         <v>1</v>
       </c>
-      <c r="X13" s="10">
+      <c r="Y13" s="9">
         <v>1</v>
       </c>
-      <c r="Y13" s="10">
+      <c r="Z13" s="9">
         <v>1</v>
       </c>
-      <c r="Z13" s="10">
+      <c r="AA13" s="9">
         <v>1</v>
       </c>
-      <c r="AA13" s="10">
+      <c r="AB13" s="9">
         <v>1</v>
       </c>
-      <c r="AB13" s="10">
+      <c r="AC13" s="9">
         <v>1</v>
       </c>
-      <c r="AC13" s="10">
+      <c r="AD13" s="9">
         <v>1</v>
       </c>
-      <c r="AD13" s="10">
+      <c r="AE13" s="9">
         <v>1</v>
       </c>
-      <c r="AE13" s="10">
+      <c r="AF13" s="9">
         <v>1</v>
       </c>
-      <c r="AF13" s="10">
+      <c r="AG13" s="9">
         <v>1</v>
       </c>
-      <c r="AG13" s="10">
+      <c r="AH13" s="9">
         <v>1</v>
       </c>
-      <c r="AH13" s="10">
+      <c r="AI13" s="9">
         <v>1</v>
       </c>
-      <c r="AI13" s="10">
+      <c r="AJ13" s="9">
         <v>1</v>
       </c>
-      <c r="AJ13" s="10">
+      <c r="AK13" s="9">
         <v>1</v>
       </c>
-      <c r="AK13" s="10">
+      <c r="AL13" s="9">
         <v>1</v>
       </c>
-      <c r="AL13" s="10">
+      <c r="AM13" s="9">
         <v>1</v>
       </c>
-      <c r="AM13" s="10">
+      <c r="AN13" s="9">
         <v>1</v>
       </c>
-      <c r="AN13" s="10">
+      <c r="AO13" s="9">
         <v>1</v>
       </c>
-      <c r="AO13" s="10">
+      <c r="AP13" s="9">
         <v>1</v>
       </c>
-      <c r="AP13" s="10">
+      <c r="AQ13" s="9">
         <v>1</v>
       </c>
-      <c r="AQ13" s="10">
+      <c r="AR13" s="9">
         <v>1</v>
       </c>
-      <c r="AR13" s="10">
+      <c r="AS13" s="9">
         <v>1</v>
       </c>
-      <c r="AS13" s="10">
+      <c r="AT13" s="9">
         <v>1</v>
       </c>
-      <c r="AT13" s="10">
+      <c r="AU13" s="9">
         <v>1</v>
       </c>
-      <c r="AU13" s="10">
+      <c r="AV13" s="9">
         <v>1</v>
       </c>
-      <c r="AV13" s="10">
+      <c r="AW13" s="9">
         <v>1</v>
       </c>
-      <c r="AW13" s="10">
+      <c r="AX13" s="9">
         <v>1</v>
       </c>
+      <c r="AY13" s="9">
+        <v>1</v>
+      </c>
+      <c r="AZ13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BA13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BB13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BC13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BD13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BE13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BF13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BG13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BH13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BI13" s="9">
+        <v>1</v>
+      </c>
+      <c r="BJ13" s="9">
+        <v>1</v>
+      </c>
     </row>
-    <row r="14" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A14" s="9" t="s">
+    <row r="14" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
+        <v>14</v>
+      </c>
+      <c r="B14" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="10">
+      <c r="C14" s="9">
         <v>49739</v>
       </c>
-      <c r="C14" s="10">
+      <c r="D14" s="9">
         <v>45928</v>
       </c>
-      <c r="D14" s="10">
+      <c r="E14" s="9">
         <v>49627</v>
       </c>
-      <c r="E14" s="10">
+      <c r="F14" s="9">
         <v>52045</v>
       </c>
-      <c r="F14" s="10">
+      <c r="G14" s="9">
         <v>50588</v>
       </c>
-      <c r="G14" s="10">
+      <c r="H14" s="9">
         <v>51379</v>
       </c>
-      <c r="H14" s="10">
+      <c r="I14" s="9">
         <v>53401</v>
       </c>
-      <c r="I14" s="10">
+      <c r="J14" s="9">
         <v>47950</v>
       </c>
-      <c r="J14" s="10">
+      <c r="K14" s="9">
         <v>46891</v>
       </c>
-      <c r="K14" s="10">
+      <c r="L14" s="9">
         <v>45111</v>
       </c>
-      <c r="L14" s="10">
+      <c r="M14" s="9">
         <v>46331</v>
       </c>
-      <c r="M14" s="10">
+      <c r="N14" s="9">
         <v>55611</v>
       </c>
-      <c r="N14" s="10">
+      <c r="O14" s="9">
         <v>45084</v>
       </c>
-      <c r="O14" s="10">
+      <c r="P14" s="9">
         <v>47805</v>
       </c>
-      <c r="P14" s="10">
+      <c r="Q14" s="9">
         <v>49864</v>
       </c>
-      <c r="Q14" s="10">
+      <c r="R14" s="9">
         <v>51975</v>
       </c>
-      <c r="R14" s="10">
+      <c r="S14" s="9">
         <v>47791</v>
       </c>
-      <c r="S14" s="10">
+      <c r="T14" s="9">
         <v>48156</v>
       </c>
-      <c r="T14" s="10">
+      <c r="U14" s="9">
         <v>46638</v>
       </c>
-      <c r="U14" s="10">
+      <c r="V14" s="9">
         <v>46933</v>
       </c>
-      <c r="V14" s="10">
+      <c r="W14" s="9">
         <v>47896</v>
       </c>
-      <c r="W14" s="10">
+      <c r="X14" s="9">
         <v>46230</v>
       </c>
-      <c r="X14" s="10">
+      <c r="Y14" s="9">
         <v>50014</v>
       </c>
-      <c r="Y14" s="10">
+      <c r="Z14" s="9">
         <v>56988</v>
       </c>
-      <c r="Z14" s="10">
+      <c r="AA14" s="9">
         <v>49716</v>
       </c>
-      <c r="AA14" s="10">
+      <c r="AB14" s="9">
         <v>48907</v>
       </c>
-      <c r="AB14" s="10">
+      <c r="AC14" s="9">
         <v>51134</v>
       </c>
-      <c r="AC14" s="10">
+      <c r="AD14" s="9">
         <v>48560</v>
       </c>
-      <c r="AD14" s="10">
+      <c r="AE14" s="9">
         <v>47089</v>
       </c>
-      <c r="AE14" s="10">
+      <c r="AF14" s="9">
         <v>48616</v>
       </c>
-      <c r="AF14" s="10">
+      <c r="AG14" s="9">
         <v>48754</v>
       </c>
-      <c r="AG14" s="10">
+      <c r="AH14" s="9">
         <v>46070</v>
       </c>
-      <c r="AH14" s="10">
+      <c r="AI14" s="9">
         <v>46234</v>
       </c>
-      <c r="AI14" s="10">
+      <c r="AJ14" s="9">
         <v>45397</v>
       </c>
-      <c r="AJ14" s="10">
+      <c r="AK14" s="9">
         <v>50224</v>
       </c>
-      <c r="AK14" s="10">
+      <c r="AL14" s="9">
         <v>50227</v>
       </c>
-      <c r="AL14" s="10">
+      <c r="AM14" s="9">
         <v>45983</v>
       </c>
-      <c r="AM14" s="10">
+      <c r="AN14" s="9">
         <v>44329</v>
       </c>
-      <c r="AN14" s="10">
+      <c r="AO14" s="9">
         <v>48673</v>
       </c>
-      <c r="AO14" s="10">
+      <c r="AP14" s="9">
         <v>44097</v>
       </c>
-      <c r="AP14" s="10">
+      <c r="AQ14" s="9">
         <v>42074</v>
       </c>
-      <c r="AQ14" s="10">
+      <c r="AR14" s="9">
         <v>43979</v>
       </c>
-      <c r="AR14" s="10">
+      <c r="AS14" s="9">
         <v>45348</v>
       </c>
-      <c r="AS14" s="10">
+      <c r="AT14" s="9">
         <v>43101</v>
       </c>
-      <c r="AT14" s="10">
+      <c r="AU14" s="9">
         <v>41159</v>
       </c>
-      <c r="AU14" s="10">
+      <c r="AV14" s="9">
         <v>42761</v>
       </c>
-      <c r="AV14" s="10">
+      <c r="AW14" s="9">
         <v>51896</v>
       </c>
-      <c r="AW14" s="10">
+      <c r="AX14" s="9">
         <v>49893</v>
       </c>
+      <c r="AY14" s="9">
+        <v>44539</v>
+      </c>
+      <c r="AZ14" s="9">
+        <v>46081</v>
+      </c>
+      <c r="BA14" s="9">
+        <v>44712</v>
+      </c>
+      <c r="BB14" s="9">
+        <v>44852</v>
+      </c>
+      <c r="BC14" s="9">
+        <v>44281</v>
+      </c>
+      <c r="BD14" s="9">
+        <v>43410</v>
+      </c>
+      <c r="BE14" s="9">
+        <v>44392</v>
+      </c>
+      <c r="BF14" s="9">
+        <v>43442</v>
+      </c>
+      <c r="BG14" s="9">
+        <v>70820</v>
+      </c>
+      <c r="BH14" s="9">
+        <v>46944</v>
+      </c>
+      <c r="BI14" s="9">
+        <v>46793</v>
+      </c>
+      <c r="BJ14" s="9">
+        <v>52914</v>
+      </c>
     </row>
-    <row r="15" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A15" s="9" t="s">
+    <row r="15" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
+        <v>15</v>
+      </c>
+      <c r="B15" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="B15" s="10">
+      <c r="C15" s="9">
         <v>361</v>
       </c>
-      <c r="C15" s="10">
+      <c r="D15" s="9">
         <v>334</v>
       </c>
-      <c r="D15" s="10">
+      <c r="E15" s="9">
         <v>332</v>
       </c>
-      <c r="E15" s="10">
+      <c r="F15" s="9">
         <v>372</v>
       </c>
-      <c r="F15" s="10">
+      <c r="G15" s="9">
         <v>322</v>
       </c>
-      <c r="G15" s="10">
+      <c r="H15" s="9">
         <v>333</v>
       </c>
-      <c r="H15" s="10">
+      <c r="I15" s="9">
         <v>333</v>
       </c>
-      <c r="I15" s="10">
+      <c r="J15" s="9">
         <v>326</v>
       </c>
-      <c r="J15" s="10">
+      <c r="K15" s="9">
         <v>320</v>
       </c>
-      <c r="K15" s="10">
+      <c r="L15" s="9">
         <v>319</v>
       </c>
-      <c r="L15" s="10">
+      <c r="M15" s="9">
         <v>337</v>
       </c>
-      <c r="M15" s="10">
+      <c r="N15" s="9">
         <v>319</v>
       </c>
-      <c r="N15" s="10">
+      <c r="O15" s="9">
         <v>209</v>
       </c>
-      <c r="O15" s="10">
+      <c r="P15" s="9">
         <v>220</v>
       </c>
-      <c r="P15" s="10">
+      <c r="Q15" s="9">
         <v>214</v>
       </c>
-      <c r="Q15" s="10">
+      <c r="R15" s="9">
         <v>244</v>
       </c>
-      <c r="R15" s="10">
+      <c r="S15" s="9">
         <v>210</v>
       </c>
-      <c r="S15" s="10">
+      <c r="T15" s="9">
         <v>217</v>
       </c>
-      <c r="T15" s="10">
+      <c r="U15" s="9">
         <v>214</v>
       </c>
-      <c r="U15" s="10">
+      <c r="V15" s="9">
         <v>219</v>
       </c>
-      <c r="V15" s="10">
+      <c r="W15" s="9">
         <v>228</v>
       </c>
-      <c r="W15" s="10">
+      <c r="X15" s="9">
         <v>207</v>
       </c>
-      <c r="X15" s="10">
+      <c r="Y15" s="9">
         <v>219</v>
       </c>
-      <c r="Y15" s="10">
+      <c r="Z15" s="9">
         <v>215</v>
       </c>
-      <c r="Z15" s="10">
+      <c r="AA15" s="9">
         <v>225</v>
       </c>
-      <c r="AA15" s="10">
+      <c r="AB15" s="9">
         <v>288</v>
       </c>
-      <c r="AB15" s="10">
+      <c r="AC15" s="9">
         <v>245</v>
       </c>
-      <c r="AC15" s="10">
+      <c r="AD15" s="9">
         <v>279</v>
       </c>
-      <c r="AD15" s="10">
+      <c r="AE15" s="9">
         <v>252</v>
       </c>
-      <c r="AE15" s="10">
+      <c r="AF15" s="9">
         <v>249</v>
       </c>
-      <c r="AF15" s="10">
+      <c r="AG15" s="9">
         <v>241</v>
       </c>
-      <c r="AG15" s="10">
+      <c r="AH15" s="9">
         <v>254</v>
       </c>
-      <c r="AH15" s="10">
+      <c r="AI15" s="9">
         <v>251</v>
       </c>
-      <c r="AI15" s="10">
+      <c r="AJ15" s="9">
         <v>246</v>
       </c>
-      <c r="AJ15" s="10">
+      <c r="AK15" s="9">
         <v>251</v>
       </c>
-      <c r="AK15" s="10">
+      <c r="AL15" s="9">
         <v>242</v>
       </c>
-      <c r="AL15" s="10">
+      <c r="AM15" s="9">
         <v>253</v>
       </c>
-      <c r="AM15" s="10">
+      <c r="AN15" s="9">
         <v>251</v>
       </c>
-      <c r="AN15" s="10">
+      <c r="AO15" s="9">
         <v>245</v>
       </c>
-      <c r="AO15" s="10">
+      <c r="AP15" s="9">
         <v>274</v>
       </c>
-      <c r="AP15" s="10">
+      <c r="AQ15" s="9">
         <v>243</v>
       </c>
-      <c r="AQ15" s="10">
+      <c r="AR15" s="9">
         <v>246</v>
       </c>
-      <c r="AR15" s="10">
+      <c r="AS15" s="9">
         <v>222</v>
       </c>
-      <c r="AS15" s="10">
+      <c r="AT15" s="9">
         <v>247</v>
       </c>
-      <c r="AT15" s="10">
+      <c r="AU15" s="9">
         <v>247</v>
       </c>
-      <c r="AU15" s="10">
+      <c r="AV15" s="9">
         <v>248</v>
       </c>
-      <c r="AV15" s="10">
+      <c r="AW15" s="9">
         <v>243</v>
       </c>
-      <c r="AW15" s="10">
+      <c r="AX15" s="9">
         <v>251</v>
       </c>
+      <c r="AY15" s="9">
+        <v>247</v>
+      </c>
+      <c r="AZ15" s="9">
+        <v>249</v>
+      </c>
+      <c r="BA15" s="9">
+        <v>238</v>
+      </c>
+      <c r="BB15" s="9">
+        <v>275</v>
+      </c>
+      <c r="BC15" s="9">
+        <v>242</v>
+      </c>
+      <c r="BD15" s="9">
+        <v>246</v>
+      </c>
+      <c r="BE15" s="9">
+        <v>236</v>
+      </c>
+      <c r="BF15" s="9">
+        <v>242</v>
+      </c>
+      <c r="BG15" s="9">
+        <v>248</v>
+      </c>
+      <c r="BH15" s="9">
+        <v>246</v>
+      </c>
+      <c r="BI15" s="9">
+        <v>246</v>
+      </c>
+      <c r="BJ15" s="9">
+        <v>236</v>
+      </c>
     </row>
-    <row r="16" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A16" s="9" t="s">
+    <row r="16" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>16</v>
+      </c>
+      <c r="B16" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="B16" s="10">
-[...140 lines deleted...]
-      <c r="AW16" s="10">
+      <c r="C16" s="9">
+        <v>0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>0</v>
+      </c>
+      <c r="R16" s="9">
+        <v>0</v>
+      </c>
+      <c r="S16" s="9">
+        <v>0</v>
+      </c>
+      <c r="T16" s="9">
+        <v>0</v>
+      </c>
+      <c r="U16" s="9">
+        <v>0</v>
+      </c>
+      <c r="V16" s="9">
+        <v>0</v>
+      </c>
+      <c r="W16" s="9">
+        <v>0</v>
+      </c>
+      <c r="X16" s="9">
+        <v>0</v>
+      </c>
+      <c r="Y16" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AC16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AE16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AF16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AG16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AH16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AI16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AJ16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AK16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AM16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AQ16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AR16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AS16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AT16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AU16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AW16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AY16" s="9">
+        <v>0</v>
+      </c>
+      <c r="AZ16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BA16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BB16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BC16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BD16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BE16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BF16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BG16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BH16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BI16" s="9">
+        <v>0</v>
+      </c>
+      <c r="BJ16" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A17" s="9" t="s">
+    <row r="17" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>17</v>
+      </c>
+      <c r="B17" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="B17" s="10">
+      <c r="C17" s="9">
         <v>589367</v>
       </c>
-      <c r="C17" s="10">
+      <c r="D17" s="9">
         <v>616518</v>
       </c>
-      <c r="D17" s="10">
+      <c r="E17" s="9">
         <v>684126</v>
       </c>
-      <c r="E17" s="10">
+      <c r="F17" s="9">
         <v>667919</v>
       </c>
-      <c r="F17" s="10">
+      <c r="G17" s="9">
         <v>719951</v>
       </c>
-      <c r="G17" s="10">
+      <c r="H17" s="9">
         <v>678424</v>
       </c>
-      <c r="H17" s="10">
+      <c r="I17" s="9">
         <v>680252</v>
       </c>
-      <c r="I17" s="10">
+      <c r="J17" s="9">
         <v>680068</v>
       </c>
-      <c r="J17" s="10">
+      <c r="K17" s="9">
         <v>686412</v>
       </c>
-      <c r="K17" s="10">
+      <c r="L17" s="9">
         <v>700260</v>
       </c>
-      <c r="L17" s="10">
+      <c r="M17" s="9">
         <v>715398</v>
       </c>
-      <c r="M17" s="10">
+      <c r="N17" s="9">
         <v>716511</v>
       </c>
-      <c r="N17" s="10">
+      <c r="O17" s="9">
         <v>736012</v>
       </c>
-      <c r="O17" s="10">
+      <c r="P17" s="9">
         <v>764609</v>
       </c>
-      <c r="P17" s="10">
+      <c r="Q17" s="9">
         <v>749720</v>
       </c>
-      <c r="Q17" s="10">
+      <c r="R17" s="9">
         <v>753793</v>
       </c>
-      <c r="R17" s="10">
+      <c r="S17" s="9">
         <v>790619</v>
       </c>
-      <c r="S17" s="10">
+      <c r="T17" s="9">
         <v>753745</v>
       </c>
-      <c r="T17" s="10">
+      <c r="U17" s="9">
         <v>784132</v>
       </c>
-      <c r="U17" s="10">
+      <c r="V17" s="9">
         <v>779555</v>
       </c>
-      <c r="V17" s="10">
+      <c r="W17" s="9">
         <v>787661</v>
       </c>
-      <c r="W17" s="10">
+      <c r="X17" s="9">
         <v>815401</v>
       </c>
-      <c r="X17" s="10">
+      <c r="Y17" s="9">
         <v>805144</v>
       </c>
-      <c r="Y17" s="10">
+      <c r="Z17" s="9">
         <v>814245</v>
       </c>
-      <c r="Z17" s="10">
+      <c r="AA17" s="9">
         <v>827463</v>
       </c>
-      <c r="AA17" s="10">
+      <c r="AB17" s="9">
         <v>830250</v>
       </c>
-      <c r="AB17" s="10">
+      <c r="AC17" s="9">
         <v>893513</v>
       </c>
-      <c r="AC17" s="10">
+      <c r="AD17" s="9">
         <v>858930</v>
       </c>
-      <c r="AD17" s="10">
+      <c r="AE17" s="9">
         <v>900933</v>
       </c>
-      <c r="AE17" s="10">
+      <c r="AF17" s="9">
         <v>844960</v>
       </c>
-      <c r="AF17" s="10">
+      <c r="AG17" s="9">
         <v>854174</v>
       </c>
-      <c r="AG17" s="10">
+      <c r="AH17" s="9">
         <v>859654</v>
       </c>
-      <c r="AH17" s="10">
+      <c r="AI17" s="9">
         <v>889501</v>
       </c>
-      <c r="AI17" s="10">
+      <c r="AJ17" s="9">
         <v>867913</v>
       </c>
-      <c r="AJ17" s="10">
+      <c r="AK17" s="9">
         <v>902655</v>
       </c>
-      <c r="AK17" s="10">
+      <c r="AL17" s="9">
         <v>863225</v>
       </c>
-      <c r="AL17" s="10">
+      <c r="AM17" s="9">
         <v>857055</v>
       </c>
-      <c r="AM17" s="10">
+      <c r="AN17" s="9">
         <v>896848</v>
       </c>
-      <c r="AN17" s="10">
+      <c r="AO17" s="9">
         <v>883470</v>
       </c>
-      <c r="AO17" s="10">
+      <c r="AP17" s="9">
         <v>910823</v>
       </c>
-      <c r="AP17" s="10">
+      <c r="AQ17" s="9">
         <v>899927</v>
       </c>
-      <c r="AQ17" s="10">
+      <c r="AR17" s="9">
         <v>867231</v>
       </c>
-      <c r="AR17" s="10">
+      <c r="AS17" s="9">
         <v>848553</v>
       </c>
-      <c r="AS17" s="10">
+      <c r="AT17" s="9">
         <v>831812</v>
       </c>
-      <c r="AT17" s="10">
+      <c r="AU17" s="9">
         <v>827092</v>
       </c>
-      <c r="AU17" s="10">
+      <c r="AV17" s="9">
         <v>822094</v>
       </c>
-      <c r="AV17" s="10">
+      <c r="AW17" s="9">
         <v>827793</v>
       </c>
-      <c r="AW17" s="10">
+      <c r="AX17" s="9">
         <v>859381</v>
       </c>
+      <c r="AY17" s="9">
+        <v>818486</v>
+      </c>
+      <c r="AZ17" s="9">
+        <v>840358</v>
+      </c>
+      <c r="BA17" s="9">
+        <v>854654</v>
+      </c>
+      <c r="BB17" s="9">
+        <v>876136</v>
+      </c>
+      <c r="BC17" s="9">
+        <v>871910</v>
+      </c>
+      <c r="BD17" s="9">
+        <v>839900</v>
+      </c>
+      <c r="BE17" s="9">
+        <v>815412</v>
+      </c>
+      <c r="BF17" s="9">
+        <v>811191</v>
+      </c>
+      <c r="BG17" s="9">
+        <v>954204</v>
+      </c>
+      <c r="BH17" s="9">
+        <v>844911</v>
+      </c>
+      <c r="BI17" s="9">
+        <v>832454</v>
+      </c>
+      <c r="BJ17" s="9">
+        <v>855655</v>
+      </c>
     </row>
-    <row r="18" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A18" s="9" t="s">
+    <row r="18" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>18</v>
+      </c>
+      <c r="B18" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="B18" s="10">
+      <c r="C18" s="9">
         <v>1786</v>
       </c>
-      <c r="C18" s="10">
+      <c r="D18" s="9">
         <v>1702</v>
       </c>
-      <c r="D18" s="10">
+      <c r="E18" s="9">
         <v>1978</v>
       </c>
-      <c r="E18" s="10">
+      <c r="F18" s="9">
         <v>1171</v>
       </c>
-      <c r="F18" s="10">
+      <c r="G18" s="9">
         <v>1012</v>
       </c>
-      <c r="G18" s="10">
+      <c r="H18" s="9">
         <v>843</v>
       </c>
-      <c r="H18" s="10">
+      <c r="I18" s="9">
         <v>1377</v>
       </c>
-      <c r="I18" s="10">
+      <c r="J18" s="9">
         <v>1249</v>
       </c>
-      <c r="J18" s="10">
+      <c r="K18" s="9">
         <v>1069</v>
       </c>
-      <c r="K18" s="10">
+      <c r="L18" s="9">
         <v>925</v>
       </c>
-      <c r="L18" s="10">
+      <c r="M18" s="9">
         <v>1421</v>
       </c>
-      <c r="M18" s="10">
+      <c r="N18" s="9">
         <v>1060</v>
       </c>
-      <c r="N18" s="10">
+      <c r="O18" s="9">
         <v>1042</v>
       </c>
-      <c r="O18" s="10">
+      <c r="P18" s="9">
         <v>797</v>
       </c>
-      <c r="P18" s="10">
+      <c r="Q18" s="9">
         <v>2090</v>
       </c>
-      <c r="Q18" s="10">
+      <c r="R18" s="9">
         <v>1549</v>
       </c>
-      <c r="R18" s="10">
+      <c r="S18" s="9">
         <v>1369</v>
       </c>
-      <c r="S18" s="10">
+      <c r="T18" s="9">
         <v>1487</v>
       </c>
-      <c r="T18" s="10">
+      <c r="U18" s="9">
         <v>2071</v>
       </c>
-      <c r="U18" s="10">
+      <c r="V18" s="9">
         <v>1116</v>
       </c>
-      <c r="V18" s="10">
+      <c r="W18" s="9">
         <v>900</v>
       </c>
-      <c r="W18" s="10">
+      <c r="X18" s="9">
         <v>760</v>
       </c>
-      <c r="X18" s="10">
+      <c r="Y18" s="9">
         <v>1002</v>
       </c>
-      <c r="Y18" s="10">
+      <c r="Z18" s="9">
         <v>862</v>
       </c>
-      <c r="Z18" s="10">
+      <c r="AA18" s="9">
         <v>2456</v>
       </c>
-      <c r="AA18" s="10">
+      <c r="AB18" s="9">
         <v>1651</v>
       </c>
-      <c r="AB18" s="10">
+      <c r="AC18" s="9">
         <v>1143</v>
       </c>
-      <c r="AC18" s="10">
+      <c r="AD18" s="9">
         <v>928</v>
       </c>
-      <c r="AD18" s="10">
+      <c r="AE18" s="9">
         <v>783</v>
       </c>
-      <c r="AE18" s="10">
+      <c r="AF18" s="9">
         <v>577</v>
       </c>
-      <c r="AF18" s="10">
+      <c r="AG18" s="9">
         <v>1184</v>
       </c>
-      <c r="AG18" s="10">
+      <c r="AH18" s="9">
         <v>1231</v>
       </c>
-      <c r="AH18" s="10">
+      <c r="AI18" s="9">
         <v>1067</v>
       </c>
-      <c r="AI18" s="10">
+      <c r="AJ18" s="9">
         <v>902</v>
       </c>
-      <c r="AJ18" s="10">
+      <c r="AK18" s="9">
         <v>722</v>
       </c>
-      <c r="AK18" s="10">
+      <c r="AL18" s="9">
         <v>529</v>
       </c>
-      <c r="AL18" s="10">
+      <c r="AM18" s="9">
         <v>440</v>
       </c>
-      <c r="AM18" s="10">
+      <c r="AN18" s="9">
         <v>2942</v>
       </c>
-      <c r="AN18" s="10">
+      <c r="AO18" s="9">
         <v>2560</v>
       </c>
-      <c r="AO18" s="10">
+      <c r="AP18" s="9">
         <v>2416</v>
       </c>
-      <c r="AP18" s="10">
+      <c r="AQ18" s="9">
         <v>2203</v>
       </c>
-      <c r="AQ18" s="10">
+      <c r="AR18" s="9">
         <v>1970</v>
       </c>
-      <c r="AR18" s="10">
+      <c r="AS18" s="9">
         <v>1771</v>
       </c>
-      <c r="AS18" s="10">
+      <c r="AT18" s="9">
         <v>1467</v>
       </c>
-      <c r="AT18" s="10">
+      <c r="AU18" s="9">
         <v>1053</v>
       </c>
-      <c r="AU18" s="10">
+      <c r="AV18" s="9">
         <v>1235</v>
       </c>
-      <c r="AV18" s="10">
+      <c r="AW18" s="9">
         <v>1033</v>
       </c>
-      <c r="AW18" s="10">
+      <c r="AX18" s="9">
         <v>765</v>
       </c>
+      <c r="AY18" s="9">
+        <v>2000</v>
+      </c>
+      <c r="AZ18" s="9">
+        <v>1843</v>
+      </c>
+      <c r="BA18" s="9">
+        <v>1410</v>
+      </c>
+      <c r="BB18" s="9">
+        <v>1207</v>
+      </c>
+      <c r="BC18" s="9">
+        <v>1130</v>
+      </c>
+      <c r="BD18" s="9">
+        <v>885</v>
+      </c>
+      <c r="BE18" s="9">
+        <v>473</v>
+      </c>
+      <c r="BF18" s="9">
+        <v>1378</v>
+      </c>
+      <c r="BG18" s="9">
+        <v>1097</v>
+      </c>
+      <c r="BH18" s="9">
+        <v>1455</v>
+      </c>
+      <c r="BI18" s="9">
+        <v>1266</v>
+      </c>
+      <c r="BJ18" s="9">
+        <v>910</v>
+      </c>
     </row>
-    <row r="19" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A19" s="9" t="s">
+    <row r="19" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>19</v>
+      </c>
+      <c r="B19" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="B19" s="10">
+      <c r="C19" s="9">
         <v>581869</v>
       </c>
-      <c r="C19" s="10">
+      <c r="D19" s="9">
         <v>608725</v>
       </c>
-      <c r="D19" s="10">
+      <c r="E19" s="9">
         <v>675559</v>
       </c>
-      <c r="E19" s="10">
+      <c r="F19" s="9">
         <v>661066</v>
       </c>
-      <c r="F19" s="10">
+      <c r="G19" s="9">
         <v>711819</v>
       </c>
-      <c r="G19" s="10">
+      <c r="H19" s="9">
         <v>669235</v>
       </c>
-      <c r="H19" s="10">
+      <c r="I19" s="9">
         <v>671016</v>
       </c>
-      <c r="I19" s="10">
+      <c r="J19" s="9">
         <v>669863</v>
       </c>
-      <c r="J19" s="10">
+      <c r="K19" s="9">
         <v>677104</v>
       </c>
-      <c r="K19" s="10">
+      <c r="L19" s="9">
         <v>690930</v>
       </c>
-      <c r="L19" s="10">
+      <c r="M19" s="9">
         <v>703186</v>
       </c>
-      <c r="M19" s="10">
+      <c r="N19" s="9">
         <v>707142</v>
       </c>
-      <c r="N19" s="10">
+      <c r="O19" s="9">
         <v>727425</v>
       </c>
-      <c r="O19" s="10">
+      <c r="P19" s="9">
         <v>755661</v>
       </c>
-      <c r="P19" s="10">
+      <c r="Q19" s="9">
         <v>737304</v>
       </c>
-      <c r="Q19" s="10">
+      <c r="R19" s="9">
         <v>743435</v>
       </c>
-      <c r="R19" s="10">
+      <c r="S19" s="9">
         <v>779236</v>
       </c>
-      <c r="S19" s="10">
+      <c r="T19" s="9">
         <v>742162</v>
       </c>
-      <c r="T19" s="10">
+      <c r="U19" s="9">
         <v>773522</v>
       </c>
-      <c r="U19" s="10">
+      <c r="V19" s="9">
         <v>769175</v>
       </c>
-      <c r="V19" s="10">
+      <c r="W19" s="9">
         <v>777173</v>
       </c>
-      <c r="W19" s="10">
+      <c r="X19" s="9">
         <v>803713</v>
       </c>
-      <c r="X19" s="10">
+      <c r="Y19" s="9">
         <v>793588</v>
       </c>
-      <c r="Y19" s="10">
+      <c r="Z19" s="9">
         <v>804290</v>
       </c>
-      <c r="Z19" s="10">
+      <c r="AA19" s="9">
         <v>813861</v>
       </c>
-      <c r="AA19" s="10">
+      <c r="AB19" s="9">
         <v>817875</v>
       </c>
-      <c r="AB19" s="10">
+      <c r="AC19" s="9">
         <v>872675</v>
       </c>
-      <c r="AC19" s="10">
+      <c r="AD19" s="9">
         <v>842761</v>
       </c>
-      <c r="AD19" s="10">
+      <c r="AE19" s="9">
         <v>883130</v>
       </c>
-      <c r="AE19" s="10">
+      <c r="AF19" s="9">
         <v>827592</v>
       </c>
-      <c r="AF19" s="10">
+      <c r="AG19" s="9">
         <v>842076</v>
       </c>
-      <c r="AG19" s="10">
+      <c r="AH19" s="9">
         <v>848358</v>
       </c>
-      <c r="AH19" s="10">
+      <c r="AI19" s="9">
         <v>878356</v>
       </c>
-      <c r="AI19" s="10">
+      <c r="AJ19" s="9">
         <v>855852</v>
       </c>
-      <c r="AJ19" s="10">
+      <c r="AK19" s="9">
         <v>884268</v>
       </c>
-      <c r="AK19" s="10">
+      <c r="AL19" s="9">
         <v>850176</v>
       </c>
-      <c r="AL19" s="10">
+      <c r="AM19" s="9">
         <v>842306</v>
       </c>
-      <c r="AM19" s="10">
+      <c r="AN19" s="9">
         <v>878105</v>
       </c>
-      <c r="AN19" s="10">
+      <c r="AO19" s="9">
         <v>865437</v>
       </c>
-      <c r="AO19" s="10">
+      <c r="AP19" s="9">
         <v>897515</v>
       </c>
-      <c r="AP19" s="10">
+      <c r="AQ19" s="9">
         <v>888031</v>
       </c>
-      <c r="AQ19" s="10">
+      <c r="AR19" s="9">
         <v>853747</v>
       </c>
-      <c r="AR19" s="10">
+      <c r="AS19" s="9">
         <v>838461</v>
       </c>
-      <c r="AS19" s="10">
+      <c r="AT19" s="9">
         <v>820806</v>
       </c>
-      <c r="AT19" s="10">
+      <c r="AU19" s="9">
         <v>815706</v>
       </c>
-      <c r="AU19" s="10">
+      <c r="AV19" s="9">
         <v>811000</v>
       </c>
-      <c r="AV19" s="10">
+      <c r="AW19" s="9">
         <v>817338</v>
       </c>
-      <c r="AW19" s="10">
+      <c r="AX19" s="9">
         <v>848376</v>
       </c>
+      <c r="AY19" s="9">
+        <v>807269</v>
+      </c>
+      <c r="AZ19" s="9">
+        <v>829310</v>
+      </c>
+      <c r="BA19" s="9">
+        <v>844148</v>
+      </c>
+      <c r="BB19" s="9">
+        <v>865969</v>
+      </c>
+      <c r="BC19" s="9">
+        <v>862095</v>
+      </c>
+      <c r="BD19" s="9">
+        <v>827769</v>
+      </c>
+      <c r="BE19" s="9">
+        <v>806189</v>
+      </c>
+      <c r="BF19" s="9">
+        <v>800472</v>
+      </c>
+      <c r="BG19" s="9">
+        <v>943959</v>
+      </c>
+      <c r="BH19" s="9">
+        <v>834653</v>
+      </c>
+      <c r="BI19" s="9">
+        <v>821809</v>
+      </c>
+      <c r="BJ19" s="9">
+        <v>847072</v>
+      </c>
     </row>
-    <row r="20" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A20" s="9" t="s">
+    <row r="20" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>20</v>
+      </c>
+      <c r="B20" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="B20" s="10">
+      <c r="C20" s="9">
         <v>5712</v>
       </c>
-      <c r="C20" s="10">
+      <c r="D20" s="9">
         <v>6091</v>
       </c>
-      <c r="D20" s="10">
+      <c r="E20" s="9">
         <v>6589</v>
       </c>
-      <c r="E20" s="10">
+      <c r="F20" s="9">
         <v>5682</v>
       </c>
-      <c r="F20" s="10">
+      <c r="G20" s="9">
         <v>7121</v>
       </c>
-      <c r="G20" s="10">
+      <c r="H20" s="9">
         <v>8346</v>
       </c>
-      <c r="H20" s="10">
+      <c r="I20" s="9">
         <v>7860</v>
       </c>
-      <c r="I20" s="10">
+      <c r="J20" s="9">
         <v>8955</v>
       </c>
-      <c r="J20" s="10">
+      <c r="K20" s="9">
         <v>8239</v>
       </c>
-      <c r="K20" s="10">
+      <c r="L20" s="9">
         <v>8405</v>
       </c>
-      <c r="L20" s="10">
+      <c r="M20" s="9">
         <v>10791</v>
       </c>
-      <c r="M20" s="10">
+      <c r="N20" s="9">
         <v>8308</v>
       </c>
-      <c r="N20" s="10">
+      <c r="O20" s="9">
         <v>7546</v>
       </c>
-      <c r="O20" s="10">
+      <c r="P20" s="9">
         <v>8151</v>
       </c>
-      <c r="P20" s="10">
+      <c r="Q20" s="9">
         <v>10326</v>
       </c>
-      <c r="Q20" s="10">
+      <c r="R20" s="9">
         <v>8809</v>
       </c>
-      <c r="R20" s="10">
+      <c r="S20" s="9">
         <v>10015</v>
       </c>
-      <c r="S20" s="10">
+      <c r="T20" s="9">
         <v>10096</v>
       </c>
-      <c r="T20" s="10">
+      <c r="U20" s="9">
         <v>8539</v>
       </c>
-      <c r="U20" s="10">
+      <c r="V20" s="9">
         <v>9264</v>
       </c>
-      <c r="V20" s="10">
+      <c r="W20" s="9">
         <v>9589</v>
       </c>
-      <c r="W20" s="10">
+      <c r="X20" s="9">
         <v>10928</v>
       </c>
-      <c r="X20" s="10">
+      <c r="Y20" s="9">
         <v>10554</v>
       </c>
-      <c r="Y20" s="10">
+      <c r="Z20" s="9">
         <v>9093</v>
       </c>
-      <c r="Z20" s="10">
+      <c r="AA20" s="9">
         <v>11146</v>
       </c>
-      <c r="AA20" s="10">
+      <c r="AB20" s="9">
         <v>10723</v>
       </c>
-      <c r="AB20" s="10">
+      <c r="AC20" s="9">
         <v>19696</v>
       </c>
-      <c r="AC20" s="10">
+      <c r="AD20" s="9">
         <v>15241</v>
       </c>
-      <c r="AD20" s="10">
+      <c r="AE20" s="9">
         <v>17020</v>
       </c>
-      <c r="AE20" s="10">
+      <c r="AF20" s="9">
         <v>16791</v>
       </c>
-      <c r="AF20" s="10">
+      <c r="AG20" s="9">
         <v>10914</v>
       </c>
-      <c r="AG20" s="10">
+      <c r="AH20" s="9">
         <v>10065</v>
       </c>
-      <c r="AH20" s="10">
+      <c r="AI20" s="9">
         <v>10078</v>
       </c>
-      <c r="AI20" s="10">
+      <c r="AJ20" s="9">
         <v>11159</v>
       </c>
-      <c r="AJ20" s="10">
+      <c r="AK20" s="9">
         <v>17666</v>
       </c>
-      <c r="AK20" s="10">
+      <c r="AL20" s="9">
         <v>12520</v>
       </c>
-      <c r="AL20" s="10">
+      <c r="AM20" s="9">
         <v>14309</v>
       </c>
-      <c r="AM20" s="10">
+      <c r="AN20" s="9">
         <v>15801</v>
       </c>
-      <c r="AN20" s="10">
+      <c r="AO20" s="9">
         <v>15472</v>
       </c>
-      <c r="AO20" s="10">
+      <c r="AP20" s="9">
         <v>10892</v>
       </c>
-      <c r="AP20" s="10">
+      <c r="AQ20" s="9">
         <v>9692</v>
       </c>
-      <c r="AQ20" s="10">
+      <c r="AR20" s="9">
         <v>11514</v>
       </c>
-      <c r="AR20" s="10">
+      <c r="AS20" s="9">
         <v>8320</v>
       </c>
-      <c r="AS20" s="10">
+      <c r="AT20" s="9">
         <v>9538</v>
       </c>
-      <c r="AT20" s="10">
+      <c r="AU20" s="9">
         <v>10332</v>
       </c>
-      <c r="AU20" s="10">
+      <c r="AV20" s="9">
         <v>9859</v>
       </c>
-      <c r="AV20" s="10">
+      <c r="AW20" s="9">
         <v>9422</v>
       </c>
-      <c r="AW20" s="10">
+      <c r="AX20" s="9">
         <v>10240</v>
       </c>
+      <c r="AY20" s="9">
+        <v>9217</v>
+      </c>
+      <c r="AZ20" s="9">
+        <v>9205</v>
+      </c>
+      <c r="BA20" s="9">
+        <v>9096</v>
+      </c>
+      <c r="BB20" s="9">
+        <v>8960</v>
+      </c>
+      <c r="BC20" s="9">
+        <v>8685</v>
+      </c>
+      <c r="BD20" s="9">
+        <v>11246</v>
+      </c>
+      <c r="BE20" s="9">
+        <v>8750</v>
+      </c>
+      <c r="BF20" s="9">
+        <v>9341</v>
+      </c>
+      <c r="BG20" s="9">
+        <v>9149</v>
+      </c>
+      <c r="BH20" s="9">
+        <v>8803</v>
+      </c>
+      <c r="BI20" s="9">
+        <v>9378</v>
+      </c>
+      <c r="BJ20" s="9">
+        <v>7673</v>
+      </c>
     </row>
-    <row r="21" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A21" s="9" t="s">
+    <row r="21" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>21</v>
+      </c>
+      <c r="B21" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="B21" s="10">
+      <c r="C21" s="9">
         <v>18691568</v>
       </c>
-      <c r="C21" s="10">
+      <c r="D21" s="9">
         <v>18711580</v>
       </c>
-      <c r="D21" s="10">
+      <c r="E21" s="9">
         <v>19540667</v>
       </c>
-      <c r="E21" s="10">
+      <c r="F21" s="9">
         <v>19920441</v>
       </c>
-      <c r="F21" s="10">
+      <c r="G21" s="9">
         <v>20036675</v>
       </c>
-      <c r="G21" s="10">
+      <c r="H21" s="9">
         <v>20023120</v>
       </c>
-      <c r="H21" s="10">
+      <c r="I21" s="9">
         <v>20125342</v>
       </c>
-      <c r="I21" s="10">
+      <c r="J21" s="9">
         <v>20069272</v>
       </c>
-      <c r="J21" s="10">
+      <c r="K21" s="9">
         <v>20006003</v>
       </c>
-      <c r="K21" s="10">
+      <c r="L21" s="9">
         <v>20070491</v>
       </c>
-      <c r="L21" s="10">
+      <c r="M21" s="9">
         <v>20299942</v>
       </c>
-      <c r="M21" s="10">
+      <c r="N21" s="9">
         <v>20422727</v>
       </c>
-      <c r="N21" s="10">
+      <c r="O21" s="9">
         <v>20373036</v>
       </c>
-      <c r="O21" s="10">
+      <c r="P21" s="9">
         <v>20391194</v>
       </c>
-      <c r="P21" s="10">
+      <c r="Q21" s="9">
         <v>20495059</v>
       </c>
-      <c r="Q21" s="10">
+      <c r="R21" s="9">
         <v>20622754</v>
       </c>
-      <c r="R21" s="10">
+      <c r="S21" s="9">
         <v>20624599</v>
       </c>
-      <c r="S21" s="10">
+      <c r="T21" s="9">
         <v>20493189</v>
       </c>
-      <c r="T21" s="10">
+      <c r="U21" s="9">
         <v>20609776</v>
       </c>
-      <c r="U21" s="10">
+      <c r="V21" s="9">
         <v>20660689</v>
       </c>
-      <c r="V21" s="10">
+      <c r="W21" s="9">
         <v>20773738</v>
       </c>
-      <c r="W21" s="10">
+      <c r="X21" s="9">
         <v>20927125</v>
       </c>
-      <c r="X21" s="10">
+      <c r="Y21" s="9">
         <v>21013004</v>
       </c>
-      <c r="Y21" s="10">
+      <c r="Z21" s="9">
         <v>21177867</v>
       </c>
-      <c r="Z21" s="10">
+      <c r="AA21" s="9">
         <v>21207732</v>
       </c>
-      <c r="AA21" s="10">
+      <c r="AB21" s="9">
         <v>21407439</v>
       </c>
-      <c r="AB21" s="10">
+      <c r="AC21" s="9">
         <v>21614742</v>
       </c>
-      <c r="AC21" s="10">
+      <c r="AD21" s="9">
         <v>21714692</v>
       </c>
-      <c r="AD21" s="10">
+      <c r="AE21" s="9">
         <v>21707341</v>
       </c>
-      <c r="AE21" s="10">
+      <c r="AF21" s="9">
         <v>21680244</v>
       </c>
-      <c r="AF21" s="10">
+      <c r="AG21" s="9">
         <v>21628842</v>
       </c>
-      <c r="AG21" s="10">
+      <c r="AH21" s="9">
         <v>21706237</v>
       </c>
-      <c r="AH21" s="10">
+      <c r="AI21" s="9">
         <v>21665428</v>
       </c>
-      <c r="AI21" s="10">
+      <c r="AJ21" s="9">
         <v>21810605</v>
       </c>
-      <c r="AJ21" s="10">
+      <c r="AK21" s="9">
         <v>21980345</v>
       </c>
-      <c r="AK21" s="10">
+      <c r="AL21" s="9">
         <v>22020405</v>
       </c>
-      <c r="AL21" s="10">
+      <c r="AM21" s="9">
         <v>21992250</v>
       </c>
-      <c r="AM21" s="10">
+      <c r="AN21" s="9">
         <v>22071294</v>
       </c>
-      <c r="AN21" s="10">
+      <c r="AO21" s="9">
         <v>22177167</v>
       </c>
-      <c r="AO21" s="10">
+      <c r="AP21" s="9">
         <v>22095350</v>
       </c>
-      <c r="AP21" s="10">
+      <c r="AQ21" s="9">
         <v>22066701</v>
       </c>
-      <c r="AQ21" s="10">
+      <c r="AR21" s="9">
         <v>21998585</v>
       </c>
-      <c r="AR21" s="10">
+      <c r="AS21" s="9">
         <v>21972499</v>
       </c>
-      <c r="AS21" s="10">
+      <c r="AT21" s="9">
         <v>21970953</v>
       </c>
-      <c r="AT21" s="10">
+      <c r="AU21" s="9">
         <v>22075603</v>
       </c>
-      <c r="AU21" s="10">
+      <c r="AV21" s="9">
         <v>22189552</v>
       </c>
-      <c r="AV21" s="10">
+      <c r="AW21" s="9">
         <v>22315935</v>
       </c>
-      <c r="AW21" s="10">
+      <c r="AX21" s="9">
         <v>22381540</v>
       </c>
+      <c r="AY21" s="9">
+        <v>22517254</v>
+      </c>
+      <c r="AZ21" s="9">
+        <v>22662773</v>
+      </c>
+      <c r="BA21" s="9">
+        <v>22725665</v>
+      </c>
+      <c r="BB21" s="9">
+        <v>22719347</v>
+      </c>
+      <c r="BC21" s="9">
+        <v>22750164</v>
+      </c>
+      <c r="BD21" s="9">
+        <v>22645896</v>
+      </c>
+      <c r="BE21" s="9">
+        <v>22672239</v>
+      </c>
+      <c r="BF21" s="9">
+        <v>22531670</v>
+      </c>
+      <c r="BG21" s="9">
+        <v>22556873</v>
+      </c>
+      <c r="BH21" s="9">
+        <v>23027981</v>
+      </c>
+      <c r="BI21" s="9">
+        <v>23089216</v>
+      </c>
+      <c r="BJ21" s="9">
+        <v>23096340</v>
+      </c>
     </row>
-    <row r="22" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A22" s="9" t="s">
+    <row r="22" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>22</v>
+      </c>
+      <c r="B22" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="B22" s="10">
+      <c r="C22" s="9">
         <v>18625760</v>
       </c>
-      <c r="C22" s="10">
+      <c r="D22" s="9">
         <v>18652104</v>
       </c>
-      <c r="D22" s="10">
+      <c r="E22" s="9">
         <v>19488962</v>
       </c>
-      <c r="E22" s="10">
+      <c r="F22" s="9">
         <v>19873373</v>
       </c>
-      <c r="F22" s="10">
+      <c r="G22" s="9">
         <v>19990838</v>
       </c>
-      <c r="G22" s="10">
+      <c r="H22" s="9">
         <v>19986678</v>
       </c>
-      <c r="H22" s="10">
+      <c r="I22" s="9">
         <v>20096526</v>
       </c>
-      <c r="I22" s="10">
+      <c r="J22" s="9">
         <v>20054004</v>
       </c>
-      <c r="J22" s="10">
+      <c r="K22" s="9">
         <v>19991888</v>
       </c>
-      <c r="K22" s="10">
+      <c r="L22" s="9">
         <v>20057812</v>
       </c>
-      <c r="L22" s="10">
+      <c r="M22" s="9">
         <v>20287219</v>
       </c>
-      <c r="M22" s="10">
+      <c r="N22" s="9">
         <v>20410436</v>
       </c>
-      <c r="N22" s="10">
+      <c r="O22" s="9">
         <v>20332749</v>
       </c>
-      <c r="O22" s="10">
+      <c r="P22" s="9">
         <v>20350380</v>
       </c>
-      <c r="P22" s="10">
+      <c r="Q22" s="9">
         <v>20454713</v>
       </c>
-      <c r="Q22" s="10">
+      <c r="R22" s="9">
         <v>20579795</v>
       </c>
-      <c r="R22" s="10">
+      <c r="S22" s="9">
         <v>20580336</v>
       </c>
-      <c r="S22" s="10">
+      <c r="T22" s="9">
         <v>20447725</v>
       </c>
-      <c r="T22" s="10">
+      <c r="U22" s="9">
         <v>20568699</v>
       </c>
-      <c r="U22" s="10">
+      <c r="V22" s="9">
         <v>20618990</v>
       </c>
-      <c r="V22" s="10">
+      <c r="W22" s="9">
         <v>20728911</v>
       </c>
-      <c r="W22" s="10">
+      <c r="X22" s="9">
         <v>20882617</v>
       </c>
-      <c r="X22" s="10">
+      <c r="Y22" s="9">
         <v>20969683</v>
       </c>
-      <c r="Y22" s="10">
+      <c r="Z22" s="9">
         <v>21131551</v>
       </c>
-      <c r="Z22" s="10">
+      <c r="AA22" s="9">
         <v>21165211</v>
       </c>
-      <c r="AA22" s="10">
+      <c r="AB22" s="9">
         <v>21365910</v>
       </c>
-      <c r="AB22" s="10">
+      <c r="AC22" s="9">
         <v>21570119</v>
       </c>
-      <c r="AC22" s="10">
+      <c r="AD22" s="9">
         <v>21668484</v>
       </c>
-      <c r="AD22" s="10">
+      <c r="AE22" s="9">
         <v>21664137</v>
       </c>
-      <c r="AE22" s="10">
+      <c r="AF22" s="9">
         <v>21638494</v>
       </c>
-      <c r="AF22" s="10">
+      <c r="AG22" s="9">
         <v>21586371</v>
       </c>
-      <c r="AG22" s="10">
+      <c r="AH22" s="9">
         <v>21663839</v>
       </c>
-      <c r="AH22" s="10">
+      <c r="AI22" s="9">
         <v>21623688</v>
       </c>
-      <c r="AI22" s="10">
+      <c r="AJ22" s="9">
         <v>21768669</v>
       </c>
-      <c r="AJ22" s="10">
+      <c r="AK22" s="9">
         <v>21934688</v>
       </c>
-      <c r="AK22" s="10">
+      <c r="AL22" s="9">
         <v>21974374</v>
       </c>
-      <c r="AL22" s="10">
+      <c r="AM22" s="9">
         <v>21946611</v>
       </c>
-      <c r="AM22" s="10">
+      <c r="AN22" s="9">
         <v>22022484</v>
       </c>
-      <c r="AN22" s="10">
+      <c r="AO22" s="9">
         <v>22131552</v>
       </c>
-      <c r="AO22" s="10">
+      <c r="AP22" s="9">
         <v>22050144</v>
       </c>
-      <c r="AP22" s="10">
+      <c r="AQ22" s="9">
         <v>22019815</v>
       </c>
-      <c r="AQ22" s="10">
+      <c r="AR22" s="9">
         <v>21952801</v>
       </c>
-      <c r="AR22" s="10">
+      <c r="AS22" s="9">
         <v>21928097</v>
       </c>
-      <c r="AS22" s="10">
+      <c r="AT22" s="9">
         <v>21923523</v>
       </c>
-      <c r="AT22" s="10">
+      <c r="AU22" s="9">
         <v>22027029</v>
       </c>
-      <c r="AU22" s="10">
+      <c r="AV22" s="9">
         <v>22139247</v>
       </c>
-      <c r="AV22" s="10">
+      <c r="AW22" s="9">
         <v>22261846</v>
       </c>
-      <c r="AW22" s="10">
+      <c r="AX22" s="9">
         <v>22323265</v>
       </c>
+      <c r="AY22" s="9">
+        <v>22460997</v>
+      </c>
+      <c r="AZ22" s="9">
+        <v>22603897</v>
+      </c>
+      <c r="BA22" s="9">
+        <v>22667031</v>
+      </c>
+      <c r="BB22" s="9">
+        <v>22659554</v>
+      </c>
+      <c r="BC22" s="9">
+        <v>22689974</v>
+      </c>
+      <c r="BD22" s="9">
+        <v>22590865</v>
+      </c>
+      <c r="BE22" s="9">
+        <v>22618929</v>
+      </c>
+      <c r="BF22" s="9">
+        <v>22478138</v>
+      </c>
+      <c r="BG22" s="9">
+        <v>22506166</v>
+      </c>
+      <c r="BH22" s="9">
+        <v>22969048</v>
+      </c>
+      <c r="BI22" s="9">
+        <v>23020597</v>
+      </c>
+      <c r="BJ22" s="9">
+        <v>23023299</v>
+      </c>
     </row>
-    <row r="23" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A23" s="9" t="s">
+    <row r="23" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>23</v>
+      </c>
+      <c r="B23" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="B23" s="10">
+      <c r="C23" s="9">
         <v>12458925</v>
       </c>
-      <c r="C23" s="10">
+      <c r="D23" s="9">
         <v>12476417</v>
       </c>
-      <c r="D23" s="10">
+      <c r="E23" s="9">
         <v>13196762</v>
       </c>
-      <c r="E23" s="10">
+      <c r="F23" s="9">
         <v>13450656</v>
       </c>
-      <c r="F23" s="10">
+      <c r="G23" s="9">
         <v>13529607</v>
       </c>
-      <c r="G23" s="10">
+      <c r="H23" s="9">
         <v>13488290</v>
       </c>
-      <c r="H23" s="10">
+      <c r="I23" s="9">
         <v>13545734</v>
       </c>
-      <c r="I23" s="10">
+      <c r="J23" s="9">
         <v>13491330</v>
       </c>
-      <c r="J23" s="10">
+      <c r="K23" s="9">
         <v>13426374</v>
       </c>
-      <c r="K23" s="10">
+      <c r="L23" s="9">
         <v>13487079</v>
       </c>
-      <c r="L23" s="10">
+      <c r="M23" s="9">
         <v>13683207</v>
       </c>
-      <c r="M23" s="10">
+      <c r="N23" s="9">
         <v>13754763</v>
       </c>
-      <c r="N23" s="10">
+      <c r="O23" s="9">
         <v>13722245</v>
       </c>
-      <c r="O23" s="10">
+      <c r="P23" s="9">
         <v>13719076</v>
       </c>
-      <c r="P23" s="10">
+      <c r="Q23" s="9">
         <v>13823143</v>
       </c>
-      <c r="Q23" s="10">
+      <c r="R23" s="9">
         <v>13972630</v>
       </c>
-      <c r="R23" s="10">
+      <c r="S23" s="9">
         <v>14010420</v>
       </c>
-      <c r="S23" s="10">
+      <c r="T23" s="9">
         <v>13868151</v>
       </c>
-      <c r="T23" s="10">
+      <c r="U23" s="9">
         <v>13975257</v>
       </c>
-      <c r="U23" s="10">
+      <c r="V23" s="9">
         <v>13977832</v>
       </c>
-      <c r="V23" s="10">
+      <c r="W23" s="9">
         <v>14042158</v>
       </c>
-      <c r="W23" s="10">
+      <c r="X23" s="9">
         <v>14115101</v>
       </c>
-      <c r="X23" s="10">
+      <c r="Y23" s="9">
         <v>14187727</v>
       </c>
-      <c r="Y23" s="10">
+      <c r="Z23" s="9">
         <v>14196423</v>
       </c>
-      <c r="Z23" s="10">
+      <c r="AA23" s="9">
         <v>14235340</v>
       </c>
-      <c r="AA23" s="10">
+      <c r="AB23" s="9">
         <v>14410701</v>
       </c>
-      <c r="AB23" s="10">
+      <c r="AC23" s="9">
         <v>14602759</v>
       </c>
-      <c r="AC23" s="10">
+      <c r="AD23" s="9">
         <v>14711913</v>
       </c>
-      <c r="AD23" s="10">
+      <c r="AE23" s="9">
         <v>14700961</v>
       </c>
-      <c r="AE23" s="10">
+      <c r="AF23" s="9">
         <v>14653650</v>
       </c>
-      <c r="AF23" s="10">
+      <c r="AG23" s="9">
         <v>14584601</v>
       </c>
-      <c r="AG23" s="10">
+      <c r="AH23" s="9">
         <v>14636634</v>
       </c>
-      <c r="AH23" s="10">
+      <c r="AI23" s="9">
         <v>14582720</v>
       </c>
-      <c r="AI23" s="10">
+      <c r="AJ23" s="9">
         <v>14672505</v>
       </c>
-      <c r="AJ23" s="10">
+      <c r="AK23" s="9">
         <v>14770843</v>
       </c>
-      <c r="AK23" s="10">
+      <c r="AL23" s="9">
         <v>14803097</v>
       </c>
-      <c r="AL23" s="10">
+      <c r="AM23" s="9">
         <v>14753409</v>
       </c>
-      <c r="AM23" s="10">
+      <c r="AN23" s="9">
         <v>14843809</v>
       </c>
-      <c r="AN23" s="10">
+      <c r="AO23" s="9">
         <v>14942916</v>
       </c>
-      <c r="AO23" s="10">
+      <c r="AP23" s="9">
         <v>14857115</v>
       </c>
-      <c r="AP23" s="10">
+      <c r="AQ23" s="9">
         <v>14842426</v>
       </c>
-      <c r="AQ23" s="10">
+      <c r="AR23" s="9">
         <v>14723941</v>
       </c>
-      <c r="AR23" s="10">
+      <c r="AS23" s="9">
         <v>14685182</v>
       </c>
-      <c r="AS23" s="10">
+      <c r="AT23" s="9">
         <v>14703156</v>
       </c>
-      <c r="AT23" s="10">
+      <c r="AU23" s="9">
         <v>14819737</v>
       </c>
-      <c r="AU23" s="10">
+      <c r="AV23" s="9">
         <v>14897485</v>
       </c>
-      <c r="AV23" s="10">
+      <c r="AW23" s="9">
         <v>14929661</v>
       </c>
-      <c r="AW23" s="10">
+      <c r="AX23" s="9">
         <v>14938468</v>
       </c>
+      <c r="AY23" s="9">
+        <v>15004982</v>
+      </c>
+      <c r="AZ23" s="9">
+        <v>15107418</v>
+      </c>
+      <c r="BA23" s="9">
+        <v>15156893</v>
+      </c>
+      <c r="BB23" s="9">
+        <v>15202423</v>
+      </c>
+      <c r="BC23" s="9">
+        <v>15198732</v>
+      </c>
+      <c r="BD23" s="9">
+        <v>15076992</v>
+      </c>
+      <c r="BE23" s="9">
+        <v>15114663</v>
+      </c>
+      <c r="BF23" s="9">
+        <v>14941204</v>
+      </c>
+      <c r="BG23" s="9">
+        <v>14875798</v>
+      </c>
+      <c r="BH23" s="9">
+        <v>15232216</v>
+      </c>
+      <c r="BI23" s="9">
+        <v>15231679</v>
+      </c>
+      <c r="BJ23" s="9">
+        <v>15240638</v>
+      </c>
     </row>
-    <row r="24" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A24" s="9" t="s">
+    <row r="24" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>24</v>
+      </c>
+      <c r="B24" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B24" s="10">
+      <c r="C24" s="9">
         <v>406089</v>
       </c>
-      <c r="C24" s="10">
+      <c r="D24" s="9">
         <v>391878</v>
       </c>
-      <c r="D24" s="10">
+      <c r="E24" s="9">
         <v>411346</v>
       </c>
-      <c r="E24" s="10">
+      <c r="F24" s="9">
         <v>413544</v>
       </c>
-      <c r="F24" s="10">
+      <c r="G24" s="9">
         <v>410793</v>
       </c>
-      <c r="G24" s="10">
+      <c r="H24" s="9">
         <v>417398</v>
       </c>
-      <c r="H24" s="10">
+      <c r="I24" s="9">
         <v>431846</v>
       </c>
-      <c r="I24" s="10">
+      <c r="J24" s="9">
         <v>418048</v>
       </c>
-      <c r="J24" s="10">
+      <c r="K24" s="9">
         <v>419776</v>
       </c>
-      <c r="K24" s="10">
+      <c r="L24" s="9">
         <v>423673</v>
       </c>
-      <c r="L24" s="10">
+      <c r="M24" s="9">
         <v>423756</v>
       </c>
-      <c r="M24" s="10">
+      <c r="N24" s="9">
         <v>434745</v>
       </c>
-      <c r="N24" s="10">
+      <c r="O24" s="9">
         <v>449706</v>
       </c>
-      <c r="O24" s="10">
+      <c r="P24" s="9">
         <v>439369</v>
       </c>
-      <c r="P24" s="10">
+      <c r="Q24" s="9">
         <v>426553</v>
       </c>
-      <c r="Q24" s="10">
+      <c r="R24" s="9">
         <v>465828</v>
       </c>
-      <c r="R24" s="10">
+      <c r="S24" s="9">
         <v>447124</v>
       </c>
-      <c r="S24" s="10">
+      <c r="T24" s="9">
         <v>440468</v>
       </c>
-      <c r="T24" s="10">
+      <c r="U24" s="9">
         <v>490703</v>
       </c>
-      <c r="U24" s="10">
+      <c r="V24" s="9">
         <v>461713</v>
       </c>
-      <c r="V24" s="10">
+      <c r="W24" s="9">
         <v>494047</v>
       </c>
-      <c r="W24" s="10">
+      <c r="X24" s="9">
         <v>489275</v>
       </c>
-      <c r="X24" s="10">
+      <c r="Y24" s="9">
         <v>492346</v>
       </c>
-      <c r="Y24" s="10">
+      <c r="Z24" s="9">
         <v>425818</v>
       </c>
-      <c r="Z24" s="10">
+      <c r="AA24" s="9">
         <v>472718</v>
       </c>
-      <c r="AA24" s="10">
+      <c r="AB24" s="9">
         <v>489747</v>
       </c>
-      <c r="AB24" s="10">
+      <c r="AC24" s="9">
         <v>482047</v>
       </c>
-      <c r="AC24" s="10">
+      <c r="AD24" s="9">
         <v>489707</v>
       </c>
-      <c r="AD24" s="10">
+      <c r="AE24" s="9">
         <v>462005</v>
       </c>
-      <c r="AE24" s="10">
+      <c r="AF24" s="9">
         <v>473498</v>
       </c>
-      <c r="AF24" s="10">
+      <c r="AG24" s="9">
         <v>464578</v>
       </c>
-      <c r="AG24" s="10">
+      <c r="AH24" s="9">
         <v>479251</v>
       </c>
-      <c r="AH24" s="10">
+      <c r="AI24" s="9">
         <v>491312</v>
       </c>
-      <c r="AI24" s="10">
+      <c r="AJ24" s="9">
         <v>499884</v>
       </c>
-      <c r="AJ24" s="10">
+      <c r="AK24" s="9">
         <v>508854</v>
       </c>
-      <c r="AK24" s="10">
+      <c r="AL24" s="9">
         <v>507058</v>
       </c>
-      <c r="AL24" s="10">
+      <c r="AM24" s="9">
         <v>490899</v>
       </c>
-      <c r="AM24" s="10">
+      <c r="AN24" s="9">
         <v>546885</v>
       </c>
-      <c r="AN24" s="10">
+      <c r="AO24" s="9">
         <v>596812</v>
       </c>
-      <c r="AO24" s="10">
+      <c r="AP24" s="9">
         <v>573558</v>
       </c>
-      <c r="AP24" s="10">
+      <c r="AQ24" s="9">
         <v>561360</v>
       </c>
-      <c r="AQ24" s="10">
+      <c r="AR24" s="9">
         <v>553214</v>
       </c>
-      <c r="AR24" s="10">
+      <c r="AS24" s="9">
         <v>579022</v>
       </c>
-      <c r="AS24" s="10">
+      <c r="AT24" s="9">
         <v>582861</v>
       </c>
-      <c r="AT24" s="10">
+      <c r="AU24" s="9">
         <v>609186</v>
       </c>
-      <c r="AU24" s="10">
+      <c r="AV24" s="9">
         <v>626745</v>
       </c>
-      <c r="AV24" s="10">
+      <c r="AW24" s="9">
         <v>671736</v>
       </c>
-      <c r="AW24" s="10">
+      <c r="AX24" s="9">
         <v>699657</v>
       </c>
+      <c r="AY24" s="9">
+        <v>755858</v>
+      </c>
+      <c r="AZ24" s="9">
+        <v>749807</v>
+      </c>
+      <c r="BA24" s="9">
+        <v>771271</v>
+      </c>
+      <c r="BB24" s="9">
+        <v>820978</v>
+      </c>
+      <c r="BC24" s="9">
+        <v>809359</v>
+      </c>
+      <c r="BD24" s="9">
+        <v>760418</v>
+      </c>
+      <c r="BE24" s="9">
+        <v>776730</v>
+      </c>
+      <c r="BF24" s="9">
+        <v>756293</v>
+      </c>
+      <c r="BG24" s="9">
+        <v>772115</v>
+      </c>
+      <c r="BH24" s="9">
+        <v>848196</v>
+      </c>
+      <c r="BI24" s="9">
+        <v>831805</v>
+      </c>
+      <c r="BJ24" s="9">
+        <v>834669</v>
+      </c>
     </row>
-    <row r="25" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A25" s="9" t="s">
+    <row r="25" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>25</v>
+      </c>
+      <c r="B25" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="B25" s="10">
+      <c r="C25" s="9">
         <v>7263384</v>
       </c>
-      <c r="C25" s="10">
+      <c r="D25" s="9">
         <v>7335248</v>
       </c>
-      <c r="D25" s="10">
+      <c r="E25" s="9">
         <v>8049785</v>
       </c>
-      <c r="E25" s="10">
+      <c r="F25" s="9">
         <v>8353628</v>
       </c>
-      <c r="F25" s="10">
+      <c r="G25" s="9">
         <v>8484998</v>
       </c>
-      <c r="G25" s="10">
+      <c r="H25" s="9">
         <v>8509462</v>
       </c>
-      <c r="H25" s="10">
+      <c r="I25" s="9">
         <v>8562605</v>
       </c>
-      <c r="I25" s="10">
+      <c r="J25" s="9">
         <v>8614787</v>
       </c>
-      <c r="J25" s="10">
+      <c r="K25" s="9">
         <v>8629699</v>
       </c>
-      <c r="K25" s="10">
+      <c r="L25" s="9">
         <v>8723675</v>
       </c>
-      <c r="L25" s="10">
+      <c r="M25" s="9">
         <v>8923348</v>
       </c>
-      <c r="M25" s="10">
+      <c r="N25" s="9">
         <v>9037583</v>
       </c>
-      <c r="N25" s="10">
+      <c r="O25" s="9">
         <v>9003361</v>
       </c>
-      <c r="O25" s="10">
+      <c r="P25" s="9">
         <v>9055501</v>
       </c>
-      <c r="P25" s="10">
+      <c r="Q25" s="9">
         <v>9193761</v>
       </c>
-      <c r="Q25" s="10">
+      <c r="R25" s="9">
         <v>9327729</v>
       </c>
-      <c r="R25" s="10">
+      <c r="S25" s="9">
         <v>9467203</v>
       </c>
-      <c r="S25" s="10">
+      <c r="T25" s="9">
         <v>9388469</v>
       </c>
-      <c r="T25" s="10">
+      <c r="U25" s="9">
         <v>9499429</v>
       </c>
-      <c r="U25" s="10">
+      <c r="V25" s="9">
         <v>9617657</v>
       </c>
-      <c r="V25" s="10">
+      <c r="W25" s="9">
         <v>9707190</v>
       </c>
-      <c r="W25" s="10">
+      <c r="X25" s="9">
         <v>9779652</v>
       </c>
-      <c r="X25" s="10">
+      <c r="Y25" s="9">
         <v>9870206</v>
       </c>
-      <c r="Y25" s="10">
+      <c r="Z25" s="9">
         <v>9947200</v>
       </c>
-      <c r="Z25" s="10">
+      <c r="AA25" s="9">
         <v>9945458</v>
       </c>
-      <c r="AA25" s="10">
+      <c r="AB25" s="9">
         <v>10078071</v>
       </c>
-      <c r="AB25" s="10">
+      <c r="AC25" s="9">
         <v>10252682</v>
       </c>
-      <c r="AC25" s="10">
+      <c r="AD25" s="9">
         <v>10336153</v>
       </c>
-      <c r="AD25" s="10">
+      <c r="AE25" s="9">
         <v>10385066</v>
       </c>
-      <c r="AE25" s="10">
+      <c r="AF25" s="9">
         <v>10326022</v>
       </c>
-      <c r="AF25" s="10">
+      <c r="AG25" s="9">
         <v>10289227</v>
       </c>
-      <c r="AG25" s="10">
+      <c r="AH25" s="9">
         <v>10320640</v>
       </c>
-      <c r="AH25" s="10">
+      <c r="AI25" s="9">
         <v>10240880</v>
       </c>
-      <c r="AI25" s="10">
+      <c r="AJ25" s="9">
         <v>10270813</v>
       </c>
-      <c r="AJ25" s="10">
+      <c r="AK25" s="9">
         <v>10321434</v>
       </c>
-      <c r="AK25" s="10">
+      <c r="AL25" s="9">
         <v>10280111</v>
       </c>
-      <c r="AL25" s="10">
+      <c r="AM25" s="9">
         <v>10163486</v>
       </c>
-      <c r="AM25" s="10">
+      <c r="AN25" s="9">
         <v>10119231</v>
       </c>
-      <c r="AN25" s="10">
+      <c r="AO25" s="9">
         <v>10163649</v>
       </c>
-      <c r="AO25" s="10">
+      <c r="AP25" s="9">
         <v>10088571</v>
       </c>
-      <c r="AP25" s="10">
+      <c r="AQ25" s="9">
         <v>10044558</v>
       </c>
-      <c r="AQ25" s="10">
+      <c r="AR25" s="9">
         <v>9881513</v>
       </c>
-      <c r="AR25" s="10">
+      <c r="AS25" s="9">
         <v>9746840</v>
       </c>
-      <c r="AS25" s="10">
+      <c r="AT25" s="9">
         <v>9684811</v>
       </c>
-      <c r="AT25" s="10">
+      <c r="AU25" s="9">
         <v>9675603</v>
       </c>
-      <c r="AU25" s="10">
+      <c r="AV25" s="9">
         <v>9634000</v>
       </c>
-      <c r="AV25" s="10">
+      <c r="AW25" s="9">
         <v>9518052</v>
       </c>
-      <c r="AW25" s="10">
+      <c r="AX25" s="9">
         <v>9475221</v>
       </c>
+      <c r="AY25" s="9">
+        <v>9364840</v>
+      </c>
+      <c r="AZ25" s="9">
+        <v>9429632</v>
+      </c>
+      <c r="BA25" s="9">
+        <v>9420258</v>
+      </c>
+      <c r="BB25" s="9">
+        <v>9373298</v>
+      </c>
+      <c r="BC25" s="9">
+        <v>9356764</v>
+      </c>
+      <c r="BD25" s="9">
+        <v>9295274</v>
+      </c>
+      <c r="BE25" s="9">
+        <v>9310385</v>
+      </c>
+      <c r="BF25" s="9">
+        <v>9175907</v>
+      </c>
+      <c r="BG25" s="9">
+        <v>9090871</v>
+      </c>
+      <c r="BH25" s="9">
+        <v>9371783</v>
+      </c>
+      <c r="BI25" s="9">
+        <v>9348326</v>
+      </c>
+      <c r="BJ25" s="9">
+        <v>9379397</v>
+      </c>
     </row>
-    <row r="26" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A26" s="9" t="s">
+    <row r="26" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>26</v>
+      </c>
+      <c r="B26" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="B26" s="10">
+      <c r="C26" s="9">
         <v>4782480</v>
       </c>
-      <c r="C26" s="10">
+      <c r="D26" s="9">
         <v>4742616</v>
       </c>
-      <c r="D26" s="10">
+      <c r="E26" s="9">
         <v>4727710</v>
       </c>
-      <c r="E26" s="10">
+      <c r="F26" s="9">
         <v>4676728</v>
       </c>
-      <c r="F26" s="10">
+      <c r="G26" s="9">
         <v>4627202</v>
       </c>
-      <c r="G26" s="10">
+      <c r="H26" s="9">
         <v>4554557</v>
       </c>
-      <c r="H26" s="10">
+      <c r="I26" s="9">
         <v>4544489</v>
       </c>
-      <c r="I26" s="10">
+      <c r="J26" s="9">
         <v>4452053</v>
       </c>
-      <c r="J26" s="10">
+      <c r="K26" s="9">
         <v>4370143</v>
       </c>
-      <c r="K26" s="10">
+      <c r="L26" s="9">
         <v>4333426</v>
       </c>
-      <c r="L26" s="10">
+      <c r="M26" s="9">
         <v>4327292</v>
       </c>
-      <c r="M26" s="10">
+      <c r="N26" s="9">
         <v>4272836</v>
       </c>
-      <c r="N26" s="10">
+      <c r="O26" s="9">
         <v>4258931</v>
       </c>
-      <c r="O26" s="10">
+      <c r="P26" s="9">
         <v>4213865</v>
       </c>
-      <c r="P26" s="10">
+      <c r="Q26" s="9">
         <v>4194452</v>
       </c>
-      <c r="Q26" s="10">
+      <c r="R26" s="9">
         <v>4170748</v>
       </c>
-      <c r="R26" s="10">
+      <c r="S26" s="9">
         <v>4088183</v>
       </c>
-      <c r="S26" s="10">
+      <c r="T26" s="9">
         <v>4031148</v>
       </c>
-      <c r="T26" s="10">
+      <c r="U26" s="9">
         <v>3975690</v>
       </c>
-      <c r="U26" s="10">
+      <c r="V26" s="9">
         <v>3889704</v>
       </c>
-      <c r="V26" s="10">
+      <c r="W26" s="9">
         <v>3830101</v>
       </c>
-      <c r="W26" s="10">
+      <c r="X26" s="9">
         <v>3835685</v>
       </c>
-      <c r="X26" s="10">
+      <c r="Y26" s="9">
         <v>3813919</v>
       </c>
-      <c r="Y26" s="10">
+      <c r="Z26" s="9">
         <v>3812525</v>
       </c>
-      <c r="Z26" s="10">
+      <c r="AA26" s="9">
         <v>3807456</v>
       </c>
-      <c r="AA26" s="10">
+      <c r="AB26" s="9">
         <v>3830819</v>
       </c>
-      <c r="AB26" s="10">
+      <c r="AC26" s="9">
         <v>3852508</v>
       </c>
-      <c r="AC26" s="10">
+      <c r="AD26" s="9">
         <v>3866364</v>
       </c>
-      <c r="AD26" s="10">
+      <c r="AE26" s="9">
         <v>3834433</v>
       </c>
-      <c r="AE26" s="10">
+      <c r="AF26" s="9">
         <v>3833496</v>
       </c>
-      <c r="AF26" s="10">
+      <c r="AG26" s="9">
         <v>3812137</v>
       </c>
-      <c r="AG26" s="10">
+      <c r="AH26" s="9">
         <v>3813082</v>
       </c>
-      <c r="AH26" s="10">
+      <c r="AI26" s="9">
         <v>3815719</v>
       </c>
-      <c r="AI26" s="10">
+      <c r="AJ26" s="9">
         <v>3871523</v>
       </c>
-      <c r="AJ26" s="10">
+      <c r="AK26" s="9">
         <v>3912416</v>
       </c>
-      <c r="AK26" s="10">
+      <c r="AL26" s="9">
         <v>3979342</v>
       </c>
-      <c r="AL26" s="10">
+      <c r="AM26" s="9">
         <v>4052704</v>
       </c>
-      <c r="AM26" s="10">
+      <c r="AN26" s="9">
         <v>4144062</v>
       </c>
-      <c r="AN26" s="10">
+      <c r="AO26" s="9">
         <v>4155107</v>
       </c>
-      <c r="AO26" s="10">
+      <c r="AP26" s="9">
         <v>4171001</v>
       </c>
-      <c r="AP26" s="10">
+      <c r="AQ26" s="9">
         <v>4211329</v>
       </c>
-      <c r="AQ26" s="10">
+      <c r="AR26" s="9">
         <v>4267078</v>
       </c>
-      <c r="AR26" s="10">
+      <c r="AS26" s="9">
         <v>4333344</v>
       </c>
-      <c r="AS26" s="10">
+      <c r="AT26" s="9">
         <v>4407561</v>
       </c>
-      <c r="AT26" s="10">
+      <c r="AU26" s="9">
         <v>4511780</v>
       </c>
-      <c r="AU26" s="10">
+      <c r="AV26" s="9">
         <v>4611874</v>
       </c>
-      <c r="AV26" s="10">
+      <c r="AW26" s="9">
         <v>4717559</v>
       </c>
-      <c r="AW26" s="10">
+      <c r="AX26" s="9">
         <v>4745515</v>
       </c>
+      <c r="AY26" s="9">
+        <v>4865238</v>
+      </c>
+      <c r="AZ26" s="9">
+        <v>4907726</v>
+      </c>
+      <c r="BA26" s="9">
+        <v>4945713</v>
+      </c>
+      <c r="BB26" s="9">
+        <v>4987000</v>
+      </c>
+      <c r="BC26" s="9">
+        <v>5014046</v>
+      </c>
+      <c r="BD26" s="9">
+        <v>5002184</v>
+      </c>
+      <c r="BE26" s="9">
+        <v>5009486</v>
+      </c>
+      <c r="BF26" s="9">
+        <v>4979841</v>
+      </c>
+      <c r="BG26" s="9">
+        <v>4970845</v>
+      </c>
+      <c r="BH26" s="9">
+        <v>4978941</v>
+      </c>
+      <c r="BI26" s="9">
+        <v>5023619</v>
+      </c>
+      <c r="BJ26" s="9">
+        <v>4994429</v>
+      </c>
     </row>
-    <row r="27" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A27" s="9" t="s">
+    <row r="27" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>27</v>
+      </c>
+      <c r="B27" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="B27" s="10">
+      <c r="C27" s="9">
         <v>6972</v>
       </c>
-      <c r="C27" s="10">
+      <c r="D27" s="9">
         <v>6675</v>
       </c>
-      <c r="D27" s="10">
+      <c r="E27" s="9">
         <v>7921</v>
       </c>
-      <c r="E27" s="10">
+      <c r="F27" s="9">
         <v>6756</v>
       </c>
-      <c r="F27" s="10">
+      <c r="G27" s="9">
         <v>6613</v>
       </c>
-      <c r="G27" s="10">
+      <c r="H27" s="9">
         <v>6874</v>
       </c>
-      <c r="H27" s="10">
+      <c r="I27" s="9">
         <v>6795</v>
       </c>
-      <c r="I27" s="10">
+      <c r="J27" s="9">
         <v>6441</v>
       </c>
-      <c r="J27" s="10">
+      <c r="K27" s="9">
         <v>6756</v>
       </c>
-      <c r="K27" s="10">
+      <c r="L27" s="9">
         <v>6304</v>
       </c>
-      <c r="L27" s="10">
+      <c r="M27" s="9">
         <v>8811</v>
       </c>
-      <c r="M27" s="10">
+      <c r="N27" s="9">
         <v>9600</v>
       </c>
-      <c r="N27" s="10">
+      <c r="O27" s="9">
         <v>10247</v>
       </c>
-      <c r="O27" s="10">
+      <c r="P27" s="9">
         <v>10340</v>
       </c>
-      <c r="P27" s="10">
+      <c r="Q27" s="9">
         <v>8377</v>
       </c>
-      <c r="Q27" s="10">
+      <c r="R27" s="9">
         <v>8325</v>
       </c>
-      <c r="R27" s="10">
+      <c r="S27" s="9">
         <v>7909</v>
       </c>
-      <c r="S27" s="10">
+      <c r="T27" s="9">
         <v>8066</v>
       </c>
-      <c r="T27" s="10">
+      <c r="U27" s="9">
         <v>9434</v>
       </c>
-      <c r="U27" s="10">
+      <c r="V27" s="9">
         <v>8758</v>
       </c>
-      <c r="V27" s="10">
+      <c r="W27" s="9">
         <v>10820</v>
       </c>
-      <c r="W27" s="10">
+      <c r="X27" s="9">
         <v>10489</v>
       </c>
-      <c r="X27" s="10">
+      <c r="Y27" s="9">
         <v>11255</v>
       </c>
-      <c r="Y27" s="10">
+      <c r="Z27" s="9">
         <v>10880</v>
       </c>
-      <c r="Z27" s="10">
+      <c r="AA27" s="9">
         <v>9707</v>
       </c>
-      <c r="AA27" s="10">
+      <c r="AB27" s="9">
         <v>12065</v>
       </c>
-      <c r="AB27" s="10">
+      <c r="AC27" s="9">
         <v>15522</v>
       </c>
-      <c r="AC27" s="10">
+      <c r="AD27" s="9">
         <v>19689</v>
       </c>
-      <c r="AD27" s="10">
+      <c r="AE27" s="9">
         <v>19458</v>
       </c>
-      <c r="AE27" s="10">
+      <c r="AF27" s="9">
         <v>20634</v>
       </c>
-      <c r="AF27" s="10">
+      <c r="AG27" s="9">
         <v>18659</v>
       </c>
-      <c r="AG27" s="10">
+      <c r="AH27" s="9">
         <v>23661</v>
       </c>
-      <c r="AH27" s="10">
+      <c r="AI27" s="9">
         <v>34810</v>
       </c>
-      <c r="AI27" s="10">
+      <c r="AJ27" s="9">
         <v>30285</v>
       </c>
-      <c r="AJ27" s="10">
+      <c r="AK27" s="9">
         <v>28139</v>
       </c>
-      <c r="AK27" s="10">
+      <c r="AL27" s="9">
         <v>36586</v>
       </c>
-      <c r="AL27" s="10">
+      <c r="AM27" s="9">
         <v>46321</v>
       </c>
-      <c r="AM27" s="10">
+      <c r="AN27" s="9">
         <v>33632</v>
       </c>
-      <c r="AN27" s="10">
+      <c r="AO27" s="9">
         <v>27347</v>
       </c>
-      <c r="AO27" s="10">
+      <c r="AP27" s="9">
         <v>23985</v>
       </c>
-      <c r="AP27" s="10">
+      <c r="AQ27" s="9">
         <v>25179</v>
       </c>
-      <c r="AQ27" s="10">
+      <c r="AR27" s="9">
         <v>22136</v>
       </c>
-      <c r="AR27" s="10">
+      <c r="AS27" s="9">
         <v>25976</v>
       </c>
-      <c r="AS27" s="10">
+      <c r="AT27" s="9">
         <v>27923</v>
       </c>
-      <c r="AT27" s="10">
+      <c r="AU27" s="9">
         <v>23168</v>
       </c>
-      <c r="AU27" s="10">
+      <c r="AV27" s="9">
         <v>24866</v>
       </c>
-      <c r="AV27" s="10">
+      <c r="AW27" s="9">
         <v>22314</v>
       </c>
-      <c r="AW27" s="10">
+      <c r="AX27" s="9">
         <v>18075</v>
       </c>
+      <c r="AY27" s="9">
+        <v>19045</v>
+      </c>
+      <c r="AZ27" s="9">
+        <v>20253</v>
+      </c>
+      <c r="BA27" s="9">
+        <v>19650</v>
+      </c>
+      <c r="BB27" s="9">
+        <v>21146</v>
+      </c>
+      <c r="BC27" s="9">
+        <v>18563</v>
+      </c>
+      <c r="BD27" s="9">
+        <v>19115</v>
+      </c>
+      <c r="BE27" s="9">
+        <v>18063</v>
+      </c>
+      <c r="BF27" s="9">
+        <v>29163</v>
+      </c>
+      <c r="BG27" s="9">
+        <v>41966</v>
+      </c>
+      <c r="BH27" s="9">
+        <v>33296</v>
+      </c>
+      <c r="BI27" s="9">
+        <v>27929</v>
+      </c>
+      <c r="BJ27" s="9">
+        <v>32143</v>
+      </c>
     </row>
-    <row r="28" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A28" s="9" t="s">
+    <row r="28" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A28" s="1">
+        <v>28</v>
+      </c>
+      <c r="B28" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="B28" s="10">
+      <c r="C28" s="9">
         <v>10375</v>
       </c>
-      <c r="C28" s="10">
+      <c r="D28" s="9">
         <v>10333</v>
       </c>
-      <c r="D28" s="10">
+      <c r="E28" s="9">
         <v>10329</v>
       </c>
-      <c r="E28" s="10">
+      <c r="F28" s="9">
         <v>10431</v>
       </c>
-      <c r="F28" s="10">
+      <c r="G28" s="9">
         <v>10050</v>
       </c>
-      <c r="G28" s="10">
+      <c r="H28" s="9">
         <v>9983</v>
       </c>
-      <c r="H28" s="10">
+      <c r="I28" s="9">
         <v>9724</v>
       </c>
-      <c r="I28" s="10">
+      <c r="J28" s="9">
         <v>9715</v>
       </c>
-      <c r="J28" s="10">
+      <c r="K28" s="9">
         <v>9192</v>
       </c>
-      <c r="K28" s="10">
+      <c r="L28" s="9">
         <v>8785</v>
       </c>
-      <c r="L28" s="10">
+      <c r="M28" s="9">
         <v>8598</v>
       </c>
-      <c r="M28" s="10">
+      <c r="N28" s="9">
         <v>8893</v>
       </c>
-      <c r="N28" s="10">
+      <c r="O28" s="9">
         <v>8419</v>
       </c>
-      <c r="O28" s="10">
+      <c r="P28" s="9">
         <v>8059</v>
       </c>
-      <c r="P28" s="10">
+      <c r="Q28" s="9">
         <v>7045</v>
       </c>
-      <c r="Q28" s="10">
+      <c r="R28" s="9">
         <v>6506</v>
       </c>
-      <c r="R28" s="10">
+      <c r="S28" s="9">
         <v>5887</v>
       </c>
-      <c r="S28" s="10">
+      <c r="T28" s="9">
         <v>5538</v>
       </c>
-      <c r="T28" s="10">
+      <c r="U28" s="9">
         <v>4433</v>
       </c>
-      <c r="U28" s="10">
+      <c r="V28" s="9">
         <v>3913</v>
       </c>
-      <c r="V28" s="10">
+      <c r="W28" s="9">
         <v>3626</v>
       </c>
-      <c r="W28" s="10">
+      <c r="X28" s="9">
         <v>3920</v>
       </c>
-      <c r="X28" s="10">
+      <c r="Y28" s="9">
         <v>4427</v>
       </c>
-      <c r="Y28" s="10">
+      <c r="Z28" s="9">
         <v>4677</v>
       </c>
-      <c r="Z28" s="10">
+      <c r="AA28" s="9">
         <v>4725</v>
       </c>
-      <c r="AA28" s="10">
+      <c r="AB28" s="9">
         <v>4800</v>
       </c>
-      <c r="AB28" s="10">
+      <c r="AC28" s="9">
         <v>4824</v>
       </c>
-      <c r="AC28" s="10">
+      <c r="AD28" s="9">
         <v>4786</v>
       </c>
-      <c r="AD28" s="10">
+      <c r="AE28" s="9">
         <v>4698</v>
       </c>
-      <c r="AE28" s="10">
+      <c r="AF28" s="9">
         <v>4582</v>
       </c>
-      <c r="AF28" s="10">
+      <c r="AG28" s="9">
         <v>4559</v>
       </c>
-      <c r="AG28" s="10">
+      <c r="AH28" s="9">
         <v>4518</v>
       </c>
-      <c r="AH28" s="10">
+      <c r="AI28" s="9">
         <v>4616</v>
       </c>
-      <c r="AI28" s="10">
+      <c r="AJ28" s="9">
         <v>4726</v>
       </c>
-      <c r="AJ28" s="10">
+      <c r="AK28" s="9">
         <v>4716</v>
       </c>
-      <c r="AK28" s="10">
+      <c r="AL28" s="9">
         <v>4751</v>
       </c>
-      <c r="AL28" s="10">
+      <c r="AM28" s="9">
         <v>4867</v>
       </c>
-      <c r="AM28" s="10">
+      <c r="AN28" s="9">
         <v>4927</v>
       </c>
-      <c r="AN28" s="10">
+      <c r="AO28" s="9">
         <v>4939</v>
       </c>
-      <c r="AO28" s="10">
+      <c r="AP28" s="9">
         <v>4950</v>
       </c>
-      <c r="AP28" s="10">
+      <c r="AQ28" s="9">
         <v>4931</v>
       </c>
-      <c r="AQ28" s="10">
+      <c r="AR28" s="9">
         <v>4913</v>
       </c>
-      <c r="AR28" s="10">
+      <c r="AS28" s="9">
         <v>4894</v>
       </c>
-      <c r="AS28" s="10">
+      <c r="AT28" s="9">
         <v>4889</v>
       </c>
-      <c r="AT28" s="10">
+      <c r="AU28" s="9">
         <v>4859</v>
       </c>
-      <c r="AU28" s="10">
+      <c r="AV28" s="9">
         <v>4808</v>
       </c>
-      <c r="AV28" s="10">
+      <c r="AW28" s="9">
         <v>4784</v>
       </c>
-      <c r="AW28" s="10">
+      <c r="AX28" s="9">
         <v>4903</v>
       </c>
+      <c r="AY28" s="9">
+        <v>5031</v>
+      </c>
+      <c r="AZ28" s="9">
+        <v>5113</v>
+      </c>
+      <c r="BA28" s="9">
+        <v>5211</v>
+      </c>
+      <c r="BB28" s="9">
+        <v>5270</v>
+      </c>
+      <c r="BC28" s="9">
+        <v>5459</v>
+      </c>
+      <c r="BD28" s="9">
+        <v>5675</v>
+      </c>
+      <c r="BE28" s="9">
+        <v>5948</v>
+      </c>
+      <c r="BF28" s="9">
+        <v>6148</v>
+      </c>
+      <c r="BG28" s="9">
+        <v>6227</v>
+      </c>
+      <c r="BH28" s="9">
+        <v>6298</v>
+      </c>
+      <c r="BI28" s="9">
+        <v>6338</v>
+      </c>
+      <c r="BJ28" s="9">
+        <v>6362</v>
+      </c>
     </row>
-    <row r="29" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A29" s="9" t="s">
+    <row r="29" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A29" s="1">
+        <v>29</v>
+      </c>
+      <c r="B29" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="10">
+      <c r="C29" s="9">
         <v>69</v>
       </c>
-      <c r="C29" s="10">
+      <c r="D29" s="9">
         <v>75</v>
       </c>
-      <c r="D29" s="10">
+      <c r="E29" s="9">
         <v>127</v>
       </c>
-      <c r="E29" s="10">
+      <c r="F29" s="9">
         <v>209</v>
       </c>
-      <c r="F29" s="10">
+      <c r="G29" s="9">
         <v>138</v>
       </c>
-      <c r="G29" s="10">
+      <c r="H29" s="9">
         <v>98</v>
       </c>
-      <c r="H29" s="10">
+      <c r="I29" s="9">
         <v>99</v>
       </c>
-      <c r="I29" s="10">
+      <c r="J29" s="9">
         <v>450</v>
       </c>
-      <c r="J29" s="10">
+      <c r="K29" s="9">
         <v>300</v>
       </c>
-      <c r="K29" s="10">
+      <c r="L29" s="9">
         <v>234</v>
       </c>
-      <c r="L29" s="10">
+      <c r="M29" s="9">
         <v>214</v>
       </c>
-      <c r="M29" s="10">
+      <c r="N29" s="9">
         <v>96</v>
       </c>
-      <c r="N29" s="10">
+      <c r="O29" s="9">
         <v>52</v>
       </c>
-      <c r="O29" s="10">
+      <c r="P29" s="9">
         <v>49</v>
       </c>
-      <c r="P29" s="10">
+      <c r="Q29" s="9">
         <v>49</v>
       </c>
-      <c r="Q29" s="10">
+      <c r="R29" s="9">
         <v>49</v>
       </c>
-      <c r="R29" s="10">
-[...92 lines deleted...]
-      <c r="AW29" s="10">
+      <c r="S29" s="9">
+        <v>0</v>
+      </c>
+      <c r="T29" s="9">
+        <v>0</v>
+      </c>
+      <c r="U29" s="9">
+        <v>0</v>
+      </c>
+      <c r="V29" s="9">
+        <v>0</v>
+      </c>
+      <c r="W29" s="9">
+        <v>0</v>
+      </c>
+      <c r="X29" s="9">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AE29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AF29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AH29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AI29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AJ29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AK29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AM29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AQ29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AR29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AS29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AT29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AU29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AW29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AY29" s="9">
+        <v>0</v>
+      </c>
+      <c r="AZ29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BA29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BB29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BC29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BD29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BE29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BF29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BG29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BH29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BI29" s="9">
+        <v>0</v>
+      </c>
+      <c r="BJ29" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A30" s="9" t="s">
+    <row r="30" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A30" s="1">
+        <v>30</v>
+      </c>
+      <c r="B30" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="10">
+      <c r="C30" s="9">
         <v>10306</v>
       </c>
-      <c r="C30" s="10">
+      <c r="D30" s="9">
         <v>10258</v>
       </c>
-      <c r="D30" s="10">
+      <c r="E30" s="9">
         <v>10202</v>
       </c>
-      <c r="E30" s="10">
+      <c r="F30" s="9">
         <v>10222</v>
       </c>
-      <c r="F30" s="10">
+      <c r="G30" s="9">
         <v>9912</v>
       </c>
-      <c r="G30" s="10">
+      <c r="H30" s="9">
         <v>9885</v>
       </c>
-      <c r="H30" s="10">
+      <c r="I30" s="9">
         <v>9625</v>
       </c>
-      <c r="I30" s="10">
+      <c r="J30" s="9">
         <v>9265</v>
       </c>
-      <c r="J30" s="10">
+      <c r="K30" s="9">
         <v>8893</v>
       </c>
-      <c r="K30" s="10">
+      <c r="L30" s="9">
         <v>8551</v>
       </c>
-      <c r="L30" s="10">
+      <c r="M30" s="9">
         <v>8384</v>
       </c>
-      <c r="M30" s="10">
+      <c r="N30" s="9">
         <v>8797</v>
       </c>
-      <c r="N30" s="10">
+      <c r="O30" s="9">
         <v>8367</v>
       </c>
-      <c r="O30" s="10">
+      <c r="P30" s="9">
         <v>8010</v>
       </c>
-      <c r="P30" s="10">
+      <c r="Q30" s="9">
         <v>6996</v>
       </c>
-      <c r="Q30" s="10">
+      <c r="R30" s="9">
         <v>6457</v>
       </c>
-      <c r="R30" s="10">
+      <c r="S30" s="9">
         <v>5887</v>
       </c>
-      <c r="S30" s="10">
+      <c r="T30" s="9">
         <v>5538</v>
       </c>
-      <c r="T30" s="10">
+      <c r="U30" s="9">
         <v>4433</v>
       </c>
-      <c r="U30" s="10">
+      <c r="V30" s="9">
         <v>3913</v>
       </c>
-      <c r="V30" s="10">
+      <c r="W30" s="9">
         <v>3626</v>
       </c>
-      <c r="W30" s="10">
+      <c r="X30" s="9">
         <v>3920</v>
       </c>
-      <c r="X30" s="10">
+      <c r="Y30" s="9">
         <v>4427</v>
       </c>
-      <c r="Y30" s="10">
+      <c r="Z30" s="9">
         <v>4677</v>
       </c>
-      <c r="Z30" s="10">
+      <c r="AA30" s="9">
         <v>4725</v>
       </c>
-      <c r="AA30" s="10">
+      <c r="AB30" s="9">
         <v>4799</v>
       </c>
-      <c r="AB30" s="10">
+      <c r="AC30" s="9">
         <v>4824</v>
       </c>
-      <c r="AC30" s="10">
+      <c r="AD30" s="9">
         <v>4786</v>
       </c>
-      <c r="AD30" s="10">
+      <c r="AE30" s="9">
         <v>4697</v>
       </c>
-      <c r="AE30" s="10">
+      <c r="AF30" s="9">
         <v>4582</v>
       </c>
-      <c r="AF30" s="10">
+      <c r="AG30" s="9">
         <v>4558</v>
       </c>
-      <c r="AG30" s="10">
+      <c r="AH30" s="9">
         <v>4518</v>
       </c>
-      <c r="AH30" s="10">
+      <c r="AI30" s="9">
         <v>4616</v>
       </c>
-      <c r="AI30" s="10">
+      <c r="AJ30" s="9">
         <v>4725</v>
       </c>
-      <c r="AJ30" s="10">
+      <c r="AK30" s="9">
         <v>4716</v>
       </c>
-      <c r="AK30" s="10">
+      <c r="AL30" s="9">
         <v>4751</v>
       </c>
-      <c r="AL30" s="10">
+      <c r="AM30" s="9">
         <v>4867</v>
       </c>
-      <c r="AM30" s="10">
+      <c r="AN30" s="9">
         <v>4927</v>
       </c>
-      <c r="AN30" s="10">
+      <c r="AO30" s="9">
         <v>4938</v>
       </c>
-      <c r="AO30" s="10">
+      <c r="AP30" s="9">
         <v>4950</v>
       </c>
-      <c r="AP30" s="10">
+      <c r="AQ30" s="9">
         <v>4931</v>
       </c>
-      <c r="AQ30" s="10">
+      <c r="AR30" s="9">
         <v>4912</v>
       </c>
-      <c r="AR30" s="10">
+      <c r="AS30" s="9">
         <v>4894</v>
       </c>
-      <c r="AS30" s="10">
+      <c r="AT30" s="9">
         <v>4888</v>
       </c>
-      <c r="AT30" s="10">
+      <c r="AU30" s="9">
         <v>4858</v>
       </c>
-      <c r="AU30" s="10">
+      <c r="AV30" s="9">
         <v>4808</v>
       </c>
-      <c r="AV30" s="10">
+      <c r="AW30" s="9">
         <v>4783</v>
       </c>
-      <c r="AW30" s="10">
+      <c r="AX30" s="9">
         <v>4903</v>
       </c>
+      <c r="AY30" s="9">
+        <v>5030</v>
+      </c>
+      <c r="AZ30" s="9">
+        <v>5112</v>
+      </c>
+      <c r="BA30" s="9">
+        <v>5211</v>
+      </c>
+      <c r="BB30" s="9">
+        <v>5269</v>
+      </c>
+      <c r="BC30" s="9">
+        <v>5458</v>
+      </c>
+      <c r="BD30" s="9">
+        <v>5674</v>
+      </c>
+      <c r="BE30" s="9">
+        <v>5947</v>
+      </c>
+      <c r="BF30" s="9">
+        <v>6148</v>
+      </c>
+      <c r="BG30" s="9">
+        <v>6226</v>
+      </c>
+      <c r="BH30" s="9">
+        <v>6298</v>
+      </c>
+      <c r="BI30" s="9">
+        <v>6338</v>
+      </c>
+      <c r="BJ30" s="9">
+        <v>6361</v>
+      </c>
     </row>
-    <row r="31" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A31" s="9" t="s">
+    <row r="31" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A31" s="1">
+        <v>31</v>
+      </c>
+      <c r="B31" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="10">
-[...128 lines deleted...]
-      <c r="AS31" s="10">
+      <c r="C31" s="9">
+        <v>0</v>
+      </c>
+      <c r="D31" s="9">
+        <v>0</v>
+      </c>
+      <c r="E31" s="9">
+        <v>0</v>
+      </c>
+      <c r="F31" s="9">
+        <v>0</v>
+      </c>
+      <c r="G31" s="9">
+        <v>0</v>
+      </c>
+      <c r="H31" s="9">
+        <v>0</v>
+      </c>
+      <c r="I31" s="9">
+        <v>0</v>
+      </c>
+      <c r="J31" s="9">
+        <v>0</v>
+      </c>
+      <c r="K31" s="9">
+        <v>0</v>
+      </c>
+      <c r="L31" s="9">
+        <v>0</v>
+      </c>
+      <c r="M31" s="9">
+        <v>0</v>
+      </c>
+      <c r="N31" s="9">
+        <v>0</v>
+      </c>
+      <c r="O31" s="9">
+        <v>0</v>
+      </c>
+      <c r="P31" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="9">
+        <v>0</v>
+      </c>
+      <c r="R31" s="9">
+        <v>0</v>
+      </c>
+      <c r="S31" s="9">
+        <v>0</v>
+      </c>
+      <c r="T31" s="9">
+        <v>0</v>
+      </c>
+      <c r="U31" s="9">
+        <v>0</v>
+      </c>
+      <c r="V31" s="9">
+        <v>0</v>
+      </c>
+      <c r="W31" s="9">
+        <v>0</v>
+      </c>
+      <c r="X31" s="9">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AA31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AC31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AE31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AF31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AG31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AH31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AI31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AJ31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AK31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AM31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AQ31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AR31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AS31" s="9">
+        <v>0</v>
+      </c>
+      <c r="AT31" s="9">
         <v>1</v>
       </c>
-      <c r="AT31" s="10">
+      <c r="AU31" s="9">
         <v>1</v>
       </c>
-      <c r="AU31" s="10">
+      <c r="AV31" s="9">
         <v>1</v>
       </c>
-      <c r="AV31" s="10">
+      <c r="AW31" s="9">
         <v>1</v>
       </c>
-      <c r="AW31" s="10">
+      <c r="AX31" s="9">
         <v>1</v>
       </c>
+      <c r="AY31" s="9">
+        <v>1</v>
+      </c>
+      <c r="AZ31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BA31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BB31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BC31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BD31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BE31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BF31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BG31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BH31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BI31" s="9">
+        <v>1</v>
+      </c>
+      <c r="BJ31" s="9">
+        <v>1</v>
+      </c>
     </row>
-    <row r="32" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A32" s="9" t="s">
+    <row r="32" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A32" s="1">
+        <v>32</v>
+      </c>
+      <c r="B32" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="B32" s="10">
+      <c r="C32" s="9">
         <v>4784809</v>
       </c>
-      <c r="C32" s="10">
+      <c r="D32" s="9">
         <v>4791354</v>
       </c>
-      <c r="D32" s="10">
+      <c r="E32" s="9">
         <v>4808276</v>
       </c>
-      <c r="E32" s="10">
+      <c r="F32" s="9">
         <v>4887275</v>
       </c>
-      <c r="F32" s="10">
+      <c r="G32" s="9">
         <v>4944694</v>
       </c>
-      <c r="G32" s="10">
+      <c r="H32" s="9">
         <v>4985375</v>
       </c>
-      <c r="H32" s="10">
+      <c r="I32" s="9">
         <v>5024505</v>
       </c>
-      <c r="I32" s="10">
+      <c r="J32" s="9">
         <v>5041052</v>
       </c>
-      <c r="J32" s="10">
+      <c r="K32" s="9">
         <v>5047971</v>
       </c>
-      <c r="K32" s="10">
+      <c r="L32" s="9">
         <v>5043151</v>
       </c>
-      <c r="L32" s="10">
+      <c r="M32" s="9">
         <v>5083094</v>
       </c>
-      <c r="M32" s="10">
+      <c r="N32" s="9">
         <v>5117081</v>
       </c>
-      <c r="N32" s="10">
+      <c r="O32" s="9">
         <v>5075703</v>
       </c>
-      <c r="O32" s="10">
+      <c r="P32" s="9">
         <v>5099294</v>
       </c>
-      <c r="P32" s="10">
+      <c r="Q32" s="9">
         <v>5095498</v>
       </c>
-      <c r="Q32" s="10">
+      <c r="R32" s="9">
         <v>5070891</v>
       </c>
-      <c r="R32" s="10">
+      <c r="S32" s="9">
         <v>5039056</v>
       </c>
-      <c r="S32" s="10">
+      <c r="T32" s="9">
         <v>5047920</v>
       </c>
-      <c r="T32" s="10">
+      <c r="U32" s="9">
         <v>5058731</v>
       </c>
-      <c r="U32" s="10">
+      <c r="V32" s="9">
         <v>5109306</v>
       </c>
-      <c r="V32" s="10">
+      <c r="W32" s="9">
         <v>5158142</v>
       </c>
-      <c r="W32" s="10">
+      <c r="X32" s="9">
         <v>5215704</v>
       </c>
-      <c r="X32" s="10">
+      <c r="Y32" s="9">
         <v>5223756</v>
       </c>
-      <c r="Y32" s="10">
+      <c r="Z32" s="9">
         <v>5348269</v>
       </c>
-      <c r="Z32" s="10">
+      <c r="AA32" s="9">
         <v>5330547</v>
       </c>
-      <c r="AA32" s="10">
+      <c r="AB32" s="9">
         <v>5342916</v>
       </c>
-      <c r="AB32" s="10">
+      <c r="AC32" s="9">
         <v>5335855</v>
       </c>
-      <c r="AC32" s="10">
+      <c r="AD32" s="9">
         <v>5303880</v>
       </c>
-      <c r="AD32" s="10">
+      <c r="AE32" s="9">
         <v>5282640</v>
       </c>
-      <c r="AE32" s="10">
+      <c r="AF32" s="9">
         <v>5292848</v>
       </c>
-      <c r="AF32" s="10">
+      <c r="AG32" s="9">
         <v>5305064</v>
       </c>
-      <c r="AG32" s="10">
+      <c r="AH32" s="9">
         <v>5330993</v>
       </c>
-      <c r="AH32" s="10">
+      <c r="AI32" s="9">
         <v>5333160</v>
       </c>
-      <c r="AI32" s="10">
+      <c r="AJ32" s="9">
         <v>5382139</v>
       </c>
-      <c r="AJ32" s="10">
+      <c r="AK32" s="9">
         <v>5457526</v>
       </c>
-      <c r="AK32" s="10">
+      <c r="AL32" s="9">
         <v>5459827</v>
       </c>
-      <c r="AL32" s="10">
+      <c r="AM32" s="9">
         <v>5487062</v>
       </c>
-      <c r="AM32" s="10">
+      <c r="AN32" s="9">
         <v>5472545</v>
       </c>
-      <c r="AN32" s="10">
+      <c r="AO32" s="9">
         <v>5484555</v>
       </c>
-      <c r="AO32" s="10">
+      <c r="AP32" s="9">
         <v>5494803</v>
       </c>
-      <c r="AP32" s="10">
+      <c r="AQ32" s="9">
         <v>5490292</v>
       </c>
-      <c r="AQ32" s="10">
+      <c r="AR32" s="9">
         <v>5539837</v>
       </c>
-      <c r="AR32" s="10">
+      <c r="AS32" s="9">
         <v>5552476</v>
       </c>
-      <c r="AS32" s="10">
+      <c r="AT32" s="9">
         <v>5533014</v>
       </c>
-      <c r="AT32" s="10">
+      <c r="AU32" s="9">
         <v>5501492</v>
       </c>
-      <c r="AU32" s="10">
+      <c r="AV32" s="9">
         <v>5542872</v>
       </c>
-      <c r="AV32" s="10">
+      <c r="AW32" s="9">
         <v>5622723</v>
       </c>
-      <c r="AW32" s="10">
+      <c r="AX32" s="9">
         <v>5671468</v>
       </c>
+      <c r="AY32" s="9">
+        <v>5733834</v>
+      </c>
+      <c r="AZ32" s="9">
+        <v>5759534</v>
+      </c>
+      <c r="BA32" s="9">
+        <v>5767429</v>
+      </c>
+      <c r="BB32" s="9">
+        <v>5714846</v>
+      </c>
+      <c r="BC32" s="9">
+        <v>5751213</v>
+      </c>
+      <c r="BD32" s="9">
+        <v>5767861</v>
+      </c>
+      <c r="BE32" s="9">
+        <v>5730381</v>
+      </c>
+      <c r="BF32" s="9">
+        <v>5748185</v>
+      </c>
+      <c r="BG32" s="9">
+        <v>5852099</v>
+      </c>
+      <c r="BH32" s="9">
+        <v>5929379</v>
+      </c>
+      <c r="BI32" s="9">
+        <v>5969984</v>
+      </c>
+      <c r="BJ32" s="9">
+        <v>5938444</v>
+      </c>
     </row>
-    <row r="33" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A33" s="9" t="s">
+    <row r="33" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A33" s="1">
+        <v>33</v>
+      </c>
+      <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="10">
+      <c r="C33" s="9">
         <v>972</v>
       </c>
-      <c r="C33" s="10">
+      <c r="D33" s="9">
         <v>1022</v>
       </c>
-      <c r="D33" s="10">
+      <c r="E33" s="9">
         <v>882</v>
       </c>
-      <c r="E33" s="10">
+      <c r="F33" s="9">
         <v>1020</v>
       </c>
-      <c r="F33" s="10">
+      <c r="G33" s="9">
         <v>991</v>
       </c>
-      <c r="G33" s="10">
+      <c r="H33" s="9">
         <v>991</v>
       </c>
-      <c r="H33" s="10">
+      <c r="I33" s="9">
         <v>991</v>
       </c>
-      <c r="I33" s="10">
+      <c r="J33" s="9">
         <v>991</v>
       </c>
-      <c r="J33" s="10">
+      <c r="K33" s="9">
         <v>991</v>
       </c>
-      <c r="K33" s="10">
+      <c r="L33" s="9">
         <v>991</v>
       </c>
-      <c r="L33" s="10">
+      <c r="M33" s="9">
         <v>991</v>
       </c>
-      <c r="M33" s="10">
+      <c r="N33" s="9">
         <v>991</v>
       </c>
-      <c r="N33" s="10">
+      <c r="O33" s="9">
         <v>1054</v>
       </c>
-      <c r="O33" s="10">
+      <c r="P33" s="9">
         <v>1020</v>
       </c>
-      <c r="P33" s="10">
+      <c r="Q33" s="9">
         <v>765</v>
       </c>
-      <c r="Q33" s="10">
+      <c r="R33" s="9">
         <v>782</v>
       </c>
-      <c r="R33" s="10">
+      <c r="S33" s="9">
         <v>835</v>
       </c>
-      <c r="S33" s="10">
+      <c r="T33" s="9">
         <v>702</v>
       </c>
-      <c r="T33" s="10">
+      <c r="U33" s="9">
         <v>845</v>
       </c>
-      <c r="U33" s="10">
+      <c r="V33" s="9">
         <v>894</v>
       </c>
-      <c r="V33" s="10">
+      <c r="W33" s="9">
         <v>699</v>
       </c>
-      <c r="W33" s="10">
+      <c r="X33" s="9">
         <v>880</v>
       </c>
-      <c r="X33" s="10">
+      <c r="Y33" s="9">
         <v>942</v>
       </c>
-      <c r="Y33" s="10">
+      <c r="Z33" s="9">
         <v>826</v>
       </c>
-      <c r="Z33" s="10">
+      <c r="AA33" s="9">
         <v>935</v>
       </c>
-      <c r="AA33" s="10">
+      <c r="AB33" s="9">
         <v>1016</v>
       </c>
-      <c r="AB33" s="10">
+      <c r="AC33" s="9">
         <v>961</v>
       </c>
-      <c r="AC33" s="10">
+      <c r="AD33" s="9">
         <v>1050</v>
       </c>
-      <c r="AD33" s="10">
+      <c r="AE33" s="9">
         <v>1014</v>
       </c>
-      <c r="AE33" s="10">
+      <c r="AF33" s="9">
         <v>904</v>
       </c>
-      <c r="AF33" s="10">
+      <c r="AG33" s="9">
         <v>989</v>
       </c>
-      <c r="AG33" s="10">
+      <c r="AH33" s="9">
         <v>1277</v>
       </c>
-      <c r="AH33" s="10">
+      <c r="AI33" s="9">
         <v>1084</v>
       </c>
-      <c r="AI33" s="10">
+      <c r="AJ33" s="9">
         <v>1290</v>
       </c>
-      <c r="AJ33" s="10">
+      <c r="AK33" s="9">
         <v>1498</v>
       </c>
-      <c r="AK33" s="10">
+      <c r="AL33" s="9">
         <v>1498</v>
       </c>
-      <c r="AL33" s="10">
+      <c r="AM33" s="9">
         <v>1513</v>
       </c>
-      <c r="AM33" s="10">
+      <c r="AN33" s="9">
         <v>1366</v>
       </c>
-      <c r="AN33" s="10">
+      <c r="AO33" s="9">
         <v>1169</v>
       </c>
-      <c r="AO33" s="10">
+      <c r="AP33" s="9">
         <v>1193</v>
       </c>
-      <c r="AP33" s="10">
+      <c r="AQ33" s="9">
         <v>1048</v>
       </c>
-      <c r="AQ33" s="10">
+      <c r="AR33" s="9">
         <v>976</v>
       </c>
-      <c r="AR33" s="10">
+      <c r="AS33" s="9">
         <v>983</v>
       </c>
-      <c r="AS33" s="10">
+      <c r="AT33" s="9">
         <v>1050</v>
       </c>
-      <c r="AT33" s="10">
+      <c r="AU33" s="9">
         <v>904</v>
       </c>
-      <c r="AU33" s="10">
+      <c r="AV33" s="9">
         <v>1030</v>
       </c>
-      <c r="AV33" s="10">
+      <c r="AW33" s="9">
         <v>1217</v>
       </c>
-      <c r="AW33" s="10">
+      <c r="AX33" s="9">
         <v>3119</v>
       </c>
+      <c r="AY33" s="9">
+        <v>2601</v>
+      </c>
+      <c r="AZ33" s="9">
+        <v>2548</v>
+      </c>
+      <c r="BA33" s="9">
+        <v>1886</v>
+      </c>
+      <c r="BB33" s="9">
+        <v>1823</v>
+      </c>
+      <c r="BC33" s="9">
+        <v>2135</v>
+      </c>
+      <c r="BD33" s="9">
+        <v>2083</v>
+      </c>
+      <c r="BE33" s="9">
+        <v>2222</v>
+      </c>
+      <c r="BF33" s="9">
+        <v>2060</v>
+      </c>
+      <c r="BG33" s="9">
+        <v>1953</v>
+      </c>
+      <c r="BH33" s="9">
+        <v>2253</v>
+      </c>
+      <c r="BI33" s="9">
+        <v>2153</v>
+      </c>
+      <c r="BJ33" s="9">
+        <v>2717</v>
+      </c>
     </row>
-    <row r="34" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A34" s="9" t="s">
+    <row r="34" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A34" s="1">
+        <v>34</v>
+      </c>
+      <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="B34" s="10">
+      <c r="C34" s="9">
         <v>1773346</v>
       </c>
-      <c r="C34" s="10">
+      <c r="D34" s="9">
         <v>1741007</v>
       </c>
-      <c r="D34" s="10">
+      <c r="E34" s="9">
         <v>1747989</v>
       </c>
-      <c r="E34" s="10">
+      <c r="F34" s="9">
         <v>1814599</v>
       </c>
-      <c r="F34" s="10">
+      <c r="G34" s="9">
         <v>1854042</v>
       </c>
-      <c r="G34" s="10">
+      <c r="H34" s="9">
         <v>1892948</v>
       </c>
-      <c r="H34" s="10">
+      <c r="I34" s="9">
         <v>1912205</v>
       </c>
-      <c r="I34" s="10">
+      <c r="J34" s="9">
         <v>1910920</v>
       </c>
-      <c r="J34" s="10">
+      <c r="K34" s="9">
         <v>1878489</v>
       </c>
-      <c r="K34" s="10">
+      <c r="L34" s="9">
         <v>1888089</v>
       </c>
-      <c r="L34" s="10">
+      <c r="M34" s="9">
         <v>1945967</v>
       </c>
-      <c r="M34" s="10">
+      <c r="N34" s="9">
         <v>1987292</v>
       </c>
-      <c r="N34" s="10">
+      <c r="O34" s="9">
         <v>2004608</v>
       </c>
-      <c r="O34" s="10">
+      <c r="P34" s="9">
         <v>2061714</v>
       </c>
-      <c r="P34" s="10">
+      <c r="Q34" s="9">
         <v>2081387</v>
       </c>
-      <c r="Q34" s="10">
+      <c r="R34" s="9">
         <v>2105018</v>
       </c>
-      <c r="R34" s="10">
+      <c r="S34" s="9">
         <v>2115884</v>
       </c>
-      <c r="S34" s="10">
+      <c r="T34" s="9">
         <v>2128575</v>
       </c>
-      <c r="T34" s="10">
+      <c r="U34" s="9">
         <v>2129259</v>
       </c>
-      <c r="U34" s="10">
+      <c r="V34" s="9">
         <v>2176205</v>
       </c>
-      <c r="V34" s="10">
+      <c r="W34" s="9">
         <v>2183391</v>
       </c>
-      <c r="W34" s="10">
+      <c r="X34" s="9">
         <v>2193963</v>
       </c>
-      <c r="X34" s="10">
+      <c r="Y34" s="9">
         <v>2182631</v>
       </c>
-      <c r="Y34" s="10">
+      <c r="Z34" s="9">
         <v>2262161</v>
       </c>
-      <c r="Z34" s="10">
+      <c r="AA34" s="9">
         <v>2239459</v>
       </c>
-      <c r="AA34" s="10">
+      <c r="AB34" s="9">
         <v>2234244</v>
       </c>
-      <c r="AB34" s="10">
+      <c r="AC34" s="9">
         <v>2266239</v>
       </c>
-      <c r="AC34" s="10">
+      <c r="AD34" s="9">
         <v>2259240</v>
       </c>
-      <c r="AD34" s="10">
+      <c r="AE34" s="9">
         <v>2304774</v>
       </c>
-      <c r="AE34" s="10">
+      <c r="AF34" s="9">
         <v>2245262</v>
       </c>
-      <c r="AF34" s="10">
+      <c r="AG34" s="9">
         <v>2268925</v>
       </c>
-      <c r="AG34" s="10">
+      <c r="AH34" s="9">
         <v>2273383</v>
       </c>
-      <c r="AH34" s="10">
+      <c r="AI34" s="9">
         <v>2268473</v>
       </c>
-      <c r="AI34" s="10">
+      <c r="AJ34" s="9">
         <v>2327258</v>
       </c>
-      <c r="AJ34" s="10">
+      <c r="AK34" s="9">
         <v>2360213</v>
       </c>
-      <c r="AK34" s="10">
+      <c r="AL34" s="9">
         <v>2342991</v>
       </c>
-      <c r="AL34" s="10">
+      <c r="AM34" s="9">
         <v>2352971</v>
       </c>
-      <c r="AM34" s="10">
+      <c r="AN34" s="9">
         <v>2409268</v>
       </c>
-      <c r="AN34" s="10">
+      <c r="AO34" s="9">
         <v>2354786</v>
       </c>
-      <c r="AO34" s="10">
+      <c r="AP34" s="9">
         <v>2343930</v>
       </c>
-      <c r="AP34" s="10">
+      <c r="AQ34" s="9">
         <v>2305203</v>
       </c>
-      <c r="AQ34" s="10">
+      <c r="AR34" s="9">
         <v>2323587</v>
       </c>
-      <c r="AR34" s="10">
+      <c r="AS34" s="9">
         <v>2284032</v>
       </c>
-      <c r="AS34" s="10">
+      <c r="AT34" s="9">
         <v>2303747</v>
       </c>
-      <c r="AT34" s="10">
+      <c r="AU34" s="9">
         <v>2290864</v>
       </c>
-      <c r="AU34" s="10">
+      <c r="AV34" s="9">
         <v>2302067</v>
       </c>
-      <c r="AV34" s="10">
+      <c r="AW34" s="9">
         <v>2296403</v>
       </c>
-      <c r="AW34" s="10">
+      <c r="AX34" s="9">
         <v>2321284</v>
       </c>
+      <c r="AY34" s="9">
+        <v>2335360</v>
+      </c>
+      <c r="AZ34" s="9">
+        <v>2348282</v>
+      </c>
+      <c r="BA34" s="9">
+        <v>2360082</v>
+      </c>
+      <c r="BB34" s="9">
+        <v>2287353</v>
+      </c>
+      <c r="BC34" s="9">
+        <v>2283289</v>
+      </c>
+      <c r="BD34" s="9">
+        <v>2283931</v>
+      </c>
+      <c r="BE34" s="9">
+        <v>2269787</v>
+      </c>
+      <c r="BF34" s="9">
+        <v>2282594</v>
+      </c>
+      <c r="BG34" s="9">
+        <v>2352130</v>
+      </c>
+      <c r="BH34" s="9">
+        <v>2445170</v>
+      </c>
+      <c r="BI34" s="9">
+        <v>2483465</v>
+      </c>
+      <c r="BJ34" s="9">
+        <v>2439441</v>
+      </c>
     </row>
-    <row r="35" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A35" s="9" t="s">
+    <row r="35" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A35" s="1">
+        <v>35</v>
+      </c>
+      <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="B35" s="10">
+      <c r="C35" s="9">
         <v>3008918</v>
       </c>
-      <c r="C35" s="10">
+      <c r="D35" s="9">
         <v>3047724</v>
       </c>
-      <c r="D35" s="10">
+      <c r="E35" s="9">
         <v>3057816</v>
       </c>
-      <c r="E35" s="10">
+      <c r="F35" s="9">
         <v>3070031</v>
       </c>
-      <c r="F35" s="10">
+      <c r="G35" s="9">
         <v>3088014</v>
       </c>
-      <c r="G35" s="10">
+      <c r="H35" s="9">
         <v>3089830</v>
       </c>
-      <c r="H35" s="10">
+      <c r="I35" s="9">
         <v>3109689</v>
       </c>
-      <c r="I35" s="10">
+      <c r="J35" s="9">
         <v>3127494</v>
       </c>
-      <c r="J35" s="10">
+      <c r="K35" s="9">
         <v>3166870</v>
       </c>
-      <c r="K35" s="10">
+      <c r="L35" s="9">
         <v>3152429</v>
       </c>
-      <c r="L35" s="10">
+      <c r="M35" s="9">
         <v>3134367</v>
       </c>
-      <c r="M35" s="10">
+      <c r="N35" s="9">
         <v>3127004</v>
       </c>
-      <c r="N35" s="10">
+      <c r="O35" s="9">
         <v>3068312</v>
       </c>
-      <c r="O35" s="10">
+      <c r="P35" s="9">
         <v>3034839</v>
       </c>
-      <c r="P35" s="10">
+      <c r="Q35" s="9">
         <v>3011617</v>
       </c>
-      <c r="Q35" s="10">
+      <c r="R35" s="9">
         <v>2963335</v>
       </c>
-      <c r="R35" s="10">
+      <c r="S35" s="9">
         <v>2920568</v>
       </c>
-      <c r="S35" s="10">
+      <c r="T35" s="9">
         <v>2916903</v>
       </c>
-      <c r="T35" s="10">
+      <c r="U35" s="9">
         <v>2926873</v>
       </c>
-      <c r="U35" s="10">
+      <c r="V35" s="9">
         <v>2930454</v>
       </c>
-      <c r="V35" s="10">
+      <c r="W35" s="9">
         <v>2972315</v>
       </c>
-      <c r="W35" s="10">
+      <c r="X35" s="9">
         <v>3019183</v>
       </c>
-      <c r="X35" s="10">
+      <c r="Y35" s="9">
         <v>3038458</v>
       </c>
-      <c r="Y35" s="10">
+      <c r="Z35" s="9">
         <v>3083672</v>
       </c>
-      <c r="Z35" s="10">
+      <c r="AA35" s="9">
         <v>3088516</v>
       </c>
-      <c r="AA35" s="10">
+      <c r="AB35" s="9">
         <v>3106030</v>
       </c>
-      <c r="AB35" s="10">
+      <c r="AC35" s="9">
         <v>3067080</v>
       </c>
-      <c r="AC35" s="10">
+      <c r="AD35" s="9">
         <v>3042013</v>
       </c>
-      <c r="AD35" s="10">
+      <c r="AE35" s="9">
         <v>2975265</v>
       </c>
-      <c r="AE35" s="10">
+      <c r="AF35" s="9">
         <v>3045122</v>
       </c>
-      <c r="AF35" s="10">
+      <c r="AG35" s="9">
         <v>3033570</v>
       </c>
-      <c r="AG35" s="10">
+      <c r="AH35" s="9">
         <v>3054775</v>
       </c>
-      <c r="AH35" s="10">
+      <c r="AI35" s="9">
         <v>3062022</v>
       </c>
-      <c r="AI35" s="10">
+      <c r="AJ35" s="9">
         <v>3052037</v>
       </c>
-      <c r="AJ35" s="10">
+      <c r="AK35" s="9">
         <v>3094269</v>
       </c>
-      <c r="AK35" s="10">
+      <c r="AL35" s="9">
         <v>3113873</v>
       </c>
-      <c r="AL35" s="10">
+      <c r="AM35" s="9">
         <v>3131127</v>
       </c>
-      <c r="AM35" s="10">
+      <c r="AN35" s="9">
         <v>3060462</v>
       </c>
-      <c r="AN35" s="10">
+      <c r="AO35" s="9">
         <v>3127176</v>
       </c>
-      <c r="AO35" s="10">
+      <c r="AP35" s="9">
         <v>3148244</v>
       </c>
-      <c r="AP35" s="10">
+      <c r="AQ35" s="9">
         <v>3182600</v>
       </c>
-      <c r="AQ35" s="10">
+      <c r="AR35" s="9">
         <v>3213904</v>
       </c>
-      <c r="AR35" s="10">
+      <c r="AS35" s="9">
         <v>3266099</v>
       </c>
-      <c r="AS35" s="10">
+      <c r="AT35" s="9">
         <v>3226869</v>
       </c>
-      <c r="AT35" s="10">
+      <c r="AU35" s="9">
         <v>3208402</v>
       </c>
-      <c r="AU35" s="10">
+      <c r="AV35" s="9">
         <v>3238467</v>
       </c>
-      <c r="AV35" s="10">
+      <c r="AW35" s="9">
         <v>3323830</v>
       </c>
-      <c r="AW35" s="10">
+      <c r="AX35" s="9">
         <v>3345809</v>
       </c>
+      <c r="AY35" s="9">
+        <v>3394627</v>
+      </c>
+      <c r="AZ35" s="9">
+        <v>3407489</v>
+      </c>
+      <c r="BA35" s="9">
+        <v>3404256</v>
+      </c>
+      <c r="BB35" s="9">
+        <v>3424468</v>
+      </c>
+      <c r="BC35" s="9">
+        <v>3464615</v>
+      </c>
+      <c r="BD35" s="9">
+        <v>3480675</v>
+      </c>
+      <c r="BE35" s="9">
+        <v>3457228</v>
+      </c>
+      <c r="BF35" s="9">
+        <v>3462415</v>
+      </c>
+      <c r="BG35" s="9">
+        <v>3496914</v>
+      </c>
+      <c r="BH35" s="9">
+        <v>3480862</v>
+      </c>
+      <c r="BI35" s="9">
+        <v>3483300</v>
+      </c>
+      <c r="BJ35" s="9">
+        <v>3495243</v>
+      </c>
     </row>
-    <row r="36" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A36" s="9" t="s">
+    <row r="36" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A36" s="1">
+        <v>36</v>
+      </c>
+      <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="B36" s="10">
+      <c r="C36" s="9">
         <v>1573</v>
       </c>
-      <c r="C36" s="10">
+      <c r="D36" s="9">
         <v>1601</v>
       </c>
-      <c r="D36" s="10">
+      <c r="E36" s="9">
         <v>1589</v>
       </c>
-      <c r="E36" s="10">
+      <c r="F36" s="9">
         <v>1626</v>
       </c>
-      <c r="F36" s="10">
+      <c r="G36" s="9">
         <v>1647</v>
       </c>
-      <c r="G36" s="10">
+      <c r="H36" s="9">
         <v>1607</v>
       </c>
-      <c r="H36" s="10">
+      <c r="I36" s="9">
         <v>1620</v>
       </c>
-      <c r="I36" s="10">
+      <c r="J36" s="9">
         <v>1648</v>
       </c>
-      <c r="J36" s="10">
+      <c r="K36" s="9">
         <v>1621</v>
       </c>
-      <c r="K36" s="10">
+      <c r="L36" s="9">
         <v>1642</v>
       </c>
-      <c r="L36" s="10">
+      <c r="M36" s="9">
         <v>1769</v>
       </c>
-      <c r="M36" s="10">
+      <c r="N36" s="9">
         <v>1795</v>
       </c>
-      <c r="N36" s="10">
+      <c r="O36" s="9">
         <v>1728</v>
       </c>
-      <c r="O36" s="10">
+      <c r="P36" s="9">
         <v>1720</v>
       </c>
-      <c r="P36" s="10">
+      <c r="Q36" s="9">
         <v>1729</v>
       </c>
-      <c r="Q36" s="10">
+      <c r="R36" s="9">
         <v>1755</v>
       </c>
-      <c r="R36" s="10">
+      <c r="S36" s="9">
         <v>1769</v>
       </c>
-      <c r="S36" s="10">
+      <c r="T36" s="9">
         <v>1739</v>
       </c>
-      <c r="T36" s="10">
+      <c r="U36" s="9">
         <v>1754</v>
       </c>
-      <c r="U36" s="10">
+      <c r="V36" s="9">
         <v>1753</v>
       </c>
-      <c r="V36" s="10">
+      <c r="W36" s="9">
         <v>1738</v>
       </c>
-      <c r="W36" s="10">
+      <c r="X36" s="9">
         <v>1679</v>
       </c>
-      <c r="X36" s="10">
+      <c r="Y36" s="9">
         <v>1726</v>
       </c>
-      <c r="Y36" s="10">
+      <c r="Z36" s="9">
         <v>1610</v>
       </c>
-      <c r="Z36" s="10">
+      <c r="AA36" s="9">
         <v>1637</v>
       </c>
-      <c r="AA36" s="10">
+      <c r="AB36" s="9">
         <v>1626</v>
       </c>
-      <c r="AB36" s="10">
+      <c r="AC36" s="9">
         <v>1574</v>
       </c>
-      <c r="AC36" s="10">
+      <c r="AD36" s="9">
         <v>1577</v>
       </c>
-      <c r="AD36" s="10">
+      <c r="AE36" s="9">
         <v>1588</v>
       </c>
-      <c r="AE36" s="10">
+      <c r="AF36" s="9">
         <v>1560</v>
       </c>
-      <c r="AF36" s="10">
+      <c r="AG36" s="9">
         <v>1581</v>
       </c>
-      <c r="AG36" s="10">
+      <c r="AH36" s="9">
         <v>1558</v>
       </c>
-      <c r="AH36" s="10">
+      <c r="AI36" s="9">
         <v>1581</v>
       </c>
-      <c r="AI36" s="10">
+      <c r="AJ36" s="9">
         <v>1553</v>
       </c>
-      <c r="AJ36" s="10">
+      <c r="AK36" s="9">
         <v>1547</v>
       </c>
-      <c r="AK36" s="10">
+      <c r="AL36" s="9">
         <v>1465</v>
       </c>
-      <c r="AL36" s="10">
+      <c r="AM36" s="9">
         <v>1451</v>
       </c>
-      <c r="AM36" s="10">
+      <c r="AN36" s="9">
         <v>1449</v>
       </c>
-      <c r="AN36" s="10">
+      <c r="AO36" s="9">
         <v>1424</v>
       </c>
-      <c r="AO36" s="10">
+      <c r="AP36" s="9">
         <v>1436</v>
       </c>
-      <c r="AP36" s="10">
+      <c r="AQ36" s="9">
         <v>1441</v>
       </c>
-      <c r="AQ36" s="10">
+      <c r="AR36" s="9">
         <v>1371</v>
       </c>
-      <c r="AR36" s="10">
+      <c r="AS36" s="9">
         <v>1362</v>
       </c>
-      <c r="AS36" s="10">
+      <c r="AT36" s="9">
         <v>1348</v>
       </c>
-      <c r="AT36" s="10">
+      <c r="AU36" s="9">
         <v>1323</v>
       </c>
-      <c r="AU36" s="10">
+      <c r="AV36" s="9">
         <v>1308</v>
       </c>
-      <c r="AV36" s="10">
+      <c r="AW36" s="9">
         <v>1274</v>
       </c>
-      <c r="AW36" s="10">
+      <c r="AX36" s="9">
         <v>1257</v>
       </c>
+      <c r="AY36" s="9">
+        <v>1247</v>
+      </c>
+      <c r="AZ36" s="9">
+        <v>1216</v>
+      </c>
+      <c r="BA36" s="9">
+        <v>1205</v>
+      </c>
+      <c r="BB36" s="9">
+        <v>1203</v>
+      </c>
+      <c r="BC36" s="9">
+        <v>1174</v>
+      </c>
+      <c r="BD36" s="9">
+        <v>1172</v>
+      </c>
+      <c r="BE36" s="9">
+        <v>1143</v>
+      </c>
+      <c r="BF36" s="9">
+        <v>1116</v>
+      </c>
+      <c r="BG36" s="9">
+        <v>1102</v>
+      </c>
+      <c r="BH36" s="9">
+        <v>1094</v>
+      </c>
+      <c r="BI36" s="9">
+        <v>1065</v>
+      </c>
+      <c r="BJ36" s="9">
+        <v>1043</v>
+      </c>
     </row>
-    <row r="37" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A37" s="9" t="s">
+    <row r="37" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A37" s="1">
+        <v>37</v>
+      </c>
+      <c r="B37" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B37" s="10">
+      <c r="C37" s="9">
         <v>1134570</v>
       </c>
-      <c r="C37" s="10">
+      <c r="D37" s="9">
         <v>1139914</v>
       </c>
-      <c r="D37" s="10">
+      <c r="E37" s="9">
         <v>1140718</v>
       </c>
-      <c r="E37" s="10">
+      <c r="F37" s="9">
         <v>1145471</v>
       </c>
-      <c r="F37" s="10">
+      <c r="G37" s="9">
         <v>1130132</v>
       </c>
-      <c r="G37" s="10">
+      <c r="H37" s="9">
         <v>1134347</v>
       </c>
-      <c r="H37" s="10">
+      <c r="I37" s="9">
         <v>1140065</v>
       </c>
-      <c r="I37" s="10">
+      <c r="J37" s="9">
         <v>1144647</v>
       </c>
-      <c r="J37" s="10">
+      <c r="K37" s="9">
         <v>1148814</v>
       </c>
-      <c r="K37" s="10">
+      <c r="L37" s="9">
         <v>1165326</v>
       </c>
-      <c r="L37" s="10">
+      <c r="M37" s="9">
         <v>1175178</v>
       </c>
-      <c r="M37" s="10">
+      <c r="N37" s="9">
         <v>1187120</v>
       </c>
-      <c r="N37" s="10">
+      <c r="O37" s="9">
         <v>1201832</v>
       </c>
-      <c r="O37" s="10">
+      <c r="P37" s="9">
         <v>1211838</v>
       </c>
-      <c r="P37" s="10">
+      <c r="Q37" s="9">
         <v>1219841</v>
       </c>
-      <c r="Q37" s="10">
+      <c r="R37" s="9">
         <v>1224610</v>
       </c>
-      <c r="R37" s="10">
+      <c r="S37" s="9">
         <v>1229604</v>
       </c>
-      <c r="S37" s="10">
+      <c r="T37" s="9">
         <v>1235349</v>
       </c>
-      <c r="T37" s="10">
+      <c r="U37" s="9">
         <v>1238874</v>
       </c>
-      <c r="U37" s="10">
+      <c r="V37" s="9">
         <v>1239815</v>
       </c>
-      <c r="V37" s="10">
+      <c r="W37" s="9">
         <v>1244424</v>
       </c>
-      <c r="W37" s="10">
+      <c r="X37" s="9">
         <v>1260546</v>
       </c>
-      <c r="X37" s="10">
+      <c r="Y37" s="9">
         <v>1271796</v>
       </c>
-      <c r="Y37" s="10">
+      <c r="Z37" s="9">
         <v>1286074</v>
       </c>
-      <c r="Z37" s="10">
+      <c r="AA37" s="9">
         <v>1297105</v>
       </c>
-      <c r="AA37" s="10">
+      <c r="AB37" s="9">
         <v>1305857</v>
       </c>
-      <c r="AB37" s="10">
+      <c r="AC37" s="9">
         <v>1314395</v>
       </c>
-      <c r="AC37" s="10">
+      <c r="AD37" s="9">
         <v>1318230</v>
       </c>
-      <c r="AD37" s="10">
+      <c r="AE37" s="9">
         <v>1321759</v>
       </c>
-      <c r="AE37" s="10">
+      <c r="AF37" s="9">
         <v>1322471</v>
       </c>
-      <c r="AF37" s="10">
+      <c r="AG37" s="9">
         <v>1326020</v>
       </c>
-      <c r="AG37" s="10">
+      <c r="AH37" s="9">
         <v>1326787</v>
       </c>
-      <c r="AH37" s="10">
+      <c r="AI37" s="9">
         <v>1333292</v>
       </c>
-      <c r="AI37" s="10">
+      <c r="AJ37" s="9">
         <v>1343072</v>
       </c>
-      <c r="AJ37" s="10">
+      <c r="AK37" s="9">
         <v>1346948</v>
       </c>
-      <c r="AK37" s="10">
+      <c r="AL37" s="9">
         <v>1358009</v>
       </c>
-      <c r="AL37" s="10">
+      <c r="AM37" s="9">
         <v>1365718</v>
       </c>
-      <c r="AM37" s="10">
+      <c r="AN37" s="9">
         <v>1375580</v>
       </c>
-      <c r="AN37" s="10">
+      <c r="AO37" s="9">
         <v>1374851</v>
       </c>
-      <c r="AO37" s="10">
+      <c r="AP37" s="9">
         <v>1376567</v>
       </c>
-      <c r="AP37" s="10">
+      <c r="AQ37" s="9">
         <v>1376726</v>
       </c>
-      <c r="AQ37" s="10">
+      <c r="AR37" s="9">
         <v>1378480</v>
       </c>
-      <c r="AR37" s="10">
+      <c r="AS37" s="9">
         <v>1381182</v>
       </c>
-      <c r="AS37" s="10">
+      <c r="AT37" s="9">
         <v>1384709</v>
       </c>
-      <c r="AT37" s="10">
+      <c r="AU37" s="9">
         <v>1396837</v>
       </c>
-      <c r="AU37" s="10">
+      <c r="AV37" s="9">
         <v>1399366</v>
       </c>
-      <c r="AV37" s="10">
+      <c r="AW37" s="9">
         <v>1405285</v>
       </c>
-      <c r="AW37" s="10">
+      <c r="AX37" s="9">
         <v>1411480</v>
       </c>
+      <c r="AY37" s="9">
+        <v>1416953</v>
+      </c>
+      <c r="AZ37" s="9">
+        <v>1427894</v>
+      </c>
+      <c r="BA37" s="9">
+        <v>1430171</v>
+      </c>
+      <c r="BB37" s="9">
+        <v>1429029</v>
+      </c>
+      <c r="BC37" s="9">
+        <v>1431414</v>
+      </c>
+      <c r="BD37" s="9">
+        <v>1432312</v>
+      </c>
+      <c r="BE37" s="9">
+        <v>1434829</v>
+      </c>
+      <c r="BF37" s="9">
+        <v>1436547</v>
+      </c>
+      <c r="BG37" s="9">
+        <v>1434854</v>
+      </c>
+      <c r="BH37" s="9">
+        <v>1448511</v>
+      </c>
+      <c r="BI37" s="9">
+        <v>1457947</v>
+      </c>
+      <c r="BJ37" s="9">
+        <v>1465947</v>
+      </c>
     </row>
-    <row r="38" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A38" s="9" t="s">
+    <row r="38" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A38" s="1">
         <v>38</v>
       </c>
-      <c r="B38" s="10">
+      <c r="B38" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C38" s="9">
         <v>1003432</v>
       </c>
-      <c r="C38" s="10">
+      <c r="D38" s="9">
         <v>1010161</v>
       </c>
-      <c r="D38" s="10">
+      <c r="E38" s="9">
         <v>1011373</v>
       </c>
-      <c r="E38" s="10">
+      <c r="F38" s="9">
         <v>1016151</v>
       </c>
-      <c r="F38" s="10">
+      <c r="G38" s="9">
         <v>1003539</v>
       </c>
-      <c r="G38" s="10">
+      <c r="H38" s="9">
         <v>1008268</v>
       </c>
-      <c r="H38" s="10">
+      <c r="I38" s="9">
         <v>1013209</v>
       </c>
-      <c r="I38" s="10">
+      <c r="J38" s="9">
         <v>1017440</v>
       </c>
-      <c r="J38" s="10">
+      <c r="K38" s="9">
         <v>1021493</v>
       </c>
-      <c r="K38" s="10">
+      <c r="L38" s="9">
         <v>1037462</v>
       </c>
-      <c r="L38" s="10">
+      <c r="M38" s="9">
         <v>1047336</v>
       </c>
-      <c r="M38" s="10">
+      <c r="N38" s="9">
         <v>1057832</v>
       </c>
-      <c r="N38" s="10">
+      <c r="O38" s="9">
         <v>1068549</v>
       </c>
-      <c r="O38" s="10">
+      <c r="P38" s="9">
         <v>1077571</v>
       </c>
-      <c r="P38" s="10">
+      <c r="Q38" s="9">
         <v>1084871</v>
       </c>
-      <c r="Q38" s="10">
+      <c r="R38" s="9">
         <v>1088059</v>
       </c>
-      <c r="R38" s="10">
+      <c r="S38" s="9">
         <v>1092552</v>
       </c>
-      <c r="S38" s="10">
+      <c r="T38" s="9">
         <v>1097450</v>
       </c>
-      <c r="T38" s="10">
+      <c r="U38" s="9">
         <v>1100918</v>
       </c>
-      <c r="U38" s="10">
+      <c r="V38" s="9">
         <v>1105020</v>
       </c>
-      <c r="V38" s="10">
+      <c r="W38" s="9">
         <v>1109276</v>
       </c>
-      <c r="W38" s="10">
+      <c r="X38" s="9">
         <v>1124537</v>
       </c>
-      <c r="X38" s="10">
+      <c r="Y38" s="9">
         <v>1135173</v>
       </c>
-      <c r="Y38" s="10">
+      <c r="Z38" s="9">
         <v>1149257</v>
       </c>
-      <c r="Z38" s="10">
+      <c r="AA38" s="9">
         <v>1160377</v>
       </c>
-      <c r="AA38" s="10">
+      <c r="AB38" s="9">
         <v>1169530</v>
       </c>
-      <c r="AB38" s="10">
+      <c r="AC38" s="9">
         <v>1177608</v>
       </c>
-      <c r="AC38" s="10">
+      <c r="AD38" s="9">
         <v>1180212</v>
       </c>
-      <c r="AD38" s="10">
+      <c r="AE38" s="9">
         <v>1182658</v>
       </c>
-      <c r="AE38" s="10">
+      <c r="AF38" s="9">
         <v>1183658</v>
       </c>
-      <c r="AF38" s="10">
+      <c r="AG38" s="9">
         <v>1187059</v>
       </c>
-      <c r="AG38" s="10">
+      <c r="AH38" s="9">
         <v>1188455</v>
       </c>
-      <c r="AH38" s="10">
+      <c r="AI38" s="9">
         <v>1193172</v>
       </c>
-      <c r="AI38" s="10">
+      <c r="AJ38" s="9">
         <v>1203829</v>
       </c>
-      <c r="AJ38" s="10">
+      <c r="AK38" s="9">
         <v>1208290</v>
       </c>
-      <c r="AK38" s="10">
+      <c r="AL38" s="9">
         <v>1220764</v>
       </c>
-      <c r="AL38" s="10">
+      <c r="AM38" s="9">
         <v>1227781</v>
       </c>
-      <c r="AM38" s="10">
+      <c r="AN38" s="9">
         <v>1237504</v>
       </c>
-      <c r="AN38" s="10">
+      <c r="AO38" s="9">
         <v>1240950</v>
       </c>
-      <c r="AO38" s="10">
+      <c r="AP38" s="9">
         <v>1242582</v>
       </c>
-      <c r="AP38" s="10">
+      <c r="AQ38" s="9">
         <v>1244101</v>
       </c>
-      <c r="AQ38" s="10">
+      <c r="AR38" s="9">
         <v>1246336</v>
       </c>
-      <c r="AR38" s="10">
+      <c r="AS38" s="9">
         <v>1248737</v>
       </c>
-      <c r="AS38" s="10">
+      <c r="AT38" s="9">
         <v>1251900</v>
       </c>
-      <c r="AT38" s="10">
+      <c r="AU38" s="9">
         <v>1261449</v>
       </c>
-      <c r="AU38" s="10">
+      <c r="AV38" s="9">
         <v>1263899</v>
       </c>
-      <c r="AV38" s="10">
+      <c r="AW38" s="9">
         <v>1273086</v>
       </c>
-      <c r="AW38" s="10">
+      <c r="AX38" s="9">
         <v>1279007</v>
       </c>
+      <c r="AY38" s="9">
+        <v>1283935</v>
+      </c>
+      <c r="AZ38" s="9">
+        <v>1294591</v>
+      </c>
+      <c r="BA38" s="9">
+        <v>1296744</v>
+      </c>
+      <c r="BB38" s="9">
+        <v>1295103</v>
+      </c>
+      <c r="BC38" s="9">
+        <v>1297603</v>
+      </c>
+      <c r="BD38" s="9">
+        <v>1299529</v>
+      </c>
+      <c r="BE38" s="9">
+        <v>1301762</v>
+      </c>
+      <c r="BF38" s="9">
+        <v>1300757</v>
+      </c>
+      <c r="BG38" s="9">
+        <v>1299556</v>
+      </c>
+      <c r="BH38" s="9">
+        <v>1311345</v>
+      </c>
+      <c r="BI38" s="9">
+        <v>1315884</v>
+      </c>
+      <c r="BJ38" s="9">
+        <v>1323565</v>
+      </c>
     </row>
-    <row r="39" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A39" s="9" t="s">
+    <row r="39" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A39" s="1">
         <v>39</v>
       </c>
-      <c r="B39" s="10">
+      <c r="B39" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C39" s="9">
         <v>131139</v>
       </c>
-      <c r="C39" s="10">
+      <c r="D39" s="9">
         <v>129753</v>
       </c>
-      <c r="D39" s="10">
+      <c r="E39" s="9">
         <v>129345</v>
       </c>
-      <c r="E39" s="10">
+      <c r="F39" s="9">
         <v>129320</v>
       </c>
-      <c r="F39" s="10">
+      <c r="G39" s="9">
         <v>126593</v>
       </c>
-      <c r="G39" s="10">
+      <c r="H39" s="9">
         <v>126079</v>
       </c>
-      <c r="H39" s="10">
+      <c r="I39" s="9">
         <v>126856</v>
       </c>
-      <c r="I39" s="10">
+      <c r="J39" s="9">
         <v>127207</v>
       </c>
-      <c r="J39" s="10">
+      <c r="K39" s="9">
         <v>127321</v>
       </c>
-      <c r="K39" s="10">
+      <c r="L39" s="9">
         <v>127864</v>
       </c>
-      <c r="L39" s="10">
+      <c r="M39" s="9">
         <v>127842</v>
       </c>
-      <c r="M39" s="10">
+      <c r="N39" s="9">
         <v>129288</v>
       </c>
-      <c r="N39" s="10">
+      <c r="O39" s="9">
         <v>133283</v>
       </c>
-      <c r="O39" s="10">
+      <c r="P39" s="9">
         <v>134266</v>
       </c>
-      <c r="P39" s="10">
+      <c r="Q39" s="9">
         <v>134970</v>
       </c>
-      <c r="Q39" s="10">
+      <c r="R39" s="9">
         <v>136551</v>
       </c>
-      <c r="R39" s="10">
+      <c r="S39" s="9">
         <v>137053</v>
       </c>
-      <c r="S39" s="10">
+      <c r="T39" s="9">
         <v>137899</v>
       </c>
-      <c r="T39" s="10">
+      <c r="U39" s="9">
         <v>137955</v>
       </c>
-      <c r="U39" s="10">
+      <c r="V39" s="9">
         <v>134795</v>
       </c>
-      <c r="V39" s="10">
+      <c r="W39" s="9">
         <v>135149</v>
       </c>
-      <c r="W39" s="10">
+      <c r="X39" s="9">
         <v>136009</v>
       </c>
-      <c r="X39" s="10">
+      <c r="Y39" s="9">
         <v>136623</v>
       </c>
-      <c r="Y39" s="10">
+      <c r="Z39" s="9">
         <v>136817</v>
       </c>
-      <c r="Z39" s="10">
+      <c r="AA39" s="9">
         <v>136728</v>
       </c>
-      <c r="AA39" s="10">
+      <c r="AB39" s="9">
         <v>136327</v>
       </c>
-      <c r="AB39" s="10">
+      <c r="AC39" s="9">
         <v>136787</v>
       </c>
-      <c r="AC39" s="10">
+      <c r="AD39" s="9">
         <v>138018</v>
       </c>
-      <c r="AD39" s="10">
+      <c r="AE39" s="9">
         <v>139101</v>
       </c>
-      <c r="AE39" s="10">
+      <c r="AF39" s="9">
         <v>138813</v>
       </c>
-      <c r="AF39" s="10">
+      <c r="AG39" s="9">
         <v>138961</v>
       </c>
-      <c r="AG39" s="10">
+      <c r="AH39" s="9">
         <v>138332</v>
       </c>
-      <c r="AH39" s="10">
+      <c r="AI39" s="9">
         <v>140120</v>
       </c>
-      <c r="AI39" s="10">
+      <c r="AJ39" s="9">
         <v>139243</v>
       </c>
-      <c r="AJ39" s="10">
+      <c r="AK39" s="9">
         <v>138658</v>
       </c>
-      <c r="AK39" s="10">
+      <c r="AL39" s="9">
         <v>137244</v>
       </c>
-      <c r="AL39" s="10">
+      <c r="AM39" s="9">
         <v>137936</v>
       </c>
-      <c r="AM39" s="10">
+      <c r="AN39" s="9">
         <v>138077</v>
       </c>
-      <c r="AN39" s="10">
+      <c r="AO39" s="9">
         <v>133901</v>
       </c>
-      <c r="AO39" s="10">
+      <c r="AP39" s="9">
         <v>133986</v>
       </c>
-      <c r="AP39" s="10">
+      <c r="AQ39" s="9">
         <v>132625</v>
       </c>
-      <c r="AQ39" s="10">
+      <c r="AR39" s="9">
         <v>132143</v>
       </c>
-      <c r="AR39" s="10">
+      <c r="AS39" s="9">
         <v>132445</v>
       </c>
-      <c r="AS39" s="10">
+      <c r="AT39" s="9">
         <v>132809</v>
       </c>
-      <c r="AT39" s="10">
+      <c r="AU39" s="9">
         <v>135388</v>
       </c>
-      <c r="AU39" s="10">
+      <c r="AV39" s="9">
         <v>135466</v>
       </c>
-      <c r="AV39" s="10">
+      <c r="AW39" s="9">
         <v>132199</v>
       </c>
-      <c r="AW39" s="10">
+      <c r="AX39" s="9">
         <v>132474</v>
       </c>
+      <c r="AY39" s="9">
+        <v>133018</v>
+      </c>
+      <c r="AZ39" s="9">
+        <v>133303</v>
+      </c>
+      <c r="BA39" s="9">
+        <v>133428</v>
+      </c>
+      <c r="BB39" s="9">
+        <v>133925</v>
+      </c>
+      <c r="BC39" s="9">
+        <v>133811</v>
+      </c>
+      <c r="BD39" s="9">
+        <v>132783</v>
+      </c>
+      <c r="BE39" s="9">
+        <v>133068</v>
+      </c>
+      <c r="BF39" s="9">
+        <v>135790</v>
+      </c>
+      <c r="BG39" s="9">
+        <v>135298</v>
+      </c>
+      <c r="BH39" s="9">
+        <v>137166</v>
+      </c>
+      <c r="BI39" s="9">
+        <v>142064</v>
+      </c>
+      <c r="BJ39" s="9">
+        <v>142382</v>
+      </c>
     </row>
-    <row r="40" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A40" s="9" t="s">
+    <row r="40" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A40" s="1">
         <v>40</v>
       </c>
-      <c r="B40" s="10">
-[...140 lines deleted...]
-      <c r="AW40" s="10">
+      <c r="B40" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C40" s="9">
+        <v>0</v>
+      </c>
+      <c r="D40" s="9">
+        <v>0</v>
+      </c>
+      <c r="E40" s="9">
+        <v>0</v>
+      </c>
+      <c r="F40" s="9">
+        <v>0</v>
+      </c>
+      <c r="G40" s="9">
+        <v>0</v>
+      </c>
+      <c r="H40" s="9">
+        <v>0</v>
+      </c>
+      <c r="I40" s="9">
+        <v>0</v>
+      </c>
+      <c r="J40" s="9">
+        <v>0</v>
+      </c>
+      <c r="K40" s="9">
+        <v>0</v>
+      </c>
+      <c r="L40" s="9">
+        <v>0</v>
+      </c>
+      <c r="M40" s="9">
+        <v>0</v>
+      </c>
+      <c r="N40" s="9">
+        <v>0</v>
+      </c>
+      <c r="O40" s="9">
+        <v>0</v>
+      </c>
+      <c r="P40" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="9">
+        <v>0</v>
+      </c>
+      <c r="R40" s="9">
+        <v>0</v>
+      </c>
+      <c r="S40" s="9">
+        <v>0</v>
+      </c>
+      <c r="T40" s="9">
+        <v>0</v>
+      </c>
+      <c r="U40" s="9">
+        <v>0</v>
+      </c>
+      <c r="V40" s="9">
+        <v>0</v>
+      </c>
+      <c r="W40" s="9">
+        <v>0</v>
+      </c>
+      <c r="X40" s="9">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="9">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AB40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AD40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AE40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AF40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AH40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AJ40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AK40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AL40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AM40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AN40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AO40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AP40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AQ40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AR40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AS40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AT40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AU40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AV40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AW40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AX40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AY40" s="9">
+        <v>0</v>
+      </c>
+      <c r="AZ40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BA40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BB40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BC40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BD40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BE40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BF40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BG40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BH40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BI40" s="9">
+        <v>0</v>
+      </c>
+      <c r="BJ40" s="9">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A41" s="9" t="s">
+    <row r="41" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A41" s="1">
+        <v>41</v>
+      </c>
+      <c r="B41" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B41" s="10">
+      <c r="C41" s="9">
         <v>237080</v>
       </c>
-      <c r="C41" s="10">
+      <c r="D41" s="9">
         <v>234085</v>
       </c>
-      <c r="D41" s="10">
+      <c r="E41" s="9">
         <v>332876</v>
       </c>
-      <c r="E41" s="10">
+      <c r="F41" s="9">
         <v>379539</v>
       </c>
-      <c r="F41" s="10">
+      <c r="G41" s="9">
         <v>376354</v>
       </c>
-      <c r="G41" s="10">
+      <c r="H41" s="9">
         <v>368683</v>
       </c>
-      <c r="H41" s="10">
+      <c r="I41" s="9">
         <v>376498</v>
       </c>
-      <c r="I41" s="10">
+      <c r="J41" s="9">
         <v>367261</v>
       </c>
-      <c r="J41" s="10">
+      <c r="K41" s="9">
         <v>359536</v>
       </c>
-      <c r="K41" s="10">
+      <c r="L41" s="9">
         <v>353470</v>
       </c>
-      <c r="L41" s="10">
+      <c r="M41" s="9">
         <v>337142</v>
       </c>
-      <c r="M41" s="10">
+      <c r="N41" s="9">
         <v>342579</v>
       </c>
-      <c r="N41" s="10">
+      <c r="O41" s="9">
         <v>324550</v>
       </c>
-      <c r="O41" s="10">
+      <c r="P41" s="9">
         <v>312114</v>
       </c>
-      <c r="P41" s="10">
+      <c r="Q41" s="9">
         <v>309186</v>
       </c>
-      <c r="Q41" s="10">
+      <c r="R41" s="9">
         <v>305158</v>
       </c>
-      <c r="R41" s="10">
+      <c r="S41" s="9">
         <v>295369</v>
       </c>
-      <c r="S41" s="10">
+      <c r="T41" s="9">
         <v>290767</v>
       </c>
-      <c r="T41" s="10">
+      <c r="U41" s="9">
         <v>291405</v>
       </c>
-      <c r="U41" s="10">
+      <c r="V41" s="9">
         <v>288123</v>
       </c>
-      <c r="V41" s="10">
+      <c r="W41" s="9">
         <v>280560</v>
       </c>
-      <c r="W41" s="10">
+      <c r="X41" s="9">
         <v>287346</v>
       </c>
-      <c r="X41" s="10">
+      <c r="Y41" s="9">
         <v>281977</v>
       </c>
-      <c r="Y41" s="10">
+      <c r="Z41" s="9">
         <v>296107</v>
       </c>
-      <c r="Z41" s="10">
+      <c r="AA41" s="9">
         <v>297494</v>
       </c>
-      <c r="AA41" s="10">
+      <c r="AB41" s="9">
         <v>301636</v>
       </c>
-      <c r="AB41" s="10">
+      <c r="AC41" s="9">
         <v>312286</v>
       </c>
-      <c r="AC41" s="10">
+      <c r="AD41" s="9">
         <v>329674</v>
       </c>
-      <c r="AD41" s="10">
+      <c r="AE41" s="9">
         <v>354079</v>
       </c>
-      <c r="AE41" s="10">
+      <c r="AF41" s="9">
         <v>364943</v>
       </c>
-      <c r="AF41" s="10">
+      <c r="AG41" s="9">
         <v>366127</v>
       </c>
-      <c r="AG41" s="10">
+      <c r="AH41" s="9">
         <v>364907</v>
       </c>
-      <c r="AH41" s="10">
+      <c r="AI41" s="9">
         <v>369899</v>
       </c>
-      <c r="AI41" s="10">
+      <c r="AJ41" s="9">
         <v>366227</v>
       </c>
-      <c r="AJ41" s="10">
+      <c r="AK41" s="9">
         <v>354654</v>
       </c>
-      <c r="AK41" s="10">
+      <c r="AL41" s="9">
         <v>348690</v>
       </c>
-      <c r="AL41" s="10">
+      <c r="AM41" s="9">
         <v>335555</v>
       </c>
-      <c r="AM41" s="10">
+      <c r="AN41" s="9">
         <v>325622</v>
       </c>
-      <c r="AN41" s="10">
+      <c r="AO41" s="9">
         <v>324291</v>
       </c>
-      <c r="AO41" s="10">
+      <c r="AP41" s="9">
         <v>316708</v>
       </c>
-      <c r="AP41" s="10">
+      <c r="AQ41" s="9">
         <v>305440</v>
       </c>
-      <c r="AQ41" s="10">
+      <c r="AR41" s="9">
         <v>305630</v>
       </c>
-      <c r="AR41" s="10">
+      <c r="AS41" s="9">
         <v>304363</v>
       </c>
-      <c r="AS41" s="10">
+      <c r="AT41" s="9">
         <v>297755</v>
       </c>
-      <c r="AT41" s="10">
+      <c r="AU41" s="9">
         <v>304103</v>
       </c>
-      <c r="AU41" s="10">
+      <c r="AV41" s="9">
         <v>294716</v>
       </c>
-      <c r="AV41" s="10">
+      <c r="AW41" s="9">
         <v>299393</v>
       </c>
-      <c r="AW41" s="10">
+      <c r="AX41" s="9">
         <v>296945</v>
       </c>
+      <c r="AY41" s="9">
+        <v>300197</v>
+      </c>
+      <c r="AZ41" s="9">
+        <v>303938</v>
+      </c>
+      <c r="BA41" s="9">
+        <v>307327</v>
+      </c>
+      <c r="BB41" s="9">
+        <v>307986</v>
+      </c>
+      <c r="BC41" s="9">
+        <v>303157</v>
+      </c>
+      <c r="BD41" s="9">
+        <v>308025</v>
+      </c>
+      <c r="BE41" s="9">
+        <v>333107</v>
+      </c>
+      <c r="BF41" s="9">
+        <v>346055</v>
+      </c>
+      <c r="BG41" s="9">
+        <v>337189</v>
+      </c>
+      <c r="BH41" s="9">
+        <v>352644</v>
+      </c>
+      <c r="BI41" s="9">
+        <v>354648</v>
+      </c>
+      <c r="BJ41" s="9">
+        <v>371908</v>
+      </c>
     </row>
-    <row r="42" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A42" s="9" t="s">
+    <row r="42" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A42" s="1">
+        <v>42</v>
+      </c>
+      <c r="B42" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="B42" s="10">
+      <c r="C42" s="9">
         <v>65808</v>
       </c>
-      <c r="C42" s="10">
+      <c r="D42" s="9">
         <v>59475</v>
       </c>
-      <c r="D42" s="10">
+      <c r="E42" s="9">
         <v>51705</v>
       </c>
-      <c r="E42" s="10">
+      <c r="F42" s="9">
         <v>47068</v>
       </c>
-      <c r="F42" s="10">
+      <c r="G42" s="9">
         <v>45837</v>
       </c>
-      <c r="G42" s="10">
+      <c r="H42" s="9">
         <v>36442</v>
       </c>
-      <c r="H42" s="10">
+      <c r="I42" s="9">
         <v>28816</v>
       </c>
-      <c r="I42" s="10">
+      <c r="J42" s="9">
         <v>15268</v>
       </c>
-      <c r="J42" s="10">
+      <c r="K42" s="9">
         <v>14115</v>
       </c>
-      <c r="K42" s="10">
+      <c r="L42" s="9">
         <v>12678</v>
       </c>
-      <c r="L42" s="10">
+      <c r="M42" s="9">
         <v>12723</v>
       </c>
-      <c r="M42" s="10">
+      <c r="N42" s="9">
         <v>12291</v>
       </c>
-      <c r="N42" s="10">
+      <c r="O42" s="9">
         <v>40287</v>
       </c>
-      <c r="O42" s="10">
+      <c r="P42" s="9">
         <v>40814</v>
       </c>
-      <c r="P42" s="10">
+      <c r="Q42" s="9">
         <v>40346</v>
       </c>
-      <c r="Q42" s="10">
+      <c r="R42" s="9">
         <v>42959</v>
       </c>
-      <c r="R42" s="10">
+      <c r="S42" s="9">
         <v>44263</v>
       </c>
-      <c r="S42" s="10">
+      <c r="T42" s="9">
         <v>45464</v>
       </c>
-      <c r="T42" s="10">
+      <c r="U42" s="9">
         <v>41077</v>
       </c>
-      <c r="U42" s="10">
+      <c r="V42" s="9">
         <v>41699</v>
       </c>
-      <c r="V42" s="10">
+      <c r="W42" s="9">
         <v>44827</v>
       </c>
-      <c r="W42" s="10">
+      <c r="X42" s="9">
         <v>44508</v>
       </c>
-      <c r="X42" s="10">
+      <c r="Y42" s="9">
         <v>43322</v>
       </c>
-      <c r="Y42" s="10">
+      <c r="Z42" s="9">
         <v>46316</v>
       </c>
-      <c r="Z42" s="10">
+      <c r="AA42" s="9">
         <v>42521</v>
       </c>
-      <c r="AA42" s="10">
+      <c r="AB42" s="9">
         <v>41529</v>
       </c>
-      <c r="AB42" s="10">
+      <c r="AC42" s="9">
         <v>44623</v>
       </c>
-      <c r="AC42" s="10">
+      <c r="AD42" s="9">
         <v>46208</v>
       </c>
-      <c r="AD42" s="10">
+      <c r="AE42" s="9">
         <v>43204</v>
       </c>
-      <c r="AE42" s="10">
+      <c r="AF42" s="9">
         <v>41750</v>
       </c>
-      <c r="AF42" s="10">
+      <c r="AG42" s="9">
         <v>42471</v>
       </c>
-      <c r="AG42" s="10">
+      <c r="AH42" s="9">
         <v>42398</v>
       </c>
-      <c r="AH42" s="10">
+      <c r="AI42" s="9">
         <v>41740</v>
       </c>
-      <c r="AI42" s="10">
+      <c r="AJ42" s="9">
         <v>41936</v>
       </c>
-      <c r="AJ42" s="10">
+      <c r="AK42" s="9">
         <v>45657</v>
       </c>
-      <c r="AK42" s="10">
+      <c r="AL42" s="9">
         <v>46030</v>
       </c>
-      <c r="AL42" s="10">
+      <c r="AM42" s="9">
         <v>45639</v>
       </c>
-      <c r="AM42" s="10">
+      <c r="AN42" s="9">
         <v>48810</v>
       </c>
-      <c r="AN42" s="10">
+      <c r="AO42" s="9">
         <v>45615</v>
       </c>
-      <c r="AO42" s="10">
+      <c r="AP42" s="9">
         <v>45206</v>
       </c>
-      <c r="AP42" s="10">
+      <c r="AQ42" s="9">
         <v>46886</v>
       </c>
-      <c r="AQ42" s="10">
+      <c r="AR42" s="9">
         <v>45784</v>
       </c>
-      <c r="AR42" s="10">
+      <c r="AS42" s="9">
         <v>44402</v>
       </c>
-      <c r="AS42" s="10">
+      <c r="AT42" s="9">
         <v>47431</v>
       </c>
-      <c r="AT42" s="10">
+      <c r="AU42" s="9">
         <v>48573</v>
       </c>
-      <c r="AU42" s="10">
+      <c r="AV42" s="9">
         <v>50305</v>
       </c>
-      <c r="AV42" s="10">
+      <c r="AW42" s="9">
         <v>54089</v>
       </c>
-      <c r="AW42" s="10">
+      <c r="AX42" s="9">
         <v>58276</v>
       </c>
+      <c r="AY42" s="9">
+        <v>56257</v>
+      </c>
+      <c r="AZ42" s="9">
+        <v>58876</v>
+      </c>
+      <c r="BA42" s="9">
+        <v>58634</v>
+      </c>
+      <c r="BB42" s="9">
+        <v>59793</v>
+      </c>
+      <c r="BC42" s="9">
+        <v>60190</v>
+      </c>
+      <c r="BD42" s="9">
+        <v>55031</v>
+      </c>
+      <c r="BE42" s="9">
+        <v>53310</v>
+      </c>
+      <c r="BF42" s="9">
+        <v>53532</v>
+      </c>
+      <c r="BG42" s="9">
+        <v>50707</v>
+      </c>
+      <c r="BH42" s="9">
+        <v>58932</v>
+      </c>
+      <c r="BI42" s="9">
+        <v>68619</v>
+      </c>
+      <c r="BJ42" s="9">
+        <v>73042</v>
+      </c>
     </row>
-    <row r="43" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A43" s="9" t="s">
+    <row r="43" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A43" s="1">
+        <v>43</v>
+      </c>
+      <c r="B43" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="B43" s="10">
+      <c r="C43" s="9">
         <v>61536</v>
       </c>
-      <c r="C43" s="10">
+      <c r="D43" s="9">
         <v>55345</v>
       </c>
-      <c r="D43" s="10">
+      <c r="E43" s="9">
         <v>46306</v>
       </c>
-      <c r="E43" s="10">
+      <c r="F43" s="9">
         <v>42393</v>
       </c>
-      <c r="F43" s="10">
+      <c r="G43" s="9">
         <v>39892</v>
       </c>
-      <c r="G43" s="10">
+      <c r="H43" s="9">
         <v>29995</v>
       </c>
-      <c r="H43" s="10">
+      <c r="I43" s="9">
         <v>22692</v>
       </c>
-      <c r="I43" s="10">
+      <c r="J43" s="9">
         <v>9169</v>
       </c>
-      <c r="J43" s="10">
+      <c r="K43" s="9">
         <v>8296</v>
       </c>
-      <c r="K43" s="10">
+      <c r="L43" s="9">
         <v>7085</v>
       </c>
-      <c r="L43" s="10">
+      <c r="M43" s="9">
         <v>7027</v>
       </c>
-      <c r="M43" s="10">
+      <c r="N43" s="9">
         <v>6538</v>
       </c>
-      <c r="N43" s="10">
+      <c r="O43" s="9">
         <v>6367</v>
       </c>
-      <c r="O43" s="10">
+      <c r="P43" s="9">
         <v>6353</v>
       </c>
-      <c r="P43" s="10">
+      <c r="Q43" s="9">
         <v>5755</v>
       </c>
-      <c r="Q43" s="10">
+      <c r="R43" s="9">
         <v>5806</v>
       </c>
-      <c r="R43" s="10">
+      <c r="S43" s="9">
         <v>5704</v>
       </c>
-      <c r="S43" s="10">
+      <c r="T43" s="9">
         <v>6920</v>
       </c>
-      <c r="T43" s="10">
+      <c r="U43" s="9">
         <v>6787</v>
       </c>
-      <c r="U43" s="10">
+      <c r="V43" s="9">
         <v>6345</v>
       </c>
-      <c r="V43" s="10">
+      <c r="W43" s="9">
         <v>6008</v>
       </c>
-      <c r="W43" s="10">
+      <c r="X43" s="9">
         <v>5790</v>
       </c>
-      <c r="X43" s="10">
+      <c r="Y43" s="9">
         <v>5722</v>
       </c>
-      <c r="Y43" s="10">
+      <c r="Z43" s="9">
         <v>5719</v>
       </c>
-      <c r="Z43" s="10">
+      <c r="AA43" s="9">
         <v>5823</v>
       </c>
-      <c r="AA43" s="10">
+      <c r="AB43" s="9">
         <v>6108</v>
       </c>
-      <c r="AB43" s="10">
+      <c r="AC43" s="9">
         <v>3989</v>
       </c>
-      <c r="AC43" s="10">
+      <c r="AD43" s="9">
         <v>4134</v>
       </c>
-      <c r="AD43" s="10">
+      <c r="AE43" s="9">
         <v>4343</v>
       </c>
-      <c r="AE43" s="10">
+      <c r="AF43" s="9">
         <v>4343</v>
       </c>
-      <c r="AF43" s="10">
+      <c r="AG43" s="9">
         <v>4388</v>
       </c>
-      <c r="AG43" s="10">
+      <c r="AH43" s="9">
         <v>4205</v>
       </c>
-      <c r="AH43" s="10">
+      <c r="AI43" s="9">
         <v>3706</v>
       </c>
-      <c r="AI43" s="10">
+      <c r="AJ43" s="9">
         <v>3735</v>
       </c>
-      <c r="AJ43" s="10">
+      <c r="AK43" s="9">
         <v>3780</v>
       </c>
-      <c r="AK43" s="10">
+      <c r="AL43" s="9">
         <v>3624</v>
       </c>
-      <c r="AL43" s="10">
+      <c r="AM43" s="9">
         <v>3609</v>
       </c>
-      <c r="AM43" s="10">
+      <c r="AN43" s="9">
         <v>3785</v>
       </c>
-      <c r="AN43" s="10">
+      <c r="AO43" s="9">
         <v>3769</v>
       </c>
-      <c r="AO43" s="10">
+      <c r="AP43" s="9">
         <v>3635</v>
       </c>
-      <c r="AP43" s="10">
+      <c r="AQ43" s="9">
         <v>3569</v>
       </c>
-      <c r="AQ43" s="10">
+      <c r="AR43" s="9">
         <v>5215</v>
       </c>
-      <c r="AR43" s="10">
+      <c r="AS43" s="9">
         <v>5202</v>
       </c>
-      <c r="AS43" s="10">
+      <c r="AT43" s="9">
         <v>4992</v>
       </c>
-      <c r="AT43" s="10">
+      <c r="AU43" s="9">
         <v>4955</v>
       </c>
-      <c r="AU43" s="10">
+      <c r="AV43" s="9">
         <v>9017</v>
       </c>
-      <c r="AV43" s="10">
+      <c r="AW43" s="9">
         <v>9632</v>
       </c>
-      <c r="AW43" s="10">
+      <c r="AX43" s="9">
         <v>9651</v>
       </c>
+      <c r="AY43" s="9">
+        <v>9123</v>
+      </c>
+      <c r="AZ43" s="9">
+        <v>9027</v>
+      </c>
+      <c r="BA43" s="9">
+        <v>9111</v>
+      </c>
+      <c r="BB43" s="9">
+        <v>9110</v>
+      </c>
+      <c r="BC43" s="9">
+        <v>9219</v>
+      </c>
+      <c r="BD43" s="9">
+        <v>6228</v>
+      </c>
+      <c r="BE43" s="9">
+        <v>6235</v>
+      </c>
+      <c r="BF43" s="9">
+        <v>6196</v>
+      </c>
+      <c r="BG43" s="9">
+        <v>6181</v>
+      </c>
+      <c r="BH43" s="9">
+        <v>6175</v>
+      </c>
+      <c r="BI43" s="9">
+        <v>6175</v>
+      </c>
+      <c r="BJ43" s="9">
+        <v>7617</v>
+      </c>
     </row>
-    <row r="44" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A44" s="9" t="s">
+    <row r="44" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A44" s="1">
+        <v>44</v>
+      </c>
+      <c r="B44" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="B44" s="10">
+      <c r="C44" s="9">
         <v>52895</v>
       </c>
-      <c r="C44" s="10">
+      <c r="D44" s="9">
         <v>49294</v>
       </c>
-      <c r="D44" s="10">
+      <c r="E44" s="9">
         <v>43931</v>
       </c>
-      <c r="E44" s="10">
+      <c r="F44" s="9">
         <v>39915</v>
       </c>
-      <c r="F44" s="10">
+      <c r="G44" s="9">
         <v>37411</v>
       </c>
-      <c r="G44" s="10">
+      <c r="H44" s="9">
         <v>28515</v>
       </c>
-      <c r="H44" s="10">
+      <c r="I44" s="9">
         <v>21212</v>
       </c>
-      <c r="I44" s="10">
+      <c r="J44" s="9">
         <v>7689</v>
       </c>
-      <c r="J44" s="10">
+      <c r="K44" s="9">
         <v>6814</v>
       </c>
-      <c r="K44" s="10">
+      <c r="L44" s="9">
         <v>6605</v>
       </c>
-      <c r="L44" s="10">
+      <c r="M44" s="9">
         <v>6554</v>
       </c>
-      <c r="M44" s="10">
+      <c r="N44" s="9">
         <v>6496</v>
       </c>
-      <c r="N44" s="10">
+      <c r="O44" s="9">
         <v>6325</v>
       </c>
-      <c r="O44" s="10">
+      <c r="P44" s="9">
         <v>6311</v>
       </c>
-      <c r="P44" s="10">
+      <c r="Q44" s="9">
         <v>5713</v>
       </c>
-      <c r="Q44" s="10">
+      <c r="R44" s="9">
         <v>5764</v>
       </c>
-      <c r="R44" s="10">
+      <c r="S44" s="9">
         <v>5662</v>
       </c>
-      <c r="S44" s="10">
+      <c r="T44" s="9">
         <v>4874</v>
       </c>
-      <c r="T44" s="10">
+      <c r="U44" s="9">
         <v>4741</v>
       </c>
-      <c r="U44" s="10">
+      <c r="V44" s="9">
         <v>4296</v>
       </c>
-      <c r="V44" s="10">
+      <c r="W44" s="9">
         <v>3958</v>
       </c>
-      <c r="W44" s="10">
+      <c r="X44" s="9">
         <v>3738</v>
       </c>
-      <c r="X44" s="10">
+      <c r="Y44" s="9">
         <v>3669</v>
       </c>
-      <c r="Y44" s="10">
+      <c r="Z44" s="9">
         <v>3668</v>
       </c>
-      <c r="Z44" s="10">
+      <c r="AA44" s="9">
         <v>3771</v>
       </c>
-      <c r="AA44" s="10">
+      <c r="AB44" s="9">
         <v>4054</v>
       </c>
-      <c r="AB44" s="10">
+      <c r="AC44" s="9">
         <v>3947</v>
       </c>
-      <c r="AC44" s="10">
+      <c r="AD44" s="9">
         <v>4092</v>
       </c>
-      <c r="AD44" s="10">
+      <c r="AE44" s="9">
         <v>4301</v>
       </c>
-      <c r="AE44" s="10">
+      <c r="AF44" s="9">
         <v>4301</v>
       </c>
-      <c r="AF44" s="10">
+      <c r="AG44" s="9">
         <v>4346</v>
       </c>
-      <c r="AG44" s="10">
+      <c r="AH44" s="9">
         <v>4163</v>
       </c>
-      <c r="AH44" s="10">
+      <c r="AI44" s="9">
         <v>3664</v>
       </c>
-      <c r="AI44" s="10">
+      <c r="AJ44" s="9">
         <v>3693</v>
       </c>
-      <c r="AJ44" s="10">
+      <c r="AK44" s="9">
         <v>3738</v>
       </c>
-      <c r="AK44" s="10">
+      <c r="AL44" s="9">
         <v>3582</v>
       </c>
-      <c r="AL44" s="10">
+      <c r="AM44" s="9">
         <v>3567</v>
       </c>
-      <c r="AM44" s="10">
+      <c r="AN44" s="9">
         <v>3743</v>
       </c>
-      <c r="AN44" s="10">
+      <c r="AO44" s="9">
         <v>3727</v>
       </c>
-      <c r="AO44" s="10">
+      <c r="AP44" s="9">
         <v>3593</v>
       </c>
-      <c r="AP44" s="10">
+      <c r="AQ44" s="9">
         <v>3527</v>
       </c>
-      <c r="AQ44" s="10">
+      <c r="AR44" s="9">
         <v>3517</v>
       </c>
-      <c r="AR44" s="10">
+      <c r="AS44" s="9">
         <v>3502</v>
       </c>
-      <c r="AS44" s="10">
+      <c r="AT44" s="9">
         <v>3289</v>
       </c>
-      <c r="AT44" s="10">
+      <c r="AU44" s="9">
         <v>3250</v>
       </c>
-      <c r="AU44" s="10">
+      <c r="AV44" s="9">
         <v>3261</v>
       </c>
-      <c r="AV44" s="10">
+      <c r="AW44" s="9">
         <v>3361</v>
       </c>
-      <c r="AW44" s="10">
+      <c r="AX44" s="9">
         <v>3378</v>
       </c>
+      <c r="AY44" s="9">
+        <v>3502</v>
+      </c>
+      <c r="AZ44" s="9">
+        <v>3394</v>
+      </c>
+      <c r="BA44" s="9">
+        <v>3465</v>
+      </c>
+      <c r="BB44" s="9">
+        <v>3452</v>
+      </c>
+      <c r="BC44" s="9">
+        <v>3550</v>
+      </c>
+      <c r="BD44" s="9">
+        <v>3492</v>
+      </c>
+      <c r="BE44" s="9">
+        <v>3495</v>
+      </c>
+      <c r="BF44" s="9">
+        <v>3450</v>
+      </c>
+      <c r="BG44" s="9">
+        <v>3431</v>
+      </c>
+      <c r="BH44" s="9">
+        <v>3420</v>
+      </c>
+      <c r="BI44" s="9">
+        <v>3416</v>
+      </c>
+      <c r="BJ44" s="9">
+        <v>3354</v>
+      </c>
     </row>
-    <row r="45" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A45" s="9" t="s">
+    <row r="45" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A45" s="1">
+        <v>45</v>
+      </c>
+      <c r="B45" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="B45" s="10">
+      <c r="C45" s="9">
         <v>8641</v>
       </c>
-      <c r="C45" s="10">
+      <c r="D45" s="9">
         <v>6051</v>
       </c>
-      <c r="D45" s="10">
+      <c r="E45" s="9">
         <v>2374</v>
       </c>
-      <c r="E45" s="10">
+      <c r="F45" s="9">
         <v>2478</v>
       </c>
-      <c r="F45" s="10">
+      <c r="G45" s="9">
         <v>2482</v>
       </c>
-      <c r="G45" s="10">
+      <c r="H45" s="9">
         <v>1480</v>
       </c>
-      <c r="H45" s="10">
+      <c r="I45" s="9">
         <v>1480</v>
       </c>
-      <c r="I45" s="10">
+      <c r="J45" s="9">
         <v>1481</v>
       </c>
-      <c r="J45" s="10">
+      <c r="K45" s="9">
         <v>1482</v>
       </c>
-      <c r="K45" s="10">
+      <c r="L45" s="9">
         <v>480</v>
       </c>
-      <c r="L45" s="10">
+      <c r="M45" s="9">
         <v>473</v>
       </c>
-      <c r="M45" s="10">
+      <c r="N45" s="9">
         <v>42</v>
       </c>
-      <c r="N45" s="10">
+      <c r="O45" s="9">
         <v>42</v>
       </c>
-      <c r="O45" s="10">
+      <c r="P45" s="9">
         <v>42</v>
       </c>
-      <c r="P45" s="10">
+      <c r="Q45" s="9">
         <v>42</v>
       </c>
-      <c r="Q45" s="10">
+      <c r="R45" s="9">
         <v>42</v>
       </c>
-      <c r="R45" s="10">
+      <c r="S45" s="9">
         <v>42</v>
       </c>
-      <c r="S45" s="10">
+      <c r="T45" s="9">
         <v>2046</v>
       </c>
-      <c r="T45" s="10">
+      <c r="U45" s="9">
         <v>2047</v>
       </c>
-      <c r="U45" s="10">
+      <c r="V45" s="9">
         <v>2048</v>
       </c>
-      <c r="V45" s="10">
+      <c r="W45" s="9">
         <v>2050</v>
       </c>
-      <c r="W45" s="10">
+      <c r="X45" s="9">
         <v>2052</v>
       </c>
-      <c r="X45" s="10">
+      <c r="Y45" s="9">
         <v>2053</v>
       </c>
-      <c r="Y45" s="10">
+      <c r="Z45" s="9">
         <v>2051</v>
       </c>
-      <c r="Z45" s="10">
+      <c r="AA45" s="9">
         <v>2053</v>
       </c>
-      <c r="AA45" s="10">
+      <c r="AB45" s="9">
         <v>2054</v>
       </c>
-      <c r="AB45" s="10">
+      <c r="AC45" s="9">
         <v>42</v>
       </c>
-      <c r="AC45" s="10">
+      <c r="AD45" s="9">
         <v>42</v>
       </c>
-      <c r="AD45" s="10">
+      <c r="AE45" s="9">
         <v>42</v>
       </c>
-      <c r="AE45" s="10">
+      <c r="AF45" s="9">
         <v>42</v>
       </c>
-      <c r="AF45" s="10">
+      <c r="AG45" s="9">
         <v>42</v>
       </c>
-      <c r="AG45" s="10">
+      <c r="AH45" s="9">
         <v>42</v>
       </c>
-      <c r="AH45" s="10">
+      <c r="AI45" s="9">
         <v>42</v>
       </c>
-      <c r="AI45" s="10">
+      <c r="AJ45" s="9">
         <v>42</v>
       </c>
-      <c r="AJ45" s="10">
+      <c r="AK45" s="9">
         <v>42</v>
       </c>
-      <c r="AK45" s="10">
+      <c r="AL45" s="9">
         <v>42</v>
       </c>
-      <c r="AL45" s="10">
+      <c r="AM45" s="9">
         <v>42</v>
       </c>
-      <c r="AM45" s="10">
+      <c r="AN45" s="9">
         <v>42</v>
       </c>
-      <c r="AN45" s="10">
+      <c r="AO45" s="9">
         <v>42</v>
       </c>
-      <c r="AO45" s="10">
+      <c r="AP45" s="9">
         <v>42</v>
       </c>
-      <c r="AP45" s="10">
+      <c r="AQ45" s="9">
         <v>42</v>
       </c>
-      <c r="AQ45" s="10">
+      <c r="AR45" s="9">
         <v>1699</v>
       </c>
-      <c r="AR45" s="10">
+      <c r="AS45" s="9">
         <v>1701</v>
       </c>
-      <c r="AS45" s="10">
+      <c r="AT45" s="9">
         <v>1703</v>
       </c>
-      <c r="AT45" s="10">
+      <c r="AU45" s="9">
         <v>1705</v>
       </c>
-      <c r="AU45" s="10">
+      <c r="AV45" s="9">
         <v>5756</v>
       </c>
-      <c r="AV45" s="10">
+      <c r="AW45" s="9">
         <v>6271</v>
       </c>
-      <c r="AW45" s="10">
+      <c r="AX45" s="9">
         <v>6273</v>
       </c>
+      <c r="AY45" s="9">
+        <v>5621</v>
+      </c>
+      <c r="AZ45" s="9">
+        <v>5633</v>
+      </c>
+      <c r="BA45" s="9">
+        <v>5646</v>
+      </c>
+      <c r="BB45" s="9">
+        <v>5658</v>
+      </c>
+      <c r="BC45" s="9">
+        <v>5669</v>
+      </c>
+      <c r="BD45" s="9">
+        <v>2736</v>
+      </c>
+      <c r="BE45" s="9">
+        <v>2740</v>
+      </c>
+      <c r="BF45" s="9">
+        <v>2746</v>
+      </c>
+      <c r="BG45" s="9">
+        <v>2750</v>
+      </c>
+      <c r="BH45" s="9">
+        <v>2755</v>
+      </c>
+      <c r="BI45" s="9">
+        <v>2759</v>
+      </c>
+      <c r="BJ45" s="9">
+        <v>4262</v>
+      </c>
     </row>
-    <row r="46" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A46" s="9" t="s">
+    <row r="46" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A46" s="1">
+        <v>46</v>
+      </c>
+      <c r="B46" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="B46" s="10">
+      <c r="C46" s="9">
         <v>4166</v>
       </c>
-      <c r="C46" s="10">
+      <c r="D46" s="9">
         <v>4024</v>
       </c>
-      <c r="D46" s="10">
+      <c r="E46" s="9">
         <v>5292</v>
       </c>
-      <c r="E46" s="10">
+      <c r="F46" s="9">
         <v>4567</v>
       </c>
-      <c r="F46" s="10">
+      <c r="G46" s="9">
         <v>5836</v>
       </c>
-      <c r="G46" s="10">
+      <c r="H46" s="9">
         <v>6340</v>
       </c>
-      <c r="H46" s="10">
+      <c r="I46" s="9">
         <v>6017</v>
       </c>
-      <c r="I46" s="10">
+      <c r="J46" s="9">
         <v>5989</v>
       </c>
-      <c r="J46" s="10">
+      <c r="K46" s="9">
         <v>5698</v>
       </c>
-      <c r="K46" s="10">
+      <c r="L46" s="9">
         <v>5459</v>
       </c>
-      <c r="L46" s="10">
+      <c r="M46" s="9">
         <v>5558</v>
       </c>
-      <c r="M46" s="10">
+      <c r="N46" s="9">
         <v>5615</v>
       </c>
-      <c r="N46" s="10">
+      <c r="O46" s="9">
         <v>5475</v>
       </c>
-      <c r="O46" s="10">
+      <c r="P46" s="9">
         <v>5475</v>
       </c>
-      <c r="P46" s="10">
+      <c r="Q46" s="9">
         <v>5523</v>
       </c>
-      <c r="Q46" s="10">
+      <c r="R46" s="9">
         <v>5589</v>
       </c>
-      <c r="R46" s="10">
+      <c r="S46" s="9">
         <v>5864</v>
       </c>
-      <c r="S46" s="10">
+      <c r="T46" s="9">
         <v>6073</v>
       </c>
-      <c r="T46" s="10">
+      <c r="U46" s="9">
         <v>5771</v>
       </c>
-      <c r="U46" s="10">
+      <c r="V46" s="9">
         <v>5837</v>
       </c>
-      <c r="V46" s="10">
+      <c r="W46" s="9">
         <v>7690</v>
       </c>
-      <c r="W46" s="10">
+      <c r="X46" s="9">
         <v>5563</v>
       </c>
-      <c r="X46" s="10">
+      <c r="Y46" s="9">
         <v>5977</v>
       </c>
-      <c r="Y46" s="10">
+      <c r="Z46" s="9">
         <v>7987</v>
       </c>
-      <c r="Z46" s="10">
+      <c r="AA46" s="9">
         <v>5978</v>
       </c>
-      <c r="AA46" s="10">
+      <c r="AB46" s="9">
         <v>5983</v>
       </c>
-      <c r="AB46" s="10">
+      <c r="AC46" s="9">
         <v>7633</v>
       </c>
-      <c r="AC46" s="10">
+      <c r="AD46" s="9">
         <v>7199</v>
       </c>
-      <c r="AD46" s="10">
+      <c r="AE46" s="9">
         <v>7430</v>
       </c>
-      <c r="AE46" s="10">
+      <c r="AF46" s="9">
         <v>7302</v>
       </c>
-      <c r="AF46" s="10">
+      <c r="AG46" s="9">
         <v>7136</v>
       </c>
-      <c r="AG46" s="10">
+      <c r="AH46" s="9">
         <v>7235</v>
       </c>
-      <c r="AH46" s="10">
+      <c r="AI46" s="9">
         <v>8442</v>
       </c>
-      <c r="AI46" s="10">
+      <c r="AJ46" s="9">
         <v>8590</v>
       </c>
-      <c r="AJ46" s="10">
+      <c r="AK46" s="9">
         <v>8194</v>
       </c>
-      <c r="AK46" s="10">
+      <c r="AL46" s="9">
         <v>7947</v>
       </c>
-      <c r="AL46" s="10">
+      <c r="AM46" s="9">
         <v>7608</v>
       </c>
-      <c r="AM46" s="10">
+      <c r="AN46" s="9">
         <v>10637</v>
       </c>
-      <c r="AN46" s="10">
+      <c r="AO46" s="9">
         <v>8185</v>
       </c>
-      <c r="AO46" s="10">
+      <c r="AP46" s="9">
         <v>7998</v>
       </c>
-      <c r="AP46" s="10">
+      <c r="AQ46" s="9">
         <v>9403</v>
       </c>
-      <c r="AQ46" s="10">
+      <c r="AR46" s="9">
         <v>6784</v>
       </c>
-      <c r="AR46" s="10">
+      <c r="AS46" s="9">
         <v>7134</v>
       </c>
-      <c r="AS46" s="10">
+      <c r="AT46" s="9">
         <v>7666</v>
       </c>
-      <c r="AT46" s="10">
+      <c r="AU46" s="9">
         <v>7859</v>
       </c>
-      <c r="AU46" s="10">
+      <c r="AV46" s="9">
         <v>6902</v>
       </c>
-      <c r="AV46" s="10">
+      <c r="AW46" s="9">
         <v>7959</v>
       </c>
-      <c r="AW46" s="10">
+      <c r="AX46" s="9">
         <v>6398</v>
       </c>
+      <c r="AY46" s="9">
+        <v>5690</v>
+      </c>
+      <c r="AZ46" s="9">
+        <v>6317</v>
+      </c>
+      <c r="BA46" s="9">
+        <v>7483</v>
+      </c>
+      <c r="BB46" s="9">
+        <v>7648</v>
+      </c>
+      <c r="BC46" s="9">
+        <v>6567</v>
+      </c>
+      <c r="BD46" s="9">
+        <v>6603</v>
+      </c>
+      <c r="BE46" s="9">
+        <v>5542</v>
+      </c>
+      <c r="BF46" s="9">
+        <v>4981</v>
+      </c>
+      <c r="BG46" s="9">
+        <v>4783</v>
+      </c>
+      <c r="BH46" s="9">
+        <v>5089</v>
+      </c>
+      <c r="BI46" s="9">
+        <v>5746</v>
+      </c>
+      <c r="BJ46" s="9">
+        <v>5935</v>
+      </c>
     </row>
-    <row r="47" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A47" s="9" t="s">
+    <row r="47" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A47" s="1">
+        <v>47</v>
+      </c>
+      <c r="B47" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="B47" s="10">
+      <c r="C47" s="9">
         <v>20905</v>
       </c>
-      <c r="C47" s="10">
+      <c r="D47" s="9">
         <v>23417</v>
       </c>
-      <c r="D47" s="10">
+      <c r="E47" s="9">
         <v>25235</v>
       </c>
-      <c r="E47" s="10">
+      <c r="F47" s="9">
         <v>22854</v>
       </c>
-      <c r="F47" s="10">
+      <c r="G47" s="9">
         <v>19786</v>
       </c>
-      <c r="G47" s="10">
+      <c r="H47" s="9">
         <v>26744</v>
       </c>
-      <c r="H47" s="10">
+      <c r="I47" s="9">
         <v>26953</v>
       </c>
-      <c r="I47" s="10">
+      <c r="J47" s="9">
         <v>27694</v>
       </c>
-      <c r="J47" s="10">
+      <c r="K47" s="9">
         <v>28728</v>
       </c>
-      <c r="K47" s="10">
+      <c r="L47" s="9">
         <v>26025</v>
       </c>
-      <c r="L47" s="10">
+      <c r="M47" s="9">
         <v>25534</v>
       </c>
-      <c r="M47" s="10">
+      <c r="N47" s="9">
         <v>28118</v>
       </c>
-      <c r="N47" s="10">
+      <c r="O47" s="9">
         <v>28445</v>
       </c>
-      <c r="O47" s="10">
+      <c r="P47" s="9">
         <v>28986</v>
       </c>
-      <c r="P47" s="10">
+      <c r="Q47" s="9">
         <v>29067</v>
       </c>
-      <c r="Q47" s="10">
+      <c r="R47" s="9">
         <v>31564</v>
       </c>
-      <c r="R47" s="10">
+      <c r="S47" s="9">
         <v>32694</v>
       </c>
-      <c r="S47" s="10">
+      <c r="T47" s="9">
         <v>32470</v>
       </c>
-      <c r="T47" s="10">
+      <c r="U47" s="9">
         <v>28518</v>
       </c>
-      <c r="U47" s="10">
+      <c r="V47" s="9">
         <v>29517</v>
       </c>
-      <c r="V47" s="10">
+      <c r="W47" s="9">
         <v>31128</v>
       </c>
-      <c r="W47" s="10">
+      <c r="X47" s="9">
         <v>33156</v>
       </c>
-      <c r="X47" s="10">
+      <c r="Y47" s="9">
         <v>31622</v>
       </c>
-      <c r="Y47" s="10">
+      <c r="Z47" s="9">
         <v>32610</v>
       </c>
-      <c r="Z47" s="10">
+      <c r="AA47" s="9">
         <v>30719</v>
       </c>
-      <c r="AA47" s="10">
+      <c r="AB47" s="9">
         <v>29438</v>
       </c>
-      <c r="AB47" s="10">
+      <c r="AC47" s="9">
         <v>33001</v>
       </c>
-      <c r="AC47" s="10">
+      <c r="AD47" s="9">
         <v>34875</v>
       </c>
-      <c r="AD47" s="10">
+      <c r="AE47" s="9">
         <v>31431</v>
       </c>
-      <c r="AE47" s="10">
+      <c r="AF47" s="9">
         <v>30105</v>
       </c>
-      <c r="AF47" s="10">
+      <c r="AG47" s="9">
         <v>30947</v>
       </c>
-      <c r="AG47" s="10">
+      <c r="AH47" s="9">
         <v>30958</v>
       </c>
-      <c r="AH47" s="10">
+      <c r="AI47" s="9">
         <v>29592</v>
       </c>
-      <c r="AI47" s="10">
+      <c r="AJ47" s="9">
         <v>29611</v>
       </c>
-      <c r="AJ47" s="10">
+      <c r="AK47" s="9">
         <v>33683</v>
       </c>
-      <c r="AK47" s="10">
+      <c r="AL47" s="9">
         <v>34459</v>
       </c>
-      <c r="AL47" s="10">
+      <c r="AM47" s="9">
         <v>34422</v>
       </c>
-      <c r="AM47" s="10">
+      <c r="AN47" s="9">
         <v>34388</v>
       </c>
-      <c r="AN47" s="10">
+      <c r="AO47" s="9">
         <v>33662</v>
       </c>
-      <c r="AO47" s="10">
+      <c r="AP47" s="9">
         <v>33573</v>
       </c>
-      <c r="AP47" s="10">
+      <c r="AQ47" s="9">
         <v>33913</v>
       </c>
-      <c r="AQ47" s="10">
+      <c r="AR47" s="9">
         <v>33785</v>
       </c>
-      <c r="AR47" s="10">
+      <c r="AS47" s="9">
         <v>32066</v>
       </c>
-      <c r="AS47" s="10">
+      <c r="AT47" s="9">
         <v>34772</v>
       </c>
-      <c r="AT47" s="10">
+      <c r="AU47" s="9">
         <v>35759</v>
       </c>
-      <c r="AU47" s="10">
+      <c r="AV47" s="9">
         <v>34386</v>
       </c>
-      <c r="AV47" s="10">
+      <c r="AW47" s="9">
         <v>36497</v>
       </c>
-      <c r="AW47" s="10">
+      <c r="AX47" s="9">
         <v>42227</v>
       </c>
+      <c r="AY47" s="9">
+        <v>41444</v>
+      </c>
+      <c r="AZ47" s="9">
+        <v>43532</v>
+      </c>
+      <c r="BA47" s="9">
+        <v>42040</v>
+      </c>
+      <c r="BB47" s="9">
+        <v>43035</v>
+      </c>
+      <c r="BC47" s="9">
+        <v>44404</v>
+      </c>
+      <c r="BD47" s="9">
+        <v>42201</v>
+      </c>
+      <c r="BE47" s="9">
+        <v>41533</v>
+      </c>
+      <c r="BF47" s="9">
+        <v>42355</v>
+      </c>
+      <c r="BG47" s="9">
+        <v>39743</v>
+      </c>
+      <c r="BH47" s="9">
+        <v>47668</v>
+      </c>
+      <c r="BI47" s="9">
+        <v>56698</v>
+      </c>
+      <c r="BJ47" s="9">
+        <v>59489</v>
+      </c>
     </row>
-    <row r="48" spans="1:49" x14ac:dyDescent="0.25">
-      <c r="A48" s="4" t="s">
+    <row r="48" spans="1:62" x14ac:dyDescent="0.25">
+      <c r="A48" s="1">
+        <v>48</v>
+      </c>
+      <c r="B48" s="4" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A49" s="4" t="s">
+    <row r="49" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A49" s="1">
+        <v>49</v>
+      </c>
+      <c r="B49" s="4" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A50" s="4" t="s">
+    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A50" s="1">
+        <v>50</v>
+      </c>
+      <c r="B50" s="4" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="AL3:AV3"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:BJ47">
+    <sortCondition ref="A5:A47"/>
+  </sortState>
+  <mergeCells count="6">
+    <mergeCell ref="AY3:BJ3"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="AA3:AL3"/>
+    <mergeCell ref="O3:Z3"/>
+    <mergeCell ref="C3:N3"/>
+    <mergeCell ref="AM3:AX3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ข้อมูล</vt:lpstr>
     </vt:vector>