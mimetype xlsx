--- v0 (2025-10-25)
+++ v1 (2026-03-07)
@@ -1,79 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\17 ท่องเที่ยวและกีฬา\sector_17_11110\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\17 ท่องเที่ยวและกีฬา\sector_17_11101\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9DE8F067-8905-464E-B569-FDB5A446D4D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:10000001_{8DC0A2BE-16D4-4C27-A40D-B87744C887DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="2" r:id="rId1"/>
     <sheet name="Metadata" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
-  <extLst>
-[...8 lines deleted...]
-  </extLst>
+  <fileRecoveryPr repairLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="139">
   <si>
     <t>ทวีป</t>
   </si>
   <si>
     <t>ประเทศ</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>เอเชียตะวันออก</t>
   </si>
   <si>
     <t>    กลุ่มอาเซียน</t>
   </si>
   <si>
     <t>        บรูไนดารุสซาลาม</t>
   </si>
   <si>
     <t>        กัมพูชา</t>
   </si>
   <si>
     <t>        อินโดนีเซีย</t>
   </si>
   <si>
@@ -100,83 +91,59 @@
   <si>
     <t>    ฮ่องกง</t>
   </si>
   <si>
     <t>    ญี่ปุ่น</t>
   </si>
   <si>
     <t>    เกาหลี</t>
   </si>
   <si>
     <t>    ไต้หวัน</t>
   </si>
   <si>
     <t>    ประเทศอื่น ๆ</t>
   </si>
   <si>
     <t>ยุโรป</t>
   </si>
   <si>
     <t>    ออสเตรีย</t>
   </si>
   <si>
     <t>    เบลเยียม</t>
   </si>
   <si>
-    <t>    เดนมาร์ก</t>
-[...4 lines deleted...]
-  <si>
     <t>    ฝรั่งเศส</t>
   </si>
   <si>
     <t>    เยอรมนี</t>
   </si>
   <si>
-    <t>    ไอร์แลนด์</t>
-[...13 lines deleted...]
-  <si>
     <t>    สเปน</t>
   </si>
   <si>
-    <t>    สวีเดน</t>
-[...1 lines deleted...]
-  <si>
     <t>    สวิตเซอร์แลนด์</t>
   </si>
   <si>
     <t>    สหราชอาณาจักร</t>
   </si>
   <si>
     <t>    กลุ่มยุโรปตะวันออก</t>
   </si>
   <si>
     <t>อเมริกา</t>
   </si>
   <si>
     <t>    อาร์เจนตินา</t>
   </si>
   <si>
     <t>    บราซิล</t>
   </si>
   <si>
     <t>    แคนาดา</t>
   </si>
   <si>
     <t>    สหรัฐอเมริกา</t>
   </si>
   <si>
     <t>เอเชียใต้</t>
@@ -203,53 +170,50 @@
     <t>    ออสเตรเลีย</t>
   </si>
   <si>
     <t>    นิวซีแลนด์</t>
   </si>
   <si>
     <t>ตะวันออกกลาง</t>
   </si>
   <si>
     <t>    อียิปต์</t>
   </si>
   <si>
     <t>    อิสราเอล</t>
   </si>
   <si>
     <t>    คูเวต</t>
   </si>
   <si>
     <t>    ซาอุดีอาระเบีย</t>
   </si>
   <si>
     <t>    สหรัฐอาหรับเอมิเรตส์</t>
   </si>
   <si>
     <t>แอฟริกา</t>
-  </si>
-[...1 lines deleted...]
-    <t>    สาธารณรัฐแอฟริกาใต้</t>
   </si>
   <si>
     <r>
       <t>หน่วย:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> คน</t>
     </r>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>ชื่อรายการไทย</t>
   </si>
   <si>
     <t>รายละเอียด</t>
   </si>
   <si>
@@ -311,128 +275,273 @@
     <t>ขอบเขตเชิงภูมิศาสตร์หรือเชิงพื้นที่</t>
   </si>
   <si>
     <t>แหล่งที่มา</t>
   </si>
   <si>
     <t>รูปแบบการเก็บข้อมูล</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
-  </si>
-[...14 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">        ที่มา:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> สำนักงานปลัดกระทรวงการท่องเที่ยวและกีฬา กระทรวงการท่องเที่ยวและกีฬา</t>
     </r>
   </si>
   <si>
     <r>
       <t>หมายเหตุ:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 1. P หมายถึง ข้อมูลเบื้องต้น ที่อาจมีการปรับปรุงให้สมบูรณ์ขึ้นภายหลัง</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">                     4. โดยที่ปัจจุบัน การระบาดของโรคโควิด-19 ยังคงไม่สิ้นสุด</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>2. เนื่องจากปี 2563 เกิดการแพร่ระบาดของโรคโควิด-19 ในประเทศไทย จึงมีผลทำให้จำนวนนักท่องเที่ยวต่ำกว่าระดับปกติมาก</t>
     </r>
   </si>
   <si>
-    <t>จำนวนนักท่องเที่ยวชาวต่างชาติที่เข้ามาประเทศไทย จำแนกตามสัญชาติ พ.ศ. 2555 - 2564</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                     3. เนื่องจากไตรมาสที่ 2 และไตรมาสที่ 3 ของปี 2563 ประเทศไทยปิดประเทศ จึงไม่มีนักท่องเที่ยวชาวต่างชาติเดินทางเข้ามาประเทศไทยในช่วงดังกล่าว</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t xml:space="preserve">    สาธารณรัฐแอฟริกาใต้</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    เอธิโอเปีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    เคนยา</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    โมร็อกโก</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    มอริเชียส</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ภูฏาน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   อิหร่าน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   มัลดีฟส์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ชิลี</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   โคลอมเบีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เม็กซิโก</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เปรู</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   อุรุกวัย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   บัลแกเรีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เบลารุส</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ไซปรัส</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   สาธารณรัฐเช็ก</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เดนมาร์ก</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เอสโตเนีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ฟินแลนด์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   กรีซ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   โครเอเชีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ฮังการี</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ไอร์แลนด์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   อิสราเอล</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ไอซ์แลนด์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   อิตาลี</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   คีร์กีซสถาน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   คาซัคสถาน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ลิทัวเนีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ลักเซมเบิร์ก</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ลัตเวีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เนเธอร์แลนด์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   นอร์เวย์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   โปแลนด์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   โปรตุเกส</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   โรมาเนีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เซอร์เบีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   รัสเซีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   สวีเดน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   สโลวีเนีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   สโลวาเกีย</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ตุรกี</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   ยูเครน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   อุซเบกิสถาน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   บาห์เรน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   อิรัก</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   จอร์แดน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เลบานอน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   โอมาน</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  กาตาร์</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   เยเมน</t>
+  </si>
+  <si>
+    <t>จำนวนนักท่องเที่ยวชาวต่างชาติที่เข้ามาประเทศไทย จำแนกตามสัญชาติ พ.ศ. 2555 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="3">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="31">
+  <fonts count="33">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Cambria"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="major"/>
     </font>
@@ -609,70 +718,79 @@
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
@@ -1052,211 +1170,234 @@
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="46">
+  <cellStyleXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="22" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="34" borderId="14" xfId="44" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="15" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="16" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="17" xfId="44" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="22" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="41" fontId="23" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="41" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="41" fontId="30" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="41" fontId="31" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="41" fontId="32" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
+    <xf numFmtId="49" fontId="32" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="10" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="10" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="0" borderId="10" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="30" fillId="0" borderId="10" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="46">
+  <cellStyles count="47">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Comma" xfId="46" builtinId="3"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Followed Hyperlink" xfId="43" builtinId="9" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="42" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Hyperlink 2" xfId="45" xr:uid="{625D44E1-526D-484D-B9F9-2F9DC97F8EBE}"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="44" xr:uid="{CB8599BD-4078-4FE5-AA0F-DCCE5B8B03EB}"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -1545,2924 +1686,4512 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L73"/>
+  <dimension ref="A1:O139"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="I9" sqref="I9"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="14.5703125" style="4" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="16384" width="9" style="4"/>
+    <col min="1" max="1" width="14.5703125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="21.5703125" style="3" customWidth="1"/>
+    <col min="3" max="9" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10" max="10" width="11.85546875" style="3" customWidth="1"/>
+    <col min="11" max="15" width="11.7109375" style="3" customWidth="1"/>
+    <col min="16" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12">
-[...39 lines deleted...]
-    <row r="4" spans="1:12" ht="18">
+    <row r="1" spans="1:15">
+      <c r="A1" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+    </row>
+    <row r="2" spans="1:15">
+      <c r="A2" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+    </row>
+    <row r="3" spans="1:15">
+      <c r="A3" s="5"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:15">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="24">
+      <c r="C4" s="23">
         <v>2555</v>
       </c>
-      <c r="D4" s="24">
+      <c r="D4" s="23">
         <v>2556</v>
       </c>
-      <c r="E4" s="24">
+      <c r="E4" s="23">
         <v>2557</v>
       </c>
-      <c r="F4" s="24">
+      <c r="F4" s="23">
         <v>2558</v>
       </c>
-      <c r="G4" s="24">
+      <c r="G4" s="23">
         <v>2559</v>
       </c>
-      <c r="H4" s="24">
+      <c r="H4" s="23">
         <v>2560</v>
       </c>
-      <c r="I4" s="24">
+      <c r="I4" s="23">
         <v>2561</v>
       </c>
-      <c r="J4" s="24">
+      <c r="J4" s="23">
         <v>2562</v>
       </c>
-      <c r="K4" s="24">
+      <c r="K4" s="23">
         <v>2563</v>
       </c>
-      <c r="L4" s="25" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="8" t="s">
+      <c r="L4" s="23">
+        <v>2564</v>
+      </c>
+      <c r="M4" s="23">
+        <v>2565</v>
+      </c>
+      <c r="N4" s="23">
+        <v>2566</v>
+      </c>
+      <c r="O4" s="23">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15">
+      <c r="A5" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="8" t="s">
+      <c r="B5" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="27">
+      <c r="C5" s="25">
         <v>22353903</v>
       </c>
-      <c r="D5" s="27">
+      <c r="D5" s="25">
         <v>26546725</v>
       </c>
-      <c r="E5" s="27">
+      <c r="E5" s="25">
         <v>24809683</v>
       </c>
-      <c r="F5" s="27">
+      <c r="F5" s="25">
         <v>29923185</v>
       </c>
-      <c r="G5" s="27">
+      <c r="G5" s="25">
         <v>32529588</v>
       </c>
-      <c r="H5" s="27">
+      <c r="H5" s="25">
         <v>35591978</v>
       </c>
-      <c r="I5" s="27">
+      <c r="I5" s="25">
         <v>38178194</v>
       </c>
-      <c r="J5" s="27">
+      <c r="J5" s="25">
         <v>39916251</v>
       </c>
       <c r="K5" s="27">
         <v>6725193</v>
       </c>
       <c r="L5" s="27">
-        <v>427869</v>
-[...3 lines deleted...]
-      <c r="A6" s="28" t="s">
+        <v>510767</v>
+      </c>
+      <c r="M5" s="27">
+        <v>11065226</v>
+      </c>
+      <c r="N5" s="27">
+        <v>28150016</v>
+      </c>
+      <c r="O5" s="27">
+        <v>35545714</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15">
+      <c r="A6" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="26">
+      <c r="C6" s="24">
         <v>12525214</v>
       </c>
-      <c r="D6" s="26">
+      <c r="D6" s="24">
         <v>15911375</v>
       </c>
-      <c r="E6" s="26">
+      <c r="E6" s="24">
         <v>14603825</v>
       </c>
-      <c r="F6" s="26">
+      <c r="F6" s="24">
         <v>19908785</v>
       </c>
-      <c r="G6" s="26">
+      <c r="G6" s="24">
         <v>21593285</v>
       </c>
-      <c r="H6" s="26">
+      <c r="H6" s="24">
         <v>23846387</v>
       </c>
-      <c r="I6" s="26">
+      <c r="I6" s="24">
         <v>25970856</v>
       </c>
-      <c r="J6" s="26">
+      <c r="J6" s="24">
         <v>27388987</v>
       </c>
-      <c r="K6" s="26">
+      <c r="K6" s="28">
         <v>3744375</v>
       </c>
-      <c r="L6" s="26">
-[...5 lines deleted...]
-      <c r="B7" s="7" t="s">
+      <c r="L6" s="28">
+        <v>113201</v>
+      </c>
+      <c r="M6" s="28">
+        <v>5929256</v>
+      </c>
+      <c r="N6" s="26"/>
+      <c r="O6" s="26"/>
+    </row>
+    <row r="7" spans="1:15">
+      <c r="A7" s="31"/>
+      <c r="B7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="26">
+      <c r="C7" s="24">
         <v>6281153</v>
       </c>
-      <c r="D7" s="26">
+      <c r="D7" s="24">
         <v>7282266</v>
       </c>
-      <c r="E7" s="26">
+      <c r="E7" s="24">
         <v>6641772</v>
       </c>
-      <c r="F7" s="26">
+      <c r="F7" s="24">
         <v>7920481</v>
       </c>
-      <c r="G7" s="26">
+      <c r="G7" s="24">
         <v>8585251</v>
       </c>
-      <c r="H7" s="26">
+      <c r="H7" s="24">
         <v>9322508</v>
       </c>
-      <c r="I7" s="26">
+      <c r="I7" s="24">
         <v>10191391</v>
       </c>
-      <c r="J7" s="26">
+      <c r="J7" s="24">
         <v>10749496</v>
       </c>
-      <c r="K7" s="26">
+      <c r="K7" s="28">
         <v>1653075</v>
       </c>
-      <c r="L7" s="26">
-[...5 lines deleted...]
-      <c r="B8" s="7" t="s">
+      <c r="L7" s="28">
+        <v>38649</v>
+      </c>
+      <c r="M7" s="28">
+        <v>4585901</v>
+      </c>
+      <c r="N7" s="28">
+        <v>9822280</v>
+      </c>
+      <c r="O7" s="28">
+        <v>10660779</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15">
+      <c r="A8" s="31"/>
+      <c r="B8" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="26">
+      <c r="C8" s="24">
         <v>10459</v>
       </c>
-      <c r="D8" s="26">
+      <c r="D8" s="24">
         <v>14205</v>
       </c>
-      <c r="E8" s="26">
+      <c r="E8" s="24">
         <v>11285</v>
       </c>
-      <c r="F8" s="26">
+      <c r="F8" s="24">
         <v>13836</v>
       </c>
-      <c r="G8" s="26">
+      <c r="G8" s="24">
         <v>14023</v>
       </c>
-      <c r="H8" s="26">
+      <c r="H8" s="24">
         <v>14268</v>
       </c>
-      <c r="I8" s="26">
+      <c r="I8" s="24">
         <v>14260</v>
       </c>
-      <c r="J8" s="26">
+      <c r="J8" s="24">
         <v>15613</v>
       </c>
-      <c r="K8" s="26">
+      <c r="K8" s="28">
         <v>1749</v>
       </c>
-      <c r="L8" s="26">
+      <c r="L8" s="28">
+        <v>48</v>
+      </c>
+      <c r="M8" s="28">
+        <v>5796</v>
+      </c>
+      <c r="N8" s="28">
+        <v>14134</v>
+      </c>
+      <c r="O8" s="28">
+        <v>16188</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15">
+      <c r="A9" s="31"/>
+      <c r="B9" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="24">
+        <v>423642</v>
+      </c>
+      <c r="D9" s="24">
+        <v>481595</v>
+      </c>
+      <c r="E9" s="24">
+        <v>550339</v>
+      </c>
+      <c r="F9" s="24">
+        <v>537950</v>
+      </c>
+      <c r="G9" s="24">
+        <v>674975</v>
+      </c>
+      <c r="H9" s="24">
+        <v>840871</v>
+      </c>
+      <c r="I9" s="24">
+        <v>948824</v>
+      </c>
+      <c r="J9" s="24">
+        <v>910696</v>
+      </c>
+      <c r="K9" s="28">
+        <v>165027</v>
+      </c>
+      <c r="L9" s="28">
+        <v>5535</v>
+      </c>
+      <c r="M9" s="28">
+        <v>466917</v>
+      </c>
+      <c r="N9" s="28">
+        <v>583708</v>
+      </c>
+      <c r="O9" s="28">
+        <v>553060</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15">
+      <c r="A10" s="31"/>
+      <c r="B10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="24">
+        <v>447820</v>
+      </c>
+      <c r="D10" s="24">
+        <v>594251</v>
+      </c>
+      <c r="E10" s="24">
+        <v>497592</v>
+      </c>
+      <c r="F10" s="24">
+        <v>469125</v>
+      </c>
+      <c r="G10" s="24">
+        <v>534797</v>
+      </c>
+      <c r="H10" s="24">
+        <v>576110</v>
+      </c>
+      <c r="I10" s="24">
+        <v>644709</v>
+      </c>
+      <c r="J10" s="24">
+        <v>710494</v>
+      </c>
+      <c r="K10" s="28">
+        <v>99530</v>
+      </c>
+      <c r="L10" s="28">
+        <v>3702</v>
+      </c>
+      <c r="M10" s="28">
+        <v>230337</v>
+      </c>
+      <c r="N10" s="28">
+        <v>762118</v>
+      </c>
+      <c r="O10" s="28">
+        <v>876610</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15">
+      <c r="A11" s="31"/>
+      <c r="B11" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="24">
+        <v>975999</v>
+      </c>
+      <c r="D11" s="24">
+        <v>976639</v>
+      </c>
+      <c r="E11" s="24">
+        <v>1053983</v>
+      </c>
+      <c r="F11" s="24">
+        <v>1220522</v>
+      </c>
+      <c r="G11" s="24">
+        <v>1388020</v>
+      </c>
+      <c r="H11" s="24">
+        <v>1682087</v>
+      </c>
+      <c r="I11" s="24">
+        <v>1664630</v>
+      </c>
+      <c r="J11" s="24">
+        <v>1854792</v>
+      </c>
+      <c r="K11" s="28">
+        <v>380207</v>
+      </c>
+      <c r="L11" s="28">
+        <v>1016</v>
+      </c>
+      <c r="M11" s="28">
+        <v>486382</v>
+      </c>
+      <c r="N11" s="28">
+        <v>919401</v>
+      </c>
+      <c r="O11" s="28">
+        <v>1124202</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15">
+      <c r="A12" s="31"/>
+      <c r="B12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="24">
+        <v>2554397</v>
+      </c>
+      <c r="D12" s="24">
+        <v>3041097</v>
+      </c>
+      <c r="E12" s="24">
+        <v>2613418</v>
+      </c>
+      <c r="F12" s="24">
+        <v>3418855</v>
+      </c>
+      <c r="G12" s="24">
+        <v>3494890</v>
+      </c>
+      <c r="H12" s="24">
+        <v>3494488</v>
+      </c>
+      <c r="I12" s="24">
+        <v>4020526</v>
+      </c>
+      <c r="J12" s="24">
+        <v>4265574</v>
+      </c>
+      <c r="K12" s="28">
+        <v>619623</v>
+      </c>
+      <c r="L12" s="28">
+        <v>6988</v>
+      </c>
+      <c r="M12" s="28">
+        <v>1950062</v>
+      </c>
+      <c r="N12" s="28">
+        <v>4626422</v>
+      </c>
+      <c r="O12" s="28">
+        <v>4952078</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15">
+      <c r="A13" s="31"/>
+      <c r="B13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="24">
+        <v>129385</v>
+      </c>
+      <c r="D13" s="24">
+        <v>172383</v>
+      </c>
+      <c r="E13" s="24">
+        <v>206794</v>
+      </c>
+      <c r="F13" s="24">
+        <v>259678</v>
+      </c>
+      <c r="G13" s="24">
+        <v>341626</v>
+      </c>
+      <c r="H13" s="24">
+        <v>365606</v>
+      </c>
+      <c r="I13" s="24">
+        <v>368188</v>
+      </c>
+      <c r="J13" s="24">
+        <v>378232</v>
+      </c>
+      <c r="K13" s="28">
+        <v>55279</v>
+      </c>
+      <c r="L13" s="28">
+        <v>9110</v>
+      </c>
+      <c r="M13" s="28">
+        <v>208014</v>
+      </c>
+      <c r="N13" s="28">
+        <v>394134</v>
+      </c>
+      <c r="O13" s="28">
+        <v>546629</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15">
+      <c r="A14" s="31"/>
+      <c r="B14" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="24">
+        <v>289566</v>
+      </c>
+      <c r="D14" s="24">
+        <v>321571</v>
+      </c>
+      <c r="E14" s="24">
+        <v>304813</v>
+      </c>
+      <c r="F14" s="24">
+        <v>310968</v>
+      </c>
+      <c r="G14" s="24">
+        <v>339150</v>
+      </c>
+      <c r="H14" s="24">
+        <v>381252</v>
+      </c>
+      <c r="I14" s="24">
+        <v>432237</v>
+      </c>
+      <c r="J14" s="24">
+        <v>506430</v>
+      </c>
+      <c r="K14" s="28">
+        <v>72762</v>
+      </c>
+      <c r="L14" s="28">
+        <v>2859</v>
+      </c>
+      <c r="M14" s="28">
+        <v>169382</v>
+      </c>
+      <c r="N14" s="28">
+        <v>461251</v>
+      </c>
+      <c r="O14" s="28">
+        <v>598124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15">
+      <c r="A15" s="31"/>
+      <c r="B15" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="24">
+        <v>831215</v>
+      </c>
+      <c r="D15" s="24">
+        <v>955468</v>
+      </c>
+      <c r="E15" s="24">
+        <v>844133</v>
+      </c>
+      <c r="F15" s="24">
+        <v>938385</v>
+      </c>
+      <c r="G15" s="24">
+        <v>967550</v>
+      </c>
+      <c r="H15" s="24">
+        <v>1032647</v>
+      </c>
+      <c r="I15" s="24">
+        <v>1069867</v>
+      </c>
+      <c r="J15" s="24">
+        <v>1059484</v>
+      </c>
+      <c r="K15" s="28">
+        <v>126771</v>
+      </c>
+      <c r="L15" s="28">
+        <v>7268</v>
+      </c>
+      <c r="M15" s="28">
+        <v>610828</v>
+      </c>
+      <c r="N15" s="28">
+        <v>1027424</v>
+      </c>
+      <c r="O15" s="28">
+        <v>1009640</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15">
+      <c r="A16" s="31"/>
+      <c r="B16" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="24">
+        <v>618670</v>
+      </c>
+      <c r="D16" s="24">
+        <v>725057</v>
+      </c>
+      <c r="E16" s="24">
+        <v>559415</v>
+      </c>
+      <c r="F16" s="24">
+        <v>751162</v>
+      </c>
+      <c r="G16" s="24">
+        <v>830220</v>
+      </c>
+      <c r="H16" s="24">
+        <v>935179</v>
+      </c>
+      <c r="I16" s="24">
+        <v>1028150</v>
+      </c>
+      <c r="J16" s="24">
+        <v>1048181</v>
+      </c>
+      <c r="K16" s="28">
+        <v>132127</v>
+      </c>
+      <c r="L16" s="28">
+        <v>2123</v>
+      </c>
+      <c r="M16" s="28">
+        <v>458183</v>
+      </c>
+      <c r="N16" s="28">
+        <v>1033688</v>
+      </c>
+      <c r="O16" s="28">
+        <v>984248</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15">
+      <c r="A17" s="31"/>
+      <c r="B17" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="24">
+        <v>2786860</v>
+      </c>
+      <c r="D17" s="24">
+        <v>4637335</v>
+      </c>
+      <c r="E17" s="24">
+        <v>4636298</v>
+      </c>
+      <c r="F17" s="24">
+        <v>7936795</v>
+      </c>
+      <c r="G17" s="24">
+        <v>8757646</v>
+      </c>
+      <c r="H17" s="24">
+        <v>9806260</v>
+      </c>
+      <c r="I17" s="24">
+        <v>10535241</v>
+      </c>
+      <c r="J17" s="24">
+        <v>10997338</v>
+      </c>
+      <c r="K17" s="28">
+        <v>1251498</v>
+      </c>
+      <c r="L17" s="28">
+        <v>26558</v>
+      </c>
+      <c r="M17" s="28">
+        <v>258662</v>
+      </c>
+      <c r="N17" s="26"/>
+      <c r="O17" s="26"/>
+    </row>
+    <row r="18" spans="1:15">
+      <c r="A18" s="31"/>
+      <c r="B18" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="24">
+        <v>473666</v>
+      </c>
+      <c r="D18" s="24">
+        <v>588335</v>
+      </c>
+      <c r="E18" s="24">
+        <v>483131</v>
+      </c>
+      <c r="F18" s="24">
+        <v>669617</v>
+      </c>
+      <c r="G18" s="24">
+        <v>751264</v>
+      </c>
+      <c r="H18" s="24">
+        <v>821064</v>
+      </c>
+      <c r="I18" s="24">
+        <v>1015749</v>
+      </c>
+      <c r="J18" s="24">
+        <v>1045361</v>
+      </c>
+      <c r="K18" s="28">
+        <v>124518</v>
+      </c>
+      <c r="L18" s="28">
+        <v>2365</v>
+      </c>
+      <c r="M18" s="28">
+        <v>158987</v>
+      </c>
+      <c r="N18" s="26"/>
+      <c r="O18" s="26"/>
+    </row>
+    <row r="19" spans="1:15">
+      <c r="A19" s="31"/>
+      <c r="B19" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="24">
+        <v>1373716</v>
+      </c>
+      <c r="D19" s="24">
+        <v>1536425</v>
+      </c>
+      <c r="E19" s="24">
+        <v>1267886</v>
+      </c>
+      <c r="F19" s="24">
+        <v>1381702</v>
+      </c>
+      <c r="G19" s="24">
+        <v>1439510</v>
+      </c>
+      <c r="H19" s="24">
+        <v>1544442</v>
+      </c>
+      <c r="I19" s="24">
+        <v>1656101</v>
+      </c>
+      <c r="J19" s="24">
+        <v>1806438</v>
+      </c>
+      <c r="K19" s="28">
+        <v>322677</v>
+      </c>
+      <c r="L19" s="28">
+        <v>24382</v>
+      </c>
+      <c r="M19" s="28">
+        <v>287955</v>
+      </c>
+      <c r="N19" s="26"/>
+      <c r="O19" s="26"/>
+    </row>
+    <row r="20" spans="1:15">
+      <c r="A20" s="31"/>
+      <c r="B20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="24">
+        <v>1163619</v>
+      </c>
+      <c r="D20" s="24">
+        <v>1295342</v>
+      </c>
+      <c r="E20" s="24">
+        <v>1122566</v>
+      </c>
+      <c r="F20" s="24">
+        <v>1373045</v>
+      </c>
+      <c r="G20" s="24">
+        <v>1464200</v>
+      </c>
+      <c r="H20" s="24">
+        <v>1709265</v>
+      </c>
+      <c r="I20" s="24">
+        <v>1796426</v>
+      </c>
+      <c r="J20" s="24">
+        <v>1890973</v>
+      </c>
+      <c r="K20" s="28">
+        <v>262017</v>
+      </c>
+      <c r="L20" s="28">
+        <v>14800</v>
+      </c>
+      <c r="M20" s="28">
+        <v>535122</v>
+      </c>
+      <c r="N20" s="26"/>
+      <c r="O20" s="26"/>
+    </row>
+    <row r="21" spans="1:15">
+      <c r="A21" s="31"/>
+      <c r="B21" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C21" s="24">
+        <v>394225</v>
+      </c>
+      <c r="D21" s="24">
+        <v>502176</v>
+      </c>
+      <c r="E21" s="24">
+        <v>394149</v>
+      </c>
+      <c r="F21" s="24">
+        <v>552699</v>
+      </c>
+      <c r="G21" s="24">
+        <v>522273</v>
+      </c>
+      <c r="H21" s="24">
+        <v>573077</v>
+      </c>
+      <c r="I21" s="24">
+        <v>687748</v>
+      </c>
+      <c r="J21" s="24">
+        <v>790039</v>
+      </c>
+      <c r="K21" s="28">
+        <v>117511</v>
+      </c>
+      <c r="L21" s="28">
+        <v>3819</v>
+      </c>
+      <c r="M21" s="28">
+        <v>90149</v>
+      </c>
+      <c r="N21" s="26"/>
+      <c r="O21" s="26"/>
+    </row>
+    <row r="22" spans="1:15">
+      <c r="A22" s="32"/>
+      <c r="B22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="24">
+        <v>51975</v>
+      </c>
+      <c r="D22" s="24">
+        <v>69496</v>
+      </c>
+      <c r="E22" s="24">
+        <v>58023</v>
+      </c>
+      <c r="F22" s="24">
+        <v>74446</v>
+      </c>
+      <c r="G22" s="24">
+        <v>73141</v>
+      </c>
+      <c r="H22" s="24">
+        <v>69771</v>
+      </c>
+      <c r="I22" s="24">
+        <v>88200</v>
+      </c>
+      <c r="J22" s="24">
+        <v>109342</v>
+      </c>
+      <c r="K22" s="28">
+        <v>13079</v>
+      </c>
+      <c r="L22" s="28">
+        <v>2628</v>
+      </c>
+      <c r="M22" s="28">
+        <v>12480</v>
+      </c>
+      <c r="N22" s="26"/>
+      <c r="O22" s="26"/>
+    </row>
+    <row r="23" spans="1:15">
+      <c r="A23" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="24">
+        <v>5650619</v>
+      </c>
+      <c r="D23" s="24">
+        <v>6305945</v>
+      </c>
+      <c r="E23" s="24">
+        <v>6161893</v>
+      </c>
+      <c r="F23" s="24">
+        <v>5631438</v>
+      </c>
+      <c r="G23" s="24">
+        <v>6174957</v>
+      </c>
+      <c r="H23" s="24">
+        <v>6514011</v>
+      </c>
+      <c r="I23" s="24">
+        <v>6760331</v>
+      </c>
+      <c r="J23" s="24">
+        <v>6712091</v>
+      </c>
+      <c r="K23" s="28">
+        <v>3744375</v>
+      </c>
+      <c r="L23" s="28">
+        <v>113201</v>
+      </c>
+      <c r="M23" s="28">
+        <v>5929256</v>
+      </c>
+      <c r="N23" s="26"/>
+      <c r="O23" s="26"/>
+    </row>
+    <row r="24" spans="1:15">
+      <c r="A24" s="31"/>
+      <c r="B24" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="24">
+        <v>94667</v>
+      </c>
+      <c r="D24" s="24">
+        <v>106278</v>
+      </c>
+      <c r="E24" s="24">
+        <v>100968</v>
+      </c>
+      <c r="F24" s="24">
+        <v>97869</v>
+      </c>
+      <c r="G24" s="24">
+        <v>100373</v>
+      </c>
+      <c r="H24" s="24">
+        <v>104784</v>
+      </c>
+      <c r="I24" s="24">
+        <v>116656</v>
+      </c>
+      <c r="J24" s="24">
+        <v>111428</v>
+      </c>
+      <c r="K24" s="28">
+        <v>36381</v>
+      </c>
+      <c r="L24" s="28">
+        <v>6307</v>
+      </c>
+      <c r="M24" s="28">
+        <v>41642</v>
+      </c>
+      <c r="N24" s="28">
+        <v>88706</v>
+      </c>
+      <c r="O24" s="28">
+        <v>107074</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15">
+      <c r="A25" s="31"/>
+      <c r="B25" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="24">
+        <v>94896</v>
+      </c>
+      <c r="D25" s="24">
+        <v>101109</v>
+      </c>
+      <c r="E25" s="24">
+        <v>99729</v>
+      </c>
+      <c r="F25" s="24">
+        <v>106090</v>
+      </c>
+      <c r="G25" s="24">
+        <v>111013</v>
+      </c>
+      <c r="H25" s="24">
+        <v>112266</v>
+      </c>
+      <c r="I25" s="24">
+        <v>114270</v>
+      </c>
+      <c r="J25" s="24">
+        <v>114669</v>
+      </c>
+      <c r="K25" s="28">
+        <v>26394</v>
+      </c>
+      <c r="L25" s="28">
+        <v>6217</v>
+      </c>
+      <c r="M25" s="28">
+        <v>46942</v>
+      </c>
+      <c r="N25" s="28">
+        <v>85512</v>
+      </c>
+      <c r="O25" s="28">
+        <v>108046</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15">
+      <c r="A26" s="31"/>
+      <c r="B26" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="C26" s="24"/>
+      <c r="D26" s="24"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
+      <c r="H26" s="24"/>
+      <c r="I26" s="24"/>
+      <c r="J26" s="24"/>
+      <c r="K26" s="28"/>
+      <c r="L26" s="28"/>
+      <c r="M26" s="28"/>
+      <c r="N26" s="28">
+        <v>12709</v>
+      </c>
+      <c r="O26" s="28">
+        <v>17259</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15">
+      <c r="A27" s="31"/>
+      <c r="B27" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" s="24"/>
+      <c r="D27" s="24"/>
+      <c r="E27" s="24"/>
+      <c r="F27" s="24"/>
+      <c r="G27" s="24"/>
+      <c r="H27" s="24"/>
+      <c r="I27" s="24"/>
+      <c r="J27" s="24"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="28"/>
+      <c r="M27" s="28"/>
+      <c r="N27" s="28">
+        <v>9062</v>
+      </c>
+      <c r="O27" s="28">
+        <v>20564</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15">
+      <c r="A28" s="31"/>
+      <c r="B28" s="6" t="s">
         <v>26</v>
       </c>
-    </row>
-[...470 lines deleted...]
-      <c r="B22" s="7" t="s">
+      <c r="C28" s="24">
+        <v>191147</v>
+      </c>
+      <c r="D28" s="24">
+        <v>199923</v>
+      </c>
+      <c r="E28" s="24">
+        <v>201271</v>
+      </c>
+      <c r="F28" s="24">
+        <v>206480</v>
+      </c>
+      <c r="G28" s="24">
+        <v>209057</v>
+      </c>
+      <c r="H28" s="24">
+        <v>209528</v>
+      </c>
+      <c r="I28" s="24">
+        <v>207471</v>
+      </c>
+      <c r="J28" s="24">
+        <v>192130</v>
+      </c>
+      <c r="K28" s="28">
+        <v>52361</v>
+      </c>
+      <c r="L28" s="28">
+        <v>13539</v>
+      </c>
+      <c r="M28" s="28">
+        <v>79586</v>
+      </c>
+      <c r="N28" s="28">
+        <v>156337</v>
+      </c>
+      <c r="O28" s="28">
+        <v>184046</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15">
+      <c r="A29" s="31"/>
+      <c r="B29" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="C29" s="24"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="24"/>
+      <c r="F29" s="24"/>
+      <c r="G29" s="24"/>
+      <c r="H29" s="24"/>
+      <c r="I29" s="24"/>
+      <c r="J29" s="24"/>
+      <c r="K29" s="24"/>
+      <c r="L29" s="26"/>
+      <c r="M29" s="26"/>
+      <c r="N29" s="28">
+        <v>2893</v>
+      </c>
+      <c r="O29" s="28">
+        <v>3942</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15">
+      <c r="A30" s="31"/>
+      <c r="B30" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C30" s="24"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="24"/>
+      <c r="G30" s="24"/>
+      <c r="H30" s="24"/>
+      <c r="I30" s="24"/>
+      <c r="J30" s="24"/>
+      <c r="K30" s="24"/>
+      <c r="L30" s="26"/>
+      <c r="M30" s="26"/>
+      <c r="N30" s="28">
+        <v>48940</v>
+      </c>
+      <c r="O30" s="28">
+        <v>59615</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15">
+      <c r="A31" s="31"/>
+      <c r="B31" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" s="24">
+        <v>682419</v>
+      </c>
+      <c r="D31" s="24">
+        <v>737658</v>
+      </c>
+      <c r="E31" s="24">
+        <v>715240</v>
+      </c>
+      <c r="F31" s="24">
+        <v>761819</v>
+      </c>
+      <c r="G31" s="24">
+        <v>837885</v>
+      </c>
+      <c r="H31" s="24">
+        <v>850139</v>
+      </c>
+      <c r="I31" s="24">
+        <v>886523</v>
+      </c>
+      <c r="J31" s="24">
+        <v>852481</v>
+      </c>
+      <c r="K31" s="28">
+        <v>231782</v>
+      </c>
+      <c r="L31" s="28">
+        <v>50589</v>
+      </c>
+      <c r="M31" s="28">
+        <v>356667</v>
+      </c>
+      <c r="N31" s="28">
+        <v>729163</v>
+      </c>
+      <c r="O31" s="28">
+        <v>873364</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15">
+      <c r="A32" s="31"/>
+      <c r="B32" s="33" t="s">
+        <v>103</v>
+      </c>
+      <c r="C32" s="24">
+        <v>167499</v>
+      </c>
+      <c r="D32" s="24">
+        <v>163186</v>
+      </c>
+      <c r="E32" s="24">
+        <v>160977</v>
+      </c>
+      <c r="F32" s="24">
+        <v>159435</v>
+      </c>
+      <c r="G32" s="24">
+        <v>165581</v>
+      </c>
+      <c r="H32" s="24">
+        <v>161920</v>
+      </c>
+      <c r="I32" s="24">
+        <v>169373</v>
+      </c>
+      <c r="J32" s="28">
+        <v>162456</v>
+      </c>
+      <c r="K32" s="28">
+        <v>66848</v>
+      </c>
+      <c r="L32" s="28">
+        <v>9279</v>
+      </c>
+      <c r="M32" s="28">
+        <v>63001</v>
+      </c>
+      <c r="N32" s="28">
+        <v>115224</v>
+      </c>
+      <c r="O32" s="28">
+        <v>138278</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15">
+      <c r="A33" s="31"/>
+      <c r="B33" s="33" t="s">
+        <v>104</v>
+      </c>
+      <c r="C33" s="24"/>
+      <c r="D33" s="24"/>
+      <c r="E33" s="24"/>
+      <c r="F33" s="24"/>
+      <c r="G33" s="24"/>
+      <c r="H33" s="24"/>
+      <c r="I33" s="24"/>
+      <c r="J33" s="28"/>
+      <c r="K33" s="28"/>
+      <c r="L33" s="28"/>
+      <c r="M33" s="28"/>
+      <c r="N33" s="28">
+        <v>14900</v>
+      </c>
+      <c r="O33" s="28">
+        <v>17293</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15">
+      <c r="A34" s="31"/>
+      <c r="B34" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C34" s="28">
+        <v>113141</v>
+      </c>
+      <c r="D34" s="28">
+        <v>123084</v>
+      </c>
+      <c r="E34" s="28">
+        <v>116983</v>
+      </c>
+      <c r="F34" s="28">
+        <v>150995</v>
+      </c>
+      <c r="G34" s="28">
+        <v>168900</v>
+      </c>
+      <c r="H34" s="28">
+        <v>179584</v>
+      </c>
+      <c r="I34" s="28">
+        <v>181880</v>
+      </c>
+      <c r="J34" s="28">
+        <v>188997</v>
+      </c>
+      <c r="K34" s="28">
+        <v>25904</v>
+      </c>
+      <c r="L34" s="28">
+        <v>4065</v>
+      </c>
+      <c r="M34" s="28">
+        <v>86077</v>
+      </c>
+      <c r="N34" s="28">
+        <v>153458</v>
+      </c>
+      <c r="O34" s="28">
+        <v>207710</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15">
+      <c r="A35" s="31"/>
+      <c r="B35" s="33" t="s">
+        <v>105</v>
+      </c>
+      <c r="C35" s="24">
+        <v>154919</v>
+      </c>
+      <c r="D35" s="24">
+        <v>141692</v>
+      </c>
+      <c r="E35" s="24">
+        <v>142425</v>
+      </c>
+      <c r="F35" s="24">
+        <v>134750</v>
+      </c>
+      <c r="G35" s="24">
+        <v>134238</v>
+      </c>
+      <c r="H35" s="24">
+        <v>140464</v>
+      </c>
+      <c r="I35" s="24">
+        <v>140961</v>
+      </c>
+      <c r="J35" s="28">
+        <v>128014</v>
+      </c>
+      <c r="K35" s="28">
+        <v>59567</v>
+      </c>
+      <c r="L35" s="28">
+        <v>6571</v>
+      </c>
+      <c r="M35" s="28">
+        <v>37923</v>
+      </c>
+      <c r="N35" s="28">
+        <v>76193</v>
+      </c>
+      <c r="O35" s="28">
+        <v>87528</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15">
+      <c r="A36" s="31"/>
+      <c r="B36" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36" s="24">
+        <v>576106</v>
+      </c>
+      <c r="D36" s="24">
+        <v>611582</v>
+      </c>
+      <c r="E36" s="24">
+        <v>635073</v>
+      </c>
+      <c r="F36" s="24">
+        <v>681114</v>
+      </c>
+      <c r="G36" s="24">
+        <v>738878</v>
+      </c>
+      <c r="H36" s="24">
+        <v>740190</v>
+      </c>
+      <c r="I36" s="24">
+        <v>749556</v>
+      </c>
+      <c r="J36" s="28">
+        <v>745346</v>
+      </c>
+      <c r="K36" s="28">
+        <v>237317</v>
+      </c>
+      <c r="L36" s="28">
+        <v>27135</v>
+      </c>
+      <c r="M36" s="28">
+        <v>260283</v>
+      </c>
+      <c r="N36" s="28">
+        <v>545003</v>
+      </c>
+      <c r="O36" s="28">
+        <v>720806</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15">
+      <c r="A37" s="31"/>
+      <c r="B37" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C37" s="24">
+        <v>873053</v>
+      </c>
+      <c r="D37" s="24">
+        <v>905024</v>
+      </c>
+      <c r="E37" s="24">
+        <v>907877</v>
+      </c>
+      <c r="F37" s="24">
+        <v>947568</v>
+      </c>
+      <c r="G37" s="24">
+        <v>1004345</v>
+      </c>
+      <c r="H37" s="24">
+        <v>994755</v>
+      </c>
+      <c r="I37" s="24">
+        <v>986854</v>
+      </c>
+      <c r="J37" s="28">
+        <v>992574</v>
+      </c>
+      <c r="K37" s="28">
+        <v>223087</v>
+      </c>
+      <c r="L37" s="28">
+        <v>42853</v>
+      </c>
+      <c r="M37" s="28">
+        <v>432245</v>
+      </c>
+      <c r="N37" s="28">
+        <v>817220</v>
+      </c>
+      <c r="O37" s="28">
+        <v>965862</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15">
+      <c r="A38" s="31"/>
+      <c r="B38" s="33" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="28"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="28"/>
+      <c r="F38" s="28"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="28"/>
+      <c r="I38" s="28"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="28"/>
+      <c r="M38" s="28"/>
+      <c r="N38" s="28">
+        <v>16562</v>
+      </c>
+      <c r="O38" s="28">
+        <v>20637</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15">
+      <c r="A39" s="31"/>
+      <c r="B39" s="33" t="s">
+        <v>107</v>
+      </c>
+      <c r="C39" s="28"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="28"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="28"/>
+      <c r="I39" s="28"/>
+      <c r="J39" s="28"/>
+      <c r="K39" s="28"/>
+      <c r="L39" s="28"/>
+      <c r="M39" s="28"/>
+      <c r="N39" s="28">
+        <v>6370</v>
+      </c>
+      <c r="O39" s="28">
+        <v>9956</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15">
+      <c r="A40" s="31"/>
+      <c r="B40" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" s="24"/>
+      <c r="D40" s="24"/>
+      <c r="E40" s="24"/>
+      <c r="F40" s="24"/>
+      <c r="G40" s="24"/>
+      <c r="H40" s="24"/>
+      <c r="I40" s="24"/>
+      <c r="J40" s="24"/>
+      <c r="K40" s="24"/>
+      <c r="L40" s="26"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="28">
+        <v>27906</v>
+      </c>
+      <c r="O40" s="28">
+        <v>36945</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15">
+      <c r="A41" s="31"/>
+      <c r="B41" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" s="24">
+        <v>60305</v>
+      </c>
+      <c r="D41" s="24">
+        <v>63522</v>
+      </c>
+      <c r="E41" s="24">
+        <v>63038</v>
+      </c>
+      <c r="F41" s="24">
+        <v>64758</v>
+      </c>
+      <c r="G41" s="24">
+        <v>67486</v>
+      </c>
+      <c r="H41" s="24">
+        <v>69014</v>
+      </c>
+      <c r="I41" s="24">
+        <v>69076</v>
+      </c>
+      <c r="J41" s="24">
+        <v>69655</v>
+      </c>
+      <c r="K41" s="24">
+        <v>10953</v>
+      </c>
+      <c r="L41" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="M41" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="N41" s="28">
+        <v>67638</v>
+      </c>
+      <c r="O41" s="28">
+        <v>80350</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15">
+      <c r="A42" s="31"/>
+      <c r="B42" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" s="24"/>
+      <c r="D42" s="24"/>
+      <c r="E42" s="24"/>
+      <c r="F42" s="24"/>
+      <c r="G42" s="24"/>
+      <c r="H42" s="24"/>
+      <c r="I42" s="24"/>
+      <c r="J42" s="24"/>
+      <c r="K42" s="24"/>
+      <c r="L42" s="26"/>
+      <c r="M42" s="26"/>
+      <c r="N42" s="28">
+        <v>217084</v>
+      </c>
+      <c r="O42" s="28">
+        <v>281803</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15">
+      <c r="A43" s="31"/>
+      <c r="B43" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" s="24"/>
+      <c r="D43" s="24"/>
+      <c r="E43" s="24"/>
+      <c r="F43" s="24"/>
+      <c r="G43" s="24"/>
+      <c r="H43" s="24"/>
+      <c r="I43" s="24"/>
+      <c r="J43" s="24"/>
+      <c r="K43" s="24"/>
+      <c r="L43" s="26"/>
+      <c r="M43" s="26"/>
+      <c r="N43" s="28">
+        <v>4167</v>
+      </c>
+      <c r="O43" s="28">
+        <v>4678</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" ht="14.25" customHeight="1">
+      <c r="A44" s="31"/>
+      <c r="B44" s="33" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="34">
+        <v>200703</v>
+      </c>
+      <c r="D44" s="34">
+        <v>207192</v>
+      </c>
+      <c r="E44" s="34">
+        <v>219875</v>
+      </c>
+      <c r="F44" s="34">
+        <v>246094</v>
+      </c>
+      <c r="G44" s="34">
+        <v>265597</v>
+      </c>
+      <c r="H44" s="34">
+        <v>264524</v>
+      </c>
+      <c r="I44" s="34">
+        <v>279905</v>
+      </c>
+      <c r="J44" s="34">
+        <v>272374</v>
+      </c>
+      <c r="K44" s="34">
+        <v>60602</v>
+      </c>
+      <c r="L44" s="34">
+        <v>6818</v>
+      </c>
+      <c r="M44" s="34">
+        <v>82701</v>
+      </c>
+      <c r="N44" s="34">
+        <v>191983</v>
+      </c>
+      <c r="O44" s="34">
+        <v>267474</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15">
+      <c r="A45" s="31"/>
+      <c r="B45" s="33" t="s">
+        <v>113</v>
+      </c>
+      <c r="C45" s="35"/>
+      <c r="D45" s="35"/>
+      <c r="E45" s="35"/>
+      <c r="F45" s="35"/>
+      <c r="G45" s="35"/>
+      <c r="H45" s="35"/>
+      <c r="I45" s="35"/>
+      <c r="J45" s="35"/>
+      <c r="K45" s="35"/>
+      <c r="L45" s="35"/>
+      <c r="M45" s="35"/>
+      <c r="N45" s="34">
+        <v>4726</v>
+      </c>
+      <c r="O45" s="34">
+        <v>12007</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15">
+      <c r="A46" s="31"/>
+      <c r="B46" s="33" t="s">
+        <v>114</v>
+      </c>
+      <c r="C46" s="35"/>
+      <c r="D46" s="35"/>
+      <c r="E46" s="35"/>
+      <c r="F46" s="35"/>
+      <c r="G46" s="35"/>
+      <c r="H46" s="35"/>
+      <c r="I46" s="35"/>
+      <c r="J46" s="35"/>
+      <c r="K46" s="35"/>
+      <c r="L46" s="35"/>
+      <c r="M46" s="35"/>
+      <c r="N46" s="34">
+        <v>172489</v>
+      </c>
+      <c r="O46" s="34">
+        <v>195089</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15">
+      <c r="A47" s="31"/>
+      <c r="B47" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="C47" s="35"/>
+      <c r="D47" s="35"/>
+      <c r="E47" s="35"/>
+      <c r="F47" s="35"/>
+      <c r="G47" s="35"/>
+      <c r="H47" s="35"/>
+      <c r="I47" s="35"/>
+      <c r="J47" s="35"/>
+      <c r="K47" s="35"/>
+      <c r="L47" s="35"/>
+      <c r="M47" s="35"/>
+      <c r="N47" s="34">
+        <v>18675</v>
+      </c>
+      <c r="O47" s="34">
+        <v>23481</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15">
+      <c r="A48" s="31"/>
+      <c r="B48" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="C48" s="35"/>
+      <c r="D48" s="35"/>
+      <c r="E48" s="35"/>
+      <c r="F48" s="35"/>
+      <c r="G48" s="35"/>
+      <c r="H48" s="35"/>
+      <c r="I48" s="35"/>
+      <c r="J48" s="35"/>
+      <c r="K48" s="35"/>
+      <c r="L48" s="35"/>
+      <c r="M48" s="35"/>
+      <c r="N48" s="34">
+        <v>4588</v>
+      </c>
+      <c r="O48" s="34">
+        <v>5898</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15">
+      <c r="A49" s="31"/>
+      <c r="B49" s="33" t="s">
+        <v>117</v>
+      </c>
+      <c r="C49" s="35"/>
+      <c r="D49" s="35"/>
+      <c r="E49" s="35"/>
+      <c r="F49" s="35"/>
+      <c r="G49" s="35"/>
+      <c r="H49" s="35"/>
+      <c r="I49" s="35"/>
+      <c r="J49" s="35"/>
+      <c r="K49" s="35"/>
+      <c r="L49" s="35"/>
+      <c r="M49" s="35"/>
+      <c r="N49" s="34">
+        <v>9137</v>
+      </c>
+      <c r="O49" s="34">
+        <v>11369</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15">
+      <c r="A50" s="31"/>
+      <c r="B50" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C50" s="34">
+        <v>208122</v>
+      </c>
+      <c r="D50" s="34">
+        <v>218765</v>
+      </c>
+      <c r="E50" s="34">
+        <v>211524</v>
+      </c>
+      <c r="F50" s="34">
+        <v>221619</v>
+      </c>
+      <c r="G50" s="34">
+        <v>235762</v>
+      </c>
+      <c r="H50" s="34">
+        <v>222409</v>
+      </c>
+      <c r="I50" s="34">
+        <v>236265</v>
+      </c>
+      <c r="J50" s="34">
+        <v>241608</v>
+      </c>
+      <c r="K50" s="34">
+        <v>52402</v>
+      </c>
+      <c r="L50" s="34">
+        <v>9924</v>
+      </c>
+      <c r="M50" s="34">
+        <v>113311</v>
+      </c>
+      <c r="N50" s="34">
+        <v>229539</v>
+      </c>
+      <c r="O50" s="34">
+        <v>261467</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15">
+      <c r="A51" s="31"/>
+      <c r="B51" s="33" t="s">
+        <v>119</v>
+      </c>
+      <c r="C51" s="34">
+        <v>148796</v>
+      </c>
+      <c r="D51" s="34">
+        <v>154049</v>
+      </c>
+      <c r="E51" s="34">
+        <v>145207</v>
+      </c>
+      <c r="F51" s="34">
+        <v>135382</v>
+      </c>
+      <c r="G51" s="34">
+        <v>131039</v>
+      </c>
+      <c r="H51" s="34">
+        <v>127850</v>
+      </c>
+      <c r="I51" s="34">
+        <v>128841</v>
+      </c>
+      <c r="J51" s="34">
+        <v>127992</v>
+      </c>
+      <c r="K51" s="34">
+        <v>39778</v>
+      </c>
+      <c r="L51" s="34">
+        <v>6565</v>
+      </c>
+      <c r="M51" s="34">
+        <v>45473</v>
+      </c>
+      <c r="N51" s="34">
+        <v>83952</v>
+      </c>
+      <c r="O51" s="34">
+        <v>109731</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15">
+      <c r="A52" s="31"/>
+      <c r="B52" s="33" t="s">
+        <v>120</v>
+      </c>
+      <c r="C52" s="35"/>
+      <c r="D52" s="35"/>
+      <c r="E52" s="35"/>
+      <c r="F52" s="35"/>
+      <c r="G52" s="35"/>
+      <c r="H52" s="35"/>
+      <c r="I52" s="35"/>
+      <c r="J52" s="35"/>
+      <c r="K52" s="35"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="34">
+        <v>121700</v>
+      </c>
+      <c r="O52" s="34">
+        <v>180722</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15">
+      <c r="A53" s="31"/>
+      <c r="B53" s="33" t="s">
+        <v>121</v>
+      </c>
+      <c r="C53" s="35"/>
+      <c r="D53" s="35"/>
+      <c r="E53" s="35"/>
+      <c r="F53" s="35"/>
+      <c r="G53" s="35"/>
+      <c r="H53" s="35"/>
+      <c r="I53" s="35"/>
+      <c r="J53" s="35"/>
+      <c r="K53" s="35"/>
+      <c r="L53" s="35"/>
+      <c r="M53" s="35"/>
+      <c r="N53" s="34">
+        <v>41101</v>
+      </c>
+      <c r="O53" s="34">
+        <v>54793</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15">
+      <c r="A54" s="31"/>
+      <c r="B54" s="33" t="s">
+        <v>122</v>
+      </c>
+      <c r="C54" s="35"/>
+      <c r="D54" s="35"/>
+      <c r="E54" s="35"/>
+      <c r="F54" s="35"/>
+      <c r="G54" s="35"/>
+      <c r="H54" s="35"/>
+      <c r="I54" s="35"/>
+      <c r="J54" s="35"/>
+      <c r="K54" s="35"/>
+      <c r="L54" s="35"/>
+      <c r="M54" s="35"/>
+      <c r="N54" s="34">
+        <v>36150</v>
+      </c>
+      <c r="O54" s="34">
+        <v>45097</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15">
+      <c r="A55" s="31"/>
+      <c r="B55" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="C55" s="35"/>
+      <c r="D55" s="35"/>
+      <c r="E55" s="35"/>
+      <c r="F55" s="35"/>
+      <c r="G55" s="35"/>
+      <c r="H55" s="35"/>
+      <c r="I55" s="35"/>
+      <c r="J55" s="35"/>
+      <c r="K55" s="35"/>
+      <c r="L55" s="35"/>
+      <c r="M55" s="35"/>
+      <c r="N55" s="34">
+        <v>7255</v>
+      </c>
+      <c r="O55" s="34">
+        <v>9727</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15">
+      <c r="A56" s="31"/>
+      <c r="B56" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="C56" s="34">
+        <v>1316564</v>
+      </c>
+      <c r="D56" s="34">
+        <v>1746565</v>
+      </c>
+      <c r="E56" s="34">
+        <v>1606430</v>
+      </c>
+      <c r="F56" s="34">
+        <v>884136</v>
+      </c>
+      <c r="G56" s="34">
+        <v>1090083</v>
+      </c>
+      <c r="H56" s="34">
+        <v>1346338</v>
+      </c>
+      <c r="I56" s="34">
+        <v>1472789</v>
+      </c>
+      <c r="J56" s="34">
+        <v>1483337</v>
+      </c>
+      <c r="K56" s="34">
+        <v>590151</v>
+      </c>
+      <c r="L56" s="34">
+        <v>31565</v>
+      </c>
+      <c r="M56" s="34">
+        <v>427037</v>
+      </c>
+      <c r="N56" s="34">
+        <v>1482611</v>
+      </c>
+      <c r="O56" s="34">
+        <v>1745327</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15">
+      <c r="A57" s="31"/>
+      <c r="B57" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C57" s="34">
+        <v>364681</v>
+      </c>
+      <c r="D57" s="34">
+        <v>341398</v>
+      </c>
+      <c r="E57" s="34">
+        <v>324865</v>
+      </c>
+      <c r="F57" s="34">
+        <v>321690</v>
+      </c>
+      <c r="G57" s="34">
+        <v>332895</v>
+      </c>
+      <c r="H57" s="34">
+        <v>323736</v>
+      </c>
+      <c r="I57" s="34">
+        <v>311949</v>
+      </c>
+      <c r="J57" s="34">
+        <v>287341</v>
+      </c>
+      <c r="K57" s="34">
+        <v>111994</v>
+      </c>
+      <c r="L57" s="34">
+        <v>18574</v>
+      </c>
+      <c r="M57" s="34">
+        <v>94055</v>
+      </c>
+      <c r="N57" s="34">
+        <v>178259</v>
+      </c>
+      <c r="O57" s="34">
+        <v>212523</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15">
+      <c r="A58" s="31"/>
+      <c r="B58" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C58" s="36"/>
+      <c r="D58" s="36"/>
+      <c r="E58" s="36"/>
+      <c r="F58" s="36"/>
+      <c r="G58" s="36"/>
+      <c r="H58" s="36"/>
+      <c r="I58" s="36"/>
+      <c r="J58" s="36"/>
+      <c r="K58" s="36"/>
+      <c r="L58" s="37"/>
+      <c r="M58" s="37"/>
+      <c r="N58" s="34">
+        <v>9828</v>
+      </c>
+      <c r="O58" s="34">
+        <v>12126</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15">
+      <c r="A59" s="31"/>
+      <c r="B59" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C59" s="36"/>
+      <c r="D59" s="36"/>
+      <c r="E59" s="36"/>
+      <c r="F59" s="36"/>
+      <c r="G59" s="36"/>
+      <c r="H59" s="36"/>
+      <c r="I59" s="36"/>
+      <c r="J59" s="36"/>
+      <c r="K59" s="36"/>
+      <c r="L59" s="37"/>
+      <c r="M59" s="37"/>
+      <c r="N59" s="34">
+        <v>21303</v>
+      </c>
+      <c r="O59" s="34">
+        <v>28909</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15">
+      <c r="A60" s="31"/>
+      <c r="B60" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C60" s="36"/>
+      <c r="D60" s="36"/>
+      <c r="E60" s="36"/>
+      <c r="F60" s="36"/>
+      <c r="G60" s="36"/>
+      <c r="H60" s="36"/>
+      <c r="I60" s="36"/>
+      <c r="J60" s="36"/>
+      <c r="K60" s="36"/>
+      <c r="L60" s="37"/>
+      <c r="M60" s="37"/>
+      <c r="N60" s="34">
+        <v>69108</v>
+      </c>
+      <c r="O60" s="34">
+        <v>103692</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15">
+      <c r="A61" s="31"/>
+      <c r="B61" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="C61" s="36"/>
+      <c r="D61" s="36"/>
+      <c r="E61" s="36"/>
+      <c r="F61" s="36"/>
+      <c r="G61" s="36"/>
+      <c r="H61" s="36"/>
+      <c r="I61" s="36"/>
+      <c r="J61" s="36"/>
+      <c r="K61" s="36"/>
+      <c r="L61" s="37"/>
+      <c r="M61" s="37"/>
+      <c r="N61" s="34">
+        <v>36426</v>
+      </c>
+      <c r="O61" s="34">
+        <v>44956</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15">
+      <c r="A62" s="31"/>
+      <c r="B62" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="C62" s="36"/>
+      <c r="D62" s="36"/>
+      <c r="E62" s="36"/>
+      <c r="F62" s="36"/>
+      <c r="G62" s="36"/>
+      <c r="H62" s="36"/>
+      <c r="I62" s="36"/>
+      <c r="J62" s="36"/>
+      <c r="K62" s="36"/>
+      <c r="L62" s="37"/>
+      <c r="M62" s="37"/>
+      <c r="N62" s="34">
+        <v>34151</v>
+      </c>
+      <c r="O62" s="34">
+        <v>45346</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15">
+      <c r="A63" s="31"/>
+      <c r="B63" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C63" s="24">
+        <v>280976</v>
+      </c>
+      <c r="D63" s="24">
+        <v>346230</v>
+      </c>
+      <c r="E63" s="24">
+        <v>370726</v>
+      </c>
+      <c r="F63" s="24">
+        <v>365064</v>
+      </c>
+      <c r="G63" s="24">
+        <v>409723</v>
+      </c>
+      <c r="H63" s="24">
+        <v>479756</v>
+      </c>
+      <c r="I63" s="24">
+        <v>522790</v>
+      </c>
+      <c r="J63" s="24">
+        <v>559149</v>
+      </c>
+      <c r="K63" s="28">
+        <v>216683</v>
+      </c>
+      <c r="L63" s="28">
+        <v>28409</v>
+      </c>
+      <c r="M63" s="28">
+        <v>222106</v>
+      </c>
+      <c r="N63" s="28"/>
+      <c r="O63" s="28"/>
+    </row>
+    <row r="64" spans="1:15">
+      <c r="A64" s="32"/>
+      <c r="B64" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C22" s="26">
-[...358 lines deleted...]
-      <c r="B32" s="7" t="s">
+      <c r="C64" s="28">
+        <v>122625</v>
+      </c>
+      <c r="D64" s="28">
+        <v>138688</v>
+      </c>
+      <c r="E64" s="28">
+        <v>139685</v>
+      </c>
+      <c r="F64" s="28">
+        <v>146575</v>
+      </c>
+      <c r="G64" s="28">
+        <v>172102</v>
+      </c>
+      <c r="H64" s="28">
+        <v>186754</v>
+      </c>
+      <c r="I64" s="28">
+        <v>185172</v>
+      </c>
+      <c r="J64" s="28">
+        <v>182540</v>
+      </c>
+      <c r="K64" s="28">
+        <v>48695</v>
+      </c>
+      <c r="L64" s="28">
+        <v>9026</v>
+      </c>
+      <c r="M64" s="28">
+        <v>100628</v>
+      </c>
+      <c r="N64" s="28">
+        <v>14203</v>
+      </c>
+      <c r="O64" s="28">
+        <v>23332</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15">
+      <c r="A65" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="C32" s="26">
-[...32 lines deleted...]
-      <c r="B33" s="7" t="s">
+      <c r="B65" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C65" s="24">
+        <v>1083433</v>
+      </c>
+      <c r="D65" s="24">
+        <v>1166633</v>
+      </c>
+      <c r="E65" s="24">
+        <v>1099709</v>
+      </c>
+      <c r="F65" s="24">
+        <v>1235468</v>
+      </c>
+      <c r="G65" s="24">
+        <v>1407458</v>
+      </c>
+      <c r="H65" s="24">
+        <v>1541950</v>
+      </c>
+      <c r="I65" s="24">
+        <v>1599223</v>
+      </c>
+      <c r="J65" s="24">
+        <v>1630874</v>
+      </c>
+      <c r="K65" s="28">
+        <v>319306</v>
+      </c>
+      <c r="L65" s="28">
+        <v>54180</v>
+      </c>
+      <c r="M65" s="28">
+        <v>586048</v>
+      </c>
+      <c r="N65" s="28">
+        <v>1287461</v>
+      </c>
+      <c r="O65" s="28">
+        <v>1477078</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15">
+      <c r="A66" s="31"/>
+      <c r="B66" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="C33" s="26">
-[...32 lines deleted...]
-      <c r="B34" s="7" t="s">
+      <c r="C66" s="24">
+        <v>17853</v>
+      </c>
+      <c r="D66" s="24">
+        <v>21035</v>
+      </c>
+      <c r="E66" s="24">
+        <v>21438</v>
+      </c>
+      <c r="F66" s="24">
+        <v>28961</v>
+      </c>
+      <c r="G66" s="24">
+        <v>45322</v>
+      </c>
+      <c r="H66" s="24">
+        <v>63004</v>
+      </c>
+      <c r="I66" s="24">
+        <v>44024</v>
+      </c>
+      <c r="J66" s="24">
+        <v>29498</v>
+      </c>
+      <c r="K66" s="28">
+        <v>12101</v>
+      </c>
+      <c r="L66" s="28">
+        <v>344</v>
+      </c>
+      <c r="M66" s="28">
+        <v>7549</v>
+      </c>
+      <c r="N66" s="28">
+        <v>18782</v>
+      </c>
+      <c r="O66" s="28">
+        <v>23474</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15">
+      <c r="A67" s="31"/>
+      <c r="B67" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="C34" s="26">
-[...32 lines deleted...]
-      <c r="B35" s="7" t="s">
+      <c r="C67" s="24">
+        <v>30387</v>
+      </c>
+      <c r="D67" s="24">
+        <v>37263</v>
+      </c>
+      <c r="E67" s="24">
+        <v>46378</v>
+      </c>
+      <c r="F67" s="24">
+        <v>48608</v>
+      </c>
+      <c r="G67" s="24">
+        <v>67469</v>
+      </c>
+      <c r="H67" s="24">
+        <v>78186</v>
+      </c>
+      <c r="I67" s="24">
+        <v>66000</v>
+      </c>
+      <c r="J67" s="24">
+        <v>69714</v>
+      </c>
+      <c r="K67" s="28">
+        <v>18464</v>
+      </c>
+      <c r="L67" s="28">
+        <v>1671</v>
+      </c>
+      <c r="M67" s="28">
+        <v>24598</v>
+      </c>
+      <c r="N67" s="28">
+        <v>50005</v>
+      </c>
+      <c r="O67" s="28">
+        <v>63243</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15">
+      <c r="A68" s="31"/>
+      <c r="B68" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="C35" s="26">
-[...32 lines deleted...]
-      <c r="B36" s="7" t="s">
+      <c r="C68" s="24">
+        <v>219354</v>
+      </c>
+      <c r="D68" s="24">
+        <v>229897</v>
+      </c>
+      <c r="E68" s="24">
+        <v>211059</v>
+      </c>
+      <c r="F68" s="24">
+        <v>227601</v>
+      </c>
+      <c r="G68" s="24">
+        <v>244869</v>
+      </c>
+      <c r="H68" s="24">
+        <v>258494</v>
+      </c>
+      <c r="I68" s="24">
+        <v>276094</v>
+      </c>
+      <c r="J68" s="24">
+        <v>273214</v>
+      </c>
+      <c r="K68" s="28">
+        <v>58499</v>
+      </c>
+      <c r="L68" s="28">
+        <v>7238</v>
+      </c>
+      <c r="M68" s="28">
+        <v>87170</v>
+      </c>
+      <c r="N68" s="28">
+        <v>214264</v>
+      </c>
+      <c r="O68" s="28">
+        <v>251336</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15">
+      <c r="A69" s="31"/>
+      <c r="B69" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C69" s="24"/>
+      <c r="D69" s="24"/>
+      <c r="E69" s="24"/>
+      <c r="F69" s="24"/>
+      <c r="G69" s="24"/>
+      <c r="H69" s="24"/>
+      <c r="I69" s="24"/>
+      <c r="J69" s="24"/>
+      <c r="K69" s="24"/>
+      <c r="L69" s="26"/>
+      <c r="M69" s="26"/>
+      <c r="N69" s="28">
+        <v>13583</v>
+      </c>
+      <c r="O69" s="28">
+        <v>17178</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15">
+      <c r="A70" s="31"/>
+      <c r="B70" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C70" s="24"/>
+      <c r="D70" s="24"/>
+      <c r="E70" s="24"/>
+      <c r="F70" s="24"/>
+      <c r="G70" s="24"/>
+      <c r="H70" s="24"/>
+      <c r="I70" s="24"/>
+      <c r="J70" s="24"/>
+      <c r="K70" s="24"/>
+      <c r="L70" s="26"/>
+      <c r="M70" s="26"/>
+      <c r="N70" s="28">
+        <v>8817</v>
+      </c>
+      <c r="O70" s="28">
+        <v>17015</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15">
+      <c r="A71" s="31"/>
+      <c r="B71" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C71" s="24"/>
+      <c r="D71" s="24"/>
+      <c r="E71" s="24"/>
+      <c r="F71" s="24"/>
+      <c r="G71" s="24"/>
+      <c r="H71" s="24"/>
+      <c r="I71" s="24"/>
+      <c r="J71" s="24"/>
+      <c r="K71" s="24"/>
+      <c r="L71" s="26"/>
+      <c r="M71" s="26"/>
+      <c r="N71" s="28">
+        <v>32195</v>
+      </c>
+      <c r="O71" s="28">
+        <v>43813</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15">
+      <c r="A72" s="31"/>
+      <c r="B72" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C72" s="24"/>
+      <c r="D72" s="24"/>
+      <c r="E72" s="24"/>
+      <c r="F72" s="24"/>
+      <c r="G72" s="24"/>
+      <c r="H72" s="24"/>
+      <c r="I72" s="24"/>
+      <c r="J72" s="24"/>
+      <c r="K72" s="24"/>
+      <c r="L72" s="26"/>
+      <c r="M72" s="26"/>
+      <c r="N72" s="28">
+        <v>6397</v>
+      </c>
+      <c r="O72" s="28">
+        <v>8344</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15">
+      <c r="A73" s="31"/>
+      <c r="B73" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C36" s="26">
-[...32 lines deleted...]
-      <c r="B37" s="7" t="s">
+      <c r="C73" s="24">
+        <v>768638</v>
+      </c>
+      <c r="D73" s="24">
+        <v>823486</v>
+      </c>
+      <c r="E73" s="24">
+        <v>763520</v>
+      </c>
+      <c r="F73" s="24">
+        <v>867505</v>
+      </c>
+      <c r="G73" s="24">
+        <v>975643</v>
+      </c>
+      <c r="H73" s="24">
+        <v>1056423</v>
+      </c>
+      <c r="I73" s="24">
+        <v>1122270</v>
+      </c>
+      <c r="J73" s="24">
+        <v>1165950</v>
+      </c>
+      <c r="K73" s="28">
+        <v>212669</v>
+      </c>
+      <c r="L73" s="28">
+        <v>43444</v>
+      </c>
+      <c r="M73" s="28">
+        <v>438011</v>
+      </c>
+      <c r="N73" s="28">
+        <v>930206</v>
+      </c>
+      <c r="O73" s="28">
+        <v>1030733</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15">
+      <c r="A74" s="31"/>
+      <c r="B74" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C74" s="24"/>
+      <c r="D74" s="24"/>
+      <c r="E74" s="24"/>
+      <c r="F74" s="24"/>
+      <c r="G74" s="24"/>
+      <c r="H74" s="24"/>
+      <c r="I74" s="24"/>
+      <c r="J74" s="24"/>
+      <c r="K74" s="24"/>
+      <c r="L74" s="26"/>
+      <c r="M74" s="26"/>
+      <c r="N74" s="28">
+        <v>3064</v>
+      </c>
+      <c r="O74" s="28">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15">
+      <c r="A75" s="32"/>
+      <c r="B75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C75" s="24">
+        <v>47201</v>
+      </c>
+      <c r="D75" s="24">
+        <v>54952</v>
+      </c>
+      <c r="E75" s="24">
+        <v>57314</v>
+      </c>
+      <c r="F75" s="24">
+        <v>62793</v>
+      </c>
+      <c r="G75" s="24">
+        <v>74155</v>
+      </c>
+      <c r="H75" s="24">
+        <v>85843</v>
+      </c>
+      <c r="I75" s="24">
+        <v>90835</v>
+      </c>
+      <c r="J75" s="24">
+        <v>92498</v>
+      </c>
+      <c r="K75" s="28">
+        <v>17573</v>
+      </c>
+      <c r="L75" s="28">
+        <v>1483</v>
+      </c>
+      <c r="M75" s="28">
+        <v>28720</v>
+      </c>
+      <c r="N75" s="28">
+        <v>10148</v>
+      </c>
+      <c r="O75" s="28">
+        <v>18875</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15">
+      <c r="A76" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="26">
-[...32 lines deleted...]
-      <c r="B38" s="7" t="s">
+      <c r="B76" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C76" s="24">
+        <v>1286861</v>
+      </c>
+      <c r="D76" s="24">
+        <v>1347585</v>
+      </c>
+      <c r="E76" s="24">
+        <v>1239183</v>
+      </c>
+      <c r="F76" s="24">
+        <v>1404271</v>
+      </c>
+      <c r="G76" s="24">
+        <v>1523555</v>
+      </c>
+      <c r="H76" s="24">
+        <v>1773564</v>
+      </c>
+      <c r="I76" s="24">
+        <v>1984829</v>
+      </c>
+      <c r="J76" s="24">
+        <v>2398755</v>
+      </c>
+      <c r="K76" s="28">
+        <v>324573</v>
+      </c>
+      <c r="L76" s="28">
+        <v>18424</v>
+      </c>
+      <c r="M76" s="28">
+        <v>1161304</v>
+      </c>
+      <c r="N76" s="28">
+        <v>1998790</v>
+      </c>
+      <c r="O76" s="28">
+        <v>2573928</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15">
+      <c r="A77" s="31"/>
+      <c r="B77" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="C38" s="26">
-[...32 lines deleted...]
-      <c r="B39" s="7" t="s">
+      <c r="C77" s="24">
+        <v>72657</v>
+      </c>
+      <c r="D77" s="24">
+        <v>82418</v>
+      </c>
+      <c r="E77" s="24">
+        <v>88134</v>
+      </c>
+      <c r="F77" s="24">
+        <v>107394</v>
+      </c>
+      <c r="G77" s="24">
+        <v>100263</v>
+      </c>
+      <c r="H77" s="24">
+        <v>121765</v>
+      </c>
+      <c r="I77" s="24">
+        <v>129574</v>
+      </c>
+      <c r="J77" s="24">
+        <v>136677</v>
+      </c>
+      <c r="K77" s="28">
+        <v>21838</v>
+      </c>
+      <c r="L77" s="28">
+        <v>2202</v>
+      </c>
+      <c r="M77" s="28">
+        <v>78866</v>
+      </c>
+      <c r="N77" s="28">
+        <v>140657</v>
+      </c>
+      <c r="O77" s="28">
+        <v>142268</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15">
+      <c r="A78" s="31"/>
+      <c r="B78" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C78" s="24"/>
+      <c r="D78" s="24"/>
+      <c r="E78" s="24"/>
+      <c r="F78" s="24"/>
+      <c r="G78" s="24"/>
+      <c r="H78" s="24"/>
+      <c r="I78" s="24"/>
+      <c r="J78" s="24"/>
+      <c r="K78" s="24"/>
+      <c r="L78" s="26"/>
+      <c r="M78" s="26"/>
+      <c r="N78" s="28">
+        <v>20356</v>
+      </c>
+      <c r="O78" s="28">
+        <v>21581</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15">
+      <c r="A79" s="31"/>
+      <c r="B79" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C39" s="26">
-[...32 lines deleted...]
-      <c r="B40" s="7" t="s">
+      <c r="C79" s="24">
+        <v>1013308</v>
+      </c>
+      <c r="D79" s="24">
+        <v>1050889</v>
+      </c>
+      <c r="E79" s="24">
+        <v>932603</v>
+      </c>
+      <c r="F79" s="24">
+        <v>1069422</v>
+      </c>
+      <c r="G79" s="24">
+        <v>1194508</v>
+      </c>
+      <c r="H79" s="24">
+        <v>1415197</v>
+      </c>
+      <c r="I79" s="24">
+        <v>1598346</v>
+      </c>
+      <c r="J79" s="24">
+        <v>1996842</v>
+      </c>
+      <c r="K79" s="28">
+        <v>263659</v>
+      </c>
+      <c r="L79" s="28">
+        <v>10864</v>
+      </c>
+      <c r="M79" s="28">
+        <v>981995</v>
+      </c>
+      <c r="N79" s="28">
+        <v>1628542</v>
+      </c>
+      <c r="O79" s="28">
+        <v>2129149</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15">
+      <c r="A80" s="31"/>
+      <c r="B80" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C80" s="24"/>
+      <c r="D80" s="24"/>
+      <c r="E80" s="24"/>
+      <c r="F80" s="24"/>
+      <c r="G80" s="24"/>
+      <c r="H80" s="24"/>
+      <c r="I80" s="24"/>
+      <c r="J80" s="24"/>
+      <c r="K80" s="24"/>
+      <c r="L80" s="26"/>
+      <c r="M80" s="26"/>
+      <c r="N80" s="28">
+        <v>51576</v>
+      </c>
+      <c r="O80" s="28">
+        <v>64962</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15">
+      <c r="A81" s="31"/>
+      <c r="B81" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C81" s="24">
+        <v>73346</v>
+      </c>
+      <c r="D81" s="24">
+        <v>76260</v>
+      </c>
+      <c r="E81" s="24">
+        <v>77441</v>
+      </c>
+      <c r="F81" s="24">
+        <v>75434</v>
+      </c>
+      <c r="G81" s="24">
+        <v>68195</v>
+      </c>
+      <c r="H81" s="24">
+        <v>63267</v>
+      </c>
+      <c r="I81" s="24">
+        <v>64760</v>
+      </c>
+      <c r="J81" s="24">
+        <v>71043</v>
+      </c>
+      <c r="K81" s="28">
+        <v>8341</v>
+      </c>
+      <c r="L81" s="28">
+        <v>825</v>
+      </c>
+      <c r="M81" s="28">
+        <v>13149</v>
+      </c>
+      <c r="N81" s="28">
+        <v>33893</v>
+      </c>
+      <c r="O81" s="28">
+        <v>68653</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15">
+      <c r="A82" s="31"/>
+      <c r="B82" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C82" s="24"/>
+      <c r="D82" s="24"/>
+      <c r="E82" s="24"/>
+      <c r="F82" s="24"/>
+      <c r="G82" s="24"/>
+      <c r="H82" s="24"/>
+      <c r="I82" s="24"/>
+      <c r="J82" s="24"/>
+      <c r="K82" s="24"/>
+      <c r="L82" s="26"/>
+      <c r="M82" s="26"/>
+      <c r="N82" s="28">
+        <v>25585</v>
+      </c>
+      <c r="O82" s="28">
+        <v>28436</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15">
+      <c r="A83" s="31"/>
+      <c r="B83" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C83" s="24">
+        <v>26277</v>
+      </c>
+      <c r="D83" s="24">
+        <v>25455</v>
+      </c>
+      <c r="E83" s="24">
+        <v>25887</v>
+      </c>
+      <c r="F83" s="24">
+        <v>32678</v>
+      </c>
+      <c r="G83" s="24">
+        <v>42486</v>
+      </c>
+      <c r="H83" s="24">
+        <v>43251</v>
+      </c>
+      <c r="I83" s="24">
+        <v>55046</v>
+      </c>
+      <c r="J83" s="24">
+        <v>60377</v>
+      </c>
+      <c r="K83" s="28">
+        <v>9937</v>
+      </c>
+      <c r="L83" s="28">
+        <v>740</v>
+      </c>
+      <c r="M83" s="28">
+        <v>12918</v>
+      </c>
+      <c r="N83" s="28">
+        <v>32052</v>
+      </c>
+      <c r="O83" s="28">
+        <v>43765</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15">
+      <c r="A84" s="31"/>
+      <c r="B84" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C84" s="24">
+        <v>71982</v>
+      </c>
+      <c r="D84" s="24">
+        <v>78986</v>
+      </c>
+      <c r="E84" s="24">
+        <v>75398</v>
+      </c>
+      <c r="F84" s="24">
+        <v>78635</v>
+      </c>
+      <c r="G84" s="24">
+        <v>75308</v>
+      </c>
+      <c r="H84" s="24">
+        <v>81854</v>
+      </c>
+      <c r="I84" s="24">
+        <v>84981</v>
+      </c>
+      <c r="J84" s="24">
+        <v>79843</v>
+      </c>
+      <c r="K84" s="28">
+        <v>12566</v>
+      </c>
+      <c r="L84" s="28">
+        <v>1715</v>
+      </c>
+      <c r="M84" s="28">
+        <v>48357</v>
+      </c>
+      <c r="N84" s="28">
+        <v>66129</v>
+      </c>
+      <c r="O84" s="28">
+        <v>75114</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15">
+      <c r="A85" s="32"/>
+      <c r="B85" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C40" s="26">
-[...142 lines deleted...]
-      <c r="B44" s="7" t="s">
+      <c r="C85" s="24">
+        <v>29291</v>
+      </c>
+      <c r="D85" s="24">
+        <v>33577</v>
+      </c>
+      <c r="E85" s="24">
+        <v>39720</v>
+      </c>
+      <c r="F85" s="24">
+        <v>40708</v>
+      </c>
+      <c r="G85" s="24">
+        <v>42795</v>
+      </c>
+      <c r="H85" s="24">
+        <v>48230</v>
+      </c>
+      <c r="I85" s="24">
+        <v>52122</v>
+      </c>
+      <c r="J85" s="24">
+        <v>53973</v>
+      </c>
+      <c r="K85" s="24">
+        <v>8232</v>
+      </c>
+      <c r="L85" s="28">
+        <v>2078</v>
+      </c>
+      <c r="M85" s="28">
+        <v>26019</v>
+      </c>
+      <c r="N85" s="26"/>
+      <c r="O85" s="26"/>
+    </row>
+    <row r="86" spans="1:15">
+      <c r="A86" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="C44" s="26">
-[...32 lines deleted...]
-      <c r="B45" s="7" t="s">
+      <c r="B86" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C86" s="24">
+        <v>1046755</v>
+      </c>
+      <c r="D86" s="24">
+        <v>1021936</v>
+      </c>
+      <c r="E86" s="24">
+        <v>942706</v>
+      </c>
+      <c r="F86" s="24">
+        <v>922977</v>
+      </c>
+      <c r="G86" s="24">
+        <v>910901</v>
+      </c>
+      <c r="H86" s="24">
+        <v>938894</v>
+      </c>
+      <c r="I86" s="24">
+        <v>921977</v>
+      </c>
+      <c r="J86" s="24">
+        <v>884685</v>
+      </c>
+      <c r="K86" s="28">
+        <v>140146</v>
+      </c>
+      <c r="L86" s="28">
+        <v>12433</v>
+      </c>
+      <c r="M86" s="28">
+        <v>368698</v>
+      </c>
+      <c r="N86" s="28">
+        <v>778179</v>
+      </c>
+      <c r="O86" s="28">
+        <v>877650</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15">
+      <c r="A87" s="31"/>
+      <c r="B87" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="C45" s="26">
-[...32 lines deleted...]
-      <c r="B46" s="7" t="s">
+      <c r="C87" s="24">
+        <v>930241</v>
+      </c>
+      <c r="D87" s="24">
+        <v>900460</v>
+      </c>
+      <c r="E87" s="24">
+        <v>831854</v>
+      </c>
+      <c r="F87" s="24">
+        <v>807450</v>
+      </c>
+      <c r="G87" s="24">
+        <v>796370</v>
+      </c>
+      <c r="H87" s="24">
+        <v>817218</v>
+      </c>
+      <c r="I87" s="24">
+        <v>801203</v>
+      </c>
+      <c r="J87" s="24">
+        <v>767291</v>
+      </c>
+      <c r="K87" s="28">
+        <v>123827</v>
+      </c>
+      <c r="L87" s="28">
+        <v>10920</v>
+      </c>
+      <c r="M87" s="28">
+        <v>331484</v>
+      </c>
+      <c r="N87" s="28">
+        <v>687745</v>
+      </c>
+      <c r="O87" s="28">
+        <v>775010</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15">
+      <c r="A88" s="31"/>
+      <c r="B88" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C88" s="24">
+        <v>113871</v>
+      </c>
+      <c r="D88" s="24">
+        <v>118395</v>
+      </c>
+      <c r="E88" s="24">
+        <v>108081</v>
+      </c>
+      <c r="F88" s="24">
+        <v>112411</v>
+      </c>
+      <c r="G88" s="24">
+        <v>111595</v>
+      </c>
+      <c r="H88" s="24">
+        <v>117962</v>
+      </c>
+      <c r="I88" s="24">
+        <v>116726</v>
+      </c>
+      <c r="J88" s="24">
+        <v>112680</v>
+      </c>
+      <c r="K88" s="28">
+        <v>15709</v>
+      </c>
+      <c r="L88" s="28">
+        <v>1160</v>
+      </c>
+      <c r="M88" s="28">
+        <v>34672</v>
+      </c>
+      <c r="N88" s="28">
+        <v>85897</v>
+      </c>
+      <c r="O88" s="28">
+        <v>96733</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15">
+      <c r="A89" s="32"/>
+      <c r="B89" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C46" s="26">
-[...70 lines deleted...]
-      <c r="B48" s="7" t="s">
+      <c r="C89" s="24">
+        <v>2643</v>
+      </c>
+      <c r="D89" s="24">
+        <v>3081</v>
+      </c>
+      <c r="E89" s="24">
+        <v>2771</v>
+      </c>
+      <c r="F89" s="24">
+        <v>3116</v>
+      </c>
+      <c r="G89" s="24">
+        <v>2936</v>
+      </c>
+      <c r="H89" s="24">
+        <v>3714</v>
+      </c>
+      <c r="I89" s="24">
+        <v>4048</v>
+      </c>
+      <c r="J89" s="24">
+        <v>4714</v>
+      </c>
+      <c r="K89" s="28">
+        <v>610</v>
+      </c>
+      <c r="L89" s="28">
+        <v>353</v>
+      </c>
+      <c r="M89" s="28">
+        <v>2542</v>
+      </c>
+      <c r="N89" s="28">
+        <v>4537</v>
+      </c>
+      <c r="O89" s="28">
+        <v>5907</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15">
+      <c r="A90" s="30" t="s">
         <v>43</v>
       </c>
-      <c r="C48" s="26">
-[...32 lines deleted...]
-      <c r="B49" s="7" t="s">
+      <c r="B90" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C90" s="24">
+        <v>605477</v>
+      </c>
+      <c r="D90" s="24">
+        <v>630243</v>
+      </c>
+      <c r="E90" s="24">
+        <v>597892</v>
+      </c>
+      <c r="F90" s="24">
+        <v>658278</v>
+      </c>
+      <c r="G90" s="24">
+        <v>747219</v>
+      </c>
+      <c r="H90" s="24">
+        <v>789939</v>
+      </c>
+      <c r="I90" s="24">
+        <v>739498</v>
+      </c>
+      <c r="J90" s="24">
+        <v>702539</v>
+      </c>
+      <c r="K90" s="28">
+        <v>81143</v>
+      </c>
+      <c r="L90" s="28">
+        <v>31324</v>
+      </c>
+      <c r="M90" s="28">
+        <v>466527</v>
+      </c>
+      <c r="N90" s="28">
+        <v>600499</v>
+      </c>
+      <c r="O90" s="28">
+        <v>742209</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15">
+      <c r="A91" s="31"/>
+      <c r="B91" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C91" s="24">
+        <v>113547</v>
+      </c>
+      <c r="D91" s="24">
+        <v>123926</v>
+      </c>
+      <c r="E91" s="24">
+        <v>117907</v>
+      </c>
+      <c r="F91" s="24">
+        <v>124719</v>
+      </c>
+      <c r="G91" s="24">
+        <v>130941</v>
+      </c>
+      <c r="H91" s="24">
+        <v>137218</v>
+      </c>
+      <c r="I91" s="24">
+        <v>128270</v>
+      </c>
+      <c r="J91" s="24">
+        <v>130158</v>
+      </c>
+      <c r="K91" s="28">
+        <v>7492</v>
+      </c>
+      <c r="L91" s="28">
+        <v>4188</v>
+      </c>
+      <c r="M91" s="28">
+        <v>66003</v>
+      </c>
+      <c r="N91" s="28">
+        <v>138934</v>
+      </c>
+      <c r="O91" s="28">
+        <v>169927</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15">
+      <c r="A92" s="31"/>
+      <c r="B92" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="C92" s="24"/>
+      <c r="D92" s="24"/>
+      <c r="E92" s="24"/>
+      <c r="F92" s="24"/>
+      <c r="G92" s="24"/>
+      <c r="H92" s="24"/>
+      <c r="I92" s="24"/>
+      <c r="J92" s="24"/>
+      <c r="K92" s="24"/>
+      <c r="L92" s="26"/>
+      <c r="M92" s="26"/>
+      <c r="N92" s="28">
+        <v>26071</v>
+      </c>
+      <c r="O92" s="28">
+        <v>33519</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15">
+      <c r="A93" s="31"/>
+      <c r="B93" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="C49" s="26">
-[...32 lines deleted...]
-      <c r="B50" s="7" t="s">
+      <c r="C93" s="24">
+        <v>19918</v>
+      </c>
+      <c r="D93" s="24">
+        <v>28175</v>
+      </c>
+      <c r="E93" s="24">
+        <v>28934</v>
+      </c>
+      <c r="F93" s="24">
+        <v>25216</v>
+      </c>
+      <c r="G93" s="24">
+        <v>28114</v>
+      </c>
+      <c r="H93" s="24">
+        <v>24100</v>
+      </c>
+      <c r="I93" s="24">
+        <v>24061</v>
+      </c>
+      <c r="J93" s="24">
+        <v>23722</v>
+      </c>
+      <c r="K93" s="28">
+        <v>3589</v>
+      </c>
+      <c r="L93" s="28">
+        <v>595</v>
+      </c>
+      <c r="M93" s="28">
+        <v>9629</v>
+      </c>
+      <c r="N93" s="28">
+        <v>14930</v>
+      </c>
+      <c r="O93" s="28">
+        <v>16790</v>
+      </c>
+    </row>
+    <row r="94" spans="1:15">
+      <c r="A94" s="31"/>
+      <c r="B94" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="C50" s="26">
-[...32 lines deleted...]
-      <c r="B51" s="7" t="s">
+      <c r="C94" s="24">
+        <v>129551</v>
+      </c>
+      <c r="D94" s="24">
+        <v>134874</v>
+      </c>
+      <c r="E94" s="24">
+        <v>138778</v>
+      </c>
+      <c r="F94" s="24">
+        <v>141031</v>
+      </c>
+      <c r="G94" s="24">
+        <v>161579</v>
+      </c>
+      <c r="H94" s="24">
+        <v>173673</v>
+      </c>
+      <c r="I94" s="24">
+        <v>188788</v>
+      </c>
+      <c r="J94" s="24">
+        <v>195856</v>
+      </c>
+      <c r="K94" s="28">
+        <v>29444</v>
+      </c>
+      <c r="L94" s="28">
+        <v>14549</v>
+      </c>
+      <c r="M94" s="28">
+        <v>145490</v>
+      </c>
+      <c r="N94" s="26"/>
+      <c r="O94" s="26"/>
+    </row>
+    <row r="95" spans="1:15">
+      <c r="A95" s="31"/>
+      <c r="B95" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C95" s="24"/>
+      <c r="D95" s="24"/>
+      <c r="E95" s="24"/>
+      <c r="F95" s="24"/>
+      <c r="G95" s="24"/>
+      <c r="H95" s="24"/>
+      <c r="I95" s="24"/>
+      <c r="J95" s="24"/>
+      <c r="K95" s="24"/>
+      <c r="L95" s="26"/>
+      <c r="M95" s="26"/>
+      <c r="N95" s="28">
+        <v>3960</v>
+      </c>
+      <c r="O95" s="28">
+        <v>5637</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15">
+      <c r="A96" s="31"/>
+      <c r="B96" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="C96" s="24"/>
+      <c r="D96" s="24"/>
+      <c r="E96" s="24"/>
+      <c r="F96" s="24"/>
+      <c r="G96" s="24"/>
+      <c r="H96" s="24"/>
+      <c r="I96" s="24"/>
+      <c r="J96" s="24"/>
+      <c r="K96" s="24"/>
+      <c r="L96" s="26"/>
+      <c r="M96" s="26"/>
+      <c r="N96" s="28">
+        <v>11023</v>
+      </c>
+      <c r="O96" s="28">
+        <v>18432</v>
+      </c>
+    </row>
+    <row r="97" spans="1:15">
+      <c r="A97" s="31"/>
+      <c r="B97" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="C51" s="26">
-[...32 lines deleted...]
-      <c r="B52" s="7" t="s">
+      <c r="C97" s="24">
+        <v>64611</v>
+      </c>
+      <c r="D97" s="24">
+        <v>71173</v>
+      </c>
+      <c r="E97" s="24">
+        <v>57845</v>
+      </c>
+      <c r="F97" s="24">
+        <v>66779</v>
+      </c>
+      <c r="G97" s="24">
+        <v>61563</v>
+      </c>
+      <c r="H97" s="24">
+        <v>72244</v>
+      </c>
+      <c r="I97" s="24">
+        <v>74665</v>
+      </c>
+      <c r="J97" s="24">
+        <v>78199</v>
+      </c>
+      <c r="K97" s="28">
+        <v>10510</v>
+      </c>
+      <c r="L97" s="28">
+        <v>3757</v>
+      </c>
+      <c r="M97" s="28">
+        <v>44698</v>
+      </c>
+      <c r="N97" s="28">
+        <v>79255</v>
+      </c>
+      <c r="O97" s="28">
+        <v>90949</v>
+      </c>
+    </row>
+    <row r="98" spans="1:15">
+      <c r="A98" s="31"/>
+      <c r="B98" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C98" s="24"/>
+      <c r="D98" s="24"/>
+      <c r="E98" s="24"/>
+      <c r="F98" s="24"/>
+      <c r="G98" s="24"/>
+      <c r="H98" s="24"/>
+      <c r="I98" s="24"/>
+      <c r="J98" s="24"/>
+      <c r="K98" s="24"/>
+      <c r="L98" s="26"/>
+      <c r="M98" s="26"/>
+      <c r="N98" s="28">
+        <v>3617</v>
+      </c>
+      <c r="O98" s="28">
+        <v>5828</v>
+      </c>
+    </row>
+    <row r="99" spans="1:15">
+      <c r="A99" s="31"/>
+      <c r="B99" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C99" s="24"/>
+      <c r="D99" s="24"/>
+      <c r="E99" s="24"/>
+      <c r="F99" s="24"/>
+      <c r="G99" s="24"/>
+      <c r="H99" s="24"/>
+      <c r="I99" s="24"/>
+      <c r="J99" s="24"/>
+      <c r="K99" s="24"/>
+      <c r="L99" s="26"/>
+      <c r="M99" s="26"/>
+      <c r="N99" s="28">
+        <v>86488</v>
+      </c>
+      <c r="O99" s="28">
+        <v>110308</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15">
+      <c r="A100" s="31"/>
+      <c r="B100" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="C100" s="24"/>
+      <c r="D100" s="24"/>
+      <c r="E100" s="24"/>
+      <c r="F100" s="24"/>
+      <c r="G100" s="24"/>
+      <c r="H100" s="24"/>
+      <c r="I100" s="24"/>
+      <c r="J100" s="24"/>
+      <c r="K100" s="24"/>
+      <c r="L100" s="26"/>
+      <c r="M100" s="26"/>
+      <c r="N100" s="28">
+        <v>43162</v>
+      </c>
+      <c r="O100" s="28">
+        <v>43468</v>
+      </c>
+    </row>
+    <row r="101" spans="1:15">
+      <c r="A101" s="31"/>
+      <c r="B101" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="C52" s="26">
-[...32 lines deleted...]
-      <c r="B53" s="7" t="s">
+      <c r="C101" s="24">
+        <v>17084</v>
+      </c>
+      <c r="D101" s="24">
+        <v>21452</v>
+      </c>
+      <c r="E101" s="24">
+        <v>12860</v>
+      </c>
+      <c r="F101" s="24">
+        <v>19168</v>
+      </c>
+      <c r="G101" s="24">
+        <v>24834</v>
+      </c>
+      <c r="H101" s="24">
+        <v>33531</v>
+      </c>
+      <c r="I101" s="24">
+        <v>28337</v>
+      </c>
+      <c r="J101" s="24">
+        <v>30006</v>
+      </c>
+      <c r="K101" s="28">
+        <v>4227</v>
+      </c>
+      <c r="L101" s="28">
+        <v>569</v>
+      </c>
+      <c r="M101" s="28">
+        <v>94676</v>
+      </c>
+      <c r="N101" s="28">
+        <v>178113</v>
+      </c>
+      <c r="O101" s="28">
+        <v>228032</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15">
+      <c r="A102" s="31"/>
+      <c r="B102" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C102" s="24"/>
+      <c r="D102" s="24"/>
+      <c r="E102" s="24"/>
+      <c r="F102" s="24"/>
+      <c r="G102" s="24"/>
+      <c r="H102" s="24"/>
+      <c r="I102" s="24"/>
+      <c r="J102" s="24"/>
+      <c r="K102" s="24"/>
+      <c r="L102" s="26"/>
+      <c r="M102" s="26"/>
+      <c r="N102" s="28">
+        <v>8460</v>
+      </c>
+      <c r="O102" s="28">
+        <v>10392</v>
+      </c>
+    </row>
+    <row r="103" spans="1:15">
+      <c r="A103" s="32"/>
+      <c r="B103" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C53" s="26">
-[...70 lines deleted...]
-      <c r="B55" s="7" t="s">
+      <c r="C103" s="24">
+        <v>260766</v>
+      </c>
+      <c r="D103" s="24">
+        <v>250643</v>
+      </c>
+      <c r="E103" s="24">
+        <v>241568</v>
+      </c>
+      <c r="F103" s="24">
+        <v>281365</v>
+      </c>
+      <c r="G103" s="24">
+        <v>340188</v>
+      </c>
+      <c r="H103" s="24">
+        <v>349173</v>
+      </c>
+      <c r="I103" s="24">
+        <v>295377</v>
+      </c>
+      <c r="J103" s="24">
+        <v>244598</v>
+      </c>
+      <c r="K103" s="28">
+        <v>25881</v>
+      </c>
+      <c r="L103" s="28">
+        <v>7666</v>
+      </c>
+      <c r="M103" s="28">
+        <v>106031</v>
+      </c>
+      <c r="N103" s="28">
+        <v>6486</v>
+      </c>
+      <c r="O103" s="28">
+        <v>8927</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15">
+      <c r="A104" s="30" t="s">
         <v>49</v>
       </c>
-      <c r="C55" s="26">
-[...68 lines deleted...]
-      <c r="B57" s="7" t="s">
+      <c r="B104" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C104" s="24">
+        <v>155544</v>
+      </c>
+      <c r="D104" s="24">
+        <v>163008</v>
+      </c>
+      <c r="E104" s="24">
+        <v>164475</v>
+      </c>
+      <c r="F104" s="24">
+        <v>161968</v>
+      </c>
+      <c r="G104" s="24">
+        <v>172213</v>
+      </c>
+      <c r="H104" s="24">
+        <v>187233</v>
+      </c>
+      <c r="I104" s="24">
+        <v>201480</v>
+      </c>
+      <c r="J104" s="24">
+        <v>198320</v>
+      </c>
+      <c r="K104" s="28">
+        <v>24751</v>
+      </c>
+      <c r="L104" s="28">
+        <v>3769</v>
+      </c>
+      <c r="M104" s="28">
+        <v>63716</v>
+      </c>
+      <c r="N104" s="28">
+        <v>122067</v>
+      </c>
+      <c r="O104" s="28">
+        <v>166987</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15">
+      <c r="A105" s="31"/>
+      <c r="B105" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C105" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D105" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="E105" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="F105" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G105" s="24">
+        <v>12845</v>
+      </c>
+      <c r="H105" s="24">
+        <v>18245</v>
+      </c>
+      <c r="I105" s="24"/>
+      <c r="J105" s="24"/>
+      <c r="K105" s="28"/>
+      <c r="L105" s="28"/>
+      <c r="M105" s="28"/>
+      <c r="N105" s="28">
+        <v>12845</v>
+      </c>
+      <c r="O105" s="28">
+        <v>18245</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15">
+      <c r="A106" s="31"/>
+      <c r="B106" s="29" t="s">
+        <v>88</v>
+      </c>
+      <c r="C106" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D106" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="E106" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="F106" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G106" s="24">
+        <v>4459</v>
+      </c>
+      <c r="H106" s="24">
+        <v>7075</v>
+      </c>
+      <c r="I106" s="24"/>
+      <c r="J106" s="24"/>
+      <c r="K106" s="28"/>
+      <c r="L106" s="28"/>
+      <c r="M106" s="28"/>
+      <c r="N106" s="28">
+        <v>4459</v>
+      </c>
+      <c r="O106" s="28">
+        <v>7075</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15">
+      <c r="A107" s="31"/>
+      <c r="B107" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C107" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D107" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="E107" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="F107" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G107" s="24">
+        <v>8899</v>
+      </c>
+      <c r="H107" s="24">
+        <v>19996</v>
+      </c>
+      <c r="I107" s="24"/>
+      <c r="J107" s="24"/>
+      <c r="K107" s="28"/>
+      <c r="L107" s="28"/>
+      <c r="M107" s="28"/>
+      <c r="N107" s="28">
+        <v>8899</v>
+      </c>
+      <c r="O107" s="28">
+        <v>19996</v>
+      </c>
+    </row>
+    <row r="108" spans="1:15">
+      <c r="A108" s="31"/>
+      <c r="B108" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C108" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D108" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="E108" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="F108" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G108" s="24">
+        <v>12099</v>
+      </c>
+      <c r="H108" s="24">
+        <v>17774</v>
+      </c>
+      <c r="I108" s="24"/>
+      <c r="J108" s="24"/>
+      <c r="K108" s="28"/>
+      <c r="L108" s="28"/>
+      <c r="M108" s="28"/>
+      <c r="N108" s="28">
+        <v>12099</v>
+      </c>
+      <c r="O108" s="28">
+        <v>17774</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15">
+      <c r="A109" s="31"/>
+      <c r="B109" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="C109" s="24">
+        <v>76326</v>
+      </c>
+      <c r="D109" s="24">
+        <v>75748</v>
+      </c>
+      <c r="E109" s="24">
+        <v>72941</v>
+      </c>
+      <c r="F109" s="24">
+        <v>75911</v>
+      </c>
+      <c r="G109" s="24">
+        <v>79172</v>
+      </c>
+      <c r="H109" s="24">
+        <v>93313</v>
+      </c>
+      <c r="I109" s="24">
+        <v>102687</v>
+      </c>
+      <c r="J109" s="24">
+        <v>96452</v>
+      </c>
+      <c r="K109" s="28">
+        <v>11060</v>
+      </c>
+      <c r="L109" s="28">
+        <v>1164</v>
+      </c>
+      <c r="M109" s="28">
+        <v>32071</v>
+      </c>
+      <c r="N109" s="28">
+        <v>60280</v>
+      </c>
+      <c r="O109" s="28">
+        <v>67928</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15">
+      <c r="A110" s="32"/>
+      <c r="B110" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C57" s="26">
-[...363 lines deleted...]
-      <c r="C67" s="26">
+      <c r="C110" s="24">
         <v>79218</v>
       </c>
-      <c r="D67" s="26">
+      <c r="D110" s="24">
         <v>87260</v>
       </c>
-      <c r="E67" s="26">
+      <c r="E110" s="24">
         <v>91534</v>
       </c>
-      <c r="F67" s="26">
+      <c r="F110" s="24">
         <v>86057</v>
       </c>
-      <c r="G67" s="26">
+      <c r="G110" s="24">
         <v>93041</v>
       </c>
-      <c r="H67" s="26">
+      <c r="H110" s="24">
         <v>93920</v>
       </c>
-      <c r="I67" s="26">
+      <c r="I110" s="24">
         <v>98793</v>
       </c>
-      <c r="J67" s="26">
+      <c r="J110" s="24">
         <v>101868</v>
       </c>
-      <c r="K67" s="26">
+      <c r="K110" s="28">
         <v>13691</v>
       </c>
-      <c r="L67" s="26">
-[...48 lines deleted...]
-    </row>
+      <c r="L110" s="28">
+        <v>2605</v>
+      </c>
+      <c r="M110" s="28">
+        <v>31645</v>
+      </c>
+      <c r="N110" s="28">
+        <v>23485</v>
+      </c>
+      <c r="O110" s="28">
+        <v>35969</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15">
+      <c r="A111" s="2"/>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
+      <c r="J111" s="2"/>
+      <c r="K111" s="2"/>
+      <c r="L111" s="2"/>
+      <c r="M111" s="2"/>
+      <c r="N111" s="2"/>
+      <c r="O111" s="2"/>
+    </row>
+    <row r="112" spans="1:15">
+      <c r="A112" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B112" s="4"/>
+      <c r="C112" s="4"/>
+      <c r="D112" s="4"/>
+      <c r="E112" s="4"/>
+      <c r="F112" s="4"/>
+      <c r="G112" s="4"/>
+      <c r="H112" s="4"/>
+      <c r="I112" s="4"/>
+      <c r="J112" s="4"/>
+    </row>
+    <row r="113" spans="1:1">
+      <c r="A113" s="22" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="114" spans="1:1">
+      <c r="A114" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="115" spans="1:1">
+      <c r="A115" s="21" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="116" spans="1:1">
+      <c r="A116" s="5" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="129" s="3" customFormat="1"/>
+    <row r="130" s="3" customFormat="1"/>
+    <row r="131" s="3" customFormat="1"/>
+    <row r="132" s="3" customFormat="1"/>
+    <row r="133" s="3" customFormat="1"/>
+    <row r="134" s="3" customFormat="1"/>
+    <row r="135" s="3" customFormat="1"/>
+    <row r="136" s="3" customFormat="1"/>
+    <row r="137" s="3" customFormat="1"/>
+    <row r="138" s="3" customFormat="1"/>
+    <row r="139" s="3" customFormat="1"/>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="A58:A64"/>
-    <mergeCell ref="A65:A67"/>
+    <mergeCell ref="A90:A103"/>
+    <mergeCell ref="A104:A110"/>
     <mergeCell ref="A6:A22"/>
-    <mergeCell ref="A23:A40"/>
-[...2 lines deleted...]
-    <mergeCell ref="A54:A57"/>
+    <mergeCell ref="A23:A64"/>
+    <mergeCell ref="A65:A75"/>
+    <mergeCell ref="A76:A85"/>
+    <mergeCell ref="A86:A89"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{131BA131-5932-4B8F-B1A5-226483F1B034}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView topLeftCell="A10" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" style="10" customWidth="1"/>
-[...254 lines deleted...]
-    <col min="16132" max="16384" width="9.140625" style="10"/>
+    <col min="1" max="1" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2" max="2" width="35" style="9" customWidth="1"/>
+    <col min="3" max="3" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4" max="256" width="9.140625" style="9"/>
+    <col min="257" max="257" width="8.28515625" style="9" customWidth="1"/>
+    <col min="258" max="258" width="30.5703125" style="9" customWidth="1"/>
+    <col min="259" max="259" width="52.7109375" style="9" customWidth="1"/>
+    <col min="260" max="512" width="9.140625" style="9"/>
+    <col min="513" max="513" width="8.28515625" style="9" customWidth="1"/>
+    <col min="514" max="514" width="30.5703125" style="9" customWidth="1"/>
+    <col min="515" max="515" width="52.7109375" style="9" customWidth="1"/>
+    <col min="516" max="768" width="9.140625" style="9"/>
+    <col min="769" max="769" width="8.28515625" style="9" customWidth="1"/>
+    <col min="770" max="770" width="30.5703125" style="9" customWidth="1"/>
+    <col min="771" max="771" width="52.7109375" style="9" customWidth="1"/>
+    <col min="772" max="1024" width="9.140625" style="9"/>
+    <col min="1025" max="1025" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1026" max="1026" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1027" max="1027" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1028" max="1280" width="9.140625" style="9"/>
+    <col min="1281" max="1281" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1282" max="1282" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1283" max="1283" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1284" max="1536" width="9.140625" style="9"/>
+    <col min="1537" max="1537" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1538" max="1538" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1539" max="1539" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1540" max="1792" width="9.140625" style="9"/>
+    <col min="1793" max="1793" width="8.28515625" style="9" customWidth="1"/>
+    <col min="1794" max="1794" width="30.5703125" style="9" customWidth="1"/>
+    <col min="1795" max="1795" width="52.7109375" style="9" customWidth="1"/>
+    <col min="1796" max="2048" width="9.140625" style="9"/>
+    <col min="2049" max="2049" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2050" max="2050" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2051" max="2051" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2052" max="2304" width="9.140625" style="9"/>
+    <col min="2305" max="2305" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2306" max="2306" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2307" max="2307" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2308" max="2560" width="9.140625" style="9"/>
+    <col min="2561" max="2561" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2562" max="2562" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2563" max="2563" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2564" max="2816" width="9.140625" style="9"/>
+    <col min="2817" max="2817" width="8.28515625" style="9" customWidth="1"/>
+    <col min="2818" max="2818" width="30.5703125" style="9" customWidth="1"/>
+    <col min="2819" max="2819" width="52.7109375" style="9" customWidth="1"/>
+    <col min="2820" max="3072" width="9.140625" style="9"/>
+    <col min="3073" max="3073" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3074" max="3074" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3075" max="3075" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3076" max="3328" width="9.140625" style="9"/>
+    <col min="3329" max="3329" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3330" max="3330" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3331" max="3331" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3332" max="3584" width="9.140625" style="9"/>
+    <col min="3585" max="3585" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3586" max="3586" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3587" max="3587" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3588" max="3840" width="9.140625" style="9"/>
+    <col min="3841" max="3841" width="8.28515625" style="9" customWidth="1"/>
+    <col min="3842" max="3842" width="30.5703125" style="9" customWidth="1"/>
+    <col min="3843" max="3843" width="52.7109375" style="9" customWidth="1"/>
+    <col min="3844" max="4096" width="9.140625" style="9"/>
+    <col min="4097" max="4097" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4098" max="4098" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4099" max="4099" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4100" max="4352" width="9.140625" style="9"/>
+    <col min="4353" max="4353" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4354" max="4354" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4355" max="4355" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4356" max="4608" width="9.140625" style="9"/>
+    <col min="4609" max="4609" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4610" max="4610" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4611" max="4611" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4612" max="4864" width="9.140625" style="9"/>
+    <col min="4865" max="4865" width="8.28515625" style="9" customWidth="1"/>
+    <col min="4866" max="4866" width="30.5703125" style="9" customWidth="1"/>
+    <col min="4867" max="4867" width="52.7109375" style="9" customWidth="1"/>
+    <col min="4868" max="5120" width="9.140625" style="9"/>
+    <col min="5121" max="5121" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5122" max="5122" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5123" max="5123" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5124" max="5376" width="9.140625" style="9"/>
+    <col min="5377" max="5377" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5378" max="5378" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5379" max="5379" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5380" max="5632" width="9.140625" style="9"/>
+    <col min="5633" max="5633" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5634" max="5634" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5635" max="5635" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5636" max="5888" width="9.140625" style="9"/>
+    <col min="5889" max="5889" width="8.28515625" style="9" customWidth="1"/>
+    <col min="5890" max="5890" width="30.5703125" style="9" customWidth="1"/>
+    <col min="5891" max="5891" width="52.7109375" style="9" customWidth="1"/>
+    <col min="5892" max="6144" width="9.140625" style="9"/>
+    <col min="6145" max="6145" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6146" max="6146" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6147" max="6147" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6148" max="6400" width="9.140625" style="9"/>
+    <col min="6401" max="6401" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6402" max="6402" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6403" max="6403" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6404" max="6656" width="9.140625" style="9"/>
+    <col min="6657" max="6657" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6658" max="6658" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6659" max="6659" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6660" max="6912" width="9.140625" style="9"/>
+    <col min="6913" max="6913" width="8.28515625" style="9" customWidth="1"/>
+    <col min="6914" max="6914" width="30.5703125" style="9" customWidth="1"/>
+    <col min="6915" max="6915" width="52.7109375" style="9" customWidth="1"/>
+    <col min="6916" max="7168" width="9.140625" style="9"/>
+    <col min="7169" max="7169" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7170" max="7170" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7171" max="7171" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7172" max="7424" width="9.140625" style="9"/>
+    <col min="7425" max="7425" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7426" max="7426" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7427" max="7427" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7428" max="7680" width="9.140625" style="9"/>
+    <col min="7681" max="7681" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7682" max="7682" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7683" max="7683" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7684" max="7936" width="9.140625" style="9"/>
+    <col min="7937" max="7937" width="8.28515625" style="9" customWidth="1"/>
+    <col min="7938" max="7938" width="30.5703125" style="9" customWidth="1"/>
+    <col min="7939" max="7939" width="52.7109375" style="9" customWidth="1"/>
+    <col min="7940" max="8192" width="9.140625" style="9"/>
+    <col min="8193" max="8193" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8194" max="8194" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8195" max="8195" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8196" max="8448" width="9.140625" style="9"/>
+    <col min="8449" max="8449" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8450" max="8450" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8451" max="8451" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8452" max="8704" width="9.140625" style="9"/>
+    <col min="8705" max="8705" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8706" max="8706" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8707" max="8707" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8708" max="8960" width="9.140625" style="9"/>
+    <col min="8961" max="8961" width="8.28515625" style="9" customWidth="1"/>
+    <col min="8962" max="8962" width="30.5703125" style="9" customWidth="1"/>
+    <col min="8963" max="8963" width="52.7109375" style="9" customWidth="1"/>
+    <col min="8964" max="9216" width="9.140625" style="9"/>
+    <col min="9217" max="9217" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9218" max="9218" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9219" max="9219" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9220" max="9472" width="9.140625" style="9"/>
+    <col min="9473" max="9473" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9474" max="9474" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9475" max="9475" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9476" max="9728" width="9.140625" style="9"/>
+    <col min="9729" max="9729" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9730" max="9730" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9731" max="9731" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9732" max="9984" width="9.140625" style="9"/>
+    <col min="9985" max="9985" width="8.28515625" style="9" customWidth="1"/>
+    <col min="9986" max="9986" width="30.5703125" style="9" customWidth="1"/>
+    <col min="9987" max="9987" width="52.7109375" style="9" customWidth="1"/>
+    <col min="9988" max="10240" width="9.140625" style="9"/>
+    <col min="10241" max="10241" width="8.28515625" style="9" customWidth="1"/>
+    <col min="10242" max="10242" width="30.5703125" style="9" customWidth="1"/>
+    <col min="10243" max="10243" width="52.7109375" style="9" customWidth="1"/>
+    <col min="10244" max="10496" width="9.140625" style="9"/>
+    <col min="10497" max="10497" width="8.28515625" style="9" customWidth="1"/>
+    <col min="10498" max="10498" width="30.5703125" style="9" customWidth="1"/>
+    <col min="10499" max="10499" width="52.7109375" style="9" customWidth="1"/>
+    <col min="10500" max="10752" width="9.140625" style="9"/>
+    <col min="10753" max="10753" width="8.28515625" style="9" customWidth="1"/>
+    <col min="10754" max="10754" width="30.5703125" style="9" customWidth="1"/>
+    <col min="10755" max="10755" width="52.7109375" style="9" customWidth="1"/>
+    <col min="10756" max="11008" width="9.140625" style="9"/>
+    <col min="11009" max="11009" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11010" max="11010" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11011" max="11011" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11012" max="11264" width="9.140625" style="9"/>
+    <col min="11265" max="11265" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11266" max="11266" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11267" max="11267" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11268" max="11520" width="9.140625" style="9"/>
+    <col min="11521" max="11521" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11522" max="11522" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11523" max="11523" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11524" max="11776" width="9.140625" style="9"/>
+    <col min="11777" max="11777" width="8.28515625" style="9" customWidth="1"/>
+    <col min="11778" max="11778" width="30.5703125" style="9" customWidth="1"/>
+    <col min="11779" max="11779" width="52.7109375" style="9" customWidth="1"/>
+    <col min="11780" max="12032" width="9.140625" style="9"/>
+    <col min="12033" max="12033" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12034" max="12034" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12035" max="12035" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12036" max="12288" width="9.140625" style="9"/>
+    <col min="12289" max="12289" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12290" max="12290" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12291" max="12291" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12292" max="12544" width="9.140625" style="9"/>
+    <col min="12545" max="12545" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12546" max="12546" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12547" max="12547" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12548" max="12800" width="9.140625" style="9"/>
+    <col min="12801" max="12801" width="8.28515625" style="9" customWidth="1"/>
+    <col min="12802" max="12802" width="30.5703125" style="9" customWidth="1"/>
+    <col min="12803" max="12803" width="52.7109375" style="9" customWidth="1"/>
+    <col min="12804" max="13056" width="9.140625" style="9"/>
+    <col min="13057" max="13057" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13058" max="13058" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13059" max="13059" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13060" max="13312" width="9.140625" style="9"/>
+    <col min="13313" max="13313" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13314" max="13314" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13315" max="13315" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13316" max="13568" width="9.140625" style="9"/>
+    <col min="13569" max="13569" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13570" max="13570" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13571" max="13571" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13572" max="13824" width="9.140625" style="9"/>
+    <col min="13825" max="13825" width="8.28515625" style="9" customWidth="1"/>
+    <col min="13826" max="13826" width="30.5703125" style="9" customWidth="1"/>
+    <col min="13827" max="13827" width="52.7109375" style="9" customWidth="1"/>
+    <col min="13828" max="14080" width="9.140625" style="9"/>
+    <col min="14081" max="14081" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14082" max="14082" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14083" max="14083" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14084" max="14336" width="9.140625" style="9"/>
+    <col min="14337" max="14337" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14338" max="14338" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14339" max="14339" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14340" max="14592" width="9.140625" style="9"/>
+    <col min="14593" max="14593" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14594" max="14594" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14595" max="14595" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14596" max="14848" width="9.140625" style="9"/>
+    <col min="14849" max="14849" width="8.28515625" style="9" customWidth="1"/>
+    <col min="14850" max="14850" width="30.5703125" style="9" customWidth="1"/>
+    <col min="14851" max="14851" width="52.7109375" style="9" customWidth="1"/>
+    <col min="14852" max="15104" width="9.140625" style="9"/>
+    <col min="15105" max="15105" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15106" max="15106" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15107" max="15107" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15108" max="15360" width="9.140625" style="9"/>
+    <col min="15361" max="15361" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15362" max="15362" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15363" max="15363" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15364" max="15616" width="9.140625" style="9"/>
+    <col min="15617" max="15617" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15618" max="15618" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15619" max="15619" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15620" max="15872" width="9.140625" style="9"/>
+    <col min="15873" max="15873" width="8.28515625" style="9" customWidth="1"/>
+    <col min="15874" max="15874" width="30.5703125" style="9" customWidth="1"/>
+    <col min="15875" max="15875" width="52.7109375" style="9" customWidth="1"/>
+    <col min="15876" max="16128" width="9.140625" style="9"/>
+    <col min="16129" max="16129" width="8.28515625" style="9" customWidth="1"/>
+    <col min="16130" max="16130" width="30.5703125" style="9" customWidth="1"/>
+    <col min="16131" max="16131" width="52.7109375" style="9" customWidth="1"/>
+    <col min="16132" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21">
-      <c r="A1" s="9" t="s">
+      <c r="A1" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C1" s="8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A2" s="10">
+        <v>1</v>
+      </c>
+      <c r="B2" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" s="12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A3" s="14">
+        <v>2</v>
+      </c>
+      <c r="B3" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" s="12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" s="13" customFormat="1" ht="42">
+      <c r="A4" s="14">
+        <v>3</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" s="13" customFormat="1" ht="42">
+      <c r="A5" s="14">
+        <v>4</v>
+      </c>
+      <c r="B5" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="B1" s="9" t="s">
+      <c r="C5" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="C1" s="9" t="s">
+    </row>
+    <row r="6" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A6" s="14">
+        <v>5</v>
+      </c>
+      <c r="B6" s="15" t="s">
         <v>62</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="11">
+      <c r="C6" s="16" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A7" s="14">
+        <v>6</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" s="12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" s="13" customFormat="1" ht="378">
+      <c r="A8" s="14">
+        <v>7</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A9" s="14">
+        <v>8</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A10" s="14">
+        <v>9.1</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A11" s="14">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" s="18">
         <v>1</v>
       </c>
-      <c r="B2" s="12" t="s">
-[...43 lines deleted...]
-      <c r="B6" s="16" t="s">
+    </row>
+    <row r="12" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A12" s="14">
+        <v>10</v>
+      </c>
+      <c r="B12" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="C6" s="17" t="s">
+      <c r="C12" s="12" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A13" s="14">
+        <v>11</v>
+      </c>
+      <c r="B13" s="15" t="s">
         <v>72</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" s="16" t="s">
+      <c r="C13" s="12"/>
+    </row>
+    <row r="14" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A14" s="14">
+        <v>12</v>
+      </c>
+      <c r="B14" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="C7" s="13" t="s">
+      <c r="C14" s="12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A15" s="14">
+        <v>13</v>
+      </c>
+      <c r="B15" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" s="12" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="8" spans="1:3" s="14" customFormat="1" ht="378">
-[...6 lines deleted...]
-      <c r="C8" s="13" t="s">
+    <row r="16" spans="1:3" s="13" customFormat="1" ht="21">
+      <c r="A16" s="19">
+        <v>14</v>
+      </c>
+      <c r="B16" s="20" t="s">
         <v>75</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="16" t="s">
+      <c r="C16" s="20" t="s">
         <v>76</v>
-      </c>
-[...76 lines deleted...]
-        <v>85</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C6" r:id="rId1" xr:uid="{BE606A77-86F4-48DD-B3E7-F1C371D12BC1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>