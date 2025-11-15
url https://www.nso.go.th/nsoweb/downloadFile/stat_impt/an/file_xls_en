--- v0 (2025-10-02)
+++ v1 (2025-11-15)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D7B6509F-1E5C-46DC-9589-A98B52A87800}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7DF01C6-3BBB-44FA-894F-57DB9A374E0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1170" windowWidth="18000" windowHeight="8580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1170" yWindow="1170" windowWidth="12810" windowHeight="11760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Number of Tourist</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Age Group</t>
   </si>
   <si>
     <t>Purpose of Visit</t>
   </si>
@@ -176,85 +176,85 @@
   <si>
     <t>    Accommodation</t>
   </si>
   <si>
     <t>    Food and Beverage</t>
   </si>
   <si>
     <t>    Sight Seeing</t>
   </si>
   <si>
     <t>    Local Transport</t>
   </si>
   <si>
     <t>    Shopping</t>
   </si>
   <si>
     <t>    Entertainment</t>
   </si>
   <si>
     <t>    Medical Care</t>
   </si>
   <si>
     <t>    Miscellaneous</t>
   </si>
   <si>
-    <t>Statistics of International Tourist Arrivals to Thailand: 2011 - 2020</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>Source:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Office of the Permanent Secretary for Ministry of Tourism and Sports, Ministry of Tourism and Sports</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">   Note:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 1. In 2020, there was an epidemic of COVID-19 in Thailand, as a result the number of tourists is much lower than normal.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">               2. In the 2nd and 3rd quarter of 2020, Thailand closed the country. Therefore, there are no foreign tourists traveling to Thailand during that period.</t>
   </si>
   <si>
     <t xml:space="preserve">               3. Where currently COVID-19 epidemic still not the end.</t>
+  </si>
+  <si>
+    <t>Statistics of International Tourist Arrivals to Thailand: 2011 - 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -662,1737 +662,2152 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K56"/>
+  <dimension ref="A1:N56"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="N11" sqref="N11"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.7109375" style="1" customWidth="1"/>
-    <col min="2" max="11" width="13.7109375" style="1" customWidth="1"/>
-    <col min="12" max="16384" width="9.140625" style="1"/>
+    <col min="2" max="14" width="13.7109375" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3">
         <v>2011</v>
       </c>
       <c r="C4" s="3">
         <v>2012</v>
       </c>
       <c r="D4" s="3">
         <v>2013</v>
       </c>
       <c r="E4" s="3">
         <v>2014</v>
       </c>
       <c r="F4" s="3">
         <v>2015</v>
       </c>
       <c r="G4" s="3">
         <v>2016</v>
       </c>
       <c r="H4" s="3">
         <v>2017</v>
       </c>
       <c r="I4" s="3">
         <v>2018</v>
       </c>
       <c r="J4" s="3">
         <v>2019</v>
       </c>
       <c r="K4" s="3">
         <v>2020</v>
       </c>
-    </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L4" s="3">
+        <v>2021</v>
+      </c>
+      <c r="M4" s="3">
+        <v>2022</v>
+      </c>
+      <c r="N4" s="3">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="14">
         <v>19230470</v>
       </c>
       <c r="C5" s="14">
         <v>22353903</v>
       </c>
       <c r="D5" s="14">
         <v>26546725</v>
       </c>
       <c r="E5" s="14">
         <v>24809683</v>
       </c>
       <c r="F5" s="14">
         <v>29923185</v>
       </c>
       <c r="G5" s="14">
         <v>32529588</v>
       </c>
       <c r="H5" s="14">
         <v>35591978</v>
       </c>
       <c r="I5" s="14">
         <v>38178194</v>
       </c>
       <c r="J5" s="14">
         <v>39916251</v>
       </c>
       <c r="K5" s="14">
         <v>6725193</v>
       </c>
-    </row>
-    <row r="6" spans="1:11" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="L5" s="14">
+        <v>510767</v>
+      </c>
+      <c r="M5" s="14">
+        <v>11153026</v>
+      </c>
+      <c r="N5" s="14">
+        <v>28150016</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="13"/>
       <c r="G6" s="13"/>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="13"/>
-    </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="15">
         <v>11407564</v>
       </c>
       <c r="C7" s="15">
         <v>13047500</v>
       </c>
       <c r="D7" s="15">
         <v>15120314</v>
       </c>
       <c r="E7" s="15">
         <v>14138831</v>
       </c>
       <c r="F7" s="15">
         <v>15458069</v>
       </c>
       <c r="G7" s="15">
         <v>15612566</v>
       </c>
       <c r="H7" s="15">
         <v>17031302</v>
       </c>
       <c r="I7" s="15">
         <v>17924609</v>
       </c>
       <c r="J7" s="15">
         <v>18941682</v>
       </c>
       <c r="K7" s="15">
         <v>3355037</v>
       </c>
-    </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L7" s="15">
+        <v>0</v>
+      </c>
+      <c r="M7" s="15">
+        <v>0</v>
+      </c>
+      <c r="N7" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="15">
         <v>7822906</v>
       </c>
       <c r="C8" s="15">
         <v>9306403</v>
       </c>
       <c r="D8" s="15">
         <v>11426411</v>
       </c>
       <c r="E8" s="15">
         <v>10670852</v>
       </c>
       <c r="F8" s="15">
         <v>14465116</v>
       </c>
       <c r="G8" s="15">
         <v>16917022</v>
       </c>
       <c r="H8" s="15">
         <v>18560676</v>
       </c>
       <c r="I8" s="15">
         <v>20253585</v>
       </c>
       <c r="J8" s="15">
         <v>20974569</v>
       </c>
       <c r="K8" s="15">
         <v>3370156</v>
       </c>
-    </row>
-    <row r="9" spans="1:11" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="L8" s="15">
+        <v>0</v>
+      </c>
+      <c r="M8" s="15">
+        <v>0</v>
+      </c>
+      <c r="N8" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="14"/>
       <c r="F9" s="14"/>
       <c r="G9" s="14"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="14"/>
-    </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L9" s="14"/>
+      <c r="M9" s="14"/>
+      <c r="N9" s="14"/>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="15">
         <v>2426057</v>
       </c>
       <c r="C10" s="15">
         <v>2910605</v>
       </c>
       <c r="D10" s="15">
         <v>3319677</v>
       </c>
       <c r="E10" s="15">
         <v>2946698</v>
       </c>
       <c r="F10" s="15">
         <v>3968939</v>
       </c>
       <c r="G10" s="15">
         <v>5452722</v>
       </c>
       <c r="H10" s="15">
         <v>6059615</v>
       </c>
       <c r="I10" s="15">
         <v>6085082</v>
       </c>
       <c r="J10" s="15">
         <v>6553463</v>
       </c>
       <c r="K10" s="15">
         <v>1173102</v>
       </c>
-    </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L10" s="15">
+        <v>0</v>
+      </c>
+      <c r="M10" s="15">
+        <v>0</v>
+      </c>
+      <c r="N10" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="15">
         <v>5422072</v>
       </c>
       <c r="C11" s="15">
         <v>5933709</v>
       </c>
       <c r="D11" s="15">
         <v>7221458</v>
       </c>
       <c r="E11" s="15">
         <v>7159749</v>
       </c>
       <c r="F11" s="15">
         <v>7745017</v>
       </c>
       <c r="G11" s="15">
         <v>9593173</v>
       </c>
       <c r="H11" s="15">
         <v>9909194</v>
       </c>
       <c r="I11" s="15">
         <v>10434018</v>
       </c>
       <c r="J11" s="15">
         <v>10676510</v>
       </c>
       <c r="K11" s="15">
         <v>1779278</v>
       </c>
-    </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L11" s="15">
+        <v>0</v>
+      </c>
+      <c r="M11" s="15">
+        <v>0</v>
+      </c>
+      <c r="N11" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="15">
         <v>4846224</v>
       </c>
       <c r="C12" s="15">
         <v>5504458</v>
       </c>
       <c r="D12" s="15">
         <v>6571910</v>
       </c>
       <c r="E12" s="15">
         <v>5725717</v>
       </c>
       <c r="F12" s="15">
         <v>6670472</v>
       </c>
       <c r="G12" s="15">
         <v>5821235</v>
       </c>
       <c r="H12" s="15">
         <v>6815233</v>
       </c>
       <c r="I12" s="15">
         <v>7217553</v>
       </c>
       <c r="J12" s="15">
         <v>7614592</v>
       </c>
       <c r="K12" s="15">
         <v>1344902</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L12" s="15">
+        <v>0</v>
+      </c>
+      <c r="M12" s="15">
+        <v>0</v>
+      </c>
+      <c r="N12" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="15">
         <v>3669314</v>
       </c>
       <c r="C13" s="15">
         <v>4328028</v>
       </c>
       <c r="D13" s="15">
         <v>4908870</v>
       </c>
       <c r="E13" s="15">
         <v>4723929</v>
       </c>
       <c r="F13" s="15">
         <v>5768995</v>
       </c>
       <c r="G13" s="15">
         <v>5367091</v>
       </c>
       <c r="H13" s="15">
         <v>5824229</v>
       </c>
       <c r="I13" s="15">
         <v>6313694</v>
       </c>
       <c r="J13" s="15">
         <v>6385073</v>
       </c>
       <c r="K13" s="15">
         <v>1036933</v>
       </c>
-    </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L13" s="15">
+        <v>0</v>
+      </c>
+      <c r="M13" s="15">
+        <v>0</v>
+      </c>
+      <c r="N13" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="15">
         <v>2119860</v>
       </c>
       <c r="C14" s="15">
         <v>2604599</v>
       </c>
       <c r="D14" s="15">
         <v>3176251</v>
       </c>
       <c r="E14" s="15">
         <v>2990568</v>
       </c>
       <c r="F14" s="15">
         <v>3975367</v>
       </c>
       <c r="G14" s="15">
         <v>4080317</v>
       </c>
       <c r="H14" s="15">
         <v>4315237</v>
       </c>
       <c r="I14" s="15">
         <v>4844377</v>
       </c>
       <c r="J14" s="15">
         <v>5261455</v>
       </c>
       <c r="K14" s="15">
         <v>863149</v>
       </c>
-    </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L14" s="15">
+        <v>0</v>
+      </c>
+      <c r="M14" s="15">
+        <v>0</v>
+      </c>
+      <c r="N14" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="15">
         <v>746943</v>
       </c>
       <c r="C15" s="15">
         <v>1072504</v>
       </c>
       <c r="D15" s="15">
         <v>1348559</v>
       </c>
       <c r="E15" s="15">
         <v>1263022</v>
       </c>
       <c r="F15" s="15">
         <v>1794395</v>
       </c>
       <c r="G15" s="15">
         <v>2215050</v>
       </c>
       <c r="H15" s="15">
         <v>2668470</v>
       </c>
       <c r="I15" s="15">
         <v>3283470</v>
       </c>
       <c r="J15" s="15">
         <v>3425158</v>
       </c>
       <c r="K15" s="15">
         <v>527829</v>
       </c>
-    </row>
-    <row r="16" spans="1:11" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="L15" s="15">
+        <v>0</v>
+      </c>
+      <c r="M15" s="15">
+        <v>0</v>
+      </c>
+      <c r="N15" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
-    </row>
-    <row r="17" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L16" s="14"/>
+      <c r="M16" s="14"/>
+      <c r="N16" s="14"/>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="15">
         <v>8992983</v>
       </c>
       <c r="C17" s="15">
         <v>19284120</v>
       </c>
       <c r="D17" s="15">
         <v>23240400</v>
       </c>
       <c r="E17" s="15">
         <v>21638826</v>
       </c>
       <c r="F17" s="15">
         <v>26611845</v>
       </c>
       <c r="G17" s="15">
         <v>30252430</v>
       </c>
       <c r="H17" s="15">
         <v>32853311</v>
       </c>
       <c r="I17" s="15">
         <v>34718276</v>
       </c>
       <c r="J17" s="15">
         <v>36207126</v>
       </c>
       <c r="K17" s="15">
         <v>6285395</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L17" s="15">
+        <v>0</v>
+      </c>
+      <c r="M17" s="15">
+        <v>0</v>
+      </c>
+      <c r="N17" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="15">
         <v>3042564</v>
       </c>
       <c r="C18" s="15">
         <v>559804</v>
       </c>
       <c r="D18" s="15">
         <v>600664</v>
       </c>
       <c r="E18" s="15">
         <v>544216</v>
       </c>
       <c r="F18" s="15">
         <v>646244</v>
       </c>
       <c r="G18" s="15">
         <v>313438</v>
       </c>
       <c r="H18" s="15">
         <v>373193</v>
       </c>
       <c r="I18" s="15">
         <v>405912</v>
       </c>
       <c r="J18" s="15">
         <v>490394</v>
       </c>
       <c r="K18" s="15">
         <v>48101</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L18" s="15">
+        <v>0</v>
+      </c>
+      <c r="M18" s="15">
+        <v>0</v>
+      </c>
+      <c r="N18" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="15">
         <v>2851527</v>
       </c>
       <c r="C19" s="15">
         <v>36058</v>
       </c>
       <c r="D19" s="15">
         <v>70741</v>
       </c>
       <c r="E19" s="15">
         <v>70445</v>
       </c>
       <c r="F19" s="15">
         <v>63753</v>
       </c>
       <c r="G19" s="15">
         <v>33393</v>
       </c>
       <c r="H19" s="15">
         <v>74491</v>
       </c>
       <c r="I19" s="15">
         <v>87943</v>
       </c>
       <c r="J19" s="15">
         <v>96261</v>
       </c>
       <c r="K19" s="15">
         <v>7965</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L19" s="15">
+        <v>0</v>
+      </c>
+      <c r="M19" s="15">
+        <v>0</v>
+      </c>
+      <c r="N19" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="15">
         <v>2395588</v>
       </c>
       <c r="C20" s="15">
         <v>99728</v>
       </c>
       <c r="D20" s="15">
         <v>73328</v>
       </c>
       <c r="E20" s="15">
         <v>65982</v>
       </c>
       <c r="F20" s="15">
         <v>92936</v>
       </c>
       <c r="G20" s="15">
         <v>53407</v>
       </c>
       <c r="H20" s="15">
         <v>74449</v>
       </c>
       <c r="I20" s="15">
         <v>102376</v>
       </c>
       <c r="J20" s="15">
         <v>117448</v>
       </c>
       <c r="K20" s="15">
         <v>9968</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L20" s="15">
+        <v>0</v>
+      </c>
+      <c r="M20" s="15">
+        <v>0</v>
+      </c>
+      <c r="N20" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A21" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="15">
         <v>92228</v>
       </c>
       <c r="C21" s="15">
         <v>40471</v>
       </c>
       <c r="D21" s="15">
         <v>49602</v>
       </c>
       <c r="E21" s="15">
         <v>46449</v>
       </c>
       <c r="F21" s="15">
         <v>90575</v>
       </c>
       <c r="G21" s="15">
         <v>27131</v>
       </c>
       <c r="H21" s="15">
         <v>68024</v>
       </c>
       <c r="I21" s="15">
         <v>110590</v>
       </c>
       <c r="J21" s="15">
         <v>117243</v>
       </c>
       <c r="K21" s="15">
         <v>18588</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L21" s="15">
+        <v>0</v>
+      </c>
+      <c r="M21" s="15">
+        <v>0</v>
+      </c>
+      <c r="N21" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A22" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="15">
         <v>0</v>
       </c>
       <c r="C22" s="15">
         <v>0</v>
       </c>
       <c r="D22" s="15">
         <v>0</v>
       </c>
       <c r="E22" s="15">
         <v>0</v>
       </c>
       <c r="F22" s="15">
         <v>0</v>
       </c>
       <c r="G22" s="15">
         <v>797435</v>
       </c>
       <c r="H22" s="15">
         <v>867054</v>
       </c>
       <c r="I22" s="15">
         <v>1119437</v>
       </c>
       <c r="J22" s="15">
         <v>974335</v>
       </c>
       <c r="K22" s="15">
         <v>117619</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L22" s="15">
+        <v>0</v>
+      </c>
+      <c r="M22" s="15">
+        <v>0</v>
+      </c>
+      <c r="N22" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="15">
         <v>0</v>
       </c>
       <c r="C23" s="15">
         <v>0</v>
       </c>
       <c r="D23" s="15">
         <v>0</v>
       </c>
       <c r="E23" s="15">
         <v>0</v>
       </c>
       <c r="F23" s="15">
         <v>0</v>
       </c>
       <c r="G23" s="15">
         <v>131688</v>
       </c>
       <c r="H23" s="15">
         <v>175715</v>
       </c>
       <c r="I23" s="15">
         <v>230422</v>
       </c>
       <c r="J23" s="15">
         <v>247782</v>
       </c>
       <c r="K23" s="15">
         <v>39604</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L23" s="15">
+        <v>0</v>
+      </c>
+      <c r="M23" s="15">
+        <v>0</v>
+      </c>
+      <c r="N23" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="15">
         <v>0</v>
       </c>
       <c r="C24" s="15">
         <v>0</v>
       </c>
       <c r="D24" s="15">
         <v>0</v>
       </c>
       <c r="E24" s="15">
         <v>0</v>
       </c>
       <c r="F24" s="15">
         <v>0</v>
       </c>
       <c r="G24" s="15">
         <v>144949</v>
       </c>
       <c r="H24" s="15">
         <v>165244</v>
       </c>
       <c r="I24" s="15">
         <v>0</v>
       </c>
       <c r="J24" s="15">
         <v>0</v>
       </c>
       <c r="K24" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L24" s="15">
+        <v>0</v>
+      </c>
+      <c r="M24" s="15">
+        <v>0</v>
+      </c>
+      <c r="N24" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A25" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="15">
         <v>0</v>
       </c>
       <c r="C25" s="15">
         <v>0</v>
       </c>
       <c r="D25" s="15">
         <v>0</v>
       </c>
       <c r="E25" s="15">
         <v>0</v>
       </c>
       <c r="F25" s="15">
         <v>0</v>
       </c>
       <c r="G25" s="15">
         <v>308191</v>
       </c>
       <c r="H25" s="15">
         <v>355794</v>
       </c>
       <c r="I25" s="15">
         <v>359731</v>
       </c>
       <c r="J25" s="15">
         <v>0</v>
       </c>
       <c r="K25" s="15">
         <v>0</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L25" s="15">
+        <v>0</v>
+      </c>
+      <c r="M25" s="15">
+        <v>0</v>
+      </c>
+      <c r="N25" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="15">
         <v>0</v>
       </c>
       <c r="C26" s="15">
         <v>0</v>
       </c>
       <c r="D26" s="15">
         <v>0</v>
       </c>
       <c r="E26" s="15">
         <v>0</v>
       </c>
       <c r="F26" s="15">
         <v>0</v>
       </c>
       <c r="G26" s="15">
         <v>0</v>
       </c>
       <c r="H26" s="15">
         <v>0</v>
       </c>
       <c r="I26" s="15">
         <v>206254</v>
       </c>
       <c r="J26" s="15">
         <v>453399</v>
       </c>
       <c r="K26" s="15">
         <v>68519</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L26" s="15">
+        <v>0</v>
+      </c>
+      <c r="M26" s="15">
+        <v>0</v>
+      </c>
+      <c r="N26" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="15">
         <v>0</v>
       </c>
       <c r="C27" s="15">
         <v>0</v>
       </c>
       <c r="D27" s="15">
         <v>0</v>
       </c>
       <c r="E27" s="15">
         <v>0</v>
       </c>
       <c r="F27" s="15">
         <v>0</v>
       </c>
       <c r="G27" s="15">
         <v>0</v>
       </c>
       <c r="H27" s="15">
         <v>0</v>
       </c>
       <c r="I27" s="15">
         <v>95251</v>
       </c>
       <c r="J27" s="15">
         <v>172265</v>
       </c>
       <c r="K27" s="15">
         <v>31708</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L27" s="15">
+        <v>0</v>
+      </c>
+      <c r="M27" s="15">
+        <v>0</v>
+      </c>
+      <c r="N27" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="15">
         <v>1855580</v>
       </c>
       <c r="C28" s="15">
         <v>2333722</v>
       </c>
       <c r="D28" s="15">
         <v>2511990</v>
       </c>
       <c r="E28" s="15">
         <v>2443765</v>
       </c>
       <c r="F28" s="15">
         <v>2417832</v>
       </c>
       <c r="G28" s="15">
         <v>467526</v>
       </c>
       <c r="H28" s="15">
         <v>584703</v>
       </c>
       <c r="I28" s="15">
         <v>742002</v>
       </c>
       <c r="J28" s="15">
         <v>1039998</v>
       </c>
       <c r="K28" s="15">
         <v>97726</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="L28" s="15">
+        <v>0</v>
+      </c>
+      <c r="M28" s="15">
+        <v>0</v>
+      </c>
+      <c r="N28" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="14"/>
-    </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L29" s="14"/>
+      <c r="M29" s="14"/>
+      <c r="N29" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A30" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B30" s="15">
         <v>5498032</v>
       </c>
       <c r="C30" s="15">
         <v>6055463</v>
       </c>
       <c r="D30" s="15">
         <v>7894473</v>
       </c>
       <c r="E30" s="15">
         <v>7771131</v>
       </c>
       <c r="F30" s="15">
         <v>8663256</v>
       </c>
       <c r="G30" s="15">
         <v>7635883</v>
       </c>
       <c r="H30" s="15">
         <v>6718561</v>
       </c>
       <c r="I30" s="15">
         <v>6424613</v>
       </c>
       <c r="J30" s="15">
         <v>6377433</v>
       </c>
       <c r="K30" s="15">
         <v>1231884</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L30" s="15">
+        <v>0</v>
+      </c>
+      <c r="M30" s="15">
+        <v>0</v>
+      </c>
+      <c r="N30" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="15">
         <v>3700513</v>
       </c>
       <c r="C31" s="15">
         <v>4695864</v>
       </c>
       <c r="D31" s="15">
         <v>6283703</v>
       </c>
       <c r="E31" s="15">
         <v>6224513</v>
       </c>
       <c r="F31" s="15">
         <v>6822680</v>
       </c>
       <c r="G31" s="15">
         <v>5288629</v>
       </c>
       <c r="H31" s="15">
         <v>3744868</v>
       </c>
       <c r="I31" s="15">
         <v>3634577</v>
       </c>
       <c r="J31" s="15">
         <v>4214800</v>
       </c>
       <c r="K31" s="15">
         <v>892605</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L31" s="15">
+        <v>0</v>
+      </c>
+      <c r="M31" s="15">
+        <v>0</v>
+      </c>
+      <c r="N31" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A32" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="15">
         <v>3308289</v>
       </c>
       <c r="C32" s="15">
         <v>3906600</v>
       </c>
       <c r="D32" s="15">
         <v>3976840</v>
       </c>
       <c r="E32" s="15">
         <v>3419090</v>
       </c>
       <c r="F32" s="15">
         <v>4358252</v>
       </c>
       <c r="G32" s="15">
         <v>3847208</v>
       </c>
       <c r="H32" s="15">
         <v>4360498</v>
       </c>
       <c r="I32" s="15">
         <v>4344432</v>
       </c>
       <c r="J32" s="15">
         <v>4544303</v>
       </c>
       <c r="K32" s="15">
         <v>710447</v>
       </c>
-    </row>
-    <row r="33" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L32" s="15">
+        <v>0</v>
+      </c>
+      <c r="M32" s="15">
+        <v>0</v>
+      </c>
+      <c r="N32" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A33" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B33" s="15">
         <v>2920835</v>
       </c>
       <c r="C33" s="15">
         <v>3295804</v>
       </c>
       <c r="D33" s="15">
         <v>3687406</v>
       </c>
       <c r="E33" s="15">
         <v>2970856</v>
       </c>
       <c r="F33" s="15">
         <v>4122125</v>
       </c>
       <c r="G33" s="15">
         <v>7765822</v>
       </c>
       <c r="H33" s="15">
         <v>11394514</v>
       </c>
       <c r="I33" s="15">
         <v>14170718</v>
       </c>
       <c r="J33" s="15">
         <v>14900757</v>
       </c>
       <c r="K33" s="15">
         <v>2215103</v>
       </c>
-    </row>
-    <row r="34" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L33" s="15">
+        <v>0</v>
+      </c>
+      <c r="M33" s="15">
+        <v>0</v>
+      </c>
+      <c r="N33" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B34" s="15">
         <v>130428</v>
       </c>
       <c r="C34" s="15">
         <v>224644</v>
       </c>
       <c r="D34" s="15">
         <v>228569</v>
       </c>
       <c r="E34" s="15">
         <v>173471</v>
       </c>
       <c r="F34" s="15">
         <v>182177</v>
       </c>
       <c r="G34" s="15">
         <v>496132</v>
       </c>
       <c r="H34" s="15">
         <v>291137</v>
       </c>
       <c r="I34" s="15">
         <v>245181</v>
       </c>
       <c r="J34" s="15">
         <v>171623</v>
       </c>
       <c r="K34" s="15">
         <v>31014</v>
       </c>
-    </row>
-    <row r="35" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L34" s="15">
+        <v>0</v>
+      </c>
+      <c r="M34" s="15">
+        <v>0</v>
+      </c>
+      <c r="N34" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B35" s="15">
         <v>64032</v>
       </c>
       <c r="C35" s="15">
         <v>82824</v>
       </c>
       <c r="D35" s="15">
         <v>59764</v>
       </c>
       <c r="E35" s="15">
         <v>76635</v>
       </c>
       <c r="F35" s="15">
         <v>131287</v>
       </c>
       <c r="G35" s="15">
         <v>126245</v>
       </c>
       <c r="H35" s="15">
         <v>133516</v>
       </c>
       <c r="I35" s="15">
         <v>135133</v>
       </c>
       <c r="J35" s="15">
         <v>138503</v>
       </c>
       <c r="K35" s="15">
         <v>19192</v>
       </c>
-    </row>
-    <row r="36" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L35" s="15">
+        <v>0</v>
+      </c>
+      <c r="M35" s="15">
+        <v>0</v>
+      </c>
+      <c r="N35" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B36" s="15">
         <v>1202114</v>
       </c>
       <c r="C36" s="15">
         <v>1411317</v>
       </c>
       <c r="D36" s="15">
         <v>1387823</v>
       </c>
       <c r="E36" s="15">
         <v>1230005</v>
       </c>
       <c r="F36" s="15">
         <v>1733063</v>
       </c>
       <c r="G36" s="15">
         <v>1711070</v>
       </c>
       <c r="H36" s="15">
         <v>1536175</v>
       </c>
       <c r="I36" s="15">
         <v>1780588</v>
       </c>
       <c r="J36" s="15">
         <v>1649613</v>
       </c>
       <c r="K36" s="15">
         <v>195313</v>
       </c>
-    </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L36" s="15">
+        <v>0</v>
+      </c>
+      <c r="M36" s="15">
+        <v>0</v>
+      </c>
+      <c r="N36" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A37" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B37" s="15">
         <v>2041666</v>
       </c>
       <c r="C37" s="15">
         <v>2324589</v>
       </c>
       <c r="D37" s="15">
         <v>2590935</v>
       </c>
       <c r="E37" s="15">
         <v>2447030</v>
       </c>
       <c r="F37" s="15">
         <v>3341153</v>
       </c>
       <c r="G37" s="15">
         <v>4609452</v>
       </c>
       <c r="H37" s="15">
         <v>6011068</v>
       </c>
       <c r="I37" s="15">
         <v>5775952</v>
       </c>
       <c r="J37" s="15">
         <v>6029090</v>
       </c>
       <c r="K37" s="15">
         <v>1012405</v>
       </c>
-    </row>
-    <row r="38" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L37" s="15">
+        <v>0</v>
+      </c>
+      <c r="M37" s="15">
+        <v>0</v>
+      </c>
+      <c r="N37" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A38" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="15">
         <v>356451</v>
       </c>
       <c r="C38" s="15">
         <v>350161</v>
       </c>
       <c r="D38" s="15">
         <v>435460</v>
       </c>
       <c r="E38" s="15">
         <v>495700</v>
       </c>
       <c r="F38" s="15">
         <v>566085</v>
       </c>
       <c r="G38" s="15">
         <v>965670</v>
       </c>
       <c r="H38" s="15">
         <v>1379703</v>
       </c>
       <c r="I38" s="15">
         <v>1642022</v>
       </c>
       <c r="J38" s="15">
         <v>1875368</v>
       </c>
       <c r="K38" s="15">
         <v>415295</v>
       </c>
-    </row>
-    <row r="39" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L38" s="15">
+        <v>0</v>
+      </c>
+      <c r="M38" s="15">
+        <v>0</v>
+      </c>
+      <c r="N38" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B39" s="15">
         <v>8110</v>
       </c>
       <c r="C39" s="15">
         <v>6637</v>
       </c>
       <c r="D39" s="15">
         <v>1752</v>
       </c>
       <c r="E39" s="15">
         <v>1252</v>
       </c>
       <c r="F39" s="15">
         <v>3107</v>
       </c>
       <c r="G39" s="15">
         <v>65218</v>
       </c>
       <c r="H39" s="15">
         <v>21076</v>
       </c>
       <c r="I39" s="15">
         <v>23167</v>
       </c>
       <c r="J39" s="15">
         <v>13278</v>
       </c>
       <c r="K39" s="15">
         <v>1628</v>
       </c>
-    </row>
-    <row r="40" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L39" s="15">
+        <v>0</v>
+      </c>
+      <c r="M39" s="15">
+        <v>0</v>
+      </c>
+      <c r="N39" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A40" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="15">
         <v>0</v>
       </c>
       <c r="C40" s="15">
         <v>0</v>
       </c>
       <c r="D40" s="15">
         <v>0</v>
       </c>
       <c r="E40" s="15">
         <v>0</v>
       </c>
       <c r="F40" s="15">
         <v>0</v>
       </c>
       <c r="G40" s="15">
         <v>18259</v>
       </c>
       <c r="H40" s="15">
         <v>862</v>
       </c>
       <c r="I40" s="15">
         <v>1811</v>
       </c>
       <c r="J40" s="15">
         <v>1483</v>
       </c>
       <c r="K40" s="15">
         <v>307</v>
       </c>
-    </row>
-    <row r="41" spans="1:11" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="L40" s="15">
+        <v>0</v>
+      </c>
+      <c r="M40" s="15">
+        <v>0</v>
+      </c>
+      <c r="N40" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B41" s="17">
         <v>9.64</v>
       </c>
       <c r="C41" s="17">
         <v>10.02</v>
       </c>
       <c r="D41" s="17">
         <v>9.85</v>
       </c>
       <c r="E41" s="17">
         <v>9.83</v>
       </c>
       <c r="F41" s="17">
         <v>9.4700000000000006</v>
       </c>
       <c r="G41" s="17">
         <v>9.56</v>
       </c>
       <c r="H41" s="17">
         <v>9.52</v>
       </c>
       <c r="I41" s="17">
         <v>9.2899999999999991</v>
       </c>
       <c r="J41" s="17">
         <v>9.26</v>
       </c>
       <c r="K41" s="17">
         <v>12.54</v>
       </c>
-    </row>
-    <row r="42" spans="1:11" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="L41" s="17">
+        <v>43.32</v>
+      </c>
+      <c r="M41" s="17">
+        <v>12.4</v>
+      </c>
+      <c r="N41" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="17">
         <v>4187.12</v>
       </c>
       <c r="C42" s="17">
         <v>4392.8100000000004</v>
       </c>
       <c r="D42" s="17">
         <v>4616.49</v>
       </c>
       <c r="E42" s="17">
         <v>4808.92</v>
       </c>
       <c r="F42" s="17">
         <v>5142.18</v>
       </c>
       <c r="G42" s="17">
         <v>5237.62</v>
       </c>
       <c r="H42" s="17">
         <v>5404.1</v>
       </c>
       <c r="I42" s="17">
         <v>5289.72</v>
       </c>
       <c r="J42" s="17">
         <v>5172.2899999999991</v>
       </c>
       <c r="K42" s="17">
         <v>3738.38</v>
       </c>
-    </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L42" s="17">
+        <v>2310.59</v>
+      </c>
+      <c r="M42" s="17">
+        <v>3510.51</v>
+      </c>
+      <c r="N42" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="B43" s="18">
         <v>1255.79</v>
       </c>
       <c r="C43" s="18">
         <v>1311.53</v>
       </c>
       <c r="D43" s="18">
         <v>1386.49</v>
       </c>
       <c r="E43" s="18">
         <v>1450.04</v>
       </c>
       <c r="F43" s="18">
         <v>1526.39</v>
       </c>
       <c r="G43" s="18">
         <v>1529.99</v>
       </c>
       <c r="H43" s="18">
         <v>1555.6</v>
       </c>
       <c r="I43" s="18">
         <v>1506.98</v>
       </c>
       <c r="J43" s="18">
         <v>1473.1</v>
       </c>
       <c r="K43" s="18">
         <v>1250.18</v>
       </c>
-    </row>
-    <row r="44" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L43" s="15">
+        <v>0</v>
+      </c>
+      <c r="M43" s="15">
+        <v>0</v>
+      </c>
+      <c r="N43" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A44" s="6" t="s">
         <v>41</v>
       </c>
       <c r="B44" s="18">
         <v>784.43</v>
       </c>
       <c r="C44" s="18">
         <v>821.01</v>
       </c>
       <c r="D44" s="18">
         <v>879.84</v>
       </c>
       <c r="E44" s="18">
         <v>935.1</v>
       </c>
       <c r="F44" s="18">
         <v>999.5</v>
       </c>
       <c r="G44" s="18">
         <v>1049.28</v>
       </c>
       <c r="H44" s="18">
         <v>1110.07</v>
       </c>
       <c r="I44" s="18">
         <v>1118.19</v>
       </c>
       <c r="J44" s="18">
         <v>1094.5899999999999</v>
       </c>
       <c r="K44" s="18">
         <v>854.99</v>
       </c>
-    </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L44" s="15">
+        <v>0</v>
+      </c>
+      <c r="M44" s="15">
+        <v>0</v>
+      </c>
+      <c r="N44" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A45" s="6" t="s">
         <v>42</v>
       </c>
       <c r="B45" s="18">
         <v>157.63999999999999</v>
       </c>
       <c r="C45" s="18">
         <v>171.19</v>
       </c>
       <c r="D45" s="18">
         <v>184.67</v>
       </c>
       <c r="E45" s="18">
         <v>183.05</v>
       </c>
       <c r="F45" s="18">
         <v>197.08</v>
       </c>
       <c r="G45" s="18">
         <v>200.17</v>
       </c>
       <c r="H45" s="18">
         <v>209.03</v>
       </c>
       <c r="I45" s="18">
         <v>203.61</v>
       </c>
       <c r="J45" s="18">
         <v>201.5</v>
       </c>
       <c r="K45" s="18">
         <v>123.53</v>
       </c>
-    </row>
-    <row r="46" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L45" s="15">
+        <v>0</v>
+      </c>
+      <c r="M45" s="15">
+        <v>0</v>
+      </c>
+      <c r="N45" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A46" s="6" t="s">
         <v>43</v>
       </c>
       <c r="B46" s="18">
         <v>434.16</v>
       </c>
       <c r="C46" s="18">
         <v>451.36</v>
       </c>
       <c r="D46" s="18">
         <v>470.24</v>
       </c>
       <c r="E46" s="18">
         <v>488.7</v>
       </c>
       <c r="F46" s="18">
         <v>511.09</v>
       </c>
       <c r="G46" s="18">
         <v>526.5</v>
       </c>
       <c r="H46" s="18">
         <v>529.61</v>
       </c>
       <c r="I46" s="18">
         <v>518.24</v>
       </c>
       <c r="J46" s="18">
         <v>504.65</v>
       </c>
       <c r="K46" s="18">
         <v>399.92</v>
       </c>
-    </row>
-    <row r="47" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L46" s="15">
+        <v>0</v>
+      </c>
+      <c r="M46" s="15">
+        <v>0</v>
+      </c>
+      <c r="N46" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="B47" s="18">
         <v>1001.67</v>
       </c>
       <c r="C47" s="18">
         <v>1048.6099999999999</v>
       </c>
       <c r="D47" s="18">
         <v>1093.27</v>
       </c>
       <c r="E47" s="18">
         <v>1141.76</v>
       </c>
       <c r="F47" s="18">
         <v>1250.8</v>
       </c>
       <c r="G47" s="18">
         <v>1278.2</v>
       </c>
       <c r="H47" s="18">
         <v>1331.23</v>
       </c>
       <c r="I47" s="18">
         <v>1284.55</v>
       </c>
       <c r="J47" s="18">
         <v>1256.8699999999999</v>
       </c>
       <c r="K47" s="18">
         <v>715.8</v>
       </c>
-    </row>
-    <row r="48" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L47" s="15">
+        <v>0</v>
+      </c>
+      <c r="M47" s="15">
+        <v>0</v>
+      </c>
+      <c r="N47" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A48" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B48" s="18">
         <v>487.86</v>
       </c>
       <c r="C48" s="18">
         <v>522.66</v>
       </c>
       <c r="D48" s="18">
         <v>540.54</v>
       </c>
       <c r="E48" s="18">
         <v>549.4</v>
       </c>
       <c r="F48" s="18">
         <v>587.42999999999995</v>
       </c>
       <c r="G48" s="18">
         <v>579.01</v>
       </c>
       <c r="H48" s="18">
         <v>583.30999999999995</v>
       </c>
       <c r="I48" s="18">
         <v>481.36</v>
       </c>
       <c r="J48" s="18">
         <v>467.17</v>
       </c>
       <c r="K48" s="18">
         <v>254.94</v>
       </c>
-    </row>
-    <row r="49" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L48" s="15">
+        <v>0</v>
+      </c>
+      <c r="M48" s="15">
+        <v>0</v>
+      </c>
+      <c r="N48" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A49" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B49" s="15">
         <v>0</v>
       </c>
       <c r="C49" s="15">
         <v>0</v>
       </c>
       <c r="D49" s="15">
         <v>0</v>
       </c>
       <c r="E49" s="15">
         <v>0</v>
       </c>
       <c r="F49" s="15">
         <v>0</v>
       </c>
       <c r="G49" s="15">
         <v>0</v>
       </c>
       <c r="H49" s="15">
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <v>90.85</v>
       </c>
       <c r="J49" s="18">
         <v>94.9</v>
       </c>
       <c r="K49" s="18">
         <v>86.89</v>
       </c>
-    </row>
-    <row r="50" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L49" s="15">
+        <v>0</v>
+      </c>
+      <c r="M49" s="15">
+        <v>0</v>
+      </c>
+      <c r="N49" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A50" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B50" s="18">
         <v>65.569999999999993</v>
       </c>
       <c r="C50" s="18">
         <v>66.45</v>
       </c>
       <c r="D50" s="18">
         <v>61.44</v>
       </c>
       <c r="E50" s="18">
         <v>60.87</v>
       </c>
       <c r="F50" s="18">
         <v>69.89</v>
       </c>
       <c r="G50" s="18">
         <v>74.47</v>
       </c>
       <c r="H50" s="18">
         <v>85.25</v>
       </c>
       <c r="I50" s="18">
         <v>85.94</v>
       </c>
       <c r="J50" s="18">
         <v>79.510000000000005</v>
       </c>
       <c r="K50" s="18">
         <v>52.13</v>
       </c>
-    </row>
-    <row r="51" spans="1:11" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="L50" s="15">
+        <v>0</v>
+      </c>
+      <c r="M50" s="15">
+        <v>0</v>
+      </c>
+      <c r="N50" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A51" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="17">
         <v>776217.2</v>
       </c>
       <c r="C51" s="17">
         <v>983928.36</v>
       </c>
       <c r="D51" s="17">
         <v>1207145.82</v>
       </c>
       <c r="E51" s="17">
         <v>1172798.17</v>
       </c>
       <c r="F51" s="17">
         <v>1457150.28</v>
       </c>
       <c r="G51" s="17">
         <v>1633154.68</v>
       </c>
       <c r="H51" s="17">
         <v>1831104.99</v>
       </c>
       <c r="I51" s="17">
         <v>1876136.9</v>
       </c>
       <c r="J51" s="17">
         <v>1911807.95</v>
       </c>
       <c r="K51" s="17">
         <v>355367.43</v>
       </c>
-    </row>
-    <row r="52" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L51" s="17">
+        <v>74192.800000000003</v>
+      </c>
+      <c r="M51" s="17">
+        <v>481671.29</v>
+      </c>
+      <c r="N51" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A52" s="9"/>
       <c r="B52" s="10"/>
       <c r="C52" s="10"/>
       <c r="D52" s="10"/>
       <c r="E52" s="10"/>
       <c r="F52" s="10"/>
       <c r="G52" s="10"/>
       <c r="H52" s="10"/>
       <c r="I52" s="10"/>
       <c r="J52" s="10"/>
       <c r="K52" s="10"/>
-    </row>
-    <row r="53" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L52" s="10"/>
+      <c r="M52" s="10"/>
+      <c r="N52" s="10"/>
+    </row>
+    <row r="53" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A53" s="19" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
     </row>
-    <row r="54" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A54" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A55" s="11" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="55" spans="1:11" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-    <row r="56" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A56" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">