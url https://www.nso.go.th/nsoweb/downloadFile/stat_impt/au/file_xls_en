--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94BA5F75-1C97-42C1-9800-E516622CB695}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E9263EC-B10F-4F7E-A1D5-AA0815F10EE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="12240" yWindow="345" windowWidth="12210" windowHeight="12780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="27">
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
@@ -121,51 +121,51 @@
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Millions of Baht</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Bank of Thailand, Ministry of Finance  </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">    Total</t>
   </si>
   <si>
-    <t>Commercial Banks' Purchases and Sales of Foreign Exchange: 2013 - 2023</t>
+    <t>Commercial Banks' Purchases and Sales of Foreign Exchange: 2013 - 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -647,1086 +647,1161 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:O28"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
-    <col min="4" max="14" width="12.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="15" max="16384" width="9.140625" style="1"/>
+    <col min="4" max="15" width="12.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="4" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="2" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:14" s="19" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" s="19" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="17" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="17" t="s">
         <v>1</v>
       </c>
       <c r="F3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="G3" s="17" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="17" t="s">
         <v>4</v>
       </c>
       <c r="I3" s="18" t="s">
         <v>5</v>
       </c>
       <c r="J3" s="18">
         <v>2019</v>
       </c>
       <c r="K3" s="18">
         <v>2020</v>
       </c>
       <c r="L3" s="18">
         <v>2021</v>
       </c>
       <c r="M3" s="18">
         <v>2022</v>
       </c>
       <c r="N3" s="18">
         <v>2023</v>
       </c>
-    </row>
-    <row r="4" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O3" s="18">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="21" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="23" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="9">
         <v>19855935</v>
       </c>
       <c r="E4" s="9">
         <v>19285798</v>
       </c>
       <c r="F4" s="9">
         <v>22869196</v>
       </c>
       <c r="G4" s="9">
         <v>21386008</v>
       </c>
       <c r="H4" s="9">
         <v>24810174</v>
       </c>
       <c r="I4" s="10">
         <v>30827325</v>
       </c>
       <c r="J4" s="10">
         <v>34907646</v>
       </c>
       <c r="K4" s="10">
         <v>31349398</v>
       </c>
       <c r="L4" s="10">
         <v>27261784</v>
       </c>
       <c r="M4" s="10">
         <v>32615233</v>
       </c>
       <c r="N4" s="10">
         <v>33232333</v>
       </c>
-    </row>
-    <row r="5" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O4" s="10">
+        <v>38682094</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="22"/>
       <c r="B5" s="24"/>
       <c r="C5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="11">
         <v>17873801</v>
       </c>
       <c r="E5" s="11">
         <v>17064108</v>
       </c>
       <c r="F5" s="11">
         <v>12322529</v>
       </c>
       <c r="G5" s="11">
         <v>19088718</v>
       </c>
       <c r="H5" s="11">
         <v>22108618</v>
       </c>
       <c r="I5" s="12">
         <v>28407684</v>
       </c>
       <c r="J5" s="12">
         <v>31959745</v>
       </c>
       <c r="K5" s="12">
         <v>28379044</v>
       </c>
       <c r="L5" s="12">
         <v>24515528</v>
       </c>
       <c r="M5" s="12">
         <v>29736273</v>
       </c>
       <c r="N5" s="12">
         <v>30309961</v>
       </c>
-    </row>
-    <row r="6" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O5" s="12">
+        <v>35130325</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="22"/>
       <c r="B6" s="24"/>
       <c r="C6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="11">
         <v>69596</v>
       </c>
       <c r="E6" s="11">
         <v>82990</v>
       </c>
       <c r="F6" s="11">
         <v>77790</v>
       </c>
       <c r="G6" s="11">
         <v>68420</v>
       </c>
       <c r="H6" s="11">
         <v>75681</v>
       </c>
       <c r="I6" s="12">
         <v>71496</v>
       </c>
       <c r="J6" s="12">
         <v>134272</v>
       </c>
       <c r="K6" s="12">
         <v>196574</v>
       </c>
       <c r="L6" s="12">
         <v>81759</v>
       </c>
       <c r="M6" s="12">
         <v>637771</v>
       </c>
       <c r="N6" s="12">
         <v>1087289</v>
       </c>
-    </row>
-    <row r="7" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O6" s="12">
+        <v>1463501</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="22"/>
       <c r="B7" s="24"/>
       <c r="C7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="11">
         <v>446401</v>
       </c>
       <c r="E7" s="11">
         <v>451442</v>
       </c>
       <c r="F7" s="11">
         <v>300008</v>
       </c>
       <c r="G7" s="11">
         <v>828767</v>
       </c>
       <c r="H7" s="11">
         <v>1023691</v>
       </c>
       <c r="I7" s="12">
         <v>1021015</v>
       </c>
       <c r="J7" s="12">
         <v>1192020</v>
       </c>
       <c r="K7" s="12">
         <v>1398843</v>
       </c>
       <c r="L7" s="12">
         <v>1357632</v>
       </c>
       <c r="M7" s="12">
         <v>1445646</v>
       </c>
       <c r="N7" s="12">
         <v>969598</v>
       </c>
-    </row>
-    <row r="8" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O7" s="12">
+        <v>1027761</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="22"/>
       <c r="B8" s="24"/>
       <c r="C8" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="11">
         <v>731708</v>
       </c>
       <c r="E8" s="11">
         <v>745150</v>
       </c>
       <c r="F8" s="11">
         <v>571761</v>
       </c>
       <c r="G8" s="11">
         <v>662031</v>
       </c>
       <c r="H8" s="11">
         <v>601476</v>
       </c>
       <c r="I8" s="12">
         <v>524224</v>
       </c>
       <c r="J8" s="12">
         <v>655956</v>
       </c>
       <c r="K8" s="12">
         <v>641055</v>
       </c>
       <c r="L8" s="12">
         <v>613452</v>
       </c>
       <c r="M8" s="12">
         <v>94246</v>
       </c>
       <c r="N8" s="12">
         <v>88611</v>
       </c>
-    </row>
-    <row r="9" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O8" s="12">
+        <v>94759</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="22"/>
       <c r="B9" s="24"/>
       <c r="C9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="11">
         <v>72203</v>
       </c>
       <c r="E9" s="11">
         <v>131686</v>
       </c>
       <c r="F9" s="11">
         <v>57632</v>
       </c>
       <c r="G9" s="11">
         <v>51091</v>
       </c>
       <c r="H9" s="11">
         <v>279772</v>
       </c>
       <c r="I9" s="12">
         <v>160545</v>
       </c>
       <c r="J9" s="12">
         <v>263582</v>
       </c>
       <c r="K9" s="12">
         <v>125325</v>
       </c>
       <c r="L9" s="12">
         <v>159084</v>
       </c>
       <c r="M9" s="12">
         <v>188755</v>
       </c>
       <c r="N9" s="12">
         <v>164843</v>
       </c>
-    </row>
-    <row r="10" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O9" s="12">
+        <v>222141</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="22"/>
       <c r="B10" s="24"/>
       <c r="C10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="11">
         <v>1589</v>
       </c>
       <c r="E10" s="11">
         <v>2773</v>
       </c>
       <c r="F10" s="11">
         <v>54812</v>
       </c>
       <c r="G10" s="11">
         <v>1506</v>
       </c>
       <c r="H10" s="11">
         <v>13726</v>
       </c>
       <c r="I10" s="12">
         <v>26283</v>
       </c>
       <c r="J10" s="12">
         <v>11428</v>
       </c>
       <c r="K10" s="12">
         <v>14454</v>
       </c>
       <c r="L10" s="12">
         <v>3954</v>
       </c>
       <c r="M10" s="12">
         <v>162811</v>
       </c>
       <c r="N10" s="12">
         <v>72546</v>
       </c>
-    </row>
-    <row r="11" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O10" s="12">
+        <v>97584</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="22"/>
       <c r="B11" s="24"/>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="11">
         <v>87399</v>
       </c>
       <c r="E11" s="11">
         <v>71018</v>
       </c>
       <c r="F11" s="11">
         <v>83103</v>
       </c>
       <c r="G11" s="11">
         <v>91928</v>
       </c>
       <c r="H11" s="11">
         <v>110576</v>
       </c>
       <c r="I11" s="12">
         <v>116867</v>
       </c>
       <c r="J11" s="12">
         <v>194737</v>
       </c>
       <c r="K11" s="12">
         <v>225287</v>
       </c>
       <c r="L11" s="12">
         <v>192492</v>
       </c>
       <c r="M11" s="12">
         <v>5393</v>
       </c>
       <c r="N11" s="12">
         <v>10416</v>
       </c>
-    </row>
-    <row r="12" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O11" s="12">
+        <v>11090</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="22"/>
       <c r="B12" s="24"/>
       <c r="C12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="11">
         <v>84900</v>
       </c>
       <c r="E12" s="11">
         <v>524884</v>
       </c>
       <c r="F12" s="11">
         <v>300256</v>
       </c>
       <c r="G12" s="11">
         <v>112010</v>
       </c>
       <c r="H12" s="11">
         <v>102154</v>
       </c>
       <c r="I12" s="12">
         <v>135675</v>
       </c>
       <c r="J12" s="12">
         <v>148835</v>
       </c>
       <c r="K12" s="12">
         <v>102166</v>
       </c>
       <c r="L12" s="12">
         <v>117811</v>
       </c>
       <c r="M12" s="12">
         <v>117616</v>
       </c>
       <c r="N12" s="12">
         <v>229564</v>
       </c>
-    </row>
-    <row r="13" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O12" s="12">
+        <v>317411</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="22"/>
       <c r="B13" s="24"/>
       <c r="C13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="11">
         <v>488338</v>
       </c>
       <c r="E13" s="11">
         <v>211747</v>
       </c>
       <c r="F13" s="11">
         <v>10580613</v>
       </c>
       <c r="G13" s="11">
         <v>481538</v>
       </c>
       <c r="H13" s="11">
         <v>494480</v>
       </c>
       <c r="I13" s="12">
         <v>363536</v>
       </c>
       <c r="J13" s="12">
         <v>347072</v>
       </c>
       <c r="K13" s="12">
         <v>266650</v>
       </c>
       <c r="L13" s="12">
         <v>220072</v>
       </c>
       <c r="M13" s="12">
         <v>226722</v>
       </c>
       <c r="N13" s="12">
         <v>299505</v>
       </c>
-    </row>
-    <row r="14" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O13" s="12">
+        <v>317522</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="22"/>
       <c r="B14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="9">
         <v>11129167</v>
       </c>
       <c r="E14" s="9">
         <v>11125154</v>
       </c>
       <c r="F14" s="9">
         <v>14551928</v>
       </c>
       <c r="G14" s="9">
         <v>14021313</v>
       </c>
       <c r="H14" s="9">
         <v>15879323</v>
       </c>
       <c r="I14" s="10">
         <v>18535641</v>
       </c>
       <c r="J14" s="10">
         <v>21245910</v>
       </c>
       <c r="K14" s="10">
         <v>19247230</v>
       </c>
       <c r="L14" s="10">
         <v>17426689</v>
       </c>
       <c r="M14" s="10">
         <v>21223607</v>
       </c>
       <c r="N14" s="10">
         <v>21269520</v>
       </c>
-    </row>
-    <row r="15" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O14" s="10">
+        <v>26068114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="22"/>
       <c r="B15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="9">
         <v>8726768</v>
       </c>
       <c r="E15" s="9">
         <v>8160644</v>
       </c>
       <c r="F15" s="9">
         <v>9056922</v>
       </c>
       <c r="G15" s="9">
         <v>7364693</v>
       </c>
       <c r="H15" s="9">
         <v>8930851</v>
       </c>
       <c r="I15" s="10">
         <v>12291684</v>
       </c>
       <c r="J15" s="10">
         <v>13661736</v>
       </c>
       <c r="K15" s="10">
         <v>12102168</v>
       </c>
       <c r="L15" s="10">
         <v>9835095</v>
       </c>
       <c r="M15" s="10">
         <v>11391626</v>
       </c>
       <c r="N15" s="10">
         <v>11962813</v>
       </c>
-    </row>
-    <row r="16" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O15" s="10">
+        <v>12613980</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D16" s="9">
         <v>19789005</v>
       </c>
       <c r="E16" s="9">
         <v>19123794</v>
       </c>
       <c r="F16" s="9">
         <v>22066487</v>
       </c>
       <c r="G16" s="9">
         <v>21770043</v>
       </c>
       <c r="H16" s="9">
         <v>25107518</v>
       </c>
       <c r="I16" s="10">
         <v>30656688</v>
       </c>
       <c r="J16" s="10">
         <v>35168566</v>
       </c>
       <c r="K16" s="10">
         <v>31230527</v>
       </c>
       <c r="L16" s="10">
         <v>27424693</v>
       </c>
       <c r="M16" s="10">
         <v>32145848</v>
       </c>
       <c r="N16" s="10">
         <v>33456219</v>
       </c>
-    </row>
-    <row r="17" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O16" s="10">
+        <v>38403481</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="22"/>
       <c r="B17" s="24"/>
       <c r="C17" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="11">
         <v>17424595</v>
       </c>
       <c r="E17" s="11">
         <v>16775970</v>
       </c>
       <c r="F17" s="11">
         <v>11884564</v>
       </c>
       <c r="G17" s="11">
         <v>18848198</v>
       </c>
       <c r="H17" s="11">
         <v>22226858</v>
       </c>
       <c r="I17" s="12">
         <v>27659047</v>
       </c>
       <c r="J17" s="12">
         <v>31488618</v>
       </c>
       <c r="K17" s="12">
         <v>28170191</v>
       </c>
       <c r="L17" s="12">
         <v>24223191</v>
       </c>
       <c r="M17" s="12">
         <v>28645256</v>
       </c>
       <c r="N17" s="12">
         <v>30027070</v>
       </c>
-    </row>
-    <row r="18" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O17" s="12">
+        <v>34216529</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="22"/>
       <c r="B18" s="24"/>
       <c r="C18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D18" s="11">
         <v>68171</v>
       </c>
       <c r="E18" s="11">
         <v>78216</v>
       </c>
       <c r="F18" s="11">
         <v>90927</v>
       </c>
       <c r="G18" s="11">
         <v>87533</v>
       </c>
       <c r="H18" s="11">
         <v>100805</v>
       </c>
       <c r="I18" s="12">
         <v>119946</v>
       </c>
       <c r="J18" s="12">
         <v>200217</v>
       </c>
       <c r="K18" s="12">
         <v>182439</v>
       </c>
       <c r="L18" s="12">
         <v>113871</v>
       </c>
       <c r="M18" s="12">
         <v>1158813</v>
       </c>
       <c r="N18" s="12">
         <v>1446195</v>
       </c>
-    </row>
-    <row r="19" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O18" s="12">
+        <v>1743374</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="22"/>
       <c r="B19" s="24"/>
       <c r="C19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="11">
         <v>504172</v>
       </c>
       <c r="E19" s="11">
         <v>490926</v>
       </c>
       <c r="F19" s="11">
         <v>418435</v>
       </c>
       <c r="G19" s="11">
         <v>1189016</v>
       </c>
       <c r="H19" s="11">
         <v>1075909</v>
       </c>
       <c r="I19" s="12">
         <v>1220365</v>
       </c>
       <c r="J19" s="12">
         <v>1544897</v>
       </c>
       <c r="K19" s="12">
         <v>1404033</v>
       </c>
       <c r="L19" s="12">
         <v>1519601</v>
       </c>
       <c r="M19" s="12">
         <v>1367541</v>
       </c>
       <c r="N19" s="12">
         <v>952556</v>
       </c>
-    </row>
-    <row r="20" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O19" s="12">
+        <v>1085373</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="22"/>
       <c r="B20" s="24"/>
       <c r="C20" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="11">
         <v>1029919</v>
       </c>
       <c r="E20" s="11">
         <v>1022805</v>
       </c>
       <c r="F20" s="11">
         <v>758290</v>
       </c>
       <c r="G20" s="11">
         <v>887454</v>
       </c>
       <c r="H20" s="11">
         <v>759517</v>
       </c>
       <c r="I20" s="12">
         <v>935406</v>
       </c>
       <c r="J20" s="12">
         <v>949725</v>
       </c>
       <c r="K20" s="12">
         <v>823157</v>
       </c>
       <c r="L20" s="12">
         <v>830390</v>
       </c>
       <c r="M20" s="12">
         <v>142679</v>
       </c>
       <c r="N20" s="12">
         <v>134795</v>
       </c>
-    </row>
-    <row r="21" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O20" s="12">
+        <v>128565</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="22"/>
       <c r="B21" s="24"/>
       <c r="C21" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="11">
         <v>96116</v>
       </c>
       <c r="E21" s="11">
         <v>90357</v>
       </c>
       <c r="F21" s="11">
         <v>63816</v>
       </c>
       <c r="G21" s="11">
         <v>36427</v>
       </c>
       <c r="H21" s="11">
         <v>298482</v>
       </c>
       <c r="I21" s="12">
         <v>162698</v>
       </c>
       <c r="J21" s="12">
         <v>226636</v>
       </c>
       <c r="K21" s="12">
         <v>83655</v>
       </c>
       <c r="L21" s="12">
         <v>170112</v>
       </c>
       <c r="M21" s="12">
         <v>225911</v>
       </c>
       <c r="N21" s="12">
         <v>231817</v>
       </c>
-    </row>
-    <row r="22" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O21" s="12">
+        <v>326619</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="22"/>
       <c r="B22" s="24"/>
       <c r="C22" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="11">
         <v>3278</v>
       </c>
       <c r="E22" s="11">
         <v>7548</v>
       </c>
       <c r="F22" s="11">
         <v>28669</v>
       </c>
       <c r="G22" s="11">
         <v>5840</v>
       </c>
       <c r="H22" s="11">
         <v>39882</v>
       </c>
       <c r="I22" s="12">
         <v>11815</v>
       </c>
       <c r="J22" s="12">
         <v>25778</v>
       </c>
       <c r="K22" s="12">
         <v>9231</v>
       </c>
       <c r="L22" s="12">
         <v>10813</v>
       </c>
       <c r="M22" s="12">
         <v>169179</v>
       </c>
       <c r="N22" s="12">
         <v>87737</v>
       </c>
-    </row>
-    <row r="23" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O22" s="12">
+        <v>103876</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="22"/>
       <c r="B23" s="24"/>
       <c r="C23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="11">
         <v>123254</v>
       </c>
       <c r="E23" s="11">
         <v>108229</v>
       </c>
       <c r="F23" s="11">
         <v>133204</v>
       </c>
       <c r="G23" s="11">
         <v>123966</v>
       </c>
       <c r="H23" s="11">
         <v>149630</v>
       </c>
       <c r="I23" s="12">
         <v>189514</v>
       </c>
       <c r="J23" s="12">
         <v>283856</v>
       </c>
       <c r="K23" s="12">
         <v>261644</v>
       </c>
       <c r="L23" s="12">
         <v>220272</v>
       </c>
       <c r="M23" s="12">
         <v>10403</v>
       </c>
       <c r="N23" s="12">
         <v>16785</v>
       </c>
-    </row>
-    <row r="24" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O23" s="12">
+        <v>19368</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="22"/>
       <c r="B24" s="24"/>
       <c r="C24" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D24" s="11">
         <v>255912</v>
       </c>
       <c r="E24" s="11">
         <v>455103</v>
       </c>
       <c r="F24" s="11">
         <v>186321</v>
       </c>
       <c r="G24" s="11">
         <v>117828</v>
       </c>
       <c r="H24" s="11">
         <v>72266</v>
       </c>
       <c r="I24" s="12">
         <v>97283</v>
       </c>
       <c r="J24" s="12">
         <v>121148</v>
       </c>
       <c r="K24" s="12">
         <v>118183</v>
       </c>
       <c r="L24" s="12">
         <v>186438</v>
       </c>
       <c r="M24" s="12">
         <v>209981</v>
       </c>
       <c r="N24" s="12">
         <v>309145</v>
       </c>
-    </row>
-    <row r="25" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O24" s="12">
+        <v>506663</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="22"/>
       <c r="B25" s="24"/>
       <c r="C25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="11">
         <v>283588</v>
       </c>
       <c r="E25" s="11">
         <v>94640</v>
       </c>
       <c r="F25" s="11">
         <v>10250757</v>
       </c>
       <c r="G25" s="11">
         <v>473779</v>
       </c>
       <c r="H25" s="11">
         <v>384169</v>
       </c>
       <c r="I25" s="12">
         <v>260614</v>
       </c>
       <c r="J25" s="12">
         <v>327690</v>
       </c>
       <c r="K25" s="12">
         <v>177994</v>
       </c>
       <c r="L25" s="12">
         <v>150005</v>
       </c>
       <c r="M25" s="12">
         <v>216085</v>
       </c>
       <c r="N25" s="12">
         <v>250119</v>
       </c>
-    </row>
-    <row r="26" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O25" s="12">
+        <v>273114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="22"/>
       <c r="B26" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="8"/>
       <c r="D26" s="9">
         <v>10831241</v>
       </c>
       <c r="E26" s="9">
         <v>10959952</v>
       </c>
       <c r="F26" s="9">
         <v>13834401</v>
       </c>
       <c r="G26" s="9">
         <v>14032390</v>
       </c>
       <c r="H26" s="9">
         <v>15901672</v>
       </c>
       <c r="I26" s="10">
         <v>18285781</v>
       </c>
       <c r="J26" s="10">
         <v>21276511</v>
       </c>
       <c r="K26" s="10">
         <v>18959785</v>
       </c>
       <c r="L26" s="10">
         <v>17450236</v>
       </c>
       <c r="M26" s="10">
         <v>20567616</v>
       </c>
       <c r="N26" s="10">
         <v>21180338</v>
       </c>
-    </row>
-    <row r="27" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O26" s="10">
+        <v>25592819</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="25"/>
       <c r="B27" s="20" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="13"/>
       <c r="D27" s="14">
         <v>8957764</v>
       </c>
       <c r="E27" s="14">
         <v>8163842</v>
       </c>
       <c r="F27" s="14">
         <v>9106334</v>
       </c>
       <c r="G27" s="14">
         <v>7737652</v>
       </c>
       <c r="H27" s="14">
         <v>9205846</v>
       </c>
       <c r="I27" s="15">
         <v>12370907</v>
       </c>
       <c r="J27" s="15">
         <v>13892054</v>
       </c>
       <c r="K27" s="15">
         <v>12270742</v>
       </c>
       <c r="L27" s="15">
         <v>9974457</v>
       </c>
       <c r="M27" s="15">
         <v>11578232</v>
       </c>
       <c r="N27" s="15">
         <v>12275881</v>
       </c>
-    </row>
-    <row r="28" spans="1:14" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O27" s="15">
+        <v>12810662</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A4:A15"/>
     <mergeCell ref="B4:B13"/>
     <mergeCell ref="A16:A27"/>
     <mergeCell ref="B16:B25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>