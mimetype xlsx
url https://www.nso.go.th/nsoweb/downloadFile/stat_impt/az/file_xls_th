--- v0 (2025-10-18)
+++ v1 (2026-02-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D0397F3B-88C8-4A6A-B70A-AD9204BE1CFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1D7112B0-703F-4827-9B84-CB059C0AFEB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
@@ -134,51 +134,51 @@
       <t xml:space="preserve">  1. ข้อมูลทั้งหมดสอดคล้องกับข้อมูลที่ได้รับจากสำนักงานคณะกรรมการกำกับหลักทรัพย์และตลาดหลักทรัพย์ และสมาคมตลาดตราสารหนี้ไทย</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">        ที่มา:  </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ธนาคารแห่งประเทศไทย กระทรวงการคลัง</t>
     </r>
   </si>
   <si>
-    <t>ตราสารหนี้ภาคเอกชนออกใหม่ จำแนกตามประเภทธุรกิจ พ.ศ. 2556 - 2566</t>
+    <t>ตราสารหนี้ภาคเอกชนออกใหม่ จำแนกตามประเภทธุรกิจ พ.ศ. 2556 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -611,538 +611,575 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L17"/>
+  <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39" style="1" customWidth="1"/>
-    <col min="2" max="12" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="13" max="16384" width="9.140625" style="1"/>
+    <col min="2" max="10" width="11.28515625" style="1" customWidth="1"/>
+    <col min="11" max="13" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="2" spans="1:12" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:13" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
     </row>
-    <row r="3" spans="1:12" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="14" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="15" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="15" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="15">
         <v>2562</v>
       </c>
       <c r="I3" s="15">
         <v>2563</v>
       </c>
       <c r="J3" s="15">
         <v>2564</v>
       </c>
       <c r="K3" s="15">
         <v>2565</v>
       </c>
       <c r="L3" s="15">
         <v>2566</v>
       </c>
-    </row>
-    <row r="4" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M3" s="15">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6">
         <v>1656169.2</v>
       </c>
       <c r="C4" s="6">
         <v>1751456.29</v>
       </c>
       <c r="D4" s="6">
         <v>1436910.36</v>
       </c>
       <c r="E4" s="6">
         <v>1721803.9</v>
       </c>
       <c r="F4" s="7">
         <v>1611904.74</v>
       </c>
       <c r="G4" s="7">
         <v>1644134.99</v>
       </c>
       <c r="H4" s="7">
         <v>1781214.8000000003</v>
       </c>
       <c r="I4" s="7">
         <v>1189971.02</v>
       </c>
       <c r="J4" s="7">
         <v>1609288.37</v>
       </c>
       <c r="K4" s="7">
         <v>2089482.9500000002</v>
       </c>
       <c r="L4" s="7">
         <v>2108068.5699999998</v>
       </c>
-    </row>
-    <row r="5" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M4" s="7">
+        <v>1652915.01</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="9">
         <v>56488</v>
       </c>
       <c r="C5" s="9">
         <v>48002</v>
       </c>
       <c r="D5" s="9">
         <v>90120</v>
       </c>
       <c r="E5" s="9">
         <v>86511</v>
       </c>
       <c r="F5" s="10">
         <v>96092</v>
       </c>
       <c r="G5" s="10">
         <v>60618.7</v>
       </c>
       <c r="H5" s="10">
         <v>51720.5</v>
       </c>
       <c r="I5" s="10">
         <v>85039.9</v>
       </c>
       <c r="J5" s="10">
         <v>73931.100000000006</v>
       </c>
       <c r="K5" s="10">
         <v>54140.399999999994</v>
       </c>
       <c r="L5" s="10">
         <v>74338.55</v>
       </c>
-    </row>
-    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M5" s="10">
+        <v>96404.59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="9">
         <v>49471.54</v>
       </c>
       <c r="C6" s="9">
         <v>41519.42</v>
       </c>
       <c r="D6" s="9">
         <v>139400</v>
       </c>
       <c r="E6" s="9">
         <v>196280</v>
       </c>
       <c r="F6" s="10">
         <v>193383</v>
       </c>
       <c r="G6" s="10">
         <v>235219.8</v>
       </c>
       <c r="H6" s="10">
         <v>241116.9</v>
       </c>
       <c r="I6" s="10">
         <v>122662.99999999999</v>
       </c>
       <c r="J6" s="10">
         <v>217222.38</v>
       </c>
       <c r="K6" s="10">
         <v>220656.5</v>
       </c>
       <c r="L6" s="10">
         <v>196471.8</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M6" s="10">
+        <v>136454.14000000001</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="9">
         <v>1085424.9099999999</v>
       </c>
       <c r="C7" s="9">
         <v>1085527.31</v>
       </c>
       <c r="D7" s="9">
         <v>611273.37</v>
       </c>
       <c r="E7" s="9">
         <v>590850.71</v>
       </c>
       <c r="F7" s="10">
         <v>650394.46</v>
       </c>
       <c r="G7" s="11">
         <v>612406.01</v>
       </c>
       <c r="H7" s="11">
         <v>718335.3</v>
       </c>
       <c r="I7" s="11">
         <v>350485.39999999997</v>
       </c>
       <c r="J7" s="11">
         <v>447651.43999999994</v>
       </c>
       <c r="K7" s="11">
         <v>716732.32</v>
       </c>
       <c r="L7" s="11">
         <v>836038.05</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M7" s="11">
+        <v>581602.96</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="9">
         <v>94962.55</v>
       </c>
       <c r="C8" s="9">
         <v>123808</v>
       </c>
       <c r="D8" s="9">
         <v>99606</v>
       </c>
       <c r="E8" s="9">
         <v>165349.78</v>
       </c>
       <c r="F8" s="10">
         <v>74545.8</v>
       </c>
       <c r="G8" s="10">
         <v>103014.78</v>
       </c>
       <c r="H8" s="10">
         <v>136504.29999999999</v>
       </c>
       <c r="I8" s="10">
         <v>132060.6</v>
       </c>
       <c r="J8" s="10">
         <v>219920.4</v>
       </c>
       <c r="K8" s="10">
         <v>293598.65000000002</v>
       </c>
       <c r="L8" s="10">
         <v>210981.7</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M8" s="10">
+        <v>206989.8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="9">
         <v>96915</v>
       </c>
       <c r="C9" s="9">
         <v>44415</v>
       </c>
       <c r="D9" s="9">
         <v>98672.7</v>
       </c>
       <c r="E9" s="9">
         <v>163906.20000000001</v>
       </c>
       <c r="F9" s="10">
         <v>133732</v>
       </c>
       <c r="G9" s="10">
         <v>183222</v>
       </c>
       <c r="H9" s="10">
         <v>108182.6</v>
       </c>
       <c r="I9" s="10">
         <v>174190.6</v>
       </c>
       <c r="J9" s="10">
         <v>141270</v>
       </c>
       <c r="K9" s="10">
         <v>180794.09999999998</v>
       </c>
       <c r="L9" s="10">
         <v>252510.9</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M9" s="10">
+        <v>181422.7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="9">
         <v>152072.64000000001</v>
       </c>
       <c r="C10" s="9">
         <v>186178.95</v>
       </c>
       <c r="D10" s="9">
         <v>226211.12</v>
       </c>
       <c r="E10" s="9">
         <v>225559</v>
       </c>
       <c r="F10" s="10">
         <v>210765.4</v>
       </c>
       <c r="G10" s="10">
         <v>236955.4</v>
       </c>
       <c r="H10" s="10">
         <v>282183</v>
       </c>
       <c r="I10" s="10">
         <v>176260.1</v>
       </c>
       <c r="J10" s="10">
         <v>242215.29999999996</v>
       </c>
       <c r="K10" s="10">
         <v>286108.82999999996</v>
       </c>
       <c r="L10" s="10">
         <v>288830.55</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M10" s="10">
+        <v>244286.3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="9">
         <v>6720</v>
       </c>
       <c r="C11" s="9">
         <v>7850</v>
       </c>
       <c r="D11" s="9">
         <v>13366</v>
       </c>
       <c r="E11" s="9">
         <v>17250</v>
       </c>
       <c r="F11" s="10">
         <v>8958.2999999999993</v>
       </c>
       <c r="G11" s="10">
         <v>21417.7</v>
       </c>
       <c r="H11" s="10">
         <v>38301.599999999999</v>
       </c>
       <c r="I11" s="10">
         <v>1481.5</v>
       </c>
       <c r="J11" s="10">
         <v>13956</v>
       </c>
       <c r="K11" s="10">
         <v>28632.7</v>
       </c>
       <c r="L11" s="10">
         <v>24833.599999999999</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M11" s="10">
+        <v>12435.2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="9">
         <v>0</v>
       </c>
       <c r="C12" s="9">
         <v>630</v>
       </c>
       <c r="D12" s="9">
         <v>1600</v>
       </c>
       <c r="E12" s="9">
         <v>2160</v>
       </c>
       <c r="F12" s="10">
         <v>630</v>
       </c>
       <c r="G12" s="10">
         <v>477.3</v>
       </c>
       <c r="H12" s="10">
         <v>20</v>
       </c>
       <c r="I12" s="10">
         <v>0</v>
       </c>
       <c r="J12" s="10">
         <v>0</v>
       </c>
       <c r="K12" s="10">
         <v>0</v>
       </c>
       <c r="L12" s="10">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M12" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="9">
         <v>26052</v>
       </c>
       <c r="C13" s="9">
         <v>83294.3</v>
       </c>
       <c r="D13" s="9">
         <v>59677</v>
       </c>
       <c r="E13" s="9">
         <v>78941.210000000006</v>
       </c>
       <c r="F13" s="10">
         <v>84438.53</v>
       </c>
       <c r="G13" s="10">
         <v>159542.6</v>
       </c>
       <c r="H13" s="10">
         <v>123029.5</v>
       </c>
       <c r="I13" s="10">
         <v>55046</v>
       </c>
       <c r="J13" s="10">
         <v>99316.1</v>
       </c>
       <c r="K13" s="10">
         <v>186377.3</v>
       </c>
       <c r="L13" s="10">
         <v>59835.3</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M13" s="10">
+        <v>90848</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="13">
         <v>88063.02</v>
       </c>
       <c r="C14" s="13">
         <v>130231.31</v>
       </c>
       <c r="D14" s="13">
         <v>96984.17</v>
       </c>
       <c r="E14" s="13">
         <v>194996</v>
       </c>
       <c r="F14" s="11">
         <v>158965.25</v>
       </c>
       <c r="G14" s="11">
         <v>31260.7</v>
       </c>
       <c r="H14" s="11">
         <v>81821.099999999991</v>
       </c>
       <c r="I14" s="11">
         <v>92743.92</v>
       </c>
       <c r="J14" s="11">
         <v>153805.65</v>
       </c>
       <c r="K14" s="11">
         <v>122442.15</v>
       </c>
       <c r="L14" s="11">
         <v>164228.12</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M14" s="11">
+        <v>102471.32</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="1" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>