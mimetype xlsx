--- v0 (2025-10-09)
+++ v1 (2026-02-05)
@@ -1,91 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25330"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{08C303DC-C46E-49AF-AFF0-6DB2A1F39D8E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E6B3476-A2C4-4742-8F81-7B51018612CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
+    <sheet name="ข้อมูล2564" sheetId="1" r:id="rId1"/>
+    <sheet name="ข้อมูล2567" sheetId="3" r:id="rId2"/>
+    <sheet name="Metadata" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
-  <extLst>
-[...8 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D5" i="1" l="1"/>
   <c r="E5" i="1"/>
   <c r="F5" i="1"/>
   <c r="G5" i="1"/>
   <c r="H5" i="1"/>
   <c r="I5" i="1"/>
   <c r="J5" i="1"/>
   <c r="K5" i="1"/>
   <c r="L5" i="1"/>
   <c r="M5" i="1"/>
   <c r="N5" i="1"/>
   <c r="C5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="57">
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>60-69 ปี</t>
   </si>
   <si>
     <t>70-79 ปี</t>
   </si>
   <si>
     <t>80 ปี ขี้นไป</t>
   </si>
   <si>
     <t>การจำแนก</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>ชาย</t>
   </si>
   <si>
     <t>หญิง</t>
   </si>
   <si>
@@ -251,59 +243,64 @@
   </si>
   <si>
     <t>โครงการสำรวจประชากรสูงอายุในประเทศไทย (สำนักงานสถิติแห่งชาติ)</t>
   </si>
   <si>
     <t>รูปแบบการเก็บข้อมูล</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมภิบาล</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>จำนวนผู้สูงอายุจากการสำรวจประชากรสูงอายุในประเทศไทย จำแนกตามการอ่านออกเขียนได้ ระดับการศึกษาที่สำเร็จ กลุ่มอายุ และเพศ พ.ศ. 2564</t>
   </si>
+  <si>
+    <t>จำนวนผู้สูงอายุจากการสำรวจประชากรสูงอายุในประเทศไทย จำแนกตามการอ่านออกเขียนได้ ระดับการศึกษาที่สำเร็จ กลุ่มอายุ และเพศ พ.ศ. 2567</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="3">
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="\-"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -329,50 +326,68 @@
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -530,56 +545,57 @@
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="49">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -639,251 +655,249 @@
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="2" borderId="5" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="5" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Comma" xfId="3" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{C009DEE3-30C9-4122-9ACE-8EE5D0FC2F20}"/>
-    <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1011,138 +1025,138 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N22"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5:N21"/>
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="14" width="10.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="0.7109375" style="1" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="39" t="s">
+      <c r="A1" s="54" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="40"/>
-[...11 lines deleted...]
-      <c r="N1" s="40"/>
+      <c r="B1" s="51"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="51"/>
+      <c r="E1" s="51"/>
+      <c r="F1" s="51"/>
+      <c r="G1" s="51"/>
+      <c r="H1" s="51"/>
+      <c r="I1" s="51"/>
+      <c r="J1" s="51"/>
+      <c r="K1" s="51"/>
+      <c r="L1" s="51"/>
+      <c r="M1" s="51"/>
+      <c r="N1" s="51"/>
     </row>
     <row r="2" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="6"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
     </row>
     <row r="3" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="47" t="s">
+      <c r="A3" s="52" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="47" t="s">
+      <c r="B3" s="52" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="41" t="s">
+      <c r="C3" s="55" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="42"/>
-[...1 lines deleted...]
-      <c r="F3" s="41" t="s">
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="G3" s="42"/>
-[...1 lines deleted...]
-      <c r="I3" s="41" t="s">
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="55" t="s">
         <v>2</v>
       </c>
-      <c r="J3" s="42"/>
-[...1 lines deleted...]
-      <c r="L3" s="41" t="s">
+      <c r="J3" s="56"/>
+      <c r="K3" s="56"/>
+      <c r="L3" s="55" t="s">
         <v>3</v>
       </c>
-      <c r="M3" s="42"/>
-      <c r="N3" s="43"/>
+      <c r="M3" s="56"/>
+      <c r="N3" s="57"/>
     </row>
     <row r="4" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="48"/>
-      <c r="B4" s="48"/>
+      <c r="A4" s="53"/>
+      <c r="B4" s="53"/>
       <c r="C4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="K4" s="3" t="s">
@@ -1193,761 +1207,1637 @@
         <f t="shared" si="0"/>
         <v>3942668</v>
       </c>
       <c r="J5" s="28">
         <f t="shared" si="0"/>
         <v>1740244</v>
       </c>
       <c r="K5" s="28">
         <f t="shared" si="0"/>
         <v>2202424</v>
       </c>
       <c r="L5" s="28">
         <f t="shared" si="0"/>
         <v>1770942</v>
       </c>
       <c r="M5" s="28">
         <f t="shared" si="0"/>
         <v>680822</v>
       </c>
       <c r="N5" s="28">
         <f t="shared" si="0"/>
         <v>1090120</v>
       </c>
     </row>
     <row r="6" spans="1:14" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="44" t="s">
+      <c r="A6" s="48" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="27" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="28">
         <v>13358751</v>
       </c>
       <c r="D6" s="28">
         <v>5974022</v>
       </c>
       <c r="E6" s="28">
         <v>7384729</v>
       </c>
       <c r="F6" s="28">
         <v>7645141</v>
       </c>
       <c r="G6" s="28">
         <v>3552956</v>
       </c>
       <c r="H6" s="28">
         <v>4092185</v>
       </c>
       <c r="I6" s="28">
         <v>3942668</v>
       </c>
       <c r="J6" s="28">
         <v>1740244</v>
       </c>
       <c r="K6" s="28">
         <v>2202424</v>
       </c>
       <c r="L6" s="28">
         <v>1770942</v>
       </c>
       <c r="M6" s="28">
         <v>680822</v>
       </c>
       <c r="N6" s="29">
         <v>1090120</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="45"/>
+      <c r="A7" s="49"/>
       <c r="B7" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="31">
         <v>11785290</v>
       </c>
       <c r="D7" s="31">
         <v>5498043</v>
       </c>
       <c r="E7" s="31">
         <v>6287247</v>
       </c>
       <c r="F7" s="31">
         <v>7135339</v>
       </c>
       <c r="G7" s="31">
         <v>3393968</v>
       </c>
       <c r="H7" s="31">
         <v>3741372</v>
       </c>
       <c r="I7" s="31">
         <v>3387747</v>
       </c>
       <c r="J7" s="31">
         <v>1567960</v>
       </c>
       <c r="K7" s="31">
         <v>1819788</v>
       </c>
       <c r="L7" s="31">
         <v>1262204</v>
       </c>
       <c r="M7" s="31">
         <v>536116</v>
       </c>
       <c r="N7" s="32">
         <v>726088</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="45"/>
+      <c r="A8" s="49"/>
       <c r="B8" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="31">
         <v>1568803</v>
       </c>
       <c r="D8" s="31">
         <v>474012</v>
       </c>
       <c r="E8" s="31">
         <v>1094790</v>
       </c>
       <c r="F8" s="31">
         <v>508974</v>
       </c>
       <c r="G8" s="31">
         <v>158988</v>
       </c>
       <c r="H8" s="31">
         <v>349985</v>
       </c>
       <c r="I8" s="31">
         <v>552884</v>
       </c>
       <c r="J8" s="31">
         <v>170516</v>
       </c>
       <c r="K8" s="31">
         <v>382368</v>
       </c>
       <c r="L8" s="31">
         <v>506945</v>
       </c>
       <c r="M8" s="31">
         <v>144508</v>
       </c>
       <c r="N8" s="32">
         <v>362437</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="45"/>
+      <c r="A9" s="49"/>
       <c r="B9" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="31">
         <v>4658</v>
       </c>
       <c r="D9" s="31">
         <v>1967</v>
       </c>
       <c r="E9" s="31">
         <v>2691</v>
       </c>
       <c r="F9" s="31">
         <v>828</v>
       </c>
       <c r="G9" s="31">
         <v>0</v>
       </c>
       <c r="H9" s="31">
         <v>828</v>
       </c>
       <c r="I9" s="31">
         <v>2037</v>
       </c>
       <c r="J9" s="33">
         <v>1769</v>
       </c>
       <c r="K9" s="31">
         <v>268</v>
       </c>
       <c r="L9" s="31">
         <v>1793</v>
       </c>
       <c r="M9" s="31">
         <v>198</v>
       </c>
       <c r="N9" s="32">
         <v>1595</v>
       </c>
     </row>
     <row r="10" spans="1:14" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="44" t="s">
+      <c r="A10" s="48" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="28">
         <v>13358751</v>
       </c>
       <c r="D10" s="28">
         <v>5974022</v>
       </c>
       <c r="E10" s="28">
         <v>7384729</v>
       </c>
       <c r="F10" s="28">
         <v>7645141</v>
       </c>
       <c r="G10" s="28">
         <v>3552956</v>
       </c>
       <c r="H10" s="28">
         <v>4092185</v>
       </c>
       <c r="I10" s="28">
         <v>3942668</v>
       </c>
       <c r="J10" s="28">
         <v>1740244</v>
       </c>
       <c r="K10" s="28">
         <v>2202424</v>
       </c>
       <c r="L10" s="28">
         <v>1770942</v>
       </c>
       <c r="M10" s="28">
         <v>680822</v>
       </c>
       <c r="N10" s="29">
         <v>1090120</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="45"/>
+      <c r="A11" s="49"/>
       <c r="B11" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="31">
         <v>978819</v>
       </c>
       <c r="D11" s="31">
         <v>276729</v>
       </c>
       <c r="E11" s="31">
         <v>702090</v>
       </c>
       <c r="F11" s="31">
         <v>362706</v>
       </c>
       <c r="G11" s="31">
         <v>108350</v>
       </c>
       <c r="H11" s="31">
         <v>254356</v>
       </c>
       <c r="I11" s="31">
         <v>331357</v>
       </c>
       <c r="J11" s="31">
         <v>95730</v>
       </c>
       <c r="K11" s="31">
         <v>235627</v>
       </c>
       <c r="L11" s="31">
         <v>284756</v>
       </c>
       <c r="M11" s="31">
         <v>72649</v>
       </c>
       <c r="N11" s="32">
         <v>212107</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="45"/>
+      <c r="A12" s="49"/>
       <c r="B12" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="31">
         <v>8608230</v>
       </c>
       <c r="D12" s="31">
         <v>3656886</v>
       </c>
       <c r="E12" s="31">
         <v>4951343</v>
       </c>
       <c r="F12" s="31">
         <v>4592787</v>
       </c>
       <c r="G12" s="31">
         <v>1977343</v>
       </c>
       <c r="H12" s="31">
         <v>2615444</v>
       </c>
       <c r="I12" s="31">
         <v>2789768</v>
       </c>
       <c r="J12" s="31">
         <v>1207154</v>
       </c>
       <c r="K12" s="31">
         <v>1582614</v>
       </c>
       <c r="L12" s="31">
         <v>1225675</v>
       </c>
       <c r="M12" s="31">
         <v>472389</v>
       </c>
       <c r="N12" s="32">
         <v>753286</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="45"/>
+      <c r="A13" s="49"/>
       <c r="B13" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="31">
         <v>1321869</v>
       </c>
       <c r="D13" s="31">
         <v>656296</v>
       </c>
       <c r="E13" s="31">
         <v>665573</v>
       </c>
       <c r="F13" s="31">
         <v>935440</v>
       </c>
       <c r="G13" s="31">
         <v>480423</v>
       </c>
       <c r="H13" s="31">
         <v>455017</v>
       </c>
       <c r="I13" s="31">
         <v>277758</v>
       </c>
       <c r="J13" s="31">
         <v>131033</v>
       </c>
       <c r="K13" s="31">
         <v>146725</v>
       </c>
       <c r="L13" s="31">
         <v>108671</v>
       </c>
       <c r="M13" s="31">
         <v>44841</v>
       </c>
       <c r="N13" s="32">
         <v>63831</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="45"/>
+      <c r="A14" s="49"/>
       <c r="B14" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="31">
         <v>544941</v>
       </c>
       <c r="D14" s="31">
         <v>326797</v>
       </c>
       <c r="E14" s="31">
         <v>218144</v>
       </c>
       <c r="F14" s="31">
         <v>388076</v>
       </c>
       <c r="G14" s="31">
         <v>237615</v>
       </c>
       <c r="H14" s="31">
         <v>150462</v>
       </c>
       <c r="I14" s="31">
         <v>130729</v>
       </c>
       <c r="J14" s="31">
         <v>70624</v>
       </c>
       <c r="K14" s="31">
         <v>60106</v>
       </c>
       <c r="L14" s="31">
         <v>26136</v>
       </c>
       <c r="M14" s="31">
         <v>18559</v>
       </c>
       <c r="N14" s="32">
         <v>7577</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="45"/>
+      <c r="A15" s="49"/>
       <c r="B15" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="31">
         <v>648211</v>
       </c>
       <c r="D15" s="31">
         <v>401895</v>
       </c>
       <c r="E15" s="31">
         <v>246316</v>
       </c>
       <c r="F15" s="31">
         <v>449446</v>
       </c>
       <c r="G15" s="31">
         <v>279549</v>
       </c>
       <c r="H15" s="31">
         <v>169898</v>
       </c>
       <c r="I15" s="31">
         <v>153461</v>
       </c>
       <c r="J15" s="31">
         <v>94147</v>
       </c>
       <c r="K15" s="31">
         <v>59314</v>
       </c>
       <c r="L15" s="31">
         <v>45303</v>
       </c>
       <c r="M15" s="31">
         <v>28200</v>
       </c>
       <c r="N15" s="32">
         <v>17104</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="45"/>
+      <c r="A16" s="49"/>
       <c r="B16" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="31">
         <v>210305</v>
       </c>
       <c r="D16" s="31">
         <v>118924</v>
       </c>
       <c r="E16" s="31">
         <v>91381</v>
       </c>
       <c r="F16" s="31">
         <v>155733</v>
       </c>
       <c r="G16" s="31">
         <v>92607</v>
       </c>
       <c r="H16" s="31">
         <v>63126</v>
       </c>
       <c r="I16" s="31">
         <v>37014</v>
       </c>
       <c r="J16" s="31">
         <v>17217</v>
       </c>
       <c r="K16" s="31">
         <v>19797</v>
       </c>
       <c r="L16" s="31">
         <v>17559</v>
       </c>
       <c r="M16" s="31">
         <v>9100</v>
       </c>
       <c r="N16" s="32">
         <v>8459</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="45"/>
+      <c r="A17" s="49"/>
       <c r="B17" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="31">
         <v>854292</v>
       </c>
       <c r="D17" s="31">
         <v>424637</v>
       </c>
       <c r="E17" s="31">
         <v>429655</v>
       </c>
       <c r="F17" s="31">
         <v>625006</v>
       </c>
       <c r="G17" s="31">
         <v>299313</v>
       </c>
       <c r="H17" s="31">
         <v>325693</v>
       </c>
       <c r="I17" s="31">
         <v>181184</v>
       </c>
       <c r="J17" s="31">
         <v>98949</v>
       </c>
       <c r="K17" s="31">
         <v>82235</v>
       </c>
       <c r="L17" s="31">
         <v>48102</v>
       </c>
       <c r="M17" s="31">
         <v>26374</v>
       </c>
       <c r="N17" s="32">
         <v>21727</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="45"/>
+      <c r="A18" s="49"/>
       <c r="B18" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="31">
         <v>152206</v>
       </c>
       <c r="D18" s="31">
         <v>92111</v>
       </c>
       <c r="E18" s="31">
         <v>60095</v>
       </c>
       <c r="F18" s="31">
         <v>120394</v>
       </c>
       <c r="G18" s="31">
         <v>70216</v>
       </c>
       <c r="H18" s="31">
         <v>50178</v>
       </c>
       <c r="I18" s="31">
         <v>27656</v>
       </c>
       <c r="J18" s="31">
         <v>18257</v>
       </c>
       <c r="K18" s="31">
         <v>9399</v>
       </c>
       <c r="L18" s="31">
         <v>4156</v>
       </c>
       <c r="M18" s="31">
         <v>3638</v>
       </c>
       <c r="N18" s="32">
         <v>518</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="45"/>
+      <c r="A19" s="49"/>
       <c r="B19" s="30" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="31">
         <v>4287</v>
       </c>
       <c r="D19" s="31">
         <v>2306</v>
       </c>
       <c r="E19" s="31">
         <v>1981</v>
       </c>
       <c r="F19" s="31">
         <v>912</v>
       </c>
       <c r="G19" s="31">
         <v>135</v>
       </c>
       <c r="H19" s="31">
         <v>777</v>
       </c>
       <c r="I19" s="31">
         <v>2698</v>
       </c>
       <c r="J19" s="31">
         <v>1664</v>
       </c>
       <c r="K19" s="31">
         <v>1034</v>
       </c>
       <c r="L19" s="31">
         <v>677</v>
       </c>
       <c r="M19" s="31">
         <v>507</v>
       </c>
       <c r="N19" s="34">
         <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="45"/>
+      <c r="A20" s="49"/>
       <c r="B20" s="30" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="31">
         <v>13510</v>
       </c>
       <c r="D20" s="31">
         <v>7306</v>
       </c>
       <c r="E20" s="31">
         <v>6203</v>
       </c>
       <c r="F20" s="31">
         <v>6581</v>
       </c>
       <c r="G20" s="31">
         <v>4196</v>
       </c>
       <c r="H20" s="31">
         <v>2385</v>
       </c>
       <c r="I20" s="31">
         <v>3600</v>
       </c>
       <c r="J20" s="33">
         <v>886</v>
       </c>
       <c r="K20" s="31">
         <v>2713</v>
       </c>
       <c r="L20" s="31">
         <v>3329</v>
       </c>
       <c r="M20" s="31">
         <v>2224</v>
       </c>
       <c r="N20" s="34">
         <v>1105</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="46"/>
+      <c r="A21" s="50"/>
       <c r="B21" s="35" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="36">
         <v>22081</v>
       </c>
       <c r="D21" s="37">
         <v>10134</v>
       </c>
       <c r="E21" s="36">
         <v>11948</v>
       </c>
       <c r="F21" s="36">
         <v>8060</v>
       </c>
       <c r="G21" s="37">
         <v>3209</v>
       </c>
       <c r="H21" s="36">
         <v>4851</v>
       </c>
       <c r="I21" s="37">
         <v>7443</v>
       </c>
       <c r="J21" s="37">
         <v>4583</v>
       </c>
       <c r="K21" s="37">
         <v>2860</v>
       </c>
       <c r="L21" s="37">
         <v>6578</v>
       </c>
       <c r="M21" s="37">
         <v>2341</v>
       </c>
       <c r="N21" s="38">
         <v>4237</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="40" t="s">
+      <c r="A22" s="51" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="40"/>
-[...11 lines deleted...]
-      <c r="N22" s="40"/>
+      <c r="B22" s="51"/>
+      <c r="C22" s="51"/>
+      <c r="D22" s="51"/>
+      <c r="E22" s="51"/>
+      <c r="F22" s="51"/>
+      <c r="G22" s="51"/>
+      <c r="H22" s="51"/>
+      <c r="I22" s="51"/>
+      <c r="J22" s="51"/>
+      <c r="K22" s="51"/>
+      <c r="L22" s="51"/>
+      <c r="M22" s="51"/>
+      <c r="N22" s="51"/>
+    </row>
+  </sheetData>
+  <mergeCells count="10">
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="C3:E3"/>
+    <mergeCell ref="F3:H3"/>
+    <mergeCell ref="I3:K3"/>
+    <mergeCell ref="L3:N3"/>
+    <mergeCell ref="A6:A9"/>
+    <mergeCell ref="A10:A21"/>
+    <mergeCell ref="A22:N22"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E325D4FC-2623-4315-8E7A-24C92C6BE1A6}">
+  <dimension ref="A1:N22"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="F1" workbookViewId="0">
+      <selection activeCell="N5" sqref="N5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="35.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="32" style="1" customWidth="1"/>
+    <col min="3" max="14" width="10.5703125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="0.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="B1" s="51"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="51"/>
+      <c r="E1" s="51"/>
+      <c r="F1" s="51"/>
+      <c r="G1" s="51"/>
+      <c r="H1" s="51"/>
+      <c r="I1" s="51"/>
+      <c r="J1" s="51"/>
+      <c r="K1" s="51"/>
+      <c r="L1" s="51"/>
+      <c r="M1" s="51"/>
+      <c r="N1" s="51"/>
+    </row>
+    <row r="2" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+    </row>
+    <row r="3" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="52" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="55" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="56"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="55" t="s">
+        <v>1</v>
+      </c>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="55" t="s">
+        <v>2</v>
+      </c>
+      <c r="J3" s="56"/>
+      <c r="K3" s="56"/>
+      <c r="L3" s="55" t="s">
+        <v>3</v>
+      </c>
+      <c r="M3" s="56"/>
+      <c r="N3" s="57"/>
+    </row>
+    <row r="4" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="53"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="M4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="39">
+        <v>14027411</v>
+      </c>
+      <c r="D5" s="39">
+        <v>5904327</v>
+      </c>
+      <c r="E5" s="39">
+        <v>8123084</v>
+      </c>
+      <c r="F5" s="39">
+        <v>8321036</v>
+      </c>
+      <c r="G5" s="39">
+        <v>3770728</v>
+      </c>
+      <c r="H5" s="39">
+        <v>4550308</v>
+      </c>
+      <c r="I5" s="39">
+        <v>4180852</v>
+      </c>
+      <c r="J5" s="39">
+        <v>1666979</v>
+      </c>
+      <c r="K5" s="39">
+        <v>2513873</v>
+      </c>
+      <c r="L5" s="39">
+        <v>1525523</v>
+      </c>
+      <c r="M5" s="39">
+        <v>466620</v>
+      </c>
+      <c r="N5" s="39">
+        <v>1058903</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="48" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="39">
+        <v>14027411</v>
+      </c>
+      <c r="D6" s="39">
+        <v>5904327</v>
+      </c>
+      <c r="E6" s="39">
+        <v>8123084</v>
+      </c>
+      <c r="F6" s="39">
+        <v>8321036</v>
+      </c>
+      <c r="G6" s="39">
+        <v>3770728</v>
+      </c>
+      <c r="H6" s="39">
+        <v>4550308</v>
+      </c>
+      <c r="I6" s="39">
+        <v>4180852</v>
+      </c>
+      <c r="J6" s="39">
+        <v>1666979</v>
+      </c>
+      <c r="K6" s="39">
+        <v>2513873</v>
+      </c>
+      <c r="L6" s="39">
+        <v>1525523</v>
+      </c>
+      <c r="M6" s="39">
+        <v>466620</v>
+      </c>
+      <c r="N6" s="39">
+        <v>1058903</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="49"/>
+      <c r="B7" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="40">
+        <v>12563253</v>
+      </c>
+      <c r="D7" s="40">
+        <v>5507337</v>
+      </c>
+      <c r="E7" s="40">
+        <v>7055916</v>
+      </c>
+      <c r="F7" s="40">
+        <v>7836082</v>
+      </c>
+      <c r="G7" s="40">
+        <v>3618264</v>
+      </c>
+      <c r="H7" s="40">
+        <v>4217818</v>
+      </c>
+      <c r="I7" s="40">
+        <v>3633695</v>
+      </c>
+      <c r="J7" s="40">
+        <v>1511042</v>
+      </c>
+      <c r="K7" s="40">
+        <v>2122654</v>
+      </c>
+      <c r="L7" s="40">
+        <v>1093475</v>
+      </c>
+      <c r="M7" s="40">
+        <v>378032</v>
+      </c>
+      <c r="N7" s="41">
+        <v>715444</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="49"/>
+      <c r="B8" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="40">
+        <v>1463421</v>
+      </c>
+      <c r="D8" s="40">
+        <v>396851</v>
+      </c>
+      <c r="E8" s="40">
+        <v>1066570</v>
+      </c>
+      <c r="F8" s="40">
+        <v>484954</v>
+      </c>
+      <c r="G8" s="40">
+        <v>152464</v>
+      </c>
+      <c r="H8" s="40">
+        <v>332490</v>
+      </c>
+      <c r="I8" s="40">
+        <v>546558</v>
+      </c>
+      <c r="J8" s="40">
+        <v>155937</v>
+      </c>
+      <c r="K8" s="40">
+        <v>390621</v>
+      </c>
+      <c r="L8" s="40">
+        <v>431909</v>
+      </c>
+      <c r="M8" s="40">
+        <v>88449</v>
+      </c>
+      <c r="N8" s="41">
+        <v>343459</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="49"/>
+      <c r="B9" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="40">
+        <v>737</v>
+      </c>
+      <c r="D9" s="40">
+        <v>139</v>
+      </c>
+      <c r="E9" s="40">
+        <v>598</v>
+      </c>
+      <c r="F9" s="40">
+        <v>0</v>
+      </c>
+      <c r="G9" s="40">
+        <v>0</v>
+      </c>
+      <c r="H9" s="40">
+        <v>0</v>
+      </c>
+      <c r="I9" s="40">
+        <v>599</v>
+      </c>
+      <c r="J9" s="46">
+        <v>0</v>
+      </c>
+      <c r="K9" s="40">
+        <v>598</v>
+      </c>
+      <c r="L9" s="40">
+        <v>139</v>
+      </c>
+      <c r="M9" s="40">
+        <v>139</v>
+      </c>
+      <c r="N9" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="48" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="39">
+        <v>14027411</v>
+      </c>
+      <c r="D10" s="39">
+        <v>5904327</v>
+      </c>
+      <c r="E10" s="39">
+        <v>8123084</v>
+      </c>
+      <c r="F10" s="39">
+        <v>8321036</v>
+      </c>
+      <c r="G10" s="39">
+        <v>3770728</v>
+      </c>
+      <c r="H10" s="39">
+        <v>4550308</v>
+      </c>
+      <c r="I10" s="39">
+        <v>4180852</v>
+      </c>
+      <c r="J10" s="39">
+        <v>1666979</v>
+      </c>
+      <c r="K10" s="39">
+        <v>2513873</v>
+      </c>
+      <c r="L10" s="39">
+        <v>1525523</v>
+      </c>
+      <c r="M10" s="39">
+        <v>466620</v>
+      </c>
+      <c r="N10" s="59">
+        <v>1058903</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="49"/>
+      <c r="B11" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="40">
+        <v>885327</v>
+      </c>
+      <c r="D11" s="40">
+        <v>228738</v>
+      </c>
+      <c r="E11" s="40">
+        <v>656589</v>
+      </c>
+      <c r="F11" s="40">
+        <v>351135</v>
+      </c>
+      <c r="G11" s="40">
+        <v>106684</v>
+      </c>
+      <c r="H11" s="40">
+        <v>244451</v>
+      </c>
+      <c r="I11" s="40">
+        <v>303557</v>
+      </c>
+      <c r="J11" s="40">
+        <v>81921</v>
+      </c>
+      <c r="K11" s="40">
+        <v>221637</v>
+      </c>
+      <c r="L11" s="40">
+        <v>230635</v>
+      </c>
+      <c r="M11" s="40">
+        <v>40134</v>
+      </c>
+      <c r="N11" s="41">
+        <v>190501</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="49"/>
+      <c r="B12" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="40">
+        <v>8531994</v>
+      </c>
+      <c r="D12" s="40">
+        <v>3318793</v>
+      </c>
+      <c r="E12" s="40">
+        <v>5213201</v>
+      </c>
+      <c r="F12" s="40">
+        <v>4481267</v>
+      </c>
+      <c r="G12" s="40">
+        <v>1855723</v>
+      </c>
+      <c r="H12" s="40">
+        <v>2625544</v>
+      </c>
+      <c r="I12" s="40">
+        <v>2964727</v>
+      </c>
+      <c r="J12" s="40">
+        <v>1127047</v>
+      </c>
+      <c r="K12" s="40">
+        <v>1837681</v>
+      </c>
+      <c r="L12" s="40">
+        <v>1086000</v>
+      </c>
+      <c r="M12" s="40">
+        <v>336024</v>
+      </c>
+      <c r="N12" s="41">
+        <v>749977</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="49"/>
+      <c r="B13" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="40">
+        <v>1770363</v>
+      </c>
+      <c r="D13" s="40">
+        <v>826444</v>
+      </c>
+      <c r="E13" s="40">
+        <v>943919</v>
+      </c>
+      <c r="F13" s="40">
+        <v>1349827</v>
+      </c>
+      <c r="G13" s="40">
+        <v>654621</v>
+      </c>
+      <c r="H13" s="40">
+        <v>695206</v>
+      </c>
+      <c r="I13" s="40">
+        <v>335017</v>
+      </c>
+      <c r="J13" s="40">
+        <v>143805</v>
+      </c>
+      <c r="K13" s="40">
+        <v>191213</v>
+      </c>
+      <c r="L13" s="40">
+        <v>85519</v>
+      </c>
+      <c r="M13" s="40">
+        <v>28019</v>
+      </c>
+      <c r="N13" s="41">
+        <v>57500</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="49"/>
+      <c r="B14" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="40">
+        <v>672972</v>
+      </c>
+      <c r="D14" s="40">
+        <v>366231</v>
+      </c>
+      <c r="E14" s="40">
+        <v>306741</v>
+      </c>
+      <c r="F14" s="40">
+        <v>507947</v>
+      </c>
+      <c r="G14" s="40">
+        <v>277432</v>
+      </c>
+      <c r="H14" s="40">
+        <v>230516</v>
+      </c>
+      <c r="I14" s="40">
+        <v>141435</v>
+      </c>
+      <c r="J14" s="40">
+        <v>78411</v>
+      </c>
+      <c r="K14" s="40">
+        <v>63024</v>
+      </c>
+      <c r="L14" s="40">
+        <v>23590</v>
+      </c>
+      <c r="M14" s="40">
+        <v>10389</v>
+      </c>
+      <c r="N14" s="41">
+        <v>13201</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="49"/>
+      <c r="B15" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="40">
+        <v>780482</v>
+      </c>
+      <c r="D15" s="40">
+        <v>450313</v>
+      </c>
+      <c r="E15" s="40">
+        <v>330169</v>
+      </c>
+      <c r="F15" s="40">
+        <v>595268</v>
+      </c>
+      <c r="G15" s="40">
+        <v>347795</v>
+      </c>
+      <c r="H15" s="40">
+        <v>247473</v>
+      </c>
+      <c r="I15" s="40">
+        <v>140772</v>
+      </c>
+      <c r="J15" s="40">
+        <v>78400</v>
+      </c>
+      <c r="K15" s="40">
+        <v>62373</v>
+      </c>
+      <c r="L15" s="40">
+        <v>44442</v>
+      </c>
+      <c r="M15" s="40">
+        <v>24119</v>
+      </c>
+      <c r="N15" s="41">
+        <v>20323</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="49"/>
+      <c r="B16" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="40">
+        <v>252913</v>
+      </c>
+      <c r="D16" s="40">
+        <v>134386</v>
+      </c>
+      <c r="E16" s="40">
+        <v>118527</v>
+      </c>
+      <c r="F16" s="40">
+        <v>207165</v>
+      </c>
+      <c r="G16" s="40">
+        <v>110816</v>
+      </c>
+      <c r="H16" s="40">
+        <v>96350</v>
+      </c>
+      <c r="I16" s="40">
+        <v>38209</v>
+      </c>
+      <c r="J16" s="40">
+        <v>20078</v>
+      </c>
+      <c r="K16" s="40">
+        <v>18131</v>
+      </c>
+      <c r="L16" s="40">
+        <v>7539</v>
+      </c>
+      <c r="M16" s="40">
+        <v>3493</v>
+      </c>
+      <c r="N16" s="41">
+        <v>4046</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="49"/>
+      <c r="B17" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="40">
+        <v>952730</v>
+      </c>
+      <c r="D17" s="40">
+        <v>466530</v>
+      </c>
+      <c r="E17" s="40">
+        <v>486200</v>
+      </c>
+      <c r="F17" s="40">
+        <v>710302</v>
+      </c>
+      <c r="G17" s="40">
+        <v>347257</v>
+      </c>
+      <c r="H17" s="40">
+        <v>363046</v>
+      </c>
+      <c r="I17" s="40">
+        <v>201097</v>
+      </c>
+      <c r="J17" s="40">
+        <v>99787</v>
+      </c>
+      <c r="K17" s="40">
+        <v>101309</v>
+      </c>
+      <c r="L17" s="40">
+        <v>41331</v>
+      </c>
+      <c r="M17" s="40">
+        <v>19486</v>
+      </c>
+      <c r="N17" s="41">
+        <v>21845</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="49"/>
+      <c r="B18" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="40">
+        <v>153509</v>
+      </c>
+      <c r="D18" s="40">
+        <v>93506</v>
+      </c>
+      <c r="E18" s="40">
+        <v>60003</v>
+      </c>
+      <c r="F18" s="40">
+        <v>101744</v>
+      </c>
+      <c r="G18" s="40">
+        <v>58873</v>
+      </c>
+      <c r="H18" s="40">
+        <v>42871</v>
+      </c>
+      <c r="I18" s="40">
+        <v>47049</v>
+      </c>
+      <c r="J18" s="46">
+        <v>31095</v>
+      </c>
+      <c r="K18" s="40">
+        <v>15954</v>
+      </c>
+      <c r="L18" s="40">
+        <v>4716</v>
+      </c>
+      <c r="M18" s="40">
+        <v>3538</v>
+      </c>
+      <c r="N18" s="45">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="49"/>
+      <c r="B19" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="40">
+        <v>4964</v>
+      </c>
+      <c r="D19" s="40">
+        <v>2109</v>
+      </c>
+      <c r="E19" s="40">
+        <v>2855</v>
+      </c>
+      <c r="F19" s="40">
+        <v>1842</v>
+      </c>
+      <c r="G19" s="40">
+        <v>310</v>
+      </c>
+      <c r="H19" s="40">
+        <v>1532</v>
+      </c>
+      <c r="I19" s="40">
+        <v>2492</v>
+      </c>
+      <c r="J19" s="46">
+        <v>1169</v>
+      </c>
+      <c r="K19" s="40">
+        <v>1323</v>
+      </c>
+      <c r="L19" s="40">
+        <v>630</v>
+      </c>
+      <c r="M19" s="40">
+        <v>630</v>
+      </c>
+      <c r="N19" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="49"/>
+      <c r="B20" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="40">
+        <v>15836</v>
+      </c>
+      <c r="D20" s="40">
+        <v>14094</v>
+      </c>
+      <c r="E20" s="40">
+        <v>1742</v>
+      </c>
+      <c r="F20" s="40">
+        <v>11355</v>
+      </c>
+      <c r="G20" s="40">
+        <v>9945</v>
+      </c>
+      <c r="H20" s="40">
+        <v>1410</v>
+      </c>
+      <c r="I20" s="40">
+        <v>3855</v>
+      </c>
+      <c r="J20" s="46">
+        <v>3855</v>
+      </c>
+      <c r="K20" s="40">
+        <v>0</v>
+      </c>
+      <c r="L20" s="40">
+        <v>627</v>
+      </c>
+      <c r="M20" s="40">
+        <v>294</v>
+      </c>
+      <c r="N20" s="45">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" s="43" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="50"/>
+      <c r="B21" s="42" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="44">
+        <v>6320</v>
+      </c>
+      <c r="D21" s="44">
+        <v>3181</v>
+      </c>
+      <c r="E21" s="44">
+        <v>3139</v>
+      </c>
+      <c r="F21" s="44">
+        <v>3183</v>
+      </c>
+      <c r="G21" s="44">
+        <v>1273</v>
+      </c>
+      <c r="H21" s="44">
+        <v>1911</v>
+      </c>
+      <c r="I21" s="44">
+        <v>2642</v>
+      </c>
+      <c r="J21" s="47">
+        <v>1414</v>
+      </c>
+      <c r="K21" s="44">
+        <v>1228</v>
+      </c>
+      <c r="L21" s="44">
+        <v>495</v>
+      </c>
+      <c r="M21" s="44">
+        <v>495</v>
+      </c>
+      <c r="N21" s="58">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="51" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="51"/>
+      <c r="C22" s="51"/>
+      <c r="D22" s="51"/>
+      <c r="E22" s="51"/>
+      <c r="F22" s="51"/>
+      <c r="G22" s="51"/>
+      <c r="H22" s="51"/>
+      <c r="I22" s="51"/>
+      <c r="J22" s="51"/>
+      <c r="K22" s="51"/>
+      <c r="L22" s="51"/>
+      <c r="M22" s="51"/>
+      <c r="N22" s="51"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="A10:A21"/>
     <mergeCell ref="A22:N22"/>
+    <mergeCell ref="A1:N1"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
-    <mergeCell ref="A1:N1"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="I3:K3"/>
     <mergeCell ref="L3:N3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5FF611A3-E5C3-4F60-9F2B-E6A075A125BF}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" customWidth="1"/>
     <col min="3" max="3" width="84.85546875" style="25" customWidth="1"/>
     <col min="257" max="257" width="8.28515625" customWidth="1"/>
     <col min="258" max="258" width="35.28515625" customWidth="1"/>
     <col min="259" max="259" width="91.28515625" customWidth="1"/>
     <col min="513" max="513" width="8.28515625" customWidth="1"/>
     <col min="514" max="514" width="35.28515625" customWidth="1"/>
     <col min="515" max="515" width="91.28515625" customWidth="1"/>
     <col min="769" max="769" width="8.28515625" customWidth="1"/>
     <col min="770" max="770" width="35.28515625" customWidth="1"/>
     <col min="771" max="771" width="91.28515625" customWidth="1"/>
     <col min="1025" max="1025" width="8.28515625" customWidth="1"/>
     <col min="1026" max="1026" width="35.28515625" customWidth="1"/>
     <col min="1027" max="1027" width="91.28515625" customWidth="1"/>
     <col min="1281" max="1281" width="8.28515625" customWidth="1"/>
     <col min="1282" max="1282" width="35.28515625" customWidth="1"/>
     <col min="1283" max="1283" width="91.28515625" customWidth="1"/>
@@ -2293,53 +3183,54 @@
         <v>14</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="24" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C6" r:id="rId1" xr:uid="{84C72E2A-ED8B-4C3F-B41F-0B3970C9DFFC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>เวิร์กชีต</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ข้อมูล</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>ข้อมูล2564</vt:lpstr>
+      <vt:lpstr>ข้อมูล2567</vt:lpstr>
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>