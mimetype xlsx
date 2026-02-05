--- v0 (2025-10-02)
+++ v1 (2026-02-05)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\1 ประชากรศาสตร์ ประชากรและเคหะ\sector_1_11471\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6AB2AB16-B574-464A-BD16-DFF0C438E48F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{567A8B71-1F3E-4469-AE24-3381E021A625}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="720" windowWidth="11775" windowHeight="12780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1560" yWindow="720" windowWidth="11775" windowHeight="12780" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>ชื่อรายการไทย</t>
   </si>
   <si>
     <t>รายละเอียด</t>
   </si>
   <si>
     <t>ประเภทข้อมูล</t>
   </si>
   <si>
     <t>ข้อมูลสถิติ</t>
   </si>
@@ -604,52 +604,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C16"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" customWidth="1"/>
     <col min="3" max="3" width="103.7109375" style="19" customWidth="1"/>
     <col min="257" max="257" width="8.28515625" customWidth="1"/>
     <col min="258" max="258" width="35.28515625" customWidth="1"/>
     <col min="259" max="259" width="103.7109375" customWidth="1"/>
     <col min="513" max="513" width="8.28515625" customWidth="1"/>
     <col min="514" max="514" width="35.28515625" customWidth="1"/>
     <col min="515" max="515" width="103.7109375" customWidth="1"/>
     <col min="769" max="769" width="8.28515625" customWidth="1"/>
     <col min="770" max="770" width="35.28515625" customWidth="1"/>
     <col min="771" max="771" width="103.7109375" customWidth="1"/>
     <col min="1025" max="1025" width="8.28515625" customWidth="1"/>
     <col min="1026" max="1026" width="35.28515625" customWidth="1"/>
     <col min="1027" max="1027" width="103.7109375" customWidth="1"/>
     <col min="1281" max="1281" width="8.28515625" customWidth="1"/>
     <col min="1282" max="1282" width="35.28515625" customWidth="1"/>
     <col min="1283" max="1283" width="103.7109375" customWidth="1"/>
     <col min="1537" max="1537" width="8.28515625" customWidth="1"/>
     <col min="1538" max="1538" width="35.28515625" customWidth="1"/>
     <col min="1539" max="1539" width="103.7109375" customWidth="1"/>