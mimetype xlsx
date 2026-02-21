--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,61 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25330"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C666208-AC4E-498E-8F84-7939926D5312}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C65F8DEF-94AD-4345-98F3-D6D62723D440}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Data" sheetId="1" r:id="rId1"/>
+    <sheet name="Data2021" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="97">
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>the elderly</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Province</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
@@ -360,50 +362,53 @@
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">    Note: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>The elderly rate = (Number of the elderly x 100) / Number of total population</t>
     </r>
   </si>
   <si>
     <t>Number and Percentage of Population, the Elderly, the Elderly Rate from Survey of The Older Persons in Thailand by Sex, Province and Region: 2021</t>
   </si>
+  <si>
+    <t>Number and Percentage of Population, the Elderly, the Elderly Rate from Survey of The Older Persons in Thailand by Sex, Province and Region: 2024</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#0.0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -546,305 +551,271 @@
         <color rgb="FF959595"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF959595"/>
       </left>
       <right style="thin">
         <color rgb="FF959595"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF959595"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -976,52 +947,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:R89"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:R1"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A76" workbookViewId="0">
+      <selection activeCell="Q87" sqref="Q87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" style="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="17" width="11.28515625" style="1" customWidth="1"/>
     <col min="18" max="18" width="0.7109375" style="1" customWidth="1"/>
     <col min="19" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>95</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
@@ -1148,4234 +1119,4234 @@
       </c>
       <c r="M5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="N5" s="11" t="s">
         <v>9</v>
       </c>
       <c r="O5" s="11" t="s">
         <v>7</v>
       </c>
       <c r="P5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="Q5" s="12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:18" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="14">
-        <v>68263027</v>
+        <v>70179890</v>
       </c>
       <c r="D6" s="15">
         <v>100</v>
       </c>
       <c r="E6" s="14">
-        <v>33229747</v>
+        <v>33799407</v>
       </c>
       <c r="F6" s="15">
-        <v>48.678982547902542</v>
+        <v>48.16</v>
       </c>
       <c r="G6" s="14">
-        <v>35033280</v>
+        <v>36380483</v>
       </c>
       <c r="H6" s="15">
-        <v>51.321017452097465</v>
+        <v>51.84</v>
       </c>
       <c r="I6" s="14">
-        <v>13358751</v>
+        <v>14027411</v>
       </c>
       <c r="J6" s="15">
         <v>100</v>
       </c>
       <c r="K6" s="15">
-        <v>19.569526267858002</v>
+        <v>19.989999999999998</v>
       </c>
       <c r="L6" s="14">
-        <v>5974022</v>
+        <v>5904327</v>
       </c>
       <c r="M6" s="15">
-        <v>44.719914309354216</v>
+        <v>42.09</v>
       </c>
       <c r="N6" s="15">
-        <v>17.977934048068438</v>
+        <v>17.47</v>
       </c>
       <c r="O6" s="14">
-        <v>7384729</v>
+        <v>8123084</v>
       </c>
       <c r="P6" s="15">
-        <v>55.280085690645777</v>
+        <v>57.91</v>
       </c>
       <c r="Q6" s="16">
-        <v>21.079182423113107</v>
+        <v>22.33</v>
       </c>
     </row>
     <row r="7" spans="1:18" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="14">
-        <v>8879148</v>
+        <v>9102272</v>
       </c>
       <c r="D7" s="15">
         <v>100</v>
       </c>
       <c r="E7" s="14">
-        <v>4294859</v>
+        <v>4369859</v>
       </c>
       <c r="F7" s="15">
-        <v>48.370170201014787</v>
+        <v>48.01</v>
       </c>
       <c r="G7" s="14">
-        <v>4584289</v>
+        <v>4732413</v>
       </c>
       <c r="H7" s="15">
-        <v>51.629829798985213</v>
+        <v>51.99</v>
       </c>
       <c r="I7" s="14">
-        <v>1342826</v>
+        <v>1456740</v>
       </c>
       <c r="J7" s="15">
         <v>100</v>
       </c>
       <c r="K7" s="15">
-        <v>15.123365440017444</v>
+        <v>16</v>
       </c>
       <c r="L7" s="14">
-        <v>589175</v>
+        <v>601042</v>
       </c>
       <c r="M7" s="15">
-        <v>43.875751586579348</v>
+        <v>41.26</v>
       </c>
       <c r="N7" s="15">
-        <v>13.718145345400162</v>
+        <v>13.75</v>
       </c>
       <c r="O7" s="14">
-        <v>753651</v>
+        <v>855698</v>
       </c>
       <c r="P7" s="15">
-        <v>56.124248413420652</v>
+        <v>58.74</v>
       </c>
       <c r="Q7" s="16">
-        <v>16.439866683797639</v>
+        <v>18.079999999999998</v>
       </c>
     </row>
     <row r="8" spans="1:18" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="27" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="14">
-        <v>20421106</v>
+        <v>21981489</v>
       </c>
       <c r="D8" s="15">
         <v>100</v>
       </c>
       <c r="E8" s="14">
-        <v>9971505</v>
+        <v>10609123</v>
       </c>
       <c r="F8" s="15">
-        <v>48.829407182941019</v>
+        <v>48.26</v>
       </c>
       <c r="G8" s="14">
-        <v>10449601</v>
+        <v>11372366</v>
       </c>
       <c r="H8" s="15">
-        <v>51.170592817058981</v>
+        <v>51.74</v>
       </c>
       <c r="I8" s="14">
-        <v>3518228</v>
+        <v>3778750</v>
       </c>
       <c r="J8" s="15">
         <v>100</v>
       </c>
       <c r="K8" s="15">
-        <v>17.228391057761513</v>
+        <v>17.190000000000001</v>
       </c>
       <c r="L8" s="14">
-        <v>1540293</v>
+        <v>1561905</v>
       </c>
       <c r="M8" s="15">
-        <v>43.780363296523134</v>
+        <v>41.33</v>
       </c>
       <c r="N8" s="15">
-        <v>15.446946072834541</v>
+        <v>14.72</v>
       </c>
       <c r="O8" s="14">
-        <v>1977935</v>
+        <v>2216845</v>
       </c>
       <c r="P8" s="15">
-        <v>56.219636703476858</v>
+        <v>58.67</v>
       </c>
       <c r="Q8" s="16">
-        <v>18.9283303735712</v>
+        <v>19.489999999999998</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" s="28"/>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="4">
-        <v>2239330</v>
+        <v>2396310</v>
       </c>
       <c r="D9" s="5">
         <v>100</v>
       </c>
       <c r="E9" s="4">
-        <v>1081228</v>
+        <v>1135637</v>
       </c>
       <c r="F9" s="5">
-        <v>48.28354909727463</v>
+        <v>47.39</v>
       </c>
       <c r="G9" s="4">
-        <v>1158102</v>
+        <v>1260673</v>
       </c>
       <c r="H9" s="5">
-        <v>51.716450902725363</v>
+        <v>52.61</v>
       </c>
       <c r="I9" s="4">
-        <v>320274</v>
+        <v>386458</v>
       </c>
       <c r="J9" s="5">
         <v>100</v>
       </c>
       <c r="K9" s="5">
-        <v>14.302224326026089</v>
+        <v>16.13</v>
       </c>
       <c r="L9" s="4">
-        <v>137830</v>
+        <v>158261</v>
       </c>
       <c r="M9" s="5">
-        <v>43.035026258765932</v>
+        <v>40.950000000000003</v>
       </c>
       <c r="N9" s="5">
-        <v>12.747542608959442</v>
+        <v>13.94</v>
       </c>
       <c r="O9" s="4">
-        <v>182444</v>
+        <v>228197</v>
       </c>
       <c r="P9" s="5">
-        <v>56.964973741234068</v>
+        <v>59.05</v>
       </c>
       <c r="Q9" s="6">
-        <v>15.753707359109992</v>
+        <v>18.100000000000001</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" s="28"/>
       <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="4">
-        <v>1680304</v>
+        <v>1889277</v>
       </c>
       <c r="D10" s="5">
         <v>100</v>
       </c>
       <c r="E10" s="4">
-        <v>790147</v>
+        <v>895344</v>
       </c>
       <c r="F10" s="5">
-        <v>47.02405040992582</v>
+        <v>47.39</v>
       </c>
       <c r="G10" s="4">
-        <v>890157</v>
+        <v>993933</v>
       </c>
       <c r="H10" s="5">
-        <v>52.97594959007418</v>
+        <v>52.61</v>
       </c>
       <c r="I10" s="4">
-        <v>302803</v>
+        <v>296396</v>
       </c>
       <c r="J10" s="5">
         <v>100</v>
       </c>
       <c r="K10" s="5">
-        <v>18.020727201744446</v>
+        <v>15.69</v>
       </c>
       <c r="L10" s="4">
-        <v>128189</v>
+        <v>121965</v>
       </c>
       <c r="M10" s="5">
-        <v>42.33412482703276</v>
+        <v>41.15</v>
       </c>
       <c r="N10" s="5">
-        <v>16.223436904778477</v>
+        <v>13.62</v>
       </c>
       <c r="O10" s="4">
-        <v>174614</v>
+        <v>174431</v>
       </c>
       <c r="P10" s="5">
-        <v>57.66587517296724</v>
+        <v>58.85</v>
       </c>
       <c r="Q10" s="6">
-        <v>19.616090195325096</v>
+        <v>17.55</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" s="28"/>
       <c r="B11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="4">
-        <v>1592182</v>
+        <v>1889029</v>
       </c>
       <c r="D11" s="5">
         <v>100</v>
       </c>
       <c r="E11" s="4">
-        <v>767693</v>
+        <v>895229</v>
       </c>
       <c r="F11" s="5">
-        <v>48.216409933035294</v>
+        <v>47.39</v>
       </c>
       <c r="G11" s="4">
-        <v>824489</v>
+        <v>993800</v>
       </c>
       <c r="H11" s="5">
-        <v>51.783590066964699</v>
+        <v>52.61</v>
       </c>
       <c r="I11" s="4">
-        <v>219289</v>
+        <v>289629</v>
       </c>
       <c r="J11" s="5">
         <v>100</v>
       </c>
       <c r="K11" s="5">
-        <v>13.772860137848564</v>
+        <v>15.33</v>
       </c>
       <c r="L11" s="4">
-        <v>98456</v>
+        <v>119475</v>
       </c>
       <c r="M11" s="5">
-        <v>44.897828892466109</v>
+        <v>41.25</v>
       </c>
       <c r="N11" s="5">
-        <v>12.824918294161858</v>
+        <v>13.35</v>
       </c>
       <c r="O11" s="4">
-        <v>120833</v>
+        <v>170154</v>
       </c>
       <c r="P11" s="5">
-        <v>55.102171107533891</v>
+        <v>58.75</v>
       </c>
       <c r="Q11" s="6">
-        <v>14.655501771400225</v>
+        <v>17.12</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" s="28"/>
       <c r="B12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="4">
-        <v>858076</v>
+        <v>920073</v>
       </c>
       <c r="D12" s="5">
         <v>100</v>
       </c>
       <c r="E12" s="4">
-        <v>421156</v>
+        <v>449617</v>
       </c>
       <c r="F12" s="5">
-        <v>49.081433346230405</v>
+        <v>48.87</v>
       </c>
       <c r="G12" s="4">
-        <v>436920</v>
+        <v>470456</v>
       </c>
       <c r="H12" s="5">
-        <v>50.918566653769595</v>
+        <v>51.13</v>
       </c>
       <c r="I12" s="4">
-        <v>156786</v>
+        <v>193469</v>
       </c>
       <c r="J12" s="5">
         <v>100</v>
       </c>
       <c r="K12" s="5">
-        <v>18.271808091590955</v>
+        <v>21.03</v>
       </c>
       <c r="L12" s="4">
-        <v>65807</v>
+        <v>77526</v>
       </c>
       <c r="M12" s="5">
-        <v>41.972497544423611</v>
+        <v>40.07</v>
       </c>
       <c r="N12" s="5">
-        <v>15.625326482348584</v>
+        <v>17.239999999999998</v>
       </c>
       <c r="O12" s="4">
-        <v>90979</v>
+        <v>115943</v>
       </c>
       <c r="P12" s="5">
-        <v>58.027502455576396</v>
+        <v>59.93</v>
       </c>
       <c r="Q12" s="6">
-        <v>20.82280509017669</v>
+        <v>24.64</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" s="28"/>
       <c r="B13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="4">
-        <v>260619</v>
+        <v>242466</v>
       </c>
       <c r="D13" s="5">
         <v>100</v>
       </c>
       <c r="E13" s="4">
-        <v>123938</v>
+        <v>118487</v>
       </c>
       <c r="F13" s="5">
-        <v>47.555243478027307</v>
+        <v>48.87</v>
       </c>
       <c r="G13" s="4">
-        <v>136681</v>
+        <v>123979</v>
       </c>
       <c r="H13" s="5">
-        <v>52.444756521972693</v>
+        <v>51.13</v>
       </c>
       <c r="I13" s="4">
-        <v>66174</v>
+        <v>52696</v>
       </c>
       <c r="J13" s="5">
         <v>100</v>
       </c>
       <c r="K13" s="5">
-        <v>25.391088140158622</v>
+        <v>21.73</v>
       </c>
       <c r="L13" s="4">
-        <v>27208</v>
+        <v>21088</v>
       </c>
       <c r="M13" s="5">
-        <v>41.115846102698946</v>
+        <v>40.020000000000003</v>
       </c>
       <c r="N13" s="5">
-        <v>21.952911939840888</v>
+        <v>17.8</v>
       </c>
       <c r="O13" s="4">
-        <v>38966</v>
+        <v>31608</v>
       </c>
       <c r="P13" s="5">
-        <v>58.884153897301047</v>
+        <v>59.98</v>
       </c>
       <c r="Q13" s="6">
-        <v>28.508717378421288</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" s="28"/>
       <c r="B14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="4">
-        <v>774153</v>
+        <v>768859</v>
       </c>
       <c r="D14" s="5">
         <v>100</v>
       </c>
       <c r="E14" s="4">
-        <v>388484</v>
+        <v>375725</v>
       </c>
       <c r="F14" s="5">
-        <v>50.181811605716184</v>
+        <v>48.87</v>
       </c>
       <c r="G14" s="4">
-        <v>385669</v>
+        <v>393134</v>
       </c>
       <c r="H14" s="5">
-        <v>49.818188394283816</v>
+        <v>51.13</v>
       </c>
       <c r="I14" s="4">
-        <v>166755</v>
+        <v>165292</v>
       </c>
       <c r="J14" s="5">
         <v>100</v>
       </c>
       <c r="K14" s="5">
-        <v>21.54031567403343</v>
+        <v>21.5</v>
       </c>
       <c r="L14" s="4">
-        <v>74161</v>
+        <v>66181</v>
       </c>
       <c r="M14" s="5">
-        <v>44.473029294473932</v>
+        <v>40.04</v>
       </c>
       <c r="N14" s="5">
-        <v>19.089846686092606</v>
+        <v>17.61</v>
       </c>
       <c r="O14" s="4">
-        <v>92594</v>
+        <v>99111</v>
       </c>
       <c r="P14" s="5">
-        <v>55.526970705526068</v>
+        <v>59.96</v>
       </c>
       <c r="Q14" s="6">
-        <v>24.008670647627888</v>
+        <v>25.21</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" s="28"/>
       <c r="B15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="4">
-        <v>206868</v>
+        <v>182009</v>
       </c>
       <c r="D15" s="5">
         <v>100</v>
       </c>
       <c r="E15" s="4">
-        <v>98819</v>
+        <v>88945</v>
       </c>
       <c r="F15" s="5">
-        <v>47.769108803681576</v>
+        <v>48.87</v>
       </c>
       <c r="G15" s="4">
-        <v>108049</v>
+        <v>93064</v>
       </c>
       <c r="H15" s="5">
-        <v>52.230891196318431</v>
+        <v>51.13</v>
       </c>
       <c r="I15" s="4">
-        <v>54552</v>
+        <v>39487</v>
       </c>
       <c r="J15" s="5">
         <v>100</v>
       </c>
       <c r="K15" s="5">
-        <v>26.370439120598643</v>
+        <v>21.7</v>
       </c>
       <c r="L15" s="4">
-        <v>23174</v>
+        <v>15800</v>
       </c>
       <c r="M15" s="5">
-        <v>42.480568998386858</v>
+        <v>40.01</v>
       </c>
       <c r="N15" s="5">
-        <v>23.450955787854564</v>
+        <v>17.760000000000002</v>
       </c>
       <c r="O15" s="4">
-        <v>31378</v>
+        <v>23687</v>
       </c>
       <c r="P15" s="5">
-        <v>57.519431001613142</v>
+        <v>59.99</v>
       </c>
       <c r="Q15" s="6">
-        <v>29.040527908634044</v>
+        <v>25.45</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16" s="28"/>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="4">
-        <v>317008</v>
+        <v>285449</v>
       </c>
       <c r="D16" s="5">
         <v>100</v>
       </c>
       <c r="E16" s="4">
-        <v>151348</v>
+        <v>139494</v>
       </c>
       <c r="F16" s="5">
-        <v>47.742643718770509</v>
+        <v>48.87</v>
       </c>
       <c r="G16" s="4">
-        <v>165660</v>
+        <v>145955</v>
       </c>
       <c r="H16" s="5">
-        <v>52.257356281229491</v>
+        <v>51.13</v>
       </c>
       <c r="I16" s="4">
-        <v>85752</v>
+        <v>62252</v>
       </c>
       <c r="J16" s="5">
         <v>100</v>
       </c>
       <c r="K16" s="5">
-        <v>27.05042144046838</v>
+        <v>21.81</v>
       </c>
       <c r="L16" s="4">
-        <v>36844</v>
+        <v>24956</v>
       </c>
       <c r="M16" s="5">
-        <v>42.965761731504806</v>
+        <v>40.090000000000003</v>
       </c>
       <c r="N16" s="5">
-        <v>24.343896186272694</v>
+        <v>17.89</v>
       </c>
       <c r="O16" s="4">
-        <v>48908</v>
+        <v>37296</v>
       </c>
       <c r="P16" s="5">
-        <v>57.034238268495194</v>
+        <v>59.91</v>
       </c>
       <c r="Q16" s="6">
-        <v>29.523119642641554</v>
+        <v>25.55</v>
       </c>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" s="28"/>
       <c r="B17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="4">
-        <v>708652</v>
+        <v>767673</v>
       </c>
       <c r="D17" s="5">
         <v>100</v>
       </c>
       <c r="E17" s="4">
-        <v>351675</v>
+        <v>375144</v>
       </c>
       <c r="F17" s="5">
-        <v>49.625909473196998</v>
+        <v>48.87</v>
       </c>
       <c r="G17" s="4">
-        <v>356977</v>
+        <v>392529</v>
       </c>
       <c r="H17" s="5">
-        <v>50.374090526803009</v>
+        <v>51.13</v>
       </c>
       <c r="I17" s="4">
-        <v>128638</v>
+        <v>163118</v>
       </c>
       <c r="J17" s="5">
         <v>100</v>
       </c>
       <c r="K17" s="5">
-        <v>18.152492337564841</v>
+        <v>21.25</v>
       </c>
       <c r="L17" s="4">
-        <v>55320</v>
+        <v>65428</v>
       </c>
       <c r="M17" s="5">
-        <v>43.004399944028982</v>
+        <v>40.11</v>
       </c>
       <c r="N17" s="5">
-        <v>15.730432928129664</v>
+        <v>17.440000000000001</v>
       </c>
       <c r="O17" s="4">
-        <v>73318</v>
+        <v>97690</v>
       </c>
       <c r="P17" s="5">
-        <v>56.995600055971018</v>
+        <v>59.89</v>
       </c>
       <c r="Q17" s="6">
-        <v>20.53857811567692</v>
+        <v>24.89</v>
       </c>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" s="28"/>
       <c r="B18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="4">
-        <v>1746546</v>
+        <v>2042884</v>
       </c>
       <c r="D18" s="5">
         <v>100</v>
       </c>
       <c r="E18" s="4">
-        <v>866890</v>
+        <v>997535</v>
       </c>
       <c r="F18" s="5">
-        <v>49.634535820986109</v>
+        <v>48.83</v>
       </c>
       <c r="G18" s="4">
-        <v>879656</v>
+        <v>1045349</v>
       </c>
       <c r="H18" s="5">
-        <v>50.365464179013898</v>
+        <v>51.17</v>
       </c>
       <c r="I18" s="4">
-        <v>218071</v>
+        <v>317126</v>
       </c>
       <c r="J18" s="5">
         <v>100</v>
       </c>
       <c r="K18" s="5">
-        <v>12.485843487660789</v>
+        <v>15.52</v>
       </c>
       <c r="L18" s="4">
-        <v>107107</v>
+        <v>143545</v>
       </c>
       <c r="M18" s="5">
-        <v>49.11565499309858</v>
+        <v>45.26</v>
       </c>
       <c r="N18" s="5">
-        <v>12.355316130074174</v>
+        <v>14.39</v>
       </c>
       <c r="O18" s="4">
-        <v>110964</v>
+        <v>173581</v>
       </c>
       <c r="P18" s="5">
-        <v>50.88434500690142</v>
+        <v>54.74</v>
       </c>
       <c r="Q18" s="6">
-        <v>12.614476568112989</v>
+        <v>16.61</v>
       </c>
     </row>
     <row r="19" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A19" s="28"/>
       <c r="B19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="4">
-        <v>939740</v>
+        <v>1144396</v>
       </c>
       <c r="D19" s="5">
         <v>100</v>
       </c>
       <c r="E19" s="4">
-        <v>475157</v>
+        <v>558808</v>
       </c>
       <c r="F19" s="5">
-        <v>50.562602421946501</v>
+        <v>48.83</v>
       </c>
       <c r="G19" s="4">
-        <v>464583</v>
+        <v>585588</v>
       </c>
       <c r="H19" s="5">
-        <v>49.437397578053506</v>
+        <v>51.17</v>
       </c>
       <c r="I19" s="4">
-        <v>117611</v>
+        <v>161668</v>
       </c>
       <c r="J19" s="5">
         <v>100</v>
       </c>
       <c r="K19" s="5">
-        <v>12.515270181113925</v>
+        <v>14.13</v>
       </c>
       <c r="L19" s="4">
-        <v>52377</v>
+        <v>67686</v>
       </c>
       <c r="M19" s="5">
-        <v>44.534099701558524</v>
+        <v>41.87</v>
       </c>
       <c r="N19" s="5">
-        <v>11.023093419648664</v>
+        <v>12.11</v>
       </c>
       <c r="O19" s="4">
-        <v>65234</v>
+        <v>93982</v>
       </c>
       <c r="P19" s="5">
-        <v>55.465900298441476</v>
+        <v>58.13</v>
       </c>
       <c r="Q19" s="6">
-        <v>14.041409177692685</v>
+        <v>16.05</v>
       </c>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A20" s="28"/>
       <c r="B20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="4">
-        <v>577596</v>
+        <v>577744</v>
       </c>
       <c r="D20" s="5">
         <v>100</v>
       </c>
       <c r="E20" s="4">
-        <v>283206</v>
+        <v>282114</v>
       </c>
       <c r="F20" s="5">
-        <v>49.031849251033591</v>
+        <v>48.83</v>
       </c>
       <c r="G20" s="4">
-        <v>294390</v>
+        <v>295630</v>
       </c>
       <c r="H20" s="5">
-        <v>50.968150748966401</v>
+        <v>51.17</v>
       </c>
       <c r="I20" s="4">
-        <v>104235</v>
+        <v>87509</v>
       </c>
       <c r="J20" s="5">
         <v>100</v>
       </c>
       <c r="K20" s="5">
-        <v>18.046350736500948</v>
+        <v>15.15</v>
       </c>
       <c r="L20" s="4">
-        <v>47360</v>
+        <v>36230</v>
       </c>
       <c r="M20" s="5">
-        <v>45.435794119057896</v>
+        <v>41.4</v>
       </c>
       <c r="N20" s="5">
-        <v>16.722809544995513</v>
+        <v>12.84</v>
       </c>
       <c r="O20" s="4">
-        <v>56875</v>
+        <v>51279</v>
       </c>
       <c r="P20" s="5">
-        <v>54.564205880942104</v>
+        <v>58.6</v>
       </c>
       <c r="Q20" s="6">
-        <v>19.319610041101939</v>
+        <v>17.350000000000001</v>
       </c>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A21" s="28"/>
       <c r="B21" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="4">
-        <v>298647</v>
+        <v>282290</v>
       </c>
       <c r="D21" s="5">
         <v>100</v>
       </c>
       <c r="E21" s="4">
-        <v>150765</v>
+        <v>137843</v>
       </c>
       <c r="F21" s="5">
-        <v>50.482676872695855</v>
+        <v>48.83</v>
       </c>
       <c r="G21" s="4">
-        <v>147882</v>
+        <v>144447</v>
       </c>
       <c r="H21" s="5">
-        <v>49.517323127304138</v>
+        <v>51.17</v>
       </c>
       <c r="I21" s="4">
-        <v>49025</v>
+        <v>43483</v>
       </c>
       <c r="J21" s="5">
         <v>100</v>
       </c>
       <c r="K21" s="5">
-        <v>16.415701480343014</v>
+        <v>15.4</v>
       </c>
       <c r="L21" s="4">
-        <v>23054</v>
+        <v>17956</v>
       </c>
       <c r="M21" s="5">
-        <v>47.024987251402344</v>
+        <v>41.29</v>
       </c>
       <c r="N21" s="5">
-        <v>15.291347461280802</v>
+        <v>13.03</v>
       </c>
       <c r="O21" s="4">
-        <v>25971</v>
+        <v>25527</v>
       </c>
       <c r="P21" s="5">
-        <v>52.975012748597649</v>
+        <v>58.71</v>
       </c>
       <c r="Q21" s="6">
-        <v>17.561975088246033</v>
+        <v>17.670000000000002</v>
       </c>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A22" s="28"/>
       <c r="B22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="4">
-        <v>846007</v>
+        <v>943380</v>
       </c>
       <c r="D22" s="5">
         <v>100</v>
       </c>
       <c r="E22" s="4">
-        <v>416002</v>
+        <v>460653</v>
       </c>
       <c r="F22" s="5">
-        <v>49.172406374888148</v>
+        <v>48.83</v>
       </c>
       <c r="G22" s="4">
-        <v>430005</v>
+        <v>482727</v>
       </c>
       <c r="H22" s="5">
-        <v>50.827593625111845</v>
+        <v>51.17</v>
       </c>
       <c r="I22" s="4">
-        <v>153891</v>
+        <v>133307</v>
       </c>
       <c r="J22" s="5">
         <v>100</v>
       </c>
       <c r="K22" s="5">
-        <v>18.190275021365071</v>
+        <v>14.13</v>
       </c>
       <c r="L22" s="4">
-        <v>67525</v>
+        <v>55283</v>
       </c>
       <c r="M22" s="5">
-        <v>43.878459429076422</v>
+        <v>41.47</v>
       </c>
       <c r="N22" s="5">
-        <v>16.231893115898483</v>
+        <v>12</v>
       </c>
       <c r="O22" s="4">
-        <v>86366</v>
+        <v>78024</v>
       </c>
       <c r="P22" s="5">
-        <v>56.121540570923578</v>
+        <v>58.53</v>
       </c>
       <c r="Q22" s="6">
-        <v>20.084882733921699</v>
+        <v>16.16</v>
       </c>
     </row>
     <row r="23" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A23" s="28"/>
       <c r="B23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="4">
-        <v>648009</v>
+        <v>672196</v>
       </c>
       <c r="D23" s="5">
         <v>100</v>
       </c>
       <c r="E23" s="4">
-        <v>315081</v>
+        <v>325364</v>
       </c>
       <c r="F23" s="5">
-        <v>48.622935792558437</v>
+        <v>48.4</v>
       </c>
       <c r="G23" s="4">
-        <v>332928</v>
+        <v>346832</v>
       </c>
       <c r="H23" s="5">
-        <v>51.377064207441556</v>
+        <v>51.6</v>
       </c>
       <c r="I23" s="4">
-        <v>120036</v>
+        <v>104890</v>
       </c>
       <c r="J23" s="5">
         <v>100</v>
       </c>
       <c r="K23" s="5">
-        <v>18.523816798840755</v>
+        <v>15.6</v>
       </c>
       <c r="L23" s="4">
-        <v>51630</v>
+        <v>43153</v>
       </c>
       <c r="M23" s="5">
-        <v>43.012096371088674</v>
+        <v>41.14</v>
       </c>
       <c r="N23" s="5">
-        <v>16.38626258009845</v>
+        <v>13.26</v>
       </c>
       <c r="O23" s="4">
-        <v>68406</v>
+        <v>61737</v>
       </c>
       <c r="P23" s="5">
-        <v>56.987903628911326</v>
+        <v>58.86</v>
       </c>
       <c r="Q23" s="6">
-        <v>20.546784890426757</v>
+        <v>17.8</v>
       </c>
     </row>
     <row r="24" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A24" s="28"/>
       <c r="B24" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="4">
-        <v>296403</v>
+        <v>265859</v>
       </c>
       <c r="D24" s="5">
         <v>100</v>
       </c>
       <c r="E24" s="4">
-        <v>143859</v>
+        <v>129818</v>
       </c>
       <c r="F24" s="5">
-        <v>48.534933856944768</v>
+        <v>48.83</v>
       </c>
       <c r="G24" s="4">
-        <v>152544</v>
+        <v>136041</v>
       </c>
       <c r="H24" s="5">
-        <v>51.465066143055225</v>
+        <v>51.17</v>
       </c>
       <c r="I24" s="4">
-        <v>62836</v>
+        <v>40935</v>
       </c>
       <c r="J24" s="5">
         <v>100</v>
       </c>
       <c r="K24" s="5">
-        <v>21.199515524471749</v>
+        <v>15.4</v>
       </c>
       <c r="L24" s="4">
-        <v>26992</v>
+        <v>16935</v>
       </c>
       <c r="M24" s="5">
-        <v>42.956267108027248</v>
+        <v>41.37</v>
       </c>
       <c r="N24" s="5">
-        <v>18.762816368805566</v>
+        <v>13.05</v>
       </c>
       <c r="O24" s="4">
-        <v>35844</v>
+        <v>24000</v>
       </c>
       <c r="P24" s="5">
-        <v>57.043732891972752</v>
+        <v>58.63</v>
       </c>
       <c r="Q24" s="6">
-        <v>23.497482693517934</v>
+        <v>17.64</v>
       </c>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A25" s="28"/>
       <c r="B25" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="4">
-        <v>662326</v>
+        <v>681470</v>
       </c>
       <c r="D25" s="5">
         <v>100</v>
       </c>
       <c r="E25" s="4">
-        <v>327329</v>
+        <v>335640</v>
       </c>
       <c r="F25" s="5">
-        <v>49.421130983835752</v>
+        <v>49.25</v>
       </c>
       <c r="G25" s="4">
-        <v>334997</v>
+        <v>345830</v>
       </c>
       <c r="H25" s="5">
-        <v>50.578869016164241</v>
+        <v>50.75</v>
       </c>
       <c r="I25" s="4">
-        <v>113772</v>
+        <v>105368</v>
       </c>
       <c r="J25" s="5">
         <v>100</v>
       </c>
       <c r="K25" s="5">
-        <v>17.177643637725229</v>
+        <v>15.46</v>
       </c>
       <c r="L25" s="4">
-        <v>51632</v>
+        <v>44082</v>
       </c>
       <c r="M25" s="5">
-        <v>45.381992054284005</v>
+        <v>41.84</v>
       </c>
       <c r="N25" s="5">
-        <v>15.773732238817825</v>
+        <v>13.13</v>
       </c>
       <c r="O25" s="4">
-        <v>62140</v>
+        <v>61286</v>
       </c>
       <c r="P25" s="5">
-        <v>54.618007945715995</v>
+        <v>58.16</v>
       </c>
       <c r="Q25" s="6">
-        <v>18.549419845550855</v>
+        <v>17.72</v>
       </c>
     </row>
     <row r="26" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A26" s="28"/>
       <c r="B26" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="4">
-        <v>802621</v>
+        <v>810009</v>
       </c>
       <c r="D26" s="5">
         <v>100</v>
       </c>
       <c r="E26" s="4">
-        <v>388942</v>
+        <v>394957</v>
       </c>
       <c r="F26" s="5">
-        <v>48.458986246310523</v>
+        <v>48.76</v>
       </c>
       <c r="G26" s="4">
-        <v>413679</v>
+        <v>415052</v>
       </c>
       <c r="H26" s="5">
-        <v>51.541013753689477</v>
+        <v>51.24</v>
       </c>
       <c r="I26" s="4">
-        <v>175942</v>
+        <v>176962</v>
       </c>
       <c r="J26" s="5">
         <v>100</v>
       </c>
       <c r="K26" s="5">
-        <v>21.920931548015812</v>
+        <v>21.85</v>
       </c>
       <c r="L26" s="4">
-        <v>74936</v>
+        <v>72648</v>
       </c>
       <c r="M26" s="5">
-        <v>42.591308499391843</v>
+        <v>41.05</v>
       </c>
       <c r="N26" s="5">
-        <v>19.26662587223802</v>
+        <v>18.39</v>
       </c>
       <c r="O26" s="4">
-        <v>101006</v>
+        <v>104314</v>
       </c>
       <c r="P26" s="5">
-        <v>57.408691500608157</v>
+        <v>58.95</v>
       </c>
       <c r="Q26" s="6">
-        <v>24.416516187672084</v>
+        <v>25.13</v>
       </c>
     </row>
     <row r="27" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A27" s="28"/>
       <c r="B27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="4">
-        <v>793822</v>
+        <v>833928</v>
       </c>
       <c r="D27" s="5">
         <v>100</v>
       </c>
       <c r="E27" s="4">
-        <v>397540</v>
+        <v>406622</v>
       </c>
       <c r="F27" s="5">
-        <v>50.079236907014426</v>
+        <v>48.76</v>
       </c>
       <c r="G27" s="4">
-        <v>396282</v>
+        <v>427306</v>
       </c>
       <c r="H27" s="5">
-        <v>49.920763092985581</v>
+        <v>51.24</v>
       </c>
       <c r="I27" s="4">
-        <v>146071</v>
+        <v>186627</v>
       </c>
       <c r="J27" s="5">
         <v>100</v>
       </c>
       <c r="K27" s="5">
-        <v>18.400976541340501</v>
+        <v>22.38</v>
       </c>
       <c r="L27" s="4">
-        <v>66274</v>
+        <v>76625</v>
       </c>
       <c r="M27" s="5">
-        <v>45.37108666333495</v>
+        <v>41.06</v>
       </c>
       <c r="N27" s="5">
-        <v>16.671026814911709</v>
+        <v>18.84</v>
       </c>
       <c r="O27" s="4">
-        <v>79797</v>
+        <v>110002</v>
       </c>
       <c r="P27" s="5">
-        <v>54.628913336665043</v>
+        <v>58.94</v>
       </c>
       <c r="Q27" s="6">
-        <v>20.136418005359818</v>
+        <v>25.74</v>
       </c>
     </row>
     <row r="28" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A28" s="28"/>
       <c r="B28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="4">
-        <v>865092</v>
+        <v>845077</v>
       </c>
       <c r="D28" s="5">
         <v>100</v>
       </c>
       <c r="E28" s="4">
-        <v>416722</v>
+        <v>412057</v>
       </c>
       <c r="F28" s="5">
-        <v>48.170830385669966</v>
+        <v>48.76</v>
       </c>
       <c r="G28" s="4">
-        <v>448370</v>
+        <v>433020</v>
       </c>
       <c r="H28" s="5">
-        <v>51.829169614330041</v>
+        <v>51.24</v>
       </c>
       <c r="I28" s="4">
-        <v>217297</v>
+        <v>191461</v>
       </c>
       <c r="J28" s="5">
         <v>100</v>
       </c>
       <c r="K28" s="5">
-        <v>25.118368913364126</v>
+        <v>22.66</v>
       </c>
       <c r="L28" s="4">
-        <v>93268</v>
+        <v>78678</v>
       </c>
       <c r="M28" s="5">
-        <v>42.921899520011777</v>
+        <v>41.09</v>
       </c>
       <c r="N28" s="5">
-        <v>22.38134775701787</v>
+        <v>19.09</v>
       </c>
       <c r="O28" s="4">
-        <v>124029</v>
+        <v>112783</v>
       </c>
       <c r="P28" s="5">
-        <v>57.078100479988215</v>
+        <v>58.91</v>
       </c>
       <c r="Q28" s="6">
-        <v>27.66219863059527</v>
+        <v>26.05</v>
       </c>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A29" s="28"/>
       <c r="B29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="4">
-        <v>1164179</v>
+        <v>1270067</v>
       </c>
       <c r="D29" s="5">
         <v>100</v>
       </c>
       <c r="E29" s="4">
-        <v>557627</v>
+        <v>601897</v>
       </c>
       <c r="F29" s="5">
-        <v>47.898733785783804</v>
+        <v>47.39</v>
       </c>
       <c r="G29" s="4">
-        <v>606552</v>
+        <v>668170</v>
       </c>
       <c r="H29" s="5">
-        <v>52.101266214216203</v>
+        <v>52.61</v>
       </c>
       <c r="I29" s="4">
-        <v>201754</v>
+        <v>187892</v>
       </c>
       <c r="J29" s="5">
         <v>100</v>
       </c>
       <c r="K29" s="5">
-        <v>17.330152837321407</v>
+        <v>14.79</v>
       </c>
       <c r="L29" s="4">
-        <v>85536</v>
+        <v>76923</v>
       </c>
       <c r="M29" s="5">
-        <v>42.396185453572173</v>
+        <v>40.94</v>
       </c>
       <c r="N29" s="5">
-        <v>15.339285938449896</v>
+        <v>12.78</v>
       </c>
       <c r="O29" s="4">
-        <v>116218</v>
+        <v>110969</v>
       </c>
       <c r="P29" s="5">
-        <v>57.60381454642782</v>
+        <v>59.06</v>
       </c>
       <c r="Q29" s="6">
-        <v>19.160434719529405</v>
+        <v>16.61</v>
       </c>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A30" s="28"/>
       <c r="B30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="4">
-        <v>1015249</v>
+        <v>1107474</v>
       </c>
       <c r="D30" s="5">
         <v>100</v>
       </c>
       <c r="E30" s="4">
-        <v>498946</v>
+        <v>524839</v>
       </c>
       <c r="F30" s="5">
-        <v>49.145185072824496</v>
+        <v>47.39</v>
       </c>
       <c r="G30" s="4">
-        <v>516303</v>
+        <v>582635</v>
       </c>
       <c r="H30" s="5">
-        <v>50.854814927175497</v>
+        <v>52.61</v>
       </c>
       <c r="I30" s="4">
-        <v>102220</v>
+        <v>139891</v>
       </c>
       <c r="J30" s="5">
         <v>100</v>
       </c>
       <c r="K30" s="5">
-        <v>10.068465962537269</v>
+        <v>12.63</v>
       </c>
       <c r="L30" s="4">
-        <v>43894</v>
+        <v>57119</v>
       </c>
       <c r="M30" s="5">
-        <v>42.940716102523965</v>
+        <v>40.83</v>
       </c>
       <c r="N30" s="5">
-        <v>8.7973448028443961</v>
+        <v>10.88</v>
       </c>
       <c r="O30" s="4">
-        <v>58326</v>
+        <v>82772</v>
       </c>
       <c r="P30" s="5">
-        <v>57.059283897476035</v>
+        <v>59.17</v>
       </c>
       <c r="Q30" s="6">
-        <v>11.296854753894516</v>
+        <v>14.21</v>
       </c>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A31" s="28"/>
       <c r="B31" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="4">
-        <v>192168</v>
+        <v>174325</v>
       </c>
       <c r="D31" s="5">
         <v>100</v>
       </c>
       <c r="E31" s="4">
-        <v>92756</v>
+        <v>84999</v>
       </c>
       <c r="F31" s="5">
-        <v>48.268182007410182</v>
+        <v>48.76</v>
       </c>
       <c r="G31" s="4">
-        <v>99412</v>
+        <v>89326</v>
       </c>
       <c r="H31" s="5">
-        <v>51.731817992589811</v>
+        <v>51.24</v>
       </c>
       <c r="I31" s="4">
-        <v>50798</v>
+        <v>37404</v>
       </c>
       <c r="J31" s="5">
         <v>100</v>
       </c>
       <c r="K31" s="5">
-        <v>26.434161775113441</v>
+        <v>21.46</v>
       </c>
       <c r="L31" s="4">
-        <v>20926</v>
+        <v>15342</v>
       </c>
       <c r="M31" s="5">
-        <v>41.194535217921967</v>
+        <v>41.02</v>
       </c>
       <c r="N31" s="5">
-        <v>22.560265643192892</v>
+        <v>18.05</v>
       </c>
       <c r="O31" s="4">
-        <v>29872</v>
+        <v>22062</v>
       </c>
       <c r="P31" s="5">
-        <v>58.805464782078033</v>
+        <v>58.98</v>
       </c>
       <c r="Q31" s="6">
-        <v>30.04868627529876</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="32" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A32" s="28"/>
       <c r="B32" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="4">
-        <v>476707</v>
+        <v>503453</v>
       </c>
       <c r="D32" s="5">
         <v>100</v>
       </c>
       <c r="E32" s="4">
-        <v>233441</v>
+        <v>245481</v>
       </c>
       <c r="F32" s="5">
-        <v>48.969492791169415</v>
+        <v>48.76</v>
       </c>
       <c r="G32" s="4">
-        <v>243266</v>
+        <v>257972</v>
       </c>
       <c r="H32" s="5">
-        <v>51.030507208830578</v>
+        <v>51.24</v>
       </c>
       <c r="I32" s="4">
-        <v>105800</v>
+        <v>110524</v>
       </c>
       <c r="J32" s="5">
         <v>100</v>
       </c>
       <c r="K32" s="5">
-        <v>22.193926248198579</v>
+        <v>21.95</v>
       </c>
       <c r="L32" s="4">
-        <v>45638</v>
+        <v>45527</v>
       </c>
       <c r="M32" s="5">
-        <v>43.136105860113425</v>
+        <v>41.19</v>
       </c>
       <c r="N32" s="5">
-        <v>19.550121872336053</v>
+        <v>18.55</v>
       </c>
       <c r="O32" s="4">
-        <v>60162</v>
+        <v>64997</v>
       </c>
       <c r="P32" s="5">
-        <v>56.863894139886582</v>
+        <v>58.81</v>
       </c>
       <c r="Q32" s="6">
-        <v>24.73095294862414</v>
+        <v>25.2</v>
       </c>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A33" s="28"/>
       <c r="B33" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="4">
-        <v>458802</v>
+        <v>485792</v>
       </c>
       <c r="D33" s="5">
         <v>100</v>
       </c>
       <c r="E33" s="4">
-        <v>232754</v>
+        <v>236874</v>
       </c>
       <c r="F33" s="5">
-        <v>50.730816343433546</v>
+        <v>48.76</v>
       </c>
       <c r="G33" s="4">
-        <v>226048</v>
+        <v>248918</v>
       </c>
       <c r="H33" s="5">
-        <v>49.269183656566454</v>
+        <v>51.24</v>
       </c>
       <c r="I33" s="4">
-        <v>77846</v>
+        <v>104906</v>
       </c>
       <c r="J33" s="5">
         <v>100</v>
       </c>
       <c r="K33" s="5">
-        <v>16.967232052170651</v>
+        <v>21.59</v>
       </c>
       <c r="L33" s="4">
-        <v>35155</v>
+        <v>43493</v>
       </c>
       <c r="M33" s="5">
-        <v>45.159674228605198</v>
+        <v>41.46</v>
       </c>
       <c r="N33" s="5">
-        <v>15.10392947059986</v>
+        <v>18.36</v>
       </c>
       <c r="O33" s="4">
-        <v>42691</v>
+        <v>61413</v>
       </c>
       <c r="P33" s="5">
-        <v>54.840325771394802</v>
+        <v>58.54</v>
       </c>
       <c r="Q33" s="6">
-        <v>18.885811862967159</v>
+        <v>24.67</v>
       </c>
     </row>
     <row r="34" spans="1:17" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="14">
-        <v>11174736</v>
+        <v>11120320</v>
       </c>
       <c r="D34" s="15">
         <v>100</v>
       </c>
       <c r="E34" s="14">
-        <v>5422245</v>
+        <v>5324107</v>
       </c>
       <c r="F34" s="15">
-        <v>48.522354353606204</v>
+        <v>47.88</v>
       </c>
       <c r="G34" s="14">
-        <v>5752491</v>
+        <v>5796213</v>
       </c>
       <c r="H34" s="15">
-        <v>51.477645646393796</v>
+        <v>52.12</v>
       </c>
       <c r="I34" s="14">
-        <v>2810618</v>
+        <v>2913885</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
-        <v>25.151538255579371</v>
+        <v>26.2</v>
       </c>
       <c r="L34" s="14">
-        <v>1278780</v>
+        <v>1238314</v>
       </c>
       <c r="M34" s="15">
-        <v>45.498178692372996</v>
+        <v>42.5</v>
       </c>
       <c r="N34" s="15">
-        <v>23.583958305093187</v>
+        <v>23.26</v>
       </c>
       <c r="O34" s="14">
-        <v>1531838</v>
+        <v>1675571</v>
       </c>
       <c r="P34" s="15">
-        <v>54.501821307627004</v>
+        <v>57.5</v>
       </c>
       <c r="Q34" s="16">
-        <v>26.629124669643119</v>
+        <v>28.91</v>
       </c>
     </row>
     <row r="35" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A35" s="28"/>
       <c r="B35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="4">
-        <v>1661896</v>
+        <v>1786994</v>
       </c>
       <c r="D35" s="5">
         <v>100</v>
       </c>
       <c r="E35" s="4">
-        <v>810026</v>
+        <v>855566</v>
       </c>
       <c r="F35" s="5">
-        <v>48.741076457251239</v>
+        <v>47.88</v>
       </c>
       <c r="G35" s="4">
-        <v>851870</v>
+        <v>931428</v>
       </c>
       <c r="H35" s="5">
-        <v>51.258923542748768</v>
+        <v>52.12</v>
       </c>
       <c r="I35" s="4">
-        <v>359752</v>
+        <v>451761</v>
       </c>
       <c r="J35" s="5">
         <v>100</v>
       </c>
       <c r="K35" s="5">
-        <v>21.64708260926075</v>
+        <v>25.28</v>
       </c>
       <c r="L35" s="4">
-        <v>167363</v>
+        <v>192729</v>
       </c>
       <c r="M35" s="5">
-        <v>46.521770553047652</v>
+        <v>42.66</v>
       </c>
       <c r="N35" s="5">
-        <v>20.661435558858603</v>
+        <v>22.53</v>
       </c>
       <c r="O35" s="4">
-        <v>192389</v>
+        <v>259032</v>
       </c>
       <c r="P35" s="5">
-        <v>53.478229446952341</v>
+        <v>57.34</v>
       </c>
       <c r="Q35" s="6">
-        <v>22.584314508082219</v>
+        <v>27.81</v>
       </c>
     </row>
     <row r="36" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A36" s="28"/>
       <c r="B36" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="4">
-        <v>400483</v>
+        <v>385308</v>
       </c>
       <c r="D36" s="5">
         <v>100</v>
       </c>
       <c r="E36" s="4">
-        <v>193483</v>
+        <v>184474</v>
       </c>
       <c r="F36" s="5">
-        <v>48.31241276159038</v>
+        <v>47.88</v>
       </c>
       <c r="G36" s="4">
-        <v>207000</v>
+        <v>200834</v>
       </c>
       <c r="H36" s="5">
-        <v>51.687587238409613</v>
+        <v>52.12</v>
       </c>
       <c r="I36" s="4">
-        <v>99013</v>
+        <v>97707</v>
       </c>
       <c r="J36" s="5">
         <v>100</v>
       </c>
       <c r="K36" s="5">
-        <v>24.723396498727787</v>
+        <v>25.36</v>
       </c>
       <c r="L36" s="4">
-        <v>46193</v>
+        <v>41582</v>
       </c>
       <c r="M36" s="5">
-        <v>46.653469746396937</v>
+        <v>42.56</v>
       </c>
       <c r="N36" s="5">
-        <v>23.874448917992797</v>
+        <v>22.54</v>
       </c>
       <c r="O36" s="4">
-        <v>52820</v>
+        <v>56125</v>
       </c>
       <c r="P36" s="5">
-        <v>53.346530253603063</v>
+        <v>57.44</v>
       </c>
       <c r="Q36" s="6">
-        <v>25.516908212560384</v>
+        <v>27.95</v>
       </c>
     </row>
     <row r="37" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A37" s="28"/>
       <c r="B37" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="4">
-        <v>721864</v>
+        <v>682796</v>
       </c>
       <c r="D37" s="5">
         <v>100</v>
       </c>
       <c r="E37" s="4">
-        <v>353862</v>
+        <v>326903</v>
       </c>
       <c r="F37" s="5">
-        <v>49.020591136280515</v>
+        <v>47.88</v>
       </c>
       <c r="G37" s="4">
-        <v>368002</v>
+        <v>355893</v>
       </c>
       <c r="H37" s="5">
-        <v>50.979408863719478</v>
+        <v>52.12</v>
       </c>
       <c r="I37" s="4">
-        <v>206790</v>
+        <v>181332</v>
       </c>
       <c r="J37" s="5">
         <v>100</v>
       </c>
       <c r="K37" s="5">
-        <v>28.646670286923854</v>
+        <v>26.56</v>
       </c>
       <c r="L37" s="4">
-        <v>96591</v>
+        <v>76981</v>
       </c>
       <c r="M37" s="5">
-        <v>46.709705498331637</v>
+        <v>42.45</v>
       </c>
       <c r="N37" s="5">
-        <v>27.296234125167441</v>
+        <v>23.55</v>
       </c>
       <c r="O37" s="4">
-        <v>110199</v>
+        <v>104351</v>
       </c>
       <c r="P37" s="5">
-        <v>53.290294501668356</v>
+        <v>57.55</v>
       </c>
       <c r="Q37" s="6">
-        <v>29.945217689034298</v>
+        <v>29.32</v>
       </c>
     </row>
     <row r="38" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A38" s="28"/>
       <c r="B38" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="4">
-        <v>426795</v>
+        <v>394459</v>
       </c>
       <c r="D38" s="5">
         <v>100</v>
       </c>
       <c r="E38" s="4">
-        <v>204489</v>
+        <v>188856</v>
       </c>
       <c r="F38" s="5">
-        <v>47.912698133764451</v>
+        <v>47.88</v>
       </c>
       <c r="G38" s="4">
-        <v>222306</v>
+        <v>205603</v>
       </c>
       <c r="H38" s="5">
-        <v>52.087301866235549</v>
+        <v>52.12</v>
       </c>
       <c r="I38" s="4">
-        <v>123626</v>
+        <v>105086</v>
       </c>
       <c r="J38" s="5">
         <v>100</v>
       </c>
       <c r="K38" s="5">
-        <v>28.966131280825692</v>
+        <v>26.64</v>
       </c>
       <c r="L38" s="4">
-        <v>55443</v>
+        <v>44617</v>
       </c>
       <c r="M38" s="5">
-        <v>44.847362205361328</v>
+        <v>42.46</v>
       </c>
       <c r="N38" s="5">
-        <v>27.112949840822736</v>
+        <v>23.62</v>
       </c>
       <c r="O38" s="4">
-        <v>68183</v>
+        <v>60469</v>
       </c>
       <c r="P38" s="5">
-        <v>55.152637794638672</v>
+        <v>57.54</v>
       </c>
       <c r="Q38" s="6">
-        <v>30.670787113258303</v>
+        <v>29.41</v>
       </c>
     </row>
     <row r="39" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A39" s="28"/>
       <c r="B39" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="4">
-        <v>417155</v>
+        <v>358157</v>
       </c>
       <c r="D39" s="5">
         <v>100</v>
       </c>
       <c r="E39" s="4">
-        <v>200276</v>
+        <v>171478</v>
       </c>
       <c r="F39" s="5">
-        <v>48.009972312449811</v>
+        <v>47.88</v>
       </c>
       <c r="G39" s="4">
-        <v>216879</v>
+        <v>186679</v>
       </c>
       <c r="H39" s="5">
-        <v>51.990027687550189</v>
+        <v>52.12</v>
       </c>
       <c r="I39" s="4">
-        <v>122373</v>
+        <v>95266</v>
       </c>
       <c r="J39" s="5">
         <v>100</v>
       </c>
       <c r="K39" s="5">
-        <v>29.335139216837863</v>
+        <v>26.6</v>
       </c>
       <c r="L39" s="4">
-        <v>54405</v>
+        <v>40465</v>
       </c>
       <c r="M39" s="5">
-        <v>44.45833639773479</v>
+        <v>42.48</v>
       </c>
       <c r="N39" s="5">
-        <v>27.165012283049393</v>
+        <v>23.6</v>
       </c>
       <c r="O39" s="4">
-        <v>67968</v>
+        <v>54801</v>
       </c>
       <c r="P39" s="5">
-        <v>55.541663602265203</v>
+        <v>57.52</v>
       </c>
       <c r="Q39" s="6">
-        <v>31.339133802719488</v>
+        <v>29.36</v>
       </c>
     </row>
     <row r="40" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A40" s="28"/>
       <c r="B40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="4">
-        <v>430244</v>
+        <v>433121</v>
       </c>
       <c r="D40" s="5">
         <v>100</v>
       </c>
       <c r="E40" s="4">
-        <v>213106</v>
+        <v>207367</v>
       </c>
       <c r="F40" s="5">
-        <v>49.531428677680573</v>
+        <v>47.88</v>
       </c>
       <c r="G40" s="4">
-        <v>217138</v>
+        <v>225754</v>
       </c>
       <c r="H40" s="5">
-        <v>50.468571322319434</v>
+        <v>52.12</v>
       </c>
       <c r="I40" s="4">
-        <v>112032</v>
+        <v>115400</v>
       </c>
       <c r="J40" s="5">
         <v>100</v>
       </c>
       <c r="K40" s="5">
-        <v>26.039177768893929</v>
+        <v>26.64</v>
       </c>
       <c r="L40" s="4">
-        <v>53050</v>
+        <v>48977</v>
       </c>
       <c r="M40" s="5">
-        <v>47.352542130819764</v>
+        <v>42.44</v>
       </c>
       <c r="N40" s="5">
-        <v>24.893714864902915</v>
+        <v>23.62</v>
       </c>
       <c r="O40" s="4">
-        <v>58982</v>
+        <v>66423</v>
       </c>
       <c r="P40" s="5">
-        <v>52.647457869180236</v>
+        <v>57.56</v>
       </c>
       <c r="Q40" s="6">
-        <v>27.163370759609094</v>
+        <v>29.42</v>
       </c>
     </row>
     <row r="41" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A41" s="28"/>
       <c r="B41" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="4">
-        <v>400551</v>
+        <v>352203</v>
       </c>
       <c r="D41" s="5">
         <v>100</v>
       </c>
       <c r="E41" s="4">
-        <v>195261</v>
+        <v>168626</v>
       </c>
       <c r="F41" s="5">
-        <v>48.748099492948462</v>
+        <v>47.88</v>
       </c>
       <c r="G41" s="4">
-        <v>205290</v>
+        <v>183577</v>
       </c>
       <c r="H41" s="5">
-        <v>51.251900507051538</v>
+        <v>52.12</v>
       </c>
       <c r="I41" s="4">
-        <v>105481</v>
+        <v>93714</v>
       </c>
       <c r="J41" s="5">
         <v>100</v>
       </c>
       <c r="K41" s="5">
-        <v>26.333974949507056</v>
+        <v>26.61</v>
       </c>
       <c r="L41" s="4">
-        <v>49978</v>
+        <v>39788</v>
       </c>
       <c r="M41" s="5">
-        <v>47.381044927522495</v>
+        <v>42.46</v>
       </c>
       <c r="N41" s="5">
-        <v>25.595485017489413</v>
+        <v>23.6</v>
       </c>
       <c r="O41" s="4">
-        <v>55503</v>
+        <v>53926</v>
       </c>
       <c r="P41" s="5">
-        <v>52.618955072477505</v>
+        <v>57.54</v>
       </c>
       <c r="Q41" s="6">
-        <v>27.036387549320473</v>
+        <v>29.38</v>
       </c>
     </row>
     <row r="42" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A42" s="28"/>
       <c r="B42" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="4">
-        <v>1117830</v>
+        <v>1127528</v>
       </c>
       <c r="D42" s="5">
         <v>100</v>
       </c>
       <c r="E42" s="4">
-        <v>547372</v>
+        <v>539827</v>
       </c>
       <c r="F42" s="5">
-        <v>48.967374287682389</v>
+        <v>47.88</v>
       </c>
       <c r="G42" s="4">
-        <v>570458</v>
+        <v>587701</v>
       </c>
       <c r="H42" s="5">
-        <v>51.032625712317611</v>
+        <v>52.12</v>
       </c>
       <c r="I42" s="4">
-        <v>262953</v>
+        <v>294813</v>
       </c>
       <c r="J42" s="5">
         <v>100</v>
       </c>
       <c r="K42" s="5">
-        <v>23.523523254877755</v>
+        <v>26.15</v>
       </c>
       <c r="L42" s="4">
-        <v>123511</v>
+        <v>125204</v>
       </c>
       <c r="M42" s="5">
-        <v>46.97075142706111</v>
+        <v>42.47</v>
       </c>
       <c r="N42" s="5">
-        <v>22.564362079171023</v>
+        <v>23.19</v>
       </c>
       <c r="O42" s="4">
-        <v>139442</v>
+        <v>169609</v>
       </c>
       <c r="P42" s="5">
-        <v>53.02924857293889</v>
+        <v>57.53</v>
       </c>
       <c r="Q42" s="6">
-        <v>24.443867909644531</v>
+        <v>28.86</v>
       </c>
     </row>
     <row r="43" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A43" s="28"/>
       <c r="B43" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="4">
-        <v>193122</v>
+        <v>245251</v>
       </c>
       <c r="D43" s="5">
         <v>100</v>
       </c>
       <c r="E43" s="4">
-        <v>97476</v>
+        <v>117417</v>
       </c>
       <c r="F43" s="5">
-        <v>50.473793767670173</v>
+        <v>47.88</v>
       </c>
       <c r="G43" s="4">
-        <v>95646</v>
+        <v>127834</v>
       </c>
       <c r="H43" s="5">
-        <v>49.52620623232982</v>
+        <v>52.12</v>
       </c>
       <c r="I43" s="4">
-        <v>35260</v>
+        <v>64036</v>
       </c>
       <c r="J43" s="5">
         <v>100</v>
       </c>
       <c r="K43" s="5">
-        <v>18.257888795683559</v>
+        <v>26.11</v>
       </c>
       <c r="L43" s="4">
-        <v>17745</v>
+        <v>27195</v>
       </c>
       <c r="M43" s="5">
-        <v>50.326148610323315</v>
+        <v>42.47</v>
       </c>
       <c r="N43" s="5">
-        <v>18.204481103040749</v>
+        <v>23.16</v>
       </c>
       <c r="O43" s="4">
-        <v>17515</v>
+        <v>36841</v>
       </c>
       <c r="P43" s="5">
-        <v>49.673851389676685</v>
+        <v>57.53</v>
       </c>
       <c r="Q43" s="6">
-        <v>18.312318340547435</v>
+        <v>28.82</v>
       </c>
     </row>
     <row r="44" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A44" s="28"/>
       <c r="B44" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="4">
-        <v>959974</v>
+        <v>888723</v>
       </c>
       <c r="D44" s="5">
         <v>100</v>
       </c>
       <c r="E44" s="4">
-        <v>460053</v>
+        <v>425500</v>
       </c>
       <c r="F44" s="5">
-        <v>47.923485427730334</v>
+        <v>47.88</v>
       </c>
       <c r="G44" s="4">
-        <v>499921</v>
+        <v>463223</v>
       </c>
       <c r="H44" s="5">
-        <v>52.076514572269659</v>
+        <v>52.12</v>
       </c>
       <c r="I44" s="4">
-        <v>260531</v>
+        <v>235671</v>
       </c>
       <c r="J44" s="5">
         <v>100</v>
       </c>
       <c r="K44" s="5">
-        <v>27.139380858231576</v>
+        <v>26.52</v>
       </c>
       <c r="L44" s="4">
-        <v>114761</v>
+        <v>100014</v>
       </c>
       <c r="M44" s="5">
-        <v>44.048884777627229</v>
+        <v>42.44</v>
       </c>
       <c r="N44" s="5">
-        <v>24.945169360921462</v>
+        <v>23.51</v>
       </c>
       <c r="O44" s="4">
-        <v>145770</v>
+        <v>135657</v>
       </c>
       <c r="P44" s="5">
-        <v>55.951115222372771</v>
+        <v>57.56</v>
       </c>
       <c r="Q44" s="6">
-        <v>29.158607059915465</v>
+        <v>29.29</v>
       </c>
     </row>
     <row r="45" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A45" s="28"/>
       <c r="B45" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="4">
-        <v>288232</v>
+        <v>267298</v>
       </c>
       <c r="D45" s="5">
         <v>100</v>
       </c>
       <c r="E45" s="4">
-        <v>137299</v>
+        <v>127974</v>
       </c>
       <c r="F45" s="5">
-        <v>47.634891337533652</v>
+        <v>47.88</v>
       </c>
       <c r="G45" s="4">
-        <v>150933</v>
+        <v>139324</v>
       </c>
       <c r="H45" s="5">
-        <v>52.365108662466341</v>
+        <v>52.12</v>
       </c>
       <c r="I45" s="4">
-        <v>83436</v>
+        <v>71108</v>
       </c>
       <c r="J45" s="5">
         <v>100</v>
       </c>
       <c r="K45" s="5">
-        <v>28.947514502206555</v>
+        <v>26.6</v>
       </c>
       <c r="L45" s="4">
-        <v>36904</v>
+        <v>30184</v>
       </c>
       <c r="M45" s="5">
-        <v>44.230308260223403</v>
+        <v>42.45</v>
       </c>
       <c r="N45" s="5">
-        <v>26.878564301269492</v>
+        <v>23.59</v>
       </c>
       <c r="O45" s="4">
-        <v>46532</v>
+        <v>40924</v>
       </c>
       <c r="P45" s="5">
-        <v>55.769691739776597</v>
+        <v>57.55</v>
       </c>
       <c r="Q45" s="6">
-        <v>30.829573386867022</v>
+        <v>29.37</v>
       </c>
     </row>
     <row r="46" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A46" s="28"/>
       <c r="B46" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="4">
-        <v>756155</v>
+        <v>778828</v>
       </c>
       <c r="D46" s="5">
         <v>100</v>
       </c>
       <c r="E46" s="4">
-        <v>368344</v>
+        <v>372885</v>
       </c>
       <c r="F46" s="5">
-        <v>48.712763917450786</v>
+        <v>47.88</v>
       </c>
       <c r="G46" s="4">
-        <v>387811</v>
+        <v>405943</v>
       </c>
       <c r="H46" s="5">
-        <v>51.287236082549214</v>
+        <v>52.12</v>
       </c>
       <c r="I46" s="4">
-        <v>182158</v>
+        <v>206479</v>
       </c>
       <c r="J46" s="5">
         <v>100</v>
       </c>
       <c r="K46" s="5">
-        <v>24.090034450608673</v>
+        <v>26.51</v>
       </c>
       <c r="L46" s="4">
-        <v>82408</v>
+        <v>87634</v>
       </c>
       <c r="M46" s="5">
-        <v>45.23984672646823</v>
+        <v>42.44</v>
       </c>
       <c r="N46" s="5">
-        <v>22.372564776404666</v>
+        <v>23.5</v>
       </c>
       <c r="O46" s="4">
-        <v>99750</v>
+        <v>118845</v>
       </c>
       <c r="P46" s="5">
-        <v>54.760153273531763</v>
+        <v>57.56</v>
       </c>
       <c r="Q46" s="6">
-        <v>25.721292072684893</v>
+        <v>29.28</v>
       </c>
     </row>
     <row r="47" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A47" s="28"/>
       <c r="B47" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="4">
-        <v>494440</v>
+        <v>536784</v>
       </c>
       <c r="D47" s="5">
         <v>100</v>
       </c>
       <c r="E47" s="4">
-        <v>242975</v>
+        <v>256997</v>
       </c>
       <c r="F47" s="5">
-        <v>49.141452956880514</v>
+        <v>47.88</v>
       </c>
       <c r="G47" s="4">
-        <v>251465</v>
+        <v>279787</v>
       </c>
       <c r="H47" s="5">
-        <v>50.858547043119486</v>
+        <v>52.12</v>
       </c>
       <c r="I47" s="4">
-        <v>89804</v>
+        <v>137476</v>
       </c>
       <c r="J47" s="5">
         <v>100</v>
       </c>
       <c r="K47" s="5">
-        <v>18.162770002426988</v>
+        <v>25.61</v>
       </c>
       <c r="L47" s="4">
-        <v>41416</v>
+        <v>58384</v>
       </c>
       <c r="M47" s="5">
-        <v>46.118212997193893</v>
+        <v>42.47</v>
       </c>
       <c r="N47" s="5">
-        <v>17.045375038584215</v>
+        <v>22.72</v>
       </c>
       <c r="O47" s="4">
-        <v>48388</v>
+        <v>79092</v>
       </c>
       <c r="P47" s="5">
-        <v>53.881787002806114</v>
+        <v>57.53</v>
       </c>
       <c r="Q47" s="6">
-        <v>19.242439305668782</v>
+        <v>28.27</v>
       </c>
     </row>
     <row r="48" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A48" s="28"/>
       <c r="B48" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="4">
-        <v>605885</v>
+        <v>602009</v>
       </c>
       <c r="D48" s="5">
         <v>100</v>
       </c>
       <c r="E48" s="4">
-        <v>287180</v>
+        <v>288224</v>
       </c>
       <c r="F48" s="5">
-        <v>47.398433696163458</v>
+        <v>47.88</v>
       </c>
       <c r="G48" s="4">
-        <v>318705</v>
+        <v>313785</v>
       </c>
       <c r="H48" s="5">
-        <v>52.601566303836535</v>
+        <v>52.12</v>
       </c>
       <c r="I48" s="4">
-        <v>169273</v>
+        <v>160351</v>
       </c>
       <c r="J48" s="5">
         <v>100</v>
       </c>
       <c r="K48" s="5">
-        <v>27.938140076087048</v>
+        <v>26.64</v>
       </c>
       <c r="L48" s="4">
-        <v>72485</v>
+        <v>68062</v>
       </c>
       <c r="M48" s="5">
-        <v>42.821359578905081</v>
+        <v>42.45</v>
       </c>
       <c r="N48" s="5">
-        <v>25.240267428093876</v>
+        <v>23.61</v>
       </c>
       <c r="O48" s="4">
-        <v>96788</v>
+        <v>92289</v>
       </c>
       <c r="P48" s="5">
-        <v>57.178640421094919</v>
+        <v>57.55</v>
       </c>
       <c r="Q48" s="6">
-        <v>30.369150154531621</v>
+        <v>29.41</v>
       </c>
     </row>
     <row r="49" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A49" s="28"/>
       <c r="B49" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="4">
-        <v>873348</v>
+        <v>891208</v>
       </c>
       <c r="D49" s="5">
         <v>100</v>
       </c>
       <c r="E49" s="4">
-        <v>420956</v>
+        <v>426686</v>
       </c>
       <c r="F49" s="5">
-        <v>48.200259232287699</v>
+        <v>47.88</v>
       </c>
       <c r="G49" s="4">
-        <v>452392</v>
+        <v>464522</v>
       </c>
       <c r="H49" s="5">
-        <v>51.799740767712301</v>
+        <v>52.12</v>
       </c>
       <c r="I49" s="4">
-        <v>216167</v>
+        <v>236706</v>
       </c>
       <c r="J49" s="5">
         <v>100</v>
       </c>
       <c r="K49" s="5">
-        <v>24.751530890320925</v>
+        <v>26.56</v>
       </c>
       <c r="L49" s="4">
-        <v>95606</v>
+        <v>100498</v>
       </c>
       <c r="M49" s="5">
-        <v>44.227842362617793</v>
+        <v>42.46</v>
       </c>
       <c r="N49" s="5">
-        <v>22.711637320765117</v>
+        <v>23.55</v>
       </c>
       <c r="O49" s="4">
-        <v>120561</v>
+        <v>136208</v>
       </c>
       <c r="P49" s="5">
-        <v>55.772157637382215</v>
+        <v>57.54</v>
       </c>
       <c r="Q49" s="6">
-        <v>26.649675502661406</v>
+        <v>29.32</v>
       </c>
     </row>
     <row r="50" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A50" s="28"/>
       <c r="B50" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="4">
-        <v>532462</v>
+        <v>497806</v>
       </c>
       <c r="D50" s="5">
         <v>100</v>
       </c>
       <c r="E50" s="4">
-        <v>254688</v>
+        <v>238336</v>
       </c>
       <c r="F50" s="5">
-        <v>47.832145768148713</v>
+        <v>47.88</v>
       </c>
       <c r="G50" s="4">
-        <v>277774</v>
+        <v>259470</v>
       </c>
       <c r="H50" s="5">
-        <v>52.167854231851287</v>
+        <v>52.12</v>
       </c>
       <c r="I50" s="4">
-        <v>153160</v>
+        <v>131168</v>
       </c>
       <c r="J50" s="5">
         <v>100</v>
       </c>
       <c r="K50" s="5">
-        <v>28.764493992059524</v>
+        <v>26.35</v>
       </c>
       <c r="L50" s="4">
-        <v>67084</v>
+        <v>55712</v>
       </c>
       <c r="M50" s="5">
-        <v>43.799947767041004</v>
+        <v>42.47</v>
       </c>
       <c r="N50" s="5">
-        <v>26.339678351551704</v>
+        <v>23.38</v>
       </c>
       <c r="O50" s="4">
-        <v>86076</v>
+        <v>75456</v>
       </c>
       <c r="P50" s="5">
-        <v>56.200052232958996</v>
+        <v>57.53</v>
       </c>
       <c r="Q50" s="6">
-        <v>30.9877814338275</v>
+        <v>29.08</v>
       </c>
     </row>
     <row r="51" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A51" s="28"/>
       <c r="B51" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="4">
-        <v>894300</v>
+        <v>891847</v>
       </c>
       <c r="D51" s="5">
         <v>100</v>
       </c>
       <c r="E51" s="4">
-        <v>435399</v>
+        <v>426991</v>
       </c>
       <c r="F51" s="5">
-        <v>48.6860114055686</v>
+        <v>47.88</v>
       </c>
       <c r="G51" s="4">
-        <v>458901</v>
+        <v>464856</v>
       </c>
       <c r="H51" s="5">
-        <v>51.3139885944314</v>
+        <v>52.12</v>
       </c>
       <c r="I51" s="4">
-        <v>228809</v>
+        <v>235811</v>
       </c>
       <c r="J51" s="5">
         <v>100</v>
       </c>
       <c r="K51" s="5">
-        <v>25.585262216258524</v>
+        <v>26.44</v>
       </c>
       <c r="L51" s="4">
-        <v>103837</v>
+        <v>100288</v>
       </c>
       <c r="M51" s="5">
-        <v>45.381519083602477</v>
+        <v>42.53</v>
       </c>
       <c r="N51" s="5">
-        <v>23.848699698437525</v>
+        <v>23.49</v>
       </c>
       <c r="O51" s="4">
-        <v>124972</v>
+        <v>135523</v>
       </c>
       <c r="P51" s="5">
-        <v>54.618480916397516</v>
+        <v>57.47</v>
       </c>
       <c r="Q51" s="6">
-        <v>27.232889010919564</v>
+        <v>29.15</v>
       </c>
     </row>
     <row r="52" spans="1:17" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="27" t="s">
         <v>56</v>
       </c>
       <c r="B52" s="13" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="14">
-        <v>18340569</v>
+        <v>18147860</v>
       </c>
       <c r="D52" s="15">
         <v>100</v>
       </c>
       <c r="E52" s="14">
-        <v>8901127</v>
+        <v>8717496</v>
       </c>
       <c r="F52" s="15">
-        <v>48.532447384811235</v>
+        <v>48.04</v>
       </c>
       <c r="G52" s="14">
-        <v>9439442</v>
+        <v>9430364</v>
       </c>
       <c r="H52" s="15">
-        <v>51.467552615188758</v>
+        <v>51.96</v>
       </c>
       <c r="I52" s="14">
-        <v>4120579</v>
+        <v>4218846</v>
       </c>
       <c r="J52" s="15">
         <v>100</v>
       </c>
       <c r="K52" s="15">
-        <v>22.467018335145436</v>
+        <v>23.25</v>
       </c>
       <c r="L52" s="14">
-        <v>1869679</v>
+        <v>1801307</v>
       </c>
       <c r="M52" s="15">
-        <v>45.374181638065913</v>
+        <v>42.7</v>
       </c>
       <c r="N52" s="15">
-        <v>21.004969370732493</v>
+        <v>20.66</v>
       </c>
       <c r="O52" s="14">
-        <v>2250900</v>
+        <v>2417539</v>
       </c>
       <c r="P52" s="15">
-        <v>54.625818361934087</v>
+        <v>57.3</v>
       </c>
       <c r="Q52" s="16">
-        <v>23.845689183746245</v>
+        <v>25.64</v>
       </c>
     </row>
     <row r="53" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A53" s="28"/>
       <c r="B53" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="4">
-        <v>2468927</v>
+        <v>2486343</v>
       </c>
       <c r="D53" s="5">
         <v>100</v>
       </c>
       <c r="E53" s="4">
-        <v>1205682</v>
+        <v>1194347</v>
       </c>
       <c r="F53" s="5">
-        <v>48.834250668407776</v>
+        <v>48.04</v>
       </c>
       <c r="G53" s="4">
-        <v>1263245</v>
+        <v>1291996</v>
       </c>
       <c r="H53" s="5">
-        <v>51.165749331592224</v>
+        <v>51.96</v>
       </c>
       <c r="I53" s="4">
-        <v>550475</v>
+        <v>575128</v>
       </c>
       <c r="J53" s="5">
         <v>100</v>
       </c>
       <c r="K53" s="5">
-        <v>22.296122971639097</v>
+        <v>23.13</v>
       </c>
       <c r="L53" s="4">
-        <v>249798</v>
+        <v>245841</v>
       </c>
       <c r="M53" s="5">
-        <v>45.378627548935015</v>
+        <v>42.75</v>
       </c>
       <c r="N53" s="5">
-        <v>20.718398383653401</v>
+        <v>20.58</v>
       </c>
       <c r="O53" s="4">
-        <v>300677</v>
+        <v>329287</v>
       </c>
       <c r="P53" s="5">
-        <v>54.621372451064985</v>
+        <v>57.25</v>
       </c>
       <c r="Q53" s="6">
-        <v>23.801954490221611</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="54" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A54" s="28"/>
       <c r="B54" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="4">
-        <v>1232661</v>
+        <v>1176074</v>
       </c>
       <c r="D54" s="5">
         <v>100</v>
       </c>
       <c r="E54" s="4">
-        <v>595161</v>
+        <v>564939</v>
       </c>
       <c r="F54" s="5">
-        <v>48.282617848702927</v>
+        <v>48.04</v>
       </c>
       <c r="G54" s="4">
-        <v>637500</v>
+        <v>611135</v>
       </c>
       <c r="H54" s="5">
-        <v>51.717382151297073</v>
+        <v>51.96</v>
       </c>
       <c r="I54" s="4">
-        <v>295415</v>
+        <v>273882</v>
       </c>
       <c r="J54" s="5">
         <v>100</v>
       </c>
       <c r="K54" s="5">
-        <v>23.965632075647726</v>
+        <v>23.29</v>
       </c>
       <c r="L54" s="4">
-        <v>133938</v>
+        <v>116853</v>
       </c>
       <c r="M54" s="5">
-        <v>45.338929979858847</v>
+        <v>42.67</v>
       </c>
       <c r="N54" s="5">
-        <v>22.504498782682333</v>
+        <v>20.68</v>
       </c>
       <c r="O54" s="4">
-        <v>161477</v>
+        <v>157029</v>
       </c>
       <c r="P54" s="5">
-        <v>54.661070020141153</v>
+        <v>57.33</v>
       </c>
       <c r="Q54" s="6">
-        <v>25.329725490196083</v>
+        <v>25.69</v>
       </c>
     </row>
     <row r="55" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A55" s="28"/>
       <c r="B55" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="4">
-        <v>1094530</v>
+        <v>1025206</v>
       </c>
       <c r="D55" s="5">
         <v>100</v>
       </c>
       <c r="E55" s="4">
-        <v>526389</v>
+        <v>492472</v>
       </c>
       <c r="F55" s="5">
-        <v>48.092697322138264</v>
+        <v>48.04</v>
       </c>
       <c r="G55" s="4">
-        <v>568141</v>
+        <v>532734</v>
       </c>
       <c r="H55" s="5">
-        <v>51.907302677861736</v>
+        <v>51.96</v>
       </c>
       <c r="I55" s="4">
-        <v>276229</v>
+        <v>238398</v>
       </c>
       <c r="J55" s="5">
         <v>100</v>
       </c>
       <c r="K55" s="5">
-        <v>25.237225110321326</v>
+        <v>23.25</v>
       </c>
       <c r="L55" s="4">
-        <v>123319</v>
+        <v>101724</v>
       </c>
       <c r="M55" s="5">
-        <v>44.643755724417062</v>
+        <v>42.67</v>
       </c>
       <c r="N55" s="5">
-        <v>23.427351255440367</v>
+        <v>20.66</v>
       </c>
       <c r="O55" s="4">
-        <v>152910</v>
+        <v>136674</v>
       </c>
       <c r="P55" s="5">
-        <v>55.356244275582945</v>
+        <v>57.33</v>
       </c>
       <c r="Q55" s="6">
-        <v>26.914093508477649</v>
+        <v>25.66</v>
       </c>
     </row>
     <row r="56" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A56" s="28"/>
       <c r="B56" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="4">
-        <v>1014945</v>
+        <v>912335</v>
       </c>
       <c r="D56" s="5">
         <v>100</v>
       </c>
       <c r="E56" s="4">
-        <v>490033</v>
+        <v>438251</v>
       </c>
       <c r="F56" s="5">
-        <v>48.281729551847633</v>
+        <v>48.04</v>
       </c>
       <c r="G56" s="4">
-        <v>524912</v>
+        <v>474084</v>
       </c>
       <c r="H56" s="5">
-        <v>51.71827044815236</v>
+        <v>51.96</v>
       </c>
       <c r="I56" s="4">
-        <v>240885</v>
+        <v>212438</v>
       </c>
       <c r="J56" s="5">
         <v>100</v>
       </c>
       <c r="K56" s="5">
-        <v>23.73379838316362</v>
+        <v>23.29</v>
       </c>
       <c r="L56" s="4">
-        <v>106805</v>
+        <v>90585</v>
       </c>
       <c r="M56" s="5">
-        <v>44.338584801876415</v>
+        <v>42.64</v>
       </c>
       <c r="N56" s="5">
-        <v>21.795470917264755</v>
+        <v>20.67</v>
       </c>
       <c r="O56" s="4">
-        <v>134080</v>
+        <v>121853</v>
       </c>
       <c r="P56" s="5">
-        <v>55.661415198123585</v>
+        <v>57.36</v>
       </c>
       <c r="Q56" s="6">
-        <v>25.543329167555704</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="57" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A57" s="28"/>
       <c r="B57" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="4">
-        <v>1679717</v>
+        <v>1723972</v>
       </c>
       <c r="D57" s="5">
         <v>100</v>
       </c>
       <c r="E57" s="4">
-        <v>822149</v>
+        <v>827850</v>
       </c>
       <c r="F57" s="5">
-        <v>48.94568549344919</v>
+        <v>48.02</v>
       </c>
       <c r="G57" s="4">
-        <v>857568</v>
+        <v>896122</v>
       </c>
       <c r="H57" s="5">
-        <v>51.054314506550803</v>
+        <v>51.98</v>
       </c>
       <c r="I57" s="4">
-        <v>354191</v>
+        <v>401029</v>
       </c>
       <c r="J57" s="5">
         <v>100</v>
       </c>
       <c r="K57" s="5">
-        <v>21.086349664854261</v>
+        <v>23.26</v>
       </c>
       <c r="L57" s="4">
-        <v>163703</v>
+        <v>170956</v>
       </c>
       <c r="M57" s="5">
-        <v>46.21884802267703</v>
+        <v>42.63</v>
       </c>
       <c r="N57" s="5">
-        <v>19.911597532807313</v>
+        <v>20.65</v>
       </c>
       <c r="O57" s="4">
-        <v>190488</v>
+        <v>230073</v>
       </c>
       <c r="P57" s="5">
-        <v>53.78115197732297</v>
+        <v>57.37</v>
       </c>
       <c r="Q57" s="6">
-        <v>22.212582559050713</v>
+        <v>25.67</v>
       </c>
     </row>
     <row r="58" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A58" s="28"/>
       <c r="B58" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="4">
-        <v>472336</v>
+        <v>440581</v>
       </c>
       <c r="D58" s="5">
         <v>100</v>
       </c>
       <c r="E58" s="4">
-        <v>231022</v>
+        <v>211637</v>
       </c>
       <c r="F58" s="5">
-        <v>48.910521323803394</v>
+        <v>48.04</v>
       </c>
       <c r="G58" s="4">
-        <v>241314</v>
+        <v>228944</v>
       </c>
       <c r="H58" s="5">
-        <v>51.089478676196606</v>
+        <v>51.96</v>
       </c>
       <c r="I58" s="4">
-        <v>118540</v>
+        <v>102598</v>
       </c>
       <c r="J58" s="5">
         <v>100</v>
       </c>
       <c r="K58" s="5">
-        <v>25.096541445073001</v>
+        <v>23.29</v>
       </c>
       <c r="L58" s="4">
-        <v>53272</v>
+        <v>43743</v>
       </c>
       <c r="M58" s="5">
-        <v>44.940104606040151</v>
+        <v>42.64</v>
       </c>
       <c r="N58" s="5">
-        <v>23.059275739972819</v>
+        <v>20.67</v>
       </c>
       <c r="O58" s="4">
-        <v>65268</v>
+        <v>58855</v>
       </c>
       <c r="P58" s="5">
-        <v>55.059895393959849</v>
+        <v>57.36</v>
       </c>
       <c r="Q58" s="6">
-        <v>27.04691812327507</v>
+        <v>25.71</v>
       </c>
     </row>
     <row r="59" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A59" s="28"/>
       <c r="B59" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="4">
-        <v>943239</v>
+        <v>910538</v>
       </c>
       <c r="D59" s="5">
         <v>100</v>
       </c>
       <c r="E59" s="4">
-        <v>456899</v>
+        <v>437387</v>
       </c>
       <c r="F59" s="5">
-        <v>48.439366904888374</v>
+        <v>48.04</v>
       </c>
       <c r="G59" s="4">
-        <v>486340</v>
+        <v>473151</v>
       </c>
       <c r="H59" s="5">
-        <v>51.560633095111626</v>
+        <v>51.96</v>
       </c>
       <c r="I59" s="4">
-        <v>238368</v>
+        <v>211949</v>
       </c>
       <c r="J59" s="5">
         <v>100</v>
       </c>
       <c r="K59" s="5">
-        <v>25.271219701475449</v>
+        <v>23.28</v>
       </c>
       <c r="L59" s="4">
-        <v>108848</v>
+        <v>90374</v>
       </c>
       <c r="M59" s="5">
-        <v>45.663847496308229</v>
+        <v>42.64</v>
       </c>
       <c r="N59" s="5">
-        <v>23.823208192620253</v>
+        <v>20.66</v>
       </c>
       <c r="O59" s="4">
-        <v>129520</v>
+        <v>121575</v>
       </c>
       <c r="P59" s="5">
-        <v>54.336152503691771</v>
+        <v>57.36</v>
       </c>
       <c r="Q59" s="6">
-        <v>26.631574618579595</v>
+        <v>25.69</v>
       </c>
     </row>
     <row r="60" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A60" s="28"/>
       <c r="B60" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="4">
-        <v>271147</v>
+        <v>280161</v>
       </c>
       <c r="D60" s="5">
         <v>100</v>
       </c>
       <c r="E60" s="4">
-        <v>132316</v>
+        <v>134854</v>
       </c>
       <c r="F60" s="5">
-        <v>48.798622149608882</v>
+        <v>48.13</v>
       </c>
       <c r="G60" s="4">
-        <v>138831</v>
+        <v>145307</v>
       </c>
       <c r="H60" s="5">
-        <v>51.201377850391118</v>
+        <v>51.87</v>
       </c>
       <c r="I60" s="4">
-        <v>59924</v>
+        <v>65212</v>
       </c>
       <c r="J60" s="5">
         <v>100</v>
       </c>
       <c r="K60" s="5">
-        <v>22.100189196266232</v>
+        <v>23.28</v>
       </c>
       <c r="L60" s="4">
-        <v>26838</v>
+        <v>27863</v>
       </c>
       <c r="M60" s="5">
-        <v>44.786729857819907</v>
+        <v>42.73</v>
       </c>
       <c r="N60" s="5">
-        <v>20.28326128359382</v>
+        <v>20.66</v>
       </c>
       <c r="O60" s="4">
-        <v>33086</v>
+        <v>37349</v>
       </c>
       <c r="P60" s="5">
-        <v>55.213270142180093</v>
+        <v>57.27</v>
       </c>
       <c r="Q60" s="6">
-        <v>23.831853116378905</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="61" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A61" s="28"/>
       <c r="B61" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="4">
-        <v>341667</v>
+        <v>354648</v>
       </c>
       <c r="D61" s="5">
         <v>100</v>
       </c>
       <c r="E61" s="4">
-        <v>167876</v>
+        <v>171989</v>
       </c>
       <c r="F61" s="5">
-        <v>49.134391088398935</v>
+        <v>48.5</v>
       </c>
       <c r="G61" s="4">
-        <v>173791</v>
+        <v>182659</v>
       </c>
       <c r="H61" s="5">
-        <v>50.865608911601058</v>
+        <v>51.5</v>
       </c>
       <c r="I61" s="4">
-        <v>70356</v>
+        <v>82400</v>
       </c>
       <c r="J61" s="5">
         <v>100</v>
       </c>
       <c r="K61" s="5">
-        <v>20.591979910263504</v>
+        <v>23.23</v>
       </c>
       <c r="L61" s="4">
-        <v>33192</v>
+        <v>35522</v>
       </c>
       <c r="M61" s="5">
-        <v>47.17721303087157</v>
+        <v>43.11</v>
       </c>
       <c r="N61" s="5">
-        <v>19.771736281541138</v>
+        <v>20.65</v>
       </c>
       <c r="O61" s="4">
-        <v>37164</v>
+        <v>46878</v>
       </c>
       <c r="P61" s="5">
-        <v>52.82278696912843</v>
+        <v>56.89</v>
       </c>
       <c r="Q61" s="6">
-        <v>21.384306437042195</v>
+        <v>25.66</v>
       </c>
     </row>
     <row r="62" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A62" s="28"/>
       <c r="B62" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="4">
-        <v>462096</v>
+        <v>466770</v>
       </c>
       <c r="D62" s="5">
         <v>100</v>
       </c>
       <c r="E62" s="4">
-        <v>223330</v>
+        <v>223744</v>
       </c>
       <c r="F62" s="5">
-        <v>48.329784287247676</v>
+        <v>47.93</v>
       </c>
       <c r="G62" s="4">
-        <v>238766</v>
+        <v>243026</v>
       </c>
       <c r="H62" s="5">
-        <v>51.670215712752331</v>
+        <v>52.07</v>
       </c>
       <c r="I62" s="4">
-        <v>97896</v>
+        <v>108740</v>
       </c>
       <c r="J62" s="5">
         <v>100</v>
       </c>
       <c r="K62" s="5">
-        <v>21.18520826841176</v>
+        <v>23.3</v>
       </c>
       <c r="L62" s="4">
-        <v>44231</v>
+        <v>46279</v>
       </c>
       <c r="M62" s="5">
-        <v>45.181621312413171</v>
+        <v>42.56</v>
       </c>
       <c r="N62" s="5">
-        <v>19.805220973447366</v>
+        <v>20.68</v>
       </c>
       <c r="O62" s="4">
-        <v>53665</v>
+        <v>62461</v>
       </c>
       <c r="P62" s="5">
-        <v>54.818378687586822</v>
+        <v>57.44</v>
       </c>
       <c r="Q62" s="6">
-        <v>22.475980667264185</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="63" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A63" s="28"/>
       <c r="B63" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="4">
-        <v>1715668</v>
+        <v>1702525</v>
       </c>
       <c r="D63" s="5">
         <v>100</v>
       </c>
       <c r="E63" s="4">
-        <v>826278</v>
+        <v>817826</v>
       </c>
       <c r="F63" s="5">
-        <v>48.160716409002205</v>
+        <v>48.04</v>
       </c>
       <c r="G63" s="4">
-        <v>889390</v>
+        <v>884699</v>
       </c>
       <c r="H63" s="5">
-        <v>51.839283590997788</v>
+        <v>51.96</v>
       </c>
       <c r="I63" s="4">
-        <v>375753</v>
+        <v>395680</v>
       </c>
       <c r="J63" s="5">
         <v>100</v>
       </c>
       <c r="K63" s="5">
-        <v>21.901265279762754</v>
+        <v>23.24</v>
       </c>
       <c r="L63" s="4">
-        <v>170906</v>
+        <v>169211</v>
       </c>
       <c r="M63" s="5">
-        <v>45.483602259995266</v>
+        <v>42.76</v>
       </c>
       <c r="N63" s="5">
-        <v>20.683837643020873</v>
+        <v>20.69</v>
       </c>
       <c r="O63" s="4">
-        <v>204847</v>
+        <v>226469</v>
       </c>
       <c r="P63" s="5">
-        <v>54.516397740004741</v>
+        <v>57.24</v>
       </c>
       <c r="Q63" s="6">
-        <v>23.032303039161672</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="64" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A64" s="28"/>
       <c r="B64" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="4">
-        <v>1230286</v>
+        <v>1241319</v>
       </c>
       <c r="D64" s="5">
         <v>100</v>
       </c>
       <c r="E64" s="4">
-        <v>598082</v>
+        <v>596760</v>
       </c>
       <c r="F64" s="5">
-        <v>48.613249276997387</v>
+        <v>48.07</v>
       </c>
       <c r="G64" s="4">
-        <v>632204</v>
+        <v>644559</v>
       </c>
       <c r="H64" s="5">
-        <v>51.386750723002613</v>
+        <v>51.93</v>
       </c>
       <c r="I64" s="4">
-        <v>243817</v>
+        <v>288957</v>
       </c>
       <c r="J64" s="5">
         <v>100</v>
       </c>
       <c r="K64" s="5">
-        <v>19.81791225780022</v>
+        <v>23.28</v>
       </c>
       <c r="L64" s="4">
-        <v>111399</v>
+        <v>123976</v>
       </c>
       <c r="M64" s="5">
-        <v>45.689595065151323</v>
+        <v>42.9</v>
       </c>
       <c r="N64" s="5">
-        <v>18.626041245180428</v>
+        <v>20.77</v>
       </c>
       <c r="O64" s="4">
-        <v>132418</v>
+        <v>164981</v>
       </c>
       <c r="P64" s="5">
-        <v>54.310404934848677</v>
+        <v>57.1</v>
       </c>
       <c r="Q64" s="6">
-        <v>20.945454315379212</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="65" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A65" s="28"/>
       <c r="B65" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="4">
-        <v>531632</v>
+        <v>532094</v>
       </c>
       <c r="D65" s="5">
         <v>100</v>
       </c>
       <c r="E65" s="4">
-        <v>263910</v>
+        <v>255594</v>
       </c>
       <c r="F65" s="5">
-        <v>49.641481325428117</v>
+        <v>48.04</v>
       </c>
       <c r="G65" s="4">
-        <v>267722</v>
+        <v>276500</v>
       </c>
       <c r="H65" s="5">
-        <v>50.358518674571883</v>
+        <v>51.96</v>
       </c>
       <c r="I65" s="4">
-        <v>118514</v>
+        <v>123546</v>
       </c>
       <c r="J65" s="5">
         <v>100</v>
       </c>
       <c r="K65" s="5">
-        <v>22.292488036837511</v>
+        <v>23.22</v>
       </c>
       <c r="L65" s="4">
-        <v>57542</v>
+        <v>52762</v>
       </c>
       <c r="M65" s="5">
-        <v>48.552913579830232</v>
+        <v>42.71</v>
       </c>
       <c r="N65" s="5">
-        <v>21.803645182069644</v>
+        <v>20.64</v>
       </c>
       <c r="O65" s="4">
-        <v>60972</v>
+        <v>70784</v>
       </c>
       <c r="P65" s="5">
-        <v>51.447086420169775</v>
+        <v>57.29</v>
       </c>
       <c r="Q65" s="6">
-        <v>22.774370429027122</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="66" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A66" s="28"/>
       <c r="B66" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="4">
-        <v>437182</v>
+        <v>454445</v>
       </c>
       <c r="D66" s="5">
         <v>100</v>
       </c>
       <c r="E66" s="4">
-        <v>210513</v>
+        <v>216639</v>
       </c>
       <c r="F66" s="5">
-        <v>48.152256954769406</v>
+        <v>47.67</v>
       </c>
       <c r="G66" s="4">
-        <v>226669</v>
+        <v>237806</v>
       </c>
       <c r="H66" s="5">
-        <v>51.847743045230587</v>
+        <v>52.33</v>
       </c>
       <c r="I66" s="4">
-        <v>91065</v>
+        <v>105058</v>
       </c>
       <c r="J66" s="5">
         <v>100</v>
       </c>
       <c r="K66" s="5">
-        <v>20.829997575380503</v>
+        <v>23.12</v>
       </c>
       <c r="L66" s="4">
-        <v>41515</v>
+        <v>44723</v>
       </c>
       <c r="M66" s="5">
-        <v>45.588316037994844</v>
+        <v>42.57</v>
       </c>
       <c r="N66" s="5">
-        <v>19.720872345175835</v>
+        <v>20.64</v>
       </c>
       <c r="O66" s="4">
-        <v>49550</v>
+        <v>60335</v>
       </c>
       <c r="P66" s="5">
-        <v>54.411683962005164</v>
+        <v>57.43</v>
       </c>
       <c r="Q66" s="6">
-        <v>21.860069087524099</v>
+        <v>25.37</v>
       </c>
     </row>
     <row r="67" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A67" s="28"/>
       <c r="B67" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="4">
-        <v>811840</v>
+        <v>758302</v>
       </c>
       <c r="D67" s="5">
         <v>100</v>
       </c>
       <c r="E67" s="4">
-        <v>386687</v>
+        <v>364257</v>
       </c>
       <c r="F67" s="5">
-        <v>47.630937130469057</v>
+        <v>48.04</v>
       </c>
       <c r="G67" s="4">
-        <v>425153</v>
+        <v>394045</v>
       </c>
       <c r="H67" s="5">
-        <v>52.36906286953095</v>
+        <v>51.96</v>
       </c>
       <c r="I67" s="4">
-        <v>186683</v>
+        <v>176569</v>
       </c>
       <c r="J67" s="5">
         <v>100</v>
       </c>
       <c r="K67" s="5">
-        <v>22.995048285376431</v>
+        <v>23.28</v>
       </c>
       <c r="L67" s="4">
-        <v>82690</v>
+        <v>75293</v>
       </c>
       <c r="M67" s="5">
-        <v>44.294338531092812</v>
+        <v>42.64</v>
       </c>
       <c r="N67" s="5">
-        <v>21.384220312552529</v>
+        <v>20.67</v>
       </c>
       <c r="O67" s="4">
-        <v>103993</v>
+        <v>101276</v>
       </c>
       <c r="P67" s="5">
-        <v>55.705661468907188</v>
+        <v>57.36</v>
       </c>
       <c r="Q67" s="6">
-        <v>24.460135527680624</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="68" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A68" s="28"/>
       <c r="B68" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="4">
-        <v>1053511</v>
+        <v>1033165</v>
       </c>
       <c r="D68" s="5">
         <v>100</v>
       </c>
       <c r="E68" s="4">
-        <v>510806</v>
+        <v>496290</v>
       </c>
       <c r="F68" s="5">
-        <v>48.486062319235394</v>
+        <v>48.04</v>
       </c>
       <c r="G68" s="4">
-        <v>542705</v>
+        <v>536875</v>
       </c>
       <c r="H68" s="5">
-        <v>51.513937680764613</v>
+        <v>51.96</v>
       </c>
       <c r="I68" s="4">
-        <v>263873</v>
+        <v>240691</v>
       </c>
       <c r="J68" s="5">
         <v>100</v>
       </c>
       <c r="K68" s="5">
-        <v>25.047009475933329</v>
+        <v>23.3</v>
       </c>
       <c r="L68" s="4">
-        <v>117813</v>
+        <v>102685</v>
       </c>
       <c r="M68" s="5">
-        <v>44.647614572161608</v>
+        <v>42.66</v>
       </c>
       <c r="N68" s="5">
-        <v>23.064137852726869</v>
+        <v>20.69</v>
       </c>
       <c r="O68" s="4">
-        <v>146060</v>
+        <v>138006</v>
       </c>
       <c r="P68" s="5">
-        <v>55.352385427838392</v>
+        <v>57.34</v>
       </c>
       <c r="Q68" s="6">
-        <v>26.913332289181046</v>
+        <v>25.71</v>
       </c>
     </row>
     <row r="69" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A69" s="28"/>
       <c r="B69" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="4">
-        <v>792170</v>
+        <v>775519</v>
       </c>
       <c r="D69" s="5">
         <v>100</v>
       </c>
       <c r="E69" s="4">
-        <v>384360</v>
+        <v>372528</v>
       </c>
       <c r="F69" s="5">
-        <v>48.519888407791257</v>
+        <v>48.04</v>
       </c>
       <c r="G69" s="4">
-        <v>407810</v>
+        <v>402991</v>
       </c>
       <c r="H69" s="5">
-        <v>51.480111592208743</v>
+        <v>51.96</v>
       </c>
       <c r="I69" s="4">
-        <v>179162</v>
+        <v>180552</v>
       </c>
       <c r="J69" s="5">
         <v>100</v>
       </c>
       <c r="K69" s="5">
-        <v>22.616610071070603</v>
+        <v>23.28</v>
       </c>
       <c r="L69" s="4">
-        <v>80939</v>
+        <v>76979</v>
       </c>
       <c r="M69" s="5">
-        <v>45.176432502427971</v>
+        <v>42.64</v>
       </c>
       <c r="N69" s="5">
-        <v>21.058122593402018</v>
+        <v>20.66</v>
       </c>
       <c r="O69" s="4">
-        <v>98223</v>
+        <v>103573</v>
       </c>
       <c r="P69" s="5">
-        <v>54.823567497572036</v>
+        <v>57.36</v>
       </c>
       <c r="Q69" s="6">
-        <v>24.08548098379147</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="70" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A70" s="28"/>
       <c r="B70" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="4">
-        <v>895401</v>
+        <v>902671</v>
       </c>
       <c r="D70" s="5">
         <v>100</v>
       </c>
       <c r="E70" s="4">
-        <v>435038</v>
+        <v>433612</v>
       </c>
       <c r="F70" s="5">
-        <v>48.5858291424736</v>
+        <v>48.04</v>
       </c>
       <c r="G70" s="4">
-        <v>460363</v>
+        <v>469059</v>
       </c>
       <c r="H70" s="5">
-        <v>51.414170857526408</v>
+        <v>51.96</v>
       </c>
       <c r="I70" s="4">
-        <v>175565</v>
+        <v>210063</v>
       </c>
       <c r="J70" s="5">
         <v>100</v>
       </c>
       <c r="K70" s="5">
-        <v>19.607416118588208</v>
+        <v>23.27</v>
       </c>
       <c r="L70" s="4">
-        <v>79742</v>
+        <v>89560</v>
       </c>
       <c r="M70" s="5">
-        <v>45.420214735283224</v>
+        <v>42.63</v>
       </c>
       <c r="N70" s="5">
-        <v>18.329893020839556</v>
+        <v>20.65</v>
       </c>
       <c r="O70" s="4">
-        <v>95823</v>
+        <v>120503</v>
       </c>
       <c r="P70" s="5">
-        <v>54.579785264716776</v>
+        <v>57.37</v>
       </c>
       <c r="Q70" s="6">
-        <v>20.814661473663172</v>
+        <v>25.69</v>
       </c>
     </row>
     <row r="71" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A71" s="28"/>
       <c r="B71" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="4">
-        <v>553077</v>
+        <v>535789</v>
       </c>
       <c r="D71" s="5">
         <v>100</v>
       </c>
       <c r="E71" s="4">
-        <v>267771</v>
+        <v>257372</v>
       </c>
       <c r="F71" s="5">
-        <v>48.414777689182522</v>
+        <v>48.04</v>
       </c>
       <c r="G71" s="4">
-        <v>285306</v>
+        <v>278417</v>
       </c>
       <c r="H71" s="5">
-        <v>51.585222310817478</v>
+        <v>51.96</v>
       </c>
       <c r="I71" s="4">
-        <v>115995</v>
+        <v>124668</v>
       </c>
       <c r="J71" s="5">
         <v>100</v>
       </c>
       <c r="K71" s="5">
-        <v>20.972667458599798</v>
+        <v>23.27</v>
       </c>
       <c r="L71" s="4">
-        <v>51578</v>
+        <v>53186</v>
       </c>
       <c r="M71" s="5">
-        <v>44.465709728867623</v>
+        <v>42.66</v>
       </c>
       <c r="N71" s="5">
-        <v>19.261981319859135</v>
+        <v>20.67</v>
       </c>
       <c r="O71" s="4">
-        <v>64417</v>
+        <v>71482</v>
       </c>
       <c r="P71" s="5">
-        <v>55.534290271132377</v>
+        <v>57.34</v>
       </c>
       <c r="Q71" s="6">
-        <v>22.578214268189242</v>
+        <v>25.67</v>
       </c>
     </row>
     <row r="72" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A72" s="28"/>
       <c r="B72" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="4">
-        <v>338537</v>
+        <v>435403</v>
       </c>
       <c r="D72" s="5">
         <v>100</v>
       </c>
       <c r="E72" s="4">
-        <v>166825</v>
+        <v>209148</v>
       </c>
       <c r="F72" s="5">
-        <v>49.278217742816885</v>
+        <v>48.04</v>
       </c>
       <c r="G72" s="4">
-        <v>171712</v>
+        <v>226255</v>
       </c>
       <c r="H72" s="5">
-        <v>50.721782257183115</v>
+        <v>51.96</v>
       </c>
       <c r="I72" s="4">
-        <v>67873</v>
+        <v>101288</v>
       </c>
       <c r="J72" s="5">
         <v>100</v>
       </c>
       <c r="K72" s="5">
-        <v>20.048916366600992</v>
+        <v>23.26</v>
       </c>
       <c r="L72" s="4">
-        <v>31611</v>
+        <v>43192</v>
       </c>
       <c r="M72" s="5">
-        <v>46.573748029407867</v>
+        <v>42.64</v>
       </c>
       <c r="N72" s="5">
-        <v>18.948598831110445</v>
+        <v>20.65</v>
       </c>
       <c r="O72" s="4">
-        <v>36262</v>
+        <v>58096</v>
       </c>
       <c r="P72" s="5">
-        <v>53.426251970592133</v>
+        <v>57.36</v>
       </c>
       <c r="Q72" s="6">
-        <v>21.117918374953408</v>
+        <v>25.68</v>
       </c>
     </row>
     <row r="73" spans="1:17" s="17" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A73" s="27" t="s">
         <v>77</v>
       </c>
       <c r="B73" s="13" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="14">
-        <v>9447468</v>
+        <v>9827949</v>
       </c>
       <c r="D73" s="15">
         <v>100</v>
       </c>
       <c r="E73" s="14">
-        <v>4640011</v>
+        <v>4778822</v>
       </c>
       <c r="F73" s="15">
-        <v>49.113804884017604</v>
+        <v>48.62</v>
       </c>
       <c r="G73" s="14">
-        <v>4807457</v>
+        <v>5049127</v>
       </c>
       <c r="H73" s="15">
-        <v>50.886195115982403</v>
+        <v>51.38</v>
       </c>
       <c r="I73" s="14">
-        <v>1566500</v>
+        <v>1659190</v>
       </c>
       <c r="J73" s="15">
         <v>100</v>
       </c>
       <c r="K73" s="15">
-        <v>16.581162275437187</v>
+        <v>16.88</v>
       </c>
       <c r="L73" s="14">
-        <v>696095</v>
+        <v>701759</v>
       </c>
       <c r="M73" s="15">
-        <v>44.436323013086501</v>
+        <v>42.3</v>
       </c>
       <c r="N73" s="15">
-        <v>15.002011848678807</v>
+        <v>14.68</v>
       </c>
       <c r="O73" s="14">
-        <v>870405</v>
+        <v>957431</v>
       </c>
       <c r="P73" s="15">
-        <v>55.563676986913499</v>
+        <v>57.7</v>
       </c>
       <c r="Q73" s="16">
-        <v>18.1053101462998</v>
+        <v>18.96</v>
       </c>
     </row>
     <row r="74" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A74" s="28"/>
       <c r="B74" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="4">
-        <v>1582519</v>
+        <v>1531421</v>
       </c>
       <c r="D74" s="5">
         <v>100</v>
       </c>
       <c r="E74" s="4">
-        <v>773791</v>
+        <v>744649</v>
       </c>
       <c r="F74" s="5">
-        <v>48.896158592724639</v>
+        <v>48.62</v>
       </c>
       <c r="G74" s="4">
-        <v>808728</v>
+        <v>786772</v>
       </c>
       <c r="H74" s="5">
-        <v>51.103841407275361</v>
+        <v>51.38</v>
       </c>
       <c r="I74" s="4">
-        <v>335402</v>
+        <v>264846</v>
       </c>
       <c r="J74" s="5">
         <v>100</v>
       </c>
       <c r="K74" s="5">
-        <v>21.194184714369939</v>
+        <v>17.29</v>
       </c>
       <c r="L74" s="4">
-        <v>145979</v>
+        <v>111859</v>
       </c>
       <c r="M74" s="5">
-        <v>43.523592584421081</v>
+        <v>42.24</v>
       </c>
       <c r="N74" s="5">
-        <v>18.865430070910623</v>
+        <v>15.02</v>
       </c>
       <c r="O74" s="4">
-        <v>189423</v>
+        <v>152987</v>
       </c>
       <c r="P74" s="5">
-        <v>56.476407415578919</v>
+        <v>57.76</v>
       </c>
       <c r="Q74" s="6">
-        <v>23.422337300056384</v>
+        <v>19.440000000000001</v>
       </c>
     </row>
     <row r="75" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A75" s="28"/>
       <c r="B75" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="4">
-        <v>379611</v>
+        <v>435895</v>
       </c>
       <c r="D75" s="5">
         <v>100</v>
       </c>
       <c r="E75" s="4">
-        <v>188955</v>
+        <v>211954</v>
       </c>
       <c r="F75" s="5">
-        <v>49.775954859053087</v>
+        <v>48.63</v>
       </c>
       <c r="G75" s="4">
-        <v>190656</v>
+        <v>223941</v>
       </c>
       <c r="H75" s="5">
-        <v>50.224045140946913</v>
+        <v>51.37</v>
       </c>
       <c r="I75" s="4">
-        <v>51920</v>
+        <v>72843</v>
       </c>
       <c r="J75" s="5">
         <v>100</v>
       </c>
       <c r="K75" s="5">
-        <v>13.677158986436114</v>
+        <v>16.71</v>
       </c>
       <c r="L75" s="4">
-        <v>24437</v>
+        <v>30579</v>
       </c>
       <c r="M75" s="5">
-        <v>47.066640986132512</v>
+        <v>41.98</v>
       </c>
       <c r="N75" s="5">
-        <v>12.932708846021541</v>
+        <v>14.43</v>
       </c>
       <c r="O75" s="4">
-        <v>27483</v>
+        <v>42264</v>
       </c>
       <c r="P75" s="5">
-        <v>52.933359013867488</v>
+        <v>58.02</v>
       </c>
       <c r="Q75" s="6">
-        <v>14.414967270896273</v>
+        <v>18.87</v>
       </c>
     </row>
     <row r="76" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A76" s="28"/>
       <c r="B76" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="4">
-        <v>275804</v>
+        <v>247898</v>
       </c>
       <c r="D76" s="5">
         <v>100</v>
       </c>
       <c r="E76" s="4">
-        <v>139785</v>
+        <v>120540</v>
       </c>
       <c r="F76" s="5">
-        <v>50.682731214920743</v>
+        <v>48.62</v>
       </c>
       <c r="G76" s="4">
-        <v>136019</v>
+        <v>127358</v>
       </c>
       <c r="H76" s="5">
-        <v>49.317268785079257</v>
+        <v>51.38</v>
       </c>
       <c r="I76" s="4">
-        <v>43029</v>
+        <v>40081</v>
       </c>
       <c r="J76" s="5">
         <v>100</v>
       </c>
       <c r="K76" s="5">
-        <v>15.601296572928602</v>
+        <v>16.170000000000002</v>
       </c>
       <c r="L76" s="4">
-        <v>20132</v>
+        <v>16955</v>
       </c>
       <c r="M76" s="5">
-        <v>46.787050593785587</v>
+        <v>42.3</v>
       </c>
       <c r="N76" s="5">
-        <v>14.402117537647102</v>
+        <v>14.07</v>
       </c>
       <c r="O76" s="4">
-        <v>22897</v>
+        <v>23126</v>
       </c>
       <c r="P76" s="5">
-        <v>53.212949406214413</v>
+        <v>57.7</v>
       </c>
       <c r="Q76" s="6">
-        <v>16.833677647975652</v>
+        <v>18.16</v>
       </c>
     </row>
     <row r="77" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A77" s="28"/>
       <c r="B77" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="4">
-        <v>543492</v>
+        <v>618664</v>
       </c>
       <c r="D77" s="5">
         <v>100</v>
       </c>
       <c r="E77" s="4">
-        <v>270122</v>
+        <v>300827</v>
       </c>
       <c r="F77" s="5">
-        <v>49.701191553877514</v>
+        <v>48.63</v>
       </c>
       <c r="G77" s="4">
-        <v>273370</v>
+        <v>317837</v>
       </c>
       <c r="H77" s="5">
-        <v>50.298808446122479</v>
+        <v>51.37</v>
       </c>
       <c r="I77" s="4">
-        <v>60741</v>
+        <v>100895</v>
       </c>
       <c r="J77" s="5">
         <v>100</v>
       </c>
       <c r="K77" s="5">
-        <v>11.17606146916606</v>
+        <v>16.309999999999999</v>
       </c>
       <c r="L77" s="4">
-        <v>29379</v>
+        <v>43843</v>
       </c>
       <c r="M77" s="5">
-        <v>48.367659406331803</v>
+        <v>43.45</v>
       </c>
       <c r="N77" s="5">
-        <v>10.87619668149947</v>
+        <v>14.57</v>
       </c>
       <c r="O77" s="4">
-        <v>31362</v>
+        <v>57052</v>
       </c>
       <c r="P77" s="5">
-        <v>51.632340593668204</v>
+        <v>56.55</v>
       </c>
       <c r="Q77" s="6">
-        <v>11.472363463437832</v>
+        <v>17.95</v>
       </c>
     </row>
     <row r="78" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A78" s="28"/>
       <c r="B78" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="4">
-        <v>1072999</v>
+        <v>1176564</v>
       </c>
       <c r="D78" s="5">
         <v>100</v>
       </c>
       <c r="E78" s="4">
-        <v>525877</v>
+        <v>572103</v>
       </c>
       <c r="F78" s="5">
-        <v>49.010017716698712</v>
+        <v>48.62</v>
       </c>
       <c r="G78" s="4">
-        <v>547122</v>
+        <v>604461</v>
       </c>
       <c r="H78" s="5">
-        <v>50.989982283301295</v>
+        <v>51.38</v>
       </c>
       <c r="I78" s="4">
-        <v>171490</v>
+        <v>188304</v>
       </c>
       <c r="J78" s="5">
         <v>100</v>
       </c>
       <c r="K78" s="5">
-        <v>15.982307532439451</v>
+        <v>16</v>
       </c>
       <c r="L78" s="4">
-        <v>73961</v>
+        <v>79530</v>
       </c>
       <c r="M78" s="5">
-        <v>43.12846230100881</v>
+        <v>42.23</v>
       </c>
       <c r="N78" s="5">
-        <v>14.064315419765459</v>
+        <v>13.9</v>
       </c>
       <c r="O78" s="4">
-        <v>97529</v>
+        <v>108774</v>
       </c>
       <c r="P78" s="5">
-        <v>56.87153769899119</v>
+        <v>57.77</v>
       </c>
       <c r="Q78" s="6">
-        <v>17.825823125372402</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A79" s="28"/>
       <c r="B79" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="4">
-        <v>260190</v>
+        <v>295337</v>
       </c>
       <c r="D79" s="5">
         <v>100</v>
       </c>
       <c r="E79" s="4">
-        <v>131541</v>
+        <v>143608</v>
       </c>
       <c r="F79" s="5">
-        <v>50.555747722817948</v>
+        <v>48.63</v>
       </c>
       <c r="G79" s="4">
-        <v>128649</v>
+        <v>151729</v>
       </c>
       <c r="H79" s="5">
-        <v>49.444252277182059</v>
+        <v>51.37</v>
       </c>
       <c r="I79" s="4">
-        <v>30336</v>
+        <v>45288</v>
       </c>
       <c r="J79" s="5">
         <v>100</v>
       </c>
       <c r="K79" s="5">
-        <v>11.659172143433645</v>
+        <v>15.33</v>
       </c>
       <c r="L79" s="4">
-        <v>14182</v>
+        <v>19133</v>
       </c>
       <c r="M79" s="5">
-        <v>46.749736286919827</v>
+        <v>42.25</v>
       </c>
       <c r="N79" s="5">
-        <v>10.781429364228643</v>
+        <v>13.32</v>
       </c>
       <c r="O79" s="4">
-        <v>16154</v>
+        <v>26155</v>
       </c>
       <c r="P79" s="5">
-        <v>53.250263713080173</v>
+        <v>57.75</v>
       </c>
       <c r="Q79" s="6">
-        <v>12.556646378906949</v>
+        <v>17.239999999999998</v>
       </c>
     </row>
     <row r="80" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A80" s="28"/>
       <c r="B80" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="4">
-        <v>502829</v>
+        <v>502134</v>
       </c>
       <c r="D80" s="5">
         <v>100</v>
       </c>
       <c r="E80" s="4">
-        <v>253210</v>
+        <v>244161</v>
       </c>
       <c r="F80" s="5">
-        <v>50.357079643377766</v>
+        <v>48.62</v>
       </c>
       <c r="G80" s="4">
-        <v>249619</v>
+        <v>257973</v>
       </c>
       <c r="H80" s="5">
-        <v>49.642920356622234</v>
+        <v>51.38</v>
       </c>
       <c r="I80" s="4">
-        <v>88123</v>
+        <v>80183</v>
       </c>
       <c r="J80" s="5">
         <v>100</v>
       </c>
       <c r="K80" s="5">
-        <v>17.525441054513564</v>
+        <v>15.97</v>
       </c>
       <c r="L80" s="4">
-        <v>39559</v>
+        <v>33869</v>
       </c>
       <c r="M80" s="5">
-        <v>44.890664185286475</v>
+        <v>42.24</v>
       </c>
       <c r="N80" s="5">
-        <v>15.623000671379486</v>
+        <v>13.87</v>
       </c>
       <c r="O80" s="4">
-        <v>48564</v>
+        <v>46314</v>
       </c>
       <c r="P80" s="5">
-        <v>55.109335814713525</v>
+        <v>57.76</v>
       </c>
       <c r="Q80" s="6">
-        <v>19.455249800696262</v>
+        <v>17.95</v>
       </c>
     </row>
     <row r="81" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A81" s="28"/>
       <c r="B81" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="4">
-        <v>1578235</v>
+        <v>1711885</v>
       </c>
       <c r="D81" s="5">
         <v>100</v>
       </c>
       <c r="E81" s="4">
-        <v>765165</v>
+        <v>832401</v>
       </c>
       <c r="F81" s="5">
-        <v>48.482323608334625</v>
+        <v>48.62</v>
       </c>
       <c r="G81" s="4">
-        <v>813070</v>
+        <v>879484</v>
       </c>
       <c r="H81" s="5">
-        <v>51.517676391665368</v>
+        <v>51.38</v>
       </c>
       <c r="I81" s="4">
-        <v>260769</v>
+        <v>290261</v>
       </c>
       <c r="J81" s="5">
         <v>100</v>
       </c>
       <c r="K81" s="5">
-        <v>16.522824547675093</v>
+        <v>16.96</v>
       </c>
       <c r="L81" s="4">
-        <v>114688</v>
+        <v>122687</v>
       </c>
       <c r="M81" s="5">
-        <v>43.98068788851436</v>
+        <v>42.27</v>
       </c>
       <c r="N81" s="5">
-        <v>14.988662576045689</v>
+        <v>14.74</v>
       </c>
       <c r="O81" s="4">
-        <v>146081</v>
+        <v>167574</v>
       </c>
       <c r="P81" s="5">
-        <v>56.01931211148564</v>
+        <v>57.73</v>
       </c>
       <c r="Q81" s="6">
-        <v>17.96659574206403</v>
+        <v>19.05</v>
       </c>
     </row>
     <row r="82" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A82" s="28"/>
       <c r="B82" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="4">
-        <v>286523</v>
+        <v>302059</v>
       </c>
       <c r="D82" s="5">
         <v>100</v>
       </c>
       <c r="E82" s="4">
-        <v>144484</v>
+        <v>146879</v>
       </c>
       <c r="F82" s="5">
-        <v>50.426667318155957</v>
+        <v>48.63</v>
       </c>
       <c r="G82" s="4">
-        <v>142039</v>
+        <v>155180</v>
       </c>
       <c r="H82" s="5">
-        <v>49.573332681844043</v>
+        <v>51.37</v>
       </c>
       <c r="I82" s="4">
-        <v>41579</v>
+        <v>52531</v>
       </c>
       <c r="J82" s="5">
         <v>100</v>
       </c>
       <c r="K82" s="5">
-        <v>14.511574986999298</v>
+        <v>17.39</v>
       </c>
       <c r="L82" s="4">
-        <v>19589</v>
+        <v>22167</v>
       </c>
       <c r="M82" s="5">
-        <v>47.112725173765604</v>
+        <v>42.2</v>
       </c>
       <c r="N82" s="5">
-        <v>13.55790260513275</v>
+        <v>15.09</v>
       </c>
       <c r="O82" s="4">
-        <v>21990</v>
+        <v>30364</v>
       </c>
       <c r="P82" s="5">
-        <v>52.887274826234396</v>
+        <v>57.8</v>
       </c>
       <c r="Q82" s="6">
-        <v>15.481663486788841</v>
+        <v>19.57</v>
       </c>
     </row>
     <row r="83" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A83" s="28"/>
       <c r="B83" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="4">
-        <v>642628</v>
+        <v>634266</v>
       </c>
       <c r="D83" s="5">
         <v>100</v>
       </c>
       <c r="E83" s="4">
-        <v>311892</v>
+        <v>308408</v>
       </c>
       <c r="F83" s="5">
-        <v>48.533832948455405</v>
+        <v>48.62</v>
       </c>
       <c r="G83" s="4">
-        <v>330736</v>
+        <v>325858</v>
       </c>
       <c r="H83" s="5">
-        <v>51.466167051544595</v>
+        <v>51.38</v>
       </c>
       <c r="I83" s="4">
-        <v>110221</v>
+        <v>108775</v>
       </c>
       <c r="J83" s="5">
         <v>100</v>
       </c>
       <c r="K83" s="5">
-        <v>17.151602482307027</v>
+        <v>17.149999999999999</v>
       </c>
       <c r="L83" s="4">
-        <v>48030</v>
+        <v>45917</v>
       </c>
       <c r="M83" s="5">
-        <v>43.576088041298846</v>
+        <v>42.21</v>
       </c>
       <c r="N83" s="5">
-        <v>15.399561386633835</v>
+        <v>14.89</v>
       </c>
       <c r="O83" s="4">
-        <v>62191</v>
+        <v>62858</v>
       </c>
       <c r="P83" s="5">
-        <v>56.423911958701154</v>
+        <v>57.79</v>
       </c>
       <c r="Q83" s="6">
-        <v>18.803819360456679</v>
+        <v>19.29</v>
       </c>
     </row>
     <row r="84" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A84" s="28"/>
       <c r="B84" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C84" s="4">
-        <v>527106</v>
+        <v>491159</v>
       </c>
       <c r="D84" s="5">
         <v>100</v>
       </c>
       <c r="E84" s="4">
-        <v>253241</v>
+        <v>238823</v>
       </c>
       <c r="F84" s="5">
-        <v>48.04365725300034</v>
+        <v>48.62</v>
       </c>
       <c r="G84" s="4">
-        <v>273865</v>
+        <v>252336</v>
       </c>
       <c r="H84" s="5">
-        <v>51.956342746999653</v>
+        <v>51.38</v>
       </c>
       <c r="I84" s="4">
-        <v>114663</v>
+        <v>86202</v>
       </c>
       <c r="J84" s="5">
         <v>100</v>
       </c>
       <c r="K84" s="5">
-        <v>21.753309580995094</v>
+        <v>17.55</v>
       </c>
       <c r="L84" s="4">
-        <v>49519</v>
+        <v>36388</v>
       </c>
       <c r="M84" s="5">
-        <v>43.186555384038442</v>
+        <v>42.21</v>
       </c>
       <c r="N84" s="5">
-        <v>19.554100639311962</v>
+        <v>15.24</v>
       </c>
       <c r="O84" s="4">
-        <v>65144</v>
+        <v>49814</v>
       </c>
       <c r="P84" s="5">
-        <v>56.813444615961558</v>
+        <v>57.79</v>
       </c>
       <c r="Q84" s="6">
-        <v>23.786902305880634</v>
+        <v>19.739999999999998</v>
       </c>
     </row>
     <row r="85" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A85" s="28"/>
       <c r="B85" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C85" s="4">
-        <v>639996</v>
+        <v>652332</v>
       </c>
       <c r="D85" s="5">
         <v>100</v>
       </c>
       <c r="E85" s="4">
-        <v>311076</v>
+        <v>317192</v>
       </c>
       <c r="F85" s="5">
-        <v>48.605928787054921</v>
+        <v>48.62</v>
       </c>
       <c r="G85" s="4">
-        <v>328920</v>
+        <v>335140</v>
       </c>
       <c r="H85" s="5">
-        <v>51.394071212945079</v>
+        <v>51.38</v>
       </c>
       <c r="I85" s="4">
-        <v>98139</v>
+        <v>113580</v>
       </c>
       <c r="J85" s="5">
         <v>100</v>
       </c>
       <c r="K85" s="5">
-        <v>15.334314589466183</v>
+        <v>17.41</v>
       </c>
       <c r="L85" s="4">
-        <v>42692</v>
+        <v>47924</v>
       </c>
       <c r="M85" s="5">
-        <v>43.501564108050829</v>
+        <v>42.19</v>
       </c>
       <c r="N85" s="5">
-        <v>13.723977420308863</v>
+        <v>15.11</v>
       </c>
       <c r="O85" s="4">
-        <v>55447</v>
+        <v>65656</v>
       </c>
       <c r="P85" s="5">
-        <v>56.498435891949171</v>
+        <v>57.81</v>
       </c>
       <c r="Q85" s="6">
-        <v>16.857290526571809</v>
+        <v>19.59</v>
       </c>
     </row>
     <row r="86" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A86" s="28"/>
       <c r="B86" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C86" s="4">
-        <v>453337</v>
+        <v>485872</v>
       </c>
       <c r="D86" s="5">
         <v>100</v>
       </c>
       <c r="E86" s="4">
-        <v>223870</v>
+        <v>236258</v>
       </c>
       <c r="F86" s="5">
-        <v>49.382688816487516</v>
+        <v>48.63</v>
       </c>
       <c r="G86" s="4">
-        <v>229467</v>
+        <v>249614</v>
       </c>
       <c r="H86" s="5">
-        <v>50.617311183512484</v>
+        <v>51.37</v>
       </c>
       <c r="I86" s="4">
-        <v>62244</v>
+        <v>85031</v>
       </c>
       <c r="J86" s="5">
         <v>100</v>
       </c>
       <c r="K86" s="5">
-        <v>13.730183064695801</v>
+        <v>17.5</v>
       </c>
       <c r="L86" s="4">
-        <v>29137</v>
+        <v>35890</v>
       </c>
       <c r="M86" s="5">
-        <v>46.810937600411286</v>
+        <v>42.21</v>
       </c>
       <c r="N86" s="5">
-        <v>13.01514271675526</v>
+        <v>15.19</v>
       </c>
       <c r="O86" s="4">
-        <v>33107</v>
+        <v>49141</v>
       </c>
       <c r="P86" s="5">
-        <v>53.189062399588714</v>
+        <v>57.79</v>
       </c>
       <c r="Q86" s="6">
-        <v>14.427782644127479</v>
+        <v>19.690000000000001</v>
       </c>
     </row>
     <row r="87" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A87" s="29"/>
       <c r="B87" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C87" s="8">
-        <v>702199</v>
+        <v>742463</v>
       </c>
       <c r="D87" s="9">
         <v>100</v>
       </c>
       <c r="E87" s="8">
-        <v>347002</v>
+        <v>361019</v>
       </c>
       <c r="F87" s="9">
-        <v>49.416475956246018</v>
+        <v>48.62</v>
       </c>
       <c r="G87" s="8">
-        <v>355197</v>
+        <v>381444</v>
       </c>
       <c r="H87" s="9">
-        <v>50.583524043753982</v>
+        <v>51.38</v>
       </c>
       <c r="I87" s="8">
-        <v>97844</v>
+        <v>130370</v>
       </c>
       <c r="J87" s="9">
         <v>100</v>
       </c>
       <c r="K87" s="9">
-        <v>13.933941802822277</v>
+        <v>17.559999999999999</v>
       </c>
       <c r="L87" s="8">
-        <v>44811</v>
+        <v>55018</v>
       </c>
       <c r="M87" s="9">
-        <v>45.798413801561672</v>
+        <v>42.2</v>
       </c>
       <c r="N87" s="9">
-        <v>12.913758422141658</v>
+        <v>15.24</v>
       </c>
       <c r="O87" s="8">
-        <v>53033</v>
+        <v>75352</v>
       </c>
       <c r="P87" s="9">
-        <v>54.201586198438335</v>
+        <v>57.8</v>
       </c>
       <c r="Q87" s="10">
-        <v>14.930587814649336</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="88" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A88" s="30" t="s">
         <v>94</v>
       </c>
       <c r="B88" s="20"/>
       <c r="C88" s="20"/>
       <c r="D88" s="20"/>
       <c r="E88" s="20"/>
       <c r="F88" s="20"/>
       <c r="G88" s="20"/>
       <c r="H88" s="20"/>
       <c r="I88" s="20"/>
       <c r="J88" s="20"/>
       <c r="K88" s="20"/>
       <c r="L88" s="20"/>
       <c r="M88" s="20"/>
       <c r="N88" s="20"/>
       <c r="O88" s="20"/>
       <c r="P88" s="20"/>
       <c r="Q88" s="20"/>
       <c r="R88" s="20"/>
     </row>
     <row r="89" spans="1:18" x14ac:dyDescent="0.25">
@@ -5384,60 +5355,4473 @@
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A8:A33"/>
     <mergeCell ref="A34:A51"/>
     <mergeCell ref="A52:A72"/>
     <mergeCell ref="A73:A87"/>
     <mergeCell ref="A88:R88"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="C3:H3"/>
     <mergeCell ref="I3:Q3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DE51E5A-C6E8-4ECB-8E86-3E75634BA378}">
+  <dimension ref="A1:R89"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E21" sqref="E21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="21" style="1" customWidth="1"/>
+    <col min="2" max="2" width="24.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="17" width="11.28515625" style="1" customWidth="1"/>
+    <col min="18" max="18" width="0.7109375" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A1" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
+      <c r="K1" s="20"/>
+      <c r="L1" s="20"/>
+      <c r="M1" s="20"/>
+      <c r="N1" s="20"/>
+      <c r="O1" s="20"/>
+      <c r="P1" s="20"/>
+      <c r="Q1" s="20"/>
+      <c r="R1" s="20"/>
+    </row>
+    <row r="2" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A2" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+    </row>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="22"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
+      <c r="I3" s="21" t="s">
+        <v>1</v>
+      </c>
+      <c r="J3" s="22"/>
+      <c r="K3" s="22"/>
+      <c r="L3" s="22"/>
+      <c r="M3" s="22"/>
+      <c r="N3" s="22"/>
+      <c r="O3" s="22"/>
+      <c r="P3" s="22"/>
+      <c r="Q3" s="23"/>
+    </row>
+    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="22"/>
+      <c r="E4" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="F4" s="22"/>
+      <c r="G4" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="22"/>
+      <c r="I4" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="J4" s="22"/>
+      <c r="K4" s="22"/>
+      <c r="L4" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="M4" s="22"/>
+      <c r="N4" s="22"/>
+      <c r="O4" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="22"/>
+      <c r="Q4" s="23"/>
+    </row>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="F5" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="G5" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="H5" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="J5" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="K5" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="L5" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="M5" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="N5" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="O5" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="P5" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q5" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="14">
+        <v>68263027</v>
+      </c>
+      <c r="D6" s="15">
+        <v>100</v>
+      </c>
+      <c r="E6" s="14">
+        <v>33229747</v>
+      </c>
+      <c r="F6" s="15">
+        <v>48.678982547902542</v>
+      </c>
+      <c r="G6" s="14">
+        <v>35033280</v>
+      </c>
+      <c r="H6" s="15">
+        <v>51.321017452097465</v>
+      </c>
+      <c r="I6" s="14">
+        <v>13358751</v>
+      </c>
+      <c r="J6" s="15">
+        <v>100</v>
+      </c>
+      <c r="K6" s="15">
+        <v>19.569526267858002</v>
+      </c>
+      <c r="L6" s="14">
+        <v>5974022</v>
+      </c>
+      <c r="M6" s="15">
+        <v>44.719914309354216</v>
+      </c>
+      <c r="N6" s="15">
+        <v>17.977934048068438</v>
+      </c>
+      <c r="O6" s="14">
+        <v>7384729</v>
+      </c>
+      <c r="P6" s="15">
+        <v>55.280085690645777</v>
+      </c>
+      <c r="Q6" s="16">
+        <v>21.079182423113107</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="14">
+        <v>8879148</v>
+      </c>
+      <c r="D7" s="15">
+        <v>100</v>
+      </c>
+      <c r="E7" s="14">
+        <v>4294859</v>
+      </c>
+      <c r="F7" s="15">
+        <v>48.370170201014787</v>
+      </c>
+      <c r="G7" s="14">
+        <v>4584289</v>
+      </c>
+      <c r="H7" s="15">
+        <v>51.629829798985213</v>
+      </c>
+      <c r="I7" s="14">
+        <v>1342826</v>
+      </c>
+      <c r="J7" s="15">
+        <v>100</v>
+      </c>
+      <c r="K7" s="15">
+        <v>15.123365440017444</v>
+      </c>
+      <c r="L7" s="14">
+        <v>589175</v>
+      </c>
+      <c r="M7" s="15">
+        <v>43.875751586579348</v>
+      </c>
+      <c r="N7" s="15">
+        <v>13.718145345400162</v>
+      </c>
+      <c r="O7" s="14">
+        <v>753651</v>
+      </c>
+      <c r="P7" s="15">
+        <v>56.124248413420652</v>
+      </c>
+      <c r="Q7" s="16">
+        <v>16.439866683797639</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="14">
+        <v>20421106</v>
+      </c>
+      <c r="D8" s="15">
+        <v>100</v>
+      </c>
+      <c r="E8" s="14">
+        <v>9971505</v>
+      </c>
+      <c r="F8" s="15">
+        <v>48.829407182941019</v>
+      </c>
+      <c r="G8" s="14">
+        <v>10449601</v>
+      </c>
+      <c r="H8" s="15">
+        <v>51.170592817058981</v>
+      </c>
+      <c r="I8" s="14">
+        <v>3518228</v>
+      </c>
+      <c r="J8" s="15">
+        <v>100</v>
+      </c>
+      <c r="K8" s="15">
+        <v>17.228391057761513</v>
+      </c>
+      <c r="L8" s="14">
+        <v>1540293</v>
+      </c>
+      <c r="M8" s="15">
+        <v>43.780363296523134</v>
+      </c>
+      <c r="N8" s="15">
+        <v>15.446946072834541</v>
+      </c>
+      <c r="O8" s="14">
+        <v>1977935</v>
+      </c>
+      <c r="P8" s="15">
+        <v>56.219636703476858</v>
+      </c>
+      <c r="Q8" s="16">
+        <v>18.9283303735712</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A9" s="28"/>
+      <c r="B9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="4">
+        <v>2239330</v>
+      </c>
+      <c r="D9" s="5">
+        <v>100</v>
+      </c>
+      <c r="E9" s="4">
+        <v>1081228</v>
+      </c>
+      <c r="F9" s="5">
+        <v>48.28354909727463</v>
+      </c>
+      <c r="G9" s="4">
+        <v>1158102</v>
+      </c>
+      <c r="H9" s="5">
+        <v>51.716450902725363</v>
+      </c>
+      <c r="I9" s="4">
+        <v>320274</v>
+      </c>
+      <c r="J9" s="5">
+        <v>100</v>
+      </c>
+      <c r="K9" s="5">
+        <v>14.302224326026089</v>
+      </c>
+      <c r="L9" s="4">
+        <v>137830</v>
+      </c>
+      <c r="M9" s="5">
+        <v>43.035026258765932</v>
+      </c>
+      <c r="N9" s="5">
+        <v>12.747542608959442</v>
+      </c>
+      <c r="O9" s="4">
+        <v>182444</v>
+      </c>
+      <c r="P9" s="5">
+        <v>56.964973741234068</v>
+      </c>
+      <c r="Q9" s="6">
+        <v>15.753707359109992</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A10" s="28"/>
+      <c r="B10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="4">
+        <v>1680304</v>
+      </c>
+      <c r="D10" s="5">
+        <v>100</v>
+      </c>
+      <c r="E10" s="4">
+        <v>790147</v>
+      </c>
+      <c r="F10" s="5">
+        <v>47.02405040992582</v>
+      </c>
+      <c r="G10" s="4">
+        <v>890157</v>
+      </c>
+      <c r="H10" s="5">
+        <v>52.97594959007418</v>
+      </c>
+      <c r="I10" s="4">
+        <v>302803</v>
+      </c>
+      <c r="J10" s="5">
+        <v>100</v>
+      </c>
+      <c r="K10" s="5">
+        <v>18.020727201744446</v>
+      </c>
+      <c r="L10" s="4">
+        <v>128189</v>
+      </c>
+      <c r="M10" s="5">
+        <v>42.33412482703276</v>
+      </c>
+      <c r="N10" s="5">
+        <v>16.223436904778477</v>
+      </c>
+      <c r="O10" s="4">
+        <v>174614</v>
+      </c>
+      <c r="P10" s="5">
+        <v>57.66587517296724</v>
+      </c>
+      <c r="Q10" s="6">
+        <v>19.616090195325096</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A11" s="28"/>
+      <c r="B11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="4">
+        <v>1592182</v>
+      </c>
+      <c r="D11" s="5">
+        <v>100</v>
+      </c>
+      <c r="E11" s="4">
+        <v>767693</v>
+      </c>
+      <c r="F11" s="5">
+        <v>48.216409933035294</v>
+      </c>
+      <c r="G11" s="4">
+        <v>824489</v>
+      </c>
+      <c r="H11" s="5">
+        <v>51.783590066964699</v>
+      </c>
+      <c r="I11" s="4">
+        <v>219289</v>
+      </c>
+      <c r="J11" s="5">
+        <v>100</v>
+      </c>
+      <c r="K11" s="5">
+        <v>13.772860137848564</v>
+      </c>
+      <c r="L11" s="4">
+        <v>98456</v>
+      </c>
+      <c r="M11" s="5">
+        <v>44.897828892466109</v>
+      </c>
+      <c r="N11" s="5">
+        <v>12.824918294161858</v>
+      </c>
+      <c r="O11" s="4">
+        <v>120833</v>
+      </c>
+      <c r="P11" s="5">
+        <v>55.102171107533891</v>
+      </c>
+      <c r="Q11" s="6">
+        <v>14.655501771400225</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A12" s="28"/>
+      <c r="B12" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="4">
+        <v>858076</v>
+      </c>
+      <c r="D12" s="5">
+        <v>100</v>
+      </c>
+      <c r="E12" s="4">
+        <v>421156</v>
+      </c>
+      <c r="F12" s="5">
+        <v>49.081433346230405</v>
+      </c>
+      <c r="G12" s="4">
+        <v>436920</v>
+      </c>
+      <c r="H12" s="5">
+        <v>50.918566653769595</v>
+      </c>
+      <c r="I12" s="4">
+        <v>156786</v>
+      </c>
+      <c r="J12" s="5">
+        <v>100</v>
+      </c>
+      <c r="K12" s="5">
+        <v>18.271808091590955</v>
+      </c>
+      <c r="L12" s="4">
+        <v>65807</v>
+      </c>
+      <c r="M12" s="5">
+        <v>41.972497544423611</v>
+      </c>
+      <c r="N12" s="5">
+        <v>15.625326482348584</v>
+      </c>
+      <c r="O12" s="4">
+        <v>90979</v>
+      </c>
+      <c r="P12" s="5">
+        <v>58.027502455576396</v>
+      </c>
+      <c r="Q12" s="6">
+        <v>20.82280509017669</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A13" s="28"/>
+      <c r="B13" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="4">
+        <v>260619</v>
+      </c>
+      <c r="D13" s="5">
+        <v>100</v>
+      </c>
+      <c r="E13" s="4">
+        <v>123938</v>
+      </c>
+      <c r="F13" s="5">
+        <v>47.555243478027307</v>
+      </c>
+      <c r="G13" s="4">
+        <v>136681</v>
+      </c>
+      <c r="H13" s="5">
+        <v>52.444756521972693</v>
+      </c>
+      <c r="I13" s="4">
+        <v>66174</v>
+      </c>
+      <c r="J13" s="5">
+        <v>100</v>
+      </c>
+      <c r="K13" s="5">
+        <v>25.391088140158622</v>
+      </c>
+      <c r="L13" s="4">
+        <v>27208</v>
+      </c>
+      <c r="M13" s="5">
+        <v>41.115846102698946</v>
+      </c>
+      <c r="N13" s="5">
+        <v>21.952911939840888</v>
+      </c>
+      <c r="O13" s="4">
+        <v>38966</v>
+      </c>
+      <c r="P13" s="5">
+        <v>58.884153897301047</v>
+      </c>
+      <c r="Q13" s="6">
+        <v>28.508717378421288</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A14" s="28"/>
+      <c r="B14" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="4">
+        <v>774153</v>
+      </c>
+      <c r="D14" s="5">
+        <v>100</v>
+      </c>
+      <c r="E14" s="4">
+        <v>388484</v>
+      </c>
+      <c r="F14" s="5">
+        <v>50.181811605716184</v>
+      </c>
+      <c r="G14" s="4">
+        <v>385669</v>
+      </c>
+      <c r="H14" s="5">
+        <v>49.818188394283816</v>
+      </c>
+      <c r="I14" s="4">
+        <v>166755</v>
+      </c>
+      <c r="J14" s="5">
+        <v>100</v>
+      </c>
+      <c r="K14" s="5">
+        <v>21.54031567403343</v>
+      </c>
+      <c r="L14" s="4">
+        <v>74161</v>
+      </c>
+      <c r="M14" s="5">
+        <v>44.473029294473932</v>
+      </c>
+      <c r="N14" s="5">
+        <v>19.089846686092606</v>
+      </c>
+      <c r="O14" s="4">
+        <v>92594</v>
+      </c>
+      <c r="P14" s="5">
+        <v>55.526970705526068</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>24.008670647627888</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A15" s="28"/>
+      <c r="B15" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="4">
+        <v>206868</v>
+      </c>
+      <c r="D15" s="5">
+        <v>100</v>
+      </c>
+      <c r="E15" s="4">
+        <v>98819</v>
+      </c>
+      <c r="F15" s="5">
+        <v>47.769108803681576</v>
+      </c>
+      <c r="G15" s="4">
+        <v>108049</v>
+      </c>
+      <c r="H15" s="5">
+        <v>52.230891196318431</v>
+      </c>
+      <c r="I15" s="4">
+        <v>54552</v>
+      </c>
+      <c r="J15" s="5">
+        <v>100</v>
+      </c>
+      <c r="K15" s="5">
+        <v>26.370439120598643</v>
+      </c>
+      <c r="L15" s="4">
+        <v>23174</v>
+      </c>
+      <c r="M15" s="5">
+        <v>42.480568998386858</v>
+      </c>
+      <c r="N15" s="5">
+        <v>23.450955787854564</v>
+      </c>
+      <c r="O15" s="4">
+        <v>31378</v>
+      </c>
+      <c r="P15" s="5">
+        <v>57.519431001613142</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>29.040527908634044</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A16" s="28"/>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="4">
+        <v>317008</v>
+      </c>
+      <c r="D16" s="5">
+        <v>100</v>
+      </c>
+      <c r="E16" s="4">
+        <v>151348</v>
+      </c>
+      <c r="F16" s="5">
+        <v>47.742643718770509</v>
+      </c>
+      <c r="G16" s="4">
+        <v>165660</v>
+      </c>
+      <c r="H16" s="5">
+        <v>52.257356281229491</v>
+      </c>
+      <c r="I16" s="4">
+        <v>85752</v>
+      </c>
+      <c r="J16" s="5">
+        <v>100</v>
+      </c>
+      <c r="K16" s="5">
+        <v>27.05042144046838</v>
+      </c>
+      <c r="L16" s="4">
+        <v>36844</v>
+      </c>
+      <c r="M16" s="5">
+        <v>42.965761731504806</v>
+      </c>
+      <c r="N16" s="5">
+        <v>24.343896186272694</v>
+      </c>
+      <c r="O16" s="4">
+        <v>48908</v>
+      </c>
+      <c r="P16" s="5">
+        <v>57.034238268495194</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>29.523119642641554</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A17" s="28"/>
+      <c r="B17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="4">
+        <v>708652</v>
+      </c>
+      <c r="D17" s="5">
+        <v>100</v>
+      </c>
+      <c r="E17" s="4">
+        <v>351675</v>
+      </c>
+      <c r="F17" s="5">
+        <v>49.625909473196998</v>
+      </c>
+      <c r="G17" s="4">
+        <v>356977</v>
+      </c>
+      <c r="H17" s="5">
+        <v>50.374090526803009</v>
+      </c>
+      <c r="I17" s="4">
+        <v>128638</v>
+      </c>
+      <c r="J17" s="5">
+        <v>100</v>
+      </c>
+      <c r="K17" s="5">
+        <v>18.152492337564841</v>
+      </c>
+      <c r="L17" s="4">
+        <v>55320</v>
+      </c>
+      <c r="M17" s="5">
+        <v>43.004399944028982</v>
+      </c>
+      <c r="N17" s="5">
+        <v>15.730432928129664</v>
+      </c>
+      <c r="O17" s="4">
+        <v>73318</v>
+      </c>
+      <c r="P17" s="5">
+        <v>56.995600055971018</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>20.53857811567692</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A18" s="28"/>
+      <c r="B18" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="4">
+        <v>1746546</v>
+      </c>
+      <c r="D18" s="5">
+        <v>100</v>
+      </c>
+      <c r="E18" s="4">
+        <v>866890</v>
+      </c>
+      <c r="F18" s="5">
+        <v>49.634535820986109</v>
+      </c>
+      <c r="G18" s="4">
+        <v>879656</v>
+      </c>
+      <c r="H18" s="5">
+        <v>50.365464179013898</v>
+      </c>
+      <c r="I18" s="4">
+        <v>218071</v>
+      </c>
+      <c r="J18" s="5">
+        <v>100</v>
+      </c>
+      <c r="K18" s="5">
+        <v>12.485843487660789</v>
+      </c>
+      <c r="L18" s="4">
+        <v>107107</v>
+      </c>
+      <c r="M18" s="5">
+        <v>49.11565499309858</v>
+      </c>
+      <c r="N18" s="5">
+        <v>12.355316130074174</v>
+      </c>
+      <c r="O18" s="4">
+        <v>110964</v>
+      </c>
+      <c r="P18" s="5">
+        <v>50.88434500690142</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>12.614476568112989</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A19" s="28"/>
+      <c r="B19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="4">
+        <v>939740</v>
+      </c>
+      <c r="D19" s="5">
+        <v>100</v>
+      </c>
+      <c r="E19" s="4">
+        <v>475157</v>
+      </c>
+      <c r="F19" s="5">
+        <v>50.562602421946501</v>
+      </c>
+      <c r="G19" s="4">
+        <v>464583</v>
+      </c>
+      <c r="H19" s="5">
+        <v>49.437397578053506</v>
+      </c>
+      <c r="I19" s="4">
+        <v>117611</v>
+      </c>
+      <c r="J19" s="5">
+        <v>100</v>
+      </c>
+      <c r="K19" s="5">
+        <v>12.515270181113925</v>
+      </c>
+      <c r="L19" s="4">
+        <v>52377</v>
+      </c>
+      <c r="M19" s="5">
+        <v>44.534099701558524</v>
+      </c>
+      <c r="N19" s="5">
+        <v>11.023093419648664</v>
+      </c>
+      <c r="O19" s="4">
+        <v>65234</v>
+      </c>
+      <c r="P19" s="5">
+        <v>55.465900298441476</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>14.041409177692685</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A20" s="28"/>
+      <c r="B20" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" s="4">
+        <v>577596</v>
+      </c>
+      <c r="D20" s="5">
+        <v>100</v>
+      </c>
+      <c r="E20" s="4">
+        <v>283206</v>
+      </c>
+      <c r="F20" s="5">
+        <v>49.031849251033591</v>
+      </c>
+      <c r="G20" s="4">
+        <v>294390</v>
+      </c>
+      <c r="H20" s="5">
+        <v>50.968150748966401</v>
+      </c>
+      <c r="I20" s="4">
+        <v>104235</v>
+      </c>
+      <c r="J20" s="5">
+        <v>100</v>
+      </c>
+      <c r="K20" s="5">
+        <v>18.046350736500948</v>
+      </c>
+      <c r="L20" s="4">
+        <v>47360</v>
+      </c>
+      <c r="M20" s="5">
+        <v>45.435794119057896</v>
+      </c>
+      <c r="N20" s="5">
+        <v>16.722809544995513</v>
+      </c>
+      <c r="O20" s="4">
+        <v>56875</v>
+      </c>
+      <c r="P20" s="5">
+        <v>54.564205880942104</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>19.319610041101939</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A21" s="28"/>
+      <c r="B21" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="4">
+        <v>298647</v>
+      </c>
+      <c r="D21" s="5">
+        <v>100</v>
+      </c>
+      <c r="E21" s="4">
+        <v>150765</v>
+      </c>
+      <c r="F21" s="5">
+        <v>50.482676872695855</v>
+      </c>
+      <c r="G21" s="4">
+        <v>147882</v>
+      </c>
+      <c r="H21" s="5">
+        <v>49.517323127304138</v>
+      </c>
+      <c r="I21" s="4">
+        <v>49025</v>
+      </c>
+      <c r="J21" s="5">
+        <v>100</v>
+      </c>
+      <c r="K21" s="5">
+        <v>16.415701480343014</v>
+      </c>
+      <c r="L21" s="4">
+        <v>23054</v>
+      </c>
+      <c r="M21" s="5">
+        <v>47.024987251402344</v>
+      </c>
+      <c r="N21" s="5">
+        <v>15.291347461280802</v>
+      </c>
+      <c r="O21" s="4">
+        <v>25971</v>
+      </c>
+      <c r="P21" s="5">
+        <v>52.975012748597649</v>
+      </c>
+      <c r="Q21" s="6">
+        <v>17.561975088246033</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A22" s="28"/>
+      <c r="B22" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="4">
+        <v>846007</v>
+      </c>
+      <c r="D22" s="5">
+        <v>100</v>
+      </c>
+      <c r="E22" s="4">
+        <v>416002</v>
+      </c>
+      <c r="F22" s="5">
+        <v>49.172406374888148</v>
+      </c>
+      <c r="G22" s="4">
+        <v>430005</v>
+      </c>
+      <c r="H22" s="5">
+        <v>50.827593625111845</v>
+      </c>
+      <c r="I22" s="4">
+        <v>153891</v>
+      </c>
+      <c r="J22" s="5">
+        <v>100</v>
+      </c>
+      <c r="K22" s="5">
+        <v>18.190275021365071</v>
+      </c>
+      <c r="L22" s="4">
+        <v>67525</v>
+      </c>
+      <c r="M22" s="5">
+        <v>43.878459429076422</v>
+      </c>
+      <c r="N22" s="5">
+        <v>16.231893115898483</v>
+      </c>
+      <c r="O22" s="4">
+        <v>86366</v>
+      </c>
+      <c r="P22" s="5">
+        <v>56.121540570923578</v>
+      </c>
+      <c r="Q22" s="6">
+        <v>20.084882733921699</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A23" s="28"/>
+      <c r="B23" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C23" s="4">
+        <v>648009</v>
+      </c>
+      <c r="D23" s="5">
+        <v>100</v>
+      </c>
+      <c r="E23" s="4">
+        <v>315081</v>
+      </c>
+      <c r="F23" s="5">
+        <v>48.622935792558437</v>
+      </c>
+      <c r="G23" s="4">
+        <v>332928</v>
+      </c>
+      <c r="H23" s="5">
+        <v>51.377064207441556</v>
+      </c>
+      <c r="I23" s="4">
+        <v>120036</v>
+      </c>
+      <c r="J23" s="5">
+        <v>100</v>
+      </c>
+      <c r="K23" s="5">
+        <v>18.523816798840755</v>
+      </c>
+      <c r="L23" s="4">
+        <v>51630</v>
+      </c>
+      <c r="M23" s="5">
+        <v>43.012096371088674</v>
+      </c>
+      <c r="N23" s="5">
+        <v>16.38626258009845</v>
+      </c>
+      <c r="O23" s="4">
+        <v>68406</v>
+      </c>
+      <c r="P23" s="5">
+        <v>56.987903628911326</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>20.546784890426757</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A24" s="28"/>
+      <c r="B24" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="4">
+        <v>296403</v>
+      </c>
+      <c r="D24" s="5">
+        <v>100</v>
+      </c>
+      <c r="E24" s="4">
+        <v>143859</v>
+      </c>
+      <c r="F24" s="5">
+        <v>48.534933856944768</v>
+      </c>
+      <c r="G24" s="4">
+        <v>152544</v>
+      </c>
+      <c r="H24" s="5">
+        <v>51.465066143055225</v>
+      </c>
+      <c r="I24" s="4">
+        <v>62836</v>
+      </c>
+      <c r="J24" s="5">
+        <v>100</v>
+      </c>
+      <c r="K24" s="5">
+        <v>21.199515524471749</v>
+      </c>
+      <c r="L24" s="4">
+        <v>26992</v>
+      </c>
+      <c r="M24" s="5">
+        <v>42.956267108027248</v>
+      </c>
+      <c r="N24" s="5">
+        <v>18.762816368805566</v>
+      </c>
+      <c r="O24" s="4">
+        <v>35844</v>
+      </c>
+      <c r="P24" s="5">
+        <v>57.043732891972752</v>
+      </c>
+      <c r="Q24" s="6">
+        <v>23.497482693517934</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A25" s="28"/>
+      <c r="B25" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="4">
+        <v>662326</v>
+      </c>
+      <c r="D25" s="5">
+        <v>100</v>
+      </c>
+      <c r="E25" s="4">
+        <v>327329</v>
+      </c>
+      <c r="F25" s="5">
+        <v>49.421130983835752</v>
+      </c>
+      <c r="G25" s="4">
+        <v>334997</v>
+      </c>
+      <c r="H25" s="5">
+        <v>50.578869016164241</v>
+      </c>
+      <c r="I25" s="4">
+        <v>113772</v>
+      </c>
+      <c r="J25" s="5">
+        <v>100</v>
+      </c>
+      <c r="K25" s="5">
+        <v>17.177643637725229</v>
+      </c>
+      <c r="L25" s="4">
+        <v>51632</v>
+      </c>
+      <c r="M25" s="5">
+        <v>45.381992054284005</v>
+      </c>
+      <c r="N25" s="5">
+        <v>15.773732238817825</v>
+      </c>
+      <c r="O25" s="4">
+        <v>62140</v>
+      </c>
+      <c r="P25" s="5">
+        <v>54.618007945715995</v>
+      </c>
+      <c r="Q25" s="6">
+        <v>18.549419845550855</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A26" s="28"/>
+      <c r="B26" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="4">
+        <v>802621</v>
+      </c>
+      <c r="D26" s="5">
+        <v>100</v>
+      </c>
+      <c r="E26" s="4">
+        <v>388942</v>
+      </c>
+      <c r="F26" s="5">
+        <v>48.458986246310523</v>
+      </c>
+      <c r="G26" s="4">
+        <v>413679</v>
+      </c>
+      <c r="H26" s="5">
+        <v>51.541013753689477</v>
+      </c>
+      <c r="I26" s="4">
+        <v>175942</v>
+      </c>
+      <c r="J26" s="5">
+        <v>100</v>
+      </c>
+      <c r="K26" s="5">
+        <v>21.920931548015812</v>
+      </c>
+      <c r="L26" s="4">
+        <v>74936</v>
+      </c>
+      <c r="M26" s="5">
+        <v>42.591308499391843</v>
+      </c>
+      <c r="N26" s="5">
+        <v>19.26662587223802</v>
+      </c>
+      <c r="O26" s="4">
+        <v>101006</v>
+      </c>
+      <c r="P26" s="5">
+        <v>57.408691500608157</v>
+      </c>
+      <c r="Q26" s="6">
+        <v>24.416516187672084</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A27" s="28"/>
+      <c r="B27" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" s="4">
+        <v>793822</v>
+      </c>
+      <c r="D27" s="5">
+        <v>100</v>
+      </c>
+      <c r="E27" s="4">
+        <v>397540</v>
+      </c>
+      <c r="F27" s="5">
+        <v>50.079236907014426</v>
+      </c>
+      <c r="G27" s="4">
+        <v>396282</v>
+      </c>
+      <c r="H27" s="5">
+        <v>49.920763092985581</v>
+      </c>
+      <c r="I27" s="4">
+        <v>146071</v>
+      </c>
+      <c r="J27" s="5">
+        <v>100</v>
+      </c>
+      <c r="K27" s="5">
+        <v>18.400976541340501</v>
+      </c>
+      <c r="L27" s="4">
+        <v>66274</v>
+      </c>
+      <c r="M27" s="5">
+        <v>45.37108666333495</v>
+      </c>
+      <c r="N27" s="5">
+        <v>16.671026814911709</v>
+      </c>
+      <c r="O27" s="4">
+        <v>79797</v>
+      </c>
+      <c r="P27" s="5">
+        <v>54.628913336665043</v>
+      </c>
+      <c r="Q27" s="6">
+        <v>20.136418005359818</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A28" s="28"/>
+      <c r="B28" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C28" s="4">
+        <v>865092</v>
+      </c>
+      <c r="D28" s="5">
+        <v>100</v>
+      </c>
+      <c r="E28" s="4">
+        <v>416722</v>
+      </c>
+      <c r="F28" s="5">
+        <v>48.170830385669966</v>
+      </c>
+      <c r="G28" s="4">
+        <v>448370</v>
+      </c>
+      <c r="H28" s="5">
+        <v>51.829169614330041</v>
+      </c>
+      <c r="I28" s="4">
+        <v>217297</v>
+      </c>
+      <c r="J28" s="5">
+        <v>100</v>
+      </c>
+      <c r="K28" s="5">
+        <v>25.118368913364126</v>
+      </c>
+      <c r="L28" s="4">
+        <v>93268</v>
+      </c>
+      <c r="M28" s="5">
+        <v>42.921899520011777</v>
+      </c>
+      <c r="N28" s="5">
+        <v>22.38134775701787</v>
+      </c>
+      <c r="O28" s="4">
+        <v>124029</v>
+      </c>
+      <c r="P28" s="5">
+        <v>57.078100479988215</v>
+      </c>
+      <c r="Q28" s="6">
+        <v>27.66219863059527</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A29" s="28"/>
+      <c r="B29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" s="4">
+        <v>1164179</v>
+      </c>
+      <c r="D29" s="5">
+        <v>100</v>
+      </c>
+      <c r="E29" s="4">
+        <v>557627</v>
+      </c>
+      <c r="F29" s="5">
+        <v>47.898733785783804</v>
+      </c>
+      <c r="G29" s="4">
+        <v>606552</v>
+      </c>
+      <c r="H29" s="5">
+        <v>52.101266214216203</v>
+      </c>
+      <c r="I29" s="4">
+        <v>201754</v>
+      </c>
+      <c r="J29" s="5">
+        <v>100</v>
+      </c>
+      <c r="K29" s="5">
+        <v>17.330152837321407</v>
+      </c>
+      <c r="L29" s="4">
+        <v>85536</v>
+      </c>
+      <c r="M29" s="5">
+        <v>42.396185453572173</v>
+      </c>
+      <c r="N29" s="5">
+        <v>15.339285938449896</v>
+      </c>
+      <c r="O29" s="4">
+        <v>116218</v>
+      </c>
+      <c r="P29" s="5">
+        <v>57.60381454642782</v>
+      </c>
+      <c r="Q29" s="6">
+        <v>19.160434719529405</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A30" s="28"/>
+      <c r="B30" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C30" s="4">
+        <v>1015249</v>
+      </c>
+      <c r="D30" s="5">
+        <v>100</v>
+      </c>
+      <c r="E30" s="4">
+        <v>498946</v>
+      </c>
+      <c r="F30" s="5">
+        <v>49.145185072824496</v>
+      </c>
+      <c r="G30" s="4">
+        <v>516303</v>
+      </c>
+      <c r="H30" s="5">
+        <v>50.854814927175497</v>
+      </c>
+      <c r="I30" s="4">
+        <v>102220</v>
+      </c>
+      <c r="J30" s="5">
+        <v>100</v>
+      </c>
+      <c r="K30" s="5">
+        <v>10.068465962537269</v>
+      </c>
+      <c r="L30" s="4">
+        <v>43894</v>
+      </c>
+      <c r="M30" s="5">
+        <v>42.940716102523965</v>
+      </c>
+      <c r="N30" s="5">
+        <v>8.7973448028443961</v>
+      </c>
+      <c r="O30" s="4">
+        <v>58326</v>
+      </c>
+      <c r="P30" s="5">
+        <v>57.059283897476035</v>
+      </c>
+      <c r="Q30" s="6">
+        <v>11.296854753894516</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A31" s="28"/>
+      <c r="B31" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C31" s="4">
+        <v>192168</v>
+      </c>
+      <c r="D31" s="5">
+        <v>100</v>
+      </c>
+      <c r="E31" s="4">
+        <v>92756</v>
+      </c>
+      <c r="F31" s="5">
+        <v>48.268182007410182</v>
+      </c>
+      <c r="G31" s="4">
+        <v>99412</v>
+      </c>
+      <c r="H31" s="5">
+        <v>51.731817992589811</v>
+      </c>
+      <c r="I31" s="4">
+        <v>50798</v>
+      </c>
+      <c r="J31" s="5">
+        <v>100</v>
+      </c>
+      <c r="K31" s="5">
+        <v>26.434161775113441</v>
+      </c>
+      <c r="L31" s="4">
+        <v>20926</v>
+      </c>
+      <c r="M31" s="5">
+        <v>41.194535217921967</v>
+      </c>
+      <c r="N31" s="5">
+        <v>22.560265643192892</v>
+      </c>
+      <c r="O31" s="4">
+        <v>29872</v>
+      </c>
+      <c r="P31" s="5">
+        <v>58.805464782078033</v>
+      </c>
+      <c r="Q31" s="6">
+        <v>30.04868627529876</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A32" s="28"/>
+      <c r="B32" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C32" s="4">
+        <v>476707</v>
+      </c>
+      <c r="D32" s="5">
+        <v>100</v>
+      </c>
+      <c r="E32" s="4">
+        <v>233441</v>
+      </c>
+      <c r="F32" s="5">
+        <v>48.969492791169415</v>
+      </c>
+      <c r="G32" s="4">
+        <v>243266</v>
+      </c>
+      <c r="H32" s="5">
+        <v>51.030507208830578</v>
+      </c>
+      <c r="I32" s="4">
+        <v>105800</v>
+      </c>
+      <c r="J32" s="5">
+        <v>100</v>
+      </c>
+      <c r="K32" s="5">
+        <v>22.193926248198579</v>
+      </c>
+      <c r="L32" s="4">
+        <v>45638</v>
+      </c>
+      <c r="M32" s="5">
+        <v>43.136105860113425</v>
+      </c>
+      <c r="N32" s="5">
+        <v>19.550121872336053</v>
+      </c>
+      <c r="O32" s="4">
+        <v>60162</v>
+      </c>
+      <c r="P32" s="5">
+        <v>56.863894139886582</v>
+      </c>
+      <c r="Q32" s="6">
+        <v>24.73095294862414</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A33" s="28"/>
+      <c r="B33" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C33" s="4">
+        <v>458802</v>
+      </c>
+      <c r="D33" s="5">
+        <v>100</v>
+      </c>
+      <c r="E33" s="4">
+        <v>232754</v>
+      </c>
+      <c r="F33" s="5">
+        <v>50.730816343433546</v>
+      </c>
+      <c r="G33" s="4">
+        <v>226048</v>
+      </c>
+      <c r="H33" s="5">
+        <v>49.269183656566454</v>
+      </c>
+      <c r="I33" s="4">
+        <v>77846</v>
+      </c>
+      <c r="J33" s="5">
+        <v>100</v>
+      </c>
+      <c r="K33" s="5">
+        <v>16.967232052170651</v>
+      </c>
+      <c r="L33" s="4">
+        <v>35155</v>
+      </c>
+      <c r="M33" s="5">
+        <v>45.159674228605198</v>
+      </c>
+      <c r="N33" s="5">
+        <v>15.10392947059986</v>
+      </c>
+      <c r="O33" s="4">
+        <v>42691</v>
+      </c>
+      <c r="P33" s="5">
+        <v>54.840325771394802</v>
+      </c>
+      <c r="Q33" s="6">
+        <v>18.885811862967159</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="14">
+        <v>11174736</v>
+      </c>
+      <c r="D34" s="15">
+        <v>100</v>
+      </c>
+      <c r="E34" s="14">
+        <v>5422245</v>
+      </c>
+      <c r="F34" s="15">
+        <v>48.522354353606204</v>
+      </c>
+      <c r="G34" s="14">
+        <v>5752491</v>
+      </c>
+      <c r="H34" s="15">
+        <v>51.477645646393796</v>
+      </c>
+      <c r="I34" s="14">
+        <v>2810618</v>
+      </c>
+      <c r="J34" s="15">
+        <v>100</v>
+      </c>
+      <c r="K34" s="15">
+        <v>25.151538255579371</v>
+      </c>
+      <c r="L34" s="14">
+        <v>1278780</v>
+      </c>
+      <c r="M34" s="15">
+        <v>45.498178692372996</v>
+      </c>
+      <c r="N34" s="15">
+        <v>23.583958305093187</v>
+      </c>
+      <c r="O34" s="14">
+        <v>1531838</v>
+      </c>
+      <c r="P34" s="15">
+        <v>54.501821307627004</v>
+      </c>
+      <c r="Q34" s="16">
+        <v>26.629124669643119</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A35" s="28"/>
+      <c r="B35" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C35" s="4">
+        <v>1661896</v>
+      </c>
+      <c r="D35" s="5">
+        <v>100</v>
+      </c>
+      <c r="E35" s="4">
+        <v>810026</v>
+      </c>
+      <c r="F35" s="5">
+        <v>48.741076457251239</v>
+      </c>
+      <c r="G35" s="4">
+        <v>851870</v>
+      </c>
+      <c r="H35" s="5">
+        <v>51.258923542748768</v>
+      </c>
+      <c r="I35" s="4">
+        <v>359752</v>
+      </c>
+      <c r="J35" s="5">
+        <v>100</v>
+      </c>
+      <c r="K35" s="5">
+        <v>21.64708260926075</v>
+      </c>
+      <c r="L35" s="4">
+        <v>167363</v>
+      </c>
+      <c r="M35" s="5">
+        <v>46.521770553047652</v>
+      </c>
+      <c r="N35" s="5">
+        <v>20.661435558858603</v>
+      </c>
+      <c r="O35" s="4">
+        <v>192389</v>
+      </c>
+      <c r="P35" s="5">
+        <v>53.478229446952341</v>
+      </c>
+      <c r="Q35" s="6">
+        <v>22.584314508082219</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A36" s="28"/>
+      <c r="B36" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="4">
+        <v>400483</v>
+      </c>
+      <c r="D36" s="5">
+        <v>100</v>
+      </c>
+      <c r="E36" s="4">
+        <v>193483</v>
+      </c>
+      <c r="F36" s="5">
+        <v>48.31241276159038</v>
+      </c>
+      <c r="G36" s="4">
+        <v>207000</v>
+      </c>
+      <c r="H36" s="5">
+        <v>51.687587238409613</v>
+      </c>
+      <c r="I36" s="4">
+        <v>99013</v>
+      </c>
+      <c r="J36" s="5">
+        <v>100</v>
+      </c>
+      <c r="K36" s="5">
+        <v>24.723396498727787</v>
+      </c>
+      <c r="L36" s="4">
+        <v>46193</v>
+      </c>
+      <c r="M36" s="5">
+        <v>46.653469746396937</v>
+      </c>
+      <c r="N36" s="5">
+        <v>23.874448917992797</v>
+      </c>
+      <c r="O36" s="4">
+        <v>52820</v>
+      </c>
+      <c r="P36" s="5">
+        <v>53.346530253603063</v>
+      </c>
+      <c r="Q36" s="6">
+        <v>25.516908212560384</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A37" s="28"/>
+      <c r="B37" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C37" s="4">
+        <v>721864</v>
+      </c>
+      <c r="D37" s="5">
+        <v>100</v>
+      </c>
+      <c r="E37" s="4">
+        <v>353862</v>
+      </c>
+      <c r="F37" s="5">
+        <v>49.020591136280515</v>
+      </c>
+      <c r="G37" s="4">
+        <v>368002</v>
+      </c>
+      <c r="H37" s="5">
+        <v>50.979408863719478</v>
+      </c>
+      <c r="I37" s="4">
+        <v>206790</v>
+      </c>
+      <c r="J37" s="5">
+        <v>100</v>
+      </c>
+      <c r="K37" s="5">
+        <v>28.646670286923854</v>
+      </c>
+      <c r="L37" s="4">
+        <v>96591</v>
+      </c>
+      <c r="M37" s="5">
+        <v>46.709705498331637</v>
+      </c>
+      <c r="N37" s="5">
+        <v>27.296234125167441</v>
+      </c>
+      <c r="O37" s="4">
+        <v>110199</v>
+      </c>
+      <c r="P37" s="5">
+        <v>53.290294501668356</v>
+      </c>
+      <c r="Q37" s="6">
+        <v>29.945217689034298</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A38" s="28"/>
+      <c r="B38" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C38" s="4">
+        <v>426795</v>
+      </c>
+      <c r="D38" s="5">
+        <v>100</v>
+      </c>
+      <c r="E38" s="4">
+        <v>204489</v>
+      </c>
+      <c r="F38" s="5">
+        <v>47.912698133764451</v>
+      </c>
+      <c r="G38" s="4">
+        <v>222306</v>
+      </c>
+      <c r="H38" s="5">
+        <v>52.087301866235549</v>
+      </c>
+      <c r="I38" s="4">
+        <v>123626</v>
+      </c>
+      <c r="J38" s="5">
+        <v>100</v>
+      </c>
+      <c r="K38" s="5">
+        <v>28.966131280825692</v>
+      </c>
+      <c r="L38" s="4">
+        <v>55443</v>
+      </c>
+      <c r="M38" s="5">
+        <v>44.847362205361328</v>
+      </c>
+      <c r="N38" s="5">
+        <v>27.112949840822736</v>
+      </c>
+      <c r="O38" s="4">
+        <v>68183</v>
+      </c>
+      <c r="P38" s="5">
+        <v>55.152637794638672</v>
+      </c>
+      <c r="Q38" s="6">
+        <v>30.670787113258303</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A39" s="28"/>
+      <c r="B39" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" s="4">
+        <v>417155</v>
+      </c>
+      <c r="D39" s="5">
+        <v>100</v>
+      </c>
+      <c r="E39" s="4">
+        <v>200276</v>
+      </c>
+      <c r="F39" s="5">
+        <v>48.009972312449811</v>
+      </c>
+      <c r="G39" s="4">
+        <v>216879</v>
+      </c>
+      <c r="H39" s="5">
+        <v>51.990027687550189</v>
+      </c>
+      <c r="I39" s="4">
+        <v>122373</v>
+      </c>
+      <c r="J39" s="5">
+        <v>100</v>
+      </c>
+      <c r="K39" s="5">
+        <v>29.335139216837863</v>
+      </c>
+      <c r="L39" s="4">
+        <v>54405</v>
+      </c>
+      <c r="M39" s="5">
+        <v>44.45833639773479</v>
+      </c>
+      <c r="N39" s="5">
+        <v>27.165012283049393</v>
+      </c>
+      <c r="O39" s="4">
+        <v>67968</v>
+      </c>
+      <c r="P39" s="5">
+        <v>55.541663602265203</v>
+      </c>
+      <c r="Q39" s="6">
+        <v>31.339133802719488</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A40" s="28"/>
+      <c r="B40" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C40" s="4">
+        <v>430244</v>
+      </c>
+      <c r="D40" s="5">
+        <v>100</v>
+      </c>
+      <c r="E40" s="4">
+        <v>213106</v>
+      </c>
+      <c r="F40" s="5">
+        <v>49.531428677680573</v>
+      </c>
+      <c r="G40" s="4">
+        <v>217138</v>
+      </c>
+      <c r="H40" s="5">
+        <v>50.468571322319434</v>
+      </c>
+      <c r="I40" s="4">
+        <v>112032</v>
+      </c>
+      <c r="J40" s="5">
+        <v>100</v>
+      </c>
+      <c r="K40" s="5">
+        <v>26.039177768893929</v>
+      </c>
+      <c r="L40" s="4">
+        <v>53050</v>
+      </c>
+      <c r="M40" s="5">
+        <v>47.352542130819764</v>
+      </c>
+      <c r="N40" s="5">
+        <v>24.893714864902915</v>
+      </c>
+      <c r="O40" s="4">
+        <v>58982</v>
+      </c>
+      <c r="P40" s="5">
+        <v>52.647457869180236</v>
+      </c>
+      <c r="Q40" s="6">
+        <v>27.163370759609094</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A41" s="28"/>
+      <c r="B41" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C41" s="4">
+        <v>400551</v>
+      </c>
+      <c r="D41" s="5">
+        <v>100</v>
+      </c>
+      <c r="E41" s="4">
+        <v>195261</v>
+      </c>
+      <c r="F41" s="5">
+        <v>48.748099492948462</v>
+      </c>
+      <c r="G41" s="4">
+        <v>205290</v>
+      </c>
+      <c r="H41" s="5">
+        <v>51.251900507051538</v>
+      </c>
+      <c r="I41" s="4">
+        <v>105481</v>
+      </c>
+      <c r="J41" s="5">
+        <v>100</v>
+      </c>
+      <c r="K41" s="5">
+        <v>26.333974949507056</v>
+      </c>
+      <c r="L41" s="4">
+        <v>49978</v>
+      </c>
+      <c r="M41" s="5">
+        <v>47.381044927522495</v>
+      </c>
+      <c r="N41" s="5">
+        <v>25.595485017489413</v>
+      </c>
+      <c r="O41" s="4">
+        <v>55503</v>
+      </c>
+      <c r="P41" s="5">
+        <v>52.618955072477505</v>
+      </c>
+      <c r="Q41" s="6">
+        <v>27.036387549320473</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A42" s="28"/>
+      <c r="B42" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C42" s="4">
+        <v>1117830</v>
+      </c>
+      <c r="D42" s="5">
+        <v>100</v>
+      </c>
+      <c r="E42" s="4">
+        <v>547372</v>
+      </c>
+      <c r="F42" s="5">
+        <v>48.967374287682389</v>
+      </c>
+      <c r="G42" s="4">
+        <v>570458</v>
+      </c>
+      <c r="H42" s="5">
+        <v>51.032625712317611</v>
+      </c>
+      <c r="I42" s="4">
+        <v>262953</v>
+      </c>
+      <c r="J42" s="5">
+        <v>100</v>
+      </c>
+      <c r="K42" s="5">
+        <v>23.523523254877755</v>
+      </c>
+      <c r="L42" s="4">
+        <v>123511</v>
+      </c>
+      <c r="M42" s="5">
+        <v>46.97075142706111</v>
+      </c>
+      <c r="N42" s="5">
+        <v>22.564362079171023</v>
+      </c>
+      <c r="O42" s="4">
+        <v>139442</v>
+      </c>
+      <c r="P42" s="5">
+        <v>53.02924857293889</v>
+      </c>
+      <c r="Q42" s="6">
+        <v>24.443867909644531</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A43" s="28"/>
+      <c r="B43" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" s="4">
+        <v>193122</v>
+      </c>
+      <c r="D43" s="5">
+        <v>100</v>
+      </c>
+      <c r="E43" s="4">
+        <v>97476</v>
+      </c>
+      <c r="F43" s="5">
+        <v>50.473793767670173</v>
+      </c>
+      <c r="G43" s="4">
+        <v>95646</v>
+      </c>
+      <c r="H43" s="5">
+        <v>49.52620623232982</v>
+      </c>
+      <c r="I43" s="4">
+        <v>35260</v>
+      </c>
+      <c r="J43" s="5">
+        <v>100</v>
+      </c>
+      <c r="K43" s="5">
+        <v>18.257888795683559</v>
+      </c>
+      <c r="L43" s="4">
+        <v>17745</v>
+      </c>
+      <c r="M43" s="5">
+        <v>50.326148610323315</v>
+      </c>
+      <c r="N43" s="5">
+        <v>18.204481103040749</v>
+      </c>
+      <c r="O43" s="4">
+        <v>17515</v>
+      </c>
+      <c r="P43" s="5">
+        <v>49.673851389676685</v>
+      </c>
+      <c r="Q43" s="6">
+        <v>18.312318340547435</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A44" s="28"/>
+      <c r="B44" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C44" s="4">
+        <v>959974</v>
+      </c>
+      <c r="D44" s="5">
+        <v>100</v>
+      </c>
+      <c r="E44" s="4">
+        <v>460053</v>
+      </c>
+      <c r="F44" s="5">
+        <v>47.923485427730334</v>
+      </c>
+      <c r="G44" s="4">
+        <v>499921</v>
+      </c>
+      <c r="H44" s="5">
+        <v>52.076514572269659</v>
+      </c>
+      <c r="I44" s="4">
+        <v>260531</v>
+      </c>
+      <c r="J44" s="5">
+        <v>100</v>
+      </c>
+      <c r="K44" s="5">
+        <v>27.139380858231576</v>
+      </c>
+      <c r="L44" s="4">
+        <v>114761</v>
+      </c>
+      <c r="M44" s="5">
+        <v>44.048884777627229</v>
+      </c>
+      <c r="N44" s="5">
+        <v>24.945169360921462</v>
+      </c>
+      <c r="O44" s="4">
+        <v>145770</v>
+      </c>
+      <c r="P44" s="5">
+        <v>55.951115222372771</v>
+      </c>
+      <c r="Q44" s="6">
+        <v>29.158607059915465</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A45" s="28"/>
+      <c r="B45" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C45" s="4">
+        <v>288232</v>
+      </c>
+      <c r="D45" s="5">
+        <v>100</v>
+      </c>
+      <c r="E45" s="4">
+        <v>137299</v>
+      </c>
+      <c r="F45" s="5">
+        <v>47.634891337533652</v>
+      </c>
+      <c r="G45" s="4">
+        <v>150933</v>
+      </c>
+      <c r="H45" s="5">
+        <v>52.365108662466341</v>
+      </c>
+      <c r="I45" s="4">
+        <v>83436</v>
+      </c>
+      <c r="J45" s="5">
+        <v>100</v>
+      </c>
+      <c r="K45" s="5">
+        <v>28.947514502206555</v>
+      </c>
+      <c r="L45" s="4">
+        <v>36904</v>
+      </c>
+      <c r="M45" s="5">
+        <v>44.230308260223403</v>
+      </c>
+      <c r="N45" s="5">
+        <v>26.878564301269492</v>
+      </c>
+      <c r="O45" s="4">
+        <v>46532</v>
+      </c>
+      <c r="P45" s="5">
+        <v>55.769691739776597</v>
+      </c>
+      <c r="Q45" s="6">
+        <v>30.829573386867022</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A46" s="28"/>
+      <c r="B46" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C46" s="4">
+        <v>756155</v>
+      </c>
+      <c r="D46" s="5">
+        <v>100</v>
+      </c>
+      <c r="E46" s="4">
+        <v>368344</v>
+      </c>
+      <c r="F46" s="5">
+        <v>48.712763917450786</v>
+      </c>
+      <c r="G46" s="4">
+        <v>387811</v>
+      </c>
+      <c r="H46" s="5">
+        <v>51.287236082549214</v>
+      </c>
+      <c r="I46" s="4">
+        <v>182158</v>
+      </c>
+      <c r="J46" s="5">
+        <v>100</v>
+      </c>
+      <c r="K46" s="5">
+        <v>24.090034450608673</v>
+      </c>
+      <c r="L46" s="4">
+        <v>82408</v>
+      </c>
+      <c r="M46" s="5">
+        <v>45.23984672646823</v>
+      </c>
+      <c r="N46" s="5">
+        <v>22.372564776404666</v>
+      </c>
+      <c r="O46" s="4">
+        <v>99750</v>
+      </c>
+      <c r="P46" s="5">
+        <v>54.760153273531763</v>
+      </c>
+      <c r="Q46" s="6">
+        <v>25.721292072684893</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A47" s="28"/>
+      <c r="B47" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C47" s="4">
+        <v>494440</v>
+      </c>
+      <c r="D47" s="5">
+        <v>100</v>
+      </c>
+      <c r="E47" s="4">
+        <v>242975</v>
+      </c>
+      <c r="F47" s="5">
+        <v>49.141452956880514</v>
+      </c>
+      <c r="G47" s="4">
+        <v>251465</v>
+      </c>
+      <c r="H47" s="5">
+        <v>50.858547043119486</v>
+      </c>
+      <c r="I47" s="4">
+        <v>89804</v>
+      </c>
+      <c r="J47" s="5">
+        <v>100</v>
+      </c>
+      <c r="K47" s="5">
+        <v>18.162770002426988</v>
+      </c>
+      <c r="L47" s="4">
+        <v>41416</v>
+      </c>
+      <c r="M47" s="5">
+        <v>46.118212997193893</v>
+      </c>
+      <c r="N47" s="5">
+        <v>17.045375038584215</v>
+      </c>
+      <c r="O47" s="4">
+        <v>48388</v>
+      </c>
+      <c r="P47" s="5">
+        <v>53.881787002806114</v>
+      </c>
+      <c r="Q47" s="6">
+        <v>19.242439305668782</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A48" s="28"/>
+      <c r="B48" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" s="4">
+        <v>605885</v>
+      </c>
+      <c r="D48" s="5">
+        <v>100</v>
+      </c>
+      <c r="E48" s="4">
+        <v>287180</v>
+      </c>
+      <c r="F48" s="5">
+        <v>47.398433696163458</v>
+      </c>
+      <c r="G48" s="4">
+        <v>318705</v>
+      </c>
+      <c r="H48" s="5">
+        <v>52.601566303836535</v>
+      </c>
+      <c r="I48" s="4">
+        <v>169273</v>
+      </c>
+      <c r="J48" s="5">
+        <v>100</v>
+      </c>
+      <c r="K48" s="5">
+        <v>27.938140076087048</v>
+      </c>
+      <c r="L48" s="4">
+        <v>72485</v>
+      </c>
+      <c r="M48" s="5">
+        <v>42.821359578905081</v>
+      </c>
+      <c r="N48" s="5">
+        <v>25.240267428093876</v>
+      </c>
+      <c r="O48" s="4">
+        <v>96788</v>
+      </c>
+      <c r="P48" s="5">
+        <v>57.178640421094919</v>
+      </c>
+      <c r="Q48" s="6">
+        <v>30.369150154531621</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A49" s="28"/>
+      <c r="B49" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" s="4">
+        <v>873348</v>
+      </c>
+      <c r="D49" s="5">
+        <v>100</v>
+      </c>
+      <c r="E49" s="4">
+        <v>420956</v>
+      </c>
+      <c r="F49" s="5">
+        <v>48.200259232287699</v>
+      </c>
+      <c r="G49" s="4">
+        <v>452392</v>
+      </c>
+      <c r="H49" s="5">
+        <v>51.799740767712301</v>
+      </c>
+      <c r="I49" s="4">
+        <v>216167</v>
+      </c>
+      <c r="J49" s="5">
+        <v>100</v>
+      </c>
+      <c r="K49" s="5">
+        <v>24.751530890320925</v>
+      </c>
+      <c r="L49" s="4">
+        <v>95606</v>
+      </c>
+      <c r="M49" s="5">
+        <v>44.227842362617793</v>
+      </c>
+      <c r="N49" s="5">
+        <v>22.711637320765117</v>
+      </c>
+      <c r="O49" s="4">
+        <v>120561</v>
+      </c>
+      <c r="P49" s="5">
+        <v>55.772157637382215</v>
+      </c>
+      <c r="Q49" s="6">
+        <v>26.649675502661406</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A50" s="28"/>
+      <c r="B50" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C50" s="4">
+        <v>532462</v>
+      </c>
+      <c r="D50" s="5">
+        <v>100</v>
+      </c>
+      <c r="E50" s="4">
+        <v>254688</v>
+      </c>
+      <c r="F50" s="5">
+        <v>47.832145768148713</v>
+      </c>
+      <c r="G50" s="4">
+        <v>277774</v>
+      </c>
+      <c r="H50" s="5">
+        <v>52.167854231851287</v>
+      </c>
+      <c r="I50" s="4">
+        <v>153160</v>
+      </c>
+      <c r="J50" s="5">
+        <v>100</v>
+      </c>
+      <c r="K50" s="5">
+        <v>28.764493992059524</v>
+      </c>
+      <c r="L50" s="4">
+        <v>67084</v>
+      </c>
+      <c r="M50" s="5">
+        <v>43.799947767041004</v>
+      </c>
+      <c r="N50" s="5">
+        <v>26.339678351551704</v>
+      </c>
+      <c r="O50" s="4">
+        <v>86076</v>
+      </c>
+      <c r="P50" s="5">
+        <v>56.200052232958996</v>
+      </c>
+      <c r="Q50" s="6">
+        <v>30.9877814338275</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A51" s="28"/>
+      <c r="B51" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C51" s="4">
+        <v>894300</v>
+      </c>
+      <c r="D51" s="5">
+        <v>100</v>
+      </c>
+      <c r="E51" s="4">
+        <v>435399</v>
+      </c>
+      <c r="F51" s="5">
+        <v>48.6860114055686</v>
+      </c>
+      <c r="G51" s="4">
+        <v>458901</v>
+      </c>
+      <c r="H51" s="5">
+        <v>51.3139885944314</v>
+      </c>
+      <c r="I51" s="4">
+        <v>228809</v>
+      </c>
+      <c r="J51" s="5">
+        <v>100</v>
+      </c>
+      <c r="K51" s="5">
+        <v>25.585262216258524</v>
+      </c>
+      <c r="L51" s="4">
+        <v>103837</v>
+      </c>
+      <c r="M51" s="5">
+        <v>45.381519083602477</v>
+      </c>
+      <c r="N51" s="5">
+        <v>23.848699698437525</v>
+      </c>
+      <c r="O51" s="4">
+        <v>124972</v>
+      </c>
+      <c r="P51" s="5">
+        <v>54.618480916397516</v>
+      </c>
+      <c r="Q51" s="6">
+        <v>27.232889010919564</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C52" s="14">
+        <v>18340569</v>
+      </c>
+      <c r="D52" s="15">
+        <v>100</v>
+      </c>
+      <c r="E52" s="14">
+        <v>8901127</v>
+      </c>
+      <c r="F52" s="15">
+        <v>48.532447384811235</v>
+      </c>
+      <c r="G52" s="14">
+        <v>9439442</v>
+      </c>
+      <c r="H52" s="15">
+        <v>51.467552615188758</v>
+      </c>
+      <c r="I52" s="14">
+        <v>4120579</v>
+      </c>
+      <c r="J52" s="15">
+        <v>100</v>
+      </c>
+      <c r="K52" s="15">
+        <v>22.467018335145436</v>
+      </c>
+      <c r="L52" s="14">
+        <v>1869679</v>
+      </c>
+      <c r="M52" s="15">
+        <v>45.374181638065913</v>
+      </c>
+      <c r="N52" s="15">
+        <v>21.004969370732493</v>
+      </c>
+      <c r="O52" s="14">
+        <v>2250900</v>
+      </c>
+      <c r="P52" s="15">
+        <v>54.625818361934087</v>
+      </c>
+      <c r="Q52" s="16">
+        <v>23.845689183746245</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A53" s="28"/>
+      <c r="B53" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C53" s="4">
+        <v>2468927</v>
+      </c>
+      <c r="D53" s="5">
+        <v>100</v>
+      </c>
+      <c r="E53" s="4">
+        <v>1205682</v>
+      </c>
+      <c r="F53" s="5">
+        <v>48.834250668407776</v>
+      </c>
+      <c r="G53" s="4">
+        <v>1263245</v>
+      </c>
+      <c r="H53" s="5">
+        <v>51.165749331592224</v>
+      </c>
+      <c r="I53" s="4">
+        <v>550475</v>
+      </c>
+      <c r="J53" s="5">
+        <v>100</v>
+      </c>
+      <c r="K53" s="5">
+        <v>22.296122971639097</v>
+      </c>
+      <c r="L53" s="4">
+        <v>249798</v>
+      </c>
+      <c r="M53" s="5">
+        <v>45.378627548935015</v>
+      </c>
+      <c r="N53" s="5">
+        <v>20.718398383653401</v>
+      </c>
+      <c r="O53" s="4">
+        <v>300677</v>
+      </c>
+      <c r="P53" s="5">
+        <v>54.621372451064985</v>
+      </c>
+      <c r="Q53" s="6">
+        <v>23.801954490221611</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A54" s="28"/>
+      <c r="B54" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C54" s="4">
+        <v>1232661</v>
+      </c>
+      <c r="D54" s="5">
+        <v>100</v>
+      </c>
+      <c r="E54" s="4">
+        <v>595161</v>
+      </c>
+      <c r="F54" s="5">
+        <v>48.282617848702927</v>
+      </c>
+      <c r="G54" s="4">
+        <v>637500</v>
+      </c>
+      <c r="H54" s="5">
+        <v>51.717382151297073</v>
+      </c>
+      <c r="I54" s="4">
+        <v>295415</v>
+      </c>
+      <c r="J54" s="5">
+        <v>100</v>
+      </c>
+      <c r="K54" s="5">
+        <v>23.965632075647726</v>
+      </c>
+      <c r="L54" s="4">
+        <v>133938</v>
+      </c>
+      <c r="M54" s="5">
+        <v>45.338929979858847</v>
+      </c>
+      <c r="N54" s="5">
+        <v>22.504498782682333</v>
+      </c>
+      <c r="O54" s="4">
+        <v>161477</v>
+      </c>
+      <c r="P54" s="5">
+        <v>54.661070020141153</v>
+      </c>
+      <c r="Q54" s="6">
+        <v>25.329725490196083</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A55" s="28"/>
+      <c r="B55" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C55" s="4">
+        <v>1094530</v>
+      </c>
+      <c r="D55" s="5">
+        <v>100</v>
+      </c>
+      <c r="E55" s="4">
+        <v>526389</v>
+      </c>
+      <c r="F55" s="5">
+        <v>48.092697322138264</v>
+      </c>
+      <c r="G55" s="4">
+        <v>568141</v>
+      </c>
+      <c r="H55" s="5">
+        <v>51.907302677861736</v>
+      </c>
+      <c r="I55" s="4">
+        <v>276229</v>
+      </c>
+      <c r="J55" s="5">
+        <v>100</v>
+      </c>
+      <c r="K55" s="5">
+        <v>25.237225110321326</v>
+      </c>
+      <c r="L55" s="4">
+        <v>123319</v>
+      </c>
+      <c r="M55" s="5">
+        <v>44.643755724417062</v>
+      </c>
+      <c r="N55" s="5">
+        <v>23.427351255440367</v>
+      </c>
+      <c r="O55" s="4">
+        <v>152910</v>
+      </c>
+      <c r="P55" s="5">
+        <v>55.356244275582945</v>
+      </c>
+      <c r="Q55" s="6">
+        <v>26.914093508477649</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A56" s="28"/>
+      <c r="B56" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C56" s="4">
+        <v>1014945</v>
+      </c>
+      <c r="D56" s="5">
+        <v>100</v>
+      </c>
+      <c r="E56" s="4">
+        <v>490033</v>
+      </c>
+      <c r="F56" s="5">
+        <v>48.281729551847633</v>
+      </c>
+      <c r="G56" s="4">
+        <v>524912</v>
+      </c>
+      <c r="H56" s="5">
+        <v>51.71827044815236</v>
+      </c>
+      <c r="I56" s="4">
+        <v>240885</v>
+      </c>
+      <c r="J56" s="5">
+        <v>100</v>
+      </c>
+      <c r="K56" s="5">
+        <v>23.73379838316362</v>
+      </c>
+      <c r="L56" s="4">
+        <v>106805</v>
+      </c>
+      <c r="M56" s="5">
+        <v>44.338584801876415</v>
+      </c>
+      <c r="N56" s="5">
+        <v>21.795470917264755</v>
+      </c>
+      <c r="O56" s="4">
+        <v>134080</v>
+      </c>
+      <c r="P56" s="5">
+        <v>55.661415198123585</v>
+      </c>
+      <c r="Q56" s="6">
+        <v>25.543329167555704</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A57" s="28"/>
+      <c r="B57" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C57" s="4">
+        <v>1679717</v>
+      </c>
+      <c r="D57" s="5">
+        <v>100</v>
+      </c>
+      <c r="E57" s="4">
+        <v>822149</v>
+      </c>
+      <c r="F57" s="5">
+        <v>48.94568549344919</v>
+      </c>
+      <c r="G57" s="4">
+        <v>857568</v>
+      </c>
+      <c r="H57" s="5">
+        <v>51.054314506550803</v>
+      </c>
+      <c r="I57" s="4">
+        <v>354191</v>
+      </c>
+      <c r="J57" s="5">
+        <v>100</v>
+      </c>
+      <c r="K57" s="5">
+        <v>21.086349664854261</v>
+      </c>
+      <c r="L57" s="4">
+        <v>163703</v>
+      </c>
+      <c r="M57" s="5">
+        <v>46.21884802267703</v>
+      </c>
+      <c r="N57" s="5">
+        <v>19.911597532807313</v>
+      </c>
+      <c r="O57" s="4">
+        <v>190488</v>
+      </c>
+      <c r="P57" s="5">
+        <v>53.78115197732297</v>
+      </c>
+      <c r="Q57" s="6">
+        <v>22.212582559050713</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A58" s="28"/>
+      <c r="B58" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C58" s="4">
+        <v>472336</v>
+      </c>
+      <c r="D58" s="5">
+        <v>100</v>
+      </c>
+      <c r="E58" s="4">
+        <v>231022</v>
+      </c>
+      <c r="F58" s="5">
+        <v>48.910521323803394</v>
+      </c>
+      <c r="G58" s="4">
+        <v>241314</v>
+      </c>
+      <c r="H58" s="5">
+        <v>51.089478676196606</v>
+      </c>
+      <c r="I58" s="4">
+        <v>118540</v>
+      </c>
+      <c r="J58" s="5">
+        <v>100</v>
+      </c>
+      <c r="K58" s="5">
+        <v>25.096541445073001</v>
+      </c>
+      <c r="L58" s="4">
+        <v>53272</v>
+      </c>
+      <c r="M58" s="5">
+        <v>44.940104606040151</v>
+      </c>
+      <c r="N58" s="5">
+        <v>23.059275739972819</v>
+      </c>
+      <c r="O58" s="4">
+        <v>65268</v>
+      </c>
+      <c r="P58" s="5">
+        <v>55.059895393959849</v>
+      </c>
+      <c r="Q58" s="6">
+        <v>27.04691812327507</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A59" s="28"/>
+      <c r="B59" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C59" s="4">
+        <v>943239</v>
+      </c>
+      <c r="D59" s="5">
+        <v>100</v>
+      </c>
+      <c r="E59" s="4">
+        <v>456899</v>
+      </c>
+      <c r="F59" s="5">
+        <v>48.439366904888374</v>
+      </c>
+      <c r="G59" s="4">
+        <v>486340</v>
+      </c>
+      <c r="H59" s="5">
+        <v>51.560633095111626</v>
+      </c>
+      <c r="I59" s="4">
+        <v>238368</v>
+      </c>
+      <c r="J59" s="5">
+        <v>100</v>
+      </c>
+      <c r="K59" s="5">
+        <v>25.271219701475449</v>
+      </c>
+      <c r="L59" s="4">
+        <v>108848</v>
+      </c>
+      <c r="M59" s="5">
+        <v>45.663847496308229</v>
+      </c>
+      <c r="N59" s="5">
+        <v>23.823208192620253</v>
+      </c>
+      <c r="O59" s="4">
+        <v>129520</v>
+      </c>
+      <c r="P59" s="5">
+        <v>54.336152503691771</v>
+      </c>
+      <c r="Q59" s="6">
+        <v>26.631574618579595</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A60" s="28"/>
+      <c r="B60" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C60" s="4">
+        <v>271147</v>
+      </c>
+      <c r="D60" s="5">
+        <v>100</v>
+      </c>
+      <c r="E60" s="4">
+        <v>132316</v>
+      </c>
+      <c r="F60" s="5">
+        <v>48.798622149608882</v>
+      </c>
+      <c r="G60" s="4">
+        <v>138831</v>
+      </c>
+      <c r="H60" s="5">
+        <v>51.201377850391118</v>
+      </c>
+      <c r="I60" s="4">
+        <v>59924</v>
+      </c>
+      <c r="J60" s="5">
+        <v>100</v>
+      </c>
+      <c r="K60" s="5">
+        <v>22.100189196266232</v>
+      </c>
+      <c r="L60" s="4">
+        <v>26838</v>
+      </c>
+      <c r="M60" s="5">
+        <v>44.786729857819907</v>
+      </c>
+      <c r="N60" s="5">
+        <v>20.28326128359382</v>
+      </c>
+      <c r="O60" s="4">
+        <v>33086</v>
+      </c>
+      <c r="P60" s="5">
+        <v>55.213270142180093</v>
+      </c>
+      <c r="Q60" s="6">
+        <v>23.831853116378905</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A61" s="28"/>
+      <c r="B61" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C61" s="4">
+        <v>341667</v>
+      </c>
+      <c r="D61" s="5">
+        <v>100</v>
+      </c>
+      <c r="E61" s="4">
+        <v>167876</v>
+      </c>
+      <c r="F61" s="5">
+        <v>49.134391088398935</v>
+      </c>
+      <c r="G61" s="4">
+        <v>173791</v>
+      </c>
+      <c r="H61" s="5">
+        <v>50.865608911601058</v>
+      </c>
+      <c r="I61" s="4">
+        <v>70356</v>
+      </c>
+      <c r="J61" s="5">
+        <v>100</v>
+      </c>
+      <c r="K61" s="5">
+        <v>20.591979910263504</v>
+      </c>
+      <c r="L61" s="4">
+        <v>33192</v>
+      </c>
+      <c r="M61" s="5">
+        <v>47.17721303087157</v>
+      </c>
+      <c r="N61" s="5">
+        <v>19.771736281541138</v>
+      </c>
+      <c r="O61" s="4">
+        <v>37164</v>
+      </c>
+      <c r="P61" s="5">
+        <v>52.82278696912843</v>
+      </c>
+      <c r="Q61" s="6">
+        <v>21.384306437042195</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A62" s="28"/>
+      <c r="B62" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C62" s="4">
+        <v>462096</v>
+      </c>
+      <c r="D62" s="5">
+        <v>100</v>
+      </c>
+      <c r="E62" s="4">
+        <v>223330</v>
+      </c>
+      <c r="F62" s="5">
+        <v>48.329784287247676</v>
+      </c>
+      <c r="G62" s="4">
+        <v>238766</v>
+      </c>
+      <c r="H62" s="5">
+        <v>51.670215712752331</v>
+      </c>
+      <c r="I62" s="4">
+        <v>97896</v>
+      </c>
+      <c r="J62" s="5">
+        <v>100</v>
+      </c>
+      <c r="K62" s="5">
+        <v>21.18520826841176</v>
+      </c>
+      <c r="L62" s="4">
+        <v>44231</v>
+      </c>
+      <c r="M62" s="5">
+        <v>45.181621312413171</v>
+      </c>
+      <c r="N62" s="5">
+        <v>19.805220973447366</v>
+      </c>
+      <c r="O62" s="4">
+        <v>53665</v>
+      </c>
+      <c r="P62" s="5">
+        <v>54.818378687586822</v>
+      </c>
+      <c r="Q62" s="6">
+        <v>22.475980667264185</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A63" s="28"/>
+      <c r="B63" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C63" s="4">
+        <v>1715668</v>
+      </c>
+      <c r="D63" s="5">
+        <v>100</v>
+      </c>
+      <c r="E63" s="4">
+        <v>826278</v>
+      </c>
+      <c r="F63" s="5">
+        <v>48.160716409002205</v>
+      </c>
+      <c r="G63" s="4">
+        <v>889390</v>
+      </c>
+      <c r="H63" s="5">
+        <v>51.839283590997788</v>
+      </c>
+      <c r="I63" s="4">
+        <v>375753</v>
+      </c>
+      <c r="J63" s="5">
+        <v>100</v>
+      </c>
+      <c r="K63" s="5">
+        <v>21.901265279762754</v>
+      </c>
+      <c r="L63" s="4">
+        <v>170906</v>
+      </c>
+      <c r="M63" s="5">
+        <v>45.483602259995266</v>
+      </c>
+      <c r="N63" s="5">
+        <v>20.683837643020873</v>
+      </c>
+      <c r="O63" s="4">
+        <v>204847</v>
+      </c>
+      <c r="P63" s="5">
+        <v>54.516397740004741</v>
+      </c>
+      <c r="Q63" s="6">
+        <v>23.032303039161672</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A64" s="28"/>
+      <c r="B64" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C64" s="4">
+        <v>1230286</v>
+      </c>
+      <c r="D64" s="5">
+        <v>100</v>
+      </c>
+      <c r="E64" s="4">
+        <v>598082</v>
+      </c>
+      <c r="F64" s="5">
+        <v>48.613249276997387</v>
+      </c>
+      <c r="G64" s="4">
+        <v>632204</v>
+      </c>
+      <c r="H64" s="5">
+        <v>51.386750723002613</v>
+      </c>
+      <c r="I64" s="4">
+        <v>243817</v>
+      </c>
+      <c r="J64" s="5">
+        <v>100</v>
+      </c>
+      <c r="K64" s="5">
+        <v>19.81791225780022</v>
+      </c>
+      <c r="L64" s="4">
+        <v>111399</v>
+      </c>
+      <c r="M64" s="5">
+        <v>45.689595065151323</v>
+      </c>
+      <c r="N64" s="5">
+        <v>18.626041245180428</v>
+      </c>
+      <c r="O64" s="4">
+        <v>132418</v>
+      </c>
+      <c r="P64" s="5">
+        <v>54.310404934848677</v>
+      </c>
+      <c r="Q64" s="6">
+        <v>20.945454315379212</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A65" s="28"/>
+      <c r="B65" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C65" s="4">
+        <v>531632</v>
+      </c>
+      <c r="D65" s="5">
+        <v>100</v>
+      </c>
+      <c r="E65" s="4">
+        <v>263910</v>
+      </c>
+      <c r="F65" s="5">
+        <v>49.641481325428117</v>
+      </c>
+      <c r="G65" s="4">
+        <v>267722</v>
+      </c>
+      <c r="H65" s="5">
+        <v>50.358518674571883</v>
+      </c>
+      <c r="I65" s="4">
+        <v>118514</v>
+      </c>
+      <c r="J65" s="5">
+        <v>100</v>
+      </c>
+      <c r="K65" s="5">
+        <v>22.292488036837511</v>
+      </c>
+      <c r="L65" s="4">
+        <v>57542</v>
+      </c>
+      <c r="M65" s="5">
+        <v>48.552913579830232</v>
+      </c>
+      <c r="N65" s="5">
+        <v>21.803645182069644</v>
+      </c>
+      <c r="O65" s="4">
+        <v>60972</v>
+      </c>
+      <c r="P65" s="5">
+        <v>51.447086420169775</v>
+      </c>
+      <c r="Q65" s="6">
+        <v>22.774370429027122</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A66" s="28"/>
+      <c r="B66" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C66" s="4">
+        <v>437182</v>
+      </c>
+      <c r="D66" s="5">
+        <v>100</v>
+      </c>
+      <c r="E66" s="4">
+        <v>210513</v>
+      </c>
+      <c r="F66" s="5">
+        <v>48.152256954769406</v>
+      </c>
+      <c r="G66" s="4">
+        <v>226669</v>
+      </c>
+      <c r="H66" s="5">
+        <v>51.847743045230587</v>
+      </c>
+      <c r="I66" s="4">
+        <v>91065</v>
+      </c>
+      <c r="J66" s="5">
+        <v>100</v>
+      </c>
+      <c r="K66" s="5">
+        <v>20.829997575380503</v>
+      </c>
+      <c r="L66" s="4">
+        <v>41515</v>
+      </c>
+      <c r="M66" s="5">
+        <v>45.588316037994844</v>
+      </c>
+      <c r="N66" s="5">
+        <v>19.720872345175835</v>
+      </c>
+      <c r="O66" s="4">
+        <v>49550</v>
+      </c>
+      <c r="P66" s="5">
+        <v>54.411683962005164</v>
+      </c>
+      <c r="Q66" s="6">
+        <v>21.860069087524099</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A67" s="28"/>
+      <c r="B67" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C67" s="4">
+        <v>811840</v>
+      </c>
+      <c r="D67" s="5">
+        <v>100</v>
+      </c>
+      <c r="E67" s="4">
+        <v>386687</v>
+      </c>
+      <c r="F67" s="5">
+        <v>47.630937130469057</v>
+      </c>
+      <c r="G67" s="4">
+        <v>425153</v>
+      </c>
+      <c r="H67" s="5">
+        <v>52.36906286953095</v>
+      </c>
+      <c r="I67" s="4">
+        <v>186683</v>
+      </c>
+      <c r="J67" s="5">
+        <v>100</v>
+      </c>
+      <c r="K67" s="5">
+        <v>22.995048285376431</v>
+      </c>
+      <c r="L67" s="4">
+        <v>82690</v>
+      </c>
+      <c r="M67" s="5">
+        <v>44.294338531092812</v>
+      </c>
+      <c r="N67" s="5">
+        <v>21.384220312552529</v>
+      </c>
+      <c r="O67" s="4">
+        <v>103993</v>
+      </c>
+      <c r="P67" s="5">
+        <v>55.705661468907188</v>
+      </c>
+      <c r="Q67" s="6">
+        <v>24.460135527680624</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A68" s="28"/>
+      <c r="B68" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C68" s="4">
+        <v>1053511</v>
+      </c>
+      <c r="D68" s="5">
+        <v>100</v>
+      </c>
+      <c r="E68" s="4">
+        <v>510806</v>
+      </c>
+      <c r="F68" s="5">
+        <v>48.486062319235394</v>
+      </c>
+      <c r="G68" s="4">
+        <v>542705</v>
+      </c>
+      <c r="H68" s="5">
+        <v>51.513937680764613</v>
+      </c>
+      <c r="I68" s="4">
+        <v>263873</v>
+      </c>
+      <c r="J68" s="5">
+        <v>100</v>
+      </c>
+      <c r="K68" s="5">
+        <v>25.047009475933329</v>
+      </c>
+      <c r="L68" s="4">
+        <v>117813</v>
+      </c>
+      <c r="M68" s="5">
+        <v>44.647614572161608</v>
+      </c>
+      <c r="N68" s="5">
+        <v>23.064137852726869</v>
+      </c>
+      <c r="O68" s="4">
+        <v>146060</v>
+      </c>
+      <c r="P68" s="5">
+        <v>55.352385427838392</v>
+      </c>
+      <c r="Q68" s="6">
+        <v>26.913332289181046</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A69" s="28"/>
+      <c r="B69" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C69" s="4">
+        <v>792170</v>
+      </c>
+      <c r="D69" s="5">
+        <v>100</v>
+      </c>
+      <c r="E69" s="4">
+        <v>384360</v>
+      </c>
+      <c r="F69" s="5">
+        <v>48.519888407791257</v>
+      </c>
+      <c r="G69" s="4">
+        <v>407810</v>
+      </c>
+      <c r="H69" s="5">
+        <v>51.480111592208743</v>
+      </c>
+      <c r="I69" s="4">
+        <v>179162</v>
+      </c>
+      <c r="J69" s="5">
+        <v>100</v>
+      </c>
+      <c r="K69" s="5">
+        <v>22.616610071070603</v>
+      </c>
+      <c r="L69" s="4">
+        <v>80939</v>
+      </c>
+      <c r="M69" s="5">
+        <v>45.176432502427971</v>
+      </c>
+      <c r="N69" s="5">
+        <v>21.058122593402018</v>
+      </c>
+      <c r="O69" s="4">
+        <v>98223</v>
+      </c>
+      <c r="P69" s="5">
+        <v>54.823567497572036</v>
+      </c>
+      <c r="Q69" s="6">
+        <v>24.08548098379147</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A70" s="28"/>
+      <c r="B70" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C70" s="4">
+        <v>895401</v>
+      </c>
+      <c r="D70" s="5">
+        <v>100</v>
+      </c>
+      <c r="E70" s="4">
+        <v>435038</v>
+      </c>
+      <c r="F70" s="5">
+        <v>48.5858291424736</v>
+      </c>
+      <c r="G70" s="4">
+        <v>460363</v>
+      </c>
+      <c r="H70" s="5">
+        <v>51.414170857526408</v>
+      </c>
+      <c r="I70" s="4">
+        <v>175565</v>
+      </c>
+      <c r="J70" s="5">
+        <v>100</v>
+      </c>
+      <c r="K70" s="5">
+        <v>19.607416118588208</v>
+      </c>
+      <c r="L70" s="4">
+        <v>79742</v>
+      </c>
+      <c r="M70" s="5">
+        <v>45.420214735283224</v>
+      </c>
+      <c r="N70" s="5">
+        <v>18.329893020839556</v>
+      </c>
+      <c r="O70" s="4">
+        <v>95823</v>
+      </c>
+      <c r="P70" s="5">
+        <v>54.579785264716776</v>
+      </c>
+      <c r="Q70" s="6">
+        <v>20.814661473663172</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A71" s="28"/>
+      <c r="B71" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C71" s="4">
+        <v>553077</v>
+      </c>
+      <c r="D71" s="5">
+        <v>100</v>
+      </c>
+      <c r="E71" s="4">
+        <v>267771</v>
+      </c>
+      <c r="F71" s="5">
+        <v>48.414777689182522</v>
+      </c>
+      <c r="G71" s="4">
+        <v>285306</v>
+      </c>
+      <c r="H71" s="5">
+        <v>51.585222310817478</v>
+      </c>
+      <c r="I71" s="4">
+        <v>115995</v>
+      </c>
+      <c r="J71" s="5">
+        <v>100</v>
+      </c>
+      <c r="K71" s="5">
+        <v>20.972667458599798</v>
+      </c>
+      <c r="L71" s="4">
+        <v>51578</v>
+      </c>
+      <c r="M71" s="5">
+        <v>44.465709728867623</v>
+      </c>
+      <c r="N71" s="5">
+        <v>19.261981319859135</v>
+      </c>
+      <c r="O71" s="4">
+        <v>64417</v>
+      </c>
+      <c r="P71" s="5">
+        <v>55.534290271132377</v>
+      </c>
+      <c r="Q71" s="6">
+        <v>22.578214268189242</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A72" s="28"/>
+      <c r="B72" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C72" s="4">
+        <v>338537</v>
+      </c>
+      <c r="D72" s="5">
+        <v>100</v>
+      </c>
+      <c r="E72" s="4">
+        <v>166825</v>
+      </c>
+      <c r="F72" s="5">
+        <v>49.278217742816885</v>
+      </c>
+      <c r="G72" s="4">
+        <v>171712</v>
+      </c>
+      <c r="H72" s="5">
+        <v>50.721782257183115</v>
+      </c>
+      <c r="I72" s="4">
+        <v>67873</v>
+      </c>
+      <c r="J72" s="5">
+        <v>100</v>
+      </c>
+      <c r="K72" s="5">
+        <v>20.048916366600992</v>
+      </c>
+      <c r="L72" s="4">
+        <v>31611</v>
+      </c>
+      <c r="M72" s="5">
+        <v>46.573748029407867</v>
+      </c>
+      <c r="N72" s="5">
+        <v>18.948598831110445</v>
+      </c>
+      <c r="O72" s="4">
+        <v>36262</v>
+      </c>
+      <c r="P72" s="5">
+        <v>53.426251970592133</v>
+      </c>
+      <c r="Q72" s="6">
+        <v>21.117918374953408</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="27" t="s">
+        <v>77</v>
+      </c>
+      <c r="B73" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C73" s="14">
+        <v>9447468</v>
+      </c>
+      <c r="D73" s="15">
+        <v>100</v>
+      </c>
+      <c r="E73" s="14">
+        <v>4640011</v>
+      </c>
+      <c r="F73" s="15">
+        <v>49.113804884017604</v>
+      </c>
+      <c r="G73" s="14">
+        <v>4807457</v>
+      </c>
+      <c r="H73" s="15">
+        <v>50.886195115982403</v>
+      </c>
+      <c r="I73" s="14">
+        <v>1566500</v>
+      </c>
+      <c r="J73" s="15">
+        <v>100</v>
+      </c>
+      <c r="K73" s="15">
+        <v>16.581162275437187</v>
+      </c>
+      <c r="L73" s="14">
+        <v>696095</v>
+      </c>
+      <c r="M73" s="15">
+        <v>44.436323013086501</v>
+      </c>
+      <c r="N73" s="15">
+        <v>15.002011848678807</v>
+      </c>
+      <c r="O73" s="14">
+        <v>870405</v>
+      </c>
+      <c r="P73" s="15">
+        <v>55.563676986913499</v>
+      </c>
+      <c r="Q73" s="16">
+        <v>18.1053101462998</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A74" s="28"/>
+      <c r="B74" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C74" s="4">
+        <v>1582519</v>
+      </c>
+      <c r="D74" s="5">
+        <v>100</v>
+      </c>
+      <c r="E74" s="4">
+        <v>773791</v>
+      </c>
+      <c r="F74" s="5">
+        <v>48.896158592724639</v>
+      </c>
+      <c r="G74" s="4">
+        <v>808728</v>
+      </c>
+      <c r="H74" s="5">
+        <v>51.103841407275361</v>
+      </c>
+      <c r="I74" s="4">
+        <v>335402</v>
+      </c>
+      <c r="J74" s="5">
+        <v>100</v>
+      </c>
+      <c r="K74" s="5">
+        <v>21.194184714369939</v>
+      </c>
+      <c r="L74" s="4">
+        <v>145979</v>
+      </c>
+      <c r="M74" s="5">
+        <v>43.523592584421081</v>
+      </c>
+      <c r="N74" s="5">
+        <v>18.865430070910623</v>
+      </c>
+      <c r="O74" s="4">
+        <v>189423</v>
+      </c>
+      <c r="P74" s="5">
+        <v>56.476407415578919</v>
+      </c>
+      <c r="Q74" s="6">
+        <v>23.422337300056384</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A75" s="28"/>
+      <c r="B75" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C75" s="4">
+        <v>379611</v>
+      </c>
+      <c r="D75" s="5">
+        <v>100</v>
+      </c>
+      <c r="E75" s="4">
+        <v>188955</v>
+      </c>
+      <c r="F75" s="5">
+        <v>49.775954859053087</v>
+      </c>
+      <c r="G75" s="4">
+        <v>190656</v>
+      </c>
+      <c r="H75" s="5">
+        <v>50.224045140946913</v>
+      </c>
+      <c r="I75" s="4">
+        <v>51920</v>
+      </c>
+      <c r="J75" s="5">
+        <v>100</v>
+      </c>
+      <c r="K75" s="5">
+        <v>13.677158986436114</v>
+      </c>
+      <c r="L75" s="4">
+        <v>24437</v>
+      </c>
+      <c r="M75" s="5">
+        <v>47.066640986132512</v>
+      </c>
+      <c r="N75" s="5">
+        <v>12.932708846021541</v>
+      </c>
+      <c r="O75" s="4">
+        <v>27483</v>
+      </c>
+      <c r="P75" s="5">
+        <v>52.933359013867488</v>
+      </c>
+      <c r="Q75" s="6">
+        <v>14.414967270896273</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A76" s="28"/>
+      <c r="B76" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C76" s="4">
+        <v>275804</v>
+      </c>
+      <c r="D76" s="5">
+        <v>100</v>
+      </c>
+      <c r="E76" s="4">
+        <v>139785</v>
+      </c>
+      <c r="F76" s="5">
+        <v>50.682731214920743</v>
+      </c>
+      <c r="G76" s="4">
+        <v>136019</v>
+      </c>
+      <c r="H76" s="5">
+        <v>49.317268785079257</v>
+      </c>
+      <c r="I76" s="4">
+        <v>43029</v>
+      </c>
+      <c r="J76" s="5">
+        <v>100</v>
+      </c>
+      <c r="K76" s="5">
+        <v>15.601296572928602</v>
+      </c>
+      <c r="L76" s="4">
+        <v>20132</v>
+      </c>
+      <c r="M76" s="5">
+        <v>46.787050593785587</v>
+      </c>
+      <c r="N76" s="5">
+        <v>14.402117537647102</v>
+      </c>
+      <c r="O76" s="4">
+        <v>22897</v>
+      </c>
+      <c r="P76" s="5">
+        <v>53.212949406214413</v>
+      </c>
+      <c r="Q76" s="6">
+        <v>16.833677647975652</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A77" s="28"/>
+      <c r="B77" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C77" s="4">
+        <v>543492</v>
+      </c>
+      <c r="D77" s="5">
+        <v>100</v>
+      </c>
+      <c r="E77" s="4">
+        <v>270122</v>
+      </c>
+      <c r="F77" s="5">
+        <v>49.701191553877514</v>
+      </c>
+      <c r="G77" s="4">
+        <v>273370</v>
+      </c>
+      <c r="H77" s="5">
+        <v>50.298808446122479</v>
+      </c>
+      <c r="I77" s="4">
+        <v>60741</v>
+      </c>
+      <c r="J77" s="5">
+        <v>100</v>
+      </c>
+      <c r="K77" s="5">
+        <v>11.17606146916606</v>
+      </c>
+      <c r="L77" s="4">
+        <v>29379</v>
+      </c>
+      <c r="M77" s="5">
+        <v>48.367659406331803</v>
+      </c>
+      <c r="N77" s="5">
+        <v>10.87619668149947</v>
+      </c>
+      <c r="O77" s="4">
+        <v>31362</v>
+      </c>
+      <c r="P77" s="5">
+        <v>51.632340593668204</v>
+      </c>
+      <c r="Q77" s="6">
+        <v>11.472363463437832</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A78" s="28"/>
+      <c r="B78" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C78" s="4">
+        <v>1072999</v>
+      </c>
+      <c r="D78" s="5">
+        <v>100</v>
+      </c>
+      <c r="E78" s="4">
+        <v>525877</v>
+      </c>
+      <c r="F78" s="5">
+        <v>49.010017716698712</v>
+      </c>
+      <c r="G78" s="4">
+        <v>547122</v>
+      </c>
+      <c r="H78" s="5">
+        <v>50.989982283301295</v>
+      </c>
+      <c r="I78" s="4">
+        <v>171490</v>
+      </c>
+      <c r="J78" s="5">
+        <v>100</v>
+      </c>
+      <c r="K78" s="5">
+        <v>15.982307532439451</v>
+      </c>
+      <c r="L78" s="4">
+        <v>73961</v>
+      </c>
+      <c r="M78" s="5">
+        <v>43.12846230100881</v>
+      </c>
+      <c r="N78" s="5">
+        <v>14.064315419765459</v>
+      </c>
+      <c r="O78" s="4">
+        <v>97529</v>
+      </c>
+      <c r="P78" s="5">
+        <v>56.87153769899119</v>
+      </c>
+      <c r="Q78" s="6">
+        <v>17.825823125372402</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A79" s="28"/>
+      <c r="B79" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C79" s="4">
+        <v>260190</v>
+      </c>
+      <c r="D79" s="5">
+        <v>100</v>
+      </c>
+      <c r="E79" s="4">
+        <v>131541</v>
+      </c>
+      <c r="F79" s="5">
+        <v>50.555747722817948</v>
+      </c>
+      <c r="G79" s="4">
+        <v>128649</v>
+      </c>
+      <c r="H79" s="5">
+        <v>49.444252277182059</v>
+      </c>
+      <c r="I79" s="4">
+        <v>30336</v>
+      </c>
+      <c r="J79" s="5">
+        <v>100</v>
+      </c>
+      <c r="K79" s="5">
+        <v>11.659172143433645</v>
+      </c>
+      <c r="L79" s="4">
+        <v>14182</v>
+      </c>
+      <c r="M79" s="5">
+        <v>46.749736286919827</v>
+      </c>
+      <c r="N79" s="5">
+        <v>10.781429364228643</v>
+      </c>
+      <c r="O79" s="4">
+        <v>16154</v>
+      </c>
+      <c r="P79" s="5">
+        <v>53.250263713080173</v>
+      </c>
+      <c r="Q79" s="6">
+        <v>12.556646378906949</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A80" s="28"/>
+      <c r="B80" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C80" s="4">
+        <v>502829</v>
+      </c>
+      <c r="D80" s="5">
+        <v>100</v>
+      </c>
+      <c r="E80" s="4">
+        <v>253210</v>
+      </c>
+      <c r="F80" s="5">
+        <v>50.357079643377766</v>
+      </c>
+      <c r="G80" s="4">
+        <v>249619</v>
+      </c>
+      <c r="H80" s="5">
+        <v>49.642920356622234</v>
+      </c>
+      <c r="I80" s="4">
+        <v>88123</v>
+      </c>
+      <c r="J80" s="5">
+        <v>100</v>
+      </c>
+      <c r="K80" s="5">
+        <v>17.525441054513564</v>
+      </c>
+      <c r="L80" s="4">
+        <v>39559</v>
+      </c>
+      <c r="M80" s="5">
+        <v>44.890664185286475</v>
+      </c>
+      <c r="N80" s="5">
+        <v>15.623000671379486</v>
+      </c>
+      <c r="O80" s="4">
+        <v>48564</v>
+      </c>
+      <c r="P80" s="5">
+        <v>55.109335814713525</v>
+      </c>
+      <c r="Q80" s="6">
+        <v>19.455249800696262</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A81" s="28"/>
+      <c r="B81" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C81" s="4">
+        <v>1578235</v>
+      </c>
+      <c r="D81" s="5">
+        <v>100</v>
+      </c>
+      <c r="E81" s="4">
+        <v>765165</v>
+      </c>
+      <c r="F81" s="5">
+        <v>48.482323608334625</v>
+      </c>
+      <c r="G81" s="4">
+        <v>813070</v>
+      </c>
+      <c r="H81" s="5">
+        <v>51.517676391665368</v>
+      </c>
+      <c r="I81" s="4">
+        <v>260769</v>
+      </c>
+      <c r="J81" s="5">
+        <v>100</v>
+      </c>
+      <c r="K81" s="5">
+        <v>16.522824547675093</v>
+      </c>
+      <c r="L81" s="4">
+        <v>114688</v>
+      </c>
+      <c r="M81" s="5">
+        <v>43.98068788851436</v>
+      </c>
+      <c r="N81" s="5">
+        <v>14.988662576045689</v>
+      </c>
+      <c r="O81" s="4">
+        <v>146081</v>
+      </c>
+      <c r="P81" s="5">
+        <v>56.01931211148564</v>
+      </c>
+      <c r="Q81" s="6">
+        <v>17.96659574206403</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A82" s="28"/>
+      <c r="B82" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C82" s="4">
+        <v>286523</v>
+      </c>
+      <c r="D82" s="5">
+        <v>100</v>
+      </c>
+      <c r="E82" s="4">
+        <v>144484</v>
+      </c>
+      <c r="F82" s="5">
+        <v>50.426667318155957</v>
+      </c>
+      <c r="G82" s="4">
+        <v>142039</v>
+      </c>
+      <c r="H82" s="5">
+        <v>49.573332681844043</v>
+      </c>
+      <c r="I82" s="4">
+        <v>41579</v>
+      </c>
+      <c r="J82" s="5">
+        <v>100</v>
+      </c>
+      <c r="K82" s="5">
+        <v>14.511574986999298</v>
+      </c>
+      <c r="L82" s="4">
+        <v>19589</v>
+      </c>
+      <c r="M82" s="5">
+        <v>47.112725173765604</v>
+      </c>
+      <c r="N82" s="5">
+        <v>13.55790260513275</v>
+      </c>
+      <c r="O82" s="4">
+        <v>21990</v>
+      </c>
+      <c r="P82" s="5">
+        <v>52.887274826234396</v>
+      </c>
+      <c r="Q82" s="6">
+        <v>15.481663486788841</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A83" s="28"/>
+      <c r="B83" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C83" s="4">
+        <v>642628</v>
+      </c>
+      <c r="D83" s="5">
+        <v>100</v>
+      </c>
+      <c r="E83" s="4">
+        <v>311892</v>
+      </c>
+      <c r="F83" s="5">
+        <v>48.533832948455405</v>
+      </c>
+      <c r="G83" s="4">
+        <v>330736</v>
+      </c>
+      <c r="H83" s="5">
+        <v>51.466167051544595</v>
+      </c>
+      <c r="I83" s="4">
+        <v>110221</v>
+      </c>
+      <c r="J83" s="5">
+        <v>100</v>
+      </c>
+      <c r="K83" s="5">
+        <v>17.151602482307027</v>
+      </c>
+      <c r="L83" s="4">
+        <v>48030</v>
+      </c>
+      <c r="M83" s="5">
+        <v>43.576088041298846</v>
+      </c>
+      <c r="N83" s="5">
+        <v>15.399561386633835</v>
+      </c>
+      <c r="O83" s="4">
+        <v>62191</v>
+      </c>
+      <c r="P83" s="5">
+        <v>56.423911958701154</v>
+      </c>
+      <c r="Q83" s="6">
+        <v>18.803819360456679</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A84" s="28"/>
+      <c r="B84" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C84" s="4">
+        <v>527106</v>
+      </c>
+      <c r="D84" s="5">
+        <v>100</v>
+      </c>
+      <c r="E84" s="4">
+        <v>253241</v>
+      </c>
+      <c r="F84" s="5">
+        <v>48.04365725300034</v>
+      </c>
+      <c r="G84" s="4">
+        <v>273865</v>
+      </c>
+      <c r="H84" s="5">
+        <v>51.956342746999653</v>
+      </c>
+      <c r="I84" s="4">
+        <v>114663</v>
+      </c>
+      <c r="J84" s="5">
+        <v>100</v>
+      </c>
+      <c r="K84" s="5">
+        <v>21.753309580995094</v>
+      </c>
+      <c r="L84" s="4">
+        <v>49519</v>
+      </c>
+      <c r="M84" s="5">
+        <v>43.186555384038442</v>
+      </c>
+      <c r="N84" s="5">
+        <v>19.554100639311962</v>
+      </c>
+      <c r="O84" s="4">
+        <v>65144</v>
+      </c>
+      <c r="P84" s="5">
+        <v>56.813444615961558</v>
+      </c>
+      <c r="Q84" s="6">
+        <v>23.786902305880634</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A85" s="28"/>
+      <c r="B85" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C85" s="4">
+        <v>639996</v>
+      </c>
+      <c r="D85" s="5">
+        <v>100</v>
+      </c>
+      <c r="E85" s="4">
+        <v>311076</v>
+      </c>
+      <c r="F85" s="5">
+        <v>48.605928787054921</v>
+      </c>
+      <c r="G85" s="4">
+        <v>328920</v>
+      </c>
+      <c r="H85" s="5">
+        <v>51.394071212945079</v>
+      </c>
+      <c r="I85" s="4">
+        <v>98139</v>
+      </c>
+      <c r="J85" s="5">
+        <v>100</v>
+      </c>
+      <c r="K85" s="5">
+        <v>15.334314589466183</v>
+      </c>
+      <c r="L85" s="4">
+        <v>42692</v>
+      </c>
+      <c r="M85" s="5">
+        <v>43.501564108050829</v>
+      </c>
+      <c r="N85" s="5">
+        <v>13.723977420308863</v>
+      </c>
+      <c r="O85" s="4">
+        <v>55447</v>
+      </c>
+      <c r="P85" s="5">
+        <v>56.498435891949171</v>
+      </c>
+      <c r="Q85" s="6">
+        <v>16.857290526571809</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A86" s="28"/>
+      <c r="B86" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C86" s="4">
+        <v>453337</v>
+      </c>
+      <c r="D86" s="5">
+        <v>100</v>
+      </c>
+      <c r="E86" s="4">
+        <v>223870</v>
+      </c>
+      <c r="F86" s="5">
+        <v>49.382688816487516</v>
+      </c>
+      <c r="G86" s="4">
+        <v>229467</v>
+      </c>
+      <c r="H86" s="5">
+        <v>50.617311183512484</v>
+      </c>
+      <c r="I86" s="4">
+        <v>62244</v>
+      </c>
+      <c r="J86" s="5">
+        <v>100</v>
+      </c>
+      <c r="K86" s="5">
+        <v>13.730183064695801</v>
+      </c>
+      <c r="L86" s="4">
+        <v>29137</v>
+      </c>
+      <c r="M86" s="5">
+        <v>46.810937600411286</v>
+      </c>
+      <c r="N86" s="5">
+        <v>13.01514271675526</v>
+      </c>
+      <c r="O86" s="4">
+        <v>33107</v>
+      </c>
+      <c r="P86" s="5">
+        <v>53.189062399588714</v>
+      </c>
+      <c r="Q86" s="6">
+        <v>14.427782644127479</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A87" s="29"/>
+      <c r="B87" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="C87" s="8">
+        <v>702199</v>
+      </c>
+      <c r="D87" s="9">
+        <v>100</v>
+      </c>
+      <c r="E87" s="8">
+        <v>347002</v>
+      </c>
+      <c r="F87" s="9">
+        <v>49.416475956246018</v>
+      </c>
+      <c r="G87" s="8">
+        <v>355197</v>
+      </c>
+      <c r="H87" s="9">
+        <v>50.583524043753982</v>
+      </c>
+      <c r="I87" s="8">
+        <v>97844</v>
+      </c>
+      <c r="J87" s="9">
+        <v>100</v>
+      </c>
+      <c r="K87" s="9">
+        <v>13.933941802822277</v>
+      </c>
+      <c r="L87" s="8">
+        <v>44811</v>
+      </c>
+      <c r="M87" s="9">
+        <v>45.798413801561672</v>
+      </c>
+      <c r="N87" s="9">
+        <v>12.913758422141658</v>
+      </c>
+      <c r="O87" s="8">
+        <v>53033</v>
+      </c>
+      <c r="P87" s="9">
+        <v>54.201586198438335</v>
+      </c>
+      <c r="Q87" s="10">
+        <v>14.930587814649336</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A88" s="30" t="s">
+        <v>94</v>
+      </c>
+      <c r="B88" s="20"/>
+      <c r="C88" s="20"/>
+      <c r="D88" s="20"/>
+      <c r="E88" s="20"/>
+      <c r="F88" s="20"/>
+      <c r="G88" s="20"/>
+      <c r="H88" s="20"/>
+      <c r="I88" s="20"/>
+      <c r="J88" s="20"/>
+      <c r="K88" s="20"/>
+      <c r="L88" s="20"/>
+      <c r="M88" s="20"/>
+      <c r="N88" s="20"/>
+      <c r="O88" s="20"/>
+      <c r="P88" s="20"/>
+      <c r="Q88" s="20"/>
+      <c r="R88" s="20"/>
+    </row>
+    <row r="89" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A89" s="1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="16">
+    <mergeCell ref="O4:Q4"/>
+    <mergeCell ref="A8:A33"/>
+    <mergeCell ref="A34:A51"/>
+    <mergeCell ref="A52:A72"/>
+    <mergeCell ref="A73:A87"/>
+    <mergeCell ref="A88:R88"/>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:H3"/>
+    <mergeCell ref="I3:Q3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I4:K4"/>
+    <mergeCell ref="L4:N4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>เวิร์กชีต</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Data</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Data2021</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>