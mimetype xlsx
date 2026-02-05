--- v0 (2025-10-02)
+++ v1 (2026-02-05)
@@ -1,63 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25330"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0C7AADE3-AC4A-4928-96CD-36D0D7F3028C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6ABE30E2-ACFE-403A-833A-AFEA9EC19C47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
+    <sheet name="ข้อมูล2564" sheetId="1" r:id="rId1"/>
+    <sheet name="ข้อมูล2567" sheetId="3" r:id="rId2"/>
+    <sheet name="Metadata" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="127">
   <si>
     <t>ประชากร</t>
   </si>
   <si>
     <t>ประชากรสูงอายุ</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>ชาย</t>
   </si>
   <si>
     <t>หญิง</t>
   </si>
   <si>
     <t>ภาค</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>จำนวน</t>
   </si>
   <si>
@@ -464,59 +466,62 @@
   </si>
   <si>
     <t>โครงการสำรวจประชากรสูงอายุในประเทศไทย (สำนักงานสถิติแห่งชาติ)</t>
   </si>
   <si>
     <t>รูปแบบการเก็บข้อมูล</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมภิบาล</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>จำนวนและร้อยละของประชากร ประชากรสูงอายุ อัตราของประชากรสูงอายุ จากการการสำรวจประชากรสูงอายุในประเทศไทย จำแนกตามเพศ รายจังหวัด และภาค พ.ศ. 2564</t>
   </si>
+  <si>
+    <t>จำนวนและร้อยละของประชากร ประชากรสูงอายุ อัตราของประชากรสูงอายุ จากการการสำรวจประชากรสูงอายุในประเทศไทย จำแนกตามเพศ รายจังหวัด และภาค พ.ศ. 2567</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#0.0"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -541,50 +546,56 @@
       <name val="TH SarabunPSK"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -753,56 +764,57 @@
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
@@ -874,221 +886,206 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{87E1241F-FDFF-486B-8C16-C5A8233C8222}"/>
-    <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{280EB91C-0783-42C0-94A0-36A002C987D8}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1216,60 +1213,60 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q89"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="U9" sqref="U9"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="19" style="1" customWidth="1"/>
     <col min="3" max="17" width="9.85546875" style="1" customWidth="1"/>
     <col min="18" max="18" width="0.7109375" style="1" customWidth="1"/>
     <col min="19" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
         <v>125</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
       <c r="E1" s="33"/>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="33"/>
       <c r="I1" s="33"/>
       <c r="J1" s="33"/>
       <c r="K1" s="33"/>
@@ -5630,50 +5627,4459 @@
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A8:A33"/>
     <mergeCell ref="A34:A51"/>
     <mergeCell ref="A52:A72"/>
     <mergeCell ref="A73:A87"/>
     <mergeCell ref="A88:Q88"/>
     <mergeCell ref="A1:Q1"/>
     <mergeCell ref="C3:H3"/>
     <mergeCell ref="I3:Q3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:N4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{428C9082-9F03-446C-A7EE-3A30C1236885}">
+  <dimension ref="A1:Q89"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A61" workbookViewId="0">
+      <selection activeCell="A88" sqref="A88:Q88"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="19.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19" style="1" customWidth="1"/>
+    <col min="3" max="17" width="9.85546875" style="1" customWidth="1"/>
+    <col min="18" max="18" width="0.7109375" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A1" s="32" t="s">
+        <v>126</v>
+      </c>
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="G1" s="33"/>
+      <c r="H1" s="33"/>
+      <c r="I1" s="33"/>
+      <c r="J1" s="33"/>
+      <c r="K1" s="33"/>
+      <c r="L1" s="33"/>
+      <c r="M1" s="33"/>
+      <c r="N1" s="33"/>
+      <c r="O1" s="33"/>
+      <c r="P1" s="33"/>
+      <c r="Q1" s="33"/>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="37" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="37" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="34" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="35"/>
+      <c r="E3" s="35"/>
+      <c r="F3" s="35"/>
+      <c r="G3" s="35"/>
+      <c r="H3" s="35"/>
+      <c r="I3" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="J3" s="35"/>
+      <c r="K3" s="35"/>
+      <c r="L3" s="35"/>
+      <c r="M3" s="35"/>
+      <c r="N3" s="35"/>
+      <c r="O3" s="35"/>
+      <c r="P3" s="35"/>
+      <c r="Q3" s="36"/>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A4" s="38"/>
+      <c r="B4" s="38"/>
+      <c r="C4" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="35"/>
+      <c r="E4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="F4" s="35"/>
+      <c r="G4" s="34" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="35"/>
+      <c r="I4" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="J4" s="35"/>
+      <c r="K4" s="35"/>
+      <c r="L4" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="M4" s="35"/>
+      <c r="N4" s="35"/>
+      <c r="O4" s="34" t="s">
+        <v>4</v>
+      </c>
+      <c r="P4" s="35"/>
+      <c r="Q4" s="36"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="39"/>
+      <c r="B5" s="39"/>
+      <c r="C5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="M5" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="N5" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q5" s="4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="44">
+        <v>70179890</v>
+      </c>
+      <c r="D6" s="43">
+        <v>100</v>
+      </c>
+      <c r="E6" s="44">
+        <v>33799407</v>
+      </c>
+      <c r="F6" s="43">
+        <v>48.16</v>
+      </c>
+      <c r="G6" s="44">
+        <v>36380483</v>
+      </c>
+      <c r="H6" s="43">
+        <v>51.84</v>
+      </c>
+      <c r="I6" s="44">
+        <v>14027411</v>
+      </c>
+      <c r="J6" s="43">
+        <v>100</v>
+      </c>
+      <c r="K6" s="43">
+        <v>19.989999999999998</v>
+      </c>
+      <c r="L6" s="44">
+        <v>5904327</v>
+      </c>
+      <c r="M6" s="43">
+        <v>42.09</v>
+      </c>
+      <c r="N6" s="43">
+        <v>17.47</v>
+      </c>
+      <c r="O6" s="44">
+        <v>8123084</v>
+      </c>
+      <c r="P6" s="43">
+        <v>57.91</v>
+      </c>
+      <c r="Q6" s="47">
+        <v>22.33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="44">
+        <v>9102272</v>
+      </c>
+      <c r="D7" s="43">
+        <v>100</v>
+      </c>
+      <c r="E7" s="44">
+        <v>4369859</v>
+      </c>
+      <c r="F7" s="43">
+        <v>48.01</v>
+      </c>
+      <c r="G7" s="44">
+        <v>4732413</v>
+      </c>
+      <c r="H7" s="43">
+        <v>51.99</v>
+      </c>
+      <c r="I7" s="44">
+        <v>1456740</v>
+      </c>
+      <c r="J7" s="43">
+        <v>100</v>
+      </c>
+      <c r="K7" s="43">
+        <v>16</v>
+      </c>
+      <c r="L7" s="44">
+        <v>601042</v>
+      </c>
+      <c r="M7" s="43">
+        <v>41.26</v>
+      </c>
+      <c r="N7" s="43">
+        <v>13.75</v>
+      </c>
+      <c r="O7" s="44">
+        <v>855698</v>
+      </c>
+      <c r="P7" s="43">
+        <v>58.74</v>
+      </c>
+      <c r="Q7" s="47">
+        <v>18.079999999999998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="40" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="44">
+        <v>21981489</v>
+      </c>
+      <c r="D8" s="43">
+        <v>100</v>
+      </c>
+      <c r="E8" s="44">
+        <v>10609123</v>
+      </c>
+      <c r="F8" s="43">
+        <v>48.26</v>
+      </c>
+      <c r="G8" s="44">
+        <v>11372366</v>
+      </c>
+      <c r="H8" s="43">
+        <v>51.74</v>
+      </c>
+      <c r="I8" s="44">
+        <v>3778750</v>
+      </c>
+      <c r="J8" s="43">
+        <v>100</v>
+      </c>
+      <c r="K8" s="43">
+        <v>17.190000000000001</v>
+      </c>
+      <c r="L8" s="44">
+        <v>1561905</v>
+      </c>
+      <c r="M8" s="43">
+        <v>41.33</v>
+      </c>
+      <c r="N8" s="43">
+        <v>14.72</v>
+      </c>
+      <c r="O8" s="44">
+        <v>2216845</v>
+      </c>
+      <c r="P8" s="43">
+        <v>58.67</v>
+      </c>
+      <c r="Q8" s="47">
+        <v>19.489999999999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="41"/>
+      <c r="B9" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="44">
+        <v>2396310</v>
+      </c>
+      <c r="D9" s="43">
+        <v>100</v>
+      </c>
+      <c r="E9" s="44">
+        <v>1135637</v>
+      </c>
+      <c r="F9" s="43">
+        <v>47.39</v>
+      </c>
+      <c r="G9" s="44">
+        <v>1260673</v>
+      </c>
+      <c r="H9" s="43">
+        <v>52.61</v>
+      </c>
+      <c r="I9" s="44">
+        <v>386458</v>
+      </c>
+      <c r="J9" s="43">
+        <v>100</v>
+      </c>
+      <c r="K9" s="43">
+        <v>16.13</v>
+      </c>
+      <c r="L9" s="44">
+        <v>158261</v>
+      </c>
+      <c r="M9" s="43">
+        <v>40.950000000000003</v>
+      </c>
+      <c r="N9" s="43">
+        <v>13.94</v>
+      </c>
+      <c r="O9" s="44">
+        <v>228197</v>
+      </c>
+      <c r="P9" s="43">
+        <v>59.05</v>
+      </c>
+      <c r="Q9" s="47">
+        <v>18.100000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="41"/>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="44">
+        <v>1889277</v>
+      </c>
+      <c r="D10" s="43">
+        <v>100</v>
+      </c>
+      <c r="E10" s="44">
+        <v>895344</v>
+      </c>
+      <c r="F10" s="43">
+        <v>47.39</v>
+      </c>
+      <c r="G10" s="44">
+        <v>993933</v>
+      </c>
+      <c r="H10" s="43">
+        <v>52.61</v>
+      </c>
+      <c r="I10" s="44">
+        <v>296396</v>
+      </c>
+      <c r="J10" s="43">
+        <v>100</v>
+      </c>
+      <c r="K10" s="43">
+        <v>15.69</v>
+      </c>
+      <c r="L10" s="44">
+        <v>121965</v>
+      </c>
+      <c r="M10" s="43">
+        <v>41.15</v>
+      </c>
+      <c r="N10" s="43">
+        <v>13.62</v>
+      </c>
+      <c r="O10" s="44">
+        <v>174431</v>
+      </c>
+      <c r="P10" s="43">
+        <v>58.85</v>
+      </c>
+      <c r="Q10" s="47">
+        <v>17.55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="41"/>
+      <c r="B11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="44">
+        <v>1889029</v>
+      </c>
+      <c r="D11" s="43">
+        <v>100</v>
+      </c>
+      <c r="E11" s="44">
+        <v>895229</v>
+      </c>
+      <c r="F11" s="43">
+        <v>47.39</v>
+      </c>
+      <c r="G11" s="44">
+        <v>993800</v>
+      </c>
+      <c r="H11" s="43">
+        <v>52.61</v>
+      </c>
+      <c r="I11" s="44">
+        <v>289629</v>
+      </c>
+      <c r="J11" s="43">
+        <v>100</v>
+      </c>
+      <c r="K11" s="43">
+        <v>15.33</v>
+      </c>
+      <c r="L11" s="44">
+        <v>119475</v>
+      </c>
+      <c r="M11" s="43">
+        <v>41.25</v>
+      </c>
+      <c r="N11" s="43">
+        <v>13.35</v>
+      </c>
+      <c r="O11" s="44">
+        <v>170154</v>
+      </c>
+      <c r="P11" s="43">
+        <v>58.75</v>
+      </c>
+      <c r="Q11" s="47">
+        <v>17.12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="41"/>
+      <c r="B12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="44">
+        <v>920073</v>
+      </c>
+      <c r="D12" s="43">
+        <v>100</v>
+      </c>
+      <c r="E12" s="44">
+        <v>449617</v>
+      </c>
+      <c r="F12" s="43">
+        <v>48.87</v>
+      </c>
+      <c r="G12" s="44">
+        <v>470456</v>
+      </c>
+      <c r="H12" s="43">
+        <v>51.13</v>
+      </c>
+      <c r="I12" s="44">
+        <v>193469</v>
+      </c>
+      <c r="J12" s="43">
+        <v>100</v>
+      </c>
+      <c r="K12" s="43">
+        <v>21.03</v>
+      </c>
+      <c r="L12" s="44">
+        <v>77526</v>
+      </c>
+      <c r="M12" s="43">
+        <v>40.07</v>
+      </c>
+      <c r="N12" s="43">
+        <v>17.239999999999998</v>
+      </c>
+      <c r="O12" s="44">
+        <v>115943</v>
+      </c>
+      <c r="P12" s="43">
+        <v>59.93</v>
+      </c>
+      <c r="Q12" s="47">
+        <v>24.64</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="41"/>
+      <c r="B13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="44">
+        <v>242466</v>
+      </c>
+      <c r="D13" s="43">
+        <v>100</v>
+      </c>
+      <c r="E13" s="44">
+        <v>118487</v>
+      </c>
+      <c r="F13" s="43">
+        <v>48.87</v>
+      </c>
+      <c r="G13" s="44">
+        <v>123979</v>
+      </c>
+      <c r="H13" s="43">
+        <v>51.13</v>
+      </c>
+      <c r="I13" s="44">
+        <v>52696</v>
+      </c>
+      <c r="J13" s="43">
+        <v>100</v>
+      </c>
+      <c r="K13" s="43">
+        <v>21.73</v>
+      </c>
+      <c r="L13" s="44">
+        <v>21088</v>
+      </c>
+      <c r="M13" s="43">
+        <v>40.020000000000003</v>
+      </c>
+      <c r="N13" s="43">
+        <v>17.8</v>
+      </c>
+      <c r="O13" s="44">
+        <v>31608</v>
+      </c>
+      <c r="P13" s="43">
+        <v>59.98</v>
+      </c>
+      <c r="Q13" s="47">
+        <v>25.49</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="41"/>
+      <c r="B14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="44">
+        <v>768859</v>
+      </c>
+      <c r="D14" s="43">
+        <v>100</v>
+      </c>
+      <c r="E14" s="44">
+        <v>375725</v>
+      </c>
+      <c r="F14" s="43">
+        <v>48.87</v>
+      </c>
+      <c r="G14" s="44">
+        <v>393134</v>
+      </c>
+      <c r="H14" s="43">
+        <v>51.13</v>
+      </c>
+      <c r="I14" s="44">
+        <v>165292</v>
+      </c>
+      <c r="J14" s="43">
+        <v>100</v>
+      </c>
+      <c r="K14" s="43">
+        <v>21.5</v>
+      </c>
+      <c r="L14" s="44">
+        <v>66181</v>
+      </c>
+      <c r="M14" s="43">
+        <v>40.04</v>
+      </c>
+      <c r="N14" s="43">
+        <v>17.61</v>
+      </c>
+      <c r="O14" s="44">
+        <v>99111</v>
+      </c>
+      <c r="P14" s="43">
+        <v>59.96</v>
+      </c>
+      <c r="Q14" s="47">
+        <v>25.21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="41"/>
+      <c r="B15" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="44">
+        <v>182009</v>
+      </c>
+      <c r="D15" s="43">
+        <v>100</v>
+      </c>
+      <c r="E15" s="44">
+        <v>88945</v>
+      </c>
+      <c r="F15" s="43">
+        <v>48.87</v>
+      </c>
+      <c r="G15" s="44">
+        <v>93064</v>
+      </c>
+      <c r="H15" s="43">
+        <v>51.13</v>
+      </c>
+      <c r="I15" s="44">
+        <v>39487</v>
+      </c>
+      <c r="J15" s="43">
+        <v>100</v>
+      </c>
+      <c r="K15" s="43">
+        <v>21.7</v>
+      </c>
+      <c r="L15" s="44">
+        <v>15800</v>
+      </c>
+      <c r="M15" s="43">
+        <v>40.01</v>
+      </c>
+      <c r="N15" s="43">
+        <v>17.760000000000002</v>
+      </c>
+      <c r="O15" s="44">
+        <v>23687</v>
+      </c>
+      <c r="P15" s="43">
+        <v>59.99</v>
+      </c>
+      <c r="Q15" s="47">
+        <v>25.45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="41"/>
+      <c r="B16" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="44">
+        <v>285449</v>
+      </c>
+      <c r="D16" s="43">
+        <v>100</v>
+      </c>
+      <c r="E16" s="44">
+        <v>139494</v>
+      </c>
+      <c r="F16" s="43">
+        <v>48.87</v>
+      </c>
+      <c r="G16" s="44">
+        <v>145955</v>
+      </c>
+      <c r="H16" s="43">
+        <v>51.13</v>
+      </c>
+      <c r="I16" s="44">
+        <v>62252</v>
+      </c>
+      <c r="J16" s="43">
+        <v>100</v>
+      </c>
+      <c r="K16" s="43">
+        <v>21.81</v>
+      </c>
+      <c r="L16" s="44">
+        <v>24956</v>
+      </c>
+      <c r="M16" s="43">
+        <v>40.090000000000003</v>
+      </c>
+      <c r="N16" s="43">
+        <v>17.89</v>
+      </c>
+      <c r="O16" s="44">
+        <v>37296</v>
+      </c>
+      <c r="P16" s="43">
+        <v>59.91</v>
+      </c>
+      <c r="Q16" s="47">
+        <v>25.55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="41"/>
+      <c r="B17" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="44">
+        <v>767673</v>
+      </c>
+      <c r="D17" s="43">
+        <v>100</v>
+      </c>
+      <c r="E17" s="44">
+        <v>375144</v>
+      </c>
+      <c r="F17" s="43">
+        <v>48.87</v>
+      </c>
+      <c r="G17" s="44">
+        <v>392529</v>
+      </c>
+      <c r="H17" s="43">
+        <v>51.13</v>
+      </c>
+      <c r="I17" s="44">
+        <v>163118</v>
+      </c>
+      <c r="J17" s="43">
+        <v>100</v>
+      </c>
+      <c r="K17" s="43">
+        <v>21.25</v>
+      </c>
+      <c r="L17" s="44">
+        <v>65428</v>
+      </c>
+      <c r="M17" s="43">
+        <v>40.11</v>
+      </c>
+      <c r="N17" s="43">
+        <v>17.440000000000001</v>
+      </c>
+      <c r="O17" s="44">
+        <v>97690</v>
+      </c>
+      <c r="P17" s="43">
+        <v>59.89</v>
+      </c>
+      <c r="Q17" s="47">
+        <v>24.89</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="41"/>
+      <c r="B18" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="44">
+        <v>2042884</v>
+      </c>
+      <c r="D18" s="43">
+        <v>100</v>
+      </c>
+      <c r="E18" s="44">
+        <v>997535</v>
+      </c>
+      <c r="F18" s="43">
+        <v>48.83</v>
+      </c>
+      <c r="G18" s="44">
+        <v>1045349</v>
+      </c>
+      <c r="H18" s="43">
+        <v>51.17</v>
+      </c>
+      <c r="I18" s="44">
+        <v>317126</v>
+      </c>
+      <c r="J18" s="43">
+        <v>100</v>
+      </c>
+      <c r="K18" s="43">
+        <v>15.52</v>
+      </c>
+      <c r="L18" s="44">
+        <v>143545</v>
+      </c>
+      <c r="M18" s="43">
+        <v>45.26</v>
+      </c>
+      <c r="N18" s="43">
+        <v>14.39</v>
+      </c>
+      <c r="O18" s="44">
+        <v>173581</v>
+      </c>
+      <c r="P18" s="43">
+        <v>54.74</v>
+      </c>
+      <c r="Q18" s="47">
+        <v>16.61</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="41"/>
+      <c r="B19" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="44">
+        <v>1144396</v>
+      </c>
+      <c r="D19" s="43">
+        <v>100</v>
+      </c>
+      <c r="E19" s="44">
+        <v>558808</v>
+      </c>
+      <c r="F19" s="43">
+        <v>48.83</v>
+      </c>
+      <c r="G19" s="44">
+        <v>585588</v>
+      </c>
+      <c r="H19" s="43">
+        <v>51.17</v>
+      </c>
+      <c r="I19" s="44">
+        <v>161668</v>
+      </c>
+      <c r="J19" s="43">
+        <v>100</v>
+      </c>
+      <c r="K19" s="43">
+        <v>14.13</v>
+      </c>
+      <c r="L19" s="44">
+        <v>67686</v>
+      </c>
+      <c r="M19" s="43">
+        <v>41.87</v>
+      </c>
+      <c r="N19" s="43">
+        <v>12.11</v>
+      </c>
+      <c r="O19" s="44">
+        <v>93982</v>
+      </c>
+      <c r="P19" s="43">
+        <v>58.13</v>
+      </c>
+      <c r="Q19" s="47">
+        <v>16.05</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="41"/>
+      <c r="B20" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" s="44">
+        <v>577744</v>
+      </c>
+      <c r="D20" s="43">
+        <v>100</v>
+      </c>
+      <c r="E20" s="44">
+        <v>282114</v>
+      </c>
+      <c r="F20" s="43">
+        <v>48.83</v>
+      </c>
+      <c r="G20" s="44">
+        <v>295630</v>
+      </c>
+      <c r="H20" s="43">
+        <v>51.17</v>
+      </c>
+      <c r="I20" s="44">
+        <v>87509</v>
+      </c>
+      <c r="J20" s="43">
+        <v>100</v>
+      </c>
+      <c r="K20" s="43">
+        <v>15.15</v>
+      </c>
+      <c r="L20" s="44">
+        <v>36230</v>
+      </c>
+      <c r="M20" s="43">
+        <v>41.4</v>
+      </c>
+      <c r="N20" s="43">
+        <v>12.84</v>
+      </c>
+      <c r="O20" s="44">
+        <v>51279</v>
+      </c>
+      <c r="P20" s="43">
+        <v>58.6</v>
+      </c>
+      <c r="Q20" s="47">
+        <v>17.350000000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="41"/>
+      <c r="B21" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="44">
+        <v>282290</v>
+      </c>
+      <c r="D21" s="43">
+        <v>100</v>
+      </c>
+      <c r="E21" s="44">
+        <v>137843</v>
+      </c>
+      <c r="F21" s="43">
+        <v>48.83</v>
+      </c>
+      <c r="G21" s="44">
+        <v>144447</v>
+      </c>
+      <c r="H21" s="43">
+        <v>51.17</v>
+      </c>
+      <c r="I21" s="44">
+        <v>43483</v>
+      </c>
+      <c r="J21" s="43">
+        <v>100</v>
+      </c>
+      <c r="K21" s="43">
+        <v>15.4</v>
+      </c>
+      <c r="L21" s="44">
+        <v>17956</v>
+      </c>
+      <c r="M21" s="43">
+        <v>41.29</v>
+      </c>
+      <c r="N21" s="43">
+        <v>13.03</v>
+      </c>
+      <c r="O21" s="44">
+        <v>25527</v>
+      </c>
+      <c r="P21" s="43">
+        <v>58.71</v>
+      </c>
+      <c r="Q21" s="47">
+        <v>17.670000000000002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="41"/>
+      <c r="B22" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="44">
+        <v>943380</v>
+      </c>
+      <c r="D22" s="43">
+        <v>100</v>
+      </c>
+      <c r="E22" s="44">
+        <v>460653</v>
+      </c>
+      <c r="F22" s="43">
+        <v>48.83</v>
+      </c>
+      <c r="G22" s="44">
+        <v>482727</v>
+      </c>
+      <c r="H22" s="43">
+        <v>51.17</v>
+      </c>
+      <c r="I22" s="44">
+        <v>133307</v>
+      </c>
+      <c r="J22" s="43">
+        <v>100</v>
+      </c>
+      <c r="K22" s="43">
+        <v>14.13</v>
+      </c>
+      <c r="L22" s="44">
+        <v>55283</v>
+      </c>
+      <c r="M22" s="43">
+        <v>41.47</v>
+      </c>
+      <c r="N22" s="43">
+        <v>12</v>
+      </c>
+      <c r="O22" s="44">
+        <v>78024</v>
+      </c>
+      <c r="P22" s="43">
+        <v>58.53</v>
+      </c>
+      <c r="Q22" s="47">
+        <v>16.16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="41"/>
+      <c r="B23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C23" s="44">
+        <v>672196</v>
+      </c>
+      <c r="D23" s="43">
+        <v>100</v>
+      </c>
+      <c r="E23" s="44">
+        <v>325364</v>
+      </c>
+      <c r="F23" s="43">
+        <v>48.4</v>
+      </c>
+      <c r="G23" s="44">
+        <v>346832</v>
+      </c>
+      <c r="H23" s="43">
+        <v>51.6</v>
+      </c>
+      <c r="I23" s="44">
+        <v>104890</v>
+      </c>
+      <c r="J23" s="43">
+        <v>100</v>
+      </c>
+      <c r="K23" s="43">
+        <v>15.6</v>
+      </c>
+      <c r="L23" s="44">
+        <v>43153</v>
+      </c>
+      <c r="M23" s="43">
+        <v>41.14</v>
+      </c>
+      <c r="N23" s="43">
+        <v>13.26</v>
+      </c>
+      <c r="O23" s="44">
+        <v>61737</v>
+      </c>
+      <c r="P23" s="43">
+        <v>58.86</v>
+      </c>
+      <c r="Q23" s="47">
+        <v>17.8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="41"/>
+      <c r="B24" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="44">
+        <v>265859</v>
+      </c>
+      <c r="D24" s="43">
+        <v>100</v>
+      </c>
+      <c r="E24" s="44">
+        <v>129818</v>
+      </c>
+      <c r="F24" s="43">
+        <v>48.83</v>
+      </c>
+      <c r="G24" s="44">
+        <v>136041</v>
+      </c>
+      <c r="H24" s="43">
+        <v>51.17</v>
+      </c>
+      <c r="I24" s="44">
+        <v>40935</v>
+      </c>
+      <c r="J24" s="43">
+        <v>100</v>
+      </c>
+      <c r="K24" s="43">
+        <v>15.4</v>
+      </c>
+      <c r="L24" s="44">
+        <v>16935</v>
+      </c>
+      <c r="M24" s="43">
+        <v>41.37</v>
+      </c>
+      <c r="N24" s="43">
+        <v>13.05</v>
+      </c>
+      <c r="O24" s="44">
+        <v>24000</v>
+      </c>
+      <c r="P24" s="43">
+        <v>58.63</v>
+      </c>
+      <c r="Q24" s="47">
+        <v>17.64</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="41"/>
+      <c r="B25" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="44">
+        <v>681470</v>
+      </c>
+      <c r="D25" s="43">
+        <v>100</v>
+      </c>
+      <c r="E25" s="44">
+        <v>335640</v>
+      </c>
+      <c r="F25" s="43">
+        <v>49.25</v>
+      </c>
+      <c r="G25" s="44">
+        <v>345830</v>
+      </c>
+      <c r="H25" s="43">
+        <v>50.75</v>
+      </c>
+      <c r="I25" s="44">
+        <v>105368</v>
+      </c>
+      <c r="J25" s="43">
+        <v>100</v>
+      </c>
+      <c r="K25" s="43">
+        <v>15.46</v>
+      </c>
+      <c r="L25" s="44">
+        <v>44082</v>
+      </c>
+      <c r="M25" s="43">
+        <v>41.84</v>
+      </c>
+      <c r="N25" s="43">
+        <v>13.13</v>
+      </c>
+      <c r="O25" s="44">
+        <v>61286</v>
+      </c>
+      <c r="P25" s="43">
+        <v>58.16</v>
+      </c>
+      <c r="Q25" s="47">
+        <v>17.72</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="41"/>
+      <c r="B26" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="44">
+        <v>810009</v>
+      </c>
+      <c r="D26" s="43">
+        <v>100</v>
+      </c>
+      <c r="E26" s="44">
+        <v>394957</v>
+      </c>
+      <c r="F26" s="43">
+        <v>48.76</v>
+      </c>
+      <c r="G26" s="44">
+        <v>415052</v>
+      </c>
+      <c r="H26" s="43">
+        <v>51.24</v>
+      </c>
+      <c r="I26" s="44">
+        <v>176962</v>
+      </c>
+      <c r="J26" s="43">
+        <v>100</v>
+      </c>
+      <c r="K26" s="43">
+        <v>21.85</v>
+      </c>
+      <c r="L26" s="44">
+        <v>72648</v>
+      </c>
+      <c r="M26" s="43">
+        <v>41.05</v>
+      </c>
+      <c r="N26" s="43">
+        <v>18.39</v>
+      </c>
+      <c r="O26" s="44">
+        <v>104314</v>
+      </c>
+      <c r="P26" s="43">
+        <v>58.95</v>
+      </c>
+      <c r="Q26" s="47">
+        <v>25.13</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="41"/>
+      <c r="B27" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" s="44">
+        <v>833928</v>
+      </c>
+      <c r="D27" s="43">
+        <v>100</v>
+      </c>
+      <c r="E27" s="44">
+        <v>406622</v>
+      </c>
+      <c r="F27" s="43">
+        <v>48.76</v>
+      </c>
+      <c r="G27" s="44">
+        <v>427306</v>
+      </c>
+      <c r="H27" s="43">
+        <v>51.24</v>
+      </c>
+      <c r="I27" s="44">
+        <v>186627</v>
+      </c>
+      <c r="J27" s="43">
+        <v>100</v>
+      </c>
+      <c r="K27" s="43">
+        <v>22.38</v>
+      </c>
+      <c r="L27" s="44">
+        <v>76625</v>
+      </c>
+      <c r="M27" s="43">
+        <v>41.06</v>
+      </c>
+      <c r="N27" s="43">
+        <v>18.84</v>
+      </c>
+      <c r="O27" s="44">
+        <v>110002</v>
+      </c>
+      <c r="P27" s="43">
+        <v>58.94</v>
+      </c>
+      <c r="Q27" s="47">
+        <v>25.74</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="41"/>
+      <c r="B28" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C28" s="44">
+        <v>845077</v>
+      </c>
+      <c r="D28" s="43">
+        <v>100</v>
+      </c>
+      <c r="E28" s="44">
+        <v>412057</v>
+      </c>
+      <c r="F28" s="43">
+        <v>48.76</v>
+      </c>
+      <c r="G28" s="44">
+        <v>433020</v>
+      </c>
+      <c r="H28" s="43">
+        <v>51.24</v>
+      </c>
+      <c r="I28" s="44">
+        <v>191461</v>
+      </c>
+      <c r="J28" s="43">
+        <v>100</v>
+      </c>
+      <c r="K28" s="43">
+        <v>22.66</v>
+      </c>
+      <c r="L28" s="44">
+        <v>78678</v>
+      </c>
+      <c r="M28" s="43">
+        <v>41.09</v>
+      </c>
+      <c r="N28" s="43">
+        <v>19.09</v>
+      </c>
+      <c r="O28" s="44">
+        <v>112783</v>
+      </c>
+      <c r="P28" s="43">
+        <v>58.91</v>
+      </c>
+      <c r="Q28" s="47">
+        <v>26.05</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="41"/>
+      <c r="B29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" s="44">
+        <v>1270067</v>
+      </c>
+      <c r="D29" s="43">
+        <v>100</v>
+      </c>
+      <c r="E29" s="44">
+        <v>601897</v>
+      </c>
+      <c r="F29" s="43">
+        <v>47.39</v>
+      </c>
+      <c r="G29" s="44">
+        <v>668170</v>
+      </c>
+      <c r="H29" s="43">
+        <v>52.61</v>
+      </c>
+      <c r="I29" s="44">
+        <v>187892</v>
+      </c>
+      <c r="J29" s="43">
+        <v>100</v>
+      </c>
+      <c r="K29" s="43">
+        <v>14.79</v>
+      </c>
+      <c r="L29" s="44">
+        <v>76923</v>
+      </c>
+      <c r="M29" s="43">
+        <v>40.94</v>
+      </c>
+      <c r="N29" s="43">
+        <v>12.78</v>
+      </c>
+      <c r="O29" s="44">
+        <v>110969</v>
+      </c>
+      <c r="P29" s="43">
+        <v>59.06</v>
+      </c>
+      <c r="Q29" s="47">
+        <v>16.61</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="41"/>
+      <c r="B30" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C30" s="44">
+        <v>1107474</v>
+      </c>
+      <c r="D30" s="43">
+        <v>100</v>
+      </c>
+      <c r="E30" s="44">
+        <v>524839</v>
+      </c>
+      <c r="F30" s="43">
+        <v>47.39</v>
+      </c>
+      <c r="G30" s="44">
+        <v>582635</v>
+      </c>
+      <c r="H30" s="43">
+        <v>52.61</v>
+      </c>
+      <c r="I30" s="44">
+        <v>139891</v>
+      </c>
+      <c r="J30" s="43">
+        <v>100</v>
+      </c>
+      <c r="K30" s="43">
+        <v>12.63</v>
+      </c>
+      <c r="L30" s="44">
+        <v>57119</v>
+      </c>
+      <c r="M30" s="43">
+        <v>40.83</v>
+      </c>
+      <c r="N30" s="43">
+        <v>10.88</v>
+      </c>
+      <c r="O30" s="44">
+        <v>82772</v>
+      </c>
+      <c r="P30" s="43">
+        <v>59.17</v>
+      </c>
+      <c r="Q30" s="47">
+        <v>14.21</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="41"/>
+      <c r="B31" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C31" s="44">
+        <v>174325</v>
+      </c>
+      <c r="D31" s="43">
+        <v>100</v>
+      </c>
+      <c r="E31" s="44">
+        <v>84999</v>
+      </c>
+      <c r="F31" s="43">
+        <v>48.76</v>
+      </c>
+      <c r="G31" s="44">
+        <v>89326</v>
+      </c>
+      <c r="H31" s="43">
+        <v>51.24</v>
+      </c>
+      <c r="I31" s="44">
+        <v>37404</v>
+      </c>
+      <c r="J31" s="43">
+        <v>100</v>
+      </c>
+      <c r="K31" s="43">
+        <v>21.46</v>
+      </c>
+      <c r="L31" s="44">
+        <v>15342</v>
+      </c>
+      <c r="M31" s="43">
+        <v>41.02</v>
+      </c>
+      <c r="N31" s="43">
+        <v>18.05</v>
+      </c>
+      <c r="O31" s="44">
+        <v>22062</v>
+      </c>
+      <c r="P31" s="43">
+        <v>58.98</v>
+      </c>
+      <c r="Q31" s="47">
+        <v>24.7</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="41"/>
+      <c r="B32" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C32" s="44">
+        <v>503453</v>
+      </c>
+      <c r="D32" s="43">
+        <v>100</v>
+      </c>
+      <c r="E32" s="44">
+        <v>245481</v>
+      </c>
+      <c r="F32" s="43">
+        <v>48.76</v>
+      </c>
+      <c r="G32" s="44">
+        <v>257972</v>
+      </c>
+      <c r="H32" s="43">
+        <v>51.24</v>
+      </c>
+      <c r="I32" s="44">
+        <v>110524</v>
+      </c>
+      <c r="J32" s="43">
+        <v>100</v>
+      </c>
+      <c r="K32" s="43">
+        <v>21.95</v>
+      </c>
+      <c r="L32" s="44">
+        <v>45527</v>
+      </c>
+      <c r="M32" s="43">
+        <v>41.19</v>
+      </c>
+      <c r="N32" s="43">
+        <v>18.55</v>
+      </c>
+      <c r="O32" s="44">
+        <v>64997</v>
+      </c>
+      <c r="P32" s="43">
+        <v>58.81</v>
+      </c>
+      <c r="Q32" s="47">
+        <v>25.2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="41"/>
+      <c r="B33" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C33" s="44">
+        <v>485792</v>
+      </c>
+      <c r="D33" s="43">
+        <v>100</v>
+      </c>
+      <c r="E33" s="44">
+        <v>236874</v>
+      </c>
+      <c r="F33" s="43">
+        <v>48.76</v>
+      </c>
+      <c r="G33" s="44">
+        <v>248918</v>
+      </c>
+      <c r="H33" s="43">
+        <v>51.24</v>
+      </c>
+      <c r="I33" s="44">
+        <v>104906</v>
+      </c>
+      <c r="J33" s="43">
+        <v>100</v>
+      </c>
+      <c r="K33" s="43">
+        <v>21.59</v>
+      </c>
+      <c r="L33" s="44">
+        <v>43493</v>
+      </c>
+      <c r="M33" s="43">
+        <v>41.46</v>
+      </c>
+      <c r="N33" s="43">
+        <v>18.36</v>
+      </c>
+      <c r="O33" s="44">
+        <v>61413</v>
+      </c>
+      <c r="P33" s="43">
+        <v>58.54</v>
+      </c>
+      <c r="Q33" s="47">
+        <v>24.67</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="40" t="s">
+        <v>38</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="44">
+        <v>11120320</v>
+      </c>
+      <c r="D34" s="43">
+        <v>100</v>
+      </c>
+      <c r="E34" s="44">
+        <v>5324107</v>
+      </c>
+      <c r="F34" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G34" s="44">
+        <v>5796213</v>
+      </c>
+      <c r="H34" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I34" s="44">
+        <v>2913885</v>
+      </c>
+      <c r="J34" s="43">
+        <v>100</v>
+      </c>
+      <c r="K34" s="43">
+        <v>26.2</v>
+      </c>
+      <c r="L34" s="44">
+        <v>1238314</v>
+      </c>
+      <c r="M34" s="43">
+        <v>42.5</v>
+      </c>
+      <c r="N34" s="43">
+        <v>23.26</v>
+      </c>
+      <c r="O34" s="44">
+        <v>1675571</v>
+      </c>
+      <c r="P34" s="43">
+        <v>57.5</v>
+      </c>
+      <c r="Q34" s="47">
+        <v>28.91</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="41"/>
+      <c r="B35" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C35" s="44">
+        <v>1786994</v>
+      </c>
+      <c r="D35" s="43">
+        <v>100</v>
+      </c>
+      <c r="E35" s="44">
+        <v>855566</v>
+      </c>
+      <c r="F35" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G35" s="44">
+        <v>931428</v>
+      </c>
+      <c r="H35" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I35" s="44">
+        <v>451761</v>
+      </c>
+      <c r="J35" s="43">
+        <v>100</v>
+      </c>
+      <c r="K35" s="43">
+        <v>25.28</v>
+      </c>
+      <c r="L35" s="44">
+        <v>192729</v>
+      </c>
+      <c r="M35" s="43">
+        <v>42.66</v>
+      </c>
+      <c r="N35" s="43">
+        <v>22.53</v>
+      </c>
+      <c r="O35" s="44">
+        <v>259032</v>
+      </c>
+      <c r="P35" s="43">
+        <v>57.34</v>
+      </c>
+      <c r="Q35" s="47">
+        <v>27.81</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="41"/>
+      <c r="B36" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="44">
+        <v>385308</v>
+      </c>
+      <c r="D36" s="43">
+        <v>100</v>
+      </c>
+      <c r="E36" s="44">
+        <v>184474</v>
+      </c>
+      <c r="F36" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G36" s="44">
+        <v>200834</v>
+      </c>
+      <c r="H36" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I36" s="44">
+        <v>97707</v>
+      </c>
+      <c r="J36" s="43">
+        <v>100</v>
+      </c>
+      <c r="K36" s="43">
+        <v>25.36</v>
+      </c>
+      <c r="L36" s="44">
+        <v>41582</v>
+      </c>
+      <c r="M36" s="43">
+        <v>42.56</v>
+      </c>
+      <c r="N36" s="43">
+        <v>22.54</v>
+      </c>
+      <c r="O36" s="44">
+        <v>56125</v>
+      </c>
+      <c r="P36" s="43">
+        <v>57.44</v>
+      </c>
+      <c r="Q36" s="47">
+        <v>27.95</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="41"/>
+      <c r="B37" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C37" s="44">
+        <v>682796</v>
+      </c>
+      <c r="D37" s="43">
+        <v>100</v>
+      </c>
+      <c r="E37" s="44">
+        <v>326903</v>
+      </c>
+      <c r="F37" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G37" s="44">
+        <v>355893</v>
+      </c>
+      <c r="H37" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I37" s="44">
+        <v>181332</v>
+      </c>
+      <c r="J37" s="43">
+        <v>100</v>
+      </c>
+      <c r="K37" s="43">
+        <v>26.56</v>
+      </c>
+      <c r="L37" s="44">
+        <v>76981</v>
+      </c>
+      <c r="M37" s="43">
+        <v>42.45</v>
+      </c>
+      <c r="N37" s="43">
+        <v>23.55</v>
+      </c>
+      <c r="O37" s="44">
+        <v>104351</v>
+      </c>
+      <c r="P37" s="43">
+        <v>57.55</v>
+      </c>
+      <c r="Q37" s="47">
+        <v>29.32</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="41"/>
+      <c r="B38" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C38" s="44">
+        <v>394459</v>
+      </c>
+      <c r="D38" s="43">
+        <v>100</v>
+      </c>
+      <c r="E38" s="44">
+        <v>188856</v>
+      </c>
+      <c r="F38" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G38" s="44">
+        <v>205603</v>
+      </c>
+      <c r="H38" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I38" s="44">
+        <v>105086</v>
+      </c>
+      <c r="J38" s="43">
+        <v>100</v>
+      </c>
+      <c r="K38" s="43">
+        <v>26.64</v>
+      </c>
+      <c r="L38" s="44">
+        <v>44617</v>
+      </c>
+      <c r="M38" s="43">
+        <v>42.46</v>
+      </c>
+      <c r="N38" s="43">
+        <v>23.62</v>
+      </c>
+      <c r="O38" s="44">
+        <v>60469</v>
+      </c>
+      <c r="P38" s="43">
+        <v>57.54</v>
+      </c>
+      <c r="Q38" s="47">
+        <v>29.41</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="41"/>
+      <c r="B39" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" s="44">
+        <v>358157</v>
+      </c>
+      <c r="D39" s="43">
+        <v>100</v>
+      </c>
+      <c r="E39" s="44">
+        <v>171478</v>
+      </c>
+      <c r="F39" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G39" s="44">
+        <v>186679</v>
+      </c>
+      <c r="H39" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I39" s="44">
+        <v>95266</v>
+      </c>
+      <c r="J39" s="43">
+        <v>100</v>
+      </c>
+      <c r="K39" s="43">
+        <v>26.6</v>
+      </c>
+      <c r="L39" s="44">
+        <v>40465</v>
+      </c>
+      <c r="M39" s="43">
+        <v>42.48</v>
+      </c>
+      <c r="N39" s="43">
+        <v>23.6</v>
+      </c>
+      <c r="O39" s="44">
+        <v>54801</v>
+      </c>
+      <c r="P39" s="43">
+        <v>57.52</v>
+      </c>
+      <c r="Q39" s="47">
+        <v>29.36</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="41"/>
+      <c r="B40" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C40" s="44">
+        <v>433121</v>
+      </c>
+      <c r="D40" s="43">
+        <v>100</v>
+      </c>
+      <c r="E40" s="44">
+        <v>207367</v>
+      </c>
+      <c r="F40" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G40" s="44">
+        <v>225754</v>
+      </c>
+      <c r="H40" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I40" s="44">
+        <v>115400</v>
+      </c>
+      <c r="J40" s="43">
+        <v>100</v>
+      </c>
+      <c r="K40" s="43">
+        <v>26.64</v>
+      </c>
+      <c r="L40" s="44">
+        <v>48977</v>
+      </c>
+      <c r="M40" s="43">
+        <v>42.44</v>
+      </c>
+      <c r="N40" s="43">
+        <v>23.62</v>
+      </c>
+      <c r="O40" s="44">
+        <v>66423</v>
+      </c>
+      <c r="P40" s="43">
+        <v>57.56</v>
+      </c>
+      <c r="Q40" s="47">
+        <v>29.42</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="41"/>
+      <c r="B41" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C41" s="44">
+        <v>352203</v>
+      </c>
+      <c r="D41" s="43">
+        <v>100</v>
+      </c>
+      <c r="E41" s="44">
+        <v>168626</v>
+      </c>
+      <c r="F41" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G41" s="44">
+        <v>183577</v>
+      </c>
+      <c r="H41" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I41" s="44">
+        <v>93714</v>
+      </c>
+      <c r="J41" s="43">
+        <v>100</v>
+      </c>
+      <c r="K41" s="43">
+        <v>26.61</v>
+      </c>
+      <c r="L41" s="44">
+        <v>39788</v>
+      </c>
+      <c r="M41" s="43">
+        <v>42.46</v>
+      </c>
+      <c r="N41" s="43">
+        <v>23.6</v>
+      </c>
+      <c r="O41" s="44">
+        <v>53926</v>
+      </c>
+      <c r="P41" s="43">
+        <v>57.54</v>
+      </c>
+      <c r="Q41" s="47">
+        <v>29.38</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="41"/>
+      <c r="B42" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C42" s="44">
+        <v>1127528</v>
+      </c>
+      <c r="D42" s="43">
+        <v>100</v>
+      </c>
+      <c r="E42" s="44">
+        <v>539827</v>
+      </c>
+      <c r="F42" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G42" s="44">
+        <v>587701</v>
+      </c>
+      <c r="H42" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I42" s="44">
+        <v>294813</v>
+      </c>
+      <c r="J42" s="43">
+        <v>100</v>
+      </c>
+      <c r="K42" s="43">
+        <v>26.15</v>
+      </c>
+      <c r="L42" s="44">
+        <v>125204</v>
+      </c>
+      <c r="M42" s="43">
+        <v>42.47</v>
+      </c>
+      <c r="N42" s="43">
+        <v>23.19</v>
+      </c>
+      <c r="O42" s="44">
+        <v>169609</v>
+      </c>
+      <c r="P42" s="43">
+        <v>57.53</v>
+      </c>
+      <c r="Q42" s="47">
+        <v>28.86</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="41"/>
+      <c r="B43" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" s="44">
+        <v>245251</v>
+      </c>
+      <c r="D43" s="43">
+        <v>100</v>
+      </c>
+      <c r="E43" s="44">
+        <v>117417</v>
+      </c>
+      <c r="F43" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G43" s="44">
+        <v>127834</v>
+      </c>
+      <c r="H43" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I43" s="44">
+        <v>64036</v>
+      </c>
+      <c r="J43" s="43">
+        <v>100</v>
+      </c>
+      <c r="K43" s="43">
+        <v>26.11</v>
+      </c>
+      <c r="L43" s="44">
+        <v>27195</v>
+      </c>
+      <c r="M43" s="43">
+        <v>42.47</v>
+      </c>
+      <c r="N43" s="43">
+        <v>23.16</v>
+      </c>
+      <c r="O43" s="44">
+        <v>36841</v>
+      </c>
+      <c r="P43" s="43">
+        <v>57.53</v>
+      </c>
+      <c r="Q43" s="47">
+        <v>28.82</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="41"/>
+      <c r="B44" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C44" s="44">
+        <v>888723</v>
+      </c>
+      <c r="D44" s="43">
+        <v>100</v>
+      </c>
+      <c r="E44" s="44">
+        <v>425500</v>
+      </c>
+      <c r="F44" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G44" s="44">
+        <v>463223</v>
+      </c>
+      <c r="H44" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I44" s="44">
+        <v>235671</v>
+      </c>
+      <c r="J44" s="43">
+        <v>100</v>
+      </c>
+      <c r="K44" s="43">
+        <v>26.52</v>
+      </c>
+      <c r="L44" s="44">
+        <v>100014</v>
+      </c>
+      <c r="M44" s="43">
+        <v>42.44</v>
+      </c>
+      <c r="N44" s="43">
+        <v>23.51</v>
+      </c>
+      <c r="O44" s="44">
+        <v>135657</v>
+      </c>
+      <c r="P44" s="43">
+        <v>57.56</v>
+      </c>
+      <c r="Q44" s="47">
+        <v>29.29</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="41"/>
+      <c r="B45" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C45" s="44">
+        <v>267298</v>
+      </c>
+      <c r="D45" s="43">
+        <v>100</v>
+      </c>
+      <c r="E45" s="44">
+        <v>127974</v>
+      </c>
+      <c r="F45" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G45" s="44">
+        <v>139324</v>
+      </c>
+      <c r="H45" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I45" s="44">
+        <v>71108</v>
+      </c>
+      <c r="J45" s="43">
+        <v>100</v>
+      </c>
+      <c r="K45" s="43">
+        <v>26.6</v>
+      </c>
+      <c r="L45" s="44">
+        <v>30184</v>
+      </c>
+      <c r="M45" s="43">
+        <v>42.45</v>
+      </c>
+      <c r="N45" s="43">
+        <v>23.59</v>
+      </c>
+      <c r="O45" s="44">
+        <v>40924</v>
+      </c>
+      <c r="P45" s="43">
+        <v>57.55</v>
+      </c>
+      <c r="Q45" s="47">
+        <v>29.37</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="41"/>
+      <c r="B46" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C46" s="44">
+        <v>778828</v>
+      </c>
+      <c r="D46" s="43">
+        <v>100</v>
+      </c>
+      <c r="E46" s="44">
+        <v>372885</v>
+      </c>
+      <c r="F46" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G46" s="44">
+        <v>405943</v>
+      </c>
+      <c r="H46" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I46" s="44">
+        <v>206479</v>
+      </c>
+      <c r="J46" s="43">
+        <v>100</v>
+      </c>
+      <c r="K46" s="43">
+        <v>26.51</v>
+      </c>
+      <c r="L46" s="44">
+        <v>87634</v>
+      </c>
+      <c r="M46" s="43">
+        <v>42.44</v>
+      </c>
+      <c r="N46" s="43">
+        <v>23.5</v>
+      </c>
+      <c r="O46" s="44">
+        <v>118845</v>
+      </c>
+      <c r="P46" s="43">
+        <v>57.56</v>
+      </c>
+      <c r="Q46" s="47">
+        <v>29.28</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="41"/>
+      <c r="B47" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C47" s="44">
+        <v>536784</v>
+      </c>
+      <c r="D47" s="43">
+        <v>100</v>
+      </c>
+      <c r="E47" s="44">
+        <v>256997</v>
+      </c>
+      <c r="F47" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G47" s="44">
+        <v>279787</v>
+      </c>
+      <c r="H47" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I47" s="44">
+        <v>137476</v>
+      </c>
+      <c r="J47" s="43">
+        <v>100</v>
+      </c>
+      <c r="K47" s="43">
+        <v>25.61</v>
+      </c>
+      <c r="L47" s="44">
+        <v>58384</v>
+      </c>
+      <c r="M47" s="43">
+        <v>42.47</v>
+      </c>
+      <c r="N47" s="43">
+        <v>22.72</v>
+      </c>
+      <c r="O47" s="44">
+        <v>79092</v>
+      </c>
+      <c r="P47" s="43">
+        <v>57.53</v>
+      </c>
+      <c r="Q47" s="47">
+        <v>28.27</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="41"/>
+      <c r="B48" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" s="44">
+        <v>602009</v>
+      </c>
+      <c r="D48" s="43">
+        <v>100</v>
+      </c>
+      <c r="E48" s="44">
+        <v>288224</v>
+      </c>
+      <c r="F48" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G48" s="44">
+        <v>313785</v>
+      </c>
+      <c r="H48" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I48" s="44">
+        <v>160351</v>
+      </c>
+      <c r="J48" s="43">
+        <v>100</v>
+      </c>
+      <c r="K48" s="43">
+        <v>26.64</v>
+      </c>
+      <c r="L48" s="44">
+        <v>68062</v>
+      </c>
+      <c r="M48" s="43">
+        <v>42.45</v>
+      </c>
+      <c r="N48" s="43">
+        <v>23.61</v>
+      </c>
+      <c r="O48" s="44">
+        <v>92289</v>
+      </c>
+      <c r="P48" s="43">
+        <v>57.55</v>
+      </c>
+      <c r="Q48" s="47">
+        <v>29.41</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="41"/>
+      <c r="B49" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" s="44">
+        <v>891208</v>
+      </c>
+      <c r="D49" s="43">
+        <v>100</v>
+      </c>
+      <c r="E49" s="44">
+        <v>426686</v>
+      </c>
+      <c r="F49" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G49" s="44">
+        <v>464522</v>
+      </c>
+      <c r="H49" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I49" s="44">
+        <v>236706</v>
+      </c>
+      <c r="J49" s="43">
+        <v>100</v>
+      </c>
+      <c r="K49" s="43">
+        <v>26.56</v>
+      </c>
+      <c r="L49" s="44">
+        <v>100498</v>
+      </c>
+      <c r="M49" s="43">
+        <v>42.46</v>
+      </c>
+      <c r="N49" s="43">
+        <v>23.55</v>
+      </c>
+      <c r="O49" s="44">
+        <v>136208</v>
+      </c>
+      <c r="P49" s="43">
+        <v>57.54</v>
+      </c>
+      <c r="Q49" s="47">
+        <v>29.32</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="41"/>
+      <c r="B50" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C50" s="44">
+        <v>497806</v>
+      </c>
+      <c r="D50" s="43">
+        <v>100</v>
+      </c>
+      <c r="E50" s="44">
+        <v>238336</v>
+      </c>
+      <c r="F50" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G50" s="44">
+        <v>259470</v>
+      </c>
+      <c r="H50" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I50" s="44">
+        <v>131168</v>
+      </c>
+      <c r="J50" s="43">
+        <v>100</v>
+      </c>
+      <c r="K50" s="43">
+        <v>26.35</v>
+      </c>
+      <c r="L50" s="44">
+        <v>55712</v>
+      </c>
+      <c r="M50" s="43">
+        <v>42.47</v>
+      </c>
+      <c r="N50" s="43">
+        <v>23.38</v>
+      </c>
+      <c r="O50" s="44">
+        <v>75456</v>
+      </c>
+      <c r="P50" s="43">
+        <v>57.53</v>
+      </c>
+      <c r="Q50" s="47">
+        <v>29.08</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="41"/>
+      <c r="B51" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C51" s="44">
+        <v>891847</v>
+      </c>
+      <c r="D51" s="43">
+        <v>100</v>
+      </c>
+      <c r="E51" s="44">
+        <v>426991</v>
+      </c>
+      <c r="F51" s="43">
+        <v>47.88</v>
+      </c>
+      <c r="G51" s="44">
+        <v>464856</v>
+      </c>
+      <c r="H51" s="43">
+        <v>52.12</v>
+      </c>
+      <c r="I51" s="44">
+        <v>235811</v>
+      </c>
+      <c r="J51" s="43">
+        <v>100</v>
+      </c>
+      <c r="K51" s="43">
+        <v>26.44</v>
+      </c>
+      <c r="L51" s="44">
+        <v>100288</v>
+      </c>
+      <c r="M51" s="43">
+        <v>42.53</v>
+      </c>
+      <c r="N51" s="43">
+        <v>23.49</v>
+      </c>
+      <c r="O51" s="44">
+        <v>135523</v>
+      </c>
+      <c r="P51" s="43">
+        <v>57.47</v>
+      </c>
+      <c r="Q51" s="47">
+        <v>29.15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="40" t="s">
+        <v>56</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C52" s="44">
+        <v>18147860</v>
+      </c>
+      <c r="D52" s="43">
+        <v>100</v>
+      </c>
+      <c r="E52" s="44">
+        <v>8717496</v>
+      </c>
+      <c r="F52" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G52" s="44">
+        <v>9430364</v>
+      </c>
+      <c r="H52" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I52" s="44">
+        <v>4218846</v>
+      </c>
+      <c r="J52" s="43">
+        <v>100</v>
+      </c>
+      <c r="K52" s="43">
+        <v>23.25</v>
+      </c>
+      <c r="L52" s="44">
+        <v>1801307</v>
+      </c>
+      <c r="M52" s="43">
+        <v>42.7</v>
+      </c>
+      <c r="N52" s="43">
+        <v>20.66</v>
+      </c>
+      <c r="O52" s="44">
+        <v>2417539</v>
+      </c>
+      <c r="P52" s="43">
+        <v>57.3</v>
+      </c>
+      <c r="Q52" s="47">
+        <v>25.64</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="41"/>
+      <c r="B53" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C53" s="44">
+        <v>2486343</v>
+      </c>
+      <c r="D53" s="43">
+        <v>100</v>
+      </c>
+      <c r="E53" s="44">
+        <v>1194347</v>
+      </c>
+      <c r="F53" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G53" s="44">
+        <v>1291996</v>
+      </c>
+      <c r="H53" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I53" s="44">
+        <v>575128</v>
+      </c>
+      <c r="J53" s="43">
+        <v>100</v>
+      </c>
+      <c r="K53" s="43">
+        <v>23.13</v>
+      </c>
+      <c r="L53" s="44">
+        <v>245841</v>
+      </c>
+      <c r="M53" s="43">
+        <v>42.75</v>
+      </c>
+      <c r="N53" s="43">
+        <v>20.58</v>
+      </c>
+      <c r="O53" s="44">
+        <v>329287</v>
+      </c>
+      <c r="P53" s="43">
+        <v>57.25</v>
+      </c>
+      <c r="Q53" s="47">
+        <v>25.49</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="41"/>
+      <c r="B54" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C54" s="44">
+        <v>1176074</v>
+      </c>
+      <c r="D54" s="43">
+        <v>100</v>
+      </c>
+      <c r="E54" s="44">
+        <v>564939</v>
+      </c>
+      <c r="F54" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G54" s="44">
+        <v>611135</v>
+      </c>
+      <c r="H54" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I54" s="44">
+        <v>273882</v>
+      </c>
+      <c r="J54" s="43">
+        <v>100</v>
+      </c>
+      <c r="K54" s="43">
+        <v>23.29</v>
+      </c>
+      <c r="L54" s="44">
+        <v>116853</v>
+      </c>
+      <c r="M54" s="43">
+        <v>42.67</v>
+      </c>
+      <c r="N54" s="43">
+        <v>20.68</v>
+      </c>
+      <c r="O54" s="44">
+        <v>157029</v>
+      </c>
+      <c r="P54" s="43">
+        <v>57.33</v>
+      </c>
+      <c r="Q54" s="47">
+        <v>25.69</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="41"/>
+      <c r="B55" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C55" s="44">
+        <v>1025206</v>
+      </c>
+      <c r="D55" s="43">
+        <v>100</v>
+      </c>
+      <c r="E55" s="44">
+        <v>492472</v>
+      </c>
+      <c r="F55" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G55" s="44">
+        <v>532734</v>
+      </c>
+      <c r="H55" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I55" s="44">
+        <v>238398</v>
+      </c>
+      <c r="J55" s="43">
+        <v>100</v>
+      </c>
+      <c r="K55" s="43">
+        <v>23.25</v>
+      </c>
+      <c r="L55" s="44">
+        <v>101724</v>
+      </c>
+      <c r="M55" s="43">
+        <v>42.67</v>
+      </c>
+      <c r="N55" s="43">
+        <v>20.66</v>
+      </c>
+      <c r="O55" s="44">
+        <v>136674</v>
+      </c>
+      <c r="P55" s="43">
+        <v>57.33</v>
+      </c>
+      <c r="Q55" s="47">
+        <v>25.66</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="41"/>
+      <c r="B56" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C56" s="44">
+        <v>912335</v>
+      </c>
+      <c r="D56" s="43">
+        <v>100</v>
+      </c>
+      <c r="E56" s="44">
+        <v>438251</v>
+      </c>
+      <c r="F56" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G56" s="44">
+        <v>474084</v>
+      </c>
+      <c r="H56" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I56" s="44">
+        <v>212438</v>
+      </c>
+      <c r="J56" s="43">
+        <v>100</v>
+      </c>
+      <c r="K56" s="43">
+        <v>23.29</v>
+      </c>
+      <c r="L56" s="44">
+        <v>90585</v>
+      </c>
+      <c r="M56" s="43">
+        <v>42.64</v>
+      </c>
+      <c r="N56" s="43">
+        <v>20.67</v>
+      </c>
+      <c r="O56" s="44">
+        <v>121853</v>
+      </c>
+      <c r="P56" s="43">
+        <v>57.36</v>
+      </c>
+      <c r="Q56" s="47">
+        <v>25.7</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="41"/>
+      <c r="B57" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C57" s="44">
+        <v>1723972</v>
+      </c>
+      <c r="D57" s="43">
+        <v>100</v>
+      </c>
+      <c r="E57" s="44">
+        <v>827850</v>
+      </c>
+      <c r="F57" s="43">
+        <v>48.02</v>
+      </c>
+      <c r="G57" s="44">
+        <v>896122</v>
+      </c>
+      <c r="H57" s="43">
+        <v>51.98</v>
+      </c>
+      <c r="I57" s="44">
+        <v>401029</v>
+      </c>
+      <c r="J57" s="43">
+        <v>100</v>
+      </c>
+      <c r="K57" s="43">
+        <v>23.26</v>
+      </c>
+      <c r="L57" s="44">
+        <v>170956</v>
+      </c>
+      <c r="M57" s="43">
+        <v>42.63</v>
+      </c>
+      <c r="N57" s="43">
+        <v>20.65</v>
+      </c>
+      <c r="O57" s="44">
+        <v>230073</v>
+      </c>
+      <c r="P57" s="43">
+        <v>57.37</v>
+      </c>
+      <c r="Q57" s="47">
+        <v>25.67</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="41"/>
+      <c r="B58" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C58" s="44">
+        <v>440581</v>
+      </c>
+      <c r="D58" s="43">
+        <v>100</v>
+      </c>
+      <c r="E58" s="44">
+        <v>211637</v>
+      </c>
+      <c r="F58" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G58" s="44">
+        <v>228944</v>
+      </c>
+      <c r="H58" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I58" s="44">
+        <v>102598</v>
+      </c>
+      <c r="J58" s="43">
+        <v>100</v>
+      </c>
+      <c r="K58" s="43">
+        <v>23.29</v>
+      </c>
+      <c r="L58" s="44">
+        <v>43743</v>
+      </c>
+      <c r="M58" s="43">
+        <v>42.64</v>
+      </c>
+      <c r="N58" s="43">
+        <v>20.67</v>
+      </c>
+      <c r="O58" s="44">
+        <v>58855</v>
+      </c>
+      <c r="P58" s="43">
+        <v>57.36</v>
+      </c>
+      <c r="Q58" s="47">
+        <v>25.71</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="41"/>
+      <c r="B59" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C59" s="44">
+        <v>910538</v>
+      </c>
+      <c r="D59" s="43">
+        <v>100</v>
+      </c>
+      <c r="E59" s="44">
+        <v>437387</v>
+      </c>
+      <c r="F59" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G59" s="44">
+        <v>473151</v>
+      </c>
+      <c r="H59" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I59" s="44">
+        <v>211949</v>
+      </c>
+      <c r="J59" s="43">
+        <v>100</v>
+      </c>
+      <c r="K59" s="43">
+        <v>23.28</v>
+      </c>
+      <c r="L59" s="44">
+        <v>90374</v>
+      </c>
+      <c r="M59" s="43">
+        <v>42.64</v>
+      </c>
+      <c r="N59" s="43">
+        <v>20.66</v>
+      </c>
+      <c r="O59" s="44">
+        <v>121575</v>
+      </c>
+      <c r="P59" s="43">
+        <v>57.36</v>
+      </c>
+      <c r="Q59" s="47">
+        <v>25.69</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="41"/>
+      <c r="B60" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C60" s="44">
+        <v>280161</v>
+      </c>
+      <c r="D60" s="43">
+        <v>100</v>
+      </c>
+      <c r="E60" s="44">
+        <v>134854</v>
+      </c>
+      <c r="F60" s="43">
+        <v>48.13</v>
+      </c>
+      <c r="G60" s="44">
+        <v>145307</v>
+      </c>
+      <c r="H60" s="43">
+        <v>51.87</v>
+      </c>
+      <c r="I60" s="44">
+        <v>65212</v>
+      </c>
+      <c r="J60" s="43">
+        <v>100</v>
+      </c>
+      <c r="K60" s="43">
+        <v>23.28</v>
+      </c>
+      <c r="L60" s="44">
+        <v>27863</v>
+      </c>
+      <c r="M60" s="43">
+        <v>42.73</v>
+      </c>
+      <c r="N60" s="43">
+        <v>20.66</v>
+      </c>
+      <c r="O60" s="44">
+        <v>37349</v>
+      </c>
+      <c r="P60" s="43">
+        <v>57.27</v>
+      </c>
+      <c r="Q60" s="47">
+        <v>25.7</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="41"/>
+      <c r="B61" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C61" s="44">
+        <v>354648</v>
+      </c>
+      <c r="D61" s="43">
+        <v>100</v>
+      </c>
+      <c r="E61" s="44">
+        <v>171989</v>
+      </c>
+      <c r="F61" s="43">
+        <v>48.5</v>
+      </c>
+      <c r="G61" s="44">
+        <v>182659</v>
+      </c>
+      <c r="H61" s="43">
+        <v>51.5</v>
+      </c>
+      <c r="I61" s="44">
+        <v>82400</v>
+      </c>
+      <c r="J61" s="43">
+        <v>100</v>
+      </c>
+      <c r="K61" s="43">
+        <v>23.23</v>
+      </c>
+      <c r="L61" s="44">
+        <v>35522</v>
+      </c>
+      <c r="M61" s="43">
+        <v>43.11</v>
+      </c>
+      <c r="N61" s="43">
+        <v>20.65</v>
+      </c>
+      <c r="O61" s="44">
+        <v>46878</v>
+      </c>
+      <c r="P61" s="43">
+        <v>56.89</v>
+      </c>
+      <c r="Q61" s="47">
+        <v>25.66</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="41"/>
+      <c r="B62" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C62" s="44">
+        <v>466770</v>
+      </c>
+      <c r="D62" s="43">
+        <v>100</v>
+      </c>
+      <c r="E62" s="44">
+        <v>223744</v>
+      </c>
+      <c r="F62" s="43">
+        <v>47.93</v>
+      </c>
+      <c r="G62" s="44">
+        <v>243026</v>
+      </c>
+      <c r="H62" s="43">
+        <v>52.07</v>
+      </c>
+      <c r="I62" s="44">
+        <v>108740</v>
+      </c>
+      <c r="J62" s="43">
+        <v>100</v>
+      </c>
+      <c r="K62" s="43">
+        <v>23.3</v>
+      </c>
+      <c r="L62" s="44">
+        <v>46279</v>
+      </c>
+      <c r="M62" s="43">
+        <v>42.56</v>
+      </c>
+      <c r="N62" s="43">
+        <v>20.68</v>
+      </c>
+      <c r="O62" s="44">
+        <v>62461</v>
+      </c>
+      <c r="P62" s="43">
+        <v>57.44</v>
+      </c>
+      <c r="Q62" s="47">
+        <v>25.7</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="41"/>
+      <c r="B63" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C63" s="44">
+        <v>1702525</v>
+      </c>
+      <c r="D63" s="43">
+        <v>100</v>
+      </c>
+      <c r="E63" s="44">
+        <v>817826</v>
+      </c>
+      <c r="F63" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G63" s="44">
+        <v>884699</v>
+      </c>
+      <c r="H63" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I63" s="44">
+        <v>395680</v>
+      </c>
+      <c r="J63" s="43">
+        <v>100</v>
+      </c>
+      <c r="K63" s="43">
+        <v>23.24</v>
+      </c>
+      <c r="L63" s="44">
+        <v>169211</v>
+      </c>
+      <c r="M63" s="43">
+        <v>42.76</v>
+      </c>
+      <c r="N63" s="43">
+        <v>20.69</v>
+      </c>
+      <c r="O63" s="44">
+        <v>226469</v>
+      </c>
+      <c r="P63" s="43">
+        <v>57.24</v>
+      </c>
+      <c r="Q63" s="47">
+        <v>25.6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="41"/>
+      <c r="B64" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C64" s="44">
+        <v>1241319</v>
+      </c>
+      <c r="D64" s="43">
+        <v>100</v>
+      </c>
+      <c r="E64" s="44">
+        <v>596760</v>
+      </c>
+      <c r="F64" s="43">
+        <v>48.07</v>
+      </c>
+      <c r="G64" s="44">
+        <v>644559</v>
+      </c>
+      <c r="H64" s="43">
+        <v>51.93</v>
+      </c>
+      <c r="I64" s="44">
+        <v>288957</v>
+      </c>
+      <c r="J64" s="43">
+        <v>100</v>
+      </c>
+      <c r="K64" s="43">
+        <v>23.28</v>
+      </c>
+      <c r="L64" s="44">
+        <v>123976</v>
+      </c>
+      <c r="M64" s="43">
+        <v>42.9</v>
+      </c>
+      <c r="N64" s="43">
+        <v>20.77</v>
+      </c>
+      <c r="O64" s="44">
+        <v>164981</v>
+      </c>
+      <c r="P64" s="43">
+        <v>57.1</v>
+      </c>
+      <c r="Q64" s="47">
+        <v>25.6</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="41"/>
+      <c r="B65" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C65" s="44">
+        <v>532094</v>
+      </c>
+      <c r="D65" s="43">
+        <v>100</v>
+      </c>
+      <c r="E65" s="44">
+        <v>255594</v>
+      </c>
+      <c r="F65" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G65" s="44">
+        <v>276500</v>
+      </c>
+      <c r="H65" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I65" s="44">
+        <v>123546</v>
+      </c>
+      <c r="J65" s="43">
+        <v>100</v>
+      </c>
+      <c r="K65" s="43">
+        <v>23.22</v>
+      </c>
+      <c r="L65" s="44">
+        <v>52762</v>
+      </c>
+      <c r="M65" s="43">
+        <v>42.71</v>
+      </c>
+      <c r="N65" s="43">
+        <v>20.64</v>
+      </c>
+      <c r="O65" s="44">
+        <v>70784</v>
+      </c>
+      <c r="P65" s="43">
+        <v>57.29</v>
+      </c>
+      <c r="Q65" s="47">
+        <v>25.6</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="41"/>
+      <c r="B66" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C66" s="44">
+        <v>454445</v>
+      </c>
+      <c r="D66" s="43">
+        <v>100</v>
+      </c>
+      <c r="E66" s="44">
+        <v>216639</v>
+      </c>
+      <c r="F66" s="43">
+        <v>47.67</v>
+      </c>
+      <c r="G66" s="44">
+        <v>237806</v>
+      </c>
+      <c r="H66" s="43">
+        <v>52.33</v>
+      </c>
+      <c r="I66" s="44">
+        <v>105058</v>
+      </c>
+      <c r="J66" s="43">
+        <v>100</v>
+      </c>
+      <c r="K66" s="43">
+        <v>23.12</v>
+      </c>
+      <c r="L66" s="44">
+        <v>44723</v>
+      </c>
+      <c r="M66" s="43">
+        <v>42.57</v>
+      </c>
+      <c r="N66" s="43">
+        <v>20.64</v>
+      </c>
+      <c r="O66" s="44">
+        <v>60335</v>
+      </c>
+      <c r="P66" s="43">
+        <v>57.43</v>
+      </c>
+      <c r="Q66" s="47">
+        <v>25.37</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="41"/>
+      <c r="B67" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C67" s="44">
+        <v>758302</v>
+      </c>
+      <c r="D67" s="43">
+        <v>100</v>
+      </c>
+      <c r="E67" s="44">
+        <v>364257</v>
+      </c>
+      <c r="F67" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G67" s="44">
+        <v>394045</v>
+      </c>
+      <c r="H67" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I67" s="44">
+        <v>176569</v>
+      </c>
+      <c r="J67" s="43">
+        <v>100</v>
+      </c>
+      <c r="K67" s="43">
+        <v>23.28</v>
+      </c>
+      <c r="L67" s="44">
+        <v>75293</v>
+      </c>
+      <c r="M67" s="43">
+        <v>42.64</v>
+      </c>
+      <c r="N67" s="43">
+        <v>20.67</v>
+      </c>
+      <c r="O67" s="44">
+        <v>101276</v>
+      </c>
+      <c r="P67" s="43">
+        <v>57.36</v>
+      </c>
+      <c r="Q67" s="47">
+        <v>25.7</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="41"/>
+      <c r="B68" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C68" s="44">
+        <v>1033165</v>
+      </c>
+      <c r="D68" s="43">
+        <v>100</v>
+      </c>
+      <c r="E68" s="44">
+        <v>496290</v>
+      </c>
+      <c r="F68" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G68" s="44">
+        <v>536875</v>
+      </c>
+      <c r="H68" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I68" s="44">
+        <v>240691</v>
+      </c>
+      <c r="J68" s="43">
+        <v>100</v>
+      </c>
+      <c r="K68" s="43">
+        <v>23.3</v>
+      </c>
+      <c r="L68" s="44">
+        <v>102685</v>
+      </c>
+      <c r="M68" s="43">
+        <v>42.66</v>
+      </c>
+      <c r="N68" s="43">
+        <v>20.69</v>
+      </c>
+      <c r="O68" s="44">
+        <v>138006</v>
+      </c>
+      <c r="P68" s="43">
+        <v>57.34</v>
+      </c>
+      <c r="Q68" s="47">
+        <v>25.71</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="41"/>
+      <c r="B69" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C69" s="44">
+        <v>775519</v>
+      </c>
+      <c r="D69" s="43">
+        <v>100</v>
+      </c>
+      <c r="E69" s="44">
+        <v>372528</v>
+      </c>
+      <c r="F69" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G69" s="44">
+        <v>402991</v>
+      </c>
+      <c r="H69" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I69" s="44">
+        <v>180552</v>
+      </c>
+      <c r="J69" s="43">
+        <v>100</v>
+      </c>
+      <c r="K69" s="43">
+        <v>23.28</v>
+      </c>
+      <c r="L69" s="44">
+        <v>76979</v>
+      </c>
+      <c r="M69" s="43">
+        <v>42.64</v>
+      </c>
+      <c r="N69" s="43">
+        <v>20.66</v>
+      </c>
+      <c r="O69" s="44">
+        <v>103573</v>
+      </c>
+      <c r="P69" s="43">
+        <v>57.36</v>
+      </c>
+      <c r="Q69" s="47">
+        <v>25.7</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="41"/>
+      <c r="B70" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C70" s="44">
+        <v>902671</v>
+      </c>
+      <c r="D70" s="43">
+        <v>100</v>
+      </c>
+      <c r="E70" s="44">
+        <v>433612</v>
+      </c>
+      <c r="F70" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G70" s="44">
+        <v>469059</v>
+      </c>
+      <c r="H70" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I70" s="44">
+        <v>210063</v>
+      </c>
+      <c r="J70" s="43">
+        <v>100</v>
+      </c>
+      <c r="K70" s="43">
+        <v>23.27</v>
+      </c>
+      <c r="L70" s="44">
+        <v>89560</v>
+      </c>
+      <c r="M70" s="43">
+        <v>42.63</v>
+      </c>
+      <c r="N70" s="43">
+        <v>20.65</v>
+      </c>
+      <c r="O70" s="44">
+        <v>120503</v>
+      </c>
+      <c r="P70" s="43">
+        <v>57.37</v>
+      </c>
+      <c r="Q70" s="47">
+        <v>25.69</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="41"/>
+      <c r="B71" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C71" s="44">
+        <v>535789</v>
+      </c>
+      <c r="D71" s="43">
+        <v>100</v>
+      </c>
+      <c r="E71" s="44">
+        <v>257372</v>
+      </c>
+      <c r="F71" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G71" s="44">
+        <v>278417</v>
+      </c>
+      <c r="H71" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I71" s="44">
+        <v>124668</v>
+      </c>
+      <c r="J71" s="43">
+        <v>100</v>
+      </c>
+      <c r="K71" s="43">
+        <v>23.27</v>
+      </c>
+      <c r="L71" s="44">
+        <v>53186</v>
+      </c>
+      <c r="M71" s="43">
+        <v>42.66</v>
+      </c>
+      <c r="N71" s="43">
+        <v>20.67</v>
+      </c>
+      <c r="O71" s="44">
+        <v>71482</v>
+      </c>
+      <c r="P71" s="43">
+        <v>57.34</v>
+      </c>
+      <c r="Q71" s="47">
+        <v>25.67</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="41"/>
+      <c r="B72" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C72" s="44">
+        <v>435403</v>
+      </c>
+      <c r="D72" s="43">
+        <v>100</v>
+      </c>
+      <c r="E72" s="44">
+        <v>209148</v>
+      </c>
+      <c r="F72" s="43">
+        <v>48.04</v>
+      </c>
+      <c r="G72" s="44">
+        <v>226255</v>
+      </c>
+      <c r="H72" s="43">
+        <v>51.96</v>
+      </c>
+      <c r="I72" s="44">
+        <v>101288</v>
+      </c>
+      <c r="J72" s="43">
+        <v>100</v>
+      </c>
+      <c r="K72" s="43">
+        <v>23.26</v>
+      </c>
+      <c r="L72" s="44">
+        <v>43192</v>
+      </c>
+      <c r="M72" s="43">
+        <v>42.64</v>
+      </c>
+      <c r="N72" s="43">
+        <v>20.65</v>
+      </c>
+      <c r="O72" s="44">
+        <v>58096</v>
+      </c>
+      <c r="P72" s="43">
+        <v>57.36</v>
+      </c>
+      <c r="Q72" s="47">
+        <v>25.68</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C73" s="44">
+        <v>9827949</v>
+      </c>
+      <c r="D73" s="43">
+        <v>100</v>
+      </c>
+      <c r="E73" s="44">
+        <v>4778822</v>
+      </c>
+      <c r="F73" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G73" s="44">
+        <v>5049127</v>
+      </c>
+      <c r="H73" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I73" s="44">
+        <v>1659190</v>
+      </c>
+      <c r="J73" s="43">
+        <v>100</v>
+      </c>
+      <c r="K73" s="43">
+        <v>16.88</v>
+      </c>
+      <c r="L73" s="44">
+        <v>701759</v>
+      </c>
+      <c r="M73" s="43">
+        <v>42.3</v>
+      </c>
+      <c r="N73" s="43">
+        <v>14.68</v>
+      </c>
+      <c r="O73" s="44">
+        <v>957431</v>
+      </c>
+      <c r="P73" s="43">
+        <v>57.7</v>
+      </c>
+      <c r="Q73" s="47">
+        <v>18.96</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="41"/>
+      <c r="B74" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C74" s="44">
+        <v>1531421</v>
+      </c>
+      <c r="D74" s="43">
+        <v>100</v>
+      </c>
+      <c r="E74" s="44">
+        <v>744649</v>
+      </c>
+      <c r="F74" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G74" s="44">
+        <v>786772</v>
+      </c>
+      <c r="H74" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I74" s="44">
+        <v>264846</v>
+      </c>
+      <c r="J74" s="43">
+        <v>100</v>
+      </c>
+      <c r="K74" s="43">
+        <v>17.29</v>
+      </c>
+      <c r="L74" s="44">
+        <v>111859</v>
+      </c>
+      <c r="M74" s="43">
+        <v>42.24</v>
+      </c>
+      <c r="N74" s="43">
+        <v>15.02</v>
+      </c>
+      <c r="O74" s="44">
+        <v>152987</v>
+      </c>
+      <c r="P74" s="43">
+        <v>57.76</v>
+      </c>
+      <c r="Q74" s="47">
+        <v>19.440000000000001</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="41"/>
+      <c r="B75" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C75" s="44">
+        <v>435895</v>
+      </c>
+      <c r="D75" s="43">
+        <v>100</v>
+      </c>
+      <c r="E75" s="44">
+        <v>211954</v>
+      </c>
+      <c r="F75" s="43">
+        <v>48.63</v>
+      </c>
+      <c r="G75" s="44">
+        <v>223941</v>
+      </c>
+      <c r="H75" s="43">
+        <v>51.37</v>
+      </c>
+      <c r="I75" s="44">
+        <v>72843</v>
+      </c>
+      <c r="J75" s="43">
+        <v>100</v>
+      </c>
+      <c r="K75" s="43">
+        <v>16.71</v>
+      </c>
+      <c r="L75" s="44">
+        <v>30579</v>
+      </c>
+      <c r="M75" s="43">
+        <v>41.98</v>
+      </c>
+      <c r="N75" s="43">
+        <v>14.43</v>
+      </c>
+      <c r="O75" s="44">
+        <v>42264</v>
+      </c>
+      <c r="P75" s="43">
+        <v>58.02</v>
+      </c>
+      <c r="Q75" s="47">
+        <v>18.87</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="41"/>
+      <c r="B76" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C76" s="44">
+        <v>247898</v>
+      </c>
+      <c r="D76" s="43">
+        <v>100</v>
+      </c>
+      <c r="E76" s="44">
+        <v>120540</v>
+      </c>
+      <c r="F76" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G76" s="44">
+        <v>127358</v>
+      </c>
+      <c r="H76" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I76" s="44">
+        <v>40081</v>
+      </c>
+      <c r="J76" s="43">
+        <v>100</v>
+      </c>
+      <c r="K76" s="43">
+        <v>16.170000000000002</v>
+      </c>
+      <c r="L76" s="44">
+        <v>16955</v>
+      </c>
+      <c r="M76" s="43">
+        <v>42.3</v>
+      </c>
+      <c r="N76" s="43">
+        <v>14.07</v>
+      </c>
+      <c r="O76" s="44">
+        <v>23126</v>
+      </c>
+      <c r="P76" s="43">
+        <v>57.7</v>
+      </c>
+      <c r="Q76" s="47">
+        <v>18.16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="41"/>
+      <c r="B77" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C77" s="44">
+        <v>618664</v>
+      </c>
+      <c r="D77" s="43">
+        <v>100</v>
+      </c>
+      <c r="E77" s="44">
+        <v>300827</v>
+      </c>
+      <c r="F77" s="43">
+        <v>48.63</v>
+      </c>
+      <c r="G77" s="44">
+        <v>317837</v>
+      </c>
+      <c r="H77" s="43">
+        <v>51.37</v>
+      </c>
+      <c r="I77" s="44">
+        <v>100895</v>
+      </c>
+      <c r="J77" s="43">
+        <v>100</v>
+      </c>
+      <c r="K77" s="43">
+        <v>16.309999999999999</v>
+      </c>
+      <c r="L77" s="44">
+        <v>43843</v>
+      </c>
+      <c r="M77" s="43">
+        <v>43.45</v>
+      </c>
+      <c r="N77" s="43">
+        <v>14.57</v>
+      </c>
+      <c r="O77" s="44">
+        <v>57052</v>
+      </c>
+      <c r="P77" s="43">
+        <v>56.55</v>
+      </c>
+      <c r="Q77" s="47">
+        <v>17.95</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="41"/>
+      <c r="B78" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C78" s="44">
+        <v>1176564</v>
+      </c>
+      <c r="D78" s="43">
+        <v>100</v>
+      </c>
+      <c r="E78" s="44">
+        <v>572103</v>
+      </c>
+      <c r="F78" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G78" s="44">
+        <v>604461</v>
+      </c>
+      <c r="H78" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I78" s="44">
+        <v>188304</v>
+      </c>
+      <c r="J78" s="43">
+        <v>100</v>
+      </c>
+      <c r="K78" s="43">
+        <v>16</v>
+      </c>
+      <c r="L78" s="44">
+        <v>79530</v>
+      </c>
+      <c r="M78" s="43">
+        <v>42.23</v>
+      </c>
+      <c r="N78" s="43">
+        <v>13.9</v>
+      </c>
+      <c r="O78" s="44">
+        <v>108774</v>
+      </c>
+      <c r="P78" s="43">
+        <v>57.77</v>
+      </c>
+      <c r="Q78" s="47">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="41"/>
+      <c r="B79" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C79" s="44">
+        <v>295337</v>
+      </c>
+      <c r="D79" s="43">
+        <v>100</v>
+      </c>
+      <c r="E79" s="44">
+        <v>143608</v>
+      </c>
+      <c r="F79" s="43">
+        <v>48.63</v>
+      </c>
+      <c r="G79" s="44">
+        <v>151729</v>
+      </c>
+      <c r="H79" s="43">
+        <v>51.37</v>
+      </c>
+      <c r="I79" s="44">
+        <v>45288</v>
+      </c>
+      <c r="J79" s="43">
+        <v>100</v>
+      </c>
+      <c r="K79" s="43">
+        <v>15.33</v>
+      </c>
+      <c r="L79" s="44">
+        <v>19133</v>
+      </c>
+      <c r="M79" s="43">
+        <v>42.25</v>
+      </c>
+      <c r="N79" s="43">
+        <v>13.32</v>
+      </c>
+      <c r="O79" s="44">
+        <v>26155</v>
+      </c>
+      <c r="P79" s="43">
+        <v>57.75</v>
+      </c>
+      <c r="Q79" s="47">
+        <v>17.239999999999998</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="41"/>
+      <c r="B80" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C80" s="44">
+        <v>502134</v>
+      </c>
+      <c r="D80" s="43">
+        <v>100</v>
+      </c>
+      <c r="E80" s="44">
+        <v>244161</v>
+      </c>
+      <c r="F80" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G80" s="44">
+        <v>257973</v>
+      </c>
+      <c r="H80" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I80" s="44">
+        <v>80183</v>
+      </c>
+      <c r="J80" s="43">
+        <v>100</v>
+      </c>
+      <c r="K80" s="43">
+        <v>15.97</v>
+      </c>
+      <c r="L80" s="44">
+        <v>33869</v>
+      </c>
+      <c r="M80" s="43">
+        <v>42.24</v>
+      </c>
+      <c r="N80" s="43">
+        <v>13.87</v>
+      </c>
+      <c r="O80" s="44">
+        <v>46314</v>
+      </c>
+      <c r="P80" s="43">
+        <v>57.76</v>
+      </c>
+      <c r="Q80" s="47">
+        <v>17.95</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="41"/>
+      <c r="B81" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C81" s="44">
+        <v>1711885</v>
+      </c>
+      <c r="D81" s="43">
+        <v>100</v>
+      </c>
+      <c r="E81" s="44">
+        <v>832401</v>
+      </c>
+      <c r="F81" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G81" s="44">
+        <v>879484</v>
+      </c>
+      <c r="H81" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I81" s="44">
+        <v>290261</v>
+      </c>
+      <c r="J81" s="43">
+        <v>100</v>
+      </c>
+      <c r="K81" s="43">
+        <v>16.96</v>
+      </c>
+      <c r="L81" s="44">
+        <v>122687</v>
+      </c>
+      <c r="M81" s="43">
+        <v>42.27</v>
+      </c>
+      <c r="N81" s="43">
+        <v>14.74</v>
+      </c>
+      <c r="O81" s="44">
+        <v>167574</v>
+      </c>
+      <c r="P81" s="43">
+        <v>57.73</v>
+      </c>
+      <c r="Q81" s="47">
+        <v>19.05</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="41"/>
+      <c r="B82" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C82" s="44">
+        <v>302059</v>
+      </c>
+      <c r="D82" s="43">
+        <v>100</v>
+      </c>
+      <c r="E82" s="44">
+        <v>146879</v>
+      </c>
+      <c r="F82" s="43">
+        <v>48.63</v>
+      </c>
+      <c r="G82" s="44">
+        <v>155180</v>
+      </c>
+      <c r="H82" s="43">
+        <v>51.37</v>
+      </c>
+      <c r="I82" s="44">
+        <v>52531</v>
+      </c>
+      <c r="J82" s="43">
+        <v>100</v>
+      </c>
+      <c r="K82" s="43">
+        <v>17.39</v>
+      </c>
+      <c r="L82" s="44">
+        <v>22167</v>
+      </c>
+      <c r="M82" s="43">
+        <v>42.2</v>
+      </c>
+      <c r="N82" s="43">
+        <v>15.09</v>
+      </c>
+      <c r="O82" s="44">
+        <v>30364</v>
+      </c>
+      <c r="P82" s="43">
+        <v>57.8</v>
+      </c>
+      <c r="Q82" s="47">
+        <v>19.57</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="41"/>
+      <c r="B83" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C83" s="44">
+        <v>634266</v>
+      </c>
+      <c r="D83" s="43">
+        <v>100</v>
+      </c>
+      <c r="E83" s="44">
+        <v>308408</v>
+      </c>
+      <c r="F83" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G83" s="44">
+        <v>325858</v>
+      </c>
+      <c r="H83" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I83" s="44">
+        <v>108775</v>
+      </c>
+      <c r="J83" s="43">
+        <v>100</v>
+      </c>
+      <c r="K83" s="43">
+        <v>17.149999999999999</v>
+      </c>
+      <c r="L83" s="44">
+        <v>45917</v>
+      </c>
+      <c r="M83" s="43">
+        <v>42.21</v>
+      </c>
+      <c r="N83" s="43">
+        <v>14.89</v>
+      </c>
+      <c r="O83" s="44">
+        <v>62858</v>
+      </c>
+      <c r="P83" s="43">
+        <v>57.79</v>
+      </c>
+      <c r="Q83" s="47">
+        <v>19.29</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="41"/>
+      <c r="B84" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C84" s="44">
+        <v>491159</v>
+      </c>
+      <c r="D84" s="43">
+        <v>100</v>
+      </c>
+      <c r="E84" s="44">
+        <v>238823</v>
+      </c>
+      <c r="F84" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G84" s="44">
+        <v>252336</v>
+      </c>
+      <c r="H84" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I84" s="44">
+        <v>86202</v>
+      </c>
+      <c r="J84" s="43">
+        <v>100</v>
+      </c>
+      <c r="K84" s="43">
+        <v>17.55</v>
+      </c>
+      <c r="L84" s="44">
+        <v>36388</v>
+      </c>
+      <c r="M84" s="43">
+        <v>42.21</v>
+      </c>
+      <c r="N84" s="43">
+        <v>15.24</v>
+      </c>
+      <c r="O84" s="44">
+        <v>49814</v>
+      </c>
+      <c r="P84" s="43">
+        <v>57.79</v>
+      </c>
+      <c r="Q84" s="47">
+        <v>19.739999999999998</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="41"/>
+      <c r="B85" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C85" s="44">
+        <v>652332</v>
+      </c>
+      <c r="D85" s="43">
+        <v>100</v>
+      </c>
+      <c r="E85" s="44">
+        <v>317192</v>
+      </c>
+      <c r="F85" s="43">
+        <v>48.62</v>
+      </c>
+      <c r="G85" s="44">
+        <v>335140</v>
+      </c>
+      <c r="H85" s="43">
+        <v>51.38</v>
+      </c>
+      <c r="I85" s="44">
+        <v>113580</v>
+      </c>
+      <c r="J85" s="43">
+        <v>100</v>
+      </c>
+      <c r="K85" s="43">
+        <v>17.41</v>
+      </c>
+      <c r="L85" s="44">
+        <v>47924</v>
+      </c>
+      <c r="M85" s="43">
+        <v>42.19</v>
+      </c>
+      <c r="N85" s="43">
+        <v>15.11</v>
+      </c>
+      <c r="O85" s="44">
+        <v>65656</v>
+      </c>
+      <c r="P85" s="43">
+        <v>57.81</v>
+      </c>
+      <c r="Q85" s="47">
+        <v>19.59</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="41"/>
+      <c r="B86" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C86" s="44">
+        <v>485872</v>
+      </c>
+      <c r="D86" s="43">
+        <v>100</v>
+      </c>
+      <c r="E86" s="44">
+        <v>236258</v>
+      </c>
+      <c r="F86" s="43">
+        <v>48.63</v>
+      </c>
+      <c r="G86" s="44">
+        <v>249614</v>
+      </c>
+      <c r="H86" s="43">
+        <v>51.37</v>
+      </c>
+      <c r="I86" s="44">
+        <v>85031</v>
+      </c>
+      <c r="J86" s="43">
+        <v>100</v>
+      </c>
+      <c r="K86" s="43">
+        <v>17.5</v>
+      </c>
+      <c r="L86" s="44">
+        <v>35890</v>
+      </c>
+      <c r="M86" s="43">
+        <v>42.21</v>
+      </c>
+      <c r="N86" s="43">
+        <v>15.19</v>
+      </c>
+      <c r="O86" s="44">
+        <v>49141</v>
+      </c>
+      <c r="P86" s="43">
+        <v>57.79</v>
+      </c>
+      <c r="Q86" s="47">
+        <v>19.690000000000001</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="42"/>
+      <c r="B87" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="C87" s="45">
+        <v>742463</v>
+      </c>
+      <c r="D87" s="43">
+        <v>100</v>
+      </c>
+      <c r="E87" s="45">
+        <v>361019</v>
+      </c>
+      <c r="F87" s="46">
+        <v>48.62</v>
+      </c>
+      <c r="G87" s="45">
+        <v>381444</v>
+      </c>
+      <c r="H87" s="46">
+        <v>51.38</v>
+      </c>
+      <c r="I87" s="45">
+        <v>130370</v>
+      </c>
+      <c r="J87" s="43">
+        <v>100</v>
+      </c>
+      <c r="K87" s="46">
+        <v>17.559999999999999</v>
+      </c>
+      <c r="L87" s="45">
+        <v>55018</v>
+      </c>
+      <c r="M87" s="46">
+        <v>42.2</v>
+      </c>
+      <c r="N87" s="46">
+        <v>15.24</v>
+      </c>
+      <c r="O87" s="45">
+        <v>75352</v>
+      </c>
+      <c r="P87" s="46">
+        <v>57.8</v>
+      </c>
+      <c r="Q87" s="48">
+        <v>19.75</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A88" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="B88" s="33"/>
+      <c r="C88" s="33"/>
+      <c r="D88" s="33"/>
+      <c r="E88" s="33"/>
+      <c r="F88" s="33"/>
+      <c r="G88" s="33"/>
+      <c r="H88" s="33"/>
+      <c r="I88" s="33"/>
+      <c r="J88" s="33"/>
+      <c r="K88" s="33"/>
+      <c r="L88" s="33"/>
+      <c r="M88" s="33"/>
+      <c r="N88" s="33"/>
+      <c r="O88" s="33"/>
+      <c r="P88" s="33"/>
+      <c r="Q88" s="33"/>
+    </row>
+    <row r="89" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A89" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="16">
+    <mergeCell ref="O4:Q4"/>
+    <mergeCell ref="A8:A33"/>
+    <mergeCell ref="A34:A51"/>
+    <mergeCell ref="A52:A72"/>
+    <mergeCell ref="A73:A87"/>
+    <mergeCell ref="A88:Q88"/>
+    <mergeCell ref="A1:Q1"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:H3"/>
+    <mergeCell ref="I3:Q3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I4:K4"/>
+    <mergeCell ref="L4:N4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D319B76E-EF13-4C9D-B70E-84134F752E96}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" customWidth="1"/>
     <col min="3" max="3" width="103.7109375" style="30" customWidth="1"/>
     <col min="257" max="257" width="8.28515625" customWidth="1"/>
     <col min="258" max="258" width="35.28515625" customWidth="1"/>
     <col min="259" max="259" width="103.7109375" customWidth="1"/>
     <col min="513" max="513" width="8.28515625" customWidth="1"/>
     <col min="514" max="514" width="35.28515625" customWidth="1"/>
     <col min="515" max="515" width="103.7109375" customWidth="1"/>
     <col min="769" max="769" width="8.28515625" customWidth="1"/>
     <col min="770" max="770" width="35.28515625" customWidth="1"/>
     <col min="771" max="771" width="103.7109375" customWidth="1"/>
     <col min="1025" max="1025" width="8.28515625" customWidth="1"/>
     <col min="1026" max="1026" width="35.28515625" customWidth="1"/>
     <col min="1027" max="1027" width="103.7109375" customWidth="1"/>
     <col min="1281" max="1281" width="8.28515625" customWidth="1"/>
     <col min="1282" max="1282" width="35.28515625" customWidth="1"/>
     <col min="1283" max="1283" width="103.7109375" customWidth="1"/>
@@ -6021,53 +10427,54 @@
         <v>14</v>
       </c>
       <c r="B16" s="28" t="s">
         <v>122</v>
       </c>
       <c r="C16" s="29" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C6" r:id="rId1" xr:uid="{DBA4566A-3E37-4526-94D1-5C7C4EE2C85A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>เวิร์กชีต</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ข้อมูล</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>ข้อมูล2564</vt:lpstr>
+      <vt:lpstr>ข้อมูล2567</vt:lpstr>
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>