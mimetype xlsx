--- v0 (2025-10-09)
+++ v1 (2026-02-05)
@@ -1,63 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25330"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{957A098C-9144-4F8E-8EC3-CC38A036753D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1DFBE3F-A588-486A-8C9E-2BE51F3A24A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
+    <sheet name="ข้อมูล 2564" sheetId="1" r:id="rId1"/>
+    <sheet name="ข้อมูล 2567" sheetId="3" r:id="rId2"/>
+    <sheet name="Metadata" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="124">
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>60-69 ปี</t>
   </si>
   <si>
     <t>70-79 ปี</t>
   </si>
   <si>
     <t>80 ปี ขี้นไป</t>
   </si>
   <si>
     <t>ภาค</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>ชาย</t>
   </si>
   <si>
     <t>หญิง</t>
   </si>
   <si>
@@ -404,56 +406,59 @@
   </si>
   <si>
     <t>โครงการสำรวจประชากรสูงอายุในประเทศไทย (สำนักงานสถิติแห่งชาติ)</t>
   </si>
   <si>
     <t>รูปแบบการเก็บข้อมูล</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมภิบาล</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>จำนวนผู้สูงอายุ จากการสำรวจประชากรสูงอายุในประเทศไทย จำแนกตามกลุ่มอายุ เพศ จังหวัด เขตการปกครอง และภาค พ.ศ. 2564</t>
   </si>
+  <si>
+    <t>จำนวนผู้สูงอายุ จากการสำรวจประชากรสูงอายุในประเทศไทย จำแนกตามกลุ่มอายุ เพศ จังหวัด เขตการปกครอง และภาค พ.ศ. 2567</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12">
+  <fonts count="15">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -484,50 +489,70 @@
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -690,78 +715,77 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="49">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -784,257 +808,247 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{18012446-18DE-406D-9AED-D73C6BF0C7A7}"/>
-    <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1162,3770 +1176,7427 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becobank@nso.go.th" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N89"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5:N88"/>
+    <sheetView showGridLines="0" topLeftCell="D1" workbookViewId="0">
+      <selection activeCell="D1" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" customHeight="1"/>
   <cols>
-    <col min="1" max="2" width="22.42578125" style="10" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="1" customWidth="1"/>
     <col min="7" max="9" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="1" customWidth="1"/>
     <col min="11" max="12" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="7.5703125" style="1" customWidth="1"/>
     <col min="14" max="14" width="9.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="0.7109375" style="1" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A1" s="45" t="s">
+      <c r="A1" s="43" t="s">
         <v>122</v>
       </c>
-      <c r="B1" s="37"/>
-[...11 lines deleted...]
-      <c r="N1" s="37"/>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44"/>
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="F1" s="44"/>
+      <c r="G1" s="44"/>
+      <c r="H1" s="44"/>
+      <c r="I1" s="44"/>
+      <c r="J1" s="44"/>
+      <c r="K1" s="44"/>
+      <c r="L1" s="44"/>
+      <c r="M1" s="44"/>
+      <c r="N1" s="44"/>
     </row>
     <row r="2" spans="1:14" ht="16.5" customHeight="1">
       <c r="A2" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
     </row>
     <row r="3" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A3" s="38" t="s">
+      <c r="A3" s="48" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="38" t="s">
+      <c r="B3" s="48" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="46" t="s">
+      <c r="C3" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="47"/>
-[...1 lines deleted...]
-      <c r="F3" s="46" t="s">
+      <c r="D3" s="46"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="G3" s="47"/>
-[...1 lines deleted...]
-      <c r="I3" s="46" t="s">
+      <c r="G3" s="46"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="J3" s="47"/>
-[...1 lines deleted...]
-      <c r="L3" s="46" t="s">
+      <c r="J3" s="46"/>
+      <c r="K3" s="46"/>
+      <c r="L3" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="M3" s="47"/>
-      <c r="N3" s="48"/>
+      <c r="M3" s="46"/>
+      <c r="N3" s="47"/>
     </row>
     <row r="4" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A4" s="39"/>
-[...1 lines deleted...]
-      <c r="C4" s="11" t="s">
+      <c r="A4" s="49"/>
+      <c r="B4" s="49"/>
+      <c r="C4" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="D4" s="11" t="s">
+      <c r="D4" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="11" t="s">
+      <c r="E4" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="11" t="s">
+      <c r="F4" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="G4" s="11" t="s">
+      <c r="G4" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="11" t="s">
+      <c r="H4" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="I4" s="11" t="s">
+      <c r="I4" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="J4" s="11" t="s">
+      <c r="J4" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="K4" s="11" t="s">
+      <c r="K4" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="L4" s="11" t="s">
+      <c r="L4" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="M4" s="11" t="s">
+      <c r="M4" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="N4" s="12" t="s">
+      <c r="N4" s="11" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:14" s="16" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A5" s="40" t="s">
+    <row r="5" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A5" s="50" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="13" t="s">
+      <c r="B5" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C5" s="14">
+      <c r="C5" s="13">
         <v>13358751</v>
       </c>
-      <c r="D5" s="14">
+      <c r="D5" s="13">
         <v>5974022</v>
       </c>
-      <c r="E5" s="14">
+      <c r="E5" s="13">
         <v>7384729</v>
       </c>
-      <c r="F5" s="14">
+      <c r="F5" s="13">
         <v>7645141</v>
       </c>
-      <c r="G5" s="14">
+      <c r="G5" s="13">
         <v>3552956</v>
       </c>
-      <c r="H5" s="14">
+      <c r="H5" s="13">
         <v>4092185</v>
       </c>
-      <c r="I5" s="14">
+      <c r="I5" s="13">
         <v>3942668</v>
       </c>
-      <c r="J5" s="14">
+      <c r="J5" s="13">
         <v>1740244</v>
       </c>
-      <c r="K5" s="14">
+      <c r="K5" s="13">
         <v>2202424</v>
       </c>
-      <c r="L5" s="14">
+      <c r="L5" s="13">
         <v>1770942</v>
       </c>
-      <c r="M5" s="14">
+      <c r="M5" s="13">
         <v>680822</v>
       </c>
-      <c r="N5" s="15">
+      <c r="N5" s="14">
         <v>1090120</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A6" s="41"/>
+      <c r="A6" s="51"/>
       <c r="B6" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3">
         <v>5560347</v>
       </c>
       <c r="D6" s="3">
         <v>2453773</v>
       </c>
       <c r="E6" s="3">
         <v>3106574</v>
       </c>
       <c r="F6" s="3">
         <v>3245350</v>
       </c>
       <c r="G6" s="3">
         <v>1491128</v>
       </c>
       <c r="H6" s="3">
         <v>1754222</v>
       </c>
       <c r="I6" s="3">
         <v>1602668</v>
       </c>
       <c r="J6" s="3">
         <v>693426</v>
       </c>
       <c r="K6" s="3">
         <v>909242</v>
       </c>
       <c r="L6" s="3">
         <v>712329</v>
       </c>
       <c r="M6" s="3">
         <v>269219</v>
       </c>
       <c r="N6" s="4">
         <v>443110</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A7" s="41"/>
+      <c r="A7" s="51"/>
       <c r="B7" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="3">
         <v>7798404</v>
       </c>
       <c r="D7" s="3">
         <v>3520249</v>
       </c>
       <c r="E7" s="3">
         <v>4278155</v>
       </c>
       <c r="F7" s="3">
         <v>4399791</v>
       </c>
       <c r="G7" s="3">
         <v>2061828</v>
       </c>
       <c r="H7" s="3">
         <v>2337963</v>
       </c>
       <c r="I7" s="3">
         <v>2340000</v>
       </c>
       <c r="J7" s="3">
         <v>1046818</v>
       </c>
       <c r="K7" s="3">
         <v>1293182</v>
       </c>
       <c r="L7" s="3">
         <v>1058613</v>
       </c>
       <c r="M7" s="3">
         <v>411603</v>
       </c>
       <c r="N7" s="4">
         <v>647010</v>
       </c>
     </row>
-    <row r="8" spans="1:14" s="16" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A8" s="13" t="s">
+    <row r="8" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A8" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="13" t="s">
+      <c r="B8" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="14">
+      <c r="C8" s="13">
         <v>1342826</v>
       </c>
-      <c r="D8" s="14">
+      <c r="D8" s="13">
         <v>589175</v>
       </c>
-      <c r="E8" s="14">
+      <c r="E8" s="13">
         <v>753651</v>
       </c>
-      <c r="F8" s="14">
+      <c r="F8" s="13">
         <v>826009</v>
       </c>
-      <c r="G8" s="14">
+      <c r="G8" s="13">
         <v>378757</v>
       </c>
-      <c r="H8" s="14">
+      <c r="H8" s="13">
         <v>447252</v>
       </c>
-      <c r="I8" s="14">
+      <c r="I8" s="13">
         <v>365262</v>
       </c>
-      <c r="J8" s="14">
+      <c r="J8" s="13">
         <v>154097</v>
       </c>
-      <c r="K8" s="14">
+      <c r="K8" s="13">
         <v>211165</v>
       </c>
-      <c r="L8" s="14">
+      <c r="L8" s="13">
         <v>151555</v>
       </c>
-      <c r="M8" s="14">
+      <c r="M8" s="13">
         <v>56321</v>
       </c>
-      <c r="N8" s="15">
+      <c r="N8" s="14">
         <v>95234</v>
       </c>
     </row>
-    <row r="9" spans="1:14" s="16" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A9" s="42" t="s">
+    <row r="9" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A9" s="52" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="13" t="s">
+      <c r="B9" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="14">
+      <c r="C9" s="13">
         <v>3518228</v>
       </c>
-      <c r="D9" s="14">
+      <c r="D9" s="13">
         <v>1540293</v>
       </c>
-      <c r="E9" s="14">
+      <c r="E9" s="13">
         <v>1977935</v>
       </c>
-      <c r="F9" s="14">
+      <c r="F9" s="13">
         <v>2045818</v>
       </c>
-      <c r="G9" s="14">
+      <c r="G9" s="13">
         <v>935789</v>
       </c>
-      <c r="H9" s="14">
+      <c r="H9" s="13">
         <v>1110029</v>
       </c>
-      <c r="I9" s="14">
+      <c r="I9" s="13">
         <v>1005596</v>
       </c>
-      <c r="J9" s="14">
+      <c r="J9" s="13">
         <v>429348</v>
       </c>
-      <c r="K9" s="14">
+      <c r="K9" s="13">
         <v>576248</v>
       </c>
-      <c r="L9" s="14">
+      <c r="L9" s="13">
         <v>466814</v>
       </c>
-      <c r="M9" s="14">
+      <c r="M9" s="13">
         <v>175156</v>
       </c>
-      <c r="N9" s="15">
+      <c r="N9" s="14">
         <v>291658</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A10" s="43"/>
+      <c r="A10" s="53"/>
       <c r="B10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="3">
         <v>320274</v>
       </c>
       <c r="D10" s="3">
         <v>137830</v>
       </c>
       <c r="E10" s="3">
         <v>182444</v>
       </c>
       <c r="F10" s="3">
         <v>196729</v>
       </c>
       <c r="G10" s="3">
         <v>88958</v>
       </c>
       <c r="H10" s="3">
         <v>107771</v>
       </c>
       <c r="I10" s="3">
         <v>87202</v>
       </c>
       <c r="J10" s="3">
         <v>35835</v>
       </c>
       <c r="K10" s="3">
         <v>51367</v>
       </c>
       <c r="L10" s="3">
         <v>36343</v>
       </c>
       <c r="M10" s="3">
         <v>13037</v>
       </c>
       <c r="N10" s="4">
         <v>23306</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A11" s="43"/>
+      <c r="A11" s="53"/>
       <c r="B11" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="3">
         <v>302803</v>
       </c>
       <c r="D11" s="3">
         <v>128189</v>
       </c>
       <c r="E11" s="3">
         <v>174614</v>
       </c>
       <c r="F11" s="3">
         <v>187814</v>
       </c>
       <c r="G11" s="3">
         <v>82638</v>
       </c>
       <c r="H11" s="3">
         <v>105176</v>
       </c>
       <c r="I11" s="3">
         <v>83347</v>
       </c>
       <c r="J11" s="3">
         <v>34707</v>
       </c>
       <c r="K11" s="3">
         <v>48640</v>
       </c>
       <c r="L11" s="3">
         <v>31642</v>
       </c>
       <c r="M11" s="3">
         <v>10844</v>
       </c>
       <c r="N11" s="4">
         <v>20798</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A12" s="43"/>
+      <c r="A12" s="53"/>
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="3">
         <v>219289</v>
       </c>
       <c r="D12" s="3">
         <v>98456</v>
       </c>
       <c r="E12" s="3">
         <v>120833</v>
       </c>
       <c r="F12" s="3">
         <v>136226</v>
       </c>
       <c r="G12" s="3">
         <v>62393</v>
       </c>
       <c r="H12" s="3">
         <v>73833</v>
       </c>
       <c r="I12" s="3">
         <v>59429</v>
       </c>
       <c r="J12" s="3">
         <v>26114</v>
       </c>
       <c r="K12" s="3">
         <v>33315</v>
       </c>
       <c r="L12" s="3">
         <v>23634</v>
       </c>
       <c r="M12" s="3">
         <v>9949</v>
       </c>
       <c r="N12" s="4">
         <v>13685</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A13" s="43"/>
+      <c r="A13" s="53"/>
       <c r="B13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="3">
         <v>156786</v>
       </c>
       <c r="D13" s="3">
         <v>65807</v>
       </c>
       <c r="E13" s="3">
         <v>90979</v>
       </c>
       <c r="F13" s="3">
         <v>85779</v>
       </c>
       <c r="G13" s="3">
         <v>37721</v>
       </c>
       <c r="H13" s="3">
         <v>48058</v>
       </c>
       <c r="I13" s="3">
         <v>45984</v>
       </c>
       <c r="J13" s="3">
         <v>19082</v>
       </c>
       <c r="K13" s="3">
         <v>26902</v>
       </c>
       <c r="L13" s="3">
         <v>25023</v>
       </c>
       <c r="M13" s="3">
         <v>9004</v>
       </c>
       <c r="N13" s="4">
         <v>16019</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A14" s="43"/>
+      <c r="A14" s="53"/>
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="3">
         <v>66174</v>
       </c>
       <c r="D14" s="3">
         <v>27208</v>
       </c>
       <c r="E14" s="3">
         <v>38966</v>
       </c>
       <c r="F14" s="3">
         <v>34951</v>
       </c>
       <c r="G14" s="3">
         <v>15235</v>
       </c>
       <c r="H14" s="3">
         <v>19716</v>
       </c>
       <c r="I14" s="3">
         <v>20457</v>
       </c>
       <c r="J14" s="3">
         <v>8181</v>
       </c>
       <c r="K14" s="3">
         <v>12276</v>
       </c>
       <c r="L14" s="3">
         <v>10766</v>
       </c>
       <c r="M14" s="3">
         <v>3792</v>
       </c>
       <c r="N14" s="4">
         <v>6974</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A15" s="43"/>
+      <c r="A15" s="53"/>
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="3">
         <v>166755</v>
       </c>
       <c r="D15" s="3">
         <v>74161</v>
       </c>
       <c r="E15" s="3">
         <v>92594</v>
       </c>
       <c r="F15" s="3">
         <v>94839</v>
       </c>
       <c r="G15" s="3">
         <v>43615</v>
       </c>
       <c r="H15" s="3">
         <v>51224</v>
       </c>
       <c r="I15" s="3">
         <v>48282</v>
       </c>
       <c r="J15" s="3">
         <v>21076</v>
       </c>
       <c r="K15" s="3">
         <v>27206</v>
       </c>
       <c r="L15" s="3">
         <v>23634</v>
       </c>
       <c r="M15" s="3">
         <v>9470</v>
       </c>
       <c r="N15" s="4">
         <v>14164</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A16" s="43"/>
+      <c r="A16" s="53"/>
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="3">
         <v>54552</v>
       </c>
       <c r="D16" s="3">
         <v>23174</v>
       </c>
       <c r="E16" s="3">
         <v>31378</v>
       </c>
       <c r="F16" s="3">
         <v>30153</v>
       </c>
       <c r="G16" s="3">
         <v>13428</v>
       </c>
       <c r="H16" s="3">
         <v>16725</v>
       </c>
       <c r="I16" s="3">
         <v>16331</v>
       </c>
       <c r="J16" s="3">
         <v>6807</v>
       </c>
       <c r="K16" s="3">
         <v>9524</v>
       </c>
       <c r="L16" s="3">
         <v>8068</v>
       </c>
       <c r="M16" s="3">
         <v>2939</v>
       </c>
       <c r="N16" s="4">
         <v>5129</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A17" s="43"/>
+      <c r="A17" s="53"/>
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3">
         <v>85752</v>
       </c>
       <c r="D17" s="3">
         <v>36844</v>
       </c>
       <c r="E17" s="3">
         <v>48908</v>
       </c>
       <c r="F17" s="3">
         <v>47335</v>
       </c>
       <c r="G17" s="3">
         <v>21184</v>
       </c>
       <c r="H17" s="3">
         <v>26151</v>
       </c>
       <c r="I17" s="3">
         <v>25589</v>
       </c>
       <c r="J17" s="3">
         <v>10805</v>
       </c>
       <c r="K17" s="3">
         <v>14784</v>
       </c>
       <c r="L17" s="3">
         <v>12828</v>
       </c>
       <c r="M17" s="3">
         <v>4855</v>
       </c>
       <c r="N17" s="4">
         <v>7973</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A18" s="43"/>
+      <c r="A18" s="53"/>
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="3">
         <v>128638</v>
       </c>
       <c r="D18" s="3">
         <v>55320</v>
       </c>
       <c r="E18" s="3">
         <v>73318</v>
       </c>
       <c r="F18" s="3">
         <v>73791</v>
       </c>
       <c r="G18" s="3">
         <v>33170</v>
       </c>
       <c r="H18" s="3">
         <v>40621</v>
       </c>
       <c r="I18" s="3">
         <v>36380</v>
       </c>
       <c r="J18" s="3">
         <v>15297</v>
       </c>
       <c r="K18" s="3">
         <v>21083</v>
       </c>
       <c r="L18" s="3">
         <v>18467</v>
       </c>
       <c r="M18" s="3">
         <v>6853</v>
       </c>
       <c r="N18" s="4">
         <v>11614</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A19" s="43"/>
+      <c r="A19" s="53"/>
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="3">
         <v>218071</v>
       </c>
       <c r="D19" s="3">
         <v>107107</v>
       </c>
       <c r="E19" s="3">
         <v>110964</v>
       </c>
       <c r="F19" s="3">
         <v>139962</v>
       </c>
       <c r="G19" s="3">
         <v>72974</v>
       </c>
       <c r="H19" s="3">
         <v>66988</v>
       </c>
       <c r="I19" s="3">
         <v>54752</v>
       </c>
       <c r="J19" s="3">
         <v>24863</v>
       </c>
       <c r="K19" s="3">
         <v>29889</v>
       </c>
       <c r="L19" s="3">
         <v>23357</v>
       </c>
       <c r="M19" s="3">
         <v>9270</v>
       </c>
       <c r="N19" s="4">
         <v>14087</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A20" s="43"/>
+      <c r="A20" s="53"/>
       <c r="B20" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="3">
         <v>117611</v>
       </c>
       <c r="D20" s="3">
         <v>52377</v>
       </c>
       <c r="E20" s="3">
         <v>65234</v>
       </c>
       <c r="F20" s="3">
         <v>70999</v>
       </c>
       <c r="G20" s="3">
         <v>32999</v>
       </c>
       <c r="H20" s="3">
         <v>38000</v>
       </c>
       <c r="I20" s="3">
         <v>32709</v>
       </c>
       <c r="J20" s="3">
         <v>14231</v>
       </c>
       <c r="K20" s="3">
         <v>18478</v>
       </c>
       <c r="L20" s="3">
         <v>13903</v>
       </c>
       <c r="M20" s="3">
         <v>5147</v>
       </c>
       <c r="N20" s="4">
         <v>8756</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A21" s="43"/>
+      <c r="A21" s="53"/>
       <c r="B21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="3">
         <v>104235</v>
       </c>
       <c r="D21" s="3">
         <v>47360</v>
       </c>
       <c r="E21" s="3">
         <v>56875</v>
       </c>
       <c r="F21" s="3">
         <v>57716</v>
       </c>
       <c r="G21" s="3">
         <v>27555</v>
       </c>
       <c r="H21" s="3">
         <v>30161</v>
       </c>
       <c r="I21" s="3">
         <v>31236</v>
       </c>
       <c r="J21" s="3">
         <v>13870</v>
       </c>
       <c r="K21" s="3">
         <v>17366</v>
       </c>
       <c r="L21" s="3">
         <v>15283</v>
       </c>
       <c r="M21" s="3">
         <v>5935</v>
       </c>
       <c r="N21" s="4">
         <v>9348</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A22" s="43"/>
+      <c r="A22" s="53"/>
       <c r="B22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="3">
         <v>49025</v>
       </c>
       <c r="D22" s="3">
         <v>23054</v>
       </c>
       <c r="E22" s="3">
         <v>25971</v>
       </c>
       <c r="F22" s="3">
         <v>28687</v>
       </c>
       <c r="G22" s="3">
         <v>13825</v>
       </c>
       <c r="H22" s="3">
         <v>14862</v>
       </c>
       <c r="I22" s="3">
         <v>14093</v>
       </c>
       <c r="J22" s="3">
         <v>6649</v>
       </c>
       <c r="K22" s="3">
         <v>7444</v>
       </c>
       <c r="L22" s="3">
         <v>6245</v>
       </c>
       <c r="M22" s="3">
         <v>2580</v>
       </c>
       <c r="N22" s="4">
         <v>3665</v>
       </c>
     </row>
     <row r="23" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A23" s="43"/>
+      <c r="A23" s="53"/>
       <c r="B23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="3">
         <v>153891</v>
       </c>
       <c r="D23" s="3">
         <v>67525</v>
       </c>
       <c r="E23" s="3">
         <v>86366</v>
       </c>
       <c r="F23" s="3">
         <v>85738</v>
       </c>
       <c r="G23" s="3">
         <v>39421</v>
       </c>
       <c r="H23" s="3">
         <v>46317</v>
       </c>
       <c r="I23" s="3">
         <v>44795</v>
       </c>
       <c r="J23" s="3">
         <v>19431</v>
       </c>
       <c r="K23" s="3">
         <v>25364</v>
       </c>
       <c r="L23" s="3">
         <v>23358</v>
       </c>
       <c r="M23" s="3">
         <v>8673</v>
       </c>
       <c r="N23" s="4">
         <v>14685</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A24" s="43"/>
+      <c r="A24" s="53"/>
       <c r="B24" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="3">
         <v>120036</v>
       </c>
       <c r="D24" s="3">
         <v>51630</v>
       </c>
       <c r="E24" s="3">
         <v>68406</v>
       </c>
       <c r="F24" s="3">
         <v>66347</v>
       </c>
       <c r="G24" s="3">
         <v>29912</v>
       </c>
       <c r="H24" s="3">
         <v>36435</v>
       </c>
       <c r="I24" s="3">
         <v>35848</v>
       </c>
       <c r="J24" s="3">
         <v>15018</v>
       </c>
       <c r="K24" s="3">
         <v>20830</v>
       </c>
       <c r="L24" s="3">
         <v>17841</v>
       </c>
       <c r="M24" s="3">
         <v>6700</v>
       </c>
       <c r="N24" s="4">
         <v>11141</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A25" s="43"/>
+      <c r="A25" s="53"/>
       <c r="B25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="3">
         <v>62836</v>
       </c>
       <c r="D25" s="3">
         <v>26992</v>
       </c>
       <c r="E25" s="3">
         <v>35844</v>
       </c>
       <c r="F25" s="3">
         <v>34052</v>
       </c>
       <c r="G25" s="3">
         <v>15200</v>
       </c>
       <c r="H25" s="3">
         <v>18852</v>
       </c>
       <c r="I25" s="3">
         <v>19117</v>
       </c>
       <c r="J25" s="3">
         <v>8200</v>
       </c>
       <c r="K25" s="3">
         <v>10917</v>
       </c>
       <c r="L25" s="3">
         <v>9667</v>
       </c>
       <c r="M25" s="3">
         <v>3592</v>
       </c>
       <c r="N25" s="4">
         <v>6075</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A26" s="43"/>
+      <c r="A26" s="53"/>
       <c r="B26" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="3">
         <v>113772</v>
       </c>
       <c r="D26" s="3">
         <v>51632</v>
       </c>
       <c r="E26" s="3">
         <v>62140</v>
       </c>
       <c r="F26" s="3">
         <v>68561</v>
       </c>
       <c r="G26" s="3">
         <v>32276</v>
       </c>
       <c r="H26" s="3">
         <v>36285</v>
       </c>
       <c r="I26" s="3">
         <v>32500</v>
       </c>
       <c r="J26" s="3">
         <v>14406</v>
       </c>
       <c r="K26" s="3">
         <v>18094</v>
       </c>
       <c r="L26" s="3">
         <v>12711</v>
       </c>
       <c r="M26" s="3">
         <v>4950</v>
       </c>
       <c r="N26" s="4">
         <v>7761</v>
       </c>
     </row>
     <row r="27" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A27" s="43"/>
+      <c r="A27" s="53"/>
       <c r="B27" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="3">
         <v>175942</v>
       </c>
       <c r="D27" s="3">
         <v>74936</v>
       </c>
       <c r="E27" s="3">
         <v>101006</v>
       </c>
       <c r="F27" s="3">
         <v>96264</v>
       </c>
       <c r="G27" s="3">
         <v>42654</v>
       </c>
       <c r="H27" s="3">
         <v>53610</v>
       </c>
       <c r="I27" s="3">
         <v>52513</v>
       </c>
       <c r="J27" s="3">
         <v>22238</v>
       </c>
       <c r="K27" s="3">
         <v>30275</v>
       </c>
       <c r="L27" s="3">
         <v>27165</v>
       </c>
       <c r="M27" s="3">
         <v>10044</v>
       </c>
       <c r="N27" s="4">
         <v>17121</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A28" s="43"/>
+      <c r="A28" s="53"/>
       <c r="B28" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="3">
         <v>146071</v>
       </c>
       <c r="D28" s="3">
         <v>66274</v>
       </c>
       <c r="E28" s="3">
         <v>79797</v>
       </c>
       <c r="F28" s="3">
         <v>86451</v>
       </c>
       <c r="G28" s="3">
         <v>40551</v>
       </c>
       <c r="H28" s="3">
         <v>45900</v>
       </c>
       <c r="I28" s="3">
         <v>41068</v>
       </c>
       <c r="J28" s="3">
         <v>18605</v>
       </c>
       <c r="K28" s="3">
         <v>22463</v>
       </c>
       <c r="L28" s="3">
         <v>18552</v>
       </c>
       <c r="M28" s="3">
         <v>7118</v>
       </c>
       <c r="N28" s="4">
         <v>11434</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A29" s="43"/>
+      <c r="A29" s="53"/>
       <c r="B29" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="3">
         <v>217297</v>
       </c>
       <c r="D29" s="3">
         <v>93268</v>
       </c>
       <c r="E29" s="3">
         <v>124029</v>
       </c>
       <c r="F29" s="3">
         <v>120072</v>
       </c>
       <c r="G29" s="3">
         <v>53475</v>
       </c>
       <c r="H29" s="3">
         <v>66597</v>
       </c>
       <c r="I29" s="3">
         <v>66235</v>
       </c>
       <c r="J29" s="3">
         <v>28259</v>
       </c>
       <c r="K29" s="3">
         <v>37976</v>
       </c>
       <c r="L29" s="3">
         <v>30990</v>
       </c>
       <c r="M29" s="3">
         <v>11534</v>
       </c>
       <c r="N29" s="4">
         <v>19456</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A30" s="43"/>
+      <c r="A30" s="53"/>
       <c r="B30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="3">
         <v>201754</v>
       </c>
       <c r="D30" s="3">
         <v>85536</v>
       </c>
       <c r="E30" s="3">
         <v>116218</v>
       </c>
       <c r="F30" s="3">
         <v>114110</v>
       </c>
       <c r="G30" s="3">
         <v>50872</v>
       </c>
       <c r="H30" s="3">
         <v>63238</v>
       </c>
       <c r="I30" s="3">
         <v>59485</v>
       </c>
       <c r="J30" s="3">
         <v>24032</v>
       </c>
       <c r="K30" s="3">
         <v>35453</v>
       </c>
       <c r="L30" s="3">
         <v>28159</v>
       </c>
       <c r="M30" s="3">
         <v>10632</v>
       </c>
       <c r="N30" s="4">
         <v>17527</v>
       </c>
     </row>
     <row r="31" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A31" s="43"/>
+      <c r="A31" s="53"/>
       <c r="B31" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="3">
         <v>102220</v>
       </c>
       <c r="D31" s="3">
         <v>43894</v>
       </c>
       <c r="E31" s="3">
         <v>58326</v>
       </c>
       <c r="F31" s="3">
         <v>61108</v>
       </c>
       <c r="G31" s="3">
         <v>27548</v>
       </c>
       <c r="H31" s="3">
         <v>33560</v>
       </c>
       <c r="I31" s="3">
         <v>28954</v>
       </c>
       <c r="J31" s="3">
         <v>11859</v>
       </c>
       <c r="K31" s="3">
         <v>17095</v>
       </c>
       <c r="L31" s="3">
         <v>12158</v>
       </c>
       <c r="M31" s="3">
         <v>4487</v>
       </c>
       <c r="N31" s="4">
         <v>7671</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A32" s="43"/>
+      <c r="A32" s="53"/>
       <c r="B32" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="3">
         <v>50798</v>
       </c>
       <c r="D32" s="3">
         <v>20926</v>
       </c>
       <c r="E32" s="3">
         <v>29872</v>
       </c>
       <c r="F32" s="3">
         <v>26827</v>
       </c>
       <c r="G32" s="3">
         <v>11625</v>
       </c>
       <c r="H32" s="3">
         <v>15202</v>
       </c>
       <c r="I32" s="3">
         <v>15326</v>
       </c>
       <c r="J32" s="3">
         <v>6385</v>
       </c>
       <c r="K32" s="3">
         <v>8941</v>
       </c>
       <c r="L32" s="3">
         <v>8645</v>
       </c>
       <c r="M32" s="3">
         <v>2916</v>
       </c>
       <c r="N32" s="4">
         <v>5729</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A33" s="43"/>
+      <c r="A33" s="53"/>
       <c r="B33" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="3">
         <v>105800</v>
       </c>
       <c r="D33" s="3">
         <v>45638</v>
       </c>
       <c r="E33" s="3">
         <v>60162</v>
       </c>
       <c r="F33" s="3">
         <v>57261</v>
       </c>
       <c r="G33" s="3">
         <v>25868</v>
       </c>
       <c r="H33" s="3">
         <v>31393</v>
       </c>
       <c r="I33" s="3">
         <v>31388</v>
       </c>
       <c r="J33" s="3">
         <v>13334</v>
       </c>
       <c r="K33" s="3">
         <v>18054</v>
       </c>
       <c r="L33" s="3">
         <v>17151</v>
       </c>
       <c r="M33" s="3">
         <v>6436</v>
       </c>
       <c r="N33" s="4">
         <v>10715</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A34" s="43"/>
+      <c r="A34" s="53"/>
       <c r="B34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="3">
         <v>77846</v>
       </c>
       <c r="D34" s="3">
         <v>35155</v>
       </c>
       <c r="E34" s="3">
         <v>42691</v>
       </c>
       <c r="F34" s="3">
         <v>44046</v>
       </c>
       <c r="G34" s="3">
         <v>20692</v>
       </c>
       <c r="H34" s="3">
         <v>23354</v>
       </c>
       <c r="I34" s="3">
         <v>22576</v>
       </c>
       <c r="J34" s="3">
         <v>10064</v>
       </c>
       <c r="K34" s="3">
         <v>12512</v>
       </c>
       <c r="L34" s="3">
         <v>11224</v>
       </c>
       <c r="M34" s="3">
         <v>4399</v>
       </c>
       <c r="N34" s="4">
         <v>6825</v>
       </c>
     </row>
-    <row r="35" spans="1:14" s="16" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A35" s="42" t="s">
+    <row r="35" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A35" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="B35" s="13" t="s">
+      <c r="B35" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="C35" s="14">
+      <c r="C35" s="13">
         <v>2810618</v>
       </c>
-      <c r="D35" s="14">
+      <c r="D35" s="13">
         <v>1278780</v>
       </c>
-      <c r="E35" s="14">
+      <c r="E35" s="13">
         <v>1531838</v>
       </c>
-      <c r="F35" s="14">
+      <c r="F35" s="13">
         <v>1632743</v>
       </c>
-      <c r="G35" s="14">
+      <c r="G35" s="13">
         <v>762599</v>
       </c>
-      <c r="H35" s="14">
+      <c r="H35" s="13">
         <v>870144</v>
       </c>
-      <c r="I35" s="14">
+      <c r="I35" s="13">
         <v>800688</v>
       </c>
-      <c r="J35" s="14">
+      <c r="J35" s="13">
         <v>364448</v>
       </c>
-      <c r="K35" s="14">
+      <c r="K35" s="13">
         <v>436240</v>
       </c>
-      <c r="L35" s="14">
+      <c r="L35" s="13">
         <v>377187</v>
       </c>
-      <c r="M35" s="14">
+      <c r="M35" s="13">
         <v>151733</v>
       </c>
-      <c r="N35" s="15">
+      <c r="N35" s="14">
         <v>225454</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A36" s="43"/>
+      <c r="A36" s="53"/>
       <c r="B36" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="3">
         <v>359752</v>
       </c>
       <c r="D36" s="3">
         <v>167363</v>
       </c>
       <c r="E36" s="3">
         <v>192389</v>
       </c>
       <c r="F36" s="3">
         <v>200437</v>
       </c>
       <c r="G36" s="3">
         <v>95420</v>
       </c>
       <c r="H36" s="3">
         <v>105017</v>
       </c>
       <c r="I36" s="3">
         <v>104074</v>
       </c>
       <c r="J36" s="3">
         <v>48182</v>
       </c>
       <c r="K36" s="3">
         <v>55892</v>
       </c>
       <c r="L36" s="3">
         <v>55241</v>
       </c>
       <c r="M36" s="3">
         <v>23761</v>
       </c>
       <c r="N36" s="4">
         <v>31480</v>
       </c>
     </row>
     <row r="37" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A37" s="43"/>
+      <c r="A37" s="53"/>
       <c r="B37" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="3">
         <v>99013</v>
       </c>
       <c r="D37" s="3">
         <v>46193</v>
       </c>
       <c r="E37" s="3">
         <v>52820</v>
       </c>
       <c r="F37" s="3">
         <v>56298</v>
       </c>
       <c r="G37" s="3">
         <v>26686</v>
       </c>
       <c r="H37" s="3">
         <v>29612</v>
       </c>
       <c r="I37" s="3">
         <v>27809</v>
       </c>
       <c r="J37" s="3">
         <v>13164</v>
       </c>
       <c r="K37" s="3">
         <v>14645</v>
       </c>
       <c r="L37" s="3">
         <v>14906</v>
       </c>
       <c r="M37" s="3">
         <v>6343</v>
       </c>
       <c r="N37" s="4">
         <v>8563</v>
       </c>
     </row>
     <row r="38" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A38" s="43"/>
+      <c r="A38" s="53"/>
       <c r="B38" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="3">
         <v>206790</v>
       </c>
       <c r="D38" s="3">
         <v>96591</v>
       </c>
       <c r="E38" s="3">
         <v>110199</v>
       </c>
       <c r="F38" s="3">
         <v>115454</v>
       </c>
       <c r="G38" s="3">
         <v>55543</v>
       </c>
       <c r="H38" s="3">
         <v>59911</v>
       </c>
       <c r="I38" s="3">
         <v>60954</v>
       </c>
       <c r="J38" s="3">
         <v>28546</v>
       </c>
       <c r="K38" s="3">
         <v>32408</v>
       </c>
       <c r="L38" s="3">
         <v>30382</v>
       </c>
       <c r="M38" s="3">
         <v>12502</v>
       </c>
       <c r="N38" s="4">
         <v>17880</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A39" s="43"/>
+      <c r="A39" s="53"/>
       <c r="B39" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C39" s="3">
         <v>123626</v>
       </c>
       <c r="D39" s="3">
         <v>55443</v>
       </c>
       <c r="E39" s="3">
         <v>68183</v>
       </c>
       <c r="F39" s="3">
         <v>70987</v>
       </c>
       <c r="G39" s="3">
         <v>32946</v>
       </c>
       <c r="H39" s="3">
         <v>38041</v>
       </c>
       <c r="I39" s="3">
         <v>35949</v>
       </c>
       <c r="J39" s="3">
         <v>16088</v>
       </c>
       <c r="K39" s="3">
         <v>19861</v>
       </c>
       <c r="L39" s="3">
         <v>16690</v>
       </c>
       <c r="M39" s="3">
         <v>6409</v>
       </c>
       <c r="N39" s="4">
         <v>10281</v>
       </c>
     </row>
     <row r="40" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A40" s="43"/>
+      <c r="A40" s="53"/>
       <c r="B40" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="3">
         <v>122373</v>
       </c>
       <c r="D40" s="3">
         <v>54405</v>
       </c>
       <c r="E40" s="3">
         <v>67968</v>
       </c>
       <c r="F40" s="3">
         <v>75046</v>
       </c>
       <c r="G40" s="3">
         <v>34496</v>
       </c>
       <c r="H40" s="3">
         <v>40550</v>
       </c>
       <c r="I40" s="3">
         <v>34209</v>
       </c>
       <c r="J40" s="3">
         <v>14704</v>
       </c>
       <c r="K40" s="3">
         <v>19505</v>
       </c>
       <c r="L40" s="3">
         <v>13118</v>
       </c>
       <c r="M40" s="3">
         <v>5205</v>
       </c>
       <c r="N40" s="4">
         <v>7913</v>
       </c>
     </row>
     <row r="41" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A41" s="43"/>
+      <c r="A41" s="53"/>
       <c r="B41" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="3">
         <v>112032</v>
       </c>
       <c r="D41" s="3">
         <v>53050</v>
       </c>
       <c r="E41" s="3">
         <v>58982</v>
       </c>
       <c r="F41" s="3">
         <v>65511</v>
       </c>
       <c r="G41" s="3">
         <v>31738</v>
       </c>
       <c r="H41" s="3">
         <v>33773</v>
       </c>
       <c r="I41" s="3">
         <v>31688</v>
       </c>
       <c r="J41" s="3">
         <v>14923</v>
       </c>
       <c r="K41" s="3">
         <v>16765</v>
       </c>
       <c r="L41" s="3">
         <v>14833</v>
       </c>
       <c r="M41" s="3">
         <v>6389</v>
       </c>
       <c r="N41" s="4">
         <v>8444</v>
       </c>
     </row>
     <row r="42" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A42" s="43"/>
+      <c r="A42" s="53"/>
       <c r="B42" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="3">
         <v>105481</v>
       </c>
       <c r="D42" s="3">
         <v>49978</v>
       </c>
       <c r="E42" s="3">
         <v>55503</v>
       </c>
       <c r="F42" s="3">
         <v>62021</v>
       </c>
       <c r="G42" s="3">
         <v>29958</v>
       </c>
       <c r="H42" s="3">
         <v>32063</v>
       </c>
       <c r="I42" s="3">
         <v>30677</v>
       </c>
       <c r="J42" s="3">
         <v>14540</v>
       </c>
       <c r="K42" s="3">
         <v>16137</v>
       </c>
       <c r="L42" s="3">
         <v>12783</v>
       </c>
       <c r="M42" s="3">
         <v>5480</v>
       </c>
       <c r="N42" s="4">
         <v>7303</v>
       </c>
     </row>
     <row r="43" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A43" s="43"/>
+      <c r="A43" s="53"/>
       <c r="B43" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="3">
         <v>262953</v>
       </c>
       <c r="D43" s="3">
         <v>123511</v>
       </c>
       <c r="E43" s="3">
         <v>139442</v>
       </c>
       <c r="F43" s="3">
         <v>155352</v>
       </c>
       <c r="G43" s="3">
         <v>74441</v>
       </c>
       <c r="H43" s="3">
         <v>80911</v>
       </c>
       <c r="I43" s="3">
         <v>73598</v>
       </c>
       <c r="J43" s="3">
         <v>34447</v>
       </c>
       <c r="K43" s="3">
         <v>39151</v>
       </c>
       <c r="L43" s="3">
         <v>34003</v>
       </c>
       <c r="M43" s="3">
         <v>14623</v>
       </c>
       <c r="N43" s="4">
         <v>19380</v>
       </c>
     </row>
     <row r="44" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A44" s="43"/>
+      <c r="A44" s="53"/>
       <c r="B44" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="3">
         <v>35260</v>
       </c>
       <c r="D44" s="3">
         <v>17745</v>
       </c>
       <c r="E44" s="3">
         <v>17515</v>
       </c>
       <c r="F44" s="3">
         <v>20199</v>
       </c>
       <c r="G44" s="3">
         <v>10224</v>
       </c>
       <c r="H44" s="3">
         <v>9975</v>
       </c>
       <c r="I44" s="3">
         <v>9817</v>
       </c>
       <c r="J44" s="3">
         <v>4931</v>
       </c>
       <c r="K44" s="3">
         <v>4886</v>
       </c>
       <c r="L44" s="3">
         <v>5244</v>
       </c>
       <c r="M44" s="3">
         <v>2590</v>
       </c>
       <c r="N44" s="4">
         <v>2654</v>
       </c>
     </row>
     <row r="45" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A45" s="43"/>
+      <c r="A45" s="53"/>
       <c r="B45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="3">
         <v>260531</v>
       </c>
       <c r="D45" s="3">
         <v>114761</v>
       </c>
       <c r="E45" s="3">
         <v>145770</v>
       </c>
       <c r="F45" s="3">
         <v>149873</v>
       </c>
       <c r="G45" s="3">
         <v>67860</v>
       </c>
       <c r="H45" s="3">
         <v>82013</v>
       </c>
       <c r="I45" s="3">
         <v>75624</v>
       </c>
       <c r="J45" s="3">
         <v>33486</v>
       </c>
       <c r="K45" s="3">
         <v>42138</v>
       </c>
       <c r="L45" s="3">
         <v>35034</v>
       </c>
       <c r="M45" s="3">
         <v>13415</v>
       </c>
       <c r="N45" s="4">
         <v>21619</v>
       </c>
     </row>
     <row r="46" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A46" s="43"/>
+      <c r="A46" s="53"/>
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="3">
         <v>83436</v>
       </c>
       <c r="D46" s="3">
         <v>36904</v>
       </c>
       <c r="E46" s="3">
         <v>46532</v>
       </c>
       <c r="F46" s="3">
         <v>48384</v>
       </c>
       <c r="G46" s="3">
         <v>22226</v>
       </c>
       <c r="H46" s="3">
         <v>26158</v>
       </c>
       <c r="I46" s="3">
         <v>23483</v>
       </c>
       <c r="J46" s="3">
         <v>10498</v>
       </c>
       <c r="K46" s="3">
         <v>12985</v>
       </c>
       <c r="L46" s="3">
         <v>11569</v>
       </c>
       <c r="M46" s="3">
         <v>4180</v>
       </c>
       <c r="N46" s="4">
         <v>7389</v>
       </c>
     </row>
     <row r="47" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A47" s="43"/>
+      <c r="A47" s="53"/>
       <c r="B47" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="3">
         <v>182158</v>
       </c>
       <c r="D47" s="3">
         <v>82408</v>
       </c>
       <c r="E47" s="3">
         <v>99750</v>
       </c>
       <c r="F47" s="3">
         <v>108858</v>
       </c>
       <c r="G47" s="3">
         <v>50487</v>
       </c>
       <c r="H47" s="3">
         <v>58371</v>
       </c>
       <c r="I47" s="3">
         <v>50723</v>
       </c>
       <c r="J47" s="3">
         <v>23097</v>
       </c>
       <c r="K47" s="3">
         <v>27626</v>
       </c>
       <c r="L47" s="3">
         <v>22577</v>
       </c>
       <c r="M47" s="3">
         <v>8824</v>
       </c>
       <c r="N47" s="4">
         <v>13753</v>
       </c>
     </row>
     <row r="48" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A48" s="43"/>
+      <c r="A48" s="53"/>
       <c r="B48" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="3">
         <v>89804</v>
       </c>
       <c r="D48" s="3">
         <v>41416</v>
       </c>
       <c r="E48" s="3">
         <v>48388</v>
       </c>
       <c r="F48" s="3">
         <v>55476</v>
       </c>
       <c r="G48" s="3">
         <v>26163</v>
       </c>
       <c r="H48" s="3">
         <v>29313</v>
       </c>
       <c r="I48" s="3">
         <v>23742</v>
       </c>
       <c r="J48" s="3">
         <v>10991</v>
       </c>
       <c r="K48" s="3">
         <v>12751</v>
       </c>
       <c r="L48" s="3">
         <v>10586</v>
       </c>
       <c r="M48" s="3">
         <v>4262</v>
       </c>
       <c r="N48" s="4">
         <v>6324</v>
       </c>
     </row>
     <row r="49" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A49" s="43"/>
+      <c r="A49" s="53"/>
       <c r="B49" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="3">
         <v>169273</v>
       </c>
       <c r="D49" s="3">
         <v>72485</v>
       </c>
       <c r="E49" s="3">
         <v>96788</v>
       </c>
       <c r="F49" s="3">
         <v>98917</v>
       </c>
       <c r="G49" s="3">
         <v>44028</v>
       </c>
       <c r="H49" s="3">
         <v>54889</v>
       </c>
       <c r="I49" s="3">
         <v>48931</v>
       </c>
       <c r="J49" s="3">
         <v>20969</v>
       </c>
       <c r="K49" s="3">
         <v>27962</v>
       </c>
       <c r="L49" s="3">
         <v>21425</v>
       </c>
       <c r="M49" s="3">
         <v>7488</v>
       </c>
       <c r="N49" s="4">
         <v>13937</v>
       </c>
     </row>
     <row r="50" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A50" s="43"/>
+      <c r="A50" s="53"/>
       <c r="B50" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="3">
         <v>216167</v>
       </c>
       <c r="D50" s="3">
         <v>95606</v>
       </c>
       <c r="E50" s="3">
         <v>120561</v>
       </c>
       <c r="F50" s="3">
         <v>126939</v>
       </c>
       <c r="G50" s="3">
         <v>57923</v>
       </c>
       <c r="H50" s="3">
         <v>69016</v>
       </c>
       <c r="I50" s="3">
         <v>60741</v>
       </c>
       <c r="J50" s="3">
         <v>27029</v>
       </c>
       <c r="K50" s="3">
         <v>33712</v>
       </c>
       <c r="L50" s="3">
         <v>28487</v>
       </c>
       <c r="M50" s="3">
         <v>10654</v>
       </c>
       <c r="N50" s="4">
         <v>17833</v>
       </c>
     </row>
     <row r="51" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A51" s="43"/>
+      <c r="A51" s="53"/>
       <c r="B51" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C51" s="3">
         <v>153160</v>
       </c>
       <c r="D51" s="3">
         <v>67084</v>
       </c>
       <c r="E51" s="3">
         <v>86076</v>
       </c>
       <c r="F51" s="3">
         <v>88293</v>
       </c>
       <c r="G51" s="3">
         <v>39655</v>
       </c>
       <c r="H51" s="3">
         <v>48638</v>
       </c>
       <c r="I51" s="3">
         <v>44649</v>
       </c>
       <c r="J51" s="3">
         <v>19884</v>
       </c>
       <c r="K51" s="3">
         <v>24765</v>
       </c>
       <c r="L51" s="3">
         <v>20218</v>
       </c>
       <c r="M51" s="3">
         <v>7545</v>
       </c>
       <c r="N51" s="4">
         <v>12673</v>
       </c>
     </row>
     <row r="52" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A52" s="43"/>
+      <c r="A52" s="53"/>
       <c r="B52" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="3">
         <v>228809</v>
       </c>
       <c r="D52" s="3">
         <v>103837</v>
       </c>
       <c r="E52" s="3">
         <v>124972</v>
       </c>
       <c r="F52" s="3">
         <v>134698</v>
       </c>
       <c r="G52" s="3">
         <v>62805</v>
       </c>
       <c r="H52" s="3">
         <v>71893</v>
       </c>
       <c r="I52" s="3">
         <v>64020</v>
       </c>
       <c r="J52" s="3">
         <v>28969</v>
       </c>
       <c r="K52" s="3">
         <v>35051</v>
       </c>
       <c r="L52" s="3">
         <v>30091</v>
       </c>
       <c r="M52" s="3">
         <v>12063</v>
       </c>
       <c r="N52" s="4">
         <v>18028</v>
       </c>
     </row>
-    <row r="53" spans="1:14" s="16" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A53" s="42" t="s">
+    <row r="53" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A53" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="B53" s="13" t="s">
+      <c r="B53" s="12" t="s">
         <v>56</v>
       </c>
-      <c r="C53" s="14">
+      <c r="C53" s="13">
         <v>4120579</v>
       </c>
-      <c r="D53" s="14">
+      <c r="D53" s="13">
         <v>1869679</v>
       </c>
-      <c r="E53" s="14">
+      <c r="E53" s="13">
         <v>2250900</v>
       </c>
-      <c r="F53" s="14">
+      <c r="F53" s="13">
         <v>2267458</v>
       </c>
-      <c r="G53" s="14">
+      <c r="G53" s="13">
         <v>1068220</v>
       </c>
-      <c r="H53" s="14">
+      <c r="H53" s="13">
         <v>1199238</v>
       </c>
-      <c r="I53" s="14">
+      <c r="I53" s="13">
         <v>1311402</v>
       </c>
-      <c r="J53" s="14">
+      <c r="J53" s="13">
         <v>590961</v>
       </c>
-      <c r="K53" s="14">
+      <c r="K53" s="13">
         <v>720441</v>
       </c>
-      <c r="L53" s="14">
+      <c r="L53" s="13">
         <v>541719</v>
       </c>
-      <c r="M53" s="14">
+      <c r="M53" s="13">
         <v>210498</v>
       </c>
-      <c r="N53" s="15">
+      <c r="N53" s="14">
         <v>331221</v>
       </c>
     </row>
     <row r="54" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A54" s="43"/>
+      <c r="A54" s="53"/>
       <c r="B54" s="8" t="s">
         <v>57</v>
       </c>
       <c r="C54" s="3">
         <v>550475</v>
       </c>
       <c r="D54" s="3">
         <v>249798</v>
       </c>
       <c r="E54" s="3">
         <v>300677</v>
       </c>
       <c r="F54" s="3">
         <v>278647</v>
       </c>
       <c r="G54" s="3">
         <v>131727</v>
       </c>
       <c r="H54" s="3">
         <v>146920</v>
       </c>
       <c r="I54" s="3">
         <v>186782</v>
       </c>
       <c r="J54" s="3">
         <v>86086</v>
       </c>
       <c r="K54" s="3">
         <v>100696</v>
       </c>
       <c r="L54" s="3">
         <v>85046</v>
       </c>
       <c r="M54" s="3">
         <v>31985</v>
       </c>
       <c r="N54" s="4">
         <v>53061</v>
       </c>
     </row>
     <row r="55" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A55" s="43"/>
+      <c r="A55" s="53"/>
       <c r="B55" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C55" s="3">
         <v>295415</v>
       </c>
       <c r="D55" s="3">
         <v>133938</v>
       </c>
       <c r="E55" s="3">
         <v>161477</v>
       </c>
       <c r="F55" s="3">
         <v>155959</v>
       </c>
       <c r="G55" s="3">
         <v>73609</v>
       </c>
       <c r="H55" s="3">
         <v>82350</v>
       </c>
       <c r="I55" s="3">
         <v>97262</v>
       </c>
       <c r="J55" s="3">
         <v>44207</v>
       </c>
       <c r="K55" s="3">
         <v>53055</v>
       </c>
       <c r="L55" s="3">
         <v>42194</v>
       </c>
       <c r="M55" s="3">
         <v>16122</v>
       </c>
       <c r="N55" s="4">
         <v>26072</v>
       </c>
     </row>
     <row r="56" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A56" s="43"/>
+      <c r="A56" s="53"/>
       <c r="B56" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C56" s="3">
         <v>276229</v>
       </c>
       <c r="D56" s="3">
         <v>123319</v>
       </c>
       <c r="E56" s="3">
         <v>152910</v>
       </c>
       <c r="F56" s="3">
         <v>143601</v>
       </c>
       <c r="G56" s="3">
         <v>66087</v>
       </c>
       <c r="H56" s="3">
         <v>77514</v>
       </c>
       <c r="I56" s="3">
         <v>92135</v>
       </c>
       <c r="J56" s="3">
         <v>41456</v>
       </c>
       <c r="K56" s="3">
         <v>50679</v>
       </c>
       <c r="L56" s="3">
         <v>40493</v>
       </c>
       <c r="M56" s="3">
         <v>15776</v>
       </c>
       <c r="N56" s="4">
         <v>24717</v>
       </c>
     </row>
     <row r="57" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A57" s="43"/>
+      <c r="A57" s="53"/>
       <c r="B57" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C57" s="3">
         <v>240885</v>
       </c>
       <c r="D57" s="3">
         <v>106805</v>
       </c>
       <c r="E57" s="3">
         <v>134080</v>
       </c>
       <c r="F57" s="3">
         <v>131839</v>
       </c>
       <c r="G57" s="3">
         <v>61103</v>
       </c>
       <c r="H57" s="3">
         <v>70736</v>
       </c>
       <c r="I57" s="3">
         <v>77526</v>
       </c>
       <c r="J57" s="3">
         <v>33961</v>
       </c>
       <c r="K57" s="3">
         <v>43565</v>
       </c>
       <c r="L57" s="3">
         <v>31520</v>
       </c>
       <c r="M57" s="3">
         <v>11741</v>
       </c>
       <c r="N57" s="4">
         <v>19779</v>
       </c>
     </row>
     <row r="58" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A58" s="43"/>
+      <c r="A58" s="53"/>
       <c r="B58" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="3">
         <v>354191</v>
       </c>
       <c r="D58" s="3">
         <v>163703</v>
       </c>
       <c r="E58" s="3">
         <v>190488</v>
       </c>
       <c r="F58" s="3">
         <v>186910</v>
       </c>
       <c r="G58" s="3">
         <v>89368</v>
       </c>
       <c r="H58" s="3">
         <v>97542</v>
       </c>
       <c r="I58" s="3">
         <v>114934</v>
       </c>
       <c r="J58" s="3">
         <v>52626</v>
       </c>
       <c r="K58" s="3">
         <v>62308</v>
       </c>
       <c r="L58" s="3">
         <v>52347</v>
       </c>
       <c r="M58" s="3">
         <v>21709</v>
       </c>
       <c r="N58" s="4">
         <v>30638</v>
       </c>
     </row>
     <row r="59" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A59" s="43"/>
+      <c r="A59" s="53"/>
       <c r="B59" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="3">
         <v>118540</v>
       </c>
       <c r="D59" s="3">
         <v>53272</v>
       </c>
       <c r="E59" s="3">
         <v>65268</v>
       </c>
       <c r="F59" s="3">
         <v>65969</v>
       </c>
       <c r="G59" s="3">
         <v>31148</v>
       </c>
       <c r="H59" s="3">
         <v>34821</v>
       </c>
       <c r="I59" s="3">
         <v>37981</v>
       </c>
       <c r="J59" s="3">
         <v>16782</v>
       </c>
       <c r="K59" s="3">
         <v>21199</v>
       </c>
       <c r="L59" s="3">
         <v>14590</v>
       </c>
       <c r="M59" s="3">
         <v>5342</v>
       </c>
       <c r="N59" s="4">
         <v>9248</v>
       </c>
     </row>
     <row r="60" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A60" s="43"/>
+      <c r="A60" s="53"/>
       <c r="B60" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C60" s="3">
         <v>238368</v>
       </c>
       <c r="D60" s="3">
         <v>108848</v>
       </c>
       <c r="E60" s="3">
         <v>129520</v>
       </c>
       <c r="F60" s="3">
         <v>128442</v>
       </c>
       <c r="G60" s="3">
         <v>60849</v>
       </c>
       <c r="H60" s="3">
         <v>67593</v>
       </c>
       <c r="I60" s="3">
         <v>78600</v>
       </c>
       <c r="J60" s="3">
         <v>36015</v>
       </c>
       <c r="K60" s="3">
         <v>42585</v>
       </c>
       <c r="L60" s="3">
         <v>31326</v>
       </c>
       <c r="M60" s="3">
         <v>11984</v>
       </c>
       <c r="N60" s="4">
         <v>19342</v>
       </c>
     </row>
     <row r="61" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A61" s="43"/>
+      <c r="A61" s="53"/>
       <c r="B61" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="3">
         <v>59924</v>
       </c>
       <c r="D61" s="3">
         <v>26838</v>
       </c>
       <c r="E61" s="3">
         <v>33086</v>
       </c>
       <c r="F61" s="3">
         <v>32620</v>
       </c>
       <c r="G61" s="3">
         <v>15426</v>
       </c>
       <c r="H61" s="3">
         <v>17194</v>
       </c>
       <c r="I61" s="3">
         <v>19281</v>
       </c>
       <c r="J61" s="3">
         <v>8312</v>
       </c>
       <c r="K61" s="3">
         <v>10969</v>
       </c>
       <c r="L61" s="3">
         <v>8023</v>
       </c>
       <c r="M61" s="3">
         <v>3100</v>
       </c>
       <c r="N61" s="4">
         <v>4923</v>
       </c>
     </row>
     <row r="62" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A62" s="43"/>
+      <c r="A62" s="53"/>
       <c r="B62" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="3">
         <v>70356</v>
       </c>
       <c r="D62" s="3">
         <v>33192</v>
       </c>
       <c r="E62" s="3">
         <v>37164</v>
       </c>
       <c r="F62" s="3">
         <v>39031</v>
       </c>
       <c r="G62" s="3">
         <v>19032</v>
       </c>
       <c r="H62" s="3">
         <v>19999</v>
       </c>
       <c r="I62" s="3">
         <v>21978</v>
       </c>
       <c r="J62" s="3">
         <v>10203</v>
       </c>
       <c r="K62" s="3">
         <v>11775</v>
       </c>
       <c r="L62" s="3">
         <v>9347</v>
       </c>
       <c r="M62" s="3">
         <v>3957</v>
       </c>
       <c r="N62" s="4">
         <v>5390</v>
       </c>
     </row>
     <row r="63" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A63" s="43"/>
+      <c r="A63" s="53"/>
       <c r="B63" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="3">
         <v>97896</v>
       </c>
       <c r="D63" s="3">
         <v>44231</v>
       </c>
       <c r="E63" s="3">
         <v>53665</v>
       </c>
       <c r="F63" s="3">
         <v>56746</v>
       </c>
       <c r="G63" s="3">
         <v>26658</v>
       </c>
       <c r="H63" s="3">
         <v>30088</v>
       </c>
       <c r="I63" s="3">
         <v>29584</v>
       </c>
       <c r="J63" s="3">
         <v>13271</v>
       </c>
       <c r="K63" s="3">
         <v>16313</v>
       </c>
       <c r="L63" s="3">
         <v>11566</v>
       </c>
       <c r="M63" s="3">
         <v>4302</v>
       </c>
       <c r="N63" s="4">
         <v>7264</v>
       </c>
     </row>
     <row r="64" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A64" s="43"/>
+      <c r="A64" s="53"/>
       <c r="B64" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C64" s="3">
         <v>375753</v>
       </c>
       <c r="D64" s="3">
         <v>170906</v>
       </c>
       <c r="E64" s="3">
         <v>204847</v>
       </c>
       <c r="F64" s="3">
         <v>214153</v>
       </c>
       <c r="G64" s="3">
         <v>100747</v>
       </c>
       <c r="H64" s="3">
         <v>113406</v>
       </c>
       <c r="I64" s="3">
         <v>116005</v>
       </c>
       <c r="J64" s="3">
         <v>52351</v>
       </c>
       <c r="K64" s="3">
         <v>63654</v>
       </c>
       <c r="L64" s="3">
         <v>45595</v>
       </c>
       <c r="M64" s="3">
         <v>17808</v>
       </c>
       <c r="N64" s="4">
         <v>27787</v>
       </c>
     </row>
     <row r="65" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A65" s="43"/>
+      <c r="A65" s="53"/>
       <c r="B65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="3">
         <v>243817</v>
       </c>
       <c r="D65" s="3">
         <v>111399</v>
       </c>
       <c r="E65" s="3">
         <v>132418</v>
       </c>
       <c r="F65" s="3">
         <v>142268</v>
       </c>
       <c r="G65" s="3">
         <v>67156</v>
       </c>
       <c r="H65" s="3">
         <v>75112</v>
       </c>
       <c r="I65" s="3">
         <v>74072</v>
       </c>
       <c r="J65" s="3">
         <v>33693</v>
       </c>
       <c r="K65" s="3">
         <v>40379</v>
       </c>
       <c r="L65" s="3">
         <v>27477</v>
       </c>
       <c r="M65" s="3">
         <v>10550</v>
       </c>
       <c r="N65" s="4">
         <v>16927</v>
       </c>
     </row>
     <row r="66" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A66" s="43"/>
+      <c r="A66" s="53"/>
       <c r="B66" s="8" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="3">
         <v>118514</v>
       </c>
       <c r="D66" s="3">
         <v>57542</v>
       </c>
       <c r="E66" s="3">
         <v>60972</v>
       </c>
       <c r="F66" s="3">
         <v>63052</v>
       </c>
       <c r="G66" s="3">
         <v>31503</v>
       </c>
       <c r="H66" s="3">
         <v>31549</v>
       </c>
       <c r="I66" s="3">
         <v>37409</v>
       </c>
       <c r="J66" s="3">
         <v>18054</v>
       </c>
       <c r="K66" s="3">
         <v>19355</v>
       </c>
       <c r="L66" s="3">
         <v>18053</v>
       </c>
       <c r="M66" s="3">
         <v>7985</v>
       </c>
       <c r="N66" s="4">
         <v>10068</v>
       </c>
     </row>
     <row r="67" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A67" s="43"/>
+      <c r="A67" s="53"/>
       <c r="B67" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C67" s="3">
         <v>91065</v>
       </c>
       <c r="D67" s="3">
         <v>41515</v>
       </c>
       <c r="E67" s="3">
         <v>49550</v>
       </c>
       <c r="F67" s="3">
         <v>50371</v>
       </c>
       <c r="G67" s="3">
         <v>23725</v>
       </c>
       <c r="H67" s="3">
         <v>26646</v>
       </c>
       <c r="I67" s="3">
         <v>29085</v>
       </c>
       <c r="J67" s="3">
         <v>12997</v>
       </c>
       <c r="K67" s="3">
         <v>16088</v>
       </c>
       <c r="L67" s="3">
         <v>11609</v>
       </c>
       <c r="M67" s="3">
         <v>4793</v>
       </c>
       <c r="N67" s="4">
         <v>6816</v>
       </c>
     </row>
     <row r="68" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A68" s="43"/>
+      <c r="A68" s="53"/>
       <c r="B68" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C68" s="3">
         <v>186683</v>
       </c>
       <c r="D68" s="3">
         <v>82690</v>
       </c>
       <c r="E68" s="3">
         <v>103993</v>
       </c>
       <c r="F68" s="3">
         <v>112532</v>
       </c>
       <c r="G68" s="3">
         <v>52194</v>
       </c>
       <c r="H68" s="3">
         <v>60338</v>
       </c>
       <c r="I68" s="3">
         <v>55187</v>
       </c>
       <c r="J68" s="3">
         <v>23755</v>
       </c>
       <c r="K68" s="3">
         <v>31432</v>
       </c>
       <c r="L68" s="3">
         <v>18964</v>
       </c>
       <c r="M68" s="3">
         <v>6741</v>
       </c>
       <c r="N68" s="4">
         <v>12223</v>
       </c>
     </row>
     <row r="69" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A69" s="43"/>
+      <c r="A69" s="53"/>
       <c r="B69" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C69" s="3">
         <v>263873</v>
       </c>
       <c r="D69" s="3">
         <v>117813</v>
       </c>
       <c r="E69" s="3">
         <v>146060</v>
       </c>
       <c r="F69" s="3">
         <v>154077</v>
       </c>
       <c r="G69" s="3">
         <v>72044</v>
       </c>
       <c r="H69" s="3">
         <v>82033</v>
       </c>
       <c r="I69" s="3">
         <v>80920</v>
       </c>
       <c r="J69" s="3">
         <v>35182</v>
       </c>
       <c r="K69" s="3">
         <v>45738</v>
       </c>
       <c r="L69" s="3">
         <v>28876</v>
       </c>
       <c r="M69" s="3">
         <v>10587</v>
       </c>
       <c r="N69" s="4">
         <v>18289</v>
       </c>
     </row>
     <row r="70" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A70" s="43"/>
+      <c r="A70" s="53"/>
       <c r="B70" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="3">
         <v>179162</v>
       </c>
       <c r="D70" s="3">
         <v>80939</v>
       </c>
       <c r="E70" s="3">
         <v>98223</v>
       </c>
       <c r="F70" s="3">
         <v>105157</v>
       </c>
       <c r="G70" s="3">
         <v>49358</v>
       </c>
       <c r="H70" s="3">
         <v>55799</v>
       </c>
       <c r="I70" s="3">
         <v>53683</v>
       </c>
       <c r="J70" s="3">
         <v>23653</v>
       </c>
       <c r="K70" s="3">
         <v>30030</v>
       </c>
       <c r="L70" s="3">
         <v>20322</v>
       </c>
       <c r="M70" s="3">
         <v>7928</v>
       </c>
       <c r="N70" s="4">
         <v>12394</v>
       </c>
     </row>
     <row r="71" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A71" s="43"/>
+      <c r="A71" s="53"/>
       <c r="B71" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C71" s="3">
         <v>175565</v>
       </c>
       <c r="D71" s="3">
         <v>79742</v>
       </c>
       <c r="E71" s="3">
         <v>95823</v>
       </c>
       <c r="F71" s="3">
         <v>103569</v>
       </c>
       <c r="G71" s="3">
         <v>48301</v>
       </c>
       <c r="H71" s="3">
         <v>55268</v>
       </c>
       <c r="I71" s="3">
         <v>52198</v>
       </c>
       <c r="J71" s="3">
         <v>23408</v>
       </c>
       <c r="K71" s="3">
         <v>28790</v>
       </c>
       <c r="L71" s="3">
         <v>19798</v>
       </c>
       <c r="M71" s="3">
         <v>8033</v>
       </c>
       <c r="N71" s="4">
         <v>11765</v>
       </c>
     </row>
     <row r="72" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A72" s="43"/>
+      <c r="A72" s="53"/>
       <c r="B72" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="3">
         <v>115995</v>
       </c>
       <c r="D72" s="3">
         <v>51578</v>
       </c>
       <c r="E72" s="3">
         <v>64417</v>
       </c>
       <c r="F72" s="3">
         <v>65670</v>
       </c>
       <c r="G72" s="3">
         <v>30378</v>
       </c>
       <c r="H72" s="3">
         <v>35292</v>
       </c>
       <c r="I72" s="3">
         <v>35037</v>
       </c>
       <c r="J72" s="3">
         <v>15101</v>
       </c>
       <c r="K72" s="3">
         <v>19936</v>
       </c>
       <c r="L72" s="3">
         <v>15288</v>
       </c>
       <c r="M72" s="3">
         <v>6099</v>
       </c>
       <c r="N72" s="4">
         <v>9189</v>
       </c>
     </row>
     <row r="73" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A73" s="43"/>
+      <c r="A73" s="53"/>
       <c r="B73" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C73" s="3">
         <v>67873</v>
       </c>
       <c r="D73" s="3">
         <v>31611</v>
       </c>
       <c r="E73" s="3">
         <v>36262</v>
       </c>
       <c r="F73" s="3">
         <v>36845</v>
       </c>
       <c r="G73" s="3">
         <v>17807</v>
       </c>
       <c r="H73" s="3">
         <v>19038</v>
       </c>
       <c r="I73" s="3">
         <v>21743</v>
       </c>
       <c r="J73" s="3">
         <v>9848</v>
       </c>
       <c r="K73" s="3">
         <v>11895</v>
       </c>
       <c r="L73" s="3">
         <v>9285</v>
       </c>
       <c r="M73" s="3">
         <v>3956</v>
       </c>
       <c r="N73" s="4">
         <v>5329</v>
       </c>
     </row>
-    <row r="74" spans="1:14" s="16" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A74" s="42" t="s">
+    <row r="74" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A74" s="52" t="s">
         <v>77</v>
       </c>
-      <c r="B74" s="13" t="s">
+      <c r="B74" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="C74" s="14">
+      <c r="C74" s="13">
         <v>1566500</v>
       </c>
-      <c r="D74" s="14">
+      <c r="D74" s="13">
         <v>696095</v>
       </c>
-      <c r="E74" s="14">
+      <c r="E74" s="13">
         <v>870405</v>
       </c>
-      <c r="F74" s="14">
+      <c r="F74" s="13">
         <v>873113</v>
       </c>
-      <c r="G74" s="14">
+      <c r="G74" s="13">
         <v>407591</v>
       </c>
-      <c r="H74" s="14">
+      <c r="H74" s="13">
         <v>465522</v>
       </c>
-      <c r="I74" s="14">
+      <c r="I74" s="13">
         <v>459720</v>
       </c>
-      <c r="J74" s="14">
+      <c r="J74" s="13">
         <v>201390</v>
       </c>
-      <c r="K74" s="14">
+      <c r="K74" s="13">
         <v>258330</v>
       </c>
-      <c r="L74" s="14">
+      <c r="L74" s="13">
         <v>233667</v>
       </c>
-      <c r="M74" s="14">
+      <c r="M74" s="13">
         <v>87114</v>
       </c>
-      <c r="N74" s="15">
+      <c r="N74" s="14">
         <v>146553</v>
       </c>
     </row>
     <row r="75" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A75" s="43"/>
+      <c r="A75" s="53"/>
       <c r="B75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C75" s="3">
         <v>335402</v>
       </c>
       <c r="D75" s="3">
         <v>145979</v>
       </c>
       <c r="E75" s="3">
         <v>189423</v>
       </c>
       <c r="F75" s="3">
         <v>181289</v>
       </c>
       <c r="G75" s="3">
         <v>83468</v>
       </c>
       <c r="H75" s="3">
         <v>97821</v>
       </c>
       <c r="I75" s="3">
         <v>99802</v>
       </c>
       <c r="J75" s="3">
         <v>43033</v>
       </c>
       <c r="K75" s="3">
         <v>56769</v>
       </c>
       <c r="L75" s="3">
         <v>54311</v>
       </c>
       <c r="M75" s="3">
         <v>19478</v>
       </c>
       <c r="N75" s="4">
         <v>34833</v>
       </c>
     </row>
     <row r="76" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A76" s="43"/>
+      <c r="A76" s="53"/>
       <c r="B76" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C76" s="3">
         <v>51920</v>
       </c>
       <c r="D76" s="3">
         <v>24437</v>
       </c>
       <c r="E76" s="3">
         <v>27483</v>
       </c>
       <c r="F76" s="3">
         <v>28673</v>
       </c>
       <c r="G76" s="3">
         <v>13912</v>
       </c>
       <c r="H76" s="3">
         <v>14761</v>
       </c>
       <c r="I76" s="3">
         <v>15438</v>
       </c>
       <c r="J76" s="3">
         <v>7270</v>
       </c>
       <c r="K76" s="3">
         <v>8168</v>
       </c>
       <c r="L76" s="3">
         <v>7809</v>
       </c>
       <c r="M76" s="3">
         <v>3255</v>
       </c>
       <c r="N76" s="4">
         <v>4554</v>
       </c>
     </row>
     <row r="77" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A77" s="43"/>
+      <c r="A77" s="53"/>
       <c r="B77" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="3">
         <v>43029</v>
       </c>
       <c r="D77" s="3">
         <v>20132</v>
       </c>
       <c r="E77" s="3">
         <v>22897</v>
       </c>
       <c r="F77" s="3">
         <v>24100</v>
       </c>
       <c r="G77" s="3">
         <v>11749</v>
       </c>
       <c r="H77" s="3">
         <v>12351</v>
       </c>
       <c r="I77" s="3">
         <v>12602</v>
       </c>
       <c r="J77" s="3">
         <v>5843</v>
       </c>
       <c r="K77" s="3">
         <v>6759</v>
       </c>
       <c r="L77" s="3">
         <v>6327</v>
       </c>
       <c r="M77" s="3">
         <v>2540</v>
       </c>
       <c r="N77" s="4">
         <v>3787</v>
       </c>
     </row>
     <row r="78" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A78" s="43"/>
+      <c r="A78" s="53"/>
       <c r="B78" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C78" s="3">
         <v>60741</v>
       </c>
       <c r="D78" s="3">
         <v>29379</v>
       </c>
       <c r="E78" s="3">
         <v>31362</v>
       </c>
       <c r="F78" s="3">
         <v>39049</v>
       </c>
       <c r="G78" s="3">
         <v>20006</v>
       </c>
       <c r="H78" s="3">
         <v>19043</v>
       </c>
       <c r="I78" s="3">
         <v>14857</v>
       </c>
       <c r="J78" s="3">
         <v>6930</v>
       </c>
       <c r="K78" s="3">
         <v>7927</v>
       </c>
       <c r="L78" s="3">
         <v>6835</v>
       </c>
       <c r="M78" s="3">
         <v>2443</v>
       </c>
       <c r="N78" s="4">
         <v>4392</v>
       </c>
     </row>
     <row r="79" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A79" s="43"/>
+      <c r="A79" s="53"/>
       <c r="B79" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="3">
         <v>171490</v>
       </c>
       <c r="D79" s="3">
         <v>73961</v>
       </c>
       <c r="E79" s="3">
         <v>97529</v>
       </c>
       <c r="F79" s="3">
         <v>93128</v>
       </c>
       <c r="G79" s="3">
         <v>42427</v>
       </c>
       <c r="H79" s="3">
         <v>50701</v>
       </c>
       <c r="I79" s="3">
         <v>50887</v>
       </c>
       <c r="J79" s="3">
         <v>21703</v>
       </c>
       <c r="K79" s="3">
         <v>29184</v>
       </c>
       <c r="L79" s="3">
         <v>27475</v>
       </c>
       <c r="M79" s="3">
         <v>9831</v>
       </c>
       <c r="N79" s="4">
         <v>17644</v>
       </c>
     </row>
     <row r="80" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A80" s="43"/>
+      <c r="A80" s="53"/>
       <c r="B80" s="8" t="s">
         <v>83</v>
       </c>
       <c r="C80" s="3">
         <v>30336</v>
       </c>
       <c r="D80" s="3">
         <v>14182</v>
       </c>
       <c r="E80" s="3">
         <v>16154</v>
       </c>
       <c r="F80" s="3">
         <v>17641</v>
       </c>
       <c r="G80" s="3">
         <v>8509</v>
       </c>
       <c r="H80" s="3">
         <v>9132</v>
       </c>
       <c r="I80" s="3">
         <v>8497</v>
       </c>
       <c r="J80" s="3">
         <v>4047</v>
       </c>
       <c r="K80" s="3">
         <v>4450</v>
       </c>
       <c r="L80" s="3">
         <v>4198</v>
       </c>
       <c r="M80" s="3">
         <v>1626</v>
       </c>
       <c r="N80" s="4">
         <v>2572</v>
       </c>
     </row>
     <row r="81" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A81" s="43"/>
+      <c r="A81" s="53"/>
       <c r="B81" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C81" s="3">
         <v>88123</v>
       </c>
       <c r="D81" s="3">
         <v>39559</v>
       </c>
       <c r="E81" s="3">
         <v>48564</v>
       </c>
       <c r="F81" s="3">
         <v>47468</v>
       </c>
       <c r="G81" s="3">
         <v>22426</v>
       </c>
       <c r="H81" s="3">
         <v>25042</v>
       </c>
       <c r="I81" s="3">
         <v>26421</v>
       </c>
       <c r="J81" s="3">
         <v>11897</v>
       </c>
       <c r="K81" s="3">
         <v>14524</v>
       </c>
       <c r="L81" s="3">
         <v>14234</v>
       </c>
       <c r="M81" s="3">
         <v>5236</v>
       </c>
       <c r="N81" s="4">
         <v>8998</v>
       </c>
     </row>
     <row r="82" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A82" s="43"/>
+      <c r="A82" s="53"/>
       <c r="B82" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C82" s="3">
         <v>260769</v>
       </c>
       <c r="D82" s="3">
         <v>114688</v>
       </c>
       <c r="E82" s="3">
         <v>146081</v>
       </c>
       <c r="F82" s="3">
         <v>145905</v>
       </c>
       <c r="G82" s="3">
         <v>67325</v>
       </c>
       <c r="H82" s="3">
         <v>78580</v>
       </c>
       <c r="I82" s="3">
         <v>76030</v>
       </c>
       <c r="J82" s="3">
         <v>33047</v>
       </c>
       <c r="K82" s="3">
         <v>42983</v>
       </c>
       <c r="L82" s="3">
         <v>38834</v>
       </c>
       <c r="M82" s="3">
         <v>14316</v>
       </c>
       <c r="N82" s="4">
         <v>24518</v>
       </c>
     </row>
     <row r="83" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A83" s="43"/>
+      <c r="A83" s="53"/>
       <c r="B83" s="8" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="3">
         <v>41579</v>
       </c>
       <c r="D83" s="3">
         <v>19589</v>
       </c>
       <c r="E83" s="3">
         <v>21990</v>
       </c>
       <c r="F83" s="3">
         <v>23685</v>
       </c>
       <c r="G83" s="3">
         <v>11506</v>
       </c>
       <c r="H83" s="3">
         <v>12179</v>
       </c>
       <c r="I83" s="3">
         <v>12322</v>
       </c>
       <c r="J83" s="3">
         <v>5735</v>
       </c>
       <c r="K83" s="3">
         <v>6587</v>
       </c>
       <c r="L83" s="3">
         <v>5572</v>
       </c>
       <c r="M83" s="3">
         <v>2348</v>
       </c>
       <c r="N83" s="4">
         <v>3224</v>
       </c>
     </row>
     <row r="84" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A84" s="43"/>
+      <c r="A84" s="53"/>
       <c r="B84" s="8" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="3">
         <v>110221</v>
       </c>
       <c r="D84" s="3">
         <v>48030</v>
       </c>
       <c r="E84" s="3">
         <v>62191</v>
       </c>
       <c r="F84" s="3">
         <v>59895</v>
       </c>
       <c r="G84" s="3">
         <v>27416</v>
       </c>
       <c r="H84" s="3">
         <v>32479</v>
       </c>
       <c r="I84" s="3">
         <v>32971</v>
       </c>
       <c r="J84" s="3">
         <v>14420</v>
       </c>
       <c r="K84" s="3">
         <v>18551</v>
       </c>
       <c r="L84" s="3">
         <v>17355</v>
       </c>
       <c r="M84" s="3">
         <v>6194</v>
       </c>
       <c r="N84" s="4">
         <v>11161</v>
       </c>
     </row>
     <row r="85" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A85" s="43"/>
+      <c r="A85" s="53"/>
       <c r="B85" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C85" s="3">
         <v>114663</v>
       </c>
       <c r="D85" s="3">
         <v>49519</v>
       </c>
       <c r="E85" s="3">
         <v>65144</v>
       </c>
       <c r="F85" s="3">
         <v>63970</v>
       </c>
       <c r="G85" s="3">
         <v>29061</v>
       </c>
       <c r="H85" s="3">
         <v>34909</v>
       </c>
       <c r="I85" s="3">
         <v>32597</v>
       </c>
       <c r="J85" s="3">
         <v>13967</v>
       </c>
       <c r="K85" s="3">
         <v>18630</v>
       </c>
       <c r="L85" s="3">
         <v>18096</v>
       </c>
       <c r="M85" s="3">
         <v>6491</v>
       </c>
       <c r="N85" s="4">
         <v>11605</v>
       </c>
     </row>
     <row r="86" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A86" s="43"/>
+      <c r="A86" s="53"/>
       <c r="B86" s="8" t="s">
         <v>89</v>
       </c>
       <c r="C86" s="3">
         <v>98139</v>
       </c>
       <c r="D86" s="3">
         <v>42692</v>
       </c>
       <c r="E86" s="3">
         <v>55447</v>
       </c>
       <c r="F86" s="3">
         <v>53973</v>
       </c>
       <c r="G86" s="3">
         <v>24622</v>
       </c>
       <c r="H86" s="3">
         <v>29351</v>
       </c>
       <c r="I86" s="3">
         <v>30636</v>
       </c>
       <c r="J86" s="3">
         <v>12788</v>
       </c>
       <c r="K86" s="3">
         <v>17848</v>
       </c>
       <c r="L86" s="3">
         <v>13530</v>
       </c>
       <c r="M86" s="3">
         <v>5282</v>
       </c>
       <c r="N86" s="4">
         <v>8248</v>
       </c>
     </row>
     <row r="87" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A87" s="43"/>
+      <c r="A87" s="53"/>
       <c r="B87" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C87" s="3">
         <v>62244</v>
       </c>
       <c r="D87" s="3">
         <v>29137</v>
       </c>
       <c r="E87" s="3">
         <v>33107</v>
       </c>
       <c r="F87" s="3">
         <v>36647</v>
       </c>
       <c r="G87" s="3">
         <v>17642</v>
       </c>
       <c r="H87" s="3">
         <v>19005</v>
       </c>
       <c r="I87" s="3">
         <v>18242</v>
       </c>
       <c r="J87" s="3">
         <v>8316</v>
       </c>
       <c r="K87" s="3">
         <v>9926</v>
       </c>
       <c r="L87" s="3">
         <v>7355</v>
       </c>
       <c r="M87" s="3">
         <v>3179</v>
       </c>
       <c r="N87" s="4">
         <v>4176</v>
       </c>
     </row>
     <row r="88" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A88" s="44"/>
+      <c r="A88" s="54"/>
       <c r="B88" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C88" s="5">
         <v>97844</v>
       </c>
       <c r="D88" s="5">
         <v>44811</v>
       </c>
       <c r="E88" s="5">
         <v>53033</v>
       </c>
       <c r="F88" s="5">
         <v>57690</v>
       </c>
       <c r="G88" s="5">
         <v>27522</v>
       </c>
       <c r="H88" s="5">
         <v>30168</v>
       </c>
       <c r="I88" s="5">
         <v>28418</v>
       </c>
       <c r="J88" s="5">
         <v>12394</v>
       </c>
       <c r="K88" s="5">
         <v>16024</v>
       </c>
       <c r="L88" s="5">
         <v>11736</v>
       </c>
       <c r="M88" s="5">
         <v>4895</v>
       </c>
       <c r="N88" s="6">
         <v>6841</v>
       </c>
     </row>
     <row r="89" spans="1:14" ht="16.5" customHeight="1">
-      <c r="A89" s="37" t="s">
+      <c r="A89" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="B89" s="37"/>
-[...11 lines deleted...]
-      <c r="N89" s="37"/>
+      <c r="B89" s="44"/>
+      <c r="C89" s="44"/>
+      <c r="D89" s="44"/>
+      <c r="E89" s="44"/>
+      <c r="F89" s="44"/>
+      <c r="G89" s="44"/>
+      <c r="H89" s="44"/>
+      <c r="I89" s="44"/>
+      <c r="J89" s="44"/>
+      <c r="K89" s="44"/>
+      <c r="L89" s="44"/>
+      <c r="M89" s="44"/>
+      <c r="N89" s="44"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="A89:N89"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="A9:A34"/>
+    <mergeCell ref="A35:A52"/>
+    <mergeCell ref="A53:A73"/>
+    <mergeCell ref="A74:A88"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="I3:K3"/>
     <mergeCell ref="L3:N3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4402032B-4B7B-485C-B162-17BEFDBFBA78}">
+  <dimension ref="A1:N89"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D8" sqref="D8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="2" width="22.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="9.140625" style="1" bestFit="1"/>
+    <col min="6" max="6" width="9.140625" style="1"/>
+    <col min="7" max="9" width="9.140625" style="1" bestFit="1"/>
+    <col min="10" max="10" width="9.140625" style="1"/>
+    <col min="11" max="12" width="9.140625" style="1" bestFit="1"/>
+    <col min="13" max="13" width="7.5703125" style="1" customWidth="1"/>
+    <col min="14" max="14" width="9.140625" style="1" bestFit="1"/>
+    <col min="15" max="15" width="0.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A1" s="43" t="s">
+        <v>123</v>
+      </c>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44"/>
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="F1" s="44"/>
+      <c r="G1" s="44"/>
+      <c r="H1" s="44"/>
+      <c r="I1" s="44"/>
+      <c r="J1" s="44"/>
+      <c r="K1" s="44"/>
+      <c r="L1" s="44"/>
+      <c r="M1" s="44"/>
+      <c r="N1" s="44"/>
+    </row>
+    <row r="2" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A2" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" s="7"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+    </row>
+    <row r="3" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A3" s="48" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="45" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="46"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="45" t="s">
+        <v>1</v>
+      </c>
+      <c r="G3" s="46"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="45" t="s">
+        <v>2</v>
+      </c>
+      <c r="J3" s="46"/>
+      <c r="K3" s="46"/>
+      <c r="L3" s="45" t="s">
+        <v>3</v>
+      </c>
+      <c r="M3" s="46"/>
+      <c r="N3" s="47"/>
+    </row>
+    <row r="4" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A4" s="49"/>
+      <c r="B4" s="49"/>
+      <c r="C4" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="G4" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="J4" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="K4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="L4" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="M4" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="N4" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A5" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="38">
+        <v>14027411</v>
+      </c>
+      <c r="D5" s="38">
+        <v>5904327</v>
+      </c>
+      <c r="E5" s="38">
+        <v>8123084</v>
+      </c>
+      <c r="F5" s="38">
+        <v>8321036</v>
+      </c>
+      <c r="G5" s="38">
+        <v>3770728</v>
+      </c>
+      <c r="H5" s="38">
+        <v>4550308</v>
+      </c>
+      <c r="I5" s="38">
+        <v>4180852</v>
+      </c>
+      <c r="J5" s="38">
+        <v>1666979</v>
+      </c>
+      <c r="K5" s="38">
+        <v>2513873</v>
+      </c>
+      <c r="L5" s="38">
+        <v>1525523</v>
+      </c>
+      <c r="M5" s="38">
+        <v>466620</v>
+      </c>
+      <c r="N5" s="41">
+        <v>1058903</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A6" s="51"/>
+      <c r="B6" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="36"/>
+      <c r="D6" s="36"/>
+      <c r="E6" s="36"/>
+      <c r="F6" s="36"/>
+      <c r="G6" s="36"/>
+      <c r="H6" s="36"/>
+      <c r="I6" s="36"/>
+      <c r="J6" s="36"/>
+      <c r="K6" s="36"/>
+      <c r="L6" s="36"/>
+      <c r="M6" s="36"/>
+      <c r="N6" s="37"/>
+    </row>
+    <row r="7" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A7" s="51"/>
+      <c r="B7" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="36"/>
+      <c r="D7" s="36"/>
+      <c r="E7" s="36"/>
+      <c r="F7" s="36"/>
+      <c r="G7" s="36"/>
+      <c r="H7" s="36"/>
+      <c r="I7" s="36"/>
+      <c r="J7" s="36"/>
+      <c r="K7" s="36"/>
+      <c r="L7" s="36"/>
+      <c r="M7" s="36"/>
+      <c r="N7" s="37"/>
+    </row>
+    <row r="8" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A8" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="38">
+        <v>1456740</v>
+      </c>
+      <c r="D8" s="38">
+        <v>601042</v>
+      </c>
+      <c r="E8" s="38">
+        <v>855698</v>
+      </c>
+      <c r="F8" s="38">
+        <v>926478</v>
+      </c>
+      <c r="G8" s="38">
+        <v>413565</v>
+      </c>
+      <c r="H8" s="38">
+        <v>512913</v>
+      </c>
+      <c r="I8" s="38">
+        <v>399697</v>
+      </c>
+      <c r="J8" s="38">
+        <v>150445</v>
+      </c>
+      <c r="K8" s="38">
+        <v>249252</v>
+      </c>
+      <c r="L8" s="38">
+        <v>130565</v>
+      </c>
+      <c r="M8" s="38">
+        <v>37032</v>
+      </c>
+      <c r="N8" s="41">
+        <v>93533</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A9" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="38">
+        <v>3778750</v>
+      </c>
+      <c r="D9" s="38">
+        <v>1561905</v>
+      </c>
+      <c r="E9" s="38">
+        <v>2216845</v>
+      </c>
+      <c r="F9" s="38">
+        <v>2301256</v>
+      </c>
+      <c r="G9" s="38">
+        <v>1035478</v>
+      </c>
+      <c r="H9" s="38">
+        <v>1265778</v>
+      </c>
+      <c r="I9" s="38">
+        <v>1074719</v>
+      </c>
+      <c r="J9" s="38">
+        <v>409701</v>
+      </c>
+      <c r="K9" s="38">
+        <v>665018</v>
+      </c>
+      <c r="L9" s="38">
+        <v>402775</v>
+      </c>
+      <c r="M9" s="38">
+        <v>116726</v>
+      </c>
+      <c r="N9" s="41">
+        <v>286049</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A10" s="53"/>
+      <c r="B10" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="39">
+        <v>386458</v>
+      </c>
+      <c r="D10" s="39">
+        <v>158261</v>
+      </c>
+      <c r="E10" s="39">
+        <v>228197</v>
+      </c>
+      <c r="F10" s="39">
+        <v>242000</v>
+      </c>
+      <c r="G10" s="39">
+        <v>108026</v>
+      </c>
+      <c r="H10" s="39">
+        <v>133974</v>
+      </c>
+      <c r="I10" s="39">
+        <v>106779</v>
+      </c>
+      <c r="J10" s="39">
+        <v>39819</v>
+      </c>
+      <c r="K10" s="39">
+        <v>66960</v>
+      </c>
+      <c r="L10" s="39">
+        <v>37679</v>
+      </c>
+      <c r="M10" s="39">
+        <v>10416</v>
+      </c>
+      <c r="N10" s="42">
+        <v>27263</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A11" s="53"/>
+      <c r="B11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="39">
+        <v>296396</v>
+      </c>
+      <c r="D11" s="39">
+        <v>121965</v>
+      </c>
+      <c r="E11" s="39">
+        <v>174431</v>
+      </c>
+      <c r="F11" s="39">
+        <v>186308</v>
+      </c>
+      <c r="G11" s="39">
+        <v>83569</v>
+      </c>
+      <c r="H11" s="39">
+        <v>102739</v>
+      </c>
+      <c r="I11" s="39">
+        <v>81426</v>
+      </c>
+      <c r="J11" s="39">
+        <v>30405</v>
+      </c>
+      <c r="K11" s="39">
+        <v>51021</v>
+      </c>
+      <c r="L11" s="39">
+        <v>28662</v>
+      </c>
+      <c r="M11" s="39">
+        <v>7991</v>
+      </c>
+      <c r="N11" s="42">
+        <v>20671</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A12" s="53"/>
+      <c r="B12" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="39">
+        <v>289629</v>
+      </c>
+      <c r="D12" s="39">
+        <v>119475</v>
+      </c>
+      <c r="E12" s="39">
+        <v>170154</v>
+      </c>
+      <c r="F12" s="39">
+        <v>182300</v>
+      </c>
+      <c r="G12" s="39">
+        <v>82111</v>
+      </c>
+      <c r="H12" s="39">
+        <v>100189</v>
+      </c>
+      <c r="I12" s="39">
+        <v>79296</v>
+      </c>
+      <c r="J12" s="39">
+        <v>29435</v>
+      </c>
+      <c r="K12" s="39">
+        <v>49861</v>
+      </c>
+      <c r="L12" s="39">
+        <v>28033</v>
+      </c>
+      <c r="M12" s="39">
+        <v>7929</v>
+      </c>
+      <c r="N12" s="42">
+        <v>20104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A13" s="53"/>
+      <c r="B13" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="39">
+        <v>193469</v>
+      </c>
+      <c r="D13" s="39">
+        <v>77526</v>
+      </c>
+      <c r="E13" s="39">
+        <v>115943</v>
+      </c>
+      <c r="F13" s="39">
+        <v>113562</v>
+      </c>
+      <c r="G13" s="39">
+        <v>49728</v>
+      </c>
+      <c r="H13" s="39">
+        <v>63834</v>
+      </c>
+      <c r="I13" s="39">
+        <v>57170</v>
+      </c>
+      <c r="J13" s="39">
+        <v>21277</v>
+      </c>
+      <c r="K13" s="39">
+        <v>35893</v>
+      </c>
+      <c r="L13" s="39">
+        <v>22737</v>
+      </c>
+      <c r="M13" s="39">
+        <v>6521</v>
+      </c>
+      <c r="N13" s="42">
+        <v>16216</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A14" s="53"/>
+      <c r="B14" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="39">
+        <v>52696</v>
+      </c>
+      <c r="D14" s="39">
+        <v>21088</v>
+      </c>
+      <c r="E14" s="39">
+        <v>31608</v>
+      </c>
+      <c r="F14" s="39">
+        <v>30969</v>
+      </c>
+      <c r="G14" s="39">
+        <v>13546</v>
+      </c>
+      <c r="H14" s="39">
+        <v>17423</v>
+      </c>
+      <c r="I14" s="39">
+        <v>15551</v>
+      </c>
+      <c r="J14" s="39">
+        <v>5785</v>
+      </c>
+      <c r="K14" s="39">
+        <v>9766</v>
+      </c>
+      <c r="L14" s="39">
+        <v>6176</v>
+      </c>
+      <c r="M14" s="39">
+        <v>1757</v>
+      </c>
+      <c r="N14" s="42">
+        <v>4419</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A15" s="53"/>
+      <c r="B15" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="39">
+        <v>165292</v>
+      </c>
+      <c r="D15" s="39">
+        <v>66181</v>
+      </c>
+      <c r="E15" s="39">
+        <v>99111</v>
+      </c>
+      <c r="F15" s="39">
+        <v>97226</v>
+      </c>
+      <c r="G15" s="39">
+        <v>42532</v>
+      </c>
+      <c r="H15" s="39">
+        <v>54694</v>
+      </c>
+      <c r="I15" s="39">
+        <v>48750</v>
+      </c>
+      <c r="J15" s="39">
+        <v>18158</v>
+      </c>
+      <c r="K15" s="39">
+        <v>30592</v>
+      </c>
+      <c r="L15" s="39">
+        <v>19316</v>
+      </c>
+      <c r="M15" s="39">
+        <v>5491</v>
+      </c>
+      <c r="N15" s="42">
+        <v>13825</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A16" s="53"/>
+      <c r="B16" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="39">
+        <v>39487</v>
+      </c>
+      <c r="D16" s="39">
+        <v>15800</v>
+      </c>
+      <c r="E16" s="39">
+        <v>23687</v>
+      </c>
+      <c r="F16" s="39">
+        <v>23212</v>
+      </c>
+      <c r="G16" s="39">
+        <v>10151</v>
+      </c>
+      <c r="H16" s="39">
+        <v>13061</v>
+      </c>
+      <c r="I16" s="39">
+        <v>11652</v>
+      </c>
+      <c r="J16" s="39">
+        <v>4335</v>
+      </c>
+      <c r="K16" s="39">
+        <v>7317</v>
+      </c>
+      <c r="L16" s="39">
+        <v>4623</v>
+      </c>
+      <c r="M16" s="39">
+        <v>1314</v>
+      </c>
+      <c r="N16" s="42">
+        <v>3309</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A17" s="53"/>
+      <c r="B17" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="39">
+        <v>62252</v>
+      </c>
+      <c r="D17" s="39">
+        <v>24956</v>
+      </c>
+      <c r="E17" s="39">
+        <v>37296</v>
+      </c>
+      <c r="F17" s="39">
+        <v>36568</v>
+      </c>
+      <c r="G17" s="39">
+        <v>16003</v>
+      </c>
+      <c r="H17" s="39">
+        <v>20565</v>
+      </c>
+      <c r="I17" s="39">
+        <v>18357</v>
+      </c>
+      <c r="J17" s="39">
+        <v>6841</v>
+      </c>
+      <c r="K17" s="39">
+        <v>11516</v>
+      </c>
+      <c r="L17" s="39">
+        <v>7327</v>
+      </c>
+      <c r="M17" s="39">
+        <v>2112</v>
+      </c>
+      <c r="N17" s="42">
+        <v>5215</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A18" s="53"/>
+      <c r="B18" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="39">
+        <v>163118</v>
+      </c>
+      <c r="D18" s="39">
+        <v>65428</v>
+      </c>
+      <c r="E18" s="39">
+        <v>97690</v>
+      </c>
+      <c r="F18" s="39">
+        <v>95693</v>
+      </c>
+      <c r="G18" s="39">
+        <v>41918</v>
+      </c>
+      <c r="H18" s="39">
+        <v>53775</v>
+      </c>
+      <c r="I18" s="39">
+        <v>48126</v>
+      </c>
+      <c r="J18" s="39">
+        <v>17972</v>
+      </c>
+      <c r="K18" s="39">
+        <v>30154</v>
+      </c>
+      <c r="L18" s="39">
+        <v>19299</v>
+      </c>
+      <c r="M18" s="39">
+        <v>5538</v>
+      </c>
+      <c r="N18" s="42">
+        <v>13761</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A19" s="53"/>
+      <c r="B19" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="39">
+        <v>317126</v>
+      </c>
+      <c r="D19" s="39">
+        <v>143545</v>
+      </c>
+      <c r="E19" s="39">
+        <v>173581</v>
+      </c>
+      <c r="F19" s="39">
+        <v>202425</v>
+      </c>
+      <c r="G19" s="39">
+        <v>100740</v>
+      </c>
+      <c r="H19" s="39">
+        <v>101685</v>
+      </c>
+      <c r="I19" s="39">
+        <v>84234</v>
+      </c>
+      <c r="J19" s="39">
+        <v>33685</v>
+      </c>
+      <c r="K19" s="39">
+        <v>50549</v>
+      </c>
+      <c r="L19" s="39">
+        <v>30467</v>
+      </c>
+      <c r="M19" s="39">
+        <v>9120</v>
+      </c>
+      <c r="N19" s="42">
+        <v>21347</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A20" s="53"/>
+      <c r="B20" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="39">
+        <v>161668</v>
+      </c>
+      <c r="D20" s="39">
+        <v>67686</v>
+      </c>
+      <c r="E20" s="39">
+        <v>93982</v>
+      </c>
+      <c r="F20" s="39">
+        <v>100188</v>
+      </c>
+      <c r="G20" s="39">
+        <v>45555</v>
+      </c>
+      <c r="H20" s="39">
+        <v>54633</v>
+      </c>
+      <c r="I20" s="39">
+        <v>44932</v>
+      </c>
+      <c r="J20" s="39">
+        <v>17263</v>
+      </c>
+      <c r="K20" s="39">
+        <v>27669</v>
+      </c>
+      <c r="L20" s="39">
+        <v>16548</v>
+      </c>
+      <c r="M20" s="39">
+        <v>4868</v>
+      </c>
+      <c r="N20" s="42">
+        <v>11680</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A21" s="53"/>
+      <c r="B21" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="39">
+        <v>87509</v>
+      </c>
+      <c r="D21" s="39">
+        <v>36230</v>
+      </c>
+      <c r="E21" s="39">
+        <v>51279</v>
+      </c>
+      <c r="F21" s="39">
+        <v>54160</v>
+      </c>
+      <c r="G21" s="39">
+        <v>24337</v>
+      </c>
+      <c r="H21" s="39">
+        <v>29823</v>
+      </c>
+      <c r="I21" s="39">
+        <v>24341</v>
+      </c>
+      <c r="J21" s="39">
+        <v>9252</v>
+      </c>
+      <c r="K21" s="39">
+        <v>15089</v>
+      </c>
+      <c r="L21" s="39">
+        <v>9008</v>
+      </c>
+      <c r="M21" s="39">
+        <v>2641</v>
+      </c>
+      <c r="N21" s="42">
+        <v>6367</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A22" s="53"/>
+      <c r="B22" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="39">
+        <v>43483</v>
+      </c>
+      <c r="D22" s="39">
+        <v>17956</v>
+      </c>
+      <c r="E22" s="39">
+        <v>25527</v>
+      </c>
+      <c r="F22" s="39">
+        <v>26866</v>
+      </c>
+      <c r="G22" s="39">
+        <v>12041</v>
+      </c>
+      <c r="H22" s="39">
+        <v>14825</v>
+      </c>
+      <c r="I22" s="39">
+        <v>12122</v>
+      </c>
+      <c r="J22" s="39">
+        <v>4600</v>
+      </c>
+      <c r="K22" s="39">
+        <v>7522</v>
+      </c>
+      <c r="L22" s="39">
+        <v>4495</v>
+      </c>
+      <c r="M22" s="39">
+        <v>1315</v>
+      </c>
+      <c r="N22" s="42">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A23" s="53"/>
+      <c r="B23" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="39">
+        <v>133307</v>
+      </c>
+      <c r="D23" s="39">
+        <v>55283</v>
+      </c>
+      <c r="E23" s="39">
+        <v>78024</v>
+      </c>
+      <c r="F23" s="39">
+        <v>82451</v>
+      </c>
+      <c r="G23" s="39">
+        <v>37090</v>
+      </c>
+      <c r="H23" s="39">
+        <v>45361</v>
+      </c>
+      <c r="I23" s="39">
+        <v>37112</v>
+      </c>
+      <c r="J23" s="39">
+        <v>14158</v>
+      </c>
+      <c r="K23" s="39">
+        <v>22954</v>
+      </c>
+      <c r="L23" s="39">
+        <v>13744</v>
+      </c>
+      <c r="M23" s="39">
+        <v>4035</v>
+      </c>
+      <c r="N23" s="42">
+        <v>9709</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A24" s="53"/>
+      <c r="B24" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" s="39">
+        <v>104890</v>
+      </c>
+      <c r="D24" s="39">
+        <v>43153</v>
+      </c>
+      <c r="E24" s="39">
+        <v>61737</v>
+      </c>
+      <c r="F24" s="39">
+        <v>64863</v>
+      </c>
+      <c r="G24" s="39">
+        <v>29021</v>
+      </c>
+      <c r="H24" s="39">
+        <v>35842</v>
+      </c>
+      <c r="I24" s="39">
+        <v>29151</v>
+      </c>
+      <c r="J24" s="39">
+        <v>11018</v>
+      </c>
+      <c r="K24" s="39">
+        <v>18133</v>
+      </c>
+      <c r="L24" s="39">
+        <v>10876</v>
+      </c>
+      <c r="M24" s="39">
+        <v>3114</v>
+      </c>
+      <c r="N24" s="42">
+        <v>7762</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A25" s="53"/>
+      <c r="B25" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="39">
+        <v>40935</v>
+      </c>
+      <c r="D25" s="39">
+        <v>16935</v>
+      </c>
+      <c r="E25" s="39">
+        <v>24000</v>
+      </c>
+      <c r="F25" s="39">
+        <v>25297</v>
+      </c>
+      <c r="G25" s="39">
+        <v>11366</v>
+      </c>
+      <c r="H25" s="39">
+        <v>13931</v>
+      </c>
+      <c r="I25" s="39">
+        <v>11410</v>
+      </c>
+      <c r="J25" s="39">
+        <v>4334</v>
+      </c>
+      <c r="K25" s="39">
+        <v>7076</v>
+      </c>
+      <c r="L25" s="39">
+        <v>4228</v>
+      </c>
+      <c r="M25" s="39">
+        <v>1235</v>
+      </c>
+      <c r="N25" s="42">
+        <v>2993</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A26" s="53"/>
+      <c r="B26" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="39">
+        <v>105368</v>
+      </c>
+      <c r="D26" s="39">
+        <v>44082</v>
+      </c>
+      <c r="E26" s="39">
+        <v>61286</v>
+      </c>
+      <c r="F26" s="39">
+        <v>65180</v>
+      </c>
+      <c r="G26" s="39">
+        <v>29570</v>
+      </c>
+      <c r="H26" s="39">
+        <v>35610</v>
+      </c>
+      <c r="I26" s="39">
+        <v>29337</v>
+      </c>
+      <c r="J26" s="39">
+        <v>11286</v>
+      </c>
+      <c r="K26" s="39">
+        <v>18051</v>
+      </c>
+      <c r="L26" s="39">
+        <v>10851</v>
+      </c>
+      <c r="M26" s="39">
+        <v>3226</v>
+      </c>
+      <c r="N26" s="42">
+        <v>7625</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A27" s="53"/>
+      <c r="B27" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C27" s="39">
+        <v>176962</v>
+      </c>
+      <c r="D27" s="39">
+        <v>72648</v>
+      </c>
+      <c r="E27" s="39">
+        <v>104314</v>
+      </c>
+      <c r="F27" s="39">
+        <v>102092</v>
+      </c>
+      <c r="G27" s="39">
+        <v>45162</v>
+      </c>
+      <c r="H27" s="39">
+        <v>56930</v>
+      </c>
+      <c r="I27" s="39">
+        <v>53685</v>
+      </c>
+      <c r="J27" s="39">
+        <v>21118</v>
+      </c>
+      <c r="K27" s="39">
+        <v>32567</v>
+      </c>
+      <c r="L27" s="39">
+        <v>21185</v>
+      </c>
+      <c r="M27" s="39">
+        <v>6368</v>
+      </c>
+      <c r="N27" s="42">
+        <v>14817</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A28" s="53"/>
+      <c r="B28" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" s="39">
+        <v>186627</v>
+      </c>
+      <c r="D28" s="39">
+        <v>76625</v>
+      </c>
+      <c r="E28" s="39">
+        <v>110002</v>
+      </c>
+      <c r="F28" s="39">
+        <v>107798</v>
+      </c>
+      <c r="G28" s="39">
+        <v>47658</v>
+      </c>
+      <c r="H28" s="39">
+        <v>60140</v>
+      </c>
+      <c r="I28" s="39">
+        <v>56490</v>
+      </c>
+      <c r="J28" s="39">
+        <v>22253</v>
+      </c>
+      <c r="K28" s="39">
+        <v>34237</v>
+      </c>
+      <c r="L28" s="39">
+        <v>22339</v>
+      </c>
+      <c r="M28" s="39">
+        <v>6714</v>
+      </c>
+      <c r="N28" s="42">
+        <v>15625</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A29" s="53"/>
+      <c r="B29" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="39">
+        <v>191461</v>
+      </c>
+      <c r="D29" s="39">
+        <v>78678</v>
+      </c>
+      <c r="E29" s="39">
+        <v>112783</v>
+      </c>
+      <c r="F29" s="39">
+        <v>110242</v>
+      </c>
+      <c r="G29" s="39">
+        <v>48720</v>
+      </c>
+      <c r="H29" s="39">
+        <v>61522</v>
+      </c>
+      <c r="I29" s="39">
+        <v>57964</v>
+      </c>
+      <c r="J29" s="39">
+        <v>22817</v>
+      </c>
+      <c r="K29" s="39">
+        <v>35147</v>
+      </c>
+      <c r="L29" s="39">
+        <v>23255</v>
+      </c>
+      <c r="M29" s="39">
+        <v>7141</v>
+      </c>
+      <c r="N29" s="42">
+        <v>16114</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A30" s="53"/>
+      <c r="B30" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="39">
+        <v>187892</v>
+      </c>
+      <c r="D30" s="39">
+        <v>76923</v>
+      </c>
+      <c r="E30" s="39">
+        <v>110969</v>
+      </c>
+      <c r="F30" s="39">
+        <v>117852</v>
+      </c>
+      <c r="G30" s="39">
+        <v>52566</v>
+      </c>
+      <c r="H30" s="39">
+        <v>65286</v>
+      </c>
+      <c r="I30" s="39">
+        <v>51826</v>
+      </c>
+      <c r="J30" s="39">
+        <v>19336</v>
+      </c>
+      <c r="K30" s="39">
+        <v>32490</v>
+      </c>
+      <c r="L30" s="39">
+        <v>18214</v>
+      </c>
+      <c r="M30" s="39">
+        <v>5021</v>
+      </c>
+      <c r="N30" s="42">
+        <v>13193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A31" s="53"/>
+      <c r="B31" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C31" s="39">
+        <v>139891</v>
+      </c>
+      <c r="D31" s="39">
+        <v>57119</v>
+      </c>
+      <c r="E31" s="39">
+        <v>82772</v>
+      </c>
+      <c r="F31" s="39">
+        <v>87784</v>
+      </c>
+      <c r="G31" s="39">
+        <v>39066</v>
+      </c>
+      <c r="H31" s="39">
+        <v>48718</v>
+      </c>
+      <c r="I31" s="39">
+        <v>38543</v>
+      </c>
+      <c r="J31" s="39">
+        <v>14287</v>
+      </c>
+      <c r="K31" s="39">
+        <v>24256</v>
+      </c>
+      <c r="L31" s="39">
+        <v>13564</v>
+      </c>
+      <c r="M31" s="39">
+        <v>3766</v>
+      </c>
+      <c r="N31" s="42">
+        <v>9798</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A32" s="53"/>
+      <c r="B32" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C32" s="39">
+        <v>37404</v>
+      </c>
+      <c r="D32" s="39">
+        <v>15342</v>
+      </c>
+      <c r="E32" s="39">
+        <v>22062</v>
+      </c>
+      <c r="F32" s="39">
+        <v>21589</v>
+      </c>
+      <c r="G32" s="39">
+        <v>9530</v>
+      </c>
+      <c r="H32" s="39">
+        <v>12059</v>
+      </c>
+      <c r="I32" s="39">
+        <v>11334</v>
+      </c>
+      <c r="J32" s="39">
+        <v>4465</v>
+      </c>
+      <c r="K32" s="39">
+        <v>6869</v>
+      </c>
+      <c r="L32" s="39">
+        <v>4481</v>
+      </c>
+      <c r="M32" s="39">
+        <v>1347</v>
+      </c>
+      <c r="N32" s="42">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A33" s="53"/>
+      <c r="B33" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C33" s="39">
+        <v>110524</v>
+      </c>
+      <c r="D33" s="39">
+        <v>45527</v>
+      </c>
+      <c r="E33" s="39">
+        <v>64997</v>
+      </c>
+      <c r="F33" s="39">
+        <v>63851</v>
+      </c>
+      <c r="G33" s="39">
+        <v>28338</v>
+      </c>
+      <c r="H33" s="39">
+        <v>35513</v>
+      </c>
+      <c r="I33" s="39">
+        <v>33447</v>
+      </c>
+      <c r="J33" s="39">
+        <v>13201</v>
+      </c>
+      <c r="K33" s="39">
+        <v>20246</v>
+      </c>
+      <c r="L33" s="39">
+        <v>13226</v>
+      </c>
+      <c r="M33" s="39">
+        <v>3988</v>
+      </c>
+      <c r="N33" s="42">
+        <v>9238</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A34" s="53"/>
+      <c r="B34" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" s="39">
+        <v>104906</v>
+      </c>
+      <c r="D34" s="39">
+        <v>43493</v>
+      </c>
+      <c r="E34" s="39">
+        <v>61413</v>
+      </c>
+      <c r="F34" s="39">
+        <v>60780</v>
+      </c>
+      <c r="G34" s="39">
+        <v>27134</v>
+      </c>
+      <c r="H34" s="39">
+        <v>33646</v>
+      </c>
+      <c r="I34" s="39">
+        <v>31684</v>
+      </c>
+      <c r="J34" s="39">
+        <v>12601</v>
+      </c>
+      <c r="K34" s="39">
+        <v>19083</v>
+      </c>
+      <c r="L34" s="39">
+        <v>12442</v>
+      </c>
+      <c r="M34" s="39">
+        <v>3758</v>
+      </c>
+      <c r="N34" s="42">
+        <v>8684</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A35" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" s="38">
+        <v>2913885</v>
+      </c>
+      <c r="D35" s="38">
+        <v>1238314</v>
+      </c>
+      <c r="E35" s="38">
+        <v>1675571</v>
+      </c>
+      <c r="F35" s="38">
+        <v>1728120</v>
+      </c>
+      <c r="G35" s="38">
+        <v>1238314</v>
+      </c>
+      <c r="H35" s="38">
+        <v>947806</v>
+      </c>
+      <c r="I35" s="38">
+        <v>874308</v>
+      </c>
+      <c r="J35" s="38">
+        <v>780314</v>
+      </c>
+      <c r="K35" s="38">
+        <v>515618</v>
+      </c>
+      <c r="L35" s="38">
+        <v>311457</v>
+      </c>
+      <c r="M35" s="38">
+        <v>358690</v>
+      </c>
+      <c r="N35" s="41">
+        <v>212147</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A36" s="53"/>
+      <c r="B36" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C36" s="39">
+        <v>451761</v>
+      </c>
+      <c r="D36" s="39">
+        <v>192729</v>
+      </c>
+      <c r="E36" s="39">
+        <v>259032</v>
+      </c>
+      <c r="F36" s="39">
+        <v>268468</v>
+      </c>
+      <c r="G36" s="39">
+        <v>121765</v>
+      </c>
+      <c r="H36" s="39">
+        <v>146703</v>
+      </c>
+      <c r="I36" s="39">
+        <v>135166</v>
+      </c>
+      <c r="J36" s="39">
+        <v>55581</v>
+      </c>
+      <c r="K36" s="39">
+        <v>79585</v>
+      </c>
+      <c r="L36" s="39">
+        <v>48127</v>
+      </c>
+      <c r="M36" s="39">
+        <v>15383</v>
+      </c>
+      <c r="N36" s="42">
+        <v>32744</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A37" s="53"/>
+      <c r="B37" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C37" s="39">
+        <v>97707</v>
+      </c>
+      <c r="D37" s="39">
+        <v>41582</v>
+      </c>
+      <c r="E37" s="39">
+        <v>56125</v>
+      </c>
+      <c r="F37" s="39">
+        <v>57942</v>
+      </c>
+      <c r="G37" s="39">
+        <v>26215</v>
+      </c>
+      <c r="H37" s="39">
+        <v>31727</v>
+      </c>
+      <c r="I37" s="39">
+        <v>29328</v>
+      </c>
+      <c r="J37" s="39">
+        <v>12025</v>
+      </c>
+      <c r="K37" s="39">
+        <v>17303</v>
+      </c>
+      <c r="L37" s="39">
+        <v>10437</v>
+      </c>
+      <c r="M37" s="39">
+        <v>3342</v>
+      </c>
+      <c r="N37" s="42">
+        <v>7095</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A38" s="53"/>
+      <c r="B38" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C38" s="39">
+        <v>181332</v>
+      </c>
+      <c r="D38" s="39">
+        <v>76981</v>
+      </c>
+      <c r="E38" s="39">
+        <v>104351</v>
+      </c>
+      <c r="F38" s="39">
+        <v>107475</v>
+      </c>
+      <c r="G38" s="39">
+        <v>48477</v>
+      </c>
+      <c r="H38" s="39">
+        <v>58998</v>
+      </c>
+      <c r="I38" s="39">
+        <v>54445</v>
+      </c>
+      <c r="J38" s="39">
+        <v>22319</v>
+      </c>
+      <c r="K38" s="39">
+        <v>32126</v>
+      </c>
+      <c r="L38" s="39">
+        <v>19412</v>
+      </c>
+      <c r="M38" s="39">
+        <v>6185</v>
+      </c>
+      <c r="N38" s="42">
+        <v>13227</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A39" s="53"/>
+      <c r="B39" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C39" s="39">
+        <v>105086</v>
+      </c>
+      <c r="D39" s="39">
+        <v>44617</v>
+      </c>
+      <c r="E39" s="39">
+        <v>60469</v>
+      </c>
+      <c r="F39" s="39">
+        <v>62296</v>
+      </c>
+      <c r="G39" s="39">
+        <v>28094</v>
+      </c>
+      <c r="H39" s="39">
+        <v>34202</v>
+      </c>
+      <c r="I39" s="39">
+        <v>31551</v>
+      </c>
+      <c r="J39" s="39">
+        <v>12941</v>
+      </c>
+      <c r="K39" s="39">
+        <v>18610</v>
+      </c>
+      <c r="L39" s="39">
+        <v>11239</v>
+      </c>
+      <c r="M39" s="39">
+        <v>3582</v>
+      </c>
+      <c r="N39" s="42">
+        <v>7657</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A40" s="53"/>
+      <c r="B40" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="39">
+        <v>95266</v>
+      </c>
+      <c r="D40" s="39">
+        <v>40465</v>
+      </c>
+      <c r="E40" s="39">
+        <v>54801</v>
+      </c>
+      <c r="F40" s="39">
+        <v>56486</v>
+      </c>
+      <c r="G40" s="39">
+        <v>25490</v>
+      </c>
+      <c r="H40" s="39">
+        <v>30996</v>
+      </c>
+      <c r="I40" s="39">
+        <v>28601</v>
+      </c>
+      <c r="J40" s="39">
+        <v>11734</v>
+      </c>
+      <c r="K40" s="39">
+        <v>16867</v>
+      </c>
+      <c r="L40" s="39">
+        <v>10179</v>
+      </c>
+      <c r="M40" s="39">
+        <v>3241</v>
+      </c>
+      <c r="N40" s="42">
+        <v>6938</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A41" s="53"/>
+      <c r="B41" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C41" s="39">
+        <v>115400</v>
+      </c>
+      <c r="D41" s="39">
+        <v>48977</v>
+      </c>
+      <c r="E41" s="39">
+        <v>66423</v>
+      </c>
+      <c r="F41" s="39">
+        <v>68398</v>
+      </c>
+      <c r="G41" s="39">
+        <v>30831</v>
+      </c>
+      <c r="H41" s="39">
+        <v>37567</v>
+      </c>
+      <c r="I41" s="39">
+        <v>34659</v>
+      </c>
+      <c r="J41" s="39">
+        <v>14210</v>
+      </c>
+      <c r="K41" s="39">
+        <v>20449</v>
+      </c>
+      <c r="L41" s="39">
+        <v>12343</v>
+      </c>
+      <c r="M41" s="39">
+        <v>3936</v>
+      </c>
+      <c r="N41" s="42">
+        <v>8407</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A42" s="53"/>
+      <c r="B42" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C42" s="39">
+        <v>93714</v>
+      </c>
+      <c r="D42" s="39">
+        <v>39788</v>
+      </c>
+      <c r="E42" s="39">
+        <v>53926</v>
+      </c>
+      <c r="F42" s="39">
+        <v>55558</v>
+      </c>
+      <c r="G42" s="39">
+        <v>25059</v>
+      </c>
+      <c r="H42" s="39">
+        <v>30499</v>
+      </c>
+      <c r="I42" s="39">
+        <v>28136</v>
+      </c>
+      <c r="J42" s="39">
+        <v>11537</v>
+      </c>
+      <c r="K42" s="39">
+        <v>16599</v>
+      </c>
+      <c r="L42" s="39">
+        <v>10020</v>
+      </c>
+      <c r="M42" s="39">
+        <v>3192</v>
+      </c>
+      <c r="N42" s="42">
+        <v>6828</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A43" s="53"/>
+      <c r="B43" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C43" s="39">
+        <v>294813</v>
+      </c>
+      <c r="D43" s="39">
+        <v>125204</v>
+      </c>
+      <c r="E43" s="39">
+        <v>169609</v>
+      </c>
+      <c r="F43" s="39">
+        <v>174656</v>
+      </c>
+      <c r="G43" s="39">
+        <v>78815</v>
+      </c>
+      <c r="H43" s="39">
+        <v>95841</v>
+      </c>
+      <c r="I43" s="39">
+        <v>88519</v>
+      </c>
+      <c r="J43" s="39">
+        <v>36306</v>
+      </c>
+      <c r="K43" s="39">
+        <v>52213</v>
+      </c>
+      <c r="L43" s="39">
+        <v>31638</v>
+      </c>
+      <c r="M43" s="39">
+        <v>10083</v>
+      </c>
+      <c r="N43" s="42">
+        <v>21555</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A44" s="53"/>
+      <c r="B44" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C44" s="39">
+        <v>64036</v>
+      </c>
+      <c r="D44" s="39">
+        <v>27195</v>
+      </c>
+      <c r="E44" s="39">
+        <v>36841</v>
+      </c>
+      <c r="F44" s="39">
+        <v>37944</v>
+      </c>
+      <c r="G44" s="39">
+        <v>17125</v>
+      </c>
+      <c r="H44" s="39">
+        <v>20819</v>
+      </c>
+      <c r="I44" s="39">
+        <v>19233</v>
+      </c>
+      <c r="J44" s="39">
+        <v>7874</v>
+      </c>
+      <c r="K44" s="39">
+        <v>11359</v>
+      </c>
+      <c r="L44" s="39">
+        <v>6859</v>
+      </c>
+      <c r="M44" s="39">
+        <v>2196</v>
+      </c>
+      <c r="N44" s="42">
+        <v>4663</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A45" s="53"/>
+      <c r="B45" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C45" s="39">
+        <v>235671</v>
+      </c>
+      <c r="D45" s="39">
+        <v>100014</v>
+      </c>
+      <c r="E45" s="39">
+        <v>135657</v>
+      </c>
+      <c r="F45" s="39">
+        <v>139688</v>
+      </c>
+      <c r="G45" s="39">
+        <v>62960</v>
+      </c>
+      <c r="H45" s="39">
+        <v>76728</v>
+      </c>
+      <c r="I45" s="39">
+        <v>70772</v>
+      </c>
+      <c r="J45" s="39">
+        <v>29025</v>
+      </c>
+      <c r="K45" s="39">
+        <v>41747</v>
+      </c>
+      <c r="L45" s="39">
+        <v>25211</v>
+      </c>
+      <c r="M45" s="39">
+        <v>8029</v>
+      </c>
+      <c r="N45" s="42">
+        <v>17182</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A46" s="53"/>
+      <c r="B46" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C46" s="39">
+        <v>71108</v>
+      </c>
+      <c r="D46" s="39">
+        <v>30184</v>
+      </c>
+      <c r="E46" s="39">
+        <v>40924</v>
+      </c>
+      <c r="F46" s="39">
+        <v>42157</v>
+      </c>
+      <c r="G46" s="39">
+        <v>19011</v>
+      </c>
+      <c r="H46" s="39">
+        <v>23146</v>
+      </c>
+      <c r="I46" s="39">
+        <v>21347</v>
+      </c>
+      <c r="J46" s="39">
+        <v>8750</v>
+      </c>
+      <c r="K46" s="39">
+        <v>12597</v>
+      </c>
+      <c r="L46" s="39">
+        <v>7604</v>
+      </c>
+      <c r="M46" s="39">
+        <v>2423</v>
+      </c>
+      <c r="N46" s="42">
+        <v>5181</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A47" s="53"/>
+      <c r="B47" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C47" s="39">
+        <v>206479</v>
+      </c>
+      <c r="D47" s="39">
+        <v>87634</v>
+      </c>
+      <c r="E47" s="39">
+        <v>118845</v>
+      </c>
+      <c r="F47" s="39">
+        <v>122391</v>
+      </c>
+      <c r="G47" s="39">
+        <v>55168</v>
+      </c>
+      <c r="H47" s="39">
+        <v>67223</v>
+      </c>
+      <c r="I47" s="39">
+        <v>62005</v>
+      </c>
+      <c r="J47" s="39">
+        <v>25429</v>
+      </c>
+      <c r="K47" s="39">
+        <v>36576</v>
+      </c>
+      <c r="L47" s="39">
+        <v>22083</v>
+      </c>
+      <c r="M47" s="39">
+        <v>7037</v>
+      </c>
+      <c r="N47" s="42">
+        <v>15046</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A48" s="53"/>
+      <c r="B48" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C48" s="39">
+        <v>137476</v>
+      </c>
+      <c r="D48" s="39">
+        <v>58384</v>
+      </c>
+      <c r="E48" s="39">
+        <v>79092</v>
+      </c>
+      <c r="F48" s="39">
+        <v>81591</v>
+      </c>
+      <c r="G48" s="39">
+        <v>36798</v>
+      </c>
+      <c r="H48" s="39">
+        <v>44793</v>
+      </c>
+      <c r="I48" s="39">
+        <v>41221</v>
+      </c>
+      <c r="J48" s="39">
+        <v>16910</v>
+      </c>
+      <c r="K48" s="39">
+        <v>24311</v>
+      </c>
+      <c r="L48" s="39">
+        <v>14664</v>
+      </c>
+      <c r="M48" s="39">
+        <v>4676</v>
+      </c>
+      <c r="N48" s="42">
+        <v>9988</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A49" s="53"/>
+      <c r="B49" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C49" s="39">
+        <v>160351</v>
+      </c>
+      <c r="D49" s="39">
+        <v>68062</v>
+      </c>
+      <c r="E49" s="39">
+        <v>92289</v>
+      </c>
+      <c r="F49" s="39">
+        <v>95041</v>
+      </c>
+      <c r="G49" s="39">
+        <v>42839</v>
+      </c>
+      <c r="H49" s="39">
+        <v>52202</v>
+      </c>
+      <c r="I49" s="39">
+        <v>48173</v>
+      </c>
+      <c r="J49" s="39">
+        <v>19765</v>
+      </c>
+      <c r="K49" s="39">
+        <v>28408</v>
+      </c>
+      <c r="L49" s="39">
+        <v>17137</v>
+      </c>
+      <c r="M49" s="39">
+        <v>5458</v>
+      </c>
+      <c r="N49" s="42">
+        <v>11679</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A50" s="53"/>
+      <c r="B50" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C50" s="39">
+        <v>236706</v>
+      </c>
+      <c r="D50" s="39">
+        <v>100498</v>
+      </c>
+      <c r="E50" s="39">
+        <v>136208</v>
+      </c>
+      <c r="F50" s="39">
+        <v>140324</v>
+      </c>
+      <c r="G50" s="39">
+        <v>63292</v>
+      </c>
+      <c r="H50" s="39">
+        <v>77032</v>
+      </c>
+      <c r="I50" s="39">
+        <v>71058</v>
+      </c>
+      <c r="J50" s="39">
+        <v>29135</v>
+      </c>
+      <c r="K50" s="39">
+        <v>41923</v>
+      </c>
+      <c r="L50" s="39">
+        <v>25324</v>
+      </c>
+      <c r="M50" s="39">
+        <v>8071</v>
+      </c>
+      <c r="N50" s="42">
+        <v>17253</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A51" s="53"/>
+      <c r="B51" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C51" s="39">
+        <v>131168</v>
+      </c>
+      <c r="D51" s="39">
+        <v>55712</v>
+      </c>
+      <c r="E51" s="39">
+        <v>75456</v>
+      </c>
+      <c r="F51" s="39">
+        <v>77771</v>
+      </c>
+      <c r="G51" s="39">
+        <v>35091</v>
+      </c>
+      <c r="H51" s="39">
+        <v>42680</v>
+      </c>
+      <c r="I51" s="39">
+        <v>39387</v>
+      </c>
+      <c r="J51" s="39">
+        <v>16161</v>
+      </c>
+      <c r="K51" s="39">
+        <v>23226</v>
+      </c>
+      <c r="L51" s="39">
+        <v>14010</v>
+      </c>
+      <c r="M51" s="39">
+        <v>4460</v>
+      </c>
+      <c r="N51" s="42">
+        <v>9550</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A52" s="53"/>
+      <c r="B52" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C52" s="39">
+        <v>235811</v>
+      </c>
+      <c r="D52" s="39">
+        <v>100288</v>
+      </c>
+      <c r="E52" s="39">
+        <v>135523</v>
+      </c>
+      <c r="F52" s="39">
+        <v>139934</v>
+      </c>
+      <c r="G52" s="39">
+        <v>63284</v>
+      </c>
+      <c r="H52" s="39">
+        <v>76650</v>
+      </c>
+      <c r="I52" s="39">
+        <v>70707</v>
+      </c>
+      <c r="J52" s="39">
+        <v>28988</v>
+      </c>
+      <c r="K52" s="39">
+        <v>41719</v>
+      </c>
+      <c r="L52" s="39">
+        <v>25170</v>
+      </c>
+      <c r="M52" s="39">
+        <v>8016</v>
+      </c>
+      <c r="N52" s="42">
+        <v>17154</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A53" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="B53" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C53" s="38">
+        <v>4218846</v>
+      </c>
+      <c r="D53" s="38">
+        <v>1801307</v>
+      </c>
+      <c r="E53" s="38">
+        <v>2417539</v>
+      </c>
+      <c r="F53" s="38">
+        <v>2398123</v>
+      </c>
+      <c r="G53" s="38">
+        <v>1097325</v>
+      </c>
+      <c r="H53" s="38">
+        <v>1300798</v>
+      </c>
+      <c r="I53" s="38">
+        <v>1343846</v>
+      </c>
+      <c r="J53" s="38">
+        <v>551615</v>
+      </c>
+      <c r="K53" s="38">
+        <v>792231</v>
+      </c>
+      <c r="L53" s="38">
+        <v>476877</v>
+      </c>
+      <c r="M53" s="38">
+        <v>152367</v>
+      </c>
+      <c r="N53" s="41">
+        <v>324510</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A54" s="53"/>
+      <c r="B54" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C54" s="39">
+        <v>575128</v>
+      </c>
+      <c r="D54" s="39">
+        <v>245841</v>
+      </c>
+      <c r="E54" s="39">
+        <v>329287</v>
+      </c>
+      <c r="F54" s="39">
+        <v>326780</v>
+      </c>
+      <c r="G54" s="39">
+        <v>149583</v>
+      </c>
+      <c r="H54" s="39">
+        <v>177197</v>
+      </c>
+      <c r="I54" s="39">
+        <v>183368</v>
+      </c>
+      <c r="J54" s="39">
+        <v>75465</v>
+      </c>
+      <c r="K54" s="39">
+        <v>107903</v>
+      </c>
+      <c r="L54" s="39">
+        <v>64980</v>
+      </c>
+      <c r="M54" s="39">
+        <v>20793</v>
+      </c>
+      <c r="N54" s="42">
+        <v>44187</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A55" s="53"/>
+      <c r="B55" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C55" s="39">
+        <v>273882</v>
+      </c>
+      <c r="D55" s="39">
+        <v>116853</v>
+      </c>
+      <c r="E55" s="39">
+        <v>157029</v>
+      </c>
+      <c r="F55" s="39">
+        <v>155706</v>
+      </c>
+      <c r="G55" s="39">
+        <v>71221</v>
+      </c>
+      <c r="H55" s="39">
+        <v>84485</v>
+      </c>
+      <c r="I55" s="39">
+        <v>87220</v>
+      </c>
+      <c r="J55" s="39">
+        <v>35757</v>
+      </c>
+      <c r="K55" s="39">
+        <v>51463</v>
+      </c>
+      <c r="L55" s="39">
+        <v>30956</v>
+      </c>
+      <c r="M55" s="39">
+        <v>9875</v>
+      </c>
+      <c r="N55" s="42">
+        <v>21081</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A56" s="53"/>
+      <c r="B56" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C56" s="39">
+        <v>238398</v>
+      </c>
+      <c r="D56" s="39">
+        <v>101724</v>
+      </c>
+      <c r="E56" s="39">
+        <v>136674</v>
+      </c>
+      <c r="F56" s="39">
+        <v>135522</v>
+      </c>
+      <c r="G56" s="39">
+        <v>61990</v>
+      </c>
+      <c r="H56" s="39">
+        <v>73532</v>
+      </c>
+      <c r="I56" s="39">
+        <v>75918</v>
+      </c>
+      <c r="J56" s="39">
+        <v>31127</v>
+      </c>
+      <c r="K56" s="39">
+        <v>44791</v>
+      </c>
+      <c r="L56" s="39">
+        <v>26958</v>
+      </c>
+      <c r="M56" s="39">
+        <v>8607</v>
+      </c>
+      <c r="N56" s="42">
+        <v>18351</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A57" s="53"/>
+      <c r="B57" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C57" s="39">
+        <v>212438</v>
+      </c>
+      <c r="D57" s="39">
+        <v>90585</v>
+      </c>
+      <c r="E57" s="39">
+        <v>121853</v>
+      </c>
+      <c r="F57" s="39">
+        <v>120755</v>
+      </c>
+      <c r="G57" s="39">
+        <v>55191</v>
+      </c>
+      <c r="H57" s="39">
+        <v>65564</v>
+      </c>
+      <c r="I57" s="39">
+        <v>67663</v>
+      </c>
+      <c r="J57" s="39">
+        <v>27729</v>
+      </c>
+      <c r="K57" s="39">
+        <v>39934</v>
+      </c>
+      <c r="L57" s="39">
+        <v>24020</v>
+      </c>
+      <c r="M57" s="39">
+        <v>7665</v>
+      </c>
+      <c r="N57" s="42">
+        <v>16355</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A58" s="53"/>
+      <c r="B58" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C58" s="39">
+        <v>401029</v>
+      </c>
+      <c r="D58" s="39">
+        <v>170956</v>
+      </c>
+      <c r="E58" s="39">
+        <v>230073</v>
+      </c>
+      <c r="F58" s="39">
+        <v>227954</v>
+      </c>
+      <c r="G58" s="39">
+        <v>104143</v>
+      </c>
+      <c r="H58" s="39">
+        <v>123811</v>
+      </c>
+      <c r="I58" s="39">
+        <v>127723</v>
+      </c>
+      <c r="J58" s="39">
+        <v>52335</v>
+      </c>
+      <c r="K58" s="39">
+        <v>75388</v>
+      </c>
+      <c r="L58" s="39">
+        <v>45352</v>
+      </c>
+      <c r="M58" s="39">
+        <v>14478</v>
+      </c>
+      <c r="N58" s="42">
+        <v>30874</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A59" s="53"/>
+      <c r="B59" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C59" s="39">
+        <v>102598</v>
+      </c>
+      <c r="D59" s="39">
+        <v>43743</v>
+      </c>
+      <c r="E59" s="39">
+        <v>58855</v>
+      </c>
+      <c r="F59" s="39">
+        <v>58305</v>
+      </c>
+      <c r="G59" s="39">
+        <v>26641</v>
+      </c>
+      <c r="H59" s="39">
+        <v>31664</v>
+      </c>
+      <c r="I59" s="39">
+        <v>32685</v>
+      </c>
+      <c r="J59" s="39">
+        <v>13396</v>
+      </c>
+      <c r="K59" s="39">
+        <v>19289</v>
+      </c>
+      <c r="L59" s="39">
+        <v>11608</v>
+      </c>
+      <c r="M59" s="39">
+        <v>3706</v>
+      </c>
+      <c r="N59" s="42">
+        <v>7902</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A60" s="53"/>
+      <c r="B60" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C60" s="39">
+        <v>211949</v>
+      </c>
+      <c r="D60" s="39">
+        <v>90374</v>
+      </c>
+      <c r="E60" s="39">
+        <v>121575</v>
+      </c>
+      <c r="F60" s="39">
+        <v>120472</v>
+      </c>
+      <c r="G60" s="39">
+        <v>55060</v>
+      </c>
+      <c r="H60" s="39">
+        <v>65412</v>
+      </c>
+      <c r="I60" s="39">
+        <v>67512</v>
+      </c>
+      <c r="J60" s="39">
+        <v>27666</v>
+      </c>
+      <c r="K60" s="39">
+        <v>39846</v>
+      </c>
+      <c r="L60" s="39">
+        <v>23965</v>
+      </c>
+      <c r="M60" s="39">
+        <v>7648</v>
+      </c>
+      <c r="N60" s="42">
+        <v>16317</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A61" s="53"/>
+      <c r="B61" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C61" s="39">
+        <v>65212</v>
+      </c>
+      <c r="D61" s="39">
+        <v>27863</v>
+      </c>
+      <c r="E61" s="39">
+        <v>37349</v>
+      </c>
+      <c r="F61" s="39">
+        <v>37074</v>
+      </c>
+      <c r="G61" s="39">
+        <v>16974</v>
+      </c>
+      <c r="H61" s="39">
+        <v>20100</v>
+      </c>
+      <c r="I61" s="39">
+        <v>20772</v>
+      </c>
+      <c r="J61" s="39">
+        <v>8533</v>
+      </c>
+      <c r="K61" s="39">
+        <v>12239</v>
+      </c>
+      <c r="L61" s="39">
+        <v>7366</v>
+      </c>
+      <c r="M61" s="39">
+        <v>2356</v>
+      </c>
+      <c r="N61" s="42">
+        <v>5010</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A62" s="53"/>
+      <c r="B62" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C62" s="39">
+        <v>82400</v>
+      </c>
+      <c r="D62" s="39">
+        <v>35522</v>
+      </c>
+      <c r="E62" s="39">
+        <v>46878</v>
+      </c>
+      <c r="F62" s="39">
+        <v>46862</v>
+      </c>
+      <c r="G62" s="39">
+        <v>21639</v>
+      </c>
+      <c r="H62" s="39">
+        <v>25223</v>
+      </c>
+      <c r="I62" s="39">
+        <v>26239</v>
+      </c>
+      <c r="J62" s="39">
+        <v>10876</v>
+      </c>
+      <c r="K62" s="39">
+        <v>15363</v>
+      </c>
+      <c r="L62" s="39">
+        <v>9299</v>
+      </c>
+      <c r="M62" s="39">
+        <v>3007</v>
+      </c>
+      <c r="N62" s="42">
+        <v>6292</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A63" s="53"/>
+      <c r="B63" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C63" s="39">
+        <v>108740</v>
+      </c>
+      <c r="D63" s="39">
+        <v>46279</v>
+      </c>
+      <c r="E63" s="39">
+        <v>62461</v>
+      </c>
+      <c r="F63" s="39">
+        <v>61811</v>
+      </c>
+      <c r="G63" s="39">
+        <v>28201</v>
+      </c>
+      <c r="H63" s="39">
+        <v>33610</v>
+      </c>
+      <c r="I63" s="39">
+        <v>34632</v>
+      </c>
+      <c r="J63" s="39">
+        <v>14165</v>
+      </c>
+      <c r="K63" s="39">
+        <v>20467</v>
+      </c>
+      <c r="L63" s="39">
+        <v>12297</v>
+      </c>
+      <c r="M63" s="39">
+        <v>3913</v>
+      </c>
+      <c r="N63" s="42">
+        <v>8384</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A64" s="53"/>
+      <c r="B64" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C64" s="39">
+        <v>395680</v>
+      </c>
+      <c r="D64" s="39">
+        <v>169211</v>
+      </c>
+      <c r="E64" s="39">
+        <v>226469</v>
+      </c>
+      <c r="F64" s="39">
+        <v>225029</v>
+      </c>
+      <c r="G64" s="39">
+        <v>103207</v>
+      </c>
+      <c r="H64" s="39">
+        <v>121822</v>
+      </c>
+      <c r="I64" s="39">
+        <v>125941</v>
+      </c>
+      <c r="J64" s="39">
+        <v>51683</v>
+      </c>
+      <c r="K64" s="39">
+        <v>74258</v>
+      </c>
+      <c r="L64" s="39">
+        <v>44710</v>
+      </c>
+      <c r="M64" s="39">
+        <v>14321</v>
+      </c>
+      <c r="N64" s="42">
+        <v>30389</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A65" s="53"/>
+      <c r="B65" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C65" s="39">
+        <v>288957</v>
+      </c>
+      <c r="D65" s="39">
+        <v>123976</v>
+      </c>
+      <c r="E65" s="39">
+        <v>164981</v>
+      </c>
+      <c r="F65" s="39">
+        <v>164317</v>
+      </c>
+      <c r="G65" s="39">
+        <v>75564</v>
+      </c>
+      <c r="H65" s="39">
+        <v>88753</v>
+      </c>
+      <c r="I65" s="39">
+        <v>92030</v>
+      </c>
+      <c r="J65" s="39">
+        <v>37984</v>
+      </c>
+      <c r="K65" s="39">
+        <v>54046</v>
+      </c>
+      <c r="L65" s="39">
+        <v>32610</v>
+      </c>
+      <c r="M65" s="39">
+        <v>10428</v>
+      </c>
+      <c r="N65" s="42">
+        <v>22182</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A66" s="53"/>
+      <c r="B66" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C66" s="39">
+        <v>123546</v>
+      </c>
+      <c r="D66" s="39">
+        <v>52762</v>
+      </c>
+      <c r="E66" s="39">
+        <v>70784</v>
+      </c>
+      <c r="F66" s="39">
+        <v>70223</v>
+      </c>
+      <c r="G66" s="39">
+        <v>32116</v>
+      </c>
+      <c r="H66" s="39">
+        <v>38107</v>
+      </c>
+      <c r="I66" s="39">
+        <v>39359</v>
+      </c>
+      <c r="J66" s="39">
+        <v>16177</v>
+      </c>
+      <c r="K66" s="39">
+        <v>23182</v>
+      </c>
+      <c r="L66" s="39">
+        <v>13964</v>
+      </c>
+      <c r="M66" s="39">
+        <v>4469</v>
+      </c>
+      <c r="N66" s="42">
+        <v>9495</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A67" s="53"/>
+      <c r="B67" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C67" s="39">
+        <v>105058</v>
+      </c>
+      <c r="D67" s="39">
+        <v>44723</v>
+      </c>
+      <c r="E67" s="39">
+        <v>60335</v>
+      </c>
+      <c r="F67" s="39">
+        <v>59778</v>
+      </c>
+      <c r="G67" s="39">
+        <v>27292</v>
+      </c>
+      <c r="H67" s="39">
+        <v>32486</v>
+      </c>
+      <c r="I67" s="39">
+        <v>33419</v>
+      </c>
+      <c r="J67" s="39">
+        <v>13665</v>
+      </c>
+      <c r="K67" s="39">
+        <v>19754</v>
+      </c>
+      <c r="L67" s="39">
+        <v>11861</v>
+      </c>
+      <c r="M67" s="39">
+        <v>3766</v>
+      </c>
+      <c r="N67" s="42">
+        <v>8095</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A68" s="53"/>
+      <c r="B68" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C68" s="39">
+        <v>176569</v>
+      </c>
+      <c r="D68" s="39">
+        <v>75293</v>
+      </c>
+      <c r="E68" s="39">
+        <v>101276</v>
+      </c>
+      <c r="F68" s="39">
+        <v>100356</v>
+      </c>
+      <c r="G68" s="39">
+        <v>45864</v>
+      </c>
+      <c r="H68" s="39">
+        <v>54492</v>
+      </c>
+      <c r="I68" s="39">
+        <v>56254</v>
+      </c>
+      <c r="J68" s="39">
+        <v>23063</v>
+      </c>
+      <c r="K68" s="39">
+        <v>33191</v>
+      </c>
+      <c r="L68" s="39">
+        <v>19959</v>
+      </c>
+      <c r="M68" s="39">
+        <v>6366</v>
+      </c>
+      <c r="N68" s="42">
+        <v>13593</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A69" s="53"/>
+      <c r="B69" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C69" s="39">
+        <v>240691</v>
+      </c>
+      <c r="D69" s="39">
+        <v>102685</v>
+      </c>
+      <c r="E69" s="39">
+        <v>138006</v>
+      </c>
+      <c r="F69" s="39">
+        <v>136753</v>
+      </c>
+      <c r="G69" s="39">
+        <v>62496</v>
+      </c>
+      <c r="H69" s="39">
+        <v>74257</v>
+      </c>
+      <c r="I69" s="39">
+        <v>76735</v>
+      </c>
+      <c r="J69" s="39">
+        <v>31510</v>
+      </c>
+      <c r="K69" s="39">
+        <v>45225</v>
+      </c>
+      <c r="L69" s="39">
+        <v>27203</v>
+      </c>
+      <c r="M69" s="39">
+        <v>8679</v>
+      </c>
+      <c r="N69" s="42">
+        <v>18524</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A70" s="53"/>
+      <c r="B70" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C70" s="39">
+        <v>180552</v>
+      </c>
+      <c r="D70" s="39">
+        <v>76979</v>
+      </c>
+      <c r="E70" s="39">
+        <v>103573</v>
+      </c>
+      <c r="F70" s="39">
+        <v>102620</v>
+      </c>
+      <c r="G70" s="39">
+        <v>46889</v>
+      </c>
+      <c r="H70" s="39">
+        <v>55731</v>
+      </c>
+      <c r="I70" s="39">
+        <v>57513</v>
+      </c>
+      <c r="J70" s="39">
+        <v>23573</v>
+      </c>
+      <c r="K70" s="39">
+        <v>33940</v>
+      </c>
+      <c r="L70" s="39">
+        <v>20419</v>
+      </c>
+      <c r="M70" s="39">
+        <v>6517</v>
+      </c>
+      <c r="N70" s="42">
+        <v>13902</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A71" s="53"/>
+      <c r="B71" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C71" s="39">
+        <v>210063</v>
+      </c>
+      <c r="D71" s="39">
+        <v>89560</v>
+      </c>
+      <c r="E71" s="39">
+        <v>120503</v>
+      </c>
+      <c r="F71" s="39">
+        <v>119374</v>
+      </c>
+      <c r="G71" s="39">
+        <v>54546</v>
+      </c>
+      <c r="H71" s="39">
+        <v>64828</v>
+      </c>
+      <c r="I71" s="39">
+        <v>66914</v>
+      </c>
+      <c r="J71" s="39">
+        <v>27412</v>
+      </c>
+      <c r="K71" s="39">
+        <v>39502</v>
+      </c>
+      <c r="L71" s="39">
+        <v>23775</v>
+      </c>
+      <c r="M71" s="39">
+        <v>7602</v>
+      </c>
+      <c r="N71" s="42">
+        <v>16173</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A72" s="53"/>
+      <c r="B72" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C72" s="39">
+        <v>124668</v>
+      </c>
+      <c r="D72" s="39">
+        <v>53186</v>
+      </c>
+      <c r="E72" s="39">
+        <v>71482</v>
+      </c>
+      <c r="F72" s="39">
+        <v>70866</v>
+      </c>
+      <c r="G72" s="39">
+        <v>32394</v>
+      </c>
+      <c r="H72" s="39">
+        <v>38472</v>
+      </c>
+      <c r="I72" s="39">
+        <v>39695</v>
+      </c>
+      <c r="J72" s="39">
+        <v>16281</v>
+      </c>
+      <c r="K72" s="39">
+        <v>23414</v>
+      </c>
+      <c r="L72" s="39">
+        <v>14107</v>
+      </c>
+      <c r="M72" s="39">
+        <v>4511</v>
+      </c>
+      <c r="N72" s="42">
+        <v>9596</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A73" s="53"/>
+      <c r="B73" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C73" s="39">
+        <v>101288</v>
+      </c>
+      <c r="D73" s="39">
+        <v>43192</v>
+      </c>
+      <c r="E73" s="39">
+        <v>58096</v>
+      </c>
+      <c r="F73" s="39">
+        <v>57566</v>
+      </c>
+      <c r="G73" s="39">
+        <v>26314</v>
+      </c>
+      <c r="H73" s="39">
+        <v>31252</v>
+      </c>
+      <c r="I73" s="39">
+        <v>32254</v>
+      </c>
+      <c r="J73" s="39">
+        <v>13218</v>
+      </c>
+      <c r="K73" s="39">
+        <v>19036</v>
+      </c>
+      <c r="L73" s="39">
+        <v>11468</v>
+      </c>
+      <c r="M73" s="39">
+        <v>3660</v>
+      </c>
+      <c r="N73" s="42">
+        <v>7808</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" s="15" customFormat="1" ht="16.5" customHeight="1">
+      <c r="A74" s="52" t="s">
+        <v>77</v>
+      </c>
+      <c r="B74" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C74" s="38">
+        <v>1659190</v>
+      </c>
+      <c r="D74" s="38">
+        <v>701759</v>
+      </c>
+      <c r="E74" s="38">
+        <v>957431</v>
+      </c>
+      <c r="F74" s="38">
+        <v>967059</v>
+      </c>
+      <c r="G74" s="38">
+        <v>444046</v>
+      </c>
+      <c r="H74" s="38">
+        <v>523013</v>
+      </c>
+      <c r="I74" s="38">
+        <v>488282</v>
+      </c>
+      <c r="J74" s="38">
+        <v>196528</v>
+      </c>
+      <c r="K74" s="38">
+        <v>291754</v>
+      </c>
+      <c r="L74" s="38">
+        <v>203849</v>
+      </c>
+      <c r="M74" s="38">
+        <v>61185</v>
+      </c>
+      <c r="N74" s="41">
+        <v>142664</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A75" s="53"/>
+      <c r="B75" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C75" s="39">
+        <v>264846</v>
+      </c>
+      <c r="D75" s="39">
+        <v>111859</v>
+      </c>
+      <c r="E75" s="39">
+        <v>152987</v>
+      </c>
+      <c r="F75" s="39">
+        <v>154140</v>
+      </c>
+      <c r="G75" s="39">
+        <v>70665</v>
+      </c>
+      <c r="H75" s="39">
+        <v>83475</v>
+      </c>
+      <c r="I75" s="39">
+        <v>78048</v>
+      </c>
+      <c r="J75" s="39">
+        <v>31390</v>
+      </c>
+      <c r="K75" s="39">
+        <v>46658</v>
+      </c>
+      <c r="L75" s="39">
+        <v>32658</v>
+      </c>
+      <c r="M75" s="39">
+        <v>9804</v>
+      </c>
+      <c r="N75" s="42">
+        <v>22854</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A76" s="53"/>
+      <c r="B76" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C76" s="39">
+        <v>72843</v>
+      </c>
+      <c r="D76" s="39">
+        <v>30579</v>
+      </c>
+      <c r="E76" s="39">
+        <v>42264</v>
+      </c>
+      <c r="F76" s="39">
+        <v>42209</v>
+      </c>
+      <c r="G76" s="39">
+        <v>19378</v>
+      </c>
+      <c r="H76" s="39">
+        <v>22831</v>
+      </c>
+      <c r="I76" s="39">
+        <v>21268</v>
+      </c>
+      <c r="J76" s="39">
+        <v>8545</v>
+      </c>
+      <c r="K76" s="39">
+        <v>12723</v>
+      </c>
+      <c r="L76" s="39">
+        <v>9366</v>
+      </c>
+      <c r="M76" s="39">
+        <v>2656</v>
+      </c>
+      <c r="N76" s="42">
+        <v>6710</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A77" s="53"/>
+      <c r="B77" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C77" s="39">
+        <v>40081</v>
+      </c>
+      <c r="D77" s="39">
+        <v>16955</v>
+      </c>
+      <c r="E77" s="39">
+        <v>23126</v>
+      </c>
+      <c r="F77" s="39">
+        <v>23400</v>
+      </c>
+      <c r="G77" s="39">
+        <v>10748</v>
+      </c>
+      <c r="H77" s="39">
+        <v>12652</v>
+      </c>
+      <c r="I77" s="39">
+        <v>11781</v>
+      </c>
+      <c r="J77" s="39">
+        <v>4736</v>
+      </c>
+      <c r="K77" s="39">
+        <v>7045</v>
+      </c>
+      <c r="L77" s="39">
+        <v>4900</v>
+      </c>
+      <c r="M77" s="39">
+        <v>1471</v>
+      </c>
+      <c r="N77" s="42">
+        <v>3429</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A78" s="53"/>
+      <c r="B78" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C78" s="39">
+        <v>100895</v>
+      </c>
+      <c r="D78" s="39">
+        <v>43843</v>
+      </c>
+      <c r="E78" s="39">
+        <v>57052</v>
+      </c>
+      <c r="F78" s="39">
+        <v>59300</v>
+      </c>
+      <c r="G78" s="39">
+        <v>28015</v>
+      </c>
+      <c r="H78" s="39">
+        <v>31285</v>
+      </c>
+      <c r="I78" s="39">
+        <v>29439</v>
+      </c>
+      <c r="J78" s="39">
+        <v>12146</v>
+      </c>
+      <c r="K78" s="39">
+        <v>17293</v>
+      </c>
+      <c r="L78" s="39">
+        <v>12156</v>
+      </c>
+      <c r="M78" s="39">
+        <v>3682</v>
+      </c>
+      <c r="N78" s="42">
+        <v>8474</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A79" s="53"/>
+      <c r="B79" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C79" s="39">
+        <v>188304</v>
+      </c>
+      <c r="D79" s="39">
+        <v>79530</v>
+      </c>
+      <c r="E79" s="39">
+        <v>108774</v>
+      </c>
+      <c r="F79" s="39">
+        <v>109751</v>
+      </c>
+      <c r="G79" s="39">
+        <v>50318</v>
+      </c>
+      <c r="H79" s="39">
+        <v>59433</v>
+      </c>
+      <c r="I79" s="39">
+        <v>55477</v>
+      </c>
+      <c r="J79" s="39">
+        <v>22301</v>
+      </c>
+      <c r="K79" s="39">
+        <v>33176</v>
+      </c>
+      <c r="L79" s="39">
+        <v>23076</v>
+      </c>
+      <c r="M79" s="39">
+        <v>6911</v>
+      </c>
+      <c r="N79" s="42">
+        <v>17644</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A80" s="53"/>
+      <c r="B80" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="C80" s="39">
+        <v>45288</v>
+      </c>
+      <c r="D80" s="39">
+        <v>19133</v>
+      </c>
+      <c r="E80" s="39">
+        <v>26155</v>
+      </c>
+      <c r="F80" s="39">
+        <v>26429</v>
+      </c>
+      <c r="G80" s="39">
+        <v>12113</v>
+      </c>
+      <c r="H80" s="39">
+        <v>14316</v>
+      </c>
+      <c r="I80" s="39">
+        <v>13323</v>
+      </c>
+      <c r="J80" s="39">
+        <v>5352</v>
+      </c>
+      <c r="K80" s="39">
+        <v>7971</v>
+      </c>
+      <c r="L80" s="39">
+        <v>5536</v>
+      </c>
+      <c r="M80" s="39">
+        <v>1668</v>
+      </c>
+      <c r="N80" s="42">
+        <v>3868</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A81" s="53"/>
+      <c r="B81" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C81" s="39">
+        <v>80183</v>
+      </c>
+      <c r="D81" s="39">
+        <v>33869</v>
+      </c>
+      <c r="E81" s="39">
+        <v>46314</v>
+      </c>
+      <c r="F81" s="39">
+        <v>46810</v>
+      </c>
+      <c r="G81" s="39">
+        <v>21456</v>
+      </c>
+      <c r="H81" s="39">
+        <v>25354</v>
+      </c>
+      <c r="I81" s="39">
+        <v>23566</v>
+      </c>
+      <c r="J81" s="39">
+        <v>9468</v>
+      </c>
+      <c r="K81" s="39">
+        <v>14098</v>
+      </c>
+      <c r="L81" s="39">
+        <v>9807</v>
+      </c>
+      <c r="M81" s="39">
+        <v>2945</v>
+      </c>
+      <c r="N81" s="42">
+        <v>6862</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A82" s="53"/>
+      <c r="B82" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="C82" s="39">
+        <v>290261</v>
+      </c>
+      <c r="D82" s="39">
+        <v>122687</v>
+      </c>
+      <c r="E82" s="39">
+        <v>167574</v>
+      </c>
+      <c r="F82" s="39">
+        <v>169082</v>
+      </c>
+      <c r="G82" s="39">
+        <v>77463</v>
+      </c>
+      <c r="H82" s="39">
+        <v>91619</v>
+      </c>
+      <c r="I82" s="39">
+        <v>85534</v>
+      </c>
+      <c r="J82" s="39">
+        <v>34402</v>
+      </c>
+      <c r="K82" s="39">
+        <v>51132</v>
+      </c>
+      <c r="L82" s="39">
+        <v>35645</v>
+      </c>
+      <c r="M82" s="39">
+        <v>10822</v>
+      </c>
+      <c r="N82" s="42">
+        <v>24823</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A83" s="53"/>
+      <c r="B83" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C83" s="39">
+        <v>52531</v>
+      </c>
+      <c r="D83" s="39">
+        <v>22167</v>
+      </c>
+      <c r="E83" s="39">
+        <v>30364</v>
+      </c>
+      <c r="F83" s="39">
+        <v>30602</v>
+      </c>
+      <c r="G83" s="39">
+        <v>14020</v>
+      </c>
+      <c r="H83" s="39">
+        <v>16582</v>
+      </c>
+      <c r="I83" s="39">
+        <v>15484</v>
+      </c>
+      <c r="J83" s="39">
+        <v>6211</v>
+      </c>
+      <c r="K83" s="39">
+        <v>9273</v>
+      </c>
+      <c r="L83" s="39">
+        <v>6445</v>
+      </c>
+      <c r="M83" s="39">
+        <v>1936</v>
+      </c>
+      <c r="N83" s="42">
+        <v>4509</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A84" s="53"/>
+      <c r="B84" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C84" s="39">
+        <v>108775</v>
+      </c>
+      <c r="D84" s="39">
+        <v>45917</v>
+      </c>
+      <c r="E84" s="39">
+        <v>62858</v>
+      </c>
+      <c r="F84" s="39">
+        <v>63385</v>
+      </c>
+      <c r="G84" s="39">
+        <v>29041</v>
+      </c>
+      <c r="H84" s="39">
+        <v>34344</v>
+      </c>
+      <c r="I84" s="39">
+        <v>32050</v>
+      </c>
+      <c r="J84" s="39">
+        <v>12870</v>
+      </c>
+      <c r="K84" s="39">
+        <v>19180</v>
+      </c>
+      <c r="L84" s="39">
+        <v>13340</v>
+      </c>
+      <c r="M84" s="39">
+        <v>4006</v>
+      </c>
+      <c r="N84" s="42">
+        <v>9334</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A85" s="53"/>
+      <c r="B85" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C85" s="39">
+        <v>86202</v>
+      </c>
+      <c r="D85" s="39">
+        <v>36388</v>
+      </c>
+      <c r="E85" s="39">
+        <v>49814</v>
+      </c>
+      <c r="F85" s="39">
+        <v>50221</v>
+      </c>
+      <c r="G85" s="39">
+        <v>23004</v>
+      </c>
+      <c r="H85" s="39">
+        <v>27217</v>
+      </c>
+      <c r="I85" s="39">
+        <v>25409</v>
+      </c>
+      <c r="J85" s="39">
+        <v>10213</v>
+      </c>
+      <c r="K85" s="39">
+        <v>15196</v>
+      </c>
+      <c r="L85" s="39">
+        <v>10572</v>
+      </c>
+      <c r="M85" s="39">
+        <v>3171</v>
+      </c>
+      <c r="N85" s="42">
+        <v>7401</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A86" s="53"/>
+      <c r="B86" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C86" s="39">
+        <v>113580</v>
+      </c>
+      <c r="D86" s="39">
+        <v>47924</v>
+      </c>
+      <c r="E86" s="39">
+        <v>65656</v>
+      </c>
+      <c r="F86" s="39">
+        <v>66188</v>
+      </c>
+      <c r="G86" s="39">
+        <v>30313</v>
+      </c>
+      <c r="H86" s="39">
+        <v>35875</v>
+      </c>
+      <c r="I86" s="39">
+        <v>33462</v>
+      </c>
+      <c r="J86" s="39">
+        <v>13430</v>
+      </c>
+      <c r="K86" s="39">
+        <v>20032</v>
+      </c>
+      <c r="L86" s="39">
+        <v>13930</v>
+      </c>
+      <c r="M86" s="39">
+        <v>4181</v>
+      </c>
+      <c r="N86" s="42">
+        <v>9749</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A87" s="53"/>
+      <c r="B87" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="C87" s="39">
+        <v>85031</v>
+      </c>
+      <c r="D87" s="39">
+        <v>35890</v>
+      </c>
+      <c r="E87" s="39">
+        <v>49141</v>
+      </c>
+      <c r="F87" s="39">
+        <v>49551</v>
+      </c>
+      <c r="G87" s="39">
+        <v>22702</v>
+      </c>
+      <c r="H87" s="39">
+        <v>26849</v>
+      </c>
+      <c r="I87" s="39">
+        <v>25046</v>
+      </c>
+      <c r="J87" s="39">
+        <v>10055</v>
+      </c>
+      <c r="K87" s="39">
+        <v>14991</v>
+      </c>
+      <c r="L87" s="39">
+        <v>10434</v>
+      </c>
+      <c r="M87" s="39">
+        <v>3133</v>
+      </c>
+      <c r="N87" s="42">
+        <v>7301</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A88" s="54"/>
+      <c r="B88" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="C88" s="40">
+        <v>130370</v>
+      </c>
+      <c r="D88" s="40">
+        <v>55018</v>
+      </c>
+      <c r="E88" s="40">
+        <v>75352</v>
+      </c>
+      <c r="F88" s="40">
+        <v>75991</v>
+      </c>
+      <c r="G88" s="40">
+        <v>34810</v>
+      </c>
+      <c r="H88" s="40">
+        <v>41181</v>
+      </c>
+      <c r="I88" s="40">
+        <v>38395</v>
+      </c>
+      <c r="J88" s="40">
+        <v>15409</v>
+      </c>
+      <c r="K88" s="40">
+        <v>22986</v>
+      </c>
+      <c r="L88" s="40">
+        <v>15984</v>
+      </c>
+      <c r="M88" s="40">
+        <v>4799</v>
+      </c>
+      <c r="N88" s="55">
+        <v>11185</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" ht="16.5" customHeight="1">
+      <c r="A89" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="B89" s="44"/>
+      <c r="C89" s="44"/>
+      <c r="D89" s="44"/>
+      <c r="E89" s="44"/>
+      <c r="F89" s="44"/>
+      <c r="G89" s="44"/>
+      <c r="H89" s="44"/>
+      <c r="I89" s="44"/>
+      <c r="J89" s="44"/>
+      <c r="K89" s="44"/>
+      <c r="L89" s="44"/>
+      <c r="M89" s="44"/>
+      <c r="N89" s="44"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
     <mergeCell ref="A89:N89"/>
+    <mergeCell ref="A1:N1"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:E3"/>
+    <mergeCell ref="F3:H3"/>
+    <mergeCell ref="I3:K3"/>
+    <mergeCell ref="L3:N3"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="A9:A34"/>
     <mergeCell ref="A35:A52"/>
     <mergeCell ref="A53:A73"/>
     <mergeCell ref="A74:A88"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9BAFCCAE-4CC8-48B0-9407-8CDC6F482306}">
   <dimension ref="A1:C17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="8.28515625" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" customWidth="1"/>
-    <col min="3" max="3" width="91.28515625" style="35" customWidth="1"/>
+    <col min="3" max="3" width="91.28515625" style="34" customWidth="1"/>
     <col min="257" max="257" width="8.28515625" customWidth="1"/>
     <col min="258" max="258" width="35.28515625" customWidth="1"/>
     <col min="259" max="259" width="91.28515625" customWidth="1"/>
     <col min="513" max="513" width="8.28515625" customWidth="1"/>
     <col min="514" max="514" width="35.28515625" customWidth="1"/>
     <col min="515" max="515" width="91.28515625" customWidth="1"/>
     <col min="769" max="769" width="8.28515625" customWidth="1"/>
     <col min="770" max="770" width="35.28515625" customWidth="1"/>
     <col min="771" max="771" width="91.28515625" customWidth="1"/>
     <col min="1025" max="1025" width="8.28515625" customWidth="1"/>
     <col min="1026" max="1026" width="35.28515625" customWidth="1"/>
     <col min="1027" max="1027" width="91.28515625" customWidth="1"/>
     <col min="1281" max="1281" width="8.28515625" customWidth="1"/>
     <col min="1282" max="1282" width="35.28515625" customWidth="1"/>
     <col min="1283" max="1283" width="91.28515625" customWidth="1"/>
     <col min="1537" max="1537" width="8.28515625" customWidth="1"/>
     <col min="1538" max="1538" width="35.28515625" customWidth="1"/>
     <col min="1539" max="1539" width="91.28515625" customWidth="1"/>
     <col min="1793" max="1793" width="8.28515625" customWidth="1"/>
     <col min="1794" max="1794" width="35.28515625" customWidth="1"/>
     <col min="1795" max="1795" width="91.28515625" customWidth="1"/>
     <col min="2049" max="2049" width="8.28515625" customWidth="1"/>
     <col min="2050" max="2050" width="35.28515625" customWidth="1"/>
     <col min="2051" max="2051" width="91.28515625" customWidth="1"/>
     <col min="2305" max="2305" width="8.28515625" customWidth="1"/>
@@ -5074,243 +8745,244 @@
     <col min="14339" max="14339" width="91.28515625" customWidth="1"/>
     <col min="14593" max="14593" width="8.28515625" customWidth="1"/>
     <col min="14594" max="14594" width="35.28515625" customWidth="1"/>
     <col min="14595" max="14595" width="91.28515625" customWidth="1"/>
     <col min="14849" max="14849" width="8.28515625" customWidth="1"/>
     <col min="14850" max="14850" width="35.28515625" customWidth="1"/>
     <col min="14851" max="14851" width="91.28515625" customWidth="1"/>
     <col min="15105" max="15105" width="8.28515625" customWidth="1"/>
     <col min="15106" max="15106" width="35.28515625" customWidth="1"/>
     <col min="15107" max="15107" width="91.28515625" customWidth="1"/>
     <col min="15361" max="15361" width="8.28515625" customWidth="1"/>
     <col min="15362" max="15362" width="35.28515625" customWidth="1"/>
     <col min="15363" max="15363" width="91.28515625" customWidth="1"/>
     <col min="15617" max="15617" width="8.28515625" customWidth="1"/>
     <col min="15618" max="15618" width="35.28515625" customWidth="1"/>
     <col min="15619" max="15619" width="91.28515625" customWidth="1"/>
     <col min="15873" max="15873" width="8.28515625" customWidth="1"/>
     <col min="15874" max="15874" width="35.28515625" customWidth="1"/>
     <col min="15875" max="15875" width="91.28515625" customWidth="1"/>
     <col min="16129" max="16129" width="8.28515625" customWidth="1"/>
     <col min="16130" max="16130" width="35.28515625" customWidth="1"/>
     <col min="16131" max="16131" width="91.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="16" t="s">
         <v>94</v>
       </c>
-      <c r="B1" s="17" t="s">
+      <c r="B1" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="C1" s="18" t="s">
+      <c r="C1" s="17" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="2" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A2" s="19">
+    <row r="2" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A2" s="18">
         <v>1</v>
       </c>
-      <c r="B2" s="20" t="s">
+      <c r="B2" s="19" t="s">
         <v>97</v>
       </c>
-      <c r="C2" s="21" t="s">
+      <c r="C2" s="20" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="3" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A3" s="23">
+    <row r="3" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A3" s="22">
         <v>2</v>
       </c>
-      <c r="B3" s="24" t="s">
+      <c r="B3" s="23" t="s">
         <v>99</v>
       </c>
-      <c r="C3" s="25" t="s">
+      <c r="C3" s="24" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A4" s="23">
+    <row r="4" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A4" s="22">
         <v>3</v>
       </c>
-      <c r="B4" s="24" t="s">
+      <c r="B4" s="23" t="s">
         <v>101</v>
       </c>
-      <c r="C4" s="25" t="s">
+      <c r="C4" s="24" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="5" spans="1:3" s="22" customFormat="1" ht="42">
-      <c r="A5" s="23">
+    <row r="5" spans="1:3" s="21" customFormat="1" ht="42">
+      <c r="A5" s="22">
         <v>4</v>
       </c>
-      <c r="B5" s="24" t="s">
+      <c r="B5" s="23" t="s">
         <v>103</v>
       </c>
-      <c r="C5" s="26" t="s">
+      <c r="C5" s="25" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="6" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A6" s="23">
+    <row r="6" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A6" s="22">
         <v>5</v>
       </c>
-      <c r="B6" s="24" t="s">
+      <c r="B6" s="23" t="s">
         <v>105</v>
       </c>
-      <c r="C6" s="27" t="s">
+      <c r="C6" s="26" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="7" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A7" s="23">
+    <row r="7" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A7" s="22">
         <v>6</v>
       </c>
-      <c r="B7" s="24" t="s">
+      <c r="B7" s="23" t="s">
         <v>107</v>
       </c>
-      <c r="C7" s="28" t="s">
+      <c r="C7" s="27" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="8" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A8" s="23">
+    <row r="8" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A8" s="22">
         <v>7</v>
       </c>
-      <c r="B8" s="24" t="s">
+      <c r="B8" s="23" t="s">
         <v>96</v>
       </c>
-      <c r="C8" s="25"/>
-[...2 lines deleted...]
-      <c r="A9" s="23">
+      <c r="C8" s="24"/>
+    </row>
+    <row r="9" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A9" s="22">
         <v>8</v>
       </c>
-      <c r="B9" s="24" t="s">
+      <c r="B9" s="23" t="s">
         <v>109</v>
       </c>
-      <c r="C9" s="29"/>
-[...2 lines deleted...]
-      <c r="A10" s="23">
+      <c r="C9" s="28"/>
+    </row>
+    <row r="10" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A10" s="22">
         <v>9.1</v>
       </c>
-      <c r="B10" s="24" t="s">
+      <c r="B10" s="23" t="s">
         <v>110</v>
       </c>
-      <c r="C10" s="30" t="s">
+      <c r="C10" s="29" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="11" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A11" s="23">
+    <row r="11" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A11" s="22">
         <v>9.1999999999999993</v>
       </c>
-      <c r="B11" s="24" t="s">
+      <c r="B11" s="23" t="s">
         <v>112</v>
       </c>
-      <c r="C11" s="28">
+      <c r="C11" s="27">
         <v>3</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A12" s="23">
+    <row r="12" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A12" s="22">
         <v>10</v>
       </c>
-      <c r="B12" s="24" t="s">
+      <c r="B12" s="23" t="s">
         <v>113</v>
       </c>
-      <c r="C12" s="30" t="s">
+      <c r="C12" s="29" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="13" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A13" s="23">
+    <row r="13" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A13" s="22">
         <v>11</v>
       </c>
-      <c r="B13" s="24" t="s">
+      <c r="B13" s="23" t="s">
         <v>114</v>
       </c>
-      <c r="C13" s="25" t="s">
+      <c r="C13" s="24" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="14" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A14" s="23">
+    <row r="14" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A14" s="22">
         <v>12</v>
       </c>
-      <c r="B14" s="24" t="s">
+      <c r="B14" s="23" t="s">
         <v>116</v>
       </c>
-      <c r="C14" s="36" t="s">
+      <c r="C14" s="35" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="15" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A15" s="23">
+    <row r="15" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A15" s="22">
         <v>13</v>
       </c>
-      <c r="B15" s="24" t="s">
+      <c r="B15" s="23" t="s">
         <v>117</v>
       </c>
-      <c r="C15" s="21" t="s">
+      <c r="C15" s="20" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="16" spans="1:3" s="22" customFormat="1" ht="21">
-      <c r="A16" s="31">
+    <row r="16" spans="1:3" s="21" customFormat="1" ht="21">
+      <c r="A16" s="30">
         <v>14</v>
       </c>
-      <c r="B16" s="32" t="s">
+      <c r="B16" s="31" t="s">
         <v>119</v>
       </c>
-      <c r="C16" s="33" t="s">
+      <c r="C16" s="32" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="3:3">
-      <c r="C17" s="34"/>
+      <c r="C17" s="33"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C6" r:id="rId1" xr:uid="{01684AEF-A528-42CA-B86A-30779EF8CBA0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>เวิร์กชีต</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ข้อมูล</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>ข้อมูล 2564</vt:lpstr>
+      <vt:lpstr>ข้อมูล 2567</vt:lpstr>
       <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>