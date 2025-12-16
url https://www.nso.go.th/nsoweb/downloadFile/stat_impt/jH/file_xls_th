--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3ED148D9-8D12-4CB7-AF3C-B6AAED927C60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71CAB1BC-84C9-445C-889D-756C7F908DD8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="20">
   <si>
     <t>เดือน</t>
   </si>
   <si>
     <t>เพศ</t>
   </si>
   <si>
     <t>มกราคม</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
@@ -617,778 +617,778 @@
       <c r="E4" s="6">
         <v>313924</v>
       </c>
       <c r="F4" s="6">
         <v>312034</v>
       </c>
       <c r="G4" s="6">
         <v>272185</v>
       </c>
       <c r="H4" s="6">
         <v>312614</v>
       </c>
       <c r="I4" s="6">
         <v>378673</v>
       </c>
       <c r="J4" s="6">
         <v>371461</v>
       </c>
       <c r="K4" s="6">
         <v>670932</v>
       </c>
       <c r="L4" s="6">
         <v>269611</v>
       </c>
       <c r="M4" s="6">
-        <v>233837</v>
+        <v>264669</v>
       </c>
       <c r="N4" s="6">
-        <v>244324</v>
+        <v>277813</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="7"/>
       <c r="B5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="6">
         <v>215281</v>
       </c>
       <c r="D5" s="6">
         <v>248247</v>
       </c>
       <c r="E5" s="6">
         <v>274356</v>
       </c>
       <c r="F5" s="6">
         <v>271675</v>
       </c>
       <c r="G5" s="6">
         <v>239111</v>
       </c>
       <c r="H5" s="6">
         <v>280537</v>
       </c>
       <c r="I5" s="6">
         <v>328998</v>
       </c>
       <c r="J5" s="6">
         <v>323969</v>
       </c>
       <c r="K5" s="6">
         <v>46488</v>
       </c>
       <c r="L5" s="6">
         <v>238442</v>
       </c>
       <c r="M5" s="6">
-        <v>232856</v>
+        <v>233837</v>
       </c>
       <c r="N5" s="6">
-        <v>246678</v>
+        <v>244324</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7"/>
       <c r="B6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="6">
         <v>34520</v>
       </c>
       <c r="D6" s="6">
         <v>35767</v>
       </c>
       <c r="E6" s="6">
         <v>39568</v>
       </c>
       <c r="F6" s="6">
         <v>40359</v>
       </c>
       <c r="G6" s="6">
         <v>33074</v>
       </c>
       <c r="H6" s="6">
         <v>32077</v>
       </c>
       <c r="I6" s="6">
         <v>49675</v>
       </c>
       <c r="J6" s="6">
         <v>47492</v>
       </c>
       <c r="K6" s="6">
         <v>624444</v>
       </c>
       <c r="L6" s="6">
         <v>31169</v>
       </c>
       <c r="M6" s="6">
-        <v>235151</v>
+        <v>30832</v>
       </c>
       <c r="N6" s="6">
-        <v>249857</v>
+        <v>33489</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6">
         <v>251495</v>
       </c>
       <c r="D7" s="6">
         <v>278299</v>
       </c>
       <c r="E7" s="6">
         <v>314710</v>
       </c>
       <c r="F7" s="6">
         <v>305460</v>
       </c>
       <c r="G7" s="6">
         <v>276222</v>
       </c>
       <c r="H7" s="6">
         <v>316657</v>
       </c>
       <c r="I7" s="6">
         <v>381749</v>
       </c>
       <c r="J7" s="6">
         <v>374042</v>
       </c>
       <c r="K7" s="6">
         <v>312862</v>
       </c>
       <c r="L7" s="6">
         <v>266589</v>
       </c>
       <c r="M7" s="6">
-        <v>237193</v>
+        <v>263592</v>
       </c>
       <c r="N7" s="6">
-        <v>252202</v>
+        <v>280835</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="7"/>
       <c r="B8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="6">
         <v>218583</v>
       </c>
       <c r="D8" s="6">
         <v>242414</v>
       </c>
       <c r="E8" s="6">
         <v>275278</v>
       </c>
       <c r="F8" s="6">
         <v>268137</v>
       </c>
       <c r="G8" s="6">
         <v>242999</v>
       </c>
       <c r="H8" s="6">
         <v>280652</v>
       </c>
       <c r="I8" s="6">
         <v>331697</v>
       </c>
       <c r="J8" s="6">
         <v>326116</v>
       </c>
       <c r="K8" s="6">
         <v>274696</v>
       </c>
       <c r="L8" s="6">
         <v>235595</v>
       </c>
       <c r="M8" s="6">
-        <v>236708</v>
+        <v>232856</v>
       </c>
       <c r="N8" s="6">
-        <v>254525</v>
+        <v>246678</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7"/>
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="6">
         <v>32912</v>
       </c>
       <c r="D9" s="6">
         <v>35885</v>
       </c>
       <c r="E9" s="6">
         <v>39432</v>
       </c>
       <c r="F9" s="6">
         <v>37323</v>
       </c>
       <c r="G9" s="6">
         <v>33223</v>
       </c>
       <c r="H9" s="6">
         <v>36005</v>
       </c>
       <c r="I9" s="6">
         <v>50052</v>
       </c>
       <c r="J9" s="6">
         <v>47926</v>
       </c>
       <c r="K9" s="6">
         <v>38166</v>
       </c>
       <c r="L9" s="6">
         <v>30994</v>
       </c>
       <c r="M9" s="6">
-        <v>235065</v>
+        <v>30736</v>
       </c>
       <c r="N9" s="6">
-        <v>258704</v>
+        <v>34157</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="6">
         <v>256839</v>
       </c>
       <c r="D10" s="6">
         <v>276423</v>
       </c>
       <c r="E10" s="6">
         <v>321612</v>
       </c>
       <c r="F10" s="6">
         <v>305043</v>
       </c>
       <c r="G10" s="6">
         <v>276096</v>
       </c>
       <c r="H10" s="6">
         <v>340293</v>
       </c>
       <c r="I10" s="6">
         <v>382895</v>
       </c>
       <c r="J10" s="6">
         <v>373169</v>
       </c>
       <c r="K10" s="6">
         <v>309024</v>
       </c>
       <c r="L10" s="6">
         <v>264325</v>
       </c>
       <c r="M10" s="6">
-        <v>236553</v>
+        <v>266339</v>
       </c>
       <c r="N10" s="6">
-        <v>261568</v>
+        <v>284560</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="7"/>
       <c r="B11" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="6">
         <v>220481</v>
       </c>
       <c r="D11" s="6">
         <v>241246</v>
       </c>
       <c r="E11" s="6">
         <v>279457</v>
       </c>
       <c r="F11" s="6">
         <v>268768</v>
       </c>
       <c r="G11" s="6">
         <v>243966</v>
       </c>
       <c r="H11" s="6">
         <v>295235</v>
       </c>
       <c r="I11" s="6">
         <v>332751</v>
       </c>
       <c r="J11" s="6">
         <v>325448</v>
       </c>
       <c r="K11" s="6">
         <v>271598</v>
       </c>
       <c r="L11" s="6">
         <v>233536</v>
       </c>
       <c r="M11" s="6">
-        <v>237525</v>
+        <v>235151</v>
       </c>
       <c r="N11" s="6">
-        <v>264430</v>
+        <v>249857</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="7"/>
       <c r="B12" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="6">
         <v>36358</v>
       </c>
       <c r="D12" s="6">
         <v>35177</v>
       </c>
       <c r="E12" s="6">
         <v>42155</v>
       </c>
       <c r="F12" s="6">
         <v>36275</v>
       </c>
       <c r="G12" s="6">
         <v>32130</v>
       </c>
       <c r="H12" s="6">
         <v>45058</v>
       </c>
       <c r="I12" s="6">
         <v>50144</v>
       </c>
       <c r="J12" s="6">
         <v>47721</v>
       </c>
       <c r="K12" s="6">
         <v>37426</v>
       </c>
       <c r="L12" s="6">
         <v>30789</v>
       </c>
       <c r="M12" s="6">
-        <v>238429</v>
+        <v>31188</v>
       </c>
       <c r="N12" s="6">
-        <v>244724</v>
+        <v>34703</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="6">
         <v>256470</v>
       </c>
       <c r="D13" s="6">
         <v>285520</v>
       </c>
       <c r="E13" s="6">
         <v>295060</v>
       </c>
       <c r="F13" s="6">
         <v>308219</v>
       </c>
       <c r="G13" s="6">
         <v>279856</v>
       </c>
       <c r="H13" s="6">
         <v>343657</v>
       </c>
       <c r="I13" s="6">
         <v>386902</v>
       </c>
       <c r="J13" s="6">
         <v>375148</v>
       </c>
       <c r="K13" s="6">
         <v>312040</v>
       </c>
       <c r="L13" s="6">
         <v>264601</v>
       </c>
       <c r="M13" s="6">
-        <v>239332</v>
+        <v>268621</v>
       </c>
       <c r="N13" s="6">
-        <v>241415</v>
+        <v>287050</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="7"/>
       <c r="B14" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="6">
         <v>223185</v>
       </c>
       <c r="D14" s="6">
         <v>249387</v>
       </c>
       <c r="E14" s="6">
         <v>257163</v>
       </c>
       <c r="F14" s="6">
         <v>270889</v>
       </c>
       <c r="G14" s="6">
         <v>247753</v>
       </c>
       <c r="H14" s="6">
         <v>298280</v>
       </c>
       <c r="I14" s="6">
         <v>336235</v>
       </c>
       <c r="J14" s="6">
         <v>327375</v>
       </c>
       <c r="K14" s="6">
         <v>274446</v>
       </c>
       <c r="L14" s="6">
         <v>233705</v>
       </c>
       <c r="M14" s="6">
-        <v>241220</v>
+        <v>237193</v>
       </c>
       <c r="N14" s="6">
-        <v>243329</v>
+        <v>252202</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7"/>
       <c r="B15" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="6">
         <v>33285</v>
       </c>
       <c r="D15" s="6">
         <v>36133</v>
       </c>
       <c r="E15" s="6">
         <v>37897</v>
       </c>
       <c r="F15" s="6">
         <v>37330</v>
       </c>
       <c r="G15" s="6">
         <v>32103</v>
       </c>
       <c r="H15" s="6">
         <v>45377</v>
       </c>
       <c r="I15" s="6">
         <v>50667</v>
       </c>
       <c r="J15" s="6">
         <v>47773</v>
       </c>
       <c r="K15" s="6">
         <v>37594</v>
       </c>
       <c r="L15" s="6">
         <v>30896</v>
       </c>
       <c r="M15" s="6">
-        <v>243122</v>
+        <v>31428</v>
       </c>
       <c r="N15" s="6">
-        <v>246173</v>
+        <v>34848</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="6">
         <v>261867</v>
       </c>
       <c r="D16" s="6">
         <v>290058</v>
       </c>
       <c r="E16" s="6">
         <v>293612</v>
       </c>
       <c r="F16" s="6">
         <v>308719</v>
       </c>
       <c r="G16" s="6">
         <v>284296</v>
       </c>
       <c r="H16" s="6">
         <v>349804</v>
       </c>
       <c r="I16" s="6">
         <v>364725</v>
       </c>
       <c r="J16" s="6">
         <v>376499</v>
       </c>
       <c r="K16" s="6">
         <v>310476</v>
       </c>
       <c r="L16" s="6">
         <v>266700</v>
       </c>
       <c r="M16" s="6">
-        <v>264669</v>
+        <v>268306</v>
       </c>
       <c r="N16" s="6">
-        <v>277813</v>
+        <v>289992</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="7"/>
       <c r="B17" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="6">
         <v>228726</v>
       </c>
       <c r="D17" s="6">
         <v>247451</v>
       </c>
       <c r="E17" s="6">
         <v>255175</v>
       </c>
       <c r="F17" s="6">
         <v>271680</v>
       </c>
       <c r="G17" s="6">
         <v>250205</v>
       </c>
       <c r="H17" s="6">
         <v>303717</v>
       </c>
       <c r="I17" s="6">
         <v>317196</v>
       </c>
       <c r="J17" s="6">
         <v>328759</v>
       </c>
       <c r="K17" s="6">
         <v>273349</v>
       </c>
       <c r="L17" s="6">
         <v>235436</v>
       </c>
       <c r="M17" s="6">
-        <v>263592</v>
+        <v>236708</v>
       </c>
       <c r="N17" s="6">
-        <v>280835</v>
+        <v>254525</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="7"/>
       <c r="B18" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="6">
         <v>33141</v>
       </c>
       <c r="D18" s="6">
         <v>42607</v>
       </c>
       <c r="E18" s="6">
         <v>38437</v>
       </c>
       <c r="F18" s="6">
         <v>37039</v>
       </c>
       <c r="G18" s="6">
         <v>34091</v>
       </c>
       <c r="H18" s="6">
         <v>46087</v>
       </c>
       <c r="I18" s="6">
         <v>47529</v>
       </c>
       <c r="J18" s="6">
         <v>47740</v>
       </c>
       <c r="K18" s="6">
         <v>37127</v>
       </c>
       <c r="L18" s="6">
         <v>31264</v>
       </c>
       <c r="M18" s="6">
-        <v>266339</v>
+        <v>31598</v>
       </c>
       <c r="N18" s="6">
-        <v>284560</v>
+        <v>35467</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="6">
         <v>266506</v>
       </c>
       <c r="D19" s="6">
         <v>295148</v>
       </c>
       <c r="E19" s="6">
         <v>294683</v>
       </c>
       <c r="F19" s="6">
         <v>305808</v>
       </c>
       <c r="G19" s="6">
         <v>287073</v>
       </c>
       <c r="H19" s="6">
         <v>355543</v>
       </c>
       <c r="I19" s="6">
         <v>354905</v>
       </c>
       <c r="J19" s="6">
         <v>377610</v>
       </c>
       <c r="K19" s="6">
         <v>308246</v>
       </c>
       <c r="L19" s="6">
         <v>267665</v>
       </c>
       <c r="M19" s="6">
-        <v>268621</v>
+        <v>266449</v>
       </c>
       <c r="N19" s="6">
-        <v>287050</v>
+        <v>294867</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="7"/>
       <c r="B20" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
         <v>231064</v>
       </c>
       <c r="D20" s="6">
         <v>255819</v>
       </c>
       <c r="E20" s="6">
         <v>256154</v>
       </c>
       <c r="F20" s="6">
         <v>270383</v>
       </c>
       <c r="G20" s="6">
         <v>254787</v>
       </c>
       <c r="H20" s="6">
         <v>308532</v>
       </c>
       <c r="I20" s="6">
         <v>308693</v>
       </c>
       <c r="J20" s="6">
         <v>329741</v>
       </c>
       <c r="K20" s="6">
         <v>271628</v>
       </c>
       <c r="L20" s="6">
         <v>236293</v>
       </c>
       <c r="M20" s="6">
-        <v>268306</v>
+        <v>235065</v>
       </c>
       <c r="N20" s="6">
-        <v>289992</v>
+        <v>258704</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="7"/>
       <c r="B21" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="6">
         <v>35442</v>
       </c>
       <c r="D21" s="6">
         <v>39329</v>
       </c>
       <c r="E21" s="6">
         <v>38529</v>
       </c>
       <c r="F21" s="6">
         <v>35425</v>
       </c>
       <c r="G21" s="6">
         <v>32286</v>
       </c>
       <c r="H21" s="6">
         <v>47011</v>
       </c>
       <c r="I21" s="6">
         <v>46212</v>
       </c>
       <c r="J21" s="6">
         <v>47869</v>
       </c>
       <c r="K21" s="6">
         <v>36618</v>
       </c>
       <c r="L21" s="6">
         <v>31372</v>
       </c>
       <c r="M21" s="6">
-        <v>266449</v>
+        <v>31384</v>
       </c>
       <c r="N21" s="6">
-        <v>294867</v>
+        <v>36163</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C22" s="6">
         <v>268978</v>
       </c>
       <c r="D22" s="6">
         <v>298573</v>
       </c>
       <c r="E22" s="6">
         <v>303316</v>
       </c>
       <c r="F22" s="6">
         <v>308867</v>
       </c>
       <c r="G22" s="6">
         <v>294127</v>
       </c>
       <c r="H22" s="6">
@@ -1427,694 +1427,694 @@
       <c r="E23" s="6">
         <v>266252</v>
       </c>
       <c r="F23" s="6">
         <v>273176</v>
       </c>
       <c r="G23" s="6">
         <v>256346</v>
       </c>
       <c r="H23" s="6">
         <v>311950</v>
       </c>
       <c r="I23" s="6">
         <v>311876</v>
       </c>
       <c r="J23" s="6">
         <v>331217</v>
       </c>
       <c r="K23" s="6">
         <v>270629</v>
       </c>
       <c r="L23" s="6">
         <v>237763</v>
       </c>
       <c r="M23" s="6">
-        <v>269650</v>
+        <v>236553</v>
       </c>
       <c r="N23" s="6">
-        <v>301533</v>
+        <v>261568</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="7"/>
       <c r="B24" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="6">
         <v>36673</v>
       </c>
       <c r="D24" s="6">
         <v>38245</v>
       </c>
       <c r="E24" s="6">
         <v>37064</v>
       </c>
       <c r="F24" s="6">
         <v>35691</v>
       </c>
       <c r="G24" s="6">
         <v>37781</v>
       </c>
       <c r="H24" s="6">
         <v>47558</v>
       </c>
       <c r="I24" s="6">
         <v>46817</v>
       </c>
       <c r="J24" s="6">
         <v>47944</v>
       </c>
       <c r="K24" s="6">
         <v>36203</v>
       </c>
       <c r="L24" s="6">
         <v>31504</v>
       </c>
       <c r="M24" s="6">
-        <v>270879</v>
+        <v>31852</v>
       </c>
       <c r="N24" s="6">
-        <v>278324</v>
+        <v>36632</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="6">
         <v>272838</v>
       </c>
       <c r="D25" s="6">
         <v>298233</v>
       </c>
       <c r="E25" s="6">
         <v>299300</v>
       </c>
       <c r="F25" s="6">
         <v>294506</v>
       </c>
       <c r="G25" s="6">
         <v>295831</v>
       </c>
       <c r="H25" s="6">
         <v>364288</v>
       </c>
       <c r="I25" s="6">
         <v>362985</v>
       </c>
       <c r="J25" s="6">
         <v>381341</v>
       </c>
       <c r="K25" s="6">
         <v>290789</v>
       </c>
       <c r="L25" s="6">
         <v>269657</v>
       </c>
       <c r="M25" s="6">
-        <v>271967</v>
+        <v>269650</v>
       </c>
       <c r="N25" s="6">
-        <v>274773</v>
+        <v>301533</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="7"/>
       <c r="B26" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="6">
         <v>237442</v>
       </c>
       <c r="D26" s="6">
         <v>258998</v>
       </c>
       <c r="E26" s="6">
         <v>261273</v>
       </c>
       <c r="F26" s="6">
         <v>259704</v>
       </c>
       <c r="G26" s="6">
         <v>262836</v>
       </c>
       <c r="H26" s="6">
         <v>316152</v>
       </c>
       <c r="I26" s="6">
         <v>315679</v>
       </c>
       <c r="J26" s="6">
         <v>333198</v>
       </c>
       <c r="K26" s="6">
         <v>257218</v>
       </c>
       <c r="L26" s="6">
         <v>238308</v>
       </c>
       <c r="M26" s="6">
-        <v>274277</v>
+        <v>237525</v>
       </c>
       <c r="N26" s="6">
-        <v>277475</v>
+        <v>264430</v>
       </c>
     </row>
     <row r="27" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="7"/>
       <c r="B27" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="6">
         <v>35396</v>
       </c>
       <c r="D27" s="6">
         <v>39235</v>
       </c>
       <c r="E27" s="6">
         <v>38027</v>
       </c>
       <c r="F27" s="6">
         <v>34802</v>
       </c>
       <c r="G27" s="6">
         <v>32995</v>
       </c>
       <c r="H27" s="6">
         <v>48136</v>
       </c>
       <c r="I27" s="6">
         <v>47306</v>
       </c>
       <c r="J27" s="6">
         <v>48143</v>
       </c>
       <c r="K27" s="6">
         <v>33571</v>
       </c>
       <c r="L27" s="6">
         <v>31349</v>
       </c>
       <c r="M27" s="6">
-        <v>276466</v>
+        <v>32125</v>
       </c>
       <c r="N27" s="6">
-        <v>280790</v>
+        <v>37103</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="6">
         <v>277268</v>
       </c>
       <c r="D28" s="6">
         <v>303920</v>
       </c>
       <c r="E28" s="6">
         <v>298156</v>
       </c>
       <c r="F28" s="6">
         <v>289123</v>
       </c>
       <c r="G28" s="6">
         <v>297150</v>
       </c>
       <c r="H28" s="6">
         <v>366316</v>
       </c>
       <c r="I28" s="6">
         <v>363825</v>
       </c>
       <c r="J28" s="6">
         <v>358259</v>
       </c>
       <c r="K28" s="6">
         <v>286727</v>
       </c>
       <c r="L28" s="6">
         <v>261401</v>
       </c>
       <c r="M28" s="6">
-        <v>30832</v>
+        <v>270879</v>
       </c>
       <c r="N28" s="6">
-        <v>33489</v>
+        <v>278324</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="7"/>
       <c r="B29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="6">
         <v>241665</v>
       </c>
       <c r="D29" s="6">
         <v>264359</v>
       </c>
       <c r="E29" s="6">
         <v>260572</v>
       </c>
       <c r="F29" s="6">
         <v>254234</v>
       </c>
       <c r="G29" s="6">
         <v>263895</v>
       </c>
       <c r="H29" s="6">
         <v>318019</v>
       </c>
       <c r="I29" s="6">
         <v>316449</v>
       </c>
       <c r="J29" s="6">
         <v>313075</v>
       </c>
       <c r="K29" s="6">
         <v>253523</v>
       </c>
       <c r="L29" s="6">
         <v>231223</v>
       </c>
       <c r="M29" s="6">
-        <v>30736</v>
+        <v>238429</v>
       </c>
       <c r="N29" s="6">
-        <v>34157</v>
+        <v>244724</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="7"/>
       <c r="B30" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="6">
         <v>35603</v>
       </c>
       <c r="D30" s="6">
         <v>39561</v>
       </c>
       <c r="E30" s="6">
         <v>37584</v>
       </c>
       <c r="F30" s="6">
         <v>34889</v>
       </c>
       <c r="G30" s="6">
         <v>33255</v>
       </c>
       <c r="H30" s="6">
         <v>48297</v>
       </c>
       <c r="I30" s="6">
         <v>47376</v>
       </c>
       <c r="J30" s="6">
         <v>45184</v>
       </c>
       <c r="K30" s="6">
         <v>33204</v>
       </c>
       <c r="L30" s="6">
         <v>30178</v>
       </c>
       <c r="M30" s="6">
-        <v>31188</v>
+        <v>32450</v>
       </c>
       <c r="N30" s="6">
-        <v>34703</v>
+        <v>33600</v>
       </c>
     </row>
     <row r="31" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="6">
         <v>276642</v>
       </c>
       <c r="D31" s="6">
         <v>308740</v>
       </c>
       <c r="E31" s="6">
         <v>298884</v>
       </c>
       <c r="F31" s="6">
         <v>297084</v>
       </c>
       <c r="G31" s="6">
         <v>303090</v>
       </c>
       <c r="H31" s="6">
         <v>369499</v>
       </c>
       <c r="I31" s="6">
         <v>365384</v>
       </c>
       <c r="J31" s="6">
         <v>346062</v>
       </c>
       <c r="K31" s="6">
         <v>284894</v>
       </c>
       <c r="L31" s="6">
         <v>261348</v>
       </c>
       <c r="M31" s="6">
-        <v>31428</v>
+        <v>271967</v>
       </c>
       <c r="N31" s="6">
-        <v>34848</v>
+        <v>274773</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="7"/>
       <c r="B32" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="6">
         <v>240426</v>
       </c>
       <c r="D32" s="6">
         <v>268046</v>
       </c>
       <c r="E32" s="6">
         <v>261363</v>
       </c>
       <c r="F32" s="6">
         <v>260872</v>
       </c>
       <c r="G32" s="6">
         <v>269304</v>
       </c>
       <c r="H32" s="6">
         <v>320966</v>
       </c>
       <c r="I32" s="6">
         <v>318245</v>
       </c>
       <c r="J32" s="6">
         <v>302376</v>
       </c>
       <c r="K32" s="6">
         <v>251959</v>
       </c>
       <c r="L32" s="6">
         <v>231030</v>
       </c>
       <c r="M32" s="6">
-        <v>31598</v>
+        <v>239332</v>
       </c>
       <c r="N32" s="6">
-        <v>35467</v>
+        <v>241415</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="7"/>
       <c r="B33" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="6">
         <v>36216</v>
       </c>
       <c r="D33" s="6">
         <v>40694</v>
       </c>
       <c r="E33" s="6">
         <v>37521</v>
       </c>
       <c r="F33" s="6">
         <v>36212</v>
       </c>
       <c r="G33" s="6">
         <v>33786</v>
       </c>
       <c r="H33" s="6">
         <v>48533</v>
       </c>
       <c r="I33" s="6">
         <v>47139</v>
       </c>
       <c r="J33" s="6">
         <v>43686</v>
       </c>
       <c r="K33" s="6">
         <v>32935</v>
       </c>
       <c r="L33" s="6">
         <v>30318</v>
       </c>
       <c r="M33" s="6">
-        <v>31384</v>
+        <v>32635</v>
       </c>
       <c r="N33" s="6">
-        <v>36163</v>
+        <v>33358</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C34" s="6">
         <v>281030</v>
       </c>
       <c r="D34" s="6">
         <v>309507</v>
       </c>
       <c r="E34" s="6">
         <v>299488</v>
       </c>
       <c r="F34" s="6">
         <v>292227</v>
       </c>
       <c r="G34" s="6">
         <v>306603</v>
       </c>
       <c r="H34" s="6">
         <v>372979</v>
       </c>
       <c r="I34" s="6">
         <v>367141</v>
       </c>
       <c r="J34" s="6">
         <v>344056</v>
       </c>
       <c r="K34" s="6">
         <v>284227</v>
       </c>
       <c r="L34" s="6">
         <v>261919</v>
       </c>
       <c r="M34" s="6">
-        <v>31852</v>
+        <v>274277</v>
       </c>
       <c r="N34" s="6">
-        <v>36632</v>
+        <v>277475</v>
       </c>
     </row>
     <row r="35" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="7"/>
       <c r="B35" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="6">
         <v>245784</v>
       </c>
       <c r="D35" s="6">
         <v>269671</v>
       </c>
       <c r="E35" s="6">
         <v>261597</v>
       </c>
       <c r="F35" s="6">
         <v>256955</v>
       </c>
       <c r="G35" s="6">
         <v>272631</v>
       </c>
       <c r="H35" s="6">
         <v>323975</v>
       </c>
       <c r="I35" s="6">
         <v>319894</v>
       </c>
       <c r="J35" s="6">
         <v>300663</v>
       </c>
       <c r="K35" s="6">
         <v>251037</v>
       </c>
       <c r="L35" s="6">
         <v>231508</v>
       </c>
       <c r="M35" s="6">
-        <v>32125</v>
+        <v>241220</v>
       </c>
       <c r="N35" s="6">
-        <v>37103</v>
+        <v>243329</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="7"/>
       <c r="B36" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="6">
         <v>35246</v>
       </c>
       <c r="D36" s="6">
         <v>39836</v>
       </c>
       <c r="E36" s="6">
         <v>37891</v>
       </c>
       <c r="F36" s="6">
         <v>35272</v>
       </c>
       <c r="G36" s="6">
         <v>33972</v>
       </c>
       <c r="H36" s="6">
         <v>49004</v>
       </c>
       <c r="I36" s="6">
         <v>47247</v>
       </c>
       <c r="J36" s="6">
         <v>43393</v>
       </c>
       <c r="K36" s="6">
         <v>33190</v>
       </c>
       <c r="L36" s="6">
         <v>30411</v>
       </c>
       <c r="M36" s="6">
-        <v>32450</v>
+        <v>33057</v>
       </c>
       <c r="N36" s="6">
-        <v>33600</v>
+        <v>34146</v>
       </c>
     </row>
     <row r="37" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="6">
         <v>279231</v>
       </c>
       <c r="D37" s="6">
         <v>312419</v>
       </c>
       <c r="E37" s="6">
         <v>302525</v>
       </c>
       <c r="F37" s="6">
         <v>278466</v>
       </c>
       <c r="G37" s="6">
         <v>310757</v>
       </c>
       <c r="H37" s="6">
         <v>375763</v>
       </c>
       <c r="I37" s="6">
         <v>367993</v>
       </c>
       <c r="J37" s="6">
         <v>338677</v>
       </c>
       <c r="K37" s="6">
         <v>281208</v>
       </c>
       <c r="L37" s="6">
         <v>262293</v>
       </c>
       <c r="M37" s="6">
-        <v>32635</v>
+        <v>276466</v>
       </c>
       <c r="N37" s="6">
-        <v>33358</v>
+        <v>280790</v>
       </c>
     </row>
     <row r="38" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="7"/>
       <c r="B38" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="6">
         <v>243543</v>
       </c>
       <c r="D38" s="6">
         <v>272172</v>
       </c>
       <c r="E38" s="6">
         <v>264561</v>
       </c>
       <c r="F38" s="6">
         <v>245297</v>
       </c>
       <c r="G38" s="6">
         <v>276069</v>
       </c>
       <c r="H38" s="6">
         <v>326439</v>
       </c>
       <c r="I38" s="6">
         <v>320737</v>
       </c>
       <c r="J38" s="6">
         <v>296300</v>
       </c>
       <c r="K38" s="6">
         <v>248345</v>
       </c>
       <c r="L38" s="6">
         <v>231787</v>
       </c>
       <c r="M38" s="6">
-        <v>33057</v>
+        <v>243122</v>
       </c>
       <c r="N38" s="6">
-        <v>34146</v>
+        <v>246173</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="7"/>
       <c r="B39" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="6">
         <v>35688</v>
       </c>
       <c r="D39" s="6">
         <v>40247</v>
       </c>
       <c r="E39" s="6">
         <v>37964</v>
       </c>
       <c r="F39" s="6">
         <v>33169</v>
       </c>
       <c r="G39" s="6">
         <v>34688</v>
       </c>
       <c r="H39" s="6">
         <v>49324</v>
       </c>