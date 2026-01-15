--- v0 (2025-10-26)
+++ v1 (2026-01-15)
@@ -1,439 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E42BBFFE-9D27-44A5-A6EC-64A9F344FA67}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{316DDF99-BEDA-442F-85C5-537DD8C9B4C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Data" sheetId="1" r:id="rId1"/>
+    <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="88">
   <si>
-    <t>Region</t>
-[...248 lines deleted...]
-    <t>Narathiwat</t>
+    <t>สัดส่วนคนจน (ด้านรายจ่าย) จำแนกเป็นรายภาค และจังหวัด พ.ศ. 2555 - 2566</t>
+  </si>
+  <si>
+    <t>หน่วย:เปอร์เซ็น</t>
+  </si>
+  <si>
+    <t>ทั่วราชอาณาจักร</t>
+  </si>
+  <si>
+    <t>กรุงเทพมหานคร</t>
+  </si>
+  <si>
+    <t>ภาคกลาง</t>
+  </si>
+  <si>
+    <t>สมุทรปราการ</t>
+  </si>
+  <si>
+    <t>นนทบุรี</t>
+  </si>
+  <si>
+    <t>ปทุมธานี</t>
+  </si>
+  <si>
+    <t>พระนครศรีอยุธยา</t>
+  </si>
+  <si>
+    <t>อ่างทอง</t>
+  </si>
+  <si>
+    <t>ลพบุรี</t>
+  </si>
+  <si>
+    <t>สิงห์บุรี</t>
+  </si>
+  <si>
+    <t>ชัยนาท</t>
+  </si>
+  <si>
+    <t>สระบุรี</t>
+  </si>
+  <si>
+    <t>ชลบุรี</t>
+  </si>
+  <si>
+    <t>ระยอง</t>
+  </si>
+  <si>
+    <t>จันทบุรี</t>
+  </si>
+  <si>
+    <t>ตราด</t>
+  </si>
+  <si>
+    <t>ฉะเชิงเทรา</t>
+  </si>
+  <si>
+    <t>ปราจีนบุรี</t>
+  </si>
+  <si>
+    <t>นครนายก</t>
+  </si>
+  <si>
+    <t>สระแก้ว</t>
+  </si>
+  <si>
+    <t>ราชบุรี</t>
+  </si>
+  <si>
+    <t>กาญจนบุรี</t>
+  </si>
+  <si>
+    <t>สุพรรณบุรี</t>
+  </si>
+  <si>
+    <t>นครปฐม</t>
+  </si>
+  <si>
+    <t>สมุทรสาคร</t>
+  </si>
+  <si>
+    <t>สมุทรสงคราม</t>
+  </si>
+  <si>
+    <t>เพชรบุรี</t>
+  </si>
+  <si>
+    <t>ประจวบคีรีขันธ์</t>
+  </si>
+  <si>
+    <t>ภาคเหนือ</t>
+  </si>
+  <si>
+    <t>เชียงใหม่</t>
+  </si>
+  <si>
+    <t>ลำพูน</t>
+  </si>
+  <si>
+    <t>ลำปาง</t>
+  </si>
+  <si>
+    <t>อุตรดิตถ์</t>
+  </si>
+  <si>
+    <t>แพร่</t>
+  </si>
+  <si>
+    <t>น่าน</t>
+  </si>
+  <si>
+    <t>พะเยา</t>
+  </si>
+  <si>
+    <t>เชียงราย</t>
+  </si>
+  <si>
+    <t>แม่ฮ่องสอน</t>
+  </si>
+  <si>
+    <t>นครสวรรค์</t>
+  </si>
+  <si>
+    <t>อุทัยธานี</t>
+  </si>
+  <si>
+    <t>กำแพงเพชร</t>
+  </si>
+  <si>
+    <t>ตาก</t>
+  </si>
+  <si>
+    <t>สุโขทัย</t>
+  </si>
+  <si>
+    <t>พิษณุโลก</t>
+  </si>
+  <si>
+    <t>พิจิตร</t>
+  </si>
+  <si>
+    <t>เพชรบูรณ์</t>
+  </si>
+  <si>
+    <t>ภาคตะวันออกเฉียงเหนือ</t>
+  </si>
+  <si>
+    <t>นครราชสีมา</t>
+  </si>
+  <si>
+    <t>บุรีรัมย์</t>
+  </si>
+  <si>
+    <t>สุรินทร์</t>
+  </si>
+  <si>
+    <t>ศรีสะเกษ</t>
+  </si>
+  <si>
+    <t>อุบลราชธานี</t>
+  </si>
+  <si>
+    <t>ยโสธร</t>
+  </si>
+  <si>
+    <t>ชัยภูมิ</t>
+  </si>
+  <si>
+    <t>อำนาจเจริญ</t>
+  </si>
+  <si>
+    <t>บึงกาฬ</t>
+  </si>
+  <si>
+    <t>หนองบัวลำภู</t>
+  </si>
+  <si>
+    <t>ขอนแก่น</t>
+  </si>
+  <si>
+    <t>อุดรธานี</t>
+  </si>
+  <si>
+    <t>เลย</t>
+  </si>
+  <si>
+    <t>หนองคาย</t>
+  </si>
+  <si>
+    <t>มหาสารคาม</t>
+  </si>
+  <si>
+    <t>ร้อยเอ็ด</t>
+  </si>
+  <si>
+    <t>กาฬสินธุ์</t>
+  </si>
+  <si>
+    <t>สกลนคร</t>
+  </si>
+  <si>
+    <t>นครพนม</t>
+  </si>
+  <si>
+    <t>มุกดาหาร</t>
+  </si>
+  <si>
+    <t>ภาคใต้</t>
+  </si>
+  <si>
+    <t>นครศรีธรรมราช</t>
+  </si>
+  <si>
+    <t>กระบี่</t>
+  </si>
+  <si>
+    <t>พังงา</t>
+  </si>
+  <si>
+    <t>ภูเก็ต</t>
+  </si>
+  <si>
+    <t>สุราษฎร์ธานี</t>
+  </si>
+  <si>
+    <t>ระนอง</t>
+  </si>
+  <si>
+    <t>ชุมพร</t>
+  </si>
+  <si>
+    <t>สงขลา</t>
+  </si>
+  <si>
+    <t>สตูล</t>
+  </si>
+  <si>
+    <t>ตรัง</t>
+  </si>
+  <si>
+    <t>พัทลุง</t>
+  </si>
+  <si>
+    <t>ปัตตานี</t>
+  </si>
+  <si>
+    <t>ยะลา</t>
+  </si>
+  <si>
+    <t>นราธิวาส</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Unit: </t>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ที่มา:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Percent</t>
+      <t xml:space="preserve"> ข้อมูลจากการสำรวจภาวะเศรษฐกิจและสังคมของครัวเรือน สำนักงานสถิติแห่งชาติ, </t>
     </r>
   </si>
   <si>
-    <r>
-[...23 lines deleted...]
-    <t>Head Count Index (Expenditure) by Region and Province: 2012 - 2023</t>
+    <t xml:space="preserve">        ประมวลผลโดย สำนักพัฒนาฐานข้อมูลและตัวชี้วัดภาวะสังคม สำนักงานคณะกรรมการพัฒนาการเศรษฐกิจและสังคมแห่งชาติ </t>
+  </si>
+  <si>
+    <t>ภาค</t>
+  </si>
+  <si>
+    <t>จังหวัด</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -702,144 +734,142 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O87"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" style="1" customWidth="1"/>
     <col min="3" max="14" width="6.85546875" style="1" customWidth="1"/>
     <col min="15" max="15" width="7.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="8.28515625" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
     </row>
     <row r="2" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
     </row>
     <row r="3" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
-        <v>0</v>
+        <v>86</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>1</v>
+        <v>87</v>
       </c>
       <c r="C3" s="5">
-        <v>2012</v>
+        <v>2555</v>
       </c>
       <c r="D3" s="5">
-        <v>2013</v>
+        <v>2556</v>
       </c>
       <c r="E3" s="5">
-        <v>2014</v>
+        <v>2557</v>
       </c>
       <c r="F3" s="5">
-        <v>2015</v>
+        <v>2558</v>
       </c>
       <c r="G3" s="5">
-        <v>2016</v>
+        <v>2559</v>
       </c>
       <c r="H3" s="5">
-        <v>2017</v>
+        <v>2560</v>
       </c>
       <c r="I3" s="5">
-        <v>2018</v>
+        <v>2561</v>
       </c>
       <c r="J3" s="5">
-        <v>2019</v>
+        <v>2562</v>
       </c>
       <c r="K3" s="5">
-        <v>2020</v>
+        <v>2563</v>
       </c>
       <c r="L3" s="5">
-        <v>2021</v>
+        <v>2564</v>
       </c>
       <c r="M3" s="5">
-        <v>2022</v>
+        <v>2565</v>
       </c>
       <c r="N3" s="5">
-        <v>2023</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4">
         <v>12.647399999999999</v>
       </c>
       <c r="D4" s="4">
         <v>10.959099999999999</v>
       </c>
       <c r="E4" s="4">
         <v>10.521100000000001</v>
       </c>
       <c r="F4" s="4">
         <v>7.1912000000000003</v>
       </c>
       <c r="G4" s="4">
         <v>8.6001999999999992</v>
       </c>
       <c r="H4" s="4">
@@ -931,1059 +961,1059 @@
         <v>5.0441000000000003</v>
       </c>
       <c r="H6" s="4">
         <v>4.3529999999999998</v>
       </c>
       <c r="I6" s="4">
         <v>4.9667000000000003</v>
       </c>
       <c r="J6" s="4">
         <v>4.2241999999999997</v>
       </c>
       <c r="K6" s="4">
         <v>3.2418999999999998</v>
       </c>
       <c r="L6" s="4">
         <v>3.0802</v>
       </c>
       <c r="M6" s="4">
         <v>2.6446288313926334</v>
       </c>
       <c r="N6" s="4">
         <v>2.0931999999999999</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="7"/>
+      <c r="A7" s="8"/>
       <c r="B7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="4">
         <v>0.88319999999999999</v>
       </c>
       <c r="D7" s="4">
         <v>1.0367999999999999</v>
       </c>
       <c r="E7" s="4">
         <v>1.0215000000000001</v>
       </c>
       <c r="F7" s="4">
         <v>0.37409999999999999</v>
       </c>
       <c r="G7" s="4">
         <v>0.29020000000000001</v>
       </c>
       <c r="H7" s="4">
         <v>0.04</v>
       </c>
       <c r="I7" s="4">
         <v>5.45E-2</v>
       </c>
       <c r="J7" s="4">
         <v>0.56220000000000003</v>
       </c>
       <c r="K7" s="4">
         <v>0.19389999999999999</v>
       </c>
       <c r="L7" s="4">
         <v>1.0807</v>
       </c>
       <c r="M7" s="4">
         <v>0.18028537627314911</v>
       </c>
       <c r="N7" s="4">
         <v>0.53569999999999995</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="7"/>
+      <c r="A8" s="8"/>
       <c r="B8" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="4">
         <v>0.77480000000000004</v>
       </c>
       <c r="D8" s="4">
         <v>0.83360000000000001</v>
       </c>
       <c r="E8" s="4">
         <v>0.19220000000000001</v>
       </c>
       <c r="F8" s="4">
         <v>0.62139999999999995</v>
       </c>
       <c r="G8" s="4">
         <v>0.69920000000000004</v>
       </c>
       <c r="H8" s="4">
         <v>0.74509999999999998</v>
       </c>
       <c r="I8" s="4">
         <v>0.2056</v>
       </c>
       <c r="J8" s="4">
         <v>0.23980000000000001</v>
       </c>
       <c r="K8" s="4">
         <v>0.53610000000000002</v>
       </c>
       <c r="L8" s="4">
         <v>0</v>
       </c>
       <c r="M8" s="4">
         <v>0</v>
       </c>
       <c r="N8" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="7"/>
+      <c r="A9" s="8"/>
       <c r="B9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="4">
         <v>0.15909999999999999</v>
       </c>
       <c r="D9" s="4">
         <v>0.1132</v>
       </c>
       <c r="E9" s="4">
         <v>0.113</v>
       </c>
       <c r="F9" s="4">
         <v>0.25700000000000001</v>
       </c>
       <c r="G9" s="4">
         <v>0.1101</v>
       </c>
       <c r="H9" s="4">
         <v>0</v>
       </c>
       <c r="I9" s="4">
         <v>0.1229</v>
       </c>
       <c r="J9" s="4">
         <v>0.24199999999999999</v>
       </c>
       <c r="K9" s="4">
         <v>0.4677</v>
       </c>
       <c r="L9" s="4">
         <v>0.98229999999999995</v>
       </c>
       <c r="M9" s="4">
         <v>0.32138037314857154</v>
       </c>
       <c r="N9" s="4">
         <v>0.38979999999999998</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="7"/>
+      <c r="A10" s="8"/>
       <c r="B10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="4">
         <v>3.9685999999999999</v>
       </c>
       <c r="D10" s="4">
         <v>1.6039000000000001</v>
       </c>
       <c r="E10" s="4">
         <v>2.7382</v>
       </c>
       <c r="F10" s="4">
         <v>2.0369000000000002</v>
       </c>
       <c r="G10" s="4">
         <v>3.3635000000000002</v>
       </c>
       <c r="H10" s="4">
         <v>2.4908000000000001</v>
       </c>
       <c r="I10" s="4">
         <v>7.5716999999999999</v>
       </c>
       <c r="J10" s="4">
         <v>2.1920000000000002</v>
       </c>
       <c r="K10" s="4">
         <v>4.6193</v>
       </c>
       <c r="L10" s="4">
         <v>1.5561</v>
       </c>
       <c r="M10" s="4">
         <v>3.3541636816971687</v>
       </c>
       <c r="N10" s="4">
         <v>1.5137</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="7"/>
+      <c r="A11" s="8"/>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="4">
         <v>9.8420000000000005</v>
       </c>
       <c r="D11" s="4">
         <v>8.7843</v>
       </c>
       <c r="E11" s="4">
         <v>13.759499999999999</v>
       </c>
       <c r="F11" s="4">
         <v>14.5207</v>
       </c>
       <c r="G11" s="4">
         <v>14.537800000000001</v>
       </c>
       <c r="H11" s="4">
         <v>16.483799999999999</v>
       </c>
       <c r="I11" s="4">
         <v>17.2211</v>
       </c>
       <c r="J11" s="4">
         <v>17.3245</v>
       </c>
       <c r="K11" s="4">
         <v>15.0306</v>
       </c>
       <c r="L11" s="4">
         <v>15.0974</v>
       </c>
       <c r="M11" s="4">
         <v>11.097919476477948</v>
       </c>
       <c r="N11" s="4">
         <v>7.6007999999999996</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="7"/>
+      <c r="A12" s="8"/>
       <c r="B12" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="4">
         <v>12.4887</v>
       </c>
       <c r="D12" s="4">
         <v>8.8050999999999995</v>
       </c>
       <c r="E12" s="4">
         <v>12.3195</v>
       </c>
       <c r="F12" s="4">
         <v>7.8262</v>
       </c>
       <c r="G12" s="4">
         <v>10.5235</v>
       </c>
       <c r="H12" s="4">
         <v>10.3729</v>
       </c>
       <c r="I12" s="4">
         <v>14.063000000000001</v>
       </c>
       <c r="J12" s="4">
         <v>10.128500000000001</v>
       </c>
       <c r="K12" s="4">
         <v>6.2891000000000004</v>
       </c>
       <c r="L12" s="4">
         <v>2.9464000000000001</v>
       </c>
       <c r="M12" s="4">
         <v>4.8338851304296728</v>
       </c>
       <c r="N12" s="4">
         <v>4.7103000000000002</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="7"/>
+      <c r="A13" s="8"/>
       <c r="B13" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="4">
         <v>8.7988999999999997</v>
       </c>
       <c r="D13" s="4">
         <v>2.8723000000000001</v>
       </c>
       <c r="E13" s="4">
         <v>6.0197000000000003</v>
       </c>
       <c r="F13" s="4">
         <v>6.0843999999999996</v>
       </c>
       <c r="G13" s="4">
         <v>9.9228000000000005</v>
       </c>
       <c r="H13" s="4">
         <v>10.049099999999999</v>
       </c>
       <c r="I13" s="4">
         <v>14.7149</v>
       </c>
       <c r="J13" s="4">
         <v>9.0764999999999993</v>
       </c>
       <c r="K13" s="4">
         <v>7.5511999999999997</v>
       </c>
       <c r="L13" s="4">
         <v>5.2112999999999996</v>
       </c>
       <c r="M13" s="4">
         <v>6.3294656287142272</v>
       </c>
       <c r="N13" s="4">
         <v>4.3080999999999996</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="7"/>
+      <c r="A14" s="8"/>
       <c r="B14" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="4">
         <v>21.799299999999999</v>
       </c>
       <c r="D14" s="4">
         <v>12.9076</v>
       </c>
       <c r="E14" s="4">
         <v>22.7849</v>
       </c>
       <c r="F14" s="4">
         <v>19.6355</v>
       </c>
       <c r="G14" s="4">
         <v>28.3369</v>
       </c>
       <c r="H14" s="4">
         <v>26.2075</v>
       </c>
       <c r="I14" s="4">
         <v>26.121400000000001</v>
       </c>
       <c r="J14" s="4">
         <v>17.889099999999999</v>
       </c>
       <c r="K14" s="4">
         <v>15.053800000000001</v>
       </c>
       <c r="L14" s="4">
         <v>15.372299999999999</v>
       </c>
       <c r="M14" s="4">
         <v>15.257536533765846</v>
       </c>
       <c r="N14" s="4">
         <v>6.7066999999999997</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="7"/>
+      <c r="A15" s="8"/>
       <c r="B15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="4">
         <v>4.5416999999999996</v>
       </c>
       <c r="D15" s="4">
         <v>6.1040999999999999</v>
       </c>
       <c r="E15" s="4">
         <v>6.0266999999999999</v>
       </c>
       <c r="F15" s="4">
         <v>4.9722999999999997</v>
       </c>
       <c r="G15" s="4">
         <v>3.5653999999999999</v>
       </c>
       <c r="H15" s="4">
         <v>1.5590999999999999</v>
       </c>
       <c r="I15" s="4">
         <v>3.7766999999999999</v>
       </c>
       <c r="J15" s="4">
         <v>0.90229999999999999</v>
       </c>
       <c r="K15" s="4">
         <v>2.3368000000000002</v>
       </c>
       <c r="L15" s="4">
         <v>3.3037000000000001</v>
       </c>
       <c r="M15" s="4">
         <v>1.8383996057756402</v>
       </c>
       <c r="N15" s="4">
         <v>1.0597000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="7"/>
+      <c r="A16" s="8"/>
       <c r="B16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="4">
         <v>7.6200000000000004E-2</v>
       </c>
       <c r="D16" s="4">
         <v>8.0199999999999994E-2</v>
       </c>
       <c r="E16" s="4">
         <v>0.39090000000000003</v>
       </c>
       <c r="F16" s="4">
         <v>0.61</v>
       </c>
       <c r="G16" s="4">
         <v>3.2399999999999998E-2</v>
       </c>
       <c r="H16" s="4">
         <v>2.1162999999999998</v>
       </c>
       <c r="I16" s="4">
         <v>0.4521</v>
       </c>
       <c r="J16" s="4">
         <v>1.1721999999999999</v>
       </c>
       <c r="K16" s="4">
         <v>3.5099999999999999E-2</v>
       </c>
       <c r="L16" s="4">
         <v>0</v>
       </c>
       <c r="M16" s="4">
         <v>0</v>
       </c>
       <c r="N16" s="4">
         <v>0.33789999999999998</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="7"/>
+      <c r="A17" s="8"/>
       <c r="B17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="4">
         <v>2.1173999999999999</v>
       </c>
       <c r="D17" s="4">
         <v>2.8109000000000002</v>
       </c>
       <c r="E17" s="4">
         <v>0.32140000000000002</v>
       </c>
       <c r="F17" s="4">
         <v>0.5353</v>
       </c>
       <c r="G17" s="4">
         <v>2.1737000000000002</v>
       </c>
       <c r="H17" s="4">
         <v>1.8824000000000001</v>
       </c>
       <c r="I17" s="4">
         <v>1.6004</v>
       </c>
       <c r="J17" s="4">
         <v>0.75600000000000001</v>
       </c>
       <c r="K17" s="4">
         <v>0.47399999999999998</v>
       </c>
       <c r="L17" s="4">
         <v>0.1222</v>
       </c>
       <c r="M17" s="4">
         <v>0</v>
       </c>
       <c r="N17" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="7"/>
+      <c r="A18" s="8"/>
       <c r="B18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="4">
         <v>13.540800000000001</v>
       </c>
       <c r="D18" s="4">
         <v>12.9954</v>
       </c>
       <c r="E18" s="4">
         <v>8.6617999999999995</v>
       </c>
       <c r="F18" s="4">
         <v>3.6879</v>
       </c>
       <c r="G18" s="4">
         <v>3.6888000000000001</v>
       </c>
       <c r="H18" s="4">
         <v>6.1208999999999998</v>
       </c>
       <c r="I18" s="4">
         <v>2.8014999999999999</v>
       </c>
       <c r="J18" s="4">
         <v>8.8537999999999997</v>
       </c>
       <c r="K18" s="4">
         <v>6.5369999999999999</v>
       </c>
       <c r="L18" s="4">
         <v>4.4276999999999997</v>
       </c>
       <c r="M18" s="4">
         <v>4.6463522581198955</v>
       </c>
       <c r="N18" s="4">
         <v>2.3948999999999998</v>
       </c>
     </row>
     <row r="19" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="7"/>
+      <c r="A19" s="8"/>
       <c r="B19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="4">
         <v>20.596900000000002</v>
       </c>
       <c r="D19" s="4">
         <v>18.375900000000001</v>
       </c>
       <c r="E19" s="4">
         <v>11.050599999999999</v>
       </c>
       <c r="F19" s="4">
         <v>11.3729</v>
       </c>
       <c r="G19" s="4">
         <v>14.006</v>
       </c>
       <c r="H19" s="4">
         <v>8.1240000000000006</v>
       </c>
       <c r="I19" s="4">
         <v>8.4992999999999999</v>
       </c>
       <c r="J19" s="4">
         <v>9.7312999999999992</v>
       </c>
       <c r="K19" s="4">
         <v>11.2135</v>
       </c>
       <c r="L19" s="4">
         <v>6.1870000000000003</v>
       </c>
       <c r="M19" s="4">
         <v>4.2566095954454823</v>
       </c>
       <c r="N19" s="4">
         <v>4.9057000000000004</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="7"/>
+      <c r="A20" s="8"/>
       <c r="B20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="4">
         <v>3.1046999999999998</v>
       </c>
       <c r="D20" s="4">
         <v>1.8382000000000001</v>
       </c>
       <c r="E20" s="4">
         <v>3.7683</v>
       </c>
       <c r="F20" s="4">
         <v>2.4392</v>
       </c>
       <c r="G20" s="4">
         <v>4.5303000000000004</v>
       </c>
       <c r="H20" s="4">
         <v>0.96860000000000002</v>
       </c>
       <c r="I20" s="4">
         <v>2.2090000000000001</v>
       </c>
       <c r="J20" s="4">
         <v>5.3840000000000003</v>
       </c>
       <c r="K20" s="4">
         <v>1.4000999999999999</v>
       </c>
       <c r="L20" s="4">
         <v>0.54110000000000003</v>
       </c>
       <c r="M20" s="4">
         <v>0.68938461713023047</v>
       </c>
       <c r="N20" s="4">
         <v>0.43640000000000001</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="7"/>
+      <c r="A21" s="8"/>
       <c r="B21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="4">
         <v>10.033300000000001</v>
       </c>
       <c r="D21" s="4">
         <v>8.2515000000000001</v>
       </c>
       <c r="E21" s="4">
         <v>5.7663000000000002</v>
       </c>
       <c r="F21" s="4">
         <v>1.6823999999999999</v>
       </c>
       <c r="G21" s="4">
         <v>10.9094</v>
       </c>
       <c r="H21" s="4">
         <v>6.202</v>
       </c>
       <c r="I21" s="4">
         <v>1.881</v>
       </c>
       <c r="J21" s="4">
         <v>3.5150999999999999</v>
       </c>
       <c r="K21" s="4">
         <v>3.5206</v>
       </c>
       <c r="L21" s="4">
         <v>2.9681000000000002</v>
       </c>
       <c r="M21" s="4">
         <v>4.1703348865774759</v>
       </c>
       <c r="N21" s="4">
         <v>1.6304000000000001</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="7"/>
+      <c r="A22" s="8"/>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="4">
         <v>11.9648</v>
       </c>
       <c r="D22" s="4">
         <v>12.3843</v>
       </c>
       <c r="E22" s="4">
         <v>9.1821000000000002</v>
       </c>
       <c r="F22" s="4">
         <v>7.5490000000000004</v>
       </c>
       <c r="G22" s="4">
         <v>8.2501999999999995</v>
       </c>
       <c r="H22" s="4">
         <v>4.4943</v>
       </c>
       <c r="I22" s="4">
         <v>7.5955000000000004</v>
       </c>
       <c r="J22" s="4">
         <v>8.3628999999999998</v>
       </c>
       <c r="K22" s="4">
         <v>2.5095999999999998</v>
       </c>
       <c r="L22" s="4">
         <v>3.2645</v>
       </c>
       <c r="M22" s="4">
         <v>2.0275504949686232</v>
       </c>
       <c r="N22" s="4">
         <v>0.66749999999999998</v>
       </c>
     </row>
     <row r="23" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="7"/>
+      <c r="A23" s="8"/>
       <c r="B23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="4">
         <v>15.2522</v>
       </c>
       <c r="D23" s="4">
         <v>13.424799999999999</v>
       </c>
       <c r="E23" s="4">
         <v>12.5162</v>
       </c>
       <c r="F23" s="4">
         <v>11.035500000000001</v>
       </c>
       <c r="G23" s="4">
         <v>15.622999999999999</v>
       </c>
       <c r="H23" s="4">
         <v>19.000499999999999</v>
       </c>
       <c r="I23" s="4">
         <v>16.7941</v>
       </c>
       <c r="J23" s="4">
         <v>18.736599999999999</v>
       </c>
       <c r="K23" s="4">
         <v>9.8260000000000005</v>
       </c>
       <c r="L23" s="4">
         <v>12.018000000000001</v>
       </c>
       <c r="M23" s="4">
         <v>12.91761955024595</v>
       </c>
       <c r="N23" s="4">
         <v>7.0719000000000003</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="7"/>
+      <c r="A24" s="8"/>
       <c r="B24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="4">
         <v>16.788900000000002</v>
       </c>
       <c r="D24" s="4">
         <v>14.831799999999999</v>
       </c>
       <c r="E24" s="4">
         <v>9.4034999999999993</v>
       </c>
       <c r="F24" s="4">
         <v>13.699199999999999</v>
       </c>
       <c r="G24" s="4">
         <v>8.9033999999999995</v>
       </c>
       <c r="H24" s="4">
         <v>8.4558999999999997</v>
       </c>
       <c r="I24" s="4">
         <v>8.5635999999999992</v>
       </c>
       <c r="J24" s="4">
         <v>10.832700000000001</v>
       </c>
       <c r="K24" s="4">
         <v>4.6102999999999996</v>
       </c>
       <c r="L24" s="4">
         <v>4.8038999999999996</v>
       </c>
       <c r="M24" s="4">
         <v>4.2369742980986116</v>
       </c>
       <c r="N24" s="4">
         <v>1.2615000000000001</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="7"/>
+      <c r="A25" s="8"/>
       <c r="B25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="4">
         <v>17.816600000000001</v>
       </c>
       <c r="D25" s="4">
         <v>12.383900000000001</v>
       </c>
       <c r="E25" s="4">
         <v>17.483000000000001</v>
       </c>
       <c r="F25" s="4">
         <v>17.794</v>
       </c>
       <c r="G25" s="4">
         <v>14.0425</v>
       </c>
       <c r="H25" s="4">
         <v>11.3256</v>
       </c>
       <c r="I25" s="4">
         <v>13.374499999999999</v>
       </c>
       <c r="J25" s="4">
         <v>8.2809000000000008</v>
       </c>
       <c r="K25" s="4">
         <v>9.5207999999999995</v>
       </c>
       <c r="L25" s="4">
         <v>5.9184000000000001</v>
       </c>
       <c r="M25" s="4">
         <v>6.8112265518665893</v>
       </c>
       <c r="N25" s="4">
         <v>6.7679999999999998</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="7"/>
+      <c r="A26" s="8"/>
       <c r="B26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C26" s="4">
         <v>24.305900000000001</v>
       </c>
       <c r="D26" s="4">
         <v>13.664</v>
       </c>
       <c r="E26" s="4">
         <v>12.716100000000001</v>
       </c>
       <c r="F26" s="4">
         <v>8.8851999999999993</v>
       </c>
       <c r="G26" s="4">
         <v>12.7096</v>
       </c>
       <c r="H26" s="4">
         <v>10.6753</v>
       </c>
       <c r="I26" s="4">
         <v>14.442399999999999</v>
       </c>
       <c r="J26" s="4">
         <v>11.5593</v>
       </c>
       <c r="K26" s="4">
         <v>10.9976</v>
       </c>
       <c r="L26" s="4">
         <v>10.483599999999999</v>
       </c>
       <c r="M26" s="4">
         <v>5.0839437162849075</v>
       </c>
       <c r="N26" s="4">
         <v>7.1242999999999999</v>
       </c>
     </row>
     <row r="27" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="7"/>
+      <c r="A27" s="8"/>
       <c r="B27" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="4">
         <v>5.2797000000000001</v>
       </c>
       <c r="D27" s="4">
         <v>0.81369999999999998</v>
       </c>
       <c r="E27" s="4">
         <v>0.31309999999999999</v>
       </c>
       <c r="F27" s="4">
         <v>1.4739</v>
       </c>
       <c r="G27" s="4">
         <v>1.57</v>
       </c>
       <c r="H27" s="4">
         <v>1.5999000000000001</v>
       </c>
       <c r="I27" s="4">
         <v>2.6532</v>
       </c>
       <c r="J27" s="4">
         <v>0.62939999999999996</v>
       </c>
       <c r="K27" s="4">
         <v>0.82150000000000001</v>
       </c>
       <c r="L27" s="4">
         <v>2.6829000000000001</v>
       </c>
       <c r="M27" s="4">
         <v>1.4896788641238483</v>
       </c>
       <c r="N27" s="4">
         <v>0.4899</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="7"/>
+      <c r="A28" s="8"/>
       <c r="B28" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="4">
         <v>5.9869000000000003</v>
       </c>
       <c r="D28" s="4">
         <v>5.0795000000000003</v>
       </c>
       <c r="E28" s="4">
         <v>3.0638000000000001</v>
       </c>
       <c r="F28" s="4">
         <v>1.0404</v>
       </c>
       <c r="G28" s="4">
         <v>2.0701999999999998</v>
       </c>
       <c r="H28" s="4">
         <v>0.56789999999999996</v>
       </c>
       <c r="I28" s="4">
         <v>3.9769000000000001</v>
       </c>
       <c r="J28" s="4">
         <v>0.80869999999999997</v>
       </c>
       <c r="K28" s="4">
         <v>1.2326999999999999</v>
       </c>
       <c r="L28" s="4">
         <v>5.1639999999999997</v>
       </c>
       <c r="M28" s="4">
         <v>2.3649086062509381</v>
       </c>
       <c r="N28" s="4">
         <v>2.1623000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="7"/>
+      <c r="A29" s="8"/>
       <c r="B29" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="4">
         <v>3.0152999999999999</v>
       </c>
       <c r="D29" s="4">
         <v>4.1322999999999999</v>
       </c>
       <c r="E29" s="4">
         <v>2.2410999999999999</v>
       </c>
       <c r="F29" s="4">
         <v>2.5613000000000001</v>
       </c>
       <c r="G29" s="4">
         <v>3.6006</v>
       </c>
       <c r="H29" s="4">
         <v>3.2372999999999998</v>
       </c>
       <c r="I29" s="4">
         <v>4.3661000000000003</v>
       </c>
       <c r="J29" s="4">
         <v>6.0925000000000002</v>
       </c>
       <c r="K29" s="4">
         <v>6.4545000000000003</v>
       </c>
       <c r="L29" s="4">
         <v>4.6276999999999999</v>
       </c>
       <c r="M29" s="4">
         <v>3.546202074501311</v>
       </c>
       <c r="N29" s="4">
         <v>3.6747999999999998</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="7"/>
+      <c r="A30" s="8"/>
       <c r="B30" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="4">
         <v>7.9729000000000001</v>
       </c>
       <c r="D30" s="4">
         <v>7.8116000000000003</v>
       </c>
       <c r="E30" s="4">
         <v>2.4386000000000001</v>
       </c>
       <c r="F30" s="4">
         <v>3.0367999999999999</v>
       </c>
       <c r="G30" s="4">
         <v>5.1159999999999997</v>
       </c>
       <c r="H30" s="4">
         <v>4.2332000000000001</v>
       </c>
       <c r="I30" s="4">
         <v>6.0708000000000002</v>
       </c>
       <c r="J30" s="4">
         <v>6.2310999999999996</v>
       </c>
       <c r="K30" s="4">
         <v>3.4298000000000002</v>
       </c>
       <c r="L30" s="4">
         <v>4.4165999999999999</v>
       </c>
       <c r="M30" s="4">
         <v>4.8656775283629496</v>
       </c>
       <c r="N30" s="4">
         <v>4.7606000000000002</v>
       </c>
     </row>
     <row r="31" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="7"/>
+      <c r="A31" s="9"/>
       <c r="B31" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="4">
         <v>7.0242000000000004</v>
       </c>
       <c r="D31" s="4">
         <v>8.5283999999999995</v>
       </c>
       <c r="E31" s="4">
         <v>4.2146999999999997</v>
       </c>
       <c r="F31" s="4">
         <v>6.3802000000000003</v>
       </c>
       <c r="G31" s="4">
         <v>10.724299999999999</v>
       </c>
       <c r="H31" s="4">
         <v>6.2167000000000003</v>
       </c>
       <c r="I31" s="4">
         <v>6.4580000000000002</v>
       </c>
       <c r="J31" s="4">
@@ -2025,723 +2055,723 @@
         <v>9.9793000000000003</v>
       </c>
       <c r="H32" s="4">
         <v>9.8953000000000007</v>
       </c>
       <c r="I32" s="4">
         <v>10.743499999999999</v>
       </c>
       <c r="J32" s="4">
         <v>6.7755000000000001</v>
       </c>
       <c r="K32" s="4">
         <v>6.8360000000000003</v>
       </c>
       <c r="L32" s="4">
         <v>6.7689000000000004</v>
       </c>
       <c r="M32" s="4">
         <v>6.8049910141100245</v>
       </c>
       <c r="N32" s="4">
         <v>3.6356000000000002</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="7"/>
+      <c r="A33" s="8"/>
       <c r="B33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="4">
         <v>17.514099999999999</v>
       </c>
       <c r="D33" s="4">
         <v>21.5777</v>
       </c>
       <c r="E33" s="4">
         <v>6.8688000000000002</v>
       </c>
       <c r="F33" s="4">
         <v>5.2436999999999996</v>
       </c>
       <c r="G33" s="4">
         <v>6.8529999999999998</v>
       </c>
       <c r="H33" s="4">
         <v>6.8249000000000004</v>
       </c>
       <c r="I33" s="4">
         <v>9.1498000000000008</v>
       </c>
       <c r="J33" s="4">
         <v>5.3109000000000002</v>
       </c>
       <c r="K33" s="4">
         <v>2.9386999999999999</v>
       </c>
       <c r="L33" s="4">
         <v>5.4333</v>
       </c>
       <c r="M33" s="4">
         <v>3.0853207438563448</v>
       </c>
       <c r="N33" s="4">
         <v>2.1076999999999999</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="7"/>
+      <c r="A34" s="8"/>
       <c r="B34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C34" s="4">
         <v>6.9204999999999997</v>
       </c>
       <c r="D34" s="4">
         <v>4.8532999999999999</v>
       </c>
       <c r="E34" s="4">
         <v>7.8513999999999999</v>
       </c>
       <c r="F34" s="4">
         <v>5.4776999999999996</v>
       </c>
       <c r="G34" s="4">
         <v>4.4448999999999996</v>
       </c>
       <c r="H34" s="4">
         <v>2.8549000000000002</v>
       </c>
       <c r="I34" s="4">
         <v>4.9024000000000001</v>
       </c>
       <c r="J34" s="4">
         <v>3.0045000000000002</v>
       </c>
       <c r="K34" s="4">
         <v>1.6834</v>
       </c>
       <c r="L34" s="4">
         <v>2.1154000000000002</v>
       </c>
       <c r="M34" s="4">
         <v>6.5642520825044768</v>
       </c>
       <c r="N34" s="4">
         <v>1.8200000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="7"/>
+      <c r="A35" s="8"/>
       <c r="B35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C35" s="4">
         <v>17.128399999999999</v>
       </c>
       <c r="D35" s="4">
         <v>15.9734</v>
       </c>
       <c r="E35" s="4">
         <v>10.732100000000001</v>
       </c>
       <c r="F35" s="4">
         <v>9.8277000000000001</v>
       </c>
       <c r="G35" s="4">
         <v>13.223699999999999</v>
       </c>
       <c r="H35" s="4">
         <v>8.6812000000000005</v>
       </c>
       <c r="I35" s="4">
         <v>18.433199999999999</v>
       </c>
       <c r="J35" s="4">
         <v>5.181</v>
       </c>
       <c r="K35" s="4">
         <v>5.8776999999999999</v>
       </c>
       <c r="L35" s="4">
         <v>7.4332000000000003</v>
       </c>
       <c r="M35" s="4">
         <v>7.4925706553602867</v>
       </c>
       <c r="N35" s="4">
         <v>4.5541</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="7"/>
+      <c r="A36" s="8"/>
       <c r="B36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="4">
         <v>23.944099999999999</v>
       </c>
       <c r="D36" s="4">
         <v>18.058</v>
       </c>
       <c r="E36" s="4">
         <v>10.8789</v>
       </c>
       <c r="F36" s="4">
         <v>8.4548000000000005</v>
       </c>
       <c r="G36" s="4">
         <v>12.3476</v>
       </c>
       <c r="H36" s="4">
         <v>10.4917</v>
       </c>
       <c r="I36" s="4">
         <v>13.823700000000001</v>
       </c>
       <c r="J36" s="4">
         <v>6.3432000000000004</v>
       </c>
       <c r="K36" s="4">
         <v>11.320600000000001</v>
       </c>
       <c r="L36" s="4">
         <v>10.076000000000001</v>
       </c>
       <c r="M36" s="4">
         <v>8.066934916196427</v>
       </c>
       <c r="N36" s="4">
         <v>7.2073</v>
       </c>
     </row>
     <row r="37" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="7"/>
+      <c r="A37" s="8"/>
       <c r="B37" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C37" s="4">
         <v>19.516100000000002</v>
       </c>
       <c r="D37" s="4">
         <v>15.8515</v>
       </c>
       <c r="E37" s="4">
         <v>13.167400000000001</v>
       </c>
       <c r="F37" s="4">
         <v>9.0593000000000004</v>
       </c>
       <c r="G37" s="4">
         <v>10.3538</v>
       </c>
       <c r="H37" s="4">
         <v>16.0197</v>
       </c>
       <c r="I37" s="4">
         <v>11.3386</v>
       </c>
       <c r="J37" s="4">
         <v>7.1048</v>
       </c>
       <c r="K37" s="4">
         <v>9.6438000000000006</v>
       </c>
       <c r="L37" s="4">
         <v>9.7934999999999999</v>
       </c>
       <c r="M37" s="4">
         <v>9.2622264862130947</v>
       </c>
       <c r="N37" s="4">
         <v>3.4940000000000002</v>
       </c>
     </row>
     <row r="38" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="7"/>
+      <c r="A38" s="8"/>
       <c r="B38" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="4">
         <v>20.843599999999999</v>
       </c>
       <c r="D38" s="4">
         <v>23.892900000000001</v>
       </c>
       <c r="E38" s="4">
         <v>29.2896</v>
       </c>
       <c r="F38" s="4">
         <v>21.709399999999999</v>
       </c>
       <c r="G38" s="4">
         <v>23.532900000000001</v>
       </c>
       <c r="H38" s="4">
         <v>18.819800000000001</v>
       </c>
       <c r="I38" s="4">
         <v>17.831900000000001</v>
       </c>
       <c r="J38" s="4">
         <v>10.526400000000001</v>
       </c>
       <c r="K38" s="4">
         <v>10.193199999999999</v>
       </c>
       <c r="L38" s="4">
         <v>5.1516000000000002</v>
       </c>
       <c r="M38" s="4">
         <v>7.8983695305547617</v>
       </c>
       <c r="N38" s="4">
         <v>2.9333999999999998</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="7"/>
+      <c r="A39" s="8"/>
       <c r="B39" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C39" s="4">
         <v>16.990200000000002</v>
       </c>
       <c r="D39" s="4">
         <v>21.9069</v>
       </c>
       <c r="E39" s="4">
         <v>16.360800000000001</v>
       </c>
       <c r="F39" s="4">
         <v>10.8348</v>
       </c>
       <c r="G39" s="4">
         <v>12.025399999999999</v>
       </c>
       <c r="H39" s="4">
         <v>13.740600000000001</v>
       </c>
       <c r="I39" s="4">
         <v>8.7353000000000005</v>
       </c>
       <c r="J39" s="4">
         <v>6.2664999999999997</v>
       </c>
       <c r="K39" s="4">
         <v>16.447199999999999</v>
       </c>
       <c r="L39" s="4">
         <v>18.126100000000001</v>
       </c>
       <c r="M39" s="4">
         <v>11.409974595720485</v>
       </c>
       <c r="N39" s="4">
         <v>1.6171</v>
       </c>
     </row>
     <row r="40" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="7"/>
+      <c r="A40" s="8"/>
       <c r="B40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C40" s="4">
         <v>24.5808</v>
       </c>
       <c r="D40" s="4">
         <v>21.907299999999999</v>
       </c>
       <c r="E40" s="4">
         <v>26.683299999999999</v>
       </c>
       <c r="F40" s="4">
         <v>16.7454</v>
       </c>
       <c r="G40" s="4">
         <v>15.559699999999999</v>
       </c>
       <c r="H40" s="4">
         <v>11.024699999999999</v>
       </c>
       <c r="I40" s="4">
         <v>10.757899999999999</v>
       </c>
       <c r="J40" s="4">
         <v>8.7483000000000004</v>
       </c>
       <c r="K40" s="4">
         <v>8.3239999999999998</v>
       </c>
       <c r="L40" s="4">
         <v>5.9565000000000001</v>
       </c>
       <c r="M40" s="4">
         <v>10.963726472145023</v>
       </c>
       <c r="N40" s="4">
         <v>7.9686000000000003</v>
       </c>
     </row>
     <row r="41" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="7"/>
+      <c r="A41" s="8"/>
       <c r="B41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C41" s="4">
         <v>62.951599999999999</v>
       </c>
       <c r="D41" s="4">
         <v>65.340199999999996</v>
       </c>
       <c r="E41" s="4">
         <v>45.741100000000003</v>
       </c>
       <c r="F41" s="4">
         <v>31.876799999999999</v>
       </c>
       <c r="G41" s="4">
         <v>38.606000000000002</v>
       </c>
       <c r="H41" s="4">
         <v>33.013300000000001</v>
       </c>
       <c r="I41" s="4">
         <v>46.542000000000002</v>
       </c>
       <c r="J41" s="4">
         <v>24.534700000000001</v>
       </c>
       <c r="K41" s="4">
         <v>28.587499999999999</v>
       </c>
       <c r="L41" s="4">
         <v>24.585000000000001</v>
       </c>
       <c r="M41" s="4">
         <v>24.635654954313043</v>
       </c>
       <c r="N41" s="4">
         <v>12.487500000000001</v>
       </c>
     </row>
     <row r="42" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="7"/>
+      <c r="A42" s="8"/>
       <c r="B42" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C42" s="4">
         <v>17.340800000000002</v>
       </c>
       <c r="D42" s="4">
         <v>13.213699999999999</v>
       </c>
       <c r="E42" s="4">
         <v>9.6439000000000004</v>
       </c>
       <c r="F42" s="4">
         <v>2.7570999999999999</v>
       </c>
       <c r="G42" s="4">
         <v>8.4788999999999994</v>
       </c>
       <c r="H42" s="4">
         <v>8.2103000000000002</v>
       </c>
       <c r="I42" s="4">
         <v>6.2515999999999998</v>
       </c>
       <c r="J42" s="4">
         <v>4.6752000000000002</v>
       </c>
       <c r="K42" s="4">
         <v>6.0270999999999999</v>
       </c>
       <c r="L42" s="4">
         <v>5.6958000000000002</v>
       </c>
       <c r="M42" s="4">
         <v>4.6160779147235207</v>
       </c>
       <c r="N42" s="4">
         <v>1.3004</v>
       </c>
     </row>
     <row r="43" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="7"/>
+      <c r="A43" s="8"/>
       <c r="B43" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C43" s="4">
         <v>13.9076</v>
       </c>
       <c r="D43" s="4">
         <v>18.890699999999999</v>
       </c>
       <c r="E43" s="4">
         <v>11.2265</v>
       </c>
       <c r="F43" s="4">
         <v>3.6808999999999998</v>
       </c>
       <c r="G43" s="4">
         <v>5.9377000000000004</v>
       </c>
       <c r="H43" s="4">
         <v>7.3438999999999997</v>
       </c>
       <c r="I43" s="4">
         <v>5.9819000000000004</v>
       </c>
       <c r="J43" s="4">
         <v>3.5495000000000001</v>
       </c>
       <c r="K43" s="4">
         <v>11.6417</v>
       </c>
       <c r="L43" s="4">
         <v>6.524</v>
       </c>
       <c r="M43" s="4">
         <v>8.8724494553143955</v>
       </c>
       <c r="N43" s="4">
         <v>3.5036</v>
       </c>
     </row>
     <row r="44" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="7"/>
+      <c r="A44" s="8"/>
       <c r="B44" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C44" s="4">
         <v>14.376899999999999</v>
       </c>
       <c r="D44" s="4">
         <v>8.4381000000000004</v>
       </c>
       <c r="E44" s="4">
         <v>5.9843000000000002</v>
       </c>
       <c r="F44" s="4">
         <v>4.4455999999999998</v>
       </c>
       <c r="G44" s="4">
         <v>2.2269000000000001</v>
       </c>
       <c r="H44" s="4">
         <v>5.0312999999999999</v>
       </c>
       <c r="I44" s="4">
         <v>4.8708999999999998</v>
       </c>
       <c r="J44" s="4">
         <v>3.6251000000000002</v>
       </c>
       <c r="K44" s="4">
         <v>1.1707000000000001</v>
       </c>
       <c r="L44" s="4">
         <v>2.1295999999999999</v>
       </c>
       <c r="M44" s="4">
         <v>0.60882613961849974</v>
       </c>
       <c r="N44" s="4">
         <v>2.415</v>
       </c>
     </row>
     <row r="45" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="7"/>
+      <c r="A45" s="8"/>
       <c r="B45" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C45" s="4">
         <v>35.928800000000003</v>
       </c>
       <c r="D45" s="4">
         <v>34.056800000000003</v>
       </c>
       <c r="E45" s="4">
         <v>36.585000000000001</v>
       </c>
       <c r="F45" s="4">
         <v>24.6004</v>
       </c>
       <c r="G45" s="4">
         <v>27.451499999999999</v>
       </c>
       <c r="H45" s="4">
         <v>27.159600000000001</v>
       </c>
       <c r="I45" s="4">
         <v>29.595099999999999</v>
       </c>
       <c r="J45" s="4">
         <v>21.250800000000002</v>
       </c>
       <c r="K45" s="4">
         <v>18.652100000000001</v>
       </c>
       <c r="L45" s="4">
         <v>13.0443</v>
       </c>
       <c r="M45" s="4">
         <v>21.726365896966968</v>
       </c>
       <c r="N45" s="4">
         <v>9.5967000000000002</v>
       </c>
     </row>
     <row r="46" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="7"/>
+      <c r="A46" s="8"/>
       <c r="B46" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C46" s="4">
         <v>9.5159000000000002</v>
       </c>
       <c r="D46" s="4">
         <v>16.920100000000001</v>
       </c>
       <c r="E46" s="4">
         <v>15.547700000000001</v>
       </c>
       <c r="F46" s="4">
         <v>7.5259</v>
       </c>
       <c r="G46" s="4">
         <v>9.1376000000000008</v>
       </c>
       <c r="H46" s="4">
         <v>15.332800000000001</v>
       </c>
       <c r="I46" s="4">
         <v>14.673299999999999</v>
       </c>
       <c r="J46" s="4">
         <v>7.7611999999999997</v>
       </c>
       <c r="K46" s="4">
         <v>13.1967</v>
       </c>
       <c r="L46" s="4">
         <v>15.2826</v>
       </c>
       <c r="M46" s="4">
         <v>11.750420778862805</v>
       </c>
       <c r="N46" s="4">
         <v>3.4872999999999998</v>
       </c>
     </row>
     <row r="47" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="7"/>
+      <c r="A47" s="8"/>
       <c r="B47" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C47" s="4">
         <v>10.5862</v>
       </c>
       <c r="D47" s="4">
         <v>5.1694000000000004</v>
       </c>
       <c r="E47" s="4">
         <v>9.1193000000000008</v>
       </c>
       <c r="F47" s="4">
         <v>5.1497999999999999</v>
       </c>
       <c r="G47" s="4">
         <v>3.9316</v>
       </c>
       <c r="H47" s="4">
         <v>5.0147000000000004</v>
       </c>
       <c r="I47" s="4">
         <v>5.2224000000000004</v>
       </c>
       <c r="J47" s="4">
         <v>4.8072999999999997</v>
       </c>
       <c r="K47" s="4">
         <v>1.2867999999999999</v>
       </c>
       <c r="L47" s="4">
         <v>0.63959999999999995</v>
       </c>
       <c r="M47" s="4">
         <v>0.84126182239436997</v>
       </c>
       <c r="N47" s="4">
         <v>1.6449</v>
       </c>
     </row>
     <row r="48" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="7"/>
+      <c r="A48" s="8"/>
       <c r="B48" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C48" s="4">
         <v>3.8860000000000001</v>
       </c>
       <c r="D48" s="4">
         <v>1.2148000000000001</v>
       </c>
       <c r="E48" s="4">
         <v>1.2170000000000001</v>
       </c>
       <c r="F48" s="4">
         <v>3.0234999999999999</v>
       </c>
       <c r="G48" s="4">
         <v>1.7989999999999999</v>
       </c>
       <c r="H48" s="4">
         <v>2.9238</v>
       </c>
       <c r="I48" s="4">
         <v>1.3385</v>
       </c>
       <c r="J48" s="4">
         <v>0.92620000000000002</v>
       </c>
       <c r="K48" s="4">
         <v>1.2091000000000001</v>
       </c>
       <c r="L48" s="4">
         <v>1.4823</v>
       </c>
       <c r="M48" s="4">
         <v>1.2704132144580038</v>
       </c>
       <c r="N48" s="4">
         <v>0.88039999999999996</v>
       </c>
     </row>
     <row r="49" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="7"/>
+      <c r="A49" s="9"/>
       <c r="B49" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C49" s="4">
         <v>11.0463</v>
       </c>
       <c r="D49" s="4">
         <v>10.813800000000001</v>
       </c>
       <c r="E49" s="4">
         <v>4.3986000000000001</v>
       </c>
       <c r="F49" s="4">
         <v>4.1524000000000001</v>
       </c>
       <c r="G49" s="4">
         <v>3.5259999999999998</v>
       </c>
       <c r="H49" s="4">
         <v>5.5860000000000003</v>
       </c>
       <c r="I49" s="4">
         <v>5.1962999999999999</v>
       </c>
       <c r="J49" s="4">
@@ -2783,849 +2813,849 @@
         <v>12.9956</v>
       </c>
       <c r="H50" s="4">
         <v>11.539400000000001</v>
       </c>
       <c r="I50" s="4">
         <v>11.6492</v>
       </c>
       <c r="J50" s="4">
         <v>8.3583999999999996</v>
       </c>
       <c r="K50" s="4">
         <v>11.5039</v>
       </c>
       <c r="L50" s="4">
         <v>10.196999999999999</v>
       </c>
       <c r="M50" s="4">
         <v>7.8136638249876089</v>
       </c>
       <c r="N50" s="4">
         <v>4.1618000000000004</v>
       </c>
     </row>
     <row r="51" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="7"/>
+      <c r="A51" s="8"/>
       <c r="B51" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C51" s="4">
         <v>16.045000000000002</v>
       </c>
       <c r="D51" s="4">
         <v>17.4345</v>
       </c>
       <c r="E51" s="4">
         <v>17.057099999999998</v>
       </c>
       <c r="F51" s="4">
         <v>11.5535</v>
       </c>
       <c r="G51" s="4">
         <v>8.9669000000000008</v>
       </c>
       <c r="H51" s="4">
         <v>13.5831</v>
       </c>
       <c r="I51" s="4">
         <v>12.8714</v>
       </c>
       <c r="J51" s="4">
         <v>13.5671</v>
       </c>
       <c r="K51" s="4">
         <v>21.203900000000001</v>
       </c>
       <c r="L51" s="4">
         <v>21.0059</v>
       </c>
       <c r="M51" s="4">
         <v>9.7781492645327504</v>
       </c>
       <c r="N51" s="4">
         <v>7.0179</v>
       </c>
     </row>
     <row r="52" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="7"/>
+      <c r="A52" s="8"/>
       <c r="B52" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C52" s="4">
         <v>31.61</v>
       </c>
       <c r="D52" s="4">
         <v>25.449400000000001</v>
       </c>
       <c r="E52" s="4">
         <v>39.134500000000003</v>
       </c>
       <c r="F52" s="4">
         <v>23.337199999999999</v>
       </c>
       <c r="G52" s="4">
         <v>24.323399999999999</v>
       </c>
       <c r="H52" s="4">
         <v>20.9941</v>
       </c>
       <c r="I52" s="4">
         <v>21.034800000000001</v>
       </c>
       <c r="J52" s="4">
         <v>14.055400000000001</v>
       </c>
       <c r="K52" s="4">
         <v>15.8536</v>
       </c>
       <c r="L52" s="4">
         <v>8.6053999999999995</v>
       </c>
       <c r="M52" s="4">
         <v>6.6374194569492442</v>
       </c>
       <c r="N52" s="4">
         <v>2.7397999999999998</v>
       </c>
     </row>
     <row r="53" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="7"/>
+      <c r="A53" s="8"/>
       <c r="B53" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="4">
         <v>18.415500000000002</v>
       </c>
       <c r="D53" s="4">
         <v>10.8248</v>
       </c>
       <c r="E53" s="4">
         <v>14.399900000000001</v>
       </c>
       <c r="F53" s="4">
         <v>9.7899999999999991</v>
       </c>
       <c r="G53" s="4">
         <v>9.3670000000000009</v>
       </c>
       <c r="H53" s="4">
         <v>13.5304</v>
       </c>
       <c r="I53" s="4">
         <v>12.7447</v>
       </c>
       <c r="J53" s="4">
         <v>7.5023</v>
       </c>
       <c r="K53" s="4">
         <v>13.819599999999999</v>
       </c>
       <c r="L53" s="4">
         <v>6.5959000000000003</v>
       </c>
       <c r="M53" s="4">
         <v>10.485225927616399</v>
       </c>
       <c r="N53" s="4">
         <v>5.5671999999999997</v>
       </c>
     </row>
     <row r="54" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="7"/>
+      <c r="A54" s="8"/>
       <c r="B54" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C54" s="4">
         <v>36.177900000000001</v>
       </c>
       <c r="D54" s="4">
         <v>19.389399999999998</v>
       </c>
       <c r="E54" s="4">
         <v>13.8894</v>
       </c>
       <c r="F54" s="4">
         <v>3.0097</v>
       </c>
       <c r="G54" s="4">
         <v>10.804399999999999</v>
       </c>
       <c r="H54" s="4">
         <v>8.3696000000000002</v>
       </c>
       <c r="I54" s="4">
         <v>17.3249</v>
       </c>
       <c r="J54" s="4">
         <v>6.9938000000000002</v>
       </c>
       <c r="K54" s="4">
         <v>16.719899999999999</v>
       </c>
       <c r="L54" s="4">
         <v>18.0977</v>
       </c>
       <c r="M54" s="4">
         <v>16.030847976168783</v>
       </c>
       <c r="N54" s="4">
         <v>4.0728</v>
       </c>
     </row>
     <row r="55" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="7"/>
+      <c r="A55" s="8"/>
       <c r="B55" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C55" s="4">
         <v>10.578799999999999</v>
       </c>
       <c r="D55" s="4">
         <v>24.252800000000001</v>
       </c>
       <c r="E55" s="4">
         <v>13.260400000000001</v>
       </c>
       <c r="F55" s="4">
         <v>11.544499999999999</v>
       </c>
       <c r="G55" s="4">
         <v>13.6904</v>
       </c>
       <c r="H55" s="4">
         <v>10.5975</v>
       </c>
       <c r="I55" s="4">
         <v>7.2751000000000001</v>
       </c>
       <c r="J55" s="4">
         <v>11.921200000000001</v>
       </c>
       <c r="K55" s="4">
         <v>11.9847</v>
       </c>
       <c r="L55" s="4">
         <v>15.1477</v>
       </c>
       <c r="M55" s="4">
         <v>9.5942452938797569</v>
       </c>
       <c r="N55" s="4">
         <v>7.8903999999999996</v>
       </c>
     </row>
     <row r="56" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="7"/>
+      <c r="A56" s="8"/>
       <c r="B56" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C56" s="4">
         <v>22.3506</v>
       </c>
       <c r="D56" s="4">
         <v>21.073399999999999</v>
       </c>
       <c r="E56" s="4">
         <v>14.644399999999999</v>
       </c>
       <c r="F56" s="4">
         <v>17.3184</v>
       </c>
       <c r="G56" s="4">
         <v>16.7285</v>
       </c>
       <c r="H56" s="4">
         <v>15.291700000000001</v>
       </c>
       <c r="I56" s="4">
         <v>14.176399999999999</v>
       </c>
       <c r="J56" s="4">
         <v>10.4147</v>
       </c>
       <c r="K56" s="4">
         <v>6.9621000000000004</v>
       </c>
       <c r="L56" s="4">
         <v>2.5670000000000002</v>
       </c>
       <c r="M56" s="4">
         <v>1.7888683192692432</v>
       </c>
       <c r="N56" s="4">
         <v>1.1886000000000001</v>
       </c>
     </row>
     <row r="57" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="7"/>
+      <c r="A57" s="8"/>
       <c r="B57" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C57" s="4">
         <v>16.3247</v>
       </c>
       <c r="D57" s="4">
         <v>15.8284</v>
       </c>
       <c r="E57" s="4">
         <v>9.4773999999999994</v>
       </c>
       <c r="F57" s="4">
         <v>5.6394000000000002</v>
       </c>
       <c r="G57" s="4">
         <v>5.7363</v>
       </c>
       <c r="H57" s="4">
         <v>3.3193999999999999</v>
       </c>
       <c r="I57" s="4">
         <v>5.7709000000000001</v>
       </c>
       <c r="J57" s="4">
         <v>3.0375000000000001</v>
       </c>
       <c r="K57" s="4">
         <v>4.6790000000000003</v>
       </c>
       <c r="L57" s="4">
         <v>2.9786999999999999</v>
       </c>
       <c r="M57" s="4">
         <v>1.1747612344613467</v>
       </c>
       <c r="N57" s="4">
         <v>2.3618999999999999</v>
       </c>
     </row>
     <row r="58" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="7"/>
+      <c r="A58" s="8"/>
       <c r="B58" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C58" s="4">
         <v>22.121700000000001</v>
       </c>
       <c r="D58" s="4">
         <v>19.485299999999999</v>
       </c>
       <c r="E58" s="4">
         <v>17.667100000000001</v>
       </c>
       <c r="F58" s="4">
         <v>14.2559</v>
       </c>
       <c r="G58" s="4">
         <v>23.998999999999999</v>
       </c>
       <c r="H58" s="4">
         <v>14.1172</v>
       </c>
       <c r="I58" s="4">
         <v>19.203199999999999</v>
       </c>
       <c r="J58" s="4">
         <v>4.5323000000000002</v>
       </c>
       <c r="K58" s="4">
         <v>16.0626</v>
       </c>
       <c r="L58" s="4">
         <v>6.9009</v>
       </c>
       <c r="M58" s="4">
         <v>4.9621101464742452</v>
       </c>
       <c r="N58" s="4">
         <v>3.6044</v>
       </c>
     </row>
     <row r="59" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="7"/>
+      <c r="A59" s="8"/>
       <c r="B59" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C59" s="4">
         <v>3.8702999999999999</v>
       </c>
       <c r="D59" s="4">
         <v>3.0272000000000001</v>
       </c>
       <c r="E59" s="4">
         <v>4.0452000000000004</v>
       </c>
       <c r="F59" s="4">
         <v>2.2174999999999998</v>
       </c>
       <c r="G59" s="4">
         <v>7.819</v>
       </c>
       <c r="H59" s="4">
         <v>5.3197999999999999</v>
       </c>
       <c r="I59" s="4">
         <v>7.7290000000000001</v>
       </c>
       <c r="J59" s="4">
         <v>1.1739999999999999</v>
       </c>
       <c r="K59" s="4">
         <v>4.875</v>
       </c>
       <c r="L59" s="4">
         <v>2.3123</v>
       </c>
       <c r="M59" s="4">
         <v>1.7850465210728235</v>
       </c>
       <c r="N59" s="4">
         <v>0.46710000000000002</v>
       </c>
     </row>
     <row r="60" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="7"/>
+      <c r="A60" s="8"/>
       <c r="B60" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C60" s="4">
         <v>30.181000000000001</v>
       </c>
       <c r="D60" s="4">
         <v>27.381799999999998</v>
       </c>
       <c r="E60" s="4">
         <v>16.174099999999999</v>
       </c>
       <c r="F60" s="4">
         <v>9.7124000000000006</v>
       </c>
       <c r="G60" s="4">
         <v>10.095599999999999</v>
       </c>
       <c r="H60" s="4">
         <v>11.819000000000001</v>
       </c>
       <c r="I60" s="4">
         <v>17.1478</v>
       </c>
       <c r="J60" s="4">
         <v>13.149699999999999</v>
       </c>
       <c r="K60" s="4">
         <v>9.3750999999999998</v>
       </c>
       <c r="L60" s="4">
         <v>18.1221</v>
       </c>
       <c r="M60" s="4">
         <v>18.156393309291385</v>
       </c>
       <c r="N60" s="4">
         <v>9.6109000000000009</v>
       </c>
     </row>
     <row r="61" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="7"/>
+      <c r="A61" s="8"/>
       <c r="B61" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C61" s="4">
         <v>11.0532</v>
       </c>
       <c r="D61" s="4">
         <v>7.3028000000000004</v>
       </c>
       <c r="E61" s="4">
         <v>12.4604</v>
       </c>
       <c r="F61" s="4">
         <v>5.4164000000000003</v>
       </c>
       <c r="G61" s="4">
         <v>9.3201999999999998</v>
       </c>
       <c r="H61" s="4">
         <v>1.8226</v>
       </c>
       <c r="I61" s="4">
         <v>5.0696000000000003</v>
       </c>
       <c r="J61" s="4">
         <v>2.0085999999999999</v>
       </c>
       <c r="K61" s="4">
         <v>1.1533</v>
       </c>
       <c r="L61" s="4">
         <v>0.57709999999999995</v>
       </c>
       <c r="M61" s="4">
         <v>1.5780650257581788</v>
       </c>
       <c r="N61" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="7"/>
+      <c r="A62" s="8"/>
       <c r="B62" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C62" s="4">
         <v>10.2904</v>
       </c>
       <c r="D62" s="4">
         <v>7.2172999999999998</v>
       </c>
       <c r="E62" s="4">
         <v>9.3572000000000006</v>
       </c>
       <c r="F62" s="4">
         <v>4.5933999999999999</v>
       </c>
       <c r="G62" s="4">
         <v>12.130599999999999</v>
       </c>
       <c r="H62" s="4">
         <v>8.3565000000000005</v>
       </c>
       <c r="I62" s="4">
         <v>9.1095000000000006</v>
       </c>
       <c r="J62" s="4">
         <v>3.9693999999999998</v>
       </c>
       <c r="K62" s="4">
         <v>10.9956</v>
       </c>
       <c r="L62" s="4">
         <v>9.4482999999999997</v>
       </c>
       <c r="M62" s="4">
         <v>6.2571192677922891</v>
       </c>
       <c r="N62" s="4">
         <v>4.6490999999999998</v>
       </c>
     </row>
     <row r="63" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="7"/>
+      <c r="A63" s="8"/>
       <c r="B63" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C63" s="4">
         <v>10.447100000000001</v>
       </c>
       <c r="D63" s="4">
         <v>6.5946999999999996</v>
       </c>
       <c r="E63" s="4">
         <v>9.9446999999999992</v>
       </c>
       <c r="F63" s="4">
         <v>9.6074999999999999</v>
       </c>
       <c r="G63" s="4">
         <v>4.0385</v>
       </c>
       <c r="H63" s="4">
         <v>3.5987</v>
       </c>
       <c r="I63" s="4">
         <v>0.29709999999999998</v>
       </c>
       <c r="J63" s="4">
         <v>4.0773000000000001</v>
       </c>
       <c r="K63" s="4">
         <v>0.31940000000000002</v>
       </c>
       <c r="L63" s="4">
         <v>0.97360000000000002</v>
       </c>
       <c r="M63" s="4">
         <v>0.58112465723818241</v>
       </c>
       <c r="N63" s="4">
         <v>0.4839</v>
       </c>
     </row>
     <row r="64" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="7"/>
+      <c r="A64" s="8"/>
       <c r="B64" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C64" s="4">
         <v>9.3545999999999996</v>
       </c>
       <c r="D64" s="4">
         <v>8.8735999999999997</v>
       </c>
       <c r="E64" s="4">
         <v>6.4865000000000004</v>
       </c>
       <c r="F64" s="4">
         <v>4.2759</v>
       </c>
       <c r="G64" s="4">
         <v>3.7715999999999998</v>
       </c>
       <c r="H64" s="4">
         <v>3.5289999999999999</v>
       </c>
       <c r="I64" s="4">
         <v>3.1543000000000001</v>
       </c>
       <c r="J64" s="4">
         <v>1.9066000000000001</v>
       </c>
       <c r="K64" s="4">
         <v>3.4003000000000001</v>
       </c>
       <c r="L64" s="4">
         <v>5.5495999999999999</v>
       </c>
       <c r="M64" s="4">
         <v>3.8699815859025857</v>
       </c>
       <c r="N64" s="4">
         <v>0.99280000000000002</v>
       </c>
     </row>
     <row r="65" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="7"/>
+      <c r="A65" s="8"/>
       <c r="B65" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C65" s="4">
         <v>20.3217</v>
       </c>
       <c r="D65" s="4">
         <v>17.5535</v>
       </c>
       <c r="E65" s="4">
         <v>17.436</v>
       </c>
       <c r="F65" s="4">
         <v>10.1203</v>
       </c>
       <c r="G65" s="4">
         <v>15.1495</v>
       </c>
       <c r="H65" s="4">
         <v>11.970499999999999</v>
       </c>
       <c r="I65" s="4">
         <v>10.1957</v>
       </c>
       <c r="J65" s="4">
         <v>3.6339000000000001</v>
       </c>
       <c r="K65" s="4">
         <v>3.7504</v>
       </c>
       <c r="L65" s="4">
         <v>2.2427999999999999</v>
       </c>
       <c r="M65" s="4">
         <v>4.7883410360590704</v>
       </c>
       <c r="N65" s="4">
         <v>0.32869999999999999</v>
       </c>
     </row>
     <row r="66" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="7"/>
+      <c r="A66" s="8"/>
       <c r="B66" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C66" s="4">
         <v>11.65</v>
       </c>
       <c r="D66" s="4">
         <v>12.6273</v>
       </c>
       <c r="E66" s="4">
         <v>8.6371000000000002</v>
       </c>
       <c r="F66" s="4">
         <v>2.8005</v>
       </c>
       <c r="G66" s="4">
         <v>5.3569000000000004</v>
       </c>
       <c r="H66" s="4">
         <v>7.7733999999999996</v>
       </c>
       <c r="I66" s="4">
         <v>8.4135000000000009</v>
       </c>
       <c r="J66" s="4">
         <v>2.5714999999999999</v>
       </c>
       <c r="K66" s="4">
         <v>8.8299000000000003</v>
       </c>
       <c r="L66" s="4">
         <v>6.6155999999999997</v>
       </c>
       <c r="M66" s="4">
         <v>5.4214154005774482</v>
       </c>
       <c r="N66" s="4">
         <v>1.4384999999999999</v>
       </c>
     </row>
     <row r="67" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="7"/>
+      <c r="A67" s="8"/>
       <c r="B67" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C67" s="4">
         <v>39.965699999999998</v>
       </c>
       <c r="D67" s="4">
         <v>30.8386</v>
       </c>
       <c r="E67" s="4">
         <v>42.799100000000003</v>
       </c>
       <c r="F67" s="4">
         <v>17.657</v>
       </c>
       <c r="G67" s="4">
         <v>31.684000000000001</v>
       </c>
       <c r="H67" s="4">
         <v>32.870100000000001</v>
       </c>
       <c r="I67" s="4">
         <v>28.603999999999999</v>
       </c>
       <c r="J67" s="4">
         <v>19.858499999999999</v>
       </c>
       <c r="K67" s="4">
         <v>23.1388</v>
       </c>
       <c r="L67" s="4">
         <v>25.203499999999998</v>
       </c>
       <c r="M67" s="4">
         <v>18.255796127062457</v>
       </c>
       <c r="N67" s="4">
         <v>6.6082999999999998</v>
       </c>
     </row>
     <row r="68" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="7"/>
+      <c r="A68" s="8"/>
       <c r="B68" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C68" s="4">
         <v>34.252699999999997</v>
       </c>
       <c r="D68" s="4">
         <v>22.3826</v>
       </c>
       <c r="E68" s="4">
         <v>23.472899999999999</v>
       </c>
       <c r="F68" s="4">
         <v>17.073</v>
       </c>
       <c r="G68" s="4">
         <v>14.4178</v>
       </c>
       <c r="H68" s="4">
         <v>8.6006</v>
       </c>
       <c r="I68" s="4">
         <v>12.1434</v>
       </c>
       <c r="J68" s="4">
         <v>8.4804999999999993</v>
       </c>
       <c r="K68" s="4">
         <v>8.6280000000000001</v>
       </c>
       <c r="L68" s="4">
         <v>6.8231000000000002</v>
       </c>
       <c r="M68" s="4">
         <v>10.31984810649244</v>
       </c>
       <c r="N68" s="4">
         <v>6.0971000000000002</v>
       </c>
     </row>
     <row r="69" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="7"/>
+      <c r="A69" s="8"/>
       <c r="B69" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C69" s="4">
         <v>34.927900000000001</v>
       </c>
       <c r="D69" s="4">
         <v>31.5137</v>
       </c>
       <c r="E69" s="4">
         <v>25.045000000000002</v>
       </c>
       <c r="F69" s="4">
         <v>16.592099999999999</v>
       </c>
       <c r="G69" s="4">
         <v>30.601400000000002</v>
       </c>
       <c r="H69" s="4">
         <v>29.467400000000001</v>
       </c>
       <c r="I69" s="4">
         <v>16.8504</v>
       </c>
       <c r="J69" s="4">
         <v>13.1828</v>
       </c>
       <c r="K69" s="4">
         <v>19.647300000000001</v>
       </c>
       <c r="L69" s="4">
         <v>12.9528</v>
       </c>
       <c r="M69" s="4">
         <v>9.7663162593944008</v>
       </c>
       <c r="N69" s="4">
         <v>5.5548000000000002</v>
       </c>
     </row>
     <row r="70" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="7"/>
+      <c r="A70" s="9"/>
       <c r="B70" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C70" s="4">
         <v>30.628499999999999</v>
       </c>
       <c r="D70" s="4">
         <v>29.519300000000001</v>
       </c>
       <c r="E70" s="4">
         <v>23.872</v>
       </c>
       <c r="F70" s="4">
         <v>13.1462</v>
       </c>
       <c r="G70" s="4">
         <v>20.316400000000002</v>
       </c>
       <c r="H70" s="4">
         <v>14.2422</v>
       </c>
       <c r="I70" s="4">
         <v>10.4086</v>
       </c>
       <c r="J70" s="4">
@@ -3667,697 +3697,697 @@
         <v>12.331799999999999</v>
       </c>
       <c r="H71" s="4">
         <v>11.817500000000001</v>
       </c>
       <c r="I71" s="4">
         <v>12.9175</v>
       </c>
       <c r="J71" s="4">
         <v>11.3043</v>
       </c>
       <c r="K71" s="4">
         <v>11.6533</v>
       </c>
       <c r="L71" s="4">
         <v>10.9396</v>
       </c>
       <c r="M71" s="4">
         <v>9.300411174391261</v>
       </c>
       <c r="N71" s="4">
         <v>7.4836</v>
       </c>
     </row>
     <row r="72" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="7"/>
+      <c r="A72" s="8"/>
       <c r="B72" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C72" s="4">
         <v>10.865500000000001</v>
       </c>
       <c r="D72" s="4">
         <v>10.3245</v>
       </c>
       <c r="E72" s="4">
         <v>11.540900000000001</v>
       </c>
       <c r="F72" s="4">
         <v>11.8474</v>
       </c>
       <c r="G72" s="4">
         <v>8.0768000000000004</v>
       </c>
       <c r="H72" s="4">
         <v>14.051399999999999</v>
       </c>
       <c r="I72" s="4">
         <v>12.493499999999999</v>
       </c>
       <c r="J72" s="4">
         <v>12.6959</v>
       </c>
       <c r="K72" s="4">
         <v>9.6964000000000006</v>
       </c>
       <c r="L72" s="4">
         <v>13.156599999999999</v>
       </c>
       <c r="M72" s="4">
         <v>10.272913572219574</v>
       </c>
       <c r="N72" s="4">
         <v>8.1769999999999996</v>
       </c>
     </row>
     <row r="73" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="7"/>
+      <c r="A73" s="8"/>
       <c r="B73" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C73" s="4">
         <v>10.3338</v>
       </c>
       <c r="D73" s="4">
         <v>8.4893000000000001</v>
       </c>
       <c r="E73" s="4">
         <v>4.7129000000000003</v>
       </c>
       <c r="F73" s="4">
         <v>3.1280999999999999</v>
       </c>
       <c r="G73" s="4">
         <v>6.3071999999999999</v>
       </c>
       <c r="H73" s="4">
         <v>5.0434000000000001</v>
       </c>
       <c r="I73" s="4">
         <v>4.524</v>
       </c>
       <c r="J73" s="4">
         <v>5.6898</v>
       </c>
       <c r="K73" s="4">
         <v>2.472</v>
       </c>
       <c r="L73" s="4">
         <v>8.0604999999999993</v>
       </c>
       <c r="M73" s="4">
         <v>3.1685548287613359</v>
       </c>
       <c r="N73" s="4">
         <v>2.9975999999999998</v>
       </c>
     </row>
     <row r="74" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="7"/>
+      <c r="A74" s="8"/>
       <c r="B74" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C74" s="4">
         <v>6.7247000000000003</v>
       </c>
       <c r="D74" s="4">
         <v>2.4643000000000002</v>
       </c>
       <c r="E74" s="4">
         <v>2.2094</v>
       </c>
       <c r="F74" s="4">
         <v>8.0905000000000005</v>
       </c>
       <c r="G74" s="4">
         <v>4.7260999999999997</v>
       </c>
       <c r="H74" s="4">
         <v>3.0831</v>
       </c>
       <c r="I74" s="4">
         <v>3.7208000000000001</v>
       </c>
       <c r="J74" s="4">
         <v>2.0375000000000001</v>
       </c>
       <c r="K74" s="4">
         <v>1.0205</v>
       </c>
       <c r="L74" s="4">
         <v>4.4691999999999998</v>
       </c>
       <c r="M74" s="4">
         <v>7.7456600729408027</v>
       </c>
       <c r="N74" s="4">
         <v>3.3473999999999999</v>
       </c>
     </row>
     <row r="75" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="7"/>
+      <c r="A75" s="8"/>
       <c r="B75" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C75" s="4">
         <v>1.4060999999999999</v>
       </c>
       <c r="D75" s="4">
         <v>0</v>
       </c>
       <c r="E75" s="4">
         <v>0.74680000000000002</v>
       </c>
       <c r="F75" s="4">
         <v>0.66590000000000005</v>
       </c>
       <c r="G75" s="4">
         <v>0.39229999999999998</v>
       </c>
       <c r="H75" s="4">
         <v>5.0099999999999999E-2</v>
       </c>
       <c r="I75" s="4">
         <v>2.5388999999999999</v>
       </c>
       <c r="J75" s="4">
         <v>0.3957</v>
       </c>
       <c r="K75" s="4">
         <v>0</v>
       </c>
       <c r="L75" s="4">
         <v>0.62570000000000003</v>
       </c>
       <c r="M75" s="4">
         <v>1.789327652295974</v>
       </c>
       <c r="N75" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="7"/>
+      <c r="A76" s="8"/>
       <c r="B76" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C76" s="4">
         <v>1.0144</v>
       </c>
       <c r="D76" s="4">
         <v>1.4025000000000001</v>
       </c>
       <c r="E76" s="4">
         <v>2.7875999999999999</v>
       </c>
       <c r="F76" s="4">
         <v>2.0192000000000001</v>
       </c>
       <c r="G76" s="4">
         <v>1.1448</v>
       </c>
       <c r="H76" s="4">
         <v>2.6867999999999999</v>
       </c>
       <c r="I76" s="4">
         <v>4.3685999999999998</v>
       </c>
       <c r="J76" s="4">
         <v>4.9600999999999997</v>
       </c>
       <c r="K76" s="4">
         <v>2.9994000000000001</v>
       </c>
       <c r="L76" s="4">
         <v>3.6509999999999998</v>
       </c>
       <c r="M76" s="4">
         <v>3.226248926700245</v>
       </c>
       <c r="N76" s="4">
         <v>3.6671</v>
       </c>
     </row>
     <row r="77" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="7"/>
+      <c r="A77" s="8"/>
       <c r="B77" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C77" s="4">
         <v>19.657</v>
       </c>
       <c r="D77" s="4">
         <v>15.5411</v>
       </c>
       <c r="E77" s="4">
         <v>16.244299999999999</v>
       </c>
       <c r="F77" s="4">
         <v>12.3535</v>
       </c>
       <c r="G77" s="4">
         <v>16.546099999999999</v>
       </c>
       <c r="H77" s="4">
         <v>17.422899999999998</v>
       </c>
       <c r="I77" s="4">
         <v>20.748699999999999</v>
       </c>
       <c r="J77" s="4">
         <v>16.8781</v>
       </c>
       <c r="K77" s="4">
         <v>21.942900000000002</v>
       </c>
       <c r="L77" s="4">
         <v>19.899999999999999</v>
       </c>
       <c r="M77" s="4">
         <v>14.567280485596605</v>
       </c>
       <c r="N77" s="4">
         <v>6.8258999999999999</v>
       </c>
     </row>
     <row r="78" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="7"/>
+      <c r="A78" s="8"/>
       <c r="B78" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C78" s="4">
         <v>3.8022999999999998</v>
       </c>
       <c r="D78" s="4">
         <v>2.9607999999999999</v>
       </c>
       <c r="E78" s="4">
         <v>4.9131999999999998</v>
       </c>
       <c r="F78" s="4">
         <v>5.8710000000000004</v>
       </c>
       <c r="G78" s="4">
         <v>5.3582999999999998</v>
       </c>
       <c r="H78" s="4">
         <v>3.9571999999999998</v>
       </c>
       <c r="I78" s="4">
         <v>4.0536000000000003</v>
       </c>
       <c r="J78" s="4">
         <v>3.0314999999999999</v>
       </c>
       <c r="K78" s="4">
         <v>6.3817000000000004</v>
       </c>
       <c r="L78" s="4">
         <v>4.3955000000000002</v>
       </c>
       <c r="M78" s="4">
         <v>3.1499673212090666</v>
       </c>
       <c r="N78" s="4">
         <v>1.3047</v>
       </c>
     </row>
     <row r="79" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="7"/>
+      <c r="A79" s="8"/>
       <c r="B79" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C79" s="4">
         <v>3.4661</v>
       </c>
       <c r="D79" s="4">
         <v>1.5115000000000001</v>
       </c>
       <c r="E79" s="4">
         <v>5.7080000000000002</v>
       </c>
       <c r="F79" s="4">
         <v>2.0667</v>
       </c>
       <c r="G79" s="4">
         <v>7.9485000000000001</v>
       </c>
       <c r="H79" s="4">
         <v>3.1057000000000001</v>
       </c>
       <c r="I79" s="4">
         <v>6.4669999999999996</v>
       </c>
       <c r="J79" s="4">
         <v>5.9611999999999998</v>
       </c>
       <c r="K79" s="4">
         <v>6.0401999999999996</v>
       </c>
       <c r="L79" s="4">
         <v>5.9702999999999999</v>
       </c>
       <c r="M79" s="4">
         <v>3.045945355513616</v>
       </c>
       <c r="N79" s="4">
         <v>1.944</v>
       </c>
     </row>
     <row r="80" spans="1:14" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="7"/>
+      <c r="A80" s="8"/>
       <c r="B80" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C80" s="4">
         <v>3.2574000000000001</v>
       </c>
       <c r="D80" s="4">
         <v>5.0789999999999997</v>
       </c>
       <c r="E80" s="4">
         <v>6.8291000000000004</v>
       </c>
       <c r="F80" s="4">
         <v>7.6646000000000001</v>
       </c>
       <c r="G80" s="4">
         <v>5.9576000000000002</v>
       </c>
       <c r="H80" s="4">
         <v>10.2643</v>
       </c>
       <c r="I80" s="4">
         <v>11.9567</v>
       </c>
       <c r="J80" s="4">
         <v>14.819000000000001</v>
       </c>
       <c r="K80" s="4">
         <v>7.3293999999999997</v>
       </c>
       <c r="L80" s="4">
         <v>9.8309999999999995</v>
       </c>
       <c r="M80" s="4">
         <v>9.5993039565791278</v>
       </c>
       <c r="N80" s="4">
         <v>10.803000000000001</v>
       </c>
     </row>
     <row r="81" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="7"/>
+      <c r="A81" s="8"/>
       <c r="B81" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C81" s="4">
         <v>11.770899999999999</v>
       </c>
       <c r="D81" s="4">
         <v>9.2825000000000006</v>
       </c>
       <c r="E81" s="4">
         <v>11.089499999999999</v>
       </c>
       <c r="F81" s="4">
         <v>7.9619</v>
       </c>
       <c r="G81" s="4">
         <v>17.095700000000001</v>
       </c>
       <c r="H81" s="4">
         <v>12.033099999999999</v>
       </c>
       <c r="I81" s="4">
         <v>15.0646</v>
       </c>
       <c r="J81" s="4">
         <v>9.9283000000000001</v>
       </c>
       <c r="K81" s="4">
         <v>14.2629</v>
       </c>
       <c r="L81" s="4">
         <v>11.5473</v>
       </c>
       <c r="M81" s="4">
         <v>13.340033078395335</v>
       </c>
       <c r="N81" s="4">
         <v>8.6976999999999993</v>
       </c>
     </row>
     <row r="82" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="7"/>
+      <c r="A82" s="8"/>
       <c r="B82" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C82" s="4">
         <v>17.963200000000001</v>
       </c>
       <c r="D82" s="4">
         <v>15.5166</v>
       </c>
       <c r="E82" s="4">
         <v>18.0017</v>
       </c>
       <c r="F82" s="4">
         <v>13.242000000000001</v>
       </c>
       <c r="G82" s="4">
         <v>14.501200000000001</v>
       </c>
       <c r="H82" s="4">
         <v>20.297999999999998</v>
       </c>
       <c r="I82" s="4">
         <v>26.980899999999998</v>
       </c>
       <c r="J82" s="4">
         <v>18.960999999999999</v>
       </c>
       <c r="K82" s="4">
         <v>15.0349</v>
       </c>
       <c r="L82" s="4">
         <v>12.1189</v>
       </c>
       <c r="M82" s="4">
         <v>13.091127241374402</v>
       </c>
       <c r="N82" s="4">
         <v>12.057600000000001</v>
       </c>
     </row>
     <row r="83" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="7"/>
+      <c r="A83" s="8"/>
       <c r="B83" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C83" s="4">
         <v>46.802799999999998</v>
       </c>
       <c r="D83" s="4">
         <v>37.952599999999997</v>
       </c>
       <c r="E83" s="4">
         <v>39.201900000000002</v>
       </c>
       <c r="F83" s="4">
         <v>35.014800000000001</v>
       </c>
       <c r="G83" s="4">
         <v>36.208500000000001</v>
       </c>
       <c r="H83" s="4">
         <v>34.551000000000002</v>
       </c>
       <c r="I83" s="4">
         <v>33.224299999999999</v>
       </c>
       <c r="J83" s="4">
         <v>29.8569</v>
       </c>
       <c r="K83" s="4">
         <v>44.201099999999997</v>
       </c>
       <c r="L83" s="4">
         <v>30.8537</v>
       </c>
       <c r="M83" s="4">
         <v>24.234823624138738</v>
       </c>
       <c r="N83" s="4">
         <v>23.3553</v>
       </c>
     </row>
     <row r="84" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="7"/>
+      <c r="A84" s="8"/>
       <c r="B84" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C84" s="4">
         <v>21.872499999999999</v>
       </c>
       <c r="D84" s="4">
         <v>22.374400000000001</v>
       </c>
       <c r="E84" s="4">
         <v>32.3934</v>
       </c>
       <c r="F84" s="4">
         <v>20.9146</v>
       </c>
       <c r="G84" s="4">
         <v>21.049099999999999</v>
       </c>
       <c r="H84" s="4">
         <v>12.985200000000001</v>
       </c>
       <c r="I84" s="4">
         <v>21.52</v>
       </c>
       <c r="J84" s="4">
         <v>14.039199999999999</v>
       </c>
       <c r="K84" s="4">
         <v>17.3873</v>
       </c>
       <c r="L84" s="4">
         <v>19.245899999999999</v>
       </c>
       <c r="M84" s="4">
         <v>17.16443781545339</v>
       </c>
       <c r="N84" s="4">
         <v>9.0142000000000007</v>
       </c>
     </row>
     <row r="85" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="7"/>
+      <c r="A85" s="9"/>
       <c r="B85" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C85" s="4">
         <v>42.731499999999997</v>
       </c>
       <c r="D85" s="4">
         <v>35.295900000000003</v>
       </c>
       <c r="E85" s="4">
         <v>45.195300000000003</v>
       </c>
       <c r="F85" s="4">
         <v>19.550799999999999</v>
       </c>
       <c r="G85" s="4">
         <v>37.435299999999998</v>
       </c>
       <c r="H85" s="4">
         <v>34.478400000000001</v>
       </c>
       <c r="I85" s="4">
         <v>26.738299999999999</v>
       </c>
       <c r="J85" s="4">
         <v>25.7638</v>
       </c>
       <c r="K85" s="4">
         <v>24.988199999999999</v>
       </c>
       <c r="L85" s="4">
         <v>18.691299999999998</v>
       </c>
       <c r="M85" s="4">
         <v>19.245712040138983</v>
       </c>
       <c r="N85" s="4">
         <v>19.117999999999999</v>
       </c>
     </row>
     <row r="86" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B86" s="6"/>
       <c r="C86" s="6"/>
       <c r="D86" s="6"/>
       <c r="E86" s="6"/>
       <c r="F86" s="6"/>
       <c r="G86" s="6"/>
       <c r="H86" s="6"/>
       <c r="I86" s="6"/>
       <c r="J86" s="6"/>
       <c r="K86" s="6"/>
       <c r="L86" s="6"/>
       <c r="M86" s="6"/>
       <c r="N86" s="6"/>
       <c r="O86" s="6"/>
     </row>
     <row r="87" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B87" s="6"/>
       <c r="C87" s="6"/>
       <c r="D87" s="6"/>
       <c r="E87" s="6"/>
       <c r="F87" s="6"/>
       <c r="G87" s="6"/>
       <c r="H87" s="6"/>
       <c r="I87" s="6"/>
       <c r="J87" s="6"/>
       <c r="K87" s="6"/>
       <c r="L87" s="6"/>
       <c r="M87" s="6"/>
       <c r="N87" s="6"/>
       <c r="O87" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A71:A85"/>
     <mergeCell ref="A6:A31"/>
     <mergeCell ref="A32:A49"/>
     <mergeCell ref="A50:A70"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Data</vt:lpstr>
+      <vt:lpstr>ข้อมูล</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>