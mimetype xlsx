--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -1,586 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25ABA946-3C19-4A19-B531-DC374917DCC4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F3BE2304-9EDB-43AE-91A0-160687811F0D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
+    <sheet name="Metadata" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1739" uniqueCount="115">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="26">
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
-    <t>ประเภทความผิด</t>
-[...361 lines deleted...]
-    </r>
+    <t>No.</t>
+  </si>
+  <si>
+    <t>ชื่อรายการไทย</t>
+  </si>
+  <si>
+    <t>รายละเอียด</t>
+  </si>
+  <si>
+    <t>ประเภทข้อมูล</t>
+  </si>
+  <si>
+    <t>ข้อมูลสถิติ</t>
+  </si>
+  <si>
+    <t>ชื่อชุดข้อมูล</t>
+  </si>
+  <si>
+    <t>สถิติคดีอาญาฐานความผิดพิเศษ</t>
+  </si>
+  <si>
+    <t>องค์กร</t>
+  </si>
+  <si>
+    <t>สำนักงานตำรวจแห่งชาติ</t>
+  </si>
+  <si>
+    <t>ชื่อผู้ติดต่อ</t>
+  </si>
+  <si>
+    <t>อีเมลผู้ติดต่อ</t>
+  </si>
+  <si>
+    <t>คำสำคัญ</t>
+  </si>
+  <si>
+    <t>สถิติคดีอาญาฐานความผิดพิเศษ, ประเภทความผิด, จังหวัด</t>
+  </si>
+  <si>
+    <t>วัตถุประสงค์</t>
+  </si>
+  <si>
+    <t>หน่วยความถี่ของการปรับปรุงข้อมูล</t>
+  </si>
+  <si>
+    <t>ปี</t>
+  </si>
+  <si>
+    <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
+  </si>
+  <si>
+    <t>ขอบเขตเชิงภูมิศาสตร์หรือเชิงพื้นที่</t>
+  </si>
+  <si>
+    <t>แหล่งที่มา</t>
+  </si>
+  <si>
+    <t>รูปแบบการเก็บข้อมูล</t>
+  </si>
+  <si>
+    <t>XLS</t>
+  </si>
+  <si>
+    <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
+  </si>
+  <si>
+    <t>ข้อมูลสาธารณะ</t>
+  </si>
+  <si>
+    <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
+  </si>
+  <si>
+    <t>License not specified</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
-    </font>
-[...11 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.59999389629810485"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom/>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
-      <top/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...41 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{955BB958-8851-4E35-A161-706DB40C73BC}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{78D71419-10F8-4FA6-ABA3-8BF775BD74CA}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -846,94562 +558,247 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V1627"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EA09B78-52BC-4E42-867A-446008DBB2C4}">
+  <dimension ref="A1:C16"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="22.85546875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="23" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="8.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="36.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="68.5703125" style="2" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A2" s="3">
+        <v>1</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A3" s="7">
+        <v>2</v>
+      </c>
+      <c r="B3" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A4" s="7">
+        <v>3</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A5" s="7">
+        <v>4</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="9"/>
+    </row>
+    <row r="6" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A6" s="7">
+        <v>5</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="10"/>
+    </row>
+    <row r="7" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A7" s="7">
+        <v>6</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A8" s="7">
+        <v>7</v>
+      </c>
+      <c r="B8" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="9"/>
+    </row>
+    <row r="9" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A9" s="7">
+        <v>8</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5"/>
+    </row>
+    <row r="10" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A10" s="7">
+        <v>9.1</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A11" s="7">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="11">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A12" s="7">
+        <v>10</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2"/>
-[...337 lines deleted...]
-      <c r="C8" s="8" t="s">
+    </row>
+    <row r="13" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A13" s="7">
         <v>11</v>
       </c>
-      <c r="D8" s="6">
-[...57 lines deleted...]
-      <c r="C9" s="8" t="s">
+      <c r="B13" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" s="9"/>
+    </row>
+    <row r="14" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A14" s="7">
         <v>12</v>
       </c>
-      <c r="D9" s="6">
+      <c r="B14" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A15" s="7">
+        <v>13</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" s="6" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+      <c r="A16" s="12">
+        <v>14</v>
+      </c>
+      <c r="B16" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="E9" s="6">
-[...786 lines deleted...]
-      <c r="C22" s="8" t="s">
+      <c r="C16" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="D22" s="6">
-[...93174 lines deleted...]
-      <c r="V1627" s="9"/>
     </row>
   </sheetData>
-  <mergeCells count="104">
-[...104 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>ข้อมูล</vt:lpstr>
+      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>