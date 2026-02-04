--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\11 เกษตร และประมง\sector_11_9\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4B8459AE-E0EB-42C7-8DE8-6BFF073A2F26}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{862040DB-BABB-4020-ACAB-04B24E7BF45D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J7" i="1" l="1"/>
   <c r="K7" i="1"/>
   <c r="I7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -166,51 +166,51 @@
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>ข้าวนาปรัง</t>
   </si>
   <si>
     <t>ประเทศ</t>
   </si>
   <si>
     <t>การปลูกข้าวนาปรัง</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
-    <t>การปลูกข้าวนาปรัง: เนื้อที่ ผลผลิต และผลผลิตต่อไร่ พ.ศ. 2556 - 2566</t>
+    <t>การปลูกข้าวนาปรัง: เนื้อที่ ผลผลิต และผลผลิตต่อไร่ พ.ศ. 2556 - 2567</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -703,308 +703,326 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L11"/>
+  <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="L10" sqref="L10"/>
+      <selection activeCell="M9" sqref="M9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32" style="5" customWidth="1"/>
     <col min="2" max="9" width="8.85546875" style="5" customWidth="1"/>
     <col min="10" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="6" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="7">
         <v>2556</v>
       </c>
       <c r="C3" s="7">
         <v>2557</v>
       </c>
       <c r="D3" s="7">
         <v>2558</v>
       </c>
       <c r="E3" s="7">
         <v>2559</v>
       </c>
       <c r="F3" s="7">
         <v>2560</v>
       </c>
       <c r="G3" s="7">
         <v>2561</v>
       </c>
       <c r="H3" s="7">
         <v>2562</v>
       </c>
       <c r="I3" s="7">
         <v>2563</v>
       </c>
       <c r="J3" s="7">
         <v>2564</v>
       </c>
       <c r="K3" s="7">
         <v>2565</v>
       </c>
       <c r="L3" s="7">
         <v>2566</v>
       </c>
-    </row>
-    <row r="4" spans="1:12" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M3" s="7">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2">
         <v>16087</v>
       </c>
       <c r="C4" s="2">
         <v>15055</v>
       </c>
       <c r="D4" s="2">
         <v>8461</v>
       </c>
       <c r="E4" s="2">
         <v>5138</v>
       </c>
       <c r="F4" s="2">
         <v>10457</v>
       </c>
       <c r="G4" s="2">
         <v>12067</v>
       </c>
       <c r="H4" s="2">
         <v>10995</v>
       </c>
       <c r="I4" s="2">
         <v>7342</v>
       </c>
       <c r="J4" s="2">
         <v>8343</v>
       </c>
       <c r="K4" s="2">
         <v>9547</v>
       </c>
       <c r="L4" s="2">
         <v>10606</v>
       </c>
-    </row>
-    <row r="5" spans="1:12" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M4" s="2">
+        <v>10058</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="1">
         <v>15963</v>
       </c>
       <c r="C5" s="1">
         <v>14891</v>
       </c>
       <c r="D5" s="1">
         <v>8409</v>
       </c>
       <c r="E5" s="1">
         <v>5080</v>
       </c>
       <c r="F5" s="1">
         <v>10403</v>
       </c>
       <c r="G5" s="1">
         <v>12035</v>
       </c>
       <c r="H5" s="1">
         <v>10922</v>
       </c>
       <c r="I5" s="1">
         <v>7221</v>
       </c>
       <c r="J5" s="1">
         <v>8307</v>
       </c>
       <c r="K5" s="1">
         <v>9518</v>
       </c>
       <c r="L5" s="1">
         <v>10581</v>
       </c>
-    </row>
-    <row r="6" spans="1:12" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M5" s="1">
+        <v>10024</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="1">
         <v>10766</v>
       </c>
       <c r="C6" s="1">
         <v>9672</v>
       </c>
       <c r="D6" s="1">
         <v>5347</v>
       </c>
       <c r="E6" s="1">
         <v>3109</v>
       </c>
       <c r="F6" s="1">
         <v>6621</v>
       </c>
       <c r="G6" s="1">
         <v>7965</v>
       </c>
       <c r="H6" s="1">
         <v>7170</v>
       </c>
       <c r="I6" s="1">
         <v>4554</v>
       </c>
       <c r="J6" s="1">
         <v>5310</v>
       </c>
       <c r="K6" s="1">
         <v>6171</v>
       </c>
       <c r="L6" s="1">
         <v>6918</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M6" s="1">
+        <v>6545</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="1">
         <v>669</v>
       </c>
       <c r="C7" s="1">
         <v>642</v>
       </c>
       <c r="D7" s="1">
         <v>632</v>
       </c>
       <c r="E7" s="1">
         <v>605</v>
       </c>
       <c r="F7" s="1">
         <v>633</v>
       </c>
       <c r="G7" s="1">
         <v>660</v>
       </c>
       <c r="H7" s="1">
         <v>652</v>
       </c>
       <c r="I7" s="1">
         <f>I6/I4*1000</f>
         <v>620.26695723236185</v>
       </c>
       <c r="J7" s="1">
         <f>J6/J4*1000</f>
         <v>636.46170442286939</v>
       </c>
       <c r="K7" s="1">
         <f>K6/K4*1000</f>
         <v>646.38106211375305</v>
       </c>
       <c r="L7" s="1">
         <v>652</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M7" s="1">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="1">
         <v>674</v>
       </c>
       <c r="C8" s="1">
         <v>650</v>
       </c>
       <c r="D8" s="1">
         <v>636</v>
       </c>
       <c r="E8" s="1">
         <v>612</v>
       </c>
       <c r="F8" s="1">
         <v>636</v>
       </c>
       <c r="G8" s="1">
         <v>662</v>
       </c>
       <c r="H8" s="1">
         <v>656</v>
       </c>
       <c r="I8" s="1">
         <v>631</v>
       </c>
       <c r="J8" s="1">
         <v>639</v>
       </c>
       <c r="K8" s="1">
         <v>648</v>
       </c>
       <c r="L8" s="1">
         <v>654</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M8" s="1">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="10"/>
     </row>
-    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="11" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A19E336E-0BF4-489E-B173-78125EF8AAA4}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5:C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="13" customWidth="1"/>
     <col min="2" max="2" width="38.42578125" style="13" customWidth="1"/>
     <col min="3" max="3" width="52.7109375" style="13" customWidth="1"/>
     <col min="4" max="256" width="9.140625" style="13"/>
     <col min="257" max="257" width="8.28515625" style="13" customWidth="1"/>