--- v0 (2025-10-18)
+++ v1 (2025-11-15)
@@ -1,77 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\การนำเข้าข้อมูลขึ้นระบบ\static\ถ่ายโอน\สาขา 12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\12 อุตสากรรม\sector_12_40\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3CF0533-CC14-4DA4-8BC8-BAD7240A3A1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2B4E4CDD-0C85-41C2-9D34-393095A4427D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1170" yWindow="1170" windowWidth="12810" windowHeight="11760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="3" r:id="rId1"/>
     <sheet name="Metadata" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">ข้อมูล!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
-  <extLst>
-[...8 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1482" uniqueCount="657">
   <si>
     <t>ผลิตภัณฑ์</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>ดัชนีรวมยังไม่ได้ปรับฤดูกาล</t>
   </si>
   <si>
     <t>TSIC : 10 การผลิตผลิตภัณฑ์อาหาร</t>
   </si>
   <si>
     <t>TSIC : 1012 การฆ่าสัตว์ปีกและการผลิตเนื้อสัตว์ปีกสด แช่เย็นหรือแช่แข็ง</t>
   </si>
   <si>
     <t>10120 การฆ่าสัตว์ปีกและการผลิตเนื้อสัตว์ปีกสด แช่เย็นหรือแช่แข็ง</t>
   </si>
   <si>
     <t>10120</t>
@@ -2010,91 +2000,91 @@
   <si>
     <t>เครื่องดื่มรสน้ำผลไม้</t>
   </si>
   <si>
     <t>15209 การผลิตรองเท้าอื่น ๆ</t>
   </si>
   <si>
     <t>15209</t>
   </si>
   <si>
     <t>รองเท้าพลาสติก</t>
   </si>
   <si>
     <t>คลอรีน</t>
   </si>
   <si>
     <t>กรดเกลือ</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
-    <t>ดัชนีผลผลิตอุตสาหกรรม (ถ่วงน้ำหนักมูลค่าผลผลิต) พ.ศ. 2559 - 2564</t>
-[...1 lines deleted...]
-  <si>
     <t>เครื่องแต่งกายชั้นนอกบุรุษและเด็กชายทำจากผ้าทอ</t>
   </si>
   <si>
     <t>เครื่องแต่งกายชั้นนอกสตรีและเด็กหญิงทำจากผ้าทอ</t>
   </si>
   <si>
     <t>เครื่องแต่งกายชั้นในสตรีและเด็กหญิงทำจากผ้าทอ</t>
   </si>
   <si>
     <t>เครื่องแต่งกายอื่น ๆ บุรุษและเด็กชายทำจากผ้าทอ</t>
   </si>
   <si>
     <t>เครื่องแต่งกายชั้นนอกบุรุษและเด็กชายทำจากผ้าถัก</t>
   </si>
   <si>
     <t>เครื่องแต่งกายชั้นนอกสตรีและเด็กหญิงทำจากผ้าถัก</t>
   </si>
   <si>
     <t>เครื่องแต่งกายชั้นในสตรีและเด็กหญิงทำจากผ้าถัก</t>
   </si>
   <si>
     <t>Polycarbonate</t>
   </si>
   <si>
     <t>ถุงมือยางทางการแพทย์</t>
+  </si>
+  <si>
+    <t>ดัชนีผลผลิตอุตสาหกรรม (ถ่วงน้ำหนักมูลค่าผลผลิต) พ.ศ. 2559 - 2566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="[$-10409]#,##0.00"/>
     <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00000"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.000000_-;\-* #,##0.000000_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
@@ -2146,73 +2136,86 @@
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
@@ -2242,57 +2245,58 @@
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" readingOrder="1"/>
@@ -2330,69 +2334,73 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="5">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{B74DA210-D49D-48AB-9AD4-259779B4C2F3}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{290F45ED-0513-43A7-ABDC-71ECEA423463}"/>
+    <cellStyle name="Normal 3" xfId="4" xr:uid="{C3A06541-F6ED-40FD-BFD9-9F6DF30193E4}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00E5E5E5"/>
       <rgbColor rgb="00CCFFCC"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -2724,15603 +2732,18515 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:BD490"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="74.5703125" style="1" customWidth="1"/>
-    <col min="4" max="4" width="10.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="1"/>
+    <col min="4" max="4" width="10.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="8.28515625" style="1" customWidth="1"/>
+    <col min="6" max="8" width="8.42578125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.140625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="8.28515625" style="1" customWidth="1"/>
+    <col min="11" max="12" width="8.140625" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:56" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="32" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="33"/>
+      <c r="A1" s="33" t="s">
+        <v>656</v>
+      </c>
+      <c r="B1" s="34"/>
+      <c r="C1" s="34"/>
+      <c r="D1" s="34"/>
     </row>
     <row r="2" spans="1:56" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="32"/>
-[...2 lines deleted...]
-      <c r="D2" s="33"/>
+      <c r="A2" s="33"/>
+      <c r="B2" s="34"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
     </row>
     <row r="3" spans="1:56" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="31" t="s">
+      <c r="A3" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="34"/>
-[...1 lines deleted...]
-      <c r="D3" s="35" t="s">
+      <c r="B3" s="35"/>
+      <c r="C3" s="35"/>
+      <c r="D3" s="36" t="s">
         <v>598</v>
       </c>
-      <c r="E3" s="31">
+      <c r="E3" s="32">
         <v>2559</v>
       </c>
-      <c r="F3" s="31">
+      <c r="F3" s="32">
         <v>2560</v>
       </c>
-      <c r="G3" s="31">
+      <c r="G3" s="32">
         <v>2561</v>
       </c>
-      <c r="H3" s="31">
+      <c r="H3" s="32">
         <v>2562</v>
       </c>
-      <c r="I3" s="31">
+      <c r="I3" s="32">
         <v>2563</v>
       </c>
-      <c r="J3" s="31">
+      <c r="J3" s="32">
         <v>2564</v>
+      </c>
+      <c r="K3" s="32">
+        <v>2565</v>
+      </c>
+      <c r="L3" s="32">
+        <v>2566</v>
       </c>
       <c r="BC3" s="2"/>
       <c r="BD3" s="2"/>
     </row>
     <row r="4" spans="1:56" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="34"/>
-[...8 lines deleted...]
-      <c r="J4" s="31"/>
+      <c r="A4" s="35"/>
+      <c r="B4" s="35"/>
+      <c r="C4" s="35"/>
+      <c r="D4" s="35"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="32"/>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="32"/>
+      <c r="L4" s="32"/>
       <c r="BC4" s="2"/>
       <c r="BD4" s="2"/>
     </row>
     <row r="5" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>625</v>
       </c>
       <c r="E5" s="9">
         <v>99.999970000000005</v>
       </c>
       <c r="F5" s="9">
         <v>101.554569267944</v>
       </c>
       <c r="G5" s="9">
         <v>105.505750854965</v>
       </c>
       <c r="H5" s="9">
         <v>101.96881586860199</v>
       </c>
       <c r="I5" s="9">
         <v>91.736463540033796</v>
       </c>
       <c r="J5" s="9">
         <v>97.454504481046797</v>
       </c>
+      <c r="K5" s="9">
+        <v>98.007052999999999</v>
+      </c>
+      <c r="L5" s="9">
+        <v>93.420494000000005</v>
+      </c>
     </row>
     <row r="6" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="5">
         <v>16.204080000000001</v>
       </c>
       <c r="E6" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F6" s="4">
         <v>103.878768475794</v>
       </c>
       <c r="G6" s="4">
         <v>109.283806366091</v>
       </c>
       <c r="H6" s="4">
         <v>107.39712426107501</v>
       </c>
       <c r="I6" s="4">
         <v>102.309477948196</v>
       </c>
       <c r="J6" s="4">
         <v>105.28255421674</v>
       </c>
+      <c r="K6" s="4">
+        <v>107.43436699999999</v>
+      </c>
+      <c r="L6" s="4">
+        <v>104.469926</v>
+      </c>
     </row>
     <row r="7" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="5">
         <v>1.2344900000000001</v>
       </c>
       <c r="E7" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F7" s="4">
         <v>100.929085859274</v>
       </c>
       <c r="G7" s="4">
         <v>104.475884185933</v>
       </c>
       <c r="H7" s="4">
         <v>103.770876212034</v>
       </c>
       <c r="I7" s="4">
         <v>105.34197572420899</v>
       </c>
       <c r="J7" s="4">
         <v>103.65157042769501</v>
       </c>
+      <c r="K7" s="4">
+        <v>109.265062</v>
+      </c>
+      <c r="L7" s="4">
+        <v>108.895534</v>
+      </c>
     </row>
     <row r="8" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="5">
         <v>1.2344900000000001</v>
       </c>
       <c r="E8" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F8" s="4">
         <v>100.929085859274</v>
       </c>
       <c r="G8" s="4">
         <v>104.475884185933</v>
       </c>
       <c r="H8" s="4">
         <v>103.770876212034</v>
       </c>
       <c r="I8" s="4">
         <v>105.34197572420899</v>
       </c>
       <c r="J8" s="4">
         <v>103.65157042769501</v>
+      </c>
+      <c r="K8" s="4">
+        <v>109.265062</v>
+      </c>
+      <c r="L8" s="4">
+        <v>108.895534</v>
       </c>
     </row>
     <row r="9" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="5">
         <v>1.2344900000000001</v>
       </c>
       <c r="E9" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F9" s="4">
         <v>100.929085859274</v>
       </c>
       <c r="G9" s="4">
         <v>104.475884185933</v>
       </c>
       <c r="H9" s="4">
         <v>103.770876212034</v>
       </c>
       <c r="I9" s="4">
         <v>105.34197572420899</v>
       </c>
       <c r="J9" s="4">
         <v>103.65157042769501</v>
       </c>
+      <c r="K9" s="4">
+        <v>109.265062</v>
+      </c>
+      <c r="L9" s="4">
+        <v>108.895534</v>
+      </c>
     </row>
     <row r="10" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="5">
         <v>0.53212000000000004</v>
       </c>
       <c r="E10" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F10" s="4">
         <v>99.781481952589004</v>
       </c>
       <c r="G10" s="4">
         <v>99.462138390841901</v>
       </c>
       <c r="H10" s="4">
         <v>101.043234297175</v>
       </c>
       <c r="I10" s="4">
         <v>99.631214902651607</v>
       </c>
       <c r="J10" s="4">
         <v>111.294649169712</v>
       </c>
+      <c r="K10" s="4">
+        <v>88.985343999999998</v>
+      </c>
+      <c r="L10" s="4">
+        <v>97.452910000000003</v>
+      </c>
     </row>
     <row r="11" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="5">
         <v>7.1429999999999993E-2</v>
       </c>
       <c r="E11" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F11" s="4">
         <v>95.486460907921597</v>
       </c>
       <c r="G11" s="4">
         <v>98.205590746878201</v>
       </c>
       <c r="H11" s="4">
         <v>100.581513556385</v>
       </c>
       <c r="I11" s="4">
         <v>90.312039051624495</v>
       </c>
       <c r="J11" s="4">
         <v>89.700792585241004</v>
+      </c>
+      <c r="K11" s="4">
+        <v>121.578339</v>
+      </c>
+      <c r="L11" s="4">
+        <v>121.55924</v>
       </c>
     </row>
     <row r="12" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="5">
         <v>3.1530000000000002E-2</v>
       </c>
       <c r="E12" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F12" s="4">
         <v>93.042917025866998</v>
       </c>
       <c r="G12" s="4">
         <v>85.061600003649005</v>
       </c>
       <c r="H12" s="4">
         <v>87.166171768451505</v>
       </c>
       <c r="I12" s="4">
         <v>77.185420344193702</v>
       </c>
       <c r="J12" s="4">
         <v>66.767926946637701</v>
       </c>
+      <c r="K12" s="4">
+        <v>68.523805999999993</v>
+      </c>
+      <c r="L12" s="4">
+        <v>81.631145000000004</v>
+      </c>
     </row>
     <row r="13" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5">
         <v>3.9890000000000002E-2</v>
       </c>
       <c r="E13" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F13" s="4">
         <v>97.441833262152301</v>
       </c>
       <c r="G13" s="4">
         <v>108.619531184118</v>
       </c>
       <c r="H13" s="4">
         <v>111.210531899556</v>
       </c>
       <c r="I13" s="4">
         <v>100.710269390953</v>
       </c>
       <c r="J13" s="4">
         <v>107.849959331569</v>
       </c>
+      <c r="K13" s="4">
+        <v>105.18093500000001</v>
+      </c>
+      <c r="L13" s="4">
+        <v>109.983238</v>
+      </c>
     </row>
     <row r="14" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5">
         <v>0.22499</v>
       </c>
       <c r="E14" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F14" s="4">
         <v>96.577163251763594</v>
       </c>
       <c r="G14" s="4">
         <v>93.663447046200105</v>
       </c>
       <c r="H14" s="4">
         <v>98.558307448612297</v>
       </c>
       <c r="I14" s="4">
         <v>94.305957827465406</v>
       </c>
       <c r="J14" s="4">
         <v>122.423215887021</v>
+      </c>
+      <c r="K14" s="4">
+        <v>128.25495900000001</v>
+      </c>
+      <c r="L14" s="4">
+        <v>138.188276</v>
       </c>
     </row>
     <row r="15" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="5">
         <v>0.22499</v>
       </c>
       <c r="E15" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F15" s="4">
         <v>96.577163251763594</v>
       </c>
       <c r="G15" s="4">
         <v>93.663447046200105</v>
       </c>
       <c r="H15" s="4">
         <v>98.558307448612396</v>
       </c>
       <c r="I15" s="4">
         <v>94.305957827465505</v>
       </c>
       <c r="J15" s="4">
         <v>122.423215887021</v>
       </c>
+      <c r="K15" s="4">
+        <v>128.25495900000001</v>
+      </c>
+      <c r="L15" s="4">
+        <v>138.188276</v>
+      </c>
     </row>
     <row r="16" spans="1:56" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="5">
         <v>0.23569999999999999</v>
       </c>
       <c r="E16" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F16" s="4">
         <v>104.14182568495799</v>
       </c>
       <c r="G16" s="4">
         <v>105.37814502571401</v>
       </c>
       <c r="H16" s="4">
         <v>103.555174917339</v>
       </c>
       <c r="I16" s="4">
         <v>107.538717322613</v>
       </c>
       <c r="J16" s="4">
         <v>107.21587509292399</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K16" s="4">
+        <v>125.082561</v>
+      </c>
+      <c r="L16" s="4">
+        <v>112.99135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="10" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="5">
         <v>0.23569999999999999</v>
       </c>
       <c r="E17" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F17" s="4">
         <v>104.14182568495799</v>
       </c>
       <c r="G17" s="4">
         <v>105.37814502571401</v>
       </c>
       <c r="H17" s="4">
         <v>103.555174917339</v>
       </c>
       <c r="I17" s="4">
         <v>107.538717322613</v>
       </c>
       <c r="J17" s="4">
         <v>107.21587509292399</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K17" s="4">
+        <v>125.082561</v>
+      </c>
+      <c r="L17" s="4">
+        <v>112.99135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="5">
         <v>1.3875900000000001</v>
       </c>
       <c r="E18" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F18" s="4">
         <v>105.89408992057901</v>
       </c>
       <c r="G18" s="4">
         <v>98.696593914846602</v>
       </c>
       <c r="H18" s="4">
         <v>102.786599234576</v>
       </c>
       <c r="I18" s="4">
         <v>100.681527917918</v>
       </c>
       <c r="J18" s="4">
         <v>103.783668513886</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K18" s="4">
+        <v>102.87196299999999</v>
+      </c>
+      <c r="L18" s="4">
+        <v>96.752802000000003</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="5">
         <v>0.58909999999999996</v>
       </c>
       <c r="E19" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F19" s="4">
         <v>105.354021114671</v>
       </c>
       <c r="G19" s="4">
         <v>96.605968769150905</v>
       </c>
       <c r="H19" s="4">
         <v>105.634643927798</v>
       </c>
       <c r="I19" s="4">
         <v>114.216292460547</v>
       </c>
       <c r="J19" s="4">
         <v>112.70461724199301</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K19" s="4">
+        <v>117.75200700000001</v>
+      </c>
+      <c r="L19" s="4">
+        <v>109.50400500000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="5">
         <v>0.44562000000000002</v>
       </c>
       <c r="E20" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F20" s="4">
         <v>109.138700811414</v>
       </c>
       <c r="G20" s="4">
         <v>95.990625679881404</v>
       </c>
       <c r="H20" s="4">
         <v>106.26480296541</v>
       </c>
       <c r="I20" s="4">
         <v>119.21968089851801</v>
       </c>
       <c r="J20" s="4">
         <v>117.509072477673</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K20" s="4">
+        <v>122.588244</v>
+      </c>
+      <c r="L20" s="4">
+        <v>113.66742000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="5">
         <v>0.14348</v>
       </c>
       <c r="E21" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F21" s="4">
         <v>93.599567766035904</v>
       </c>
       <c r="G21" s="4">
         <v>98.517100546682997</v>
       </c>
       <c r="H21" s="4">
         <v>103.677496796901</v>
       </c>
       <c r="I21" s="4">
         <v>98.676775066285302</v>
       </c>
       <c r="J21" s="4">
         <v>97.782946332290095</v>
       </c>
-    </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K21" s="4">
+        <v>102.731627</v>
+      </c>
+      <c r="L21" s="4">
+        <v>96.573277000000004</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>26</v>
       </c>
       <c r="D22" s="5">
         <v>0.79849000000000003</v>
       </c>
       <c r="E22" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F22" s="4">
         <v>106.292535152905</v>
       </c>
       <c r="G22" s="4">
         <v>100.238989277756</v>
       </c>
       <c r="H22" s="4">
         <v>100.68540431819901</v>
       </c>
       <c r="I22" s="4">
         <v>90.696018027922406</v>
       </c>
       <c r="J22" s="4">
         <v>97.202082149965307</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K22" s="4">
+        <v>91.893949000000006</v>
+      </c>
+      <c r="L22" s="4">
+        <v>87.345377999999997</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D23" s="5">
         <v>0.61751999999999996</v>
       </c>
       <c r="E23" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F23" s="4">
         <v>110.565862440234</v>
       </c>
       <c r="G23" s="4">
         <v>107.679685015077</v>
       </c>
       <c r="H23" s="4">
         <v>107.435241382651</v>
       </c>
       <c r="I23" s="4">
         <v>100.753615804752</v>
       </c>
       <c r="J23" s="4">
         <v>109.358633515056</v>
       </c>
-    </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K23" s="4">
+        <v>103.65523</v>
+      </c>
+      <c r="L23" s="4">
+        <v>97.764623999999998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="5">
         <v>0.18096999999999999</v>
       </c>
       <c r="E24" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F24" s="4">
         <v>91.710753274851697</v>
       </c>
       <c r="G24" s="4">
         <v>74.84926483884</v>
       </c>
       <c r="H24" s="4">
         <v>77.653081922001107</v>
       </c>
       <c r="I24" s="4">
         <v>56.376695603498803</v>
       </c>
       <c r="J24" s="4">
         <v>55.7205459894368</v>
       </c>
-    </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K24" s="4">
+        <v>51.761184999999998</v>
+      </c>
+      <c r="L24" s="4">
+        <v>51.792009999999998</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="5">
         <v>1.1460300000000001</v>
       </c>
       <c r="E25" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F25" s="4">
         <v>89.207302440378498</v>
       </c>
       <c r="G25" s="4">
         <v>92.165766455468997</v>
       </c>
       <c r="H25" s="4">
         <v>93.553164129250803</v>
       </c>
       <c r="I25" s="4">
         <v>105.252887302264</v>
       </c>
       <c r="J25" s="4">
         <v>90.837898894385503</v>
       </c>
-    </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K25" s="4">
+        <v>92.107776000000001</v>
+      </c>
+      <c r="L25" s="4">
+        <v>75.944693000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>31</v>
       </c>
       <c r="D26" s="5">
         <v>1.1460300000000001</v>
       </c>
       <c r="E26" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F26" s="4">
         <v>89.207302440378498</v>
       </c>
       <c r="G26" s="4">
         <v>92.165766455468997</v>
       </c>
       <c r="H26" s="4">
         <v>93.553164129250803</v>
       </c>
       <c r="I26" s="4">
         <v>105.252887302264</v>
       </c>
       <c r="J26" s="4">
         <v>90.837898894385603</v>
       </c>
-    </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K26" s="4">
+        <v>92.107776000000001</v>
+      </c>
+      <c r="L26" s="4">
+        <v>75.944693000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>33</v>
       </c>
       <c r="D27" s="5">
         <v>1.04406</v>
       </c>
       <c r="E27" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F27" s="4">
         <v>89.4820858797938</v>
       </c>
       <c r="G27" s="4">
         <v>91.670149974588497</v>
       </c>
       <c r="H27" s="4">
         <v>92.609277362198199</v>
       </c>
       <c r="I27" s="4">
         <v>105.737955996012</v>
       </c>
       <c r="J27" s="4">
         <v>90.596806268045199</v>
       </c>
-    </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K27" s="4">
+        <v>92.380512999999993</v>
+      </c>
+      <c r="L27" s="4">
+        <v>74.964500999999998</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>34</v>
       </c>
       <c r="D28" s="5">
         <v>0.10197000000000001</v>
       </c>
       <c r="E28" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F28" s="4">
         <v>86.393823988324698</v>
       </c>
       <c r="G28" s="4">
         <v>97.240330964913596</v>
       </c>
       <c r="H28" s="4">
         <v>103.21752048905201</v>
       </c>
       <c r="I28" s="4">
         <v>100.28632046500999</v>
       </c>
       <c r="J28" s="4">
         <v>93.306420689589402</v>
       </c>
-    </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K28" s="4">
+        <v>89.315251000000004</v>
+      </c>
+      <c r="L28" s="4">
+        <v>85.980782000000005</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>35</v>
       </c>
       <c r="D29" s="5">
         <v>6.0130000000000003E-2</v>
       </c>
       <c r="E29" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F29" s="4">
         <v>95.007942621976795</v>
       </c>
       <c r="G29" s="4">
         <v>99.223701867261397</v>
       </c>
       <c r="H29" s="4">
         <v>101.015093383177</v>
       </c>
       <c r="I29" s="4">
         <v>107.13471085653499</v>
       </c>
       <c r="J29" s="4">
         <v>110.618924122826</v>
       </c>
-    </row>
-    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K29" s="4">
+        <v>100.662471</v>
+      </c>
+      <c r="L29" s="4">
+        <v>110.270499</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>36</v>
       </c>
       <c r="D30" s="5">
         <v>6.0130000000000003E-2</v>
       </c>
       <c r="E30" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F30" s="4">
         <v>95.007942621976795</v>
       </c>
       <c r="G30" s="4">
         <v>99.223701867261397</v>
       </c>
       <c r="H30" s="4">
         <v>101.015093383177</v>
       </c>
       <c r="I30" s="4">
         <v>107.13471085653499</v>
       </c>
       <c r="J30" s="4">
         <v>110.618924122826</v>
       </c>
-    </row>
-    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K30" s="4">
+        <v>100.662471</v>
+      </c>
+      <c r="L30" s="4">
+        <v>110.270499</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="5">
         <v>6.0130000000000003E-2</v>
       </c>
       <c r="E31" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F31" s="4">
         <v>95.007942621976795</v>
       </c>
       <c r="G31" s="4">
         <v>99.223701867261397</v>
       </c>
       <c r="H31" s="4">
         <v>101.015093383177</v>
       </c>
       <c r="I31" s="4">
         <v>107.13471085653499</v>
       </c>
       <c r="J31" s="4">
         <v>110.618924122826</v>
       </c>
-    </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K31" s="4">
+        <v>100.662471</v>
+      </c>
+      <c r="L31" s="4">
+        <v>110.270499</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>39</v>
       </c>
       <c r="D32" s="5">
         <v>1.79793</v>
       </c>
       <c r="E32" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F32" s="4">
         <v>103.244874602001</v>
       </c>
       <c r="G32" s="4">
         <v>100.16970984799499</v>
       </c>
       <c r="H32" s="4">
         <v>89.255201655553194</v>
       </c>
       <c r="I32" s="4">
         <v>95.905240968800896</v>
       </c>
       <c r="J32" s="4">
         <v>97.772341062763701</v>
       </c>
-    </row>
-    <row r="33" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K32" s="4">
+        <v>93.790644</v>
+      </c>
+      <c r="L32" s="4">
+        <v>84.373183999999995</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>40</v>
       </c>
       <c r="D33" s="5">
         <v>5.0189999999999999E-2</v>
       </c>
       <c r="E33" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F33" s="4">
         <v>122.70843537284</v>
       </c>
       <c r="G33" s="4">
         <v>131.60508165608701</v>
       </c>
       <c r="H33" s="4">
         <v>102.645973265691</v>
       </c>
       <c r="I33" s="4">
         <v>113.43391157549701</v>
       </c>
       <c r="J33" s="4">
         <v>120.191757453337</v>
       </c>
-    </row>
-    <row r="34" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K33" s="4">
+        <v>112.278704</v>
+      </c>
+      <c r="L33" s="4">
+        <v>105.124951</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>42</v>
       </c>
       <c r="D34" s="5">
         <v>5.0189999999999999E-2</v>
       </c>
       <c r="E34" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F34" s="4">
         <v>122.70843537284</v>
       </c>
       <c r="G34" s="4">
         <v>131.60508165608701</v>
       </c>
       <c r="H34" s="4">
         <v>102.645973265691</v>
       </c>
       <c r="I34" s="4">
         <v>113.43391157549701</v>
       </c>
       <c r="J34" s="4">
         <v>120.191757453337</v>
       </c>
-    </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K34" s="4">
+        <v>112.278704</v>
+      </c>
+      <c r="L34" s="4">
+        <v>105.124951</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>43</v>
       </c>
       <c r="D35" s="5">
         <v>0.58608000000000005</v>
       </c>
       <c r="E35" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F35" s="4">
         <v>106.07556434188</v>
       </c>
       <c r="G35" s="4">
         <v>103.38491087362399</v>
       </c>
       <c r="H35" s="4">
         <v>75.515770439856098</v>
       </c>
       <c r="I35" s="4">
         <v>91.037901332959095</v>
       </c>
       <c r="J35" s="4">
         <v>97.456152378979297</v>
       </c>
-    </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K35" s="4">
+        <v>90.539900000000003</v>
+      </c>
+      <c r="L35" s="4">
+        <v>69.228587000000005</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>45</v>
       </c>
       <c r="D36" s="5">
         <v>0.34699999999999998</v>
       </c>
       <c r="E36" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F36" s="4">
         <v>119.06650315463099</v>
       </c>
       <c r="G36" s="4">
         <v>106.440164443757</v>
       </c>
       <c r="H36" s="4">
         <v>72.314448044575997</v>
       </c>
       <c r="I36" s="4">
         <v>81.019377230154106</v>
       </c>
       <c r="J36" s="4">
         <v>100.96234465095201</v>
       </c>
-    </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K36" s="4">
+        <v>99.215506000000005</v>
+      </c>
+      <c r="L36" s="4">
+        <v>50.702309</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="5">
         <v>0.12112000000000001</v>
       </c>
       <c r="E37" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F37" s="4">
         <v>84.3415008157952</v>
       </c>
       <c r="G37" s="4">
         <v>83.113864123716795</v>
       </c>
       <c r="H37" s="4">
         <v>86.089125635320499</v>
       </c>
       <c r="I37" s="4">
         <v>104.78879016350299</v>
       </c>
       <c r="J37" s="4">
         <v>91.501062821029606</v>
       </c>
-    </row>
-    <row r="38" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K37" s="4">
+        <v>74.078072000000006</v>
+      </c>
+      <c r="L37" s="4">
+        <v>60.720067</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>48</v>
       </c>
       <c r="D38" s="5">
         <v>0.11796</v>
       </c>
       <c r="E38" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F38" s="4">
         <v>90.176734282999504</v>
       </c>
       <c r="G38" s="4">
         <v>115.21142997766501</v>
       </c>
       <c r="H38" s="4">
         <v>74.076418879052</v>
       </c>
       <c r="I38" s="4">
         <v>106.389886823955</v>
       </c>
       <c r="J38" s="4">
         <v>93.256692637408605</v>
       </c>
-    </row>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K38" s="4">
+        <v>81.921903</v>
+      </c>
+      <c r="L38" s="4">
+        <v>132.46333300000001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>49</v>
       </c>
       <c r="D39" s="5">
         <v>0.48709999999999998</v>
       </c>
       <c r="E39" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F39" s="4">
         <v>97.333580661958194</v>
       </c>
       <c r="G39" s="4">
         <v>93.482291884002294</v>
       </c>
       <c r="H39" s="4">
         <v>95.5251397680438</v>
       </c>
       <c r="I39" s="4">
         <v>85.697960828392198</v>
       </c>
       <c r="J39" s="4">
         <v>75.364275352649102</v>
       </c>
-    </row>
-    <row r="40" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K39" s="4">
+        <v>77.457886000000002</v>
+      </c>
+      <c r="L39" s="4">
+        <v>84.365999000000002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>51</v>
       </c>
       <c r="D40" s="5">
         <v>0.48709999999999998</v>
       </c>
       <c r="E40" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F40" s="4">
         <v>97.333580661958294</v>
       </c>
       <c r="G40" s="4">
         <v>93.482291884002294</v>
       </c>
       <c r="H40" s="4">
         <v>95.5251397680438</v>
       </c>
       <c r="I40" s="4">
         <v>85.697960828392198</v>
       </c>
       <c r="J40" s="4">
         <v>75.364275352649102</v>
       </c>
-    </row>
-    <row r="41" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K40" s="4">
+        <v>77.457886000000002</v>
+      </c>
+      <c r="L40" s="4">
+        <v>84.365999000000002</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>52</v>
       </c>
       <c r="D41" s="5">
         <v>0.21337999999999999</v>
       </c>
       <c r="E41" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F41" s="4">
         <v>102.005577827953</v>
       </c>
       <c r="G41" s="4">
         <v>101.704969519588</v>
       </c>
       <c r="H41" s="4">
         <v>97.770174610491097</v>
       </c>
       <c r="I41" s="4">
         <v>84.4172775440245</v>
       </c>
       <c r="J41" s="4">
         <v>87.337760223119005</v>
       </c>
-    </row>
-    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K41" s="4">
+        <v>81.322958999999997</v>
+      </c>
+      <c r="L41" s="4">
+        <v>76.410435000000007</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>54</v>
       </c>
       <c r="D42" s="5">
         <v>0.21337999999999999</v>
       </c>
       <c r="E42" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F42" s="4">
         <v>102.005577827953</v>
       </c>
       <c r="G42" s="4">
         <v>101.704969519588</v>
       </c>
       <c r="H42" s="4">
         <v>97.770174610491196</v>
       </c>
       <c r="I42" s="4">
         <v>84.4172775440245</v>
       </c>
       <c r="J42" s="4">
         <v>87.337760223119005</v>
       </c>
-    </row>
-    <row r="43" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K42" s="4">
+        <v>81.322958999999997</v>
+      </c>
+      <c r="L42" s="4">
+        <v>76.410435000000007</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>55</v>
       </c>
       <c r="D43" s="5">
         <v>0.46117999999999998</v>
       </c>
       <c r="E43" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F43" s="4">
         <v>104.34627896907</v>
       </c>
       <c r="G43" s="4">
         <v>99.015586194296304</v>
       </c>
       <c r="H43" s="4">
         <v>94.696268562322999</v>
       </c>
       <c r="I43" s="4">
         <v>116.27939905890899</v>
       </c>
       <c r="J43" s="4">
         <v>124.229648452741</v>
       </c>
-    </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K43" s="4">
+        <v>118.929029</v>
+      </c>
+      <c r="L43" s="4">
+        <v>105.052756</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>57</v>
       </c>
       <c r="D44" s="5">
         <v>0.46117999999999998</v>
       </c>
       <c r="E44" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F44" s="4">
         <v>104.34627896907</v>
       </c>
       <c r="G44" s="4">
         <v>99.015586194296304</v>
       </c>
       <c r="H44" s="4">
         <v>94.696268562322999</v>
       </c>
       <c r="I44" s="4">
         <v>116.27939905890899</v>
       </c>
       <c r="J44" s="4">
         <v>124.229648452741</v>
       </c>
-    </row>
-    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K44" s="4">
+        <v>118.929029</v>
+      </c>
+      <c r="L44" s="4">
+        <v>105.052756</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>58</v>
       </c>
       <c r="D45" s="5">
         <v>0.27517000000000003</v>
       </c>
       <c r="E45" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F45" s="4">
         <v>97.853391761448293</v>
       </c>
       <c r="G45" s="4">
         <v>96.953334751663704</v>
       </c>
       <c r="H45" s="4">
         <v>99.640856322971104</v>
       </c>
       <c r="I45" s="4">
         <v>115.93890889170601</v>
       </c>
       <c r="J45" s="4">
         <v>124.83103439728499</v>
       </c>
-    </row>
-    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K45" s="4">
+        <v>120.547631</v>
+      </c>
+      <c r="L45" s="4">
+        <v>112.080084</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>59</v>
       </c>
       <c r="D46" s="5">
         <v>0.20741999999999999</v>
       </c>
       <c r="E46" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F46" s="4">
         <v>92.976063643362707</v>
       </c>
       <c r="G46" s="4">
         <v>92.570398204619494</v>
       </c>
       <c r="H46" s="4">
         <v>100.07257118310901</v>
       </c>
       <c r="I46" s="4">
         <v>121.510894331804</v>
       </c>
       <c r="J46" s="4">
         <v>132.810891263858</v>
       </c>
-    </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K46" s="4">
+        <v>125.184558</v>
+      </c>
+      <c r="L46" s="4">
+        <v>116.702051</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="5">
         <v>0.20741999999999999</v>
       </c>
       <c r="E47" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F47" s="4">
         <v>92.976063643362707</v>
       </c>
       <c r="G47" s="4">
         <v>92.570398204619494</v>
       </c>
       <c r="H47" s="4">
         <v>100.07257118310901</v>
       </c>
       <c r="I47" s="4">
         <v>121.510894331804</v>
       </c>
       <c r="J47" s="4">
         <v>132.810891263858</v>
       </c>
-    </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K47" s="4">
+        <v>125.184558</v>
+      </c>
+      <c r="L47" s="4">
+        <v>116.702051</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>62</v>
       </c>
       <c r="D48" s="5">
         <v>6.0789999999999997E-2</v>
       </c>
       <c r="E48" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F48" s="4">
         <v>113.961271723466</v>
       </c>
       <c r="G48" s="4">
         <v>110.92914791687799</v>
       </c>
       <c r="H48" s="4">
         <v>94.3725147803097</v>
       </c>
       <c r="I48" s="4">
         <v>93.409218957053099</v>
       </c>
       <c r="J48" s="4">
         <v>95.696322676686194</v>
       </c>
-    </row>
-    <row r="49" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K48" s="4">
+        <v>125.184558</v>
+      </c>
+      <c r="L48" s="4">
+        <v>116.702051</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="5">
         <v>4.1119999999999997E-2</v>
       </c>
       <c r="E49" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F49" s="4">
         <v>120.017072357201</v>
       </c>
       <c r="G49" s="4">
         <v>118.04312542930001</v>
       </c>
       <c r="H49" s="4">
         <v>90.615065022043794</v>
       </c>
       <c r="I49" s="4">
         <v>88.494466744860304</v>
       </c>
       <c r="J49" s="4">
         <v>99.350625189836904</v>
       </c>
-    </row>
-    <row r="50" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K49" s="4">
+        <v>102.77828700000001</v>
+      </c>
+      <c r="L49" s="4">
+        <v>95.259169999999997</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>65</v>
       </c>
       <c r="D50" s="5">
         <v>1.968E-2</v>
       </c>
       <c r="E50" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F50" s="4">
         <v>101.250187639297</v>
       </c>
       <c r="G50" s="4">
         <v>96.008617084056695</v>
       </c>
       <c r="H50" s="4">
         <v>102.17549287543601</v>
       </c>
       <c r="I50" s="4">
         <v>103.630790033059</v>
       </c>
       <c r="J50" s="4">
         <v>88.012283928336103</v>
       </c>
-    </row>
-    <row r="51" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K50" s="4">
+        <v>105.41994099999999</v>
+      </c>
+      <c r="L50" s="4">
+        <v>97.341763</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D51" s="5">
         <v>6.96E-3</v>
       </c>
       <c r="E51" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F51" s="4">
         <v>102.516807761777</v>
       </c>
       <c r="G51" s="4">
         <v>105.50491754972801</v>
       </c>
       <c r="H51" s="4">
         <v>132.78973363454901</v>
       </c>
       <c r="I51" s="4">
         <v>146.66285014777901</v>
       </c>
       <c r="J51" s="4">
         <v>141.48580655685899</v>
       </c>
-    </row>
-    <row r="52" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K51" s="4">
+        <v>137.56015500000001</v>
+      </c>
+      <c r="L51" s="4">
+        <v>121.254668</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>68</v>
       </c>
       <c r="D52" s="5">
         <v>6.96E-3</v>
       </c>
       <c r="E52" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F52" s="4">
         <v>102.516807761777</v>
       </c>
       <c r="G52" s="4">
         <v>105.50491754972801</v>
       </c>
       <c r="H52" s="4">
         <v>132.78973363454901</v>
       </c>
       <c r="I52" s="4">
         <v>146.66285014777901</v>
       </c>
       <c r="J52" s="4">
         <v>141.48580655685899</v>
       </c>
-    </row>
-    <row r="53" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K52" s="4">
+        <v>137.56015500000001</v>
+      </c>
+      <c r="L52" s="4">
+        <v>121.254668</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>69</v>
       </c>
       <c r="D53" s="5">
         <v>1.28139</v>
       </c>
       <c r="E53" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F53" s="4">
         <v>123.38958604453801</v>
       </c>
       <c r="G53" s="4">
         <v>131.451885903564</v>
       </c>
       <c r="H53" s="4">
         <v>132.362717860364</v>
       </c>
       <c r="I53" s="4">
         <v>117.819376292219</v>
       </c>
       <c r="J53" s="4">
         <v>126.192536333015</v>
       </c>
-    </row>
-    <row r="54" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K53" s="4">
+        <v>137.80927199999999</v>
+      </c>
+      <c r="L53" s="4">
+        <v>143.62355400000001</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>70</v>
       </c>
       <c r="D54" s="5">
         <v>1.28139</v>
       </c>
       <c r="E54" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F54" s="4">
         <v>123.38958604453801</v>
       </c>
       <c r="G54" s="4">
         <v>131.451885903564</v>
       </c>
       <c r="H54" s="4">
         <v>132.362717860364</v>
       </c>
       <c r="I54" s="4">
         <v>117.819376292219</v>
       </c>
       <c r="J54" s="4">
         <v>126.192536333015</v>
       </c>
-    </row>
-    <row r="55" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K54" s="4">
+        <v>137.80927199999999</v>
+      </c>
+      <c r="L54" s="4">
+        <v>143.62355400000001</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>72</v>
       </c>
       <c r="D55" s="5">
         <v>0.50456999999999996</v>
       </c>
       <c r="E55" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F55" s="4">
         <v>144.17258545897599</v>
       </c>
       <c r="G55" s="4">
         <v>152.317242533539</v>
       </c>
       <c r="H55" s="4">
         <v>159.11469270582299</v>
       </c>
       <c r="I55" s="4">
         <v>133.41119231211701</v>
       </c>
       <c r="J55" s="4">
         <v>152.728853996645</v>
       </c>
-    </row>
-    <row r="56" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K55" s="4">
+        <v>184.85707400000001</v>
+      </c>
+      <c r="L55" s="4">
+        <v>183.302269</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>73</v>
       </c>
       <c r="D56" s="5">
         <v>0.77681</v>
       </c>
       <c r="E56" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F56" s="4">
         <v>109.891762743239</v>
       </c>
       <c r="G56" s="4">
         <v>117.90067199549399</v>
       </c>
       <c r="H56" s="4">
         <v>114.98791537250401</v>
       </c>
       <c r="I56" s="4">
         <v>107.69336811081401</v>
       </c>
       <c r="J56" s="4">
         <v>108.95773261244599</v>
       </c>
-    </row>
-    <row r="57" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K56" s="4">
+        <v>107.25156699999999</v>
+      </c>
+      <c r="L56" s="4">
+        <v>117.852448</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>74</v>
       </c>
       <c r="D57" s="5">
         <v>1.2718700000000001</v>
       </c>
       <c r="E57" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F57" s="4">
         <v>101.10628296591101</v>
       </c>
       <c r="G57" s="4">
         <v>107.685355576417</v>
       </c>
       <c r="H57" s="4">
         <v>113.41309121515199</v>
       </c>
       <c r="I57" s="4">
         <v>119.51566825927701</v>
       </c>
       <c r="J57" s="4">
         <v>115.003613695011</v>
       </c>
-    </row>
-    <row r="58" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K57" s="4">
+        <v>110.740275</v>
+      </c>
+      <c r="L57" s="4">
+        <v>112.7799</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>75</v>
       </c>
       <c r="D58" s="5">
         <v>0.80764000000000002</v>
       </c>
       <c r="E58" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F58" s="4">
         <v>102.27778837920199</v>
       </c>
       <c r="G58" s="4">
         <v>112.44627268651701</v>
       </c>
       <c r="H58" s="4">
         <v>118.362032084662</v>
       </c>
       <c r="I58" s="4">
         <v>123.433368100062</v>
       </c>
       <c r="J58" s="4">
         <v>117.774899545971</v>
       </c>
-    </row>
-    <row r="59" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K58" s="4">
+        <v>109.792823</v>
+      </c>
+      <c r="L58" s="4">
+        <v>113.558498</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>77</v>
       </c>
       <c r="D59" s="5">
         <v>0.80764000000000002</v>
       </c>
       <c r="E59" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F59" s="4">
         <v>102.27778837920199</v>
       </c>
       <c r="G59" s="4">
         <v>112.44627268651701</v>
       </c>
       <c r="H59" s="4">
         <v>118.362032084662</v>
       </c>
       <c r="I59" s="4">
         <v>123.433368100062</v>
       </c>
       <c r="J59" s="4">
         <v>117.774899545971</v>
       </c>
-    </row>
-    <row r="60" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K59" s="4">
+        <v>109.792823</v>
+      </c>
+      <c r="L59" s="4">
+        <v>113.558498</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>78</v>
       </c>
       <c r="D60" s="5">
         <v>0.15803</v>
       </c>
       <c r="E60" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F60" s="4">
         <v>97.278455859657299</v>
       </c>
       <c r="G60" s="4">
         <v>95.398001606749901</v>
       </c>
       <c r="H60" s="4">
         <v>99.607206719421498</v>
       </c>
       <c r="I60" s="4">
         <v>134.595052202647</v>
       </c>
       <c r="J60" s="4">
         <v>126.98576119310501</v>
       </c>
-    </row>
-    <row r="61" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K60" s="4">
+        <v>119.14259300000001</v>
+      </c>
+      <c r="L60" s="4">
+        <v>119.721199</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>80</v>
       </c>
       <c r="D61" s="5">
         <v>5.1290000000000002E-2</v>
       </c>
       <c r="E61" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F61" s="4">
         <v>92.084581869697601</v>
       </c>
       <c r="G61" s="4">
         <v>87.110348588586703</v>
       </c>
       <c r="H61" s="4">
         <v>93.822960650311899</v>
       </c>
       <c r="I61" s="4">
         <v>95.914668048587401</v>
       </c>
       <c r="J61" s="4">
         <v>102.567370182047</v>
       </c>
-    </row>
-    <row r="62" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K61" s="4">
+        <v>104.62244</v>
+      </c>
+      <c r="L61" s="4">
+        <v>101.83448</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>81</v>
       </c>
       <c r="D62" s="5">
         <v>7.7329999999999996E-2</v>
       </c>
       <c r="E62" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F62" s="4">
         <v>100.547478537342</v>
       </c>
       <c r="G62" s="4">
         <v>99.703019970822396</v>
       </c>
       <c r="H62" s="4">
         <v>101.486962712147</v>
       </c>
       <c r="I62" s="4">
         <v>171.91499603718401</v>
       </c>
       <c r="J62" s="4">
         <v>148.992310136513</v>
       </c>
-    </row>
-    <row r="63" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K62" s="4">
+        <v>130.71357900000001</v>
+      </c>
+      <c r="L62" s="4">
+        <v>133.339901</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>626</v>
       </c>
       <c r="D63" s="5">
         <v>2.9409999999999999E-2</v>
       </c>
       <c r="E63" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F63" s="4">
         <v>97.740892897388093</v>
       </c>
       <c r="G63" s="4">
         <v>98.531855847071697</v>
       </c>
       <c r="H63" s="4">
         <v>104.75213871422601</v>
       </c>
       <c r="I63" s="4">
         <v>103.924043924405</v>
       </c>
       <c r="J63" s="4">
         <v>111.70704120545901</v>
       </c>
-    </row>
-    <row r="64" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K63" s="4">
+        <v>114.04073</v>
+      </c>
+      <c r="L63" s="4">
+        <v>115.106291</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>82</v>
       </c>
       <c r="D64" s="5">
         <v>0.19994000000000001</v>
       </c>
       <c r="E64" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F64" s="4">
         <v>99.861597733524107</v>
       </c>
       <c r="G64" s="4">
         <v>101.295061738424</v>
       </c>
       <c r="H64" s="4">
         <v>107.999550544546</v>
       </c>
       <c r="I64" s="4">
         <v>100.246952455761</v>
       </c>
       <c r="J64" s="4">
         <v>100.882146244049</v>
       </c>
-    </row>
-    <row r="65" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K64" s="4">
+        <v>109.614366</v>
+      </c>
+      <c r="L64" s="4">
+        <v>111.875443</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>84</v>
       </c>
       <c r="D65" s="5">
         <v>0.19994000000000001</v>
       </c>
       <c r="E65" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F65" s="4">
         <v>99.861597733524107</v>
       </c>
       <c r="G65" s="4">
         <v>101.295061738424</v>
       </c>
       <c r="H65" s="4">
         <v>107.999550544546</v>
       </c>
       <c r="I65" s="4">
         <v>100.246952455761</v>
       </c>
       <c r="J65" s="4">
         <v>100.882146244049</v>
       </c>
-    </row>
-    <row r="66" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K65" s="4">
+        <v>109.614366</v>
+      </c>
+      <c r="L65" s="4">
+        <v>111.875443</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>85</v>
       </c>
       <c r="D66" s="5">
         <v>0.10625999999999999</v>
       </c>
       <c r="E66" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F66" s="4">
         <v>100.23689891710799</v>
       </c>
       <c r="G66" s="4">
         <v>101.797333771346</v>
       </c>
       <c r="H66" s="4">
         <v>106.51646637692301</v>
       </c>
       <c r="I66" s="4">
         <v>103.568942245473</v>
       </c>
       <c r="J66" s="4">
         <v>102.691418403773</v>
       </c>
-    </row>
-    <row r="67" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K66" s="4">
+        <v>107.564071</v>
+      </c>
+      <c r="L66" s="4">
+        <v>98.240813000000003</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>87</v>
       </c>
       <c r="D67" s="5">
         <v>9.0109999999999996E-2</v>
       </c>
       <c r="E67" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F67" s="4">
         <v>100.610616451737</v>
       </c>
       <c r="G67" s="4">
         <v>102.400471172435</v>
       </c>
       <c r="H67" s="4">
         <v>108.087751121963</v>
       </c>
       <c r="I67" s="4">
         <v>105.172779251598</v>
       </c>
       <c r="J67" s="4">
         <v>105.30086702818301</v>
       </c>
-    </row>
-    <row r="68" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K67" s="4">
+        <v>111.14702800000001</v>
+      </c>
+      <c r="L67" s="4">
+        <v>100.20062299999999</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>627</v>
       </c>
       <c r="D68" s="5">
         <v>1.6140000000000002E-2</v>
       </c>
       <c r="E68" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F68" s="4">
         <v>98.212529768641105</v>
       </c>
       <c r="G68" s="4">
         <v>98.493074919154196</v>
       </c>
       <c r="H68" s="4">
         <v>97.809941983381506</v>
       </c>
       <c r="I68" s="4">
         <v>94.678851588749097</v>
       </c>
       <c r="J68" s="4">
         <v>88.186430710983601</v>
       </c>
-    </row>
-    <row r="69" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K68" s="4">
+        <v>87.626986000000002</v>
+      </c>
+      <c r="L68" s="4">
+        <v>87.360020000000006</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>628</v>
       </c>
       <c r="D69" s="5">
         <v>0.15639</v>
       </c>
       <c r="E69" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F69" s="4">
         <v>97.459382514084695</v>
       </c>
       <c r="G69" s="4">
         <v>97.066494389756002</v>
       </c>
       <c r="H69" s="4">
         <v>107.51221035345</v>
       </c>
       <c r="I69" s="4">
         <v>95.979084668857794</v>
       </c>
       <c r="J69" s="4">
         <v>99.139004583948804</v>
       </c>
-    </row>
-    <row r="70" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K69" s="4">
+        <v>91.996459000000002</v>
+      </c>
+      <c r="L69" s="4">
+        <v>84.362196999999995</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>629</v>
       </c>
       <c r="D70" s="5">
         <v>0.15639</v>
       </c>
       <c r="E70" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F70" s="4">
         <v>97.459382514084695</v>
       </c>
       <c r="G70" s="4">
         <v>97.066494389755903</v>
       </c>
       <c r="H70" s="4">
         <v>107.51221035345</v>
       </c>
       <c r="I70" s="4">
         <v>95.979084668857794</v>
       </c>
       <c r="J70" s="4">
         <v>99.139004583948804</v>
       </c>
-    </row>
-    <row r="71" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K70" s="4">
+        <v>91.996459000000002</v>
+      </c>
+      <c r="L70" s="4">
+        <v>84.362196999999995</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>631</v>
       </c>
       <c r="D71" s="5">
         <v>0.15639</v>
       </c>
       <c r="E71" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F71" s="4">
         <v>97.459382514084695</v>
       </c>
       <c r="G71" s="4">
         <v>97.066494389756002</v>
       </c>
       <c r="H71" s="4">
         <v>107.51221035345</v>
       </c>
       <c r="I71" s="4">
         <v>95.979084668857794</v>
       </c>
       <c r="J71" s="4">
         <v>99.139004583948804</v>
       </c>
-    </row>
-    <row r="72" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K71" s="4">
+        <v>91.996459000000002</v>
+      </c>
+      <c r="L71" s="4">
+        <v>84.362196999999995</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>88</v>
       </c>
       <c r="D72" s="5">
         <v>0.72806000000000004</v>
       </c>
       <c r="E72" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F72" s="4">
         <v>101.29297569949</v>
       </c>
       <c r="G72" s="4">
         <v>91.240570034784298</v>
       </c>
       <c r="H72" s="4">
         <v>88.294021170585907</v>
       </c>
       <c r="I72" s="4">
         <v>85.034088776951407</v>
       </c>
       <c r="J72" s="4">
         <v>95.540908699134903</v>
       </c>
-    </row>
-    <row r="73" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K72" s="4">
+        <v>95.958085999999994</v>
+      </c>
+      <c r="L72" s="4">
+        <v>79.618657999999996</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>89</v>
       </c>
       <c r="D73" s="5">
         <v>0.69318000000000002</v>
       </c>
       <c r="E73" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F73" s="4">
         <v>101.30790628365401</v>
       </c>
       <c r="G73" s="4">
         <v>90.585410733823196</v>
       </c>
       <c r="H73" s="4">
         <v>87.702192416248494</v>
       </c>
       <c r="I73" s="4">
         <v>84.991557211472696</v>
       </c>
       <c r="J73" s="4">
         <v>95.546458575608895</v>
       </c>
-    </row>
-    <row r="74" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K73" s="4">
+        <v>95.466155999999998</v>
+      </c>
+      <c r="L73" s="4">
+        <v>78.369297000000003</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>91</v>
       </c>
       <c r="D74" s="5">
         <v>0.69318000000000002</v>
       </c>
       <c r="E74" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F74" s="4">
         <v>101.30790628365401</v>
       </c>
       <c r="G74" s="4">
         <v>90.585410733823196</v>
       </c>
       <c r="H74" s="4">
         <v>87.702192416248494</v>
       </c>
       <c r="I74" s="4">
         <v>84.991557211472696</v>
       </c>
       <c r="J74" s="4">
         <v>95.546458575608895</v>
       </c>
-    </row>
-    <row r="75" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K74" s="4">
+        <v>95.466155999999998</v>
+      </c>
+      <c r="L74" s="4">
+        <v>78.369297000000003</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>92</v>
       </c>
       <c r="D75" s="5">
         <v>3.4880000000000001E-2</v>
       </c>
       <c r="E75" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F75" s="4">
         <v>100.99625602258401</v>
       </c>
       <c r="G75" s="4">
         <v>104.260734147177</v>
       </c>
       <c r="H75" s="4">
         <v>100.05559960899301</v>
       </c>
       <c r="I75" s="4">
         <v>85.879330478745899</v>
       </c>
       <c r="J75" s="4">
         <v>95.430614451022706</v>
       </c>
-    </row>
-    <row r="76" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K75" s="4">
+        <v>105.73435499999999</v>
+      </c>
+      <c r="L75" s="4">
+        <v>104.44755600000001</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D76" s="5">
         <v>2.4199999999999999E-2</v>
       </c>
       <c r="E76" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F76" s="4">
         <v>104.52599114786899</v>
       </c>
       <c r="G76" s="4">
         <v>104.03448359288799</v>
       </c>
       <c r="H76" s="4">
         <v>95.478177489255103</v>
       </c>
       <c r="I76" s="4">
         <v>78.269399436024301</v>
       </c>
       <c r="J76" s="4">
         <v>83.339219321311106</v>
       </c>
-    </row>
-    <row r="77" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K76" s="4">
+        <v>93.254796999999996</v>
+      </c>
+      <c r="L76" s="4">
+        <v>96.263513000000003</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>95</v>
       </c>
       <c r="D77" s="5">
         <v>1.0670000000000001E-2</v>
       </c>
       <c r="E77" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F77" s="4">
         <v>93.085325612868402</v>
       </c>
       <c r="G77" s="4">
         <v>104.871593636892</v>
       </c>
       <c r="H77" s="4">
         <v>110.53115455686201</v>
       </c>
       <c r="I77" s="4">
         <v>103.21945461545199</v>
       </c>
       <c r="J77" s="4">
         <v>122.943835471035</v>
       </c>
-    </row>
-    <row r="78" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K77" s="4">
+        <v>134.13759999999999</v>
+      </c>
+      <c r="L77" s="4">
+        <v>123.107193</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>96</v>
       </c>
       <c r="D78" s="5">
         <v>0.70620000000000005</v>
       </c>
       <c r="E78" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F78" s="4">
         <v>101.131630657618</v>
       </c>
       <c r="G78" s="4">
         <v>103.86449400407901</v>
       </c>
       <c r="H78" s="4">
         <v>104.225958416678</v>
       </c>
       <c r="I78" s="4">
         <v>101.795297298233</v>
       </c>
       <c r="J78" s="4">
         <v>104.73645552357399</v>
       </c>
-    </row>
-    <row r="79" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K78" s="4">
+        <v>102.19765099999999</v>
+      </c>
+      <c r="L78" s="4">
+        <v>101.716675</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>97</v>
       </c>
       <c r="D79" s="5">
         <v>0.49330000000000002</v>
       </c>
       <c r="E79" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F79" s="4">
         <v>98.898671058312999</v>
       </c>
       <c r="G79" s="4">
         <v>102.696928008425</v>
       </c>
       <c r="H79" s="4">
         <v>104.781861303761</v>
       </c>
       <c r="I79" s="4">
         <v>103.464483349909</v>
       </c>
       <c r="J79" s="4">
         <v>106.209240409408</v>
       </c>
-    </row>
-    <row r="80" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K79" s="4">
+        <v>101.91639600000001</v>
+      </c>
+      <c r="L79" s="4">
+        <v>101.482241</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>99</v>
       </c>
       <c r="D80" s="5">
         <v>0.23446</v>
       </c>
       <c r="E80" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F80" s="4">
         <v>100.403280252396</v>
       </c>
       <c r="G80" s="4">
         <v>107.982989972064</v>
       </c>
       <c r="H80" s="4">
         <v>116.11197197047299</v>
       </c>
       <c r="I80" s="4">
         <v>117.547578966922</v>
       </c>
       <c r="J80" s="4">
         <v>124.39313808210601</v>
       </c>
-    </row>
-    <row r="81" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K80" s="4">
+        <v>121.442885</v>
+      </c>
+      <c r="L80" s="4">
+        <v>118.34652800000001</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>100</v>
       </c>
       <c r="D81" s="5">
         <v>0.25884000000000001</v>
       </c>
       <c r="E81" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F81" s="4">
         <v>97.535780192741001</v>
       </c>
       <c r="G81" s="4">
         <v>97.908757370213294</v>
       </c>
       <c r="H81" s="4">
         <v>94.518927650086695</v>
       </c>
       <c r="I81" s="4">
         <v>90.707866913637005</v>
       </c>
       <c r="J81" s="4">
         <v>89.738074251392504</v>
       </c>
-    </row>
-    <row r="82" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K81" s="4">
+        <v>84.229095999999998</v>
+      </c>
+      <c r="L81" s="4">
+        <v>86.206393000000006</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>101</v>
       </c>
       <c r="D82" s="5">
         <v>0.21290000000000001</v>
       </c>
       <c r="E82" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F82" s="4">
         <v>106.305510274043</v>
       </c>
       <c r="G82" s="4">
         <v>106.569803095933</v>
       </c>
       <c r="H82" s="4">
         <v>102.937903488551</v>
       </c>
       <c r="I82" s="4">
         <v>97.927709325984196</v>
       </c>
       <c r="J82" s="4">
         <v>101.323938923375</v>
       </c>
-    </row>
-    <row r="83" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K82" s="4">
+        <v>102.849333</v>
+      </c>
+      <c r="L82" s="4">
+        <v>102.25986899999999</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>103</v>
       </c>
       <c r="D83" s="5">
         <v>3.8780000000000002E-2</v>
       </c>
       <c r="E83" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F83" s="4">
         <v>103.862427411472</v>
       </c>
       <c r="G83" s="4">
         <v>101.445104830323</v>
       </c>
       <c r="H83" s="4">
         <v>97.109571042116599</v>
       </c>
       <c r="I83" s="4">
         <v>94.614723841882906</v>
       </c>
       <c r="J83" s="4">
         <v>98.501188316473304</v>
       </c>
-    </row>
-    <row r="84" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K83" s="4">
+        <v>91.234207999999995</v>
+      </c>
+      <c r="L83" s="4">
+        <v>86.049113000000006</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>104</v>
       </c>
       <c r="D84" s="5">
         <v>1.8380000000000001E-2</v>
       </c>
       <c r="E84" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F84" s="4">
         <v>97.541708661585702</v>
       </c>
       <c r="G84" s="4">
         <v>91.963021822258597</v>
       </c>
       <c r="H84" s="4">
         <v>91.633857153103094</v>
       </c>
       <c r="I84" s="4">
         <v>48.743172286750699</v>
       </c>
       <c r="J84" s="4">
         <v>50.372512233576103</v>
       </c>
-    </row>
-    <row r="85" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K84" s="4">
+        <v>61.681879000000002</v>
+      </c>
+      <c r="L84" s="4">
+        <v>65.800735000000003</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>105</v>
       </c>
       <c r="D85" s="5">
         <v>0.11108999999999999</v>
       </c>
       <c r="E85" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F85" s="4">
         <v>111.76131683862801</v>
       </c>
       <c r="G85" s="4">
         <v>116.135033312703</v>
       </c>
       <c r="H85" s="4">
         <v>114.18851613460301</v>
       </c>
       <c r="I85" s="4">
         <v>112.47837356162201</v>
       </c>
       <c r="J85" s="4">
         <v>110.89129121994399</v>
       </c>
-    </row>
-    <row r="86" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K85" s="4">
+        <v>108.67035799999999</v>
+      </c>
+      <c r="L85" s="4">
+        <v>109.21025400000001</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>107</v>
       </c>
       <c r="D86" s="5">
         <v>4.4650000000000002E-2</v>
       </c>
       <c r="E86" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F86" s="4">
         <v>98.460849037485801</v>
       </c>
       <c r="G86" s="4">
         <v>93.235133751467004</v>
       </c>
       <c r="H86" s="4">
         <v>84.661543915614899</v>
       </c>
       <c r="I86" s="4">
         <v>84.849457991550594</v>
       </c>
       <c r="J86" s="4">
         <v>100.945805092879</v>
       </c>
-    </row>
-    <row r="87" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K86" s="4">
+        <v>115.40106400000001</v>
+      </c>
+      <c r="L86" s="4">
+        <v>114.055027</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>108</v>
       </c>
       <c r="D87" s="5">
         <v>1.8040499999999999</v>
       </c>
       <c r="E87" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F87" s="4">
         <v>111.402563525687</v>
       </c>
       <c r="G87" s="4">
         <v>153.16674346567601</v>
       </c>
       <c r="H87" s="4">
         <v>141.692389902923</v>
       </c>
       <c r="I87" s="4">
         <v>84.686501553156702</v>
       </c>
       <c r="J87" s="4">
         <v>93.067356939300197</v>
       </c>
-    </row>
-    <row r="88" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K87" s="4">
+        <v>104.297629</v>
+      </c>
+      <c r="L87" s="4">
+        <v>113.669003</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>109</v>
       </c>
       <c r="D88" s="5">
         <v>0.79937000000000002</v>
       </c>
       <c r="E88" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F88" s="4">
         <v>118.094908621531</v>
       </c>
       <c r="G88" s="4">
         <v>171.63349114509199</v>
       </c>
       <c r="H88" s="4">
         <v>163.109407469053</v>
       </c>
       <c r="I88" s="4">
         <v>80.617298166194601</v>
       </c>
       <c r="J88" s="4">
         <v>93.783215197626703</v>
       </c>
-    </row>
-    <row r="89" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K88" s="4">
+        <v>121.47438200000001</v>
+      </c>
+      <c r="L88" s="4">
+        <v>123.497961</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>111</v>
       </c>
       <c r="D89" s="5">
         <v>0.79937000000000002</v>
       </c>
       <c r="E89" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F89" s="4">
         <v>118.094908621531</v>
       </c>
       <c r="G89" s="4">
         <v>171.63349114509199</v>
       </c>
       <c r="H89" s="4">
         <v>163.109407469053</v>
       </c>
       <c r="I89" s="4">
         <v>80.617298166194601</v>
       </c>
       <c r="J89" s="4">
         <v>93.783215197626703</v>
       </c>
-    </row>
-    <row r="90" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K89" s="4">
+        <v>121.47438200000001</v>
+      </c>
+      <c r="L89" s="4">
+        <v>123.497961</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>112</v>
       </c>
       <c r="D90" s="5">
         <v>1.00467</v>
       </c>
       <c r="E90" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F90" s="4">
         <v>106.07887925758899</v>
       </c>
       <c r="G90" s="4">
         <v>138.47512091791401</v>
       </c>
       <c r="H90" s="4">
         <v>124.653258239851</v>
       </c>
       <c r="I90" s="4">
         <v>87.925023631502199</v>
       </c>
       <c r="J90" s="4">
         <v>92.4987075893753</v>
       </c>
-    </row>
-    <row r="91" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K90" s="4">
+        <v>90.631910000000005</v>
+      </c>
+      <c r="L90" s="4">
+        <v>105.849682</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>114</v>
       </c>
       <c r="D91" s="5">
         <v>0.31517000000000001</v>
       </c>
       <c r="E91" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F91" s="4">
         <v>103.443518243006</v>
       </c>
       <c r="G91" s="4">
         <v>124.24388923395399</v>
       </c>
       <c r="H91" s="4">
         <v>101.101483066036</v>
       </c>
       <c r="I91" s="4">
         <v>94.568727637285505</v>
       </c>
       <c r="J91" s="4">
         <v>103.31954781315</v>
       </c>
-    </row>
-    <row r="92" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K91" s="4">
+        <v>95.113849000000002</v>
+      </c>
+      <c r="L91" s="4">
+        <v>110.736887</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>115</v>
       </c>
       <c r="D92" s="5">
         <v>0.57103999999999999</v>
       </c>
       <c r="E92" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F92" s="4">
         <v>108.02807090352999</v>
       </c>
       <c r="G92" s="4">
         <v>144.65332146010201</v>
       </c>
       <c r="H92" s="4">
         <v>134.049601592898</v>
       </c>
       <c r="I92" s="4">
         <v>86.956452196599997</v>
       </c>
       <c r="J92" s="4">
         <v>90.065530092142495</v>
       </c>
-    </row>
-    <row r="93" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K92" s="4">
+        <v>88.585481000000001</v>
+      </c>
+      <c r="L92" s="4">
+        <v>107.46171099999999</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>116</v>
       </c>
       <c r="D93" s="5">
         <v>0.11846</v>
       </c>
       <c r="E93" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F93" s="4">
         <v>103.69427967518099</v>
       </c>
       <c r="G93" s="4">
         <v>146.55597227890101</v>
       </c>
       <c r="H93" s="4">
         <v>142.01882529377201</v>
       </c>
       <c r="I93" s="4">
         <v>74.918074793783703</v>
       </c>
       <c r="J93" s="4">
         <v>75.438412677105802</v>
       </c>
-    </row>
-    <row r="94" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K93" s="4">
+        <v>88.572308000000007</v>
+      </c>
+      <c r="L93" s="4">
+        <v>85.076141000000007</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>117</v>
       </c>
       <c r="D94" s="5">
         <v>0.28305999999999998</v>
       </c>
       <c r="E94" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F94" s="4">
         <v>102.54173453642601</v>
       </c>
       <c r="G94" s="4">
         <v>106.221574895825</v>
       </c>
       <c r="H94" s="4">
         <v>113.147201606552</v>
       </c>
       <c r="I94" s="4">
         <v>117.803799093544</v>
       </c>
       <c r="J94" s="4">
         <v>126.935815174677</v>
       </c>
-    </row>
-    <row r="95" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K94" s="4">
+        <v>127.89991999999999</v>
+      </c>
+      <c r="L94" s="4">
+        <v>127.100888</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>118</v>
       </c>
       <c r="D95" s="5">
         <v>0.28305999999999998</v>
       </c>
       <c r="E95" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F95" s="4">
         <v>102.54173453642601</v>
       </c>
       <c r="G95" s="4">
         <v>106.221574895825</v>
       </c>
       <c r="H95" s="4">
         <v>113.147201606552</v>
       </c>
       <c r="I95" s="4">
         <v>117.803799093544</v>
       </c>
       <c r="J95" s="4">
         <v>126.935815174677</v>
       </c>
-    </row>
-    <row r="96" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K95" s="4">
+        <v>127.89991999999999</v>
+      </c>
+      <c r="L95" s="4">
+        <v>127.100888</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>120</v>
       </c>
       <c r="D96" s="5">
         <v>0.28305999999999998</v>
       </c>
       <c r="E96" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F96" s="4">
         <v>102.54173453642601</v>
       </c>
       <c r="G96" s="4">
         <v>106.221574895825</v>
       </c>
       <c r="H96" s="4">
         <v>113.147201606552</v>
       </c>
       <c r="I96" s="4">
         <v>117.803799093544</v>
       </c>
       <c r="J96" s="4">
         <v>126.935815174677</v>
       </c>
-    </row>
-    <row r="97" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K96" s="4">
+        <v>127.89991999999999</v>
+      </c>
+      <c r="L96" s="4">
+        <v>127.100888</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>121</v>
       </c>
       <c r="D97" s="5">
         <v>0.1804</v>
       </c>
       <c r="E97" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F97" s="4">
         <v>101.90060207911</v>
       </c>
       <c r="G97" s="4">
         <v>101.67377375487401</v>
       </c>
       <c r="H97" s="4">
         <v>89.739815193206695</v>
       </c>
       <c r="I97" s="4">
         <v>88.041847574220398</v>
       </c>
       <c r="J97" s="4">
         <v>84.870137095991893</v>
       </c>
-    </row>
-    <row r="98" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K97" s="4">
+        <v>80.989433000000005</v>
+      </c>
+      <c r="L97" s="4">
+        <v>79.679015000000007</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>122</v>
       </c>
       <c r="D98" s="5">
         <v>0.1804</v>
       </c>
       <c r="E98" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F98" s="4">
         <v>101.90060207911</v>
       </c>
       <c r="G98" s="4">
         <v>101.67377375487401</v>
       </c>
       <c r="H98" s="4">
         <v>89.739815193206596</v>
       </c>
       <c r="I98" s="4">
         <v>88.041847574220398</v>
       </c>
       <c r="J98" s="4">
         <v>84.870137095991893</v>
       </c>
-    </row>
-    <row r="99" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K98" s="4">
+        <v>80.989433000000005</v>
+      </c>
+      <c r="L98" s="4">
+        <v>79.679015000000007</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>124</v>
       </c>
       <c r="D99" s="5">
         <v>0.1804</v>
       </c>
       <c r="E99" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F99" s="4">
         <v>101.90060207911</v>
       </c>
       <c r="G99" s="4">
         <v>101.67377375487401</v>
       </c>
       <c r="H99" s="4">
         <v>89.739815193206695</v>
       </c>
       <c r="I99" s="4">
         <v>88.041847574220398</v>
       </c>
       <c r="J99" s="4">
         <v>84.870137095991893</v>
       </c>
-    </row>
-    <row r="100" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K99" s="4">
+        <v>80.989433000000005</v>
+      </c>
+      <c r="L99" s="4">
+        <v>79.679015000000007</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>125</v>
       </c>
       <c r="D100" s="5">
         <v>0.84175999999999995</v>
       </c>
       <c r="E100" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F100" s="4">
         <v>101.89477846791701</v>
       </c>
       <c r="G100" s="4">
         <v>102.451419488966</v>
       </c>
       <c r="H100" s="4">
         <v>98.539755871121997</v>
       </c>
       <c r="I100" s="4">
         <v>92.280627825641602</v>
       </c>
       <c r="J100" s="4">
         <v>99.073650091224195</v>
       </c>
-    </row>
-    <row r="101" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K100" s="4">
+        <v>100.82267899999999</v>
+      </c>
+      <c r="L100" s="4">
+        <v>101.665014</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>126</v>
       </c>
       <c r="D101" s="5">
         <v>0.21181</v>
       </c>
       <c r="E101" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F101" s="4">
         <v>106.95097641574201</v>
       </c>
       <c r="G101" s="4">
         <v>110.805873715708</v>
       </c>
       <c r="H101" s="4">
         <v>101.035565850681</v>
       </c>
       <c r="I101" s="4">
         <v>86.570606804106802</v>
       </c>
       <c r="J101" s="4">
         <v>98.086742251872096</v>
       </c>
-    </row>
-    <row r="102" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K101" s="4">
+        <v>99.539445000000001</v>
+      </c>
+      <c r="L101" s="4">
+        <v>109.17314399999999</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>128</v>
       </c>
       <c r="D102" s="5">
         <v>0.21181</v>
       </c>
       <c r="E102" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F102" s="4">
         <v>106.95097641574201</v>
       </c>
       <c r="G102" s="4">
         <v>110.805873715708</v>
       </c>
       <c r="H102" s="4">
         <v>101.03556585068</v>
       </c>
       <c r="I102" s="4">
         <v>86.570606804106802</v>
       </c>
       <c r="J102" s="4">
         <v>98.086742251872096</v>
       </c>
-    </row>
-    <row r="103" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K102" s="4">
+        <v>99.539445000000001</v>
+      </c>
+      <c r="L102" s="4">
+        <v>109.17314399999999</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>129</v>
       </c>
       <c r="D103" s="5">
         <v>0.10100000000000001</v>
       </c>
       <c r="E103" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F103" s="4">
         <v>95.508069715185002</v>
       </c>
       <c r="G103" s="4">
         <v>104.39783430863901</v>
       </c>
       <c r="H103" s="4">
         <v>109.254710269738</v>
       </c>
       <c r="I103" s="4">
         <v>110.151357404322</v>
       </c>
       <c r="J103" s="4">
         <v>114.75709505998</v>
       </c>
-    </row>
-    <row r="104" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K103" s="4">
+        <v>104.894068</v>
+      </c>
+      <c r="L103" s="4">
+        <v>106.287753</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>131</v>
       </c>
       <c r="D104" s="5">
         <v>0.10100000000000001</v>
       </c>
       <c r="E104" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F104" s="4">
         <v>95.508069715184902</v>
       </c>
       <c r="G104" s="4">
         <v>104.39783430863901</v>
       </c>
       <c r="H104" s="4">
         <v>109.254710269738</v>
       </c>
       <c r="I104" s="4">
         <v>110.151357404322</v>
       </c>
       <c r="J104" s="4">
         <v>114.75709505998</v>
       </c>
-    </row>
-    <row r="105" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K104" s="4">
+        <v>104.894068</v>
+      </c>
+      <c r="L104" s="4">
+        <v>106.287753</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>132</v>
       </c>
       <c r="D105" s="5">
         <v>0.52895000000000003</v>
       </c>
       <c r="E105" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F105" s="4">
         <v>101.089606517254</v>
       </c>
       <c r="G105" s="4">
         <v>98.734348222204602</v>
       </c>
       <c r="H105" s="4">
         <v>95.494386921257998</v>
       </c>
       <c r="I105" s="4">
         <v>91.154804714051906</v>
       </c>
       <c r="J105" s="4">
         <v>96.474177565671297</v>
       </c>
-    </row>
-    <row r="106" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K105" s="4">
+        <v>100.559122</v>
+      </c>
+      <c r="L105" s="4">
+        <v>97.775811000000004</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>134</v>
       </c>
       <c r="D106" s="5">
         <v>0.52895000000000003</v>
       </c>
       <c r="E106" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F106" s="4">
         <v>101.089606517254</v>
       </c>
       <c r="G106" s="4">
         <v>98.734348222204602</v>
       </c>
       <c r="H106" s="4">
         <v>95.494386921257998</v>
       </c>
       <c r="I106" s="4">
         <v>91.154804714051906</v>
       </c>
       <c r="J106" s="4">
         <v>96.474177565671297</v>
       </c>
-    </row>
-    <row r="107" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K106" s="4">
+        <v>100.559122</v>
+      </c>
+      <c r="L106" s="4">
+        <v>97.775811000000004</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>632</v>
       </c>
       <c r="D107" s="5">
         <v>0.14580000000000001</v>
       </c>
       <c r="E107" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F107" s="4">
         <v>107.344290999029</v>
       </c>
       <c r="G107" s="4">
         <v>93.097773158295695</v>
       </c>
       <c r="H107" s="4">
         <v>86.149560791576604</v>
       </c>
       <c r="I107" s="4">
         <v>65.860474110590104</v>
       </c>
       <c r="J107" s="4">
         <v>59.750758800045602</v>
       </c>
-    </row>
-    <row r="108" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K107" s="4">
+        <v>57.283059000000002</v>
+      </c>
+      <c r="L107" s="4">
+        <v>50.240758999999997</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>633</v>
       </c>
       <c r="D108" s="5">
         <v>0.14580000000000001</v>
       </c>
       <c r="E108" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F108" s="4">
         <v>107.344290999029</v>
       </c>
       <c r="G108" s="4">
         <v>93.097773158295695</v>
       </c>
       <c r="H108" s="4">
         <v>86.149560791576604</v>
       </c>
       <c r="I108" s="4">
         <v>65.860474110590104</v>
       </c>
       <c r="J108" s="4">
         <v>59.750758800045702</v>
       </c>
-    </row>
-    <row r="109" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K108" s="4">
+        <v>57.283059000000002</v>
+      </c>
+      <c r="L108" s="4">
+        <v>50.240758999999997</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>635</v>
       </c>
       <c r="D109" s="5">
         <v>0.14580000000000001</v>
       </c>
       <c r="E109" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F109" s="4">
         <v>107.344290999029</v>
       </c>
       <c r="G109" s="4">
         <v>93.097773158295695</v>
       </c>
       <c r="H109" s="4">
         <v>86.149560791576604</v>
       </c>
       <c r="I109" s="4">
         <v>65.860474110590104</v>
       </c>
       <c r="J109" s="4">
         <v>59.750758800045602</v>
       </c>
-    </row>
-    <row r="110" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K109" s="4">
+        <v>57.283059000000002</v>
+      </c>
+      <c r="L109" s="4">
+        <v>50.240758999999997</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>135</v>
       </c>
       <c r="D110" s="5">
         <v>2.3716599999999999</v>
       </c>
       <c r="E110" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F110" s="4">
         <v>101.70592762969601</v>
       </c>
       <c r="G110" s="4">
         <v>104.872356892783</v>
       </c>
       <c r="H110" s="4">
         <v>104.016820543961</v>
       </c>
       <c r="I110" s="4">
         <v>110.720611685008</v>
       </c>
       <c r="J110" s="4">
         <v>116.239016673311</v>
       </c>
-    </row>
-    <row r="111" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K110" s="4">
+        <v>117.676776</v>
+      </c>
+      <c r="L110" s="4">
+        <v>111.51562</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>136</v>
       </c>
       <c r="D111" s="5">
         <v>1.3420700000000001</v>
       </c>
       <c r="E111" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F111" s="4">
         <v>98.1211412719897</v>
       </c>
       <c r="G111" s="4">
         <v>103.02793239218499</v>
       </c>
       <c r="H111" s="4">
         <v>101.540346825919</v>
       </c>
       <c r="I111" s="4">
         <v>115.376425937001</v>
       </c>
       <c r="J111" s="4">
         <v>123.656148570921</v>
       </c>
-    </row>
-    <row r="112" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K111" s="4">
+        <v>128.072102</v>
+      </c>
+      <c r="L111" s="4">
+        <v>113.713528</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>138</v>
       </c>
       <c r="D112" s="5">
         <v>1.3420700000000001</v>
       </c>
       <c r="E112" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F112" s="4">
         <v>98.1211412719897</v>
       </c>
       <c r="G112" s="4">
         <v>103.02793239218499</v>
       </c>
       <c r="H112" s="4">
         <v>101.540346825919</v>
       </c>
       <c r="I112" s="4">
         <v>115.376425937001</v>
       </c>
       <c r="J112" s="4">
         <v>123.656148570921</v>
       </c>
-    </row>
-    <row r="113" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K112" s="4">
+        <v>128.072102</v>
+      </c>
+      <c r="L112" s="4">
+        <v>113.713528</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>139</v>
       </c>
       <c r="D113" s="5">
         <v>1.02959</v>
       </c>
       <c r="E113" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F113" s="4">
         <v>106.37869467977001</v>
       </c>
       <c r="G113" s="4">
         <v>107.276563217161</v>
       </c>
       <c r="H113" s="4">
         <v>107.24490267643399</v>
       </c>
       <c r="I113" s="4">
         <v>104.651760362468</v>
       </c>
       <c r="J113" s="4">
         <v>106.570789315018</v>
       </c>
-    </row>
-    <row r="114" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K113" s="4">
+        <v>104.126474</v>
+      </c>
+      <c r="L113" s="4">
+        <v>108.650648</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>141</v>
       </c>
       <c r="D114" s="5">
         <v>0.34605999999999998</v>
       </c>
       <c r="E114" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F114" s="4">
         <v>109.669075666951</v>
       </c>
       <c r="G114" s="4">
         <v>110.714082615555</v>
       </c>
       <c r="H114" s="4">
         <v>111.746651903608</v>
       </c>
       <c r="I114" s="4">
         <v>110.494326421952</v>
       </c>
       <c r="J114" s="4">
         <v>109.06766221292</v>
       </c>
-    </row>
-    <row r="115" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K114" s="4">
+        <v>99.669509000000005</v>
+      </c>
+      <c r="L114" s="4">
+        <v>115.97255199999999</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>142</v>
       </c>
       <c r="D115" s="5">
         <v>0.51227999999999996</v>
       </c>
       <c r="E115" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F115" s="4">
         <v>105.182838995002</v>
       </c>
       <c r="G115" s="4">
         <v>108.07483138122301</v>
       </c>
       <c r="H115" s="4">
         <v>107.252619020403</v>
       </c>
       <c r="I115" s="4">
         <v>102.753680901156</v>
       </c>
       <c r="J115" s="4">
         <v>106.482734402289</v>
       </c>
-    </row>
-    <row r="116" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K115" s="4">
+        <v>108.33854599999999</v>
+      </c>
+      <c r="L115" s="4">
+        <v>108.070885</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>143</v>
       </c>
       <c r="D116" s="5">
         <v>7.0550000000000002E-2</v>
       </c>
       <c r="E116" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F116" s="4">
         <v>97.503303323561397</v>
       </c>
       <c r="G116" s="4">
         <v>83.063079956021397</v>
       </c>
       <c r="H116" s="4">
         <v>86.061269876796402</v>
       </c>
       <c r="I116" s="4">
         <v>94.7549627207882</v>
       </c>
       <c r="J116" s="4">
         <v>103.868060213425</v>
       </c>
-    </row>
-    <row r="117" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K116" s="4">
+        <v>97.865364</v>
+      </c>
+      <c r="L116" s="4">
+        <v>84.293278999999998</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>144</v>
       </c>
       <c r="D117" s="5">
         <v>8.48E-2</v>
       </c>
       <c r="E117" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F117" s="4">
         <v>106.898610751364</v>
       </c>
       <c r="G117" s="4">
         <v>107.670672601284</v>
       </c>
       <c r="H117" s="4">
         <v>105.505865610618</v>
       </c>
       <c r="I117" s="4">
         <v>100.355154985043</v>
       </c>
       <c r="J117" s="4">
         <v>100.405712789398</v>
       </c>
-    </row>
-    <row r="118" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K117" s="4">
+        <v>104.096564</v>
+      </c>
+      <c r="L117" s="4">
+        <v>106.25155100000001</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>146</v>
       </c>
       <c r="D118" s="5">
         <v>1.5890000000000001E-2</v>
       </c>
       <c r="E118" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F118" s="4">
         <v>109.970731811627</v>
       </c>
       <c r="G118" s="4">
         <v>112.146843634917</v>
       </c>
       <c r="H118" s="4">
         <v>112.356282159036</v>
       </c>
       <c r="I118" s="4">
         <v>105.538321918541</v>
       </c>
       <c r="J118" s="4">
         <v>99.999528838525407</v>
       </c>
-    </row>
-    <row r="119" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K118" s="4">
+        <v>93.422622000000004</v>
+      </c>
+      <c r="L118" s="4">
+        <v>88.897640999999993</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>147</v>
       </c>
       <c r="D119" s="5">
         <v>3.52359</v>
       </c>
       <c r="E119" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F119" s="4">
         <v>99.427528575412296</v>
       </c>
       <c r="G119" s="4">
         <v>95.886256146295906</v>
       </c>
       <c r="H119" s="4">
         <v>104.799050123603</v>
       </c>
       <c r="I119" s="4">
         <v>97.459275194589196</v>
       </c>
       <c r="J119" s="4">
         <v>97.242423071362097</v>
       </c>
-    </row>
-    <row r="120" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K119" s="4">
+        <v>99.412734</v>
+      </c>
+      <c r="L119" s="4">
+        <v>94.065393999999998</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>148</v>
       </c>
       <c r="D120" s="5">
         <v>0.70652000000000004</v>
       </c>
       <c r="E120" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F120" s="4">
         <v>102.97167936340399</v>
       </c>
       <c r="G120" s="4">
         <v>91.771572128644095</v>
       </c>
       <c r="H120" s="4">
         <v>114.03831682726199</v>
       </c>
       <c r="I120" s="4">
         <v>102.42668048010199</v>
       </c>
       <c r="J120" s="4">
         <v>104.912791497393</v>
       </c>
-    </row>
-    <row r="121" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K120" s="4">
+        <v>93.228886000000003</v>
+      </c>
+      <c r="L120" s="4">
+        <v>85.368099999999998</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>149</v>
       </c>
       <c r="D121" s="5">
         <v>0.52192000000000005</v>
       </c>
       <c r="E121" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F121" s="4">
         <v>104.170672089047</v>
       </c>
       <c r="G121" s="4">
         <v>95.296221204109798</v>
       </c>
       <c r="H121" s="4">
         <v>116.539198461624</v>
       </c>
       <c r="I121" s="4">
         <v>107.940592737591</v>
       </c>
       <c r="J121" s="4">
         <v>109.509608848056</v>
       </c>
-    </row>
-    <row r="122" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K121" s="4">
+        <v>95.101101999999997</v>
+      </c>
+      <c r="L121" s="4">
+        <v>83.032194000000004</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>151</v>
       </c>
       <c r="D122" s="5">
         <v>0.52192000000000005</v>
       </c>
       <c r="E122" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F122" s="4">
         <v>104.170672089047</v>
       </c>
       <c r="G122" s="4">
         <v>95.296221204109798</v>
       </c>
       <c r="H122" s="4">
         <v>116.539198461624</v>
       </c>
       <c r="I122" s="4">
         <v>107.940592737591</v>
       </c>
       <c r="J122" s="4">
         <v>109.509608848056</v>
       </c>
-    </row>
-    <row r="123" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K122" s="4">
+        <v>95.101101999999997</v>
+      </c>
+      <c r="L122" s="4">
+        <v>83.032194000000004</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C123" s="10" t="s">
         <v>152</v>
       </c>
       <c r="D123" s="5">
         <v>0.18459999999999999</v>
       </c>
       <c r="E123" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F123" s="4">
         <v>99.581764502257101</v>
       </c>
       <c r="G123" s="4">
         <v>81.806323778335198</v>
       </c>
       <c r="H123" s="4">
         <v>106.967568492453</v>
       </c>
       <c r="I123" s="4">
         <v>86.8371838093083</v>
       </c>
       <c r="J123" s="4">
         <v>91.9161993432336</v>
       </c>
-    </row>
-    <row r="124" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K123" s="4">
+        <v>87.935563999999999</v>
+      </c>
+      <c r="L123" s="4">
+        <v>91.972414999999998</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>154</v>
       </c>
       <c r="D124" s="5">
         <v>0.18459999999999999</v>
       </c>
       <c r="E124" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F124" s="4">
         <v>99.581764502257101</v>
       </c>
       <c r="G124" s="4">
         <v>81.806323778335198</v>
       </c>
       <c r="H124" s="4">
         <v>106.967568492453</v>
       </c>
       <c r="I124" s="4">
         <v>86.8371838093083</v>
       </c>
       <c r="J124" s="4">
         <v>91.9161993432336</v>
       </c>
-    </row>
-    <row r="125" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K124" s="4">
+        <v>87.935563999999999</v>
+      </c>
+      <c r="L124" s="4">
+        <v>91.972414999999998</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>155</v>
       </c>
       <c r="D125" s="5">
         <v>1.42432</v>
       </c>
       <c r="E125" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F125" s="4">
         <v>98.504619919786194</v>
       </c>
       <c r="G125" s="4">
         <v>89.623455743135096</v>
       </c>
       <c r="H125" s="4">
         <v>96.9259892813226</v>
       </c>
       <c r="I125" s="4">
         <v>87.421178718013707</v>
       </c>
       <c r="J125" s="4">
         <v>86.781106802146894</v>
       </c>
-    </row>
-    <row r="126" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K125" s="4">
+        <v>97.277422999999999</v>
+      </c>
+      <c r="L125" s="4">
+        <v>90.641622999999996</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>156</v>
       </c>
       <c r="D126" s="5">
         <v>1.42432</v>
       </c>
       <c r="E126" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F126" s="4">
         <v>98.504619919786194</v>
       </c>
       <c r="G126" s="4">
         <v>89.623455743135096</v>
       </c>
       <c r="H126" s="4">
         <v>96.9259892813226</v>
       </c>
       <c r="I126" s="4">
         <v>87.421178718013707</v>
       </c>
       <c r="J126" s="4">
         <v>86.781106802146894</v>
       </c>
-    </row>
-    <row r="127" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K126" s="4">
+        <v>97.277422999999999</v>
+      </c>
+      <c r="L126" s="4">
+        <v>90.641622999999996</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>158</v>
       </c>
       <c r="D127" s="5">
         <v>1.42432</v>
       </c>
       <c r="E127" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F127" s="4">
         <v>98.504619919786194</v>
       </c>
       <c r="G127" s="4">
         <v>89.623455743135096</v>
       </c>
       <c r="H127" s="4">
         <v>96.9259892813226</v>
       </c>
       <c r="I127" s="4">
         <v>87.421178718013707</v>
       </c>
       <c r="J127" s="4">
         <v>86.781106802146894</v>
       </c>
-    </row>
-    <row r="128" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K127" s="4">
+        <v>97.277422999999999</v>
+      </c>
+      <c r="L127" s="4">
+        <v>90.641622999999996</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>159</v>
       </c>
       <c r="D128" s="5">
         <v>1.3927499999999999</v>
       </c>
       <c r="E128" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F128" s="4">
         <v>98.5734656363704</v>
       </c>
       <c r="G128" s="4">
         <v>104.378331839982</v>
       </c>
       <c r="H128" s="4">
         <v>108.16363910756201</v>
       </c>
       <c r="I128" s="4">
         <v>105.205023097081</v>
       </c>
       <c r="J128" s="4">
         <v>104.04981369294499</v>
       </c>
-    </row>
-    <row r="129" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K128" s="4">
+        <v>104.73341499999999</v>
+      </c>
+      <c r="L128" s="4">
+        <v>101.97877200000001</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>160</v>
       </c>
       <c r="D129" s="5">
         <v>0.23919000000000001</v>
       </c>
       <c r="E129" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F129" s="4">
         <v>96.5814493019531</v>
       </c>
       <c r="G129" s="4">
         <v>100.818523037112</v>
       </c>
       <c r="H129" s="4">
         <v>100.213811656283</v>
       </c>
       <c r="I129" s="4">
         <v>94.012021198868197</v>
       </c>
       <c r="J129" s="4">
         <v>95.968178303540796</v>
       </c>
-    </row>
-    <row r="130" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K129" s="4">
+        <v>101.056237</v>
+      </c>
+      <c r="L129" s="4">
+        <v>100.61590200000001</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C130" s="10" t="s">
         <v>162</v>
       </c>
       <c r="D130" s="5">
         <v>0.22664000000000001</v>
       </c>
       <c r="E130" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F130" s="4">
         <v>97.095909326835198</v>
       </c>
       <c r="G130" s="4">
         <v>101.51758573675301</v>
       </c>
       <c r="H130" s="4">
         <v>101.617730059507</v>
       </c>
       <c r="I130" s="4">
         <v>96.060211896390399</v>
       </c>
       <c r="J130" s="4">
         <v>98.121562460204999</v>
       </c>
-    </row>
-    <row r="131" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K130" s="4">
+        <v>103.38170700000001</v>
+      </c>
+      <c r="L130" s="4">
+        <v>102.71271</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>163</v>
       </c>
       <c r="D131" s="5">
         <v>1.255E-2</v>
       </c>
       <c r="E131" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F131" s="4">
         <v>87.290834159380793</v>
       </c>
       <c r="G131" s="4">
         <v>88.194174810295095</v>
       </c>
       <c r="H131" s="4">
         <v>74.860499552150003</v>
       </c>
       <c r="I131" s="4">
         <v>57.0238188334136</v>
       </c>
       <c r="J131" s="4">
         <v>57.080291031318701</v>
       </c>
-    </row>
-    <row r="132" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K131" s="4">
+        <v>59.060668</v>
+      </c>
+      <c r="L131" s="4">
+        <v>62.749727</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>164</v>
       </c>
       <c r="D132" s="5">
         <v>0.49823000000000001</v>
       </c>
       <c r="E132" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F132" s="4">
         <v>98.818245419499902</v>
       </c>
       <c r="G132" s="4">
         <v>101.03432475356701</v>
       </c>
       <c r="H132" s="4">
         <v>110.90217808142</v>
       </c>
       <c r="I132" s="4">
         <v>107.862820019325</v>
       </c>
       <c r="J132" s="4">
         <v>107.268546202666</v>
       </c>
-    </row>
-    <row r="133" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K132" s="4">
+        <v>109.19280000000001</v>
+      </c>
+      <c r="L132" s="4">
+        <v>115.023309</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>166</v>
       </c>
       <c r="D133" s="5">
         <v>0.46101999999999999</v>
       </c>
       <c r="E133" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F133" s="4">
         <v>98.895094922448706</v>
       </c>
       <c r="G133" s="4">
         <v>101.35836142087</v>
       </c>
       <c r="H133" s="4">
         <v>111.295114101287</v>
       </c>
       <c r="I133" s="4">
         <v>108.164278780327</v>
       </c>
       <c r="J133" s="4">
         <v>108.28041237694001</v>
       </c>
-    </row>
-    <row r="134" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K133" s="4">
+        <v>109.610186</v>
+      </c>
+      <c r="L133" s="4">
+        <v>116.01350499999999</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>167</v>
       </c>
       <c r="D134" s="5">
         <v>3.721E-2</v>
       </c>
       <c r="E134" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F134" s="4">
         <v>97.866104654935498</v>
       </c>
       <c r="G134" s="4">
         <v>97.019614074720707</v>
       </c>
       <c r="H134" s="4">
         <v>106.03382645876501</v>
       </c>
       <c r="I134" s="4">
         <v>104.12784237897201</v>
       </c>
       <c r="J134" s="4">
         <v>94.731847904801697</v>
       </c>
-    </row>
-    <row r="135" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K134" s="4">
+        <v>104.02153199999999</v>
+      </c>
+      <c r="L134" s="4">
+        <v>102.75509700000001</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>168</v>
       </c>
       <c r="D135" s="5">
         <v>9.8890000000000006E-2</v>
       </c>
       <c r="E135" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F135" s="4">
         <v>106.713301674052</v>
       </c>
       <c r="G135" s="4">
         <v>84.792539977612705</v>
       </c>
       <c r="H135" s="4">
         <v>89.589300331368605</v>
       </c>
       <c r="I135" s="4">
         <v>85.210384449227902</v>
       </c>
       <c r="J135" s="4">
         <v>82.792559049244304</v>
       </c>
-    </row>
-    <row r="136" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K135" s="4">
+        <v>94.681719000000001</v>
+      </c>
+      <c r="L135" s="4">
+        <v>95.395454999999998</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>170</v>
       </c>
       <c r="D136" s="5">
         <v>5.3199999999999997E-2</v>
       </c>
       <c r="E136" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F136" s="4">
         <v>107.53121707317</v>
       </c>
       <c r="G136" s="4">
         <v>74.215714246505001</v>
       </c>
       <c r="H136" s="4">
         <v>78.698750828925697</v>
       </c>
       <c r="I136" s="4">
         <v>71.187366717028297</v>
       </c>
       <c r="J136" s="4">
         <v>70.568549351391297</v>
       </c>
-    </row>
-    <row r="137" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K136" s="4">
+        <v>83.203850000000003</v>
+      </c>
+      <c r="L136" s="4">
+        <v>92.299300000000002</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>171</v>
       </c>
       <c r="D137" s="5">
         <v>4.5690000000000001E-2</v>
       </c>
       <c r="E137" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F137" s="4">
         <v>105.76094668974299</v>
       </c>
       <c r="G137" s="4">
         <v>97.107863437777397</v>
       </c>
       <c r="H137" s="4">
         <v>102.26991389078999</v>
       </c>
       <c r="I137" s="4">
         <v>101.53834556441799</v>
       </c>
       <c r="J137" s="4">
         <v>97.025811750618303</v>
       </c>
-    </row>
-    <row r="138" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K137" s="4">
+        <v>108.046189</v>
+      </c>
+      <c r="L137" s="4">
+        <v>99.000521000000006</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>172</v>
       </c>
       <c r="D138" s="5">
         <v>0.46059</v>
       </c>
       <c r="E138" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F138" s="4">
         <v>100.27646004982699</v>
       </c>
       <c r="G138" s="4">
         <v>120.04553415699699</v>
       </c>
       <c r="H138" s="4">
         <v>122.812227283204</v>
       </c>
       <c r="I138" s="4">
         <v>124.54773297363499</v>
       </c>
       <c r="J138" s="4">
         <v>122.748411773209</v>
       </c>
-    </row>
-    <row r="139" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K138" s="4">
+        <v>117.78369000000001</v>
+      </c>
+      <c r="L138" s="4">
+        <v>104.338207</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C139" s="10" t="s">
         <v>174</v>
       </c>
       <c r="D139" s="5">
         <v>0.42013</v>
       </c>
       <c r="E139" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F139" s="4">
         <v>100.70542161729701</v>
       </c>
       <c r="G139" s="4">
         <v>122.283442486287</v>
       </c>
       <c r="H139" s="4">
         <v>124.079763696783</v>
       </c>
       <c r="I139" s="4">
         <v>127.78806306815</v>
       </c>
       <c r="J139" s="4">
         <v>124.989101397906</v>
       </c>
-    </row>
-    <row r="140" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K139" s="4">
+        <v>120.193124</v>
+      </c>
+      <c r="L139" s="4">
+        <v>106.43567299999999</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>636</v>
       </c>
       <c r="D140" s="5">
         <v>4.0460000000000003E-2</v>
       </c>
       <c r="E140" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F140" s="4">
         <v>95.822193531263196</v>
       </c>
       <c r="G140" s="4">
         <v>96.807461334830194</v>
       </c>
       <c r="H140" s="4">
         <v>109.650337183435</v>
       </c>
       <c r="I140" s="4">
         <v>90.900677051523502</v>
       </c>
       <c r="J140" s="4">
         <v>99.481458435981594</v>
       </c>
-    </row>
-    <row r="141" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K140" s="4">
+        <v>92.764517999999995</v>
+      </c>
+      <c r="L140" s="4">
+        <v>82.558468000000005</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>637</v>
       </c>
       <c r="D141" s="5">
         <v>9.5850000000000005E-2</v>
       </c>
       <c r="E141" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F141" s="4">
         <v>85.690660973046604</v>
       </c>
       <c r="G141" s="4">
         <v>75.564952187387206</v>
       </c>
       <c r="H141" s="4">
         <v>62.539435548716902</v>
       </c>
       <c r="I141" s="4">
         <v>47.002321347560603</v>
       </c>
       <c r="J141" s="4">
         <v>39.564888209376797</v>
       </c>
-    </row>
-    <row r="142" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K141" s="4">
+        <v>38.389449999999997</v>
+      </c>
+      <c r="L141" s="4">
+        <v>33.028297999999999</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
         <v>638</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>639</v>
       </c>
       <c r="D142" s="5">
         <v>9.5850000000000005E-2</v>
       </c>
       <c r="E142" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F142" s="4">
         <v>85.690660973046604</v>
       </c>
       <c r="G142" s="4">
         <v>75.564952187387206</v>
       </c>
       <c r="H142" s="4">
         <v>62.539435548716902</v>
       </c>
       <c r="I142" s="4">
         <v>47.002321347560603</v>
       </c>
       <c r="J142" s="4">
         <v>39.564888209376797</v>
       </c>
-    </row>
-    <row r="143" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K142" s="4">
+        <v>38.389449999999997</v>
+      </c>
+      <c r="L142" s="4">
+        <v>33.028297999999999</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>175</v>
       </c>
       <c r="D143" s="5">
         <v>0.751</v>
       </c>
       <c r="E143" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F143" s="4">
         <v>83.131940752058995</v>
       </c>
       <c r="G143" s="4">
         <v>69.024343375406403</v>
       </c>
       <c r="H143" s="4">
         <v>64.409022471607997</v>
       </c>
       <c r="I143" s="4">
         <v>63.159660518917001</v>
       </c>
       <c r="J143" s="4">
         <v>59.3759949040153</v>
       </c>
-    </row>
-    <row r="144" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K143" s="4">
+        <v>52.733539999999998</v>
+      </c>
+      <c r="L143" s="4">
+        <v>49.444634999999998</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>176</v>
       </c>
       <c r="D144" s="5">
         <v>0.751</v>
       </c>
       <c r="E144" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F144" s="4">
         <v>83.131940752058995</v>
       </c>
       <c r="G144" s="4">
         <v>69.024343375406403</v>
       </c>
       <c r="H144" s="4">
         <v>64.409022471607997</v>
       </c>
       <c r="I144" s="4">
         <v>63.159660518917001</v>
       </c>
       <c r="J144" s="4">
         <v>59.3759949040154</v>
       </c>
-    </row>
-    <row r="145" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K144" s="4">
+        <v>52.733539999999998</v>
+      </c>
+      <c r="L144" s="4">
+        <v>49.444634999999998</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>177</v>
       </c>
       <c r="D145" s="5">
         <v>0.751</v>
       </c>
       <c r="E145" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F145" s="4">
         <v>83.131940752058995</v>
       </c>
       <c r="G145" s="4">
         <v>69.024343375406403</v>
       </c>
       <c r="H145" s="4">
         <v>64.409022471607997</v>
       </c>
       <c r="I145" s="4">
         <v>63.159660518917001</v>
       </c>
       <c r="J145" s="4">
         <v>59.3759949040153</v>
       </c>
-    </row>
-    <row r="146" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K145" s="4">
+        <v>52.733539999999998</v>
+      </c>
+      <c r="L145" s="4">
+        <v>49.444634999999998</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>179</v>
       </c>
       <c r="D146" s="5">
         <v>0.751</v>
       </c>
       <c r="E146" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F146" s="4">
         <v>83.131940752058995</v>
       </c>
       <c r="G146" s="4">
         <v>69.024343375406403</v>
       </c>
       <c r="H146" s="4">
         <v>64.409022471607997</v>
       </c>
       <c r="I146" s="4">
         <v>63.159660518917001</v>
       </c>
       <c r="J146" s="4">
         <v>59.3759949040154</v>
       </c>
-    </row>
-    <row r="147" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K146" s="4">
+        <v>52.733539999999998</v>
+      </c>
+      <c r="L146" s="4">
+        <v>49.444634999999998</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>180</v>
       </c>
       <c r="D147" s="5">
         <v>1.5634600000000001</v>
       </c>
       <c r="E147" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F147" s="4">
         <v>100.361036381232</v>
       </c>
       <c r="G147" s="4">
         <v>102.448548236831</v>
       </c>
       <c r="H147" s="4">
         <v>94.858835114806496</v>
       </c>
       <c r="I147" s="4">
         <v>73.390427359672202</v>
       </c>
       <c r="J147" s="4">
         <v>72.703230544088001</v>
       </c>
-    </row>
-    <row r="148" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K147" s="4">
+        <v>72.721605999999994</v>
+      </c>
+      <c r="L147" s="4">
+        <v>61.670717000000003</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D148" s="5">
         <v>0.70089999999999997</v>
       </c>
       <c r="E148" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F148" s="4">
         <v>108.217397899313</v>
       </c>
       <c r="G148" s="4">
         <v>114.659507921177</v>
       </c>
       <c r="H148" s="4">
         <v>106.064296093758</v>
       </c>
       <c r="I148" s="4">
         <v>85.974391062189795</v>
       </c>
       <c r="J148" s="4">
         <v>90.604322456642805</v>
       </c>
-    </row>
-    <row r="149" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K148" s="4">
+        <v>95.769139999999993</v>
+      </c>
+      <c r="L148" s="4">
+        <v>84.322933000000006</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>182</v>
       </c>
       <c r="D149" s="5">
         <v>0.14801</v>
       </c>
       <c r="E149" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F149" s="4">
         <v>97.224842357164604</v>
       </c>
       <c r="G149" s="4">
         <v>96.420677275142197</v>
       </c>
       <c r="H149" s="4">
         <v>85.038579064959706</v>
       </c>
       <c r="I149" s="4">
         <v>61.504415139185099</v>
       </c>
       <c r="J149" s="4">
         <v>73.889632549772003</v>
       </c>
-    </row>
-    <row r="150" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K149" s="4">
+        <v>71.944001</v>
+      </c>
+      <c r="L149" s="4">
+        <v>49.193626000000002</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>184</v>
       </c>
       <c r="D150" s="5">
         <v>0.10904</v>
       </c>
       <c r="E150" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F150" s="4">
         <v>92.825301090524903</v>
       </c>
       <c r="G150" s="4">
         <v>87.160130388896405</v>
       </c>
       <c r="H150" s="4">
         <v>74.072886418499905</v>
       </c>
       <c r="I150" s="4">
         <v>54.692203990156898</v>
       </c>
       <c r="J150" s="4">
         <v>68.779244607980601</v>
       </c>
-    </row>
-    <row r="151" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K150" s="4">
+        <v>69.495852999999997</v>
+      </c>
+      <c r="L150" s="4">
+        <v>48.546574</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="10" t="s">
         <v>185</v>
       </c>
       <c r="D151" s="5">
         <v>3.8969999999999998E-2</v>
       </c>
       <c r="E151" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F151" s="4">
         <v>109.534977838673</v>
       </c>
       <c r="G151" s="4">
         <v>122.332148470324</v>
       </c>
       <c r="H151" s="4">
         <v>115.721132982588</v>
       </c>
       <c r="I151" s="4">
         <v>80.565321058867696</v>
       </c>
       <c r="J151" s="4">
         <v>88.188752415641503</v>
       </c>
-    </row>
-    <row r="152" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K151" s="4">
+        <v>78.794039999999995</v>
+      </c>
+      <c r="L151" s="4">
+        <v>51.004109999999997</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>186</v>
       </c>
       <c r="D152" s="5">
         <v>0.55288999999999999</v>
       </c>
       <c r="E152" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F152" s="4">
         <v>111.160131798992</v>
       </c>
       <c r="G152" s="4">
         <v>119.542087320189</v>
       </c>
       <c r="H152" s="4">
         <v>111.69293176709699</v>
       </c>
       <c r="I152" s="4">
         <v>92.525063232719006</v>
       </c>
       <c r="J152" s="4">
         <v>95.0788856665325</v>
       </c>
-    </row>
-    <row r="153" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K152" s="4">
+        <v>102.147188</v>
+      </c>
+      <c r="L152" s="4">
+        <v>93.727134000000007</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>188</v>
       </c>
       <c r="D153" s="5">
         <v>0.55288999999999999</v>
       </c>
       <c r="E153" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F153" s="4">
         <v>111.160131798992</v>
       </c>
       <c r="G153" s="4">
         <v>119.542087320189</v>
       </c>
       <c r="H153" s="4">
         <v>111.69293176709699</v>
       </c>
       <c r="I153" s="4">
         <v>92.525063232719006</v>
       </c>
       <c r="J153" s="4">
         <v>95.0788856665325</v>
       </c>
-    </row>
-    <row r="154" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K153" s="4">
+        <v>102.147188</v>
+      </c>
+      <c r="L153" s="4">
+        <v>93.727134000000007</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>189</v>
       </c>
       <c r="D154" s="5">
         <v>0.86255999999999999</v>
       </c>
       <c r="E154" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F154" s="4">
         <v>93.977105074398196</v>
       </c>
       <c r="G154" s="4">
         <v>92.526152527826994</v>
       </c>
       <c r="H154" s="4">
         <v>85.753488703951703</v>
       </c>
       <c r="I154" s="4">
         <v>63.164935615220102</v>
       </c>
       <c r="J154" s="4">
         <v>58.1571406239553</v>
       </c>
-    </row>
-    <row r="155" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K154" s="4">
+        <v>53.993614000000001</v>
+      </c>
+      <c r="L154" s="4">
+        <v>43.263953999999998</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>190</v>
       </c>
       <c r="D155" s="5">
         <v>0.36559000000000003</v>
       </c>
       <c r="E155" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F155" s="4">
         <v>90.510599763512801</v>
       </c>
       <c r="G155" s="4">
         <v>82.771895828387898</v>
       </c>
       <c r="H155" s="4">
         <v>78.894065874021393</v>
       </c>
       <c r="I155" s="4">
         <v>62.492576446710601</v>
       </c>
       <c r="J155" s="4">
         <v>50.7979176534338</v>
       </c>
-    </row>
-    <row r="156" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K155" s="4">
+        <v>36.696573000000001</v>
+      </c>
+      <c r="L155" s="4">
+        <v>26.197344000000001</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>192</v>
       </c>
       <c r="D156" s="5">
         <v>0.36559000000000003</v>
       </c>
       <c r="E156" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F156" s="4">
         <v>90.510599763512801</v>
       </c>
       <c r="G156" s="4">
         <v>82.771895828387898</v>
       </c>
       <c r="H156" s="4">
         <v>78.894065874021393</v>
       </c>
       <c r="I156" s="4">
         <v>62.492576446710601</v>
       </c>
       <c r="J156" s="4">
         <v>50.7979176534338</v>
       </c>
-    </row>
-    <row r="157" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K156" s="4">
+        <v>36.696573000000001</v>
+      </c>
+      <c r="L156" s="4">
+        <v>26.197344000000001</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>193</v>
       </c>
       <c r="D157" s="5">
         <v>0.39033000000000001</v>
       </c>
       <c r="E157" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F157" s="4">
         <v>99.828899015999497</v>
       </c>
       <c r="G157" s="4">
         <v>99.423718089913606</v>
       </c>
       <c r="H157" s="4">
         <v>91.832605225398595</v>
       </c>
       <c r="I157" s="4">
         <v>66.146173162430202</v>
       </c>
       <c r="J157" s="4">
         <v>68.906730481261604</v>
       </c>
-    </row>
-    <row r="158" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K157" s="4">
+        <v>72.662293000000005</v>
+      </c>
+      <c r="L157" s="4">
+        <v>59.834485999999998</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C158" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D158" s="5">
         <v>0.17730000000000001</v>
       </c>
       <c r="E158" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F158" s="4">
         <v>98.138484888742099</v>
       </c>
       <c r="G158" s="4">
         <v>89.220408164313397</v>
       </c>
       <c r="H158" s="4">
         <v>78.085682030795596</v>
       </c>
       <c r="I158" s="4">
         <v>44.827710849717299</v>
       </c>
       <c r="J158" s="4">
         <v>49.614921217425398</v>
       </c>
-    </row>
-    <row r="159" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K158" s="4">
+        <v>55.913462000000003</v>
+      </c>
+      <c r="L158" s="4">
+        <v>46.314304999999997</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="10" t="s">
         <v>196</v>
       </c>
       <c r="D159" s="5">
         <v>0.11516</v>
       </c>
       <c r="E159" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F159" s="4">
         <v>102.450691310115</v>
       </c>
       <c r="G159" s="4">
         <v>114.354312994685</v>
       </c>
       <c r="H159" s="4">
         <v>114.38449046007599</v>
       </c>
       <c r="I159" s="4">
         <v>78.613295237138104</v>
       </c>
       <c r="J159" s="4">
         <v>93.428043122730003</v>
       </c>
-    </row>
-    <row r="160" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K159" s="4">
+        <v>96.765062999999998</v>
+      </c>
+      <c r="L159" s="4">
+        <v>73.742675000000006</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>197</v>
       </c>
       <c r="D160" s="5">
         <v>9.7860000000000003E-2</v>
       </c>
       <c r="E160" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F160" s="4">
         <v>99.816464039119893</v>
       </c>
       <c r="G160" s="4">
         <v>100.349875639028</v>
       </c>
       <c r="H160" s="4">
         <v>90.209599961040198</v>
       </c>
       <c r="I160" s="4">
         <v>90.106024497523805</v>
       </c>
       <c r="J160" s="4">
         <v>75.009862363455198</v>
       </c>
-    </row>
-    <row r="161" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K160" s="4">
+        <v>74.651047000000005</v>
+      </c>
+      <c r="L160" s="4">
+        <v>67.969161999999997</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C161" s="10" t="s">
         <v>198</v>
       </c>
       <c r="D161" s="5">
         <v>0.10664999999999999</v>
       </c>
       <c r="E161" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F161" s="4">
         <v>84.4342000235836</v>
       </c>
       <c r="G161" s="4">
         <v>100.709993872162</v>
       </c>
       <c r="H161" s="4">
         <v>87.010097289895</v>
       </c>
       <c r="I161" s="4">
         <v>54.552743278199301</v>
       </c>
       <c r="J161" s="4">
         <v>44.036084321886499</v>
       </c>
-    </row>
-    <row r="162" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K161" s="4">
+        <v>44.956007999999997</v>
+      </c>
+      <c r="L161" s="4">
+        <v>41.116494000000003</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C162" s="10" t="s">
         <v>200</v>
       </c>
       <c r="D162" s="5">
         <v>0.10664999999999999</v>
       </c>
       <c r="E162" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F162" s="4">
         <v>84.4342000235836</v>
       </c>
       <c r="G162" s="4">
         <v>100.709993872163</v>
       </c>
       <c r="H162" s="4">
         <v>87.010097289895</v>
       </c>
       <c r="I162" s="4">
         <v>54.552743278199401</v>
       </c>
       <c r="J162" s="4">
         <v>44.036084321886499</v>
       </c>
-    </row>
-    <row r="163" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K162" s="4">
+        <v>44.956007999999997</v>
+      </c>
+      <c r="L162" s="4">
+        <v>41.116494000000003</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C163" s="10" t="s">
         <v>201</v>
       </c>
       <c r="D163" s="5">
         <v>1.5268999999999999</v>
       </c>
       <c r="E163" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F163" s="4">
         <v>92.702647307129098</v>
       </c>
       <c r="G163" s="4">
         <v>96.000105182012504</v>
       </c>
       <c r="H163" s="4">
         <v>96.586272569211999</v>
       </c>
       <c r="I163" s="4">
         <v>76.329814319209405</v>
       </c>
       <c r="J163" s="4">
         <v>69.564382306881996</v>
       </c>
-    </row>
-    <row r="164" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K163" s="4">
+        <v>68.732207000000002</v>
+      </c>
+      <c r="L163" s="4">
+        <v>49.888390999999999</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C164" s="10" t="s">
         <v>202</v>
       </c>
       <c r="D164" s="5">
         <v>1.44865</v>
       </c>
       <c r="E164" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F164" s="4">
         <v>91.551373976980202</v>
       </c>
       <c r="G164" s="4">
         <v>95.524617771801104</v>
       </c>
       <c r="H164" s="4">
         <v>97.535053729998197</v>
       </c>
       <c r="I164" s="4">
         <v>77.823457149920202</v>
       </c>
       <c r="J164" s="4">
         <v>71.741566333943197</v>
       </c>
-    </row>
-    <row r="165" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K164" s="4">
+        <v>70.861262999999994</v>
+      </c>
+      <c r="L164" s="4">
+        <v>51.205855</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C165" s="10" t="s">
         <v>203</v>
       </c>
       <c r="D165" s="5">
         <v>0.78215999999999997</v>
       </c>
       <c r="E165" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F165" s="4">
         <v>99.547609140341095</v>
       </c>
       <c r="G165" s="4">
         <v>108.72836657283</v>
       </c>
       <c r="H165" s="4">
         <v>106.00140782125099</v>
       </c>
       <c r="I165" s="4">
         <v>89.151277743911393</v>
       </c>
       <c r="J165" s="4">
         <v>83.930174581434301</v>
       </c>
-    </row>
-    <row r="166" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K165" s="4">
+        <v>85.507842999999994</v>
+      </c>
+      <c r="L165" s="4">
+        <v>68.699442000000005</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C166" s="10" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D166" s="5">
         <v>0.70357000000000003</v>
       </c>
       <c r="E166" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F166" s="4">
         <v>99.0480236216615</v>
       </c>
       <c r="G166" s="4">
         <v>109.31532809451301</v>
       </c>
       <c r="H166" s="4">
         <v>105.666724299756</v>
       </c>
       <c r="I166" s="4">
         <v>93.330750414990405</v>
       </c>
       <c r="J166" s="4">
         <v>89.931258523745399</v>
       </c>
-    </row>
-    <row r="167" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K166" s="4">
+        <v>90.676437000000007</v>
+      </c>
+      <c r="L166" s="4">
+        <v>72.234388999999993</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="10" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="D167" s="5">
         <v>7.8589999999999993E-2</v>
       </c>
       <c r="E167" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F167" s="4">
         <v>104.020104157231</v>
       </c>
       <c r="G167" s="4">
         <v>103.473645643827</v>
       </c>
       <c r="H167" s="4">
         <v>108.99763234369399</v>
       </c>
       <c r="I167" s="4">
         <v>51.734919591588501</v>
       </c>
       <c r="J167" s="4">
         <v>30.2060031945934</v>
       </c>
-    </row>
-    <row r="168" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K167" s="4">
+        <v>39.236466999999998</v>
+      </c>
+      <c r="L167" s="4">
+        <v>37.053142999999999</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C168" s="10" t="s">
         <v>205</v>
       </c>
       <c r="D168" s="5">
         <v>0.66649000000000003</v>
       </c>
       <c r="E168" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F168" s="4">
         <v>82.167384276648093</v>
       </c>
       <c r="G168" s="4">
         <v>80.029345281271603</v>
       </c>
       <c r="H168" s="4">
         <v>87.599355495944195</v>
       </c>
       <c r="I168" s="4">
         <v>64.529682065828695</v>
       </c>
       <c r="J168" s="4">
         <v>57.437613046035302</v>
       </c>
-    </row>
-    <row r="169" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K168" s="4">
+        <v>53.672755000000002</v>
+      </c>
+      <c r="L168" s="4">
+        <v>30.676238000000001</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C169" s="10" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="D169" s="5">
         <v>0.38477</v>
       </c>
       <c r="E169" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F169" s="4">
         <v>82.989009078177503</v>
       </c>
       <c r="G169" s="4">
         <v>79.528556883383004</v>
       </c>
       <c r="H169" s="4">
         <v>76.902234936143898</v>
       </c>
       <c r="I169" s="4">
         <v>60.701213439393698</v>
       </c>
       <c r="J169" s="4">
         <v>61.7642389494832</v>
       </c>
-    </row>
-    <row r="170" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K169" s="4">
+        <v>56.692625999999997</v>
+      </c>
+      <c r="L169" s="4">
+        <v>39.475422000000002</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="10" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="D170" s="5">
         <v>0.28172000000000003</v>
       </c>
       <c r="E170" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F170" s="4">
         <v>81.045218385392602</v>
       </c>
       <c r="G170" s="4">
         <v>80.713316429417105</v>
       </c>
       <c r="H170" s="4">
         <v>102.209362161408</v>
       </c>
       <c r="I170" s="4">
         <v>69.758561355170499</v>
       </c>
       <c r="J170" s="4">
         <v>51.528356163777602</v>
       </c>
-    </row>
-    <row r="171" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K170" s="4">
+        <v>49.548248999999998</v>
+      </c>
+      <c r="L170" s="4">
+        <v>18.658411999999998</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C171" s="10" t="s">
         <v>207</v>
       </c>
       <c r="D171" s="5">
         <v>7.825E-2</v>
       </c>
       <c r="E171" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F171" s="4">
         <v>114.01628449205199</v>
       </c>
       <c r="G171" s="4">
         <v>104.802850700259</v>
       </c>
       <c r="H171" s="4">
         <v>79.021392970834697</v>
       </c>
       <c r="I171" s="4">
         <v>48.677856661583903</v>
       </c>
       <c r="J171" s="4">
         <v>29.2579587822528</v>
       </c>
-    </row>
-    <row r="172" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K171" s="4">
+        <v>29.316773000000001</v>
+      </c>
+      <c r="L171" s="4">
+        <v>25.498059999999999</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>208</v>
       </c>
       <c r="D172" s="5">
         <v>1.8700000000000001E-2</v>
       </c>
       <c r="E172" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F172" s="4">
         <v>83.945160914232105</v>
       </c>
       <c r="G172" s="4">
         <v>76.548309107040197</v>
       </c>
       <c r="H172" s="4">
         <v>54.123901845421798</v>
       </c>
       <c r="I172" s="4">
         <v>37.350317641991097</v>
       </c>
       <c r="J172" s="4">
         <v>39.259477413177201</v>
       </c>
-    </row>
-    <row r="173" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K172" s="4">
+        <v>22.663838999999999</v>
+      </c>
+      <c r="L172" s="4">
+        <v>7.8008759999999997</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C173" s="10" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="D173" s="5">
         <v>6.4200000000000004E-3</v>
       </c>
       <c r="E173" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F173" s="4">
         <v>82.915471878458604</v>
       </c>
       <c r="G173" s="4">
         <v>86.048706634278602</v>
       </c>
       <c r="H173" s="4">
         <v>68.265332216999894</v>
       </c>
       <c r="I173" s="4">
         <v>41.519953262520403</v>
       </c>
       <c r="J173" s="4">
         <v>40.785607683057101</v>
       </c>
-    </row>
-    <row r="174" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K173" s="4">
+        <v>19.313182000000001</v>
+      </c>
+      <c r="L173" s="4">
+        <v>10.855219999999999</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="10" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="D174" s="5">
         <v>1.2279999999999999E-2</v>
       </c>
       <c r="E174" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F174" s="4">
         <v>84.483483683748901</v>
       </c>
       <c r="G174" s="4">
         <v>71.581488901431797</v>
       </c>
       <c r="H174" s="4">
         <v>46.730743621844397</v>
       </c>
       <c r="I174" s="4">
         <v>35.170426706828401</v>
       </c>
       <c r="J174" s="4">
         <v>38.461614519640598</v>
       </c>
-    </row>
-    <row r="175" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K174" s="4">
+        <v>24.415566999999999</v>
+      </c>
+      <c r="L174" s="4">
+        <v>6.2040610000000003</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>210</v>
       </c>
       <c r="D175" s="5">
         <v>5.9549999999999999E-2</v>
       </c>
       <c r="E175" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F175" s="4">
         <v>123.45927375998301</v>
       </c>
       <c r="G175" s="4">
         <v>113.67539356832199</v>
       </c>
       <c r="H175" s="4">
         <v>86.839748706270797</v>
       </c>
       <c r="I175" s="4">
         <v>52.234951198383001</v>
       </c>
       <c r="J175" s="4">
         <v>26.117263595044001</v>
       </c>
-    </row>
-    <row r="176" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K175" s="4">
+        <v>31.405940000000001</v>
+      </c>
+      <c r="L175" s="4">
+        <v>31.055361999999999</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C176" s="10" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="D176" s="5">
         <v>5.9549999999999999E-2</v>
       </c>
       <c r="E176" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F176" s="4">
         <v>123.45927375998301</v>
       </c>
       <c r="G176" s="4">
         <v>113.67539356832199</v>
       </c>
       <c r="H176" s="4">
         <v>86.839748706270797</v>
       </c>
       <c r="I176" s="4">
         <v>52.234951198383001</v>
       </c>
       <c r="J176" s="4">
         <v>26.117263595044001</v>
       </c>
-    </row>
-    <row r="177" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K176" s="4">
+        <v>31.405940000000001</v>
+      </c>
+      <c r="L176" s="4">
+        <v>31.055361999999999</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>212</v>
       </c>
       <c r="D177" s="5">
         <v>0.70645999999999998</v>
       </c>
       <c r="E177" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F177" s="4">
         <v>100.457903232931</v>
       </c>
       <c r="G177" s="4">
         <v>101.902963593731</v>
       </c>
       <c r="H177" s="4">
         <v>95.442577417225493</v>
       </c>
       <c r="I177" s="4">
         <v>69.830488822424897</v>
       </c>
       <c r="J177" s="4">
         <v>76.264222269249302</v>
       </c>
-    </row>
-    <row r="178" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K177" s="4">
+        <v>90.296374</v>
+      </c>
+      <c r="L177" s="4">
+        <v>76.414203000000001</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C178" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D178" s="5">
         <v>0.14413000000000001</v>
       </c>
       <c r="E178" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F178" s="4">
         <v>110.540455957085</v>
       </c>
       <c r="G178" s="4">
         <v>134.862402980295</v>
       </c>
       <c r="H178" s="4">
         <v>123.706700976791</v>
       </c>
       <c r="I178" s="4">
         <v>87.585611393883298</v>
       </c>
       <c r="J178" s="4">
         <v>117.024640440266</v>
       </c>
-    </row>
-    <row r="179" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K178" s="4">
+        <v>124.723831</v>
+      </c>
+      <c r="L178" s="4">
+        <v>95.538919000000007</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C179" s="10" t="s">
         <v>214</v>
       </c>
       <c r="D179" s="5">
         <v>0.14413000000000001</v>
       </c>
       <c r="E179" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F179" s="4">
         <v>110.540455957085</v>
       </c>
       <c r="G179" s="4">
         <v>134.862402980295</v>
       </c>
       <c r="H179" s="4">
         <v>123.706700976791</v>
       </c>
       <c r="I179" s="4">
         <v>87.585611393883298</v>
       </c>
       <c r="J179" s="4">
         <v>117.024640440266</v>
       </c>
-    </row>
-    <row r="180" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K179" s="4">
+        <v>124.723831</v>
+      </c>
+      <c r="L179" s="4">
+        <v>95.538919000000007</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>216</v>
       </c>
       <c r="D180" s="5">
         <v>0.14413000000000001</v>
       </c>
       <c r="E180" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F180" s="4">
         <v>110.540455957085</v>
       </c>
       <c r="G180" s="4">
         <v>134.862402980295</v>
       </c>
       <c r="H180" s="4">
         <v>123.706700976791</v>
       </c>
       <c r="I180" s="4">
         <v>87.585611393883397</v>
       </c>
       <c r="J180" s="4">
         <v>117.024640440266</v>
       </c>
-    </row>
-    <row r="181" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K180" s="4">
+        <v>124.723831</v>
+      </c>
+      <c r="L180" s="4">
+        <v>95.538919000000007</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C181" s="10" t="s">
         <v>217</v>
       </c>
       <c r="D181" s="5">
         <v>0.17845</v>
       </c>
       <c r="E181" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F181" s="4">
         <v>91.654569048734203</v>
       </c>
       <c r="G181" s="4">
         <v>83.963493081001204</v>
       </c>
       <c r="H181" s="4">
         <v>74.402966871928598</v>
       </c>
       <c r="I181" s="4">
         <v>54.6184284372099</v>
       </c>
       <c r="J181" s="4">
         <v>55.367254207996801</v>
       </c>
-    </row>
-    <row r="182" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K181" s="4">
+        <v>75.896000999999998</v>
+      </c>
+      <c r="L181" s="4">
+        <v>69.523526000000004</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>218</v>
       </c>
       <c r="D182" s="5">
         <v>0.17845</v>
       </c>
       <c r="E182" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F182" s="4">
         <v>91.654569048734203</v>
       </c>
       <c r="G182" s="4">
         <v>83.963493081001204</v>
       </c>
       <c r="H182" s="4">
         <v>74.402966871928598</v>
       </c>
       <c r="I182" s="4">
         <v>54.6184284372099</v>
       </c>
       <c r="J182" s="4">
         <v>55.367254207996801</v>
       </c>
-    </row>
-    <row r="183" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K182" s="4">
+        <v>75.896000999999998</v>
+      </c>
+      <c r="L182" s="4">
+        <v>69.523526000000004</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="10" t="s">
         <v>220</v>
       </c>
       <c r="D183" s="5">
         <v>0.14418</v>
       </c>
       <c r="E183" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F183" s="4">
         <v>88.060741717473604</v>
       </c>
       <c r="G183" s="4">
         <v>81.519823242505893</v>
       </c>
       <c r="H183" s="4">
         <v>71.067539575723004</v>
       </c>
       <c r="I183" s="4">
         <v>54.234689442718697</v>
       </c>
       <c r="J183" s="4">
         <v>58.388120269654998</v>
       </c>
-    </row>
-    <row r="184" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K183" s="4">
+        <v>77.121094999999997</v>
+      </c>
+      <c r="L183" s="4">
+        <v>66.645950999999997</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>221</v>
       </c>
       <c r="D184" s="5">
         <v>3.4259999999999999E-2</v>
       </c>
       <c r="E184" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F184" s="4">
         <v>106.80560729484201</v>
       </c>
       <c r="G184" s="4">
         <v>94.271956368948096</v>
       </c>
       <c r="H184" s="4">
         <v>88.461517287446298</v>
       </c>
       <c r="I184" s="4">
         <v>56.249300372706401</v>
       </c>
       <c r="J184" s="4">
         <v>42.670383331528797</v>
       </c>
-    </row>
-    <row r="185" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K184" s="4">
+        <v>70.762461000000002</v>
+      </c>
+      <c r="L184" s="4">
+        <v>81.653824</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C185" s="10" t="s">
         <v>222</v>
       </c>
       <c r="D185" s="5">
         <v>0.38389000000000001</v>
       </c>
       <c r="E185" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F185" s="4">
         <v>100.76203223344</v>
       </c>
       <c r="G185" s="4">
         <v>97.864920103605002</v>
       </c>
       <c r="H185" s="4">
         <v>94.608630055725996</v>
       </c>
       <c r="I185" s="4">
         <v>70.233854512151396</v>
       </c>
       <c r="J185" s="4">
         <v>70.672782631121393</v>
       </c>
-    </row>
-    <row r="186" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K185" s="4">
+        <v>84.062334000000007</v>
+      </c>
+      <c r="L185" s="4">
+        <v>72.435019999999994</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C186" s="10" t="s">
         <v>223</v>
       </c>
       <c r="D186" s="5">
         <v>0.28038999999999997</v>
       </c>
       <c r="E186" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F186" s="4">
         <v>100.998596814618</v>
       </c>
       <c r="G186" s="4">
         <v>93.6835211078253</v>
       </c>
       <c r="H186" s="4">
         <v>89.958676414162198</v>
       </c>
       <c r="I186" s="4">
         <v>66.8769436521915</v>
       </c>
       <c r="J186" s="4">
         <v>66.614632667414696</v>
       </c>
-    </row>
-    <row r="187" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K186" s="4">
+        <v>82.709355000000002</v>
+      </c>
+      <c r="L186" s="4">
+        <v>71.249852000000004</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C187" s="10" t="s">
         <v>225</v>
       </c>
       <c r="D187" s="5">
         <v>3.1469999999999998E-2</v>
       </c>
       <c r="E187" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F187" s="4">
         <v>92.162119587050796</v>
       </c>
       <c r="G187" s="4">
         <v>67.660122600431606</v>
       </c>
       <c r="H187" s="4">
         <v>54.500964387385999</v>
       </c>
       <c r="I187" s="4">
         <v>26.164707868632298</v>
       </c>
       <c r="J187" s="4">
         <v>25.243131896085799</v>
       </c>
-    </row>
-    <row r="188" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K187" s="4">
+        <v>38.557481000000003</v>
+      </c>
+      <c r="L187" s="4">
+        <v>26.601790999999999</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="10" t="s">
         <v>226</v>
       </c>
       <c r="D188" s="5">
         <v>0.24893000000000001</v>
       </c>
       <c r="E188" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F188" s="4">
         <v>102.11165651968901</v>
       </c>
       <c r="G188" s="4">
         <v>96.969663862079898</v>
       </c>
       <c r="H188" s="4">
         <v>94.437664927874906</v>
       </c>
       <c r="I188" s="4">
         <v>72.021141983738801</v>
       </c>
       <c r="J188" s="4">
         <v>71.842186529733596</v>
       </c>
-    </row>
-    <row r="189" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K188" s="4">
+        <v>88.287760000000006</v>
+      </c>
+      <c r="L188" s="4">
+        <v>76.891446000000002</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C189" s="10" t="s">
         <v>227</v>
       </c>
       <c r="D189" s="5">
         <v>5.0169999999999999E-2</v>
       </c>
       <c r="E189" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F189" s="4">
         <v>94.818361189756502</v>
       </c>
       <c r="G189" s="4">
         <v>101.419480885989</v>
       </c>
       <c r="H189" s="4">
         <v>92.329714386377404</v>
       </c>
       <c r="I189" s="4">
         <v>54.955760819079501</v>
       </c>
       <c r="J189" s="4">
         <v>53.9135261738708</v>
       </c>
-    </row>
-    <row r="190" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K189" s="4">
+        <v>61.837032000000001</v>
+      </c>
+      <c r="L189" s="4">
+        <v>53.372208000000001</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C190" s="10" t="s">
         <v>229</v>
       </c>
       <c r="D190" s="5">
         <v>4.3959999999999999E-2</v>
       </c>
       <c r="E190" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F190" s="4">
         <v>93.471647548152106</v>
       </c>
       <c r="G190" s="4">
         <v>102.541610498217</v>
       </c>
       <c r="H190" s="4">
         <v>92.606376823713404</v>
       </c>
       <c r="I190" s="4">
         <v>54.692271471965803</v>
       </c>
       <c r="J190" s="4">
         <v>52.369268895180497</v>
       </c>
-    </row>
-    <row r="191" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K190" s="4">
+        <v>60.802481999999998</v>
+      </c>
+      <c r="L190" s="4">
+        <v>49.523868</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="10" t="s">
         <v>230</v>
       </c>
       <c r="D191" s="5">
         <v>6.1999999999999998E-3</v>
       </c>
       <c r="E191" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F191" s="4">
         <v>104.519928173116</v>
       </c>
       <c r="G191" s="4">
         <v>93.626799765875006</v>
       </c>
       <c r="H191" s="4">
         <v>90.517007353889596</v>
       </c>
       <c r="I191" s="4">
         <v>56.912623610581498</v>
       </c>
       <c r="J191" s="4">
         <v>64.9497657275747</v>
       </c>
-    </row>
-    <row r="192" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K191" s="4">
+        <v>69.272059999999996</v>
+      </c>
+      <c r="L191" s="4">
+        <v>80.744264000000001</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C192" s="10" t="s">
         <v>640</v>
       </c>
       <c r="D192" s="5">
         <v>5.3330000000000002E-2</v>
       </c>
       <c r="E192" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F192" s="4">
         <v>105.10974709083899</v>
       </c>
       <c r="G192" s="4">
         <v>116.505275437835</v>
       </c>
       <c r="H192" s="4">
         <v>121.200298922955</v>
       </c>
       <c r="I192" s="4">
         <v>102.256097088667</v>
       </c>
       <c r="J192" s="4">
         <v>107.775287127352</v>
       </c>
-    </row>
-    <row r="193" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K192" s="4">
+        <v>112.08417900000001</v>
+      </c>
+      <c r="L192" s="4">
+        <v>96.599479000000002</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
         <v>641</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>642</v>
       </c>
       <c r="D193" s="5">
         <v>5.3330000000000002E-2</v>
       </c>
       <c r="E193" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F193" s="4">
         <v>105.10974709083899</v>
       </c>
       <c r="G193" s="4">
         <v>116.505275437835</v>
       </c>
       <c r="H193" s="4">
         <v>121.200298922955</v>
       </c>
       <c r="I193" s="4">
         <v>102.256097088667</v>
       </c>
       <c r="J193" s="4">
         <v>107.775287127352</v>
       </c>
-    </row>
-    <row r="194" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K193" s="4">
+        <v>112.08417900000001</v>
+      </c>
+      <c r="L193" s="4">
+        <v>96.599479000000002</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C194" s="10" t="s">
         <v>231</v>
       </c>
       <c r="D194" s="5">
         <v>2.6775500000000001</v>
       </c>
       <c r="E194" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F194" s="4">
         <v>104.687615580588</v>
       </c>
       <c r="G194" s="4">
         <v>107.87646325611399</v>
       </c>
       <c r="H194" s="4">
         <v>107.093805482167</v>
       </c>
       <c r="I194" s="4">
         <v>107.097642808641</v>
       </c>
       <c r="J194" s="4">
         <v>110.770772983341</v>
       </c>
-    </row>
-    <row r="195" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K194" s="4">
+        <v>105.007181</v>
+      </c>
+      <c r="L194" s="4">
+        <v>101.06649</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C195" s="10" t="s">
         <v>232</v>
       </c>
       <c r="D195" s="5">
         <v>0.97936000000000001</v>
       </c>
       <c r="E195" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F195" s="4">
         <v>104.098317336882</v>
       </c>
       <c r="G195" s="4">
         <v>110.286252894174</v>
       </c>
       <c r="H195" s="4">
         <v>107.587229223881</v>
       </c>
       <c r="I195" s="4">
         <v>113.016309336616</v>
       </c>
       <c r="J195" s="4">
         <v>117.178391638854</v>
       </c>
-    </row>
-    <row r="196" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K195" s="4">
+        <v>105.30681300000001</v>
+      </c>
+      <c r="L195" s="4">
+        <v>104.538445</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C196" s="10" t="s">
         <v>233</v>
       </c>
       <c r="D196" s="5">
         <v>0.32967999999999997</v>
       </c>
       <c r="E196" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F196" s="4">
         <v>103.264584959652</v>
       </c>
       <c r="G196" s="4">
         <v>116.75897923995799</v>
       </c>
       <c r="H196" s="4">
         <v>112.101701826851</v>
       </c>
       <c r="I196" s="4">
         <v>117.906376679199</v>
       </c>
       <c r="J196" s="4">
         <v>121.133532918279</v>
       </c>
-    </row>
-    <row r="197" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K196" s="4">
+        <v>107.385824</v>
+      </c>
+      <c r="L196" s="4">
+        <v>109.138859</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C197" s="10" t="s">
         <v>235</v>
       </c>
       <c r="D197" s="5">
         <v>0.32967999999999997</v>
       </c>
       <c r="E197" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F197" s="4">
         <v>103.264584959652</v>
       </c>
       <c r="G197" s="4">
         <v>116.75897923995799</v>
       </c>
       <c r="H197" s="4">
         <v>112.101701826851</v>
       </c>
       <c r="I197" s="4">
         <v>117.906376679199</v>
       </c>
       <c r="J197" s="4">
         <v>121.133532918279</v>
       </c>
-    </row>
-    <row r="198" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K197" s="4">
+        <v>107.385824</v>
+      </c>
+      <c r="L197" s="4">
+        <v>109.138859</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C198" s="10" t="s">
         <v>236</v>
       </c>
       <c r="D198" s="5">
         <v>0.64968999999999999</v>
       </c>
       <c r="E198" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F198" s="4">
         <v>104.51978589412001</v>
       </c>
       <c r="G198" s="4">
         <v>107.00002210070799</v>
       </c>
       <c r="H198" s="4">
         <v>105.29474019059001</v>
       </c>
       <c r="I198" s="4">
         <v>110.533144189244</v>
       </c>
       <c r="J198" s="4">
         <v>115.16958319033699</v>
       </c>
-    </row>
-    <row r="199" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K198" s="4">
+        <v>104.250214</v>
+      </c>
+      <c r="L198" s="4">
+        <v>102.202392</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C199" s="10" t="s">
         <v>238</v>
       </c>
       <c r="D199" s="5">
         <v>0.11808</v>
       </c>
       <c r="E199" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F199" s="4">
         <v>103.991666080538</v>
       </c>
       <c r="G199" s="4">
         <v>105.170737965237</v>
       </c>
       <c r="H199" s="4">
         <v>93.300841203300607</v>
       </c>
       <c r="I199" s="4">
         <v>98.242611560175206</v>
       </c>
       <c r="J199" s="4">
         <v>116.31672071716299</v>
       </c>
-    </row>
-    <row r="200" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K199" s="4">
+        <v>112.879335</v>
+      </c>
+      <c r="L199" s="4">
+        <v>105.02332</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="10" t="s">
         <v>239</v>
       </c>
       <c r="D200" s="5">
         <v>0.53159999999999996</v>
       </c>
       <c r="E200" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F200" s="4">
         <v>104.639059004442</v>
       </c>
       <c r="G200" s="4">
         <v>107.408358953487</v>
       </c>
       <c r="H200" s="4">
         <v>107.96082848972701</v>
       </c>
       <c r="I200" s="4">
         <v>113.26521985569001</v>
       </c>
       <c r="J200" s="4">
         <v>114.91694529843301</v>
       </c>
-    </row>
-    <row r="201" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="K200" s="4">
+        <v>102.335459</v>
+      </c>
+      <c r="L200" s="4">
+        <v>101.577724</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C201" s="10" t="s">
         <v>240</v>
       </c>
       <c r="D201" s="5">
         <v>1.21092</v>
       </c>
       <c r="E201" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F201" s="4">
         <v>104.026251803406</v>
       </c>
       <c r="G201" s="4">
         <v>106.74022307756</v>
       </c>
       <c r="H201" s="4">
         <v>107.769979192457</v>
       </c>
       <c r="I201" s="4">
         <v>106.95713923102601</v>
       </c>
       <c r="J201" s="4">
         <v>109.87301501328299</v>
       </c>
-    </row>
-    <row r="202" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K201" s="4">
+        <v>106.520349</v>
+      </c>
+      <c r="L201" s="4">
+        <v>97.730907999999999</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C202" s="10" t="s">
         <v>241</v>
       </c>
       <c r="D202" s="5">
         <v>1.21092</v>
       </c>
       <c r="E202" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F202" s="4">
         <v>104.026251803406</v>
       </c>
       <c r="G202" s="4">
         <v>106.74022307756</v>
       </c>
       <c r="H202" s="4">
         <v>107.769979192457</v>
       </c>
       <c r="I202" s="4">
         <v>106.95713923102601</v>
       </c>
       <c r="J202" s="4">
         <v>109.87301501328299</v>
       </c>
-    </row>
-    <row r="203" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K202" s="4">
+        <v>106.520349</v>
+      </c>
+      <c r="L202" s="4">
+        <v>97.730907999999999</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C203" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D203" s="5">
         <v>0.37239</v>
       </c>
       <c r="E203" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F203" s="4">
         <v>106.218018354008</v>
       </c>
       <c r="G203" s="4">
         <v>109.39018420621299</v>
       </c>
       <c r="H203" s="4">
         <v>107.349596117044</v>
       </c>
       <c r="I203" s="4">
         <v>108.916573613336</v>
       </c>
       <c r="J203" s="4">
         <v>114.624693151624</v>
       </c>
-    </row>
-    <row r="204" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K203" s="4">
+        <v>110.762151</v>
+      </c>
+      <c r="L203" s="4">
+        <v>101.124987</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="10" t="s">
         <v>244</v>
       </c>
       <c r="D204" s="5">
         <v>0.83853</v>
       </c>
       <c r="E204" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F204" s="4">
         <v>103.05289134429501</v>
       </c>
       <c r="G204" s="4">
         <v>105.56337904729401</v>
       </c>
       <c r="H204" s="4">
         <v>107.95667072818399</v>
       </c>
       <c r="I204" s="4">
         <v>106.086957162849</v>
       </c>
       <c r="J204" s="4">
         <v>107.762801399057</v>
       </c>
-    </row>
-    <row r="205" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K204" s="4">
+        <v>104.63657000000001</v>
+      </c>
+      <c r="L204" s="4">
+        <v>96.223602</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C205" s="10" t="s">
         <v>245</v>
       </c>
       <c r="D205" s="5">
         <v>0.48726999999999998</v>
       </c>
       <c r="E205" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F205" s="4">
         <v>107.515603663211</v>
       </c>
       <c r="G205" s="4">
         <v>105.856729591172</v>
       </c>
       <c r="H205" s="4">
         <v>104.42171045282301</v>
       </c>
       <c r="I205" s="4">
         <v>95.550930188057094</v>
       </c>
       <c r="J205" s="4">
         <v>100.12318063133699</v>
       </c>
-    </row>
-    <row r="206" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K205" s="4">
+        <v>100.644567</v>
+      </c>
+      <c r="L205" s="4">
+        <v>102.377527</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C206" s="10" t="s">
         <v>246</v>
       </c>
       <c r="D206" s="5">
         <v>0.21643999999999999</v>
       </c>
       <c r="E206" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F206" s="4">
         <v>111.041190694663</v>
       </c>
       <c r="G206" s="4">
         <v>113.907158773935</v>
       </c>
       <c r="H206" s="4">
         <v>116.377113731432</v>
       </c>
       <c r="I206" s="4">
         <v>112.82543092199801</v>
       </c>
       <c r="J206" s="4">
         <v>118.07726046689</v>
       </c>
-    </row>
-    <row r="207" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K206" s="4">
+        <v>116.587273</v>
+      </c>
+      <c r="L206" s="4">
+        <v>118.855622</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C207" s="10" t="s">
         <v>248</v>
       </c>
       <c r="D207" s="5">
         <v>0.13048000000000001</v>
       </c>
       <c r="E207" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F207" s="4">
         <v>111.89725374345601</v>
       </c>
       <c r="G207" s="4">
         <v>106.29851791291701</v>
       </c>
       <c r="H207" s="4">
         <v>106.799127562837</v>
       </c>
       <c r="I207" s="4">
         <v>99.517119696182206</v>
       </c>
       <c r="J207" s="4">
         <v>100.797283902511</v>
       </c>
-    </row>
-    <row r="208" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K207" s="4">
+        <v>105.037789</v>
+      </c>
+      <c r="L207" s="4">
+        <v>103.393103</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="10" t="s">
         <v>249</v>
       </c>
       <c r="D208" s="5">
         <v>8.5949999999999999E-2</v>
       </c>
       <c r="E208" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F208" s="4">
         <v>109.75452758006701</v>
       </c>
       <c r="G208" s="4">
         <v>125.471027664377</v>
       </c>
       <c r="H208" s="4">
         <v>130.93091718013</v>
       </c>
       <c r="I208" s="4">
         <v>133.041797449673</v>
       </c>
       <c r="J208" s="4">
         <v>144.32359106287299</v>
       </c>
-    </row>
-    <row r="209" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K208" s="4">
+        <v>134.134017</v>
+      </c>
+      <c r="L208" s="4">
+        <v>142.34297599999999</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C209" s="10" t="s">
         <v>250</v>
       </c>
       <c r="D209" s="5">
         <v>0.27083000000000002</v>
       </c>
       <c r="E209" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F209" s="4">
         <v>104.698050005612</v>
       </c>
       <c r="G209" s="4">
         <v>99.423044651109194</v>
       </c>
       <c r="H209" s="4">
         <v>94.867275989794706</v>
       </c>
       <c r="I209" s="4">
         <v>81.745617117665205</v>
       </c>
       <c r="J209" s="4">
         <v>85.774766350766996</v>
       </c>
-    </row>
-    <row r="210" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K209" s="4">
+        <v>87.903587999999999</v>
+      </c>
+      <c r="L209" s="4">
+        <v>89.208680000000001</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C210" s="10" t="s">
         <v>252</v>
       </c>
       <c r="D210" s="5">
         <v>0.27083000000000002</v>
       </c>
       <c r="E210" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F210" s="4">
         <v>104.698050005612</v>
       </c>
       <c r="G210" s="4">
         <v>99.423044651109194</v>
       </c>
       <c r="H210" s="4">
         <v>94.867275989794706</v>
       </c>
       <c r="I210" s="4">
         <v>81.745617117665205</v>
       </c>
       <c r="J210" s="4">
         <v>85.774766350766996</v>
       </c>
-    </row>
-    <row r="211" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K210" s="4">
+        <v>87.903587999999999</v>
+      </c>
+      <c r="L210" s="4">
+        <v>89.208680000000001</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>253</v>
       </c>
       <c r="D211" s="5">
         <v>8.5743799999999997</v>
       </c>
       <c r="E211" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F211" s="4">
         <v>105.65718363178701</v>
       </c>
       <c r="G211" s="4">
         <v>111.005763058141</v>
       </c>
       <c r="H211" s="4">
         <v>105.268789132967</v>
       </c>
       <c r="I211" s="4">
         <v>98.548765634664306</v>
       </c>
       <c r="J211" s="4">
         <v>96.442190615926506</v>
       </c>
-    </row>
-    <row r="212" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K211" s="4">
+        <v>104.82581399999999</v>
+      </c>
+      <c r="L211" s="4">
+        <v>111.910116</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C212" s="10" t="s">
         <v>254</v>
       </c>
       <c r="D212" s="5">
         <v>8.5743799999999997</v>
       </c>
       <c r="E212" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F212" s="4">
         <v>105.65718363178701</v>
       </c>
       <c r="G212" s="4">
         <v>111.005763058141</v>
       </c>
       <c r="H212" s="4">
         <v>105.268789132967</v>
       </c>
       <c r="I212" s="4">
         <v>98.548765634664306</v>
       </c>
       <c r="J212" s="4">
         <v>96.442190615926506</v>
       </c>
-    </row>
-    <row r="213" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K212" s="4">
+        <v>104.82581399999999</v>
+      </c>
+      <c r="L212" s="4">
+        <v>111.910116</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>255</v>
       </c>
       <c r="D213" s="5">
         <v>7.1649399999999996</v>
       </c>
       <c r="E213" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F213" s="4">
         <v>106.04442584084499</v>
       </c>
       <c r="G213" s="4">
         <v>110.224778366412</v>
       </c>
       <c r="H213" s="4">
         <v>102.700937438216</v>
       </c>
       <c r="I213" s="4">
         <v>94.342934084920898</v>
       </c>
       <c r="J213" s="4">
         <v>92.554085011070001</v>
       </c>
-    </row>
-    <row r="214" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K213" s="4">
+        <v>101.25558700000001</v>
+      </c>
+      <c r="L213" s="4">
+        <v>106.305538</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C214" s="10" t="s">
         <v>257</v>
       </c>
       <c r="D214" s="5">
         <v>0.29427999999999999</v>
       </c>
       <c r="E214" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F214" s="4">
         <v>102.970863648075</v>
       </c>
       <c r="G214" s="4">
         <v>95.475987988864404</v>
       </c>
       <c r="H214" s="4">
         <v>76.018997111217004</v>
       </c>
       <c r="I214" s="4">
         <v>81.024548955409699</v>
       </c>
       <c r="J214" s="4">
         <v>96.456441393273494</v>
       </c>
-    </row>
-    <row r="215" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K214" s="4">
+        <v>98.744394</v>
+      </c>
+      <c r="L214" s="4">
+        <v>106.92008300000001</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="10" t="s">
         <v>258</v>
       </c>
       <c r="D215" s="5">
         <v>0.32341999999999999</v>
       </c>
       <c r="E215" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F215" s="4">
         <v>101.509338271285</v>
       </c>
       <c r="G215" s="4">
         <v>102.763915999788</v>
       </c>
       <c r="H215" s="4">
         <v>109.56419434927</v>
       </c>
       <c r="I215" s="4">
         <v>116.402215001386</v>
       </c>
       <c r="J215" s="4">
         <v>110.43674920829601</v>
       </c>
-    </row>
-    <row r="216" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K215" s="4">
+        <v>134.511562</v>
+      </c>
+      <c r="L215" s="4">
+        <v>122.64143</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C216" s="10" t="s">
         <v>259</v>
       </c>
       <c r="D216" s="5">
         <v>3.8659400000000002</v>
       </c>
       <c r="E216" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F216" s="4">
         <v>104.936709509575</v>
       </c>
       <c r="G216" s="4">
         <v>109.988693387243</v>
       </c>
       <c r="H216" s="4">
         <v>100.900460100429</v>
       </c>
       <c r="I216" s="4">
         <v>104.225652550872</v>
       </c>
       <c r="J216" s="4">
         <v>102.797335197851</v>
       </c>
-    </row>
-    <row r="217" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K216" s="4">
+        <v>109.720928</v>
+      </c>
+      <c r="L216" s="4">
+        <v>112.179142</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>260</v>
       </c>
       <c r="D217" s="5">
         <v>0.98568999999999996</v>
       </c>
       <c r="E217" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F217" s="4">
         <v>105.939952489619</v>
       </c>
       <c r="G217" s="4">
         <v>115.28210678971899</v>
       </c>
       <c r="H217" s="4">
         <v>108.540733836077</v>
       </c>
       <c r="I217" s="4">
         <v>45.962972013585301</v>
       </c>
       <c r="J217" s="4">
         <v>30.082123784189601</v>
       </c>
-    </row>
-    <row r="218" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K217" s="4">
+        <v>58.252327000000001</v>
+      </c>
+      <c r="L217" s="4">
+        <v>84.028233999999998</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C218" s="10" t="s">
         <v>261</v>
       </c>
       <c r="D218" s="5">
         <v>0.20452000000000001</v>
       </c>
       <c r="E218" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F218" s="4">
         <v>112.30890324037701</v>
       </c>
       <c r="G218" s="4">
         <v>118.275316455696</v>
       </c>
       <c r="H218" s="4">
         <v>116.027324887345</v>
       </c>
       <c r="I218" s="4">
         <v>98.475796651000707</v>
       </c>
       <c r="J218" s="4">
         <v>91.487556865233401</v>
       </c>
-    </row>
-    <row r="219" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K218" s="4">
+        <v>105.91311</v>
+      </c>
+      <c r="L218" s="4">
+        <v>111.36982</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C219" s="10" t="s">
         <v>263</v>
       </c>
       <c r="D219" s="5">
         <v>5.0639999999999998E-2</v>
       </c>
       <c r="E219" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F219" s="4">
         <v>95.038404851945103</v>
       </c>
       <c r="G219" s="4">
         <v>89.521176673256605</v>
       </c>
       <c r="H219" s="4">
         <v>158.001853933045</v>
       </c>
       <c r="I219" s="4">
         <v>358.62940206557698</v>
       </c>
       <c r="J219" s="4">
         <v>364.83761679368001</v>
       </c>
-    </row>
-    <row r="220" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K219" s="4">
+        <v>185.69053500000001</v>
+      </c>
+      <c r="L219" s="4">
+        <v>162.56066999999999</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C220" s="10" t="s">
         <v>265</v>
       </c>
       <c r="D220" s="5">
         <v>9.9320000000000006E-2</v>
       </c>
       <c r="E220" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F220" s="4">
         <v>83.018617719986096</v>
       </c>
       <c r="G220" s="4">
         <v>70.840537139111206</v>
       </c>
       <c r="H220" s="4">
         <v>62.777195357204498</v>
       </c>
       <c r="I220" s="4">
         <v>84.802325901424396</v>
       </c>
       <c r="J220" s="4">
         <v>139.52881480610401</v>
       </c>
-    </row>
-    <row r="221" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K220" s="4">
+        <v>175.08488199999999</v>
+      </c>
+      <c r="L220" s="4">
+        <v>131.93648300000001</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>267</v>
       </c>
       <c r="D221" s="5">
         <v>2.0990000000000002E-2</v>
       </c>
       <c r="E221" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F221" s="4">
         <v>131.18279569892499</v>
       </c>
       <c r="G221" s="4">
         <v>247.84946236559099</v>
       </c>
       <c r="H221" s="4">
         <v>162.36559139784899</v>
       </c>
       <c r="I221" s="4">
         <v>117.204301075269</v>
       </c>
       <c r="J221" s="4">
         <v>132.258064516129</v>
       </c>
-    </row>
-    <row r="222" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K221" s="4">
+        <v>245.16129000000001</v>
+      </c>
+      <c r="L221" s="4">
+        <v>219.354839</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>269</v>
       </c>
       <c r="D222" s="5">
         <v>2.4729999999999999E-2</v>
       </c>
       <c r="E222" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F222" s="4">
         <v>85.659655831739997</v>
       </c>
       <c r="G222" s="4">
         <v>94.570290647674199</v>
       </c>
       <c r="H222" s="4">
         <v>72.426461379177894</v>
       </c>
       <c r="I222" s="4">
         <v>7.3617941503085103</v>
       </c>
       <c r="J222" s="4">
         <v>8.8492656574849509</v>
       </c>
-    </row>
-    <row r="223" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K222" s="4">
+        <v>13.666952999999999</v>
+      </c>
+      <c r="L222" s="4">
+        <v>11.604616</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>271</v>
       </c>
       <c r="D223" s="5">
         <v>0.37673000000000001</v>
       </c>
       <c r="E223" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F223" s="4">
         <v>110.08496535037899</v>
       </c>
       <c r="G223" s="4">
         <v>108.784688865029</v>
       </c>
       <c r="H223" s="4">
         <v>98.075904751738705</v>
       </c>
       <c r="I223" s="4">
         <v>63.139542428257201</v>
       </c>
       <c r="J223" s="4">
         <v>67.1502805667008</v>
       </c>
-    </row>
-    <row r="224" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K223" s="4">
+        <v>78.756229000000005</v>
+      </c>
+      <c r="L223" s="4">
+        <v>72.840050000000005</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>273</v>
       </c>
       <c r="D224" s="5">
         <v>0.44547999999999999</v>
       </c>
       <c r="E224" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F224" s="4">
         <v>102.59191006273601</v>
       </c>
       <c r="G224" s="4">
         <v>104.897243134224</v>
       </c>
       <c r="H224" s="4">
         <v>98.339150077476205</v>
       </c>
       <c r="I224" s="4">
         <v>86.120759751910299</v>
       </c>
       <c r="J224" s="4">
         <v>87.637485558529804</v>
       </c>
-    </row>
-    <row r="225" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K224" s="4">
+        <v>79.112211000000002</v>
+      </c>
+      <c r="L224" s="4">
+        <v>93.708242999999996</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C225" s="10" t="s">
         <v>275</v>
       </c>
       <c r="D225" s="5">
         <v>5.8970000000000002E-2</v>
       </c>
       <c r="E225" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F225" s="4">
         <v>95.839922615470599</v>
       </c>
       <c r="G225" s="4">
         <v>94.576332587133706</v>
       </c>
       <c r="H225" s="4">
         <v>92.496169430650895</v>
       </c>
       <c r="I225" s="4">
         <v>99.710459621464807</v>
       </c>
       <c r="J225" s="4">
         <v>110.29669780322099</v>
       </c>
-    </row>
-    <row r="226" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K225" s="4">
+        <v>100.009101</v>
+      </c>
+      <c r="L225" s="4">
+        <v>109.047729</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C226" s="10" t="s">
         <v>277</v>
       </c>
       <c r="D226" s="5">
         <v>0.20602000000000001</v>
       </c>
       <c r="E226" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F226" s="4">
         <v>154.12926642154599</v>
       </c>
       <c r="G226" s="4">
         <v>162.199392284071</v>
       </c>
       <c r="H226" s="4">
         <v>156.656778031112</v>
       </c>
       <c r="I226" s="4">
         <v>161.420675664931</v>
       </c>
       <c r="J226" s="4">
         <v>141.875130278565</v>
       </c>
-    </row>
-    <row r="227" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K226" s="4">
+        <v>132.264118</v>
+      </c>
+      <c r="L226" s="4">
+        <v>151.27995300000001</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>279</v>
       </c>
       <c r="D227" s="5">
         <v>0.17591000000000001</v>
       </c>
       <c r="E227" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F227" s="4">
         <v>100.28809223792599</v>
       </c>
       <c r="G227" s="4">
         <v>92.250967745469296</v>
       </c>
       <c r="H227" s="4">
         <v>92.502496797656505</v>
       </c>
       <c r="I227" s="4">
         <v>73.530846177702102</v>
       </c>
       <c r="J227" s="4">
         <v>83.705123045370698</v>
       </c>
-    </row>
-    <row r="228" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K227" s="4">
+        <v>91.037689999999998</v>
+      </c>
+      <c r="L227" s="4">
+        <v>86.01379</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C228" s="10" t="s">
         <v>281</v>
       </c>
       <c r="D228" s="5">
         <v>3.2309999999999998E-2</v>
       </c>
       <c r="E228" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F228" s="4">
         <v>106.62562422555099</v>
       </c>
       <c r="G228" s="4">
         <v>103.55359211446201</v>
       </c>
       <c r="H228" s="4">
         <v>94.542722214362598</v>
       </c>
       <c r="I228" s="4">
         <v>81.929020600791603</v>
       </c>
       <c r="J228" s="4">
         <v>97.379390765020105</v>
       </c>
-    </row>
-    <row r="229" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K228" s="4">
+        <v>102.843692</v>
+      </c>
+      <c r="L228" s="4">
+        <v>96.605940000000004</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>282</v>
       </c>
       <c r="D229" s="5">
         <v>1.3023</v>
       </c>
       <c r="E229" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F229" s="4">
         <v>103.81591914679299</v>
       </c>
       <c r="G229" s="4">
         <v>115.57599291968999</v>
       </c>
       <c r="H229" s="4">
         <v>119.467670954816</v>
       </c>
       <c r="I229" s="4">
         <v>121.23229297363299</v>
       </c>
       <c r="J229" s="4">
         <v>117.168125323333</v>
       </c>
-    </row>
-    <row r="230" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K229" s="4">
+        <v>125.529037</v>
+      </c>
+      <c r="L229" s="4">
+        <v>144.02471399999999</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C230" s="10" t="s">
         <v>284</v>
       </c>
       <c r="D230" s="5">
         <v>0.79959000000000002</v>
       </c>
       <c r="E230" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F230" s="4">
         <v>97.393126213592197</v>
       </c>
       <c r="G230" s="4">
         <v>98.887922330096998</v>
       </c>
       <c r="H230" s="4">
         <v>100.04124271844699</v>
       </c>
       <c r="I230" s="4">
         <v>90.796543689320302</v>
       </c>
       <c r="J230" s="4">
         <v>76.525359223300896</v>
       </c>
-    </row>
-    <row r="231" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K230" s="4">
+        <v>76.146990000000002</v>
+      </c>
+      <c r="L230" s="4">
+        <v>84.374174999999994</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="10" t="s">
         <v>285</v>
       </c>
       <c r="D231" s="5">
         <v>0.50270999999999999</v>
       </c>
       <c r="E231" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F231" s="4">
         <v>114.031751339227</v>
       </c>
       <c r="G231" s="4">
         <v>142.11935661393301</v>
       </c>
       <c r="H231" s="4">
         <v>150.36655451296701</v>
       </c>
       <c r="I231" s="4">
         <v>169.64215307238399</v>
       </c>
       <c r="J231" s="4">
         <v>181.81284960955199</v>
       </c>
-    </row>
-    <row r="232" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K231" s="4">
+        <v>204.074105</v>
+      </c>
+      <c r="L231" s="4">
+        <v>238.90242599999999</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C232" s="10" t="s">
         <v>286</v>
       </c>
       <c r="D232" s="5">
         <v>0.10715</v>
       </c>
       <c r="E232" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F232" s="4">
         <v>102.131798411079</v>
       </c>
       <c r="G232" s="4">
         <v>107.672007116301</v>
       </c>
       <c r="H232" s="4">
         <v>104.39381794589001</v>
       </c>
       <c r="I232" s="4">
         <v>104.081080733346</v>
       </c>
       <c r="J232" s="4">
         <v>104.521464354597</v>
       </c>
-    </row>
-    <row r="233" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K232" s="4">
+        <v>91.924278999999999</v>
+      </c>
+      <c r="L232" s="4">
+        <v>96.347855999999993</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>288</v>
       </c>
       <c r="D233" s="5">
         <v>0.10715</v>
       </c>
       <c r="E233" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F233" s="4">
         <v>102.131798411079</v>
       </c>
       <c r="G233" s="4">
         <v>107.672007116301</v>
       </c>
       <c r="H233" s="4">
         <v>104.39381794589001</v>
       </c>
       <c r="I233" s="4">
         <v>104.081080733346</v>
       </c>
       <c r="J233" s="4">
         <v>104.521464354597</v>
       </c>
-    </row>
-    <row r="234" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K233" s="4">
+        <v>91.924278999999999</v>
+      </c>
+      <c r="L233" s="4">
+        <v>96.347855999999993</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C234" s="10" t="s">
         <v>289</v>
       </c>
       <c r="D234" s="5">
         <v>8.0606299999999997</v>
       </c>
       <c r="E234" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F234" s="4">
         <v>103.515295116066</v>
       </c>
       <c r="G234" s="4">
         <v>106.078955506867</v>
       </c>
       <c r="H234" s="4">
         <v>105.12625172406</v>
       </c>
       <c r="I234" s="4">
         <v>101.89426241724099</v>
       </c>
       <c r="J234" s="4">
         <v>105.384121588306</v>
       </c>
-    </row>
-    <row r="235" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K234" s="4">
+        <v>97.775953999999999</v>
+      </c>
+      <c r="L234" s="4">
+        <v>95.619895999999997</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C235" s="10" t="s">
         <v>290</v>
       </c>
       <c r="D235" s="5">
         <v>0.72477000000000003</v>
       </c>
       <c r="E235" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F235" s="4">
         <v>113.50398378848099</v>
       </c>
       <c r="G235" s="4">
         <v>108.370764460847</v>
       </c>
       <c r="H235" s="4">
         <v>116.512815482807</v>
       </c>
       <c r="I235" s="4">
         <v>109.40814842519799</v>
       </c>
       <c r="J235" s="4">
         <v>110.10881131896301</v>
       </c>
-    </row>
-    <row r="236" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K235" s="4">
+        <v>115.022631</v>
+      </c>
+      <c r="L235" s="4">
+        <v>113.072636</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C236" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D236" s="5">
         <v>0.51297999999999999</v>
       </c>
       <c r="E236" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F236" s="4">
         <v>110.557906892144</v>
       </c>
       <c r="G236" s="4">
         <v>108.662599697622</v>
       </c>
       <c r="H236" s="4">
         <v>110.02412210284599</v>
       </c>
       <c r="I236" s="4">
         <v>106.198479136744</v>
       </c>
       <c r="J236" s="4">
         <v>117.49990068643</v>
       </c>
-    </row>
-    <row r="237" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K236" s="4">
+        <v>120.896125</v>
+      </c>
+      <c r="L236" s="4">
+        <v>118.23883600000001</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C237" s="10" t="s">
         <v>293</v>
       </c>
       <c r="D237" s="5">
         <v>0.30886000000000002</v>
       </c>
       <c r="E237" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F237" s="4">
         <v>113.377755312014</v>
       </c>
       <c r="G237" s="4">
         <v>110.646346448485</v>
       </c>
       <c r="H237" s="4">
         <v>111.849465676382</v>
       </c>
       <c r="I237" s="4">
         <v>107.772143502879</v>
       </c>
       <c r="J237" s="4">
         <v>120.453866860547</v>
       </c>
-    </row>
-    <row r="238" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K237" s="4">
+        <v>126.28981899999999</v>
+      </c>
+      <c r="L237" s="4">
+        <v>125.113866</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="10" t="s">
         <v>643</v>
       </c>
       <c r="D238" s="5">
         <v>0.14368</v>
       </c>
       <c r="E238" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F238" s="4">
         <v>104.65553537073799</v>
       </c>
       <c r="G238" s="4">
         <v>105.89568561121401</v>
       </c>
       <c r="H238" s="4">
         <v>105.947354650994</v>
       </c>
       <c r="I238" s="4">
         <v>106.517817521119</v>
       </c>
       <c r="J238" s="4">
         <v>115.99276203042</v>
       </c>
-    </row>
-    <row r="239" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K238" s="4">
+        <v>116.21380600000001</v>
+      </c>
+      <c r="L238" s="4">
+        <v>112.984031</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C239" s="10" t="s">
         <v>644</v>
       </c>
       <c r="D239" s="5">
         <v>6.0429999999999998E-2</v>
       </c>
       <c r="E239" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F239" s="4">
         <v>110.19748882667</v>
       </c>
       <c r="G239" s="4">
         <v>105.120266758038</v>
       </c>
       <c r="H239" s="4">
         <v>110.405961794736</v>
       </c>
       <c r="I239" s="4">
         <v>97.413727682166098</v>
       </c>
       <c r="J239" s="4">
         <v>106.004926146703</v>
       </c>
-    </row>
-    <row r="240" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K239" s="4">
+        <v>104.48156299999999</v>
+      </c>
+      <c r="L239" s="4">
+        <v>95.613831000000005</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C240" s="10" t="s">
         <v>294</v>
       </c>
       <c r="D240" s="5">
         <v>0.21179000000000001</v>
       </c>
       <c r="E240" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F240" s="4">
         <v>120.63972450467701</v>
       </c>
       <c r="G240" s="4">
         <v>107.663905592341</v>
       </c>
       <c r="H240" s="4">
         <v>132.22918514167901</v>
       </c>
       <c r="I240" s="4">
         <v>117.182340556987</v>
       </c>
       <c r="J240" s="4">
         <v>92.206733677321296</v>
       </c>
-    </row>
-    <row r="241" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K240" s="4">
+        <v>100.796346</v>
+      </c>
+      <c r="L240" s="4">
+        <v>100.559498</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C241" s="10" t="s">
         <v>296</v>
       </c>
       <c r="D241" s="5">
         <v>0.21179000000000001</v>
       </c>
       <c r="E241" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F241" s="4">
         <v>120.63972450467701</v>
       </c>
       <c r="G241" s="4">
         <v>107.663905592341</v>
       </c>
       <c r="H241" s="4">
         <v>132.22918514167901</v>
       </c>
       <c r="I241" s="4">
         <v>117.182340556987</v>
       </c>
       <c r="J241" s="4">
         <v>92.206733677321296</v>
       </c>
-    </row>
-    <row r="242" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K241" s="4">
+        <v>100.796346</v>
+      </c>
+      <c r="L241" s="4">
+        <v>100.559498</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C242" s="10" t="s">
         <v>297</v>
       </c>
       <c r="D242" s="5">
         <v>0.70504999999999995</v>
       </c>
       <c r="E242" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F242" s="4">
         <v>98.933201948908405</v>
       </c>
       <c r="G242" s="4">
         <v>100.731727517126</v>
       </c>
       <c r="H242" s="4">
         <v>80.065176462203695</v>
       </c>
       <c r="I242" s="4">
         <v>85.406371985427697</v>
       </c>
       <c r="J242" s="4">
         <v>84.338031004186504</v>
       </c>
-    </row>
-    <row r="243" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K242" s="4">
+        <v>74.561389000000005</v>
+      </c>
+      <c r="L242" s="4">
+        <v>63.855936</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C243" s="10" t="s">
         <v>298</v>
       </c>
       <c r="D243" s="5">
         <v>0.70504999999999995</v>
       </c>
       <c r="E243" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F243" s="4">
         <v>98.933201948908405</v>
       </c>
       <c r="G243" s="4">
         <v>100.731727517126</v>
       </c>
       <c r="H243" s="4">
         <v>80.065176462203695</v>
       </c>
       <c r="I243" s="4">
         <v>85.406371985427697</v>
       </c>
       <c r="J243" s="4">
         <v>84.338031004186405</v>
       </c>
-    </row>
-    <row r="244" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K243" s="4">
+        <v>74.561389000000005</v>
+      </c>
+      <c r="L243" s="4">
+        <v>63.855936</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C244" s="10" t="s">
         <v>300</v>
       </c>
       <c r="D244" s="5">
         <v>0.70504999999999995</v>
       </c>
       <c r="E244" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F244" s="4">
         <v>98.933201948908405</v>
       </c>
       <c r="G244" s="4">
         <v>100.731727517126</v>
       </c>
       <c r="H244" s="4">
         <v>80.065176462203794</v>
       </c>
       <c r="I244" s="4">
         <v>85.406371985427796</v>
       </c>
       <c r="J244" s="4">
         <v>84.338031004186504</v>
       </c>
-    </row>
-    <row r="245" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K244" s="4">
+        <v>74.561389000000005</v>
+      </c>
+      <c r="L244" s="4">
+        <v>63.855936</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C245" s="10" t="s">
         <v>301</v>
       </c>
       <c r="D245" s="5">
         <v>3.9081800000000002</v>
       </c>
       <c r="E245" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F245" s="4">
         <v>105.362051917757</v>
       </c>
       <c r="G245" s="4">
         <v>109.344653094693</v>
       </c>
       <c r="H245" s="4">
         <v>109.541151399749</v>
       </c>
       <c r="I245" s="4">
         <v>106.728159526833</v>
       </c>
       <c r="J245" s="4">
         <v>115.10923039023599</v>
       </c>
-    </row>
-    <row r="246" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K245" s="4">
+        <v>103.272914</v>
+      </c>
+      <c r="L245" s="4">
+        <v>100.639366</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C246" s="10" t="s">
         <v>302</v>
       </c>
       <c r="D246" s="5">
         <v>3.9081800000000002</v>
       </c>
       <c r="E246" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F246" s="4">
         <v>105.362051917757</v>
       </c>
       <c r="G246" s="4">
         <v>109.344653094693</v>
       </c>
       <c r="H246" s="4">
         <v>109.541151399749</v>
       </c>
       <c r="I246" s="4">
         <v>106.728159526833</v>
       </c>
       <c r="J246" s="4">
         <v>115.10923039023599</v>
       </c>
-    </row>
-    <row r="247" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K246" s="4">
+        <v>103.272914</v>
+      </c>
+      <c r="L246" s="4">
+        <v>100.639366</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C247" s="10" t="s">
         <v>304</v>
       </c>
       <c r="D247" s="5">
         <v>0.90200000000000002</v>
       </c>
       <c r="E247" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F247" s="4">
         <v>107.134352867224</v>
       </c>
       <c r="G247" s="4">
         <v>111.06157806691</v>
       </c>
       <c r="H247" s="4">
         <v>111.087733388473</v>
       </c>
       <c r="I247" s="4">
         <v>104.333510713976</v>
       </c>
       <c r="J247" s="4">
         <v>118.130791002089</v>
       </c>
-    </row>
-    <row r="248" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K247" s="4">
+        <v>104.869422</v>
+      </c>
+      <c r="L247" s="4">
+        <v>103.43782400000001</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="10" t="s">
         <v>305</v>
       </c>
       <c r="D248" s="5">
         <v>0.32801000000000002</v>
       </c>
       <c r="E248" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F248" s="4">
         <v>103.652480019759</v>
       </c>
       <c r="G248" s="4">
         <v>110.287413709897</v>
       </c>
       <c r="H248" s="4">
         <v>110.85993263872101</v>
       </c>
       <c r="I248" s="4">
         <v>105.941613711744</v>
       </c>
       <c r="J248" s="4">
         <v>115.969859603573</v>
       </c>
-    </row>
-    <row r="249" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K248" s="4">
+        <v>99.457659000000007</v>
+      </c>
+      <c r="L248" s="4">
+        <v>92.748722999999998</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C249" s="10" t="s">
         <v>306</v>
       </c>
       <c r="D249" s="5">
         <v>0.18007999999999999</v>
       </c>
       <c r="E249" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F249" s="4">
         <v>105.564785255565</v>
       </c>
       <c r="G249" s="4">
         <v>119.13116334596199</v>
       </c>
       <c r="H249" s="4">
         <v>110.829982444922</v>
       </c>
       <c r="I249" s="4">
         <v>110.398593192145</v>
       </c>
       <c r="J249" s="4">
         <v>120.94563075166199</v>
       </c>
-    </row>
-    <row r="250" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K249" s="4">
+        <v>103.476551</v>
+      </c>
+      <c r="L249" s="4">
+        <v>96.560861000000003</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C250" s="10" t="s">
         <v>307</v>
       </c>
       <c r="D250" s="5">
         <v>5.5629999999999999E-2</v>
       </c>
       <c r="E250" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F250" s="4">
         <v>104.734664804773</v>
       </c>
       <c r="G250" s="4">
         <v>93.183155464500601</v>
       </c>
       <c r="H250" s="4">
         <v>93.108799744265298</v>
       </c>
       <c r="I250" s="4">
         <v>108.581711575223</v>
       </c>
       <c r="J250" s="4">
         <v>122.235838616408</v>
       </c>
-    </row>
-    <row r="251" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K250" s="4">
+        <v>95.915360000000007</v>
+      </c>
+      <c r="L250" s="4">
+        <v>89.636848000000001</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C251" s="10" t="s">
         <v>308</v>
       </c>
       <c r="D251" s="5">
         <v>0.16996</v>
       </c>
       <c r="E251" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F251" s="4">
         <v>105.622779120983</v>
       </c>
       <c r="G251" s="4">
         <v>104.71602475720999</v>
       </c>
       <c r="H251" s="4">
         <v>109.53292936292701</v>
       </c>
       <c r="I251" s="4">
         <v>110.25566525990401</v>
       </c>
       <c r="J251" s="4">
         <v>109.80918588745701</v>
       </c>
-    </row>
-    <row r="252" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K251" s="4">
+        <v>110.67865500000001</v>
+      </c>
+      <c r="L251" s="4">
+        <v>106.523043</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C252" s="10" t="s">
         <v>309</v>
       </c>
       <c r="D252" s="5">
         <v>1.09928</v>
       </c>
       <c r="E252" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F252" s="4">
         <v>105.347720217318</v>
       </c>
       <c r="G252" s="4">
         <v>107.778124138465</v>
       </c>
       <c r="H252" s="4">
         <v>111.925500683444</v>
       </c>
       <c r="I252" s="4">
         <v>110.06963219157601</v>
       </c>
       <c r="J252" s="4">
         <v>117.626662011658</v>
       </c>
-    </row>
-    <row r="253" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K252" s="4">
+        <v>106.65895500000001</v>
+      </c>
+      <c r="L252" s="4">
+        <v>109.041973</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C253" s="10" t="s">
         <v>310</v>
       </c>
       <c r="D253" s="5">
         <v>0.57460999999999995</v>
       </c>
       <c r="E253" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F253" s="4">
         <v>105.451636489957</v>
       </c>
       <c r="G253" s="4">
         <v>111.70443227613301</v>
       </c>
       <c r="H253" s="4">
         <v>111.82299573388001</v>
       </c>
       <c r="I253" s="4">
         <v>106.131290334738</v>
       </c>
       <c r="J253" s="4">
         <v>112.088608353719</v>
       </c>
-    </row>
-    <row r="254" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K253" s="4">
+        <v>101.50114000000001</v>
+      </c>
+      <c r="L253" s="4">
+        <v>96.120219000000006</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C254" s="10" t="s">
         <v>311</v>
       </c>
       <c r="D254" s="5">
         <v>8.0640000000000003E-2</v>
       </c>
       <c r="E254" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F254" s="4">
         <v>101.07032785440499</v>
       </c>
       <c r="G254" s="4">
         <v>110.45727291103501</v>
       </c>
       <c r="H254" s="4">
         <v>114.55455105081001</v>
       </c>
       <c r="I254" s="4">
         <v>115.85347834020899</v>
       </c>
       <c r="J254" s="4">
         <v>119.439094196263</v>
       </c>
-    </row>
-    <row r="255" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K254" s="4">
+        <v>104.778283</v>
+      </c>
+      <c r="L254" s="4">
+        <v>90.385069000000001</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C255" s="10" t="s">
         <v>312</v>
       </c>
       <c r="D255" s="5">
         <v>1.9980000000000001E-2</v>
       </c>
       <c r="E255" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F255" s="4">
         <v>89.949996197016304</v>
       </c>
       <c r="G255" s="4">
         <v>102.98256584875701</v>
       </c>
       <c r="H255" s="4">
         <v>100.022677023272</v>
       </c>
       <c r="I255" s="4">
         <v>108.38185103769</v>
       </c>
       <c r="J255" s="4">
         <v>91.303428268046304</v>
       </c>
-    </row>
-    <row r="256" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K255" s="4">
+        <v>52.302072000000003</v>
+      </c>
+      <c r="L255" s="4">
+        <v>38.647109</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C256" s="10" t="s">
         <v>313</v>
       </c>
       <c r="D256" s="5">
         <v>6.5100000000000005E-2</v>
       </c>
       <c r="E256" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F256" s="4">
         <v>92.487563509525799</v>
       </c>
       <c r="G256" s="4">
         <v>93.665839112503704</v>
       </c>
       <c r="H256" s="4">
         <v>75.991884491286797</v>
       </c>
       <c r="I256" s="4">
         <v>83.077422785312905</v>
       </c>
       <c r="J256" s="4">
         <v>92.881623613969595</v>
       </c>
-    </row>
-    <row r="257" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K256" s="4">
+        <v>75.414688999999996</v>
+      </c>
+      <c r="L256" s="4">
+        <v>53.430087999999998</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C257" s="10" t="s">
         <v>314</v>
       </c>
       <c r="D257" s="5">
         <v>3.4029999999999998E-2</v>
       </c>
       <c r="E257" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F257" s="4">
         <v>107.859694762277</v>
       </c>
       <c r="G257" s="4">
         <v>128.861381536843</v>
       </c>
       <c r="H257" s="4">
         <v>103.986341277417</v>
       </c>
       <c r="I257" s="4">
         <v>114.239018464388</v>
       </c>
       <c r="J257" s="4">
         <v>128.94040759653501</v>
       </c>
-    </row>
-    <row r="258" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K257" s="4">
+        <v>85.879171999999997</v>
+      </c>
+      <c r="L257" s="4">
+        <v>70.582221000000004</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C258" s="10" t="s">
         <v>315</v>
       </c>
       <c r="D258" s="5">
         <v>0.18015999999999999</v>
       </c>
       <c r="E258" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F258" s="4">
         <v>101.988944225015</v>
       </c>
       <c r="G258" s="4">
         <v>98.588938784193502</v>
       </c>
       <c r="H258" s="4">
         <v>103.944676468889</v>
       </c>
       <c r="I258" s="4">
         <v>105.50897774633</v>
       </c>
       <c r="J258" s="4">
         <v>105.49656087046201</v>
       </c>
-    </row>
-    <row r="259" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K258" s="4">
+        <v>109.666792</v>
+      </c>
+      <c r="L258" s="4">
+        <v>107.06061699999999</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C259" s="10" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="D259" s="5">
         <v>0.21870000000000001</v>
       </c>
       <c r="E259" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F259" s="4">
         <v>109.456019479262</v>
       </c>
       <c r="G259" s="4">
         <v>112.834684522657</v>
       </c>
       <c r="H259" s="4">
         <v>100.81163590751</v>
       </c>
       <c r="I259" s="4">
         <v>99.681571253331896</v>
       </c>
       <c r="J259" s="4">
         <v>107.100719173976</v>
       </c>
-    </row>
-    <row r="260" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K259" s="4">
+        <v>95.827901999999995</v>
+      </c>
+      <c r="L259" s="4">
+        <v>95.039437000000007</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C260" s="10" t="s">
         <v>316</v>
       </c>
       <c r="D260" s="5">
         <v>0.81045</v>
       </c>
       <c r="E260" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F260" s="4">
         <v>100.31912536590499</v>
       </c>
       <c r="G260" s="4">
         <v>100.70266652931601</v>
       </c>
       <c r="H260" s="4">
         <v>100.75890530459</v>
       </c>
       <c r="I260" s="4">
         <v>92.109304701401797</v>
       </c>
       <c r="J260" s="4">
         <v>91.187907780508397</v>
       </c>
-    </row>
-    <row r="261" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K260" s="4">
+        <v>86.969550999999996</v>
+      </c>
+      <c r="L260" s="4">
+        <v>87.356494999999995</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C261" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D261" s="5">
         <v>0.81045</v>
       </c>
       <c r="E261" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F261" s="4">
         <v>100.31912536590499</v>
       </c>
       <c r="G261" s="4">
         <v>100.70266652931601</v>
       </c>
       <c r="H261" s="4">
         <v>100.75890530459</v>
       </c>
       <c r="I261" s="4">
         <v>92.109304701401797</v>
       </c>
       <c r="J261" s="4">
         <v>91.187907780508397</v>
       </c>
-    </row>
-    <row r="262" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K261" s="4">
+        <v>86.969550999999996</v>
+      </c>
+      <c r="L261" s="4">
+        <v>87.356494999999995</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C262" s="10" t="s">
         <v>319</v>
       </c>
       <c r="D262" s="5">
         <v>0.12173</v>
       </c>
       <c r="E262" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F262" s="4">
         <v>93.310569126122502</v>
       </c>
       <c r="G262" s="4">
         <v>95.174365031497103</v>
       </c>
       <c r="H262" s="4">
         <v>89.381466961533306</v>
       </c>
       <c r="I262" s="4">
         <v>81.739650348478705</v>
       </c>
       <c r="J262" s="4">
         <v>81.353412746280696</v>
       </c>
-    </row>
-    <row r="263" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K262" s="4">
+        <v>59.900523999999997</v>
+      </c>
+      <c r="L262" s="4">
+        <v>60.676586</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="10" t="s">
         <v>320</v>
       </c>
       <c r="D263" s="5">
         <v>0.27506000000000003</v>
       </c>
       <c r="E263" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F263" s="4">
         <v>97.154144326073904</v>
       </c>
       <c r="G263" s="4">
         <v>93.770114939768106</v>
       </c>
       <c r="H263" s="4">
         <v>98.995291783113203</v>
       </c>
       <c r="I263" s="4">
         <v>95.643476322734401</v>
       </c>
       <c r="J263" s="4">
         <v>88.050626361211002</v>
       </c>
-    </row>
-    <row r="264" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K263" s="4">
+        <v>91.273891000000006</v>
+      </c>
+      <c r="L263" s="4">
+        <v>100.131873</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C264" s="10" t="s">
         <v>321</v>
       </c>
       <c r="D264" s="5">
         <v>0.41366999999999998</v>
       </c>
       <c r="E264" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F264" s="4">
         <v>104.483575397647</v>
       </c>
       <c r="G264" s="4">
         <v>106.936671303376</v>
       </c>
       <c r="H264" s="4">
         <v>105.277162649006</v>
       </c>
       <c r="I264" s="4">
         <v>92.8085763071999</v>
       </c>
       <c r="J264" s="4">
         <v>96.165744772871093</v>
       </c>
-    </row>
-    <row r="265" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="K264" s="4">
+        <v>92.070938999999996</v>
+      </c>
+      <c r="L264" s="4">
+        <v>86.710753999999994</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C265" s="10" t="s">
         <v>322</v>
       </c>
       <c r="D265" s="5">
         <v>1.4186300000000001</v>
       </c>
       <c r="E265" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F265" s="4">
         <v>98.184475324046403</v>
       </c>
       <c r="G265" s="4">
         <v>101.42084514706001</v>
       </c>
       <c r="H265" s="4">
         <v>102.709113203287</v>
       </c>
       <c r="I265" s="4">
         <v>101.55446726239001</v>
       </c>
       <c r="J265" s="4">
         <v>96.2640781481836</v>
       </c>
-    </row>
-    <row r="266" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K265" s="4">
+        <v>93.138238999999999</v>
+      </c>
+      <c r="L265" s="4">
+        <v>90.703429999999997</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C266" s="10" t="s">
         <v>323</v>
       </c>
       <c r="D266" s="5">
         <v>0.41948999999999997</v>
       </c>
       <c r="E266" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F266" s="4">
         <v>100.322028080783</v>
       </c>
       <c r="G266" s="4">
         <v>98.545867499119794</v>
       </c>
       <c r="H266" s="4">
         <v>101.148571299037</v>
       </c>
       <c r="I266" s="4">
         <v>102.966829304924</v>
       </c>
       <c r="J266" s="4">
         <v>95.918723765687801</v>
       </c>
-    </row>
-    <row r="267" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K266" s="4">
+        <v>94.408676</v>
+      </c>
+      <c r="L266" s="4">
+        <v>93.136812000000006</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C267" s="10" t="s">
         <v>325</v>
       </c>
       <c r="D267" s="5">
         <v>0.26227</v>
       </c>
       <c r="E267" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F267" s="4">
         <v>92.790816269530694</v>
       </c>
       <c r="G267" s="4">
         <v>90.932031806727096</v>
       </c>
       <c r="H267" s="4">
         <v>92.684290328763495</v>
       </c>
       <c r="I267" s="4">
         <v>95.061025319726497</v>
       </c>
       <c r="J267" s="4">
         <v>88.754867631148002</v>
       </c>
-    </row>
-    <row r="268" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K267" s="4">
+        <v>86.513030000000001</v>
+      </c>
+      <c r="L267" s="4">
+        <v>87.409869999999998</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="10" t="s">
         <v>326</v>
       </c>
       <c r="D268" s="5">
         <v>4.4699999999999997E-2</v>
       </c>
       <c r="E268" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F268" s="4">
         <v>119.98033447835</v>
       </c>
       <c r="G268" s="4">
         <v>124.96491319224</v>
       </c>
       <c r="H268" s="4">
         <v>144.012215281892</v>
       </c>
       <c r="I268" s="4">
         <v>147.957086951028</v>
       </c>
       <c r="J268" s="4">
         <v>125.476318210983</v>
       </c>
-    </row>
-    <row r="269" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K268" s="4">
+        <v>126.119653</v>
+      </c>
+      <c r="L268" s="4">
+        <v>132.029674</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C269" s="10" t="s">
         <v>327</v>
       </c>
       <c r="D269" s="5">
         <v>3.9230000000000001E-2</v>
       </c>
       <c r="E269" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F269" s="4">
         <v>117.566379043282</v>
       </c>
       <c r="G269" s="4">
         <v>114.25534076038301</v>
       </c>
       <c r="H269" s="4">
         <v>115.50644542831201</v>
       </c>
       <c r="I269" s="4">
         <v>115.064493729262</v>
       </c>
       <c r="J269" s="4">
         <v>118.64258094946</v>
       </c>
-    </row>
-    <row r="270" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K269" s="4">
+        <v>132.629277</v>
+      </c>
+      <c r="L269" s="4">
+        <v>112.495653</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C270" s="10" t="s">
         <v>328</v>
       </c>
       <c r="D270" s="5">
         <v>7.3300000000000004E-2</v>
       </c>
       <c r="E270" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F270" s="4">
         <v>106.03806515071901</v>
       </c>
       <c r="G270" s="4">
         <v>101.256389325136</v>
       </c>
       <c r="H270" s="4">
         <v>97.596745872512102</v>
       </c>
       <c r="I270" s="4">
         <v>97.329307487151894</v>
       </c>
       <c r="J270" s="4">
         <v>91.351520111445097</v>
       </c>
-    </row>
-    <row r="271" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K270" s="4">
+        <v>82.853043999999997</v>
+      </c>
+      <c r="L270" s="4">
+        <v>79.536749</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C271" s="10" t="s">
         <v>329</v>
       </c>
       <c r="D271" s="5">
         <v>0.99912999999999996</v>
       </c>
       <c r="E271" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F271" s="4">
         <v>97.287995225190201</v>
       </c>
       <c r="G271" s="4">
         <v>102.628934767015</v>
       </c>
       <c r="H271" s="4">
         <v>103.365342937701</v>
       </c>
       <c r="I271" s="4">
         <v>100.962496038876</v>
       </c>
       <c r="J271" s="4">
         <v>96.410040486112194</v>
       </c>
-    </row>
-    <row r="272" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K271" s="4">
+        <v>92.605771000000004</v>
+      </c>
+      <c r="L271" s="4">
+        <v>89.682669000000004</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C272" s="10" t="s">
         <v>331</v>
       </c>
       <c r="D272" s="5">
         <v>0.43983</v>
       </c>
       <c r="E272" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F272" s="4">
         <v>96.2752111703699</v>
       </c>
       <c r="G272" s="4">
         <v>99.791938867511305</v>
       </c>
       <c r="H272" s="4">
         <v>98.786480387989101</v>
       </c>
       <c r="I272" s="4">
         <v>96.494799521026906</v>
       </c>
       <c r="J272" s="4">
         <v>86.200161525224502</v>
       </c>
-    </row>
-    <row r="273" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K272" s="4">
+        <v>87.052205999999998</v>
+      </c>
+      <c r="L272" s="4">
+        <v>85.965829999999997</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="10" t="s">
         <v>332</v>
       </c>
       <c r="D273" s="5">
         <v>0.44946000000000003</v>
       </c>
       <c r="E273" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F273" s="4">
         <v>100.62895024394</v>
       </c>
       <c r="G273" s="4">
         <v>106.99605064330601</v>
       </c>
       <c r="H273" s="4">
         <v>108.326611712787</v>
       </c>
       <c r="I273" s="4">
         <v>106.77346691866801</v>
       </c>
       <c r="J273" s="4">
         <v>104.00968513956001</v>
       </c>
-    </row>
-    <row r="274" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K273" s="4">
+        <v>94.711803000000003</v>
+      </c>
+      <c r="L273" s="4">
+        <v>95.076707999999996</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C274" s="10" t="s">
         <v>333</v>
       </c>
       <c r="D274" s="5">
         <v>0.10983999999999999</v>
       </c>
       <c r="E274" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F274" s="4">
         <v>87.672437760735505</v>
       </c>
       <c r="G274" s="4">
         <v>96.119029493171197</v>
       </c>
       <c r="H274" s="4">
         <v>101.399112526099</v>
       </c>
       <c r="I274" s="4">
         <v>95.0741856584483</v>
       </c>
       <c r="J274" s="4">
         <v>106.195863295915</v>
       </c>
-    </row>
-    <row r="275" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K274" s="4">
+        <v>106.22601400000001</v>
+      </c>
+      <c r="L274" s="4">
+        <v>82.493781999999996</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C275" s="10" t="s">
         <v>334</v>
       </c>
       <c r="D275" s="5">
         <v>0.49353999999999998</v>
       </c>
       <c r="E275" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F275" s="4">
         <v>101.342171781967</v>
       </c>
       <c r="G275" s="4">
         <v>106.71214432833401</v>
       </c>
       <c r="H275" s="4">
         <v>103.367612244608</v>
       </c>
       <c r="I275" s="4">
         <v>93.1826878845756</v>
       </c>
       <c r="J275" s="4">
         <v>101.03006643558</v>
       </c>
-    </row>
-    <row r="276" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K275" s="4">
+        <v>93.161689999999993</v>
+      </c>
+      <c r="L275" s="4">
+        <v>103.322701</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C276" s="10" t="s">
         <v>335</v>
       </c>
       <c r="D276" s="5">
         <v>0.49353999999999998</v>
       </c>
       <c r="E276" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F276" s="4">
         <v>101.342171781967</v>
       </c>
       <c r="G276" s="4">
         <v>106.71214432833401</v>
       </c>
       <c r="H276" s="4">
         <v>103.367612244608</v>
       </c>
       <c r="I276" s="4">
         <v>93.1826878845756</v>
       </c>
       <c r="J276" s="4">
         <v>101.03006643558</v>
       </c>
-    </row>
-    <row r="277" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K276" s="4">
+        <v>93.161689999999993</v>
+      </c>
+      <c r="L276" s="4">
+        <v>103.322701</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C277" s="10" t="s">
         <v>337</v>
       </c>
       <c r="D277" s="5">
         <v>0.30397000000000002</v>
       </c>
       <c r="E277" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F277" s="4">
         <v>102.94367617019699</v>
       </c>
       <c r="G277" s="4">
         <v>109.10693637646099</v>
       </c>
       <c r="H277" s="4">
         <v>105.651785465967</v>
       </c>
       <c r="I277" s="4">
         <v>98.109773430713005</v>
       </c>
       <c r="J277" s="4">
         <v>101.35395857012099</v>
       </c>
-    </row>
-    <row r="278" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K277" s="4">
+        <v>100.45120900000001</v>
+      </c>
+      <c r="L277" s="4">
+        <v>108.05152099999999</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="10" t="s">
         <v>338</v>
       </c>
       <c r="D278" s="5">
         <v>0.18956999999999999</v>
       </c>
       <c r="E278" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F278" s="4">
         <v>98.774205917694999</v>
       </c>
       <c r="G278" s="4">
         <v>102.87216469617</v>
       </c>
       <c r="H278" s="4">
         <v>99.705006694698298</v>
       </c>
       <c r="I278" s="4">
         <v>85.282249031068105</v>
       </c>
       <c r="J278" s="4">
         <v>100.510714786394</v>
       </c>
-    </row>
-    <row r="279" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="K278" s="4">
+        <v>81.473157999999998</v>
+      </c>
+      <c r="L278" s="4">
+        <v>95.740177000000003</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C279" s="10" t="s">
         <v>339</v>
       </c>
       <c r="D279" s="5">
         <v>0.85172000000000003</v>
       </c>
       <c r="E279" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F279" s="4">
         <v>107.360788394184</v>
       </c>
       <c r="G279" s="4">
         <v>115.132984658534</v>
       </c>
       <c r="H279" s="4">
         <v>117.244426615287</v>
       </c>
       <c r="I279" s="4">
         <v>106.448821589571</v>
       </c>
       <c r="J279" s="4">
         <v>101.099109684719</v>
       </c>
-    </row>
-    <row r="280" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K279" s="4">
+        <v>117.912971</v>
+      </c>
+      <c r="L279" s="4">
+        <v>115.13747100000001</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C280" s="10" t="s">
         <v>340</v>
       </c>
       <c r="D280" s="5">
         <v>0.85172000000000003</v>
       </c>
       <c r="E280" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F280" s="4">
         <v>107.360788394184</v>
       </c>
       <c r="G280" s="4">
         <v>115.132984658534</v>
       </c>
       <c r="H280" s="4">
         <v>117.244426615287</v>
       </c>
       <c r="I280" s="4">
         <v>106.448821589571</v>
       </c>
       <c r="J280" s="4">
         <v>101.099109684719</v>
       </c>
-    </row>
-    <row r="281" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K280" s="4">
+        <v>117.912971</v>
+      </c>
+      <c r="L280" s="4">
+        <v>115.13747100000001</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C281" s="10" t="s">
         <v>341</v>
       </c>
       <c r="D281" s="5">
         <v>0.85172000000000003</v>
       </c>
       <c r="E281" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F281" s="4">
         <v>107.360788394184</v>
       </c>
       <c r="G281" s="4">
         <v>115.132984658534</v>
       </c>
       <c r="H281" s="4">
         <v>117.244426615287</v>
       </c>
       <c r="I281" s="4">
         <v>106.448821589571</v>
       </c>
       <c r="J281" s="4">
         <v>101.099109684719</v>
       </c>
-    </row>
-    <row r="282" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K281" s="4">
+        <v>117.912971</v>
+      </c>
+      <c r="L281" s="4">
+        <v>115.13747100000001</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C282" s="10" t="s">
         <v>343</v>
       </c>
       <c r="D282" s="5">
         <v>0.33551999999999998</v>
       </c>
       <c r="E282" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F282" s="4">
         <v>108.25153710675799</v>
       </c>
       <c r="G282" s="4">
         <v>115.842219753248</v>
       </c>
       <c r="H282" s="4">
         <v>120.78043322825</v>
       </c>
       <c r="I282" s="4">
         <v>125.935458224355</v>
       </c>
       <c r="J282" s="4">
         <v>117.86667616154</v>
       </c>
-    </row>
-    <row r="283" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K282" s="4">
+        <v>154.88173599999999</v>
+      </c>
+      <c r="L282" s="4">
+        <v>155.13379900000001</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="10" t="s">
         <v>344</v>
       </c>
       <c r="D283" s="5">
         <v>0.16522000000000001</v>
       </c>
       <c r="E283" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F283" s="4">
         <v>106.776140032543</v>
       </c>
       <c r="G283" s="4">
         <v>109.31742140362699</v>
       </c>
       <c r="H283" s="4">
         <v>101.191329872357</v>
       </c>
       <c r="I283" s="4">
         <v>99.607610869337904</v>
       </c>
       <c r="J283" s="4">
         <v>96.843992063025397</v>
       </c>
-    </row>
-    <row r="284" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K283" s="4">
+        <v>105.088407</v>
+      </c>
+      <c r="L283" s="4">
+        <v>95.932586000000001</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C284" s="10" t="s">
         <v>345</v>
       </c>
       <c r="D284" s="5">
         <v>7.3209999999999997E-2</v>
       </c>
       <c r="E284" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F284" s="4">
         <v>109.82181477540099</v>
       </c>
       <c r="G284" s="4">
         <v>109.977679619005</v>
       </c>
       <c r="H284" s="4">
         <v>120.677095043246</v>
       </c>
       <c r="I284" s="4">
         <v>125.026697540878</v>
       </c>
       <c r="J284" s="4">
         <v>121.94212559356799</v>
       </c>
-    </row>
-    <row r="285" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K284" s="4">
+        <v>120.16641199999999</v>
+      </c>
+      <c r="L284" s="4">
+        <v>123.868848</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C285" s="10" t="s">
         <v>346</v>
       </c>
       <c r="D285" s="5">
         <v>0.12243</v>
       </c>
       <c r="E285" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F285" s="4">
         <v>114.119586049425</v>
       </c>
       <c r="G285" s="4">
         <v>124.639863022927</v>
       </c>
       <c r="H285" s="4">
         <v>134.23000062173401</v>
       </c>
       <c r="I285" s="4">
         <v>69.259235853631694</v>
       </c>
       <c r="J285" s="4">
         <v>56.343602525061399</v>
       </c>
-    </row>
-    <row r="286" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K285" s="4">
+        <v>55.551746999999999</v>
+      </c>
+      <c r="L285" s="4">
+        <v>51.377733999999997</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C286" s="10" t="s">
         <v>347</v>
       </c>
       <c r="D286" s="5">
         <v>7.1480000000000002E-2</v>
       </c>
       <c r="E286" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F286" s="4">
         <v>113.7527514974</v>
       </c>
       <c r="G286" s="4">
         <v>122.385969534765</v>
       </c>
       <c r="H286" s="4">
         <v>111.533943908788</v>
       </c>
       <c r="I286" s="4">
         <v>84.759656627458995</v>
       </c>
       <c r="J286" s="4">
         <v>89.207479158244396</v>
       </c>
-    </row>
-    <row r="287" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K286" s="4">
+        <v>105.558584</v>
+      </c>
+      <c r="L286" s="4">
+        <v>105.798275</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C287" s="10" t="s">
         <v>348</v>
       </c>
       <c r="D287" s="5">
         <v>8.387E-2</v>
       </c>
       <c r="E287" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F287" s="4">
         <v>87.474167736802002</v>
       </c>
       <c r="G287" s="4">
         <v>108.179161801601</v>
       </c>
       <c r="H287" s="4">
         <v>111.784251146824</v>
       </c>
       <c r="I287" s="4">
         <v>98.513448011719305</v>
       </c>
       <c r="J287" s="4">
         <v>99.664495817528703</v>
       </c>
-    </row>
-    <row r="288" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K287" s="4">
+        <v>94.864650999999995</v>
+      </c>
+      <c r="L287" s="4">
+        <v>86.363872999999998</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C288" s="10" t="s">
         <v>349</v>
       </c>
       <c r="D288" s="5">
         <v>9.5261099999999992</v>
       </c>
       <c r="E288" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F288" s="4">
         <v>105.618378800307</v>
       </c>
       <c r="G288" s="4">
         <v>107.233650501417</v>
       </c>
       <c r="H288" s="4">
         <v>100.19405067422601</v>
       </c>
       <c r="I288" s="4">
         <v>92.397620455448802</v>
       </c>
       <c r="J288" s="4">
         <v>98.289851438604302</v>
       </c>
-    </row>
-    <row r="289" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K288" s="4">
+        <v>96.590957000000003</v>
+      </c>
+      <c r="L288" s="4">
+        <v>89.510969000000003</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C289" s="10" t="s">
         <v>350</v>
       </c>
       <c r="D289" s="5">
         <v>1.9382299999999999</v>
       </c>
       <c r="E289" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F289" s="4">
         <v>107.424842262097</v>
       </c>
       <c r="G289" s="4">
         <v>110.07255322987599</v>
       </c>
       <c r="H289" s="4">
         <v>106.226099499054</v>
       </c>
       <c r="I289" s="4">
         <v>92.676673831716798</v>
       </c>
       <c r="J289" s="4">
         <v>107.302910333677</v>
       </c>
-    </row>
-    <row r="290" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K289" s="4">
+        <v>106.080432</v>
+      </c>
+      <c r="L289" s="4">
+        <v>98.811569000000006</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C290" s="10" t="s">
         <v>351</v>
       </c>
       <c r="D290" s="5">
         <v>1.90073</v>
       </c>
       <c r="E290" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F290" s="4">
         <v>107.392652160759</v>
       </c>
       <c r="G290" s="4">
         <v>109.943205557776</v>
       </c>
       <c r="H290" s="4">
         <v>106.056421959467</v>
       </c>
       <c r="I290" s="4">
         <v>93.064948150928501</v>
       </c>
       <c r="J290" s="4">
         <v>107.64619803701299</v>
       </c>
-    </row>
-    <row r="291" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K290" s="4">
+        <v>106.435817</v>
+      </c>
+      <c r="L290" s="4">
+        <v>98.887607000000003</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C291" s="10" t="s">
         <v>353</v>
       </c>
       <c r="D291" s="5">
         <v>0.99485999999999997</v>
       </c>
       <c r="E291" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F291" s="4">
         <v>108.44424322463</v>
       </c>
       <c r="G291" s="4">
         <v>108.54467695336901</v>
       </c>
       <c r="H291" s="4">
         <v>102.858422000969</v>
       </c>
       <c r="I291" s="4">
         <v>88.017043361833601</v>
       </c>
       <c r="J291" s="4">
         <v>99.132246052576505</v>
       </c>
-    </row>
-    <row r="292" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K291" s="4">
+        <v>99.420679000000007</v>
+      </c>
+      <c r="L291" s="4">
+        <v>99.895837999999998</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="10" t="s">
         <v>354</v>
       </c>
       <c r="D292" s="5">
         <v>0.20221</v>
       </c>
       <c r="E292" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F292" s="4">
         <v>109.94987639446001</v>
       </c>
       <c r="G292" s="4">
         <v>113.441668292028</v>
       </c>
       <c r="H292" s="4">
         <v>112.028115077713</v>
       </c>
       <c r="I292" s="4">
         <v>108.69439596002</v>
       </c>
       <c r="J292" s="4">
         <v>122.031813930083</v>
       </c>
-    </row>
-    <row r="293" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K292" s="4">
+        <v>125.252737</v>
+      </c>
+      <c r="L292" s="4">
+        <v>117.536727</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C293" s="10" t="s">
         <v>355</v>
       </c>
       <c r="D293" s="5">
         <v>0.38905000000000001</v>
       </c>
       <c r="E293" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F293" s="4">
         <v>105.759193656649</v>
       </c>
       <c r="G293" s="4">
         <v>117.877464430087</v>
       </c>
       <c r="H293" s="4">
         <v>116.062903751858</v>
       </c>
       <c r="I293" s="4">
         <v>97.344526297755706</v>
       </c>
       <c r="J293" s="4">
         <v>121.776620132304</v>
       </c>
-    </row>
-    <row r="294" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K293" s="4">
+        <v>123.491981</v>
+      </c>
+      <c r="L293" s="4">
+        <v>101.296397</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C294" s="10" t="s">
         <v>356</v>
       </c>
       <c r="D294" s="5">
         <v>0.14535000000000001</v>
       </c>
       <c r="E294" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F294" s="4">
         <v>101.538970533341</v>
       </c>
       <c r="G294" s="4">
         <v>93.028877095654195</v>
       </c>
       <c r="H294" s="4">
         <v>90.675750592826205</v>
       </c>
       <c r="I294" s="4">
         <v>85.192596677953702</v>
       </c>
       <c r="J294" s="4">
         <v>94.084065242802495</v>
       </c>
-    </row>
-    <row r="295" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K294" s="4">
+        <v>86.226894999999999</v>
+      </c>
+      <c r="L294" s="4">
+        <v>80.631817999999996</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C295" s="10" t="s">
         <v>357</v>
       </c>
       <c r="D295" s="5">
         <v>3.0849999999999999E-2</v>
       </c>
       <c r="E295" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F295" s="4">
         <v>106.833058617405</v>
       </c>
       <c r="G295" s="4">
         <v>110.094261804206</v>
       </c>
       <c r="H295" s="4">
         <v>117.492439485673</v>
       </c>
       <c r="I295" s="4">
         <v>123.870143084913</v>
       </c>
       <c r="J295" s="4">
         <v>167.375535208868</v>
       </c>
-    </row>
-    <row r="296" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K295" s="4">
+        <v>124.787047</v>
+      </c>
+      <c r="L295" s="4">
+        <v>58.397157</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C296" s="10" t="s">
         <v>358</v>
       </c>
       <c r="D296" s="5">
         <v>2.7140000000000001E-2</v>
       </c>
       <c r="E296" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F296" s="4">
         <v>98.127637195608997</v>
       </c>
       <c r="G296" s="4">
         <v>122.551171117593</v>
       </c>
       <c r="H296" s="4">
         <v>108.95042993814501</v>
       </c>
       <c r="I296" s="4">
         <v>108.672892311902</v>
       </c>
       <c r="J296" s="4">
         <v>134.451451451228</v>
       </c>
-    </row>
-    <row r="297" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K296" s="4">
+        <v>135.44350800000001</v>
+      </c>
+      <c r="L296" s="4">
+        <v>112.23658500000001</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A297" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C297" s="10" t="s">
         <v>359</v>
       </c>
       <c r="D297" s="5">
         <v>5.1999999999999998E-2</v>
       </c>
       <c r="E297" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F297" s="4">
         <v>113.858111324502</v>
       </c>
       <c r="G297" s="4">
         <v>114.57119329404701</v>
       </c>
       <c r="H297" s="4">
         <v>106.00012037447399</v>
       </c>
       <c r="I297" s="4">
         <v>89.094074224542197</v>
       </c>
       <c r="J297" s="4">
         <v>105.643040248842</v>
       </c>
-    </row>
-    <row r="298" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K297" s="4">
+        <v>96.682616999999993</v>
+      </c>
+      <c r="L297" s="4">
+        <v>97.397703000000007</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C298" s="10" t="s">
         <v>360</v>
       </c>
       <c r="D298" s="5">
         <v>1.2189999999999999E-2</v>
       </c>
       <c r="E298" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F298" s="4">
         <v>100.115840871937</v>
       </c>
       <c r="G298" s="4">
         <v>98.3723509876706</v>
       </c>
       <c r="H298" s="4">
         <v>96.747696885688796</v>
       </c>
       <c r="I298" s="4">
         <v>70.753231253980303</v>
       </c>
       <c r="J298" s="4">
         <v>77.337513399398404</v>
       </c>
-    </row>
-    <row r="299" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K298" s="4">
+        <v>59.765866000000003</v>
+      </c>
+      <c r="L298" s="4">
+        <v>24.474181000000002</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C299" s="10" t="s">
         <v>361</v>
       </c>
       <c r="D299" s="5">
         <v>3.6310000000000002E-2</v>
       </c>
       <c r="E299" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F299" s="4">
         <v>106.309071830257</v>
       </c>
       <c r="G299" s="4">
         <v>102.983671843593</v>
       </c>
       <c r="H299" s="4">
         <v>109.071449829287</v>
       </c>
       <c r="I299" s="4">
         <v>104.045840796256</v>
       </c>
       <c r="J299" s="4">
         <v>99.061550860832597</v>
       </c>
-    </row>
-    <row r="300" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K299" s="4">
+        <v>89.393855000000002</v>
+      </c>
+      <c r="L299" s="4">
+        <v>82.445700000000002</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C300" s="10" t="s">
         <v>362</v>
       </c>
       <c r="D300" s="5">
         <v>1.077E-2</v>
       </c>
       <c r="E300" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F300" s="4">
         <v>105.870709666038</v>
       </c>
       <c r="G300" s="4">
         <v>97.115350327945706</v>
       </c>
       <c r="H300" s="4">
         <v>96.043968567900606</v>
       </c>
       <c r="I300" s="4">
         <v>97.393037150763902</v>
       </c>
       <c r="J300" s="4">
         <v>130.88493037076</v>
       </c>
-    </row>
-    <row r="301" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K300" s="4">
+        <v>89.466451000000006</v>
+      </c>
+      <c r="L300" s="4">
+        <v>44.168126000000001</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C301" s="10" t="s">
         <v>363</v>
       </c>
       <c r="D301" s="5">
         <v>3.7499999999999999E-2</v>
       </c>
       <c r="E301" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F301" s="4">
         <v>109.05643403057</v>
       </c>
       <c r="G301" s="4">
         <v>116.628686584294</v>
       </c>
       <c r="H301" s="4">
         <v>114.826397894238</v>
       </c>
       <c r="I301" s="4">
         <v>72.996549918240802</v>
       </c>
       <c r="J301" s="4">
         <v>89.902984030722394</v>
       </c>
-    </row>
-    <row r="302" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K301" s="4">
+        <v>88.067341999999996</v>
+      </c>
+      <c r="L301" s="4">
+        <v>94.957500999999993</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A302" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C302" s="10" t="s">
         <v>365</v>
       </c>
       <c r="D302" s="5">
         <v>1.09E-2</v>
       </c>
       <c r="E302" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F302" s="4">
         <v>84.938307124428107</v>
       </c>
       <c r="G302" s="4">
         <v>71.212099603967602</v>
       </c>
       <c r="H302" s="4">
         <v>70.384939485238505</v>
       </c>
       <c r="I302" s="4">
         <v>61.412670431258</v>
       </c>
       <c r="J302" s="4">
         <v>64.763040948146198</v>
       </c>
-    </row>
-    <row r="303" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K302" s="4">
+        <v>47.111480999999998</v>
+      </c>
+      <c r="L302" s="4">
+        <v>28.446432999999999</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="10" t="s">
         <v>366</v>
       </c>
       <c r="D303" s="5">
         <v>2.6589999999999999E-2</v>
       </c>
       <c r="E303" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F303" s="4">
         <v>118.98415676909001</v>
       </c>
       <c r="G303" s="4">
         <v>135.29010384459599</v>
       </c>
       <c r="H303" s="4">
         <v>133.08740431157599</v>
       </c>
       <c r="I303" s="4">
         <v>77.772565409301194</v>
       </c>
       <c r="J303" s="4">
         <v>100.242375134159</v>
       </c>
-    </row>
-    <row r="304" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K303" s="4">
+        <v>104.889439</v>
+      </c>
+      <c r="L303" s="4">
+        <v>122.257998</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A304" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C304" s="10" t="s">
         <v>367</v>
       </c>
       <c r="D304" s="5">
         <v>4.2418699999999996</v>
       </c>
       <c r="E304" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F304" s="4">
         <v>110.894140819702</v>
       </c>
       <c r="G304" s="4">
         <v>112.83772618578</v>
       </c>
       <c r="H304" s="4">
         <v>100.42785060553599</v>
       </c>
       <c r="I304" s="4">
         <v>91.551891111613202</v>
       </c>
       <c r="J304" s="4">
         <v>98.236891080335894</v>
       </c>
-    </row>
-    <row r="305" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K304" s="4">
+        <v>98.682115999999994</v>
+      </c>
+      <c r="L304" s="4">
+        <v>89.461787999999999</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A305" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C305" s="10" t="s">
         <v>368</v>
       </c>
       <c r="D305" s="5">
         <v>2.6498599999999999</v>
       </c>
       <c r="E305" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F305" s="4">
         <v>113.569673587574</v>
       </c>
       <c r="G305" s="4">
         <v>108.397147738977</v>
       </c>
       <c r="H305" s="4">
         <v>91.926379019516702</v>
       </c>
       <c r="I305" s="4">
         <v>77.271695994498302</v>
       </c>
       <c r="J305" s="4">
         <v>83.885010895089806</v>
       </c>
-    </row>
-    <row r="306" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K305" s="4">
+        <v>86.842626999999993</v>
+      </c>
+      <c r="L305" s="4">
+        <v>81.668991000000005</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A306" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C306" s="10" t="s">
         <v>370</v>
       </c>
       <c r="D306" s="5">
         <v>0.58287</v>
       </c>
       <c r="E306" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F306" s="4">
         <v>141.447240673294</v>
       </c>
       <c r="G306" s="4">
         <v>105.991098731656</v>
       </c>
       <c r="H306" s="4">
         <v>78.191424799199396</v>
       </c>
       <c r="I306" s="4">
         <v>59.441915689307002</v>
       </c>
       <c r="J306" s="4">
         <v>73.275667024562395</v>
       </c>
-    </row>
-    <row r="307" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K306" s="4">
+        <v>62.467295</v>
+      </c>
+      <c r="L306" s="4">
+        <v>44.964827</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A307" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="10" t="s">
         <v>371</v>
       </c>
       <c r="D307" s="5">
         <v>2.0669900000000001</v>
       </c>
       <c r="E307" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F307" s="4">
         <v>105.708485324808</v>
       </c>
       <c r="G307" s="4">
         <v>109.07562890477701</v>
       </c>
       <c r="H307" s="4">
         <v>95.7994953705375</v>
       </c>
       <c r="I307" s="4">
         <v>82.299511342655293</v>
       </c>
       <c r="J307" s="4">
         <v>86.876737154923802</v>
       </c>
-    </row>
-    <row r="308" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K307" s="4">
+        <v>93.716221000000004</v>
+      </c>
+      <c r="L307" s="4">
+        <v>92.019189999999995</v>
+      </c>
+    </row>
+    <row r="308" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A308" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C308" s="10" t="s">
         <v>372</v>
       </c>
       <c r="D308" s="5">
         <v>0.69003999999999999</v>
       </c>
       <c r="E308" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F308" s="4">
         <v>113.442832665222</v>
       </c>
       <c r="G308" s="4">
         <v>136.67289139848901</v>
       </c>
       <c r="H308" s="4">
         <v>129.014723088571</v>
       </c>
       <c r="I308" s="4">
         <v>129.178697021988</v>
       </c>
       <c r="J308" s="4">
         <v>132.03388300443299</v>
       </c>
-    </row>
-    <row r="309" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K308" s="4">
+        <v>112.833877</v>
+      </c>
+      <c r="L308" s="4">
+        <v>93.713227000000003</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A309" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C309" s="10" t="s">
         <v>374</v>
       </c>
       <c r="D309" s="5">
         <v>0.69003999999999999</v>
       </c>
       <c r="E309" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F309" s="4">
         <v>113.442832665222</v>
       </c>
       <c r="G309" s="4">
         <v>136.67289139848901</v>
       </c>
       <c r="H309" s="4">
         <v>129.014723088571</v>
       </c>
       <c r="I309" s="4">
         <v>129.178697021988</v>
       </c>
       <c r="J309" s="4">
         <v>132.03388300443299</v>
       </c>
-    </row>
-    <row r="310" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K309" s="4">
+        <v>112.833877</v>
+      </c>
+      <c r="L309" s="4">
+        <v>93.713227000000003</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A310" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C310" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D310" s="5">
         <v>0.26307000000000003</v>
       </c>
       <c r="E310" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F310" s="4">
         <v>101.92116852585799</v>
       </c>
       <c r="G310" s="4">
         <v>128.05478694700301</v>
       </c>
       <c r="H310" s="4">
         <v>123.177802989565</v>
       </c>
       <c r="I310" s="4">
         <v>143.81214019984401</v>
       </c>
       <c r="J310" s="4">
         <v>144.68958664529401</v>
       </c>
-    </row>
-    <row r="311" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K310" s="4">
+        <v>132.83158599999999</v>
+      </c>
+      <c r="L310" s="4">
+        <v>133.75205800000001</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A311" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C311" s="10" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="D311" s="5">
         <v>0.26307000000000003</v>
       </c>
       <c r="E311" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F311" s="4">
         <v>101.92116852585799</v>
       </c>
       <c r="G311" s="4">
         <v>128.05478694700301</v>
       </c>
       <c r="H311" s="4">
         <v>123.177802989565</v>
       </c>
       <c r="I311" s="4">
         <v>143.81214019984401</v>
       </c>
       <c r="J311" s="4">
         <v>144.68958664529401</v>
       </c>
-    </row>
-    <row r="312" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K311" s="4">
+        <v>132.83158599999999</v>
+      </c>
+      <c r="L311" s="4">
+        <v>133.75205800000001</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A312" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C312" s="10" t="s">
         <v>377</v>
       </c>
       <c r="D312" s="5">
         <v>0.63890999999999998</v>
       </c>
       <c r="E312" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F312" s="4">
         <v>100.737662283725</v>
       </c>
       <c r="G312" s="4">
         <v>99.244909119136494</v>
       </c>
       <c r="H312" s="4">
         <v>95.444034037573402</v>
       </c>
       <c r="I312" s="4">
         <v>88.621114376378301</v>
       </c>
       <c r="J312" s="4">
         <v>102.130872907491</v>
       </c>
-    </row>
-    <row r="313" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K312" s="4">
+        <v>118.43922999999999</v>
+      </c>
+      <c r="L312" s="4">
+        <v>98.952674000000002</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A313" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C313" s="10" t="s">
         <v>379</v>
       </c>
       <c r="D313" s="5">
         <v>0.63890999999999998</v>
       </c>
       <c r="E313" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F313" s="4">
         <v>100.737662283725</v>
       </c>
       <c r="G313" s="4">
         <v>99.244909119136395</v>
       </c>
       <c r="H313" s="4">
         <v>95.444034037573402</v>
       </c>
       <c r="I313" s="4">
         <v>88.621114376378301</v>
       </c>
       <c r="J313" s="4">
         <v>102.130872907491</v>
       </c>
-    </row>
-    <row r="314" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K313" s="4">
+        <v>118.43922999999999</v>
+      </c>
+      <c r="L313" s="4">
+        <v>98.952674000000002</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A314" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C314" s="10" t="s">
         <v>380</v>
       </c>
       <c r="D314" s="5">
         <v>2.0946699999999998</v>
       </c>
       <c r="E314" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F314" s="4">
         <v>102.764425615836</v>
       </c>
       <c r="G314" s="4">
         <v>102.85698502332301</v>
       </c>
       <c r="H314" s="4">
         <v>102.275116305663</v>
       </c>
       <c r="I314" s="4">
         <v>99.079737085331104</v>
       </c>
       <c r="J314" s="4">
         <v>97.539781299245007</v>
       </c>
-    </row>
-    <row r="315" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K314" s="4">
+        <v>91.235161000000005</v>
+      </c>
+      <c r="L314" s="4">
+        <v>82.348913999999994</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A315" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C315" s="10" t="s">
         <v>381</v>
       </c>
       <c r="D315" s="5">
         <v>2.0946699999999998</v>
       </c>
       <c r="E315" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F315" s="4">
         <v>102.764425615836</v>
       </c>
       <c r="G315" s="4">
         <v>102.85698502332301</v>
       </c>
       <c r="H315" s="4">
         <v>102.275116305663</v>
       </c>
       <c r="I315" s="4">
         <v>99.079737085331104</v>
       </c>
       <c r="J315" s="4">
         <v>97.539781299245007</v>
       </c>
-    </row>
-    <row r="316" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K315" s="4">
+        <v>91.235161000000005</v>
+      </c>
+      <c r="L315" s="4">
+        <v>82.348913999999994</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A316" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C316" s="10" t="s">
         <v>383</v>
       </c>
       <c r="D316" s="5">
         <v>0.34583000000000003</v>
       </c>
       <c r="E316" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F316" s="4">
         <v>102.135288128228</v>
       </c>
       <c r="G316" s="4">
         <v>98.774325637265406</v>
       </c>
       <c r="H316" s="4">
         <v>92.552114746961905</v>
       </c>
       <c r="I316" s="4">
         <v>84.812923007385905</v>
       </c>
       <c r="J316" s="4">
         <v>83.194911617091904</v>
       </c>
-    </row>
-    <row r="317" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K316" s="4">
+        <v>71.172822999999994</v>
+      </c>
+      <c r="L316" s="4">
+        <v>62.886490000000002</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A317" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="10" t="s">
         <v>384</v>
       </c>
       <c r="D317" s="5">
         <v>0.94826999999999995</v>
       </c>
       <c r="E317" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F317" s="4">
         <v>101.633514716615</v>
       </c>
       <c r="G317" s="4">
         <v>98.729910887871199</v>
       </c>
       <c r="H317" s="4">
         <v>99.850295341391302</v>
       </c>
       <c r="I317" s="4">
         <v>105.833069188401</v>
       </c>
       <c r="J317" s="4">
         <v>100.76215895181799</v>
       </c>
-    </row>
-    <row r="318" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K317" s="4">
+        <v>100.679759</v>
+      </c>
+      <c r="L317" s="4">
+        <v>90.746160000000003</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A318" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C318" s="10" t="s">
         <v>385</v>
       </c>
       <c r="D318" s="5">
         <v>0.80057</v>
       </c>
       <c r="E318" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F318" s="4">
         <v>104.375756911967</v>
       </c>
       <c r="G318" s="4">
         <v>109.509103746113</v>
       </c>
       <c r="H318" s="4">
         <v>109.34744053069799</v>
       </c>
       <c r="I318" s="4">
         <v>97.243433050952703</v>
       </c>
       <c r="J318" s="4">
         <v>99.919588468603493</v>
       </c>
-    </row>
-    <row r="319" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K318" s="4">
+        <v>88.714618999999999</v>
+      </c>
+      <c r="L318" s="4">
+        <v>80.809803000000002</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A319" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C319" s="10" t="s">
         <v>386</v>
       </c>
       <c r="D319" s="5">
         <v>0.94793000000000005</v>
       </c>
       <c r="E319" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F319" s="4">
         <v>88.970881470977901</v>
       </c>
       <c r="G319" s="4">
         <v>88.855465226262993</v>
       </c>
       <c r="H319" s="4">
         <v>87.001429221492003</v>
       </c>
       <c r="I319" s="4">
         <v>87.439157108478796</v>
       </c>
       <c r="J319" s="4">
         <v>88.497404657508795</v>
       </c>
-    </row>
-    <row r="320" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K319" s="4">
+        <v>84.541133000000002</v>
+      </c>
+      <c r="L319" s="4">
+        <v>86.143595000000005</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A320" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C320" s="10" t="s">
         <v>387</v>
       </c>
       <c r="D320" s="5">
         <v>0.94793000000000005</v>
       </c>
       <c r="E320" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F320" s="4">
         <v>88.970881470977901</v>
       </c>
       <c r="G320" s="4">
         <v>88.855465226262993</v>
       </c>
       <c r="H320" s="4">
         <v>87.001429221492003</v>
       </c>
       <c r="I320" s="4">
         <v>87.439157108478895</v>
       </c>
       <c r="J320" s="4">
         <v>88.497404657508696</v>
       </c>
-    </row>
-    <row r="321" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K320" s="4">
+        <v>84.541133000000002</v>
+      </c>
+      <c r="L320" s="4">
+        <v>86.143595000000005</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A321" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C321" s="10" t="s">
         <v>389</v>
       </c>
       <c r="D321" s="5">
         <v>0.31796999999999997</v>
       </c>
       <c r="E321" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F321" s="4">
         <v>102.694385729884</v>
       </c>
       <c r="G321" s="4">
         <v>97.865981035834494</v>
       </c>
       <c r="H321" s="4">
         <v>88.871105764851507</v>
       </c>
       <c r="I321" s="4">
         <v>75.096554325464695</v>
       </c>
       <c r="J321" s="4">
         <v>87.513703269158796</v>
       </c>
-    </row>
-    <row r="322" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K321" s="4">
+        <v>86.816924</v>
+      </c>
+      <c r="L321" s="4">
+        <v>84.100511999999995</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A322" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="10" t="s">
         <v>390</v>
       </c>
       <c r="D322" s="5">
         <v>0.16655</v>
       </c>
       <c r="E322" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F322" s="4">
         <v>94.019963723222403</v>
       </c>
       <c r="G322" s="4">
         <v>93.231247055256901</v>
       </c>
       <c r="H322" s="4">
         <v>85.761145984022505</v>
       </c>
       <c r="I322" s="4">
         <v>82.004806883121702</v>
       </c>
       <c r="J322" s="4">
         <v>81.948044246601199</v>
       </c>
-    </row>
-    <row r="323" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K322" s="4">
+        <v>76.232660999999993</v>
+      </c>
+      <c r="L322" s="4">
+        <v>71.747789999999995</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A323" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C323" s="10" t="s">
         <v>391</v>
       </c>
       <c r="D323" s="5">
         <v>0.46340999999999999</v>
       </c>
       <c r="E323" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F323" s="4">
         <v>77.739817621868397</v>
       </c>
       <c r="G323" s="4">
         <v>81.100215715919305</v>
       </c>
       <c r="H323" s="4">
         <v>86.164304693986296</v>
       </c>
       <c r="I323" s="4">
         <v>97.861177429465101</v>
       </c>
       <c r="J323" s="4">
         <v>91.526220407903196</v>
       </c>
-    </row>
-    <row r="324" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K323" s="4">
+        <v>85.965665000000001</v>
+      </c>
+      <c r="L323" s="4">
+        <v>92.719328000000004</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A324" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C324" s="10" t="s">
         <v>392</v>
       </c>
       <c r="D324" s="5">
         <v>0.30341000000000001</v>
       </c>
       <c r="E324" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F324" s="4">
         <v>92.033836259027595</v>
       </c>
       <c r="G324" s="4">
         <v>98.383237154013599</v>
       </c>
       <c r="H324" s="4">
         <v>85.241639742216407</v>
       </c>
       <c r="I324" s="4">
         <v>71.798600072566501</v>
       </c>
       <c r="J324" s="4">
         <v>77.225856543073405</v>
       </c>
-    </row>
-    <row r="325" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K324" s="4">
+        <v>81.356797999999998</v>
+      </c>
+      <c r="L324" s="4">
+        <v>90.750533000000004</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A325" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C325" s="10" t="s">
         <v>393</v>
       </c>
       <c r="D325" s="5">
         <v>0.30341000000000001</v>
       </c>
       <c r="E325" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F325" s="4">
         <v>92.033836259027595</v>
       </c>
       <c r="G325" s="4">
         <v>98.383237154013599</v>
       </c>
       <c r="H325" s="4">
         <v>85.241639742216407</v>
       </c>
       <c r="I325" s="4">
         <v>71.798600072566401</v>
       </c>
       <c r="J325" s="4">
         <v>77.225856543073405</v>
       </c>
-    </row>
-    <row r="326" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K325" s="4">
+        <v>81.356797999999998</v>
+      </c>
+      <c r="L325" s="4">
+        <v>90.750533000000004</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A326" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C326" s="10" t="s">
         <v>395</v>
       </c>
       <c r="D326" s="5">
         <v>0.30341000000000001</v>
       </c>
       <c r="E326" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F326" s="4">
         <v>92.033836259027595</v>
       </c>
       <c r="G326" s="4">
         <v>98.383237154013599</v>
       </c>
       <c r="H326" s="4">
         <v>85.241639742216407</v>
       </c>
       <c r="I326" s="4">
         <v>71.798600072566401</v>
       </c>
       <c r="J326" s="4">
         <v>77.225856543073405</v>
       </c>
-    </row>
-    <row r="327" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K326" s="4">
+        <v>81.356797999999998</v>
+      </c>
+      <c r="L326" s="4">
+        <v>90.750533000000004</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A327" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C327" s="10" t="s">
         <v>396</v>
       </c>
       <c r="D327" s="5">
         <v>4.5378600000000002</v>
       </c>
       <c r="E327" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F327" s="4">
         <v>97.858885513039098</v>
       </c>
       <c r="G327" s="4">
         <v>102.355391529662</v>
       </c>
       <c r="H327" s="4">
         <v>101.17288723028</v>
       </c>
       <c r="I327" s="4">
         <v>96.560480702057802</v>
       </c>
       <c r="J327" s="4">
         <v>95.976902297806305</v>
       </c>
-    </row>
-    <row r="328" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K327" s="4">
+        <v>98.114349000000004</v>
+      </c>
+      <c r="L327" s="4">
+        <v>94.812942000000007</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A328" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C328" s="10" t="s">
         <v>397</v>
       </c>
       <c r="D328" s="5">
         <v>0.53681000000000001</v>
       </c>
       <c r="E328" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F328" s="4">
         <v>104.766934590068</v>
       </c>
       <c r="G328" s="4">
         <v>108.137269283244</v>
       </c>
       <c r="H328" s="4">
         <v>107.640586918838</v>
       </c>
       <c r="I328" s="4">
         <v>99.822367672544203</v>
       </c>
       <c r="J328" s="4">
         <v>105.65743162645001</v>
       </c>
-    </row>
-    <row r="329" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K328" s="31">
+        <v>108.702754</v>
+      </c>
+      <c r="L328" s="31">
+        <v>103.600813</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A329" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C329" s="10" t="s">
         <v>398</v>
       </c>
       <c r="D329" s="5">
         <v>0.22539999999999999</v>
       </c>
       <c r="E329" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F329" s="4">
         <v>105.19455830413401</v>
       </c>
       <c r="G329" s="4">
         <v>108.823685537304</v>
       </c>
       <c r="H329" s="4">
         <v>103.542072560919</v>
       </c>
       <c r="I329" s="4">
         <v>85.156604958405396</v>
       </c>
       <c r="J329" s="4">
         <v>93.658418473148998</v>
       </c>
-    </row>
-    <row r="330" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K329" s="4">
+        <v>102.46416600000001</v>
+      </c>
+      <c r="L329" s="4">
+        <v>96.583348000000001</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A330" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C330" s="10" t="s">
         <v>400</v>
       </c>
       <c r="D330" s="5">
         <v>9.6290000000000001E-2</v>
       </c>
       <c r="E330" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F330" s="4">
         <v>103.864852103083</v>
       </c>
       <c r="G330" s="4">
         <v>108.836740960344</v>
       </c>
       <c r="H330" s="4">
         <v>98.058085427728301</v>
       </c>
       <c r="I330" s="4">
         <v>72.609536811380195</v>
       </c>
       <c r="J330" s="4">
         <v>89.932924318886606</v>
       </c>
-    </row>
-    <row r="331" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K330" s="4">
+        <v>98.779803999999999</v>
+      </c>
+      <c r="L330" s="4">
+        <v>93.774170999999996</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A331" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="10" t="s">
         <v>401</v>
       </c>
       <c r="D331" s="5">
         <v>0.12911</v>
       </c>
       <c r="E331" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F331" s="4">
         <v>106.18625073771</v>
       </c>
       <c r="G331" s="4">
         <v>108.813948826866</v>
       </c>
       <c r="H331" s="4">
         <v>107.632020055729</v>
       </c>
       <c r="I331" s="4">
         <v>94.514185253324897</v>
       </c>
       <c r="J331" s="4">
         <v>96.436885145861595</v>
       </c>
-    </row>
-    <row r="332" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K331" s="4">
+        <v>105.211957</v>
+      </c>
+      <c r="L331" s="4">
+        <v>98.678427999999997</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A332" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C332" s="10" t="s">
         <v>402</v>
       </c>
       <c r="D332" s="5">
         <v>0.31141000000000002</v>
       </c>
       <c r="E332" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F332" s="4">
         <v>104.457418565694</v>
       </c>
       <c r="G332" s="4">
         <v>107.640438020071</v>
       </c>
       <c r="H332" s="4">
         <v>110.607110589481</v>
       </c>
       <c r="I332" s="4">
         <v>110.437514635605</v>
       </c>
       <c r="J332" s="4">
         <v>114.34237290885601</v>
       </c>
-    </row>
-    <row r="333" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K332" s="4">
+        <v>113.218272</v>
+      </c>
+      <c r="L332" s="4">
+        <v>108.680087</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A333" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C333" s="10" t="s">
         <v>404</v>
       </c>
       <c r="D333" s="5">
         <v>4.5249999999999999E-2</v>
       </c>
       <c r="E333" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F333" s="4">
         <v>99.009166700982803</v>
       </c>
       <c r="G333" s="4">
         <v>102.251273824755</v>
       </c>
       <c r="H333" s="4">
         <v>103.137593091761</v>
       </c>
       <c r="I333" s="4">
         <v>88.167078618467897</v>
       </c>
       <c r="J333" s="4">
         <v>88.2574835063851</v>
       </c>
-    </row>
-    <row r="334" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K333" s="4">
+        <v>86.347348999999994</v>
+      </c>
+      <c r="L333" s="4">
+        <v>62.528108000000003</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A334" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="10" t="s">
         <v>405</v>
       </c>
       <c r="D334" s="5">
         <v>0.26616000000000001</v>
       </c>
       <c r="E334" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F334" s="4">
         <v>105.383678698239</v>
       </c>
       <c r="G334" s="4">
         <v>108.55665262721701</v>
       </c>
       <c r="H334" s="4">
         <v>111.877007143328</v>
       </c>
       <c r="I334" s="4">
         <v>114.223723043238</v>
       </c>
       <c r="J334" s="4">
         <v>118.77707851999899</v>
       </c>
-    </row>
-    <row r="335" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K334" s="4">
+        <v>117.78661200000001</v>
+      </c>
+      <c r="L334" s="4">
+        <v>116.526409</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A335" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C335" s="10" t="s">
         <v>406</v>
       </c>
       <c r="D335" s="5">
         <v>0.55571999999999999</v>
       </c>
       <c r="E335" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F335" s="4">
         <v>95.674332013618596</v>
       </c>
       <c r="G335" s="4">
         <v>96.2943040013174</v>
       </c>
       <c r="H335" s="4">
         <v>97.537136973410597</v>
       </c>
       <c r="I335" s="4">
         <v>85.901124008624905</v>
       </c>
       <c r="J335" s="4">
         <v>91.416614011341295</v>
       </c>
-    </row>
-    <row r="336" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K335" s="4">
+        <v>84.853369000000001</v>
+      </c>
+      <c r="L335" s="4">
+        <v>76.722531000000004</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A336" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C336" s="10" t="s">
         <v>407</v>
       </c>
       <c r="D336" s="5">
         <v>0.31295000000000001</v>
       </c>
       <c r="E336" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F336" s="4">
         <v>91.132727120767996</v>
       </c>
       <c r="G336" s="4">
         <v>88.610908626304607</v>
       </c>
       <c r="H336" s="4">
         <v>90.7539101781813</v>
       </c>
       <c r="I336" s="4">
         <v>82.814775664079804</v>
       </c>
       <c r="J336" s="4">
         <v>84.2645323979566</v>
       </c>
-    </row>
-    <row r="337" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K336" s="4">
+        <v>83.774478999999999</v>
+      </c>
+      <c r="L336" s="4">
+        <v>78.168137999999999</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A337" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C337" s="10" t="s">
         <v>409</v>
       </c>
       <c r="D337" s="5">
         <v>0.31295000000000001</v>
       </c>
       <c r="E337" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F337" s="4">
         <v>91.132727120767996</v>
       </c>
       <c r="G337" s="4">
         <v>88.610908626304607</v>
       </c>
       <c r="H337" s="4">
         <v>90.7539101781814</v>
       </c>
       <c r="I337" s="4">
         <v>82.814775664079804</v>
       </c>
       <c r="J337" s="4">
         <v>84.2645323979566</v>
       </c>
-    </row>
-    <row r="338" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K337" s="4">
+        <v>83.774478999999999</v>
+      </c>
+      <c r="L337" s="4">
+        <v>78.168137999999999</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A338" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C338" s="10" t="s">
         <v>410</v>
       </c>
       <c r="D338" s="5">
         <v>0.24276</v>
       </c>
       <c r="E338" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F338" s="4">
         <v>101.533007225918</v>
       </c>
       <c r="G338" s="4">
         <v>106.203191485459</v>
       </c>
       <c r="H338" s="4">
         <v>106.285638361352</v>
       </c>
       <c r="I338" s="4">
         <v>89.883376956662104</v>
       </c>
       <c r="J338" s="4">
         <v>100.64036630599</v>
       </c>
-    </row>
-    <row r="339" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K338" s="4">
+        <v>86.247697000000002</v>
+      </c>
+      <c r="L338" s="4">
+        <v>74.862111999999996</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A339" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C339" s="10" t="s">
         <v>412</v>
       </c>
       <c r="D339" s="5">
         <v>5.7999999999999996E-3</v>
       </c>
       <c r="E339" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F339" s="4">
         <v>110.797369924938</v>
       </c>
       <c r="G339" s="4">
         <v>82.704174345210205</v>
       </c>
       <c r="H339" s="4">
         <v>96.275130508485503</v>
       </c>
       <c r="I339" s="4">
         <v>74.430610580658396</v>
       </c>
       <c r="J339" s="4">
         <v>81.826091423361206</v>
       </c>
-    </row>
-    <row r="340" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K339" s="4">
+        <v>88.328400000000002</v>
+      </c>
+      <c r="L339" s="4">
+        <v>67.817216999999999</v>
+      </c>
+    </row>
+    <row r="340" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A340" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="10" t="s">
         <v>413</v>
       </c>
       <c r="D340" s="5">
         <v>0.1694</v>
       </c>
       <c r="E340" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F340" s="4">
         <v>100.64350954726601</v>
       </c>
       <c r="G340" s="4">
         <v>107.664775761285</v>
       </c>
       <c r="H340" s="4">
         <v>109.651658163587</v>
       </c>
       <c r="I340" s="4">
         <v>92.657265362756704</v>
       </c>
       <c r="J340" s="4">
         <v>104.667442943536</v>
       </c>
-    </row>
-    <row r="341" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K340" s="4">
+        <v>81.968262999999993</v>
+      </c>
+      <c r="L340" s="4">
+        <v>70.750078000000002</v>
+      </c>
+    </row>
+    <row r="341" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A341" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C341" s="10" t="s">
         <v>414</v>
       </c>
       <c r="D341" s="5">
         <v>9.0500000000000008E-3</v>
       </c>
       <c r="E341" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F341" s="4">
         <v>116.955832018945</v>
       </c>
       <c r="G341" s="4">
         <v>108.78496006836301</v>
       </c>
       <c r="H341" s="4">
         <v>110.183590074591</v>
       </c>
       <c r="I341" s="4">
         <v>79.697819555365697</v>
       </c>
       <c r="J341" s="4">
         <v>73.335121203994504</v>
       </c>
-    </row>
-    <row r="342" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K341" s="4">
+        <v>85.931427999999997</v>
+      </c>
+      <c r="L341" s="4">
+        <v>59.378518</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A342" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C342" s="10" t="s">
         <v>415</v>
       </c>
       <c r="D342" s="5">
         <v>4.8099999999999997E-2</v>
       </c>
       <c r="E342" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F342" s="4">
         <v>101.380718123021</v>
       </c>
       <c r="G342" s="4">
         <v>108.707443709014</v>
       </c>
       <c r="H342" s="4">
         <v>100.757919102481</v>
       </c>
       <c r="I342" s="4">
         <v>93.083500591351395</v>
       </c>
       <c r="J342" s="4">
         <v>101.041349560076</v>
       </c>
-    </row>
-    <row r="343" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K342" s="4">
+        <v>100.303698</v>
+      </c>
+      <c r="L342" s="4">
+        <v>91.113238999999993</v>
+      </c>
+    </row>
+    <row r="343" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A343" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C343" s="10" t="s">
         <v>416</v>
       </c>
       <c r="D343" s="5">
         <v>7.5599999999999999E-3</v>
       </c>
       <c r="E343" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F343" s="4">
         <v>100.43294758339</v>
       </c>
       <c r="G343" s="4">
         <v>84.490129339686902</v>
       </c>
       <c r="H343" s="4">
         <v>81.955071477195403</v>
       </c>
       <c r="I343" s="4">
         <v>49.418652144315899</v>
       </c>
       <c r="J343" s="4">
         <v>74.303607896528206</v>
       </c>
-    </row>
-    <row r="344" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K343" s="4">
+        <v>110.608577</v>
+      </c>
+      <c r="L343" s="4">
+        <v>103.294758</v>
+      </c>
+    </row>
+    <row r="344" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A344" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C344" s="10" t="s">
         <v>417</v>
       </c>
       <c r="D344" s="5">
         <v>2.8400000000000001E-3</v>
       </c>
       <c r="E344" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F344" s="4">
         <v>92.387910589093806</v>
       </c>
       <c r="G344" s="4">
         <v>74.546560216838003</v>
       </c>
       <c r="H344" s="4">
         <v>72.294781467999897</v>
       </c>
       <c r="I344" s="4">
         <v>42.275929770912803</v>
       </c>
       <c r="J344" s="4">
         <v>49.539479971157803</v>
       </c>
-    </row>
-    <row r="345" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K344" s="4">
+        <v>35.659939999999999</v>
+      </c>
+      <c r="L344" s="4">
+        <v>33.201574000000001</v>
+      </c>
+    </row>
+    <row r="345" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A345" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C345" s="10" t="s">
         <v>418</v>
       </c>
       <c r="D345" s="5">
         <v>0.17130000000000001</v>
       </c>
       <c r="E345" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F345" s="4">
         <v>86.934127708633198</v>
       </c>
       <c r="G345" s="4">
         <v>89.584329534415303</v>
       </c>
       <c r="H345" s="4">
         <v>79.545039022203895</v>
       </c>
       <c r="I345" s="4">
         <v>57.0024487349759</v>
       </c>
       <c r="J345" s="4">
         <v>64.316254810968601</v>
       </c>
-    </row>
-    <row r="346" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K345" s="4">
+        <v>79.322333</v>
+      </c>
+      <c r="L345" s="4">
+        <v>71.178059000000005</v>
+      </c>
+    </row>
+    <row r="346" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A346" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C346" s="10" t="s">
         <v>419</v>
       </c>
       <c r="D346" s="5">
         <v>0.17130000000000001</v>
       </c>
       <c r="E346" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F346" s="4">
         <v>86.934127708633198</v>
       </c>
       <c r="G346" s="4">
         <v>89.584329534415303</v>
       </c>
       <c r="H346" s="4">
         <v>79.545039022203895</v>
       </c>
       <c r="I346" s="4">
         <v>57.0024487349759</v>
       </c>
       <c r="J346" s="4">
         <v>64.316254810968601</v>
       </c>
-    </row>
-    <row r="347" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K346" s="4">
+        <v>79.322333</v>
+      </c>
+      <c r="L346" s="4">
+        <v>71.178059000000005</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A347" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C347" s="10" t="s">
         <v>421</v>
       </c>
       <c r="D347" s="5">
         <v>0.17130000000000001</v>
       </c>
       <c r="E347" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F347" s="4">
         <v>86.934127708633198</v>
       </c>
       <c r="G347" s="4">
         <v>89.584329534415303</v>
       </c>
       <c r="H347" s="4">
         <v>79.545039022203795</v>
       </c>
       <c r="I347" s="4">
         <v>57.0024487349759</v>
       </c>
       <c r="J347" s="4">
         <v>64.316254810968601</v>
       </c>
-    </row>
-    <row r="348" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K347" s="4">
+        <v>79.322333</v>
+      </c>
+      <c r="L347" s="4">
+        <v>71.178059000000005</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A348" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C348" s="10" t="s">
         <v>422</v>
       </c>
       <c r="D348" s="5">
         <v>0.75526000000000004</v>
       </c>
       <c r="E348" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F348" s="4">
         <v>96.090685672648306</v>
       </c>
       <c r="G348" s="4">
         <v>96.659250841842805</v>
       </c>
       <c r="H348" s="4">
         <v>98.332152689224003</v>
       </c>
       <c r="I348" s="4">
         <v>95.396066530963793</v>
       </c>
       <c r="J348" s="4">
         <v>93.425062295039197</v>
       </c>
-    </row>
-    <row r="349" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K348" s="4">
+        <v>91.573115999999999</v>
+      </c>
+      <c r="L348" s="4">
+        <v>87.419008000000005</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A349" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C349" s="10" t="s">
         <v>423</v>
       </c>
       <c r="D349" s="5">
         <v>0.75526000000000004</v>
       </c>
       <c r="E349" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F349" s="4">
         <v>96.090685672648306</v>
       </c>
       <c r="G349" s="4">
         <v>96.659250841842805</v>
       </c>
       <c r="H349" s="4">
         <v>98.332152689224003</v>
       </c>
       <c r="I349" s="4">
         <v>95.396066530963793</v>
       </c>
       <c r="J349" s="4">
         <v>93.425062295039197</v>
       </c>
-    </row>
-    <row r="350" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K349" s="4">
+        <v>91.573115999999999</v>
+      </c>
+      <c r="L349" s="4">
+        <v>87.419008000000005</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A350" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C350" s="10" t="s">
         <v>425</v>
       </c>
       <c r="D350" s="5">
         <v>0.37386000000000003</v>
       </c>
       <c r="E350" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F350" s="4">
         <v>95.438211421061695</v>
       </c>
       <c r="G350" s="4">
         <v>92.656116001835997</v>
       </c>
       <c r="H350" s="4">
         <v>93.6719227876399</v>
       </c>
       <c r="I350" s="4">
         <v>86.576952819220196</v>
       </c>
       <c r="J350" s="4">
         <v>84.578527547986099</v>
       </c>
-    </row>
-    <row r="351" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K350" s="4">
+        <v>80.372220999999996</v>
+      </c>
+      <c r="L350" s="4">
+        <v>72.258677000000006</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A351" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="10" t="s">
         <v>426</v>
       </c>
       <c r="D351" s="5">
         <v>8.5319999999999993E-2</v>
       </c>
       <c r="E351" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F351" s="4">
         <v>101.68879148884</v>
       </c>
       <c r="G351" s="4">
         <v>116.61467757408499</v>
       </c>
       <c r="H351" s="4">
         <v>126.32856160833001</v>
       </c>
       <c r="I351" s="4">
         <v>136.190871602078</v>
       </c>
       <c r="J351" s="4">
         <v>133.81319482730299</v>
       </c>
-    </row>
-    <row r="352" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K351" s="4">
+        <v>133.16324599999999</v>
+      </c>
+      <c r="L351" s="4">
+        <v>157.31083000000001</v>
+      </c>
+    </row>
+    <row r="352" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A352" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C352" s="10" t="s">
         <v>427</v>
       </c>
       <c r="D352" s="5">
         <v>2.708E-2</v>
       </c>
       <c r="E352" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F352" s="4">
         <v>77.305173961886794</v>
       </c>
       <c r="G352" s="4">
         <v>81.211350757403096</v>
       </c>
       <c r="H352" s="4">
         <v>90.200414883905694</v>
       </c>
       <c r="I352" s="4">
         <v>91.510098086159601</v>
       </c>
       <c r="J352" s="4">
         <v>104.98941579171</v>
       </c>
-    </row>
-    <row r="353" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K352" s="4">
+        <v>120.176078</v>
+      </c>
+      <c r="L352" s="4">
+        <v>130.55279999999999</v>
+      </c>
+    </row>
+    <row r="353" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A353" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C353" s="10" t="s">
         <v>428</v>
       </c>
       <c r="D353" s="5">
         <v>0.26899000000000001</v>
       </c>
       <c r="E353" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F353" s="4">
         <v>97.116657639802696</v>
       </c>
       <c r="G353" s="4">
         <v>97.452256936065993</v>
       </c>
       <c r="H353" s="4">
         <v>96.751464646259706</v>
       </c>
       <c r="I353" s="4">
         <v>95.108647183610898</v>
       </c>
       <c r="J353" s="4">
         <v>91.749243754623706</v>
       </c>
-    </row>
-    <row r="354" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K353" s="4">
+        <v>91.072890000000001</v>
+      </c>
+      <c r="L353" s="4">
+        <v>81.981937000000002</v>
+      </c>
+    </row>
+    <row r="354" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A354" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C354" s="10" t="s">
         <v>429</v>
       </c>
       <c r="D354" s="5">
         <v>2.5112700000000001</v>
       </c>
       <c r="E354" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F354" s="4">
         <v>98.143012670043404</v>
       </c>
       <c r="G354" s="4">
         <v>105.09845472503601</v>
       </c>
       <c r="H354" s="4">
         <v>103.002492227033</v>
       </c>
       <c r="I354" s="4">
         <v>101.26908971194899</v>
       </c>
       <c r="J354" s="4">
         <v>97.896292498538003</v>
       </c>
-    </row>
-    <row r="355" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K354" s="4">
+        <v>102.074836</v>
+      </c>
+      <c r="L354" s="4">
+        <v>100.808513</v>
+      </c>
+    </row>
+    <row r="355" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A355" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C355" s="10" t="s">
         <v>430</v>
       </c>
       <c r="D355" s="5">
         <v>1.17618</v>
       </c>
       <c r="E355" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F355" s="4">
         <v>97.313361625321306</v>
       </c>
       <c r="G355" s="4">
         <v>104.02712934375199</v>
       </c>
       <c r="H355" s="4">
         <v>101.978326155934</v>
       </c>
       <c r="I355" s="4">
         <v>90.870955778131901</v>
       </c>
       <c r="J355" s="4">
         <v>93.871248404729201</v>
       </c>
-    </row>
-    <row r="356" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K355" s="4">
+        <v>100.980479</v>
+      </c>
+      <c r="L355" s="4">
+        <v>97.402083000000005</v>
+      </c>
+    </row>
+    <row r="356" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A356" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C356" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D356" s="5">
         <v>0.66186999999999996</v>
       </c>
       <c r="E356" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F356" s="4">
         <v>101.23033145699701</v>
       </c>
       <c r="G356" s="4">
         <v>110.907303733917</v>
       </c>
       <c r="H356" s="4">
         <v>103.86496873592699</v>
       </c>
       <c r="I356" s="4">
         <v>90.292700525331696</v>
       </c>
       <c r="J356" s="4">
         <v>93.930347970139707</v>
       </c>
-    </row>
-    <row r="357" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K356" s="4">
+        <v>97.800426000000002</v>
+      </c>
+      <c r="L356" s="4">
+        <v>95.704522999999995</v>
+      </c>
+    </row>
+    <row r="357" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A357" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="10" t="s">
         <v>433</v>
       </c>
       <c r="D357" s="5">
         <v>0.29754999999999998</v>
       </c>
       <c r="E357" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F357" s="4">
         <v>93.745493682230602</v>
       </c>
       <c r="G357" s="4">
         <v>95.145053821047398</v>
       </c>
       <c r="H357" s="4">
         <v>101.755102236315</v>
       </c>
       <c r="I357" s="4">
         <v>94.702293326053805</v>
       </c>
       <c r="J357" s="4">
         <v>94.2980905887338</v>
       </c>
-    </row>
-    <row r="358" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K357" s="4">
+        <v>107.140004</v>
+      </c>
+      <c r="L357" s="4">
+        <v>101.84246</v>
+      </c>
+    </row>
+    <row r="358" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A358" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C358" s="10" t="s">
         <v>434</v>
       </c>
       <c r="D358" s="5">
         <v>3.9149999999999997E-2</v>
       </c>
       <c r="E358" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F358" s="4">
         <v>102.375812676789</v>
       </c>
       <c r="G358" s="4">
         <v>108.125564001866</v>
       </c>
       <c r="H358" s="4">
         <v>108.798643362066</v>
       </c>
       <c r="I358" s="4">
         <v>99.255856742418899</v>
       </c>
       <c r="J358" s="4">
         <v>101.357540857673</v>
       </c>
-    </row>
-    <row r="359" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K358" s="4">
+        <v>96.062192999999994</v>
+      </c>
+      <c r="L358" s="4">
+        <v>89.623588999999996</v>
+      </c>
+    </row>
+    <row r="359" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A359" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C359" s="10" t="s">
         <v>435</v>
       </c>
       <c r="D359" s="5">
         <v>0.17762</v>
       </c>
       <c r="E359" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F359" s="4">
         <v>87.573051928745102</v>
       </c>
       <c r="G359" s="4">
         <v>92.359448677181305</v>
       </c>
       <c r="H359" s="4">
         <v>93.812989769155394</v>
       </c>
       <c r="I359" s="4">
         <v>84.754176893305399</v>
       </c>
       <c r="J359" s="4">
         <v>91.280604427555005</v>
       </c>
-    </row>
-    <row r="360" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K359" s="4">
+        <v>103.59029700000001</v>
+      </c>
+      <c r="L359" s="4">
+        <v>97.998213000000007</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A360" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C360" s="10" t="s">
         <v>436</v>
       </c>
       <c r="D360" s="5">
         <v>1.27963</v>
       </c>
       <c r="E360" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F360" s="4">
         <v>98.852156413903899</v>
       </c>
       <c r="G360" s="4">
         <v>106.259147740625</v>
       </c>
       <c r="H360" s="4">
         <v>103.951945777125</v>
       </c>
       <c r="I360" s="4">
         <v>112.046176799862</v>
       </c>
       <c r="J360" s="4">
         <v>102.498568244642</v>
       </c>
-    </row>
-    <row r="361" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K360" s="4">
+        <v>104.118662</v>
+      </c>
+      <c r="L360" s="4">
+        <v>105.132668</v>
+      </c>
+    </row>
+    <row r="361" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A361" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C361" s="10" t="s">
         <v>438</v>
       </c>
       <c r="D361" s="5">
         <v>1.27963</v>
       </c>
       <c r="E361" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F361" s="4">
         <v>98.852156413903899</v>
       </c>
       <c r="G361" s="4">
         <v>106.259147740625</v>
       </c>
       <c r="H361" s="4">
         <v>103.951945777125</v>
       </c>
       <c r="I361" s="4">
         <v>112.046176799862</v>
       </c>
       <c r="J361" s="4">
         <v>102.498568244642</v>
       </c>
-    </row>
-    <row r="362" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K361" s="4">
+        <v>104.118662</v>
+      </c>
+      <c r="L361" s="4">
+        <v>105.132668</v>
+      </c>
+    </row>
+    <row r="362" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A362" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C362" s="10" t="s">
         <v>439</v>
       </c>
       <c r="D362" s="5">
         <v>5.5460000000000002E-2</v>
       </c>
       <c r="E362" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F362" s="4">
         <v>99.375925703311395</v>
       </c>
       <c r="G362" s="4">
         <v>101.038120852369</v>
       </c>
       <c r="H362" s="4">
         <v>102.815950633095</v>
       </c>
       <c r="I362" s="4">
         <v>73.129768038132198</v>
       </c>
       <c r="J362" s="4">
         <v>77.069863527554404</v>
       </c>
-    </row>
-    <row r="363" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K362" s="4">
+        <v>78.126379999999997</v>
+      </c>
+      <c r="L362" s="4">
+        <v>73.279773000000006</v>
+      </c>
+    </row>
+    <row r="363" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A363" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C363" s="10" t="s">
         <v>441</v>
       </c>
       <c r="D363" s="5">
         <v>4.4769999999999997E-2</v>
       </c>
       <c r="E363" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F363" s="4">
         <v>97.227043715272998</v>
       </c>
       <c r="G363" s="4">
         <v>97.694933687413197</v>
       </c>
       <c r="H363" s="4">
         <v>97.052578145845899</v>
       </c>
       <c r="I363" s="4">
         <v>63.192189186678</v>
       </c>
       <c r="J363" s="4">
         <v>64.542143377757299</v>
       </c>
-    </row>
-    <row r="364" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K363" s="4">
+        <v>60.108801999999997</v>
+      </c>
+      <c r="L363" s="4">
+        <v>51.318159000000001</v>
+      </c>
+    </row>
+    <row r="364" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A364" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="10" t="s">
         <v>442</v>
       </c>
       <c r="D364" s="5">
         <v>1.069E-2</v>
       </c>
       <c r="E364" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F364" s="4">
         <v>108.375499754245</v>
       </c>
       <c r="G364" s="4">
         <v>115.03947626631199</v>
       </c>
       <c r="H364" s="4">
         <v>126.953105568002</v>
       </c>
       <c r="I364" s="4">
         <v>114.748608560078</v>
       </c>
       <c r="J364" s="4">
         <v>129.53628364976399</v>
       </c>
-    </row>
-    <row r="365" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K364" s="4">
+        <v>153.58446900000001</v>
+      </c>
+      <c r="L364" s="4">
+        <v>165.25559000000001</v>
+      </c>
+    </row>
+    <row r="365" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A365" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C365" s="10" t="s">
         <v>443</v>
       </c>
       <c r="D365" s="5">
         <v>7.4900000000000001E-3</v>
       </c>
       <c r="E365" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F365" s="4">
         <v>97.860281012505595</v>
       </c>
       <c r="G365" s="4">
         <v>84.558214398513698</v>
       </c>
       <c r="H365" s="4">
         <v>75.172409143565503</v>
       </c>
       <c r="I365" s="4">
         <v>97.188990235775094</v>
       </c>
       <c r="J365" s="4">
         <v>78.522001398190397</v>
       </c>
-    </row>
-    <row r="366" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K365" s="4">
+        <v>84.758709999999994</v>
+      </c>
+      <c r="L365" s="4">
+        <v>83.228649000000004</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A366" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C366" s="10" t="s">
         <v>444</v>
       </c>
       <c r="D366" s="5">
         <v>7.4900000000000001E-3</v>
       </c>
       <c r="E366" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F366" s="4">
         <v>97.860281012505496</v>
       </c>
       <c r="G366" s="4">
         <v>84.558214398513698</v>
       </c>
       <c r="H366" s="4">
         <v>75.172409143565503</v>
       </c>
       <c r="I366" s="4">
         <v>97.188990235775094</v>
       </c>
       <c r="J366" s="4">
         <v>78.522001398190298</v>
       </c>
-    </row>
-    <row r="367" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K366" s="4">
+        <v>84.758709999999994</v>
+      </c>
+      <c r="L366" s="4">
+        <v>83.228649000000004</v>
+      </c>
+    </row>
+    <row r="367" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A367" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C367" s="10" t="s">
         <v>446</v>
       </c>
       <c r="D367" s="5">
         <v>7.4900000000000001E-3</v>
       </c>
       <c r="E367" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F367" s="4">
         <v>97.860281012505595</v>
       </c>
       <c r="G367" s="4">
         <v>84.558214398513698</v>
       </c>
       <c r="H367" s="4">
         <v>75.172409143565503</v>
       </c>
       <c r="I367" s="4">
         <v>97.188990235775094</v>
       </c>
       <c r="J367" s="4">
         <v>78.522001398190397</v>
       </c>
-    </row>
-    <row r="368" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K367" s="4">
+        <v>84.758709999999994</v>
+      </c>
+      <c r="L367" s="4">
+        <v>83.228649000000004</v>
+      </c>
+    </row>
+    <row r="368" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A368" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C368" s="10" t="s">
         <v>447</v>
       </c>
       <c r="D368" s="5">
         <v>3.06867</v>
       </c>
       <c r="E368" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F368" s="4">
         <v>104.338036236359</v>
       </c>
       <c r="G368" s="4">
         <v>106.98882640871901</v>
       </c>
       <c r="H368" s="4">
         <v>96.369390289209505</v>
       </c>
       <c r="I368" s="4">
         <v>89.639217450665498</v>
       </c>
       <c r="J368" s="4">
         <v>101.65131422082599</v>
       </c>
-    </row>
-    <row r="369" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K368" s="4">
+        <v>91.003280000000004</v>
+      </c>
+      <c r="L368" s="4">
+        <v>81.733975000000001</v>
+      </c>
+    </row>
+    <row r="369" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A369" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C369" s="10" t="s">
         <v>448</v>
       </c>
       <c r="D369" s="5">
         <v>3.06867</v>
       </c>
       <c r="E369" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F369" s="4">
         <v>104.338036236359</v>
       </c>
       <c r="G369" s="4">
         <v>106.98882640871901</v>
       </c>
       <c r="H369" s="4">
         <v>96.369390289209505</v>
       </c>
       <c r="I369" s="4">
         <v>89.639217450665498</v>
       </c>
       <c r="J369" s="4">
         <v>101.65131422082599</v>
       </c>
-    </row>
-    <row r="370" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K369" s="4">
+        <v>91.003280000000004</v>
+      </c>
+      <c r="L369" s="4">
+        <v>81.733975000000001</v>
+      </c>
+    </row>
+    <row r="370" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A370" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C370" s="10" t="s">
         <v>449</v>
       </c>
       <c r="D370" s="5">
         <v>1.3509599999999999</v>
       </c>
       <c r="E370" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F370" s="4">
         <v>105.822939664923</v>
       </c>
       <c r="G370" s="4">
         <v>111.596154236641</v>
       </c>
       <c r="H370" s="4">
         <v>92.407333026854303</v>
       </c>
       <c r="I370" s="4">
         <v>83.489834441014395</v>
       </c>
       <c r="J370" s="4">
         <v>111.174764722444</v>
       </c>
-    </row>
-    <row r="371" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K370" s="4">
+        <v>94.129673999999994</v>
+      </c>
+      <c r="L370" s="4">
+        <v>83.243578999999997</v>
+      </c>
+    </row>
+    <row r="371" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A371" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C371" s="10" t="s">
         <v>451</v>
       </c>
       <c r="D371" s="5">
         <v>0.54930999999999996</v>
       </c>
       <c r="E371" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F371" s="4">
         <v>108.66457085195999</v>
       </c>
       <c r="G371" s="4">
         <v>115.65337231425499</v>
       </c>
       <c r="H371" s="4">
         <v>89.371086854496596</v>
       </c>
       <c r="I371" s="4">
         <v>89.369569013341206</v>
       </c>
       <c r="J371" s="4">
         <v>99.919231422802497</v>
       </c>
-    </row>
-    <row r="372" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K371" s="4">
+        <v>88.897333000000003</v>
+      </c>
+      <c r="L371" s="4">
+        <v>75.532560000000004</v>
+      </c>
+    </row>
+    <row r="372" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A372" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="10" t="s">
         <v>452</v>
       </c>
       <c r="D372" s="5">
         <v>0.33933000000000002</v>
       </c>
       <c r="E372" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F372" s="4">
         <v>100.868064591386</v>
       </c>
       <c r="G372" s="4">
         <v>105.04559220498101</v>
       </c>
       <c r="H372" s="4">
         <v>88.752473804193599</v>
       </c>
       <c r="I372" s="4">
         <v>69.400922063199403</v>
       </c>
       <c r="J372" s="4">
         <v>112.15549301451</v>
       </c>
-    </row>
-    <row r="373" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K372" s="4">
+        <v>81.875131999999994</v>
+      </c>
+      <c r="L372" s="4">
+        <v>70.435562000000004</v>
+      </c>
+    </row>
+    <row r="373" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A373" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C373" s="10" t="s">
         <v>453</v>
       </c>
       <c r="D373" s="5">
         <v>0.32629999999999998</v>
       </c>
       <c r="E373" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F373" s="4">
         <v>115.619954551052</v>
       </c>
       <c r="G373" s="4">
         <v>127.016428104268</v>
       </c>
       <c r="H373" s="4">
         <v>118.87246777518899</v>
       </c>
       <c r="I373" s="4">
         <v>94.362901743138295</v>
       </c>
       <c r="J373" s="4">
         <v>133.57907278320101</v>
       </c>
-    </row>
-    <row r="374" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K373" s="4">
+        <v>115.569171</v>
+      </c>
+      <c r="L373" s="4">
+        <v>111.723905</v>
+      </c>
+    </row>
+    <row r="374" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A374" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C374" s="10" t="s">
         <v>454</v>
       </c>
       <c r="D374" s="5">
         <v>6.6250000000000003E-2</v>
       </c>
       <c r="E374" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F374" s="4">
         <v>90.1227305542929</v>
       </c>
       <c r="G374" s="4">
         <v>73.921762613973598</v>
       </c>
       <c r="H374" s="4">
         <v>41.662210219524603</v>
       </c>
       <c r="I374" s="4">
         <v>59.693441001096303</v>
       </c>
       <c r="J374" s="4">
         <v>103.457311692826</v>
       </c>
-    </row>
-    <row r="375" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K374" s="4">
+        <v>98.536655999999994</v>
+      </c>
+      <c r="L374" s="4">
+        <v>69.877537000000004</v>
+      </c>
+    </row>
+    <row r="375" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A375" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C375" s="10" t="s">
         <v>455</v>
       </c>
       <c r="D375" s="5">
         <v>6.9769999999999999E-2</v>
       </c>
       <c r="E375" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F375" s="4">
         <v>76.638107037534695</v>
       </c>
       <c r="G375" s="4">
         <v>75.168245880375295</v>
       </c>
       <c r="H375" s="4">
         <v>58.500706719946997</v>
       </c>
       <c r="I375" s="4">
         <v>77.464649461089707</v>
       </c>
       <c r="J375" s="4">
         <v>97.569232379988506</v>
       </c>
-    </row>
-    <row r="376" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K375" s="4">
+        <v>90.472514000000004</v>
+      </c>
+      <c r="L375" s="4">
+        <v>85.741124999999997</v>
+      </c>
+    </row>
+    <row r="376" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A376" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C376" s="10" t="s">
         <v>456</v>
       </c>
       <c r="D376" s="5">
         <v>0.52302000000000004</v>
       </c>
       <c r="E376" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F376" s="4">
         <v>107.43544366056901</v>
       </c>
       <c r="G376" s="4">
         <v>108.799687806796</v>
       </c>
       <c r="H376" s="4">
         <v>103.280898013065</v>
       </c>
       <c r="I376" s="4">
         <v>101.556491359906</v>
       </c>
       <c r="J376" s="4">
         <v>88.304410751467799</v>
       </c>
-    </row>
-    <row r="377" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K376" s="4">
+        <v>88.206744999999998</v>
+      </c>
+      <c r="L376" s="4">
+        <v>87.333561000000003</v>
+      </c>
+    </row>
+    <row r="377" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A377" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C377" s="10" t="s">
         <v>458</v>
       </c>
       <c r="D377" s="5">
         <v>0.52302000000000004</v>
       </c>
       <c r="E377" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F377" s="4">
         <v>107.43544366056901</v>
       </c>
       <c r="G377" s="4">
         <v>108.799687806796</v>
       </c>
       <c r="H377" s="4">
         <v>103.280898013065</v>
       </c>
       <c r="I377" s="4">
         <v>101.556491359906</v>
       </c>
       <c r="J377" s="4">
         <v>88.304410751467898</v>
       </c>
-    </row>
-    <row r="378" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K377" s="4">
+        <v>88.206744999999998</v>
+      </c>
+      <c r="L377" s="4">
+        <v>87.333561000000003</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A378" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C378" s="10" t="s">
         <v>459</v>
       </c>
       <c r="D378" s="5">
         <v>1.19469</v>
       </c>
       <c r="E378" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F378" s="4">
         <v>101.30289643702901</v>
       </c>
       <c r="G378" s="4">
         <v>100.986070605264</v>
       </c>
       <c r="H378" s="4">
         <v>97.823930052177801</v>
       </c>
       <c r="I378" s="4">
         <v>91.375733091298102</v>
       </c>
       <c r="J378" s="4">
         <v>96.725263749889095</v>
       </c>
-    </row>
-    <row r="379" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K378" s="4">
+        <v>88.692228999999998</v>
+      </c>
+      <c r="L378" s="4">
+        <v>77.575480999999996</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A379" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C379" s="10" t="s">
         <v>461</v>
       </c>
       <c r="D379" s="5">
         <v>9.7129999999999994E-2</v>
       </c>
       <c r="E379" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F379" s="4">
         <v>85.176762967901396</v>
       </c>
       <c r="G379" s="4">
         <v>87.183397177167294</v>
       </c>
       <c r="H379" s="4">
         <v>97.703364295072603</v>
       </c>
       <c r="I379" s="4">
         <v>78.233800107466095</v>
       </c>
       <c r="J379" s="4">
         <v>70.664904985074102</v>
       </c>
-    </row>
-    <row r="380" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K379" s="4">
+        <v>55.199482000000003</v>
+      </c>
+      <c r="L379" s="4">
+        <v>41.393791</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A380" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="10" t="s">
         <v>462</v>
       </c>
       <c r="D380" s="5">
         <v>0.39017000000000002</v>
       </c>
       <c r="E380" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F380" s="4">
         <v>89.978136930924606</v>
       </c>
       <c r="G380" s="4">
         <v>82.6123024242669</v>
       </c>
       <c r="H380" s="4">
         <v>84.524601229196307</v>
       </c>
       <c r="I380" s="4">
         <v>76.193638867507701</v>
       </c>
       <c r="J380" s="4">
         <v>75.145142005966605</v>
       </c>
-    </row>
-    <row r="381" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K380" s="4">
+        <v>76.149243999999996</v>
+      </c>
+      <c r="L380" s="4">
+        <v>75.191726000000003</v>
+      </c>
+    </row>
+    <row r="381" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A381" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C381" s="10" t="s">
         <v>463</v>
       </c>
       <c r="D381" s="5">
         <v>0.12039999999999999</v>
       </c>
       <c r="E381" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F381" s="4">
         <v>138.54001708368099</v>
       </c>
       <c r="G381" s="4">
         <v>147.93180090301601</v>
       </c>
       <c r="H381" s="4">
         <v>141.36800528245101</v>
       </c>
       <c r="I381" s="4">
         <v>153.35546620181199</v>
       </c>
       <c r="J381" s="4">
         <v>168.46963797586599</v>
       </c>
-    </row>
-    <row r="382" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K381" s="4">
+        <v>151.32825299999999</v>
+      </c>
+      <c r="L381" s="4">
+        <v>103.611609</v>
+      </c>
+    </row>
+    <row r="382" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A382" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C382" s="10" t="s">
         <v>464</v>
       </c>
       <c r="D382" s="5">
         <v>0.12175999999999999</v>
       </c>
       <c r="E382" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F382" s="4">
         <v>96.288153310731303</v>
       </c>
       <c r="G382" s="4">
         <v>98.565010855747104</v>
       </c>
       <c r="H382" s="4">
         <v>91.964562014568102</v>
       </c>
       <c r="I382" s="4">
         <v>84.524534914676906</v>
       </c>
       <c r="J382" s="4">
         <v>93.919622811020005</v>
       </c>
-    </row>
-    <row r="383" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K382" s="4">
+        <v>82.957707999999997</v>
+      </c>
+      <c r="L382" s="4">
+        <v>73.238193999999993</v>
+      </c>
+    </row>
+    <row r="383" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A383" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C383" s="10" t="s">
         <v>465</v>
       </c>
       <c r="D383" s="5">
         <v>0.11906</v>
       </c>
       <c r="E383" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F383" s="4">
         <v>113.239018405327</v>
       </c>
       <c r="G383" s="4">
         <v>120.762074989078</v>
       </c>
       <c r="H383" s="4">
         <v>114.454095699089</v>
       </c>
       <c r="I383" s="4">
         <v>106.68402095989001</v>
       </c>
       <c r="J383" s="4">
         <v>116.58903161014</v>
       </c>
-    </row>
-    <row r="384" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K383" s="4">
+        <v>107.30250100000001</v>
+      </c>
+      <c r="L383" s="4">
+        <v>101.17380799999999</v>
+      </c>
+    </row>
+    <row r="384" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A384" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C384" s="10" t="s">
         <v>466</v>
       </c>
       <c r="D384" s="5">
         <v>0.25819999999999999</v>
       </c>
       <c r="E384" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F384" s="4">
         <v>105.502982702262</v>
       </c>
       <c r="G384" s="4">
         <v>107.63920641907499</v>
       </c>
       <c r="H384" s="4">
         <v>92.514954038280905</v>
       </c>
       <c r="I384" s="4">
         <v>83.087018682271406</v>
       </c>
       <c r="J384" s="4">
         <v>98.912715493890602</v>
       </c>
-    </row>
-    <row r="385" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K384" s="4">
+        <v>87.615423000000007</v>
+      </c>
+      <c r="L384" s="4">
+        <v>74.462592999999998</v>
+      </c>
+    </row>
+    <row r="385" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A385" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C385" s="10" t="s">
         <v>467</v>
       </c>
       <c r="D385" s="5">
         <v>8.7980000000000003E-2</v>
       </c>
       <c r="E385" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F385" s="4">
         <v>96.819702226539306</v>
       </c>
       <c r="G385" s="4">
         <v>90.514241766136294</v>
       </c>
       <c r="H385" s="4">
         <v>98.520128267125997</v>
       </c>
       <c r="I385" s="4">
         <v>101.47511052867701</v>
       </c>
       <c r="J385" s="4">
         <v>93.588226209330401</v>
       </c>
-    </row>
-    <row r="386" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K385" s="4">
+        <v>81.478206</v>
+      </c>
+      <c r="L385" s="4">
+        <v>75.655850000000001</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A386" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C386" s="10" t="s">
         <v>468</v>
       </c>
       <c r="D386" s="5">
         <v>1.90937</v>
       </c>
       <c r="E386" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F386" s="4">
         <v>96.483508870979904</v>
       </c>
       <c r="G386" s="4">
         <v>99.333272905860596</v>
       </c>
       <c r="H386" s="4">
         <v>90.925883325023804</v>
       </c>
       <c r="I386" s="4">
         <v>87.148468853893704</v>
       </c>
       <c r="J386" s="4">
         <v>90.723321197203305</v>
       </c>
-    </row>
-    <row r="387" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K386" s="4">
+        <v>85.694305999999997</v>
+      </c>
+      <c r="L386" s="4">
+        <v>70.931674999999998</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A387" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C387" s="10" t="s">
         <v>469</v>
       </c>
       <c r="D387" s="5">
         <v>0.82057999999999998</v>
       </c>
       <c r="E387" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F387" s="4">
         <v>97.024077028052602</v>
       </c>
       <c r="G387" s="4">
         <v>101.36174695177399</v>
       </c>
       <c r="H387" s="4">
         <v>89.552032449414398</v>
       </c>
       <c r="I387" s="4">
         <v>90.054505710870501</v>
       </c>
       <c r="J387" s="4">
         <v>86.257014462341004</v>
       </c>
-    </row>
-    <row r="388" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K387" s="4">
+        <v>85.990127000000001</v>
+      </c>
+      <c r="L387" s="4">
+        <v>70.000687999999997</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A388" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C388" s="10" t="s">
         <v>470</v>
       </c>
       <c r="D388" s="5">
         <v>0.82057999999999998</v>
       </c>
       <c r="E388" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F388" s="4">
         <v>97.024077028052602</v>
       </c>
       <c r="G388" s="4">
         <v>101.36174695177399</v>
       </c>
       <c r="H388" s="4">
         <v>89.552032449414398</v>
       </c>
       <c r="I388" s="4">
         <v>90.054505710870501</v>
       </c>
       <c r="J388" s="4">
         <v>86.257014462341004</v>
       </c>
-    </row>
-    <row r="389" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K388" s="4">
+        <v>85.990127000000001</v>
+      </c>
+      <c r="L388" s="4">
+        <v>70.000687999999997</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A389" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C389" s="10" t="s">
         <v>472</v>
       </c>
       <c r="D389" s="5">
         <v>0.82057999999999998</v>
       </c>
       <c r="E389" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F389" s="4">
         <v>97.024077028052602</v>
       </c>
       <c r="G389" s="4">
         <v>101.36174695177399</v>
       </c>
       <c r="H389" s="4">
         <v>89.552032449414398</v>
       </c>
       <c r="I389" s="4">
         <v>90.054505710870501</v>
       </c>
       <c r="J389" s="4">
         <v>86.257014462341004</v>
       </c>
-    </row>
-    <row r="390" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K389" s="4">
+        <v>85.990127000000001</v>
+      </c>
+      <c r="L389" s="4">
+        <v>70.000687999999997</v>
+      </c>
+    </row>
+    <row r="390" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A390" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C390" s="10" t="s">
         <v>473</v>
       </c>
       <c r="D390" s="5">
         <v>0.80193000000000003</v>
       </c>
       <c r="E390" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F390" s="4">
         <v>98.034578148297896</v>
       </c>
       <c r="G390" s="4">
         <v>103.428175156931</v>
       </c>
       <c r="H390" s="4">
         <v>95.947456006404295</v>
       </c>
       <c r="I390" s="4">
         <v>88.625367861902106</v>
       </c>
       <c r="J390" s="4">
         <v>98.600796910421394</v>
       </c>
-    </row>
-    <row r="391" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K390" s="4">
+        <v>94.604675999999998</v>
+      </c>
+      <c r="L390" s="4">
+        <v>82.519148999999999</v>
+      </c>
+    </row>
+    <row r="391" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A391" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C391" s="10" t="s">
         <v>474</v>
       </c>
       <c r="D391" s="5">
         <v>0.28922999999999999</v>
       </c>
       <c r="E391" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F391" s="4">
         <v>87.7042717605554</v>
       </c>
       <c r="G391" s="4">
         <v>89.130920979124795</v>
       </c>
       <c r="H391" s="4">
         <v>83.579233610717793</v>
       </c>
       <c r="I391" s="4">
         <v>82.742152427977402</v>
       </c>
       <c r="J391" s="4">
         <v>86.767320481832002</v>
       </c>
-    </row>
-    <row r="392" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K391" s="4">
+        <v>76.324682999999993</v>
+      </c>
+      <c r="L391" s="4">
+        <v>77.706765000000004</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A392" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C392" s="10" t="s">
         <v>476</v>
       </c>
       <c r="D392" s="5">
         <v>0.28922999999999999</v>
       </c>
       <c r="E392" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F392" s="4">
         <v>87.7042717605554</v>
       </c>
       <c r="G392" s="4">
         <v>89.130920979124795</v>
       </c>
       <c r="H392" s="4">
         <v>83.579233610717793</v>
       </c>
       <c r="I392" s="4">
         <v>82.742152427977402</v>
       </c>
       <c r="J392" s="4">
         <v>86.767320481832002</v>
       </c>
-    </row>
-    <row r="393" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K392" s="4">
+        <v>76.324682999999993</v>
+      </c>
+      <c r="L392" s="4">
+        <v>77.706765000000004</v>
+      </c>
+    </row>
+    <row r="393" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A393" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C393" s="10" t="s">
         <v>477</v>
       </c>
       <c r="D393" s="5">
         <v>0.51270000000000004</v>
       </c>
       <c r="E393" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F393" s="4">
         <v>103.862224952524</v>
       </c>
       <c r="G393" s="4">
         <v>111.493700465779</v>
       </c>
       <c r="H393" s="4">
         <v>102.924754550396</v>
       </c>
       <c r="I393" s="4">
         <v>91.944272484398795</v>
       </c>
       <c r="J393" s="4">
         <v>105.276428639388</v>
       </c>
-    </row>
-    <row r="394" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K393" s="4">
+        <v>104.916989</v>
+      </c>
+      <c r="L393" s="4">
+        <v>85.233964</v>
+      </c>
+    </row>
+    <row r="394" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A394" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C394" s="10" t="s">
         <v>479</v>
       </c>
       <c r="D394" s="5">
         <v>0.47947000000000001</v>
       </c>
       <c r="E394" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F394" s="4">
         <v>103.975669112321</v>
       </c>
       <c r="G394" s="4">
         <v>112.390094966528</v>
       </c>
       <c r="H394" s="4">
         <v>103.79221918773899</v>
       </c>
       <c r="I394" s="4">
         <v>93.323271414055498</v>
       </c>
       <c r="J394" s="4">
         <v>106.05396672479699</v>
       </c>
-    </row>
-    <row r="395" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K394" s="4">
+        <v>105.983253</v>
+      </c>
+      <c r="L394" s="4">
+        <v>85.606171000000003</v>
+      </c>
+    </row>
+    <row r="395" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A395" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C395" s="10" t="s">
         <v>480</v>
       </c>
       <c r="D395" s="5">
         <v>3.3239999999999999E-2</v>
       </c>
       <c r="E395" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F395" s="4">
         <v>102.194604809699</v>
       </c>
       <c r="G395" s="4">
         <v>98.530126209505397</v>
       </c>
       <c r="H395" s="4">
         <v>90.381056679983004</v>
       </c>
       <c r="I395" s="4">
         <v>72.025257456502203</v>
       </c>
       <c r="J395" s="4">
         <v>94.029167806117499</v>
       </c>
-    </row>
-    <row r="396" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K395" s="4">
+        <v>89.505116000000001</v>
+      </c>
+      <c r="L395" s="4">
+        <v>79.839432000000002</v>
+      </c>
+    </row>
+    <row r="396" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A396" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C396" s="10" t="s">
         <v>481</v>
       </c>
       <c r="D396" s="5">
         <v>0.28684999999999999</v>
       </c>
       <c r="E396" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F396" s="4">
         <v>90.604256408711706</v>
       </c>
       <c r="G396" s="4">
         <v>82.086081474565603</v>
       </c>
       <c r="H396" s="4">
         <v>80.820650729456005</v>
       </c>
       <c r="I396" s="4">
         <v>74.709445458733398</v>
       </c>
       <c r="J396" s="4">
         <v>81.480459475063796</v>
       </c>
-    </row>
-    <row r="397" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K396" s="4">
+        <v>59.940840000000001</v>
+      </c>
+      <c r="L396" s="4">
+        <v>41.202953000000001</v>
+      </c>
+    </row>
+    <row r="397" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A397" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C397" s="10" t="s">
         <v>482</v>
       </c>
       <c r="D397" s="5">
         <v>0.28684999999999999</v>
       </c>
       <c r="E397" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F397" s="4">
         <v>90.604256408711706</v>
       </c>
       <c r="G397" s="4">
         <v>82.086081474565603</v>
       </c>
       <c r="H397" s="4">
         <v>80.820650729456005</v>
       </c>
       <c r="I397" s="4">
         <v>74.709445458733498</v>
       </c>
       <c r="J397" s="4">
         <v>81.480459475063796</v>
       </c>
-    </row>
-    <row r="398" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K397" s="4">
+        <v>59.940840000000001</v>
+      </c>
+      <c r="L397" s="4">
+        <v>41.202953000000001</v>
+      </c>
+    </row>
+    <row r="398" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A398" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C398" s="10" t="s">
         <v>484</v>
       </c>
       <c r="D398" s="5">
         <v>0.28684999999999999</v>
       </c>
       <c r="E398" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F398" s="4">
         <v>90.604256408711805</v>
       </c>
       <c r="G398" s="4">
         <v>82.086081474565603</v>
       </c>
       <c r="H398" s="4">
         <v>80.820650729456005</v>
       </c>
       <c r="I398" s="4">
         <v>74.709445458733398</v>
       </c>
       <c r="J398" s="4">
         <v>81.480459475063796</v>
       </c>
-    </row>
-    <row r="399" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K398" s="4">
+        <v>59.940840000000001</v>
+      </c>
+      <c r="L398" s="4">
+        <v>41.202953000000001</v>
+      </c>
+    </row>
+    <row r="399" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A399" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C399" s="10" t="s">
         <v>485</v>
       </c>
       <c r="D399" s="5">
         <v>8.5146700000000006</v>
       </c>
       <c r="E399" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F399" s="4">
         <v>95.308114517800604</v>
       </c>
       <c r="G399" s="4">
         <v>97.744408925618899</v>
       </c>
       <c r="H399" s="4">
         <v>92.698837720579704</v>
       </c>
       <c r="I399" s="4">
         <v>91.805008188763907</v>
       </c>
       <c r="J399" s="4">
         <v>99.819865993700205</v>
       </c>
-    </row>
-    <row r="400" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K399" s="4">
+        <v>89.934640000000002</v>
+      </c>
+      <c r="L399" s="4">
+        <v>74.914713000000006</v>
+      </c>
+    </row>
+    <row r="400" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A400" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C400" s="10" t="s">
         <v>486</v>
       </c>
       <c r="D400" s="5">
         <v>5.2942400000000003</v>
       </c>
       <c r="E400" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F400" s="4">
         <v>83.483993134654099</v>
       </c>
       <c r="G400" s="4">
         <v>86.433822413185894</v>
       </c>
       <c r="H400" s="4">
         <v>81.571359668364806</v>
       </c>
       <c r="I400" s="4">
         <v>81.151487913049095</v>
       </c>
       <c r="J400" s="4">
         <v>93.761182547381694</v>
       </c>
-    </row>
-    <row r="401" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K400" s="4">
+        <v>95.405979000000002</v>
+      </c>
+      <c r="L400" s="4">
+        <v>85.660822999999993</v>
+      </c>
+    </row>
+    <row r="401" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A401" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C401" s="10" t="s">
         <v>487</v>
       </c>
       <c r="D401" s="5">
         <v>2.7545799999999998</v>
       </c>
       <c r="E401" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F401" s="4">
         <v>61.455459130465201</v>
       </c>
       <c r="G401" s="4">
         <v>63.983406768044503</v>
       </c>
       <c r="H401" s="4">
         <v>61.313022422564202</v>
       </c>
       <c r="I401" s="4">
         <v>58.710212168512797</v>
       </c>
       <c r="J401" s="4">
         <v>68.2927904708028</v>
       </c>
-    </row>
-    <row r="402" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K401" s="4">
+        <v>72.492625000000004</v>
+      </c>
+      <c r="L401" s="4">
+        <v>61.299196999999999</v>
+      </c>
+    </row>
+    <row r="402" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A402" s="3" t="s">
         <v>488</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C402" s="10" t="s">
         <v>489</v>
       </c>
       <c r="D402" s="5">
         <v>2.30335</v>
       </c>
       <c r="E402" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F402" s="4">
         <v>50.2327668985752</v>
       </c>
       <c r="G402" s="4">
         <v>51.1132949813301</v>
       </c>
       <c r="H402" s="4">
         <v>50.098914599269001</v>
       </c>
       <c r="I402" s="4">
         <v>46.2835734295344</v>
       </c>
       <c r="J402" s="4">
         <v>51.815640650939898</v>
       </c>
-    </row>
-    <row r="403" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K402" s="4">
+        <v>59.548399000000003</v>
+      </c>
+      <c r="L402" s="4">
+        <v>50.214388999999997</v>
+      </c>
+    </row>
+    <row r="403" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A403" s="3" t="s">
         <v>488</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="10" t="s">
         <v>490</v>
       </c>
       <c r="D403" s="5">
         <v>0.45123000000000002</v>
       </c>
       <c r="E403" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F403" s="4">
         <v>118.74284727470101</v>
       </c>
       <c r="G403" s="4">
         <v>129.68021767141701</v>
       </c>
       <c r="H403" s="4">
         <v>118.556590569157</v>
       </c>
       <c r="I403" s="4">
         <v>122.143269233482</v>
       </c>
       <c r="J403" s="4">
         <v>152.40209844585101</v>
       </c>
-    </row>
-    <row r="404" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K403" s="4">
+        <v>138.567756</v>
+      </c>
+      <c r="L403" s="4">
+        <v>117.882741</v>
+      </c>
+    </row>
+    <row r="404" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A404" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C404" s="10" t="s">
         <v>491</v>
       </c>
       <c r="D404" s="5">
         <v>2.53966</v>
       </c>
       <c r="E404" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F404" s="4">
         <v>107.376702866374</v>
       </c>
       <c r="G404" s="4">
         <v>110.784115731108</v>
       </c>
       <c r="H404" s="4">
         <v>103.544068854058</v>
       </c>
       <c r="I404" s="4">
         <v>105.491867861698</v>
       </c>
       <c r="J404" s="4">
         <v>121.384850064413</v>
       </c>
-    </row>
-    <row r="405" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K404" s="4">
+        <v>120.258387</v>
+      </c>
+      <c r="L404" s="4">
+        <v>112.084065</v>
+      </c>
+    </row>
+    <row r="405" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A405" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C405" s="10" t="s">
         <v>493</v>
       </c>
       <c r="D405" s="5">
         <v>0.17080000000000001</v>
       </c>
       <c r="E405" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F405" s="4">
         <v>113.45131412201999</v>
       </c>
       <c r="G405" s="4">
         <v>117.403434631718</v>
       </c>
       <c r="H405" s="4">
         <v>97.120425391686695</v>
       </c>
       <c r="I405" s="4">
         <v>111.95463817864101</v>
       </c>
       <c r="J405" s="4">
         <v>129.02171803764401</v>
       </c>
-    </row>
-    <row r="406" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K405" s="4">
+        <v>126.026303</v>
+      </c>
+      <c r="L405" s="4">
+        <v>92.418661999999998</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A406" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C406" s="10" t="s">
         <v>494</v>
       </c>
       <c r="D406" s="5">
         <v>2.3688600000000002</v>
       </c>
       <c r="E406" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F406" s="4">
         <v>106.938710075553</v>
       </c>
       <c r="G406" s="4">
         <v>110.30684832475001</v>
       </c>
       <c r="H406" s="4">
         <v>104.00722763227699</v>
       </c>
       <c r="I406" s="4">
         <v>105.025887951474</v>
       </c>
       <c r="J406" s="4">
         <v>120.834215138825</v>
       </c>
-    </row>
-    <row r="407" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K406" s="4">
+        <v>119.842508</v>
+      </c>
+      <c r="L406" s="4">
+        <v>113.501983</v>
+      </c>
+    </row>
+    <row r="407" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A407" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C407" s="10" t="s">
         <v>495</v>
       </c>
       <c r="D407" s="5">
         <v>3.2204299999999999</v>
       </c>
       <c r="E407" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F407" s="4">
         <v>114.74643064065</v>
       </c>
       <c r="G407" s="4">
         <v>116.338497149112</v>
       </c>
       <c r="H407" s="4">
         <v>110.99190398910901</v>
       </c>
       <c r="I407" s="4">
         <v>109.31890949526699</v>
       </c>
       <c r="J407" s="4">
         <v>109.78006517481499</v>
       </c>
-    </row>
-    <row r="408" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K407" s="4">
+        <v>80.940010000000001</v>
+      </c>
+      <c r="L407" s="4">
+        <v>57.248598999999999</v>
+      </c>
+    </row>
+    <row r="408" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A408" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C408" s="10" t="s">
         <v>496</v>
       </c>
       <c r="D408" s="5">
         <v>2.5888499999999999</v>
       </c>
       <c r="E408" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F408" s="4">
         <v>116.23949521034</v>
       </c>
       <c r="G408" s="4">
         <v>120.83728748124</v>
       </c>
       <c r="H408" s="4">
         <v>113.760879252839</v>
       </c>
       <c r="I408" s="4">
         <v>110.540232100975</v>
       </c>
       <c r="J408" s="4">
         <v>111.80137049368901</v>
       </c>
-    </row>
-    <row r="409" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K408" s="4">
+        <v>76.722072999999995</v>
+      </c>
+      <c r="L408" s="4">
+        <v>53.521222999999999</v>
+      </c>
+    </row>
+    <row r="409" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A409" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C409" s="10" t="s">
         <v>498</v>
       </c>
       <c r="D409" s="5">
         <v>2.5888499999999999</v>
       </c>
       <c r="E409" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F409" s="4">
         <v>116.23949521034</v>
       </c>
       <c r="G409" s="4">
         <v>120.83728748124</v>
       </c>
       <c r="H409" s="4">
         <v>113.760879252839</v>
       </c>
       <c r="I409" s="4">
         <v>110.540232100975</v>
       </c>
       <c r="J409" s="4">
         <v>111.80137049368901</v>
       </c>
-    </row>
-    <row r="410" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K409" s="4">
+        <v>76.722072999999995</v>
+      </c>
+      <c r="L409" s="4">
+        <v>53.521222999999999</v>
+      </c>
+    </row>
+    <row r="410" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A410" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C410" s="10" t="s">
         <v>499</v>
       </c>
       <c r="D410" s="5">
         <v>0.63158000000000003</v>
       </c>
       <c r="E410" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F410" s="4">
         <v>108.626350506317</v>
       </c>
       <c r="G410" s="4">
         <v>97.897930077116598</v>
       </c>
       <c r="H410" s="4">
         <v>99.641858687630602</v>
       </c>
       <c r="I410" s="4">
         <v>104.31270121161501</v>
       </c>
       <c r="J410" s="4">
         <v>101.49472321533599</v>
       </c>
-    </row>
-    <row r="411" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K410" s="4">
+        <v>98.229354999999998</v>
+      </c>
+      <c r="L410" s="4">
+        <v>72.527133000000006</v>
+      </c>
+    </row>
+    <row r="411" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A411" s="3" t="s">
         <v>500</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C411" s="10" t="s">
         <v>501</v>
       </c>
       <c r="D411" s="5">
         <v>0.63158000000000003</v>
       </c>
       <c r="E411" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F411" s="4">
         <v>108.626350506317</v>
       </c>
       <c r="G411" s="4">
         <v>97.897930077116598</v>
       </c>
       <c r="H411" s="4">
         <v>99.641858687630602</v>
       </c>
       <c r="I411" s="4">
         <v>104.31270121161501</v>
       </c>
       <c r="J411" s="4">
         <v>101.49472321533599</v>
       </c>
-    </row>
-    <row r="412" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K411" s="4">
+        <v>98.229354999999998</v>
+      </c>
+      <c r="L411" s="4">
+        <v>72.527133000000006</v>
+      </c>
+    </row>
+    <row r="412" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A412" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C412" s="10" t="s">
         <v>502</v>
       </c>
       <c r="D412" s="5">
         <v>3.18988</v>
       </c>
       <c r="E412" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F412" s="4">
         <v>101.37619361585099</v>
       </c>
       <c r="G412" s="4">
         <v>97.709707936782095</v>
       </c>
       <c r="H412" s="4">
         <v>93.488570437257707</v>
       </c>
       <c r="I412" s="4">
         <v>96.325646714771096</v>
       </c>
       <c r="J412" s="4">
         <v>101.99979154375799</v>
       </c>
-    </row>
-    <row r="413" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K412" s="4">
+        <v>95.747527000000005</v>
+      </c>
+      <c r="L412" s="4">
+        <v>88.204398999999995</v>
+      </c>
+    </row>
+    <row r="413" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A413" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C413" s="10" t="s">
         <v>503</v>
       </c>
       <c r="D413" s="5">
         <v>0.84997</v>
       </c>
       <c r="E413" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F413" s="4">
         <v>100.326668453285</v>
       </c>
       <c r="G413" s="4">
         <v>98.141055846240107</v>
       </c>
       <c r="H413" s="4">
         <v>94.948532045281098</v>
       </c>
       <c r="I413" s="4">
         <v>100.20461059611399</v>
       </c>
       <c r="J413" s="4">
         <v>112.417192274477</v>
       </c>
-    </row>
-    <row r="414" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K413" s="4">
+        <v>116.78607599999999</v>
+      </c>
+      <c r="L413" s="4">
+        <v>90.209093999999993</v>
+      </c>
+    </row>
+    <row r="414" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A414" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C414" s="10" t="s">
         <v>504</v>
       </c>
       <c r="D414" s="5">
         <v>0.63010999999999995</v>
       </c>
       <c r="E414" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F414" s="4">
         <v>94.827371318547705</v>
       </c>
       <c r="G414" s="4">
         <v>92.849618487531401</v>
       </c>
       <c r="H414" s="4">
         <v>100.174356276715</v>
       </c>
       <c r="I414" s="4">
         <v>101.57444028353</v>
       </c>
       <c r="J414" s="4">
         <v>120.38491443413599</v>
       </c>
-    </row>
-    <row r="415" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K414" s="4">
+        <v>125.215306</v>
+      </c>
+      <c r="L414" s="4">
+        <v>91.825834999999998</v>
+      </c>
+    </row>
+    <row r="415" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A415" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C415" s="10" t="s">
         <v>506</v>
       </c>
       <c r="D415" s="5">
         <v>0.63010999999999995</v>
       </c>
       <c r="E415" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F415" s="4">
         <v>94.827371318547705</v>
       </c>
       <c r="G415" s="4">
         <v>92.849618487531401</v>
       </c>
       <c r="H415" s="4">
         <v>100.174356276715</v>
       </c>
       <c r="I415" s="4">
         <v>101.57444028353</v>
       </c>
       <c r="J415" s="4">
         <v>120.38491443413599</v>
       </c>
-    </row>
-    <row r="416" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K415" s="4">
+        <v>125.215306</v>
+      </c>
+      <c r="L415" s="4">
+        <v>91.825834999999998</v>
+      </c>
+    </row>
+    <row r="416" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A416" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C416" s="10" t="s">
         <v>507</v>
       </c>
       <c r="D416" s="5">
         <v>0.21984999999999999</v>
       </c>
       <c r="E416" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F416" s="4">
         <v>116.09271523178801</v>
       </c>
       <c r="G416" s="4">
         <v>113.311258278146</v>
       </c>
       <c r="H416" s="4">
         <v>79.975165562913901</v>
       </c>
       <c r="I416" s="4">
         <v>96.283112582781499</v>
       </c>
       <c r="J416" s="4">
         <v>89.5860927152318</v>
       </c>
-    </row>
-    <row r="417" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K416" s="4">
+        <v>92.632450000000006</v>
+      </c>
+      <c r="L416" s="4">
+        <v>85.579470000000001</v>
+      </c>
+    </row>
+    <row r="417" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A417" s="3" t="s">
         <v>508</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C417" s="10" t="s">
         <v>509</v>
       </c>
       <c r="D417" s="5">
         <v>0.21984999999999999</v>
       </c>
       <c r="E417" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F417" s="4">
         <v>116.09271523178801</v>
       </c>
       <c r="G417" s="4">
         <v>113.311258278146</v>
       </c>
       <c r="H417" s="4">
         <v>79.975165562913901</v>
       </c>
       <c r="I417" s="4">
         <v>96.283112582781399</v>
       </c>
       <c r="J417" s="4">
         <v>89.5860927152318</v>
       </c>
-    </row>
-    <row r="418" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K417" s="4">
+        <v>92.632450000000006</v>
+      </c>
+      <c r="L417" s="4">
+        <v>85.579470000000001</v>
+      </c>
+    </row>
+    <row r="418" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A418" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C418" s="10" t="s">
         <v>510</v>
       </c>
       <c r="D418" s="5">
         <v>0.38295000000000001</v>
       </c>
       <c r="E418" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F418" s="4">
         <v>99.439991536127593</v>
       </c>
       <c r="G418" s="4">
         <v>96.998386166570398</v>
       </c>
       <c r="H418" s="4">
         <v>99.866545043806894</v>
       </c>
       <c r="I418" s="4">
         <v>90.878481235081694</v>
       </c>
       <c r="J418" s="4">
         <v>94.113933465090199</v>
       </c>
-    </row>
-    <row r="419" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K418" s="4">
+        <v>97.543108000000004</v>
+      </c>
+      <c r="L418" s="4">
+        <v>87.633672000000004</v>
+      </c>
+    </row>
+    <row r="419" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A419" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C419" s="10" t="s">
         <v>511</v>
       </c>
       <c r="D419" s="5">
         <v>0.38295000000000001</v>
       </c>
       <c r="E419" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F419" s="4">
         <v>99.439991536127593</v>
       </c>
       <c r="G419" s="4">
         <v>96.998386166570398</v>
       </c>
       <c r="H419" s="4">
         <v>99.866545043806894</v>
       </c>
       <c r="I419" s="4">
         <v>90.878481235081694</v>
       </c>
       <c r="J419" s="4">
         <v>94.113933465090199</v>
       </c>
-    </row>
-    <row r="420" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K419" s="4">
+        <v>97.543108000000004</v>
+      </c>
+      <c r="L419" s="4">
+        <v>87.633672000000004</v>
+      </c>
+    </row>
+    <row r="420" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A420" s="3" t="s">
         <v>512</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C420" s="10" t="s">
         <v>513</v>
       </c>
       <c r="D420" s="5">
         <v>0.38295000000000001</v>
       </c>
       <c r="E420" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F420" s="4">
         <v>99.439991536127593</v>
       </c>
       <c r="G420" s="4">
         <v>96.998386166570398</v>
       </c>
       <c r="H420" s="4">
         <v>99.866545043806894</v>
       </c>
       <c r="I420" s="4">
         <v>90.878481235081694</v>
       </c>
       <c r="J420" s="4">
         <v>94.113933465090199</v>
       </c>
-    </row>
-    <row r="421" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K420" s="4">
+        <v>97.543108000000004</v>
+      </c>
+      <c r="L420" s="4">
+        <v>87.633672000000004</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A421" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C421" s="10" t="s">
         <v>514</v>
       </c>
       <c r="D421" s="5">
         <v>0.45266000000000001</v>
       </c>
       <c r="E421" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F421" s="4">
         <v>103.241388294323</v>
       </c>
       <c r="G421" s="4">
         <v>96.769631015792996</v>
       </c>
       <c r="H421" s="4">
         <v>86.821784933275893</v>
       </c>
       <c r="I421" s="4">
         <v>92.968849362591101</v>
       </c>
       <c r="J421" s="4">
         <v>95.102062831705098</v>
       </c>
-    </row>
-    <row r="422" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K421" s="4">
+        <v>86.523719</v>
+      </c>
+      <c r="L421" s="4">
+        <v>102.031339</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A422" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C422" s="10" t="s">
         <v>515</v>
       </c>
       <c r="D422" s="5">
         <v>0.45266000000000001</v>
       </c>
       <c r="E422" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F422" s="4">
         <v>103.241388294323</v>
       </c>
       <c r="G422" s="4">
         <v>96.769631015792996</v>
       </c>
       <c r="H422" s="4">
         <v>86.821784933275893</v>
       </c>
       <c r="I422" s="4">
         <v>92.968849362591101</v>
       </c>
       <c r="J422" s="4">
         <v>95.102062831705098</v>
       </c>
-    </row>
-    <row r="423" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K422" s="4">
+        <v>86.523719</v>
+      </c>
+      <c r="L422" s="4">
+        <v>102.031339</v>
+      </c>
+    </row>
+    <row r="423" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A423" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C423" s="10" t="s">
         <v>517</v>
       </c>
       <c r="D423" s="5">
         <v>0.26937</v>
       </c>
       <c r="E423" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F423" s="4">
         <v>108.079552698356</v>
       </c>
       <c r="G423" s="4">
         <v>103.718645713699</v>
       </c>
       <c r="H423" s="4">
         <v>82.246911410449997</v>
       </c>
       <c r="I423" s="4">
         <v>94.584267420301899</v>
       </c>
       <c r="J423" s="4">
         <v>102.615747847178</v>
       </c>
-    </row>
-    <row r="424" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K423" s="4">
+        <v>84.931808000000004</v>
+      </c>
+      <c r="L423" s="4">
+        <v>103.90256599999999</v>
+      </c>
+    </row>
+    <row r="424" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A424" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C424" s="10" t="s">
         <v>518</v>
       </c>
       <c r="D424" s="5">
         <v>0.18329000000000001</v>
       </c>
       <c r="E424" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F424" s="4">
         <v>96.131036690228697</v>
       </c>
       <c r="G424" s="4">
         <v>86.557093020402803</v>
       </c>
       <c r="H424" s="4">
         <v>93.545194180063007</v>
       </c>
       <c r="I424" s="4">
         <v>90.594769149783303</v>
       </c>
       <c r="J424" s="4">
         <v>84.059663723091305</v>
       </c>
-    </row>
-    <row r="425" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K424" s="4">
+        <v>88.863253</v>
+      </c>
+      <c r="L424" s="4">
+        <v>99.281312999999997</v>
+      </c>
+    </row>
+    <row r="425" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A425" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C425" s="10" t="s">
         <v>519</v>
       </c>
       <c r="D425" s="5">
         <v>1.50431</v>
       </c>
       <c r="E425" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F425" s="4">
         <v>101.90016853043799</v>
       </c>
       <c r="G425" s="4">
         <v>97.929294332721895</v>
       </c>
       <c r="H425" s="4">
         <v>93.0454990603331</v>
       </c>
       <c r="I425" s="4">
         <v>96.530068491660401</v>
       </c>
       <c r="J425" s="4">
         <v>100.19611885197099</v>
       </c>
-    </row>
-    <row r="426" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K425" s="4">
+        <v>86.178049000000001</v>
+      </c>
+      <c r="L425" s="4">
+        <v>83.055756000000002</v>
+      </c>
+    </row>
+    <row r="426" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A426" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C426" s="10" t="s">
         <v>520</v>
       </c>
       <c r="D426" s="5">
         <v>0.98602999999999996</v>
       </c>
       <c r="E426" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F426" s="4">
         <v>106.69032583271201</v>
       </c>
       <c r="G426" s="4">
         <v>100.239753103534</v>
       </c>
       <c r="H426" s="4">
         <v>96.741403497780396</v>
       </c>
       <c r="I426" s="4">
         <v>102.659013633358</v>
       </c>
       <c r="J426" s="4">
         <v>106.79902895023</v>
       </c>
-    </row>
-    <row r="427" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K426" s="4">
+        <v>94.382107000000005</v>
+      </c>
+      <c r="L426" s="4">
+        <v>93.522178999999994</v>
+      </c>
+    </row>
+    <row r="427" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A427" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C427" s="10" t="s">
         <v>522</v>
       </c>
       <c r="D427" s="5">
         <v>2.419E-2</v>
       </c>
       <c r="E427" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F427" s="4">
         <v>88.443398465471603</v>
       </c>
       <c r="G427" s="4">
         <v>101.159701866836</v>
       </c>
       <c r="H427" s="4">
         <v>104.817223139166</v>
       </c>
       <c r="I427" s="4">
         <v>90.130080449190203</v>
       </c>
       <c r="J427" s="4">
         <v>99.065687567199703</v>
       </c>
-    </row>
-    <row r="428" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K427" s="4">
+        <v>97.682846999999995</v>
+      </c>
+      <c r="L427" s="4">
+        <v>96.119386000000006</v>
+      </c>
+    </row>
+    <row r="428" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A428" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C428" s="10" t="s">
         <v>523</v>
       </c>
       <c r="D428" s="5">
         <v>0.57669000000000004</v>
       </c>
       <c r="E428" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F428" s="4">
         <v>97.454462990227995</v>
       </c>
       <c r="G428" s="4">
         <v>89.891334078393697</v>
       </c>
       <c r="H428" s="4">
         <v>96.314408371458896</v>
       </c>
       <c r="I428" s="4">
         <v>108.394243446709</v>
       </c>
       <c r="J428" s="4">
         <v>113.219221917597</v>
       </c>
-    </row>
-    <row r="429" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K428" s="4">
+        <v>103.16038500000001</v>
+      </c>
+      <c r="L428" s="4">
+        <v>94.105695999999995</v>
+      </c>
+    </row>
+    <row r="429" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A429" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C429" s="10" t="s">
         <v>524</v>
       </c>
       <c r="D429" s="5">
         <v>0.38514999999999999</v>
       </c>
       <c r="E429" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F429" s="4">
         <v>121.66533015738</v>
       </c>
       <c r="G429" s="4">
         <v>115.67679375529001</v>
       </c>
       <c r="H429" s="4">
         <v>96.873533167449807</v>
       </c>
       <c r="I429" s="4">
         <v>94.858481925357196</v>
       </c>
       <c r="J429" s="4">
         <v>97.671697899221201</v>
       </c>
-    </row>
-    <row r="430" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K429" s="4">
+        <v>81.030969999999996</v>
+      </c>
+      <c r="L429" s="4">
+        <v>92.485348999999999</v>
+      </c>
+    </row>
+    <row r="430" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A430" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C430" s="10" t="s">
         <v>525</v>
       </c>
       <c r="D430" s="5">
         <v>0.51827999999999996</v>
       </c>
       <c r="E430" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F430" s="4">
         <v>92.786873005315101</v>
       </c>
       <c r="G430" s="4">
         <v>93.533636268000194</v>
       </c>
       <c r="H430" s="4">
         <v>86.014024466568699</v>
       </c>
       <c r="I430" s="4">
         <v>84.869723160819603</v>
       </c>
       <c r="J430" s="4">
         <v>87.634053087932102</v>
       </c>
-    </row>
-    <row r="431" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K430" s="4">
+        <v>70.569793000000004</v>
+      </c>
+      <c r="L430" s="4">
+        <v>63.143340999999999</v>
+      </c>
+    </row>
+    <row r="431" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A431" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C431" s="10" t="s">
         <v>527</v>
       </c>
       <c r="D431" s="5">
         <v>0.45014999999999999</v>
       </c>
       <c r="E431" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F431" s="4">
         <v>92.874136107819794</v>
       </c>
       <c r="G431" s="4">
         <v>93.773957430569297</v>
       </c>
       <c r="H431" s="4">
         <v>86.280045935516796</v>
       </c>
       <c r="I431" s="4">
         <v>85.027416280855903</v>
       </c>
       <c r="J431" s="4">
         <v>89.231822287049596</v>
       </c>
-    </row>
-    <row r="432" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K431" s="4">
+        <v>70.786478000000002</v>
+      </c>
+      <c r="L431" s="4">
+        <v>63.500610000000002</v>
+      </c>
+    </row>
+    <row r="432" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A432" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C432" s="10" t="s">
         <v>528</v>
       </c>
       <c r="D432" s="5">
         <v>1.0460000000000001E-2</v>
       </c>
       <c r="E432" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F432" s="4">
         <v>90.121375657161096</v>
       </c>
       <c r="G432" s="4">
         <v>97.240520949498205</v>
       </c>
       <c r="H432" s="4">
         <v>72.664887685199901</v>
       </c>
       <c r="I432" s="4">
         <v>82.264218575752807</v>
       </c>
       <c r="J432" s="4">
         <v>69.110044607296501</v>
       </c>
-    </row>
-    <row r="433" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K432" s="4">
+        <v>60.898119999999999</v>
+      </c>
+      <c r="L432" s="4">
+        <v>44.106592999999997</v>
+      </c>
+    </row>
+    <row r="433" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A433" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C433" s="10" t="s">
         <v>529</v>
       </c>
       <c r="D433" s="5">
         <v>5.7660000000000003E-2</v>
       </c>
       <c r="E433" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F433" s="4">
         <v>92.605247708736599</v>
       </c>
       <c r="G433" s="4">
         <v>91.001217802230897</v>
       </c>
       <c r="H433" s="4">
         <v>86.373763397037493</v>
       </c>
       <c r="I433" s="4">
         <v>84.125996438777506</v>
       </c>
       <c r="J433" s="4">
         <v>78.535920314008607</v>
       </c>
-    </row>
-    <row r="434" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K433" s="4">
+        <v>70.644901000000004</v>
+      </c>
+      <c r="L433" s="4">
+        <v>63.818528000000001</v>
+      </c>
+    </row>
+    <row r="434" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A434" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C434" s="10" t="s">
         <v>530</v>
       </c>
       <c r="D434" s="5">
         <v>3.0381800000000001</v>
       </c>
       <c r="E434" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F434" s="4">
         <v>89.073037328669102</v>
       </c>
       <c r="G434" s="4">
         <v>93.062268485028994</v>
       </c>
       <c r="H434" s="4">
         <v>101.525126297515</v>
       </c>
       <c r="I434" s="4">
         <v>90.857902161651694</v>
       </c>
       <c r="J434" s="4">
         <v>101.513772587636</v>
       </c>
-    </row>
-    <row r="435" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="K434" s="4">
+        <v>107.00561</v>
+      </c>
+      <c r="L434" s="4">
+        <v>99.090393000000006</v>
+      </c>
+    </row>
+    <row r="435" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A435" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C435" s="10" t="s">
         <v>531</v>
       </c>
       <c r="D435" s="5">
         <v>0.16975000000000001</v>
       </c>
       <c r="E435" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F435" s="4">
         <v>94.961711872897695</v>
       </c>
       <c r="G435" s="4">
         <v>100.784369856151</v>
       </c>
       <c r="H435" s="4">
         <v>85.371788449152007</v>
       </c>
       <c r="I435" s="4">
         <v>59.089672940671299</v>
       </c>
       <c r="J435" s="4">
         <v>78.474200243326393</v>
       </c>
-    </row>
-    <row r="436" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="K435" s="4">
+        <v>72.660129999999995</v>
+      </c>
+      <c r="L435" s="4">
+        <v>62.572102999999998</v>
+      </c>
+    </row>
+    <row r="436" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A436" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C436" s="10" t="s">
         <v>532</v>
       </c>
       <c r="D436" s="5">
         <v>0.16975000000000001</v>
       </c>
       <c r="E436" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F436" s="4">
         <v>94.961711872897695</v>
       </c>
       <c r="G436" s="4">
         <v>100.784369856151</v>
       </c>
       <c r="H436" s="4">
         <v>85.371788449152007</v>
       </c>
       <c r="I436" s="4">
         <v>59.089672940671299</v>
       </c>
       <c r="J436" s="4">
         <v>78.474200243326393</v>
       </c>
-    </row>
-    <row r="437" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K436" s="4">
+        <v>72.660129999999995</v>
+      </c>
+      <c r="L436" s="4">
+        <v>62.572102999999998</v>
+      </c>
+    </row>
+    <row r="437" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A437" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C437" s="10" t="s">
         <v>534</v>
       </c>
       <c r="D437" s="5">
         <v>0.16975000000000001</v>
       </c>
       <c r="E437" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F437" s="4">
         <v>94.961711872897794</v>
       </c>
       <c r="G437" s="4">
         <v>100.784369856151</v>
       </c>
       <c r="H437" s="4">
         <v>85.371788449151893</v>
       </c>
       <c r="I437" s="4">
         <v>59.089672940671299</v>
       </c>
       <c r="J437" s="4">
         <v>78.474200243326393</v>
       </c>
-    </row>
-    <row r="438" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K437" s="4">
+        <v>72.660129999999995</v>
+      </c>
+      <c r="L437" s="4">
+        <v>62.572102999999998</v>
+      </c>
+    </row>
+    <row r="438" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A438" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C438" s="10" t="s">
         <v>535</v>
       </c>
       <c r="D438" s="5">
         <v>2.86843</v>
       </c>
       <c r="E438" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F438" s="4">
         <v>88.724553139101005</v>
       </c>
       <c r="G438" s="4">
         <v>92.605284452736697</v>
       </c>
       <c r="H438" s="4">
         <v>102.481060066078</v>
       </c>
       <c r="I438" s="4">
         <v>92.737905128522598</v>
       </c>
       <c r="J438" s="4">
         <v>102.87722486133499</v>
       </c>
-    </row>
-    <row r="439" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K438" s="4">
+        <v>109.03813100000001</v>
+      </c>
+      <c r="L438" s="4">
+        <v>101.251498</v>
+      </c>
+    </row>
+    <row r="439" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A439" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C439" s="10" t="s">
         <v>536</v>
       </c>
       <c r="D439" s="5">
         <v>2.86843</v>
       </c>
       <c r="E439" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F439" s="4">
         <v>88.724553139101005</v>
       </c>
       <c r="G439" s="4">
         <v>92.605284452736697</v>
       </c>
       <c r="H439" s="4">
         <v>102.481060066078</v>
       </c>
       <c r="I439" s="4">
         <v>92.737905128522598</v>
       </c>
       <c r="J439" s="4">
         <v>102.87722486133499</v>
       </c>
-    </row>
-    <row r="440" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K439" s="4">
+        <v>109.03813100000001</v>
+      </c>
+      <c r="L439" s="4">
+        <v>101.251498</v>
+      </c>
+    </row>
+    <row r="440" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A440" s="3" t="s">
         <v>537</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C440" s="10" t="s">
         <v>538</v>
       </c>
       <c r="D440" s="5">
         <v>1.26827</v>
       </c>
       <c r="E440" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F440" s="4">
         <v>86.381683188965198</v>
       </c>
       <c r="G440" s="4">
         <v>90.599550541943898</v>
       </c>
       <c r="H440" s="4">
         <v>103.641594324811</v>
       </c>
       <c r="I440" s="4">
         <v>95.861016075752502</v>
       </c>
       <c r="J440" s="4">
         <v>105.297075814305</v>
       </c>
-    </row>
-    <row r="441" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K440" s="4">
+        <v>112.304503</v>
+      </c>
+      <c r="L440" s="4">
+        <v>107.115371</v>
+      </c>
+    </row>
+    <row r="441" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A441" s="3" t="s">
         <v>537</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C441" s="10" t="s">
         <v>539</v>
       </c>
       <c r="D441" s="5">
         <v>1.1733100000000001</v>
       </c>
       <c r="E441" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F441" s="4">
         <v>89.656908545122803</v>
       </c>
       <c r="G441" s="4">
         <v>94.376440495041606</v>
       </c>
       <c r="H441" s="4">
         <v>106.09035742141</v>
       </c>
       <c r="I441" s="4">
         <v>95.469152255817704</v>
       </c>
       <c r="J441" s="4">
         <v>104.350592996876</v>
       </c>
-    </row>
-    <row r="442" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K441" s="4">
+        <v>110.053172</v>
+      </c>
+      <c r="L441" s="4">
+        <v>103.134834</v>
+      </c>
+    </row>
+    <row r="442" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A442" s="3" t="s">
         <v>537</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C442" s="10" t="s">
         <v>540</v>
       </c>
       <c r="D442" s="5">
         <v>0.42685000000000001</v>
       </c>
       <c r="E442" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F442" s="4">
         <v>93.122936061016304</v>
       </c>
       <c r="G442" s="4">
         <v>93.6962931233342</v>
       </c>
       <c r="H442" s="4">
         <v>89.111737202527607</v>
       </c>
       <c r="I442" s="4">
         <v>75.950866384303197</v>
       </c>
       <c r="J442" s="4">
         <v>91.637346835719001</v>
       </c>
-    </row>
-    <row r="443" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K442" s="4">
+        <v>96.542873999999998</v>
+      </c>
+      <c r="L442" s="4">
+        <v>78.651730000000001</v>
+      </c>
+    </row>
+    <row r="443" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A443" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C443" s="10" t="s">
         <v>541</v>
       </c>
       <c r="D443" s="5">
         <v>16.95506</v>
       </c>
       <c r="E443" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F443" s="4">
         <v>102.18259768945499</v>
       </c>
       <c r="G443" s="4">
         <v>112.394288029702</v>
       </c>
       <c r="H443" s="4">
         <v>105.983551743573</v>
       </c>
       <c r="I443" s="4">
         <v>75.049143667546502</v>
       </c>
       <c r="J443" s="4">
         <v>89.598949336913705</v>
       </c>
-    </row>
-    <row r="444" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K443" s="4">
+        <v>98.646726000000001</v>
+      </c>
+      <c r="L443" s="4">
+        <v>97.894479000000004</v>
+      </c>
+    </row>
+    <row r="444" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A444" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C444" s="10" t="s">
         <v>542</v>
       </c>
       <c r="D444" s="5">
         <v>16.469740000000002</v>
       </c>
       <c r="E444" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F444" s="4">
         <v>102.292180961615</v>
       </c>
       <c r="G444" s="4">
         <v>112.64977151016301</v>
       </c>
       <c r="H444" s="4">
         <v>106.138449633101</v>
       </c>
       <c r="I444" s="4">
         <v>74.905764618082998</v>
       </c>
       <c r="J444" s="4">
         <v>89.487984822172095</v>
       </c>
-    </row>
-    <row r="445" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K444" s="4">
+        <v>98.555020999999996</v>
+      </c>
+      <c r="L444" s="4">
+        <v>98.379051000000004</v>
+      </c>
+    </row>
+    <row r="445" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A445" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C445" s="10" t="s">
         <v>543</v>
       </c>
       <c r="D445" s="5">
         <v>2.4585599999999999</v>
       </c>
       <c r="E445" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F445" s="4">
         <v>102.26752595302899</v>
       </c>
       <c r="G445" s="4">
         <v>112.423038953805</v>
       </c>
       <c r="H445" s="4">
         <v>104.119617091739</v>
       </c>
       <c r="I445" s="4">
         <v>75.888407625514404</v>
       </c>
       <c r="J445" s="4">
         <v>102.206433976732</v>
       </c>
-    </row>
-    <row r="446" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K445" s="4">
+        <v>114.392669</v>
+      </c>
+      <c r="L445" s="4">
+        <v>109.04895399999999</v>
+      </c>
+    </row>
+    <row r="446" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A446" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C446" s="10" t="s">
         <v>545</v>
       </c>
       <c r="D446" s="5">
         <v>0.42581999999999998</v>
       </c>
       <c r="E446" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F446" s="4">
         <v>89.822526212421593</v>
       </c>
       <c r="G446" s="4">
         <v>91.658172619750502</v>
       </c>
       <c r="H446" s="4">
         <v>84.279539084010295</v>
       </c>
       <c r="I446" s="4">
         <v>68.390025917201697</v>
       </c>
       <c r="J446" s="4">
         <v>80.452401225628805</v>
       </c>
-    </row>
-    <row r="447" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K446" s="4">
+        <v>80.669309999999996</v>
+      </c>
+      <c r="L446" s="4">
+        <v>89.449617000000003</v>
+      </c>
+    </row>
+    <row r="447" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A447" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C447" s="10" t="s">
         <v>546</v>
       </c>
       <c r="D447" s="5">
         <v>2.0327500000000001</v>
       </c>
       <c r="E447" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F447" s="4">
         <v>104.873998521858</v>
       </c>
       <c r="G447" s="4">
         <v>116.772305293481</v>
       </c>
       <c r="H447" s="4">
         <v>108.275199834861</v>
       </c>
       <c r="I447" s="4">
         <v>77.458793563262503</v>
       </c>
       <c r="J447" s="4">
         <v>106.76296092875999</v>
       </c>
-    </row>
-    <row r="448" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K447" s="4">
+        <v>121.456468</v>
+      </c>
+      <c r="L447" s="4">
+        <v>113.154082</v>
+      </c>
+    </row>
+    <row r="448" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A448" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C448" s="10" t="s">
         <v>547</v>
       </c>
       <c r="D448" s="5">
         <v>7.0057200000000002</v>
       </c>
       <c r="E448" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F448" s="4">
         <v>103.349887264816</v>
       </c>
       <c r="G448" s="4">
         <v>113.734296079673</v>
       </c>
       <c r="H448" s="4">
         <v>107.64601831652899</v>
       </c>
       <c r="I448" s="4">
         <v>73.724825127743003</v>
       </c>
       <c r="J448" s="4">
         <v>83.767586811286506</v>
       </c>
-    </row>
-    <row r="449" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K448" s="4">
+        <v>84.370626999999999</v>
+      </c>
+      <c r="L448" s="4">
+        <v>95.652867999999998</v>
+      </c>
+    </row>
+    <row r="449" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A449" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C449" s="10" t="s">
         <v>549</v>
       </c>
       <c r="D449" s="5">
         <v>5.6858500000000003</v>
       </c>
       <c r="E449" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F449" s="4">
         <v>104.616595494276</v>
       </c>
       <c r="G449" s="4">
         <v>116.74149525756199</v>
       </c>
       <c r="H449" s="4">
         <v>101.65685174452599</v>
       </c>
       <c r="I449" s="4">
         <v>74.304271973888802</v>
       </c>
       <c r="J449" s="4">
         <v>78.582619509584902</v>
       </c>
-    </row>
-    <row r="450" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K449" s="4">
+        <v>74.448938999999996</v>
+      </c>
+      <c r="L449" s="4">
+        <v>78.590474999999998</v>
+      </c>
+    </row>
+    <row r="450" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A450" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C450" s="10" t="s">
         <v>550</v>
       </c>
       <c r="D450" s="5">
         <v>1.0416700000000001</v>
       </c>
       <c r="E450" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F450" s="4">
         <v>93.260224189998496</v>
       </c>
       <c r="G450" s="4">
         <v>118.029891999795</v>
       </c>
       <c r="H450" s="4">
         <v>157.529303373087</v>
       </c>
       <c r="I450" s="4">
         <v>59.9669857194042</v>
       </c>
       <c r="J450" s="4">
         <v>99.937298459333604</v>
       </c>
-    </row>
-    <row r="451" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K450" s="4">
+        <v>147.34862100000001</v>
+      </c>
+      <c r="L450" s="4">
+        <v>205.562522</v>
+      </c>
+    </row>
+    <row r="451" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A451" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C451" s="10" t="s">
         <v>551</v>
       </c>
       <c r="D451" s="5">
         <v>0.2782</v>
       </c>
       <c r="E451" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F451" s="4">
         <v>115.239845383689</v>
       </c>
       <c r="G451" s="4">
         <v>36.189088143970601</v>
       </c>
       <c r="H451" s="4">
         <v>43.2735568088207</v>
       </c>
       <c r="I451" s="4">
         <v>113.395855775933</v>
       </c>
       <c r="J451" s="4">
         <v>129.19333375578199</v>
       </c>
-    </row>
-    <row r="452" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K451" s="4">
+        <v>51.340218999999998</v>
+      </c>
+      <c r="L451" s="4">
+        <v>32.836956000000001</v>
+      </c>
+    </row>
+    <row r="452" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A452" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C452" s="10" t="s">
         <v>552</v>
       </c>
       <c r="D452" s="5">
         <v>7.0054600000000002</v>
       </c>
       <c r="E452" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F452" s="4">
         <v>101.243088056288</v>
       </c>
       <c r="G452" s="4">
         <v>111.644778280118</v>
       </c>
       <c r="H452" s="4">
         <v>105.33933249533</v>
       </c>
       <c r="I452" s="4">
         <v>75.741890242084096</v>
       </c>
       <c r="J452" s="4">
         <v>90.745066641123003</v>
       </c>
-    </row>
-    <row r="453" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K452" s="4">
+        <v>107.18173400000001</v>
+      </c>
+      <c r="L452" s="4">
+        <v>97.360742000000002</v>
+      </c>
+    </row>
+    <row r="453" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A453" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C453" s="10" t="s">
         <v>554</v>
       </c>
       <c r="D453" s="5">
         <v>7.0054600000000002</v>
       </c>
       <c r="E453" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F453" s="4">
         <v>101.243088056288</v>
       </c>
       <c r="G453" s="4">
         <v>111.644778280118</v>
       </c>
       <c r="H453" s="4">
         <v>105.33933249533</v>
       </c>
       <c r="I453" s="4">
         <v>75.741890242084096</v>
       </c>
       <c r="J453" s="4">
         <v>90.745066641122904</v>
       </c>
-    </row>
-    <row r="454" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K453" s="4">
+        <v>107.18173400000001</v>
+      </c>
+      <c r="L453" s="4">
+        <v>97.360742000000002</v>
+      </c>
+    </row>
+    <row r="454" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A454" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C454" s="10" t="s">
         <v>555</v>
       </c>
       <c r="D454" s="5">
         <v>0.48531999999999997</v>
       </c>
       <c r="E454" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F454" s="4">
         <v>98.463797720712805</v>
       </c>
       <c r="G454" s="4">
         <v>103.72424249790799</v>
       </c>
       <c r="H454" s="4">
         <v>100.72696234467</v>
       </c>
       <c r="I454" s="4">
         <v>79.914831597388797</v>
       </c>
       <c r="J454" s="4">
         <v>93.364622927577301</v>
       </c>
-    </row>
-    <row r="455" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K454" s="4">
+        <v>101.758797</v>
+      </c>
+      <c r="L454" s="4">
+        <v>81.450112000000004</v>
+      </c>
+    </row>
+    <row r="455" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A455" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C455" s="10" t="s">
         <v>556</v>
       </c>
       <c r="D455" s="5">
         <v>0.48531999999999997</v>
       </c>
       <c r="E455" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F455" s="4">
         <v>98.463797720712805</v>
       </c>
       <c r="G455" s="4">
         <v>103.72424249790799</v>
       </c>
       <c r="H455" s="4">
         <v>100.72696234467</v>
       </c>
       <c r="I455" s="4">
         <v>79.914831597388797</v>
       </c>
       <c r="J455" s="4">
         <v>93.364622927577301</v>
       </c>
-    </row>
-    <row r="456" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K455" s="4">
+        <v>101.758797</v>
+      </c>
+      <c r="L455" s="4">
+        <v>81.450112000000004</v>
+      </c>
+    </row>
+    <row r="456" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A456" s="3" t="s">
         <v>557</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C456" s="10" t="s">
         <v>558</v>
       </c>
       <c r="D456" s="5">
         <v>0.48531999999999997</v>
       </c>
       <c r="E456" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F456" s="4">
         <v>98.463797720712805</v>
       </c>
       <c r="G456" s="4">
         <v>103.72424249790799</v>
       </c>
       <c r="H456" s="4">
         <v>100.72696234467</v>
       </c>
       <c r="I456" s="4">
         <v>79.914831597388797</v>
       </c>
       <c r="J456" s="4">
         <v>93.364622927577301</v>
       </c>
-    </row>
-    <row r="457" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K456" s="4">
+        <v>101.758797</v>
+      </c>
+      <c r="L456" s="4">
+        <v>81.450112000000004</v>
+      </c>
+    </row>
+    <row r="457" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A457" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C457" s="10" t="s">
         <v>559</v>
       </c>
       <c r="D457" s="5">
         <v>1.78413</v>
       </c>
       <c r="E457" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F457" s="4">
         <v>102.763239174357</v>
       </c>
       <c r="G457" s="4">
         <v>104.156251729651</v>
       </c>
       <c r="H457" s="4">
         <v>102.22934529621899</v>
       </c>
       <c r="I457" s="4">
         <v>80.171912616742603</v>
       </c>
       <c r="J457" s="4">
         <v>83.930784082649893</v>
       </c>
-    </row>
-    <row r="458" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K457" s="4">
+        <v>88.600607999999994</v>
+      </c>
+      <c r="L457" s="4">
+        <v>91.635259000000005</v>
+      </c>
+    </row>
+    <row r="458" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A458" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C458" s="10" t="s">
         <v>560</v>
       </c>
       <c r="D458" s="5">
         <v>1.78413</v>
       </c>
       <c r="E458" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F458" s="4">
         <v>102.763239174357</v>
       </c>
       <c r="G458" s="4">
         <v>104.156251729651</v>
       </c>
       <c r="H458" s="4">
         <v>102.22934529621899</v>
       </c>
       <c r="I458" s="4">
         <v>80.171912616742603</v>
       </c>
       <c r="J458" s="4">
         <v>83.930784082649893</v>
       </c>
-    </row>
-    <row r="459" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K458" s="4">
+        <v>88.600607999999994</v>
+      </c>
+      <c r="L458" s="4">
+        <v>91.635259000000005</v>
+      </c>
+    </row>
+    <row r="459" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A459" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C459" s="10" t="s">
         <v>561</v>
       </c>
       <c r="D459" s="5">
         <v>1.78413</v>
       </c>
       <c r="E459" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F459" s="4">
         <v>102.763239174357</v>
       </c>
       <c r="G459" s="4">
         <v>104.156251729651</v>
       </c>
       <c r="H459" s="4">
         <v>102.22934529621899</v>
       </c>
       <c r="I459" s="4">
         <v>80.171912616742603</v>
       </c>
       <c r="J459" s="4">
         <v>83.930784082649893</v>
       </c>
-    </row>
-    <row r="460" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K459" s="4">
+        <v>88.600607999999994</v>
+      </c>
+      <c r="L459" s="4">
+        <v>91.635259000000005</v>
+      </c>
+    </row>
+    <row r="460" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A460" s="3" t="s">
         <v>562</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C460" s="10" t="s">
         <v>563</v>
       </c>
       <c r="D460" s="5">
         <v>1.78413</v>
       </c>
       <c r="E460" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F460" s="4">
         <v>102.763239174357</v>
       </c>
       <c r="G460" s="4">
         <v>104.15625172964999</v>
       </c>
       <c r="H460" s="4">
         <v>102.22934529621899</v>
       </c>
       <c r="I460" s="4">
         <v>80.171912616742603</v>
       </c>
       <c r="J460" s="4">
         <v>83.930784082649893</v>
       </c>
-    </row>
-    <row r="461" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K460" s="4">
+        <v>88.600607999999994</v>
+      </c>
+      <c r="L460" s="4">
+        <v>91.635259000000005</v>
+      </c>
+    </row>
+    <row r="461" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A461" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C461" s="10" t="s">
         <v>564</v>
       </c>
       <c r="D461" s="5">
         <v>1.10643</v>
       </c>
       <c r="E461" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F461" s="4">
         <v>101.994986637007</v>
       </c>
       <c r="G461" s="4">
         <v>98.7588203171873</v>
       </c>
       <c r="H461" s="4">
         <v>96.467660146360203</v>
       </c>
       <c r="I461" s="4">
         <v>97.359455815662798</v>
       </c>
       <c r="J461" s="4">
         <v>120.311138188871</v>
       </c>
-    </row>
-    <row r="462" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K461" s="4">
+        <v>94.423139000000006</v>
+      </c>
+      <c r="L461" s="4">
+        <v>64.420505000000006</v>
+      </c>
+    </row>
+    <row r="462" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A462" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C462" s="10" t="s">
         <v>565</v>
       </c>
       <c r="D462" s="5">
         <v>1.10643</v>
       </c>
       <c r="E462" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F462" s="4">
         <v>101.994986637007</v>
       </c>
       <c r="G462" s="4">
         <v>98.7588203171873</v>
       </c>
       <c r="H462" s="4">
         <v>96.467660146360203</v>
       </c>
       <c r="I462" s="4">
         <v>97.359455815662798</v>
       </c>
       <c r="J462" s="4">
         <v>120.311138188871</v>
       </c>
-    </row>
-    <row r="463" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K462" s="4">
+        <v>94.423139000000006</v>
+      </c>
+      <c r="L462" s="4">
+        <v>64.420505000000006</v>
+      </c>
+    </row>
+    <row r="463" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A463" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C463" s="10" t="s">
         <v>566</v>
       </c>
       <c r="D463" s="5">
         <v>0.74894000000000005</v>
       </c>
       <c r="E463" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F463" s="4">
         <v>99.851791436659397</v>
       </c>
       <c r="G463" s="4">
         <v>102.25654407675</v>
       </c>
       <c r="H463" s="4">
         <v>102.914682919168</v>
       </c>
       <c r="I463" s="4">
         <v>106.449032742185</v>
       </c>
       <c r="J463" s="4">
         <v>133.05762632291601</v>
       </c>
-    </row>
-    <row r="464" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K463" s="4">
+        <v>96.583359999999999</v>
+      </c>
+      <c r="L463" s="4">
+        <v>70.086910000000003</v>
+      </c>
+    </row>
+    <row r="464" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A464" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C464" s="10" t="s">
         <v>568</v>
       </c>
       <c r="D464" s="5">
         <v>0.74894000000000005</v>
       </c>
       <c r="E464" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F464" s="4">
         <v>99.851791436659397</v>
       </c>
       <c r="G464" s="4">
         <v>102.25654407675</v>
       </c>
       <c r="H464" s="4">
         <v>102.914682919168</v>
       </c>
       <c r="I464" s="4">
         <v>106.449032742185</v>
       </c>
       <c r="J464" s="4">
         <v>133.05762632291601</v>
       </c>
-    </row>
-    <row r="465" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K464" s="4">
+        <v>96.583359999999999</v>
+      </c>
+      <c r="L464" s="4">
+        <v>70.086910000000003</v>
+      </c>
+    </row>
+    <row r="465" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A465" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C465" s="10" t="s">
         <v>569</v>
       </c>
       <c r="D465" s="5">
         <v>0.31735000000000002</v>
       </c>
       <c r="E465" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F465" s="4">
         <v>103.492792501138</v>
       </c>
       <c r="G465" s="4">
         <v>84.152536225556901</v>
       </c>
       <c r="H465" s="4">
         <v>75.964626769635402</v>
       </c>
       <c r="I465" s="4">
         <v>70.7593228672023</v>
       </c>
       <c r="J465" s="4">
         <v>86.618708466712206</v>
       </c>
-    </row>
-    <row r="466" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K465" s="4">
+        <v>83.506743</v>
+      </c>
+      <c r="L465" s="4">
+        <v>45.028322000000003</v>
+      </c>
+    </row>
+    <row r="466" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A466" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C466" s="10" t="s">
         <v>571</v>
       </c>
       <c r="D466" s="5">
         <v>0.31735000000000002</v>
       </c>
       <c r="E466" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F466" s="4">
         <v>103.492792501138</v>
       </c>
       <c r="G466" s="4">
         <v>84.152536225556901</v>
       </c>
       <c r="H466" s="4">
         <v>75.964626769635402</v>
       </c>
       <c r="I466" s="4">
         <v>70.7593228672023</v>
       </c>
       <c r="J466" s="4">
         <v>86.618708466712206</v>
       </c>
-    </row>
-    <row r="467" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K466" s="4">
+        <v>83.506743</v>
+      </c>
+      <c r="L466" s="4">
+        <v>45.028322000000003</v>
+      </c>
+    </row>
+    <row r="467" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A467" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C467" s="10" t="s">
         <v>572</v>
       </c>
       <c r="D467" s="5">
         <v>4.0140000000000002E-2</v>
       </c>
       <c r="E467" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F467" s="4">
         <v>130.14137234619</v>
       </c>
       <c r="G467" s="4">
         <v>148.97603566326799</v>
       </c>
       <c r="H467" s="4">
         <v>138.27643958425699</v>
       </c>
       <c r="I467" s="4">
         <v>138.067090291119</v>
       </c>
       <c r="J467" s="4">
         <v>148.859662085612</v>
       </c>
-    </row>
-    <row r="468" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K467" s="4">
+        <v>140.423193</v>
+      </c>
+      <c r="L467" s="4">
+        <v>112.011724</v>
+      </c>
+    </row>
+    <row r="468" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A468" s="3" t="s">
         <v>573</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C468" s="10" t="s">
         <v>574</v>
       </c>
       <c r="D468" s="5">
         <v>4.0140000000000002E-2</v>
       </c>
       <c r="E468" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F468" s="4">
         <v>130.14137234619</v>
       </c>
       <c r="G468" s="4">
         <v>148.97603566326799</v>
       </c>
       <c r="H468" s="4">
         <v>138.27643958425699</v>
       </c>
       <c r="I468" s="4">
         <v>138.067090291119</v>
       </c>
       <c r="J468" s="4">
         <v>148.859662085612</v>
       </c>
-    </row>
-    <row r="469" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K468" s="4">
+        <v>140.423193</v>
+      </c>
+      <c r="L468" s="4">
+        <v>112.011724</v>
+      </c>
+    </row>
+    <row r="469" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A469" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C469" s="10" t="s">
         <v>575</v>
       </c>
       <c r="D469" s="5">
         <v>1.92988</v>
       </c>
       <c r="E469" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F469" s="4">
         <v>97.975128814808301</v>
       </c>
       <c r="G469" s="4">
         <v>96.432914469854296</v>
       </c>
       <c r="H469" s="4">
         <v>90.261882812436497</v>
       </c>
       <c r="I469" s="4">
         <v>79.042166739083896</v>
       </c>
       <c r="J469" s="4">
         <v>91.512500891491101</v>
       </c>
-    </row>
-    <row r="470" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K469" s="4">
+        <v>92.915068000000005</v>
+      </c>
+      <c r="L469" s="4">
+        <v>88.610945999999998</v>
+      </c>
+    </row>
+    <row r="470" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A470" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C470" s="10" t="s">
         <v>576</v>
       </c>
       <c r="D470" s="5">
         <v>1.1578999999999999</v>
       </c>
       <c r="E470" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F470" s="4">
         <v>95.249628703236993</v>
       </c>
       <c r="G470" s="4">
         <v>90.168448295834807</v>
       </c>
       <c r="H470" s="4">
         <v>79.957425847433001</v>
       </c>
       <c r="I470" s="4">
         <v>72.945130668658706</v>
       </c>
       <c r="J470" s="4">
         <v>88.761175866124901</v>
       </c>
-    </row>
-    <row r="471" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K470" s="4">
+        <v>89.840828000000002</v>
+      </c>
+      <c r="L470" s="4">
+        <v>85.624049999999997</v>
+      </c>
+    </row>
+    <row r="471" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A471" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B471" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C471" s="10" t="s">
         <v>577</v>
       </c>
       <c r="D471" s="5">
         <v>1.0906</v>
       </c>
       <c r="E471" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F471" s="4">
         <v>95.148835903203206</v>
       </c>
       <c r="G471" s="4">
         <v>90.329072870149005</v>
       </c>
       <c r="H471" s="4">
         <v>79.376409826547899</v>
       </c>
       <c r="I471" s="4">
         <v>75.913635272063502</v>
       </c>
       <c r="J471" s="4">
         <v>92.239413835755599</v>
       </c>
-    </row>
-    <row r="472" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K471" s="4">
+        <v>93.608686000000006</v>
+      </c>
+      <c r="L471" s="4">
+        <v>89.417359000000005</v>
+      </c>
+    </row>
+    <row r="472" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A472" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C472" s="10" t="s">
         <v>579</v>
       </c>
       <c r="D472" s="5">
         <v>5.2299999999999999E-2</v>
       </c>
       <c r="E472" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F472" s="4">
         <v>76.469317717280504</v>
       </c>
       <c r="G472" s="4">
         <v>95.196139570790393</v>
       </c>
       <c r="H472" s="4">
         <v>119.141410745928</v>
       </c>
       <c r="I472" s="4">
         <v>110.98196905381801</v>
       </c>
       <c r="J472" s="4">
         <v>145.72401594061401</v>
       </c>
-    </row>
-    <row r="473" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K472" s="4">
+        <v>143.76544100000001</v>
+      </c>
+      <c r="L472" s="4">
+        <v>152.196789</v>
+      </c>
+    </row>
+    <row r="473" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A473" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B473" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C473" s="10" t="s">
         <v>580</v>
       </c>
       <c r="D473" s="5">
         <v>9.3149999999999997E-2</v>
       </c>
       <c r="E473" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F473" s="4">
         <v>106.930063474039</v>
       </c>
       <c r="G473" s="4">
         <v>90.594481108226802</v>
       </c>
       <c r="H473" s="4">
         <v>98.193007730618007</v>
       </c>
       <c r="I473" s="4">
         <v>85.899168887463105</v>
       </c>
       <c r="J473" s="4">
         <v>107.19418545449599</v>
       </c>
-    </row>
-    <row r="474" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K473" s="4">
+        <v>101.029167</v>
+      </c>
+      <c r="L473" s="4">
+        <v>100.241542</v>
+      </c>
+    </row>
+    <row r="474" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A474" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C474" s="10" t="s">
         <v>581</v>
       </c>
       <c r="D474" s="5">
         <v>0.27251999999999998</v>
       </c>
       <c r="E474" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F474" s="4">
         <v>88.892890638748298</v>
       </c>
       <c r="G474" s="4">
         <v>97.103229500391606</v>
       </c>
       <c r="H474" s="4">
         <v>81.686257818471205</v>
       </c>
       <c r="I474" s="4">
         <v>74.360812356535305</v>
       </c>
       <c r="J474" s="4">
         <v>87.829211473855096</v>
       </c>
-    </row>
-    <row r="475" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K474" s="4">
+        <v>93.553726999999995</v>
+      </c>
+      <c r="L474" s="4">
+        <v>91.030614999999997</v>
+      </c>
+    </row>
+    <row r="475" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A475" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B475" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C475" s="10" t="s">
         <v>582</v>
       </c>
       <c r="D475" s="5">
         <v>0.20491000000000001</v>
       </c>
       <c r="E475" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F475" s="4">
         <v>97.115385549260594</v>
       </c>
       <c r="G475" s="4">
         <v>82.7938716875599</v>
       </c>
       <c r="H475" s="4">
         <v>66.094499355329205</v>
       </c>
       <c r="I475" s="4">
         <v>66.057288256903803</v>
       </c>
       <c r="J475" s="4">
         <v>96.492289040687197</v>
       </c>
-    </row>
-    <row r="476" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K475" s="4">
+        <v>87.680142000000004</v>
+      </c>
+      <c r="L475" s="4">
+        <v>89.158985000000001</v>
+      </c>
+    </row>
+    <row r="476" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A476" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C476" s="10" t="s">
         <v>583</v>
       </c>
       <c r="D476" s="5">
         <v>0.46772000000000002</v>
       </c>
       <c r="E476" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F476" s="4">
         <v>97.674753051061003</v>
       </c>
       <c r="G476" s="4">
         <v>89.086180848491097</v>
       </c>
       <c r="H476" s="4">
         <v>75.655467504326694</v>
       </c>
       <c r="I476" s="4">
         <v>75.226499923470101</v>
       </c>
       <c r="J476" s="4">
         <v>83.986891008108302</v>
       </c>
-    </row>
-    <row r="477" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K476" s="4">
+        <v>89.151702</v>
+      </c>
+      <c r="L476" s="4">
+        <v>79.414925999999994</v>
+      </c>
+    </row>
+    <row r="477" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A477" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B477" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C477" s="10" t="s">
         <v>584</v>
       </c>
       <c r="D477" s="5">
         <v>6.7299999999999999E-2</v>
       </c>
       <c r="E477" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F477" s="4">
         <v>96.882981269609303</v>
       </c>
       <c r="G477" s="4">
         <v>87.565518715639399</v>
       </c>
       <c r="H477" s="4">
         <v>89.372820682164004</v>
       </c>
       <c r="I477" s="4">
         <v>24.840359190600999</v>
       </c>
       <c r="J477" s="4">
         <v>32.396148679211599</v>
       </c>
-    </row>
-    <row r="478" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K477" s="4">
+        <v>28.782492000000001</v>
+      </c>
+      <c r="L477" s="4">
+        <v>24.153288</v>
+      </c>
+    </row>
+    <row r="478" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A478" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C478" s="10" t="s">
         <v>586</v>
       </c>
       <c r="D478" s="5">
         <v>6.7299999999999999E-2</v>
       </c>
       <c r="E478" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F478" s="4">
         <v>96.882981269609303</v>
       </c>
       <c r="G478" s="4">
         <v>87.565518715639499</v>
       </c>
       <c r="H478" s="4">
         <v>89.372820682164004</v>
       </c>
       <c r="I478" s="4">
         <v>24.840359190600999</v>
       </c>
       <c r="J478" s="4">
         <v>32.396148679211599</v>
       </c>
-    </row>
-    <row r="479" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K478" s="4">
+        <v>28.782492000000001</v>
+      </c>
+      <c r="L478" s="4">
+        <v>24.153288</v>
+      </c>
+    </row>
+    <row r="479" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A479" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C479" s="10" t="s">
         <v>587</v>
       </c>
       <c r="D479" s="5">
         <v>0.15178</v>
       </c>
       <c r="E479" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F479" s="4">
         <v>99.946933109771095</v>
       </c>
       <c r="G479" s="4">
         <v>109.54641608905099</v>
       </c>
       <c r="H479" s="4">
         <v>103.136272815683</v>
       </c>
       <c r="I479" s="4">
         <v>62.095392830180302</v>
       </c>
       <c r="J479" s="4">
         <v>66.081028965462195</v>
       </c>
-    </row>
-    <row r="480" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K479" s="4">
+        <v>71.480604999999997</v>
+      </c>
+      <c r="L479" s="4">
+        <v>63.359054999999998</v>
+      </c>
+    </row>
+    <row r="480" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A480" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C480" s="10" t="s">
         <v>588</v>
       </c>
       <c r="D480" s="5">
         <v>0.15178</v>
       </c>
       <c r="E480" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F480" s="4">
         <v>99.946933109771095</v>
       </c>
       <c r="G480" s="4">
         <v>109.54641608905099</v>
       </c>
       <c r="H480" s="4">
         <v>103.136272815683</v>
       </c>
       <c r="I480" s="4">
         <v>62.095392830180401</v>
       </c>
       <c r="J480" s="4">
         <v>66.081028965462195</v>
       </c>
-    </row>
-    <row r="481" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K480" s="4">
+        <v>71.480604999999997</v>
+      </c>
+      <c r="L480" s="4">
+        <v>63.359054999999998</v>
+      </c>
+    </row>
+    <row r="481" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A481" s="3" t="s">
         <v>589</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C481" s="10" t="s">
         <v>590</v>
       </c>
       <c r="D481" s="5">
         <v>0.15178</v>
       </c>
       <c r="E481" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F481" s="4">
         <v>99.946933109771095</v>
       </c>
       <c r="G481" s="4">
         <v>109.54641608905099</v>
       </c>
       <c r="H481" s="4">
         <v>103.136272815683</v>
       </c>
       <c r="I481" s="4">
         <v>62.095392830180401</v>
       </c>
       <c r="J481" s="4">
         <v>66.081028965462195</v>
       </c>
-    </row>
-    <row r="482" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K481" s="4">
+        <v>71.480604999999997</v>
+      </c>
+      <c r="L481" s="4">
+        <v>63.359054999999998</v>
+      </c>
+    </row>
+    <row r="482" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A482" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C482" s="10" t="s">
         <v>591</v>
       </c>
       <c r="D482" s="5">
         <v>0.62019999999999997</v>
       </c>
       <c r="E482" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F482" s="4">
         <v>102.581023886235</v>
       </c>
       <c r="G482" s="4">
         <v>104.919302904449</v>
       </c>
       <c r="H482" s="4">
         <v>106.34936395575301</v>
       </c>
       <c r="I482" s="4">
         <v>94.5725430851639</v>
       </c>
       <c r="J482" s="4">
         <v>102.872945999205</v>
       </c>
-    </row>
-    <row r="483" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K482" s="4">
+        <v>103.90021</v>
+      </c>
+      <c r="L482" s="4">
+        <v>100.36724700000001</v>
+      </c>
+    </row>
+    <row r="483" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A483" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C483" s="10" t="s">
         <v>592</v>
       </c>
       <c r="D483" s="5">
         <v>0.62019999999999997</v>
       </c>
       <c r="E483" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F483" s="4">
         <v>102.581023886235</v>
       </c>
       <c r="G483" s="4">
         <v>104.919302904449</v>
       </c>
       <c r="H483" s="4">
         <v>106.34936395575301</v>
       </c>
       <c r="I483" s="4">
         <v>94.5725430851639</v>
       </c>
       <c r="J483" s="4">
         <v>102.872945999205</v>
       </c>
-    </row>
-    <row r="484" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K483" s="4">
+        <v>103.90021</v>
+      </c>
+      <c r="L483" s="4">
+        <v>100.36724700000001</v>
+      </c>
+    </row>
+    <row r="484" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A484" s="3" t="s">
         <v>593</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C484" s="10" t="s">
         <v>594</v>
       </c>
       <c r="D484" s="5">
         <v>0.11598</v>
       </c>
       <c r="E484" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F484" s="4">
         <v>105.641888094506</v>
       </c>
       <c r="G484" s="4">
         <v>108.58665826127201</v>
       </c>
       <c r="H484" s="4">
         <v>116.241261731492</v>
       </c>
       <c r="I484" s="4">
         <v>109.123930499704</v>
       </c>
       <c r="J484" s="4">
         <v>110.867270359554</v>
       </c>
-    </row>
-    <row r="485" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K484" s="4">
+        <v>128.03924699999999</v>
+      </c>
+      <c r="L484" s="4">
+        <v>121.82978</v>
+      </c>
+    </row>
+    <row r="485" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A485" s="3" t="s">
         <v>593</v>
       </c>
       <c r="B485" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C485" s="10" t="s">
         <v>595</v>
       </c>
       <c r="D485" s="5">
         <v>1.537E-2</v>
       </c>
       <c r="E485" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F485" s="4">
         <v>102.24386516181301</v>
       </c>
       <c r="G485" s="4">
         <v>112.646128841774</v>
       </c>
       <c r="H485" s="4">
         <v>105.72576118439</v>
       </c>
       <c r="I485" s="4">
         <v>107.357499018274</v>
       </c>
       <c r="J485" s="4">
         <v>79.633996816701796</v>
       </c>
-    </row>
-    <row r="486" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K485" s="4">
+        <v>92.513941000000003</v>
+      </c>
+      <c r="L485" s="4">
+        <v>82.720201000000003</v>
+      </c>
+    </row>
+    <row r="486" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A486" s="3" t="s">
         <v>593</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C486" s="10" t="s">
         <v>596</v>
       </c>
       <c r="D486" s="5">
         <v>2.5180000000000001E-2</v>
       </c>
       <c r="E486" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F486" s="4">
         <v>86.844929438340898</v>
       </c>
       <c r="G486" s="4">
         <v>94.522131199614805</v>
       </c>
       <c r="H486" s="4">
         <v>95.283371020154902</v>
       </c>
       <c r="I486" s="4">
         <v>100.451947140567</v>
       </c>
       <c r="J486" s="4">
         <v>101.67347468668</v>
       </c>
-    </row>
-    <row r="487" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="K486" s="4">
+        <v>107.233912</v>
+      </c>
+      <c r="L486" s="4">
+        <v>86.923096999999999</v>
+      </c>
+    </row>
+    <row r="487" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A487" s="3" t="s">
         <v>593</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C487" s="10" t="s">
         <v>597</v>
       </c>
       <c r="D487" s="5">
         <v>0.46367000000000003</v>
       </c>
       <c r="E487" s="4">
         <v>99.999970000000005</v>
       </c>
       <c r="F487" s="4">
         <v>102.68113378533801</v>
       </c>
       <c r="G487" s="4">
         <v>104.310463847764</v>
       </c>
       <c r="H487" s="4">
         <v>104.496675993805</v>
       </c>
       <c r="I487" s="4">
         <v>90.189645595256707</v>
       </c>
       <c r="J487" s="4">
         <v>101.708763708505</v>
       </c>
-    </row>
-[...1 lines deleted...]
-    <row r="489" spans="1:10" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="K487" s="4">
+        <v>98.058595999999994</v>
+      </c>
+      <c r="L487" s="4">
+        <v>96.313790999999995</v>
+      </c>
+    </row>
+    <row r="488" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" spans="1:12" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A489" s="11" t="s">
         <v>599</v>
       </c>
       <c r="B489" s="12"/>
       <c r="C489" s="13"/>
       <c r="D489" s="14"/>
       <c r="E489" s="13"/>
       <c r="F489" s="13"/>
       <c r="G489" s="13"/>
     </row>
-    <row r="490" spans="1:10" s="15" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="490" spans="1:12" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A490" s="15" t="s">
         <v>600</v>
       </c>
       <c r="B490" s="12"/>
       <c r="C490" s="13"/>
       <c r="D490" s="14"/>
       <c r="E490" s="13"/>
       <c r="F490" s="13"/>
       <c r="G490" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="12">
+    <mergeCell ref="K3:K4"/>
+    <mergeCell ref="L3:L4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC1832C2-E4E7-4619-9621-B3707528ED91}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>