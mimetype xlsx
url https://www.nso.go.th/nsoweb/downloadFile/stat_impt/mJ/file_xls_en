--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,75 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\การนำเข้าข้อมูลขึ้นระบบ\static\ถ่ายโอน\สาขา 12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B4C6473F-C1C0-49DB-8550-41A9E4D206D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60C376F5-7511-4230-B7C5-592EF41A81AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Data!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
-  <extLst>
-[...8 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>Integrated Index (Not seasonally adjusted)</t>
   </si>
   <si>
     <t>100.00</t>
   </si>
   <si>
     <t>TSIC : 10 Manufacture of food products</t>
   </si>
   <si>
     <t>TSIC : 1012 Slaughtering and production of fresh, chilled or frozen poultry meat</t>
   </si>
   <si>
     <t>TSIC : 1013 Production of meat and poultry products</t>
@@ -349,51 +339,51 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Annual average Year 2016 is the base month,Not seasonally adjusted</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Office of Industrial Economics,  Ministry of Industry</t>
     </r>
   </si>
   <si>
     <t>TSIC : 1061 Manufacture of grain mill products</t>
   </si>
   <si>
     <t>TSIC : 1079 Manufacture of other food products n.e.c.</t>
   </si>
   <si>
-    <t>Labour Productivity Index Year: 2016 - 2021</t>
+    <t>Labour Productivity Index Year: 2016 - 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="[$-10409]#,##0.00"/>
     <numFmt numFmtId="165" formatCode="[$-10409]#,##0.00000"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.000000_-;\-* #,##0.000000_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -915,2520 +905,3082 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:H100"/>
+  <dimension ref="A1:J100"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="J46" sqref="J46"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="J5" sqref="J5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="92.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" style="1" customWidth="1"/>
-    <col min="3" max="8" width="8.140625" style="1" customWidth="1"/>
-    <col min="9" max="16384" width="9.140625" style="1"/>
+    <col min="3" max="10" width="8.140625" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="12" t="s">
         <v>97</v>
       </c>
       <c r="B1" s="13"/>
     </row>
-    <row r="2" spans="1:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="12"/>
       <c r="B2" s="13"/>
     </row>
-    <row r="3" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="16">
         <v>2016</v>
       </c>
       <c r="D3" s="16">
         <v>2017</v>
       </c>
       <c r="E3" s="16">
         <v>2018</v>
       </c>
       <c r="F3" s="16">
         <v>2019</v>
       </c>
       <c r="G3" s="16">
         <v>2020</v>
       </c>
       <c r="H3" s="16">
         <v>2021</v>
       </c>
-    </row>
-    <row r="4" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I3" s="16">
+        <v>2022</v>
+      </c>
+      <c r="J3" s="16">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="15"/>
       <c r="B4" s="3">
         <v>2016</v>
       </c>
       <c r="C4" s="17"/>
       <c r="D4" s="17"/>
       <c r="E4" s="17"/>
       <c r="F4" s="17"/>
       <c r="G4" s="17"/>
       <c r="H4" s="17"/>
-    </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I4" s="17"/>
+      <c r="J4" s="17"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A5" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="7">
         <v>99.714182347055001</v>
       </c>
       <c r="D5" s="7">
         <v>100.67938699712001</v>
       </c>
       <c r="E5" s="7">
         <v>101.74680361564501</v>
       </c>
       <c r="F5" s="7">
         <v>99.722496998846594</v>
       </c>
       <c r="G5" s="7">
         <v>98.054478444246797</v>
       </c>
       <c r="H5" s="7">
         <v>106.550707451042</v>
       </c>
-    </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I5" s="7">
+        <v>105.881119</v>
+      </c>
+      <c r="J5" s="7">
+        <v>103.938098</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="5">
         <v>16.204080000000001</v>
       </c>
       <c r="C6" s="4">
         <v>98.455642782351802</v>
       </c>
       <c r="D6" s="4">
         <v>98.213921386766202</v>
       </c>
       <c r="E6" s="4">
         <v>98.687554677454997</v>
       </c>
       <c r="F6" s="4">
         <v>100.149315400201</v>
       </c>
       <c r="G6" s="4">
         <v>98.956249047652605</v>
       </c>
       <c r="H6" s="4">
         <v>104.520507008652</v>
       </c>
-    </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I6" s="4">
+        <v>99.159013000000002</v>
+      </c>
+      <c r="J6" s="4">
+        <v>95.864165</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="5">
         <v>1.2344900000000001</v>
       </c>
       <c r="C7" s="4">
         <v>100.243443209787</v>
       </c>
       <c r="D7" s="4">
         <v>93.805637489637107</v>
       </c>
       <c r="E7" s="4">
         <v>87.229445871602906</v>
       </c>
       <c r="F7" s="4">
         <v>89.553609157105896</v>
       </c>
       <c r="G7" s="4">
         <v>89.215797125779801</v>
       </c>
       <c r="H7" s="4">
         <v>94.777542927921999</v>
       </c>
-    </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I7" s="4">
+        <v>92.348050000000001</v>
+      </c>
+      <c r="J7" s="4">
+        <v>86.042911000000004</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="5">
         <v>0.53212000000000004</v>
       </c>
       <c r="C8" s="4">
         <v>100.11747841520599</v>
       </c>
       <c r="D8" s="4">
         <v>99.951765452032106</v>
       </c>
       <c r="E8" s="4">
         <v>102.970182120215</v>
       </c>
       <c r="F8" s="4">
         <v>101.228463619142</v>
       </c>
       <c r="G8" s="4">
         <v>87.057689307745704</v>
       </c>
       <c r="H8" s="4">
         <v>93.675915669096796</v>
       </c>
-    </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I8" s="4">
+        <v>87.669741000000002</v>
+      </c>
+      <c r="J8" s="4">
+        <v>91.647497999999999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="5">
         <v>1.3875900000000001</v>
       </c>
       <c r="C9" s="4">
         <v>99.499508844819502</v>
       </c>
       <c r="D9" s="4">
         <v>105.728059564707</v>
       </c>
       <c r="E9" s="4">
         <v>106.683737186153</v>
       </c>
       <c r="F9" s="4">
         <v>118.635233103411</v>
       </c>
       <c r="G9" s="4">
         <v>122.523358584131</v>
       </c>
       <c r="H9" s="4">
         <v>136.20811958064499</v>
       </c>
-    </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I9" s="4">
+        <v>130.101653</v>
+      </c>
+      <c r="J9" s="4">
+        <v>122.594931</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="5">
         <v>1.1460300000000001</v>
       </c>
       <c r="C10" s="4">
         <v>99.971933843324507</v>
       </c>
       <c r="D10" s="4">
         <v>98.875749500780898</v>
       </c>
       <c r="E10" s="4">
         <v>107.920773452652</v>
       </c>
       <c r="F10" s="4">
         <v>108.254553490144</v>
       </c>
       <c r="G10" s="4">
         <v>126.191228812611</v>
       </c>
       <c r="H10" s="4">
         <v>107.62855676140001</v>
       </c>
-    </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I10" s="4">
+        <v>107.26804199999999</v>
+      </c>
+      <c r="J10" s="4">
+        <v>94.606725999999995</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="5">
         <v>6.0130000000000003E-2</v>
       </c>
       <c r="C11" s="4">
         <v>100.36709238672699</v>
       </c>
       <c r="D11" s="4">
         <v>98.153268534404603</v>
       </c>
       <c r="E11" s="4">
         <v>105.93243297050699</v>
       </c>
       <c r="F11" s="4">
         <v>102.74441078178501</v>
       </c>
       <c r="G11" s="4">
         <v>100.635960802623</v>
       </c>
       <c r="H11" s="4">
         <v>110.950033544551</v>
       </c>
-    </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I11" s="4">
+        <v>106.52460499999999</v>
+      </c>
+      <c r="J11" s="4">
+        <v>106.68323599999999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="5">
         <v>1.79793</v>
       </c>
       <c r="C12" s="4">
         <v>100.194340085352</v>
       </c>
       <c r="D12" s="4">
         <v>92.188067917869006</v>
       </c>
       <c r="E12" s="4">
         <v>84.538637748580896</v>
       </c>
       <c r="F12" s="4">
         <v>81.643152085353705</v>
       </c>
       <c r="G12" s="4">
         <v>91.155913561967395</v>
       </c>
       <c r="H12" s="4">
         <v>96.967528720109001</v>
       </c>
-    </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I12" s="4">
+        <v>91.319693999999998</v>
+      </c>
+      <c r="J12" s="4">
+        <v>84.145301000000003</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="5">
         <v>0.27517000000000003</v>
       </c>
       <c r="C13" s="4">
         <v>100.830401949383</v>
       </c>
       <c r="D13" s="4">
         <v>113.33256200831801</v>
       </c>
       <c r="E13" s="4">
         <v>117.66447702853399</v>
       </c>
       <c r="F13" s="4">
         <v>118.64663257930199</v>
       </c>
       <c r="G13" s="4">
         <v>107.33755088464601</v>
       </c>
       <c r="H13" s="4">
         <v>114.447484802692</v>
       </c>
-    </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I13" s="4">
+        <v>119.644111</v>
+      </c>
+      <c r="J13" s="4">
+        <v>124.851449</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="5">
         <v>1.28139</v>
       </c>
       <c r="C14" s="4">
         <v>99.932616466309398</v>
       </c>
       <c r="D14" s="4">
         <v>115.126343205423</v>
       </c>
       <c r="E14" s="4">
         <v>114.242812210764</v>
       </c>
       <c r="F14" s="4">
         <v>113.945984692439</v>
       </c>
       <c r="G14" s="4">
         <v>112.287075188711</v>
       </c>
       <c r="H14" s="4">
         <v>129.30947745601901</v>
       </c>
-    </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I14" s="4">
+        <v>133.28698299999999</v>
+      </c>
+      <c r="J14" s="4">
+        <v>129.82234500000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="5">
         <v>1.2718700000000001</v>
       </c>
       <c r="C15" s="4">
         <v>100.028074078979</v>
       </c>
       <c r="D15" s="4">
         <v>101.265910685805</v>
       </c>
       <c r="E15" s="4">
         <v>100.676270804982</v>
       </c>
       <c r="F15" s="4">
         <v>111.630654734735</v>
       </c>
       <c r="G15" s="4">
         <v>128.32115382500501</v>
       </c>
       <c r="H15" s="4">
         <v>130.59745995390699</v>
       </c>
-    </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I15" s="4">
+        <v>122.111367</v>
+      </c>
+      <c r="J15" s="4">
+        <v>118.204508</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="9" t="s">
         <v>95</v>
       </c>
       <c r="B16" s="5">
         <v>0.15639</v>
       </c>
       <c r="C16" s="4">
         <v>100.83804557848499</v>
       </c>
       <c r="D16" s="4">
         <v>95.240731719009005</v>
       </c>
       <c r="E16" s="4">
         <v>97.555232157054704</v>
       </c>
       <c r="F16" s="4">
         <v>95.451158868860205</v>
       </c>
       <c r="G16" s="4">
         <v>91.520073132874899</v>
       </c>
       <c r="H16" s="4">
         <v>92.139478808667604</v>
       </c>
-    </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I16" s="4">
+        <v>84.770876000000001</v>
+      </c>
+      <c r="J16" s="4">
+        <v>71.573436000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="5">
         <v>0.72806000000000004</v>
       </c>
       <c r="C17" s="4">
         <v>99.7794121631905</v>
       </c>
       <c r="D17" s="4">
         <v>100.82912616683301</v>
       </c>
       <c r="E17" s="4">
         <v>96.581720533825901</v>
       </c>
       <c r="F17" s="4">
         <v>96.448274722049305</v>
       </c>
       <c r="G17" s="4">
         <v>93.3321171588845</v>
       </c>
       <c r="H17" s="4">
         <v>101.360823250995</v>
       </c>
-    </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I17" s="4">
+        <v>101.937541</v>
+      </c>
+      <c r="J17" s="4">
+        <v>91.188585000000003</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="5">
         <v>0.70620000000000005</v>
       </c>
       <c r="C18" s="4">
         <v>99.894151151017496</v>
       </c>
       <c r="D18" s="4">
         <v>100.479251959405</v>
       </c>
       <c r="E18" s="4">
         <v>99.624254980351694</v>
       </c>
       <c r="F18" s="4">
         <v>98.554184138976794</v>
       </c>
       <c r="G18" s="4">
         <v>94.001200934700407</v>
       </c>
       <c r="H18" s="4">
         <v>104.637430882346</v>
       </c>
-    </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I18" s="4">
+        <v>104.01725</v>
+      </c>
+      <c r="J18" s="4">
+        <v>100.108521</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="5">
         <v>1.8040499999999999</v>
       </c>
       <c r="C19" s="4">
         <v>85.776684015222997</v>
       </c>
       <c r="D19" s="4">
         <v>80.797443062854896</v>
       </c>
       <c r="E19" s="4">
         <v>98.318178652417004</v>
       </c>
       <c r="F19" s="4">
         <v>95.4461563411474</v>
       </c>
       <c r="G19" s="4">
         <v>70.8425293535051</v>
       </c>
       <c r="H19" s="4">
         <v>80.899341564922594</v>
       </c>
-    </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I19" s="4">
+        <v>76.346705</v>
+      </c>
+      <c r="J19" s="4">
+        <v>80.365088</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A20" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="5">
         <v>0.28305999999999998</v>
       </c>
       <c r="C20" s="4">
         <v>100.041507638551</v>
       </c>
       <c r="D20" s="4">
         <v>103.781406762079</v>
       </c>
       <c r="E20" s="4">
         <v>107.81939931038499</v>
       </c>
       <c r="F20" s="4">
         <v>109.48525672729799</v>
       </c>
       <c r="G20" s="4">
         <v>100.510352982889</v>
       </c>
       <c r="H20" s="4">
         <v>116.02435331382701</v>
       </c>
-    </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I20" s="4">
+        <v>111.47654199999999</v>
+      </c>
+      <c r="J20" s="4">
+        <v>109.41929</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="5">
         <v>0.1804</v>
       </c>
       <c r="C21" s="4">
         <v>101.17136098927401</v>
       </c>
       <c r="D21" s="4">
         <v>113.110940518497</v>
       </c>
       <c r="E21" s="4">
         <v>111.39413862935599</v>
       </c>
       <c r="F21" s="4">
         <v>121.64148065192499</v>
       </c>
       <c r="G21" s="4">
         <v>172.600606313393</v>
       </c>
       <c r="H21" s="4">
         <v>185.18398061010001</v>
       </c>
-    </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I21" s="4">
+        <v>178.17237800000001</v>
+      </c>
+      <c r="J21" s="4">
+        <v>159.989799</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="5">
         <v>0.84175999999999995</v>
       </c>
       <c r="C22" s="4">
         <v>100.199704620199</v>
       </c>
       <c r="D22" s="4">
         <v>105.56772522027801</v>
       </c>
       <c r="E22" s="4">
         <v>103.463584475134</v>
       </c>
       <c r="F22" s="4">
         <v>111.73414446139</v>
       </c>
       <c r="G22" s="4">
         <v>108.82126408102999</v>
       </c>
       <c r="H22" s="4">
         <v>121.611606398592</v>
       </c>
-    </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I22" s="4">
+        <v>88.530851999999996</v>
+      </c>
+      <c r="J22" s="4">
+        <v>95.313346999999993</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="5">
         <v>0.14580000000000001</v>
       </c>
       <c r="C23" s="4">
         <v>101.431455331308</v>
       </c>
       <c r="D23" s="4">
         <v>107.28698863740399</v>
       </c>
       <c r="E23" s="4">
         <v>92.205839320368298</v>
       </c>
       <c r="F23" s="4">
         <v>97.872774858107704</v>
       </c>
       <c r="G23" s="4">
         <v>100.8110115643</v>
       </c>
       <c r="H23" s="4">
         <v>87.641629643825695</v>
       </c>
-    </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I23" s="4">
+        <v>54.382413999999997</v>
+      </c>
+      <c r="J23" s="4">
+        <v>61.501696000000003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A24" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="5">
         <v>2.3716599999999999</v>
       </c>
       <c r="C24" s="4">
         <v>99.979489594156405</v>
       </c>
       <c r="D24" s="4">
         <v>94.444265072418304</v>
       </c>
       <c r="E24" s="4">
         <v>90.789872446530794</v>
       </c>
       <c r="F24" s="4">
         <v>87.673024806740301</v>
       </c>
       <c r="G24" s="4">
         <v>77.369234888063303</v>
       </c>
       <c r="H24" s="4">
         <v>76.198462278420095</v>
       </c>
-    </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I24" s="4">
+        <v>70.937023999999994</v>
+      </c>
+      <c r="J24" s="4">
+        <v>71.183578999999995</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="5">
         <v>3.52359</v>
       </c>
       <c r="C25" s="4">
         <v>100.13209615872</v>
       </c>
       <c r="D25" s="4">
         <v>101.927342260206</v>
       </c>
       <c r="E25" s="4">
         <v>99.454458335632495</v>
       </c>
       <c r="F25" s="4">
         <v>111.98881402059401</v>
       </c>
       <c r="G25" s="4">
         <v>108.546315634431</v>
       </c>
       <c r="H25" s="4">
         <v>110.82961973966501</v>
       </c>
-    </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I25" s="4">
+        <v>117.430139</v>
+      </c>
+      <c r="J25" s="4">
+        <v>118.16931200000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A26" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="5">
         <v>0.70652000000000004</v>
       </c>
       <c r="C26" s="4">
         <v>100.112249062006</v>
       </c>
       <c r="D26" s="4">
         <v>117.749276317186</v>
       </c>
       <c r="E26" s="4">
         <v>102.912606860976</v>
       </c>
       <c r="F26" s="4">
         <v>146.97685767956099</v>
       </c>
       <c r="G26" s="4">
         <v>137.68247039744901</v>
       </c>
       <c r="H26" s="4">
         <v>150.641065754132</v>
       </c>
-    </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I26" s="4">
+        <v>146.205501</v>
+      </c>
+      <c r="J26" s="4">
+        <v>160.335622</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="5">
         <v>1.42432</v>
       </c>
       <c r="C27" s="4">
         <v>100.18728477827899</v>
       </c>
       <c r="D27" s="4">
         <v>97.230659320226493</v>
       </c>
       <c r="E27" s="4">
         <v>90.283165829102899</v>
       </c>
       <c r="F27" s="4">
         <v>96.939962762800704</v>
       </c>
       <c r="G27" s="4">
         <v>97.591764322578996</v>
       </c>
       <c r="H27" s="4">
         <v>96.524083199552706</v>
       </c>
-    </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I27" s="4">
+        <v>111.841258</v>
+      </c>
+      <c r="J27" s="4">
+        <v>104.465734</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="5">
         <v>1.3927499999999999</v>
       </c>
       <c r="C28" s="4">
         <v>100.08572467507901</v>
       </c>
       <c r="D28" s="4">
         <v>98.704270348617797</v>
       </c>
       <c r="E28" s="4">
         <v>107.079376121865</v>
       </c>
       <c r="F28" s="4">
         <v>109.62990338879899</v>
       </c>
       <c r="G28" s="4">
         <v>104.968868469708</v>
       </c>
       <c r="H28" s="4">
         <v>105.26370982522999</v>
       </c>
-    </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I28" s="4">
+        <v>108.54841999999999</v>
+      </c>
+      <c r="J28" s="4">
+        <v>110.79321299999999</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="B29" s="5">
         <v>0.751</v>
       </c>
       <c r="C29" s="4">
         <v>99.967862892377596</v>
       </c>
       <c r="D29" s="4">
         <v>89.921924413852906</v>
       </c>
       <c r="E29" s="4">
         <v>83.639027610658005</v>
       </c>
       <c r="F29" s="4">
         <v>85.254566100201203</v>
       </c>
       <c r="G29" s="4">
         <v>95.095340026977695</v>
       </c>
       <c r="H29" s="4">
         <v>107.201801034561</v>
       </c>
-    </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I29" s="4">
+        <v>124.65593699999999</v>
+      </c>
+      <c r="J29" s="4">
+        <v>106.355334</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A30" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="5">
         <v>0.751</v>
       </c>
       <c r="C30" s="4">
         <v>99.967862892377596</v>
       </c>
       <c r="D30" s="4">
         <v>89.921924413852906</v>
       </c>
       <c r="E30" s="4">
         <v>83.639027610658005</v>
       </c>
       <c r="F30" s="4">
         <v>85.254566100201203</v>
       </c>
       <c r="G30" s="4">
         <v>95.095340026977695</v>
       </c>
       <c r="H30" s="4">
         <v>107.201801034561</v>
       </c>
-    </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I30" s="4">
+        <v>124.65593699999999</v>
+      </c>
+      <c r="J30" s="4">
+        <v>106.355334</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B31" s="5">
         <v>1.5634600000000001</v>
       </c>
       <c r="C31" s="4">
         <v>100.029947866662</v>
       </c>
       <c r="D31" s="4">
         <v>101.951348462355</v>
       </c>
       <c r="E31" s="4">
         <v>106.36429108964199</v>
       </c>
       <c r="F31" s="4">
         <v>106.025425415802</v>
       </c>
       <c r="G31" s="4">
         <v>96.964782919145094</v>
       </c>
       <c r="H31" s="4">
         <v>113.338803394938</v>
       </c>
-    </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I31" s="4">
+        <v>110.617581</v>
+      </c>
+      <c r="J31" s="4">
+        <v>100.888524</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A32" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="5">
         <v>0.70089999999999997</v>
       </c>
       <c r="C32" s="4">
         <v>99.998461424938796</v>
       </c>
       <c r="D32" s="4">
         <v>104.949427784202</v>
       </c>
       <c r="E32" s="4">
         <v>109.56909364275501</v>
       </c>
       <c r="F32" s="4">
         <v>105.990192352821</v>
       </c>
       <c r="G32" s="4">
         <v>100.09594491892599</v>
       </c>
       <c r="H32" s="4">
         <v>118.964706313874</v>
       </c>
-    </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I32" s="4">
+        <v>114.385931</v>
+      </c>
+      <c r="J32" s="4">
+        <v>101.524136</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A33" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="5">
         <v>0.86255999999999999</v>
       </c>
       <c r="C33" s="4">
         <v>100.055533155806</v>
       </c>
       <c r="D33" s="4">
         <v>99.515165707899499</v>
       </c>
       <c r="E33" s="4">
         <v>103.760128933413</v>
       </c>
       <c r="F33" s="4">
         <v>106.05405513877</v>
       </c>
       <c r="G33" s="4">
         <v>94.420459688707197</v>
       </c>
       <c r="H33" s="4">
         <v>108.767300710044</v>
       </c>
-    </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I33" s="4">
+        <v>107.555491</v>
+      </c>
+      <c r="J33" s="4">
+        <v>100.372038</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A34" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B34" s="5">
         <v>1.5268999999999999</v>
       </c>
       <c r="C34" s="4">
         <v>100.053653997203</v>
       </c>
       <c r="D34" s="4">
         <v>98.281279470793805</v>
       </c>
       <c r="E34" s="4">
         <v>101.659043765852</v>
       </c>
       <c r="F34" s="4">
         <v>98.675520951864698</v>
       </c>
       <c r="G34" s="4">
         <v>103.956211568391</v>
       </c>
       <c r="H34" s="4">
         <v>106.365419008712</v>
       </c>
-    </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I34" s="4">
+        <v>107.641227</v>
+      </c>
+      <c r="J34" s="4">
+        <v>92.441731000000004</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A35" s="9" t="s">
         <v>31</v>
       </c>
       <c r="B35" s="5">
         <v>1.44865</v>
       </c>
       <c r="C35" s="4">
         <v>99.946075874483896</v>
       </c>
       <c r="D35" s="4">
         <v>97.914089603148398</v>
       </c>
       <c r="E35" s="4">
         <v>101.93551756547799</v>
       </c>
       <c r="F35" s="4">
         <v>99.910197391738393</v>
       </c>
       <c r="G35" s="4">
         <v>104.70974791265699</v>
       </c>
       <c r="H35" s="4">
         <v>105.250078383652</v>
       </c>
-    </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I35" s="4">
+        <v>105.878001</v>
+      </c>
+      <c r="J35" s="4">
+        <v>89.515821000000003</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A36" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B36" s="5">
         <v>7.825E-2</v>
       </c>
       <c r="C36" s="4">
         <v>102.045258437795</v>
       </c>
       <c r="D36" s="4">
         <v>105.079101857561</v>
       </c>
       <c r="E36" s="4">
         <v>96.540656930978599</v>
       </c>
       <c r="F36" s="4">
         <v>75.817833736235599</v>
       </c>
       <c r="G36" s="4">
         <v>90.005918595597194</v>
       </c>
       <c r="H36" s="4">
         <v>127.013830465506</v>
       </c>
-    </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I36" s="4">
+        <v>140.283997</v>
+      </c>
+      <c r="J36" s="4">
+        <v>146.60939099999999</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A37" s="9" t="s">
         <v>33</v>
       </c>
       <c r="B37" s="5">
         <v>0.70645999999999998</v>
       </c>
       <c r="C37" s="4">
         <v>101.206348164421</v>
       </c>
       <c r="D37" s="4">
         <v>98.377645080848694</v>
       </c>
       <c r="E37" s="4">
         <v>102.994212121155</v>
       </c>
       <c r="F37" s="4">
         <v>94.884774802388606</v>
       </c>
       <c r="G37" s="4">
         <v>78.3052326198966</v>
       </c>
       <c r="H37" s="4">
         <v>89.842516942185696</v>
       </c>
-    </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I37" s="4">
+        <v>98.027054000000007</v>
+      </c>
+      <c r="J37" s="4">
+        <v>89.916903000000005</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="9" t="s">
         <v>34</v>
       </c>
       <c r="B38" s="5">
         <v>0.14413000000000001</v>
       </c>
       <c r="C38" s="4">
         <v>105.548114928679</v>
       </c>
       <c r="D38" s="4">
         <v>103.912082356471</v>
       </c>
       <c r="E38" s="4">
         <v>127.791850849417</v>
       </c>
       <c r="F38" s="4">
         <v>109.191913696844</v>
       </c>
       <c r="G38" s="4">
         <v>86.071004027569103</v>
       </c>
       <c r="H38" s="4">
         <v>107.50459963965601</v>
       </c>
-    </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I38" s="4">
+        <v>100.23932499999999</v>
+      </c>
+      <c r="J38" s="4">
+        <v>96.985859000000005</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A39" s="9" t="s">
         <v>35</v>
       </c>
       <c r="B39" s="5">
         <v>0.17845</v>
       </c>
       <c r="C39" s="4">
         <v>100.133076391152</v>
       </c>
       <c r="D39" s="4">
         <v>98.970083969705001</v>
       </c>
       <c r="E39" s="4">
         <v>93.079453638685706</v>
       </c>
       <c r="F39" s="4">
         <v>89.313217938236093</v>
       </c>
       <c r="G39" s="4">
         <v>72.215879624295198</v>
       </c>
       <c r="H39" s="4">
         <v>83.735199950853996</v>
       </c>
-    </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I39" s="4">
+        <v>98.807964999999996</v>
+      </c>
+      <c r="J39" s="4">
+        <v>96.454632000000004</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A40" s="9" t="s">
         <v>36</v>
       </c>
       <c r="B40" s="5">
         <v>0.38389000000000001</v>
       </c>
       <c r="C40" s="4">
         <v>100.072519309087</v>
       </c>
       <c r="D40" s="4">
         <v>96.021806323124807</v>
       </c>
       <c r="E40" s="4">
         <v>98.290195447553799</v>
       </c>
       <c r="F40" s="4">
         <v>92.100663587723005</v>
       </c>
       <c r="G40" s="4">
         <v>78.218179966144206</v>
       </c>
       <c r="H40" s="4">
         <v>86.047982864057602</v>
       </c>
-    </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I40" s="4">
+        <v>96.830907999999994</v>
+      </c>
+      <c r="J40" s="4">
+        <v>84.221508</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B41" s="5">
         <v>2.6775500000000001</v>
       </c>
       <c r="C41" s="4">
         <v>100.04979946192699</v>
       </c>
       <c r="D41" s="4">
         <v>103.858281319993</v>
       </c>
       <c r="E41" s="4">
         <v>105.353673072899</v>
       </c>
       <c r="F41" s="4">
         <v>106.381790080519</v>
       </c>
       <c r="G41" s="4">
         <v>111.125569166895</v>
       </c>
       <c r="H41" s="4">
         <v>118.177765419227</v>
       </c>
-    </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I41" s="4">
+        <v>115.910122</v>
+      </c>
+      <c r="J41" s="4">
+        <v>112.92530600000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A42" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B42" s="5">
         <v>0.97936000000000001</v>
       </c>
       <c r="C42" s="4">
         <v>100.099320560461</v>
       </c>
       <c r="D42" s="4">
         <v>104.33268114149099</v>
       </c>
       <c r="E42" s="4">
         <v>105.94588838049999</v>
       </c>
       <c r="F42" s="4">
         <v>103.02786796071</v>
       </c>
       <c r="G42" s="4">
         <v>108.895027899939</v>
       </c>
       <c r="H42" s="4">
         <v>126.981445089625</v>
       </c>
-    </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I42" s="4">
+        <v>125.217371</v>
+      </c>
+      <c r="J42" s="4">
+        <v>129.345088</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="9" t="s">
         <v>39</v>
       </c>
       <c r="B43" s="5">
         <v>1.21092</v>
       </c>
       <c r="C43" s="4">
         <v>100.01466338849799</v>
       </c>
       <c r="D43" s="4">
         <v>102.729256753904</v>
       </c>
       <c r="E43" s="4">
         <v>98.834183114559295</v>
       </c>
       <c r="F43" s="4">
         <v>98.568003095199003</v>
       </c>
       <c r="G43" s="4">
         <v>107.429754469811</v>
       </c>
       <c r="H43" s="4">
         <v>108.849587580956</v>
       </c>
-    </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I43" s="4">
+        <v>105.290796</v>
+      </c>
+      <c r="J43" s="4">
+        <v>96.067021999999994</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A44" s="9" t="s">
         <v>40</v>
       </c>
       <c r="B44" s="5">
         <v>0.48726999999999998</v>
       </c>
       <c r="C44" s="4">
         <v>100.03758444966699</v>
       </c>
       <c r="D44" s="4">
         <v>105.710540269624</v>
       </c>
       <c r="E44" s="4">
         <v>120.365040070047</v>
       </c>
       <c r="F44" s="4">
         <v>132.54093819864701</v>
       </c>
       <c r="G44" s="4">
         <v>124.79322534971</v>
       </c>
       <c r="H44" s="4">
         <v>123.66487807938999</v>
       </c>
-    </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I44" s="4">
+        <v>123.59375900000001</v>
+      </c>
+      <c r="J44" s="4">
+        <v>121.81802500000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A45" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B45" s="5">
         <v>8.5743799999999997</v>
       </c>
       <c r="C45" s="4">
         <v>100.143601037582</v>
       </c>
       <c r="D45" s="4">
         <v>104.000087645769</v>
       </c>
       <c r="E45" s="4">
         <v>99.092807995688403</v>
       </c>
       <c r="F45" s="4">
         <v>92.395425668013999</v>
       </c>
       <c r="G45" s="4">
         <v>92.635677280693002</v>
       </c>
       <c r="H45" s="4">
         <v>96.931050991354596</v>
       </c>
-    </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I45" s="4">
+        <v>105.38377300000001</v>
+      </c>
+      <c r="J45" s="4">
+        <v>111.821406</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A46" s="9" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="5">
         <v>8.5743799999999997</v>
       </c>
       <c r="C46" s="4">
         <v>100.143601037582</v>
       </c>
       <c r="D46" s="4">
         <v>104.000087645769</v>
       </c>
       <c r="E46" s="4">
         <v>99.092807995688403</v>
       </c>
       <c r="F46" s="4">
         <v>92.395425668014099</v>
       </c>
       <c r="G46" s="4">
         <v>92.635677280693002</v>
       </c>
       <c r="H46" s="4">
         <v>96.931050991354596</v>
       </c>
-    </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I46" s="4">
+        <v>105.38377300000001</v>
+      </c>
+      <c r="J46" s="4">
+        <v>111.821406</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A47" s="9" t="s">
         <v>43</v>
       </c>
       <c r="B47" s="5">
         <v>8.0606299999999997</v>
       </c>
       <c r="C47" s="4">
         <v>99.739351828026201</v>
       </c>
       <c r="D47" s="4">
         <v>99.999591318260798</v>
       </c>
       <c r="E47" s="4">
         <v>99.953573210473095</v>
       </c>
       <c r="F47" s="4">
         <v>98.361686374102106</v>
       </c>
       <c r="G47" s="4">
         <v>96.304686012895402</v>
       </c>
       <c r="H47" s="4">
         <v>102.444808581198</v>
       </c>
-    </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I47" s="4">
+        <v>95.621341999999999</v>
+      </c>
+      <c r="J47" s="4">
+        <v>97.947062000000003</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A48" s="9" t="s">
         <v>44</v>
       </c>
       <c r="B48" s="5">
         <v>0.72477000000000003</v>
       </c>
       <c r="C48" s="4">
         <v>100.355303017664</v>
       </c>
       <c r="D48" s="4">
         <v>104.850903669324</v>
       </c>
       <c r="E48" s="4">
         <v>106.253592187335</v>
       </c>
       <c r="F48" s="4">
         <v>107.578984749593</v>
       </c>
       <c r="G48" s="4">
         <v>104.29113887938099</v>
       </c>
       <c r="H48" s="4">
         <v>118.075676996493</v>
       </c>
-    </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I48" s="4">
+        <v>104.510732</v>
+      </c>
+      <c r="J48" s="4">
+        <v>92.899692999999999</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="9" t="s">
         <v>45</v>
       </c>
       <c r="B49" s="5">
         <v>0.70504999999999995</v>
       </c>
       <c r="C49" s="4">
         <v>96.800793086312794</v>
       </c>
       <c r="D49" s="4">
         <v>112.04274613813099</v>
       </c>
       <c r="E49" s="4">
         <v>114.182435905993</v>
       </c>
       <c r="F49" s="4">
         <v>89.971108993681199</v>
       </c>
       <c r="G49" s="4">
         <v>91.879023651272306</v>
       </c>
       <c r="H49" s="4">
         <v>94.842489273789695</v>
       </c>
-    </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I49" s="4">
+        <v>96.877696</v>
+      </c>
+      <c r="J49" s="4">
+        <v>92.217257000000004</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="9" t="s">
         <v>46</v>
       </c>
       <c r="B50" s="5">
         <v>3.9081800000000002</v>
       </c>
       <c r="C50" s="4">
         <v>100.024128682989</v>
       </c>
       <c r="D50" s="4">
         <v>103.92556845799599</v>
       </c>
       <c r="E50" s="4">
         <v>103.55849555569201</v>
       </c>
       <c r="F50" s="4">
         <v>104.122372985346</v>
       </c>
       <c r="G50" s="4">
         <v>100.975506447589</v>
       </c>
       <c r="H50" s="4">
         <v>108.865900652378</v>
       </c>
-    </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I50" s="4">
+        <v>99.503172000000006</v>
+      </c>
+      <c r="J50" s="4">
+        <v>100.043617</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A51" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B51" s="5">
         <v>0.81045</v>
       </c>
       <c r="C51" s="4">
         <v>99.887849866486405</v>
       </c>
       <c r="D51" s="4">
         <v>84.724439596477893</v>
       </c>
       <c r="E51" s="4">
         <v>88.288792908793695</v>
       </c>
       <c r="F51" s="4">
         <v>84.664080037138305</v>
       </c>
       <c r="G51" s="4">
         <v>79.863694980137495</v>
       </c>
       <c r="H51" s="4">
         <v>84.939586762868402</v>
       </c>
-    </row>
-    <row r="52" spans="1:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="I51" s="4">
+        <v>82.859386000000001</v>
+      </c>
+      <c r="J51" s="4">
+        <v>108.541073</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A52" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B52" s="5">
         <v>1.4186300000000001</v>
       </c>
       <c r="C52" s="4">
         <v>99.911799433697496</v>
       </c>
       <c r="D52" s="4">
         <v>90.5464315311837</v>
       </c>
       <c r="E52" s="4">
         <v>83.648575591089994</v>
       </c>
       <c r="F52" s="4">
         <v>86.947995486504297</v>
       </c>
       <c r="G52" s="4">
         <v>89.604915699154901</v>
       </c>
       <c r="H52" s="4">
         <v>88.732362608159804</v>
       </c>
-    </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I52" s="4">
+        <v>85.224396999999996</v>
+      </c>
+      <c r="J52" s="4">
+        <v>87.309764999999999</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B53" s="5">
         <v>0.49353999999999998</v>
       </c>
       <c r="C53" s="4">
         <v>100.04015115435701</v>
       </c>
       <c r="D53" s="4">
         <v>96.840263768667896</v>
       </c>
       <c r="E53" s="4">
         <v>107.85297284482699</v>
       </c>
       <c r="F53" s="4">
         <v>106.497942836921</v>
       </c>
       <c r="G53" s="4">
         <v>100.169872597772</v>
       </c>
       <c r="H53" s="4">
         <v>107.66721368933899</v>
       </c>
-    </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I53" s="4">
+        <v>100.876955</v>
+      </c>
+      <c r="J53" s="4">
+        <v>110.123823</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B54" s="5">
         <v>0.85172000000000003</v>
       </c>
       <c r="C54" s="4">
         <v>99.941095494446898</v>
       </c>
       <c r="D54" s="4">
         <v>106.477297886277</v>
       </c>
       <c r="E54" s="4">
         <v>113.02267328108</v>
       </c>
       <c r="F54" s="4">
         <v>107.827329092021</v>
       </c>
       <c r="G54" s="4">
         <v>86.754749861778606</v>
       </c>
       <c r="H54" s="4">
         <v>89.391449720323095</v>
       </c>
-    </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I54" s="4">
+        <v>103.292372</v>
+      </c>
+      <c r="J54" s="4">
+        <v>97.850741999999997</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B55" s="5">
         <v>0.85172000000000003</v>
       </c>
       <c r="C55" s="4">
         <v>99.941095494446998</v>
       </c>
       <c r="D55" s="4">
         <v>106.477297886277</v>
       </c>
       <c r="E55" s="4">
         <v>113.02267328108</v>
       </c>
       <c r="F55" s="4">
         <v>107.827329092021</v>
       </c>
       <c r="G55" s="4">
         <v>86.754749861778606</v>
       </c>
       <c r="H55" s="4">
         <v>89.391449720323095</v>
       </c>
-    </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I55" s="4">
+        <v>103.292372</v>
+      </c>
+      <c r="J55" s="4">
+        <v>97.850741999999997</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="9" t="s">
         <v>52</v>
       </c>
       <c r="B56" s="5">
         <v>9.5261099999999992</v>
       </c>
       <c r="C56" s="4">
         <v>100.056255181742</v>
       </c>
       <c r="D56" s="4">
         <v>102.04420562413</v>
       </c>
       <c r="E56" s="4">
         <v>92.320580593316606</v>
       </c>
       <c r="F56" s="4">
         <v>89.318288780886903</v>
       </c>
       <c r="G56" s="4">
         <v>91.502364691215803</v>
       </c>
       <c r="H56" s="4">
         <v>98.040905397189107</v>
       </c>
-    </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I56" s="4">
+        <v>95.621556999999996</v>
+      </c>
+      <c r="J56" s="4">
+        <v>94.958303000000001</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="9" t="s">
         <v>53</v>
       </c>
       <c r="B57" s="5">
         <v>1.9382299999999999</v>
       </c>
       <c r="C57" s="4">
         <v>99.949977844962405</v>
       </c>
       <c r="D57" s="4">
         <v>103.528163008696</v>
       </c>
       <c r="E57" s="4">
         <v>101.662763377169</v>
       </c>
       <c r="F57" s="4">
         <v>99.190291955981905</v>
       </c>
       <c r="G57" s="4">
         <v>89.387092881053206</v>
       </c>
       <c r="H57" s="4">
         <v>100.458804642223</v>
       </c>
-    </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I57" s="4">
+        <v>95.045991000000001</v>
+      </c>
+      <c r="J57" s="4">
+        <v>93.965046000000001</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="9" t="s">
         <v>54</v>
       </c>
       <c r="B58" s="5">
         <v>4.2418699999999996</v>
       </c>
       <c r="C58" s="4">
         <v>100.03797840802299</v>
       </c>
       <c r="D58" s="4">
         <v>104.615679061097</v>
       </c>
       <c r="E58" s="4">
         <v>83.949234981572204</v>
       </c>
       <c r="F58" s="4">
         <v>76.035298741339403</v>
       </c>
       <c r="G58" s="4">
         <v>77.196957567621794</v>
       </c>
       <c r="H58" s="4">
         <v>86.3748773468498</v>
       </c>
-    </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I58" s="4">
+        <v>87.196352000000005</v>
+      </c>
+      <c r="J58" s="4">
+        <v>86.270773000000005</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A59" s="9" t="s">
         <v>55</v>
       </c>
       <c r="B59" s="5">
         <v>2.0946699999999998</v>
       </c>
       <c r="C59" s="4">
         <v>100.114777115519</v>
       </c>
       <c r="D59" s="4">
         <v>93.391027882454694</v>
       </c>
       <c r="E59" s="4">
         <v>92.184558754910498</v>
       </c>
       <c r="F59" s="4">
         <v>92.211582896716394</v>
       </c>
       <c r="G59" s="4">
         <v>98.858616436033998</v>
       </c>
       <c r="H59" s="4">
         <v>101.581268876699</v>
       </c>
-    </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I59" s="4">
+        <v>97.758799999999994</v>
+      </c>
+      <c r="J59" s="4">
+        <v>97.165420999999995</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A60" s="9" t="s">
         <v>56</v>
       </c>
       <c r="B60" s="5">
         <v>0.94793000000000005</v>
       </c>
       <c r="C60" s="4">
         <v>100.222010064919</v>
       </c>
       <c r="D60" s="4">
         <v>93.483127551082603</v>
       </c>
       <c r="E60" s="4">
         <v>94.6997779757248</v>
       </c>
       <c r="F60" s="4">
         <v>101.793883562662</v>
       </c>
       <c r="G60" s="4">
         <v>106.657499903464</v>
       </c>
       <c r="H60" s="4">
         <v>105.586760441441</v>
       </c>
-    </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I60" s="4">
+        <v>95.795671999999996</v>
+      </c>
+      <c r="J60" s="4">
+        <v>94.501817000000003</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A61" s="9" t="s">
         <v>57</v>
       </c>
       <c r="B61" s="5">
         <v>0.30341000000000001</v>
       </c>
       <c r="C61" s="4">
         <v>100.068810651771</v>
       </c>
       <c r="D61" s="4">
         <v>143.10003044329201</v>
       </c>
       <c r="E61" s="4">
         <v>143.18399696882099</v>
       </c>
       <c r="F61" s="4">
         <v>153.00774297784301</v>
       </c>
       <c r="G61" s="4">
         <v>206.879687231362</v>
       </c>
       <c r="H61" s="4">
         <v>197.676691991128</v>
       </c>
-    </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I61" s="4">
+        <v>201.78922800000001</v>
+      </c>
+      <c r="J61" s="4">
+        <v>208.94950900000001</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A62" s="9" t="s">
         <v>58</v>
       </c>
       <c r="B62" s="5">
         <v>4.5378600000000002</v>
       </c>
       <c r="C62" s="4">
         <v>100.008767549175</v>
       </c>
       <c r="D62" s="4">
         <v>99.622070451074805</v>
       </c>
       <c r="E62" s="4">
         <v>104.51441887135501</v>
       </c>
       <c r="F62" s="4">
         <v>105.26327483594</v>
       </c>
       <c r="G62" s="4">
         <v>104.851802447003</v>
       </c>
       <c r="H62" s="4">
         <v>107.059332433477</v>
       </c>
-    </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I62" s="4">
+        <v>109.421807</v>
+      </c>
+      <c r="J62" s="4">
+        <v>107.20224899999999</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A63" s="9" t="s">
         <v>59</v>
       </c>
       <c r="B63" s="5">
         <v>0.53681000000000001</v>
       </c>
       <c r="C63" s="4">
         <v>100.29832056786</v>
       </c>
       <c r="D63" s="4">
         <v>99.453427104356294</v>
       </c>
       <c r="E63" s="4">
         <v>103.317341139622</v>
       </c>
       <c r="F63" s="4">
         <v>100.60788450449201</v>
       </c>
       <c r="G63" s="4">
         <v>96.462429189789603</v>
       </c>
       <c r="H63" s="4">
         <v>112.68101941749499</v>
       </c>
-    </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I63" s="4">
+        <v>113.6717</v>
+      </c>
+      <c r="J63" s="4">
+        <v>122.709796</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="9" t="s">
         <v>60</v>
       </c>
       <c r="B64" s="5">
         <v>0.55571999999999999</v>
       </c>
       <c r="C64" s="4">
         <v>100.005649844706</v>
       </c>
       <c r="D64" s="4">
         <v>102.178936665021</v>
       </c>
       <c r="E64" s="4">
         <v>115.111235430825</v>
       </c>
       <c r="F64" s="4">
         <v>116.59475151564899</v>
       </c>
       <c r="G64" s="4">
         <v>104.65385525842299</v>
       </c>
       <c r="H64" s="4">
         <v>113.54233723747301</v>
       </c>
-    </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I64" s="4">
+        <v>113.542337</v>
+      </c>
+      <c r="J64" s="4">
+        <v>110.230372</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A65" s="9" t="s">
         <v>61</v>
       </c>
       <c r="B65" s="5">
         <v>0.17130000000000001</v>
       </c>
       <c r="C65" s="4">
         <v>99.836149560125094</v>
       </c>
       <c r="D65" s="4">
         <v>92.420819664361503</v>
       </c>
       <c r="E65" s="4">
         <v>102.628181097522</v>
       </c>
       <c r="F65" s="4">
         <v>109.220239788329</v>
       </c>
       <c r="G65" s="4">
         <v>105.03272890531601</v>
       </c>
       <c r="H65" s="4">
         <v>113.810499398817</v>
       </c>
-    </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I65" s="4">
+        <v>113.81049899999999</v>
+      </c>
+      <c r="J65" s="4">
+        <v>124.30757699999999</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A66" s="9" t="s">
         <v>62</v>
       </c>
       <c r="B66" s="5">
         <v>0.75526000000000004</v>
       </c>
       <c r="C66" s="4">
         <v>100.034599850153</v>
       </c>
       <c r="D66" s="4">
         <v>97.894457428565104</v>
       </c>
       <c r="E66" s="4">
         <v>99.214828383303399</v>
       </c>
       <c r="F66" s="4">
         <v>101.52780170083</v>
       </c>
       <c r="G66" s="4">
         <v>103.424386769885</v>
       </c>
       <c r="H66" s="4">
         <v>105.539617749884</v>
       </c>
-    </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I66" s="4">
+        <v>105.539618</v>
+      </c>
+      <c r="J66" s="4">
+        <v>103.438228</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A67" s="9" t="s">
         <v>63</v>
       </c>
       <c r="B67" s="5">
         <v>2.5112700000000001</v>
       </c>
       <c r="C67" s="4">
         <v>99.952824948680899</v>
       </c>
       <c r="D67" s="4">
         <v>100.101426802495</v>
       </c>
       <c r="E67" s="4">
         <v>104.20773233068201</v>
       </c>
       <c r="F67" s="4">
         <v>104.693973293094</v>
       </c>
       <c r="G67" s="4">
         <v>107.197647924877</v>
       </c>
       <c r="H67" s="4">
         <v>104.613285828383</v>
       </c>
-    </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I67" s="4">
+        <v>105.53038599999999</v>
+      </c>
+      <c r="J67" s="4">
+        <v>107.388132</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A68" s="9" t="s">
         <v>64</v>
       </c>
       <c r="B68" s="5">
         <v>7.4900000000000001E-3</v>
       </c>
       <c r="C68" s="4">
         <v>99.720921711059006</v>
       </c>
       <c r="D68" s="4">
         <v>100.31659778834</v>
       </c>
       <c r="E68" s="4">
         <v>84.573096387027604</v>
       </c>
       <c r="F68" s="4">
         <v>75.367377012870506</v>
       </c>
       <c r="G68" s="4">
         <v>74.221238579991706</v>
       </c>
       <c r="H68" s="4">
         <v>42.245666545513501</v>
       </c>
-    </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I68" s="4">
+        <v>42.245666999999997</v>
+      </c>
+      <c r="J68" s="4">
+        <v>41.993884999999999</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A69" s="9" t="s">
         <v>65</v>
       </c>
       <c r="B69" s="5">
         <v>3.06867</v>
       </c>
       <c r="C69" s="4">
         <v>99.983053293043696</v>
       </c>
       <c r="D69" s="4">
         <v>102.099974167471</v>
       </c>
       <c r="E69" s="4">
         <v>103.988734526209</v>
       </c>
       <c r="F69" s="4">
         <v>97.211167501152801</v>
       </c>
       <c r="G69" s="4">
         <v>96.023693805715794</v>
       </c>
       <c r="H69" s="4">
         <v>110.6097078664</v>
       </c>
-    </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I69" s="4">
+        <v>94.678804999999997</v>
+      </c>
+      <c r="J69" s="4">
+        <v>83.839709999999997</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A70" s="9" t="s">
         <v>66</v>
       </c>
       <c r="B70" s="5">
         <v>3.06867</v>
       </c>
       <c r="C70" s="4">
         <v>99.983053293043696</v>
       </c>
       <c r="D70" s="4">
         <v>102.099974167471</v>
       </c>
       <c r="E70" s="4">
         <v>103.988734526209</v>
       </c>
       <c r="F70" s="4">
         <v>97.211167501152801</v>
       </c>
       <c r="G70" s="4">
         <v>96.023693805715794</v>
       </c>
       <c r="H70" s="4">
         <v>110.6097078664</v>
       </c>
-    </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I70" s="4">
+        <v>94.678804999999997</v>
+      </c>
+      <c r="J70" s="4">
+        <v>83.839709999999997</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A71" s="9" t="s">
         <v>67</v>
       </c>
       <c r="B71" s="5">
         <v>1.90937</v>
       </c>
       <c r="C71" s="4">
         <v>99.965326919533794</v>
       </c>
       <c r="D71" s="4">
         <v>98.864429216787002</v>
       </c>
       <c r="E71" s="4">
         <v>104.622753378345</v>
       </c>
       <c r="F71" s="4">
         <v>96.804577290372706</v>
       </c>
       <c r="G71" s="4">
         <v>90.615874124252301</v>
       </c>
       <c r="H71" s="4">
         <v>101.483537483433</v>
       </c>
-    </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I71" s="4">
+        <v>95.157989000000001</v>
+      </c>
+      <c r="J71" s="4">
+        <v>83.990493999999998</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A72" s="9" t="s">
         <v>68</v>
       </c>
       <c r="B72" s="5">
         <v>0.82057999999999998</v>
       </c>
       <c r="C72" s="4">
         <v>99.961269688361398</v>
       </c>
       <c r="D72" s="4">
         <v>92.9788618147074</v>
       </c>
       <c r="E72" s="4">
         <v>94.691202912117305</v>
       </c>
       <c r="F72" s="4">
         <v>88.761711089445996</v>
       </c>
       <c r="G72" s="4">
         <v>89.645086592357998</v>
       </c>
       <c r="H72" s="4">
         <v>87.015322748571805</v>
       </c>
-    </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I72" s="4">
+        <v>76.936716000000004</v>
+      </c>
+      <c r="J72" s="4">
+        <v>65.606832999999995</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A73" s="9" t="s">
         <v>69</v>
       </c>
       <c r="B73" s="5">
         <v>0.80193000000000003</v>
       </c>
       <c r="C73" s="4">
         <v>99.983784026558496</v>
       </c>
       <c r="D73" s="4">
         <v>103.229102745388</v>
       </c>
       <c r="E73" s="4">
         <v>112.826496239029</v>
       </c>
       <c r="F73" s="4">
         <v>101.87408868905101</v>
       </c>
       <c r="G73" s="4">
         <v>81.687333563987195</v>
       </c>
       <c r="H73" s="4">
         <v>111.52882677511199</v>
       </c>
-    </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I73" s="4">
+        <v>105.06717</v>
+      </c>
+      <c r="J73" s="4">
+        <v>89.769406000000004</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A74" s="9" t="s">
         <v>70</v>
       </c>
       <c r="B74" s="5">
         <v>0.28684999999999999</v>
       </c>
       <c r="C74" s="4">
         <v>99.928818738214005</v>
       </c>
       <c r="D74" s="4">
         <v>103.50241039266299</v>
       </c>
       <c r="E74" s="4">
         <v>110.102447981247</v>
       </c>
       <c r="F74" s="4">
         <v>105.643308045078</v>
       </c>
       <c r="G74" s="4">
         <v>118.35713095938</v>
       </c>
       <c r="H74" s="4">
         <v>114.792666438746</v>
       </c>
-    </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I74" s="4">
+        <v>119.583626</v>
+      </c>
+      <c r="J74" s="4">
+        <v>120.427036</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A75" s="9" t="s">
         <v>71</v>
       </c>
       <c r="B75" s="5">
         <v>8.5146700000000006</v>
       </c>
       <c r="C75" s="4">
         <v>99.828816738946301</v>
       </c>
       <c r="D75" s="4">
         <v>97.254786420722198</v>
       </c>
       <c r="E75" s="4">
         <v>98.720504897315294</v>
       </c>
       <c r="F75" s="4">
         <v>95.983335133430799</v>
       </c>
       <c r="G75" s="4">
         <v>97.076301855163507</v>
       </c>
       <c r="H75" s="4">
         <v>102.62307759041801</v>
       </c>
-    </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I75" s="4">
+        <v>88.710999999999999</v>
+      </c>
+      <c r="J75" s="4">
+        <v>82.284424999999999</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A76" s="9" t="s">
         <v>72</v>
       </c>
       <c r="B76" s="5">
         <v>5.2942400000000003</v>
       </c>
       <c r="C76" s="4">
         <v>99.851609168498101</v>
       </c>
       <c r="D76" s="4">
         <v>88.826330122780803</v>
       </c>
       <c r="E76" s="4">
         <v>98.162463601628403</v>
       </c>
       <c r="F76" s="4">
         <v>97.901152650788006</v>
       </c>
       <c r="G76" s="4">
         <v>100.300736355715</v>
       </c>
       <c r="H76" s="4">
         <v>109.13480099247499</v>
       </c>
-    </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I76" s="4">
+        <v>94.044739000000007</v>
+      </c>
+      <c r="J76" s="4">
+        <v>87.744021000000004</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A77" s="9" t="s">
         <v>73</v>
       </c>
       <c r="B77" s="5">
         <v>3.2204299999999999</v>
       </c>
       <c r="C77" s="4">
         <v>99.791347024582095</v>
       </c>
       <c r="D77" s="4">
         <v>111.110784057936</v>
       </c>
       <c r="E77" s="4">
         <v>99.637899328890398</v>
       </c>
       <c r="F77" s="4">
         <v>92.830530628103006</v>
       </c>
       <c r="G77" s="4">
         <v>91.775478638946396</v>
       </c>
       <c r="H77" s="4">
         <v>91.918101390312501</v>
       </c>
-    </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I77" s="4">
+        <v>79.942576000000003</v>
+      </c>
+      <c r="J77" s="4">
+        <v>73.309100000000001</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="9" t="s">
         <v>74</v>
       </c>
       <c r="B78" s="5">
         <v>3.18988</v>
       </c>
       <c r="C78" s="4">
         <v>99.800998816428603</v>
       </c>
       <c r="D78" s="4">
         <v>97.586571249760198</v>
       </c>
       <c r="E78" s="4">
         <v>96.828931319368806</v>
       </c>
       <c r="F78" s="4">
         <v>97.774920317031004</v>
       </c>
       <c r="G78" s="4">
         <v>100.20810258462301</v>
       </c>
       <c r="H78" s="4">
         <v>102.923438155529</v>
       </c>
-    </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I78" s="4">
+        <v>92.060098999999994</v>
+      </c>
+      <c r="J78" s="4">
+        <v>93.372568000000001</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A79" s="9" t="s">
         <v>75</v>
       </c>
       <c r="B79" s="5">
         <v>0.84997</v>
       </c>
       <c r="C79" s="4">
         <v>99.274135612370202</v>
       </c>
       <c r="D79" s="4">
         <v>88.328695178891095</v>
       </c>
       <c r="E79" s="4">
         <v>83.314068064205401</v>
       </c>
       <c r="F79" s="4">
         <v>70.850658440082398</v>
       </c>
       <c r="G79" s="4">
         <v>66.636139146280598</v>
       </c>
       <c r="H79" s="4">
         <v>72.746382752078901</v>
       </c>
-    </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I79" s="4">
+        <v>63.764149000000003</v>
+      </c>
+      <c r="J79" s="4">
+        <v>54.178040000000003</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A80" s="9" t="s">
         <v>76</v>
       </c>
       <c r="B80" s="5">
         <v>0.38295000000000001</v>
       </c>
       <c r="C80" s="4">
         <v>99.928959630183201</v>
       </c>
       <c r="D80" s="4">
         <v>100.00348296668299</v>
       </c>
       <c r="E80" s="4">
         <v>97.015493203591205</v>
       </c>
       <c r="F80" s="4">
         <v>101.823803534712</v>
       </c>
       <c r="G80" s="4">
         <v>92.591118822785802</v>
       </c>
       <c r="H80" s="4">
         <v>86.263011908637495</v>
       </c>
-    </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I80" s="4">
+        <v>88.154900999999995</v>
+      </c>
+      <c r="J80" s="4">
+        <v>88.157548000000006</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A81" s="9" t="s">
         <v>77</v>
       </c>
       <c r="B81" s="5">
         <v>0.45266000000000001</v>
       </c>
       <c r="C81" s="4">
         <v>100.058159096788</v>
       </c>
       <c r="D81" s="4">
         <v>105.14163827556899</v>
       </c>
       <c r="E81" s="4">
         <v>99.887667887638301</v>
       </c>
       <c r="F81" s="4">
         <v>100.738173581043</v>
       </c>
       <c r="G81" s="4">
         <v>96.178449138909002</v>
       </c>
       <c r="H81" s="4">
         <v>96.1899319432287</v>
       </c>
-    </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I81" s="4">
+        <v>90.642885000000007</v>
+      </c>
+      <c r="J81" s="4">
+        <v>105.12</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A82" s="9" t="s">
         <v>78</v>
       </c>
       <c r="B82" s="5">
         <v>1.50431</v>
       </c>
       <c r="C82" s="4">
         <v>99.988068729830999</v>
       </c>
       <c r="D82" s="4">
         <v>99.928181739849194</v>
       </c>
       <c r="E82" s="4">
         <v>103.49660517856201</v>
       </c>
       <c r="F82" s="4">
         <v>111.064715018687</v>
       </c>
       <c r="G82" s="4">
         <v>122.327975844121</v>
       </c>
       <c r="H82" s="4">
         <v>126.24088050464201</v>
       </c>
-    </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I82" s="4">
+        <v>109.467947</v>
+      </c>
+      <c r="J82" s="4">
+        <v>113.310439</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A83" s="9" t="s">
         <v>79</v>
       </c>
       <c r="B83" s="5">
         <v>3.0381800000000001</v>
       </c>
       <c r="C83" s="4">
         <v>100.29447986618899</v>
       </c>
       <c r="D83" s="4">
         <v>87.343825153003394</v>
       </c>
       <c r="E83" s="4">
         <v>87.423773967665099</v>
       </c>
       <c r="F83" s="4">
         <v>93.410518188127995</v>
       </c>
       <c r="G83" s="4">
         <v>93.814080067688494</v>
       </c>
       <c r="H83" s="4">
         <v>112.571966020199</v>
       </c>
-    </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I83" s="4">
+        <v>131.051153</v>
+      </c>
+      <c r="J83" s="4">
+        <v>119.398043</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A84" s="9" t="s">
         <v>80</v>
       </c>
       <c r="B84" s="5">
         <v>0.16975000000000001</v>
       </c>
       <c r="C84" s="4">
         <v>100.461068786312</v>
       </c>
       <c r="D84" s="4">
         <v>97.840121361872306</v>
       </c>
       <c r="E84" s="4">
         <v>108.064436049794</v>
       </c>
       <c r="F84" s="4">
         <v>89.391043870570201</v>
       </c>
       <c r="G84" s="4">
         <v>64.067458057252907</v>
       </c>
       <c r="H84" s="4">
         <v>331.32340765508201</v>
       </c>
-    </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I84" s="4">
+        <v>467.33607899999998</v>
+      </c>
+      <c r="J84" s="4">
+        <v>335.91854699999999</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A85" s="9" t="s">
         <v>81</v>
       </c>
       <c r="B85" s="5">
         <v>2.86843</v>
       </c>
       <c r="C85" s="4">
         <v>100.28462134804801</v>
       </c>
       <c r="D85" s="4">
         <v>86.722667836472894</v>
       </c>
       <c r="E85" s="4">
         <v>86.202286119454897</v>
       </c>
       <c r="F85" s="4">
         <v>93.6483855111602</v>
       </c>
       <c r="G85" s="4">
         <v>95.574446918638799</v>
       </c>
       <c r="H85" s="4">
         <v>99.626536911758905</v>
       </c>
-    </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I85" s="4">
+        <v>111.150244</v>
+      </c>
+      <c r="J85" s="4">
+        <v>106.584638</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A86" s="9" t="s">
         <v>82</v>
       </c>
       <c r="B86" s="5">
         <v>16.95506</v>
       </c>
       <c r="C86" s="4">
         <v>99.812329323598405</v>
       </c>
       <c r="D86" s="4">
         <v>105.358170618984</v>
       </c>
       <c r="E86" s="4">
         <v>115.159625687754</v>
       </c>
       <c r="F86" s="4">
         <v>108.423926529676</v>
       </c>
       <c r="G86" s="4">
         <v>102.78968817035999</v>
       </c>
       <c r="H86" s="4">
         <v>121.18236811618399</v>
       </c>
-    </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I86" s="4">
+        <v>128.23901900000001</v>
+      </c>
+      <c r="J86" s="4">
+        <v>128.858026</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A87" s="9" t="s">
         <v>83</v>
       </c>
       <c r="B87" s="5">
         <v>16.469740000000002</v>
       </c>
       <c r="C87" s="4">
         <v>99.800895662290003</v>
       </c>
       <c r="D87" s="4">
         <v>105.452974884727</v>
       </c>
       <c r="E87" s="4">
         <v>115.37133874530799</v>
       </c>
       <c r="F87" s="4">
         <v>108.385332660044</v>
       </c>
       <c r="G87" s="4">
         <v>103.21269339862801</v>
       </c>
       <c r="H87" s="4">
         <v>121.413598757316</v>
       </c>
-    </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I87" s="4">
+        <v>128.051469</v>
+      </c>
+      <c r="J87" s="4">
+        <v>129.69610900000001</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A88" s="9" t="s">
         <v>84</v>
       </c>
       <c r="B88" s="5">
         <v>0.48531999999999997</v>
       </c>
       <c r="C88" s="4">
         <v>100.200340180347</v>
       </c>
       <c r="D88" s="4">
         <v>102.140908590465</v>
       </c>
       <c r="E88" s="4">
         <v>107.974966055924</v>
       </c>
       <c r="F88" s="4">
         <v>109.733641765865</v>
       </c>
       <c r="G88" s="4">
         <v>88.434652053552696</v>
       </c>
       <c r="H88" s="4">
         <v>113.335362965999</v>
       </c>
-    </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I88" s="4">
+        <v>134.603679</v>
+      </c>
+      <c r="J88" s="4">
+        <v>100.41699</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A89" s="9" t="s">
         <v>85</v>
       </c>
       <c r="B89" s="5">
         <v>1.78413</v>
       </c>
       <c r="C89" s="4">
         <v>99.9434486342778</v>
       </c>
       <c r="D89" s="4">
         <v>102.914342092528</v>
       </c>
       <c r="E89" s="4">
         <v>112.065127231099</v>
       </c>
       <c r="F89" s="4">
         <v>108.012657085573</v>
       </c>
       <c r="G89" s="4">
         <v>94.714320803404803</v>
       </c>
       <c r="H89" s="4">
         <v>108.590312210886</v>
       </c>
-    </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I89" s="4">
+        <v>114.636938</v>
+      </c>
+      <c r="J89" s="4">
+        <v>124.357463</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A90" s="9" t="s">
         <v>86</v>
       </c>
       <c r="B90" s="5">
         <v>1.78413</v>
       </c>
       <c r="C90" s="4">
         <v>99.9434486342778</v>
       </c>
       <c r="D90" s="4">
         <v>102.914342092528</v>
       </c>
       <c r="E90" s="4">
         <v>112.065127231099</v>
       </c>
       <c r="F90" s="4">
         <v>108.012657085573</v>
       </c>
       <c r="G90" s="4">
         <v>94.714320803404803</v>
       </c>
       <c r="H90" s="4">
         <v>108.590312210886</v>
       </c>
-    </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I90" s="4">
+        <v>114.636938</v>
+      </c>
+      <c r="J90" s="4">
+        <v>124.357463</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A91" s="9" t="s">
         <v>87</v>
       </c>
       <c r="B91" s="5">
         <v>1.10643</v>
       </c>
       <c r="C91" s="4">
         <v>99.890087952404201</v>
       </c>
       <c r="D91" s="4">
         <v>113.99833291087501</v>
       </c>
       <c r="E91" s="4">
         <v>108.771843450383</v>
       </c>
       <c r="F91" s="4">
         <v>110.87997704541399</v>
       </c>
       <c r="G91" s="4">
         <v>109.823619748968</v>
       </c>
       <c r="H91" s="4">
         <v>116.918806456585</v>
       </c>
-    </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I91" s="4">
+        <v>116.237334</v>
+      </c>
+      <c r="J91" s="4">
+        <v>95.042465000000007</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A92" s="9" t="s">
         <v>88</v>
       </c>
       <c r="B92" s="5">
         <v>1.10643</v>
       </c>
       <c r="C92" s="4">
         <v>99.890087952404201</v>
       </c>
       <c r="D92" s="4">
         <v>113.99833291087501</v>
       </c>
       <c r="E92" s="4">
         <v>108.771843450383</v>
       </c>
       <c r="F92" s="4">
         <v>110.87997704541399</v>
       </c>
       <c r="G92" s="4">
         <v>109.823619748968</v>
       </c>
       <c r="H92" s="4">
         <v>116.918806456585</v>
       </c>
-    </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I92" s="4">
+        <v>116.237334</v>
+      </c>
+      <c r="J92" s="4">
+        <v>95.042465000000007</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A93" s="9" t="s">
         <v>89</v>
       </c>
       <c r="B93" s="5">
         <v>1.92988</v>
       </c>
       <c r="C93" s="4">
         <v>99.974623806674103</v>
       </c>
       <c r="D93" s="4">
         <v>91.807130814350003</v>
       </c>
       <c r="E93" s="4">
         <v>90.072418366958104</v>
       </c>
       <c r="F93" s="4">
         <v>86.640611012670206</v>
       </c>
       <c r="G93" s="4">
         <v>83.274830140726095</v>
       </c>
       <c r="H93" s="4">
         <v>84.461455532236201</v>
       </c>
-    </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I93" s="4">
+        <v>83.120509999999996</v>
+      </c>
+      <c r="J93" s="4">
+        <v>86.012957</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A94" s="9" t="s">
         <v>90</v>
       </c>
       <c r="B94" s="5">
         <v>1.1578999999999999</v>
       </c>
       <c r="C94" s="4">
         <v>100.06167246199701</v>
       </c>
       <c r="D94" s="4">
         <v>87.039360898755305</v>
       </c>
       <c r="E94" s="4">
         <v>78.5855038521875</v>
       </c>
       <c r="F94" s="4">
         <v>73.840333034720899</v>
       </c>
       <c r="G94" s="4">
         <v>73.327171282505702</v>
       </c>
       <c r="H94" s="4">
         <v>76.618803829674803</v>
       </c>
-    </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I94" s="4">
+        <v>77.362371999999993</v>
+      </c>
+      <c r="J94" s="4">
+        <v>80.566951000000003</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A95" s="9" t="s">
         <v>91</v>
       </c>
       <c r="B95" s="5">
         <v>0.15178</v>
       </c>
       <c r="C95" s="4">
         <v>99.104331794912696</v>
       </c>
       <c r="D95" s="4">
         <v>105.621529996006</v>
       </c>
       <c r="E95" s="4">
         <v>123.273551360372</v>
       </c>
       <c r="F95" s="4">
         <v>127.063979802544</v>
       </c>
       <c r="G95" s="4">
         <v>121.538190429811</v>
       </c>
       <c r="H95" s="4">
         <v>99.547832063900302</v>
       </c>
-    </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="I95" s="4">
+        <v>87.128558999999996</v>
+      </c>
+      <c r="J95" s="4">
+        <v>94.375546</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A96" s="9" t="s">
         <v>92</v>
       </c>
       <c r="B96" s="5">
         <v>0.62019999999999997</v>
       </c>
       <c r="C96" s="4">
         <v>100.025090242578</v>
       </c>
       <c r="D96" s="4">
         <v>97.327690758683204</v>
       </c>
       <c r="E96" s="4">
         <v>103.393009064979</v>
       </c>
       <c r="F96" s="4">
         <v>100.645743156721</v>
       </c>
       <c r="G96" s="4">
         <v>92.482797517791695</v>
       </c>
       <c r="H96" s="4">
         <v>95.411465490991205</v>
+      </c>
+      <c r="I96" s="4">
+        <v>92.889948000000004</v>
+      </c>
+      <c r="J96" s="4">
+        <v>94.133977999999999</v>
       </c>
     </row>
     <row r="97" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="98" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="10" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="99" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="11" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A100" s="10"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
+  <mergeCells count="11">
+    <mergeCell ref="I3:I4"/>
+    <mergeCell ref="J3:J4"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>