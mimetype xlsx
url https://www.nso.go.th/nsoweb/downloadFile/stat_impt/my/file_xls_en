--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\11 เกษตร และประมง\sector_11_8\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E764461F-45A4-4C64-A9A9-3B69295AAC7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02075455-B0DD-41A1-AB8F-2F0F7639FFAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2730" yWindow="1740" windowWidth="12810" windowHeight="11760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>Planted area (1,000 rais)</t>
   </si>
   <si>
     <t>Harvested area (1,000 rais)</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <r>
       <t>Production</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1/</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -134,51 +134,54 @@
     <t>Average yield per Planted area (Kg.)</t>
   </si>
   <si>
     <r>
       <t>Average yield per harvested area</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1/</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (kg.)</t>
     </r>
   </si>
   <si>
-    <t>Major Rice: Area, Production and Yield Per Rai Year: 2012 - 2022</t>
+    <t>2024f</t>
+  </si>
+  <si>
+    <t>Major Rice: Area, Production and Yield Per Rai Year: 2012 - 2024f</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -254,75 +257,78 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -570,327 +576,344 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:N11"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="C1" workbookViewId="0">
-      <selection activeCell="L3" sqref="L3"/>
+      <selection activeCell="M15" sqref="M15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="33.140625" style="6" customWidth="1"/>
     <col min="2" max="7" width="8.42578125" style="6" customWidth="1"/>
     <col min="8" max="11" width="9" style="6"/>
-    <col min="12" max="13" width="9.7109375" style="6" customWidth="1"/>
-    <col min="14" max="16384" width="9" style="6"/>
+    <col min="12" max="14" width="9.7109375" style="6" customWidth="1"/>
+    <col min="15" max="16384" width="9" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="7" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:14" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
+      <c r="N1" s="6"/>
     </row>
-    <row r="3" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="10">
         <v>2012</v>
       </c>
       <c r="C3" s="10">
         <v>2013</v>
       </c>
       <c r="D3" s="10">
         <v>2014</v>
       </c>
       <c r="E3" s="10">
         <v>2015</v>
       </c>
       <c r="F3" s="10">
         <v>2016</v>
       </c>
       <c r="G3" s="10">
         <v>2017</v>
       </c>
       <c r="H3" s="10">
         <v>2018</v>
       </c>
       <c r="I3" s="10">
         <v>2019</v>
       </c>
       <c r="J3" s="10">
         <v>2020</v>
       </c>
       <c r="K3" s="10">
         <v>2021</v>
       </c>
       <c r="L3" s="10">
         <v>2022</v>
       </c>
       <c r="M3" s="10">
         <v>2023</v>
       </c>
+      <c r="N3" s="10" t="s">
+        <v>8</v>
+      </c>
     </row>
-    <row r="4" spans="1:13" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3">
         <v>64951</v>
       </c>
       <c r="C4" s="3">
         <v>62080</v>
       </c>
       <c r="D4" s="3">
         <v>60791</v>
       </c>
       <c r="E4" s="3">
         <v>58063</v>
       </c>
       <c r="F4" s="3">
         <v>58645</v>
       </c>
       <c r="G4" s="3">
         <v>59221</v>
       </c>
       <c r="H4" s="3">
         <v>59981</v>
       </c>
       <c r="I4" s="3">
         <v>61197</v>
       </c>
       <c r="J4" s="3">
         <v>62437</v>
       </c>
       <c r="K4" s="3">
         <v>63013</v>
       </c>
       <c r="L4" s="3">
         <v>62838</v>
       </c>
       <c r="M4" s="3">
         <v>62098</v>
       </c>
+      <c r="N4" s="11">
+        <v>62020</v>
+      </c>
     </row>
-    <row r="5" spans="1:13" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:14" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="3">
         <v>58766</v>
       </c>
       <c r="C5" s="3">
         <v>58136</v>
       </c>
       <c r="D5" s="3">
         <v>58247</v>
       </c>
       <c r="E5" s="3">
         <v>55096</v>
       </c>
       <c r="F5" s="3">
         <v>56546</v>
       </c>
       <c r="G5" s="3">
         <v>54963</v>
       </c>
       <c r="H5" s="3">
         <v>55627</v>
       </c>
       <c r="I5" s="3">
         <v>54108</v>
       </c>
       <c r="J5" s="3">
         <v>60094</v>
       </c>
       <c r="K5" s="3">
         <v>60261</v>
       </c>
       <c r="L5" s="3">
         <v>59492</v>
       </c>
       <c r="M5" s="3">
         <v>60287</v>
       </c>
+      <c r="N5" s="11">
+        <v>60280</v>
+      </c>
     </row>
-    <row r="6" spans="1:13" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="3">
         <v>27234</v>
       </c>
       <c r="C6" s="3">
         <v>27090</v>
       </c>
       <c r="D6" s="3">
         <v>26270</v>
       </c>
       <c r="E6" s="3">
         <v>24312</v>
       </c>
       <c r="F6" s="3">
         <v>25236</v>
       </c>
       <c r="G6" s="3">
         <v>24934</v>
       </c>
       <c r="H6" s="3">
         <v>25178</v>
       </c>
       <c r="I6" s="3">
         <v>24064</v>
       </c>
       <c r="J6" s="3">
         <v>26424</v>
       </c>
       <c r="K6" s="3">
         <v>26807</v>
       </c>
       <c r="L6" s="3">
         <v>26712</v>
       </c>
       <c r="M6" s="3">
         <v>26934</v>
       </c>
+      <c r="N6" s="11">
+        <v>27007</v>
+      </c>
     </row>
-    <row r="7" spans="1:13" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="3">
         <v>419</v>
       </c>
       <c r="C7" s="3">
         <v>436</v>
       </c>
       <c r="D7" s="3">
         <v>432</v>
       </c>
       <c r="E7" s="3">
         <v>419</v>
       </c>
       <c r="F7" s="3">
         <v>430</v>
       </c>
       <c r="G7" s="3">
         <v>421</v>
       </c>
       <c r="H7" s="3">
         <v>420</v>
       </c>
       <c r="I7" s="3">
         <v>393</v>
       </c>
       <c r="J7" s="3">
         <v>423</v>
       </c>
       <c r="K7" s="3">
         <v>425</v>
       </c>
       <c r="L7" s="3">
         <v>425</v>
       </c>
       <c r="M7" s="3">
         <v>434</v>
       </c>
+      <c r="N7" s="11"/>
     </row>
-    <row r="8" spans="1:13" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" s="9" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="3">
         <v>463</v>
       </c>
       <c r="C8" s="3">
         <v>466</v>
       </c>
       <c r="D8" s="3">
         <v>451</v>
       </c>
       <c r="E8" s="3">
         <v>441</v>
       </c>
       <c r="F8" s="3">
         <v>446</v>
       </c>
       <c r="G8" s="3">
         <v>454</v>
       </c>
       <c r="H8" s="3">
         <v>453</v>
       </c>
       <c r="I8" s="3">
         <v>445</v>
       </c>
       <c r="J8" s="3">
         <v>440</v>
       </c>
       <c r="K8" s="3">
         <v>445</v>
       </c>
       <c r="L8" s="3">
         <v>449</v>
       </c>
       <c r="M8" s="3">
         <v>447</v>
       </c>
+      <c r="N8" s="11">
+        <v>448</v>
+      </c>
     </row>
-    <row r="9" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="8"/>
     </row>
-    <row r="10" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:14" ht="15" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A11" s="4" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>