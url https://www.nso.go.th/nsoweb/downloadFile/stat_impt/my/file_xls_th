--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NSO\Desktop\Update static\11 เกษตร และประมง\sector_11_8\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D75AD51-75DF-4E10-ABBF-131AC0AFE312}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E8A6C11-AC68-46FE-9003-3E4C22099EA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11895" yWindow="0" windowWidth="12210" windowHeight="12885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1950" yWindow="1740" windowWidth="12810" windowHeight="11760" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
     <sheet name="Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="37">
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>เนื้อที่เพาะปลูก (พันไร่)</t>
   </si>
   <si>
     <t>เนื้อที่เก็บเกี่ยว (พันไร่)</t>
   </si>
   <si>
     <r>
       <t>ผลผลิต</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1/ </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -214,62 +214,79 @@
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>ประเทศ</t>
   </si>
   <si>
     <t>ข้าวนาปี</t>
   </si>
   <si>
     <t>การปลูกข้าวนาปี</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
-    <t>การปลูกข้าวนาปี: เนื้อที่ ผลผลิต และผลผลิตต่อไร่ พ.ศ. 2555 - 2566</t>
+    <t>2567f</t>
+  </si>
+  <si>
+    <t>การปลูกข้าวนาปี: เนื้อที่ ผลผลิต และผลผลิตต่อไร่ พ.ศ. 2555 - 2567f</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">                </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">    f  คือ ตัวเลขจากการคาดคะเน</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -312,50 +329,56 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
@@ -409,51 +432,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -470,50 +493,53 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{D280F06E-CA95-41BA-83DC-FE8BEBA50AC3}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{4046BDD8-896B-408E-804E-09A3E7683F45}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -761,332 +787,354 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:N12"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="M9" sqref="M9"/>
+      <selection activeCell="N18" sqref="N18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.7109375" style="2" customWidth="1"/>
     <col min="2" max="7" width="8.42578125" style="2" customWidth="1"/>
     <col min="8" max="11" width="9" style="2"/>
     <col min="12" max="12" width="11" style="2" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="10.85546875" style="2" customWidth="1"/>
-    <col min="14" max="16384" width="9" style="2"/>
+    <col min="13" max="14" width="10.85546875" style="2" customWidth="1"/>
+    <col min="15" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-    <row r="3" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:14" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="3">
         <v>2555</v>
       </c>
       <c r="C3" s="3">
         <v>2556</v>
       </c>
       <c r="D3" s="3">
         <v>2557</v>
       </c>
       <c r="E3" s="3">
         <v>2558</v>
       </c>
       <c r="F3" s="3">
         <v>2559</v>
       </c>
       <c r="G3" s="3">
         <v>2560</v>
       </c>
       <c r="H3" s="3">
         <v>2561</v>
       </c>
       <c r="I3" s="3">
         <v>2562</v>
       </c>
       <c r="J3" s="3">
         <v>2563</v>
       </c>
       <c r="K3" s="3">
         <v>2564</v>
       </c>
       <c r="L3" s="3">
         <v>2565</v>
       </c>
       <c r="M3" s="3">
         <v>2566</v>
       </c>
-    </row>
-    <row r="4" spans="1:13" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N3" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="5">
         <v>64951</v>
       </c>
       <c r="C4" s="5">
         <v>62080</v>
       </c>
       <c r="D4" s="5">
         <v>60791</v>
       </c>
       <c r="E4" s="5">
         <v>58063</v>
       </c>
       <c r="F4" s="5">
         <v>58645</v>
       </c>
       <c r="G4" s="5">
         <v>59221</v>
       </c>
       <c r="H4" s="5">
         <v>59981</v>
       </c>
       <c r="I4" s="5">
         <v>61197</v>
       </c>
       <c r="J4" s="5">
         <v>62437</v>
       </c>
       <c r="K4" s="5">
         <v>63013</v>
       </c>
       <c r="L4" s="5">
         <v>62838</v>
       </c>
       <c r="M4" s="5">
         <v>62098</v>
       </c>
-    </row>
-    <row r="5" spans="1:13" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N4" s="26">
+        <v>62020</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="5">
         <v>58766</v>
       </c>
       <c r="C5" s="5">
         <v>58136</v>
       </c>
       <c r="D5" s="5">
         <v>58247</v>
       </c>
       <c r="E5" s="5">
         <v>55096</v>
       </c>
       <c r="F5" s="5">
         <v>56546</v>
       </c>
       <c r="G5" s="5">
         <v>54963</v>
       </c>
       <c r="H5" s="5">
         <v>55627</v>
       </c>
       <c r="I5" s="5">
         <v>54108</v>
       </c>
       <c r="J5" s="5">
         <v>60094</v>
       </c>
       <c r="K5" s="5">
         <v>60261</v>
       </c>
       <c r="L5" s="5">
         <v>59492</v>
       </c>
       <c r="M5" s="5">
         <v>60287</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N5" s="26">
+        <v>60280</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
         <v>27234</v>
       </c>
       <c r="C6" s="5">
         <v>27090</v>
       </c>
       <c r="D6" s="5">
         <v>26270</v>
       </c>
       <c r="E6" s="5">
         <v>24312</v>
       </c>
       <c r="F6" s="5">
         <v>25236</v>
       </c>
       <c r="G6" s="5">
         <v>24934</v>
       </c>
       <c r="H6" s="5">
         <v>25178</v>
       </c>
       <c r="I6" s="5">
         <v>24064</v>
       </c>
       <c r="J6" s="5">
         <v>26424</v>
       </c>
       <c r="K6" s="5">
         <v>26807</v>
       </c>
       <c r="L6" s="5">
         <v>26712</v>
       </c>
       <c r="M6" s="5">
         <v>26934</v>
       </c>
-    </row>
-    <row r="7" spans="1:13" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N6" s="26">
+        <v>27007</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="5">
         <v>419</v>
       </c>
       <c r="C7" s="5">
         <v>436</v>
       </c>
       <c r="D7" s="5">
         <v>432</v>
       </c>
       <c r="E7" s="5">
         <v>419</v>
       </c>
       <c r="F7" s="5">
         <v>430</v>
       </c>
       <c r="G7" s="5">
         <v>421</v>
       </c>
       <c r="H7" s="5">
         <v>420</v>
       </c>
       <c r="I7" s="5">
         <v>393</v>
       </c>
       <c r="J7" s="5">
         <v>423</v>
       </c>
       <c r="K7" s="5">
         <v>425</v>
       </c>
       <c r="L7" s="5">
         <v>425</v>
       </c>
       <c r="M7" s="5">
         <v>434</v>
       </c>
-    </row>
-    <row r="8" spans="1:13" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N7" s="26"/>
+    </row>
+    <row r="8" spans="1:14" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="5">
         <v>463</v>
       </c>
       <c r="C8" s="5">
         <v>466</v>
       </c>
       <c r="D8" s="5">
         <v>451</v>
       </c>
       <c r="E8" s="5">
         <v>441</v>
       </c>
       <c r="F8" s="5">
         <v>446</v>
       </c>
       <c r="G8" s="5">
         <v>454</v>
       </c>
       <c r="H8" s="5">
         <v>453</v>
       </c>
       <c r="I8" s="5">
         <v>445</v>
       </c>
       <c r="J8" s="5">
         <v>440</v>
       </c>
       <c r="K8" s="5">
         <v>445</v>
       </c>
       <c r="L8" s="5">
         <v>449</v>
       </c>
       <c r="M8" s="5">
         <v>447</v>
       </c>
-    </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="N8" s="26">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A9" s="8"/>
     </row>
-    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="10" t="s">
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC9F998E-E9B4-4C13-9B87-53DCEC946E2A}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5:C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="12" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" style="12" customWidth="1"/>
     <col min="3" max="3" width="52.7109375" style="12" customWidth="1"/>
     <col min="4" max="256" width="9.140625" style="12"/>
     <col min="257" max="257" width="8.28515625" style="12" customWidth="1"/>
     <col min="258" max="258" width="30.5703125" style="12" customWidth="1"/>
     <col min="259" max="259" width="52.7109375" style="12" customWidth="1"/>
     <col min="260" max="512" width="9.140625" style="12"/>
     <col min="513" max="513" width="8.28515625" style="12" customWidth="1"/>
     <col min="514" max="514" width="30.5703125" style="12" customWidth="1"/>