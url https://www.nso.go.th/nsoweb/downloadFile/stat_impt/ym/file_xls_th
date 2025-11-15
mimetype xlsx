--- v0 (2025-10-10)
+++ v1 (2025-11-15)
@@ -1,63 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A22BEEC6-5535-4EFE-AD96-81A76D63AC19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6B1A4A6-EC0B-490B-83AB-30B7A1B9DF79}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ข้อมูล" sheetId="1" r:id="rId1"/>
-    <sheet name="Metadata" sheetId="2" r:id="rId2"/>
+    <sheet name="Metadata" sheetId="2" r:id="rId1"/>
+    <sheet name="ข้อมูล" sheetId="1" r:id="rId2"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">ข้อมูล!$C$1:$C$991</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1932" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1930" uniqueCount="128">
   <si>
     <t>ภาค</t>
   </si>
   <si>
     <t>จังหวัด</t>
   </si>
   <si>
     <t>ทั่วราชอาณาจักร</t>
   </si>
   <si>
     <t>เนื้อที่ที่ถือครองเพื่อการเกษตร</t>
   </si>
   <si>
     <t>เนื้อที่ของตนเอง</t>
   </si>
   <si>
     <t>ของตนเอง</t>
   </si>
   <si>
     <t>จำนองของผู้อื่น</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
@@ -434,67 +437,66 @@
   <si>
     <t>แหล่งที่มา</t>
   </si>
   <si>
     <t>รูปแบบการเก็บข้อมูล</t>
   </si>
   <si>
     <t>ข้อมูลสาธารณะ</t>
   </si>
   <si>
     <t>สัญญาอนุญาตให้ใช้ข้อมูล</t>
   </si>
   <si>
     <t>License not specified</t>
   </si>
   <si>
     <t>XLS</t>
   </si>
   <si>
     <t>ค่าความถี่ของการปรับปรุงข้อมูล</t>
   </si>
   <si>
     <t>หมวดหมู่ข้อมูลตามธรรมาภิบาลข้อมูลภาครัฐ</t>
   </si>
   <si>
-    <t>2563P</t>
+    <t>ลักษณะการถือครองที่ดินทางการเกษตร จำแนกเป็นรายภาค และจังหวัด พ.ศ. 2555 - 2566</t>
   </si>
   <si>
-    <t>2564P</t>
-[...2 lines deleted...]
-    <t>ลักษณะการถือครองที่ดินทางการเกษตร จำแนกเป็นรายภาค และจังหวัด พ.ศ. 2555 - 2564</t>
+    <t xml:space="preserve">    </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="3">
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="\-"/>
+    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -516,67 +518,78 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -606,56 +619,57 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
@@ -681,64 +695,91 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="4" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Comma" xfId="3" builtinId="3"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{696D28EE-19CA-44AD-BD64-3204E421BA36}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{A22DAE5D-0E27-477B-B32B-655675544299}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -1002,33245 +1043,50 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...33193 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{429C7842-DB89-40AB-BCC4-FC45ED4FCAE7}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5:C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="13" customWidth="1"/>
     <col min="2" max="2" width="37.28515625" style="13" customWidth="1"/>
     <col min="3" max="3" width="52.7109375" style="13" customWidth="1"/>
     <col min="4" max="256" width="9.140625" style="13"/>
     <col min="257" max="257" width="8.28515625" style="13" customWidth="1"/>
     <col min="258" max="258" width="30.5703125" style="13" customWidth="1"/>
     <col min="259" max="259" width="52.7109375" style="13" customWidth="1"/>
     <col min="260" max="512" width="9.140625" style="13"/>
     <col min="513" max="513" width="8.28515625" style="13" customWidth="1"/>
     <col min="514" max="514" width="30.5703125" style="13" customWidth="1"/>
     <col min="515" max="515" width="52.7109375" style="13" customWidth="1"/>
     <col min="516" max="768" width="9.140625" style="13"/>
     <col min="769" max="769" width="8.28515625" style="13" customWidth="1"/>
     <col min="770" max="770" width="30.5703125" style="13" customWidth="1"/>
     <col min="771" max="771" width="52.7109375" style="13" customWidth="1"/>
     <col min="772" max="1024" width="9.140625" style="13"/>
@@ -34635,62 +1481,37530 @@
         <v>13</v>
       </c>
       <c r="B15" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3" s="17" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="A16" s="24">
         <v>14</v>
       </c>
       <c r="B16" s="25" t="s">
         <v>121</v>
       </c>
       <c r="C16" s="26" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:O991"/>
+  <sheetViews>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="O5" sqref="O5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="19.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="19" style="2" customWidth="1"/>
+    <col min="3" max="3" width="33.28515625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="11.42578125" style="1" customWidth="1"/>
+    <col min="5" max="10" width="10.85546875" style="1" customWidth="1"/>
+    <col min="11" max="11" width="14.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="14.28515625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" style="1" customWidth="1"/>
+    <col min="14" max="15" width="12.42578125" style="31" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="40" t="s">
+        <v>126</v>
+      </c>
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+      <c r="D1" s="40"/>
+      <c r="E1" s="40"/>
+      <c r="F1" s="40"/>
+      <c r="G1" s="40"/>
+      <c r="H1" s="40"/>
+      <c r="I1" s="40"/>
+      <c r="J1" s="40"/>
+      <c r="K1" s="28"/>
+      <c r="L1" s="28"/>
+    </row>
+    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="40" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
+      <c r="F2" s="40"/>
+      <c r="G2" s="40"/>
+      <c r="H2" s="40"/>
+      <c r="I2" s="40"/>
+      <c r="J2" s="40"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+    </row>
+    <row r="3" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="40" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" s="40"/>
+      <c r="C3" s="40"/>
+      <c r="D3" s="40"/>
+      <c r="E3" s="40"/>
+      <c r="F3" s="40"/>
+      <c r="G3" s="40"/>
+      <c r="H3" s="40"/>
+      <c r="I3" s="40"/>
+      <c r="J3" s="40"/>
+      <c r="K3" s="28"/>
+      <c r="L3" s="28"/>
+    </row>
+    <row r="4" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D4" s="4">
+        <v>2555</v>
+      </c>
+      <c r="E4" s="4">
+        <v>2556</v>
+      </c>
+      <c r="F4" s="4">
+        <v>2557</v>
+      </c>
+      <c r="G4" s="4">
+        <v>2558</v>
+      </c>
+      <c r="H4" s="4">
+        <v>2559</v>
+      </c>
+      <c r="I4" s="4">
+        <v>2560</v>
+      </c>
+      <c r="J4" s="4">
+        <v>2561</v>
+      </c>
+      <c r="K4" s="4">
+        <v>2562</v>
+      </c>
+      <c r="L4" s="4">
+        <v>2563</v>
+      </c>
+      <c r="M4" s="4">
+        <v>2564</v>
+      </c>
+      <c r="N4" s="34">
+        <v>2565</v>
+      </c>
+      <c r="O4" s="34">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="6">
+        <v>149240065</v>
+      </c>
+      <c r="E5" s="6">
+        <v>149236232.541006</v>
+      </c>
+      <c r="F5" s="6">
+        <v>149225194</v>
+      </c>
+      <c r="G5" s="6">
+        <v>149242394</v>
+      </c>
+      <c r="H5" s="6">
+        <v>149260164</v>
+      </c>
+      <c r="I5" s="6">
+        <v>149253717</v>
+      </c>
+      <c r="J5" s="6">
+        <v>149244274</v>
+      </c>
+      <c r="K5" s="6">
+        <v>149252451</v>
+      </c>
+      <c r="L5" s="6">
+        <v>149251940.56131801</v>
+      </c>
+      <c r="M5" s="6">
+        <v>149745431</v>
+      </c>
+      <c r="N5" s="30">
+        <v>149745431</v>
+      </c>
+      <c r="O5" s="30">
+        <v>149745431</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="39"/>
+      <c r="B6" s="39"/>
+      <c r="C6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D6" s="6">
+        <v>71632598.233727798</v>
+      </c>
+      <c r="E6" s="6">
+        <v>71535295.229057103</v>
+      </c>
+      <c r="F6" s="6">
+        <v>71546321.623522401</v>
+      </c>
+      <c r="G6" s="6">
+        <v>71552770.194365904</v>
+      </c>
+      <c r="H6" s="6">
+        <v>71579737.192778498</v>
+      </c>
+      <c r="I6" s="6">
+        <v>71593348.986931294</v>
+      </c>
+      <c r="J6" s="6">
+        <v>71587039</v>
+      </c>
+      <c r="K6" s="6">
+        <v>71587043.281303197</v>
+      </c>
+      <c r="L6" s="6">
+        <v>71604916.657276198</v>
+      </c>
+      <c r="M6" s="6">
+        <v>72354961.993231893</v>
+      </c>
+      <c r="N6" s="30">
+        <v>72354961.993231893</v>
+      </c>
+      <c r="O6" s="30">
+        <v>72354961.993231893</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="39"/>
+      <c r="B7" s="39"/>
+      <c r="C7" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="6">
+        <v>41756930.023235798</v>
+      </c>
+      <c r="E7" s="6">
+        <v>41667408.466036297</v>
+      </c>
+      <c r="F7" s="6">
+        <v>41705932.469440296</v>
+      </c>
+      <c r="G7" s="6">
+        <v>41701326.180636697</v>
+      </c>
+      <c r="H7" s="6">
+        <v>41720266.731504798</v>
+      </c>
+      <c r="I7" s="6">
+        <v>41727748.536597803</v>
+      </c>
+      <c r="J7" s="6">
+        <v>41720247</v>
+      </c>
+      <c r="K7" s="6">
+        <v>41713854.68</v>
+      </c>
+      <c r="L7" s="6">
+        <v>41702356.030000001</v>
+      </c>
+      <c r="M7" s="6">
+        <v>42237334.600000001</v>
+      </c>
+      <c r="N7" s="30">
+        <v>42237334.598339401</v>
+      </c>
+      <c r="O7" s="30">
+        <v>42237334.598339401</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="39"/>
+      <c r="B8" s="39"/>
+      <c r="C8" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="6">
+        <v>29759822.545542501</v>
+      </c>
+      <c r="E8" s="6">
+        <v>29752638.882369101</v>
+      </c>
+      <c r="F8" s="6">
+        <v>29724505.1496653</v>
+      </c>
+      <c r="G8" s="6">
+        <v>29735527.2618609</v>
+      </c>
+      <c r="H8" s="6">
+        <v>29743451.808091499</v>
+      </c>
+      <c r="I8" s="6">
+        <v>29749619.274681602</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M8" s="5"/>
+      <c r="N8" s="30"/>
+      <c r="O8" s="30"/>
+    </row>
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="39"/>
+      <c r="B9" s="39"/>
+      <c r="C9" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="6">
+        <v>115845.664949475</v>
+      </c>
+      <c r="E9" s="6">
+        <v>115247.880651662</v>
+      </c>
+      <c r="F9" s="6">
+        <v>115884.00441668701</v>
+      </c>
+      <c r="G9" s="6">
+        <v>115916.75186839599</v>
+      </c>
+      <c r="H9" s="6">
+        <v>116018.653182219</v>
+      </c>
+      <c r="I9" s="6">
+        <v>115981.17565188299</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M9" s="5"/>
+      <c r="N9" s="30"/>
+      <c r="O9" s="30"/>
+    </row>
+    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="39"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="5"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="J10" s="6">
+        <v>29866794</v>
+      </c>
+      <c r="K10" s="6">
+        <v>29873188.604859199</v>
+      </c>
+      <c r="L10" s="6">
+        <v>29902560.631338902</v>
+      </c>
+      <c r="M10" s="6">
+        <v>30117627.394892499</v>
+      </c>
+      <c r="N10" s="30">
+        <v>30117627.394892499</v>
+      </c>
+      <c r="O10" s="30">
+        <v>30117627.394892499</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="39"/>
+      <c r="B11" s="39"/>
+      <c r="C11" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="6">
+        <v>77607466.766272202</v>
+      </c>
+      <c r="E11" s="6">
+        <v>77700937.311948597</v>
+      </c>
+      <c r="F11" s="6">
+        <v>77678872.376477599</v>
+      </c>
+      <c r="G11" s="6">
+        <v>77689623.805634096</v>
+      </c>
+      <c r="H11" s="6">
+        <v>77680426.807221502</v>
+      </c>
+      <c r="I11" s="6">
+        <v>77660368.013068706</v>
+      </c>
+      <c r="J11" s="6">
+        <v>77657235</v>
+      </c>
+      <c r="K11" s="6">
+        <v>77665407.718696803</v>
+      </c>
+      <c r="L11" s="6">
+        <v>77647023.904041603</v>
+      </c>
+      <c r="M11" s="6">
+        <v>77390469.006768107</v>
+      </c>
+      <c r="N11" s="30">
+        <v>77390469.006768107</v>
+      </c>
+      <c r="O11" s="30">
+        <v>77390469.006768107</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="39"/>
+      <c r="B12" s="39"/>
+      <c r="C12" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="6">
+        <v>29320270.629276201</v>
+      </c>
+      <c r="E12" s="6">
+        <v>29229696.3706735</v>
+      </c>
+      <c r="F12" s="6">
+        <v>29251513.655261699</v>
+      </c>
+      <c r="G12" s="6">
+        <v>29237934.5741028</v>
+      </c>
+      <c r="H12" s="6">
+        <v>29234820.208477199</v>
+      </c>
+      <c r="I12" s="6">
+        <v>29228816.636731301</v>
+      </c>
+      <c r="J12" s="6">
+        <v>29224513</v>
+      </c>
+      <c r="K12" s="6">
+        <v>29226839.733538799</v>
+      </c>
+      <c r="L12" s="6">
+        <v>29030459.221874502</v>
+      </c>
+      <c r="M12" s="6">
+        <v>29009335.517920598</v>
+      </c>
+      <c r="N12" s="30">
+        <v>29009335.517920598</v>
+      </c>
+      <c r="O12" s="30">
+        <v>29009335.517920598</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="39"/>
+      <c r="B13" s="39"/>
+      <c r="C13" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" s="6">
+        <v>709960.30368804198</v>
+      </c>
+      <c r="E13" s="6">
+        <v>707692.81313871301</v>
+      </c>
+      <c r="F13" s="6">
+        <v>705258.63708712405</v>
+      </c>
+      <c r="G13" s="6">
+        <v>704555.36278538394</v>
+      </c>
+      <c r="H13" s="6">
+        <v>704284.06036532496</v>
+      </c>
+      <c r="I13" s="6">
+        <v>704548.16610805702</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L13" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M13" s="5"/>
+      <c r="N13" s="30"/>
+      <c r="O13" s="30"/>
+    </row>
+    <row r="14" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="39"/>
+      <c r="B14" s="39"/>
+      <c r="C14" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="6">
+        <v>52978.5102817808</v>
+      </c>
+      <c r="E14" s="6">
+        <v>53044.538206784899</v>
+      </c>
+      <c r="F14" s="6">
+        <v>52682.728615891603</v>
+      </c>
+      <c r="G14" s="6">
+        <v>52702.596296166601</v>
+      </c>
+      <c r="H14" s="6">
+        <v>52683.217527993504</v>
+      </c>
+      <c r="I14" s="6">
+        <v>52655.087080963996</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L14" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M14" s="5"/>
+      <c r="N14" s="30"/>
+      <c r="O14" s="30"/>
+    </row>
+    <row r="15" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="39"/>
+      <c r="B15" s="39"/>
+      <c r="C15" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="5"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="6">
+        <v>48432722</v>
+      </c>
+      <c r="K15" s="6">
+        <v>48438567.9851579</v>
+      </c>
+      <c r="L15" s="6">
+        <v>48616564.682167202</v>
+      </c>
+      <c r="M15" s="6">
+        <v>48381133.488847598</v>
+      </c>
+      <c r="N15" s="30">
+        <v>48381133.488847598</v>
+      </c>
+      <c r="O15" s="30">
+        <v>48381133.488847598</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="39"/>
+      <c r="B16" s="39"/>
+      <c r="C16" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="6">
+        <v>47524257.323026098</v>
+      </c>
+      <c r="E16" s="6">
+        <v>47710503.5899297</v>
+      </c>
+      <c r="F16" s="6">
+        <v>47669417.355512999</v>
+      </c>
+      <c r="G16" s="6">
+        <v>47694431.272449702</v>
+      </c>
+      <c r="H16" s="6">
+        <v>47688639.320850998</v>
+      </c>
+      <c r="I16" s="6">
+        <v>47674348.1231483</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L16" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M16" s="5"/>
+      <c r="N16" s="30"/>
+      <c r="O16" s="30"/>
+    </row>
+    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" s="6">
+        <v>235714</v>
+      </c>
+      <c r="E17" s="6">
+        <v>233336.45838817299</v>
+      </c>
+      <c r="F17" s="6">
+        <v>233303</v>
+      </c>
+      <c r="G17" s="6">
+        <v>233185</v>
+      </c>
+      <c r="H17" s="6">
+        <v>233214</v>
+      </c>
+      <c r="I17" s="6">
+        <v>233389</v>
+      </c>
+      <c r="J17" s="6">
+        <v>233459</v>
+      </c>
+      <c r="K17" s="6">
+        <v>233367</v>
+      </c>
+      <c r="L17" s="6">
+        <v>226843.270739434</v>
+      </c>
+      <c r="M17" s="6">
+        <v>218452</v>
+      </c>
+      <c r="N17" s="30">
+        <v>218452</v>
+      </c>
+      <c r="O17" s="30">
+        <v>218452</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="39"/>
+      <c r="B18" s="39"/>
+      <c r="C18" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D18" s="6">
+        <v>145317.960569955</v>
+      </c>
+      <c r="E18" s="6">
+        <v>143768.31205958599</v>
+      </c>
+      <c r="F18" s="6">
+        <v>143610.75272035299</v>
+      </c>
+      <c r="G18" s="6">
+        <v>143530.51889716601</v>
+      </c>
+      <c r="H18" s="6">
+        <v>143423.31499765799</v>
+      </c>
+      <c r="I18" s="6">
+        <v>143461.11254794299</v>
+      </c>
+      <c r="J18" s="6">
+        <v>143388</v>
+      </c>
+      <c r="K18" s="6">
+        <v>143206.45354131199</v>
+      </c>
+      <c r="L18" s="6">
+        <v>139083.409889337</v>
+      </c>
+      <c r="M18" s="6">
+        <v>133823.492</v>
+      </c>
+      <c r="N18" s="30">
+        <v>133823.49199189001</v>
+      </c>
+      <c r="O18" s="30">
+        <v>133823.49199189001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="39"/>
+      <c r="B19" s="39"/>
+      <c r="C19" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D19" s="6">
+        <v>138422.53052312499</v>
+      </c>
+      <c r="E19" s="6">
+        <v>136946.64521094601</v>
+      </c>
+      <c r="F19" s="6">
+        <v>136796.967536007</v>
+      </c>
+      <c r="G19" s="6">
+        <v>136609.554841009</v>
+      </c>
+      <c r="H19" s="6">
+        <v>136506.28091099201</v>
+      </c>
+      <c r="I19" s="6">
+        <v>136537.81575318499</v>
+      </c>
+      <c r="J19" s="6">
+        <v>136469</v>
+      </c>
+      <c r="K19" s="6">
+        <v>136283.50443816499</v>
+      </c>
+      <c r="L19" s="6">
+        <v>132360.27786278899</v>
+      </c>
+      <c r="M19" s="6">
+        <v>127355.09817893201</v>
+      </c>
+      <c r="N19" s="30">
+        <v>127355.09817893201</v>
+      </c>
+      <c r="O19" s="30">
+        <v>127355.09817893201</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="39"/>
+      <c r="B20" s="39"/>
+      <c r="C20" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D20" s="6">
+        <v>6895.4300468301599</v>
+      </c>
+      <c r="E20" s="6">
+        <v>6821.6668486399503</v>
+      </c>
+      <c r="F20" s="6">
+        <v>6813.7851843461804</v>
+      </c>
+      <c r="G20" s="6">
+        <v>6920.9640561570704</v>
+      </c>
+      <c r="H20" s="6">
+        <v>6917.0340866659599</v>
+      </c>
+      <c r="I20" s="6">
+        <v>6923.29679475782</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L20" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M20" s="5"/>
+      <c r="N20" s="30"/>
+      <c r="O20" s="30"/>
+    </row>
+    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="39"/>
+      <c r="B21" s="39"/>
+      <c r="C21" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="7">
+        <v>0</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0</v>
+      </c>
+      <c r="F21" s="7">
+        <v>0</v>
+      </c>
+      <c r="G21" s="7">
+        <v>0</v>
+      </c>
+      <c r="H21" s="7">
+        <v>0</v>
+      </c>
+      <c r="I21" s="7">
+        <v>0</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L21" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M21" s="5"/>
+      <c r="N21" s="30"/>
+      <c r="O21" s="30"/>
+    </row>
+    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="39"/>
+      <c r="B22" s="39"/>
+      <c r="C22" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="5"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="6">
+        <v>6919</v>
+      </c>
+      <c r="K22" s="6">
+        <v>6922.9491031466696</v>
+      </c>
+      <c r="L22" s="6">
+        <v>6723.1320265479299</v>
+      </c>
+      <c r="M22" s="6">
+        <v>6468.3938129583103</v>
+      </c>
+      <c r="N22" s="30">
+        <v>6468.3938129583103</v>
+      </c>
+      <c r="O22" s="30">
+        <v>6468.3938129583103</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="39"/>
+      <c r="B23" s="39"/>
+      <c r="C23" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="6">
+        <v>90396.039430044504</v>
+      </c>
+      <c r="E23" s="6">
+        <v>89568.146328586998</v>
+      </c>
+      <c r="F23" s="6">
+        <v>89692.247279646705</v>
+      </c>
+      <c r="G23" s="6">
+        <v>89654.481102833903</v>
+      </c>
+      <c r="H23" s="6">
+        <v>89790.685002342405</v>
+      </c>
+      <c r="I23" s="6">
+        <v>89927.887452056806</v>
+      </c>
+      <c r="J23" s="6">
+        <v>90071</v>
+      </c>
+      <c r="K23" s="6">
+        <v>90160.546458688201</v>
+      </c>
+      <c r="L23" s="6">
+        <v>87759.860850096797</v>
+      </c>
+      <c r="M23" s="6">
+        <v>84628.508010000005</v>
+      </c>
+      <c r="N23" s="30">
+        <v>84628.508008110104</v>
+      </c>
+      <c r="O23" s="30">
+        <v>84628.508008110104</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="39"/>
+      <c r="B24" s="39"/>
+      <c r="C24" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" s="6">
+        <v>87386.196588185194</v>
+      </c>
+      <c r="E24" s="6">
+        <v>86591.540986494205</v>
+      </c>
+      <c r="F24" s="6">
+        <v>86718.235822538001</v>
+      </c>
+      <c r="G24" s="6">
+        <v>86686.053918260499</v>
+      </c>
+      <c r="H24" s="6">
+        <v>86823.094860522106</v>
+      </c>
+      <c r="I24" s="6">
+        <v>86935.912403814902</v>
+      </c>
+      <c r="J24" s="6">
+        <v>87077</v>
+      </c>
+      <c r="K24" s="6">
+        <v>87148.132688828002</v>
+      </c>
+      <c r="L24" s="6">
+        <v>84799.354863731307</v>
+      </c>
+      <c r="M24" s="6">
+        <v>81746.485249999998</v>
+      </c>
+      <c r="N24" s="30">
+        <v>81746.485250077298</v>
+      </c>
+      <c r="O24" s="30">
+        <v>81746.485250077298</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="39"/>
+      <c r="B25" s="39"/>
+      <c r="C25" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" s="7">
+        <v>0</v>
+      </c>
+      <c r="E25" s="7">
+        <v>0</v>
+      </c>
+      <c r="F25" s="7">
+        <v>0</v>
+      </c>
+      <c r="G25" s="7">
+        <v>0</v>
+      </c>
+      <c r="H25" s="7">
+        <v>0</v>
+      </c>
+      <c r="I25" s="7">
+        <v>0</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M25" s="5"/>
+      <c r="N25" s="30"/>
+      <c r="O25" s="30"/>
+    </row>
+    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="39"/>
+      <c r="B26" s="39"/>
+      <c r="C26" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="7">
+        <v>0</v>
+      </c>
+      <c r="E26" s="7">
+        <v>0</v>
+      </c>
+      <c r="F26" s="7">
+        <v>0</v>
+      </c>
+      <c r="G26" s="7">
+        <v>0</v>
+      </c>
+      <c r="H26" s="7">
+        <v>0</v>
+      </c>
+      <c r="I26" s="7">
+        <v>0</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L26" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M26" s="5"/>
+      <c r="N26" s="30"/>
+      <c r="O26" s="30"/>
+    </row>
+    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="39"/>
+      <c r="B27" s="39"/>
+      <c r="C27" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="5"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="6">
+        <v>2994</v>
+      </c>
+      <c r="K27" s="6">
+        <v>3012.4137698602699</v>
+      </c>
+      <c r="L27" s="6">
+        <v>2960.5059863655902</v>
+      </c>
+      <c r="M27" s="6">
+        <v>2882.0227580000001</v>
+      </c>
+      <c r="N27" s="30">
+        <v>2882.0227580328701</v>
+      </c>
+      <c r="O27" s="30">
+        <v>2882.0227580328701</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="39"/>
+      <c r="B28" s="39"/>
+      <c r="C28" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="6">
+        <v>3009.8428418592898</v>
+      </c>
+      <c r="E28" s="6">
+        <v>2976.6053420928101</v>
+      </c>
+      <c r="F28" s="6">
+        <v>2974.0114571087502</v>
+      </c>
+      <c r="G28" s="6">
+        <v>2968.4271845734002</v>
+      </c>
+      <c r="H28" s="6">
+        <v>2967.5901418203598</v>
+      </c>
+      <c r="I28" s="6">
+        <v>2991.9750482419299</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L28" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M28" s="5"/>
+      <c r="N28" s="30"/>
+      <c r="O28" s="30"/>
+    </row>
+    <row r="29" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D29" s="6">
+        <v>30997081</v>
+      </c>
+      <c r="E29" s="6">
+        <v>30862994.317209899</v>
+      </c>
+      <c r="F29" s="6">
+        <v>30912017</v>
+      </c>
+      <c r="G29" s="6">
+        <v>30898306</v>
+      </c>
+      <c r="H29" s="6">
+        <v>30904295</v>
+      </c>
+      <c r="I29" s="6">
+        <v>30907550</v>
+      </c>
+      <c r="J29" s="6">
+        <v>30906164</v>
+      </c>
+      <c r="K29" s="6">
+        <v>30908195</v>
+      </c>
+      <c r="L29" s="6">
+        <v>30769087.253558699</v>
+      </c>
+      <c r="M29" s="6">
+        <v>28763086</v>
+      </c>
+      <c r="N29" s="30">
+        <v>28763086</v>
+      </c>
+      <c r="O29" s="30">
+        <v>28763086</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="39"/>
+      <c r="B30" s="39"/>
+      <c r="C30" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D30" s="6">
+        <v>10640399.924543301</v>
+      </c>
+      <c r="E30" s="6">
+        <v>10597366.7314923</v>
+      </c>
+      <c r="F30" s="6">
+        <v>10617052.2829927</v>
+      </c>
+      <c r="G30" s="6">
+        <v>10618785.962367199</v>
+      </c>
+      <c r="H30" s="6">
+        <v>10625772.783042399</v>
+      </c>
+      <c r="I30" s="6">
+        <v>10632315.669335799</v>
+      </c>
+      <c r="J30" s="6">
+        <v>10632525</v>
+      </c>
+      <c r="K30" s="6">
+        <v>10633562.8817668</v>
+      </c>
+      <c r="L30" s="6">
+        <v>10640695.6306463</v>
+      </c>
+      <c r="M30" s="6">
+        <v>9934946.5559999999</v>
+      </c>
+      <c r="N30" s="30">
+        <v>9934946.5563087706</v>
+      </c>
+      <c r="O30" s="30">
+        <v>9934946.5563087706</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="39"/>
+      <c r="B31" s="39"/>
+      <c r="C31" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D31" s="6">
+        <v>6903544.9340934902</v>
+      </c>
+      <c r="E31" s="6">
+        <v>6872455.4438939299</v>
+      </c>
+      <c r="F31" s="6">
+        <v>6886441.6911168797</v>
+      </c>
+      <c r="G31" s="6">
+        <v>6886228.7447614297</v>
+      </c>
+      <c r="H31" s="6">
+        <v>6891535.7780806702</v>
+      </c>
+      <c r="I31" s="6">
+        <v>6895371.3892307403</v>
+      </c>
+      <c r="J31" s="6">
+        <v>6895968</v>
+      </c>
+      <c r="K31" s="6">
+        <v>6895477.6409708401</v>
+      </c>
+      <c r="L31" s="6">
+        <v>6934341.24332265</v>
+      </c>
+      <c r="M31" s="6">
+        <v>6502081.9183908598</v>
+      </c>
+      <c r="N31" s="30">
+        <v>6502081.9183908598</v>
+      </c>
+      <c r="O31" s="30">
+        <v>6502081.9183908598</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="39"/>
+      <c r="B32" s="39"/>
+      <c r="C32" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D32" s="6">
+        <v>3736734.77852445</v>
+      </c>
+      <c r="E32" s="6">
+        <v>3724789.7289365302</v>
+      </c>
+      <c r="F32" s="6">
+        <v>3730487.11213159</v>
+      </c>
+      <c r="G32" s="6">
+        <v>3732433.8289928799</v>
+      </c>
+      <c r="H32" s="6">
+        <v>3734110.7824038798</v>
+      </c>
+      <c r="I32" s="6">
+        <v>3736793.9136354001</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L32" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M32" s="5"/>
+      <c r="N32" s="30"/>
+      <c r="O32" s="30"/>
+    </row>
+    <row r="33" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="39"/>
+      <c r="B33" s="39"/>
+      <c r="C33" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="6">
+        <v>120.211925391192</v>
+      </c>
+      <c r="E33" s="6">
+        <v>121.558661832947</v>
+      </c>
+      <c r="F33" s="6">
+        <v>123.47974427986701</v>
+      </c>
+      <c r="G33" s="6">
+        <v>123.388612929112</v>
+      </c>
+      <c r="H33" s="6">
+        <v>126.222557810353</v>
+      </c>
+      <c r="I33" s="6">
+        <v>150.366469703229</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L33" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M33" s="5"/>
+      <c r="N33" s="30"/>
+      <c r="O33" s="30"/>
+    </row>
+    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="39"/>
+      <c r="B34" s="39"/>
+      <c r="C34" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" s="5"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+      <c r="H34" s="5"/>
+      <c r="I34" s="5"/>
+      <c r="J34" s="6">
+        <v>3736558</v>
+      </c>
+      <c r="K34" s="6">
+        <v>3738085.2407959201</v>
+      </c>
+      <c r="L34" s="6">
+        <v>3706354.3873236398</v>
+      </c>
+      <c r="M34" s="6">
+        <v>3432864.6379179098</v>
+      </c>
+      <c r="N34" s="30">
+        <v>3432864.6379179098</v>
+      </c>
+      <c r="O34" s="30">
+        <v>3432864.6379179098</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="39"/>
+      <c r="B35" s="39"/>
+      <c r="C35" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" s="6">
+        <v>20356681.075456701</v>
+      </c>
+      <c r="E35" s="6">
+        <v>20265627.5857176</v>
+      </c>
+      <c r="F35" s="6">
+        <v>20294964.717007302</v>
+      </c>
+      <c r="G35" s="6">
+        <v>20279520.037632801</v>
+      </c>
+      <c r="H35" s="6">
+        <v>20278522.216957599</v>
+      </c>
+      <c r="I35" s="6">
+        <v>20275234.330664199</v>
+      </c>
+      <c r="J35" s="6">
+        <v>20273639</v>
+      </c>
+      <c r="K35" s="6">
+        <v>20274632.1182332</v>
+      </c>
+      <c r="L35" s="6">
+        <v>20128391.622912399</v>
+      </c>
+      <c r="M35" s="6">
+        <v>18828139.440000001</v>
+      </c>
+      <c r="N35" s="30">
+        <v>18828139.443691202</v>
+      </c>
+      <c r="O35" s="30">
+        <v>18828139.443691202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="39"/>
+      <c r="B36" s="39"/>
+      <c r="C36" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" s="6">
+        <v>11189149.0904011</v>
+      </c>
+      <c r="E36" s="6">
+        <v>11137613.032457</v>
+      </c>
+      <c r="F36" s="6">
+        <v>11158299.5402098</v>
+      </c>
+      <c r="G36" s="6">
+        <v>11146921.115799099</v>
+      </c>
+      <c r="H36" s="6">
+        <v>11147103.914637299</v>
+      </c>
+      <c r="I36" s="6">
+        <v>11145754.2138645</v>
+      </c>
+      <c r="J36" s="6">
+        <v>11144638</v>
+      </c>
+      <c r="K36" s="6">
+        <v>11145794.1068662</v>
+      </c>
+      <c r="L36" s="6">
+        <v>11097218.210463401</v>
+      </c>
+      <c r="M36" s="6">
+        <v>10894336.48</v>
+      </c>
+      <c r="N36" s="30">
+        <v>10894336.4775787</v>
+      </c>
+      <c r="O36" s="30">
+        <v>10894336.4775787</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="39"/>
+      <c r="B37" s="39"/>
+      <c r="C37" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" s="6">
+        <v>1796.8730702206601</v>
+      </c>
+      <c r="E37" s="6">
+        <v>1788.2900072862501</v>
+      </c>
+      <c r="F37" s="6">
+        <v>1796.61640273189</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1801.71749780255</v>
+      </c>
+      <c r="H37" s="6">
+        <v>1828.25432042735</v>
+      </c>
+      <c r="I37" s="6">
+        <v>1891.4719076464601</v>
+      </c>
+      <c r="J37" s="5"/>
+      <c r="K37" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L37" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M37" s="5"/>
+      <c r="N37" s="30"/>
+      <c r="O37" s="30"/>
+    </row>
+    <row r="38" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="39"/>
+      <c r="B38" s="39"/>
+      <c r="C38" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="6">
+        <v>17169.800582313099</v>
+      </c>
+      <c r="E38" s="6">
+        <v>17094.477865911998</v>
+      </c>
+      <c r="F38" s="6">
+        <v>17116.6208299625</v>
+      </c>
+      <c r="G38" s="6">
+        <v>17080.087556219201</v>
+      </c>
+      <c r="H38" s="6">
+        <v>17065.403354677601</v>
+      </c>
+      <c r="I38" s="6">
+        <v>17054.094121899201</v>
+      </c>
+      <c r="J38" s="5"/>
+      <c r="K38" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L38" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M38" s="5"/>
+      <c r="N38" s="30"/>
+      <c r="O38" s="30"/>
+    </row>
+    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="39"/>
+      <c r="B39" s="39"/>
+      <c r="C39" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D39" s="5"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="6">
+        <v>9129001</v>
+      </c>
+      <c r="K39" s="6">
+        <v>9128838.0113670807</v>
+      </c>
+      <c r="L39" s="6">
+        <v>9031173.4124490302</v>
+      </c>
+      <c r="M39" s="6">
+        <v>7933802.966</v>
+      </c>
+      <c r="N39" s="30">
+        <v>7933802.9661125401</v>
+      </c>
+      <c r="O39" s="30">
+        <v>7933802.9661125401</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="39"/>
+      <c r="B40" s="39"/>
+      <c r="C40" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" s="6">
+        <v>9148565.3114030398</v>
+      </c>
+      <c r="E40" s="6">
+        <v>9109131.7853874695</v>
+      </c>
+      <c r="F40" s="6">
+        <v>9117751.9395648092</v>
+      </c>
+      <c r="G40" s="6">
+        <v>9113717.1167796291</v>
+      </c>
+      <c r="H40" s="6">
+        <v>9112524.6446452495</v>
+      </c>
+      <c r="I40" s="6">
+        <v>9110534.5507700909</v>
+      </c>
+      <c r="J40" s="5"/>
+      <c r="K40" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L40" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M40" s="5"/>
+      <c r="N40" s="30"/>
+      <c r="O40" s="30"/>
+    </row>
+    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="39"/>
+      <c r="B41" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D41" s="6">
+        <v>215966</v>
+      </c>
+      <c r="E41" s="6">
+        <v>210072.90413253001</v>
+      </c>
+      <c r="F41" s="6">
+        <v>211510</v>
+      </c>
+      <c r="G41" s="6">
+        <v>211704</v>
+      </c>
+      <c r="H41" s="6">
+        <v>211530</v>
+      </c>
+      <c r="I41" s="6">
+        <v>211597</v>
+      </c>
+      <c r="J41" s="6">
+        <v>212038</v>
+      </c>
+      <c r="K41" s="6">
+        <v>211984</v>
+      </c>
+      <c r="L41" s="6">
+        <v>196405.57576945299</v>
+      </c>
+      <c r="M41" s="6">
+        <v>212554</v>
+      </c>
+      <c r="N41" s="30">
+        <v>212554</v>
+      </c>
+      <c r="O41" s="30">
+        <v>212554</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="39"/>
+      <c r="B42" s="39"/>
+      <c r="C42" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D42" s="6">
+        <v>124428.42750710899</v>
+      </c>
+      <c r="E42" s="6">
+        <v>120969.252183726</v>
+      </c>
+      <c r="F42" s="6">
+        <v>121742.750233763</v>
+      </c>
+      <c r="G42" s="6">
+        <v>121800.56494914</v>
+      </c>
+      <c r="H42" s="6">
+        <v>121614.41637263801</v>
+      </c>
+      <c r="I42" s="6">
+        <v>121599.93106084201</v>
+      </c>
+      <c r="J42" s="6">
+        <v>121786</v>
+      </c>
+      <c r="K42" s="6">
+        <v>121683.626238679</v>
+      </c>
+      <c r="L42" s="6">
+        <v>112680.07550653499</v>
+      </c>
+      <c r="M42" s="6">
+        <v>121845.2703</v>
+      </c>
+      <c r="N42" s="30">
+        <v>121845.27026996799</v>
+      </c>
+      <c r="O42" s="30">
+        <v>121845.27026996799</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="39"/>
+      <c r="B43" s="39"/>
+      <c r="C43" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D43" s="6">
+        <v>123727.208696587</v>
+      </c>
+      <c r="E43" s="6">
+        <v>120284.766093646</v>
+      </c>
+      <c r="F43" s="6">
+        <v>121036.466004562</v>
+      </c>
+      <c r="G43" s="6">
+        <v>121093.97008119999</v>
+      </c>
+      <c r="H43" s="6">
+        <v>120909.107654486</v>
+      </c>
+      <c r="I43" s="6">
+        <v>120889.097205254</v>
+      </c>
+      <c r="J43" s="6">
+        <v>121068</v>
+      </c>
+      <c r="K43" s="6">
+        <v>120948.121969304</v>
+      </c>
+      <c r="L43" s="6">
+        <v>111986.225228029</v>
+      </c>
+      <c r="M43" s="6">
+        <v>121093.407577155</v>
+      </c>
+      <c r="N43" s="30">
+        <v>121093.407577155</v>
+      </c>
+      <c r="O43" s="30">
+        <v>121093.407577155</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="39"/>
+      <c r="B44" s="39"/>
+      <c r="C44" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D44" s="6">
+        <v>701.21881052224296</v>
+      </c>
+      <c r="E44" s="6">
+        <v>684.48609007952905</v>
+      </c>
+      <c r="F44" s="6">
+        <v>706.28422920142395</v>
+      </c>
+      <c r="G44" s="6">
+        <v>706.59486794038003</v>
+      </c>
+      <c r="H44" s="6">
+        <v>705.30871815185697</v>
+      </c>
+      <c r="I44" s="6">
+        <v>707.18258583042496</v>
+      </c>
+      <c r="J44" s="5"/>
+      <c r="K44" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L44" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M44" s="5"/>
+      <c r="N44" s="30"/>
+      <c r="O44" s="30"/>
+    </row>
+    <row r="45" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="39"/>
+      <c r="B45" s="39"/>
+      <c r="C45" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="7">
+        <v>0</v>
+      </c>
+      <c r="E45" s="7">
+        <v>0</v>
+      </c>
+      <c r="F45" s="7">
+        <v>0</v>
+      </c>
+      <c r="G45" s="7">
+        <v>0</v>
+      </c>
+      <c r="H45" s="7">
+        <v>0</v>
+      </c>
+      <c r="I45" s="6">
+        <v>3.6512697575451099</v>
+      </c>
+      <c r="J45" s="5"/>
+      <c r="K45" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L45" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M45" s="5"/>
+      <c r="N45" s="30"/>
+      <c r="O45" s="30"/>
+    </row>
+    <row r="46" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="39"/>
+      <c r="B46" s="39"/>
+      <c r="C46" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" s="5"/>
+      <c r="E46" s="5"/>
+      <c r="F46" s="5"/>
+      <c r="G46" s="5"/>
+      <c r="H46" s="5"/>
+      <c r="I46" s="5"/>
+      <c r="J46" s="6">
+        <v>719</v>
+      </c>
+      <c r="K46" s="6">
+        <v>735.50426937438294</v>
+      </c>
+      <c r="L46" s="6">
+        <v>693.85027850662004</v>
+      </c>
+      <c r="M46" s="32">
+        <v>751.86269281293596</v>
+      </c>
+      <c r="N46" s="30">
+        <v>751.86269281293596</v>
+      </c>
+      <c r="O46" s="30">
+        <v>751.86269281293596</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="39"/>
+      <c r="B47" s="39"/>
+      <c r="C47" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" s="6">
+        <v>91537.572492891297</v>
+      </c>
+      <c r="E47" s="6">
+        <v>89103.651948803701</v>
+      </c>
+      <c r="F47" s="6">
+        <v>89767.249766237001</v>
+      </c>
+      <c r="G47" s="6">
+        <v>89903.4350508598</v>
+      </c>
+      <c r="H47" s="6">
+        <v>89915.583627361702</v>
+      </c>
+      <c r="I47" s="6">
+        <v>89997.068939158096</v>
+      </c>
+      <c r="J47" s="6">
+        <v>90252</v>
+      </c>
+      <c r="K47" s="6">
+        <v>90300.373761321403</v>
+      </c>
+      <c r="L47" s="6">
+        <v>83725.500262917907</v>
+      </c>
+      <c r="M47" s="6">
+        <v>90708.729730000006</v>
+      </c>
+      <c r="N47" s="30">
+        <v>90708.729730032297</v>
+      </c>
+      <c r="O47" s="30">
+        <v>90708.729730032297</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="39"/>
+      <c r="B48" s="39"/>
+      <c r="C48" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" s="6">
+        <v>61877.928998059302</v>
+      </c>
+      <c r="E48" s="6">
+        <v>60260.313022203198</v>
+      </c>
+      <c r="F48" s="6">
+        <v>60712.780077698597</v>
+      </c>
+      <c r="G48" s="6">
+        <v>60836.584606534903</v>
+      </c>
+      <c r="H48" s="6">
+        <v>60877.0687991421</v>
+      </c>
+      <c r="I48" s="6">
+        <v>60969.419319666398</v>
+      </c>
+      <c r="J48" s="6">
+        <v>61191</v>
+      </c>
+      <c r="K48" s="6">
+        <v>61269.1942077192</v>
+      </c>
+      <c r="L48" s="6">
+        <v>56853.078236185502</v>
+      </c>
+      <c r="M48" s="32">
+        <v>61633.81568</v>
+      </c>
+      <c r="N48" s="33">
+        <v>61633.815679735599</v>
+      </c>
+      <c r="O48" s="33">
+        <v>61633.815679735599</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="39"/>
+      <c r="B49" s="39"/>
+      <c r="C49" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" s="7">
+        <v>0</v>
+      </c>
+      <c r="E49" s="7">
+        <v>0</v>
+      </c>
+      <c r="F49" s="7">
+        <v>0</v>
+      </c>
+      <c r="G49" s="7">
+        <v>0</v>
+      </c>
+      <c r="H49" s="7">
+        <v>0</v>
+      </c>
+      <c r="I49" s="7">
+        <v>0</v>
+      </c>
+      <c r="J49" s="5"/>
+      <c r="K49" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L49" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M49" s="5"/>
+      <c r="N49" s="30"/>
+      <c r="O49" s="30"/>
+    </row>
+    <row r="50" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="39"/>
+      <c r="B50" s="39"/>
+      <c r="C50" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="7">
+        <v>0</v>
+      </c>
+      <c r="E50" s="7">
+        <v>0</v>
+      </c>
+      <c r="F50" s="7">
+        <v>0</v>
+      </c>
+      <c r="G50" s="7">
+        <v>0</v>
+      </c>
+      <c r="H50" s="7">
+        <v>0</v>
+      </c>
+      <c r="I50" s="7">
+        <v>0</v>
+      </c>
+      <c r="J50" s="5"/>
+      <c r="K50" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L50" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M50" s="5"/>
+      <c r="N50" s="30"/>
+      <c r="O50" s="30"/>
+    </row>
+    <row r="51" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="39"/>
+      <c r="B51" s="39"/>
+      <c r="C51" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D51" s="5"/>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="5"/>
+      <c r="I51" s="5"/>
+      <c r="J51" s="6">
+        <v>29061</v>
+      </c>
+      <c r="K51" s="6">
+        <v>29031.179553602298</v>
+      </c>
+      <c r="L51" s="6">
+        <v>26872.4220267325</v>
+      </c>
+      <c r="M51" s="6">
+        <v>29074.914049999999</v>
+      </c>
+      <c r="N51" s="30">
+        <v>29074.914050296698</v>
+      </c>
+      <c r="O51" s="30">
+        <v>29074.914050296698</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="39"/>
+      <c r="B52" s="39"/>
+      <c r="C52" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" s="6">
+        <v>29659.643494831998</v>
+      </c>
+      <c r="E52" s="6">
+        <v>28843.338926600401</v>
+      </c>
+      <c r="F52" s="6">
+        <v>29054.4696885384</v>
+      </c>
+      <c r="G52" s="6">
+        <v>29066.850444324798</v>
+      </c>
+      <c r="H52" s="6">
+        <v>29038.5148282195</v>
+      </c>
+      <c r="I52" s="6">
+        <v>29027.649619491702</v>
+      </c>
+      <c r="J52" s="5"/>
+      <c r="K52" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L52" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M52" s="5"/>
+      <c r="N52" s="30"/>
+      <c r="O52" s="30"/>
+    </row>
+    <row r="53" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="39"/>
+      <c r="B53" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D53" s="6">
+        <v>219828</v>
+      </c>
+      <c r="E53" s="6">
+        <v>218969.732244707</v>
+      </c>
+      <c r="F53" s="6">
+        <v>219024</v>
+      </c>
+      <c r="G53" s="6">
+        <v>219186</v>
+      </c>
+      <c r="H53" s="6">
+        <v>219915</v>
+      </c>
+      <c r="I53" s="6">
+        <v>219544</v>
+      </c>
+      <c r="J53" s="6">
+        <v>219457</v>
+      </c>
+      <c r="K53" s="6">
+        <v>219612</v>
+      </c>
+      <c r="L53" s="6">
+        <v>217616.24008366899</v>
+      </c>
+      <c r="M53" s="6">
+        <v>193830</v>
+      </c>
+      <c r="N53" s="30">
+        <v>193830</v>
+      </c>
+      <c r="O53" s="30">
+        <v>193830</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="39"/>
+      <c r="B54" s="39"/>
+      <c r="C54" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D54" s="6">
+        <v>42720.825691495302</v>
+      </c>
+      <c r="E54" s="6">
+        <v>42606.817356910098</v>
+      </c>
+      <c r="F54" s="6">
+        <v>42661.215598144001</v>
+      </c>
+      <c r="G54" s="6">
+        <v>42765.297744346601</v>
+      </c>
+      <c r="H54" s="6">
+        <v>42972.9183599436</v>
+      </c>
+      <c r="I54" s="6">
+        <v>42947.8019310788</v>
+      </c>
+      <c r="J54" s="6">
+        <v>42966</v>
+      </c>
+      <c r="K54" s="6">
+        <v>43040.024068215098</v>
+      </c>
+      <c r="L54" s="6">
+        <v>42724.703993623298</v>
+      </c>
+      <c r="M54" s="6">
+        <v>38122.071279999996</v>
+      </c>
+      <c r="N54" s="30">
+        <v>38122.071274928698</v>
+      </c>
+      <c r="O54" s="30">
+        <v>38122.071274928698</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="39"/>
+      <c r="B55" s="39"/>
+      <c r="C55" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D55" s="6">
+        <v>40575.975325958098</v>
+      </c>
+      <c r="E55" s="6">
+        <v>40472.505742421003</v>
+      </c>
+      <c r="F55" s="6">
+        <v>40484.563209662898</v>
+      </c>
+      <c r="G55" s="6">
+        <v>40546.134544765198</v>
+      </c>
+      <c r="H55" s="6">
+        <v>40734.122916513603</v>
+      </c>
+      <c r="I55" s="6">
+        <v>40692.825376383698</v>
+      </c>
+      <c r="J55" s="6">
+        <v>40703</v>
+      </c>
+      <c r="K55" s="6">
+        <v>40777.790620792999</v>
+      </c>
+      <c r="L55" s="6">
+        <v>40458.432558991997</v>
+      </c>
+      <c r="M55" s="6">
+        <v>36081.666809210597</v>
+      </c>
+      <c r="N55" s="30">
+        <v>36081.666809210597</v>
+      </c>
+      <c r="O55" s="30">
+        <v>36081.666809210597</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="39"/>
+      <c r="B56" s="39"/>
+      <c r="C56" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D56" s="6">
+        <v>2144.8503655372401</v>
+      </c>
+      <c r="E56" s="6">
+        <v>2134.3116144890801</v>
+      </c>
+      <c r="F56" s="6">
+        <v>2176.65238848116</v>
+      </c>
+      <c r="G56" s="6">
+        <v>2219.16319958141</v>
+      </c>
+      <c r="H56" s="6">
+        <v>2238.79544342996</v>
+      </c>
+      <c r="I56" s="6">
+        <v>2254.9765546951298</v>
+      </c>
+      <c r="J56" s="5"/>
+      <c r="K56" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L56" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M56" s="5"/>
+      <c r="N56" s="30"/>
+      <c r="O56" s="30"/>
+    </row>
+    <row r="57" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="39"/>
+      <c r="B57" s="39"/>
+      <c r="C57" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="7">
+        <v>0</v>
+      </c>
+      <c r="E57" s="7">
+        <v>0</v>
+      </c>
+      <c r="F57" s="7">
+        <v>0</v>
+      </c>
+      <c r="G57" s="7">
+        <v>0</v>
+      </c>
+      <c r="H57" s="7">
+        <v>0</v>
+      </c>
+      <c r="I57" s="7">
+        <v>0</v>
+      </c>
+      <c r="J57" s="5"/>
+      <c r="K57" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L57" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M57" s="5"/>
+      <c r="N57" s="30"/>
+      <c r="O57" s="30"/>
+    </row>
+    <row r="58" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="39"/>
+      <c r="B58" s="39"/>
+      <c r="C58" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" s="5"/>
+      <c r="E58" s="5"/>
+      <c r="F58" s="5"/>
+      <c r="G58" s="5"/>
+      <c r="H58" s="5"/>
+      <c r="I58" s="5"/>
+      <c r="J58" s="6">
+        <v>2263</v>
+      </c>
+      <c r="K58" s="6">
+        <v>2262.2334474221302</v>
+      </c>
+      <c r="L58" s="6">
+        <v>2266.2714346313701</v>
+      </c>
+      <c r="M58" s="6">
+        <v>2040.40446571812</v>
+      </c>
+      <c r="N58" s="30">
+        <v>2040.40446571812</v>
+      </c>
+      <c r="O58" s="30">
+        <v>2040.40446571812</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="39"/>
+      <c r="B59" s="39"/>
+      <c r="C59" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" s="6">
+        <v>177107.174308505</v>
+      </c>
+      <c r="E59" s="6">
+        <v>176362.914887797</v>
+      </c>
+      <c r="F59" s="6">
+        <v>176362.78440185601</v>
+      </c>
+      <c r="G59" s="6">
+        <v>176420.70225565301</v>
+      </c>
+      <c r="H59" s="6">
+        <v>176942.08164005601</v>
+      </c>
+      <c r="I59" s="6">
+        <v>176596.19806892099</v>
+      </c>
+      <c r="J59" s="6">
+        <v>176491</v>
+      </c>
+      <c r="K59" s="6">
+        <v>176571.97593178501</v>
+      </c>
+      <c r="L59" s="6">
+        <v>174891.536090045</v>
+      </c>
+      <c r="M59" s="6">
+        <v>155707.92869999999</v>
+      </c>
+      <c r="N59" s="30">
+        <v>155707.92872507099</v>
+      </c>
+      <c r="O59" s="30">
+        <v>155707.92872507099</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="39"/>
+      <c r="B60" s="39"/>
+      <c r="C60" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" s="6">
+        <v>137533.14081234499</v>
+      </c>
+      <c r="E60" s="6">
+        <v>136973.913232491</v>
+      </c>
+      <c r="F60" s="6">
+        <v>136971.78852220901</v>
+      </c>
+      <c r="G60" s="6">
+        <v>137027.677610824</v>
+      </c>
+      <c r="H60" s="6">
+        <v>137453.31441976101</v>
+      </c>
+      <c r="I60" s="6">
+        <v>137194.36852230801</v>
+      </c>
+      <c r="J60" s="6">
+        <v>137139</v>
+      </c>
+      <c r="K60" s="6">
+        <v>137231.69177677599</v>
+      </c>
+      <c r="L60" s="6">
+        <v>135947.06439916801</v>
+      </c>
+      <c r="M60" s="6">
+        <v>121054.2445</v>
+      </c>
+      <c r="N60" s="30">
+        <v>121054.24453059801</v>
+      </c>
+      <c r="O60" s="30">
+        <v>121054.24453059801</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="39"/>
+      <c r="B61" s="39"/>
+      <c r="C61" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" s="7">
+        <v>0</v>
+      </c>
+      <c r="E61" s="7">
+        <v>0</v>
+      </c>
+      <c r="F61" s="7">
+        <v>0</v>
+      </c>
+      <c r="G61" s="6">
+        <v>4.5220998737678002</v>
+      </c>
+      <c r="H61" s="6">
+        <v>4.5336114919303601</v>
+      </c>
+      <c r="I61" s="6">
+        <v>4.5214515352531404</v>
+      </c>
+      <c r="J61" s="5"/>
+      <c r="K61" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L61" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M61" s="5"/>
+      <c r="N61" s="30"/>
+      <c r="O61" s="30"/>
+    </row>
+    <row r="62" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="39"/>
+      <c r="B62" s="39"/>
+      <c r="C62" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" s="7">
+        <v>0</v>
+      </c>
+      <c r="E62" s="7">
+        <v>0</v>
+      </c>
+      <c r="F62" s="7">
+        <v>0</v>
+      </c>
+      <c r="G62" s="7">
+        <v>0</v>
+      </c>
+      <c r="H62" s="7">
+        <v>0</v>
+      </c>
+      <c r="I62" s="7">
+        <v>0</v>
+      </c>
+      <c r="J62" s="5"/>
+      <c r="K62" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L62" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M62" s="5"/>
+      <c r="N62" s="30"/>
+      <c r="O62" s="30"/>
+    </row>
+    <row r="63" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="39"/>
+      <c r="B63" s="39"/>
+      <c r="C63" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D63" s="5"/>
+      <c r="E63" s="5"/>
+      <c r="F63" s="5"/>
+      <c r="G63" s="5"/>
+      <c r="H63" s="5"/>
+      <c r="I63" s="5"/>
+      <c r="J63" s="6">
+        <v>39352</v>
+      </c>
+      <c r="K63" s="6">
+        <v>39340.284155009103</v>
+      </c>
+      <c r="L63" s="6">
+        <v>38944.471690877603</v>
+      </c>
+      <c r="M63" s="6">
+        <v>34653.68419</v>
+      </c>
+      <c r="N63" s="30">
+        <v>34653.684194473397</v>
+      </c>
+      <c r="O63" s="30">
+        <v>34653.684194473397</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="39"/>
+      <c r="B64" s="39"/>
+      <c r="C64" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" s="6">
+        <v>39574.033496160002</v>
+      </c>
+      <c r="E64" s="6">
+        <v>39389.0016553061</v>
+      </c>
+      <c r="F64" s="6">
+        <v>39390.9958796469</v>
+      </c>
+      <c r="G64" s="6">
+        <v>39388.502544955503</v>
+      </c>
+      <c r="H64" s="6">
+        <v>39484.233608803603</v>
+      </c>
+      <c r="I64" s="6">
+        <v>39397.3080950777</v>
+      </c>
+      <c r="J64" s="5"/>
+      <c r="K64" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L64" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M64" s="5"/>
+      <c r="N64" s="30"/>
+      <c r="O64" s="30"/>
+    </row>
+    <row r="65" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="39"/>
+      <c r="B65" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D65" s="6">
+        <v>513267</v>
+      </c>
+      <c r="E65" s="6">
+        <v>509185.49595874001</v>
+      </c>
+      <c r="F65" s="6">
+        <v>509817</v>
+      </c>
+      <c r="G65" s="6">
+        <v>510442</v>
+      </c>
+      <c r="H65" s="6">
+        <v>510577</v>
+      </c>
+      <c r="I65" s="6">
+        <v>510504</v>
+      </c>
+      <c r="J65" s="6">
+        <v>510375</v>
+      </c>
+      <c r="K65" s="6">
+        <v>510383</v>
+      </c>
+      <c r="L65" s="6">
+        <v>499057.51573712699</v>
+      </c>
+      <c r="M65" s="6">
+        <v>526392</v>
+      </c>
+      <c r="N65" s="30">
+        <v>526392</v>
+      </c>
+      <c r="O65" s="30">
+        <v>526392</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="39"/>
+      <c r="B66" s="39"/>
+      <c r="C66" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D66" s="6">
+        <v>69424.541827114095</v>
+      </c>
+      <c r="E66" s="6">
+        <v>69005.140904696105</v>
+      </c>
+      <c r="F66" s="6">
+        <v>69155.571654505096</v>
+      </c>
+      <c r="G66" s="6">
+        <v>69494.167237972695</v>
+      </c>
+      <c r="H66" s="6">
+        <v>69653.788533299201</v>
+      </c>
+      <c r="I66" s="6">
+        <v>69816.186168136497</v>
+      </c>
+      <c r="J66" s="6">
+        <v>69821</v>
+      </c>
+      <c r="K66" s="6">
+        <v>69876.875858853702</v>
+      </c>
+      <c r="L66" s="6">
+        <v>68317.266040865696</v>
+      </c>
+      <c r="M66" s="6">
+        <v>72049.653810000003</v>
+      </c>
+      <c r="N66" s="30">
+        <v>72049.653806523507</v>
+      </c>
+      <c r="O66" s="30">
+        <v>72049.653806523507</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="39"/>
+      <c r="B67" s="39"/>
+      <c r="C67" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D67" s="6">
+        <v>63897.559527303398</v>
+      </c>
+      <c r="E67" s="6">
+        <v>63487.482691615704</v>
+      </c>
+      <c r="F67" s="6">
+        <v>63636.627704504099</v>
+      </c>
+      <c r="G67" s="6">
+        <v>63721.975842302199</v>
+      </c>
+      <c r="H67" s="6">
+        <v>63773.866273732303</v>
+      </c>
+      <c r="I67" s="6">
+        <v>63917.402719530699</v>
+      </c>
+      <c r="J67" s="6">
+        <v>63880</v>
+      </c>
+      <c r="K67" s="6">
+        <v>63907.2869943513</v>
+      </c>
+      <c r="L67" s="6">
+        <v>62463.516291100503</v>
+      </c>
+      <c r="M67" s="6">
+        <v>65857.789135698302</v>
+      </c>
+      <c r="N67" s="30">
+        <v>65857.789135698302</v>
+      </c>
+      <c r="O67" s="30">
+        <v>65857.789135698302</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="39"/>
+      <c r="B68" s="39"/>
+      <c r="C68" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D68" s="6">
+        <v>5526.9822998107402</v>
+      </c>
+      <c r="E68" s="6">
+        <v>5517.65821308041</v>
+      </c>
+      <c r="F68" s="6">
+        <v>5518.9439500010403</v>
+      </c>
+      <c r="G68" s="6">
+        <v>5772.1913956704602</v>
+      </c>
+      <c r="H68" s="6">
+        <v>5879.9222595669098</v>
+      </c>
+      <c r="I68" s="6">
+        <v>5898.78344860584</v>
+      </c>
+      <c r="J68" s="5"/>
+      <c r="K68" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L68" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M68" s="5"/>
+      <c r="N68" s="30"/>
+      <c r="O68" s="30"/>
+    </row>
+    <row r="69" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="39"/>
+      <c r="B69" s="39"/>
+      <c r="C69" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="7">
+        <v>0</v>
+      </c>
+      <c r="E69" s="7">
+        <v>0</v>
+      </c>
+      <c r="F69" s="7">
+        <v>0</v>
+      </c>
+      <c r="G69" s="7">
+        <v>0</v>
+      </c>
+      <c r="H69" s="7">
+        <v>0</v>
+      </c>
+      <c r="I69" s="7">
+        <v>0</v>
+      </c>
+      <c r="J69" s="5"/>
+      <c r="K69" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L69" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M69" s="5"/>
+      <c r="N69" s="30"/>
+      <c r="O69" s="30"/>
+    </row>
+    <row r="70" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="39"/>
+      <c r="B70" s="39"/>
+      <c r="C70" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D70" s="5"/>
+      <c r="E70" s="5"/>
+      <c r="F70" s="5"/>
+      <c r="G70" s="5"/>
+      <c r="H70" s="5"/>
+      <c r="I70" s="5"/>
+      <c r="J70" s="6">
+        <v>5941</v>
+      </c>
+      <c r="K70" s="6">
+        <v>5969.5888645024397</v>
+      </c>
+      <c r="L70" s="6">
+        <v>5853.7497497652303</v>
+      </c>
+      <c r="M70" s="6">
+        <v>6191.8646708251999</v>
+      </c>
+      <c r="N70" s="30">
+        <v>6191.8646708251999</v>
+      </c>
+      <c r="O70" s="30">
+        <v>6191.8646708251999</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="39"/>
+      <c r="B71" s="39"/>
+      <c r="C71" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" s="6">
+        <v>443842.45817288599</v>
+      </c>
+      <c r="E71" s="6">
+        <v>440180.35505404399</v>
+      </c>
+      <c r="F71" s="6">
+        <v>440661.42834549502</v>
+      </c>
+      <c r="G71" s="6">
+        <v>440947.83276202698</v>
+      </c>
+      <c r="H71" s="6">
+        <v>440923.211466701</v>
+      </c>
+      <c r="I71" s="6">
+        <v>440687.81383186299</v>
+      </c>
+      <c r="J71" s="6">
+        <v>440554</v>
+      </c>
+      <c r="K71" s="6">
+        <v>440506.12414114602</v>
+      </c>
+      <c r="L71" s="6">
+        <v>430740.24969626102</v>
+      </c>
+      <c r="M71" s="6">
+        <v>454342.34620000003</v>
+      </c>
+      <c r="N71" s="30">
+        <v>454342.34619347699</v>
+      </c>
+      <c r="O71" s="30">
+        <v>454342.34619347699</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="39"/>
+      <c r="B72" s="39"/>
+      <c r="C72" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" s="6">
+        <v>326005.85912717599</v>
+      </c>
+      <c r="E72" s="6">
+        <v>323322.26440295001</v>
+      </c>
+      <c r="F72" s="6">
+        <v>323669.65102219698</v>
+      </c>
+      <c r="G72" s="6">
+        <v>323913.67600090901</v>
+      </c>
+      <c r="H72" s="6">
+        <v>323921.41999687097</v>
+      </c>
+      <c r="I72" s="6">
+        <v>323806.96691832901</v>
+      </c>
+      <c r="J72" s="6">
+        <v>323736</v>
+      </c>
+      <c r="K72" s="6">
+        <v>323729.01974295499</v>
+      </c>
+      <c r="L72" s="6">
+        <v>316643.37589411298</v>
+      </c>
+      <c r="M72" s="6">
+        <v>334089.68780000001</v>
+      </c>
+      <c r="N72" s="30">
+        <v>334089.687763241</v>
+      </c>
+      <c r="O72" s="30">
+        <v>334089.687763241</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="39"/>
+      <c r="B73" s="39"/>
+      <c r="C73" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" s="7">
+        <v>0</v>
+      </c>
+      <c r="E73" s="7">
+        <v>0</v>
+      </c>
+      <c r="F73" s="7">
+        <v>0</v>
+      </c>
+      <c r="G73" s="7">
+        <v>0</v>
+      </c>
+      <c r="H73" s="7">
+        <v>0</v>
+      </c>
+      <c r="I73" s="7">
+        <v>0</v>
+      </c>
+      <c r="J73" s="5"/>
+      <c r="K73" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L73" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M73" s="5"/>
+      <c r="N73" s="30"/>
+      <c r="O73" s="30"/>
+    </row>
+    <row r="74" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="39"/>
+      <c r="B74" s="39"/>
+      <c r="C74" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="7">
+        <v>0</v>
+      </c>
+      <c r="E74" s="7">
+        <v>0</v>
+      </c>
+      <c r="F74" s="7">
+        <v>0</v>
+      </c>
+      <c r="G74" s="7">
+        <v>0</v>
+      </c>
+      <c r="H74" s="7">
+        <v>0</v>
+      </c>
+      <c r="I74" s="7">
+        <v>0</v>
+      </c>
+      <c r="J74" s="5"/>
+      <c r="K74" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L74" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M74" s="5"/>
+      <c r="N74" s="30"/>
+      <c r="O74" s="30"/>
+    </row>
+    <row r="75" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="39"/>
+      <c r="B75" s="39"/>
+      <c r="C75" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D75" s="5"/>
+      <c r="E75" s="5"/>
+      <c r="F75" s="5"/>
+      <c r="G75" s="5"/>
+      <c r="H75" s="5"/>
+      <c r="I75" s="5"/>
+      <c r="J75" s="6">
+        <v>116818</v>
+      </c>
+      <c r="K75" s="6">
+        <v>116777.10439819199</v>
+      </c>
+      <c r="L75" s="6">
+        <v>114096.873802149</v>
+      </c>
+      <c r="M75" s="6">
+        <v>120252.6584</v>
+      </c>
+      <c r="N75" s="30">
+        <v>120252.65843023499</v>
+      </c>
+      <c r="O75" s="30">
+        <v>120252.65843023499</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="39"/>
+      <c r="B76" s="39"/>
+      <c r="C76" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" s="6">
+        <v>117836.59904571</v>
+      </c>
+      <c r="E76" s="6">
+        <v>116858.090651094</v>
+      </c>
+      <c r="F76" s="6">
+        <v>116991.777323298</v>
+      </c>
+      <c r="G76" s="6">
+        <v>117034.156761119</v>
+      </c>
+      <c r="H76" s="6">
+        <v>117001.79146983</v>
+      </c>
+      <c r="I76" s="6">
+        <v>116880.846913535</v>
+      </c>
+      <c r="J76" s="5"/>
+      <c r="K76" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L76" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M76" s="5"/>
+      <c r="N76" s="30"/>
+      <c r="O76" s="30"/>
+    </row>
+    <row r="77" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="39"/>
+      <c r="B77" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D77" s="6">
+        <v>1180726</v>
+      </c>
+      <c r="E77" s="6">
+        <v>1177369.46595109</v>
+      </c>
+      <c r="F77" s="6">
+        <v>1178443</v>
+      </c>
+      <c r="G77" s="6">
+        <v>1177896</v>
+      </c>
+      <c r="H77" s="6">
+        <v>1178345</v>
+      </c>
+      <c r="I77" s="6">
+        <v>1178698</v>
+      </c>
+      <c r="J77" s="6">
+        <v>1178475</v>
+      </c>
+      <c r="K77" s="6">
+        <v>1178616</v>
+      </c>
+      <c r="L77" s="6">
+        <v>1169008.27273668</v>
+      </c>
+      <c r="M77" s="6">
+        <v>1194357</v>
+      </c>
+      <c r="N77" s="30">
+        <v>1194357</v>
+      </c>
+      <c r="O77" s="30">
+        <v>1194357</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="39"/>
+      <c r="B78" s="39"/>
+      <c r="C78" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D78" s="6">
+        <v>322063.67152222001</v>
+      </c>
+      <c r="E78" s="6">
+        <v>321288.61153760902</v>
+      </c>
+      <c r="F78" s="6">
+        <v>321771.10652309202</v>
+      </c>
+      <c r="G78" s="6">
+        <v>321651.390759826</v>
+      </c>
+      <c r="H78" s="6">
+        <v>321932.55881733599</v>
+      </c>
+      <c r="I78" s="6">
+        <v>322320.018439801</v>
+      </c>
+      <c r="J78" s="6">
+        <v>322315</v>
+      </c>
+      <c r="K78" s="6">
+        <v>322326.1323926</v>
+      </c>
+      <c r="L78" s="6">
+        <v>319607.63571090199</v>
+      </c>
+      <c r="M78" s="6">
+        <v>326445.15389999998</v>
+      </c>
+      <c r="N78" s="30">
+        <v>326445.153876458</v>
+      </c>
+      <c r="O78" s="30">
+        <v>326445.153876458</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="39"/>
+      <c r="B79" s="39"/>
+      <c r="C79" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D79" s="6">
+        <v>281531.90427847899</v>
+      </c>
+      <c r="E79" s="6">
+        <v>280741.13814919401</v>
+      </c>
+      <c r="F79" s="6">
+        <v>280986.14931082301</v>
+      </c>
+      <c r="G79" s="6">
+        <v>280786.68473111303</v>
+      </c>
+      <c r="H79" s="6">
+        <v>280961.85438913899</v>
+      </c>
+      <c r="I79" s="6">
+        <v>281203.32622822101</v>
+      </c>
+      <c r="J79" s="6">
+        <v>281188</v>
+      </c>
+      <c r="K79" s="6">
+        <v>281174.02995960898</v>
+      </c>
+      <c r="L79" s="6">
+        <v>278772.20898731903</v>
+      </c>
+      <c r="M79" s="6">
+        <v>284705.08736817801</v>
+      </c>
+      <c r="N79" s="30">
+        <v>284705.08736817801</v>
+      </c>
+      <c r="O79" s="30">
+        <v>284705.08736817801</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="39"/>
+      <c r="B80" s="39"/>
+      <c r="C80" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D80" s="6">
+        <v>40531.767243741</v>
+      </c>
+      <c r="E80" s="6">
+        <v>40547.473388414699</v>
+      </c>
+      <c r="F80" s="6">
+        <v>40784.957212269401</v>
+      </c>
+      <c r="G80" s="6">
+        <v>40864.706028713401</v>
+      </c>
+      <c r="H80" s="6">
+        <v>40970.704428197401</v>
+      </c>
+      <c r="I80" s="6">
+        <v>41116.692211580797</v>
+      </c>
+      <c r="J80" s="5"/>
+      <c r="K80" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L80" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M80" s="5"/>
+      <c r="N80" s="30"/>
+      <c r="O80" s="30"/>
+    </row>
+    <row r="81" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="39"/>
+      <c r="B81" s="39"/>
+      <c r="C81" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="7">
+        <v>0</v>
+      </c>
+      <c r="E81" s="7">
+        <v>0</v>
+      </c>
+      <c r="F81" s="7">
+        <v>0</v>
+      </c>
+      <c r="G81" s="7">
+        <v>0</v>
+      </c>
+      <c r="H81" s="7">
+        <v>0</v>
+      </c>
+      <c r="I81" s="7">
+        <v>0</v>
+      </c>
+      <c r="J81" s="5"/>
+      <c r="K81" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L81" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M81" s="5"/>
+      <c r="N81" s="30"/>
+      <c r="O81" s="30"/>
+    </row>
+    <row r="82" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="39"/>
+      <c r="B82" s="39"/>
+      <c r="C82" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D82" s="5"/>
+      <c r="E82" s="5"/>
+      <c r="F82" s="5"/>
+      <c r="G82" s="5"/>
+      <c r="H82" s="5"/>
+      <c r="I82" s="5"/>
+      <c r="J82" s="6">
+        <v>41127</v>
+      </c>
+      <c r="K82" s="6">
+        <v>41152.102432991502</v>
+      </c>
+      <c r="L82" s="6">
+        <v>40835.426723582503</v>
+      </c>
+      <c r="M82" s="6">
+        <v>41740.066508280099</v>
+      </c>
+      <c r="N82" s="30">
+        <v>41740.066508280099</v>
+      </c>
+      <c r="O82" s="30">
+        <v>41740.066508280099</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="39"/>
+      <c r="B83" s="39"/>
+      <c r="C83" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D83" s="6">
+        <v>858662.32847778103</v>
+      </c>
+      <c r="E83" s="6">
+        <v>856080.85441348096</v>
+      </c>
+      <c r="F83" s="6">
+        <v>856671.89347690798</v>
+      </c>
+      <c r="G83" s="6">
+        <v>856244.60924017301</v>
+      </c>
+      <c r="H83" s="6">
+        <v>856412.44118266401</v>
+      </c>
+      <c r="I83" s="6">
+        <v>856377.98156019906</v>
+      </c>
+      <c r="J83" s="6">
+        <v>856160</v>
+      </c>
+      <c r="K83" s="6">
+        <v>856289.86760740005</v>
+      </c>
+      <c r="L83" s="6">
+        <v>849400.63702577597</v>
+      </c>
+      <c r="M83" s="6">
+        <v>867911.84609999997</v>
+      </c>
+      <c r="N83" s="30">
+        <v>867911.84612354205</v>
+      </c>
+      <c r="O83" s="30">
+        <v>867911.84612354205</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="39"/>
+      <c r="B84" s="39"/>
+      <c r="C84" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" s="6">
+        <v>850462.97399209905</v>
+      </c>
+      <c r="E84" s="6">
+        <v>847866.60985721799</v>
+      </c>
+      <c r="F84" s="6">
+        <v>848427.70287957601</v>
+      </c>
+      <c r="G84" s="6">
+        <v>847936.91065503506</v>
+      </c>
+      <c r="H84" s="6">
+        <v>848024.81607210101</v>
+      </c>
+      <c r="I84" s="6">
+        <v>847942.33178121201</v>
+      </c>
+      <c r="J84" s="6">
+        <v>847652</v>
+      </c>
+      <c r="K84" s="6">
+        <v>847697.01713875704</v>
+      </c>
+      <c r="L84" s="6">
+        <v>840873.75667586096</v>
+      </c>
+      <c r="M84" s="6">
+        <v>859195.91009999998</v>
+      </c>
+      <c r="N84" s="30">
+        <v>859195.91009430797</v>
+      </c>
+      <c r="O84" s="30">
+        <v>859195.91009430797</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="39"/>
+      <c r="B85" s="39"/>
+      <c r="C85" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D85" s="7">
+        <v>0</v>
+      </c>
+      <c r="E85" s="7">
+        <v>0</v>
+      </c>
+      <c r="F85" s="6">
+        <v>8.27097829704093</v>
+      </c>
+      <c r="G85" s="7">
+        <v>0</v>
+      </c>
+      <c r="H85" s="7">
+        <v>0</v>
+      </c>
+      <c r="I85" s="7">
+        <v>0</v>
+      </c>
+      <c r="J85" s="5"/>
+      <c r="K85" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L85" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M85" s="5"/>
+      <c r="N85" s="30"/>
+      <c r="O85" s="30"/>
+    </row>
+    <row r="86" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="39"/>
+      <c r="B86" s="39"/>
+      <c r="C86" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" s="7">
+        <v>0</v>
+      </c>
+      <c r="E86" s="7">
+        <v>0</v>
+      </c>
+      <c r="F86" s="7">
+        <v>0</v>
+      </c>
+      <c r="G86" s="7">
+        <v>0</v>
+      </c>
+      <c r="H86" s="7">
+        <v>0</v>
+      </c>
+      <c r="I86" s="7">
+        <v>0</v>
+      </c>
+      <c r="J86" s="5"/>
+      <c r="K86" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L86" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M86" s="5"/>
+      <c r="N86" s="30"/>
+      <c r="O86" s="30"/>
+    </row>
+    <row r="87" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="39"/>
+      <c r="B87" s="39"/>
+      <c r="C87" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D87" s="5"/>
+      <c r="E87" s="5"/>
+      <c r="F87" s="5"/>
+      <c r="G87" s="5"/>
+      <c r="H87" s="5"/>
+      <c r="I87" s="5"/>
+      <c r="J87" s="6">
+        <v>8508</v>
+      </c>
+      <c r="K87" s="6">
+        <v>8592.8504686431606</v>
+      </c>
+      <c r="L87" s="6">
+        <v>8526.8803499147307</v>
+      </c>
+      <c r="M87" s="6">
+        <v>8715.9360290000004</v>
+      </c>
+      <c r="N87" s="30">
+        <v>8715.9360292342408</v>
+      </c>
+      <c r="O87" s="30">
+        <v>8715.9360292342408</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="39"/>
+      <c r="B88" s="39"/>
+      <c r="C88" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D88" s="6">
+        <v>8199.3544856811695</v>
+      </c>
+      <c r="E88" s="6">
+        <v>8214.2445562623998</v>
+      </c>
+      <c r="F88" s="6">
+        <v>8235.9196190351595</v>
+      </c>
+      <c r="G88" s="6">
+        <v>8307.6985851387908</v>
+      </c>
+      <c r="H88" s="6">
+        <v>8387.6251105622796</v>
+      </c>
+      <c r="I88" s="6">
+        <v>8435.6497789864497</v>
+      </c>
+      <c r="J88" s="5"/>
+      <c r="K88" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L88" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M88" s="5"/>
+      <c r="N88" s="30"/>
+      <c r="O88" s="30"/>
+    </row>
+    <row r="89" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="39"/>
+      <c r="B89" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D89" s="6">
+        <v>425193</v>
+      </c>
+      <c r="E89" s="6">
+        <v>424240.12144983502</v>
+      </c>
+      <c r="F89" s="6">
+        <v>424118</v>
+      </c>
+      <c r="G89" s="6">
+        <v>424407</v>
+      </c>
+      <c r="H89" s="6">
+        <v>424675</v>
+      </c>
+      <c r="I89" s="6">
+        <v>424628</v>
+      </c>
+      <c r="J89" s="6">
+        <v>424417</v>
+      </c>
+      <c r="K89" s="6">
+        <v>424488</v>
+      </c>
+      <c r="L89" s="6">
+        <v>422379.89304033999</v>
+      </c>
+      <c r="M89" s="6">
+        <v>412285</v>
+      </c>
+      <c r="N89" s="30">
+        <v>412285</v>
+      </c>
+      <c r="O89" s="30">
+        <v>412285</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="39"/>
+      <c r="B90" s="39"/>
+      <c r="C90" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D90" s="6">
+        <v>233301.164468534</v>
+      </c>
+      <c r="E90" s="6">
+        <v>232691.692673863</v>
+      </c>
+      <c r="F90" s="6">
+        <v>232630.21678894301</v>
+      </c>
+      <c r="G90" s="6">
+        <v>232810.96439001401</v>
+      </c>
+      <c r="H90" s="6">
+        <v>232972.443093112</v>
+      </c>
+      <c r="I90" s="6">
+        <v>232958.65698102099</v>
+      </c>
+      <c r="J90" s="6">
+        <v>232841</v>
+      </c>
+      <c r="K90" s="6">
+        <v>232798.49624899801</v>
+      </c>
+      <c r="L90" s="6">
+        <v>231625.38413436501</v>
+      </c>
+      <c r="M90" s="6">
+        <v>225998.27710000001</v>
+      </c>
+      <c r="N90" s="30">
+        <v>225998.277064856</v>
+      </c>
+      <c r="O90" s="30">
+        <v>225998.277064856</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="39"/>
+      <c r="B91" s="39"/>
+      <c r="C91" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D91" s="6">
+        <v>173914.26176542501</v>
+      </c>
+      <c r="E91" s="6">
+        <v>173458.22311561499</v>
+      </c>
+      <c r="F91" s="6">
+        <v>173391.724208031</v>
+      </c>
+      <c r="G91" s="6">
+        <v>173456.201744208</v>
+      </c>
+      <c r="H91" s="6">
+        <v>173548.45249055899</v>
+      </c>
+      <c r="I91" s="6">
+        <v>173499.580132459</v>
+      </c>
+      <c r="J91" s="6">
+        <v>173433</v>
+      </c>
+      <c r="K91" s="6">
+        <v>173371.44301002301</v>
+      </c>
+      <c r="L91" s="6">
+        <v>172480.24039675601</v>
+      </c>
+      <c r="M91" s="6">
+        <v>168278.20331206699</v>
+      </c>
+      <c r="N91" s="30">
+        <v>168278.20331206699</v>
+      </c>
+      <c r="O91" s="30">
+        <v>168278.20331206699</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="39"/>
+      <c r="B92" s="39"/>
+      <c r="C92" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D92" s="6">
+        <v>59386.902703109103</v>
+      </c>
+      <c r="E92" s="6">
+        <v>59233.469558247401</v>
+      </c>
+      <c r="F92" s="6">
+        <v>59238.492580911203</v>
+      </c>
+      <c r="G92" s="6">
+        <v>59354.762645806302</v>
+      </c>
+      <c r="H92" s="6">
+        <v>59423.990602553298</v>
+      </c>
+      <c r="I92" s="6">
+        <v>59459.076848562298</v>
+      </c>
+      <c r="J92" s="5"/>
+      <c r="K92" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L92" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M92" s="5"/>
+      <c r="N92" s="30"/>
+      <c r="O92" s="30"/>
+    </row>
+    <row r="93" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="39"/>
+      <c r="B93" s="39"/>
+      <c r="C93" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="7">
+        <v>0</v>
+      </c>
+      <c r="E93" s="7">
+        <v>0</v>
+      </c>
+      <c r="F93" s="7">
+        <v>0</v>
+      </c>
+      <c r="G93" s="7">
+        <v>0</v>
+      </c>
+      <c r="H93" s="7">
+        <v>0</v>
+      </c>
+      <c r="I93" s="7">
+        <v>0</v>
+      </c>
+      <c r="J93" s="5"/>
+      <c r="K93" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L93" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M93" s="5"/>
+      <c r="N93" s="30"/>
+      <c r="O93" s="30"/>
+    </row>
+    <row r="94" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="39"/>
+      <c r="B94" s="39"/>
+      <c r="C94" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D94" s="5"/>
+      <c r="E94" s="5"/>
+      <c r="F94" s="5"/>
+      <c r="G94" s="5"/>
+      <c r="H94" s="5"/>
+      <c r="I94" s="5"/>
+      <c r="J94" s="6">
+        <v>59408</v>
+      </c>
+      <c r="K94" s="6">
+        <v>59427.053238975401</v>
+      </c>
+      <c r="L94" s="6">
+        <v>59145.143737609098</v>
+      </c>
+      <c r="M94" s="6">
+        <v>57720.073752789001</v>
+      </c>
+      <c r="N94" s="30">
+        <v>57720.073752789001</v>
+      </c>
+      <c r="O94" s="30">
+        <v>57720.073752789001</v>
+      </c>
+    </row>
+    <row r="95" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="39"/>
+      <c r="B95" s="39"/>
+      <c r="C95" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D95" s="6">
+        <v>191891.835531466</v>
+      </c>
+      <c r="E95" s="6">
+        <v>191548.42877597301</v>
+      </c>
+      <c r="F95" s="6">
+        <v>191487.78321105699</v>
+      </c>
+      <c r="G95" s="6">
+        <v>191596.03560998599</v>
+      </c>
+      <c r="H95" s="6">
+        <v>191702.556906888</v>
+      </c>
+      <c r="I95" s="6">
+        <v>191669.34301897901</v>
+      </c>
+      <c r="J95" s="6">
+        <v>191576</v>
+      </c>
+      <c r="K95" s="6">
+        <v>191689.50375100199</v>
+      </c>
+      <c r="L95" s="6">
+        <v>190754.50890597401</v>
+      </c>
+      <c r="M95" s="6">
+        <v>186286.72289999999</v>
+      </c>
+      <c r="N95" s="30">
+        <v>186286.722935144</v>
+      </c>
+      <c r="O95" s="30">
+        <v>186286.722935144</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="39"/>
+      <c r="B96" s="39"/>
+      <c r="C96" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" s="6">
+        <v>185805.41159021799</v>
+      </c>
+      <c r="E96" s="6">
+        <v>185457.980917685</v>
+      </c>
+      <c r="F96" s="6">
+        <v>185387.516270703</v>
+      </c>
+      <c r="G96" s="6">
+        <v>185473.45822976399</v>
+      </c>
+      <c r="H96" s="6">
+        <v>185567.092358839</v>
+      </c>
+      <c r="I96" s="6">
+        <v>185536.733054479</v>
+      </c>
+      <c r="J96" s="6">
+        <v>185443</v>
+      </c>
+      <c r="K96" s="6">
+        <v>185543.008721811</v>
+      </c>
+      <c r="L96" s="6">
+        <v>184641.05522975701</v>
+      </c>
+      <c r="M96" s="6">
+        <v>180305.95379999999</v>
+      </c>
+      <c r="N96" s="30">
+        <v>180305.95382265199</v>
+      </c>
+      <c r="O96" s="30">
+        <v>180305.95382265199</v>
+      </c>
+    </row>
+    <row r="97" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="39"/>
+      <c r="B97" s="39"/>
+      <c r="C97" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D97" s="7">
+        <v>0</v>
+      </c>
+      <c r="E97" s="7">
+        <v>0</v>
+      </c>
+      <c r="F97" s="7">
+        <v>0</v>
+      </c>
+      <c r="G97" s="7">
+        <v>0</v>
+      </c>
+      <c r="H97" s="7">
+        <v>0</v>
+      </c>
+      <c r="I97" s="7">
+        <v>0</v>
+      </c>
+      <c r="J97" s="5"/>
+      <c r="K97" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L97" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M97" s="5"/>
+      <c r="N97" s="30"/>
+      <c r="O97" s="30"/>
+    </row>
+    <row r="98" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="39"/>
+      <c r="B98" s="39"/>
+      <c r="C98" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" s="7">
+        <v>0</v>
+      </c>
+      <c r="E98" s="7">
+        <v>0</v>
+      </c>
+      <c r="F98" s="7">
+        <v>0</v>
+      </c>
+      <c r="G98" s="7">
+        <v>0</v>
+      </c>
+      <c r="H98" s="7">
+        <v>0</v>
+      </c>
+      <c r="I98" s="7">
+        <v>0</v>
+      </c>
+      <c r="J98" s="5"/>
+      <c r="K98" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L98" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M98" s="5"/>
+      <c r="N98" s="30"/>
+      <c r="O98" s="30"/>
+    </row>
+    <row r="99" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="39"/>
+      <c r="B99" s="39"/>
+      <c r="C99" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D99" s="5"/>
+      <c r="E99" s="5"/>
+      <c r="F99" s="5"/>
+      <c r="G99" s="5"/>
+      <c r="H99" s="5"/>
+      <c r="I99" s="5"/>
+      <c r="J99" s="6">
+        <v>6133</v>
+      </c>
+      <c r="K99" s="6">
+        <v>6146.4950291902896</v>
+      </c>
+      <c r="L99" s="6">
+        <v>6113.45367621684</v>
+      </c>
+      <c r="M99" s="6">
+        <v>5980.769112</v>
+      </c>
+      <c r="N99" s="30">
+        <v>5980.7691124921403</v>
+      </c>
+      <c r="O99" s="30">
+        <v>5980.7691124921403</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="39"/>
+      <c r="B100" s="39"/>
+      <c r="C100" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" s="6">
+        <v>6086.4239412483303</v>
+      </c>
+      <c r="E100" s="6">
+        <v>6090.4478582882202</v>
+      </c>
+      <c r="F100" s="6">
+        <v>6100.2669403538603</v>
+      </c>
+      <c r="G100" s="6">
+        <v>6122.5773802219401</v>
+      </c>
+      <c r="H100" s="6">
+        <v>6135.4645480482104</v>
+      </c>
+      <c r="I100" s="6">
+        <v>6132.6099644995002</v>
+      </c>
+      <c r="J100" s="5"/>
+      <c r="K100" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L100" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M100" s="5"/>
+      <c r="N100" s="30"/>
+      <c r="O100" s="30"/>
+    </row>
+    <row r="101" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="39"/>
+      <c r="B101" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D101" s="6">
+        <v>2196101</v>
+      </c>
+      <c r="E101" s="6">
+        <v>2189463.7026180099</v>
+      </c>
+      <c r="F101" s="6">
+        <v>2211616</v>
+      </c>
+      <c r="G101" s="6">
+        <v>2191974</v>
+      </c>
+      <c r="H101" s="6">
+        <v>2191454</v>
+      </c>
+      <c r="I101" s="6">
+        <v>2191311</v>
+      </c>
+      <c r="J101" s="6">
+        <v>2191867</v>
+      </c>
+      <c r="K101" s="6">
+        <v>2191689</v>
+      </c>
+      <c r="L101" s="6">
+        <v>2172380.6988855298</v>
+      </c>
+      <c r="M101" s="6">
+        <v>2367341</v>
+      </c>
+      <c r="N101" s="30">
+        <v>2367341</v>
+      </c>
+      <c r="O101" s="30">
+        <v>2367341</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="39"/>
+      <c r="B102" s="39"/>
+      <c r="C102" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D102" s="6">
+        <v>632678.46915579797</v>
+      </c>
+      <c r="E102" s="6">
+        <v>631089.07101874705</v>
+      </c>
+      <c r="F102" s="6">
+        <v>637652.78897979704</v>
+      </c>
+      <c r="G102" s="6">
+        <v>632839.11053761898</v>
+      </c>
+      <c r="H102" s="6">
+        <v>632780.51526604104</v>
+      </c>
+      <c r="I102" s="6">
+        <v>633263.657137895</v>
+      </c>
+      <c r="J102" s="6">
+        <v>633434</v>
+      </c>
+      <c r="K102" s="6">
+        <v>633429.33816358901</v>
+      </c>
+      <c r="L102" s="6">
+        <v>627666.01729914302</v>
+      </c>
+      <c r="M102" s="6">
+        <v>684207.62230000005</v>
+      </c>
+      <c r="N102" s="30">
+        <v>684207.62234340503</v>
+      </c>
+      <c r="O102" s="30">
+        <v>684207.62234340503</v>
+      </c>
+    </row>
+    <row r="103" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="39"/>
+      <c r="B103" s="39"/>
+      <c r="C103" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D103" s="6">
+        <v>392945.82793237502</v>
+      </c>
+      <c r="E103" s="6">
+        <v>391788.27529638802</v>
+      </c>
+      <c r="F103" s="6">
+        <v>395814.600048277</v>
+      </c>
+      <c r="G103" s="6">
+        <v>392380.45486472198</v>
+      </c>
+      <c r="H103" s="6">
+        <v>392310.988077774</v>
+      </c>
+      <c r="I103" s="6">
+        <v>392499.78271855903</v>
+      </c>
+      <c r="J103" s="6">
+        <v>392398</v>
+      </c>
+      <c r="K103" s="6">
+        <v>392364.92554591101</v>
+      </c>
+      <c r="L103" s="6">
+        <v>388540.53067257401</v>
+      </c>
+      <c r="M103" s="6">
+        <v>423479.44203424</v>
+      </c>
+      <c r="N103" s="30">
+        <v>423479.44203424</v>
+      </c>
+      <c r="O103" s="30">
+        <v>423479.44203424</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="39"/>
+      <c r="B104" s="39"/>
+      <c r="C104" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D104" s="6">
+        <v>239732.641223424</v>
+      </c>
+      <c r="E104" s="6">
+        <v>239300.79572235901</v>
+      </c>
+      <c r="F104" s="6">
+        <v>241838.18893151899</v>
+      </c>
+      <c r="G104" s="6">
+        <v>240458.655672897</v>
+      </c>
+      <c r="H104" s="6">
+        <v>240469.52718826701</v>
+      </c>
+      <c r="I104" s="6">
+        <v>240763.874419336</v>
+      </c>
+      <c r="J104" s="5"/>
+      <c r="K104" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L104" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M104" s="5"/>
+      <c r="N104" s="30"/>
+      <c r="O104" s="30"/>
+    </row>
+    <row r="105" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="39"/>
+      <c r="B105" s="39"/>
+      <c r="C105" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="7">
+        <v>0</v>
+      </c>
+      <c r="E105" s="7">
+        <v>0</v>
+      </c>
+      <c r="F105" s="7">
+        <v>0</v>
+      </c>
+      <c r="G105" s="7">
+        <v>0</v>
+      </c>
+      <c r="H105" s="7">
+        <v>0</v>
+      </c>
+      <c r="I105" s="7">
+        <v>0</v>
+      </c>
+      <c r="J105" s="5"/>
+      <c r="K105" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L105" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M105" s="5"/>
+      <c r="N105" s="30"/>
+      <c r="O105" s="30"/>
+    </row>
+    <row r="106" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="39"/>
+      <c r="B106" s="39"/>
+      <c r="C106" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D106" s="5"/>
+      <c r="E106" s="5"/>
+      <c r="F106" s="5"/>
+      <c r="G106" s="5"/>
+      <c r="H106" s="5"/>
+      <c r="I106" s="5"/>
+      <c r="J106" s="6">
+        <v>241036</v>
+      </c>
+      <c r="K106" s="6">
+        <v>241064.412617678</v>
+      </c>
+      <c r="L106" s="6">
+        <v>239125.48662656901</v>
+      </c>
+      <c r="M106" s="6">
+        <v>260728.18030916501</v>
+      </c>
+      <c r="N106" s="30">
+        <v>260728.18030916501</v>
+      </c>
+      <c r="O106" s="30">
+        <v>260728.18030916501</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="39"/>
+      <c r="B107" s="39"/>
+      <c r="C107" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" s="6">
+        <v>1563422.5308441999</v>
+      </c>
+      <c r="E107" s="6">
+        <v>1558374.63159926</v>
+      </c>
+      <c r="F107" s="6">
+        <v>1573963.2110202</v>
+      </c>
+      <c r="G107" s="6">
+        <v>1559134.88946238</v>
+      </c>
+      <c r="H107" s="6">
+        <v>1558673.4847339599</v>
+      </c>
+      <c r="I107" s="6">
+        <v>1558047.3428621099</v>
+      </c>
+      <c r="J107" s="6">
+        <v>1558433</v>
+      </c>
+      <c r="K107" s="6">
+        <v>1558259.6618364099</v>
+      </c>
+      <c r="L107" s="6">
+        <v>1544714.6815863899</v>
+      </c>
+      <c r="M107" s="6">
+        <v>1683133.378</v>
+      </c>
+      <c r="N107" s="30">
+        <v>1683133.37765659</v>
+      </c>
+      <c r="O107" s="30">
+        <v>1683133.37765659</v>
+      </c>
+    </row>
+    <row r="108" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="39"/>
+      <c r="B108" s="39"/>
+      <c r="C108" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" s="6">
+        <v>1254403.1655109599</v>
+      </c>
+      <c r="E108" s="6">
+        <v>1250090.0756004399</v>
+      </c>
+      <c r="F108" s="6">
+        <v>1262259.7422527899</v>
+      </c>
+      <c r="G108" s="6">
+        <v>1250258.5924591899</v>
+      </c>
+      <c r="H108" s="6">
+        <v>1249446.96983254</v>
+      </c>
+      <c r="I108" s="6">
+        <v>1248931.94008453</v>
+      </c>
+      <c r="J108" s="6">
+        <v>1249026</v>
+      </c>
+      <c r="K108" s="6">
+        <v>1248869.2352430599</v>
+      </c>
+      <c r="L108" s="6">
+        <v>1237865.7160557699</v>
+      </c>
+      <c r="M108" s="6">
+        <v>1348793.5549999999</v>
+      </c>
+      <c r="N108" s="30">
+        <v>1348793.5548400399</v>
+      </c>
+      <c r="O108" s="30">
+        <v>1348793.5548400399</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="39"/>
+      <c r="B109" s="39"/>
+      <c r="C109" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D109" s="6">
+        <v>60.720054924147803</v>
+      </c>
+      <c r="E109" s="6">
+        <v>60.475971813179697</v>
+      </c>
+      <c r="F109" s="6">
+        <v>61.027737543959503</v>
+      </c>
+      <c r="G109" s="6">
+        <v>60.426199028741301</v>
+      </c>
+      <c r="H109" s="6">
+        <v>60.352474552425399</v>
+      </c>
+      <c r="I109" s="6">
+        <v>60.2881999012981</v>
+      </c>
+      <c r="J109" s="5"/>
+      <c r="K109" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L109" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M109" s="5"/>
+      <c r="N109" s="30"/>
+      <c r="O109" s="30"/>
+    </row>
+    <row r="110" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="39"/>
+      <c r="B110" s="39"/>
+      <c r="C110" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" s="6">
+        <v>2925.6620542145802</v>
+      </c>
+      <c r="E110" s="6">
+        <v>2913.90144733229</v>
+      </c>
+      <c r="F110" s="6">
+        <v>2940.4394401894001</v>
+      </c>
+      <c r="G110" s="6">
+        <v>2911.4089096418302</v>
+      </c>
+      <c r="H110" s="6">
+        <v>2907.8096032459798</v>
+      </c>
+      <c r="I110" s="6">
+        <v>2904.71282139604</v>
+      </c>
+      <c r="J110" s="5"/>
+      <c r="K110" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L110" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M110" s="5"/>
+      <c r="N110" s="30"/>
+      <c r="O110" s="30"/>
+    </row>
+    <row r="111" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="39"/>
+      <c r="B111" s="39"/>
+      <c r="C111" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D111" s="5"/>
+      <c r="E111" s="5"/>
+      <c r="F111" s="5"/>
+      <c r="G111" s="5"/>
+      <c r="H111" s="5"/>
+      <c r="I111" s="5"/>
+      <c r="J111" s="6">
+        <v>309407</v>
+      </c>
+      <c r="K111" s="6">
+        <v>309390.42659335397</v>
+      </c>
+      <c r="L111" s="6">
+        <v>306848.96553062502</v>
+      </c>
+      <c r="M111" s="6">
+        <v>334339.82280000002</v>
+      </c>
+      <c r="N111" s="30">
+        <v>334339.82281655498</v>
+      </c>
+      <c r="O111" s="30">
+        <v>334339.82281655498</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="39"/>
+      <c r="B112" s="39"/>
+      <c r="C112" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D112" s="6">
+        <v>306032.98322410701</v>
+      </c>
+      <c r="E112" s="6">
+        <v>305310.178579678</v>
+      </c>
+      <c r="F112" s="6">
+        <v>308702.00158967701</v>
+      </c>
+      <c r="G112" s="6">
+        <v>305904.46189452201</v>
+      </c>
+      <c r="H112" s="6">
+        <v>306258.35282362299</v>
+      </c>
+      <c r="I112" s="6">
+        <v>306150.401756279</v>
+      </c>
+      <c r="J112" s="5"/>
+      <c r="K112" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L112" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M112" s="5"/>
+      <c r="N112" s="30"/>
+      <c r="O112" s="30"/>
+    </row>
+    <row r="113" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="39"/>
+      <c r="B113" s="39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D113" s="6">
+        <v>492314</v>
+      </c>
+      <c r="E113" s="6">
+        <v>491211.53097442398</v>
+      </c>
+      <c r="F113" s="6">
+        <v>491553</v>
+      </c>
+      <c r="G113" s="6">
+        <v>491350</v>
+      </c>
+      <c r="H113" s="6">
+        <v>491322</v>
+      </c>
+      <c r="I113" s="6">
+        <v>491855</v>
+      </c>
+      <c r="J113" s="6">
+        <v>492113</v>
+      </c>
+      <c r="K113" s="6">
+        <v>491813</v>
+      </c>
+      <c r="L113" s="6">
+        <v>488697.19915923901</v>
+      </c>
+      <c r="M113" s="6">
+        <v>398566</v>
+      </c>
+      <c r="N113" s="30">
+        <v>398566</v>
+      </c>
+      <c r="O113" s="30">
+        <v>398566</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="39"/>
+      <c r="B114" s="39"/>
+      <c r="C114" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D114" s="6">
+        <v>209352.42023174299</v>
+      </c>
+      <c r="E114" s="6">
+        <v>209019.17126770501</v>
+      </c>
+      <c r="F114" s="6">
+        <v>209283.57004290799</v>
+      </c>
+      <c r="G114" s="6">
+        <v>209276.355871092</v>
+      </c>
+      <c r="H114" s="6">
+        <v>209371.16251915399</v>
+      </c>
+      <c r="I114" s="6">
+        <v>209648.85205468201</v>
+      </c>
+      <c r="J114" s="6">
+        <v>209834</v>
+      </c>
+      <c r="K114" s="6">
+        <v>209753.68360515599</v>
+      </c>
+      <c r="L114" s="6">
+        <v>208375.53315943401</v>
+      </c>
+      <c r="M114" s="6">
+        <v>169936.45250000001</v>
+      </c>
+      <c r="N114" s="30">
+        <v>169936.452486895</v>
+      </c>
+      <c r="O114" s="30">
+        <v>169936.452486895</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="39"/>
+      <c r="B115" s="39"/>
+      <c r="C115" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D115" s="6">
+        <v>145778.81593705399</v>
+      </c>
+      <c r="E115" s="6">
+        <v>145468.23983255099</v>
+      </c>
+      <c r="F115" s="6">
+        <v>145677.88415537699</v>
+      </c>
+      <c r="G115" s="6">
+        <v>145622.36107230501</v>
+      </c>
+      <c r="H115" s="6">
+        <v>145692.185456562</v>
+      </c>
+      <c r="I115" s="6">
+        <v>145885.71568865699</v>
+      </c>
+      <c r="J115" s="6">
+        <v>145980</v>
+      </c>
+      <c r="K115" s="6">
+        <v>145860.268638857</v>
+      </c>
+      <c r="L115" s="6">
+        <v>144844.330288773</v>
+      </c>
+      <c r="M115" s="6">
+        <v>118142.30852556499</v>
+      </c>
+      <c r="N115" s="30">
+        <v>118142.30852556499</v>
+      </c>
+      <c r="O115" s="30">
+        <v>118142.30852556499</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="39"/>
+      <c r="B116" s="39"/>
+      <c r="C116" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D116" s="6">
+        <v>63573.604294689198</v>
+      </c>
+      <c r="E116" s="6">
+        <v>63550.931435154002</v>
+      </c>
+      <c r="F116" s="6">
+        <v>63605.685887531399</v>
+      </c>
+      <c r="G116" s="6">
+        <v>63653.9947987868</v>
+      </c>
+      <c r="H116" s="6">
+        <v>63678.977062591599</v>
+      </c>
+      <c r="I116" s="6">
+        <v>63763.136366025297</v>
+      </c>
+      <c r="J116" s="5"/>
+      <c r="K116" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L116" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M116" s="5"/>
+      <c r="N116" s="30"/>
+      <c r="O116" s="30"/>
+    </row>
+    <row r="117" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="39"/>
+      <c r="B117" s="39"/>
+      <c r="C117" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" s="7">
+        <v>0</v>
+      </c>
+      <c r="E117" s="7">
+        <v>0</v>
+      </c>
+      <c r="F117" s="7">
+        <v>0</v>
+      </c>
+      <c r="G117" s="7">
+        <v>0</v>
+      </c>
+      <c r="H117" s="7">
+        <v>0</v>
+      </c>
+      <c r="I117" s="7">
+        <v>0</v>
+      </c>
+      <c r="J117" s="5"/>
+      <c r="K117" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L117" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M117" s="5"/>
+      <c r="N117" s="30"/>
+      <c r="O117" s="30"/>
+    </row>
+    <row r="118" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="39"/>
+      <c r="B118" s="39"/>
+      <c r="C118" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D118" s="5"/>
+      <c r="E118" s="5"/>
+      <c r="F118" s="5"/>
+      <c r="G118" s="5"/>
+      <c r="H118" s="5"/>
+      <c r="I118" s="5"/>
+      <c r="J118" s="6">
+        <v>63854</v>
+      </c>
+      <c r="K118" s="6">
+        <v>63893.414966299199</v>
+      </c>
+      <c r="L118" s="6">
+        <v>63531.202870661</v>
+      </c>
+      <c r="M118" s="6">
+        <v>51794.143961329399</v>
+      </c>
+      <c r="N118" s="30">
+        <v>51794.143961329399</v>
+      </c>
+      <c r="O118" s="30">
+        <v>51794.143961329399</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="39"/>
+      <c r="B119" s="39"/>
+      <c r="C119" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D119" s="6">
+        <v>282961.57976825698</v>
+      </c>
+      <c r="E119" s="6">
+        <v>282192.35970671801</v>
+      </c>
+      <c r="F119" s="6">
+        <v>282269.42995709198</v>
+      </c>
+      <c r="G119" s="6">
+        <v>282073.644128908</v>
+      </c>
+      <c r="H119" s="6">
+        <v>281950.83748084598</v>
+      </c>
+      <c r="I119" s="6">
+        <v>282206.14794531802</v>
+      </c>
+      <c r="J119" s="6">
+        <v>282279</v>
+      </c>
+      <c r="K119" s="6">
+        <v>282059.31639484398</v>
+      </c>
+      <c r="L119" s="6">
+        <v>280321.66599980497</v>
+      </c>
+      <c r="M119" s="6">
+        <v>228629.54749999999</v>
+      </c>
+      <c r="N119" s="30">
+        <v>228629.547513105</v>
+      </c>
+      <c r="O119" s="30">
+        <v>228629.547513105</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="39"/>
+      <c r="B120" s="39"/>
+      <c r="C120" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D120" s="6">
+        <v>281349.57093645597</v>
+      </c>
+      <c r="E120" s="6">
+        <v>280573.97586770297</v>
+      </c>
+      <c r="F120" s="6">
+        <v>280648.62235415902</v>
+      </c>
+      <c r="G120" s="6">
+        <v>280439.04103798902</v>
+      </c>
+      <c r="H120" s="6">
+        <v>280309.16354091902</v>
+      </c>
+      <c r="I120" s="6">
+        <v>280534.49978871801</v>
+      </c>
+      <c r="J120" s="6">
+        <v>280600</v>
+      </c>
+      <c r="K120" s="6">
+        <v>280377.45386546</v>
+      </c>
+      <c r="L120" s="6">
+        <v>278646.25958453602</v>
+      </c>
+      <c r="M120" s="6">
+        <v>227263.41260000001</v>
+      </c>
+      <c r="N120" s="30">
+        <v>227263.412639413</v>
+      </c>
+      <c r="O120" s="30">
+        <v>227263.412639413</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="39"/>
+      <c r="B121" s="39"/>
+      <c r="C121" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D121" s="7">
+        <v>0</v>
+      </c>
+      <c r="E121" s="7">
+        <v>0</v>
+      </c>
+      <c r="F121" s="7">
+        <v>0</v>
+      </c>
+      <c r="G121" s="6">
+        <v>3.5797954326485599</v>
+      </c>
+      <c r="H121" s="6">
+        <v>3.57702162925179</v>
+      </c>
+      <c r="I121" s="6">
+        <v>3.5773189014427</v>
+      </c>
+      <c r="J121" s="5"/>
+      <c r="K121" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L121" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M121" s="5"/>
+      <c r="N121" s="30"/>
+      <c r="O121" s="30"/>
+    </row>
+    <row r="122" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="39"/>
+      <c r="B122" s="39"/>
+      <c r="C122" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" s="6">
+        <v>4.5749969774470403</v>
+      </c>
+      <c r="E122" s="6">
+        <v>4.5601687922421403</v>
+      </c>
+      <c r="F122" s="6">
+        <v>4.5597517570667696</v>
+      </c>
+      <c r="G122" s="6">
+        <v>4.5542885182239203</v>
+      </c>
+      <c r="H122" s="6">
+        <v>4.5504874235937001</v>
+      </c>
+      <c r="I122" s="6">
+        <v>4.5508655966958997</v>
+      </c>
+      <c r="J122" s="5"/>
+      <c r="K122" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L122" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M122" s="5"/>
+      <c r="N122" s="30"/>
+      <c r="O122" s="30"/>
+    </row>
+    <row r="123" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="39"/>
+      <c r="B123" s="39"/>
+      <c r="C123" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D123" s="5"/>
+      <c r="E123" s="5"/>
+      <c r="F123" s="5"/>
+      <c r="G123" s="5"/>
+      <c r="H123" s="5"/>
+      <c r="I123" s="5"/>
+      <c r="J123" s="6">
+        <v>1679</v>
+      </c>
+      <c r="K123" s="6">
+        <v>1681.86252938454</v>
+      </c>
+      <c r="L123" s="6">
+        <v>1675.4064152691201</v>
+      </c>
+      <c r="M123" s="6">
+        <v>1366.1348740000001</v>
+      </c>
+      <c r="N123" s="30">
+        <v>1366.13487369209</v>
+      </c>
+      <c r="O123" s="30">
+        <v>1366.13487369209</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="39"/>
+      <c r="B124" s="39"/>
+      <c r="C124" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D124" s="6">
+        <v>1607.43383482383</v>
+      </c>
+      <c r="E124" s="6">
+        <v>1613.8236702233401</v>
+      </c>
+      <c r="F124" s="6">
+        <v>1616.2478511750601</v>
+      </c>
+      <c r="G124" s="6">
+        <v>1626.4690069676401</v>
+      </c>
+      <c r="H124" s="6">
+        <v>1633.5464308742601</v>
+      </c>
+      <c r="I124" s="6">
+        <v>1663.5199721019701</v>
+      </c>
+      <c r="J124" s="5"/>
+      <c r="K124" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L124" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M124" s="5"/>
+      <c r="N124" s="30"/>
+      <c r="O124" s="30"/>
+    </row>
+    <row r="125" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="39"/>
+      <c r="B125" s="39" t="s">
+        <v>25</v>
+      </c>
+      <c r="C125" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D125" s="6">
+        <v>1194124</v>
+      </c>
+      <c r="E125" s="6">
+        <v>1190145.0601726701</v>
+      </c>
+      <c r="F125" s="6">
+        <v>1191451</v>
+      </c>
+      <c r="G125" s="6">
+        <v>1191583</v>
+      </c>
+      <c r="H125" s="6">
+        <v>1191296</v>
+      </c>
+      <c r="I125" s="6">
+        <v>1191405</v>
+      </c>
+      <c r="J125" s="6">
+        <v>1191143</v>
+      </c>
+      <c r="K125" s="6">
+        <v>1190945</v>
+      </c>
+      <c r="L125" s="6">
+        <v>1182789.7139527299</v>
+      </c>
+      <c r="M125" s="6">
+        <v>1210813</v>
+      </c>
+      <c r="N125" s="30">
+        <v>1210813</v>
+      </c>
+      <c r="O125" s="30">
+        <v>1210813</v>
+      </c>
+    </row>
+    <row r="126" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="39"/>
+      <c r="B126" s="39"/>
+      <c r="C126" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D126" s="6">
+        <v>589262.277136005</v>
+      </c>
+      <c r="E126" s="6">
+        <v>587433.89904405095</v>
+      </c>
+      <c r="F126" s="6">
+        <v>588316.28655405098</v>
+      </c>
+      <c r="G126" s="6">
+        <v>588602.08209956798</v>
+      </c>
+      <c r="H126" s="6">
+        <v>588605.81945666997</v>
+      </c>
+      <c r="I126" s="6">
+        <v>588783.20703151205</v>
+      </c>
+      <c r="J126" s="6">
+        <v>588471</v>
+      </c>
+      <c r="K126" s="6">
+        <v>588349.25705486501</v>
+      </c>
+      <c r="L126" s="6">
+        <v>584230.99344191595</v>
+      </c>
+      <c r="M126" s="6">
+        <v>598051.55240000004</v>
+      </c>
+      <c r="N126" s="30">
+        <v>598051.55242047296</v>
+      </c>
+      <c r="O126" s="30">
+        <v>598051.55242047296</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="39"/>
+      <c r="B127" s="39"/>
+      <c r="C127" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D127" s="6">
+        <v>395540.41010164801</v>
+      </c>
+      <c r="E127" s="6">
+        <v>394235.47409821599</v>
+      </c>
+      <c r="F127" s="6">
+        <v>394605.44937592302</v>
+      </c>
+      <c r="G127" s="6">
+        <v>394530.16206315398</v>
+      </c>
+      <c r="H127" s="6">
+        <v>394449.95779784903</v>
+      </c>
+      <c r="I127" s="6">
+        <v>394493.588052415</v>
+      </c>
+      <c r="J127" s="6">
+        <v>394108</v>
+      </c>
+      <c r="K127" s="6">
+        <v>393873.78978170501</v>
+      </c>
+      <c r="L127" s="6">
+        <v>391029.37439548102</v>
+      </c>
+      <c r="M127" s="6">
+        <v>400093.96318795701</v>
+      </c>
+      <c r="N127" s="30">
+        <v>400093.96318795701</v>
+      </c>
+      <c r="O127" s="30">
+        <v>400093.96318795701</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="39"/>
+      <c r="B128" s="39"/>
+      <c r="C128" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D128" s="6">
+        <v>193721.86703435599</v>
+      </c>
+      <c r="E128" s="6">
+        <v>193198.424945835</v>
+      </c>
+      <c r="F128" s="6">
+        <v>193710.83717812799</v>
+      </c>
+      <c r="G128" s="6">
+        <v>194071.92003641301</v>
+      </c>
+      <c r="H128" s="6">
+        <v>194155.86165882001</v>
+      </c>
+      <c r="I128" s="6">
+        <v>194289.61897909699</v>
+      </c>
+      <c r="J128" s="5"/>
+      <c r="K128" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L128" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M128" s="5"/>
+      <c r="N128" s="30"/>
+      <c r="O128" s="30"/>
+    </row>
+    <row r="129" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="39"/>
+      <c r="B129" s="39"/>
+      <c r="C129" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="7">
+        <v>0</v>
+      </c>
+      <c r="E129" s="7">
+        <v>0</v>
+      </c>
+      <c r="F129" s="7">
+        <v>0</v>
+      </c>
+      <c r="G129" s="7">
+        <v>0</v>
+      </c>
+      <c r="H129" s="7">
+        <v>0</v>
+      </c>
+      <c r="I129" s="7">
+        <v>0</v>
+      </c>
+      <c r="J129" s="5"/>
+      <c r="K129" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L129" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M129" s="5"/>
+      <c r="N129" s="30"/>
+      <c r="O129" s="30"/>
+    </row>
+    <row r="130" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="39"/>
+      <c r="B130" s="39"/>
+      <c r="C130" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D130" s="5"/>
+      <c r="E130" s="5"/>
+      <c r="F130" s="5"/>
+      <c r="G130" s="5"/>
+      <c r="H130" s="5"/>
+      <c r="I130" s="5"/>
+      <c r="J130" s="6">
+        <v>194363</v>
+      </c>
+      <c r="K130" s="6">
+        <v>194475.46727316</v>
+      </c>
+      <c r="L130" s="6">
+        <v>193201.61904643499</v>
+      </c>
+      <c r="M130" s="6">
+        <v>197957.58923251601</v>
+      </c>
+      <c r="N130" s="30">
+        <v>197957.58923251601</v>
+      </c>
+      <c r="O130" s="30">
+        <v>197957.58923251601</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="39"/>
+      <c r="B131" s="39"/>
+      <c r="C131" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D131" s="6">
+        <v>604861.722863995</v>
+      </c>
+      <c r="E131" s="6">
+        <v>602711.16112862399</v>
+      </c>
+      <c r="F131" s="6">
+        <v>603134.71344594902</v>
+      </c>
+      <c r="G131" s="6">
+        <v>602980.91790043202</v>
+      </c>
+      <c r="H131" s="6">
+        <v>602690.18054333003</v>
+      </c>
+      <c r="I131" s="6">
+        <v>602621.79296848795</v>
+      </c>
+      <c r="J131" s="6">
+        <v>602672</v>
+      </c>
+      <c r="K131" s="6">
+        <v>602595.74294513499</v>
+      </c>
+      <c r="L131" s="6">
+        <v>598558.72051081294</v>
+      </c>
+      <c r="M131" s="6">
+        <v>612761.44759999996</v>
+      </c>
+      <c r="N131" s="30">
+        <v>612761.44757952797</v>
+      </c>
+      <c r="O131" s="30">
+        <v>612761.44757952797</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="39"/>
+      <c r="B132" s="39"/>
+      <c r="C132" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" s="6">
+        <v>586896.35863112996</v>
+      </c>
+      <c r="E132" s="6">
+        <v>584768.253789793</v>
+      </c>
+      <c r="F132" s="6">
+        <v>585136.96396497602</v>
+      </c>
+      <c r="G132" s="6">
+        <v>584942.38493124302</v>
+      </c>
+      <c r="H132" s="6">
+        <v>584621.84352422098</v>
+      </c>
+      <c r="I132" s="6">
+        <v>584511.52500637702</v>
+      </c>
+      <c r="J132" s="6">
+        <v>584510</v>
+      </c>
+      <c r="K132" s="6">
+        <v>584401.82190370199</v>
+      </c>
+      <c r="L132" s="6">
+        <v>580492.62508580799</v>
+      </c>
+      <c r="M132" s="6">
+        <v>594274.23049999995</v>
+      </c>
+      <c r="N132" s="30">
+        <v>594274.23052353004</v>
+      </c>
+      <c r="O132" s="30">
+        <v>594274.23052353004</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="39"/>
+      <c r="B133" s="39"/>
+      <c r="C133" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D133" s="7">
+        <v>0</v>
+      </c>
+      <c r="E133" s="7">
+        <v>0</v>
+      </c>
+      <c r="F133" s="7">
+        <v>0</v>
+      </c>
+      <c r="G133" s="7">
+        <v>0</v>
+      </c>
+      <c r="H133" s="6">
+        <v>2.9429037539089902</v>
+      </c>
+      <c r="I133" s="6">
+        <v>2.9402259004153399</v>
+      </c>
+      <c r="J133" s="5"/>
+      <c r="K133" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L133" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M133" s="5"/>
+      <c r="N133" s="30"/>
+      <c r="O133" s="30"/>
+    </row>
+    <row r="134" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="39"/>
+      <c r="B134" s="39"/>
+      <c r="C134" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" s="7">
+        <v>0</v>
+      </c>
+      <c r="E134" s="7">
+        <v>0</v>
+      </c>
+      <c r="F134" s="7">
+        <v>0</v>
+      </c>
+      <c r="G134" s="7">
+        <v>0</v>
+      </c>
+      <c r="H134" s="7">
+        <v>0</v>
+      </c>
+      <c r="I134" s="7">
+        <v>0</v>
+      </c>
+      <c r="J134" s="5"/>
+      <c r="K134" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L134" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M134" s="5"/>
+      <c r="N134" s="30"/>
+      <c r="O134" s="30"/>
+    </row>
+    <row r="135" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="39"/>
+      <c r="B135" s="39"/>
+      <c r="C135" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D135" s="5"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="5"/>
+      <c r="H135" s="5"/>
+      <c r="I135" s="5"/>
+      <c r="J135" s="6">
+        <v>18162</v>
+      </c>
+      <c r="K135" s="6">
+        <v>18193.9210414339</v>
+      </c>
+      <c r="L135" s="6">
+        <v>18066.0954250051</v>
+      </c>
+      <c r="M135" s="6">
+        <v>18487.217059999999</v>
+      </c>
+      <c r="N135" s="30">
+        <v>18487.2170559976</v>
+      </c>
+      <c r="O135" s="30">
+        <v>18487.2170559976</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="39"/>
+      <c r="B136" s="39"/>
+      <c r="C136" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D136" s="6">
+        <v>17965.364232865501</v>
+      </c>
+      <c r="E136" s="6">
+        <v>17942.907338831101</v>
+      </c>
+      <c r="F136" s="6">
+        <v>17997.749480973001</v>
+      </c>
+      <c r="G136" s="6">
+        <v>18038.5329691892</v>
+      </c>
+      <c r="H136" s="6">
+        <v>18065.3941153548</v>
+      </c>
+      <c r="I136" s="6">
+        <v>18107.3277362099</v>
+      </c>
+      <c r="J136" s="5"/>
+      <c r="K136" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L136" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M136" s="5"/>
+      <c r="N136" s="30"/>
+      <c r="O136" s="30"/>
+    </row>
+    <row r="137" spans="1:15" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="39"/>
+      <c r="B137" s="39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C137" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="D137" s="36">
+        <v>1190151</v>
+      </c>
+      <c r="E137" s="36">
+        <v>1184560.099251</v>
+      </c>
+      <c r="F137" s="36">
+        <v>1185970</v>
+      </c>
+      <c r="G137" s="36">
+        <v>1185793</v>
+      </c>
+      <c r="H137" s="36">
+        <v>1186271</v>
+      </c>
+      <c r="I137" s="36">
+        <v>1186288</v>
+      </c>
+      <c r="J137" s="36">
+        <v>1185798</v>
+      </c>
+      <c r="K137" s="36">
+        <v>1186070</v>
+      </c>
+      <c r="L137" s="36">
+        <v>1168382.57094256</v>
+      </c>
+      <c r="M137" s="36">
+        <v>1109699</v>
+      </c>
+      <c r="N137" s="37">
+        <v>1109699</v>
+      </c>
+      <c r="O137" s="37">
+        <v>1109699</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="39"/>
+      <c r="B138" s="39"/>
+      <c r="C138" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D138" s="6">
+        <v>783085.02228290902</v>
+      </c>
+      <c r="E138" s="6">
+        <v>779251.24898610695</v>
+      </c>
+      <c r="F138" s="6">
+        <v>779875.45611577702</v>
+      </c>
+      <c r="G138" s="6">
+        <v>779529.11369107</v>
+      </c>
+      <c r="H138" s="6">
+        <v>779450.35812969797</v>
+      </c>
+      <c r="I138" s="6">
+        <v>779218.11431866698</v>
+      </c>
+      <c r="J138" s="6">
+        <v>778541</v>
+      </c>
+      <c r="K138" s="6">
+        <v>778287.74549528304</v>
+      </c>
+      <c r="L138" s="6">
+        <v>766339.56961886503</v>
+      </c>
+      <c r="M138" s="6">
+        <v>727624.82140000002</v>
+      </c>
+      <c r="N138" s="30">
+        <v>727624.82138554298</v>
+      </c>
+      <c r="O138" s="30">
+        <v>727624.82138554298</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="39"/>
+      <c r="B139" s="39"/>
+      <c r="C139" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D139" s="6">
+        <v>741716.60977910005</v>
+      </c>
+      <c r="E139" s="6">
+        <v>737672.01643619803</v>
+      </c>
+      <c r="F139" s="6">
+        <v>738180.68839557702</v>
+      </c>
+      <c r="G139" s="6">
+        <v>737606.15056322003</v>
+      </c>
+      <c r="H139" s="6">
+        <v>737382.56177163403</v>
+      </c>
+      <c r="I139" s="6">
+        <v>736849.73943922797</v>
+      </c>
+      <c r="J139" s="6">
+        <v>736052</v>
+      </c>
+      <c r="K139" s="6">
+        <v>735673.526842786</v>
+      </c>
+      <c r="L139" s="6">
+        <v>724230.34766748501</v>
+      </c>
+      <c r="M139" s="6">
+        <v>687351.39816022001</v>
+      </c>
+      <c r="N139" s="30">
+        <v>687351.39816022001</v>
+      </c>
+      <c r="O139" s="30">
+        <v>687351.39816022001</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="39"/>
+      <c r="B140" s="39"/>
+      <c r="C140" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D140" s="6">
+        <v>41368.412503809399</v>
+      </c>
+      <c r="E140" s="6">
+        <v>41579.232549908898</v>
+      </c>
+      <c r="F140" s="6">
+        <v>41694.767720199503</v>
+      </c>
+      <c r="G140" s="6">
+        <v>41922.963127850198</v>
+      </c>
+      <c r="H140" s="6">
+        <v>42067.796358063999</v>
+      </c>
+      <c r="I140" s="6">
+        <v>42368.374879438998</v>
+      </c>
+      <c r="J140" s="5"/>
+      <c r="K140" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L140" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M140" s="5"/>
+      <c r="N140" s="30"/>
+      <c r="O140" s="30"/>
+    </row>
+    <row r="141" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="39"/>
+      <c r="B141" s="39"/>
+      <c r="C141" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="7">
+        <v>0</v>
+      </c>
+      <c r="E141" s="7">
+        <v>0</v>
+      </c>
+      <c r="F141" s="7">
+        <v>0</v>
+      </c>
+      <c r="G141" s="7">
+        <v>0</v>
+      </c>
+      <c r="H141" s="7">
+        <v>0</v>
+      </c>
+      <c r="I141" s="7">
+        <v>0</v>
+      </c>
+      <c r="J141" s="5"/>
+      <c r="K141" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L141" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M141" s="5"/>
+      <c r="N141" s="30"/>
+      <c r="O141" s="30"/>
+    </row>
+    <row r="142" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="39"/>
+      <c r="B142" s="39"/>
+      <c r="C142" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D142" s="5"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
+      <c r="G142" s="5"/>
+      <c r="H142" s="5"/>
+      <c r="I142" s="5"/>
+      <c r="J142" s="6">
+        <v>42489</v>
+      </c>
+      <c r="K142" s="6">
+        <v>42614.218652497198</v>
+      </c>
+      <c r="L142" s="6">
+        <v>42109.221951380401</v>
+      </c>
+      <c r="M142" s="6">
+        <v>40273.4232253226</v>
+      </c>
+      <c r="N142" s="30">
+        <v>40273.4232253226</v>
+      </c>
+      <c r="O142" s="30">
+        <v>40273.4232253226</v>
+      </c>
+    </row>
+    <row r="143" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="39"/>
+      <c r="B143" s="39"/>
+      <c r="C143" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D143" s="6">
+        <v>407065.97771709098</v>
+      </c>
+      <c r="E143" s="6">
+        <v>405308.85026489</v>
+      </c>
+      <c r="F143" s="6">
+        <v>406094.54388422298</v>
+      </c>
+      <c r="G143" s="6">
+        <v>406263.88630893</v>
+      </c>
+      <c r="H143" s="6">
+        <v>406820.64187030197</v>
+      </c>
+      <c r="I143" s="6">
+        <v>407069.88568133302</v>
+      </c>
+      <c r="J143" s="6">
+        <v>407257</v>
+      </c>
+      <c r="K143" s="6">
+        <v>407782.25450471602</v>
+      </c>
+      <c r="L143" s="6">
+        <v>402043.00132369</v>
+      </c>
+      <c r="M143" s="6">
+        <v>382074.17859999998</v>
+      </c>
+      <c r="N143" s="30">
+        <v>382074.17861445702</v>
+      </c>
+      <c r="O143" s="30">
+        <v>382074.17861445702</v>
+      </c>
+    </row>
+    <row r="144" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="39"/>
+      <c r="B144" s="39"/>
+      <c r="C144" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D144" s="6">
+        <v>381972.85369931901</v>
+      </c>
+      <c r="E144" s="6">
+        <v>380127.112327101</v>
+      </c>
+      <c r="F144" s="6">
+        <v>380819.27377954999</v>
+      </c>
+      <c r="G144" s="6">
+        <v>380878.55831627001</v>
+      </c>
+      <c r="H144" s="6">
+        <v>381232.23965585203</v>
+      </c>
+      <c r="I144" s="6">
+        <v>381388.11044085003</v>
+      </c>
+      <c r="J144" s="6">
+        <v>381490</v>
+      </c>
+      <c r="K144" s="6">
+        <v>381737.83557235898</v>
+      </c>
+      <c r="L144" s="6">
+        <v>376365.260257004</v>
+      </c>
+      <c r="M144" s="6">
+        <v>357643.58539999998</v>
+      </c>
+      <c r="N144" s="30">
+        <v>357643.58541030798</v>
+      </c>
+      <c r="O144" s="30">
+        <v>357643.58541030798</v>
+      </c>
+    </row>
+    <row r="145" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="39"/>
+      <c r="B145" s="39"/>
+      <c r="C145" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D145" s="7">
+        <v>0</v>
+      </c>
+      <c r="E145" s="7">
+        <v>0</v>
+      </c>
+      <c r="F145" s="7">
+        <v>0</v>
+      </c>
+      <c r="G145" s="7">
+        <v>0</v>
+      </c>
+      <c r="H145" s="7">
+        <v>0</v>
+      </c>
+      <c r="I145" s="6">
+        <v>1.8436384232488301</v>
+      </c>
+      <c r="J145" s="5"/>
+      <c r="K145" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L145" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M145" s="5"/>
+      <c r="N145" s="30"/>
+      <c r="O145" s="30"/>
+    </row>
+    <row r="146" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="39"/>
+      <c r="B146" s="39"/>
+      <c r="C146" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" s="7">
+        <v>0</v>
+      </c>
+      <c r="E146" s="7">
+        <v>0</v>
+      </c>
+      <c r="F146" s="7">
+        <v>0</v>
+      </c>
+      <c r="G146" s="7">
+        <v>0</v>
+      </c>
+      <c r="H146" s="7">
+        <v>0</v>
+      </c>
+      <c r="I146" s="7">
+        <v>0</v>
+      </c>
+      <c r="J146" s="5"/>
+      <c r="K146" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L146" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M146" s="5"/>
+      <c r="N146" s="30"/>
+      <c r="O146" s="30"/>
+    </row>
+    <row r="147" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="39"/>
+      <c r="B147" s="39"/>
+      <c r="C147" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D147" s="5"/>
+      <c r="E147" s="5"/>
+      <c r="F147" s="5"/>
+      <c r="G147" s="5"/>
+      <c r="H147" s="5"/>
+      <c r="I147" s="5"/>
+      <c r="J147" s="6">
+        <v>25767</v>
+      </c>
+      <c r="K147" s="6">
+        <v>26044.418932357199</v>
+      </c>
+      <c r="L147" s="6">
+        <v>25677.7410666861</v>
+      </c>
+      <c r="M147" s="6">
+        <v>24430.593199999999</v>
+      </c>
+      <c r="N147" s="30">
+        <v>24430.5932041491</v>
+      </c>
+      <c r="O147" s="30">
+        <v>24430.5932041491</v>
+      </c>
+    </row>
+    <row r="148" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="39"/>
+      <c r="B148" s="39"/>
+      <c r="C148" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D148" s="6">
+        <v>25093.124017771599</v>
+      </c>
+      <c r="E148" s="6">
+        <v>25181.737937788999</v>
+      </c>
+      <c r="F148" s="6">
+        <v>25275.270104673298</v>
+      </c>
+      <c r="G148" s="6">
+        <v>25385.327992659801</v>
+      </c>
+      <c r="H148" s="6">
+        <v>25588.402214449899</v>
+      </c>
+      <c r="I148" s="6">
+        <v>25679.9316020601</v>
+      </c>
+      <c r="J148" s="5"/>
+      <c r="K148" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L148" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M148" s="5"/>
+      <c r="N148" s="30"/>
+      <c r="O148" s="30"/>
+    </row>
+    <row r="149" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="39"/>
+      <c r="B149" s="39" t="s">
+        <v>27</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D149" s="6">
+        <v>1727192</v>
+      </c>
+      <c r="E149" s="6">
+        <v>1718019.2288335799</v>
+      </c>
+      <c r="F149" s="6">
+        <v>1718922</v>
+      </c>
+      <c r="G149" s="6">
+        <v>1719458</v>
+      </c>
+      <c r="H149" s="6">
+        <v>1720866</v>
+      </c>
+      <c r="I149" s="6">
+        <v>1721462</v>
+      </c>
+      <c r="J149" s="6">
+        <v>1721626</v>
+      </c>
+      <c r="K149" s="6">
+        <v>1721820</v>
+      </c>
+      <c r="L149" s="6">
+        <v>1697521.4543359899</v>
+      </c>
+      <c r="M149" s="6">
+        <v>1682877</v>
+      </c>
+      <c r="N149" s="30">
+        <v>1682877</v>
+      </c>
+      <c r="O149" s="30">
+        <v>1682877</v>
+      </c>
+    </row>
+    <row r="150" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="39"/>
+      <c r="B150" s="39"/>
+      <c r="C150" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D150" s="6">
+        <v>355485.84827618999</v>
+      </c>
+      <c r="E150" s="6">
+        <v>354022.59651610203</v>
+      </c>
+      <c r="F150" s="6">
+        <v>354615.44253289001</v>
+      </c>
+      <c r="G150" s="6">
+        <v>355012.00359351299</v>
+      </c>
+      <c r="H150" s="6">
+        <v>355646.53797364299</v>
+      </c>
+      <c r="I150" s="6">
+        <v>355956.80686969199</v>
+      </c>
+      <c r="J150" s="6">
+        <v>355844</v>
+      </c>
+      <c r="K150" s="6">
+        <v>355894.90686446801</v>
+      </c>
+      <c r="L150" s="6">
+        <v>350883.75031155202</v>
+      </c>
+      <c r="M150" s="6">
+        <v>348069.63630000001</v>
+      </c>
+      <c r="N150" s="30">
+        <v>348069.636343989</v>
+      </c>
+      <c r="O150" s="30">
+        <v>348069.636343989</v>
+      </c>
+    </row>
+    <row r="151" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="39"/>
+      <c r="B151" s="39"/>
+      <c r="C151" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D151" s="6">
+        <v>258268.06791038701</v>
+      </c>
+      <c r="E151" s="6">
+        <v>257222.68539214699</v>
+      </c>
+      <c r="F151" s="6">
+        <v>257647.864547857</v>
+      </c>
+      <c r="G151" s="6">
+        <v>257718.84621938699</v>
+      </c>
+      <c r="H151" s="6">
+        <v>258058.20774028299</v>
+      </c>
+      <c r="I151" s="6">
+        <v>258335.69115365401</v>
+      </c>
+      <c r="J151" s="6">
+        <v>258161</v>
+      </c>
+      <c r="K151" s="6">
+        <v>257989.48879998701</v>
+      </c>
+      <c r="L151" s="6">
+        <v>254392.098314484</v>
+      </c>
+      <c r="M151" s="6">
+        <v>252409.111360946</v>
+      </c>
+      <c r="N151" s="30">
+        <v>252409.111360946</v>
+      </c>
+      <c r="O151" s="30">
+        <v>252409.111360946</v>
+      </c>
+    </row>
+    <row r="152" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="39"/>
+      <c r="B152" s="39"/>
+      <c r="C152" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D152" s="6">
+        <v>97217.780365802595</v>
+      </c>
+      <c r="E152" s="6">
+        <v>96799.9111239544</v>
+      </c>
+      <c r="F152" s="6">
+        <v>96967.577985033306</v>
+      </c>
+      <c r="G152" s="6">
+        <v>97293.1573741256</v>
+      </c>
+      <c r="H152" s="6">
+        <v>97588.330233359404</v>
+      </c>
+      <c r="I152" s="6">
+        <v>97621.115716038403</v>
+      </c>
+      <c r="J152" s="5"/>
+      <c r="K152" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L152" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M152" s="5"/>
+      <c r="N152" s="30"/>
+      <c r="O152" s="30"/>
+    </row>
+    <row r="153" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="39"/>
+      <c r="B153" s="39"/>
+      <c r="C153" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="7">
+        <v>0</v>
+      </c>
+      <c r="E153" s="7">
+        <v>0</v>
+      </c>
+      <c r="F153" s="7">
+        <v>0</v>
+      </c>
+      <c r="G153" s="7">
+        <v>0</v>
+      </c>
+      <c r="H153" s="7">
+        <v>0</v>
+      </c>
+      <c r="I153" s="7">
+        <v>0</v>
+      </c>
+      <c r="J153" s="5"/>
+      <c r="K153" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L153" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M153" s="5"/>
+      <c r="N153" s="30"/>
+      <c r="O153" s="30"/>
+    </row>
+    <row r="154" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="39"/>
+      <c r="B154" s="39"/>
+      <c r="C154" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D154" s="5"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="5"/>
+      <c r="H154" s="5"/>
+      <c r="I154" s="5"/>
+      <c r="J154" s="6">
+        <v>97683</v>
+      </c>
+      <c r="K154" s="6">
+        <v>97905.418064481099</v>
+      </c>
+      <c r="L154" s="6">
+        <v>96491.651997067995</v>
+      </c>
+      <c r="M154" s="6">
+        <v>95660.524983043797</v>
+      </c>
+      <c r="N154" s="30">
+        <v>95660.524983043797</v>
+      </c>
+      <c r="O154" s="30">
+        <v>95660.524983043797</v>
+      </c>
+    </row>
+    <row r="155" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="39"/>
+      <c r="B155" s="39"/>
+      <c r="C155" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D155" s="6">
+        <v>1371706.15172381</v>
+      </c>
+      <c r="E155" s="6">
+        <v>1363996.6323174799</v>
+      </c>
+      <c r="F155" s="6">
+        <v>1364306.55746711</v>
+      </c>
+      <c r="G155" s="6">
+        <v>1364445.99640649</v>
+      </c>
+      <c r="H155" s="6">
+        <v>1365219.46202636</v>
+      </c>
+      <c r="I155" s="6">
+        <v>1365505.1931303099</v>
+      </c>
+      <c r="J155" s="6">
+        <v>1365782</v>
+      </c>
+      <c r="K155" s="6">
+        <v>1365925.0931355299</v>
+      </c>
+      <c r="L155" s="6">
+        <v>1346637.7040244399</v>
+      </c>
+      <c r="M155" s="6">
+        <v>1334807.3640000001</v>
+      </c>
+      <c r="N155" s="30">
+        <v>1334807.36365601</v>
+      </c>
+      <c r="O155" s="30">
+        <v>1334807.36365601</v>
+      </c>
+    </row>
+    <row r="156" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="39"/>
+      <c r="B156" s="39"/>
+      <c r="C156" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D156" s="6">
+        <v>800380.71536260901</v>
+      </c>
+      <c r="E156" s="6">
+        <v>795756.64261463506</v>
+      </c>
+      <c r="F156" s="6">
+        <v>795805.48214873299</v>
+      </c>
+      <c r="G156" s="6">
+        <v>795835.79059684498</v>
+      </c>
+      <c r="H156" s="6">
+        <v>796383.98117587704</v>
+      </c>
+      <c r="I156" s="6">
+        <v>796554.18689718097</v>
+      </c>
+      <c r="J156" s="6">
+        <v>796381</v>
+      </c>
+      <c r="K156" s="6">
+        <v>796312.77657425299</v>
+      </c>
+      <c r="L156" s="6">
+        <v>785044.21796452301</v>
+      </c>
+      <c r="M156" s="6">
+        <v>778323.68319999997</v>
+      </c>
+      <c r="N156" s="30">
+        <v>778323.683218761</v>
+      </c>
+      <c r="O156" s="30">
+        <v>778323.683218761</v>
+      </c>
+    </row>
+    <row r="157" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="39"/>
+      <c r="B157" s="39"/>
+      <c r="C157" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D157" s="7">
+        <v>0</v>
+      </c>
+      <c r="E157" s="7">
+        <v>0</v>
+      </c>
+      <c r="F157" s="7">
+        <v>0</v>
+      </c>
+      <c r="G157" s="7">
+        <v>0</v>
+      </c>
+      <c r="H157" s="7">
+        <v>0</v>
+      </c>
+      <c r="I157" s="7">
+        <v>0</v>
+      </c>
+      <c r="J157" s="5"/>
+      <c r="K157" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L157" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M157" s="5"/>
+      <c r="N157" s="30"/>
+      <c r="O157" s="30"/>
+    </row>
+    <row r="158" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="39"/>
+      <c r="B158" s="39"/>
+      <c r="C158" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D158" s="7">
+        <v>0</v>
+      </c>
+      <c r="E158" s="7">
+        <v>0</v>
+      </c>
+      <c r="F158" s="7">
+        <v>0</v>
+      </c>
+      <c r="G158" s="7">
+        <v>0</v>
+      </c>
+      <c r="H158" s="7">
+        <v>0</v>
+      </c>
+      <c r="I158" s="7">
+        <v>0</v>
+      </c>
+      <c r="J158" s="5"/>
+      <c r="K158" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L158" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M158" s="5"/>
+      <c r="N158" s="30"/>
+      <c r="O158" s="30"/>
+    </row>
+    <row r="159" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="39"/>
+      <c r="B159" s="39"/>
+      <c r="C159" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D159" s="5"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="5"/>
+      <c r="H159" s="5"/>
+      <c r="I159" s="5"/>
+      <c r="J159" s="6">
+        <v>569401</v>
+      </c>
+      <c r="K159" s="6">
+        <v>569612.316561279</v>
+      </c>
+      <c r="L159" s="6">
+        <v>561593.486059919</v>
+      </c>
+      <c r="M159" s="6">
+        <v>556483.68039999995</v>
+      </c>
+      <c r="N159" s="30">
+        <v>556483.68043724995</v>
+      </c>
+      <c r="O159" s="30">
+        <v>556483.68043724995</v>
+      </c>
+    </row>
+    <row r="160" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="39"/>
+      <c r="B160" s="39"/>
+      <c r="C160" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D160" s="6">
+        <v>571325.43636120099</v>
+      </c>
+      <c r="E160" s="6">
+        <v>568239.98970284394</v>
+      </c>
+      <c r="F160" s="6">
+        <v>568501.075318377</v>
+      </c>
+      <c r="G160" s="6">
+        <v>568610.20580964303</v>
+      </c>
+      <c r="H160" s="6">
+        <v>568835.48085048003</v>
+      </c>
+      <c r="I160" s="6">
+        <v>568951.00623312697</v>
+      </c>
+      <c r="J160" s="5"/>
+      <c r="K160" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L160" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M160" s="5"/>
+      <c r="N160" s="30"/>
+      <c r="O160" s="30"/>
+    </row>
+    <row r="161" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="39"/>
+      <c r="B161" s="39" t="s">
+        <v>28</v>
+      </c>
+      <c r="C161" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D161" s="6">
+        <v>1872624</v>
+      </c>
+      <c r="E161" s="6">
+        <v>1868401.54781186</v>
+      </c>
+      <c r="F161" s="6">
+        <v>1868833</v>
+      </c>
+      <c r="G161" s="6">
+        <v>1868327</v>
+      </c>
+      <c r="H161" s="6">
+        <v>1868580</v>
+      </c>
+      <c r="I161" s="6">
+        <v>1869771</v>
+      </c>
+      <c r="J161" s="6">
+        <v>1868958</v>
+      </c>
+      <c r="K161" s="6">
+        <v>1869486</v>
+      </c>
+      <c r="L161" s="6">
+        <v>1855921.7597503001</v>
+      </c>
+      <c r="M161" s="6">
+        <v>1474492</v>
+      </c>
+      <c r="N161" s="30">
+        <v>1474492</v>
+      </c>
+      <c r="O161" s="30">
+        <v>1474492</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="39"/>
+      <c r="B162" s="39"/>
+      <c r="C162" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D162" s="6">
+        <v>857427.748180717</v>
+      </c>
+      <c r="E162" s="6">
+        <v>855992.45562578004</v>
+      </c>
+      <c r="F162" s="6">
+        <v>856991.03658800095</v>
+      </c>
+      <c r="G162" s="6">
+        <v>857127.55725726101</v>
+      </c>
+      <c r="H162" s="6">
+        <v>858030.207770793</v>
+      </c>
+      <c r="I162" s="6">
+        <v>858427.26420505997</v>
+      </c>
+      <c r="J162" s="6">
+        <v>858331</v>
+      </c>
+      <c r="K162" s="6">
+        <v>858803.69257462805</v>
+      </c>
+      <c r="L162" s="6">
+        <v>852870.22754975106</v>
+      </c>
+      <c r="M162" s="6">
+        <v>677922.70660000003</v>
+      </c>
+      <c r="N162" s="30">
+        <v>677922.70655566396</v>
+      </c>
+      <c r="O162" s="30">
+        <v>677922.70655566396</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="39"/>
+      <c r="B163" s="39"/>
+      <c r="C163" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D163" s="6">
+        <v>511262.49509335298</v>
+      </c>
+      <c r="E163" s="6">
+        <v>510430.53263664403</v>
+      </c>
+      <c r="F163" s="6">
+        <v>511498.30542031798</v>
+      </c>
+      <c r="G163" s="6">
+        <v>511968.85054853401</v>
+      </c>
+      <c r="H163" s="6">
+        <v>512656.03571417101</v>
+      </c>
+      <c r="I163" s="6">
+        <v>513061.27767278499</v>
+      </c>
+      <c r="J163" s="6">
+        <v>513331</v>
+      </c>
+      <c r="K163" s="6">
+        <v>513813.91090790002</v>
+      </c>
+      <c r="L163" s="6">
+        <v>510494.64686438901</v>
+      </c>
+      <c r="M163" s="6">
+        <v>406025.34820490802</v>
+      </c>
+      <c r="N163" s="30">
+        <v>406025.34820490802</v>
+      </c>
+      <c r="O163" s="30">
+        <v>406025.34820490802</v>
+      </c>
+    </row>
+    <row r="164" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="39"/>
+      <c r="B164" s="39"/>
+      <c r="C164" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D164" s="6">
+        <v>346165.25308736402</v>
+      </c>
+      <c r="E164" s="6">
+        <v>345561.92298913602</v>
+      </c>
+      <c r="F164" s="6">
+        <v>345490.78535051498</v>
+      </c>
+      <c r="G164" s="6">
+        <v>345156.76236601901</v>
+      </c>
+      <c r="H164" s="6">
+        <v>345372.228393586</v>
+      </c>
+      <c r="I164" s="6">
+        <v>345364.04357836599</v>
+      </c>
+      <c r="J164" s="5"/>
+      <c r="K164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M164" s="5"/>
+      <c r="N164" s="30"/>
+      <c r="O164" s="30"/>
+    </row>
+    <row r="165" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="39"/>
+      <c r="B165" s="39"/>
+      <c r="C165" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="7">
+        <v>0</v>
+      </c>
+      <c r="E165" s="7">
+        <v>0</v>
+      </c>
+      <c r="F165" s="6">
+        <v>1.9458171684874901</v>
+      </c>
+      <c r="G165" s="6">
+        <v>1.9443427076191699</v>
+      </c>
+      <c r="H165" s="6">
+        <v>1.94366303685345</v>
+      </c>
+      <c r="I165" s="6">
+        <v>1.9429539084618901</v>
+      </c>
+      <c r="J165" s="5"/>
+      <c r="K165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M165" s="5"/>
+      <c r="N165" s="30"/>
+      <c r="O165" s="30"/>
+    </row>
+    <row r="166" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="39"/>
+      <c r="B166" s="39"/>
+      <c r="C166" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D166" s="5"/>
+      <c r="E166" s="5"/>
+      <c r="F166" s="5"/>
+      <c r="G166" s="5"/>
+      <c r="H166" s="5"/>
+      <c r="I166" s="5"/>
+      <c r="J166" s="6">
+        <v>345000</v>
+      </c>
+      <c r="K166" s="6">
+        <v>344989.78166672698</v>
+      </c>
+      <c r="L166" s="6">
+        <v>342375.58068536199</v>
+      </c>
+      <c r="M166" s="6">
+        <v>271897.358350756</v>
+      </c>
+      <c r="N166" s="30">
+        <v>271897.358350756</v>
+      </c>
+      <c r="O166" s="30">
+        <v>271897.358350756</v>
+      </c>
+    </row>
+    <row r="167" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="39"/>
+      <c r="B167" s="39"/>
+      <c r="C167" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D167" s="6">
+        <v>1015196.25181928</v>
+      </c>
+      <c r="E167" s="6">
+        <v>1012409.0921860799</v>
+      </c>
+      <c r="F167" s="6">
+        <v>1011841.963412</v>
+      </c>
+      <c r="G167" s="6">
+        <v>1011199.44274274</v>
+      </c>
+      <c r="H167" s="6">
+        <v>1010549.79222921</v>
+      </c>
+      <c r="I167" s="6">
+        <v>1011343.73579494</v>
+      </c>
+      <c r="J167" s="6">
+        <v>1010627</v>
+      </c>
+      <c r="K167" s="6">
+        <v>1010682.30742537</v>
+      </c>
+      <c r="L167" s="6">
+        <v>1003051.53220054</v>
+      </c>
+      <c r="M167" s="6">
+        <v>796569.29339999997</v>
+      </c>
+      <c r="N167" s="30">
+        <v>796569.29344433604</v>
+      </c>
+      <c r="O167" s="30">
+        <v>796569.29344433604</v>
+      </c>
+    </row>
+    <row r="168" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="39"/>
+      <c r="B168" s="39"/>
+      <c r="C168" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D168" s="6">
+        <v>300229.44375454</v>
+      </c>
+      <c r="E168" s="6">
+        <v>299595.41388486302</v>
+      </c>
+      <c r="F168" s="6">
+        <v>299456.97483211098</v>
+      </c>
+      <c r="G168" s="6">
+        <v>299302.09203892102</v>
+      </c>
+      <c r="H168" s="6">
+        <v>299240.84695740702</v>
+      </c>
+      <c r="I168" s="6">
+        <v>299704.27469158103</v>
+      </c>
+      <c r="J168" s="6">
+        <v>299673</v>
+      </c>
+      <c r="K168" s="6">
+        <v>299880.62870990002</v>
+      </c>
+      <c r="L168" s="6">
+        <v>297573.16479453899</v>
+      </c>
+      <c r="M168" s="6">
+        <v>236184.65289999999</v>
+      </c>
+      <c r="N168" s="30">
+        <v>236184.65288739599</v>
+      </c>
+      <c r="O168" s="30">
+        <v>236184.65288739599</v>
+      </c>
+    </row>
+    <row r="169" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="39"/>
+      <c r="B169" s="39"/>
+      <c r="C169" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D169" s="7">
+        <v>0</v>
+      </c>
+      <c r="E169" s="7">
+        <v>0</v>
+      </c>
+      <c r="F169" s="7">
+        <v>0</v>
+      </c>
+      <c r="G169" s="6">
+        <v>5.0484125348016597</v>
+      </c>
+      <c r="H169" s="6">
+        <v>15.7231113817721</v>
+      </c>
+      <c r="I169" s="6">
+        <v>15.717374942650199</v>
+      </c>
+      <c r="J169" s="5"/>
+      <c r="K169" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L169" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M169" s="5"/>
+      <c r="N169" s="30"/>
+      <c r="O169" s="30"/>
+    </row>
+    <row r="170" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="39"/>
+      <c r="B170" s="39"/>
+      <c r="C170" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D170" s="7">
+        <v>0</v>
+      </c>
+      <c r="E170" s="7">
+        <v>0</v>
+      </c>
+      <c r="F170" s="7">
+        <v>0</v>
+      </c>
+      <c r="G170" s="7">
+        <v>0</v>
+      </c>
+      <c r="H170" s="7">
+        <v>0</v>
+      </c>
+      <c r="I170" s="7">
+        <v>0</v>
+      </c>
+      <c r="J170" s="5"/>
+      <c r="K170" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L170" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M170" s="5"/>
+      <c r="N170" s="30"/>
+      <c r="O170" s="30"/>
+    </row>
+    <row r="171" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="39"/>
+      <c r="B171" s="39"/>
+      <c r="C171" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D171" s="5"/>
+      <c r="E171" s="5"/>
+      <c r="F171" s="5"/>
+      <c r="G171" s="5"/>
+      <c r="H171" s="5"/>
+      <c r="I171" s="5"/>
+      <c r="J171" s="6">
+        <v>710954</v>
+      </c>
+      <c r="K171" s="6">
+        <v>710801.67871547199</v>
+      </c>
+      <c r="L171" s="6">
+        <v>705478.36740600597</v>
+      </c>
+      <c r="M171" s="6">
+        <v>560384.64060000004</v>
+      </c>
+      <c r="N171" s="30">
+        <v>560384.64055693999</v>
+      </c>
+      <c r="O171" s="30">
+        <v>560384.64055693999</v>
+      </c>
+    </row>
+    <row r="172" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="39"/>
+      <c r="B172" s="39"/>
+      <c r="C172" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D172" s="6">
+        <v>714966.80806474399</v>
+      </c>
+      <c r="E172" s="6">
+        <v>712813.67830121994</v>
+      </c>
+      <c r="F172" s="6">
+        <v>712384.98857988801</v>
+      </c>
+      <c r="G172" s="6">
+        <v>711892.30229128303</v>
+      </c>
+      <c r="H172" s="6">
+        <v>711293.22216041898</v>
+      </c>
+      <c r="I172" s="6">
+        <v>711623.74372841604</v>
+      </c>
+      <c r="J172" s="5"/>
+      <c r="K172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M172" s="5"/>
+      <c r="N172" s="30"/>
+      <c r="O172" s="30"/>
+    </row>
+    <row r="173" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="39"/>
+      <c r="B173" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="C173" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D173" s="6">
+        <v>2291717</v>
+      </c>
+      <c r="E173" s="6">
+        <v>2284379.7290013102</v>
+      </c>
+      <c r="F173" s="6">
+        <v>2285515</v>
+      </c>
+      <c r="G173" s="6">
+        <v>2285334</v>
+      </c>
+      <c r="H173" s="6">
+        <v>2285014</v>
+      </c>
+      <c r="I173" s="6">
+        <v>2284609</v>
+      </c>
+      <c r="J173" s="6">
+        <v>2285233</v>
+      </c>
+      <c r="K173" s="6">
+        <v>2284638</v>
+      </c>
+      <c r="L173" s="6">
+        <v>2265555.7936347998</v>
+      </c>
+      <c r="M173" s="6">
+        <v>1699882</v>
+      </c>
+      <c r="N173" s="30">
+        <v>1699882</v>
+      </c>
+      <c r="O173" s="30">
+        <v>1699882</v>
+      </c>
+    </row>
+    <row r="174" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="39"/>
+      <c r="B174" s="39"/>
+      <c r="C174" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D174" s="6">
+        <v>654445.21188852203</v>
+      </c>
+      <c r="E174" s="6">
+        <v>653011.26024065702</v>
+      </c>
+      <c r="F174" s="6">
+        <v>653427.79317764204</v>
+      </c>
+      <c r="G174" s="6">
+        <v>654506.09044944996</v>
+      </c>
+      <c r="H174" s="6">
+        <v>655331.82193687302</v>
+      </c>
+      <c r="I174" s="6">
+        <v>656087.88242618402</v>
+      </c>
+      <c r="J174" s="6">
+        <v>656328</v>
+      </c>
+      <c r="K174" s="6">
+        <v>655971.85602512595</v>
+      </c>
+      <c r="L174" s="6">
+        <v>650716.114345646</v>
+      </c>
+      <c r="M174" s="6">
+        <v>487843.47700000001</v>
+      </c>
+      <c r="N174" s="30">
+        <v>487843.47698379098</v>
+      </c>
+      <c r="O174" s="30">
+        <v>487843.47698379098</v>
+      </c>
+    </row>
+    <row r="175" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="39"/>
+      <c r="B175" s="39"/>
+      <c r="C175" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D175" s="6">
+        <v>443114.18867156201</v>
+      </c>
+      <c r="E175" s="6">
+        <v>441974.74859879498</v>
+      </c>
+      <c r="F175" s="6">
+        <v>442375.189961211</v>
+      </c>
+      <c r="G175" s="6">
+        <v>442812.15809906297</v>
+      </c>
+      <c r="H175" s="6">
+        <v>443295.26171988301</v>
+      </c>
+      <c r="I175" s="6">
+        <v>443781.76413481502</v>
+      </c>
+      <c r="J175" s="6">
+        <v>443922</v>
+      </c>
+      <c r="K175" s="6">
+        <v>443673.03265245201</v>
+      </c>
+      <c r="L175" s="6">
+        <v>439983.172765503</v>
+      </c>
+      <c r="M175" s="6">
+        <v>329466.10032141599</v>
+      </c>
+      <c r="N175" s="30">
+        <v>329466.10032141599</v>
+      </c>
+      <c r="O175" s="30">
+        <v>329466.10032141599</v>
+      </c>
+    </row>
+    <row r="176" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="39"/>
+      <c r="B176" s="39"/>
+      <c r="C176" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D176" s="6">
+        <v>211331.02321695999</v>
+      </c>
+      <c r="E176" s="6">
+        <v>211036.511641861</v>
+      </c>
+      <c r="F176" s="6">
+        <v>211052.60321643099</v>
+      </c>
+      <c r="G176" s="6">
+        <v>211693.932350388</v>
+      </c>
+      <c r="H176" s="6">
+        <v>212036.56021698899</v>
+      </c>
+      <c r="I176" s="6">
+        <v>212306.118291369</v>
+      </c>
+      <c r="J176" s="5"/>
+      <c r="K176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M176" s="5"/>
+      <c r="N176" s="30"/>
+      <c r="O176" s="30"/>
+    </row>
+    <row r="177" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="39"/>
+      <c r="B177" s="39"/>
+      <c r="C177" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="7">
+        <v>0</v>
+      </c>
+      <c r="E177" s="7">
+        <v>0</v>
+      </c>
+      <c r="F177" s="7">
+        <v>0</v>
+      </c>
+      <c r="G177" s="7">
+        <v>0</v>
+      </c>
+      <c r="H177" s="7">
+        <v>0</v>
+      </c>
+      <c r="I177" s="7">
+        <v>0</v>
+      </c>
+      <c r="J177" s="5"/>
+      <c r="K177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M177" s="5"/>
+      <c r="N177" s="30"/>
+      <c r="O177" s="30"/>
+    </row>
+    <row r="178" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="39"/>
+      <c r="B178" s="39"/>
+      <c r="C178" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D178" s="5"/>
+      <c r="E178" s="5"/>
+      <c r="F178" s="5"/>
+      <c r="G178" s="5"/>
+      <c r="H178" s="5"/>
+      <c r="I178" s="5"/>
+      <c r="J178" s="6">
+        <v>212406</v>
+      </c>
+      <c r="K178" s="6">
+        <v>212298.823372674</v>
+      </c>
+      <c r="L178" s="6">
+        <v>210732.941580143</v>
+      </c>
+      <c r="M178" s="6">
+        <v>158377.376662375</v>
+      </c>
+      <c r="N178" s="30">
+        <v>158377.376662375</v>
+      </c>
+      <c r="O178" s="30">
+        <v>158377.376662375</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="39"/>
+      <c r="B179" s="39"/>
+      <c r="C179" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" s="6">
+        <v>1637271.78811148</v>
+      </c>
+      <c r="E179" s="6">
+        <v>1631368.4687606599</v>
+      </c>
+      <c r="F179" s="6">
+        <v>1632087.2068223599</v>
+      </c>
+      <c r="G179" s="6">
+        <v>1630827.9095505499</v>
+      </c>
+      <c r="H179" s="6">
+        <v>1629682.17806313</v>
+      </c>
+      <c r="I179" s="6">
+        <v>1628521.1175738201</v>
+      </c>
+      <c r="J179" s="6">
+        <v>1628905</v>
+      </c>
+      <c r="K179" s="6">
+        <v>1628666.14397487</v>
+      </c>
+      <c r="L179" s="6">
+        <v>1614839.6792891601</v>
+      </c>
+      <c r="M179" s="6">
+        <v>1212038.523</v>
+      </c>
+      <c r="N179" s="30">
+        <v>1212038.5230162099</v>
+      </c>
+      <c r="O179" s="30">
+        <v>1212038.5230162099</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="39"/>
+      <c r="B180" s="39"/>
+      <c r="C180" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D180" s="6">
+        <v>242452.58470772801</v>
+      </c>
+      <c r="E180" s="6">
+        <v>241493.24581065</v>
+      </c>
+      <c r="F180" s="6">
+        <v>241462.159166617</v>
+      </c>
+      <c r="G180" s="6">
+        <v>241414.19484739701</v>
+      </c>
+      <c r="H180" s="6">
+        <v>241224.46594347901</v>
+      </c>
+      <c r="I180" s="6">
+        <v>241156.914167568</v>
+      </c>
+      <c r="J180" s="6">
+        <v>241135</v>
+      </c>
+      <c r="K180" s="6">
+        <v>240979.590777028</v>
+      </c>
+      <c r="L180" s="6">
+        <v>238859.60414424501</v>
+      </c>
+      <c r="M180" s="6">
+        <v>179164.33840000001</v>
+      </c>
+      <c r="N180" s="30">
+        <v>179164.33843479501</v>
+      </c>
+      <c r="O180" s="30">
+        <v>179164.33843479501</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="39"/>
+      <c r="B181" s="39"/>
+      <c r="C181" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D181" s="7">
+        <v>0</v>
+      </c>
+      <c r="E181" s="7">
+        <v>0</v>
+      </c>
+      <c r="F181" s="7">
+        <v>0</v>
+      </c>
+      <c r="G181" s="7">
+        <v>0</v>
+      </c>
+      <c r="H181" s="7">
+        <v>0</v>
+      </c>
+      <c r="I181" s="6">
+        <v>23.730348486455</v>
+      </c>
+      <c r="J181" s="5"/>
+      <c r="K181" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L181" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M181" s="5"/>
+      <c r="N181" s="30"/>
+      <c r="O181" s="30"/>
+    </row>
+    <row r="182" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="39"/>
+      <c r="B182" s="39"/>
+      <c r="C182" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D182" s="7">
+        <v>0</v>
+      </c>
+      <c r="E182" s="7">
+        <v>0</v>
+      </c>
+      <c r="F182" s="7">
+        <v>0</v>
+      </c>
+      <c r="G182" s="7">
+        <v>0</v>
+      </c>
+      <c r="H182" s="7">
+        <v>0</v>
+      </c>
+      <c r="I182" s="7">
+        <v>0</v>
+      </c>
+      <c r="J182" s="5"/>
+      <c r="K182" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L182" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M182" s="5"/>
+      <c r="N182" s="30"/>
+      <c r="O182" s="30"/>
+    </row>
+    <row r="183" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="39"/>
+      <c r="B183" s="39"/>
+      <c r="C183" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D183" s="5"/>
+      <c r="E183" s="5"/>
+      <c r="F183" s="5"/>
+      <c r="G183" s="5"/>
+      <c r="H183" s="5"/>
+      <c r="I183" s="5"/>
+      <c r="J183" s="6">
+        <v>1387770</v>
+      </c>
+      <c r="K183" s="6">
+        <v>1387686.55319785</v>
+      </c>
+      <c r="L183" s="6">
+        <v>1375980.07514491</v>
+      </c>
+      <c r="M183" s="6">
+        <v>1032874.1850000001</v>
+      </c>
+      <c r="N183" s="30">
+        <v>1032874.18458141</v>
+      </c>
+      <c r="O183" s="30">
+        <v>1032874.18458141</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="39"/>
+      <c r="B184" s="39"/>
+      <c r="C184" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D184" s="6">
+        <v>1394819.20340375</v>
+      </c>
+      <c r="E184" s="6">
+        <v>1389875.2229500101</v>
+      </c>
+      <c r="F184" s="6">
+        <v>1390625.0476557401</v>
+      </c>
+      <c r="G184" s="6">
+        <v>1389413.7147031501</v>
+      </c>
+      <c r="H184" s="6">
+        <v>1388457.7121196501</v>
+      </c>
+      <c r="I184" s="6">
+        <v>1387340.4730577599</v>
+      </c>
+      <c r="J184" s="5"/>
+      <c r="K184" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L184" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M184" s="5"/>
+      <c r="N184" s="30"/>
+      <c r="O184" s="30"/>
+    </row>
+    <row r="185" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="39"/>
+      <c r="B185" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="C185" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D185" s="6">
+        <v>1040128</v>
+      </c>
+      <c r="E185" s="6">
+        <v>1036556.3294410401</v>
+      </c>
+      <c r="F185" s="6">
+        <v>1037077</v>
+      </c>
+      <c r="G185" s="6">
+        <v>1037047</v>
+      </c>
+      <c r="H185" s="6">
+        <v>1036895</v>
+      </c>
+      <c r="I185" s="6">
+        <v>1037153</v>
+      </c>
+      <c r="J185" s="6">
+        <v>1036772</v>
+      </c>
+      <c r="K185" s="6">
+        <v>1036748</v>
+      </c>
+      <c r="L185" s="6">
+        <v>1026937.0788516901</v>
+      </c>
+      <c r="M185" s="6">
+        <v>975010</v>
+      </c>
+      <c r="N185" s="30">
+        <v>975010</v>
+      </c>
+      <c r="O185" s="30">
+        <v>975010</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="39"/>
+      <c r="B186" s="39"/>
+      <c r="C186" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D186" s="6">
+        <v>526536.62791497703</v>
+      </c>
+      <c r="E186" s="6">
+        <v>524828.22517320304</v>
+      </c>
+      <c r="F186" s="6">
+        <v>524773.40122739505</v>
+      </c>
+      <c r="G186" s="6">
+        <v>524766.09979756898</v>
+      </c>
+      <c r="H186" s="6">
+        <v>524857.18440082402</v>
+      </c>
+      <c r="I186" s="6">
+        <v>525028.67719761794</v>
+      </c>
+      <c r="J186" s="6">
+        <v>525146</v>
+      </c>
+      <c r="K186" s="6">
+        <v>525061.42742559698</v>
+      </c>
+      <c r="L186" s="6">
+        <v>519915.936550026</v>
+      </c>
+      <c r="M186" s="6">
+        <v>493592.98869999999</v>
+      </c>
+      <c r="N186" s="30">
+        <v>493592.98874667799</v>
+      </c>
+      <c r="O186" s="30">
+        <v>493592.98874667799</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="39"/>
+      <c r="B187" s="39"/>
+      <c r="C187" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D187" s="6">
+        <v>158764.563862518</v>
+      </c>
+      <c r="E187" s="6">
+        <v>158675.15898647401</v>
+      </c>
+      <c r="F187" s="6">
+        <v>158677.22066342301</v>
+      </c>
+      <c r="G187" s="6">
+        <v>158815.41193350899</v>
+      </c>
+      <c r="H187" s="6">
+        <v>159231.82619898801</v>
+      </c>
+      <c r="I187" s="6">
+        <v>159493.88243603299</v>
+      </c>
+      <c r="J187" s="6">
+        <v>160011</v>
+      </c>
+      <c r="K187" s="6">
+        <v>160156.68093802899</v>
+      </c>
+      <c r="L187" s="6">
+        <v>158267.97140107301</v>
+      </c>
+      <c r="M187" s="6">
+        <v>150330.684780777</v>
+      </c>
+      <c r="N187" s="30">
+        <v>150330.684780777</v>
+      </c>
+      <c r="O187" s="30">
+        <v>150330.684780777</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="39"/>
+      <c r="B188" s="39"/>
+      <c r="C188" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="6">
+        <v>367772.06405245903</v>
+      </c>
+      <c r="E188" s="6">
+        <v>366153.066186729</v>
+      </c>
+      <c r="F188" s="6">
+        <v>366096.18056397198</v>
+      </c>
+      <c r="G188" s="6">
+        <v>365950.68786406098</v>
+      </c>
+      <c r="H188" s="6">
+        <v>365625.358201836</v>
+      </c>
+      <c r="I188" s="6">
+        <v>365534.79476158501</v>
+      </c>
+      <c r="J188" s="5"/>
+      <c r="K188" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L188" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M188" s="5"/>
+      <c r="N188" s="30"/>
+      <c r="O188" s="30"/>
+    </row>
+    <row r="189" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="39"/>
+      <c r="B189" s="39"/>
+      <c r="C189" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="7">
+        <v>0</v>
+      </c>
+      <c r="E189" s="7">
+        <v>0</v>
+      </c>
+      <c r="F189" s="7">
+        <v>0</v>
+      </c>
+      <c r="G189" s="7">
+        <v>0</v>
+      </c>
+      <c r="H189" s="7">
+        <v>0</v>
+      </c>
+      <c r="I189" s="7">
+        <v>0</v>
+      </c>
+      <c r="J189" s="5"/>
+      <c r="K189" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L189" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M189" s="5"/>
+      <c r="N189" s="30"/>
+      <c r="O189" s="30"/>
+    </row>
+    <row r="190" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="39"/>
+      <c r="B190" s="39"/>
+      <c r="C190" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D190" s="5"/>
+      <c r="E190" s="5"/>
+      <c r="F190" s="5"/>
+      <c r="G190" s="5"/>
+      <c r="H190" s="5"/>
+      <c r="I190" s="5"/>
+      <c r="J190" s="6">
+        <v>365135</v>
+      </c>
+      <c r="K190" s="6">
+        <v>364904.74648756802</v>
+      </c>
+      <c r="L190" s="6">
+        <v>361647.96514895302</v>
+      </c>
+      <c r="M190" s="6">
+        <v>343262.30396590201</v>
+      </c>
+      <c r="N190" s="30">
+        <v>343262.30396590201</v>
+      </c>
+      <c r="O190" s="30">
+        <v>343262.30396590201</v>
+      </c>
+    </row>
+    <row r="191" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="39"/>
+      <c r="B191" s="39"/>
+      <c r="C191" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D191" s="6">
+        <v>513591.37208502297</v>
+      </c>
+      <c r="E191" s="6">
+        <v>511728.10426783998</v>
+      </c>
+      <c r="F191" s="6">
+        <v>512303.59877260501</v>
+      </c>
+      <c r="G191" s="6">
+        <v>512280.90020243102</v>
+      </c>
+      <c r="H191" s="6">
+        <v>512037.81559917598</v>
+      </c>
+      <c r="I191" s="6">
+        <v>512124.322802382</v>
+      </c>
+      <c r="J191" s="6">
+        <v>511626</v>
+      </c>
+      <c r="K191" s="6">
+        <v>511686.57257440302</v>
+      </c>
+      <c r="L191" s="6">
+        <v>507021.14230166102</v>
+      </c>
+      <c r="M191" s="6">
+        <v>481417.01130000001</v>
+      </c>
+      <c r="N191" s="30">
+        <v>481417.01125332102</v>
+      </c>
+      <c r="O191" s="30">
+        <v>481417.01125332102</v>
+      </c>
+    </row>
+    <row r="192" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="39"/>
+      <c r="B192" s="39"/>
+      <c r="C192" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D192" s="6">
+        <v>151419.45575195699</v>
+      </c>
+      <c r="E192" s="6">
+        <v>150755.83251416401</v>
+      </c>
+      <c r="F192" s="6">
+        <v>150685.86845714599</v>
+      </c>
+      <c r="G192" s="6">
+        <v>150554.025254151</v>
+      </c>
+      <c r="H192" s="6">
+        <v>150426.26408030899</v>
+      </c>
+      <c r="I192" s="6">
+        <v>150360.67672796</v>
+      </c>
+      <c r="J192" s="6">
+        <v>150224</v>
+      </c>
+      <c r="K192" s="6">
+        <v>150459.085790137</v>
+      </c>
+      <c r="L192" s="6">
+        <v>149014.32728393999</v>
+      </c>
+      <c r="M192" s="6">
+        <v>141338.55379999999</v>
+      </c>
+      <c r="N192" s="30">
+        <v>141338.55380629899</v>
+      </c>
+      <c r="O192" s="30">
+        <v>141338.55380629899</v>
+      </c>
+    </row>
+    <row r="193" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="39"/>
+      <c r="B193" s="39"/>
+      <c r="C193" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D193" s="7">
+        <v>0</v>
+      </c>
+      <c r="E193" s="7">
+        <v>0</v>
+      </c>
+      <c r="F193" s="7">
+        <v>0</v>
+      </c>
+      <c r="G193" s="7">
+        <v>0</v>
+      </c>
+      <c r="H193" s="7">
+        <v>0</v>
+      </c>
+      <c r="I193" s="7">
+        <v>0</v>
+      </c>
+      <c r="J193" s="5"/>
+      <c r="K193" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L193" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M193" s="5"/>
+      <c r="N193" s="30"/>
+      <c r="O193" s="30"/>
+    </row>
+    <row r="194" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="39"/>
+      <c r="B194" s="39"/>
+      <c r="C194" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D194" s="6">
+        <v>186.34124902585401</v>
+      </c>
+      <c r="E194" s="6">
+        <v>185.51532148777201</v>
+      </c>
+      <c r="F194" s="6">
+        <v>185.42372298241301</v>
+      </c>
+      <c r="G194" s="6">
+        <v>185.23343906928699</v>
+      </c>
+      <c r="H194" s="6">
+        <v>185.022199104957</v>
+      </c>
+      <c r="I194" s="6">
+        <v>193.08607514792399</v>
+      </c>
+      <c r="J194" s="5"/>
+      <c r="K194" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L194" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M194" s="5"/>
+      <c r="N194" s="30"/>
+      <c r="O194" s="30"/>
+    </row>
+    <row r="195" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="39"/>
+      <c r="B195" s="39"/>
+      <c r="C195" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D195" s="5"/>
+      <c r="E195" s="5"/>
+      <c r="F195" s="5"/>
+      <c r="G195" s="5"/>
+      <c r="H195" s="5"/>
+      <c r="I195" s="5"/>
+      <c r="J195" s="6">
+        <v>361402</v>
+      </c>
+      <c r="K195" s="6">
+        <v>361227.48678426503</v>
+      </c>
+      <c r="L195" s="6">
+        <v>358006.81501772098</v>
+      </c>
+      <c r="M195" s="6">
+        <v>340078.45740000001</v>
+      </c>
+      <c r="N195" s="30">
+        <v>340078.45744702203</v>
+      </c>
+      <c r="O195" s="30">
+        <v>340078.45744702203</v>
+      </c>
+    </row>
+    <row r="196" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="39"/>
+      <c r="B196" s="39"/>
+      <c r="C196" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D196" s="6">
+        <v>361985.57508404</v>
+      </c>
+      <c r="E196" s="6">
+        <v>360786.75643218902</v>
+      </c>
+      <c r="F196" s="6">
+        <v>361432.30659247702</v>
+      </c>
+      <c r="G196" s="6">
+        <v>361541.64150921098</v>
+      </c>
+      <c r="H196" s="6">
+        <v>361426.52931976202</v>
+      </c>
+      <c r="I196" s="6">
+        <v>361570.55999927397</v>
+      </c>
+      <c r="J196" s="5"/>
+      <c r="K196" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L196" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M196" s="5"/>
+      <c r="N196" s="30"/>
+      <c r="O196" s="30"/>
+    </row>
+    <row r="197" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="39"/>
+      <c r="B197" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="C197" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D197" s="6">
+        <v>1932967</v>
+      </c>
+      <c r="E197" s="6">
+        <v>1921115.9712766199</v>
+      </c>
+      <c r="F197" s="6">
+        <v>1924118</v>
+      </c>
+      <c r="G197" s="6">
+        <v>1923680</v>
+      </c>
+      <c r="H197" s="6">
+        <v>1923710</v>
+      </c>
+      <c r="I197" s="6">
+        <v>1923574</v>
+      </c>
+      <c r="J197" s="6">
+        <v>1924170</v>
+      </c>
+      <c r="K197" s="6">
+        <v>1923580</v>
+      </c>
+      <c r="L197" s="6">
+        <v>1888985.1393193</v>
+      </c>
+      <c r="M197" s="6">
+        <v>1630927</v>
+      </c>
+      <c r="N197" s="30">
+        <v>1630927</v>
+      </c>
+      <c r="O197" s="30">
+        <v>1630927</v>
+      </c>
+    </row>
+    <row r="198" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="39"/>
+      <c r="B198" s="39"/>
+      <c r="C198" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D198" s="6">
+        <v>109461.85999444799</v>
+      </c>
+      <c r="E198" s="6">
+        <v>109472.61340504901</v>
+      </c>
+      <c r="F198" s="6">
+        <v>109967.286603671</v>
+      </c>
+      <c r="G198" s="6">
+        <v>110650.25651733299</v>
+      </c>
+      <c r="H198" s="6">
+        <v>111451.572790719</v>
+      </c>
+      <c r="I198" s="6">
+        <v>112146.194899443</v>
+      </c>
+      <c r="J198" s="6">
+        <v>112794</v>
+      </c>
+      <c r="K198" s="6">
+        <v>112934.65794523001</v>
+      </c>
+      <c r="L198" s="6">
+        <v>111535.601999854</v>
+      </c>
+      <c r="M198" s="6">
+        <v>96702.003169999996</v>
+      </c>
+      <c r="N198" s="30">
+        <v>96702.003174337398</v>
+      </c>
+      <c r="O198" s="30">
+        <v>96702.003174337398</v>
+      </c>
+    </row>
+    <row r="199" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="39"/>
+      <c r="B199" s="39"/>
+      <c r="C199" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D199" s="6">
+        <v>63558.623356024902</v>
+      </c>
+      <c r="E199" s="6">
+        <v>63723.579211219097</v>
+      </c>
+      <c r="F199" s="6">
+        <v>64016.351174693198</v>
+      </c>
+      <c r="G199" s="6">
+        <v>64380.2405167869</v>
+      </c>
+      <c r="H199" s="6">
+        <v>64979.479895591001</v>
+      </c>
+      <c r="I199" s="6">
+        <v>65587.400910273893</v>
+      </c>
+      <c r="J199" s="6">
+        <v>65958</v>
+      </c>
+      <c r="K199" s="6">
+        <v>65979.373993255998</v>
+      </c>
+      <c r="L199" s="6">
+        <v>65266.842101504</v>
+      </c>
+      <c r="M199" s="6">
+        <v>56639.359069044302</v>
+      </c>
+      <c r="N199" s="30">
+        <v>56639.359069044302</v>
+      </c>
+      <c r="O199" s="30">
+        <v>56639.359069044302</v>
+      </c>
+    </row>
+    <row r="200" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="39"/>
+      <c r="B200" s="39"/>
+      <c r="C200" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" s="6">
+        <v>45903.236638423099</v>
+      </c>
+      <c r="E200" s="6">
+        <v>45749.034193829903</v>
+      </c>
+      <c r="F200" s="6">
+        <v>45950.9354289779</v>
+      </c>
+      <c r="G200" s="6">
+        <v>46270.016000545598</v>
+      </c>
+      <c r="H200" s="6">
+        <v>46472.092895127702</v>
+      </c>
+      <c r="I200" s="6">
+        <v>46558.793989168596</v>
+      </c>
+      <c r="J200" s="5"/>
+      <c r="K200" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L200" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M200" s="5"/>
+      <c r="N200" s="30"/>
+      <c r="O200" s="30"/>
+    </row>
+    <row r="201" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="39"/>
+      <c r="B201" s="39"/>
+      <c r="C201" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D201" s="7">
+        <v>0</v>
+      </c>
+      <c r="E201" s="7">
+        <v>0</v>
+      </c>
+      <c r="F201" s="7">
+        <v>0</v>
+      </c>
+      <c r="G201" s="7">
+        <v>0</v>
+      </c>
+      <c r="H201" s="7">
+        <v>0</v>
+      </c>
+      <c r="I201" s="7">
+        <v>0</v>
+      </c>
+      <c r="J201" s="5"/>
+      <c r="K201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M201" s="5"/>
+      <c r="N201" s="30"/>
+      <c r="O201" s="30"/>
+    </row>
+    <row r="202" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="39"/>
+      <c r="B202" s="39"/>
+      <c r="C202" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D202" s="5"/>
+      <c r="E202" s="5"/>
+      <c r="F202" s="5"/>
+      <c r="G202" s="5"/>
+      <c r="H202" s="5"/>
+      <c r="I202" s="5"/>
+      <c r="J202" s="6">
+        <v>46836</v>
+      </c>
+      <c r="K202" s="6">
+        <v>46955.283951974197</v>
+      </c>
+      <c r="L202" s="6">
+        <v>46268.759898350298</v>
+      </c>
+      <c r="M202" s="6">
+        <v>40062.644105293097</v>
+      </c>
+      <c r="N202" s="30">
+        <v>40062.644105293097</v>
+      </c>
+      <c r="O202" s="30">
+        <v>40062.644105293097</v>
+      </c>
+    </row>
+    <row r="203" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="39"/>
+      <c r="B203" s="39"/>
+      <c r="C203" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D203" s="6">
+        <v>1823505.1400055501</v>
+      </c>
+      <c r="E203" s="6">
+        <v>1811643.3578715699</v>
+      </c>
+      <c r="F203" s="6">
+        <v>1814150.7133963299</v>
+      </c>
+      <c r="G203" s="6">
+        <v>1813029.74348267</v>
+      </c>
+      <c r="H203" s="6">
+        <v>1812258.42720928</v>
+      </c>
+      <c r="I203" s="6">
+        <v>1811427.80510056</v>
+      </c>
+      <c r="J203" s="6">
+        <v>1811376</v>
+      </c>
+      <c r="K203" s="6">
+        <v>1810645.3420547701</v>
+      </c>
+      <c r="L203" s="6">
+        <v>1777449.5373194499</v>
+      </c>
+      <c r="M203" s="6">
+        <v>1534224.997</v>
+      </c>
+      <c r="N203" s="30">
+        <v>1534224.9968256601</v>
+      </c>
+      <c r="O203" s="30">
+        <v>1534224.9968256601</v>
+      </c>
+    </row>
+    <row r="204" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="39"/>
+      <c r="B204" s="39"/>
+      <c r="C204" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D204" s="6">
+        <v>569716.80894964095</v>
+      </c>
+      <c r="E204" s="6">
+        <v>566656.82892118604</v>
+      </c>
+      <c r="F204" s="6">
+        <v>567987.95929272601</v>
+      </c>
+      <c r="G204" s="6">
+        <v>567816.18906842999</v>
+      </c>
+      <c r="H204" s="6">
+        <v>567815.29870444199</v>
+      </c>
+      <c r="I204" s="6">
+        <v>568050.55565739295</v>
+      </c>
+      <c r="J204" s="6">
+        <v>568538</v>
+      </c>
+      <c r="K204" s="6">
+        <v>569045.15157819598</v>
+      </c>
+      <c r="L204" s="6">
+        <v>559043.695809094</v>
+      </c>
+      <c r="M204" s="6">
+        <v>482961.1249</v>
+      </c>
+      <c r="N204" s="30">
+        <v>482961.12492653402</v>
+      </c>
+      <c r="O204" s="30">
+        <v>482961.12492653402</v>
+      </c>
+    </row>
+    <row r="205" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="39"/>
+      <c r="B205" s="39"/>
+      <c r="C205" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D205" s="6">
+        <v>2.4325654869843598</v>
+      </c>
+      <c r="E205" s="6">
+        <v>2.4152311766058099</v>
+      </c>
+      <c r="F205" s="6">
+        <v>2.4175852381706502</v>
+      </c>
+      <c r="G205" s="6">
+        <v>2.4156153038746799</v>
+      </c>
+      <c r="H205" s="6">
+        <v>2.4142368233945701</v>
+      </c>
+      <c r="I205" s="6">
+        <v>2.4116527338474798</v>
+      </c>
+      <c r="J205" s="5"/>
+      <c r="K205" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L205" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M205" s="5"/>
+      <c r="N205" s="30"/>
+      <c r="O205" s="30"/>
+    </row>
+    <row r="206" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="39"/>
+      <c r="B206" s="39"/>
+      <c r="C206" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D206" s="7">
+        <v>0</v>
+      </c>
+      <c r="E206" s="7">
+        <v>0</v>
+      </c>
+      <c r="F206" s="7">
+        <v>0</v>
+      </c>
+      <c r="G206" s="7">
+        <v>0</v>
+      </c>
+      <c r="H206" s="7">
+        <v>0</v>
+      </c>
+      <c r="I206" s="7">
+        <v>0</v>
+      </c>
+      <c r="J206" s="5"/>
+      <c r="K206" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L206" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M206" s="5"/>
+      <c r="N206" s="30"/>
+      <c r="O206" s="30"/>
+    </row>
+    <row r="207" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="39"/>
+      <c r="B207" s="39"/>
+      <c r="C207" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D207" s="5"/>
+      <c r="E207" s="5"/>
+      <c r="F207" s="5"/>
+      <c r="G207" s="5"/>
+      <c r="H207" s="5"/>
+      <c r="I207" s="5"/>
+      <c r="J207" s="6">
+        <v>1242838</v>
+      </c>
+      <c r="K207" s="6">
+        <v>1241600.19047657</v>
+      </c>
+      <c r="L207" s="6">
+        <v>1218405.8415103499</v>
+      </c>
+      <c r="M207" s="6">
+        <v>1051263.872</v>
+      </c>
+      <c r="N207" s="30">
+        <v>1051263.8718991301</v>
+      </c>
+      <c r="O207" s="30">
+        <v>1051263.8718991301</v>
+      </c>
+    </row>
+    <row r="208" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="39"/>
+      <c r="B208" s="39"/>
+      <c r="C208" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D208" s="6">
+        <v>1253785.8984904201</v>
+      </c>
+      <c r="E208" s="6">
+        <v>1244984.11371921</v>
+      </c>
+      <c r="F208" s="6">
+        <v>1246160.3365183601</v>
+      </c>
+      <c r="G208" s="6">
+        <v>1245211.13879893</v>
+      </c>
+      <c r="H208" s="6">
+        <v>1244440.7142680199</v>
+      </c>
+      <c r="I208" s="6">
+        <v>1243374.8377904301</v>
+      </c>
+      <c r="J208" s="5"/>
+      <c r="K208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M208" s="5"/>
+      <c r="N208" s="30"/>
+      <c r="O208" s="30"/>
+    </row>
+    <row r="209" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="39"/>
+      <c r="B209" s="39" t="s">
+        <v>32</v>
+      </c>
+      <c r="C209" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D209" s="6">
+        <v>1118347</v>
+      </c>
+      <c r="E209" s="6">
+        <v>1111377.0938446401</v>
+      </c>
+      <c r="F209" s="6">
+        <v>1113259</v>
+      </c>
+      <c r="G209" s="6">
+        <v>1113560</v>
+      </c>
+      <c r="H209" s="6">
+        <v>1113002</v>
+      </c>
+      <c r="I209" s="6">
+        <v>1113761</v>
+      </c>
+      <c r="J209" s="6">
+        <v>1113836</v>
+      </c>
+      <c r="K209" s="6">
+        <v>1114172</v>
+      </c>
+      <c r="L209" s="6">
+        <v>1093974.60065784</v>
+      </c>
+      <c r="M209" s="6">
+        <v>1223829</v>
+      </c>
+      <c r="N209" s="30">
+        <v>1223829</v>
+      </c>
+      <c r="O209" s="30">
+        <v>1223829</v>
+      </c>
+    </row>
+    <row r="210" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="39"/>
+      <c r="B210" s="39"/>
+      <c r="C210" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D210" s="6">
+        <v>575551.02393365698</v>
+      </c>
+      <c r="E210" s="6">
+        <v>572070.53501194098</v>
+      </c>
+      <c r="F210" s="6">
+        <v>573095.50254917797</v>
+      </c>
+      <c r="G210" s="6">
+        <v>573086.082233664</v>
+      </c>
+      <c r="H210" s="6">
+        <v>572987.83698949905</v>
+      </c>
+      <c r="I210" s="6">
+        <v>573397.87514843303</v>
+      </c>
+      <c r="J210" s="6">
+        <v>573240</v>
+      </c>
+      <c r="K210" s="6">
+        <v>573414.21786534996</v>
+      </c>
+      <c r="L210" s="6">
+        <v>562854.96262278105</v>
+      </c>
+      <c r="M210" s="6">
+        <v>629692.59620000003</v>
+      </c>
+      <c r="N210" s="30">
+        <v>629692.59616661805</v>
+      </c>
+      <c r="O210" s="30">
+        <v>629692.59616661805</v>
+      </c>
+    </row>
+    <row r="211" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="39"/>
+      <c r="B211" s="39"/>
+      <c r="C211" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D211" s="6">
+        <v>378193.90428673202</v>
+      </c>
+      <c r="E211" s="6">
+        <v>375872.23572697799</v>
+      </c>
+      <c r="F211" s="6">
+        <v>376407.85679563502</v>
+      </c>
+      <c r="G211" s="6">
+        <v>376398.55998088903</v>
+      </c>
+      <c r="H211" s="6">
+        <v>376280.54169109202</v>
+      </c>
+      <c r="I211" s="6">
+        <v>376538.54425489501</v>
+      </c>
+      <c r="J211" s="6">
+        <v>376491</v>
+      </c>
+      <c r="K211" s="6">
+        <v>376607.77057523403</v>
+      </c>
+      <c r="L211" s="6">
+        <v>369678.34182940703</v>
+      </c>
+      <c r="M211" s="6">
+        <v>413525.25633811799</v>
+      </c>
+      <c r="N211" s="30">
+        <v>413525.25633811799</v>
+      </c>
+      <c r="O211" s="30">
+        <v>413525.25633811799</v>
+      </c>
+    </row>
+    <row r="212" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="39"/>
+      <c r="B212" s="39"/>
+      <c r="C212" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D212" s="6">
+        <v>197352.43103356301</v>
+      </c>
+      <c r="E212" s="6">
+        <v>196193.64455989399</v>
+      </c>
+      <c r="F212" s="6">
+        <v>196682.986816738</v>
+      </c>
+      <c r="G212" s="6">
+        <v>196682.86572761499</v>
+      </c>
+      <c r="H212" s="6">
+        <v>196702.644756567</v>
+      </c>
+      <c r="I212" s="6">
+        <v>196850.18417100099</v>
+      </c>
+      <c r="J212" s="5"/>
+      <c r="K212" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L212" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M212" s="5"/>
+      <c r="N212" s="30"/>
+      <c r="O212" s="30"/>
+    </row>
+    <row r="213" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="39"/>
+      <c r="B213" s="39"/>
+      <c r="C213" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="6">
+        <v>4.6886133631654996</v>
+      </c>
+      <c r="E213" s="6">
+        <v>4.6547250692322004</v>
+      </c>
+      <c r="F213" s="6">
+        <v>4.6589368053467499</v>
+      </c>
+      <c r="G213" s="6">
+        <v>4.6565251597791999</v>
+      </c>
+      <c r="H213" s="6">
+        <v>4.6505418397131102</v>
+      </c>
+      <c r="I213" s="6">
+        <v>9.1467225383336501</v>
+      </c>
+      <c r="J213" s="5"/>
+      <c r="K213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M213" s="5"/>
+      <c r="N213" s="30"/>
+      <c r="O213" s="30"/>
+    </row>
+    <row r="214" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="39"/>
+      <c r="B214" s="39"/>
+      <c r="C214" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D214" s="5"/>
+      <c r="E214" s="5"/>
+      <c r="F214" s="5"/>
+      <c r="G214" s="5"/>
+      <c r="H214" s="5"/>
+      <c r="I214" s="5"/>
+      <c r="J214" s="6">
+        <v>196749</v>
+      </c>
+      <c r="K214" s="6">
+        <v>196806.44729011599</v>
+      </c>
+      <c r="L214" s="6">
+        <v>193176.62079337399</v>
+      </c>
+      <c r="M214" s="6">
+        <v>216167.33982849901</v>
+      </c>
+      <c r="N214" s="30">
+        <v>216167.33982849901</v>
+      </c>
+      <c r="O214" s="30">
+        <v>216167.33982849901</v>
+      </c>
+    </row>
+    <row r="215" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="39"/>
+      <c r="B215" s="39"/>
+      <c r="C215" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D215" s="6">
+        <v>542795.97606634302</v>
+      </c>
+      <c r="E215" s="6">
+        <v>539306.55883270199</v>
+      </c>
+      <c r="F215" s="6">
+        <v>540163.49745082203</v>
+      </c>
+      <c r="G215" s="6">
+        <v>540473.917766336</v>
+      </c>
+      <c r="H215" s="6">
+        <v>540014.16301050095</v>
+      </c>
+      <c r="I215" s="6">
+        <v>540363.12485156697</v>
+      </c>
+      <c r="J215" s="6">
+        <v>540596</v>
+      </c>
+      <c r="K215" s="6">
+        <v>540757.78213465004</v>
+      </c>
+      <c r="L215" s="6">
+        <v>531119.63803505898</v>
+      </c>
+      <c r="M215" s="6">
+        <v>594136.40379999997</v>
+      </c>
+      <c r="N215" s="30">
+        <v>594136.40383338195</v>
+      </c>
+      <c r="O215" s="30">
+        <v>594136.40383338195</v>
+      </c>
+    </row>
+    <row r="216" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="39"/>
+      <c r="B216" s="39"/>
+      <c r="C216" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D216" s="6">
+        <v>420869.17338483699</v>
+      </c>
+      <c r="E216" s="6">
+        <v>418214.41441332799</v>
+      </c>
+      <c r="F216" s="6">
+        <v>418967.96702040901</v>
+      </c>
+      <c r="G216" s="6">
+        <v>419201.296259492</v>
+      </c>
+      <c r="H216" s="6">
+        <v>418805.22690733202</v>
+      </c>
+      <c r="I216" s="6">
+        <v>419132.21654688002</v>
+      </c>
+      <c r="J216" s="6">
+        <v>419213</v>
+      </c>
+      <c r="K216" s="6">
+        <v>419308.97497768002</v>
+      </c>
+      <c r="L216" s="6">
+        <v>411736.75354318903</v>
+      </c>
+      <c r="M216" s="6">
+        <v>460452.65600000002</v>
+      </c>
+      <c r="N216" s="30">
+        <v>460452.65595152398</v>
+      </c>
+      <c r="O216" s="30">
+        <v>460452.65595152398</v>
+      </c>
+    </row>
+    <row r="217" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="39"/>
+      <c r="B217" s="39"/>
+      <c r="C217" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D217" s="7">
+        <v>0</v>
+      </c>
+      <c r="E217" s="7">
+        <v>0</v>
+      </c>
+      <c r="F217" s="7">
+        <v>0</v>
+      </c>
+      <c r="G217" s="7">
+        <v>0</v>
+      </c>
+      <c r="H217" s="7">
+        <v>0</v>
+      </c>
+      <c r="I217" s="7">
+        <v>0</v>
+      </c>
+      <c r="J217" s="5"/>
+      <c r="K217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M217" s="5"/>
+      <c r="N217" s="30"/>
+      <c r="O217" s="30"/>
+    </row>
+    <row r="218" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="39"/>
+      <c r="B218" s="39"/>
+      <c r="C218" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D218" s="7">
+        <v>0</v>
+      </c>
+      <c r="E218" s="7">
+        <v>0</v>
+      </c>
+      <c r="F218" s="7">
+        <v>0</v>
+      </c>
+      <c r="G218" s="7">
+        <v>0</v>
+      </c>
+      <c r="H218" s="7">
+        <v>0</v>
+      </c>
+      <c r="I218" s="7">
+        <v>0</v>
+      </c>
+      <c r="J218" s="5"/>
+      <c r="K218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M218" s="5"/>
+      <c r="N218" s="30"/>
+      <c r="O218" s="30"/>
+    </row>
+    <row r="219" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="39"/>
+      <c r="B219" s="39"/>
+      <c r="C219" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D219" s="5"/>
+      <c r="E219" s="5"/>
+      <c r="F219" s="5"/>
+      <c r="G219" s="5"/>
+      <c r="H219" s="5"/>
+      <c r="I219" s="5"/>
+      <c r="J219" s="6">
+        <v>121383</v>
+      </c>
+      <c r="K219" s="6">
+        <v>121448.80715697</v>
+      </c>
+      <c r="L219" s="6">
+        <v>119382.88449187001</v>
+      </c>
+      <c r="M219" s="6">
+        <v>133683.74789999999</v>
+      </c>
+      <c r="N219" s="30">
+        <v>133683.747881858</v>
+      </c>
+      <c r="O219" s="30">
+        <v>133683.747881858</v>
+      </c>
+    </row>
+    <row r="220" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="39"/>
+      <c r="B220" s="39"/>
+      <c r="C220" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D220" s="6">
+        <v>121926.802681506</v>
+      </c>
+      <c r="E220" s="6">
+        <v>121092.144419374</v>
+      </c>
+      <c r="F220" s="6">
+        <v>121195.530430413</v>
+      </c>
+      <c r="G220" s="6">
+        <v>121272.62150684401</v>
+      </c>
+      <c r="H220" s="6">
+        <v>121208.936103168</v>
+      </c>
+      <c r="I220" s="6">
+        <v>121230.90830468699</v>
+      </c>
+      <c r="J220" s="5"/>
+      <c r="K220" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L220" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M220" s="5"/>
+      <c r="N220" s="30"/>
+      <c r="O220" s="30"/>
+    </row>
+    <row r="221" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="39"/>
+      <c r="B221" s="39" t="s">
+        <v>33</v>
+      </c>
+      <c r="C221" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D221" s="6">
+        <v>619596</v>
+      </c>
+      <c r="E221" s="6">
+        <v>615203.63538743299</v>
+      </c>
+      <c r="F221" s="6">
+        <v>616792</v>
+      </c>
+      <c r="G221" s="6">
+        <v>616769</v>
+      </c>
+      <c r="H221" s="6">
+        <v>616530</v>
+      </c>
+      <c r="I221" s="6">
+        <v>616453</v>
+      </c>
+      <c r="J221" s="6">
+        <v>616315</v>
+      </c>
+      <c r="K221" s="6">
+        <v>617007</v>
+      </c>
+      <c r="L221" s="6">
+        <v>604362.3348516</v>
+      </c>
+      <c r="M221" s="6">
+        <v>728829</v>
+      </c>
+      <c r="N221" s="30">
+        <v>728829</v>
+      </c>
+      <c r="O221" s="30">
+        <v>728829</v>
+      </c>
+    </row>
+    <row r="222" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="39"/>
+      <c r="B222" s="39"/>
+      <c r="C222" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D222" s="6">
+        <v>248425.61767867001</v>
+      </c>
+      <c r="E222" s="6">
+        <v>246654.86265961299</v>
+      </c>
+      <c r="F222" s="6">
+        <v>247268.67513976499</v>
+      </c>
+      <c r="G222" s="6">
+        <v>247289.004582742</v>
+      </c>
+      <c r="H222" s="6">
+        <v>247218.50282618101</v>
+      </c>
+      <c r="I222" s="6">
+        <v>247131.94376270301</v>
+      </c>
+      <c r="J222" s="6">
+        <v>247090</v>
+      </c>
+      <c r="K222" s="6">
+        <v>247338.65508722299</v>
+      </c>
+      <c r="L222" s="6">
+        <v>242195.998150108</v>
+      </c>
+      <c r="M222" s="6">
+        <v>291915.9791</v>
+      </c>
+      <c r="N222" s="30">
+        <v>291915.97913963097</v>
+      </c>
+      <c r="O222" s="30">
+        <v>291915.97913963097</v>
+      </c>
+    </row>
+    <row r="223" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="39"/>
+      <c r="B223" s="39"/>
+      <c r="C223" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D223" s="6">
+        <v>87915.379347953305</v>
+      </c>
+      <c r="E223" s="6">
+        <v>87357.836416662001</v>
+      </c>
+      <c r="F223" s="6">
+        <v>87641.084484150299</v>
+      </c>
+      <c r="G223" s="6">
+        <v>87744.271918349099</v>
+      </c>
+      <c r="H223" s="6">
+        <v>87884.2024386173</v>
+      </c>
+      <c r="I223" s="6">
+        <v>87900.001273737798</v>
+      </c>
+      <c r="J223" s="6">
+        <v>87901</v>
+      </c>
+      <c r="K223" s="6">
+        <v>88049.476911823702</v>
+      </c>
+      <c r="L223" s="6">
+        <v>86249.422094197202</v>
+      </c>
+      <c r="M223" s="6">
+        <v>103971.533901417</v>
+      </c>
+      <c r="N223" s="30">
+        <v>103971.533901417</v>
+      </c>
+      <c r="O223" s="30">
+        <v>103971.533901417</v>
+      </c>
+    </row>
+    <row r="224" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="39"/>
+      <c r="B224" s="39"/>
+      <c r="C224" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D224" s="6">
+        <v>160510.23833071601</v>
+      </c>
+      <c r="E224" s="6">
+        <v>159297.02624295099</v>
+      </c>
+      <c r="F224" s="6">
+        <v>159627.590655615</v>
+      </c>
+      <c r="G224" s="6">
+        <v>159544.732664393</v>
+      </c>
+      <c r="H224" s="6">
+        <v>159334.30038756301</v>
+      </c>
+      <c r="I224" s="6">
+        <v>159231.942488965</v>
+      </c>
+      <c r="J224" s="5"/>
+      <c r="K224" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L224" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M224" s="5"/>
+      <c r="N224" s="30"/>
+      <c r="O224" s="30"/>
+    </row>
+    <row r="225" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="39"/>
+      <c r="B225" s="39"/>
+      <c r="C225" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D225" s="7">
+        <v>0</v>
+      </c>
+      <c r="E225" s="7">
+        <v>0</v>
+      </c>
+      <c r="F225" s="7">
+        <v>0</v>
+      </c>
+      <c r="G225" s="7">
+        <v>0</v>
+      </c>
+      <c r="H225" s="7">
+        <v>0</v>
+      </c>
+      <c r="I225" s="7">
+        <v>0</v>
+      </c>
+      <c r="J225" s="5"/>
+      <c r="K225" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L225" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M225" s="5"/>
+      <c r="N225" s="30"/>
+      <c r="O225" s="30"/>
+    </row>
+    <row r="226" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="39"/>
+      <c r="B226" s="39"/>
+      <c r="C226" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D226" s="5"/>
+      <c r="E226" s="5"/>
+      <c r="F226" s="5"/>
+      <c r="G226" s="5"/>
+      <c r="H226" s="5"/>
+      <c r="I226" s="5"/>
+      <c r="J226" s="6">
+        <v>159189</v>
+      </c>
+      <c r="K226" s="6">
+        <v>159289.17817540001</v>
+      </c>
+      <c r="L226" s="6">
+        <v>155946.57605591099</v>
+      </c>
+      <c r="M226" s="6">
+        <v>187944.44523821399</v>
+      </c>
+      <c r="N226" s="30">
+        <v>187944.44523821399</v>
+      </c>
+      <c r="O226" s="30">
+        <v>187944.44523821399</v>
+      </c>
+    </row>
+    <row r="227" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="39"/>
+      <c r="B227" s="39"/>
+      <c r="C227" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D227" s="6">
+        <v>371170.38232133002</v>
+      </c>
+      <c r="E227" s="6">
+        <v>368548.77272781997</v>
+      </c>
+      <c r="F227" s="6">
+        <v>369523.32486023498</v>
+      </c>
+      <c r="G227" s="6">
+        <v>369479.995417258</v>
+      </c>
+      <c r="H227" s="6">
+        <v>369311.49717381899</v>
+      </c>
+      <c r="I227" s="6">
+        <v>369321.05623729702</v>
+      </c>
+      <c r="J227" s="6">
+        <v>369225</v>
+      </c>
+      <c r="K227" s="6">
+        <v>369668.34491277701</v>
+      </c>
+      <c r="L227" s="6">
+        <v>362166.33670149097</v>
+      </c>
+      <c r="M227" s="6">
+        <v>436913.0209</v>
+      </c>
+      <c r="N227" s="30">
+        <v>436913.02086036903</v>
+      </c>
+      <c r="O227" s="30">
+        <v>436913.02086036903</v>
+      </c>
+    </row>
+    <row r="228" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="39"/>
+      <c r="B228" s="39"/>
+      <c r="C228" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D228" s="6">
+        <v>259322.96538337899</v>
+      </c>
+      <c r="E228" s="6">
+        <v>257547.91607901399</v>
+      </c>
+      <c r="F228" s="6">
+        <v>258159.74626876699</v>
+      </c>
+      <c r="G228" s="6">
+        <v>258175.12066036701</v>
+      </c>
+      <c r="H228" s="6">
+        <v>258121.66768851</v>
+      </c>
+      <c r="I228" s="6">
+        <v>258175.24971425501</v>
+      </c>
+      <c r="J228" s="6">
+        <v>258211</v>
+      </c>
+      <c r="K228" s="6">
+        <v>258594.777393244</v>
+      </c>
+      <c r="L228" s="6">
+        <v>253372.00373607301</v>
+      </c>
+      <c r="M228" s="6">
+        <v>305819.82199999999</v>
+      </c>
+      <c r="N228" s="30">
+        <v>305819.82204075402</v>
+      </c>
+      <c r="O228" s="30">
+        <v>305819.82204075402</v>
+      </c>
+    </row>
+    <row r="229" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="39"/>
+      <c r="B229" s="39"/>
+      <c r="C229" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D229" s="7">
+        <v>0</v>
+      </c>
+      <c r="E229" s="7">
+        <v>0</v>
+      </c>
+      <c r="F229" s="7">
+        <v>0</v>
+      </c>
+      <c r="G229" s="7">
+        <v>0</v>
+      </c>
+      <c r="H229" s="6">
+        <v>15.2492115614632</v>
+      </c>
+      <c r="I229" s="6">
+        <v>15.232043567148301</v>
+      </c>
+      <c r="J229" s="5"/>
+      <c r="K229" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L229" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M229" s="5"/>
+      <c r="N229" s="30"/>
+      <c r="O229" s="30"/>
+    </row>
+    <row r="230" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="39"/>
+      <c r="B230" s="39"/>
+      <c r="C230" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D230" s="7">
+        <v>0</v>
+      </c>
+      <c r="E230" s="7">
+        <v>0</v>
+      </c>
+      <c r="F230" s="7">
+        <v>0</v>
+      </c>
+      <c r="G230" s="7">
+        <v>0</v>
+      </c>
+      <c r="H230" s="7">
+        <v>0</v>
+      </c>
+      <c r="I230" s="7">
+        <v>0</v>
+      </c>
+      <c r="J230" s="5"/>
+      <c r="K230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M230" s="5"/>
+      <c r="N230" s="30"/>
+      <c r="O230" s="30"/>
+    </row>
+    <row r="231" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="39"/>
+      <c r="B231" s="39"/>
+      <c r="C231" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D231" s="5"/>
+      <c r="E231" s="5"/>
+      <c r="F231" s="5"/>
+      <c r="G231" s="5"/>
+      <c r="H231" s="5"/>
+      <c r="I231" s="5"/>
+      <c r="J231" s="6">
+        <v>111014</v>
+      </c>
+      <c r="K231" s="6">
+        <v>111073.56751953199</v>
+      </c>
+      <c r="L231" s="6">
+        <v>108794.332965418</v>
+      </c>
+      <c r="M231" s="6">
+        <v>131093.19880000001</v>
+      </c>
+      <c r="N231" s="30">
+        <v>131093.19881961599</v>
+      </c>
+      <c r="O231" s="30">
+        <v>131093.19881961599</v>
+      </c>
+    </row>
+    <row r="232" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="39"/>
+      <c r="B232" s="39"/>
+      <c r="C232" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D232" s="6">
+        <v>111847.416937952</v>
+      </c>
+      <c r="E232" s="6">
+        <v>111000.856648806</v>
+      </c>
+      <c r="F232" s="6">
+        <v>111363.578591468</v>
+      </c>
+      <c r="G232" s="6">
+        <v>111304.874756891</v>
+      </c>
+      <c r="H232" s="6">
+        <v>111174.580273748</v>
+      </c>
+      <c r="I232" s="6">
+        <v>111130.57447947501</v>
+      </c>
+      <c r="J232" s="5"/>
+      <c r="K232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M232" s="5"/>
+      <c r="N232" s="30"/>
+      <c r="O232" s="30"/>
+    </row>
+    <row r="233" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="39"/>
+      <c r="B233" s="39" t="s">
+        <v>34</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D233" s="6">
+        <v>2319384</v>
+      </c>
+      <c r="E233" s="6">
+        <v>2312083.8320853999</v>
+      </c>
+      <c r="F233" s="6">
+        <v>2313805</v>
+      </c>
+      <c r="G233" s="6">
+        <v>2314811</v>
+      </c>
+      <c r="H233" s="6">
+        <v>2316312</v>
+      </c>
+      <c r="I233" s="6">
+        <v>2316144</v>
+      </c>
+      <c r="J233" s="6">
+        <v>2316883</v>
+      </c>
+      <c r="K233" s="6">
+        <v>2317596</v>
+      </c>
+      <c r="L233" s="6">
+        <v>2300471.6786772199</v>
+      </c>
+      <c r="M233" s="6">
+        <v>2333843</v>
+      </c>
+      <c r="N233" s="30">
+        <v>2333843</v>
+      </c>
+      <c r="O233" s="30">
+        <v>2333843</v>
+      </c>
+    </row>
+    <row r="234" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="39"/>
+      <c r="B234" s="39"/>
+      <c r="C234" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D234" s="6">
+        <v>263910.706658512</v>
+      </c>
+      <c r="E234" s="6">
+        <v>263479.05326263601</v>
+      </c>
+      <c r="F234" s="6">
+        <v>264064.89380030002</v>
+      </c>
+      <c r="G234" s="6">
+        <v>264440.80277804198</v>
+      </c>
+      <c r="H234" s="6">
+        <v>265133.83731314202</v>
+      </c>
+      <c r="I234" s="6">
+        <v>265395.86326339102</v>
+      </c>
+      <c r="J234" s="6">
+        <v>265622</v>
+      </c>
+      <c r="K234" s="6">
+        <v>265890.57273827202</v>
+      </c>
+      <c r="L234" s="6">
+        <v>263904.01204934198</v>
+      </c>
+      <c r="M234" s="6">
+        <v>268251.88400000002</v>
+      </c>
+      <c r="N234" s="30">
+        <v>268251.88400612102</v>
+      </c>
+      <c r="O234" s="30">
+        <v>268251.88400612102</v>
+      </c>
+    </row>
+    <row r="235" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="39"/>
+      <c r="B235" s="39"/>
+      <c r="C235" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D235" s="6">
+        <v>39473.674529222</v>
+      </c>
+      <c r="E235" s="6">
+        <v>39584.156933130398</v>
+      </c>
+      <c r="F235" s="6">
+        <v>39972.334121562497</v>
+      </c>
+      <c r="G235" s="6">
+        <v>40331.436844811098</v>
+      </c>
+      <c r="H235" s="6">
+        <v>40949.315570253602</v>
+      </c>
+      <c r="I235" s="6">
+        <v>41324.996090185603</v>
+      </c>
+      <c r="J235" s="6">
+        <v>41247</v>
+      </c>
+      <c r="K235" s="6">
+        <v>41313.038983800499</v>
+      </c>
+      <c r="L235" s="6">
+        <v>41151.447030610303</v>
+      </c>
+      <c r="M235" s="6">
+        <v>42366.2588000455</v>
+      </c>
+      <c r="N235" s="30">
+        <v>42366.2588000455</v>
+      </c>
+      <c r="O235" s="30">
+        <v>42366.2588000455</v>
+      </c>
+    </row>
+    <row r="236" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="39"/>
+      <c r="B236" s="39"/>
+      <c r="C236" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D236" s="6">
+        <v>224350.161758809</v>
+      </c>
+      <c r="E236" s="6">
+        <v>223808.38599713199</v>
+      </c>
+      <c r="F236" s="6">
+        <v>224006.07058132399</v>
+      </c>
+      <c r="G236" s="6">
+        <v>224022.924871197</v>
+      </c>
+      <c r="H236" s="6">
+        <v>224098.110152276</v>
+      </c>
+      <c r="I236" s="6">
+        <v>223984.548200983</v>
+      </c>
+      <c r="J236" s="5"/>
+      <c r="K236" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L236" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M236" s="5"/>
+      <c r="N236" s="30"/>
+      <c r="O236" s="30"/>
+    </row>
+    <row r="237" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="39"/>
+      <c r="B237" s="39"/>
+      <c r="C237" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" s="6">
+        <v>86.870370481662903</v>
+      </c>
+      <c r="E237" s="6">
+        <v>86.510332372828202</v>
+      </c>
+      <c r="F237" s="6">
+        <v>86.489097413671999</v>
+      </c>
+      <c r="G237" s="6">
+        <v>86.441062033838193</v>
+      </c>
+      <c r="H237" s="6">
+        <v>86.411590612738394</v>
+      </c>
+      <c r="I237" s="6">
+        <v>86.318972222402607</v>
+      </c>
+      <c r="J237" s="5"/>
+      <c r="K237" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L237" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M237" s="5"/>
+      <c r="N237" s="30"/>
+      <c r="O237" s="30"/>
+    </row>
+    <row r="238" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="39"/>
+      <c r="B238" s="39"/>
+      <c r="C238" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D238" s="5"/>
+      <c r="E238" s="5"/>
+      <c r="F238" s="5"/>
+      <c r="G238" s="5"/>
+      <c r="H238" s="5"/>
+      <c r="I238" s="5"/>
+      <c r="J238" s="6">
+        <v>224375</v>
+      </c>
+      <c r="K238" s="6">
+        <v>224577.53375447099</v>
+      </c>
+      <c r="L238" s="6">
+        <v>222752.56501873099</v>
+      </c>
+      <c r="M238" s="6">
+        <v>225885.62520607599</v>
+      </c>
+      <c r="N238" s="30">
+        <v>225885.62520607599</v>
+      </c>
+      <c r="O238" s="30">
+        <v>225885.62520607599</v>
+      </c>
+    </row>
+    <row r="239" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="39"/>
+      <c r="B239" s="39"/>
+      <c r="C239" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D239" s="6">
+        <v>2055473.29334149</v>
+      </c>
+      <c r="E239" s="6">
+        <v>2048604.7788227601</v>
+      </c>
+      <c r="F239" s="6">
+        <v>2049740.1061996999</v>
+      </c>
+      <c r="G239" s="6">
+        <v>2050370.1972219599</v>
+      </c>
+      <c r="H239" s="6">
+        <v>2051178.16268686</v>
+      </c>
+      <c r="I239" s="6">
+        <v>2050748.13673661</v>
+      </c>
+      <c r="J239" s="6">
+        <v>2051261</v>
+      </c>
+      <c r="K239" s="6">
+        <v>2051705.42726173</v>
+      </c>
+      <c r="L239" s="6">
+        <v>2036567.66662788</v>
+      </c>
+      <c r="M239" s="6">
+        <v>2065591.1159999999</v>
+      </c>
+      <c r="N239" s="30">
+        <v>2065591.11599388</v>
+      </c>
+      <c r="O239" s="30">
+        <v>2065591.11599388</v>
+      </c>
+    </row>
+    <row r="240" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="39"/>
+      <c r="B240" s="39"/>
+      <c r="C240" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D240" s="6">
+        <v>715990.69334767701</v>
+      </c>
+      <c r="E240" s="6">
+        <v>713690.13979864097</v>
+      </c>
+      <c r="F240" s="6">
+        <v>714137.35332015995</v>
+      </c>
+      <c r="G240" s="6">
+        <v>714252.95141804405</v>
+      </c>
+      <c r="H240" s="6">
+        <v>714426.920219369</v>
+      </c>
+      <c r="I240" s="6">
+        <v>714017.90925871697</v>
+      </c>
+      <c r="J240" s="6">
+        <v>714324</v>
+      </c>
+      <c r="K240" s="6">
+        <v>714405.24381953804</v>
+      </c>
+      <c r="L240" s="6">
+        <v>709250.82051130605</v>
+      </c>
+      <c r="M240" s="6">
+        <v>719683.78280000004</v>
+      </c>
+      <c r="N240" s="30">
+        <v>719683.78283975797</v>
+      </c>
+      <c r="O240" s="30">
+        <v>719683.78283975797</v>
+      </c>
+    </row>
+    <row r="241" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="39"/>
+      <c r="B241" s="39"/>
+      <c r="C241" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D241" s="6">
+        <v>30.3142580763861</v>
+      </c>
+      <c r="E241" s="6">
+        <v>30.188619287371701</v>
+      </c>
+      <c r="F241" s="6">
+        <v>30.181860184301499</v>
+      </c>
+      <c r="G241" s="6">
+        <v>30.165748757307799</v>
+      </c>
+      <c r="H241" s="6">
+        <v>30.1561154224337</v>
+      </c>
+      <c r="I241" s="6">
+        <v>30.123793243783801</v>
+      </c>
+      <c r="J241" s="5"/>
+      <c r="K241" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L241" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M241" s="5"/>
+      <c r="N241" s="30"/>
+      <c r="O241" s="30"/>
+    </row>
+    <row r="242" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="39"/>
+      <c r="B242" s="39"/>
+      <c r="C242" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D242" s="7">
+        <v>0</v>
+      </c>
+      <c r="E242" s="7">
+        <v>0</v>
+      </c>
+      <c r="F242" s="7">
+        <v>0</v>
+      </c>
+      <c r="G242" s="7">
+        <v>0</v>
+      </c>
+      <c r="H242" s="7">
+        <v>0</v>
+      </c>
+      <c r="I242" s="7">
+        <v>0</v>
+      </c>
+      <c r="J242" s="5"/>
+      <c r="K242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M242" s="5"/>
+      <c r="N242" s="30"/>
+      <c r="O242" s="30"/>
+    </row>
+    <row r="243" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="39"/>
+      <c r="B243" s="39"/>
+      <c r="C243" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D243" s="5"/>
+      <c r="E243" s="5"/>
+      <c r="F243" s="5"/>
+      <c r="G243" s="5"/>
+      <c r="H243" s="5"/>
+      <c r="I243" s="5"/>
+      <c r="J243" s="6">
+        <v>1336937</v>
+      </c>
+      <c r="K243" s="6">
+        <v>1337300.1834421901</v>
+      </c>
+      <c r="L243" s="6">
+        <v>1327316.8461165801</v>
+      </c>
+      <c r="M243" s="6">
+        <v>1345907.3330000001</v>
+      </c>
+      <c r="N243" s="30">
+        <v>1345907.33315412</v>
+      </c>
+      <c r="O243" s="30">
+        <v>1345907.33315412</v>
+      </c>
+    </row>
+    <row r="244" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="39"/>
+      <c r="B244" s="39"/>
+      <c r="C244" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D244" s="6">
+        <v>1339452.2857357301</v>
+      </c>
+      <c r="E244" s="6">
+        <v>1334884.45040483</v>
+      </c>
+      <c r="F244" s="6">
+        <v>1335572.5710193601</v>
+      </c>
+      <c r="G244" s="6">
+        <v>1336087.08005516</v>
+      </c>
+      <c r="H244" s="6">
+        <v>1336721.0863520701</v>
+      </c>
+      <c r="I244" s="6">
+        <v>1336700.10368465</v>
+      </c>
+      <c r="J244" s="5"/>
+      <c r="K244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M244" s="5"/>
+      <c r="N244" s="30"/>
+      <c r="O244" s="30"/>
+    </row>
+    <row r="245" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="39"/>
+      <c r="B245" s="39" t="s">
+        <v>35</v>
+      </c>
+      <c r="C245" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D245" s="6">
+        <v>1250802</v>
+      </c>
+      <c r="E245" s="6">
+        <v>1244122.91675326</v>
+      </c>
+      <c r="F245" s="6">
+        <v>1245522</v>
+      </c>
+      <c r="G245" s="6">
+        <v>1247285</v>
+      </c>
+      <c r="H245" s="6">
+        <v>1247970</v>
+      </c>
+      <c r="I245" s="6">
+        <v>1248275</v>
+      </c>
+      <c r="J245" s="6">
+        <v>1247951</v>
+      </c>
+      <c r="K245" s="6">
+        <v>1248165</v>
+      </c>
+      <c r="L245" s="6">
+        <v>1228032.8784320201</v>
+      </c>
+      <c r="M245" s="6">
+        <v>1256562</v>
+      </c>
+      <c r="N245" s="30">
+        <v>1256562</v>
+      </c>
+      <c r="O245" s="30">
+        <v>1256562</v>
+      </c>
+    </row>
+    <row r="246" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="39"/>
+      <c r="B246" s="39"/>
+      <c r="C246" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D246" s="6">
+        <v>413736.14816216298</v>
+      </c>
+      <c r="E246" s="6">
+        <v>411837.63963397301</v>
+      </c>
+      <c r="F246" s="6">
+        <v>412432.86628570303</v>
+      </c>
+      <c r="G246" s="6">
+        <v>413299.91686459997</v>
+      </c>
+      <c r="H246" s="6">
+        <v>413744.39752358402</v>
+      </c>
+      <c r="I246" s="6">
+        <v>414173.87872766098</v>
+      </c>
+      <c r="J246" s="6">
+        <v>414040</v>
+      </c>
+      <c r="K246" s="6">
+        <v>414607.307490192</v>
+      </c>
+      <c r="L246" s="6">
+        <v>408059.85233419901</v>
+      </c>
+      <c r="M246" s="6">
+        <v>417764.64740000002</v>
+      </c>
+      <c r="N246" s="30">
+        <v>417764.647428016</v>
+      </c>
+      <c r="O246" s="30">
+        <v>417764.647428016</v>
+      </c>
+    </row>
+    <row r="247" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="39"/>
+      <c r="B247" s="39"/>
+      <c r="C247" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D247" s="6">
+        <v>308209.98148136301</v>
+      </c>
+      <c r="E247" s="6">
+        <v>306896.10684532602</v>
+      </c>
+      <c r="F247" s="6">
+        <v>307422.10133527301</v>
+      </c>
+      <c r="G247" s="6">
+        <v>308101.01465905801</v>
+      </c>
+      <c r="H247" s="6">
+        <v>308404.01684357697</v>
+      </c>
+      <c r="I247" s="6">
+        <v>308650.94883127999</v>
+      </c>
+      <c r="J247" s="6">
+        <v>308560</v>
+      </c>
+      <c r="K247" s="6">
+        <v>308557.36070626898</v>
+      </c>
+      <c r="L247" s="6">
+        <v>303713.68776727602</v>
+      </c>
+      <c r="M247" s="6">
+        <v>311028.67017358303</v>
+      </c>
+      <c r="N247" s="30">
+        <v>311028.67017358303</v>
+      </c>
+      <c r="O247" s="30">
+        <v>311028.67017358303</v>
+      </c>
+    </row>
+    <row r="248" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="39"/>
+      <c r="B248" s="39"/>
+      <c r="C248" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D248" s="6">
+        <v>105526.1666808</v>
+      </c>
+      <c r="E248" s="6">
+        <v>104941.532788647</v>
+      </c>
+      <c r="F248" s="6">
+        <v>105010.76495043001</v>
+      </c>
+      <c r="G248" s="6">
+        <v>105198.902205541</v>
+      </c>
+      <c r="H248" s="6">
+        <v>105340.380680007</v>
+      </c>
+      <c r="I248" s="6">
+        <v>105522.929896381</v>
+      </c>
+      <c r="J248" s="5"/>
+      <c r="K248" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L248" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M248" s="5"/>
+      <c r="N248" s="30"/>
+      <c r="O248" s="30"/>
+    </row>
+    <row r="249" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="39"/>
+      <c r="B249" s="39"/>
+      <c r="C249" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D249" s="7">
+        <v>0</v>
+      </c>
+      <c r="E249" s="7">
+        <v>0</v>
+      </c>
+      <c r="F249" s="7">
+        <v>0</v>
+      </c>
+      <c r="G249" s="7">
+        <v>0</v>
+      </c>
+      <c r="H249" s="7">
+        <v>0</v>
+      </c>
+      <c r="I249" s="7">
+        <v>0</v>
+      </c>
+      <c r="J249" s="5"/>
+      <c r="K249" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L249" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M249" s="5"/>
+      <c r="N249" s="30"/>
+      <c r="O249" s="30"/>
+    </row>
+    <row r="250" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="39"/>
+      <c r="B250" s="39"/>
+      <c r="C250" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D250" s="5"/>
+      <c r="E250" s="5"/>
+      <c r="F250" s="5"/>
+      <c r="G250" s="5"/>
+      <c r="H250" s="5"/>
+      <c r="I250" s="5"/>
+      <c r="J250" s="6">
+        <v>105480</v>
+      </c>
+      <c r="K250" s="6">
+        <v>106049.94678392301</v>
+      </c>
+      <c r="L250" s="6">
+        <v>104346.16456692301</v>
+      </c>
+      <c r="M250" s="6">
+        <v>106735.977254433</v>
+      </c>
+      <c r="N250" s="30">
+        <v>106735.977254433</v>
+      </c>
+      <c r="O250" s="30">
+        <v>106735.977254433</v>
+      </c>
+    </row>
+    <row r="251" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="39"/>
+      <c r="B251" s="39"/>
+      <c r="C251" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D251" s="6">
+        <v>837065.85183783702</v>
+      </c>
+      <c r="E251" s="6">
+        <v>832285.27711928997</v>
+      </c>
+      <c r="F251" s="6">
+        <v>833089.13371429697</v>
+      </c>
+      <c r="G251" s="6">
+        <v>833985.08313540102</v>
+      </c>
+      <c r="H251" s="6">
+        <v>834225.60247641604</v>
+      </c>
+      <c r="I251" s="6">
+        <v>834101.12127233902</v>
+      </c>
+      <c r="J251" s="6">
+        <v>833911</v>
+      </c>
+      <c r="K251" s="6">
+        <v>833557.692509808</v>
+      </c>
+      <c r="L251" s="6">
+        <v>819973.02609781804</v>
+      </c>
+      <c r="M251" s="6">
+        <v>838797.35259999998</v>
+      </c>
+      <c r="N251" s="30">
+        <v>838797.35257198405</v>
+      </c>
+      <c r="O251" s="30">
+        <v>838797.35257198405</v>
+      </c>
+    </row>
+    <row r="252" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="39"/>
+      <c r="B252" s="39"/>
+      <c r="C252" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D252" s="6">
+        <v>667916.057383226</v>
+      </c>
+      <c r="E252" s="6">
+        <v>664086.07326778199</v>
+      </c>
+      <c r="F252" s="6">
+        <v>664712.25938984798</v>
+      </c>
+      <c r="G252" s="6">
+        <v>665272.30162169796</v>
+      </c>
+      <c r="H252" s="6">
+        <v>665323.36367383599</v>
+      </c>
+      <c r="I252" s="6">
+        <v>665112.82405509101</v>
+      </c>
+      <c r="J252" s="6">
+        <v>664622</v>
+      </c>
+      <c r="K252" s="6">
+        <v>664248.98513240996</v>
+      </c>
+      <c r="L252" s="6">
+        <v>653279.69862538402</v>
+      </c>
+      <c r="M252" s="6">
+        <v>668193.85360000003</v>
+      </c>
+      <c r="N252" s="30">
+        <v>668193.85360055103</v>
+      </c>
+      <c r="O252" s="30">
+        <v>668193.85360055103</v>
+      </c>
+    </row>
+    <row r="253" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="39"/>
+      <c r="B253" s="39"/>
+      <c r="C253" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D253" s="7">
+        <v>0</v>
+      </c>
+      <c r="E253" s="7">
+        <v>0</v>
+      </c>
+      <c r="F253" s="7">
+        <v>0</v>
+      </c>
+      <c r="G253" s="7">
+        <v>0</v>
+      </c>
+      <c r="H253" s="7">
+        <v>0</v>
+      </c>
+      <c r="I253" s="7">
+        <v>0</v>
+      </c>
+      <c r="J253" s="5"/>
+      <c r="K253" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L253" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M253" s="5"/>
+      <c r="N253" s="30"/>
+      <c r="O253" s="30"/>
+    </row>
+    <row r="254" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="39"/>
+      <c r="B254" s="39"/>
+      <c r="C254" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D254" s="7">
+        <v>0</v>
+      </c>
+      <c r="E254" s="7">
+        <v>0</v>
+      </c>
+      <c r="F254" s="7">
+        <v>0</v>
+      </c>
+      <c r="G254" s="6">
+        <v>9.7736196072442105</v>
+      </c>
+      <c r="H254" s="6">
+        <v>9.7701914953456193</v>
+      </c>
+      <c r="I254" s="6">
+        <v>9.7628134855597501</v>
+      </c>
+      <c r="J254" s="5"/>
+      <c r="K254" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L254" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M254" s="5"/>
+      <c r="N254" s="30"/>
+      <c r="O254" s="30"/>
+    </row>
+    <row r="255" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="39"/>
+      <c r="B255" s="39"/>
+      <c r="C255" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D255" s="5"/>
+      <c r="E255" s="5"/>
+      <c r="F255" s="5"/>
+      <c r="G255" s="5"/>
+      <c r="H255" s="5"/>
+      <c r="I255" s="5"/>
+      <c r="J255" s="6">
+        <v>169289</v>
+      </c>
+      <c r="K255" s="6">
+        <v>169308.70737739801</v>
+      </c>
+      <c r="L255" s="6">
+        <v>166693.327472434</v>
+      </c>
+      <c r="M255" s="6">
+        <v>170603.49900000001</v>
+      </c>
+      <c r="N255" s="30">
+        <v>170603.498971433</v>
+      </c>
+      <c r="O255" s="30">
+        <v>170603.498971433</v>
+      </c>
+    </row>
+    <row r="256" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="39"/>
+      <c r="B256" s="39"/>
+      <c r="C256" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D256" s="6">
+        <v>169149.79445461</v>
+      </c>
+      <c r="E256" s="6">
+        <v>168199.20385150801</v>
+      </c>
+      <c r="F256" s="6">
+        <v>168376.87432445001</v>
+      </c>
+      <c r="G256" s="6">
+        <v>168703.007894095</v>
+      </c>
+      <c r="H256" s="6">
+        <v>168892.468611085</v>
+      </c>
+      <c r="I256" s="6">
+        <v>168978.53440376301</v>
+      </c>
+      <c r="J256" s="5"/>
+      <c r="K256" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L256" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M256" s="5"/>
+      <c r="N256" s="30"/>
+      <c r="O256" s="30"/>
+    </row>
+    <row r="257" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="39"/>
+      <c r="B257" s="39" t="s">
+        <v>36</v>
+      </c>
+      <c r="C257" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D257" s="6">
+        <v>2682549</v>
+      </c>
+      <c r="E257" s="6">
+        <v>2673251.7688849098</v>
+      </c>
+      <c r="F257" s="6">
+        <v>2675104</v>
+      </c>
+      <c r="G257" s="6">
+        <v>2674079</v>
+      </c>
+      <c r="H257" s="6">
+        <v>2674674</v>
+      </c>
+      <c r="I257" s="6">
+        <v>2674231</v>
+      </c>
+      <c r="J257" s="6">
+        <v>2674063</v>
+      </c>
+      <c r="K257" s="6">
+        <v>2674134</v>
+      </c>
+      <c r="L257" s="6">
+        <v>2656358.0550579801</v>
+      </c>
+      <c r="M257" s="6">
+        <v>2348950</v>
+      </c>
+      <c r="N257" s="30">
+        <v>2348950</v>
+      </c>
+      <c r="O257" s="30">
+        <v>2348950</v>
+      </c>
+    </row>
+    <row r="258" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="39"/>
+      <c r="B258" s="39"/>
+      <c r="C258" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D258" s="6">
+        <v>889309.94838297903</v>
+      </c>
+      <c r="E258" s="6">
+        <v>886557.00323089305</v>
+      </c>
+      <c r="F258" s="6">
+        <v>887418.09861362004</v>
+      </c>
+      <c r="G258" s="6">
+        <v>887328.05419456703</v>
+      </c>
+      <c r="H258" s="6">
+        <v>887332.55561429402</v>
+      </c>
+      <c r="I258" s="6">
+        <v>887657.34733394301</v>
+      </c>
+      <c r="J258" s="6">
+        <v>887209</v>
+      </c>
+      <c r="K258" s="6">
+        <v>886751.27551264805</v>
+      </c>
+      <c r="L258" s="6">
+        <v>880835.73021104897</v>
+      </c>
+      <c r="M258" s="6">
+        <v>778486.78599999996</v>
+      </c>
+      <c r="N258" s="30">
+        <v>778486.78595083801</v>
+      </c>
+      <c r="O258" s="30">
+        <v>778486.78595083801</v>
+      </c>
+    </row>
+    <row r="259" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="39"/>
+      <c r="B259" s="39"/>
+      <c r="C259" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D259" s="6">
+        <v>743191.66773018497</v>
+      </c>
+      <c r="E259" s="6">
+        <v>740506.17885102495</v>
+      </c>
+      <c r="F259" s="6">
+        <v>741029.33173655497</v>
+      </c>
+      <c r="G259" s="6">
+        <v>740711.73013145197</v>
+      </c>
+      <c r="H259" s="6">
+        <v>740544.44512241695</v>
+      </c>
+      <c r="I259" s="6">
+        <v>740347.33095785999</v>
+      </c>
+      <c r="J259" s="6">
+        <v>739921</v>
+      </c>
+      <c r="K259" s="6">
+        <v>739156.72377268295</v>
+      </c>
+      <c r="L259" s="6">
+        <v>734040.92855561699</v>
+      </c>
+      <c r="M259" s="6">
+        <v>648515.90281660901</v>
+      </c>
+      <c r="N259" s="30">
+        <v>648515.90281660901</v>
+      </c>
+      <c r="O259" s="30">
+        <v>648515.90281660901</v>
+      </c>
+    </row>
+    <row r="260" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="39"/>
+      <c r="B260" s="39"/>
+      <c r="C260" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D260" s="6">
+        <v>146089.627711248</v>
+      </c>
+      <c r="E260" s="6">
+        <v>146022.299320116</v>
+      </c>
+      <c r="F260" s="6">
+        <v>146360.24959299399</v>
+      </c>
+      <c r="G260" s="6">
+        <v>146587.845210536</v>
+      </c>
+      <c r="H260" s="6">
+        <v>146759.652798503</v>
+      </c>
+      <c r="I260" s="6">
+        <v>147281.21476746301</v>
+      </c>
+      <c r="J260" s="5"/>
+      <c r="K260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M260" s="5"/>
+      <c r="N260" s="30"/>
+      <c r="O260" s="30"/>
+    </row>
+    <row r="261" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="39"/>
+      <c r="B261" s="39"/>
+      <c r="C261" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D261" s="6">
+        <v>28.652941546363198</v>
+      </c>
+      <c r="E261" s="6">
+        <v>28.525059751858102</v>
+      </c>
+      <c r="F261" s="6">
+        <v>28.517284072082301</v>
+      </c>
+      <c r="G261" s="6">
+        <v>28.478852578409601</v>
+      </c>
+      <c r="H261" s="6">
+        <v>28.457693373246499</v>
+      </c>
+      <c r="I261" s="6">
+        <v>28.801608620288398</v>
+      </c>
+      <c r="J261" s="5"/>
+      <c r="K261" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L261" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M261" s="5"/>
+      <c r="N261" s="30"/>
+      <c r="O261" s="30"/>
+    </row>
+    <row r="262" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="39"/>
+      <c r="B262" s="39"/>
+      <c r="C262" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D262" s="5"/>
+      <c r="E262" s="5"/>
+      <c r="F262" s="5"/>
+      <c r="G262" s="5"/>
+      <c r="H262" s="5"/>
+      <c r="I262" s="5"/>
+      <c r="J262" s="6">
+        <v>147288</v>
+      </c>
+      <c r="K262" s="6">
+        <v>147594.551739966</v>
+      </c>
+      <c r="L262" s="6">
+        <v>146794.80165543201</v>
+      </c>
+      <c r="M262" s="6">
+        <v>129970.88313422901</v>
+      </c>
+      <c r="N262" s="30">
+        <v>129970.88313422901</v>
+      </c>
+      <c r="O262" s="30">
+        <v>129970.88313422901</v>
+      </c>
+    </row>
+    <row r="263" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="39"/>
+      <c r="B263" s="39"/>
+      <c r="C263" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D263" s="6">
+        <v>1793239.05161702</v>
+      </c>
+      <c r="E263" s="6">
+        <v>1786694.76565402</v>
+      </c>
+      <c r="F263" s="6">
+        <v>1787685.90138638</v>
+      </c>
+      <c r="G263" s="6">
+        <v>1786750.9458054299</v>
+      </c>
+      <c r="H263" s="6">
+        <v>1787341.4443857099</v>
+      </c>
+      <c r="I263" s="6">
+        <v>1786573.65266606</v>
+      </c>
+      <c r="J263" s="6">
+        <v>1786854</v>
+      </c>
+      <c r="K263" s="6">
+        <v>1787382.7244873501</v>
+      </c>
+      <c r="L263" s="6">
+        <v>1775522.3248469301</v>
+      </c>
+      <c r="M263" s="6">
+        <v>1570463.2139999999</v>
+      </c>
+      <c r="N263" s="30">
+        <v>1570463.21404916</v>
+      </c>
+      <c r="O263" s="30">
+        <v>1570463.21404916</v>
+      </c>
+    </row>
+    <row r="264" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="39"/>
+      <c r="B264" s="39"/>
+      <c r="C264" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D264" s="6">
+        <v>831102.59724520799</v>
+      </c>
+      <c r="E264" s="6">
+        <v>827689.05072230496</v>
+      </c>
+      <c r="F264" s="6">
+        <v>828122.66138351103</v>
+      </c>
+      <c r="G264" s="6">
+        <v>827509.57275491301</v>
+      </c>
+      <c r="H264" s="6">
+        <v>827798.39132282406</v>
+      </c>
+      <c r="I264" s="6">
+        <v>827282.72502956598</v>
+      </c>
+      <c r="J264" s="6">
+        <v>826808</v>
+      </c>
+      <c r="K264" s="6">
+        <v>826961.85699053796</v>
+      </c>
+      <c r="L264" s="6">
+        <v>821374.16940490203</v>
+      </c>
+      <c r="M264" s="6">
+        <v>726341.65980000002</v>
+      </c>
+      <c r="N264" s="30">
+        <v>726341.65983241296</v>
+      </c>
+      <c r="O264" s="30">
+        <v>726341.65983241296</v>
+      </c>
+    </row>
+    <row r="265" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="39"/>
+      <c r="B265" s="39"/>
+      <c r="C265" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D265" s="7">
+        <v>0</v>
+      </c>
+      <c r="E265" s="7">
+        <v>0</v>
+      </c>
+      <c r="F265" s="7">
+        <v>0</v>
+      </c>
+      <c r="G265" s="7">
+        <v>0</v>
+      </c>
+      <c r="H265" s="7">
+        <v>0</v>
+      </c>
+      <c r="I265" s="7">
+        <v>0</v>
+      </c>
+      <c r="J265" s="5"/>
+      <c r="K265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M265" s="5"/>
+      <c r="N265" s="30"/>
+      <c r="O265" s="30"/>
+    </row>
+    <row r="266" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="39"/>
+      <c r="B266" s="39"/>
+      <c r="C266" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D266" s="6">
+        <v>14053.222282095299</v>
+      </c>
+      <c r="E266" s="6">
+        <v>13990.5009282997</v>
+      </c>
+      <c r="F266" s="6">
+        <v>13986.197915033599</v>
+      </c>
+      <c r="G266" s="6">
+        <v>13966.860039630301</v>
+      </c>
+      <c r="H266" s="6">
+        <v>13955.9934103163</v>
+      </c>
+      <c r="I266" s="6">
+        <v>13939.727691881801</v>
+      </c>
+      <c r="J266" s="5"/>
+      <c r="K266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M266" s="5"/>
+      <c r="N266" s="30"/>
+      <c r="O266" s="30"/>
+    </row>
+    <row r="267" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="39"/>
+      <c r="B267" s="39"/>
+      <c r="C267" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D267" s="5"/>
+      <c r="E267" s="5"/>
+      <c r="F267" s="5"/>
+      <c r="G267" s="5"/>
+      <c r="H267" s="5"/>
+      <c r="I267" s="5"/>
+      <c r="J267" s="6">
+        <v>960046</v>
+      </c>
+      <c r="K267" s="6">
+        <v>960420.86749681295</v>
+      </c>
+      <c r="L267" s="6">
+        <v>954148.155442024</v>
+      </c>
+      <c r="M267" s="6">
+        <v>844121.55420000001</v>
+      </c>
+      <c r="N267" s="30">
+        <v>844121.55421674903</v>
+      </c>
+      <c r="O267" s="30">
+        <v>844121.55421674903</v>
+      </c>
+    </row>
+    <row r="268" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="39"/>
+      <c r="B268" s="39"/>
+      <c r="C268" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D268" s="6">
+        <v>948083.23208971799</v>
+      </c>
+      <c r="E268" s="6">
+        <v>945015.21400341496</v>
+      </c>
+      <c r="F268" s="6">
+        <v>945577.04208783503</v>
+      </c>
+      <c r="G268" s="6">
+        <v>945274.51301088999</v>
+      </c>
+      <c r="H268" s="6">
+        <v>945587.05965256598</v>
+      </c>
+      <c r="I268" s="6">
+        <v>945351.19994460896</v>
+      </c>
+      <c r="J268" s="5"/>
+      <c r="K268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M268" s="5"/>
+      <c r="N268" s="30"/>
+      <c r="O268" s="30"/>
+    </row>
+    <row r="269" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="39"/>
+      <c r="B269" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="C269" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D269" s="6">
+        <v>2317960</v>
+      </c>
+      <c r="E269" s="6">
+        <v>2313455.2699170602</v>
+      </c>
+      <c r="F269" s="6">
+        <v>2314643</v>
+      </c>
+      <c r="G269" s="6">
+        <v>2315389</v>
+      </c>
+      <c r="H269" s="6">
+        <v>2316357</v>
+      </c>
+      <c r="I269" s="6">
+        <v>2315778</v>
+      </c>
+      <c r="J269" s="6">
+        <v>2315004</v>
+      </c>
+      <c r="K269" s="6">
+        <v>2315193</v>
+      </c>
+      <c r="L269" s="6">
+        <v>2303411.0034542</v>
+      </c>
+      <c r="M269" s="6">
+        <v>2341774</v>
+      </c>
+      <c r="N269" s="30">
+        <v>2341774</v>
+      </c>
+      <c r="O269" s="30">
+        <v>2341774</v>
+      </c>
+    </row>
+    <row r="270" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="39"/>
+      <c r="B270" s="39"/>
+      <c r="C270" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D270" s="6">
+        <v>1053069.09242905</v>
+      </c>
+      <c r="E270" s="6">
+        <v>1051623.60108245</v>
+      </c>
+      <c r="F270" s="6">
+        <v>1052380.5528889799</v>
+      </c>
+      <c r="G270" s="6">
+        <v>1053064.79340791</v>
+      </c>
+      <c r="H270" s="6">
+        <v>1053735.42004256</v>
+      </c>
+      <c r="I270" s="6">
+        <v>1053644.90280593</v>
+      </c>
+      <c r="J270" s="6">
+        <v>1053554</v>
+      </c>
+      <c r="K270" s="6">
+        <v>1053509.69858089</v>
+      </c>
+      <c r="L270" s="6">
+        <v>1048158.4734845</v>
+      </c>
+      <c r="M270" s="6">
+        <v>1065470.655</v>
+      </c>
+      <c r="N270" s="30">
+        <v>1065470.6552955899</v>
+      </c>
+      <c r="O270" s="30">
+        <v>1065470.6552955899</v>
+      </c>
+    </row>
+    <row r="271" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="39"/>
+      <c r="B271" s="39"/>
+      <c r="C271" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D271" s="6">
+        <v>601691.41789594898</v>
+      </c>
+      <c r="E271" s="6">
+        <v>600823.18113585003</v>
+      </c>
+      <c r="F271" s="6">
+        <v>601458.37109732802</v>
+      </c>
+      <c r="G271" s="6">
+        <v>601457.589798545</v>
+      </c>
+      <c r="H271" s="6">
+        <v>601821.67344781104</v>
+      </c>
+      <c r="I271" s="6">
+        <v>601851.19686651102</v>
+      </c>
+      <c r="J271" s="6">
+        <v>601851</v>
+      </c>
+      <c r="K271" s="6">
+        <v>601899.80146671098</v>
+      </c>
+      <c r="L271" s="6">
+        <v>598742.01101817098</v>
+      </c>
+      <c r="M271" s="6">
+        <v>608784.97862253897</v>
+      </c>
+      <c r="N271" s="30">
+        <v>608784.97862253897</v>
+      </c>
+      <c r="O271" s="30">
+        <v>608784.97862253897</v>
+      </c>
+    </row>
+    <row r="272" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="39"/>
+      <c r="B272" s="39"/>
+      <c r="C272" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="6">
+        <v>451377.67453310598</v>
+      </c>
+      <c r="E272" s="6">
+        <v>450800.41994660202</v>
+      </c>
+      <c r="F272" s="6">
+        <v>450922.18179165199</v>
+      </c>
+      <c r="G272" s="6">
+        <v>451607.20360935997</v>
+      </c>
+      <c r="H272" s="6">
+        <v>451910.85358799802</v>
+      </c>
+      <c r="I272" s="6">
+        <v>451790.81654965703</v>
+      </c>
+      <c r="J272" s="5"/>
+      <c r="K272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M272" s="5"/>
+      <c r="N272" s="30"/>
+      <c r="O272" s="30"/>
+    </row>
+    <row r="273" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="39"/>
+      <c r="B273" s="39"/>
+      <c r="C273" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D273" s="7">
+        <v>0</v>
+      </c>
+      <c r="E273" s="7">
+        <v>0</v>
+      </c>
+      <c r="F273" s="7">
+        <v>0</v>
+      </c>
+      <c r="G273" s="7">
+        <v>0</v>
+      </c>
+      <c r="H273" s="6">
+        <v>2.8930067517754199</v>
+      </c>
+      <c r="I273" s="6">
+        <v>2.88938976464584</v>
+      </c>
+      <c r="J273" s="5"/>
+      <c r="K273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M273" s="5"/>
+      <c r="N273" s="30"/>
+      <c r="O273" s="30"/>
+    </row>
+    <row r="274" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="39"/>
+      <c r="B274" s="39"/>
+      <c r="C274" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D274" s="5"/>
+      <c r="E274" s="5"/>
+      <c r="F274" s="5"/>
+      <c r="G274" s="5"/>
+      <c r="H274" s="5"/>
+      <c r="I274" s="5"/>
+      <c r="J274" s="6">
+        <v>451703</v>
+      </c>
+      <c r="K274" s="6">
+        <v>451609.89711418201</v>
+      </c>
+      <c r="L274" s="6">
+        <v>449416.46246632701</v>
+      </c>
+      <c r="M274" s="6">
+        <v>456685.67667304899</v>
+      </c>
+      <c r="N274" s="30">
+        <v>456685.67667304899</v>
+      </c>
+      <c r="O274" s="30">
+        <v>456685.67667304899</v>
+      </c>
+    </row>
+    <row r="275" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="39"/>
+      <c r="B275" s="39"/>
+      <c r="C275" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D275" s="6">
+        <v>1264890.90757095</v>
+      </c>
+      <c r="E275" s="6">
+        <v>1261831.6688346099</v>
+      </c>
+      <c r="F275" s="6">
+        <v>1262262.4471110201</v>
+      </c>
+      <c r="G275" s="6">
+        <v>1262324.20659209</v>
+      </c>
+      <c r="H275" s="6">
+        <v>1262621.57995744</v>
+      </c>
+      <c r="I275" s="6">
+        <v>1262133.09719407</v>
+      </c>
+      <c r="J275" s="6">
+        <v>1261450</v>
+      </c>
+      <c r="K275" s="6">
+        <v>1261683.30141911</v>
+      </c>
+      <c r="L275" s="6">
+        <v>1255252.5299697099</v>
+      </c>
+      <c r="M275" s="6">
+        <v>1276303.345</v>
+      </c>
+      <c r="N275" s="30">
+        <v>1276303.3447044101</v>
+      </c>
+      <c r="O275" s="30">
+        <v>1276303.3447044101</v>
+      </c>
+    </row>
+    <row r="276" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="39"/>
+      <c r="B276" s="39"/>
+      <c r="C276" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D276" s="6">
+        <v>1132528.7431856601</v>
+      </c>
+      <c r="E276" s="6">
+        <v>1129831.7265671501</v>
+      </c>
+      <c r="F276" s="6">
+        <v>1130146.1475190599</v>
+      </c>
+      <c r="G276" s="6">
+        <v>1129911.1865230401</v>
+      </c>
+      <c r="H276" s="6">
+        <v>1129930.9669448601</v>
+      </c>
+      <c r="I276" s="6">
+        <v>1129426.26809225</v>
+      </c>
+      <c r="J276" s="6">
+        <v>1128779</v>
+      </c>
+      <c r="K276" s="6">
+        <v>1128780.8014424399</v>
+      </c>
+      <c r="L276" s="6">
+        <v>1122967.9559855899</v>
+      </c>
+      <c r="M276" s="6">
+        <v>1141911.764</v>
+      </c>
+      <c r="N276" s="30">
+        <v>1141911.7637557699</v>
+      </c>
+      <c r="O276" s="30">
+        <v>1141911.7637557699</v>
+      </c>
+    </row>
+    <row r="277" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="39"/>
+      <c r="B277" s="39"/>
+      <c r="C277" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D277" s="7">
+        <v>0</v>
+      </c>
+      <c r="E277" s="7">
+        <v>0</v>
+      </c>
+      <c r="F277" s="7">
+        <v>0</v>
+      </c>
+      <c r="G277" s="6">
+        <v>2.4542477929305799</v>
+      </c>
+      <c r="H277" s="6">
+        <v>2.45381861907609</v>
+      </c>
+      <c r="I277" s="6">
+        <v>25.905671311548701</v>
+      </c>
+      <c r="J277" s="5"/>
+      <c r="K277" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L277" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M277" s="5"/>
+      <c r="N277" s="30"/>
+      <c r="O277" s="30"/>
+    </row>
+    <row r="278" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="39"/>
+      <c r="B278" s="39"/>
+      <c r="C278" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D278" s="7">
+        <v>0</v>
+      </c>
+      <c r="E278" s="7">
+        <v>0</v>
+      </c>
+      <c r="F278" s="7">
+        <v>0</v>
+      </c>
+      <c r="G278" s="7">
+        <v>0</v>
+      </c>
+      <c r="H278" s="7">
+        <v>0</v>
+      </c>
+      <c r="I278" s="7">
+        <v>0</v>
+      </c>
+      <c r="J278" s="5"/>
+      <c r="K278" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L278" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M278" s="5"/>
+      <c r="N278" s="30"/>
+      <c r="O278" s="30"/>
+    </row>
+    <row r="279" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="39"/>
+      <c r="B279" s="39"/>
+      <c r="C279" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D279" s="5"/>
+      <c r="E279" s="5"/>
+      <c r="F279" s="5"/>
+      <c r="G279" s="5"/>
+      <c r="H279" s="5"/>
+      <c r="I279" s="5"/>
+      <c r="J279" s="6">
+        <v>132671</v>
+      </c>
+      <c r="K279" s="6">
+        <v>132902.49997666501</v>
+      </c>
+      <c r="L279" s="6">
+        <v>132284.573984113</v>
+      </c>
+      <c r="M279" s="6">
+        <v>134391.5809</v>
+      </c>
+      <c r="N279" s="30">
+        <v>134391.580948647</v>
+      </c>
+      <c r="O279" s="30">
+        <v>134391.580948647</v>
+      </c>
+    </row>
+    <row r="280" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="39"/>
+      <c r="B280" s="39"/>
+      <c r="C280" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D280" s="6">
+        <v>132362.16438528299</v>
+      </c>
+      <c r="E280" s="6">
+        <v>131999.942267456</v>
+      </c>
+      <c r="F280" s="6">
+        <v>132116.29959196399</v>
+      </c>
+      <c r="G280" s="6">
+        <v>132410.56582126001</v>
+      </c>
+      <c r="H280" s="6">
+        <v>132688.15919395999</v>
+      </c>
+      <c r="I280" s="6">
+        <v>132680.923430503</v>
+      </c>
+      <c r="J280" s="5"/>
+      <c r="K280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M280" s="5"/>
+      <c r="N280" s="30"/>
+      <c r="O280" s="30"/>
+    </row>
+    <row r="281" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="39"/>
+      <c r="B281" s="39" t="s">
+        <v>38</v>
+      </c>
+      <c r="C281" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D281" s="6">
+        <v>926234</v>
+      </c>
+      <c r="E281" s="6">
+        <v>917822.54710799002</v>
+      </c>
+      <c r="F281" s="6">
+        <v>919669</v>
+      </c>
+      <c r="G281" s="6">
+        <v>919709</v>
+      </c>
+      <c r="H281" s="6">
+        <v>920259</v>
+      </c>
+      <c r="I281" s="6">
+        <v>920622</v>
+      </c>
+      <c r="J281" s="6">
+        <v>920808</v>
+      </c>
+      <c r="K281" s="6">
+        <v>920469</v>
+      </c>
+      <c r="L281" s="6">
+        <v>897231.57459082699</v>
+      </c>
+      <c r="M281" s="6">
+        <v>830420</v>
+      </c>
+      <c r="N281" s="30">
+        <v>830420</v>
+      </c>
+      <c r="O281" s="30">
+        <v>830420</v>
+      </c>
+    </row>
+    <row r="282" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="39"/>
+      <c r="B282" s="39"/>
+      <c r="C282" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D282" s="6">
+        <v>538211.15702706401</v>
+      </c>
+      <c r="E282" s="6">
+        <v>533228.77471062297</v>
+      </c>
+      <c r="F282" s="6">
+        <v>534329.129794618</v>
+      </c>
+      <c r="G282" s="6">
+        <v>534301.26763510995</v>
+      </c>
+      <c r="H282" s="6">
+        <v>534556.22548528097</v>
+      </c>
+      <c r="I282" s="6">
+        <v>534893.15945725003</v>
+      </c>
+      <c r="J282" s="6">
+        <v>535030</v>
+      </c>
+      <c r="K282" s="6">
+        <v>534698.40524969099</v>
+      </c>
+      <c r="L282" s="6">
+        <v>521067.39073647</v>
+      </c>
+      <c r="M282" s="6">
+        <v>481915.84129999997</v>
+      </c>
+      <c r="N282" s="30">
+        <v>481915.84127947001</v>
+      </c>
+      <c r="O282" s="30">
+        <v>481915.84127947001</v>
+      </c>
+    </row>
+    <row r="283" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="39"/>
+      <c r="B283" s="39"/>
+      <c r="C283" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D283" s="6">
+        <v>453093.46697071299</v>
+      </c>
+      <c r="E283" s="6">
+        <v>448961.527321145</v>
+      </c>
+      <c r="F283" s="6">
+        <v>449788.37554575101</v>
+      </c>
+      <c r="G283" s="6">
+        <v>449664.73712087498</v>
+      </c>
+      <c r="H283" s="6">
+        <v>449919.682404052</v>
+      </c>
+      <c r="I283" s="6">
+        <v>450143.78012862301</v>
+      </c>
+      <c r="J283" s="6">
+        <v>450307</v>
+      </c>
+      <c r="K283" s="6">
+        <v>449978.83449980302</v>
+      </c>
+      <c r="L283" s="6">
+        <v>438516.00360176503</v>
+      </c>
+      <c r="M283" s="6">
+        <v>405582.25292456598</v>
+      </c>
+      <c r="N283" s="30">
+        <v>405582.25292456598</v>
+      </c>
+      <c r="O283" s="30">
+        <v>405582.25292456598</v>
+      </c>
+    </row>
+    <row r="284" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="39"/>
+      <c r="B284" s="39"/>
+      <c r="C284" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D284" s="6">
+        <v>85117.6900563503</v>
+      </c>
+      <c r="E284" s="6">
+        <v>84267.247389477503</v>
+      </c>
+      <c r="F284" s="6">
+        <v>84540.754248866695</v>
+      </c>
+      <c r="G284" s="6">
+        <v>84636.530514235303</v>
+      </c>
+      <c r="H284" s="6">
+        <v>84636.543081228694</v>
+      </c>
+      <c r="I284" s="6">
+        <v>84749.379328626994</v>
+      </c>
+      <c r="J284" s="5"/>
+      <c r="K284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M284" s="5"/>
+      <c r="N284" s="30"/>
+      <c r="O284" s="30"/>
+    </row>
+    <row r="285" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="39"/>
+      <c r="B285" s="39"/>
+      <c r="C285" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D285" s="7">
+        <v>0</v>
+      </c>
+      <c r="E285" s="7">
+        <v>0</v>
+      </c>
+      <c r="F285" s="7">
+        <v>0</v>
+      </c>
+      <c r="G285" s="7">
+        <v>0</v>
+      </c>
+      <c r="H285" s="7">
+        <v>0</v>
+      </c>
+      <c r="I285" s="7">
+        <v>0</v>
+      </c>
+      <c r="J285" s="5"/>
+      <c r="K285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M285" s="5"/>
+      <c r="N285" s="30"/>
+      <c r="O285" s="30"/>
+    </row>
+    <row r="286" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="39"/>
+      <c r="B286" s="39"/>
+      <c r="C286" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D286" s="5"/>
+      <c r="E286" s="5"/>
+      <c r="F286" s="5"/>
+      <c r="G286" s="5"/>
+      <c r="H286" s="5"/>
+      <c r="I286" s="5"/>
+      <c r="J286" s="6">
+        <v>84723</v>
+      </c>
+      <c r="K286" s="6">
+        <v>84719.570749887993</v>
+      </c>
+      <c r="L286" s="6">
+        <v>82551.387134705205</v>
+      </c>
+      <c r="M286" s="6">
+        <v>76333.588354904598</v>
+      </c>
+      <c r="N286" s="30">
+        <v>76333.588354904598</v>
+      </c>
+      <c r="O286" s="30">
+        <v>76333.588354904598</v>
+      </c>
+    </row>
+    <row r="287" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="39"/>
+      <c r="B287" s="39"/>
+      <c r="C287" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D287" s="6">
+        <v>388022.84297293599</v>
+      </c>
+      <c r="E287" s="6">
+        <v>384593.77239736798</v>
+      </c>
+      <c r="F287" s="6">
+        <v>385339.870205382</v>
+      </c>
+      <c r="G287" s="6">
+        <v>385407.73236488999</v>
+      </c>
+      <c r="H287" s="6">
+        <v>385702.77451471903</v>
+      </c>
+      <c r="I287" s="6">
+        <v>385728.84054275003</v>
+      </c>
+      <c r="J287" s="6">
+        <v>385778</v>
+      </c>
+      <c r="K287" s="6">
+        <v>385770.59475030901</v>
+      </c>
+      <c r="L287" s="6">
+        <v>376164.18385435699</v>
+      </c>
+      <c r="M287" s="6">
+        <v>348504.15870000003</v>
+      </c>
+      <c r="N287" s="30">
+        <v>348504.15872052999</v>
+      </c>
+      <c r="O287" s="30">
+        <v>348504.15872052999</v>
+      </c>
+    </row>
+    <row r="288" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="39"/>
+      <c r="B288" s="39"/>
+      <c r="C288" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D288" s="6">
+        <v>379916.95519959403</v>
+      </c>
+      <c r="E288" s="6">
+        <v>376510.89622909902</v>
+      </c>
+      <c r="F288" s="6">
+        <v>377225.64010926301</v>
+      </c>
+      <c r="G288" s="6">
+        <v>377244.76417267998</v>
+      </c>
+      <c r="H288" s="6">
+        <v>377513.58987069398</v>
+      </c>
+      <c r="I288" s="6">
+        <v>377475.17326636799</v>
+      </c>
+      <c r="J288" s="6">
+        <v>377481</v>
+      </c>
+      <c r="K288" s="6">
+        <v>377423.85355618002</v>
+      </c>
+      <c r="L288" s="6">
+        <v>367972.16983781802</v>
+      </c>
+      <c r="M288" s="6">
+        <v>340928.66149999999</v>
+      </c>
+      <c r="N288" s="30">
+        <v>340928.661517423</v>
+      </c>
+      <c r="O288" s="30">
+        <v>340928.661517423</v>
+      </c>
+    </row>
+    <row r="289" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="39"/>
+      <c r="B289" s="39"/>
+      <c r="C289" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D289" s="6">
+        <v>237.38261069500899</v>
+      </c>
+      <c r="E289" s="6">
+        <v>234.991210344667</v>
+      </c>
+      <c r="F289" s="6">
+        <v>235.22935624280601</v>
+      </c>
+      <c r="G289" s="6">
+        <v>235.00457929349099</v>
+      </c>
+      <c r="H289" s="6">
+        <v>234.91064525673599</v>
+      </c>
+      <c r="I289" s="6">
+        <v>234.76798053402399</v>
+      </c>
+      <c r="J289" s="5"/>
+      <c r="K289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M289" s="5"/>
+      <c r="N289" s="30"/>
+      <c r="O289" s="30"/>
+    </row>
+    <row r="290" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="39"/>
+      <c r="B290" s="39"/>
+      <c r="C290" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D290" s="7">
+        <v>0</v>
+      </c>
+      <c r="E290" s="7">
+        <v>0</v>
+      </c>
+      <c r="F290" s="7">
+        <v>0</v>
+      </c>
+      <c r="G290" s="7">
+        <v>0</v>
+      </c>
+      <c r="H290" s="7">
+        <v>0</v>
+      </c>
+      <c r="I290" s="7">
+        <v>0</v>
+      </c>
+      <c r="J290" s="5"/>
+      <c r="K290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M290" s="5"/>
+      <c r="N290" s="30"/>
+      <c r="O290" s="30"/>
+    </row>
+    <row r="291" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="39"/>
+      <c r="B291" s="39"/>
+      <c r="C291" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D291" s="5"/>
+      <c r="E291" s="5"/>
+      <c r="F291" s="5"/>
+      <c r="G291" s="5"/>
+      <c r="H291" s="5"/>
+      <c r="I291" s="5"/>
+      <c r="J291" s="6">
+        <v>8297</v>
+      </c>
+      <c r="K291" s="6">
+        <v>8346.7411941297396</v>
+      </c>
+      <c r="L291" s="6">
+        <v>8192.0140165386802</v>
+      </c>
+      <c r="M291" s="6">
+        <v>7575.4972029999999</v>
+      </c>
+      <c r="N291" s="30">
+        <v>7575.49720310678</v>
+      </c>
+      <c r="O291" s="30">
+        <v>7575.49720310678</v>
+      </c>
+    </row>
+    <row r="292" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="39"/>
+      <c r="B292" s="39"/>
+      <c r="C292" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D292" s="6">
+        <v>7868.5051626469303</v>
+      </c>
+      <c r="E292" s="6">
+        <v>7847.8849579244998</v>
+      </c>
+      <c r="F292" s="6">
+        <v>7879.0007398755397</v>
+      </c>
+      <c r="G292" s="6">
+        <v>7927.9636129164801</v>
+      </c>
+      <c r="H292" s="6">
+        <v>7954.2739987682498</v>
+      </c>
+      <c r="I292" s="6">
+        <v>8018.8992958476101</v>
+      </c>
+      <c r="J292" s="5"/>
+      <c r="K292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M292" s="5"/>
+      <c r="N292" s="30"/>
+      <c r="O292" s="30"/>
+    </row>
+    <row r="293" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="39"/>
+      <c r="B293" s="39" t="s">
+        <v>39</v>
+      </c>
+      <c r="C293" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D293" s="6">
+        <v>187410</v>
+      </c>
+      <c r="E293" s="6">
+        <v>183495.14608973599</v>
+      </c>
+      <c r="F293" s="6">
+        <v>184251</v>
+      </c>
+      <c r="G293" s="6">
+        <v>184624</v>
+      </c>
+      <c r="H293" s="6">
+        <v>184647</v>
+      </c>
+      <c r="I293" s="6">
+        <v>184885</v>
+      </c>
+      <c r="J293" s="6">
+        <v>184861</v>
+      </c>
+      <c r="K293" s="6">
+        <v>184951</v>
+      </c>
+      <c r="L293" s="6">
+        <v>173214.85244418899</v>
+      </c>
+      <c r="M293" s="6">
+        <v>221104</v>
+      </c>
+      <c r="N293" s="30">
+        <v>221104</v>
+      </c>
+      <c r="O293" s="30">
+        <v>221104</v>
+      </c>
+    </row>
+    <row r="294" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="39"/>
+      <c r="B294" s="39"/>
+      <c r="C294" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D294" s="6">
+        <v>100742.919969137</v>
+      </c>
+      <c r="E294" s="6">
+        <v>98671.9212075674</v>
+      </c>
+      <c r="F294" s="6">
+        <v>99072.2337519211</v>
+      </c>
+      <c r="G294" s="6">
+        <v>99243.141924217998</v>
+      </c>
+      <c r="H294" s="6">
+        <v>99278.037381068803</v>
+      </c>
+      <c r="I294" s="6">
+        <v>99419.730358944493</v>
+      </c>
+      <c r="J294" s="6">
+        <v>99376</v>
+      </c>
+      <c r="K294" s="6">
+        <v>99425.205798347204</v>
+      </c>
+      <c r="L294" s="6">
+        <v>93108.652566451899</v>
+      </c>
+      <c r="M294" s="6">
+        <v>118838.3787</v>
+      </c>
+      <c r="N294" s="30">
+        <v>118838.37869065801</v>
+      </c>
+      <c r="O294" s="30">
+        <v>118838.37869065801</v>
+      </c>
+    </row>
+    <row r="295" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="39"/>
+      <c r="B295" s="39"/>
+      <c r="C295" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D295" s="6">
+        <v>84232.543505787005</v>
+      </c>
+      <c r="E295" s="6">
+        <v>82471.522991512596</v>
+      </c>
+      <c r="F295" s="6">
+        <v>82820.010671172698</v>
+      </c>
+      <c r="G295" s="6">
+        <v>82960.681635445595</v>
+      </c>
+      <c r="H295" s="6">
+        <v>82958.360215648907</v>
+      </c>
+      <c r="I295" s="6">
+        <v>83045.032414915302</v>
+      </c>
+      <c r="J295" s="6">
+        <v>82977</v>
+      </c>
+      <c r="K295" s="6">
+        <v>83027.684933381097</v>
+      </c>
+      <c r="L295" s="6">
+        <v>77764.339789788806</v>
+      </c>
+      <c r="M295" s="6">
+        <v>99252.3636624801</v>
+      </c>
+      <c r="N295" s="30">
+        <v>99252.3636624801</v>
+      </c>
+      <c r="O295" s="30">
+        <v>99252.3636624801</v>
+      </c>
+    </row>
+    <row r="296" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="39"/>
+      <c r="B296" s="39"/>
+      <c r="C296" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D296" s="6">
+        <v>16510.37646335</v>
+      </c>
+      <c r="E296" s="6">
+        <v>16200.3982160549</v>
+      </c>
+      <c r="F296" s="6">
+        <v>16252.223080748399</v>
+      </c>
+      <c r="G296" s="6">
+        <v>16282.4602887725</v>
+      </c>
+      <c r="H296" s="6">
+        <v>16319.6771654199</v>
+      </c>
+      <c r="I296" s="6">
+        <v>16374.6979440293</v>
+      </c>
+      <c r="J296" s="5"/>
+      <c r="K296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M296" s="5"/>
+      <c r="N296" s="30"/>
+      <c r="O296" s="30"/>
+    </row>
+    <row r="297" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="39"/>
+      <c r="B297" s="39"/>
+      <c r="C297" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D297" s="7">
+        <v>0</v>
+      </c>
+      <c r="E297" s="7">
+        <v>0</v>
+      </c>
+      <c r="F297" s="7">
+        <v>0</v>
+      </c>
+      <c r="G297" s="7">
+        <v>0</v>
+      </c>
+      <c r="H297" s="7">
+        <v>0</v>
+      </c>
+      <c r="I297" s="7">
+        <v>0</v>
+      </c>
+      <c r="J297" s="5"/>
+      <c r="K297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M297" s="5"/>
+      <c r="N297" s="30"/>
+      <c r="O297" s="30"/>
+    </row>
+    <row r="298" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A298" s="39"/>
+      <c r="B298" s="39"/>
+      <c r="C298" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D298" s="5"/>
+      <c r="E298" s="5"/>
+      <c r="F298" s="5"/>
+      <c r="G298" s="5"/>
+      <c r="H298" s="5"/>
+      <c r="I298" s="5"/>
+      <c r="J298" s="6">
+        <v>16399</v>
+      </c>
+      <c r="K298" s="6">
+        <v>16397.520864966002</v>
+      </c>
+      <c r="L298" s="6">
+        <v>15344.312776663</v>
+      </c>
+      <c r="M298" s="6">
+        <v>19586.015028178099</v>
+      </c>
+      <c r="N298" s="30">
+        <v>19586.015028178099</v>
+      </c>
+      <c r="O298" s="30">
+        <v>19586.015028178099</v>
+      </c>
+    </row>
+    <row r="299" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A299" s="39"/>
+      <c r="B299" s="39"/>
+      <c r="C299" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D299" s="6">
+        <v>86667.080030862999</v>
+      </c>
+      <c r="E299" s="6">
+        <v>84823.224882168899</v>
+      </c>
+      <c r="F299" s="6">
+        <v>85178.7662480789</v>
+      </c>
+      <c r="G299" s="6">
+        <v>85380.858075782002</v>
+      </c>
+      <c r="H299" s="6">
+        <v>85368.962618931197</v>
+      </c>
+      <c r="I299" s="6">
+        <v>85465.269641055507</v>
+      </c>
+      <c r="J299" s="6">
+        <v>85485</v>
+      </c>
+      <c r="K299" s="6">
+        <v>85525.794201652796</v>
+      </c>
+      <c r="L299" s="6">
+        <v>80106.199877737599</v>
+      </c>
+      <c r="M299" s="6">
+        <v>102265.6213</v>
+      </c>
+      <c r="N299" s="30">
+        <v>102265.62130934199</v>
+      </c>
+      <c r="O299" s="30">
+        <v>102265.62130934199</v>
+      </c>
+    </row>
+    <row r="300" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="39"/>
+      <c r="B300" s="39"/>
+      <c r="C300" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D300" s="6">
+        <v>79595.622124175396</v>
+      </c>
+      <c r="E300" s="6">
+        <v>77905.529129247094</v>
+      </c>
+      <c r="F300" s="6">
+        <v>78239.9580336176</v>
+      </c>
+      <c r="G300" s="6">
+        <v>78402.268413995305</v>
+      </c>
+      <c r="H300" s="6">
+        <v>78389.153150369602</v>
+      </c>
+      <c r="I300" s="6">
+        <v>78467.524548626898</v>
+      </c>
+      <c r="J300" s="6">
+        <v>78492</v>
+      </c>
+      <c r="K300" s="6">
+        <v>78533.917435347394</v>
+      </c>
+      <c r="L300" s="6">
+        <v>73557.880167536598</v>
+      </c>
+      <c r="M300" s="6">
+        <v>93913.330849999998</v>
+      </c>
+      <c r="N300" s="30">
+        <v>93913.330847484496</v>
+      </c>
+      <c r="O300" s="30">
+        <v>93913.330847484496</v>
+      </c>
+    </row>
+    <row r="301" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="39"/>
+      <c r="B301" s="39"/>
+      <c r="C301" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D301" s="7">
+        <v>0</v>
+      </c>
+      <c r="E301" s="7">
+        <v>0</v>
+      </c>
+      <c r="F301" s="7">
+        <v>0</v>
+      </c>
+      <c r="G301" s="7">
+        <v>0</v>
+      </c>
+      <c r="H301" s="7">
+        <v>0</v>
+      </c>
+      <c r="I301" s="7">
+        <v>0</v>
+      </c>
+      <c r="J301" s="5"/>
+      <c r="K301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M301" s="5"/>
+      <c r="N301" s="30"/>
+      <c r="O301" s="30"/>
+    </row>
+    <row r="302" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="39"/>
+      <c r="B302" s="39"/>
+      <c r="C302" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D302" s="7">
+        <v>0</v>
+      </c>
+      <c r="E302" s="7">
+        <v>0</v>
+      </c>
+      <c r="F302" s="7">
+        <v>0</v>
+      </c>
+      <c r="G302" s="7">
+        <v>0</v>
+      </c>
+      <c r="H302" s="7">
+        <v>0</v>
+      </c>
+      <c r="I302" s="7">
+        <v>0</v>
+      </c>
+      <c r="J302" s="5"/>
+      <c r="K302" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L302" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M302" s="5"/>
+      <c r="N302" s="30"/>
+      <c r="O302" s="30"/>
+    </row>
+    <row r="303" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="39"/>
+      <c r="B303" s="39"/>
+      <c r="C303" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D303" s="5"/>
+      <c r="E303" s="5"/>
+      <c r="F303" s="5"/>
+      <c r="G303" s="5"/>
+      <c r="H303" s="5"/>
+      <c r="I303" s="5"/>
+      <c r="J303" s="6">
+        <v>6993</v>
+      </c>
+      <c r="K303" s="6">
+        <v>6991.8767663054296</v>
+      </c>
+      <c r="L303" s="6">
+        <v>6548.3197102009499</v>
+      </c>
+      <c r="M303" s="6">
+        <v>8352.2904620000008</v>
+      </c>
+      <c r="N303" s="30">
+        <v>8352.2904618573502</v>
+      </c>
+      <c r="O303" s="30">
+        <v>8352.2904618573502</v>
+      </c>
+    </row>
+    <row r="304" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="39"/>
+      <c r="B304" s="39"/>
+      <c r="C304" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D304" s="6">
+        <v>7071.4579066875503</v>
+      </c>
+      <c r="E304" s="6">
+        <v>6917.6957529217398</v>
+      </c>
+      <c r="F304" s="6">
+        <v>6938.8082144613099</v>
+      </c>
+      <c r="G304" s="6">
+        <v>6978.5896617866701</v>
+      </c>
+      <c r="H304" s="6">
+        <v>6979.8094685615697</v>
+      </c>
+      <c r="I304" s="6">
+        <v>6997.7450924285804</v>
+      </c>
+      <c r="J304" s="5"/>
+      <c r="K304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M304" s="5"/>
+      <c r="N304" s="30"/>
+      <c r="O304" s="30"/>
+    </row>
+    <row r="305" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="39" t="s">
+        <v>7</v>
+      </c>
+      <c r="B305" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="C305" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D305" s="6">
+        <v>213000</v>
+      </c>
+      <c r="E305" s="6">
+        <v>210492.18721279799</v>
+      </c>
+      <c r="F305" s="6">
+        <v>210741</v>
+      </c>
+      <c r="G305" s="6">
+        <v>210504</v>
+      </c>
+      <c r="H305" s="6">
+        <v>211230</v>
+      </c>
+      <c r="I305" s="6">
+        <v>211063</v>
+      </c>
+      <c r="J305" s="6">
+        <v>210956</v>
+      </c>
+      <c r="K305" s="6">
+        <v>211083</v>
+      </c>
+      <c r="L305" s="6">
+        <v>203360.768531418</v>
+      </c>
+      <c r="M305" s="6">
+        <v>137324</v>
+      </c>
+      <c r="N305" s="30">
+        <v>137324</v>
+      </c>
+      <c r="O305" s="30">
+        <v>137324</v>
+      </c>
+    </row>
+    <row r="306" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="39"/>
+      <c r="B306" s="39"/>
+      <c r="C306" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D306" s="6">
+        <v>166211.731168325</v>
+      </c>
+      <c r="E306" s="6">
+        <v>164280.93895202401</v>
+      </c>
+      <c r="F306" s="6">
+        <v>164510.702763329</v>
+      </c>
+      <c r="G306" s="6">
+        <v>164352.37142094501</v>
+      </c>
+      <c r="H306" s="6">
+        <v>164956.69934816199</v>
+      </c>
+      <c r="I306" s="6">
+        <v>164844.69717586</v>
+      </c>
+      <c r="J306" s="6">
+        <v>164741</v>
+      </c>
+      <c r="K306" s="6">
+        <v>164856.13372177701</v>
+      </c>
+      <c r="L306" s="6">
+        <v>158795.80179902099</v>
+      </c>
+      <c r="M306" s="6">
+        <v>107227.3765</v>
+      </c>
+      <c r="N306" s="30">
+        <v>107227.376469397</v>
+      </c>
+      <c r="O306" s="30">
+        <v>107227.376469397</v>
+      </c>
+    </row>
+    <row r="307" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="39"/>
+      <c r="B307" s="39"/>
+      <c r="C307" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D307" s="6">
+        <v>140754.50780790101</v>
+      </c>
+      <c r="E307" s="6">
+        <v>139088.74570539</v>
+      </c>
+      <c r="F307" s="6">
+        <v>139314.13503205701</v>
+      </c>
+      <c r="G307" s="6">
+        <v>139112.79322764801</v>
+      </c>
+      <c r="H307" s="6">
+        <v>139655.60029985101</v>
+      </c>
+      <c r="I307" s="6">
+        <v>139541.40759982</v>
+      </c>
+      <c r="J307" s="6">
+        <v>139457</v>
+      </c>
+      <c r="K307" s="6">
+        <v>139575.35558820801</v>
+      </c>
+      <c r="L307" s="6">
+        <v>134446.48101236601</v>
+      </c>
+      <c r="M307" s="6">
+        <v>90792.448121835405</v>
+      </c>
+      <c r="N307" s="30">
+        <v>90792.448121835405</v>
+      </c>
+      <c r="O307" s="30">
+        <v>90792.448121835405</v>
+      </c>
+    </row>
+    <row r="308" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="39"/>
+      <c r="B308" s="39"/>
+      <c r="C308" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D308" s="6">
+        <v>25457.223360423501</v>
+      </c>
+      <c r="E308" s="6">
+        <v>25192.193246634</v>
+      </c>
+      <c r="F308" s="6">
+        <v>25196.5677312724</v>
+      </c>
+      <c r="G308" s="6">
+        <v>25239.5781932967</v>
+      </c>
+      <c r="H308" s="6">
+        <v>25301.099048311698</v>
+      </c>
+      <c r="I308" s="6">
+        <v>25303.2895760397</v>
+      </c>
+      <c r="J308" s="5"/>
+      <c r="K308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M308" s="5"/>
+      <c r="N308" s="30"/>
+      <c r="O308" s="30"/>
+    </row>
+    <row r="309" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="39"/>
+      <c r="B309" s="39"/>
+      <c r="C309" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D309" s="7">
+        <v>0</v>
+      </c>
+      <c r="E309" s="7">
+        <v>0</v>
+      </c>
+      <c r="F309" s="7">
+        <v>0</v>
+      </c>
+      <c r="G309" s="7">
+        <v>0</v>
+      </c>
+      <c r="H309" s="7">
+        <v>0</v>
+      </c>
+      <c r="I309" s="7">
+        <v>0</v>
+      </c>
+      <c r="J309" s="5"/>
+      <c r="K309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M309" s="5"/>
+      <c r="N309" s="30"/>
+      <c r="O309" s="30"/>
+    </row>
+    <row r="310" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="39"/>
+      <c r="B310" s="39"/>
+      <c r="C310" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D310" s="5"/>
+      <c r="E310" s="5"/>
+      <c r="F310" s="5"/>
+      <c r="G310" s="5"/>
+      <c r="H310" s="5"/>
+      <c r="I310" s="5"/>
+      <c r="J310" s="6">
+        <v>25284</v>
+      </c>
+      <c r="K310" s="6">
+        <v>25280.778133569202</v>
+      </c>
+      <c r="L310" s="6">
+        <v>24349.320786655</v>
+      </c>
+      <c r="M310" s="6">
+        <v>16434.928347562</v>
+      </c>
+      <c r="N310" s="30">
+        <v>16434.928347562</v>
+      </c>
+      <c r="O310" s="30">
+        <v>16434.928347562</v>
+      </c>
+    </row>
+    <row r="311" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="39"/>
+      <c r="B311" s="39"/>
+      <c r="C311" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D311" s="6">
+        <v>46788.268831675297</v>
+      </c>
+      <c r="E311" s="6">
+        <v>46211.2482607743</v>
+      </c>
+      <c r="F311" s="6">
+        <v>46230.2972366705</v>
+      </c>
+      <c r="G311" s="6">
+        <v>46151.628579055003</v>
+      </c>
+      <c r="H311" s="6">
+        <v>46273.300651837802</v>
+      </c>
+      <c r="I311" s="6">
+        <v>46218.302824140497</v>
+      </c>
+      <c r="J311" s="6">
+        <v>46215</v>
+      </c>
+      <c r="K311" s="6">
+        <v>46226.866278222602</v>
+      </c>
+      <c r="L311" s="6">
+        <v>44564.966732397101</v>
+      </c>
+      <c r="M311" s="6">
+        <v>30096.623530000001</v>
+      </c>
+      <c r="N311" s="30">
+        <v>30096.623530602599</v>
+      </c>
+      <c r="O311" s="30">
+        <v>30096.623530602599</v>
+      </c>
+    </row>
+    <row r="312" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="39"/>
+      <c r="B312" s="39"/>
+      <c r="C312" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D312" s="6">
+        <v>29444.836867557799</v>
+      </c>
+      <c r="E312" s="6">
+        <v>29088.7859273096</v>
+      </c>
+      <c r="F312" s="6">
+        <v>29098.192586481</v>
+      </c>
+      <c r="G312" s="6">
+        <v>29056.0579616705</v>
+      </c>
+      <c r="H312" s="6">
+        <v>29132.367794818601</v>
+      </c>
+      <c r="I312" s="6">
+        <v>29092.1390195645</v>
+      </c>
+      <c r="J312" s="6">
+        <v>29065</v>
+      </c>
+      <c r="K312" s="6">
+        <v>29078.761719226201</v>
+      </c>
+      <c r="L312" s="6">
+        <v>28025.826129911598</v>
+      </c>
+      <c r="M312" s="6">
+        <v>18936.593730000001</v>
+      </c>
+      <c r="N312" s="30">
+        <v>18936.593730070999</v>
+      </c>
+      <c r="O312" s="30">
+        <v>18936.593730070999</v>
+      </c>
+    </row>
+    <row r="313" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="39"/>
+      <c r="B313" s="39"/>
+      <c r="C313" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D313" s="7">
+        <v>0</v>
+      </c>
+      <c r="E313" s="7">
+        <v>0</v>
+      </c>
+      <c r="F313" s="7">
+        <v>0</v>
+      </c>
+      <c r="G313" s="7">
+        <v>0</v>
+      </c>
+      <c r="H313" s="7">
+        <v>0</v>
+      </c>
+      <c r="I313" s="7">
+        <v>0</v>
+      </c>
+      <c r="J313" s="5"/>
+      <c r="K313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M313" s="5"/>
+      <c r="N313" s="30"/>
+      <c r="O313" s="30"/>
+    </row>
+    <row r="314" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="39"/>
+      <c r="B314" s="39"/>
+      <c r="C314" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D314" s="7">
+        <v>0</v>
+      </c>
+      <c r="E314" s="7">
+        <v>0</v>
+      </c>
+      <c r="F314" s="7">
+        <v>0</v>
+      </c>
+      <c r="G314" s="7">
+        <v>0</v>
+      </c>
+      <c r="H314" s="7">
+        <v>0</v>
+      </c>
+      <c r="I314" s="7">
+        <v>0</v>
+      </c>
+      <c r="J314" s="5"/>
+      <c r="K314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M314" s="5"/>
+      <c r="N314" s="30"/>
+      <c r="O314" s="30"/>
+    </row>
+    <row r="315" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="39"/>
+      <c r="B315" s="39"/>
+      <c r="C315" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D315" s="5"/>
+      <c r="E315" s="5"/>
+      <c r="F315" s="5"/>
+      <c r="G315" s="5"/>
+      <c r="H315" s="5"/>
+      <c r="I315" s="5"/>
+      <c r="J315" s="6">
+        <v>17150</v>
+      </c>
+      <c r="K315" s="6">
+        <v>17148.104558996401</v>
+      </c>
+      <c r="L315" s="6">
+        <v>16539.140602485499</v>
+      </c>
+      <c r="M315" s="6">
+        <v>11160.0298</v>
+      </c>
+      <c r="N315" s="30">
+        <v>11160.0298005316</v>
+      </c>
+      <c r="O315" s="30">
+        <v>11160.0298005316</v>
+      </c>
+    </row>
+    <row r="316" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="39"/>
+      <c r="B316" s="39"/>
+      <c r="C316" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D316" s="6">
+        <v>17343.431964117401</v>
+      </c>
+      <c r="E316" s="6">
+        <v>17122.4623334647</v>
+      </c>
+      <c r="F316" s="6">
+        <v>17132.104650189602</v>
+      </c>
+      <c r="G316" s="6">
+        <v>17095.570617384499</v>
+      </c>
+      <c r="H316" s="6">
+        <v>17140.932857019201</v>
+      </c>
+      <c r="I316" s="6">
+        <v>17126.163804576001</v>
+      </c>
+      <c r="J316" s="5"/>
+      <c r="K316" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L316" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M316" s="5"/>
+      <c r="N316" s="30"/>
+      <c r="O316" s="30"/>
+    </row>
+    <row r="317" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="39"/>
+      <c r="B317" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C317" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D317" s="6">
+        <v>755703</v>
+      </c>
+      <c r="E317" s="6">
+        <v>750460.48816126701</v>
+      </c>
+      <c r="F317" s="6">
+        <v>751672</v>
+      </c>
+      <c r="G317" s="6">
+        <v>754699</v>
+      </c>
+      <c r="H317" s="6">
+        <v>755187</v>
+      </c>
+      <c r="I317" s="6">
+        <v>754735</v>
+      </c>
+      <c r="J317" s="6">
+        <v>754667</v>
+      </c>
+      <c r="K317" s="6">
+        <v>754753</v>
+      </c>
+      <c r="L317" s="6">
+        <v>740756.04910880805</v>
+      </c>
+      <c r="M317" s="6">
+        <v>886235</v>
+      </c>
+      <c r="N317" s="30">
+        <v>886235</v>
+      </c>
+      <c r="O317" s="30">
+        <v>886235</v>
+      </c>
+    </row>
+    <row r="318" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="39"/>
+      <c r="B318" s="39"/>
+      <c r="C318" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D318" s="6">
+        <v>251972.15928989899</v>
+      </c>
+      <c r="E318" s="6">
+        <v>250285.67205627999</v>
+      </c>
+      <c r="F318" s="6">
+        <v>250783.33067900501</v>
+      </c>
+      <c r="G318" s="6">
+        <v>252036.34252092501</v>
+      </c>
+      <c r="H318" s="6">
+        <v>252420.30202712599</v>
+      </c>
+      <c r="I318" s="6">
+        <v>252471.441989668</v>
+      </c>
+      <c r="J318" s="6">
+        <v>252555</v>
+      </c>
+      <c r="K318" s="6">
+        <v>252659.94338621799</v>
+      </c>
+      <c r="L318" s="6">
+        <v>248020.58104946301</v>
+      </c>
+      <c r="M318" s="6">
+        <v>296795.00380000001</v>
+      </c>
+      <c r="N318" s="30">
+        <v>296795.00375153602</v>
+      </c>
+      <c r="O318" s="30">
+        <v>296795.00375153602</v>
+      </c>
+    </row>
+    <row r="319" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="39"/>
+      <c r="B319" s="39"/>
+      <c r="C319" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D319" s="6">
+        <v>183711.667722796</v>
+      </c>
+      <c r="E319" s="6">
+        <v>182528.281202299</v>
+      </c>
+      <c r="F319" s="6">
+        <v>182942.733430525</v>
+      </c>
+      <c r="G319" s="6">
+        <v>183896.16013973299</v>
+      </c>
+      <c r="H319" s="6">
+        <v>184239.183610926</v>
+      </c>
+      <c r="I319" s="6">
+        <v>184270.28085016299</v>
+      </c>
+      <c r="J319" s="6">
+        <v>184395</v>
+      </c>
+      <c r="K319" s="6">
+        <v>184455.15003157299</v>
+      </c>
+      <c r="L319" s="6">
+        <v>181015.14576127499</v>
+      </c>
+      <c r="M319" s="6">
+        <v>216584.79239844601</v>
+      </c>
+      <c r="N319" s="30">
+        <v>216584.79239844601</v>
+      </c>
+      <c r="O319" s="30">
+        <v>216584.79239844601</v>
+      </c>
+    </row>
+    <row r="320" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="39"/>
+      <c r="B320" s="39"/>
+      <c r="C320" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D320" s="6">
+        <v>68260.4915671036</v>
+      </c>
+      <c r="E320" s="6">
+        <v>67757.390853980905</v>
+      </c>
+      <c r="F320" s="6">
+        <v>67840.597248480393</v>
+      </c>
+      <c r="G320" s="6">
+        <v>68140.182381191902</v>
+      </c>
+      <c r="H320" s="6">
+        <v>68181.118416200596</v>
+      </c>
+      <c r="I320" s="6">
+        <v>68201.1611395051</v>
+      </c>
+      <c r="J320" s="5"/>
+      <c r="K320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M320" s="5"/>
+      <c r="N320" s="30"/>
+      <c r="O320" s="30"/>
+    </row>
+    <row r="321" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A321" s="39"/>
+      <c r="B321" s="39"/>
+      <c r="C321" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D321" s="7">
+        <v>0</v>
+      </c>
+      <c r="E321" s="7">
+        <v>0</v>
+      </c>
+      <c r="F321" s="7">
+        <v>0</v>
+      </c>
+      <c r="G321" s="7">
+        <v>0</v>
+      </c>
+      <c r="H321" s="7">
+        <v>0</v>
+      </c>
+      <c r="I321" s="7">
+        <v>0</v>
+      </c>
+      <c r="J321" s="5"/>
+      <c r="K321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M321" s="5"/>
+      <c r="N321" s="30"/>
+      <c r="O321" s="30"/>
+    </row>
+    <row r="322" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="39"/>
+      <c r="B322" s="39"/>
+      <c r="C322" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D322" s="5"/>
+      <c r="E322" s="5"/>
+      <c r="F322" s="5"/>
+      <c r="G322" s="5"/>
+      <c r="H322" s="5"/>
+      <c r="I322" s="5"/>
+      <c r="J322" s="6">
+        <v>68160</v>
+      </c>
+      <c r="K322" s="6">
+        <v>68204.793354644993</v>
+      </c>
+      <c r="L322" s="6">
+        <v>67005.435288188004</v>
+      </c>
+      <c r="M322" s="6">
+        <v>80210.2113530895</v>
+      </c>
+      <c r="N322" s="30">
+        <v>80210.2113530895</v>
+      </c>
+      <c r="O322" s="30">
+        <v>80210.2113530895</v>
+      </c>
+    </row>
+    <row r="323" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="39"/>
+      <c r="B323" s="39"/>
+      <c r="C323" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D323" s="6">
+        <v>503730.84071010101</v>
+      </c>
+      <c r="E323" s="6">
+        <v>500174.816104987</v>
+      </c>
+      <c r="F323" s="6">
+        <v>500888.66932099499</v>
+      </c>
+      <c r="G323" s="6">
+        <v>502662.65747907502</v>
+      </c>
+      <c r="H323" s="6">
+        <v>502766.69797287299</v>
+      </c>
+      <c r="I323" s="6">
+        <v>502263.55801033101</v>
+      </c>
+      <c r="J323" s="6">
+        <v>502112</v>
+      </c>
+      <c r="K323" s="6">
+        <v>502093.05661378201</v>
+      </c>
+      <c r="L323" s="6">
+        <v>492735.46805934497</v>
+      </c>
+      <c r="M323" s="6">
+        <v>589439.99620000005</v>
+      </c>
+      <c r="N323" s="30">
+        <v>589439.99624846398</v>
+      </c>
+      <c r="O323" s="30">
+        <v>589439.99624846398</v>
+      </c>
+    </row>
+    <row r="324" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="39"/>
+      <c r="B324" s="39"/>
+      <c r="C324" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D324" s="6">
+        <v>314973.135424137</v>
+      </c>
+      <c r="E324" s="6">
+        <v>312889.871931498</v>
+      </c>
+      <c r="F324" s="6">
+        <v>313376.78962559398</v>
+      </c>
+      <c r="G324" s="6">
+        <v>314548.91309288703</v>
+      </c>
+      <c r="H324" s="6">
+        <v>314653.64345248899</v>
+      </c>
+      <c r="I324" s="6">
+        <v>314382.86337183003</v>
+      </c>
+      <c r="J324" s="6">
+        <v>314364</v>
+      </c>
+      <c r="K324" s="6">
+        <v>314480.09927078302</v>
+      </c>
+      <c r="L324" s="6">
+        <v>308757.52798919298</v>
+      </c>
+      <c r="M324" s="6">
+        <v>369470.77140000003</v>
+      </c>
+      <c r="N324" s="30">
+        <v>369470.77137953503</v>
+      </c>
+      <c r="O324" s="30">
+        <v>369470.77137953503</v>
+      </c>
+    </row>
+    <row r="325" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="39"/>
+      <c r="B325" s="39"/>
+      <c r="C325" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D325" s="7">
+        <v>0</v>
+      </c>
+      <c r="E325" s="7">
+        <v>0</v>
+      </c>
+      <c r="F325" s="7">
+        <v>0</v>
+      </c>
+      <c r="G325" s="7">
+        <v>0</v>
+      </c>
+      <c r="H325" s="7">
+        <v>0</v>
+      </c>
+      <c r="I325" s="7">
+        <v>0</v>
+      </c>
+      <c r="J325" s="5"/>
+      <c r="K325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M325" s="5"/>
+      <c r="N325" s="30"/>
+      <c r="O325" s="30"/>
+    </row>
+    <row r="326" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="39"/>
+      <c r="B326" s="39"/>
+      <c r="C326" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D326" s="7">
+        <v>0</v>
+      </c>
+      <c r="E326" s="7">
+        <v>0</v>
+      </c>
+      <c r="F326" s="7">
+        <v>0</v>
+      </c>
+      <c r="G326" s="6">
+        <v>2.2572597522867799</v>
+      </c>
+      <c r="H326" s="6">
+        <v>2.2574630914171299</v>
+      </c>
+      <c r="I326" s="6">
+        <v>2.2538543912398299</v>
+      </c>
+      <c r="J326" s="5"/>
+      <c r="K326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M326" s="5"/>
+      <c r="N326" s="30"/>
+      <c r="O326" s="30"/>
+    </row>
+    <row r="327" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="39"/>
+      <c r="B327" s="39"/>
+      <c r="C327" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D327" s="5"/>
+      <c r="E327" s="5"/>
+      <c r="F327" s="5"/>
+      <c r="G327" s="5"/>
+      <c r="H327" s="5"/>
+      <c r="I327" s="5"/>
+      <c r="J327" s="6">
+        <v>187748</v>
+      </c>
+      <c r="K327" s="6">
+        <v>187612.95734299801</v>
+      </c>
+      <c r="L327" s="6">
+        <v>183977.94007015199</v>
+      </c>
+      <c r="M327" s="6">
+        <v>219969.2249</v>
+      </c>
+      <c r="N327" s="30">
+        <v>219969.22486893</v>
+      </c>
+      <c r="O327" s="30">
+        <v>219969.22486893</v>
+      </c>
+    </row>
+    <row r="328" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A328" s="39"/>
+      <c r="B328" s="39"/>
+      <c r="C328" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D328" s="6">
+        <v>188757.70528596401</v>
+      </c>
+      <c r="E328" s="6">
+        <v>187284.944173489</v>
+      </c>
+      <c r="F328" s="6">
+        <v>187511.879695401</v>
+      </c>
+      <c r="G328" s="6">
+        <v>188111.48712643501</v>
+      </c>
+      <c r="H328" s="6">
+        <v>188110.79705729301</v>
+      </c>
+      <c r="I328" s="6">
+        <v>187878.44078410999</v>
+      </c>
+      <c r="J328" s="5"/>
+      <c r="K328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M328" s="5"/>
+      <c r="N328" s="30"/>
+      <c r="O328" s="30"/>
+    </row>
+    <row r="329" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="39"/>
+      <c r="B329" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C329" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D329" s="6">
+        <v>2113798</v>
+      </c>
+      <c r="E329" s="6">
+        <v>2107538.5126479999</v>
+      </c>
+      <c r="F329" s="6">
+        <v>2108592</v>
+      </c>
+      <c r="G329" s="6">
+        <v>2108696</v>
+      </c>
+      <c r="H329" s="6">
+        <v>2107677</v>
+      </c>
+      <c r="I329" s="6">
+        <v>2109204</v>
+      </c>
+      <c r="J329" s="6">
+        <v>2108378</v>
+      </c>
+      <c r="K329" s="6">
+        <v>2108800</v>
+      </c>
+      <c r="L329" s="6">
+        <v>2089431.2808137301</v>
+      </c>
+      <c r="M329" s="6">
+        <v>1365191</v>
+      </c>
+      <c r="N329" s="30">
+        <v>1365191</v>
+      </c>
+      <c r="O329" s="30">
+        <v>1365191</v>
+      </c>
+    </row>
+    <row r="330" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="39"/>
+      <c r="B330" s="39"/>
+      <c r="C330" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D330" s="6">
+        <v>629585.30376609997</v>
+      </c>
+      <c r="E330" s="6">
+        <v>627994.67375008401</v>
+      </c>
+      <c r="F330" s="6">
+        <v>628832.37410574197</v>
+      </c>
+      <c r="G330" s="6">
+        <v>629513.12990874099</v>
+      </c>
+      <c r="H330" s="6">
+        <v>629737.66307071794</v>
+      </c>
+      <c r="I330" s="6">
+        <v>631081.57859041705</v>
+      </c>
+      <c r="J330" s="6">
+        <v>631616</v>
+      </c>
+      <c r="K330" s="6">
+        <v>632199.74637485703</v>
+      </c>
+      <c r="L330" s="6">
+        <v>627121.95609108696</v>
+      </c>
+      <c r="M330" s="6">
+        <v>410175.72139999998</v>
+      </c>
+      <c r="N330" s="30">
+        <v>410175.721397391</v>
+      </c>
+      <c r="O330" s="30">
+        <v>410175.721397391</v>
+      </c>
+    </row>
+    <row r="331" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="39"/>
+      <c r="B331" s="39"/>
+      <c r="C331" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D331" s="6">
+        <v>88480.210577122605</v>
+      </c>
+      <c r="E331" s="6">
+        <v>88730.844483481997</v>
+      </c>
+      <c r="F331" s="6">
+        <v>89616.272686628203</v>
+      </c>
+      <c r="G331" s="6">
+        <v>90410.166480350701</v>
+      </c>
+      <c r="H331" s="6">
+        <v>90894.848339252901</v>
+      </c>
+      <c r="I331" s="6">
+        <v>91566.796094479694</v>
+      </c>
+      <c r="J331" s="6">
+        <v>92668</v>
+      </c>
+      <c r="K331" s="6">
+        <v>93292.772846388005</v>
+      </c>
+      <c r="L331" s="6">
+        <v>93453.219065921294</v>
+      </c>
+      <c r="M331" s="6">
+        <v>61723.590783840897</v>
+      </c>
+      <c r="N331" s="30">
+        <v>61723.590783840897</v>
+      </c>
+      <c r="O331" s="30">
+        <v>61723.590783840897</v>
+      </c>
+    </row>
+    <row r="332" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="39"/>
+      <c r="B332" s="39"/>
+      <c r="C332" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D332" s="6">
+        <v>541105.09318897803</v>
+      </c>
+      <c r="E332" s="6">
+        <v>539261.96072196297</v>
+      </c>
+      <c r="F332" s="6">
+        <v>539214.23281029402</v>
+      </c>
+      <c r="G332" s="6">
+        <v>539101.09559794096</v>
+      </c>
+      <c r="H332" s="6">
+        <v>538840.94866926898</v>
+      </c>
+      <c r="I332" s="6">
+        <v>539497.16694304603</v>
+      </c>
+      <c r="J332" s="5"/>
+      <c r="K332" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L332" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M332" s="5"/>
+      <c r="N332" s="30"/>
+      <c r="O332" s="30"/>
+    </row>
+    <row r="333" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="39"/>
+      <c r="B333" s="39"/>
+      <c r="C333" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D333" s="7">
+        <v>0</v>
+      </c>
+      <c r="E333" s="6">
+        <v>1.8685446390284901</v>
+      </c>
+      <c r="F333" s="6">
+        <v>1.86860882027825</v>
+      </c>
+      <c r="G333" s="6">
+        <v>1.8678304494657101</v>
+      </c>
+      <c r="H333" s="6">
+        <v>1.86606219602572</v>
+      </c>
+      <c r="I333" s="6">
+        <v>17.615552891551701</v>
+      </c>
+      <c r="J333" s="5"/>
+      <c r="K333" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L333" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M333" s="5"/>
+      <c r="N333" s="30"/>
+      <c r="O333" s="30"/>
+    </row>
+    <row r="334" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="39"/>
+      <c r="B334" s="39"/>
+      <c r="C334" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D334" s="5"/>
+      <c r="E334" s="5"/>
+      <c r="F334" s="5"/>
+      <c r="G334" s="5"/>
+      <c r="H334" s="5"/>
+      <c r="I334" s="5"/>
+      <c r="J334" s="6">
+        <v>538948</v>
+      </c>
+      <c r="K334" s="6">
+        <v>538906.97352846898</v>
+      </c>
+      <c r="L334" s="6">
+        <v>533668.737025165</v>
+      </c>
+      <c r="M334" s="6">
+        <v>348452.13061355002</v>
+      </c>
+      <c r="N334" s="30">
+        <v>348452.13061355002</v>
+      </c>
+      <c r="O334" s="30">
+        <v>348452.13061355002</v>
+      </c>
+    </row>
+    <row r="335" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="39"/>
+      <c r="B335" s="39"/>
+      <c r="C335" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D335" s="6">
+        <v>1484212.6962339</v>
+      </c>
+      <c r="E335" s="6">
+        <v>1479543.83889791</v>
+      </c>
+      <c r="F335" s="6">
+        <v>1479759.6258942599</v>
+      </c>
+      <c r="G335" s="6">
+        <v>1479182.8700912599</v>
+      </c>
+      <c r="H335" s="6">
+        <v>1477939.3369292801</v>
+      </c>
+      <c r="I335" s="6">
+        <v>1478122.4214095799</v>
+      </c>
+      <c r="J335" s="6">
+        <v>1476762</v>
+      </c>
+      <c r="K335" s="6">
+        <v>1476600.2536251401</v>
+      </c>
+      <c r="L335" s="6">
+        <v>1462309.32472264</v>
+      </c>
+      <c r="M335" s="6">
+        <v>955015.27859999996</v>
+      </c>
+      <c r="N335" s="30">
+        <v>955015.27860260895</v>
+      </c>
+      <c r="O335" s="30">
+        <v>955015.27860260895</v>
+      </c>
+    </row>
+    <row r="336" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="39"/>
+      <c r="B336" s="39"/>
+      <c r="C336" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D336" s="6">
+        <v>226982.03903139901</v>
+      </c>
+      <c r="E336" s="6">
+        <v>226460.165628513</v>
+      </c>
+      <c r="F336" s="6">
+        <v>226680.33993184901</v>
+      </c>
+      <c r="G336" s="6">
+        <v>226717.50726683199</v>
+      </c>
+      <c r="H336" s="6">
+        <v>226463.83855041899</v>
+      </c>
+      <c r="I336" s="6">
+        <v>226546.81790322301</v>
+      </c>
+      <c r="J336" s="6">
+        <v>226541</v>
+      </c>
+      <c r="K336" s="6">
+        <v>226443.323526661</v>
+      </c>
+      <c r="L336" s="6">
+        <v>224260.84825417999</v>
+      </c>
+      <c r="M336" s="6">
+        <v>146456.83350000001</v>
+      </c>
+      <c r="N336" s="30">
+        <v>146456.833505805</v>
+      </c>
+      <c r="O336" s="30">
+        <v>146456.833505805</v>
+      </c>
+    </row>
+    <row r="337" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="39"/>
+      <c r="B337" s="39"/>
+      <c r="C337" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D337" s="6">
+        <v>1466.02358103813</v>
+      </c>
+      <c r="E337" s="6">
+        <v>1460.2189746644201</v>
+      </c>
+      <c r="F337" s="6">
+        <v>1459.4888852256099</v>
+      </c>
+      <c r="G337" s="6">
+        <v>1458.1007997849799</v>
+      </c>
+      <c r="H337" s="6">
+        <v>1455.94116993496</v>
+      </c>
+      <c r="I337" s="6">
+        <v>1470.41220816534</v>
+      </c>
+      <c r="J337" s="5"/>
+      <c r="K337" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L337" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M337" s="5"/>
+      <c r="N337" s="30"/>
+      <c r="O337" s="30"/>
+    </row>
+    <row r="338" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A338" s="39"/>
+      <c r="B338" s="39"/>
+      <c r="C338" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D338" s="7">
+        <v>0</v>
+      </c>
+      <c r="E338" s="7">
+        <v>0</v>
+      </c>
+      <c r="F338" s="7">
+        <v>0</v>
+      </c>
+      <c r="G338" s="7">
+        <v>0</v>
+      </c>
+      <c r="H338" s="7">
+        <v>0</v>
+      </c>
+      <c r="I338" s="7">
+        <v>0</v>
+      </c>
+      <c r="J338" s="5"/>
+      <c r="K338" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L338" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M338" s="5"/>
+      <c r="N338" s="30"/>
+      <c r="O338" s="30"/>
+    </row>
+    <row r="339" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A339" s="39"/>
+      <c r="B339" s="39"/>
+      <c r="C339" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D339" s="5"/>
+      <c r="E339" s="5"/>
+      <c r="F339" s="5"/>
+      <c r="G339" s="5"/>
+      <c r="H339" s="5"/>
+      <c r="I339" s="5"/>
+      <c r="J339" s="6">
+        <v>1250221</v>
+      </c>
+      <c r="K339" s="6">
+        <v>1250156.9300984801</v>
+      </c>
+      <c r="L339" s="6">
+        <v>1238048.4764684599</v>
+      </c>
+      <c r="M339" s="6">
+        <v>808558.44510000001</v>
+      </c>
+      <c r="N339" s="30">
+        <v>808558.44509680499</v>
+      </c>
+      <c r="O339" s="30">
+        <v>808558.44509680499</v>
+      </c>
+    </row>
+    <row r="340" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="39"/>
+      <c r="B340" s="39"/>
+      <c r="C340" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D340" s="6">
+        <v>1255764.6336214601</v>
+      </c>
+      <c r="E340" s="6">
+        <v>1251623.45429474</v>
+      </c>
+      <c r="F340" s="6">
+        <v>1251619.7970771799</v>
+      </c>
+      <c r="G340" s="6">
+        <v>1251007.2620246401</v>
+      </c>
+      <c r="H340" s="6">
+        <v>1250019.5572089299</v>
+      </c>
+      <c r="I340" s="6">
+        <v>1250105.19129819</v>
+      </c>
+      <c r="J340" s="5"/>
+      <c r="K340" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L340" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M340" s="5"/>
+      <c r="N340" s="30"/>
+      <c r="O340" s="30"/>
+    </row>
+    <row r="341" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A341" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="B341" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C341" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D341" s="6">
+        <v>32608746</v>
+      </c>
+      <c r="E341" s="6">
+        <v>32472621.168194801</v>
+      </c>
+      <c r="F341" s="6">
+        <v>32490512</v>
+      </c>
+      <c r="G341" s="6">
+        <v>32500063</v>
+      </c>
+      <c r="H341" s="6">
+        <v>32504845</v>
+      </c>
+      <c r="I341" s="6">
+        <v>32506672</v>
+      </c>
+      <c r="J341" s="6">
+        <v>32502092</v>
+      </c>
+      <c r="K341" s="6">
+        <v>32505134</v>
+      </c>
+      <c r="L341" s="6">
+        <v>32516196.144142199</v>
+      </c>
+      <c r="M341" s="6">
+        <v>31864520</v>
+      </c>
+      <c r="N341" s="30">
+        <v>31864520</v>
+      </c>
+      <c r="O341" s="30">
+        <v>31864520</v>
+      </c>
+    </row>
+    <row r="342" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A342" s="39"/>
+      <c r="B342" s="39"/>
+      <c r="C342" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D342" s="6">
+        <v>12338005.133064</v>
+      </c>
+      <c r="E342" s="6">
+        <v>12288467.2071913</v>
+      </c>
+      <c r="F342" s="6">
+        <v>12302122.7682963</v>
+      </c>
+      <c r="G342" s="6">
+        <v>12312109.098843699</v>
+      </c>
+      <c r="H342" s="6">
+        <v>12319261.932250001</v>
+      </c>
+      <c r="I342" s="6">
+        <v>12324836.0618283</v>
+      </c>
+      <c r="J342" s="6">
+        <v>12323000</v>
+      </c>
+      <c r="K342" s="6">
+        <v>12322320.863980601</v>
+      </c>
+      <c r="L342" s="6">
+        <v>12338656.762050301</v>
+      </c>
+      <c r="M342" s="6">
+        <v>12025348.550000001</v>
+      </c>
+      <c r="N342" s="30">
+        <v>12025348.5513315</v>
+      </c>
+      <c r="O342" s="30">
+        <v>12025348.5513315</v>
+      </c>
+    </row>
+    <row r="343" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A343" s="39"/>
+      <c r="B343" s="39"/>
+      <c r="C343" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D343" s="6">
+        <v>6020345.5440926999</v>
+      </c>
+      <c r="E343" s="6">
+        <v>5985561.5812590197</v>
+      </c>
+      <c r="F343" s="6">
+        <v>5993735.4498421196</v>
+      </c>
+      <c r="G343" s="6">
+        <v>5999095.2455321699</v>
+      </c>
+      <c r="H343" s="6">
+        <v>6004546.9020352</v>
+      </c>
+      <c r="I343" s="6">
+        <v>6007508.5784148704</v>
+      </c>
+      <c r="J343" s="6">
+        <v>6005471</v>
+      </c>
+      <c r="K343" s="6">
+        <v>6003724.3919594605</v>
+      </c>
+      <c r="L343" s="6">
+        <v>6048441.5666471999</v>
+      </c>
+      <c r="M343" s="6">
+        <v>5897904.2085778899</v>
+      </c>
+      <c r="N343" s="30">
+        <v>5897904.2085778899</v>
+      </c>
+      <c r="O343" s="30">
+        <v>5897904.2085778899</v>
+      </c>
+    </row>
+    <row r="344" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A344" s="39"/>
+      <c r="B344" s="39"/>
+      <c r="C344" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D344" s="6">
+        <v>6317477.8047497896</v>
+      </c>
+      <c r="E344" s="6">
+        <v>6302713.1340509998</v>
+      </c>
+      <c r="F344" s="6">
+        <v>6308115.8578107404</v>
+      </c>
+      <c r="G344" s="6">
+        <v>6312729.7840483198</v>
+      </c>
+      <c r="H344" s="6">
+        <v>6314421.8079386204</v>
+      </c>
+      <c r="I344" s="6">
+        <v>6316996.0190348197</v>
+      </c>
+      <c r="J344" s="5"/>
+      <c r="K344" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L344" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M344" s="5"/>
+      <c r="N344" s="30"/>
+      <c r="O344" s="30"/>
+    </row>
+    <row r="345" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A345" s="39"/>
+      <c r="B345" s="39"/>
+      <c r="C345" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D345" s="6">
+        <v>181.78422150474</v>
+      </c>
+      <c r="E345" s="6">
+        <v>192.49188130787999</v>
+      </c>
+      <c r="F345" s="6">
+        <v>271.46064344567901</v>
+      </c>
+      <c r="G345" s="6">
+        <v>284.06926315874102</v>
+      </c>
+      <c r="H345" s="6">
+        <v>293.222276134514</v>
+      </c>
+      <c r="I345" s="6">
+        <v>331.46437861825098</v>
+      </c>
+      <c r="J345" s="5"/>
+      <c r="K345" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L345" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M345" s="5"/>
+      <c r="N345" s="30"/>
+      <c r="O345" s="30"/>
+    </row>
+    <row r="346" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A346" s="39"/>
+      <c r="B346" s="39"/>
+      <c r="C346" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D346" s="5"/>
+      <c r="E346" s="5"/>
+      <c r="F346" s="5"/>
+      <c r="G346" s="5"/>
+      <c r="H346" s="5"/>
+      <c r="I346" s="5"/>
+      <c r="J346" s="6">
+        <v>6317529</v>
+      </c>
+      <c r="K346" s="6">
+        <v>6318596.47202117</v>
+      </c>
+      <c r="L346" s="6">
+        <v>6290215.1954030702</v>
+      </c>
+      <c r="M346" s="6">
+        <v>6127444.3427535798</v>
+      </c>
+      <c r="N346" s="30">
+        <v>6127444.3427535798</v>
+      </c>
+      <c r="O346" s="30">
+        <v>6127444.3427535798</v>
+      </c>
+    </row>
+    <row r="347" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A347" s="39"/>
+      <c r="B347" s="39"/>
+      <c r="C347" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D347" s="6">
+        <v>20270740.866935998</v>
+      </c>
+      <c r="E347" s="6">
+        <v>20184153.9610034</v>
+      </c>
+      <c r="F347" s="6">
+        <v>20188389.231703699</v>
+      </c>
+      <c r="G347" s="6">
+        <v>20187953.901156399</v>
+      </c>
+      <c r="H347" s="6">
+        <v>20185583.067749999</v>
+      </c>
+      <c r="I347" s="6">
+        <v>20181835.9381717</v>
+      </c>
+      <c r="J347" s="6">
+        <v>20179092</v>
+      </c>
+      <c r="K347" s="6">
+        <v>20182813.136019401</v>
+      </c>
+      <c r="L347" s="6">
+        <v>20177539.382091898</v>
+      </c>
+      <c r="M347" s="6">
+        <v>19839171.449999999</v>
+      </c>
+      <c r="N347" s="30">
+        <v>19839171.448668499</v>
+      </c>
+      <c r="O347" s="30">
+        <v>19839171.448668499</v>
+      </c>
+    </row>
+    <row r="348" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A348" s="39"/>
+      <c r="B348" s="39"/>
+      <c r="C348" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D348" s="6">
+        <v>9899944.0801070407</v>
+      </c>
+      <c r="E348" s="6">
+        <v>9868135.3800869603</v>
+      </c>
+      <c r="F348" s="6">
+        <v>9870314.8656421993</v>
+      </c>
+      <c r="G348" s="6">
+        <v>9868366.0830233805</v>
+      </c>
+      <c r="H348" s="6">
+        <v>9866822.8508105408</v>
+      </c>
+      <c r="I348" s="6">
+        <v>9866098.8442210108</v>
+      </c>
+      <c r="J348" s="6">
+        <v>9863481</v>
+      </c>
+      <c r="K348" s="6">
+        <v>9865115.4718005899</v>
+      </c>
+      <c r="L348" s="6">
+        <v>9824529.2358345799</v>
+      </c>
+      <c r="M348" s="6">
+        <v>9731771.977</v>
+      </c>
+      <c r="N348" s="30">
+        <v>9731771.9768964108</v>
+      </c>
+      <c r="O348" s="30">
+        <v>9731771.9768964108</v>
+      </c>
+    </row>
+    <row r="349" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A349" s="39"/>
+      <c r="B349" s="39"/>
+      <c r="C349" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D349" s="6">
+        <v>38220.099094853198</v>
+      </c>
+      <c r="E349" s="6">
+        <v>38112.849606349897</v>
+      </c>
+      <c r="F349" s="6">
+        <v>38109.723272258801</v>
+      </c>
+      <c r="G349" s="6">
+        <v>38102.930293946702</v>
+      </c>
+      <c r="H349" s="6">
+        <v>38097.110144180799</v>
+      </c>
+      <c r="I349" s="6">
+        <v>38073.634681672003</v>
+      </c>
+      <c r="J349" s="5"/>
+      <c r="K349" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L349" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M349" s="5"/>
+      <c r="N349" s="30"/>
+      <c r="O349" s="30"/>
+    </row>
+    <row r="350" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="39"/>
+      <c r="B350" s="39"/>
+      <c r="C350" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D350" s="6">
+        <v>2717.2584642664601</v>
+      </c>
+      <c r="E350" s="6">
+        <v>2763.12487342134</v>
+      </c>
+      <c r="F350" s="6">
+        <v>2761.4089053120201</v>
+      </c>
+      <c r="G350" s="6">
+        <v>2765.2648720782499</v>
+      </c>
+      <c r="H350" s="6">
+        <v>2784.8333137005602</v>
+      </c>
+      <c r="I350" s="6">
+        <v>2782.00937034669</v>
+      </c>
+      <c r="J350" s="5"/>
+      <c r="K350" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L350" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M350" s="5"/>
+      <c r="N350" s="30"/>
+      <c r="O350" s="30"/>
+    </row>
+    <row r="351" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="39"/>
+      <c r="B351" s="39"/>
+      <c r="C351" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D351" s="5"/>
+      <c r="E351" s="5"/>
+      <c r="F351" s="5"/>
+      <c r="G351" s="5"/>
+      <c r="H351" s="5"/>
+      <c r="I351" s="5"/>
+      <c r="J351" s="6">
+        <v>10315611</v>
+      </c>
+      <c r="K351" s="6">
+        <v>10317697.6642188</v>
+      </c>
+      <c r="L351" s="6">
+        <v>10353010.1462573</v>
+      </c>
+      <c r="M351" s="6">
+        <v>10107399.470000001</v>
+      </c>
+      <c r="N351" s="30">
+        <v>10107399.471772101</v>
+      </c>
+      <c r="O351" s="30">
+        <v>10107399.471772101</v>
+      </c>
+    </row>
+    <row r="352" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="39"/>
+      <c r="B352" s="39"/>
+      <c r="C352" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D352" s="6">
+        <v>10329859.4292698</v>
+      </c>
+      <c r="E352" s="6">
+        <v>10275142.6064367</v>
+      </c>
+      <c r="F352" s="6">
+        <v>10277203.233883901</v>
+      </c>
+      <c r="G352" s="6">
+        <v>10278719.6229669</v>
+      </c>
+      <c r="H352" s="6">
+        <v>10277878.2734816</v>
+      </c>
+      <c r="I352" s="6">
+        <v>10274881.449898699</v>
+      </c>
+      <c r="J352" s="5"/>
+      <c r="K352" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L352" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M352" s="5"/>
+      <c r="N352" s="30"/>
+      <c r="O352" s="30"/>
+    </row>
+    <row r="353" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="39"/>
+      <c r="B353" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C353" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D353" s="6">
+        <v>1836982</v>
+      </c>
+      <c r="E353" s="6">
+        <v>1828188.2191985301</v>
+      </c>
+      <c r="F353" s="6">
+        <v>1830213</v>
+      </c>
+      <c r="G353" s="6">
+        <v>1829975</v>
+      </c>
+      <c r="H353" s="6">
+        <v>1830151</v>
+      </c>
+      <c r="I353" s="6">
+        <v>1830476</v>
+      </c>
+      <c r="J353" s="6">
+        <v>1830733</v>
+      </c>
+      <c r="K353" s="6">
+        <v>1830565</v>
+      </c>
+      <c r="L353" s="6">
+        <v>1809479.9100925401</v>
+      </c>
+      <c r="M353" s="6">
+        <v>1698691</v>
+      </c>
+      <c r="N353" s="30">
+        <v>1698691</v>
+      </c>
+      <c r="O353" s="30">
+        <v>1698691</v>
+      </c>
+    </row>
+    <row r="354" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A354" s="39"/>
+      <c r="B354" s="39"/>
+      <c r="C354" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D354" s="6">
+        <v>649788.66102705698</v>
+      </c>
+      <c r="E354" s="6">
+        <v>646548.23020160699</v>
+      </c>
+      <c r="F354" s="6">
+        <v>647757.07612317801</v>
+      </c>
+      <c r="G354" s="6">
+        <v>648146.09073594504</v>
+      </c>
+      <c r="H354" s="6">
+        <v>648531.58225492097</v>
+      </c>
+      <c r="I354" s="6">
+        <v>648926.06786873797</v>
+      </c>
+      <c r="J354" s="6">
+        <v>649292</v>
+      </c>
+      <c r="K354" s="6">
+        <v>649378.41554050997</v>
+      </c>
+      <c r="L354" s="6">
+        <v>641770.19304714398</v>
+      </c>
+      <c r="M354" s="6">
+        <v>602077.55149999994</v>
+      </c>
+      <c r="N354" s="30">
+        <v>602077.55154118</v>
+      </c>
+      <c r="O354" s="30">
+        <v>602077.55154118</v>
+      </c>
+    </row>
+    <row r="355" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A355" s="39"/>
+      <c r="B355" s="39"/>
+      <c r="C355" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D355" s="6">
+        <v>398022.01744512201</v>
+      </c>
+      <c r="E355" s="6">
+        <v>396056.92627239099</v>
+      </c>
+      <c r="F355" s="6">
+        <v>396833.11759252398</v>
+      </c>
+      <c r="G355" s="6">
+        <v>397245.11435476202</v>
+      </c>
+      <c r="H355" s="6">
+        <v>397393.62792590802</v>
+      </c>
+      <c r="I355" s="6">
+        <v>397558.14584035799</v>
+      </c>
+      <c r="J355" s="6">
+        <v>397869</v>
+      </c>
+      <c r="K355" s="6">
+        <v>397806.50153800601</v>
+      </c>
+      <c r="L355" s="6">
+        <v>393072.11540976999</v>
+      </c>
+      <c r="M355" s="6">
+        <v>368735.43172161101</v>
+      </c>
+      <c r="N355" s="30">
+        <v>368735.43172161101</v>
+      </c>
+      <c r="O355" s="30">
+        <v>368735.43172161101</v>
+      </c>
+    </row>
+    <row r="356" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A356" s="39"/>
+      <c r="B356" s="39"/>
+      <c r="C356" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D356" s="6">
+        <v>251766.643581935</v>
+      </c>
+      <c r="E356" s="6">
+        <v>250479.90423094999</v>
+      </c>
+      <c r="F356" s="6">
+        <v>250912.556625036</v>
+      </c>
+      <c r="G356" s="6">
+        <v>250888.26981730899</v>
+      </c>
+      <c r="H356" s="6">
+        <v>251125.258255983</v>
+      </c>
+      <c r="I356" s="6">
+        <v>251343.76435947299</v>
+      </c>
+      <c r="J356" s="5"/>
+      <c r="K356" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L356" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M356" s="5"/>
+      <c r="N356" s="30"/>
+      <c r="O356" s="30"/>
+    </row>
+    <row r="357" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="39"/>
+      <c r="B357" s="39"/>
+      <c r="C357" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D357" s="7">
+        <v>0</v>
+      </c>
+      <c r="E357" s="6">
+        <v>11.399698266082799</v>
+      </c>
+      <c r="F357" s="6">
+        <v>11.4019056186252</v>
+      </c>
+      <c r="G357" s="6">
+        <v>12.7065638737693</v>
+      </c>
+      <c r="H357" s="6">
+        <v>12.696073030373899</v>
+      </c>
+      <c r="I357" s="6">
+        <v>24.1576689059189</v>
+      </c>
+      <c r="J357" s="5"/>
+      <c r="K357" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L357" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M357" s="5"/>
+      <c r="N357" s="30"/>
+      <c r="O357" s="30"/>
+    </row>
+    <row r="358" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="39"/>
+      <c r="B358" s="39"/>
+      <c r="C358" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D358" s="5"/>
+      <c r="E358" s="5"/>
+      <c r="F358" s="5"/>
+      <c r="G358" s="5"/>
+      <c r="H358" s="5"/>
+      <c r="I358" s="5"/>
+      <c r="J358" s="6">
+        <v>251423</v>
+      </c>
+      <c r="K358" s="6">
+        <v>251571.914002504</v>
+      </c>
+      <c r="L358" s="6">
+        <v>248698.07763737399</v>
+      </c>
+      <c r="M358" s="6">
+        <v>233342.11981956899</v>
+      </c>
+      <c r="N358" s="30">
+        <v>233342.11981956899</v>
+      </c>
+      <c r="O358" s="30">
+        <v>233342.11981956899</v>
+      </c>
+    </row>
+    <row r="359" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="39"/>
+      <c r="B359" s="39"/>
+      <c r="C359" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D359" s="6">
+        <v>1187193.3389729401</v>
+      </c>
+      <c r="E359" s="6">
+        <v>1181639.9889969199</v>
+      </c>
+      <c r="F359" s="6">
+        <v>1182455.9238768199</v>
+      </c>
+      <c r="G359" s="6">
+        <v>1181828.90926406</v>
+      </c>
+      <c r="H359" s="6">
+        <v>1181619.4177450801</v>
+      </c>
+      <c r="I359" s="6">
+        <v>1181549.9321312599</v>
+      </c>
+      <c r="J359" s="6">
+        <v>1181441</v>
+      </c>
+      <c r="K359" s="6">
+        <v>1181186.5844594899</v>
+      </c>
+      <c r="L359" s="6">
+        <v>1167709.71704539</v>
+      </c>
+      <c r="M359" s="6">
+        <v>1096613.4480000001</v>
+      </c>
+      <c r="N359" s="30">
+        <v>1096613.4484588201</v>
+      </c>
+      <c r="O359" s="30">
+        <v>1096613.4484588201</v>
+      </c>
+    </row>
+    <row r="360" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="39"/>
+      <c r="B360" s="39"/>
+      <c r="C360" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D360" s="6">
+        <v>429166.40257535398</v>
+      </c>
+      <c r="E360" s="6">
+        <v>426882.52406610898</v>
+      </c>
+      <c r="F360" s="6">
+        <v>427253.883632062</v>
+      </c>
+      <c r="G360" s="6">
+        <v>427209.68575212097</v>
+      </c>
+      <c r="H360" s="6">
+        <v>427245.22950355202</v>
+      </c>
+      <c r="I360" s="6">
+        <v>427389.25196994899</v>
+      </c>
+      <c r="J360" s="6">
+        <v>427398</v>
+      </c>
+      <c r="K360" s="6">
+        <v>427321.43411571102</v>
+      </c>
+      <c r="L360" s="6">
+        <v>422538.19303368899</v>
+      </c>
+      <c r="M360" s="6">
+        <v>396417.87239999999</v>
+      </c>
+      <c r="N360" s="30">
+        <v>396417.87242827303</v>
+      </c>
+      <c r="O360" s="30">
+        <v>396417.87242827303</v>
+      </c>
+    </row>
+    <row r="361" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="39"/>
+      <c r="B361" s="39"/>
+      <c r="C361" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D361" s="7">
+        <v>0</v>
+      </c>
+      <c r="E361" s="7">
+        <v>0</v>
+      </c>
+      <c r="F361" s="7">
+        <v>0</v>
+      </c>
+      <c r="G361" s="7">
+        <v>0</v>
+      </c>
+      <c r="H361" s="7">
+        <v>0</v>
+      </c>
+      <c r="I361" s="7">
+        <v>0</v>
+      </c>
+      <c r="J361" s="5"/>
+      <c r="K361" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L361" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M361" s="5"/>
+      <c r="N361" s="30"/>
+      <c r="O361" s="30"/>
+    </row>
+    <row r="362" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="39"/>
+      <c r="B362" s="39"/>
+      <c r="C362" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D362" s="7">
+        <v>0</v>
+      </c>
+      <c r="E362" s="7">
+        <v>0</v>
+      </c>
+      <c r="F362" s="7">
+        <v>0</v>
+      </c>
+      <c r="G362" s="7">
+        <v>0</v>
+      </c>
+      <c r="H362" s="7">
+        <v>0</v>
+      </c>
+      <c r="I362" s="7">
+        <v>0</v>
+      </c>
+      <c r="J362" s="5"/>
+      <c r="K362" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L362" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M362" s="5"/>
+      <c r="N362" s="30"/>
+      <c r="O362" s="30"/>
+    </row>
+    <row r="363" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="39"/>
+      <c r="B363" s="39"/>
+      <c r="C363" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D363" s="5"/>
+      <c r="E363" s="5"/>
+      <c r="F363" s="5"/>
+      <c r="G363" s="5"/>
+      <c r="H363" s="5"/>
+      <c r="I363" s="5"/>
+      <c r="J363" s="6">
+        <v>754043</v>
+      </c>
+      <c r="K363" s="6">
+        <v>753865.15034377901</v>
+      </c>
+      <c r="L363" s="6">
+        <v>745171.52401170402</v>
+      </c>
+      <c r="M363" s="6">
+        <v>700195.576</v>
+      </c>
+      <c r="N363" s="30">
+        <v>700195.57603054703</v>
+      </c>
+      <c r="O363" s="30">
+        <v>700195.57603054703</v>
+      </c>
+    </row>
+    <row r="364" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A364" s="39"/>
+      <c r="B364" s="39"/>
+      <c r="C364" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D364" s="6">
+        <v>758026.93639758904</v>
+      </c>
+      <c r="E364" s="6">
+        <v>754757.46493081294</v>
+      </c>
+      <c r="F364" s="6">
+        <v>755202.04024475999</v>
+      </c>
+      <c r="G364" s="6">
+        <v>754619.22351193405</v>
+      </c>
+      <c r="H364" s="6">
+        <v>754374.18824152695</v>
+      </c>
+      <c r="I364" s="6">
+        <v>754160.68016131304</v>
+      </c>
+      <c r="J364" s="5"/>
+      <c r="K364" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L364" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M364" s="5"/>
+      <c r="N364" s="30"/>
+      <c r="O364" s="30"/>
+    </row>
+    <row r="365" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="39"/>
+      <c r="B365" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="C365" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D365" s="6">
+        <v>804777</v>
+      </c>
+      <c r="E365" s="6">
+        <v>803012.19794196705</v>
+      </c>
+      <c r="F365" s="6">
+        <v>803174</v>
+      </c>
+      <c r="G365" s="6">
+        <v>803037</v>
+      </c>
+      <c r="H365" s="6">
+        <v>802727</v>
+      </c>
+      <c r="I365" s="6">
+        <v>803019</v>
+      </c>
+      <c r="J365" s="6">
+        <v>802647</v>
+      </c>
+      <c r="K365" s="6">
+        <v>803776</v>
+      </c>
+      <c r="L365" s="6">
+        <v>798790.24804753903</v>
+      </c>
+      <c r="M365" s="6">
+        <v>663197</v>
+      </c>
+      <c r="N365" s="30">
+        <v>663197</v>
+      </c>
+      <c r="O365" s="30">
+        <v>663197</v>
+      </c>
+    </row>
+    <row r="366" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="39"/>
+      <c r="B366" s="39"/>
+      <c r="C366" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D366" s="6">
+        <v>327570.28575901903</v>
+      </c>
+      <c r="E366" s="6">
+        <v>327123.01445722702</v>
+      </c>
+      <c r="F366" s="6">
+        <v>327311.26259723399</v>
+      </c>
+      <c r="G366" s="6">
+        <v>327310.31418070302</v>
+      </c>
+      <c r="H366" s="6">
+        <v>327310.16663832398</v>
+      </c>
+      <c r="I366" s="6">
+        <v>327656.89358338498</v>
+      </c>
+      <c r="J366" s="6">
+        <v>327536</v>
+      </c>
+      <c r="K366" s="6">
+        <v>328035.30807806703</v>
+      </c>
+      <c r="L366" s="6">
+        <v>326056.83871906501</v>
+      </c>
+      <c r="M366" s="6">
+        <v>270708.60800000001</v>
+      </c>
+      <c r="N366" s="30">
+        <v>270708.60795989702</v>
+      </c>
+      <c r="O366" s="30">
+        <v>270708.60795989702</v>
+      </c>
+    </row>
+    <row r="367" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="39"/>
+      <c r="B367" s="39"/>
+      <c r="C367" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D367" s="6">
+        <v>156130.90135482501</v>
+      </c>
+      <c r="E367" s="6">
+        <v>155993.992132702</v>
+      </c>
+      <c r="F367" s="6">
+        <v>156239.70408847299</v>
+      </c>
+      <c r="G367" s="6">
+        <v>156340.18331015401</v>
+      </c>
+      <c r="H367" s="6">
+        <v>156441.62918409001</v>
+      </c>
+      <c r="I367" s="6">
+        <v>156626.436262453</v>
+      </c>
+      <c r="J367" s="6">
+        <v>156634</v>
+      </c>
+      <c r="K367" s="6">
+        <v>156916.26898885801</v>
+      </c>
+      <c r="L367" s="6">
+        <v>155983.86451888399</v>
+      </c>
+      <c r="M367" s="6">
+        <v>129637.46396149699</v>
+      </c>
+      <c r="N367" s="30">
+        <v>129637.46396149699</v>
+      </c>
+      <c r="O367" s="30">
+        <v>129637.46396149699</v>
+      </c>
+    </row>
+    <row r="368" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="39"/>
+      <c r="B368" s="39"/>
+      <c r="C368" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D368" s="6">
+        <v>171439.38440419399</v>
+      </c>
+      <c r="E368" s="6">
+        <v>171129.022324524</v>
+      </c>
+      <c r="F368" s="6">
+        <v>171071.55850876201</v>
+      </c>
+      <c r="G368" s="6">
+        <v>170970.13087055</v>
+      </c>
+      <c r="H368" s="6">
+        <v>170868.537454234</v>
+      </c>
+      <c r="I368" s="6">
+        <v>171030.45732093201</v>
+      </c>
+      <c r="J368" s="5"/>
+      <c r="K368" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L368" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M368" s="5"/>
+      <c r="N368" s="30"/>
+      <c r="O368" s="30"/>
+    </row>
+    <row r="369" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="39"/>
+      <c r="B369" s="39"/>
+      <c r="C369" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D369" s="7">
+        <v>0</v>
+      </c>
+      <c r="E369" s="7">
+        <v>0</v>
+      </c>
+      <c r="F369" s="7">
+        <v>0</v>
+      </c>
+      <c r="G369" s="7">
+        <v>0</v>
+      </c>
+      <c r="H369" s="7">
+        <v>0</v>
+      </c>
+      <c r="I369" s="7">
+        <v>0</v>
+      </c>
+      <c r="J369" s="5"/>
+      <c r="K369" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L369" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M369" s="5"/>
+      <c r="N369" s="30"/>
+      <c r="O369" s="30"/>
+    </row>
+    <row r="370" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="39"/>
+      <c r="B370" s="39"/>
+      <c r="C370" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D370" s="5"/>
+      <c r="E370" s="5"/>
+      <c r="F370" s="5"/>
+      <c r="G370" s="5"/>
+      <c r="H370" s="5"/>
+      <c r="I370" s="5"/>
+      <c r="J370" s="6">
+        <v>170902</v>
+      </c>
+      <c r="K370" s="6">
+        <v>171119.03908920899</v>
+      </c>
+      <c r="L370" s="6">
+        <v>170072.97420018099</v>
+      </c>
+      <c r="M370" s="6">
+        <v>141071.14399839999</v>
+      </c>
+      <c r="N370" s="30">
+        <v>141071.14399839999</v>
+      </c>
+      <c r="O370" s="30">
+        <v>141071.14399839999</v>
+      </c>
+    </row>
+    <row r="371" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="39"/>
+      <c r="B371" s="39"/>
+      <c r="C371" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D371" s="6">
+        <v>477206.71424098097</v>
+      </c>
+      <c r="E371" s="6">
+        <v>475889.18348473997</v>
+      </c>
+      <c r="F371" s="6">
+        <v>475862.73740276601</v>
+      </c>
+      <c r="G371" s="6">
+        <v>475726.68581929698</v>
+      </c>
+      <c r="H371" s="6">
+        <v>475416.83336167602</v>
+      </c>
+      <c r="I371" s="6">
+        <v>475362.10641661502</v>
+      </c>
+      <c r="J371" s="6">
+        <v>475111</v>
+      </c>
+      <c r="K371" s="6">
+        <v>475740.69192193297</v>
+      </c>
+      <c r="L371" s="6">
+        <v>472733.40932847501</v>
+      </c>
+      <c r="M371" s="6">
+        <v>392488.39199999999</v>
+      </c>
+      <c r="N371" s="30">
+        <v>392488.39204010298</v>
+      </c>
+      <c r="O371" s="30">
+        <v>392488.39204010298</v>
+      </c>
+    </row>
+    <row r="372" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="39"/>
+      <c r="B372" s="39"/>
+      <c r="C372" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D372" s="6">
+        <v>99489.569312281994</v>
+      </c>
+      <c r="E372" s="6">
+        <v>99194.945059816906</v>
+      </c>
+      <c r="F372" s="6">
+        <v>99171.423245065394</v>
+      </c>
+      <c r="G372" s="6">
+        <v>99121.025623048103</v>
+      </c>
+      <c r="H372" s="6">
+        <v>99186.3041082212</v>
+      </c>
+      <c r="I372" s="6">
+        <v>99231.465889379499</v>
+      </c>
+      <c r="J372" s="6">
+        <v>99363</v>
+      </c>
+      <c r="K372" s="6">
+        <v>99428.521613336794</v>
+      </c>
+      <c r="L372" s="6">
+        <v>98876.330321553105</v>
+      </c>
+      <c r="M372" s="6">
+        <v>82037.185970000006</v>
+      </c>
+      <c r="N372" s="30">
+        <v>82037.185971957006</v>
+      </c>
+      <c r="O372" s="30">
+        <v>82037.185971957006</v>
+      </c>
+    </row>
+    <row r="373" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A373" s="39"/>
+      <c r="B373" s="39"/>
+      <c r="C373" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D373" s="7">
+        <v>0</v>
+      </c>
+      <c r="E373" s="7">
+        <v>0</v>
+      </c>
+      <c r="F373" s="7">
+        <v>0</v>
+      </c>
+      <c r="G373" s="7">
+        <v>0</v>
+      </c>
+      <c r="H373" s="7">
+        <v>0</v>
+      </c>
+      <c r="I373" s="7">
+        <v>0</v>
+      </c>
+      <c r="J373" s="5"/>
+      <c r="K373" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L373" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M373" s="5"/>
+      <c r="N373" s="30"/>
+      <c r="O373" s="30"/>
+    </row>
+    <row r="374" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A374" s="39"/>
+      <c r="B374" s="39"/>
+      <c r="C374" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D374" s="7">
+        <v>0</v>
+      </c>
+      <c r="E374" s="7">
+        <v>0</v>
+      </c>
+      <c r="F374" s="7">
+        <v>0</v>
+      </c>
+      <c r="G374" s="7">
+        <v>0</v>
+      </c>
+      <c r="H374" s="7">
+        <v>0</v>
+      </c>
+      <c r="I374" s="7">
+        <v>0</v>
+      </c>
+      <c r="J374" s="5"/>
+      <c r="K374" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L374" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M374" s="5"/>
+      <c r="N374" s="30"/>
+      <c r="O374" s="30"/>
+    </row>
+    <row r="375" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="39"/>
+      <c r="B375" s="39"/>
+      <c r="C375" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D375" s="5"/>
+      <c r="E375" s="5"/>
+      <c r="F375" s="5"/>
+      <c r="G375" s="5"/>
+      <c r="H375" s="5"/>
+      <c r="I375" s="5"/>
+      <c r="J375" s="6">
+        <v>375748</v>
+      </c>
+      <c r="K375" s="6">
+        <v>376312.17030859599</v>
+      </c>
+      <c r="L375" s="6">
+        <v>373857.07900692098</v>
+      </c>
+      <c r="M375" s="6">
+        <v>310451.20610000001</v>
+      </c>
+      <c r="N375" s="30">
+        <v>310451.20606814598</v>
+      </c>
+      <c r="O375" s="30">
+        <v>310451.20606814598</v>
+      </c>
+    </row>
+    <row r="376" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="39"/>
+      <c r="B376" s="39"/>
+      <c r="C376" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D376" s="6">
+        <v>377717.14492869901</v>
+      </c>
+      <c r="E376" s="6">
+        <v>376694.23842492298</v>
+      </c>
+      <c r="F376" s="6">
+        <v>376691.31415769999</v>
+      </c>
+      <c r="G376" s="6">
+        <v>376605.66019624798</v>
+      </c>
+      <c r="H376" s="6">
+        <v>376230.52925345401</v>
+      </c>
+      <c r="I376" s="6">
+        <v>376130.64052723499</v>
+      </c>
+      <c r="J376" s="5"/>
+      <c r="K376" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L376" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M376" s="5"/>
+      <c r="N376" s="30"/>
+      <c r="O376" s="30"/>
+    </row>
+    <row r="377" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="39"/>
+      <c r="B377" s="39" t="s">
+        <v>46</v>
+      </c>
+      <c r="C377" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D377" s="6">
+        <v>899008</v>
+      </c>
+      <c r="E377" s="6">
+        <v>895648.680037654</v>
+      </c>
+      <c r="F377" s="6">
+        <v>896665</v>
+      </c>
+      <c r="G377" s="6">
+        <v>897037</v>
+      </c>
+      <c r="H377" s="6">
+        <v>897160</v>
+      </c>
+      <c r="I377" s="6">
+        <v>897218</v>
+      </c>
+      <c r="J377" s="6">
+        <v>896808</v>
+      </c>
+      <c r="K377" s="6">
+        <v>896822</v>
+      </c>
+      <c r="L377" s="6">
+        <v>895741.04542887199</v>
+      </c>
+      <c r="M377" s="6">
+        <v>969048</v>
+      </c>
+      <c r="N377" s="30">
+        <v>969048</v>
+      </c>
+      <c r="O377" s="30">
+        <v>969048</v>
+      </c>
+    </row>
+    <row r="378" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A378" s="39"/>
+      <c r="B378" s="39"/>
+      <c r="C378" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D378" s="6">
+        <v>628489.43226932699</v>
+      </c>
+      <c r="E378" s="6">
+        <v>626030.28807892604</v>
+      </c>
+      <c r="F378" s="6">
+        <v>626643.36231957504</v>
+      </c>
+      <c r="G378" s="6">
+        <v>626814.53682084405</v>
+      </c>
+      <c r="H378" s="6">
+        <v>626932.00643523503</v>
+      </c>
+      <c r="I378" s="6">
+        <v>626834.76999018795</v>
+      </c>
+      <c r="J378" s="6">
+        <v>626354</v>
+      </c>
+      <c r="K378" s="6">
+        <v>626134.741119741</v>
+      </c>
+      <c r="L378" s="6">
+        <v>625063.150876245</v>
+      </c>
+      <c r="M378" s="6">
+        <v>676092.46569999994</v>
+      </c>
+      <c r="N378" s="30">
+        <v>676092.465699272</v>
+      </c>
+      <c r="O378" s="30">
+        <v>676092.465699272</v>
+      </c>
+    </row>
+    <row r="379" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A379" s="39"/>
+      <c r="B379" s="39"/>
+      <c r="C379" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D379" s="6">
+        <v>627008.92711095</v>
+      </c>
+      <c r="E379" s="6">
+        <v>624365.33037708199</v>
+      </c>
+      <c r="F379" s="6">
+        <v>624906.686098348</v>
+      </c>
+      <c r="G379" s="6">
+        <v>625021.93804135802</v>
+      </c>
+      <c r="H379" s="6">
+        <v>624974.52663398499</v>
+      </c>
+      <c r="I379" s="6">
+        <v>624727.56083547894</v>
+      </c>
+      <c r="J379" s="6">
+        <v>624091</v>
+      </c>
+      <c r="K379" s="6">
+        <v>623795.90995905094</v>
+      </c>
+      <c r="L379" s="6">
+        <v>622668.16803362197</v>
+      </c>
+      <c r="M379" s="6">
+        <v>673379.92633623502</v>
+      </c>
+      <c r="N379" s="30">
+        <v>673379.92633623502</v>
+      </c>
+      <c r="O379" s="30">
+        <v>673379.92633623502</v>
+      </c>
+    </row>
+    <row r="380" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A380" s="39"/>
+      <c r="B380" s="39"/>
+      <c r="C380" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D380" s="6">
+        <v>1480.5051583775701</v>
+      </c>
+      <c r="E380" s="6">
+        <v>1664.9577018442701</v>
+      </c>
+      <c r="F380" s="6">
+        <v>1736.6762212265701</v>
+      </c>
+      <c r="G380" s="6">
+        <v>1792.59877948544</v>
+      </c>
+      <c r="H380" s="6">
+        <v>1957.4798012500301</v>
+      </c>
+      <c r="I380" s="6">
+        <v>2107.2091547083201</v>
+      </c>
+      <c r="J380" s="5"/>
+      <c r="K380" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L380" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M380" s="5"/>
+      <c r="N380" s="30"/>
+      <c r="O380" s="30"/>
+    </row>
+    <row r="381" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="39"/>
+      <c r="B381" s="39"/>
+      <c r="C381" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D381" s="7">
+        <v>0</v>
+      </c>
+      <c r="E381" s="7">
+        <v>0</v>
+      </c>
+      <c r="F381" s="7">
+        <v>0</v>
+      </c>
+      <c r="G381" s="7">
+        <v>0</v>
+      </c>
+      <c r="H381" s="7">
+        <v>0</v>
+      </c>
+      <c r="I381" s="7">
+        <v>0</v>
+      </c>
+      <c r="J381" s="5"/>
+      <c r="K381" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L381" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M381" s="5"/>
+      <c r="N381" s="30"/>
+      <c r="O381" s="30"/>
+    </row>
+    <row r="382" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A382" s="39"/>
+      <c r="B382" s="39"/>
+      <c r="C382" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D382" s="5"/>
+      <c r="E382" s="5"/>
+      <c r="F382" s="5"/>
+      <c r="G382" s="5"/>
+      <c r="H382" s="5"/>
+      <c r="I382" s="5"/>
+      <c r="J382" s="6">
+        <v>2263</v>
+      </c>
+      <c r="K382" s="6">
+        <v>2338.8311606901502</v>
+      </c>
+      <c r="L382" s="6">
+        <v>2394.9828426225999</v>
+      </c>
+      <c r="M382" s="6">
+        <v>2712.53936303613</v>
+      </c>
+      <c r="N382" s="30">
+        <v>2712.53936303613</v>
+      </c>
+      <c r="O382" s="30">
+        <v>2712.53936303613</v>
+      </c>
+    </row>
+    <row r="383" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="39"/>
+      <c r="B383" s="39"/>
+      <c r="C383" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D383" s="6">
+        <v>270518.56773067301</v>
+      </c>
+      <c r="E383" s="6">
+        <v>269618.39195872803</v>
+      </c>
+      <c r="F383" s="6">
+        <v>270021.63768042502</v>
+      </c>
+      <c r="G383" s="6">
+        <v>270222.46317915601</v>
+      </c>
+      <c r="H383" s="6">
+        <v>270227.99356476503</v>
+      </c>
+      <c r="I383" s="6">
+        <v>270383.23000981199</v>
+      </c>
+      <c r="J383" s="6">
+        <v>270454</v>
+      </c>
+      <c r="K383" s="6">
+        <v>270687.258880259</v>
+      </c>
+      <c r="L383" s="6">
+        <v>270677.89455262799</v>
+      </c>
+      <c r="M383" s="6">
+        <v>292955.5343</v>
+      </c>
+      <c r="N383" s="30">
+        <v>292955.53430072899</v>
+      </c>
+      <c r="O383" s="30">
+        <v>292955.53430072899</v>
+      </c>
+    </row>
+    <row r="384" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="39"/>
+      <c r="B384" s="39"/>
+      <c r="C384" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D384" s="6">
+        <v>118268.051549911</v>
+      </c>
+      <c r="E384" s="6">
+        <v>117804.83245466001</v>
+      </c>
+      <c r="F384" s="6">
+        <v>118122.34206388899</v>
+      </c>
+      <c r="G384" s="6">
+        <v>118132.66249082499</v>
+      </c>
+      <c r="H384" s="6">
+        <v>118153.93861538199</v>
+      </c>
+      <c r="I384" s="6">
+        <v>118284.167193577</v>
+      </c>
+      <c r="J384" s="6">
+        <v>118328</v>
+      </c>
+      <c r="K384" s="6">
+        <v>118349.865920707</v>
+      </c>
+      <c r="L384" s="6">
+        <v>118338.079606725</v>
+      </c>
+      <c r="M384" s="6">
+        <v>128071.7659</v>
+      </c>
+      <c r="N384" s="30">
+        <v>128071.76592802801</v>
+      </c>
+      <c r="O384" s="30">
+        <v>128071.76592802801</v>
+      </c>
+    </row>
+    <row r="385" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="39"/>
+      <c r="B385" s="39"/>
+      <c r="C385" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D385" s="6">
+        <v>14924.4601220768</v>
+      </c>
+      <c r="E385" s="6">
+        <v>14853.8040577844</v>
+      </c>
+      <c r="F385" s="6">
+        <v>14855.749605729199</v>
+      </c>
+      <c r="G385" s="6">
+        <v>14847.032314039299</v>
+      </c>
+      <c r="H385" s="6">
+        <v>14834.194204719701</v>
+      </c>
+      <c r="I385" s="6">
+        <v>14820.3190741444</v>
+      </c>
+      <c r="J385" s="5"/>
+      <c r="K385" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L385" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M385" s="5"/>
+      <c r="N385" s="30"/>
+      <c r="O385" s="30"/>
+    </row>
+    <row r="386" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="39"/>
+      <c r="B386" s="39"/>
+      <c r="C386" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D386" s="7">
+        <v>0</v>
+      </c>
+      <c r="E386" s="7">
+        <v>0</v>
+      </c>
+      <c r="F386" s="7">
+        <v>0</v>
+      </c>
+      <c r="G386" s="7">
+        <v>0</v>
+      </c>
+      <c r="H386" s="7">
+        <v>0</v>
+      </c>
+      <c r="I386" s="7">
+        <v>0</v>
+      </c>
+      <c r="J386" s="5"/>
+      <c r="K386" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L386" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M386" s="5"/>
+      <c r="N386" s="30"/>
+      <c r="O386" s="30"/>
+    </row>
+    <row r="387" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A387" s="39"/>
+      <c r="B387" s="39"/>
+      <c r="C387" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D387" s="5"/>
+      <c r="E387" s="5"/>
+      <c r="F387" s="5"/>
+      <c r="G387" s="5"/>
+      <c r="H387" s="5"/>
+      <c r="I387" s="5"/>
+      <c r="J387" s="6">
+        <v>152126</v>
+      </c>
+      <c r="K387" s="6">
+        <v>152337.39295955101</v>
+      </c>
+      <c r="L387" s="6">
+        <v>152339.814945903</v>
+      </c>
+      <c r="M387" s="6">
+        <v>164883.7684</v>
+      </c>
+      <c r="N387" s="30">
+        <v>164883.76837270099</v>
+      </c>
+      <c r="O387" s="30">
+        <v>164883.76837270099</v>
+      </c>
+    </row>
+    <row r="388" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A388" s="39"/>
+      <c r="B388" s="39"/>
+      <c r="C388" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D388" s="6">
+        <v>137326.056058685</v>
+      </c>
+      <c r="E388" s="6">
+        <v>136959.75544628399</v>
+      </c>
+      <c r="F388" s="6">
+        <v>137043.54601080599</v>
+      </c>
+      <c r="G388" s="6">
+        <v>137242.76837429201</v>
+      </c>
+      <c r="H388" s="6">
+        <v>137239.86074466299</v>
+      </c>
+      <c r="I388" s="6">
+        <v>137278.743742091</v>
+      </c>
+      <c r="J388" s="5"/>
+      <c r="K388" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L388" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M388" s="5"/>
+      <c r="N388" s="30"/>
+      <c r="O388" s="30"/>
+    </row>
+    <row r="389" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A389" s="39"/>
+      <c r="B389" s="39" t="s">
+        <v>47</v>
+      </c>
+      <c r="C389" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D389" s="6">
+        <v>1250477</v>
+      </c>
+      <c r="E389" s="6">
+        <v>1247640.7604310999</v>
+      </c>
+      <c r="F389" s="6">
+        <v>1248245</v>
+      </c>
+      <c r="G389" s="6">
+        <v>1249033</v>
+      </c>
+      <c r="H389" s="6">
+        <v>1249714</v>
+      </c>
+      <c r="I389" s="6">
+        <v>1249462</v>
+      </c>
+      <c r="J389" s="6">
+        <v>1249736</v>
+      </c>
+      <c r="K389" s="6">
+        <v>1249902</v>
+      </c>
+      <c r="L389" s="6">
+        <v>1240846.36784402</v>
+      </c>
+      <c r="M389" s="6">
+        <v>1273082</v>
+      </c>
+      <c r="N389" s="30">
+        <v>1273082</v>
+      </c>
+      <c r="O389" s="30">
+        <v>1273082</v>
+      </c>
+    </row>
+    <row r="390" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A390" s="39"/>
+      <c r="B390" s="39"/>
+      <c r="C390" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D390" s="6">
+        <v>536730.465567676</v>
+      </c>
+      <c r="E390" s="6">
+        <v>535515.88738664996</v>
+      </c>
+      <c r="F390" s="6">
+        <v>536271.65370967402</v>
+      </c>
+      <c r="G390" s="6">
+        <v>536931.04818908405</v>
+      </c>
+      <c r="H390" s="6">
+        <v>537444.65193147503</v>
+      </c>
+      <c r="I390" s="6">
+        <v>537469.84002863395</v>
+      </c>
+      <c r="J390" s="6">
+        <v>537430</v>
+      </c>
+      <c r="K390" s="6">
+        <v>537373.16355474503</v>
+      </c>
+      <c r="L390" s="6">
+        <v>533375.273473826</v>
+      </c>
+      <c r="M390" s="6">
+        <v>547274.32389999996</v>
+      </c>
+      <c r="N390" s="30">
+        <v>547274.32388743595</v>
+      </c>
+      <c r="O390" s="30">
+        <v>547274.32388743595</v>
+      </c>
+    </row>
+    <row r="391" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="39"/>
+      <c r="B391" s="39"/>
+      <c r="C391" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D391" s="6">
+        <v>260312.46768059101</v>
+      </c>
+      <c r="E391" s="6">
+        <v>259773.82494989599</v>
+      </c>
+      <c r="F391" s="6">
+        <v>260195.77604490999</v>
+      </c>
+      <c r="G391" s="6">
+        <v>260490.286081764</v>
+      </c>
+      <c r="H391" s="6">
+        <v>260677.47423475</v>
+      </c>
+      <c r="I391" s="6">
+        <v>260705.85098416399</v>
+      </c>
+      <c r="J391" s="6">
+        <v>260569</v>
+      </c>
+      <c r="K391" s="6">
+        <v>260478.68379851899</v>
+      </c>
+      <c r="L391" s="6">
+        <v>258543.471604266</v>
+      </c>
+      <c r="M391" s="6">
+        <v>265290.30537385202</v>
+      </c>
+      <c r="N391" s="30">
+        <v>265290.30537385202</v>
+      </c>
+      <c r="O391" s="30">
+        <v>265290.30537385202</v>
+      </c>
+    </row>
+    <row r="392" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="39"/>
+      <c r="B392" s="39"/>
+      <c r="C392" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D392" s="6">
+        <v>276417.99788708502</v>
+      </c>
+      <c r="E392" s="6">
+        <v>275742.062436754</v>
+      </c>
+      <c r="F392" s="6">
+        <v>276075.877664764</v>
+      </c>
+      <c r="G392" s="6">
+        <v>276440.76210732001</v>
+      </c>
+      <c r="H392" s="6">
+        <v>276767.17769672401</v>
+      </c>
+      <c r="I392" s="6">
+        <v>276748.78811701498</v>
+      </c>
+      <c r="J392" s="5"/>
+      <c r="K392" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L392" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M392" s="5"/>
+      <c r="N392" s="30"/>
+      <c r="O392" s="30"/>
+    </row>
+    <row r="393" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="39"/>
+      <c r="B393" s="39"/>
+      <c r="C393" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D393" s="7">
+        <v>0</v>
+      </c>
+      <c r="E393" s="7">
+        <v>0</v>
+      </c>
+      <c r="F393" s="7">
+        <v>0</v>
+      </c>
+      <c r="G393" s="7">
+        <v>0</v>
+      </c>
+      <c r="H393" s="7">
+        <v>0</v>
+      </c>
+      <c r="I393" s="6">
+        <v>15.2009274550804</v>
+      </c>
+      <c r="J393" s="5"/>
+      <c r="K393" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L393" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M393" s="5"/>
+      <c r="N393" s="30"/>
+      <c r="O393" s="30"/>
+    </row>
+    <row r="394" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="39"/>
+      <c r="B394" s="39"/>
+      <c r="C394" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D394" s="5"/>
+      <c r="E394" s="5"/>
+      <c r="F394" s="5"/>
+      <c r="G394" s="5"/>
+      <c r="H394" s="5"/>
+      <c r="I394" s="5"/>
+      <c r="J394" s="6">
+        <v>276861</v>
+      </c>
+      <c r="K394" s="6">
+        <v>276894.47975622601</v>
+      </c>
+      <c r="L394" s="6">
+        <v>274831.80186956102</v>
+      </c>
+      <c r="M394" s="6">
+        <v>281984.01851358498</v>
+      </c>
+      <c r="N394" s="30">
+        <v>281984.01851358498</v>
+      </c>
+      <c r="O394" s="30">
+        <v>281984.01851358498</v>
+      </c>
+    </row>
+    <row r="395" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="39"/>
+      <c r="B395" s="39"/>
+      <c r="C395" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D395" s="6">
+        <v>713746.534432324</v>
+      </c>
+      <c r="E395" s="6">
+        <v>712124.87304444704</v>
+      </c>
+      <c r="F395" s="6">
+        <v>711973.34629032598</v>
+      </c>
+      <c r="G395" s="6">
+        <v>712101.95181091502</v>
+      </c>
+      <c r="H395" s="6">
+        <v>712269.34806852497</v>
+      </c>
+      <c r="I395" s="6">
+        <v>711992.15997136605</v>
+      </c>
+      <c r="J395" s="6">
+        <v>712306</v>
+      </c>
+      <c r="K395" s="6">
+        <v>712528.83644525497</v>
+      </c>
+      <c r="L395" s="6">
+        <v>707471.09437018901</v>
+      </c>
+      <c r="M395" s="6">
+        <v>725807.67610000004</v>
+      </c>
+      <c r="N395" s="30">
+        <v>725807.67611256405</v>
+      </c>
+      <c r="O395" s="30">
+        <v>725807.67611256405</v>
+      </c>
+    </row>
+    <row r="396" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="39"/>
+      <c r="B396" s="39"/>
+      <c r="C396" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D396" s="6">
+        <v>202760.22699065701</v>
+      </c>
+      <c r="E396" s="6">
+        <v>202368.26874514401</v>
+      </c>
+      <c r="F396" s="6">
+        <v>202371.90840908801</v>
+      </c>
+      <c r="G396" s="6">
+        <v>202410.14299724001</v>
+      </c>
+      <c r="H396" s="6">
+        <v>202559.71992732401</v>
+      </c>
+      <c r="I396" s="6">
+        <v>202656.494407127</v>
+      </c>
+      <c r="J396" s="6">
+        <v>202718</v>
+      </c>
+      <c r="K396" s="6">
+        <v>202860.798156729</v>
+      </c>
+      <c r="L396" s="6">
+        <v>201549.72201787101</v>
+      </c>
+      <c r="M396" s="6">
+        <v>206882.77970000001</v>
+      </c>
+      <c r="N396" s="30">
+        <v>206882.779679339</v>
+      </c>
+      <c r="O396" s="30">
+        <v>206882.779679339</v>
+      </c>
+    </row>
+    <row r="397" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="39"/>
+      <c r="B397" s="39"/>
+      <c r="C397" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D397" s="6">
+        <v>6.7694792569204099</v>
+      </c>
+      <c r="E397" s="6">
+        <v>6.7473598787940201</v>
+      </c>
+      <c r="F397" s="6">
+        <v>6.7448726492179203</v>
+      </c>
+      <c r="G397" s="6">
+        <v>6.7433604998236101</v>
+      </c>
+      <c r="H397" s="6">
+        <v>6.7412896685592996</v>
+      </c>
+      <c r="I397" s="6">
+        <v>6.7331950625734702</v>
+      </c>
+      <c r="J397" s="5"/>
+      <c r="K397" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L397" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M397" s="5"/>
+      <c r="N397" s="30"/>
+      <c r="O397" s="30"/>
+    </row>
+    <row r="398" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="39"/>
+      <c r="B398" s="39"/>
+      <c r="C398" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D398" s="7">
+        <v>0</v>
+      </c>
+      <c r="E398" s="7">
+        <v>0</v>
+      </c>
+      <c r="F398" s="7">
+        <v>0</v>
+      </c>
+      <c r="G398" s="7">
+        <v>0</v>
+      </c>
+      <c r="H398" s="7">
+        <v>0</v>
+      </c>
+      <c r="I398" s="7">
+        <v>0</v>
+      </c>
+      <c r="J398" s="5"/>
+      <c r="K398" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L398" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M398" s="5"/>
+      <c r="N398" s="30"/>
+      <c r="O398" s="30"/>
+    </row>
+    <row r="399" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="39"/>
+      <c r="B399" s="39"/>
+      <c r="C399" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D399" s="5"/>
+      <c r="E399" s="5"/>
+      <c r="F399" s="5"/>
+      <c r="G399" s="5"/>
+      <c r="H399" s="5"/>
+      <c r="I399" s="5"/>
+      <c r="J399" s="6">
+        <v>509588</v>
+      </c>
+      <c r="K399" s="6">
+        <v>509668.038288526</v>
+      </c>
+      <c r="L399" s="6">
+        <v>505921.37235231901</v>
+      </c>
+      <c r="M399" s="6">
+        <v>518924.89640000003</v>
+      </c>
+      <c r="N399" s="30">
+        <v>518924.89643322403</v>
+      </c>
+      <c r="O399" s="30">
+        <v>518924.89643322403</v>
+      </c>
+    </row>
+    <row r="400" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="39"/>
+      <c r="B400" s="39"/>
+      <c r="C400" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D400" s="6">
+        <v>510979.53796241002</v>
+      </c>
+      <c r="E400" s="6">
+        <v>509749.856939424</v>
+      </c>
+      <c r="F400" s="6">
+        <v>509594.69300858898</v>
+      </c>
+      <c r="G400" s="6">
+        <v>509685.06545317598</v>
+      </c>
+      <c r="H400" s="6">
+        <v>509702.88685153303</v>
+      </c>
+      <c r="I400" s="6">
+        <v>509328.93236917601</v>
+      </c>
+      <c r="J400" s="5"/>
+      <c r="K400" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L400" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M400" s="5"/>
+      <c r="N400" s="30"/>
+      <c r="O400" s="30"/>
+    </row>
+    <row r="401" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="39"/>
+      <c r="B401" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="C401" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D401" s="6">
+        <v>837606</v>
+      </c>
+      <c r="E401" s="6">
+        <v>795819.32038013102</v>
+      </c>
+      <c r="F401" s="6">
+        <v>796488</v>
+      </c>
+      <c r="G401" s="6">
+        <v>797321</v>
+      </c>
+      <c r="H401" s="6">
+        <v>797434</v>
+      </c>
+      <c r="I401" s="6">
+        <v>797411</v>
+      </c>
+      <c r="J401" s="6">
+        <v>796964</v>
+      </c>
+      <c r="K401" s="6">
+        <v>797750</v>
+      </c>
+      <c r="L401" s="6">
+        <v>791931.29487871495</v>
+      </c>
+      <c r="M401" s="6">
+        <v>715573</v>
+      </c>
+      <c r="N401" s="30">
+        <v>715573</v>
+      </c>
+      <c r="O401" s="30">
+        <v>715573</v>
+      </c>
+    </row>
+    <row r="402" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="39"/>
+      <c r="B402" s="39"/>
+      <c r="C402" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D402" s="6">
+        <v>323061.88195795001</v>
+      </c>
+      <c r="E402" s="6">
+        <v>307024.96965375799</v>
+      </c>
+      <c r="F402" s="6">
+        <v>307506.436966974</v>
+      </c>
+      <c r="G402" s="6">
+        <v>307896.59136930603</v>
+      </c>
+      <c r="H402" s="6">
+        <v>307993.13990954799</v>
+      </c>
+      <c r="I402" s="6">
+        <v>307994.30371329898</v>
+      </c>
+      <c r="J402" s="6">
+        <v>307732</v>
+      </c>
+      <c r="K402" s="6">
+        <v>307956.86036539503</v>
+      </c>
+      <c r="L402" s="6">
+        <v>305674.315558573</v>
+      </c>
+      <c r="M402" s="6">
+        <v>276328.65059999999</v>
+      </c>
+      <c r="N402" s="30">
+        <v>276328.650610457</v>
+      </c>
+      <c r="O402" s="30">
+        <v>276328.650610457</v>
+      </c>
+    </row>
+    <row r="403" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="39"/>
+      <c r="B403" s="39"/>
+      <c r="C403" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D403" s="6">
+        <v>236258.98989678099</v>
+      </c>
+      <c r="E403" s="6">
+        <v>224528.85279128299</v>
+      </c>
+      <c r="F403" s="6">
+        <v>224879.25167400599</v>
+      </c>
+      <c r="G403" s="6">
+        <v>225164.46661520601</v>
+      </c>
+      <c r="H403" s="6">
+        <v>225223.042469751</v>
+      </c>
+      <c r="I403" s="6">
+        <v>225171.47698652101</v>
+      </c>
+      <c r="J403" s="6">
+        <v>224966</v>
+      </c>
+      <c r="K403" s="6">
+        <v>225070.117830131</v>
+      </c>
+      <c r="L403" s="6">
+        <v>223321.481001081</v>
+      </c>
+      <c r="M403" s="6">
+        <v>201811.36311435699</v>
+      </c>
+      <c r="N403" s="30">
+        <v>201811.36311435699</v>
+      </c>
+      <c r="O403" s="30">
+        <v>201811.36311435699</v>
+      </c>
+    </row>
+    <row r="404" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="39"/>
+      <c r="B404" s="39"/>
+      <c r="C404" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D404" s="6">
+        <v>86799.029789541004</v>
+      </c>
+      <c r="E404" s="6">
+        <v>82492.450952116502</v>
+      </c>
+      <c r="F404" s="6">
+        <v>82595.727209858203</v>
+      </c>
+      <c r="G404" s="6">
+        <v>82700.664353119399</v>
+      </c>
+      <c r="H404" s="6">
+        <v>82738.663087798297</v>
+      </c>
+      <c r="I404" s="6">
+        <v>82791.274271577902</v>
+      </c>
+      <c r="J404" s="5"/>
+      <c r="K404" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L404" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M404" s="5"/>
+      <c r="N404" s="30"/>
+      <c r="O404" s="30"/>
+    </row>
+    <row r="405" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="39"/>
+      <c r="B405" s="39"/>
+      <c r="C405" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D405" s="6">
+        <v>3.8622716276530999</v>
+      </c>
+      <c r="E405" s="6">
+        <v>3.66591035863466</v>
+      </c>
+      <c r="F405" s="6">
+        <v>31.458083110276899</v>
+      </c>
+      <c r="G405" s="6">
+        <v>31.460400980399601</v>
+      </c>
+      <c r="H405" s="6">
+        <v>31.434351998548699</v>
+      </c>
+      <c r="I405" s="6">
+        <v>31.552455201062902</v>
+      </c>
+      <c r="J405" s="5"/>
+      <c r="K405" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L405" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M405" s="5"/>
+      <c r="N405" s="30"/>
+      <c r="O405" s="30"/>
+    </row>
+    <row r="406" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A406" s="39"/>
+      <c r="B406" s="39"/>
+      <c r="C406" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D406" s="5"/>
+      <c r="E406" s="5"/>
+      <c r="F406" s="5"/>
+      <c r="G406" s="5"/>
+      <c r="H406" s="5"/>
+      <c r="I406" s="5"/>
+      <c r="J406" s="6">
+        <v>82766</v>
+      </c>
+      <c r="K406" s="6">
+        <v>82886.742535263504</v>
+      </c>
+      <c r="L406" s="6">
+        <v>82352.834557491893</v>
+      </c>
+      <c r="M406" s="6">
+        <v>74517.287496100602</v>
+      </c>
+      <c r="N406" s="30">
+        <v>74517.287496100602</v>
+      </c>
+      <c r="O406" s="30">
+        <v>74517.287496100602</v>
+      </c>
+    </row>
+    <row r="407" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="39"/>
+      <c r="B407" s="39"/>
+      <c r="C407" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D407" s="6">
+        <v>514544.11804204999</v>
+      </c>
+      <c r="E407" s="6">
+        <v>488794.35072637303</v>
+      </c>
+      <c r="F407" s="6">
+        <v>488981.563033026</v>
+      </c>
+      <c r="G407" s="6">
+        <v>489424.40863069502</v>
+      </c>
+      <c r="H407" s="6">
+        <v>489440.86009045201</v>
+      </c>
+      <c r="I407" s="6">
+        <v>489416.69628670102</v>
+      </c>
+      <c r="J407" s="6">
+        <v>489232</v>
+      </c>
+      <c r="K407" s="6">
+        <v>489793.13963460497</v>
+      </c>
+      <c r="L407" s="6">
+        <v>486256.97932014201</v>
+      </c>
+      <c r="M407" s="6">
+        <v>439244.34940000001</v>
+      </c>
+      <c r="N407" s="30">
+        <v>439244.349389543</v>
+      </c>
+      <c r="O407" s="30">
+        <v>439244.349389543</v>
+      </c>
+    </row>
+    <row r="408" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="39"/>
+      <c r="B408" s="39"/>
+      <c r="C408" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D408" s="6">
+        <v>156665.962422643</v>
+      </c>
+      <c r="E408" s="6">
+        <v>148780.41746725101</v>
+      </c>
+      <c r="F408" s="6">
+        <v>148909.136147957</v>
+      </c>
+      <c r="G408" s="6">
+        <v>149036.88822770101</v>
+      </c>
+      <c r="H408" s="6">
+        <v>149048.005484689</v>
+      </c>
+      <c r="I408" s="6">
+        <v>149079.108998237</v>
+      </c>
+      <c r="J408" s="6">
+        <v>149121</v>
+      </c>
+      <c r="K408" s="6">
+        <v>149256.19615191</v>
+      </c>
+      <c r="L408" s="6">
+        <v>148126.15801606799</v>
+      </c>
+      <c r="M408" s="6">
+        <v>133952.44589999999</v>
+      </c>
+      <c r="N408" s="30">
+        <v>133952.445877969</v>
+      </c>
+      <c r="O408" s="30">
+        <v>133952.445877969</v>
+      </c>
+    </row>
+    <row r="409" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="39"/>
+      <c r="B409" s="39"/>
+      <c r="C409" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D409" s="7">
+        <v>0</v>
+      </c>
+      <c r="E409" s="7">
+        <v>0</v>
+      </c>
+      <c r="F409" s="7">
+        <v>0</v>
+      </c>
+      <c r="G409" s="6">
+        <v>5.7823889449249801</v>
+      </c>
+      <c r="H409" s="6">
+        <v>5.77841748478279</v>
+      </c>
+      <c r="I409" s="6">
+        <v>5.77248158963656</v>
+      </c>
+      <c r="J409" s="5"/>
+      <c r="K409" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L409" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M409" s="5"/>
+      <c r="N409" s="30"/>
+      <c r="O409" s="30"/>
+    </row>
+    <row r="410" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="39"/>
+      <c r="B410" s="39"/>
+      <c r="C410" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D410" s="7">
+        <v>0</v>
+      </c>
+      <c r="E410" s="7">
+        <v>0</v>
+      </c>
+      <c r="F410" s="7">
+        <v>0</v>
+      </c>
+      <c r="G410" s="7">
+        <v>0</v>
+      </c>
+      <c r="H410" s="7">
+        <v>0</v>
+      </c>
+      <c r="I410" s="7">
+        <v>0</v>
+      </c>
+      <c r="J410" s="5"/>
+      <c r="K410" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L410" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M410" s="5"/>
+      <c r="N410" s="30"/>
+      <c r="O410" s="30"/>
+    </row>
+    <row r="411" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="39"/>
+      <c r="B411" s="39"/>
+      <c r="C411" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D411" s="5"/>
+      <c r="E411" s="5"/>
+      <c r="F411" s="5"/>
+      <c r="G411" s="5"/>
+      <c r="H411" s="5"/>
+      <c r="I411" s="5"/>
+      <c r="J411" s="6">
+        <v>340111</v>
+      </c>
+      <c r="K411" s="6">
+        <v>340536.94348269497</v>
+      </c>
+      <c r="L411" s="6">
+        <v>338130.82130407402</v>
+      </c>
+      <c r="M411" s="6">
+        <v>305291.90350000001</v>
+      </c>
+      <c r="N411" s="30">
+        <v>305291.90351157298</v>
+      </c>
+      <c r="O411" s="30">
+        <v>305291.90351157298</v>
+      </c>
+    </row>
+    <row r="412" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A412" s="39"/>
+      <c r="B412" s="39"/>
+      <c r="C412" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D412" s="6">
+        <v>357878.155619408</v>
+      </c>
+      <c r="E412" s="6">
+        <v>340013.93325912202</v>
+      </c>
+      <c r="F412" s="6">
+        <v>340072.42688506801</v>
+      </c>
+      <c r="G412" s="6">
+        <v>340381.73801404901</v>
+      </c>
+      <c r="H412" s="6">
+        <v>340387.07618827798</v>
+      </c>
+      <c r="I412" s="6">
+        <v>340331.81480687403</v>
+      </c>
+      <c r="J412" s="5"/>
+      <c r="K412" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L412" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M412" s="5"/>
+      <c r="N412" s="30"/>
+      <c r="O412" s="30"/>
+    </row>
+    <row r="413" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A413" s="39"/>
+      <c r="B413" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="C413" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D413" s="6">
+        <v>1428108</v>
+      </c>
+      <c r="E413" s="6">
+        <v>1413749.88578149</v>
+      </c>
+      <c r="F413" s="6">
+        <v>1410906</v>
+      </c>
+      <c r="G413" s="6">
+        <v>1414516</v>
+      </c>
+      <c r="H413" s="6">
+        <v>1414702</v>
+      </c>
+      <c r="I413" s="6">
+        <v>1414693</v>
+      </c>
+      <c r="J413" s="6">
+        <v>1414606</v>
+      </c>
+      <c r="K413" s="6">
+        <v>1414423</v>
+      </c>
+      <c r="L413" s="6">
+        <v>1491739.28485642</v>
+      </c>
+      <c r="M413" s="6">
+        <v>1444517</v>
+      </c>
+      <c r="N413" s="30">
+        <v>1444517</v>
+      </c>
+      <c r="O413" s="30">
+        <v>1444517</v>
+      </c>
+    </row>
+    <row r="414" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A414" s="39"/>
+      <c r="B414" s="39"/>
+      <c r="C414" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D414" s="6">
+        <v>371322.357784833</v>
+      </c>
+      <c r="E414" s="6">
+        <v>367719.88476700499</v>
+      </c>
+      <c r="F414" s="6">
+        <v>367202.26208173798</v>
+      </c>
+      <c r="G414" s="6">
+        <v>368325.11181395099</v>
+      </c>
+      <c r="H414" s="6">
+        <v>368554.69475551997</v>
+      </c>
+      <c r="I414" s="6">
+        <v>368870.76384450099</v>
+      </c>
+      <c r="J414" s="6">
+        <v>368705</v>
+      </c>
+      <c r="K414" s="6">
+        <v>368563.40619150101</v>
+      </c>
+      <c r="L414" s="6">
+        <v>388637.88261657098</v>
+      </c>
+      <c r="M414" s="6">
+        <v>376769.23489999998</v>
+      </c>
+      <c r="N414" s="30">
+        <v>376769.23486330902</v>
+      </c>
+      <c r="O414" s="30">
+        <v>376769.23486330902</v>
+      </c>
+    </row>
+    <row r="415" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A415" s="39"/>
+      <c r="B415" s="39"/>
+      <c r="C415" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D415" s="6">
+        <v>277167.49351773702</v>
+      </c>
+      <c r="E415" s="6">
+        <v>274497.60492729797</v>
+      </c>
+      <c r="F415" s="6">
+        <v>274111.12385110703</v>
+      </c>
+      <c r="G415" s="6">
+        <v>274989.89843960502</v>
+      </c>
+      <c r="H415" s="6">
+        <v>275025.35162192897</v>
+      </c>
+      <c r="I415" s="6">
+        <v>275148.35655239999</v>
+      </c>
+      <c r="J415" s="6">
+        <v>274942</v>
+      </c>
+      <c r="K415" s="6">
+        <v>274831.04141134903</v>
+      </c>
+      <c r="L415" s="6">
+        <v>289820.050620694</v>
+      </c>
+      <c r="M415" s="6">
+        <v>281030.97641893401</v>
+      </c>
+      <c r="N415" s="30">
+        <v>281030.97641893401</v>
+      </c>
+      <c r="O415" s="30">
+        <v>281030.97641893401</v>
+      </c>
+    </row>
+    <row r="416" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A416" s="39"/>
+      <c r="B416" s="39"/>
+      <c r="C416" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D416" s="6">
+        <v>94154.864267095501</v>
+      </c>
+      <c r="E416" s="6">
+        <v>93222.279839707597</v>
+      </c>
+      <c r="F416" s="6">
+        <v>93091.138230631099</v>
+      </c>
+      <c r="G416" s="6">
+        <v>93335.213374345898</v>
+      </c>
+      <c r="H416" s="6">
+        <v>93529.343133590693</v>
+      </c>
+      <c r="I416" s="6">
+        <v>93722.407292100994</v>
+      </c>
+      <c r="J416" s="5"/>
+      <c r="K416" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L416" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M416" s="5"/>
+      <c r="N416" s="30"/>
+      <c r="O416" s="30"/>
+    </row>
+    <row r="417" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A417" s="39"/>
+      <c r="B417" s="39"/>
+      <c r="C417" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D417" s="7">
+        <v>0</v>
+      </c>
+      <c r="E417" s="7">
+        <v>0</v>
+      </c>
+      <c r="F417" s="7">
+        <v>0</v>
+      </c>
+      <c r="G417" s="7">
+        <v>0</v>
+      </c>
+      <c r="H417" s="7">
+        <v>0</v>
+      </c>
+      <c r="I417" s="7">
+        <v>0</v>
+      </c>
+      <c r="J417" s="5"/>
+      <c r="K417" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L417" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M417" s="5"/>
+      <c r="N417" s="30"/>
+      <c r="O417" s="30"/>
+    </row>
+    <row r="418" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A418" s="39"/>
+      <c r="B418" s="39"/>
+      <c r="C418" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D418" s="5"/>
+      <c r="E418" s="5"/>
+      <c r="F418" s="5"/>
+      <c r="G418" s="5"/>
+      <c r="H418" s="5"/>
+      <c r="I418" s="5"/>
+      <c r="J418" s="6">
+        <v>93763</v>
+      </c>
+      <c r="K418" s="6">
+        <v>93732.364780151402</v>
+      </c>
+      <c r="L418" s="6">
+        <v>98817.831995877001</v>
+      </c>
+      <c r="M418" s="6">
+        <v>95738.258444374194</v>
+      </c>
+      <c r="N418" s="30">
+        <v>95738.258444374194</v>
+      </c>
+      <c r="O418" s="30">
+        <v>95738.258444374194</v>
+      </c>
+    </row>
+    <row r="419" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A419" s="39"/>
+      <c r="B419" s="39"/>
+      <c r="C419" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D419" s="6">
+        <v>1056785.64221517</v>
+      </c>
+      <c r="E419" s="6">
+        <v>1046030.00101448</v>
+      </c>
+      <c r="F419" s="6">
+        <v>1043703.73791826</v>
+      </c>
+      <c r="G419" s="6">
+        <v>1046190.88818605</v>
+      </c>
+      <c r="H419" s="6">
+        <v>1046147.30524448</v>
+      </c>
+      <c r="I419" s="6">
+        <v>1045822.2361555001</v>
+      </c>
+      <c r="J419" s="6">
+        <v>1045901</v>
+      </c>
+      <c r="K419" s="6">
+        <v>1045859.5938085</v>
+      </c>
+      <c r="L419" s="6">
+        <v>1103101.40223985</v>
+      </c>
+      <c r="M419" s="6">
+        <v>106853.95699999999</v>
+      </c>
+      <c r="N419" s="30">
+        <v>1067747.7651366901</v>
+      </c>
+      <c r="O419" s="30">
+        <v>1067747.7651366901</v>
+      </c>
+    </row>
+    <row r="420" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="39"/>
+      <c r="B420" s="39"/>
+      <c r="C420" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D420" s="6">
+        <v>105873.513394482</v>
+      </c>
+      <c r="E420" s="6">
+        <v>104777.47437298601</v>
+      </c>
+      <c r="F420" s="6">
+        <v>104552.004327295</v>
+      </c>
+      <c r="G420" s="6">
+        <v>104771.248916451</v>
+      </c>
+      <c r="H420" s="6">
+        <v>104724.53903105699</v>
+      </c>
+      <c r="I420" s="6">
+        <v>104688.50003851901</v>
+      </c>
+      <c r="J420" s="6">
+        <v>104698</v>
+      </c>
+      <c r="K420" s="6">
+        <v>104687.11283389</v>
+      </c>
+      <c r="L420" s="6">
+        <v>110379.355770971</v>
+      </c>
+      <c r="M420" s="6">
+        <v>106853.95699999999</v>
+      </c>
+      <c r="N420" s="30">
+        <v>106853.956960367</v>
+      </c>
+      <c r="O420" s="30">
+        <v>106853.956960367</v>
+      </c>
+    </row>
+    <row r="421" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A421" s="39"/>
+      <c r="B421" s="39"/>
+      <c r="C421" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D421" s="7">
+        <v>0</v>
+      </c>
+      <c r="E421" s="7">
+        <v>0</v>
+      </c>
+      <c r="F421" s="7">
+        <v>0</v>
+      </c>
+      <c r="G421" s="7">
+        <v>0</v>
+      </c>
+      <c r="H421" s="7">
+        <v>0</v>
+      </c>
+      <c r="I421" s="7">
+        <v>0</v>
+      </c>
+      <c r="J421" s="5"/>
+      <c r="K421" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L421" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M421" s="5"/>
+      <c r="N421" s="30"/>
+      <c r="O421" s="30"/>
+    </row>
+    <row r="422" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A422" s="39"/>
+      <c r="B422" s="39"/>
+      <c r="C422" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D422" s="7">
+        <v>0</v>
+      </c>
+      <c r="E422" s="6">
+        <v>36.325907080121397</v>
+      </c>
+      <c r="F422" s="6">
+        <v>36.217518913815198</v>
+      </c>
+      <c r="G422" s="6">
+        <v>36.274837149246402</v>
+      </c>
+      <c r="H422" s="6">
+        <v>36.244313332758601</v>
+      </c>
+      <c r="I422" s="6">
+        <v>36.207853990334499</v>
+      </c>
+      <c r="J422" s="5"/>
+      <c r="K422" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L422" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M422" s="5"/>
+      <c r="N422" s="30"/>
+      <c r="O422" s="30"/>
+    </row>
+    <row r="423" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A423" s="39"/>
+      <c r="B423" s="39"/>
+      <c r="C423" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D423" s="5"/>
+      <c r="E423" s="5"/>
+      <c r="F423" s="5"/>
+      <c r="G423" s="5"/>
+      <c r="H423" s="5"/>
+      <c r="I423" s="5"/>
+      <c r="J423" s="6">
+        <v>941203</v>
+      </c>
+      <c r="K423" s="6">
+        <v>941172.48097460996</v>
+      </c>
+      <c r="L423" s="6">
+        <v>992722.04646887397</v>
+      </c>
+      <c r="M423" s="6">
+        <v>960893.80819999997</v>
+      </c>
+      <c r="N423" s="30">
+        <v>960893.808176324</v>
+      </c>
+      <c r="O423" s="30">
+        <v>960893.808176324</v>
+      </c>
+    </row>
+    <row r="424" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A424" s="39"/>
+      <c r="B424" s="39"/>
+      <c r="C424" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D424" s="6">
+        <v>950912.12882068497</v>
+      </c>
+      <c r="E424" s="6">
+        <v>941216.20073441404</v>
+      </c>
+      <c r="F424" s="6">
+        <v>939115.516072053</v>
+      </c>
+      <c r="G424" s="6">
+        <v>941383.36443244806</v>
+      </c>
+      <c r="H424" s="6">
+        <v>941386.52190009097</v>
+      </c>
+      <c r="I424" s="6">
+        <v>941097.52826298901</v>
+      </c>
+      <c r="J424" s="5"/>
+      <c r="K424" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L424" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M424" s="5"/>
+      <c r="N424" s="30"/>
+      <c r="O424" s="30"/>
+    </row>
+    <row r="425" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A425" s="39"/>
+      <c r="B425" s="39" t="s">
+        <v>50</v>
+      </c>
+      <c r="C425" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D425" s="6">
+        <v>1503949</v>
+      </c>
+      <c r="E425" s="6">
+        <v>1501299.4135902701</v>
+      </c>
+      <c r="F425" s="6">
+        <v>1502795</v>
+      </c>
+      <c r="G425" s="6">
+        <v>1502914</v>
+      </c>
+      <c r="H425" s="6">
+        <v>1503981</v>
+      </c>
+      <c r="I425" s="6">
+        <v>1503193</v>
+      </c>
+      <c r="J425" s="6">
+        <v>1503926</v>
+      </c>
+      <c r="K425" s="6">
+        <v>1503635</v>
+      </c>
+      <c r="L425" s="6">
+        <v>1495953.3730351699</v>
+      </c>
+      <c r="M425" s="6">
+        <v>1243952</v>
+      </c>
+      <c r="N425" s="30">
+        <v>1243952</v>
+      </c>
+      <c r="O425" s="30">
+        <v>1243952</v>
+      </c>
+    </row>
+    <row r="426" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A426" s="39"/>
+      <c r="B426" s="39"/>
+      <c r="C426" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D426" s="6">
+        <v>739316.54095970094</v>
+      </c>
+      <c r="E426" s="6">
+        <v>738043.80016902101</v>
+      </c>
+      <c r="F426" s="6">
+        <v>739023.89152509696</v>
+      </c>
+      <c r="G426" s="6">
+        <v>739189.88893750997</v>
+      </c>
+      <c r="H426" s="6">
+        <v>739985.75670814596</v>
+      </c>
+      <c r="I426" s="6">
+        <v>739660.72224176605</v>
+      </c>
+      <c r="J426" s="6">
+        <v>740086</v>
+      </c>
+      <c r="K426" s="6">
+        <v>739817.48616635799</v>
+      </c>
+      <c r="L426" s="6">
+        <v>735968.240344994</v>
+      </c>
+      <c r="M426" s="6">
+        <v>611859.4253</v>
+      </c>
+      <c r="N426" s="30">
+        <v>611859.42527030897</v>
+      </c>
+      <c r="O426" s="30">
+        <v>611859.42527030897</v>
+      </c>
+    </row>
+    <row r="427" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A427" s="39"/>
+      <c r="B427" s="39"/>
+      <c r="C427" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D427" s="6">
+        <v>382756.47943746002</v>
+      </c>
+      <c r="E427" s="6">
+        <v>382187.971125882</v>
+      </c>
+      <c r="F427" s="6">
+        <v>382787.14109151502</v>
+      </c>
+      <c r="G427" s="6">
+        <v>382954.96420230903</v>
+      </c>
+      <c r="H427" s="6">
+        <v>383742.57135205</v>
+      </c>
+      <c r="I427" s="6">
+        <v>383613.355842138</v>
+      </c>
+      <c r="J427" s="6">
+        <v>383768</v>
+      </c>
+      <c r="K427" s="6">
+        <v>383617.423156537</v>
+      </c>
+      <c r="L427" s="6">
+        <v>381690.90477177099</v>
+      </c>
+      <c r="M427" s="6">
+        <v>317300.69014662597</v>
+      </c>
+      <c r="N427" s="30">
+        <v>317300.69014662597</v>
+      </c>
+      <c r="O427" s="30">
+        <v>317300.69014662597</v>
+      </c>
+    </row>
+    <row r="428" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A428" s="39"/>
+      <c r="B428" s="39"/>
+      <c r="C428" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D428" s="6">
+        <v>356560.06152224098</v>
+      </c>
+      <c r="E428" s="6">
+        <v>355855.82904313901</v>
+      </c>
+      <c r="F428" s="6">
+        <v>356236.75043358101</v>
+      </c>
+      <c r="G428" s="6">
+        <v>356234.924735201</v>
+      </c>
+      <c r="H428" s="6">
+        <v>356240.85658004298</v>
+      </c>
+      <c r="I428" s="6">
+        <v>356045.041172239</v>
+      </c>
+      <c r="J428" s="5"/>
+      <c r="K428" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L428" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M428" s="5"/>
+      <c r="N428" s="30"/>
+      <c r="O428" s="30"/>
+    </row>
+    <row r="429" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A429" s="39"/>
+      <c r="B429" s="39"/>
+      <c r="C429" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D429" s="7">
+        <v>0</v>
+      </c>
+      <c r="E429" s="7">
+        <v>0</v>
+      </c>
+      <c r="F429" s="7">
+        <v>0</v>
+      </c>
+      <c r="G429" s="7">
+        <v>0</v>
+      </c>
+      <c r="H429" s="6">
+        <v>2.3287760532375801</v>
+      </c>
+      <c r="I429" s="6">
+        <v>2.32522738807645</v>
+      </c>
+      <c r="J429" s="5"/>
+      <c r="K429" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L429" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M429" s="5"/>
+      <c r="N429" s="30"/>
+      <c r="O429" s="30"/>
+    </row>
+    <row r="430" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A430" s="39"/>
+      <c r="B430" s="39"/>
+      <c r="C430" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D430" s="5"/>
+      <c r="E430" s="5"/>
+      <c r="F430" s="5"/>
+      <c r="G430" s="5"/>
+      <c r="H430" s="5"/>
+      <c r="I430" s="5"/>
+      <c r="J430" s="6">
+        <v>356318</v>
+      </c>
+      <c r="K430" s="6">
+        <v>356200.06300982099</v>
+      </c>
+      <c r="L430" s="6">
+        <v>354277.33557322301</v>
+      </c>
+      <c r="M430" s="6">
+        <v>294558.735123683</v>
+      </c>
+      <c r="N430" s="30">
+        <v>294558.735123683</v>
+      </c>
+      <c r="O430" s="30">
+        <v>294558.735123683</v>
+      </c>
+    </row>
+    <row r="431" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A431" s="39"/>
+      <c r="B431" s="39"/>
+      <c r="C431" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D431" s="6">
+        <v>764632.45904029906</v>
+      </c>
+      <c r="E431" s="6">
+        <v>763255.61342125095</v>
+      </c>
+      <c r="F431" s="6">
+        <v>763771.10847490304</v>
+      </c>
+      <c r="G431" s="6">
+        <v>763724.11106249003</v>
+      </c>
+      <c r="H431" s="6">
+        <v>763995.24329185404</v>
+      </c>
+      <c r="I431" s="6">
+        <v>763532.27775823395</v>
+      </c>
+      <c r="J431" s="6">
+        <v>763840</v>
+      </c>
+      <c r="K431" s="6">
+        <v>763817.51383364201</v>
+      </c>
+      <c r="L431" s="6">
+        <v>759985.13269017497</v>
+      </c>
+      <c r="M431" s="6">
+        <v>632092.5747</v>
+      </c>
+      <c r="N431" s="30">
+        <v>632092.57472969103</v>
+      </c>
+      <c r="O431" s="30">
+        <v>632092.57472969103</v>
+      </c>
+    </row>
+    <row r="432" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A432" s="39"/>
+      <c r="B432" s="39"/>
+      <c r="C432" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D432" s="6">
+        <v>345617.61568756303</v>
+      </c>
+      <c r="E432" s="6">
+        <v>344910.54411494802</v>
+      </c>
+      <c r="F432" s="6">
+        <v>345135.17001263599</v>
+      </c>
+      <c r="G432" s="6">
+        <v>345128.49519043299</v>
+      </c>
+      <c r="H432" s="6">
+        <v>345272.17558810703</v>
+      </c>
+      <c r="I432" s="6">
+        <v>345180.30057204299</v>
+      </c>
+      <c r="J432" s="6">
+        <v>345425</v>
+      </c>
+      <c r="K432" s="6">
+        <v>345255.46151953703</v>
+      </c>
+      <c r="L432" s="6">
+        <v>343586.75837966998</v>
+      </c>
+      <c r="M432" s="6">
+        <v>285956.54719999997</v>
+      </c>
+      <c r="N432" s="30">
+        <v>285956.54715758399</v>
+      </c>
+      <c r="O432" s="30">
+        <v>285956.54715758399</v>
+      </c>
+    </row>
+    <row r="433" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A433" s="39"/>
+      <c r="B433" s="39"/>
+      <c r="C433" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D433" s="7">
+        <v>0</v>
+      </c>
+      <c r="E433" s="7">
+        <v>0</v>
+      </c>
+      <c r="F433" s="7">
+        <v>0</v>
+      </c>
+      <c r="G433" s="7">
+        <v>0</v>
+      </c>
+      <c r="H433" s="6">
+        <v>2.3287760532375801</v>
+      </c>
+      <c r="I433" s="6">
+        <v>2.32522738807645</v>
+      </c>
+      <c r="J433" s="5"/>
+      <c r="K433" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L433" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M433" s="5"/>
+      <c r="N433" s="30"/>
+      <c r="O433" s="30"/>
+    </row>
+    <row r="434" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A434" s="39"/>
+      <c r="B434" s="39"/>
+      <c r="C434" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D434" s="7">
+        <v>0</v>
+      </c>
+      <c r="E434" s="7">
+        <v>0</v>
+      </c>
+      <c r="F434" s="7">
+        <v>0</v>
+      </c>
+      <c r="G434" s="6">
+        <v>2.6015294014232699</v>
+      </c>
+      <c r="H434" s="6">
+        <v>7.2521359831912102</v>
+      </c>
+      <c r="I434" s="6">
+        <v>7.2410849410476201</v>
+      </c>
+      <c r="J434" s="5"/>
+      <c r="K434" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L434" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M434" s="5"/>
+      <c r="N434" s="30"/>
+      <c r="O434" s="30"/>
+    </row>
+    <row r="435" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A435" s="39"/>
+      <c r="B435" s="39"/>
+      <c r="C435" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D435" s="5"/>
+      <c r="E435" s="5"/>
+      <c r="F435" s="5"/>
+      <c r="G435" s="5"/>
+      <c r="H435" s="5"/>
+      <c r="I435" s="5"/>
+      <c r="J435" s="6">
+        <v>418415</v>
+      </c>
+      <c r="K435" s="6">
+        <v>418562.05231410498</v>
+      </c>
+      <c r="L435" s="6">
+        <v>416398.37431050499</v>
+      </c>
+      <c r="M435" s="6">
+        <v>346136.02759999997</v>
+      </c>
+      <c r="N435" s="30">
+        <v>346136.02757210698</v>
+      </c>
+      <c r="O435" s="30">
+        <v>346136.02757210698</v>
+      </c>
+    </row>
+    <row r="436" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A436" s="39"/>
+      <c r="B436" s="39"/>
+      <c r="C436" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D436" s="6">
+        <v>419014.84335273597</v>
+      </c>
+      <c r="E436" s="6">
+        <v>418345.06930630299</v>
+      </c>
+      <c r="F436" s="6">
+        <v>418635.93846226798</v>
+      </c>
+      <c r="G436" s="6">
+        <v>418593.01434265502</v>
+      </c>
+      <c r="H436" s="6">
+        <v>418713.48679171101</v>
+      </c>
+      <c r="I436" s="6">
+        <v>418342.41087386198</v>
+      </c>
+      <c r="J436" s="5"/>
+      <c r="K436" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L436" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M436" s="5"/>
+      <c r="N436" s="30"/>
+      <c r="O436" s="30"/>
+    </row>
+    <row r="437" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A437" s="39"/>
+      <c r="B437" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="C437" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D437" s="6">
+        <v>3020718</v>
+      </c>
+      <c r="E437" s="6">
+        <v>3013337.75912411</v>
+      </c>
+      <c r="F437" s="6">
+        <v>3015537</v>
+      </c>
+      <c r="G437" s="6">
+        <v>3015220</v>
+      </c>
+      <c r="H437" s="6">
+        <v>3018979</v>
+      </c>
+      <c r="I437" s="6">
+        <v>3018733</v>
+      </c>
+      <c r="J437" s="6">
+        <v>3018012</v>
+      </c>
+      <c r="K437" s="6">
+        <v>3017669</v>
+      </c>
+      <c r="L437" s="6">
+        <v>2995791.3591365102</v>
+      </c>
+      <c r="M437" s="6">
+        <v>2697578</v>
+      </c>
+      <c r="N437" s="30">
+        <v>2697578</v>
+      </c>
+      <c r="O437" s="30">
+        <v>2697578</v>
+      </c>
+    </row>
+    <row r="438" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A438" s="39"/>
+      <c r="B438" s="39"/>
+      <c r="C438" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D438" s="6">
+        <v>1784132.55075287</v>
+      </c>
+      <c r="E438" s="6">
+        <v>1779563.80505112</v>
+      </c>
+      <c r="F438" s="6">
+        <v>1781012.8444369</v>
+      </c>
+      <c r="G438" s="6">
+        <v>1781023.8087124601</v>
+      </c>
+      <c r="H438" s="6">
+        <v>1783247.68645346</v>
+      </c>
+      <c r="I438" s="6">
+        <v>1782842.6998662399</v>
+      </c>
+      <c r="J438" s="6">
+        <v>1781662</v>
+      </c>
+      <c r="K438" s="6">
+        <v>1780291.5614080101</v>
+      </c>
+      <c r="L438" s="6">
+        <v>1766792.0912528001</v>
+      </c>
+      <c r="M438" s="6">
+        <v>1590171.24</v>
+      </c>
+      <c r="N438" s="30">
+        <v>1590171.2403277501</v>
+      </c>
+      <c r="O438" s="30">
+        <v>1590171.2403277501</v>
+      </c>
+    </row>
+    <row r="439" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A439" s="39"/>
+      <c r="B439" s="39"/>
+      <c r="C439" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D439" s="6">
+        <v>691424.47606932302</v>
+      </c>
+      <c r="E439" s="6">
+        <v>690058.13725169597</v>
+      </c>
+      <c r="F439" s="6">
+        <v>691136.63769799704</v>
+      </c>
+      <c r="G439" s="6">
+        <v>691342.81838614203</v>
+      </c>
+      <c r="H439" s="6">
+        <v>693095.05154652102</v>
+      </c>
+      <c r="I439" s="6">
+        <v>693234.08535130695</v>
+      </c>
+      <c r="J439" s="6">
+        <v>693157</v>
+      </c>
+      <c r="K439" s="6">
+        <v>692626.58991626406</v>
+      </c>
+      <c r="L439" s="6">
+        <v>687589.865358109</v>
+      </c>
+      <c r="M439" s="6">
+        <v>619126.80736398499</v>
+      </c>
+      <c r="N439" s="30">
+        <v>619126.80736398499</v>
+      </c>
+      <c r="O439" s="30">
+        <v>619126.80736398499</v>
+      </c>
+    </row>
+    <row r="440" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A440" s="39"/>
+      <c r="B440" s="39"/>
+      <c r="C440" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D440" s="6">
+        <v>1092708.07468355</v>
+      </c>
+      <c r="E440" s="6">
+        <v>1089505.66779942</v>
+      </c>
+      <c r="F440" s="6">
+        <v>1089876.2067389099</v>
+      </c>
+      <c r="G440" s="6">
+        <v>1089680.9903263201</v>
+      </c>
+      <c r="H440" s="6">
+        <v>1090145.5281836099</v>
+      </c>
+      <c r="I440" s="6">
+        <v>1089600.26258685</v>
+      </c>
+      <c r="J440" s="5"/>
+      <c r="K440" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L440" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M440" s="5"/>
+      <c r="N440" s="30"/>
+      <c r="O440" s="30"/>
+    </row>
+    <row r="441" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A441" s="39"/>
+      <c r="B441" s="39"/>
+      <c r="C441" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D441" s="7">
+        <v>0</v>
+      </c>
+      <c r="E441" s="7">
+        <v>0</v>
+      </c>
+      <c r="F441" s="7">
+        <v>0</v>
+      </c>
+      <c r="G441" s="7">
+        <v>0</v>
+      </c>
+      <c r="H441" s="6">
+        <v>7.1067233327403203</v>
+      </c>
+      <c r="I441" s="6">
+        <v>8.3519280808219598</v>
+      </c>
+      <c r="J441" s="5"/>
+      <c r="K441" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L441" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M441" s="5"/>
+      <c r="N441" s="30"/>
+      <c r="O441" s="30"/>
+    </row>
+    <row r="442" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A442" s="39"/>
+      <c r="B442" s="39"/>
+      <c r="C442" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D442" s="5"/>
+      <c r="E442" s="5"/>
+      <c r="F442" s="5"/>
+      <c r="G442" s="5"/>
+      <c r="H442" s="5"/>
+      <c r="I442" s="5"/>
+      <c r="J442" s="6">
+        <v>1088505</v>
+      </c>
+      <c r="K442" s="6">
+        <v>1087664.9714917401</v>
+      </c>
+      <c r="L442" s="6">
+        <v>1079202.22589469</v>
+      </c>
+      <c r="M442" s="6">
+        <v>971044.43296376604</v>
+      </c>
+      <c r="N442" s="30">
+        <v>971044.43296376604</v>
+      </c>
+      <c r="O442" s="30">
+        <v>971044.43296376604</v>
+      </c>
+    </row>
+    <row r="443" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A443" s="39"/>
+      <c r="B443" s="39"/>
+      <c r="C443" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D443" s="6">
+        <v>1236585.44924713</v>
+      </c>
+      <c r="E443" s="6">
+        <v>1233773.95407299</v>
+      </c>
+      <c r="F443" s="6">
+        <v>1234524.1555631</v>
+      </c>
+      <c r="G443" s="6">
+        <v>1234196.1912875399</v>
+      </c>
+      <c r="H443" s="6">
+        <v>1235731.31354654</v>
+      </c>
+      <c r="I443" s="6">
+        <v>1235890.3001337601</v>
+      </c>
+      <c r="J443" s="6">
+        <v>1236350</v>
+      </c>
+      <c r="K443" s="6">
+        <v>1237377.4385919899</v>
+      </c>
+      <c r="L443" s="6">
+        <v>1228999.2678837101</v>
+      </c>
+      <c r="M443" s="6">
+        <v>1107406.76</v>
+      </c>
+      <c r="N443" s="30">
+        <v>1107406.7596722499</v>
+      </c>
+      <c r="O443" s="30">
+        <v>1107406.7596722499</v>
+      </c>
+    </row>
+    <row r="444" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A444" s="39"/>
+      <c r="B444" s="39"/>
+      <c r="C444" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D444" s="6">
+        <v>537387.01674052898</v>
+      </c>
+      <c r="E444" s="6">
+        <v>536260.27659687202</v>
+      </c>
+      <c r="F444" s="6">
+        <v>536677.88717557001</v>
+      </c>
+      <c r="G444" s="6">
+        <v>536528.94370973401</v>
+      </c>
+      <c r="H444" s="6">
+        <v>537239.20294003002</v>
+      </c>
+      <c r="I444" s="6">
+        <v>537627.40102168696</v>
+      </c>
+      <c r="J444" s="6">
+        <v>537831</v>
+      </c>
+      <c r="K444" s="6">
+        <v>538748.07361651899</v>
+      </c>
+      <c r="L444" s="6">
+        <v>535127.99795079895</v>
+      </c>
+      <c r="M444" s="6">
+        <v>481819.86589999998</v>
+      </c>
+      <c r="N444" s="30">
+        <v>481819.86587971001</v>
+      </c>
+      <c r="O444" s="30">
+        <v>481819.86587971001</v>
+      </c>
+    </row>
+    <row r="445" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A445" s="39"/>
+      <c r="B445" s="39"/>
+      <c r="C445" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D445" s="6">
+        <v>104.210156924004</v>
+      </c>
+      <c r="E445" s="6">
+        <v>112.231548857513</v>
+      </c>
+      <c r="F445" s="6">
+        <v>112.202103564547</v>
+      </c>
+      <c r="G445" s="6">
+        <v>112.079039722779</v>
+      </c>
+      <c r="H445" s="6">
+        <v>112.107408104044</v>
+      </c>
+      <c r="I445" s="6">
+        <v>111.986150979762</v>
+      </c>
+      <c r="J445" s="5"/>
+      <c r="K445" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L445" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M445" s="5"/>
+      <c r="N445" s="30"/>
+      <c r="O445" s="30"/>
+    </row>
+    <row r="446" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A446" s="39"/>
+      <c r="B446" s="39"/>
+      <c r="C446" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D446" s="7">
+        <v>0</v>
+      </c>
+      <c r="E446" s="7">
+        <v>0</v>
+      </c>
+      <c r="F446" s="7">
+        <v>0</v>
+      </c>
+      <c r="G446" s="7">
+        <v>0</v>
+      </c>
+      <c r="H446" s="7">
+        <v>0</v>
+      </c>
+      <c r="I446" s="7">
+        <v>0</v>
+      </c>
+      <c r="J446" s="5"/>
+      <c r="K446" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L446" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M446" s="5"/>
+      <c r="N446" s="30"/>
+      <c r="O446" s="30"/>
+    </row>
+    <row r="447" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A447" s="39"/>
+      <c r="B447" s="39"/>
+      <c r="C447" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D447" s="5"/>
+      <c r="E447" s="5"/>
+      <c r="F447" s="5"/>
+      <c r="G447" s="5"/>
+      <c r="H447" s="5"/>
+      <c r="I447" s="5"/>
+      <c r="J447" s="6">
+        <v>698519</v>
+      </c>
+      <c r="K447" s="6">
+        <v>698629.36497547303</v>
+      </c>
+      <c r="L447" s="6">
+        <v>693871.26993290999</v>
+      </c>
+      <c r="M447" s="6">
+        <v>625586.89379999996</v>
+      </c>
+      <c r="N447" s="30">
+        <v>625586.89379253902</v>
+      </c>
+      <c r="O447" s="30">
+        <v>625586.89379253902</v>
+      </c>
+    </row>
+    <row r="448" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A448" s="39"/>
+      <c r="B448" s="39"/>
+      <c r="C448" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D448" s="6">
+        <v>699094.22234967595</v>
+      </c>
+      <c r="E448" s="6">
+        <v>697401.44592725602</v>
+      </c>
+      <c r="F448" s="6">
+        <v>697734.06628396304</v>
+      </c>
+      <c r="G448" s="6">
+        <v>697555.16853808402</v>
+      </c>
+      <c r="H448" s="6">
+        <v>698380.00319840503</v>
+      </c>
+      <c r="I448" s="6">
+        <v>698150.91296109499</v>
+      </c>
+      <c r="J448" s="5"/>
+      <c r="K448" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L448" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M448" s="5"/>
+      <c r="N448" s="30"/>
+      <c r="O448" s="30"/>
+    </row>
+    <row r="449" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A449" s="39"/>
+      <c r="B449" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="C449" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D449" s="6">
+        <v>320025</v>
+      </c>
+      <c r="E449" s="6">
+        <v>302630.38069763401</v>
+      </c>
+      <c r="F449" s="6">
+        <v>303721</v>
+      </c>
+      <c r="G449" s="6">
+        <v>303684</v>
+      </c>
+      <c r="H449" s="6">
+        <v>303672</v>
+      </c>
+      <c r="I449" s="6">
+        <v>303802</v>
+      </c>
+      <c r="J449" s="6">
+        <v>303859</v>
+      </c>
+      <c r="K449" s="6">
+        <v>303912</v>
+      </c>
+      <c r="L449" s="6">
+        <v>404560.11145167297</v>
+      </c>
+      <c r="M449" s="6">
+        <v>399663</v>
+      </c>
+      <c r="N449" s="30">
+        <v>399663</v>
+      </c>
+      <c r="O449" s="30">
+        <v>399663</v>
+      </c>
+    </row>
+    <row r="450" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A450" s="39"/>
+      <c r="B450" s="39"/>
+      <c r="C450" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D450" s="6">
+        <v>193773.19591152799</v>
+      </c>
+      <c r="E450" s="6">
+        <v>183153.954792437</v>
+      </c>
+      <c r="F450" s="6">
+        <v>183819.544703058</v>
+      </c>
+      <c r="G450" s="6">
+        <v>183807.699723525</v>
+      </c>
+      <c r="H450" s="6">
+        <v>183706.849694515</v>
+      </c>
+      <c r="I450" s="6">
+        <v>183711.79858698501</v>
+      </c>
+      <c r="J450" s="6">
+        <v>183624</v>
+      </c>
+      <c r="K450" s="6">
+        <v>183601.844998088</v>
+      </c>
+      <c r="L450" s="6">
+        <v>244181.097321354</v>
+      </c>
+      <c r="M450" s="6">
+        <v>241043.20300000001</v>
+      </c>
+      <c r="N450" s="30">
+        <v>241043.20302778299</v>
+      </c>
+      <c r="O450" s="30">
+        <v>241043.20302778299</v>
+      </c>
+    </row>
+    <row r="451" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A451" s="39"/>
+      <c r="B451" s="39"/>
+      <c r="C451" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D451" s="6">
+        <v>193538.52516731099</v>
+      </c>
+      <c r="E451" s="6">
+        <v>182932.262954059</v>
+      </c>
+      <c r="F451" s="6">
+        <v>183583.31334148801</v>
+      </c>
+      <c r="G451" s="6">
+        <v>183512.07388969799</v>
+      </c>
+      <c r="H451" s="6">
+        <v>183405.40363673601</v>
+      </c>
+      <c r="I451" s="6">
+        <v>183387.65190091799</v>
+      </c>
+      <c r="J451" s="6">
+        <v>183291</v>
+      </c>
+      <c r="K451" s="6">
+        <v>183243.346067037</v>
+      </c>
+      <c r="L451" s="6">
+        <v>243697.02888002401</v>
+      </c>
+      <c r="M451" s="6">
+        <v>240562.50163435101</v>
+      </c>
+      <c r="N451" s="30">
+        <v>240562.50163435101</v>
+      </c>
+      <c r="O451" s="30">
+        <v>240562.50163435101</v>
+      </c>
+    </row>
+    <row r="452" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A452" s="39"/>
+      <c r="B452" s="39"/>
+      <c r="C452" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D452" s="6">
+        <v>234.670744217004</v>
+      </c>
+      <c r="E452" s="6">
+        <v>221.69183837821799</v>
+      </c>
+      <c r="F452" s="6">
+        <v>236.23136157024501</v>
+      </c>
+      <c r="G452" s="6">
+        <v>295.62583382720499</v>
+      </c>
+      <c r="H452" s="6">
+        <v>301.446057779483</v>
+      </c>
+      <c r="I452" s="6">
+        <v>324.14668606706198</v>
+      </c>
+      <c r="J452" s="5"/>
+      <c r="K452" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L452" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M452" s="5"/>
+      <c r="N452" s="30"/>
+      <c r="O452" s="30"/>
+    </row>
+    <row r="453" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A453" s="39"/>
+      <c r="B453" s="39"/>
+      <c r="C453" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D453" s="7">
+        <v>0</v>
+      </c>
+      <c r="E453" s="7">
+        <v>0</v>
+      </c>
+      <c r="F453" s="7">
+        <v>0</v>
+      </c>
+      <c r="G453" s="7">
+        <v>0</v>
+      </c>
+      <c r="H453" s="7">
+        <v>0</v>
+      </c>
+      <c r="I453" s="7">
+        <v>0</v>
+      </c>
+      <c r="J453" s="5"/>
+      <c r="K453" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L453" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M453" s="5"/>
+      <c r="N453" s="30"/>
+      <c r="O453" s="30"/>
+    </row>
+    <row r="454" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A454" s="39"/>
+      <c r="B454" s="39"/>
+      <c r="C454" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D454" s="5"/>
+      <c r="E454" s="5"/>
+      <c r="F454" s="5"/>
+      <c r="G454" s="5"/>
+      <c r="H454" s="5"/>
+      <c r="I454" s="5"/>
+      <c r="J454" s="6">
+        <v>333</v>
+      </c>
+      <c r="K454" s="6">
+        <v>358.49893105140501</v>
+      </c>
+      <c r="L454" s="6">
+        <v>484.06844132969201</v>
+      </c>
+      <c r="M454" s="6">
+        <v>480.70139343272598</v>
+      </c>
+      <c r="N454" s="30">
+        <v>480.70139343272598</v>
+      </c>
+      <c r="O454" s="30">
+        <v>480.70139343272598</v>
+      </c>
+    </row>
+    <row r="455" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A455" s="39"/>
+      <c r="B455" s="39"/>
+      <c r="C455" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D455" s="6">
+        <v>126251.804088472</v>
+      </c>
+      <c r="E455" s="6">
+        <v>119476.425905197</v>
+      </c>
+      <c r="F455" s="6">
+        <v>119901.455296942</v>
+      </c>
+      <c r="G455" s="6">
+        <v>119876.300276475</v>
+      </c>
+      <c r="H455" s="6">
+        <v>119965.150305485</v>
+      </c>
+      <c r="I455" s="6">
+        <v>120090.20141301501</v>
+      </c>
+      <c r="J455" s="6">
+        <v>120235</v>
+      </c>
+      <c r="K455" s="6">
+        <v>120310.155001912</v>
+      </c>
+      <c r="L455" s="6">
+        <v>160379.014130319</v>
+      </c>
+      <c r="M455" s="6">
+        <v>158619.79699999999</v>
+      </c>
+      <c r="N455" s="30">
+        <v>158619.79697221701</v>
+      </c>
+      <c r="O455" s="30">
+        <v>158619.79697221701</v>
+      </c>
+    </row>
+    <row r="456" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A456" s="39"/>
+      <c r="B456" s="39"/>
+      <c r="C456" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D456" s="6">
+        <v>12550.275256185299</v>
+      </c>
+      <c r="E456" s="6">
+        <v>11914.7011091189</v>
+      </c>
+      <c r="F456" s="6">
+        <v>11964.563120759</v>
+      </c>
+      <c r="G456" s="6">
+        <v>11967.863080279099</v>
+      </c>
+      <c r="H456" s="6">
+        <v>11988.9824572743</v>
+      </c>
+      <c r="I456" s="6">
+        <v>11992.532314813099</v>
+      </c>
+      <c r="J456" s="6">
+        <v>12004</v>
+      </c>
+      <c r="K456" s="6">
+        <v>12015.073139381</v>
+      </c>
+      <c r="L456" s="6">
+        <v>16023.7953486149</v>
+      </c>
+      <c r="M456" s="6">
+        <v>15875.243979999999</v>
+      </c>
+      <c r="N456" s="30">
+        <v>15875.2439769958</v>
+      </c>
+      <c r="O456" s="30">
+        <v>15875.2439769958</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A457" s="39"/>
+      <c r="B457" s="39"/>
+      <c r="C457" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D457" s="7">
+        <v>0</v>
+      </c>
+      <c r="E457" s="7">
+        <v>0</v>
+      </c>
+      <c r="F457" s="7">
+        <v>0</v>
+      </c>
+      <c r="G457" s="7">
+        <v>0</v>
+      </c>
+      <c r="H457" s="7">
+        <v>0</v>
+      </c>
+      <c r="I457" s="7">
+        <v>0</v>
+      </c>
+      <c r="J457" s="5"/>
+      <c r="K457" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L457" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M457" s="5"/>
+      <c r="N457" s="30"/>
+      <c r="O457" s="30"/>
+    </row>
+    <row r="458" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A458" s="39"/>
+      <c r="B458" s="39"/>
+      <c r="C458" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D458" s="7">
+        <v>0</v>
+      </c>
+      <c r="E458" s="7">
+        <v>0</v>
+      </c>
+      <c r="F458" s="7">
+        <v>0</v>
+      </c>
+      <c r="G458" s="7">
+        <v>0</v>
+      </c>
+      <c r="H458" s="7">
+        <v>0</v>
+      </c>
+      <c r="I458" s="7">
+        <v>0</v>
+      </c>
+      <c r="J458" s="5"/>
+      <c r="K458" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L458" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M458" s="5"/>
+      <c r="N458" s="30"/>
+      <c r="O458" s="30"/>
+    </row>
+    <row r="459" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A459" s="39"/>
+      <c r="B459" s="39"/>
+      <c r="C459" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D459" s="5"/>
+      <c r="E459" s="5"/>
+      <c r="F459" s="5"/>
+      <c r="G459" s="5"/>
+      <c r="H459" s="5"/>
+      <c r="I459" s="5"/>
+      <c r="J459" s="6">
+        <v>108231</v>
+      </c>
+      <c r="K459" s="6">
+        <v>108295.08186253101</v>
+      </c>
+      <c r="L459" s="6">
+        <v>144355.218781704</v>
+      </c>
+      <c r="M459" s="6">
+        <v>142744.55300000001</v>
+      </c>
+      <c r="N459" s="30">
+        <v>142744.55299522099</v>
+      </c>
+      <c r="O459" s="30">
+        <v>142744.55299522099</v>
+      </c>
+    </row>
+    <row r="460" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A460" s="39"/>
+      <c r="B460" s="39"/>
+      <c r="C460" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D460" s="6">
+        <v>113701.528832287</v>
+      </c>
+      <c r="E460" s="6">
+        <v>107561.72479607799</v>
+      </c>
+      <c r="F460" s="6">
+        <v>107936.892176183</v>
+      </c>
+      <c r="G460" s="6">
+        <v>107908.437196196</v>
+      </c>
+      <c r="H460" s="6">
+        <v>107976.16784821</v>
+      </c>
+      <c r="I460" s="6">
+        <v>108097.66909820199</v>
+      </c>
+      <c r="J460" s="5"/>
+      <c r="K460" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L460" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M460" s="5"/>
+      <c r="N460" s="30"/>
+      <c r="O460" s="30"/>
+    </row>
+    <row r="461" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A461" s="39"/>
+      <c r="B461" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="C461" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D461" s="6">
+        <v>4385481</v>
+      </c>
+      <c r="E461" s="6">
+        <v>4379713.2747631501</v>
+      </c>
+      <c r="F461" s="6">
+        <v>4380691</v>
+      </c>
+      <c r="G461" s="6">
+        <v>4383579</v>
+      </c>
+      <c r="H461" s="6">
+        <v>4382355</v>
+      </c>
+      <c r="I461" s="6">
+        <v>4382958</v>
+      </c>
+      <c r="J461" s="6">
+        <v>4381887</v>
+      </c>
+      <c r="K461" s="6">
+        <v>4382714</v>
+      </c>
+      <c r="L461" s="6">
+        <v>4365973.8868843904</v>
+      </c>
+      <c r="M461" s="6">
+        <v>4361135</v>
+      </c>
+      <c r="N461" s="30">
+        <v>4361135</v>
+      </c>
+      <c r="O461" s="30">
+        <v>4361135</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A462" s="39"/>
+      <c r="B462" s="39"/>
+      <c r="C462" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D462" s="6">
+        <v>1695523.02294018</v>
+      </c>
+      <c r="E462" s="6">
+        <v>1694531.6596880101</v>
+      </c>
+      <c r="F462" s="6">
+        <v>1695914.3397123399</v>
+      </c>
+      <c r="G462" s="6">
+        <v>1698381.3723782401</v>
+      </c>
+      <c r="H462" s="6">
+        <v>1698435.68935789</v>
+      </c>
+      <c r="I462" s="6">
+        <v>1699565.8728848901</v>
+      </c>
+      <c r="J462" s="6">
+        <v>1699372</v>
+      </c>
+      <c r="K462" s="6">
+        <v>1699669.4068439901</v>
+      </c>
+      <c r="L462" s="6">
+        <v>1693067.4039362101</v>
+      </c>
+      <c r="M462" s="6">
+        <v>1691271.0819999999</v>
+      </c>
+      <c r="N462" s="30">
+        <v>1691271.08186395</v>
+      </c>
+      <c r="O462" s="30">
+        <v>1691271.08186395</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A463" s="39"/>
+      <c r="B463" s="39"/>
+      <c r="C463" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D463" s="6">
+        <v>564267.71049339196</v>
+      </c>
+      <c r="E463" s="6">
+        <v>563987.82326755906</v>
+      </c>
+      <c r="F463" s="6">
+        <v>564887.25581918098</v>
+      </c>
+      <c r="G463" s="6">
+        <v>565649.806708658</v>
+      </c>
+      <c r="H463" s="6">
+        <v>566197.56799044297</v>
+      </c>
+      <c r="I463" s="6">
+        <v>567185.37541000801</v>
+      </c>
+      <c r="J463" s="6">
+        <v>567178</v>
+      </c>
+      <c r="K463" s="6">
+        <v>567484.12124540505</v>
+      </c>
+      <c r="L463" s="6">
+        <v>565246.662470576</v>
+      </c>
+      <c r="M463" s="6">
+        <v>564574.77093941602</v>
+      </c>
+      <c r="N463" s="30">
+        <v>564574.77093941602</v>
+      </c>
+      <c r="O463" s="30">
+        <v>564574.77093941602</v>
+      </c>
+    </row>
+    <row r="464" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A464" s="39"/>
+      <c r="B464" s="39"/>
+      <c r="C464" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D464" s="6">
+        <v>1131255.31244679</v>
+      </c>
+      <c r="E464" s="6">
+        <v>1130543.8364204499</v>
+      </c>
+      <c r="F464" s="6">
+        <v>1131027.0838931601</v>
+      </c>
+      <c r="G464" s="6">
+        <v>1132731.5656695799</v>
+      </c>
+      <c r="H464" s="6">
+        <v>1132238.1213674501</v>
+      </c>
+      <c r="I464" s="6">
+        <v>1132370.04475464</v>
+      </c>
+      <c r="J464" s="5"/>
+      <c r="K464" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L464" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M464" s="5"/>
+      <c r="N464" s="30"/>
+      <c r="O464" s="30"/>
+    </row>
+    <row r="465" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A465" s="39"/>
+      <c r="B465" s="39"/>
+      <c r="C465" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D465" s="7">
+        <v>0</v>
+      </c>
+      <c r="E465" s="7">
+        <v>0</v>
+      </c>
+      <c r="F465" s="7">
+        <v>0</v>
+      </c>
+      <c r="G465" s="7">
+        <v>0</v>
+      </c>
+      <c r="H465" s="7">
+        <v>0</v>
+      </c>
+      <c r="I465" s="6">
+        <v>10.452720237690899</v>
+      </c>
+      <c r="J465" s="5"/>
+      <c r="K465" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L465" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M465" s="5"/>
+      <c r="N465" s="30"/>
+      <c r="O465" s="30"/>
+    </row>
+    <row r="466" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A466" s="39"/>
+      <c r="B466" s="39"/>
+      <c r="C466" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D466" s="5"/>
+      <c r="E466" s="5"/>
+      <c r="F466" s="5"/>
+      <c r="G466" s="5"/>
+      <c r="H466" s="5"/>
+      <c r="I466" s="5"/>
+      <c r="J466" s="6">
+        <v>1132194</v>
+      </c>
+      <c r="K466" s="6">
+        <v>1132185.28559859</v>
+      </c>
+      <c r="L466" s="6">
+        <v>1127820.74146563</v>
+      </c>
+      <c r="M466" s="6">
+        <v>1126696.31092453</v>
+      </c>
+      <c r="N466" s="30">
+        <v>1126696.31092453</v>
+      </c>
+      <c r="O466" s="30">
+        <v>1126696.31092453</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A467" s="39"/>
+      <c r="B467" s="39"/>
+      <c r="C467" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D467" s="6">
+        <v>2689957.9770598202</v>
+      </c>
+      <c r="E467" s="6">
+        <v>2685181.6150751398</v>
+      </c>
+      <c r="F467" s="6">
+        <v>2684776.6602876601</v>
+      </c>
+      <c r="G467" s="6">
+        <v>2685197.6276217601</v>
+      </c>
+      <c r="H467" s="6">
+        <v>2683919.3106421102</v>
+      </c>
+      <c r="I467" s="6">
+        <v>2683392.1271151099</v>
+      </c>
+      <c r="J467" s="6">
+        <v>2682515</v>
+      </c>
+      <c r="K467" s="6">
+        <v>2683044.5931560099</v>
+      </c>
+      <c r="L467" s="6">
+        <v>2672906.4829481901</v>
+      </c>
+      <c r="M467" s="6">
+        <v>2669863.9180000001</v>
+      </c>
+      <c r="N467" s="30">
+        <v>2669863.91813605</v>
+      </c>
+      <c r="O467" s="30">
+        <v>2669863.91813605</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A468" s="39"/>
+      <c r="B468" s="39"/>
+      <c r="C468" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D468" s="6">
+        <v>1573126.7559698101</v>
+      </c>
+      <c r="E468" s="6">
+        <v>1570266.6797586801</v>
+      </c>
+      <c r="F468" s="6">
+        <v>1570064.44609897</v>
+      </c>
+      <c r="G468" s="6">
+        <v>1570367.37105501</v>
+      </c>
+      <c r="H468" s="6">
+        <v>1569742.4449994899</v>
+      </c>
+      <c r="I468" s="6">
+        <v>1569723.2422158101</v>
+      </c>
+      <c r="J468" s="6">
+        <v>1569352</v>
+      </c>
+      <c r="K468" s="6">
+        <v>1570090.90667041</v>
+      </c>
+      <c r="L468" s="6">
+        <v>1564432.6095060599</v>
+      </c>
+      <c r="M468" s="6">
+        <v>1562553.277</v>
+      </c>
+      <c r="N468" s="30">
+        <v>1562553.2766620801</v>
+      </c>
+      <c r="O468" s="30">
+        <v>1562553.2766620801</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A469" s="39"/>
+      <c r="B469" s="39"/>
+      <c r="C469" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D469" s="7">
+        <v>0</v>
+      </c>
+      <c r="E469" s="7">
+        <v>0</v>
+      </c>
+      <c r="F469" s="7">
+        <v>0</v>
+      </c>
+      <c r="G469" s="6">
+        <v>5.8709472452150502</v>
+      </c>
+      <c r="H469" s="6">
+        <v>16.871304852260501</v>
+      </c>
+      <c r="I469" s="6">
+        <v>16.856752244255699</v>
+      </c>
+      <c r="J469" s="5"/>
+      <c r="K469" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L469" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M469" s="5"/>
+      <c r="N469" s="30"/>
+      <c r="O469" s="30"/>
+    </row>
+    <row r="470" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A470" s="39"/>
+      <c r="B470" s="39"/>
+      <c r="C470" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D470" s="6">
+        <v>1038.78666647864</v>
+      </c>
+      <c r="E470" s="6">
+        <v>1036.3826091840799</v>
+      </c>
+      <c r="F470" s="6">
+        <v>1035.57795092471</v>
+      </c>
+      <c r="G470" s="6">
+        <v>1035.2243903910401</v>
+      </c>
+      <c r="H470" s="6">
+        <v>1033.9014123356001</v>
+      </c>
+      <c r="I470" s="6">
+        <v>1033.00960449376</v>
+      </c>
+      <c r="J470" s="5"/>
+      <c r="K470" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L470" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M470" s="5"/>
+      <c r="N470" s="30"/>
+      <c r="O470" s="30"/>
+    </row>
+    <row r="471" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A471" s="39"/>
+      <c r="B471" s="39"/>
+      <c r="C471" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D471" s="5"/>
+      <c r="E471" s="5"/>
+      <c r="F471" s="5"/>
+      <c r="G471" s="5"/>
+      <c r="H471" s="5"/>
+      <c r="I471" s="5"/>
+      <c r="J471" s="6">
+        <v>1113163</v>
+      </c>
+      <c r="K471" s="6">
+        <v>1112953.6864856</v>
+      </c>
+      <c r="L471" s="6">
+        <v>1108473.8734421299</v>
+      </c>
+      <c r="M471" s="6">
+        <v>1107310.6410000001</v>
+      </c>
+      <c r="N471" s="30">
+        <v>1107310.6414739699</v>
+      </c>
+      <c r="O471" s="30">
+        <v>1107310.6414739699</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A472" s="39"/>
+      <c r="B472" s="39"/>
+      <c r="C472" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D472" s="6">
+        <v>1115792.43442353</v>
+      </c>
+      <c r="E472" s="6">
+        <v>1113878.55270728</v>
+      </c>
+      <c r="F472" s="6">
+        <v>1113676.6362377701</v>
+      </c>
+      <c r="G472" s="6">
+        <v>1113789.1612291201</v>
+      </c>
+      <c r="H472" s="6">
+        <v>1113126.09292543</v>
+      </c>
+      <c r="I472" s="6">
+        <v>1112619.0185425601</v>
+      </c>
+      <c r="J472" s="5"/>
+      <c r="K472" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L472" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M472" s="5"/>
+      <c r="N472" s="30"/>
+      <c r="O472" s="30"/>
+    </row>
+    <row r="473" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A473" s="39"/>
+      <c r="B473" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="C473" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D473" s="6">
+        <v>1628103</v>
+      </c>
+      <c r="E473" s="6">
+        <v>1624917.23052616</v>
+      </c>
+      <c r="F473" s="6">
+        <v>1625533</v>
+      </c>
+      <c r="G473" s="6">
+        <v>1625145</v>
+      </c>
+      <c r="H473" s="6">
+        <v>1626358</v>
+      </c>
+      <c r="I473" s="6">
+        <v>1626743</v>
+      </c>
+      <c r="J473" s="6">
+        <v>1626094</v>
+      </c>
+      <c r="K473" s="6">
+        <v>1627101</v>
+      </c>
+      <c r="L473" s="6">
+        <v>1618194.4874418899</v>
+      </c>
+      <c r="M473" s="6">
+        <v>1578011</v>
+      </c>
+      <c r="N473" s="30">
+        <v>1578011</v>
+      </c>
+      <c r="O473" s="30">
+        <v>1578011</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A474" s="39"/>
+      <c r="B474" s="39"/>
+      <c r="C474" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D474" s="6">
+        <v>613455.98199860705</v>
+      </c>
+      <c r="E474" s="6">
+        <v>612629.86993115395</v>
+      </c>
+      <c r="F474" s="6">
+        <v>613121.80563625996</v>
+      </c>
+      <c r="G474" s="6">
+        <v>613612.39217428397</v>
+      </c>
+      <c r="H474" s="6">
+        <v>614460.092636202</v>
+      </c>
+      <c r="I474" s="6">
+        <v>615049.17889332701</v>
+      </c>
+      <c r="J474" s="6">
+        <v>614810</v>
+      </c>
+      <c r="K474" s="6">
+        <v>615483.47708687698</v>
+      </c>
+      <c r="L474" s="6">
+        <v>612132.97807313502</v>
+      </c>
+      <c r="M474" s="6">
+        <v>596768.94850000006</v>
+      </c>
+      <c r="N474" s="30">
+        <v>596768.94846850296</v>
+      </c>
+      <c r="O474" s="30">
+        <v>596768.94846850296</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A475" s="39"/>
+      <c r="B475" s="39"/>
+      <c r="C475" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D475" s="6">
+        <v>320491.15226213902</v>
+      </c>
+      <c r="E475" s="6">
+        <v>319850.69710261299</v>
+      </c>
+      <c r="F475" s="6">
+        <v>320016.09264727001</v>
+      </c>
+      <c r="G475" s="6">
+        <v>320050.26533315802</v>
+      </c>
+      <c r="H475" s="6">
+        <v>320532.22235859302</v>
+      </c>
+      <c r="I475" s="6">
+        <v>320669.97706889902</v>
+      </c>
+      <c r="J475" s="6">
+        <v>320414</v>
+      </c>
+      <c r="K475" s="6">
+        <v>320622.76905155298</v>
+      </c>
+      <c r="L475" s="6">
+        <v>318748.59778808203</v>
+      </c>
+      <c r="M475" s="6">
+        <v>310436.745424402</v>
+      </c>
+      <c r="N475" s="30">
+        <v>310436.745424402</v>
+      </c>
+      <c r="O475" s="30">
+        <v>310436.745424402</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A476" s="39"/>
+      <c r="B476" s="39"/>
+      <c r="C476" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D476" s="6">
+        <v>292952.753731345</v>
+      </c>
+      <c r="E476" s="6">
+        <v>292767.13251159602</v>
+      </c>
+      <c r="F476" s="6">
+        <v>293093.67915762198</v>
+      </c>
+      <c r="G476" s="6">
+        <v>293550.10692227801</v>
+      </c>
+      <c r="H476" s="6">
+        <v>293915.85241692001</v>
+      </c>
+      <c r="I476" s="6">
+        <v>294367.19314302201</v>
+      </c>
+      <c r="J476" s="5"/>
+      <c r="K476" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L476" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M476" s="5"/>
+      <c r="N476" s="30"/>
+      <c r="O476" s="30"/>
+    </row>
+    <row r="477" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A477" s="39"/>
+      <c r="B477" s="39"/>
+      <c r="C477" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D477" s="6">
+        <v>12.0760051233589</v>
+      </c>
+      <c r="E477" s="6">
+        <v>12.040316944723299</v>
+      </c>
+      <c r="F477" s="6">
+        <v>12.0338313680562</v>
+      </c>
+      <c r="G477" s="6">
+        <v>12.019918849077699</v>
+      </c>
+      <c r="H477" s="6">
+        <v>12.0178606895469</v>
+      </c>
+      <c r="I477" s="6">
+        <v>12.008681406709799</v>
+      </c>
+      <c r="J477" s="5"/>
+      <c r="K477" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L477" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M477" s="5"/>
+      <c r="N477" s="30"/>
+      <c r="O477" s="30"/>
+    </row>
+    <row r="478" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A478" s="39"/>
+      <c r="B478" s="39"/>
+      <c r="C478" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D478" s="5"/>
+      <c r="E478" s="5"/>
+      <c r="F478" s="5"/>
+      <c r="G478" s="5"/>
+      <c r="H478" s="5"/>
+      <c r="I478" s="5"/>
+      <c r="J478" s="6">
+        <v>294396</v>
+      </c>
+      <c r="K478" s="6">
+        <v>294860.708035324</v>
+      </c>
+      <c r="L478" s="6">
+        <v>293384.38028505299</v>
+      </c>
+      <c r="M478" s="6">
+        <v>286332.203044102</v>
+      </c>
+      <c r="N478" s="30">
+        <v>286332.203044102</v>
+      </c>
+      <c r="O478" s="30">
+        <v>286332.203044102</v>
+      </c>
+    </row>
+    <row r="479" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A479" s="39"/>
+      <c r="B479" s="39"/>
+      <c r="C479" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D479" s="6">
+        <v>1014647.01800139</v>
+      </c>
+      <c r="E479" s="6">
+        <v>1012287.360595</v>
+      </c>
+      <c r="F479" s="6">
+        <v>1012411.19436374</v>
+      </c>
+      <c r="G479" s="6">
+        <v>1011532.60782572</v>
+      </c>
+      <c r="H479" s="6">
+        <v>1011897.9073638</v>
+      </c>
+      <c r="I479" s="6">
+        <v>1011693.82110667</v>
+      </c>
+      <c r="J479" s="6">
+        <v>1011284</v>
+      </c>
+      <c r="K479" s="6">
+        <v>1011617.52291312</v>
+      </c>
+      <c r="L479" s="6">
+        <v>1006061.50936876</v>
+      </c>
+      <c r="M479" s="6">
+        <v>981242.05149999994</v>
+      </c>
+      <c r="N479" s="30">
+        <v>981242.05153149704</v>
+      </c>
+      <c r="O479" s="30">
+        <v>981242.05153149704</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A480" s="39"/>
+      <c r="B480" s="39"/>
+      <c r="C480" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D480" s="6">
+        <v>617849.011555698</v>
+      </c>
+      <c r="E480" s="6">
+        <v>616253.50152576703</v>
+      </c>
+      <c r="F480" s="6">
+        <v>616102.25435491395</v>
+      </c>
+      <c r="G480" s="6">
+        <v>615660.75481086399</v>
+      </c>
+      <c r="H480" s="6">
+        <v>615903.32139735599</v>
+      </c>
+      <c r="I480" s="6">
+        <v>615860.66894658003</v>
+      </c>
+      <c r="J480" s="6">
+        <v>615786</v>
+      </c>
+      <c r="K480" s="6">
+        <v>616009.00346251903</v>
+      </c>
+      <c r="L480" s="6">
+        <v>612376.76303415606</v>
+      </c>
+      <c r="M480" s="6">
+        <v>597139.05720000004</v>
+      </c>
+      <c r="N480" s="30">
+        <v>597139.05721301702</v>
+      </c>
+      <c r="O480" s="30">
+        <v>597139.05721301702</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A481" s="39"/>
+      <c r="B481" s="39"/>
+      <c r="C481" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D481" s="6">
+        <v>1.7638352826292401</v>
+      </c>
+      <c r="E481" s="6">
+        <v>1.7586226259594899</v>
+      </c>
+      <c r="F481" s="6">
+        <v>1.7585291984790401</v>
+      </c>
+      <c r="G481" s="6">
+        <v>1.75734982186713</v>
+      </c>
+      <c r="H481" s="6">
+        <v>1.75790334650978</v>
+      </c>
+      <c r="I481" s="6">
+        <v>1.75656065395952</v>
+      </c>
+      <c r="J481" s="5"/>
+      <c r="K481" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L481" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M481" s="5"/>
+      <c r="N481" s="30"/>
+      <c r="O481" s="30"/>
+    </row>
+    <row r="482" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A482" s="39"/>
+      <c r="B482" s="39"/>
+      <c r="C482" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D482" s="7">
+        <v>0</v>
+      </c>
+      <c r="E482" s="7">
+        <v>0</v>
+      </c>
+      <c r="F482" s="7">
+        <v>0</v>
+      </c>
+      <c r="G482" s="6">
+        <v>2.37554753151985</v>
+      </c>
+      <c r="H482" s="6">
+        <v>17.686067059468101</v>
+      </c>
+      <c r="I482" s="6">
+        <v>17.672558381342402</v>
+      </c>
+      <c r="J482" s="5"/>
+      <c r="K482" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L482" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M482" s="5"/>
+      <c r="N482" s="30"/>
+      <c r="O482" s="30"/>
+    </row>
+    <row r="483" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A483" s="39"/>
+      <c r="B483" s="39"/>
+      <c r="C483" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D483" s="5"/>
+      <c r="E483" s="5"/>
+      <c r="F483" s="5"/>
+      <c r="G483" s="5"/>
+      <c r="H483" s="5"/>
+      <c r="I483" s="5"/>
+      <c r="J483" s="6">
+        <v>395498</v>
+      </c>
+      <c r="K483" s="6">
+        <v>395608.51945060398</v>
+      </c>
+      <c r="L483" s="6">
+        <v>393684.746334603</v>
+      </c>
+      <c r="M483" s="6">
+        <v>384102.99430000002</v>
+      </c>
+      <c r="N483" s="30">
+        <v>384102.99431848002</v>
+      </c>
+      <c r="O483" s="30">
+        <v>384102.99431848002</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A484" s="39"/>
+      <c r="B484" s="39"/>
+      <c r="C484" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D484" s="6">
+        <v>396796.24261041201</v>
+      </c>
+      <c r="E484" s="6">
+        <v>396032.10044660798</v>
+      </c>
+      <c r="F484" s="6">
+        <v>396307.18147962698</v>
+      </c>
+      <c r="G484" s="6">
+        <v>395867.72011749801</v>
+      </c>
+      <c r="H484" s="6">
+        <v>395975.141996035</v>
+      </c>
+      <c r="I484" s="6">
+        <v>395813.72304105799</v>
+      </c>
+      <c r="J484" s="5"/>
+      <c r="K484" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L484" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M484" s="5"/>
+      <c r="N484" s="30"/>
+      <c r="O484" s="30"/>
+    </row>
+    <row r="485" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A485" s="39"/>
+      <c r="B485" s="39" t="s">
+        <v>55</v>
+      </c>
+      <c r="C485" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D485" s="6">
+        <v>3074672</v>
+      </c>
+      <c r="E485" s="6">
+        <v>3069894.0101942001</v>
+      </c>
+      <c r="F485" s="6">
+        <v>3072639</v>
+      </c>
+      <c r="G485" s="6">
+        <v>3072296</v>
+      </c>
+      <c r="H485" s="6">
+        <v>3071632</v>
+      </c>
+      <c r="I485" s="6">
+        <v>3072336</v>
+      </c>
+      <c r="J485" s="6">
+        <v>3071277</v>
+      </c>
+      <c r="K485" s="6">
+        <v>3071523</v>
+      </c>
+      <c r="L485" s="6">
+        <v>3058403.4461524598</v>
+      </c>
+      <c r="M485" s="6">
+        <v>3248476</v>
+      </c>
+      <c r="N485" s="30">
+        <v>3248476</v>
+      </c>
+      <c r="O485" s="30">
+        <v>3248476</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A486" s="39"/>
+      <c r="B486" s="39"/>
+      <c r="C486" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D486" s="6">
+        <v>669603.09899623401</v>
+      </c>
+      <c r="E486" s="6">
+        <v>669359.11291524605</v>
+      </c>
+      <c r="F486" s="6">
+        <v>670776.53173585399</v>
+      </c>
+      <c r="G486" s="6">
+        <v>671387.05399675504</v>
+      </c>
+      <c r="H486" s="6">
+        <v>671459.638829901</v>
+      </c>
+      <c r="I486" s="6">
+        <v>672169.02754272695</v>
+      </c>
+      <c r="J486" s="6">
+        <v>671829</v>
+      </c>
+      <c r="K486" s="6">
+        <v>671695.28669378394</v>
+      </c>
+      <c r="L486" s="6">
+        <v>669108.753934187</v>
+      </c>
+      <c r="M486" s="6">
+        <v>711167.68550000002</v>
+      </c>
+      <c r="N486" s="30">
+        <v>711167.68546483899</v>
+      </c>
+      <c r="O486" s="30">
+        <v>711167.68546483899</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A487" s="39"/>
+      <c r="B487" s="39"/>
+      <c r="C487" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D487" s="6">
+        <v>151928.92738548599</v>
+      </c>
+      <c r="E487" s="6">
+        <v>151940.408371478</v>
+      </c>
+      <c r="F487" s="6">
+        <v>152581.23061706399</v>
+      </c>
+      <c r="G487" s="6">
+        <v>153031.59565949399</v>
+      </c>
+      <c r="H487" s="6">
+        <v>153187.31600424901</v>
+      </c>
+      <c r="I487" s="6">
+        <v>153636.98266970599</v>
+      </c>
+      <c r="J487" s="6">
+        <v>152808</v>
+      </c>
+      <c r="K487" s="6">
+        <v>152459.09988446999</v>
+      </c>
+      <c r="L487" s="6">
+        <v>151857.88597575901</v>
+      </c>
+      <c r="M487" s="6">
+        <v>161405.67673455999</v>
+      </c>
+      <c r="N487" s="30">
+        <v>161405.67673455999</v>
+      </c>
+      <c r="O487" s="30">
+        <v>161405.67673455999</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A488" s="39"/>
+      <c r="B488" s="39"/>
+      <c r="C488" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D488" s="6">
+        <v>517674.17161074799</v>
+      </c>
+      <c r="E488" s="6">
+        <v>517418.70454376802</v>
+      </c>
+      <c r="F488" s="6">
+        <v>518195.30111879</v>
+      </c>
+      <c r="G488" s="6">
+        <v>518347.80079334998</v>
+      </c>
+      <c r="H488" s="6">
+        <v>518264.67359050299</v>
+      </c>
+      <c r="I488" s="6">
+        <v>518524.40153745603</v>
+      </c>
+      <c r="J488" s="5"/>
+      <c r="K488" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L488" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M488" s="5"/>
+      <c r="N488" s="30"/>
+      <c r="O488" s="30"/>
+    </row>
+    <row r="489" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A489" s="39"/>
+      <c r="B489" s="39"/>
+      <c r="C489" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D489" s="7">
+        <v>0</v>
+      </c>
+      <c r="E489" s="7">
+        <v>0</v>
+      </c>
+      <c r="F489" s="7">
+        <v>0</v>
+      </c>
+      <c r="G489" s="6">
+        <v>7.6575439107953098</v>
+      </c>
+      <c r="H489" s="6">
+        <v>7.6492351489156798</v>
+      </c>
+      <c r="I489" s="6">
+        <v>7.64333556512433</v>
+      </c>
+      <c r="J489" s="5"/>
+      <c r="K489" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L489" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M489" s="5"/>
+      <c r="N489" s="30"/>
+      <c r="O489" s="30"/>
+    </row>
+    <row r="490" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A490" s="39"/>
+      <c r="B490" s="39"/>
+      <c r="C490" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D490" s="5"/>
+      <c r="E490" s="5"/>
+      <c r="F490" s="5"/>
+      <c r="G490" s="5"/>
+      <c r="H490" s="5"/>
+      <c r="I490" s="5"/>
+      <c r="J490" s="6">
+        <v>519021</v>
+      </c>
+      <c r="K490" s="6">
+        <v>519236.18680931302</v>
+      </c>
+      <c r="L490" s="6">
+        <v>517250.86795842898</v>
+      </c>
+      <c r="M490" s="6">
+        <v>549762.00873027998</v>
+      </c>
+      <c r="N490" s="30">
+        <v>549762.00873027998</v>
+      </c>
+      <c r="O490" s="30">
+        <v>549762.00873027998</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A491" s="39"/>
+      <c r="B491" s="39"/>
+      <c r="C491" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D491" s="6">
+        <v>2405068.9010037701</v>
+      </c>
+      <c r="E491" s="6">
+        <v>2400534.8972789501</v>
+      </c>
+      <c r="F491" s="6">
+        <v>2401862.46826415</v>
+      </c>
+      <c r="G491" s="6">
+        <v>2400908.9460032498</v>
+      </c>
+      <c r="H491" s="6">
+        <v>2400172.3611701</v>
+      </c>
+      <c r="I491" s="6">
+        <v>2400166.9724572701</v>
+      </c>
+      <c r="J491" s="6">
+        <v>2399448</v>
+      </c>
+      <c r="K491" s="6">
+        <v>2399827.7133062198</v>
+      </c>
+      <c r="L491" s="6">
+        <v>2389294.6922182702</v>
+      </c>
+      <c r="M491" s="6">
+        <v>2537308.3149999999</v>
+      </c>
+      <c r="N491" s="30">
+        <v>2537308.3145351601</v>
+      </c>
+      <c r="O491" s="30">
+        <v>2537308.3145351601</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A492" s="39"/>
+      <c r="B492" s="39"/>
+      <c r="C492" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D492" s="6">
+        <v>1383937.0945125199</v>
+      </c>
+      <c r="E492" s="6">
+        <v>1381036.7841745999</v>
+      </c>
+      <c r="F492" s="6">
+        <v>1381663.4696331499</v>
+      </c>
+      <c r="G492" s="6">
+        <v>1381059.03827983</v>
+      </c>
+      <c r="H492" s="6">
+        <v>1380342.0384414501</v>
+      </c>
+      <c r="I492" s="6">
+        <v>1380056.5998072401</v>
+      </c>
+      <c r="J492" s="6">
+        <v>1379111</v>
+      </c>
+      <c r="K492" s="6">
+        <v>1378548.8915653799</v>
+      </c>
+      <c r="L492" s="6">
+        <v>1372136.91821238</v>
+      </c>
+      <c r="M492" s="6">
+        <v>1456850.077</v>
+      </c>
+      <c r="N492" s="30">
+        <v>1456850.0769164099</v>
+      </c>
+      <c r="O492" s="30">
+        <v>1456850.0769164099</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A493" s="39"/>
+      <c r="B493" s="39"/>
+      <c r="C493" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D493" s="6">
+        <v>10730.071351258101</v>
+      </c>
+      <c r="E493" s="6">
+        <v>10702.6768793675</v>
+      </c>
+      <c r="F493" s="6">
+        <v>10701.527744257</v>
+      </c>
+      <c r="G493" s="6">
+        <v>10697.0257664566</v>
+      </c>
+      <c r="H493" s="6">
+        <v>10684.0234118751</v>
+      </c>
+      <c r="I493" s="6">
+        <v>10675.783203524899</v>
+      </c>
+      <c r="J493" s="5"/>
+      <c r="K493" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L493" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M493" s="5"/>
+      <c r="N493" s="30"/>
+      <c r="O493" s="30"/>
+    </row>
+    <row r="494" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A494" s="39"/>
+      <c r="B494" s="39"/>
+      <c r="C494" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D494" s="7">
+        <v>0</v>
+      </c>
+      <c r="E494" s="6">
+        <v>10.8426212457387</v>
+      </c>
+      <c r="F494" s="6">
+        <v>10.842456579915799</v>
+      </c>
+      <c r="G494" s="6">
+        <v>10.8313993182334</v>
+      </c>
+      <c r="H494" s="6">
+        <v>10.819232402931499</v>
+      </c>
+      <c r="I494" s="6">
+        <v>10.8108879126817</v>
+      </c>
+      <c r="J494" s="5"/>
+      <c r="K494" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L494" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M494" s="5"/>
+      <c r="N494" s="30"/>
+      <c r="O494" s="30"/>
+    </row>
+    <row r="495" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A495" s="39"/>
+      <c r="B495" s="39"/>
+      <c r="C495" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D495" s="5"/>
+      <c r="E495" s="5"/>
+      <c r="F495" s="5"/>
+      <c r="G495" s="5"/>
+      <c r="H495" s="5"/>
+      <c r="I495" s="5"/>
+      <c r="J495" s="6">
+        <v>1020337</v>
+      </c>
+      <c r="K495" s="6">
+        <v>1021278.82174084</v>
+      </c>
+      <c r="L495" s="6">
+        <v>1017157.77400589</v>
+      </c>
+      <c r="M495" s="6">
+        <v>1080458.2379999999</v>
+      </c>
+      <c r="N495" s="30">
+        <v>1080458.23761876</v>
+      </c>
+      <c r="O495" s="30">
+        <v>1080458.23761876</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A496" s="39"/>
+      <c r="B496" s="39"/>
+      <c r="C496" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D496" s="6">
+        <v>1010401.73513999</v>
+      </c>
+      <c r="E496" s="6">
+        <v>1008784.59360374</v>
+      </c>
+      <c r="F496" s="6">
+        <v>1009486.62843016</v>
+      </c>
+      <c r="G496" s="6">
+        <v>1009142.05055764</v>
+      </c>
+      <c r="H496" s="6">
+        <v>1009135.48008438</v>
+      </c>
+      <c r="I496" s="6">
+        <v>1009423.7785586</v>
+      </c>
+      <c r="J496" s="5"/>
+      <c r="K496" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L496" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M496" s="5"/>
+      <c r="N496" s="30"/>
+      <c r="O496" s="30"/>
+    </row>
+    <row r="497" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A497" s="39"/>
+      <c r="B497" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="C497" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D497" s="6">
+        <v>1406614</v>
+      </c>
+      <c r="E497" s="6">
+        <v>1402251.60621845</v>
+      </c>
+      <c r="F497" s="6">
+        <v>1404101</v>
+      </c>
+      <c r="G497" s="6">
+        <v>1403985</v>
+      </c>
+      <c r="H497" s="6">
+        <v>1403924</v>
+      </c>
+      <c r="I497" s="6">
+        <v>1404416</v>
+      </c>
+      <c r="J497" s="6">
+        <v>1404163</v>
+      </c>
+      <c r="K497" s="6">
+        <v>1404387</v>
+      </c>
+      <c r="L497" s="6">
+        <v>1396124.32844353</v>
+      </c>
+      <c r="M497" s="6">
+        <v>1323525</v>
+      </c>
+      <c r="N497" s="30">
+        <v>1323525</v>
+      </c>
+      <c r="O497" s="30">
+        <v>1323525</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A498" s="39"/>
+      <c r="B498" s="39"/>
+      <c r="C498" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D498" s="6">
+        <v>249904.46375347499</v>
+      </c>
+      <c r="E498" s="6">
+        <v>249470.73912859301</v>
+      </c>
+      <c r="F498" s="6">
+        <v>249989.270767865</v>
+      </c>
+      <c r="G498" s="6">
+        <v>250186.42041190399</v>
+      </c>
+      <c r="H498" s="6">
+        <v>250410.78151524201</v>
+      </c>
+      <c r="I498" s="6">
+        <v>250854.237011725</v>
+      </c>
+      <c r="J498" s="6">
+        <v>250707</v>
+      </c>
+      <c r="K498" s="6">
+        <v>250818.326104301</v>
+      </c>
+      <c r="L498" s="6">
+        <v>249434.20106273901</v>
+      </c>
+      <c r="M498" s="6">
+        <v>236449.26939999999</v>
+      </c>
+      <c r="N498" s="30">
+        <v>236449.26943322801</v>
+      </c>
+      <c r="O498" s="30">
+        <v>236449.26943322801</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A499" s="39"/>
+      <c r="B499" s="39"/>
+      <c r="C499" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D499" s="6">
+        <v>100204.879766008</v>
+      </c>
+      <c r="E499" s="6">
+        <v>100200.456414028</v>
+      </c>
+      <c r="F499" s="6">
+        <v>100527.003659922</v>
+      </c>
+      <c r="G499" s="6">
+        <v>100805.065701839</v>
+      </c>
+      <c r="H499" s="6">
+        <v>101104.931186179</v>
+      </c>
+      <c r="I499" s="6">
+        <v>101366.69662482099</v>
+      </c>
+      <c r="J499" s="6">
+        <v>101310</v>
+      </c>
+      <c r="K499" s="6">
+        <v>101351.025140342</v>
+      </c>
+      <c r="L499" s="6">
+        <v>100845.45344059401</v>
+      </c>
+      <c r="M499" s="6">
+        <v>95540.704354242407</v>
+      </c>
+      <c r="N499" s="30">
+        <v>95540.704354242407</v>
+      </c>
+      <c r="O499" s="30">
+        <v>95540.704354242407</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A500" s="39"/>
+      <c r="B500" s="39"/>
+      <c r="C500" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D500" s="6">
+        <v>149699.58398746699</v>
+      </c>
+      <c r="E500" s="6">
+        <v>149270.28271456601</v>
+      </c>
+      <c r="F500" s="6">
+        <v>149462.267107944</v>
+      </c>
+      <c r="G500" s="6">
+        <v>149381.354710065</v>
+      </c>
+      <c r="H500" s="6">
+        <v>149305.85032906299</v>
+      </c>
+      <c r="I500" s="6">
+        <v>149487.54038690499</v>
+      </c>
+      <c r="J500" s="5"/>
+      <c r="K500" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L500" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M500" s="5"/>
+      <c r="N500" s="30"/>
+      <c r="O500" s="30"/>
+    </row>
+    <row r="501" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A501" s="39"/>
+      <c r="B501" s="39"/>
+      <c r="C501" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D501" s="7">
+        <v>0</v>
+      </c>
+      <c r="E501" s="7">
+        <v>0</v>
+      </c>
+      <c r="F501" s="7">
+        <v>0</v>
+      </c>
+      <c r="G501" s="7">
+        <v>0</v>
+      </c>
+      <c r="H501" s="7">
+        <v>0</v>
+      </c>
+      <c r="I501" s="7">
+        <v>0</v>
+      </c>
+      <c r="J501" s="5"/>
+      <c r="K501" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L501" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M501" s="5"/>
+      <c r="N501" s="30"/>
+      <c r="O501" s="30"/>
+    </row>
+    <row r="502" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A502" s="39"/>
+      <c r="B502" s="39"/>
+      <c r="C502" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D502" s="5"/>
+      <c r="E502" s="5"/>
+      <c r="F502" s="5"/>
+      <c r="G502" s="5"/>
+      <c r="H502" s="5"/>
+      <c r="I502" s="5"/>
+      <c r="J502" s="6">
+        <v>149397</v>
+      </c>
+      <c r="K502" s="6">
+        <v>149467.30096395899</v>
+      </c>
+      <c r="L502" s="6">
+        <v>148588.747622144</v>
+      </c>
+      <c r="M502" s="6">
+        <v>140908.565078985</v>
+      </c>
+      <c r="N502" s="30">
+        <v>140908.565078985</v>
+      </c>
+      <c r="O502" s="30">
+        <v>140908.565078985</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A503" s="39"/>
+      <c r="B503" s="39"/>
+      <c r="C503" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D503" s="6">
+        <v>1156709.53624653</v>
+      </c>
+      <c r="E503" s="6">
+        <v>1152780.8670898599</v>
+      </c>
+      <c r="F503" s="6">
+        <v>1154111.7292321301</v>
+      </c>
+      <c r="G503" s="6">
+        <v>1153798.5795881001</v>
+      </c>
+      <c r="H503" s="6">
+        <v>1153513.21848476</v>
+      </c>
+      <c r="I503" s="6">
+        <v>1153561.76298827</v>
+      </c>
+      <c r="J503" s="6">
+        <v>1153456</v>
+      </c>
+      <c r="K503" s="6">
+        <v>1153568.6738956999</v>
+      </c>
+      <c r="L503" s="6">
+        <v>1146690.12738079</v>
+      </c>
+      <c r="M503" s="6">
+        <v>1087075.7309999999</v>
+      </c>
+      <c r="N503" s="30">
+        <v>1087075.7305667701</v>
+      </c>
+      <c r="O503" s="30">
+        <v>1087075.7305667701</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A504" s="39"/>
+      <c r="B504" s="39"/>
+      <c r="C504" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D504" s="6">
+        <v>384906.63439886598</v>
+      </c>
+      <c r="E504" s="6">
+        <v>383637.05845442798</v>
+      </c>
+      <c r="F504" s="6">
+        <v>384020.73033564299</v>
+      </c>
+      <c r="G504" s="6">
+        <v>383846.90864662098</v>
+      </c>
+      <c r="H504" s="6">
+        <v>383577.89617516298</v>
+      </c>
+      <c r="I504" s="6">
+        <v>383589.16564767301</v>
+      </c>
+      <c r="J504" s="6">
+        <v>383384</v>
+      </c>
+      <c r="K504" s="6">
+        <v>383334.62553472997</v>
+      </c>
+      <c r="L504" s="6">
+        <v>380889.76938416698</v>
+      </c>
+      <c r="M504" s="6">
+        <v>361000.58669999999</v>
+      </c>
+      <c r="N504" s="30">
+        <v>361000.586704457</v>
+      </c>
+      <c r="O504" s="30">
+        <v>361000.586704457</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A505" s="39"/>
+      <c r="B505" s="39"/>
+      <c r="C505" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D505" s="7">
+        <v>0</v>
+      </c>
+      <c r="E505" s="7">
+        <v>0</v>
+      </c>
+      <c r="F505" s="7">
+        <v>0</v>
+      </c>
+      <c r="G505" s="7">
+        <v>0</v>
+      </c>
+      <c r="H505" s="6">
+        <v>1.5144804784488799</v>
+      </c>
+      <c r="I505" s="6">
+        <v>3.1915153218967598</v>
+      </c>
+      <c r="J505" s="5"/>
+      <c r="K505" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L505" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M505" s="5"/>
+      <c r="N505" s="30"/>
+      <c r="O505" s="30"/>
+    </row>
+    <row r="506" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A506" s="39"/>
+      <c r="B506" s="39"/>
+      <c r="C506" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D506" s="7">
+        <v>0</v>
+      </c>
+      <c r="E506" s="7">
+        <v>0</v>
+      </c>
+      <c r="F506" s="7">
+        <v>0</v>
+      </c>
+      <c r="G506" s="7">
+        <v>0</v>
+      </c>
+      <c r="H506" s="7">
+        <v>0</v>
+      </c>
+      <c r="I506" s="7">
+        <v>0</v>
+      </c>
+      <c r="J506" s="5"/>
+      <c r="K506" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L506" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M506" s="5"/>
+      <c r="N506" s="30"/>
+      <c r="O506" s="30"/>
+    </row>
+    <row r="507" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A507" s="39"/>
+      <c r="B507" s="39"/>
+      <c r="C507" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D507" s="5"/>
+      <c r="E507" s="5"/>
+      <c r="F507" s="5"/>
+      <c r="G507" s="5"/>
+      <c r="H507" s="5"/>
+      <c r="I507" s="5"/>
+      <c r="J507" s="6">
+        <v>770072</v>
+      </c>
+      <c r="K507" s="6">
+        <v>770234.04836096906</v>
+      </c>
+      <c r="L507" s="6">
+        <v>765800.35799662501</v>
+      </c>
+      <c r="M507" s="6">
+        <v>726075.14390000002</v>
+      </c>
+      <c r="N507" s="30">
+        <v>726075.14386231604</v>
+      </c>
+      <c r="O507" s="30">
+        <v>726075.14386231604</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A508" s="39"/>
+      <c r="B508" s="39"/>
+      <c r="C508" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D508" s="6">
+        <v>771802.90184765903</v>
+      </c>
+      <c r="E508" s="6">
+        <v>769143.80863542797</v>
+      </c>
+      <c r="F508" s="6">
+        <v>770090.99889649195</v>
+      </c>
+      <c r="G508" s="6">
+        <v>769951.67094147496</v>
+      </c>
+      <c r="H508" s="6">
+        <v>769933.80782911601</v>
+      </c>
+      <c r="I508" s="6">
+        <v>769969.40582527895</v>
+      </c>
+      <c r="J508" s="5"/>
+      <c r="K508" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L508" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M508" s="5"/>
+      <c r="N508" s="30"/>
+      <c r="O508" s="30"/>
+    </row>
+    <row r="509" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A509" s="39"/>
+      <c r="B509" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="C509" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D509" s="6">
+        <v>1825230</v>
+      </c>
+      <c r="E509" s="6">
+        <v>1822396.18192565</v>
+      </c>
+      <c r="F509" s="6">
+        <v>1823980</v>
+      </c>
+      <c r="G509" s="6">
+        <v>1824927</v>
+      </c>
+      <c r="H509" s="6">
+        <v>1824286</v>
+      </c>
+      <c r="I509" s="6">
+        <v>1824668</v>
+      </c>
+      <c r="J509" s="6">
+        <v>1826271</v>
+      </c>
+      <c r="K509" s="6">
+        <v>1825603</v>
+      </c>
+      <c r="L509" s="6">
+        <v>1819509.7429577101</v>
+      </c>
+      <c r="M509" s="6">
+        <v>1979144</v>
+      </c>
+      <c r="N509" s="30">
+        <v>1979144</v>
+      </c>
+      <c r="O509" s="30">
+        <v>1979144</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A510" s="39"/>
+      <c r="B510" s="39"/>
+      <c r="C510" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D510" s="6">
+        <v>792865.72712677706</v>
+      </c>
+      <c r="E510" s="6">
+        <v>792023.17640780797</v>
+      </c>
+      <c r="F510" s="6">
+        <v>793158.344953152</v>
+      </c>
+      <c r="G510" s="6">
+        <v>793940.16450947803</v>
+      </c>
+      <c r="H510" s="6">
+        <v>794254.59775723796</v>
+      </c>
+      <c r="I510" s="6">
+        <v>794800.89572156104</v>
+      </c>
+      <c r="J510" s="6">
+        <v>795459</v>
+      </c>
+      <c r="K510" s="6">
+        <v>795039.59195792</v>
+      </c>
+      <c r="L510" s="6">
+        <v>792293.92421823298</v>
+      </c>
+      <c r="M510" s="6">
+        <v>861908.89199999999</v>
+      </c>
+      <c r="N510" s="30">
+        <v>861908.892038155</v>
+      </c>
+      <c r="O510" s="30">
+        <v>861908.892038155</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A511" s="39"/>
+      <c r="B511" s="39"/>
+      <c r="C511" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D511" s="6">
+        <v>314662.60447865201</v>
+      </c>
+      <c r="E511" s="6">
+        <v>314433.52955275401</v>
+      </c>
+      <c r="F511" s="6">
+        <v>315002.189519368</v>
+      </c>
+      <c r="G511" s="6">
+        <v>315373.31443133298</v>
+      </c>
+      <c r="H511" s="6">
+        <v>315700.402858758</v>
+      </c>
+      <c r="I511" s="6">
+        <v>315966.775009187</v>
+      </c>
+      <c r="J511" s="6">
+        <v>316075</v>
+      </c>
+      <c r="K511" s="6">
+        <v>316005.33647834201</v>
+      </c>
+      <c r="L511" s="6">
+        <v>315062.29328365601</v>
+      </c>
+      <c r="M511" s="6">
+        <v>343023.17511928699</v>
+      </c>
+      <c r="N511" s="30">
+        <v>343023.17511928699</v>
+      </c>
+      <c r="O511" s="30">
+        <v>343023.17511928699</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A512" s="39"/>
+      <c r="B512" s="39"/>
+      <c r="C512" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D512" s="6">
+        <v>478174.00670544402</v>
+      </c>
+      <c r="E512" s="6">
+        <v>477560.60520052799</v>
+      </c>
+      <c r="F512" s="6">
+        <v>478127.11664575501</v>
+      </c>
+      <c r="G512" s="6">
+        <v>478537.82429436099</v>
+      </c>
+      <c r="H512" s="6">
+        <v>478525.20731851301</v>
+      </c>
+      <c r="I512" s="6">
+        <v>478805.15604828898</v>
+      </c>
+      <c r="J512" s="5"/>
+      <c r="K512" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L512" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M512" s="5"/>
+      <c r="N512" s="30"/>
+      <c r="O512" s="30"/>
+    </row>
+    <row r="513" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A513" s="39"/>
+      <c r="B513" s="39"/>
+      <c r="C513" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D513" s="6">
+        <v>29.115942680525698</v>
+      </c>
+      <c r="E513" s="6">
+        <v>29.041654526031699</v>
+      </c>
+      <c r="F513" s="6">
+        <v>29.038788028423401</v>
+      </c>
+      <c r="G513" s="6">
+        <v>29.025783783775299</v>
+      </c>
+      <c r="H513" s="6">
+        <v>28.987579966996801</v>
+      </c>
+      <c r="I513" s="6">
+        <v>28.964664084422601</v>
+      </c>
+      <c r="J513" s="5"/>
+      <c r="K513" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L513" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M513" s="5"/>
+      <c r="N513" s="30"/>
+      <c r="O513" s="30"/>
+    </row>
+    <row r="514" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A514" s="39"/>
+      <c r="B514" s="39"/>
+      <c r="C514" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D514" s="5"/>
+      <c r="E514" s="5"/>
+      <c r="F514" s="5"/>
+      <c r="G514" s="5"/>
+      <c r="H514" s="5"/>
+      <c r="I514" s="5"/>
+      <c r="J514" s="6">
+        <v>479384</v>
+      </c>
+      <c r="K514" s="6">
+        <v>479034.25547957799</v>
+      </c>
+      <c r="L514" s="6">
+        <v>477231.63093457802</v>
+      </c>
+      <c r="M514" s="6">
+        <v>518885.71691886801</v>
+      </c>
+      <c r="N514" s="30">
+        <v>518885.71691886801</v>
+      </c>
+      <c r="O514" s="30">
+        <v>518885.71691886801</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A515" s="39"/>
+      <c r="B515" s="39"/>
+      <c r="C515" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D515" s="6">
+        <v>1032364.27287322</v>
+      </c>
+      <c r="E515" s="6">
+        <v>1030373.00551784</v>
+      </c>
+      <c r="F515" s="6">
+        <v>1030821.65504685</v>
+      </c>
+      <c r="G515" s="6">
+        <v>1030986.83549052</v>
+      </c>
+      <c r="H515" s="6">
+        <v>1030031.4022427601</v>
+      </c>
+      <c r="I515" s="6">
+        <v>1029867.10427844</v>
+      </c>
+      <c r="J515" s="6">
+        <v>1030812</v>
+      </c>
+      <c r="K515" s="6">
+        <v>1030563.40804208</v>
+      </c>
+      <c r="L515" s="6">
+        <v>1027215.81873948</v>
+      </c>
+      <c r="M515" s="6">
+        <v>1117235.108</v>
+      </c>
+      <c r="N515" s="30">
+        <v>1117235.10796185</v>
+      </c>
+      <c r="O515" s="30">
+        <v>1117235.10796185</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A516" s="39"/>
+      <c r="B516" s="39"/>
+      <c r="C516" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D516" s="6">
+        <v>551061.15305440803</v>
+      </c>
+      <c r="E516" s="6">
+        <v>549952.70779976202</v>
+      </c>
+      <c r="F516" s="6">
+        <v>550116.22353642003</v>
+      </c>
+      <c r="G516" s="6">
+        <v>550138.197164529</v>
+      </c>
+      <c r="H516" s="6">
+        <v>549771.18426020094</v>
+      </c>
+      <c r="I516" s="6">
+        <v>549806.69931675703</v>
+      </c>
+      <c r="J516" s="6">
+        <v>549959</v>
+      </c>
+      <c r="K516" s="6">
+        <v>549823.50500560703</v>
+      </c>
+      <c r="L516" s="6">
+        <v>548067.49973349099</v>
+      </c>
+      <c r="M516" s="6">
+        <v>595674.69750000001</v>
+      </c>
+      <c r="N516" s="30">
+        <v>595674.69747655105</v>
+      </c>
+      <c r="O516" s="30">
+        <v>595674.69747655105</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A517" s="39"/>
+      <c r="B517" s="39"/>
+      <c r="C517" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D517" s="6">
+        <v>6898.88589501349</v>
+      </c>
+      <c r="E517" s="6">
+        <v>6897.1287456233404</v>
+      </c>
+      <c r="F517" s="6">
+        <v>6896.2113676064</v>
+      </c>
+      <c r="G517" s="6">
+        <v>6895.3449091469001</v>
+      </c>
+      <c r="H517" s="6">
+        <v>6886.03276086393</v>
+      </c>
+      <c r="I517" s="6">
+        <v>6881.3997105110702</v>
+      </c>
+      <c r="J517" s="5"/>
+      <c r="K517" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L517" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M517" s="5"/>
+      <c r="N517" s="30"/>
+      <c r="O517" s="30"/>
+    </row>
+    <row r="518" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A518" s="39"/>
+      <c r="B518" s="39"/>
+      <c r="C518" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D518" s="7">
+        <v>0</v>
+      </c>
+      <c r="E518" s="7">
+        <v>0</v>
+      </c>
+      <c r="F518" s="7">
+        <v>0</v>
+      </c>
+      <c r="G518" s="7">
+        <v>0</v>
+      </c>
+      <c r="H518" s="7">
+        <v>0</v>
+      </c>
+      <c r="I518" s="7">
+        <v>0</v>
+      </c>
+      <c r="J518" s="5"/>
+      <c r="K518" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L518" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M518" s="5"/>
+      <c r="N518" s="30"/>
+      <c r="O518" s="30"/>
+    </row>
+    <row r="519" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A519" s="39"/>
+      <c r="B519" s="39"/>
+      <c r="C519" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D519" s="5"/>
+      <c r="E519" s="5"/>
+      <c r="F519" s="5"/>
+      <c r="G519" s="5"/>
+      <c r="H519" s="5"/>
+      <c r="I519" s="5"/>
+      <c r="J519" s="6">
+        <v>480853</v>
+      </c>
+      <c r="K519" s="6">
+        <v>480739.90303647198</v>
+      </c>
+      <c r="L519" s="6">
+        <v>479148.319005984</v>
+      </c>
+      <c r="M519" s="6">
+        <v>521560.4105</v>
+      </c>
+      <c r="N519" s="30">
+        <v>521560.41048529401</v>
+      </c>
+      <c r="O519" s="30">
+        <v>521560.41048529401</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A520" s="39"/>
+      <c r="B520" s="39"/>
+      <c r="C520" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D520" s="6">
+        <v>474404.23392380198</v>
+      </c>
+      <c r="E520" s="6">
+        <v>473523.16897245299</v>
+      </c>
+      <c r="F520" s="6">
+        <v>473809.22014282201</v>
+      </c>
+      <c r="G520" s="6">
+        <v>473953.29341684602</v>
+      </c>
+      <c r="H520" s="6">
+        <v>473374.18522169697</v>
+      </c>
+      <c r="I520" s="6">
+        <v>473179.00525117101</v>
+      </c>
+      <c r="J520" s="5"/>
+      <c r="K520" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L520" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M520" s="5"/>
+      <c r="N520" s="30"/>
+      <c r="O520" s="30"/>
+    </row>
+    <row r="521" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A521" s="39"/>
+      <c r="B521" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="C521" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D521" s="6">
+        <v>3062676</v>
+      </c>
+      <c r="E521" s="6">
+        <v>3056005.2935433299</v>
+      </c>
+      <c r="F521" s="6">
+        <v>3057634</v>
+      </c>
+      <c r="G521" s="6">
+        <v>3059059</v>
+      </c>
+      <c r="H521" s="6">
+        <v>3058995</v>
+      </c>
+      <c r="I521" s="6">
+        <v>3058803</v>
+      </c>
+      <c r="J521" s="6">
+        <v>3058015</v>
+      </c>
+      <c r="K521" s="6">
+        <v>3058671</v>
+      </c>
+      <c r="L521" s="6">
+        <v>3039421.0408419701</v>
+      </c>
+      <c r="M521" s="6">
+        <v>2849806</v>
+      </c>
+      <c r="N521" s="30">
+        <v>2849806</v>
+      </c>
+      <c r="O521" s="30">
+        <v>2849806</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A522" s="39"/>
+      <c r="B522" s="39"/>
+      <c r="C522" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D522" s="6">
+        <v>998697.40738175204</v>
+      </c>
+      <c r="E522" s="6">
+        <v>997196.87155240902</v>
+      </c>
+      <c r="F522" s="6">
+        <v>998255.99485478597</v>
+      </c>
+      <c r="G522" s="6">
+        <v>999611.19558591803</v>
+      </c>
+      <c r="H522" s="6">
+        <v>1000365.43882094</v>
+      </c>
+      <c r="I522" s="6">
+        <v>1001056.63517282</v>
+      </c>
+      <c r="J522" s="6">
+        <v>1001252</v>
+      </c>
+      <c r="K522" s="6">
+        <v>1001536.7561275701</v>
+      </c>
+      <c r="L522" s="6">
+        <v>995155.93270497699</v>
+      </c>
+      <c r="M522" s="6">
+        <v>933405.26639999996</v>
+      </c>
+      <c r="N522" s="30">
+        <v>933405.266376368</v>
+      </c>
+      <c r="O522" s="30">
+        <v>933405.266376368</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A523" s="39"/>
+      <c r="B523" s="39"/>
+      <c r="C523" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D523" s="6">
+        <v>544298.50559842598</v>
+      </c>
+      <c r="E523" s="6">
+        <v>543591.67979592399</v>
+      </c>
+      <c r="F523" s="6">
+        <v>544138.77440479805</v>
+      </c>
+      <c r="G523" s="6">
+        <v>544756.95911494398</v>
+      </c>
+      <c r="H523" s="6">
+        <v>545057.38599277404</v>
+      </c>
+      <c r="I523" s="6">
+        <v>545340.16363682097</v>
+      </c>
+      <c r="J523" s="6">
+        <v>545510</v>
+      </c>
+      <c r="K523" s="6">
+        <v>545230.11903482396</v>
+      </c>
+      <c r="L523" s="6">
+        <v>541754.03856402205</v>
+      </c>
+      <c r="M523" s="6">
+        <v>507929.12321097101</v>
+      </c>
+      <c r="N523" s="30">
+        <v>507929.12321097101</v>
+      </c>
+      <c r="O523" s="30">
+        <v>507929.12321097101</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A524" s="39"/>
+      <c r="B524" s="39"/>
+      <c r="C524" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D524" s="6">
+        <v>454310.76666649297</v>
+      </c>
+      <c r="E524" s="6">
+        <v>453517.33657018503</v>
+      </c>
+      <c r="F524" s="6">
+        <v>453978.14693644101</v>
+      </c>
+      <c r="G524" s="6">
+        <v>454715.23640120099</v>
+      </c>
+      <c r="H524" s="6">
+        <v>455169.19367324701</v>
+      </c>
+      <c r="I524" s="6">
+        <v>455577.759849369</v>
+      </c>
+      <c r="J524" s="5"/>
+      <c r="K524" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L524" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M524" s="5"/>
+      <c r="N524" s="30"/>
+      <c r="O524" s="30"/>
+    </row>
+    <row r="525" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A525" s="39"/>
+      <c r="B525" s="39"/>
+      <c r="C525" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D525" s="6">
+        <v>88.135116831920399</v>
+      </c>
+      <c r="E525" s="6">
+        <v>87.855186300397904</v>
+      </c>
+      <c r="F525" s="6">
+        <v>139.07351354704201</v>
+      </c>
+      <c r="G525" s="6">
+        <v>139.000069773061</v>
+      </c>
+      <c r="H525" s="6">
+        <v>138.85915492176801</v>
+      </c>
+      <c r="I525" s="6">
+        <v>138.711686629973</v>
+      </c>
+      <c r="J525" s="5"/>
+      <c r="K525" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L525" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M525" s="5"/>
+      <c r="N525" s="30"/>
+      <c r="O525" s="30"/>
+    </row>
+    <row r="526" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A526" s="39"/>
+      <c r="B526" s="39"/>
+      <c r="C526" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D526" s="5"/>
+      <c r="E526" s="5"/>
+      <c r="F526" s="5"/>
+      <c r="G526" s="5"/>
+      <c r="H526" s="5"/>
+      <c r="I526" s="5"/>
+      <c r="J526" s="6">
+        <v>455742</v>
+      </c>
+      <c r="K526" s="6">
+        <v>456306.63709274802</v>
+      </c>
+      <c r="L526" s="6">
+        <v>453401.89414095401</v>
+      </c>
+      <c r="M526" s="6">
+        <v>425476.14316539699</v>
+      </c>
+      <c r="N526" s="30">
+        <v>425476.14316539699</v>
+      </c>
+      <c r="O526" s="30">
+        <v>425476.14316539699</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A527" s="39"/>
+      <c r="B527" s="39"/>
+      <c r="C527" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D527" s="6">
+        <v>2063978.5926182501</v>
+      </c>
+      <c r="E527" s="6">
+        <v>2058808.4219909201</v>
+      </c>
+      <c r="F527" s="6">
+        <v>2059378.0051452101</v>
+      </c>
+      <c r="G527" s="6">
+        <v>2059447.80441408</v>
+      </c>
+      <c r="H527" s="6">
+        <v>2058629.56117906</v>
+      </c>
+      <c r="I527" s="6">
+        <v>2057746.36482718</v>
+      </c>
+      <c r="J527" s="6">
+        <v>2056763</v>
+      </c>
+      <c r="K527" s="6">
+        <v>2057134.2438724299</v>
+      </c>
+      <c r="L527" s="6">
+        <v>2044265.1081369999</v>
+      </c>
+      <c r="M527" s="6">
+        <v>1916400.7339999999</v>
+      </c>
+      <c r="N527" s="30">
+        <v>1916400.7336236299</v>
+      </c>
+      <c r="O527" s="30">
+        <v>1916400.7336236299</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A528" s="39"/>
+      <c r="B528" s="39"/>
+      <c r="C528" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D528" s="6">
+        <v>1298026.1579106001</v>
+      </c>
+      <c r="E528" s="6">
+        <v>1294942.2682437301</v>
+      </c>
+      <c r="F528" s="6">
+        <v>1295155.6295936301</v>
+      </c>
+      <c r="G528" s="6">
+        <v>1294830.44906256</v>
+      </c>
+      <c r="H528" s="6">
+        <v>1294242.4740148</v>
+      </c>
+      <c r="I528" s="6">
+        <v>1293661.6498989901</v>
+      </c>
+      <c r="J528" s="6">
+        <v>1292848</v>
+      </c>
+      <c r="K528" s="6">
+        <v>1293131.9422629401</v>
+      </c>
+      <c r="L528" s="6">
+        <v>1284669.8405118999</v>
+      </c>
+      <c r="M528" s="6">
+        <v>1204367.6159999999</v>
+      </c>
+      <c r="N528" s="30">
+        <v>1204367.61574278</v>
+      </c>
+      <c r="O528" s="30">
+        <v>1204367.61574278</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A529" s="39"/>
+      <c r="B529" s="39"/>
+      <c r="C529" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D529" s="6">
+        <v>1109.94084361301</v>
+      </c>
+      <c r="E529" s="6">
+        <v>1106.4155027332399</v>
+      </c>
+      <c r="F529" s="6">
+        <v>1105.8987955980199</v>
+      </c>
+      <c r="G529" s="6">
+        <v>1106.11415173664</v>
+      </c>
+      <c r="H529" s="6">
+        <v>1104.98584291461</v>
+      </c>
+      <c r="I529" s="6">
+        <v>1111.40193651191</v>
+      </c>
+      <c r="J529" s="5"/>
+      <c r="K529" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L529" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M529" s="5"/>
+      <c r="N529" s="30"/>
+      <c r="O529" s="30"/>
+    </row>
+    <row r="530" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A530" s="39"/>
+      <c r="B530" s="39"/>
+      <c r="C530" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D530" s="7">
+        <v>0</v>
+      </c>
+      <c r="E530" s="7">
+        <v>0</v>
+      </c>
+      <c r="F530" s="7">
+        <v>0</v>
+      </c>
+      <c r="G530" s="7">
+        <v>0</v>
+      </c>
+      <c r="H530" s="7">
+        <v>0</v>
+      </c>
+      <c r="I530" s="7">
+        <v>0</v>
+      </c>
+      <c r="J530" s="5"/>
+      <c r="K530" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L530" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M530" s="5"/>
+      <c r="N530" s="30"/>
+      <c r="O530" s="30"/>
+    </row>
+    <row r="531" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A531" s="39"/>
+      <c r="B531" s="39"/>
+      <c r="C531" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D531" s="5"/>
+      <c r="E531" s="5"/>
+      <c r="F531" s="5"/>
+      <c r="G531" s="5"/>
+      <c r="H531" s="5"/>
+      <c r="I531" s="5"/>
+      <c r="J531" s="6">
+        <v>763915</v>
+      </c>
+      <c r="K531" s="6">
+        <v>764002.30160948599</v>
+      </c>
+      <c r="L531" s="6">
+        <v>759595.26762509905</v>
+      </c>
+      <c r="M531" s="6">
+        <v>712033.11789999995</v>
+      </c>
+      <c r="N531" s="30">
+        <v>712033.11788084998</v>
+      </c>
+      <c r="O531" s="30">
+        <v>712033.11788084998</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A532" s="39"/>
+      <c r="B532" s="39"/>
+      <c r="C532" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D532" s="6">
+        <v>764842.49386403896</v>
+      </c>
+      <c r="E532" s="6">
+        <v>762759.73824445705</v>
+      </c>
+      <c r="F532" s="6">
+        <v>763116.47675598704</v>
+      </c>
+      <c r="G532" s="6">
+        <v>763511.24119978596</v>
+      </c>
+      <c r="H532" s="6">
+        <v>763282.10132133996</v>
+      </c>
+      <c r="I532" s="6">
+        <v>762973.31299167697</v>
+      </c>
+      <c r="J532" s="5"/>
+      <c r="K532" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L532" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M532" s="5"/>
+      <c r="N532" s="30"/>
+      <c r="O532" s="30"/>
+    </row>
+    <row r="533" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A533" s="39"/>
+      <c r="B533" s="39" t="s">
+        <v>59</v>
+      </c>
+      <c r="C533" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D533" s="6">
+        <v>2038314</v>
+      </c>
+      <c r="E533" s="6">
+        <v>2036268.03300492</v>
+      </c>
+      <c r="F533" s="6">
+        <v>2036629</v>
+      </c>
+      <c r="G533" s="6">
+        <v>2036934</v>
+      </c>
+      <c r="H533" s="6">
+        <v>2036392</v>
+      </c>
+      <c r="I533" s="6">
+        <v>2036718</v>
+      </c>
+      <c r="J533" s="6">
+        <v>2036356</v>
+      </c>
+      <c r="K533" s="6">
+        <v>2037129</v>
+      </c>
+      <c r="L533" s="6">
+        <v>2031787.1486034</v>
+      </c>
+      <c r="M533" s="6">
+        <v>2080609</v>
+      </c>
+      <c r="N533" s="30">
+        <v>2080609</v>
+      </c>
+      <c r="O533" s="30">
+        <v>2080609</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A534" s="39"/>
+      <c r="B534" s="39"/>
+      <c r="C534" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D534" s="6">
+        <v>936204.41720693896</v>
+      </c>
+      <c r="E534" s="6">
+        <v>935778.90940194402</v>
+      </c>
+      <c r="F534" s="6">
+        <v>936284.75376332004</v>
+      </c>
+      <c r="G534" s="6">
+        <v>936905.25822284597</v>
+      </c>
+      <c r="H534" s="6">
+        <v>936954.44952126604</v>
+      </c>
+      <c r="I534" s="6">
+        <v>937421.98053965904</v>
+      </c>
+      <c r="J534" s="6">
+        <v>937399</v>
+      </c>
+      <c r="K534" s="6">
+        <v>937537.61510951002</v>
+      </c>
+      <c r="L534" s="6">
+        <v>934846.80523873598</v>
+      </c>
+      <c r="M534" s="6">
+        <v>957085.12349999999</v>
+      </c>
+      <c r="N534" s="30">
+        <v>957085.12346396595</v>
+      </c>
+      <c r="O534" s="30">
+        <v>957085.12346396595</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A535" s="39"/>
+      <c r="B535" s="39"/>
+      <c r="C535" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D535" s="6">
+        <v>424489.17325336701</v>
+      </c>
+      <c r="E535" s="6">
+        <v>424044.72646389599</v>
+      </c>
+      <c r="F535" s="6">
+        <v>424181.51902352797</v>
+      </c>
+      <c r="G535" s="6">
+        <v>424418.64705228998</v>
+      </c>
+      <c r="H535" s="6">
+        <v>424521.73310680798</v>
+      </c>
+      <c r="I535" s="6">
+        <v>424770.42381305998</v>
+      </c>
+      <c r="J535" s="6">
+        <v>424664</v>
+      </c>
+      <c r="K535" s="6">
+        <v>424534.10397763998</v>
+      </c>
+      <c r="L535" s="6">
+        <v>423139.76839582302</v>
+      </c>
+      <c r="M535" s="6">
+        <v>433379.67145070399</v>
+      </c>
+      <c r="N535" s="30">
+        <v>433379.67145070399</v>
+      </c>
+      <c r="O535" s="30">
+        <v>433379.67145070399</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A536" s="39"/>
+      <c r="B536" s="39"/>
+      <c r="C536" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D536" s="6">
+        <v>511676.34632838902</v>
+      </c>
+      <c r="E536" s="6">
+        <v>511695.36323368101</v>
+      </c>
+      <c r="F536" s="6">
+        <v>512064.44600132498</v>
+      </c>
+      <c r="G536" s="6">
+        <v>512447.85445538402</v>
+      </c>
+      <c r="H536" s="6">
+        <v>512394.007733215</v>
+      </c>
+      <c r="I536" s="6">
+        <v>512612.88057321397</v>
+      </c>
+      <c r="J536" s="5"/>
+      <c r="K536" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L536" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M536" s="5"/>
+      <c r="N536" s="30"/>
+      <c r="O536" s="30"/>
+    </row>
+    <row r="537" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A537" s="39"/>
+      <c r="B537" s="39"/>
+      <c r="C537" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D537" s="6">
+        <v>38.897625182506303</v>
+      </c>
+      <c r="E537" s="6">
+        <v>38.819704367254403</v>
+      </c>
+      <c r="F537" s="6">
+        <v>38.788738466706903</v>
+      </c>
+      <c r="G537" s="6">
+        <v>38.756715172353701</v>
+      </c>
+      <c r="H537" s="6">
+        <v>38.708681242618802</v>
+      </c>
+      <c r="I537" s="6">
+        <v>38.676153384362699</v>
+      </c>
+      <c r="J537" s="5"/>
+      <c r="K537" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L537" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M537" s="5"/>
+      <c r="N537" s="30"/>
+      <c r="O537" s="30"/>
+    </row>
+    <row r="538" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A538" s="39"/>
+      <c r="B538" s="39"/>
+      <c r="C538" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D538" s="5"/>
+      <c r="E538" s="5"/>
+      <c r="F538" s="5"/>
+      <c r="G538" s="5"/>
+      <c r="H538" s="5"/>
+      <c r="I538" s="5"/>
+      <c r="J538" s="6">
+        <v>512735</v>
+      </c>
+      <c r="K538" s="6">
+        <v>513003.51113186998</v>
+      </c>
+      <c r="L538" s="6">
+        <v>511707.03684291302</v>
+      </c>
+      <c r="M538" s="6">
+        <v>523705.45201326098</v>
+      </c>
+      <c r="N538" s="30">
+        <v>523705.45201326098</v>
+      </c>
+      <c r="O538" s="30">
+        <v>523705.45201326098</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A539" s="39"/>
+      <c r="B539" s="39"/>
+      <c r="C539" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D539" s="6">
+        <v>1102109.58279306</v>
+      </c>
+      <c r="E539" s="6">
+        <v>1100489.12360298</v>
+      </c>
+      <c r="F539" s="6">
+        <v>1100344.2462366801</v>
+      </c>
+      <c r="G539" s="6">
+        <v>1100028.74177715</v>
+      </c>
+      <c r="H539" s="6">
+        <v>1099437.5504787299</v>
+      </c>
+      <c r="I539" s="6">
+        <v>1099296.01946034</v>
+      </c>
+      <c r="J539" s="6">
+        <v>1098957</v>
+      </c>
+      <c r="K539" s="6">
+        <v>1099591.38489049</v>
+      </c>
+      <c r="L539" s="6">
+        <v>1096940.3433646599</v>
+      </c>
+      <c r="M539" s="6">
+        <v>1123523.8770000001</v>
+      </c>
+      <c r="N539" s="30">
+        <v>1123523.8765360301</v>
+      </c>
+      <c r="O539" s="30">
+        <v>1123523.8765360301</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A540" s="39"/>
+      <c r="B540" s="39"/>
+      <c r="C540" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D540" s="6">
+        <v>900008.71663833002</v>
+      </c>
+      <c r="E540" s="6">
+        <v>898629.432881805</v>
+      </c>
+      <c r="F540" s="6">
+        <v>898396.49114083103</v>
+      </c>
+      <c r="G540" s="6">
+        <v>898138.32193106599</v>
+      </c>
+      <c r="H540" s="6">
+        <v>897543.48140897695</v>
+      </c>
+      <c r="I540" s="6">
+        <v>897385.34349409002</v>
+      </c>
+      <c r="J540" s="6">
+        <v>897123</v>
+      </c>
+      <c r="K540" s="6">
+        <v>897627.78060285398</v>
+      </c>
+      <c r="L540" s="6">
+        <v>895192.04698802799</v>
+      </c>
+      <c r="M540" s="6">
+        <v>916656.13309999998</v>
+      </c>
+      <c r="N540" s="30">
+        <v>916656.13312264904</v>
+      </c>
+      <c r="O540" s="30">
+        <v>916656.13312264904</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A541" s="39"/>
+      <c r="B541" s="39"/>
+      <c r="C541" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D541" s="6">
+        <v>981.01178169653394</v>
+      </c>
+      <c r="E541" s="6">
+        <v>979.04659134255098</v>
+      </c>
+      <c r="F541" s="6">
+        <v>978.24140184330304</v>
+      </c>
+      <c r="G541" s="6">
+        <v>977.40955937584795</v>
+      </c>
+      <c r="H541" s="6">
+        <v>976.17397412098603</v>
+      </c>
+      <c r="I541" s="6">
+        <v>975.35367108703599</v>
+      </c>
+      <c r="J541" s="5"/>
+      <c r="K541" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L541" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M541" s="5"/>
+      <c r="N541" s="30"/>
+      <c r="O541" s="30"/>
+    </row>
+    <row r="542" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A542" s="39"/>
+      <c r="B542" s="39"/>
+      <c r="C542" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D542" s="7">
+        <v>0</v>
+      </c>
+      <c r="E542" s="7">
+        <v>0</v>
+      </c>
+      <c r="F542" s="7">
+        <v>0</v>
+      </c>
+      <c r="G542" s="7">
+        <v>0</v>
+      </c>
+      <c r="H542" s="6">
+        <v>2.1487731855701102</v>
+      </c>
+      <c r="I542" s="6">
+        <v>2.1469675185372599</v>
+      </c>
+      <c r="J542" s="5"/>
+      <c r="K542" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L542" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M542" s="5"/>
+      <c r="N542" s="30"/>
+      <c r="O542" s="30"/>
+    </row>
+    <row r="543" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A543" s="39"/>
+      <c r="B543" s="39"/>
+      <c r="C543" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D543" s="5"/>
+      <c r="E543" s="5"/>
+      <c r="F543" s="5"/>
+      <c r="G543" s="5"/>
+      <c r="H543" s="5"/>
+      <c r="I543" s="5"/>
+      <c r="J543" s="6">
+        <v>201834</v>
+      </c>
+      <c r="K543" s="6">
+        <v>201963.604287636</v>
+      </c>
+      <c r="L543" s="6">
+        <v>201748.296376635</v>
+      </c>
+      <c r="M543" s="6">
+        <v>206867.74340000001</v>
+      </c>
+      <c r="N543" s="30">
+        <v>206867.743413385</v>
+      </c>
+      <c r="O543" s="30">
+        <v>206867.743413385</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A544" s="39"/>
+      <c r="B544" s="39"/>
+      <c r="C544" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D544" s="6">
+        <v>201119.854373034</v>
+      </c>
+      <c r="E544" s="6">
+        <v>200880.644129833</v>
+      </c>
+      <c r="F544" s="6">
+        <v>200969.51369400599</v>
+      </c>
+      <c r="G544" s="6">
+        <v>200913.010286712</v>
+      </c>
+      <c r="H544" s="6">
+        <v>200915.74632245</v>
+      </c>
+      <c r="I544" s="6">
+        <v>200933.17532764599</v>
+      </c>
+      <c r="J544" s="5"/>
+      <c r="K544" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L544" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M544" s="5"/>
+      <c r="N544" s="30"/>
+      <c r="O544" s="30"/>
+    </row>
+    <row r="545" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A545" s="39"/>
+      <c r="B545" s="39" t="s">
+        <v>60</v>
+      </c>
+      <c r="C545" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D545" s="6">
+        <v>3286006</v>
+      </c>
+      <c r="E545" s="6">
+        <v>3279848.9208360501</v>
+      </c>
+      <c r="F545" s="6">
+        <v>3281561</v>
+      </c>
+      <c r="G545" s="6">
+        <v>3281401</v>
+      </c>
+      <c r="H545" s="6">
+        <v>3282383</v>
+      </c>
+      <c r="I545" s="6">
+        <v>3282023</v>
+      </c>
+      <c r="J545" s="6">
+        <v>3280738</v>
+      </c>
+      <c r="K545" s="6">
+        <v>3279552</v>
+      </c>
+      <c r="L545" s="6">
+        <v>3261949.06804536</v>
+      </c>
+      <c r="M545" s="6">
+        <v>3338513</v>
+      </c>
+      <c r="N545" s="30">
+        <v>3338513</v>
+      </c>
+      <c r="O545" s="30">
+        <v>3338513</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A546" s="39"/>
+      <c r="B546" s="39"/>
+      <c r="C546" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D546" s="6">
+        <v>827565.64167006896</v>
+      </c>
+      <c r="E546" s="6">
+        <v>826753.03360841796</v>
+      </c>
+      <c r="F546" s="6">
+        <v>828073.39240929298</v>
+      </c>
+      <c r="G546" s="6">
+        <v>828640.15108090499</v>
+      </c>
+      <c r="H546" s="6">
+        <v>829214.70903012401</v>
+      </c>
+      <c r="I546" s="6">
+        <v>829950.37433787296</v>
+      </c>
+      <c r="J546" s="6">
+        <v>829751</v>
+      </c>
+      <c r="K546" s="6">
+        <v>829387.61663426401</v>
+      </c>
+      <c r="L546" s="6">
+        <v>825097.679671483</v>
+      </c>
+      <c r="M546" s="6">
+        <v>844967.58100000001</v>
+      </c>
+      <c r="N546" s="30">
+        <v>844967.58103506605</v>
+      </c>
+      <c r="O546" s="30">
+        <v>844967.58103506605</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A547" s="39"/>
+      <c r="B547" s="39"/>
+      <c r="C547" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D547" s="6">
+        <v>377382.31317513401</v>
+      </c>
+      <c r="E547" s="6">
+        <v>377117.357508482</v>
+      </c>
+      <c r="F547" s="6">
+        <v>377728.632670619</v>
+      </c>
+      <c r="G547" s="6">
+        <v>377947.84820945503</v>
+      </c>
+      <c r="H547" s="6">
+        <v>378266.663931672</v>
+      </c>
+      <c r="I547" s="6">
+        <v>378399.263626631</v>
+      </c>
+      <c r="J547" s="6">
+        <v>378225</v>
+      </c>
+      <c r="K547" s="6">
+        <v>377651.93448112899</v>
+      </c>
+      <c r="L547" s="6">
+        <v>375399.916530466</v>
+      </c>
+      <c r="M547" s="6">
+        <v>384738.87527286302</v>
+      </c>
+      <c r="N547" s="30">
+        <v>384738.87527286302</v>
+      </c>
+      <c r="O547" s="30">
+        <v>384738.87527286302</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A548" s="39"/>
+      <c r="B548" s="39"/>
+      <c r="C548" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D548" s="6">
+        <v>450173.631234876</v>
+      </c>
+      <c r="E548" s="6">
+        <v>449626.00668939098</v>
+      </c>
+      <c r="F548" s="6">
+        <v>450335.09395536699</v>
+      </c>
+      <c r="G548" s="6">
+        <v>450678.86060463398</v>
+      </c>
+      <c r="H548" s="6">
+        <v>450934.611258702</v>
+      </c>
+      <c r="I548" s="6">
+        <v>451537.69178096298</v>
+      </c>
+      <c r="J548" s="5"/>
+      <c r="K548" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L548" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M548" s="5"/>
+      <c r="N548" s="30"/>
+      <c r="O548" s="30"/>
+    </row>
+    <row r="549" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A549" s="39"/>
+      <c r="B549" s="39"/>
+      <c r="C549" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D549" s="6">
+        <v>9.6972600587759601</v>
+      </c>
+      <c r="E549" s="6">
+        <v>9.6694105447551699</v>
+      </c>
+      <c r="F549" s="6">
+        <v>9.6657833065490806</v>
+      </c>
+      <c r="G549" s="6">
+        <v>13.4422668155089</v>
+      </c>
+      <c r="H549" s="6">
+        <v>13.433839749767399</v>
+      </c>
+      <c r="I549" s="6">
+        <v>13.4189302790073</v>
+      </c>
+      <c r="J549" s="5"/>
+      <c r="K549" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L549" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M549" s="5"/>
+      <c r="N549" s="30"/>
+      <c r="O549" s="30"/>
+    </row>
+    <row r="550" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A550" s="39"/>
+      <c r="B550" s="39"/>
+      <c r="C550" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D550" s="5"/>
+      <c r="E550" s="5"/>
+      <c r="F550" s="5"/>
+      <c r="G550" s="5"/>
+      <c r="H550" s="5"/>
+      <c r="I550" s="5"/>
+      <c r="J550" s="6">
+        <v>451526</v>
+      </c>
+      <c r="K550" s="6">
+        <v>451735.68215313501</v>
+      </c>
+      <c r="L550" s="6">
+        <v>449697.763141017</v>
+      </c>
+      <c r="M550" s="6">
+        <v>460228.70576220303</v>
+      </c>
+      <c r="N550" s="30">
+        <v>460228.70576220303</v>
+      </c>
+      <c r="O550" s="30">
+        <v>460228.70576220303</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A551" s="39"/>
+      <c r="B551" s="39"/>
+      <c r="C551" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D551" s="6">
+        <v>2458440.3583299299</v>
+      </c>
+      <c r="E551" s="6">
+        <v>2453095.8872276298</v>
+      </c>
+      <c r="F551" s="6">
+        <v>2453487.6075907098</v>
+      </c>
+      <c r="G551" s="6">
+        <v>2452760.8489191001</v>
+      </c>
+      <c r="H551" s="6">
+        <v>2453168.2909698798</v>
+      </c>
+      <c r="I551" s="6">
+        <v>2452072.6256621298</v>
+      </c>
+      <c r="J551" s="6">
+        <v>2450987</v>
+      </c>
+      <c r="K551" s="6">
+        <v>2450164.3833657401</v>
+      </c>
+      <c r="L551" s="6">
+        <v>2436851.3883738699</v>
+      </c>
+      <c r="M551" s="6">
+        <v>2493545.4190000002</v>
+      </c>
+      <c r="N551" s="30">
+        <v>2493545.4189649299</v>
+      </c>
+      <c r="O551" s="30">
+        <v>2493545.4189649299</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A552" s="39"/>
+      <c r="B552" s="39"/>
+      <c r="C552" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D552" s="6">
+        <v>1183249.9221372099</v>
+      </c>
+      <c r="E552" s="6">
+        <v>1180522.96326129</v>
+      </c>
+      <c r="F552" s="6">
+        <v>1180637.30281432</v>
+      </c>
+      <c r="G552" s="6">
+        <v>1180018.0860850599</v>
+      </c>
+      <c r="H552" s="6">
+        <v>1180281.9124574701</v>
+      </c>
+      <c r="I552" s="6">
+        <v>1179886.25248853</v>
+      </c>
+      <c r="J552" s="6">
+        <v>1179032</v>
+      </c>
+      <c r="K552" s="6">
+        <v>1178626.27962843</v>
+      </c>
+      <c r="L552" s="6">
+        <v>1172217.39801844</v>
+      </c>
+      <c r="M552" s="6">
+        <v>1199662.8689999999</v>
+      </c>
+      <c r="N552" s="30">
+        <v>1199662.8691982401</v>
+      </c>
+      <c r="O552" s="30">
+        <v>1199662.8691982401</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A553" s="39"/>
+      <c r="B553" s="39"/>
+      <c r="C553" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D553" s="6">
+        <v>3462.9856297316301</v>
+      </c>
+      <c r="E553" s="6">
+        <v>3453.04029813647</v>
+      </c>
+      <c r="F553" s="6">
+        <v>3451.38885181264</v>
+      </c>
+      <c r="G553" s="6">
+        <v>3447.7705069567201</v>
+      </c>
+      <c r="H553" s="6">
+        <v>3464.60036969864</v>
+      </c>
+      <c r="I553" s="6">
+        <v>3460.75520265262</v>
+      </c>
+      <c r="J553" s="5"/>
+      <c r="K553" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L553" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M553" s="5"/>
+      <c r="N553" s="30"/>
+      <c r="O553" s="30"/>
+    </row>
+    <row r="554" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A554" s="39"/>
+      <c r="B554" s="39"/>
+      <c r="C554" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D554" s="6">
+        <v>1678.4717977878199</v>
+      </c>
+      <c r="E554" s="6">
+        <v>1679.5737359114</v>
+      </c>
+      <c r="F554" s="6">
+        <v>1678.7709788935799</v>
+      </c>
+      <c r="G554" s="6">
+        <v>1677.95716828679</v>
+      </c>
+      <c r="H554" s="6">
+        <v>1676.7813794010499</v>
+      </c>
+      <c r="I554" s="6">
+        <v>1674.92041310899</v>
+      </c>
+      <c r="J554" s="5"/>
+      <c r="K554" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L554" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M554" s="5"/>
+      <c r="N554" s="30"/>
+      <c r="O554" s="30"/>
+    </row>
+    <row r="555" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A555" s="39"/>
+      <c r="B555" s="39"/>
+      <c r="C555" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D555" s="5"/>
+      <c r="E555" s="5"/>
+      <c r="F555" s="5"/>
+      <c r="G555" s="5"/>
+      <c r="H555" s="5"/>
+      <c r="I555" s="5"/>
+      <c r="J555" s="6">
+        <v>1271955</v>
+      </c>
+      <c r="K555" s="6">
+        <v>1271538.1037373</v>
+      </c>
+      <c r="L555" s="6">
+        <v>1264633.9903554399</v>
+      </c>
+      <c r="M555" s="6">
+        <v>1293882.55</v>
+      </c>
+      <c r="N555" s="30">
+        <v>1293882.54976669</v>
+      </c>
+      <c r="O555" s="30">
+        <v>1293882.54976669</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A556" s="39"/>
+      <c r="B556" s="39"/>
+      <c r="C556" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D556" s="6">
+        <v>1270048.9787651999</v>
+      </c>
+      <c r="E556" s="6">
+        <v>1267440.3099322901</v>
+      </c>
+      <c r="F556" s="6">
+        <v>1267720.1449456799</v>
+      </c>
+      <c r="G556" s="6">
+        <v>1267617.0351587899</v>
+      </c>
+      <c r="H556" s="6">
+        <v>1267744.9967633099</v>
+      </c>
+      <c r="I556" s="6">
+        <v>1267050.69755783</v>
+      </c>
+      <c r="J556" s="5"/>
+      <c r="K556" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L556" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M556" s="5"/>
+      <c r="N556" s="30"/>
+      <c r="O556" s="30"/>
+    </row>
+    <row r="557" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A557" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="B557" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="C557" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D557" s="6">
+        <v>63716496</v>
+      </c>
+      <c r="E557" s="6">
+        <v>63889435.558428898</v>
+      </c>
+      <c r="F557" s="6">
+        <v>63874829</v>
+      </c>
+      <c r="G557" s="6">
+        <v>63859855</v>
+      </c>
+      <c r="H557" s="6">
+        <v>63865824</v>
+      </c>
+      <c r="I557" s="6">
+        <v>63858125</v>
+      </c>
+      <c r="J557" s="6">
+        <v>63853250</v>
+      </c>
+      <c r="K557" s="6">
+        <v>63857027</v>
+      </c>
+      <c r="L557" s="6">
+        <v>63477238.196236297</v>
+      </c>
+      <c r="M557" s="6">
+        <v>64970497</v>
+      </c>
+      <c r="N557" s="30">
+        <v>64970497</v>
+      </c>
+      <c r="O557" s="30">
+        <v>64970497</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A558" s="39"/>
+      <c r="B558" s="39"/>
+      <c r="C558" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D558" s="6">
+        <v>37028026.575181998</v>
+      </c>
+      <c r="E558" s="6">
+        <v>36963974.362129398</v>
+      </c>
+      <c r="F558" s="6">
+        <v>36975218.787256204</v>
+      </c>
+      <c r="G558" s="6">
+        <v>36950514.656546198</v>
+      </c>
+      <c r="H558" s="6">
+        <v>36960725.868950397</v>
+      </c>
+      <c r="I558" s="6">
+        <v>36962012.0447587</v>
+      </c>
+      <c r="J558" s="6">
+        <v>36955557</v>
+      </c>
+      <c r="K558" s="6">
+        <v>36954797.186853401</v>
+      </c>
+      <c r="L558" s="6">
+        <v>36734434.385087997</v>
+      </c>
+      <c r="M558" s="6">
+        <v>37598766.460000001</v>
+      </c>
+      <c r="N558" s="30">
+        <v>37598766.463300698</v>
+      </c>
+      <c r="O558" s="30">
+        <v>37598766.463300698</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A559" s="39"/>
+      <c r="B559" s="39"/>
+      <c r="C559" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D559" s="6">
+        <v>21590178.6314409</v>
+      </c>
+      <c r="E559" s="6">
+        <v>21538451.9808392</v>
+      </c>
+      <c r="F559" s="6">
+        <v>21563390.9977661</v>
+      </c>
+      <c r="G559" s="6">
+        <v>21547670.874498598</v>
+      </c>
+      <c r="H559" s="6">
+        <v>21553999.9422029</v>
+      </c>
+      <c r="I559" s="6">
+        <v>21554453.162251901</v>
+      </c>
+      <c r="J559" s="6">
+        <v>21547762</v>
+      </c>
+      <c r="K559" s="6">
+        <v>21543543.434769399</v>
+      </c>
+      <c r="L559" s="6">
+        <v>21410339.118794899</v>
+      </c>
+      <c r="M559" s="6">
+        <v>21959432.239777401</v>
+      </c>
+      <c r="N559" s="30">
+        <v>21959432.239777401</v>
+      </c>
+      <c r="O559" s="30">
+        <v>21959432.239777401</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A560" s="39"/>
+      <c r="B560" s="39"/>
+      <c r="C560" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D560" s="6">
+        <v>15324787.1480138</v>
+      </c>
+      <c r="E560" s="6">
+        <v>15313127.669725901</v>
+      </c>
+      <c r="F560" s="6">
+        <v>15298872.5354711</v>
+      </c>
+      <c r="G560" s="6">
+        <v>15289918.585707299</v>
+      </c>
+      <c r="H560" s="6">
+        <v>15293819.267544599</v>
+      </c>
+      <c r="I560" s="6">
+        <v>15294751.9848586</v>
+      </c>
+      <c r="J560" s="5"/>
+      <c r="K560" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L560" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M560" s="5"/>
+      <c r="N560" s="30"/>
+      <c r="O560" s="30"/>
+    </row>
+    <row r="561" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A561" s="39"/>
+      <c r="B561" s="39"/>
+      <c r="C561" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D561" s="6">
+        <v>113060.795727317</v>
+      </c>
+      <c r="E561" s="6">
+        <v>112394.711564243</v>
+      </c>
+      <c r="F561" s="6">
+        <v>112955.25401899801</v>
+      </c>
+      <c r="G561" s="6">
+        <v>112925.196340337</v>
+      </c>
+      <c r="H561" s="6">
+        <v>112906.65920287601</v>
+      </c>
+      <c r="I561" s="6">
+        <v>112806.89764818401</v>
+      </c>
+      <c r="J561" s="5"/>
+      <c r="K561" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L561" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M561" s="5"/>
+      <c r="N561" s="30"/>
+      <c r="O561" s="30"/>
+    </row>
+    <row r="562" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A562" s="39"/>
+      <c r="B562" s="39"/>
+      <c r="C562" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D562" s="5"/>
+      <c r="E562" s="5"/>
+      <c r="F562" s="5"/>
+      <c r="G562" s="5"/>
+      <c r="H562" s="5"/>
+      <c r="I562" s="5"/>
+      <c r="J562" s="6">
+        <v>15407795</v>
+      </c>
+      <c r="K562" s="6">
+        <v>15411253.752084</v>
+      </c>
+      <c r="L562" s="6">
+        <v>15324095.266293099</v>
+      </c>
+      <c r="M562" s="6">
+        <v>15639334.2235233</v>
+      </c>
+      <c r="N562" s="30">
+        <v>15639334.2235233</v>
+      </c>
+      <c r="O562" s="30">
+        <v>15639334.2235233</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A563" s="39"/>
+      <c r="B563" s="39"/>
+      <c r="C563" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D563" s="6">
+        <v>26688469.424818002</v>
+      </c>
+      <c r="E563" s="6">
+        <v>26925461.196299501</v>
+      </c>
+      <c r="F563" s="6">
+        <v>26899610.2127438</v>
+      </c>
+      <c r="G563" s="6">
+        <v>26909340.343453798</v>
+      </c>
+      <c r="H563" s="6">
+        <v>26905098.131049599</v>
+      </c>
+      <c r="I563" s="6">
+        <v>26896112.9552413</v>
+      </c>
+      <c r="J563" s="6">
+        <v>26897693</v>
+      </c>
+      <c r="K563" s="6">
+        <v>26902229.813146599</v>
+      </c>
+      <c r="L563" s="6">
+        <v>26742803.811148301</v>
+      </c>
+      <c r="M563" s="6">
+        <v>27371730.539999999</v>
+      </c>
+      <c r="N563" s="30">
+        <v>27371730.536699299</v>
+      </c>
+      <c r="O563" s="30">
+        <v>27371730.536699299</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A564" s="39"/>
+      <c r="B564" s="39"/>
+      <c r="C564" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D564" s="6">
+        <v>7670460.9776017703</v>
+      </c>
+      <c r="E564" s="6">
+        <v>7658887.1338378498</v>
+      </c>
+      <c r="F564" s="6">
+        <v>7657639.5689468002</v>
+      </c>
+      <c r="G564" s="6">
+        <v>7656774.4833596004</v>
+      </c>
+      <c r="H564" s="6">
+        <v>7654408.3649613503</v>
+      </c>
+      <c r="I564" s="6">
+        <v>7650473.4940865096</v>
+      </c>
+      <c r="J564" s="6">
+        <v>7649606</v>
+      </c>
+      <c r="K564" s="6">
+        <v>7648898.7422306202</v>
+      </c>
+      <c r="L564" s="6">
+        <v>7606625.9337358</v>
+      </c>
+      <c r="M564" s="6">
+        <v>7734745.9689999996</v>
+      </c>
+      <c r="N564" s="30">
+        <v>7734745.9691846296</v>
+      </c>
+      <c r="O564" s="30">
+        <v>7734745.9691846296</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A565" s="39"/>
+      <c r="B565" s="39"/>
+      <c r="C565" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D565" s="6">
+        <v>590949.55101056397</v>
+      </c>
+      <c r="E565" s="6">
+        <v>588609.11899415101</v>
+      </c>
+      <c r="F565" s="6">
+        <v>585975.78077642701</v>
+      </c>
+      <c r="G565" s="6">
+        <v>585230.71692219004</v>
+      </c>
+      <c r="H565" s="6">
+        <v>584995.23445354798</v>
+      </c>
+      <c r="I565" s="6">
+        <v>585257.33853182197</v>
+      </c>
+      <c r="J565" s="5"/>
+      <c r="K565" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L565" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M565" s="5"/>
+      <c r="N565" s="30"/>
+      <c r="O565" s="30"/>
+    </row>
+    <row r="566" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A566" s="39"/>
+      <c r="B566" s="39"/>
+      <c r="C566" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D566" s="6">
+        <v>33062.561302935399</v>
+      </c>
+      <c r="E566" s="6">
+        <v>33163.936938487401</v>
+      </c>
+      <c r="F566" s="6">
+        <v>32614.487830998001</v>
+      </c>
+      <c r="G566" s="6">
+        <v>32668.899339637301</v>
+      </c>
+      <c r="H566" s="6">
+        <v>32643.085546540598</v>
+      </c>
+      <c r="I566" s="6">
+        <v>32629.321594184399</v>
+      </c>
+      <c r="J566" s="5"/>
+      <c r="K566" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L566" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M566" s="5"/>
+      <c r="N566" s="30"/>
+      <c r="O566" s="30"/>
+    </row>
+    <row r="567" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A567" s="39"/>
+      <c r="B567" s="39"/>
+      <c r="C567" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D567" s="5"/>
+      <c r="E567" s="5"/>
+      <c r="F567" s="5"/>
+      <c r="G567" s="5"/>
+      <c r="H567" s="5"/>
+      <c r="I567" s="5"/>
+      <c r="J567" s="6">
+        <v>19248087</v>
+      </c>
+      <c r="K567" s="6">
+        <v>19253331.070916001</v>
+      </c>
+      <c r="L567" s="6">
+        <v>19136177.877412599</v>
+      </c>
+      <c r="M567" s="6">
+        <v>19636984.57</v>
+      </c>
+      <c r="N567" s="30">
+        <v>19636984.567514699</v>
+      </c>
+      <c r="O567" s="30">
+        <v>19636984.567514699</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A568" s="39"/>
+      <c r="B568" s="39"/>
+      <c r="C568" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D568" s="6">
+        <v>18393996.3349027</v>
+      </c>
+      <c r="E568" s="6">
+        <v>18644801.006529</v>
+      </c>
+      <c r="F568" s="6">
+        <v>18623380.375189599</v>
+      </c>
+      <c r="G568" s="6">
+        <v>18634666.243832398</v>
+      </c>
+      <c r="H568" s="6">
+        <v>18633051.446088199</v>
+      </c>
+      <c r="I568" s="6">
+        <v>18627752.801028799</v>
+      </c>
+      <c r="J568" s="5"/>
+      <c r="K568" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L568" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M568" s="5"/>
+      <c r="N568" s="30"/>
+      <c r="O568" s="30"/>
+    </row>
+    <row r="569" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A569" s="39"/>
+      <c r="B569" s="39" t="s">
+        <v>62</v>
+      </c>
+      <c r="C569" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D569" s="6">
+        <v>8392970</v>
+      </c>
+      <c r="E569" s="6">
+        <v>8379742.3790984396</v>
+      </c>
+      <c r="F569" s="6">
+        <v>8382768</v>
+      </c>
+      <c r="G569" s="6">
+        <v>8385473</v>
+      </c>
+      <c r="H569" s="6">
+        <v>8386293</v>
+      </c>
+      <c r="I569" s="6">
+        <v>8384561</v>
+      </c>
+      <c r="J569" s="6">
+        <v>8386320</v>
+      </c>
+      <c r="K569" s="6">
+        <v>8384953</v>
+      </c>
+      <c r="L569" s="6">
+        <v>8346551.0427261395</v>
+      </c>
+      <c r="M569" s="6">
+        <v>8334476</v>
+      </c>
+      <c r="N569" s="30">
+        <v>8334476</v>
+      </c>
+      <c r="O569" s="30">
+        <v>8334476</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A570" s="39"/>
+      <c r="B570" s="39"/>
+      <c r="C570" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D570" s="6">
+        <v>3923940.0372865102</v>
+      </c>
+      <c r="E570" s="6">
+        <v>3919318.0882655298</v>
+      </c>
+      <c r="F570" s="6">
+        <v>3921814.79112557</v>
+      </c>
+      <c r="G570" s="6">
+        <v>3922353.3920026999</v>
+      </c>
+      <c r="H570" s="6">
+        <v>3924018.86286713</v>
+      </c>
+      <c r="I570" s="6">
+        <v>3923858.1142535699</v>
+      </c>
+      <c r="J570" s="6">
+        <v>3923778</v>
+      </c>
+      <c r="K570" s="6">
+        <v>3922833.87996078</v>
+      </c>
+      <c r="L570" s="6">
+        <v>3904075.08374862</v>
+      </c>
+      <c r="M570" s="6">
+        <v>3897754.5359999998</v>
+      </c>
+      <c r="N570" s="30">
+        <v>3897754.5359107698</v>
+      </c>
+      <c r="O570" s="30">
+        <v>3897754.5359107698</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A571" s="39"/>
+      <c r="B571" s="39"/>
+      <c r="C571" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D571" s="6">
+        <v>2094589.6109945599</v>
+      </c>
+      <c r="E571" s="6">
+        <v>2092091.75013553</v>
+      </c>
+      <c r="F571" s="6">
+        <v>2094093.11012649</v>
+      </c>
+      <c r="G571" s="6">
+        <v>2094885.83968976</v>
+      </c>
+      <c r="H571" s="6">
+        <v>2096156.4617095001</v>
+      </c>
+      <c r="I571" s="6">
+        <v>2096381.5067622201</v>
+      </c>
+      <c r="J571" s="6">
+        <v>2095352</v>
+      </c>
+      <c r="K571" s="6">
+        <v>2094427.3827634701</v>
+      </c>
+      <c r="L571" s="6">
+        <v>2083180.4276157401</v>
+      </c>
+      <c r="M571" s="6">
+        <v>2079704.9436032099</v>
+      </c>
+      <c r="N571" s="30">
+        <v>2079704.9436032099</v>
+      </c>
+      <c r="O571" s="30">
+        <v>2079704.9436032099</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A572" s="39"/>
+      <c r="B572" s="39"/>
+      <c r="C572" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D572" s="6">
+        <v>1766778.7666349199</v>
+      </c>
+      <c r="E572" s="6">
+        <v>1764783.35560462</v>
+      </c>
+      <c r="F572" s="6">
+        <v>1765312.8534967401</v>
+      </c>
+      <c r="G572" s="6">
+        <v>1765095.9506508999</v>
+      </c>
+      <c r="H572" s="6">
+        <v>1765530.03470736</v>
+      </c>
+      <c r="I572" s="6">
+        <v>1765210.69201847</v>
+      </c>
+      <c r="J572" s="5"/>
+      <c r="K572" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L572" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M572" s="5"/>
+      <c r="N572" s="30"/>
+      <c r="O572" s="30"/>
+    </row>
+    <row r="573" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A573" s="39"/>
+      <c r="B573" s="39"/>
+      <c r="C573" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D573" s="6">
+        <v>62571.659657031501</v>
+      </c>
+      <c r="E573" s="6">
+        <v>62442.982525371801</v>
+      </c>
+      <c r="F573" s="6">
+        <v>62408.8275023487</v>
+      </c>
+      <c r="G573" s="6">
+        <v>62371.601662050103</v>
+      </c>
+      <c r="H573" s="6">
+        <v>62332.366450277797</v>
+      </c>
+      <c r="I573" s="6">
+        <v>62265.9154728789</v>
+      </c>
+      <c r="J573" s="5"/>
+      <c r="K573" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L573" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M573" s="5"/>
+      <c r="N573" s="30"/>
+      <c r="O573" s="30"/>
+    </row>
+    <row r="574" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A574" s="39"/>
+      <c r="B574" s="39"/>
+      <c r="C574" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D574" s="5"/>
+      <c r="E574" s="5"/>
+      <c r="F574" s="5"/>
+      <c r="G574" s="5"/>
+      <c r="H574" s="5"/>
+      <c r="I574" s="5"/>
+      <c r="J574" s="6">
+        <v>1828426</v>
+      </c>
+      <c r="K574" s="6">
+        <v>1828406.49719731</v>
+      </c>
+      <c r="L574" s="6">
+        <v>1820894.6561328699</v>
+      </c>
+      <c r="M574" s="6">
+        <v>1818049.5923075599</v>
+      </c>
+      <c r="N574" s="30">
+        <v>1818049.5923075599</v>
+      </c>
+      <c r="O574" s="30">
+        <v>1818049.5923075599</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A575" s="39"/>
+      <c r="B575" s="39"/>
+      <c r="C575" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D575" s="6">
+        <v>4469029.9627134902</v>
+      </c>
+      <c r="E575" s="6">
+        <v>4460424.29083292</v>
+      </c>
+      <c r="F575" s="6">
+        <v>4460953.2088744296</v>
+      </c>
+      <c r="G575" s="6">
+        <v>4463119.6079973001</v>
+      </c>
+      <c r="H575" s="6">
+        <v>4462274.13713287</v>
+      </c>
+      <c r="I575" s="6">
+        <v>4460702.8857464297</v>
+      </c>
+      <c r="J575" s="6">
+        <v>4462542</v>
+      </c>
+      <c r="K575" s="6">
+        <v>4462119.12003922</v>
+      </c>
+      <c r="L575" s="6">
+        <v>4442475.9589775298</v>
+      </c>
+      <c r="M575" s="6">
+        <v>4436721.4639999997</v>
+      </c>
+      <c r="N575" s="30">
+        <v>4436721.4640892297</v>
+      </c>
+      <c r="O575" s="30">
+        <v>4436721.4640892297</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A576" s="39"/>
+      <c r="B576" s="39"/>
+      <c r="C576" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D576" s="6">
+        <v>2675949.9270255999</v>
+      </c>
+      <c r="E576" s="6">
+        <v>2670134.7048005001</v>
+      </c>
+      <c r="F576" s="6">
+        <v>2669797.5129795498</v>
+      </c>
+      <c r="G576" s="6">
+        <v>2669469.00880164</v>
+      </c>
+      <c r="H576" s="6">
+        <v>2668297.08053823</v>
+      </c>
+      <c r="I576" s="6">
+        <v>2666446.7807409698</v>
+      </c>
+      <c r="J576" s="6">
+        <v>2666003</v>
+      </c>
+      <c r="K576" s="6">
+        <v>2665551.6464992701</v>
+      </c>
+      <c r="L576" s="6">
+        <v>2652968.1864980101</v>
+      </c>
+      <c r="M576" s="6">
+        <v>2648347.0359999998</v>
+      </c>
+      <c r="N576" s="30">
+        <v>2648347.0360872499</v>
+      </c>
+      <c r="O576" s="30">
+        <v>2648347.0360872499</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A577" s="39"/>
+      <c r="B577" s="39"/>
+      <c r="C577" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D577" s="6">
+        <v>29371.611106913198</v>
+      </c>
+      <c r="E577" s="6">
+        <v>29360.820079074299</v>
+      </c>
+      <c r="F577" s="6">
+        <v>29353.5643481599</v>
+      </c>
+      <c r="G577" s="6">
+        <v>29351.480614518699</v>
+      </c>
+      <c r="H577" s="6">
+        <v>29337.7811961919</v>
+      </c>
+      <c r="I577" s="6">
+        <v>29840.872816273601</v>
+      </c>
+      <c r="J577" s="5"/>
+      <c r="K577" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L577" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M577" s="5"/>
+      <c r="N577" s="30"/>
+      <c r="O577" s="30"/>
+    </row>
+    <row r="578" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A578" s="39"/>
+      <c r="B578" s="39"/>
+      <c r="C578" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D578" s="6">
+        <v>146.47753560339299</v>
+      </c>
+      <c r="E578" s="6">
+        <v>146.10043075917801</v>
+      </c>
+      <c r="F578" s="6">
+        <v>160.39462477859499</v>
+      </c>
+      <c r="G578" s="6">
+        <v>203.562739726182</v>
+      </c>
+      <c r="H578" s="6">
+        <v>203.38003702108699</v>
+      </c>
+      <c r="I578" s="6">
+        <v>203.13476106146601</v>
+      </c>
+      <c r="J578" s="5"/>
+      <c r="K578" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L578" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M578" s="5"/>
+      <c r="N578" s="30"/>
+      <c r="O578" s="30"/>
+    </row>
+    <row r="579" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A579" s="39"/>
+      <c r="B579" s="39"/>
+      <c r="C579" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D579" s="5"/>
+      <c r="E579" s="5"/>
+      <c r="F579" s="5"/>
+      <c r="G579" s="5"/>
+      <c r="H579" s="5"/>
+      <c r="I579" s="5"/>
+      <c r="J579" s="6">
+        <v>1796539</v>
+      </c>
+      <c r="K579" s="6">
+        <v>1796567.4735399401</v>
+      </c>
+      <c r="L579" s="6">
+        <v>1789507.7724795199</v>
+      </c>
+      <c r="M579" s="6">
+        <v>1788374.4280000001</v>
+      </c>
+      <c r="N579" s="30">
+        <v>1788374.4280019801</v>
+      </c>
+      <c r="O579" s="30">
+        <v>1788374.4280019801</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A580" s="39"/>
+      <c r="B580" s="39"/>
+      <c r="C580" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D580" s="6">
+        <v>1763561.94704537</v>
+      </c>
+      <c r="E580" s="6">
+        <v>1760782.66552258</v>
+      </c>
+      <c r="F580" s="6">
+        <v>1761641.73692194</v>
+      </c>
+      <c r="G580" s="6">
+        <v>1764095.5558414101</v>
+      </c>
+      <c r="H580" s="6">
+        <v>1764435.89536142</v>
+      </c>
+      <c r="I580" s="6">
+        <v>1764212.09742812</v>
+      </c>
+      <c r="J580" s="5"/>
+      <c r="K580" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L580" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M580" s="5"/>
+      <c r="N580" s="30"/>
+      <c r="O580" s="30"/>
+    </row>
+    <row r="581" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A581" s="39"/>
+      <c r="B581" s="39" t="s">
+        <v>63</v>
+      </c>
+      <c r="C581" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D581" s="6">
+        <v>4392271</v>
+      </c>
+      <c r="E581" s="6">
+        <v>4384711.0034275698</v>
+      </c>
+      <c r="F581" s="6">
+        <v>4336425</v>
+      </c>
+      <c r="G581" s="6">
+        <v>4386772</v>
+      </c>
+      <c r="H581" s="6">
+        <v>4388667</v>
+      </c>
+      <c r="I581" s="6">
+        <v>4388201</v>
+      </c>
+      <c r="J581" s="6">
+        <v>4387737</v>
+      </c>
+      <c r="K581" s="6">
+        <v>4388115</v>
+      </c>
+      <c r="L581" s="6">
+        <v>4368018.8220467996</v>
+      </c>
+      <c r="M581" s="6">
+        <v>4326781</v>
+      </c>
+      <c r="N581" s="30">
+        <v>4326781</v>
+      </c>
+      <c r="O581" s="30">
+        <v>4326781</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A582" s="39"/>
+      <c r="B582" s="39"/>
+      <c r="C582" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D582" s="6">
+        <v>2370189.1999390698</v>
+      </c>
+      <c r="E582" s="6">
+        <v>2366399.9347168901</v>
+      </c>
+      <c r="F582" s="6">
+        <v>2340576.26365569</v>
+      </c>
+      <c r="G582" s="6">
+        <v>2368316.2262933599</v>
+      </c>
+      <c r="H582" s="6">
+        <v>2369720.9612667598</v>
+      </c>
+      <c r="I582" s="6">
+        <v>2369541.6872366099</v>
+      </c>
+      <c r="J582" s="6">
+        <v>2369366</v>
+      </c>
+      <c r="K582" s="6">
+        <v>2369113.9198002601</v>
+      </c>
+      <c r="L582" s="6">
+        <v>2358077.3402750501</v>
+      </c>
+      <c r="M582" s="6">
+        <v>2335442.5469999998</v>
+      </c>
+      <c r="N582" s="30">
+        <v>2335442.5471854298</v>
+      </c>
+      <c r="O582" s="30">
+        <v>2335442.5471854298</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A583" s="39"/>
+      <c r="B583" s="39"/>
+      <c r="C583" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D583" s="6">
+        <v>1392618.68309202</v>
+      </c>
+      <c r="E583" s="6">
+        <v>1390213.72609832</v>
+      </c>
+      <c r="F583" s="6">
+        <v>1375094.3449255601</v>
+      </c>
+      <c r="G583" s="6">
+        <v>1391146.6723863001</v>
+      </c>
+      <c r="H583" s="6">
+        <v>1391779.27890095</v>
+      </c>
+      <c r="I583" s="6">
+        <v>1391872.64735478</v>
+      </c>
+      <c r="J583" s="6">
+        <v>1391397</v>
+      </c>
+      <c r="K583" s="6">
+        <v>1391010.4488753199</v>
+      </c>
+      <c r="L583" s="6">
+        <v>1384070.6606973701</v>
+      </c>
+      <c r="M583" s="6">
+        <v>1370522.8984922599</v>
+      </c>
+      <c r="N583" s="30">
+        <v>1370522.8984922599</v>
+      </c>
+      <c r="O583" s="30">
+        <v>1370522.8984922599</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A584" s="39"/>
+      <c r="B584" s="39"/>
+      <c r="C584" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D584" s="6">
+        <v>977570.51684705797</v>
+      </c>
+      <c r="E584" s="6">
+        <v>976181.68300928804</v>
+      </c>
+      <c r="F584" s="6">
+        <v>965452.83111952106</v>
+      </c>
+      <c r="G584" s="6">
+        <v>977140.15701587696</v>
+      </c>
+      <c r="H584" s="6">
+        <v>977886.29538241401</v>
+      </c>
+      <c r="I584" s="6">
+        <v>977613.71415941406</v>
+      </c>
+      <c r="J584" s="5"/>
+      <c r="K584" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L584" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M584" s="5"/>
+      <c r="N584" s="30"/>
+      <c r="O584" s="30"/>
+    </row>
+    <row r="585" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A585" s="39"/>
+      <c r="B585" s="39"/>
+      <c r="C585" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D585" s="7">
+        <v>0</v>
+      </c>
+      <c r="E585" s="6">
+        <v>4.5256092828214198</v>
+      </c>
+      <c r="F585" s="6">
+        <v>29.087610610596901</v>
+      </c>
+      <c r="G585" s="6">
+        <v>29.396891186370201</v>
+      </c>
+      <c r="H585" s="6">
+        <v>55.386983399196403</v>
+      </c>
+      <c r="I585" s="6">
+        <v>55.3257224130043</v>
+      </c>
+      <c r="J585" s="5"/>
+      <c r="K585" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L585" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M585" s="5"/>
+      <c r="N585" s="30"/>
+      <c r="O585" s="30"/>
+    </row>
+    <row r="586" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A586" s="39"/>
+      <c r="B586" s="39"/>
+      <c r="C586" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D586" s="5"/>
+      <c r="E586" s="5"/>
+      <c r="F586" s="5"/>
+      <c r="G586" s="5"/>
+      <c r="H586" s="5"/>
+      <c r="I586" s="5"/>
+      <c r="J586" s="6">
+        <v>977969</v>
+      </c>
+      <c r="K586" s="6">
+        <v>978103.47092494101</v>
+      </c>
+      <c r="L586" s="6">
+        <v>974006.67957768205</v>
+      </c>
+      <c r="M586" s="6">
+        <v>964919.64869317599</v>
+      </c>
+      <c r="N586" s="30">
+        <v>964919.64869317599</v>
+      </c>
+      <c r="O586" s="30">
+        <v>964919.64869317599</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A587" s="39"/>
+      <c r="B587" s="39"/>
+      <c r="C587" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D587" s="6">
+        <v>2022081.80006093</v>
+      </c>
+      <c r="E587" s="6">
+        <v>2018311.0687106899</v>
+      </c>
+      <c r="F587" s="6">
+        <v>1995848.73634431</v>
+      </c>
+      <c r="G587" s="6">
+        <v>2018455.7737066399</v>
+      </c>
+      <c r="H587" s="6">
+        <v>2018946.03873324</v>
+      </c>
+      <c r="I587" s="6">
+        <v>2018659.3127633899</v>
+      </c>
+      <c r="J587" s="6">
+        <v>2018371</v>
+      </c>
+      <c r="K587" s="6">
+        <v>2019001.0801997399</v>
+      </c>
+      <c r="L587" s="6">
+        <v>2009941.4817717499</v>
+      </c>
+      <c r="M587" s="6">
+        <v>1991338.453</v>
+      </c>
+      <c r="N587" s="30">
+        <v>1991338.4528145699</v>
+      </c>
+      <c r="O587" s="30">
+        <v>1991338.4528145699</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A588" s="39"/>
+      <c r="B588" s="39"/>
+      <c r="C588" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D588" s="6">
+        <v>636432.70014563296</v>
+      </c>
+      <c r="E588" s="6">
+        <v>635086.863338558</v>
+      </c>
+      <c r="F588" s="6">
+        <v>627862.05667232897</v>
+      </c>
+      <c r="G588" s="6">
+        <v>634854.98382061801</v>
+      </c>
+      <c r="H588" s="6">
+        <v>634887.35178156302</v>
+      </c>
+      <c r="I588" s="6">
+        <v>634783.24247574399</v>
+      </c>
+      <c r="J588" s="6">
+        <v>634743</v>
+      </c>
+      <c r="K588" s="6">
+        <v>634769.39518543403</v>
+      </c>
+      <c r="L588" s="6">
+        <v>631885.89859815699</v>
+      </c>
+      <c r="M588" s="6">
+        <v>626014.24569999997</v>
+      </c>
+      <c r="N588" s="30">
+        <v>626014.24571202404</v>
+      </c>
+      <c r="O588" s="30">
+        <v>626014.24571202404</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A589" s="39"/>
+      <c r="B589" s="39"/>
+      <c r="C589" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D589" s="6">
+        <v>93083.005823502303</v>
+      </c>
+      <c r="E589" s="6">
+        <v>92949.779715622004</v>
+      </c>
+      <c r="F589" s="6">
+        <v>92025.516226644599</v>
+      </c>
+      <c r="G589" s="6">
+        <v>93131.959426061498</v>
+      </c>
+      <c r="H589" s="6">
+        <v>93248.801371812806</v>
+      </c>
+      <c r="I589" s="6">
+        <v>93334.636148690406</v>
+      </c>
+      <c r="J589" s="5"/>
+      <c r="K589" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L589" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M589" s="5"/>
+      <c r="N589" s="30"/>
+      <c r="O589" s="30"/>
+    </row>
+    <row r="590" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A590" s="39"/>
+      <c r="B590" s="39"/>
+      <c r="C590" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D590" s="6">
+        <v>11.095330365555199</v>
+      </c>
+      <c r="E590" s="6">
+        <v>11.065155527807301</v>
+      </c>
+      <c r="F590" s="6">
+        <v>20.400173043787301</v>
+      </c>
+      <c r="G590" s="6">
+        <v>27.9011157645845</v>
+      </c>
+      <c r="H590" s="6">
+        <v>27.8862479066437</v>
+      </c>
+      <c r="I590" s="6">
+        <v>30.5927940890871</v>
+      </c>
+      <c r="J590" s="5"/>
+      <c r="K590" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L590" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M590" s="5"/>
+      <c r="N590" s="30"/>
+      <c r="O590" s="30"/>
+    </row>
+    <row r="591" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A591" s="39"/>
+      <c r="B591" s="39"/>
+      <c r="C591" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D591" s="5"/>
+      <c r="E591" s="5"/>
+      <c r="F591" s="5"/>
+      <c r="G591" s="5"/>
+      <c r="H591" s="5"/>
+      <c r="I591" s="5"/>
+      <c r="J591" s="6">
+        <v>1383628</v>
+      </c>
+      <c r="K591" s="6">
+        <v>1384231.6850143101</v>
+      </c>
+      <c r="L591" s="6">
+        <v>1378055.58317359</v>
+      </c>
+      <c r="M591" s="6">
+        <v>1365324.2069999999</v>
+      </c>
+      <c r="N591" s="30">
+        <v>1365324.2071025399</v>
+      </c>
+      <c r="O591" s="30">
+        <v>1365324.2071025399</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A592" s="39"/>
+      <c r="B592" s="39"/>
+      <c r="C592" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D592" s="6">
+        <v>1292554.9987614199</v>
+      </c>
+      <c r="E592" s="6">
+        <v>1290263.3605009799</v>
+      </c>
+      <c r="F592" s="6">
+        <v>1275940.7632722899</v>
+      </c>
+      <c r="G592" s="6">
+        <v>1290440.9293442001</v>
+      </c>
+      <c r="H592" s="6">
+        <v>1290781.99933195</v>
+      </c>
+      <c r="I592" s="6">
+        <v>1290510.8413448699</v>
+      </c>
+      <c r="J592" s="5"/>
+      <c r="K592" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L592" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M592" s="5"/>
+      <c r="N592" s="30"/>
+      <c r="O592" s="30"/>
+    </row>
+    <row r="593" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A593" s="39"/>
+      <c r="B593" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="C593" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D593" s="6">
+        <v>4245877</v>
+      </c>
+      <c r="E593" s="6">
+        <v>4254062.3627968896</v>
+      </c>
+      <c r="F593" s="6">
+        <v>4205937</v>
+      </c>
+      <c r="G593" s="6">
+        <v>4207389</v>
+      </c>
+      <c r="H593" s="6">
+        <v>4207464</v>
+      </c>
+      <c r="I593" s="6">
+        <v>4207262</v>
+      </c>
+      <c r="J593" s="6">
+        <v>4207320</v>
+      </c>
+      <c r="K593" s="6">
+        <v>4207585</v>
+      </c>
+      <c r="L593" s="6">
+        <v>4193161.6536036502</v>
+      </c>
+      <c r="M593" s="6">
+        <v>4227914</v>
+      </c>
+      <c r="N593" s="30">
+        <v>4227914</v>
+      </c>
+      <c r="O593" s="30">
+        <v>4227914</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A594" s="39"/>
+      <c r="B594" s="39"/>
+      <c r="C594" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D594" s="6">
+        <v>2436694.47698317</v>
+      </c>
+      <c r="E594" s="6">
+        <v>2441887.9873569398</v>
+      </c>
+      <c r="F594" s="6">
+        <v>2414782.2857568399</v>
+      </c>
+      <c r="G594" s="6">
+        <v>2416048.6635712702</v>
+      </c>
+      <c r="H594" s="6">
+        <v>2416666.3754815999</v>
+      </c>
+      <c r="I594" s="6">
+        <v>2416920.7332867002</v>
+      </c>
+      <c r="J594" s="6">
+        <v>2416556</v>
+      </c>
+      <c r="K594" s="6">
+        <v>2416466.4362594401</v>
+      </c>
+      <c r="L594" s="6">
+        <v>2408344.70234353</v>
+      </c>
+      <c r="M594" s="6">
+        <v>2427767.3849999998</v>
+      </c>
+      <c r="N594" s="30">
+        <v>2427767.38495031</v>
+      </c>
+      <c r="O594" s="30">
+        <v>2427767.38495031</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A595" s="39"/>
+      <c r="B595" s="39"/>
+      <c r="C595" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D595" s="6">
+        <v>1170361.6269139999</v>
+      </c>
+      <c r="E595" s="6">
+        <v>1173458.62504769</v>
+      </c>
+      <c r="F595" s="6">
+        <v>1160937.1235943499</v>
+      </c>
+      <c r="G595" s="6">
+        <v>1161731.5502023899</v>
+      </c>
+      <c r="H595" s="6">
+        <v>1162171.2777462101</v>
+      </c>
+      <c r="I595" s="6">
+        <v>1162332.60500065</v>
+      </c>
+      <c r="J595" s="6">
+        <v>1162194</v>
+      </c>
+      <c r="K595" s="6">
+        <v>1161787.55497247</v>
+      </c>
+      <c r="L595" s="6">
+        <v>1157964.38810151</v>
+      </c>
+      <c r="M595" s="6">
+        <v>1167565.24675421</v>
+      </c>
+      <c r="N595" s="30">
+        <v>1167565.24675421</v>
+      </c>
+      <c r="O595" s="30">
+        <v>1167565.24675421</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A596" s="39"/>
+      <c r="B596" s="39"/>
+      <c r="C596" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D596" s="6">
+        <v>1266276.85741446</v>
+      </c>
+      <c r="E596" s="6">
+        <v>1268367.6931755301</v>
+      </c>
+      <c r="F596" s="6">
+        <v>1253775.46270412</v>
+      </c>
+      <c r="G596" s="6">
+        <v>1254217.6639513399</v>
+      </c>
+      <c r="H596" s="6">
+        <v>1254385.2227765201</v>
+      </c>
+      <c r="I596" s="6">
+        <v>1254478.3684612601</v>
+      </c>
+      <c r="J596" s="5"/>
+      <c r="K596" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L596" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M596" s="5"/>
+      <c r="N596" s="30"/>
+      <c r="O596" s="30"/>
+    </row>
+    <row r="597" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A597" s="39"/>
+      <c r="B597" s="39"/>
+      <c r="C597" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D597" s="6">
+        <v>55.992654710034302</v>
+      </c>
+      <c r="E597" s="6">
+        <v>61.6691337238627</v>
+      </c>
+      <c r="F597" s="6">
+        <v>69.699458362210905</v>
+      </c>
+      <c r="G597" s="6">
+        <v>99.449417544424094</v>
+      </c>
+      <c r="H597" s="6">
+        <v>109.874958869018</v>
+      </c>
+      <c r="I597" s="6">
+        <v>109.759824781242</v>
+      </c>
+      <c r="J597" s="5"/>
+      <c r="K597" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L597" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M597" s="5"/>
+      <c r="N597" s="30"/>
+      <c r="O597" s="30"/>
+    </row>
+    <row r="598" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A598" s="39"/>
+      <c r="B598" s="39"/>
+      <c r="C598" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D598" s="5"/>
+      <c r="E598" s="5"/>
+      <c r="F598" s="5"/>
+      <c r="G598" s="5"/>
+      <c r="H598" s="5"/>
+      <c r="I598" s="5"/>
+      <c r="J598" s="6">
+        <v>1254362</v>
+      </c>
+      <c r="K598" s="6">
+        <v>1254678.8812869601</v>
+      </c>
+      <c r="L598" s="6">
+        <v>1250380.31424202</v>
+      </c>
+      <c r="M598" s="6">
+        <v>1260202.1381961</v>
+      </c>
+      <c r="N598" s="30">
+        <v>1260202.1381961</v>
+      </c>
+      <c r="O598" s="30">
+        <v>1260202.1381961</v>
+      </c>
+    </row>
+    <row r="599" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A599" s="39"/>
+      <c r="B599" s="39"/>
+      <c r="C599" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D599" s="6">
+        <v>1809182.52301683</v>
+      </c>
+      <c r="E599" s="6">
+        <v>1812174.37543994</v>
+      </c>
+      <c r="F599" s="6">
+        <v>1791154.7142431601</v>
+      </c>
+      <c r="G599" s="6">
+        <v>1791340.3364287301</v>
+      </c>
+      <c r="H599" s="6">
+        <v>1790797.6245184001</v>
+      </c>
+      <c r="I599" s="6">
+        <v>1790341.2667133</v>
+      </c>
+      <c r="J599" s="6">
+        <v>1790764</v>
+      </c>
+      <c r="K599" s="6">
+        <v>1791118.5637405601</v>
+      </c>
+      <c r="L599" s="6">
+        <v>1784816.9512601199</v>
+      </c>
+      <c r="M599" s="6">
+        <v>1800146.615</v>
+      </c>
+      <c r="N599" s="30">
+        <v>1800146.61504969</v>
+      </c>
+      <c r="O599" s="30">
+        <v>1800146.61504969</v>
+      </c>
+    </row>
+    <row r="600" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A600" s="39"/>
+      <c r="B600" s="39"/>
+      <c r="C600" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D600" s="6">
+        <v>627824.15222840197</v>
+      </c>
+      <c r="E600" s="6">
+        <v>628861.18785186298</v>
+      </c>
+      <c r="F600" s="6">
+        <v>621393.72107857</v>
+      </c>
+      <c r="G600" s="6">
+        <v>621330.64938051696</v>
+      </c>
+      <c r="H600" s="6">
+        <v>621127.72459731495</v>
+      </c>
+      <c r="I600" s="6">
+        <v>620726.75538442796</v>
+      </c>
+      <c r="J600" s="6">
+        <v>620609</v>
+      </c>
+      <c r="K600" s="6">
+        <v>620492.56814427895</v>
+      </c>
+      <c r="L600" s="6">
+        <v>618169.01421409298</v>
+      </c>
+      <c r="M600" s="6">
+        <v>622689.89489999996</v>
+      </c>
+      <c r="N600" s="30">
+        <v>622689.89489329397</v>
+      </c>
+      <c r="O600" s="30">
+        <v>622689.89489329397</v>
+      </c>
+    </row>
+    <row r="601" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A601" s="39"/>
+      <c r="B601" s="39"/>
+      <c r="C601" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D601" s="6">
+        <v>32812.132132550803</v>
+      </c>
+      <c r="E601" s="6">
+        <v>32846.254810033897</v>
+      </c>
+      <c r="F601" s="6">
+        <v>32604.788760158899</v>
+      </c>
+      <c r="G601" s="6">
+        <v>32583.406850335101</v>
+      </c>
+      <c r="H601" s="6">
+        <v>32561.923064742699</v>
+      </c>
+      <c r="I601" s="6">
+        <v>32655.797280479099</v>
+      </c>
+      <c r="J601" s="5"/>
+      <c r="K601" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L601" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M601" s="5"/>
+      <c r="N601" s="30"/>
+      <c r="O601" s="30"/>
+    </row>
+    <row r="602" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A602" s="39"/>
+      <c r="B602" s="39"/>
+      <c r="C602" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D602" s="7">
+        <v>0</v>
+      </c>
+      <c r="E602" s="7">
+        <v>0</v>
+      </c>
+      <c r="F602" s="7">
+        <v>0</v>
+      </c>
+      <c r="G602" s="6">
+        <v>21.4841233462353</v>
+      </c>
+      <c r="H602" s="6">
+        <v>21.4640192876676</v>
+      </c>
+      <c r="I602" s="6">
+        <v>21.441527900129302</v>
+      </c>
+      <c r="J602" s="5"/>
+      <c r="K602" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L602" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M602" s="5"/>
+      <c r="N602" s="30"/>
+      <c r="O602" s="30"/>
+    </row>
+    <row r="603" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A603" s="39"/>
+      <c r="B603" s="39"/>
+      <c r="C603" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D603" s="5"/>
+      <c r="E603" s="5"/>
+      <c r="F603" s="5"/>
+      <c r="G603" s="5"/>
+      <c r="H603" s="5"/>
+      <c r="I603" s="5"/>
+      <c r="J603" s="6">
+        <v>1170155</v>
+      </c>
+      <c r="K603" s="6">
+        <v>1170625.9955962801</v>
+      </c>
+      <c r="L603" s="6">
+        <v>1166647.9370460301</v>
+      </c>
+      <c r="M603" s="6">
+        <v>1177456.72</v>
+      </c>
+      <c r="N603" s="30">
+        <v>1177456.7201564</v>
+      </c>
+      <c r="O603" s="30">
+        <v>1177456.7201564</v>
+      </c>
+    </row>
+    <row r="604" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A604" s="39"/>
+      <c r="B604" s="39"/>
+      <c r="C604" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D604" s="6">
+        <v>1148546.2386558801</v>
+      </c>
+      <c r="E604" s="6">
+        <v>1150466.93277805</v>
+      </c>
+      <c r="F604" s="6">
+        <v>1137156.20440443</v>
+      </c>
+      <c r="G604" s="6">
+        <v>1137404.7960745301</v>
+      </c>
+      <c r="H604" s="6">
+        <v>1137086.51283705</v>
+      </c>
+      <c r="I604" s="6">
+        <v>1136937.2725205</v>
+      </c>
+      <c r="J604" s="5"/>
+      <c r="K604" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L604" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M604" s="5"/>
+      <c r="N604" s="30"/>
+      <c r="O604" s="30"/>
+    </row>
+    <row r="605" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A605" s="39" t="s">
+        <v>7</v>
+      </c>
+      <c r="B605" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="C605" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D605" s="6">
+        <v>4140439</v>
+      </c>
+      <c r="E605" s="6">
+        <v>4165045.4947663001</v>
+      </c>
+      <c r="F605" s="6">
+        <v>4067180</v>
+      </c>
+      <c r="G605" s="6">
+        <v>4069042</v>
+      </c>
+      <c r="H605" s="6">
+        <v>4068248</v>
+      </c>
+      <c r="I605" s="6">
+        <v>4067876</v>
+      </c>
+      <c r="J605" s="6">
+        <v>4067663</v>
+      </c>
+      <c r="K605" s="6">
+        <v>4068345</v>
+      </c>
+      <c r="L605" s="6">
+        <v>4051765.4853810002</v>
+      </c>
+      <c r="M605" s="6">
+        <v>4188139</v>
+      </c>
+      <c r="N605" s="30">
+        <v>4188139</v>
+      </c>
+      <c r="O605" s="30">
+        <v>4188139</v>
+      </c>
+    </row>
+    <row r="606" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A606" s="39"/>
+      <c r="B606" s="39"/>
+      <c r="C606" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D606" s="6">
+        <v>2393868.0152825001</v>
+      </c>
+      <c r="E606" s="6">
+        <v>2408732.5877546398</v>
+      </c>
+      <c r="F606" s="6">
+        <v>2353093.7268317901</v>
+      </c>
+      <c r="G606" s="6">
+        <v>2354896.3986779801</v>
+      </c>
+      <c r="H606" s="6">
+        <v>2355065.9943931098</v>
+      </c>
+      <c r="I606" s="6">
+        <v>2355570.42775096</v>
+      </c>
+      <c r="J606" s="6">
+        <v>2355609</v>
+      </c>
+      <c r="K606" s="6">
+        <v>2356180.7660247199</v>
+      </c>
+      <c r="L606" s="6">
+        <v>2347315.7679037899</v>
+      </c>
+      <c r="M606" s="6">
+        <v>2426982.3160000001</v>
+      </c>
+      <c r="N606" s="30">
+        <v>2426982.3157934202</v>
+      </c>
+      <c r="O606" s="30">
+        <v>2426982.3157934202</v>
+      </c>
+    </row>
+    <row r="607" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A607" s="39"/>
+      <c r="B607" s="39"/>
+      <c r="C607" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D607" s="6">
+        <v>1346001.8128911201</v>
+      </c>
+      <c r="E607" s="6">
+        <v>1354636.59759286</v>
+      </c>
+      <c r="F607" s="6">
+        <v>1323605.51527789</v>
+      </c>
+      <c r="G607" s="6">
+        <v>1324609.73921871</v>
+      </c>
+      <c r="H607" s="6">
+        <v>1324983.73872296</v>
+      </c>
+      <c r="I607" s="6">
+        <v>1325020.69708548</v>
+      </c>
+      <c r="J607" s="6">
+        <v>1324703</v>
+      </c>
+      <c r="K607" s="6">
+        <v>1324918.1321719601</v>
+      </c>
+      <c r="L607" s="6">
+        <v>1319750.01167925</v>
+      </c>
+      <c r="M607" s="6">
+        <v>1364386.9213769301</v>
+      </c>
+      <c r="N607" s="30">
+        <v>1364386.9213769301</v>
+      </c>
+      <c r="O607" s="30">
+        <v>1364386.9213769301</v>
+      </c>
+    </row>
+    <row r="608" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A608" s="39"/>
+      <c r="B608" s="39"/>
+      <c r="C608" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D608" s="6">
+        <v>1040545.63691018</v>
+      </c>
+      <c r="E608" s="6">
+        <v>1046726.26686689</v>
+      </c>
+      <c r="F608" s="6">
+        <v>1022291.6989389301</v>
+      </c>
+      <c r="G608" s="6">
+        <v>1023094.0570284</v>
+      </c>
+      <c r="H608" s="6">
+        <v>1022887.55371997</v>
+      </c>
+      <c r="I608" s="6">
+        <v>1023362.87745592</v>
+      </c>
+      <c r="J608" s="5"/>
+      <c r="K608" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L608" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M608" s="5"/>
+      <c r="N608" s="30"/>
+      <c r="O608" s="30"/>
+    </row>
+    <row r="609" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A609" s="39"/>
+      <c r="B609" s="39"/>
+      <c r="C609" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D609" s="6">
+        <v>7320.5654812003104</v>
+      </c>
+      <c r="E609" s="6">
+        <v>7369.7232948925202</v>
+      </c>
+      <c r="F609" s="6">
+        <v>7196.5126149748003</v>
+      </c>
+      <c r="G609" s="6">
+        <v>7192.6024308707101</v>
+      </c>
+      <c r="H609" s="6">
+        <v>7194.7019501825198</v>
+      </c>
+      <c r="I609" s="6">
+        <v>7186.8532095710598</v>
+      </c>
+      <c r="J609" s="5"/>
+      <c r="K609" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L609" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M609" s="5"/>
+      <c r="N609" s="30"/>
+      <c r="O609" s="30"/>
+    </row>
+    <row r="610" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A610" s="39"/>
+      <c r="B610" s="39"/>
+      <c r="C610" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D610" s="5"/>
+      <c r="E610" s="5"/>
+      <c r="F610" s="5"/>
+      <c r="G610" s="5"/>
+      <c r="H610" s="5"/>
+      <c r="I610" s="5"/>
+      <c r="J610" s="6">
+        <v>1030906</v>
+      </c>
+      <c r="K610" s="6">
+        <v>1031262.63385276</v>
+      </c>
+      <c r="L610" s="6">
+        <v>1027565.7562245399</v>
+      </c>
+      <c r="M610" s="6">
+        <v>1062595.3944164901</v>
+      </c>
+      <c r="N610" s="30">
+        <v>1062595.3944164901</v>
+      </c>
+      <c r="O610" s="30">
+        <v>1062595.3944164901</v>
+      </c>
+    </row>
+    <row r="611" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A611" s="39"/>
+      <c r="B611" s="39"/>
+      <c r="C611" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D611" s="6">
+        <v>1746570.9847174999</v>
+      </c>
+      <c r="E611" s="6">
+        <v>1756312.90701166</v>
+      </c>
+      <c r="F611" s="6">
+        <v>1714086.2731682099</v>
+      </c>
+      <c r="G611" s="6">
+        <v>1714145.6013220199</v>
+      </c>
+      <c r="H611" s="6">
+        <v>1713182.00560689</v>
+      </c>
+      <c r="I611" s="6">
+        <v>1712305.57224904</v>
+      </c>
+      <c r="J611" s="6">
+        <v>1712054</v>
+      </c>
+      <c r="K611" s="6">
+        <v>1712164.2339752801</v>
+      </c>
+      <c r="L611" s="6">
+        <v>1704449.7174772101</v>
+      </c>
+      <c r="M611" s="6">
+        <v>1761156.6839999999</v>
+      </c>
+      <c r="N611" s="30">
+        <v>1761156.68420658</v>
+      </c>
+      <c r="O611" s="30">
+        <v>1761156.68420658</v>
+      </c>
+    </row>
+    <row r="612" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A612" s="39"/>
+      <c r="B612" s="39"/>
+      <c r="C612" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D612" s="6">
+        <v>271058.57969613199</v>
+      </c>
+      <c r="E612" s="6">
+        <v>272510.03313550801</v>
+      </c>
+      <c r="F612" s="6">
+        <v>265897.98654030199</v>
+      </c>
+      <c r="G612" s="6">
+        <v>265842.458048156</v>
+      </c>
+      <c r="H612" s="6">
+        <v>265657.26200923498</v>
+      </c>
+      <c r="I612" s="6">
+        <v>265547.67040673998</v>
+      </c>
+      <c r="J612" s="6">
+        <v>265369</v>
+      </c>
+      <c r="K612" s="6">
+        <v>265305.699277571</v>
+      </c>
+      <c r="L612" s="6">
+        <v>264112.70665688999</v>
+      </c>
+      <c r="M612" s="6">
+        <v>272817.22840000002</v>
+      </c>
+      <c r="N612" s="30">
+        <v>272817.228358344</v>
+      </c>
+      <c r="O612" s="30">
+        <v>272817.228358344</v>
+      </c>
+    </row>
+    <row r="613" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A613" s="39"/>
+      <c r="B613" s="39"/>
+      <c r="C613" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D613" s="6">
+        <v>99005.137230067805</v>
+      </c>
+      <c r="E613" s="6">
+        <v>99582.868663495203</v>
+      </c>
+      <c r="F613" s="6">
+        <v>97152.888609927395</v>
+      </c>
+      <c r="G613" s="6">
+        <v>97169.581953788002</v>
+      </c>
+      <c r="H613" s="6">
+        <v>97134.756320058004</v>
+      </c>
+      <c r="I613" s="6">
+        <v>97038.863934866706</v>
+      </c>
+      <c r="J613" s="5"/>
+      <c r="K613" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L613" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M613" s="5"/>
+      <c r="N613" s="30"/>
+      <c r="O613" s="30"/>
+    </row>
+    <row r="614" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A614" s="39"/>
+      <c r="B614" s="39"/>
+      <c r="C614" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D614" s="6">
+        <v>24415.211787130698</v>
+      </c>
+      <c r="E614" s="6">
+        <v>24535.749269612199</v>
+      </c>
+      <c r="F614" s="6">
+        <v>23935.277015250798</v>
+      </c>
+      <c r="G614" s="6">
+        <v>23924.146815480301</v>
+      </c>
+      <c r="H614" s="6">
+        <v>23895.565469873301</v>
+      </c>
+      <c r="I614" s="6">
+        <v>23869.497663807699</v>
+      </c>
+      <c r="J614" s="5"/>
+      <c r="K614" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L614" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M614" s="5"/>
+      <c r="N614" s="30"/>
+      <c r="O614" s="30"/>
+    </row>
+    <row r="615" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A615" s="39"/>
+      <c r="B615" s="39"/>
+      <c r="C615" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D615" s="5"/>
+      <c r="E615" s="5"/>
+      <c r="F615" s="5"/>
+      <c r="G615" s="5"/>
+      <c r="H615" s="5"/>
+      <c r="I615" s="5"/>
+      <c r="J615" s="6">
+        <v>1446685</v>
+      </c>
+      <c r="K615" s="6">
+        <v>1446858.5346977101</v>
+      </c>
+      <c r="L615" s="6">
+        <v>1440337.0108203201</v>
+      </c>
+      <c r="M615" s="6">
+        <v>1488339.456</v>
+      </c>
+      <c r="N615" s="30">
+        <v>1488339.4558482401</v>
+      </c>
+      <c r="O615" s="30">
+        <v>1488339.4558482401</v>
+      </c>
+    </row>
+    <row r="616" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A616" s="39"/>
+      <c r="B616" s="39"/>
+      <c r="C616" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D616" s="6">
+        <v>1352092.0560041701</v>
+      </c>
+      <c r="E616" s="6">
+        <v>1359684.2559430399</v>
+      </c>
+      <c r="F616" s="6">
+        <v>1327100.12100273</v>
+      </c>
+      <c r="G616" s="6">
+        <v>1327209.41450459</v>
+      </c>
+      <c r="H616" s="6">
+        <v>1326494.4218077301</v>
+      </c>
+      <c r="I616" s="6">
+        <v>1325849.5402436201</v>
+      </c>
+      <c r="J616" s="5"/>
+      <c r="K616" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L616" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M616" s="5"/>
+      <c r="N616" s="30"/>
+      <c r="O616" s="30"/>
+    </row>
+    <row r="617" spans="1:15" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A617" s="39"/>
+      <c r="B617" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="C617" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="D617" s="36">
+        <v>5473465</v>
+      </c>
+      <c r="E617" s="36">
+        <v>5250689.1917481599</v>
+      </c>
+      <c r="F617" s="36">
+        <v>5333944</v>
+      </c>
+      <c r="G617" s="36">
+        <v>5364731</v>
+      </c>
+      <c r="H617" s="36">
+        <v>5364744</v>
+      </c>
+      <c r="I617" s="36">
+        <v>5364356</v>
+      </c>
+      <c r="J617" s="36">
+        <v>5363546</v>
+      </c>
+      <c r="K617" s="36">
+        <v>5364030</v>
+      </c>
+      <c r="L617" s="36">
+        <v>5328148.8899096902</v>
+      </c>
+      <c r="M617" s="36">
+        <v>5613865</v>
+      </c>
+      <c r="N617" s="37">
+        <v>5613865</v>
+      </c>
+      <c r="O617" s="37">
+        <v>5613865</v>
+      </c>
+    </row>
+    <row r="618" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A618" s="39"/>
+      <c r="B618" s="39"/>
+      <c r="C618" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D618" s="6">
+        <v>3342893.7067047399</v>
+      </c>
+      <c r="E618" s="6">
+        <v>3207455.7874259502</v>
+      </c>
+      <c r="F618" s="6">
+        <v>3258956.07472364</v>
+      </c>
+      <c r="G618" s="6">
+        <v>3278034.7719123201</v>
+      </c>
+      <c r="H618" s="6">
+        <v>3278373.7216632199</v>
+      </c>
+      <c r="I618" s="6">
+        <v>3278969.13097852</v>
+      </c>
+      <c r="J618" s="6">
+        <v>3278151</v>
+      </c>
+      <c r="K618" s="6">
+        <v>3277977.5457054898</v>
+      </c>
+      <c r="L618" s="6">
+        <v>3255818.7929871199</v>
+      </c>
+      <c r="M618" s="6">
+        <v>3430666.9709999999</v>
+      </c>
+      <c r="N618" s="30">
+        <v>3430666.9713723399</v>
+      </c>
+      <c r="O618" s="30">
+        <v>3430666.9713723399</v>
+      </c>
+    </row>
+    <row r="619" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A619" s="39"/>
+      <c r="B619" s="39"/>
+      <c r="C619" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D619" s="6">
+        <v>2099466.1547601302</v>
+      </c>
+      <c r="E619" s="6">
+        <v>2014917.4818522299</v>
+      </c>
+      <c r="F619" s="6">
+        <v>2047353.64469614</v>
+      </c>
+      <c r="G619" s="6">
+        <v>2059245.08514171</v>
+      </c>
+      <c r="H619" s="6">
+        <v>2059358.57538594</v>
+      </c>
+      <c r="I619" s="6">
+        <v>2059256.75017807</v>
+      </c>
+      <c r="J619" s="6">
+        <v>2058186</v>
+      </c>
+      <c r="K619" s="6">
+        <v>2057798.6394016</v>
+      </c>
+      <c r="L619" s="6">
+        <v>2043239.93750004</v>
+      </c>
+      <c r="M619" s="6">
+        <v>2152267.5737432898</v>
+      </c>
+      <c r="N619" s="30">
+        <v>2152267.5737432898</v>
+      </c>
+      <c r="O619" s="30">
+        <v>2152267.5737432898</v>
+      </c>
+    </row>
+    <row r="620" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A620" s="39"/>
+      <c r="B620" s="39"/>
+      <c r="C620" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D620" s="6">
+        <v>1242814.83696815</v>
+      </c>
+      <c r="E620" s="6">
+        <v>1191951.1166413501</v>
+      </c>
+      <c r="F620" s="6">
+        <v>1210982.5875700901</v>
+      </c>
+      <c r="G620" s="6">
+        <v>1218166.88932135</v>
+      </c>
+      <c r="H620" s="6">
+        <v>1218392.96915318</v>
+      </c>
+      <c r="I620" s="6">
+        <v>1219086.9697425701</v>
+      </c>
+      <c r="J620" s="5"/>
+      <c r="K620" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L620" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M620" s="5"/>
+      <c r="N620" s="30"/>
+      <c r="O620" s="30"/>
+    </row>
+    <row r="621" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A621" s="39"/>
+      <c r="B621" s="39"/>
+      <c r="C621" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D621" s="6">
+        <v>612.714976459372</v>
+      </c>
+      <c r="E621" s="6">
+        <v>587.18893236654299</v>
+      </c>
+      <c r="F621" s="6">
+        <v>619.84245740644599</v>
+      </c>
+      <c r="G621" s="6">
+        <v>622.79744925909597</v>
+      </c>
+      <c r="H621" s="6">
+        <v>622.17712410603099</v>
+      </c>
+      <c r="I621" s="6">
+        <v>625.41105787281299</v>
+      </c>
+      <c r="J621" s="5"/>
+      <c r="K621" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L621" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M621" s="5"/>
+      <c r="N621" s="30"/>
+      <c r="O621" s="30"/>
+    </row>
+    <row r="622" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A622" s="39"/>
+      <c r="B622" s="39"/>
+      <c r="C622" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="D622" s="5"/>
+      <c r="E622" s="5"/>
+      <c r="F622" s="5"/>
+      <c r="G622" s="5"/>
+      <c r="H622" s="5"/>
+      <c r="I622" s="5"/>
+      <c r="J622" s="6">
+        <v>1219965</v>
+      </c>
+      <c r="K622" s="6">
+        <v>1220178.9063039001</v>
+      </c>
+      <c r="L622" s="6">
+        <v>1212578.8554870801</v>
+      </c>
+      <c r="M622" s="6">
+        <v>1278399.3976290501</v>
+      </c>
+      <c r="N622" s="30">
+        <v>1278399.3976290501</v>
+      </c>
+      <c r="O622" s="30">
+        <v>1278399.3976290501</v>
+      </c>
+    </row>
+    <row r="623" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A623" s="39"/>
+      <c r="B623" s="39"/>
+      <c r="C623" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D623" s="6">
+        <v>2130571.2932952601</v>
+      </c>
+      <c r="E623" s="6">
+        <v>2043233.40432221</v>
+      </c>
+      <c r="F623" s="6">
+        <v>2074987.92527636</v>
+      </c>
+      <c r="G623" s="6">
+        <v>2086696.2280876799</v>
+      </c>
+      <c r="H623" s="6">
+        <v>2086370.2783367799</v>
+      </c>
+      <c r="I623" s="6">
+        <v>2085386.86902148</v>
+      </c>
+      <c r="J623" s="6">
+        <v>2085395</v>
+      </c>
+      <c r="K623" s="6">
+        <v>2086052.45429451</v>
+      </c>
+      <c r="L623" s="6">
+        <v>2072330.0969225699</v>
+      </c>
+      <c r="M623" s="6">
+        <v>2183198.0290000001</v>
+      </c>
+      <c r="N623" s="30">
+        <v>2183198.0286276601</v>
+      </c>
+      <c r="O623" s="30">
+        <v>2183198.0286276601</v>
+      </c>
+    </row>
+    <row r="624" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A624" s="39"/>
+      <c r="B624" s="39"/>
+      <c r="C624" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D624" s="6">
+        <v>411405.00697921199</v>
+      </c>
+      <c r="E624" s="6">
+        <v>394383.78690517199</v>
+      </c>
+      <c r="F624" s="6">
+        <v>400388.69477866299</v>
+      </c>
+      <c r="G624" s="6">
+        <v>402702.03893774498</v>
+      </c>
+      <c r="H624" s="6">
+        <v>402556.60974864999</v>
+      </c>
+      <c r="I624" s="6">
+        <v>402330.91845018801</v>
+      </c>
+      <c r="J624" s="6">
+        <v>402305</v>
+      </c>
+      <c r="K624" s="6">
+        <v>402138.04626010102</v>
+      </c>
+      <c r="L624" s="6">
+        <v>399554.341956641</v>
+      </c>
+      <c r="M624" s="6">
+        <v>420580.52850000001</v>
+      </c>
+      <c r="N624" s="30">
+        <v>420580.52850001201</v>
+      </c>
+      <c r="O624" s="30">
+        <v>420580.52850001201</v>
+      </c>
+    </row>
+    <row r="625" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A625" s="39"/>
+      <c r="B625" s="39"/>
+      <c r="C625" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D625" s="6">
+        <v>77492.011027572007</v>
+      </c>
+      <c r="E625" s="6">
+        <v>74263.651078281706</v>
+      </c>
+      <c r="F625" s="6">
+        <v>75387.263133415399</v>
+      </c>
+      <c r="G625" s="6">
+        <v>75764.009954106004</v>
+      </c>
+      <c r="H625" s="6">
+        <v>75700.386601997394</v>
+      </c>
+      <c r="I625" s="6">
+        <v>75634.060955451598</v>
+      </c>
+      <c r="J625" s="5"/>
+      <c r="K625" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L625" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M625" s="5"/>
+      <c r="N625" s="30"/>
+      <c r="O625" s="30"/>
+    </row>
+    <row r="626" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A626" s="39"/>
+      <c r="B626" s="39"/>
+      <c r="C626" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D626" s="7">
+        <v>0</v>
+      </c>
+      <c r="E626" s="7">
+        <v>0</v>
+      </c>
+      <c r="F626" s="7">
+        <v>0</v>
+      </c>
+      <c r="G626" s="7">
+        <v>0</v>
+      </c>
+      <c r="H626" s="7">
+        <v>0</v>
+      </c>
+      <c r="I626" s="7">
+        <v>0</v>
+      </c>
+      <c r="J626" s="5"/>
+      <c r="K626" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L626" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M626" s="5"/>
+      <c r="N626" s="30"/>
+      <c r="O626" s="30"/>
+    </row>
+    <row r="627" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A627" s="39"/>
+      <c r="B627" s="39"/>
+      <c r="C627" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D627" s="5"/>
+      <c r="E627" s="5"/>
+      <c r="F627" s="5"/>
+      <c r="G627" s="5"/>
+      <c r="H627" s="5"/>
+      <c r="I627" s="5"/>
+      <c r="J627" s="6">
+        <v>1683090</v>
+      </c>
+      <c r="K627" s="6">
+        <v>1683914.4080344101</v>
+      </c>
+      <c r="L627" s="6">
+        <v>1672775.75496593</v>
+      </c>
+      <c r="M627" s="6">
+        <v>1762617.5</v>
+      </c>
+      <c r="N627" s="30">
+        <v>1762617.5001276501</v>
+      </c>
+      <c r="O627" s="30">
+        <v>1762617.5001276501</v>
+      </c>
+    </row>
+    <row r="628" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A628" s="39"/>
+      <c r="B628" s="39"/>
+      <c r="C628" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D628" s="6">
+        <v>1641674.2752884801</v>
+      </c>
+      <c r="E628" s="6">
+        <v>1574585.96633876</v>
+      </c>
+      <c r="F628" s="6">
+        <v>1599211.96736428</v>
+      </c>
+      <c r="G628" s="6">
+        <v>1608230.1791958299</v>
+      </c>
+      <c r="H628" s="6">
+        <v>1608113.2819861299</v>
+      </c>
+      <c r="I628" s="6">
+        <v>1607421.8896158501</v>
+      </c>
+      <c r="J628" s="5"/>
+      <c r="K628" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L628" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M628" s="5"/>
+      <c r="N628" s="30"/>
+      <c r="O628" s="30"/>
+    </row>
+    <row r="629" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A629" s="39"/>
+      <c r="B629" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="C629" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D629" s="6">
+        <v>1719391</v>
+      </c>
+      <c r="E629" s="6">
+        <v>1717162.58358889</v>
+      </c>
+      <c r="F629" s="6">
+        <v>1717700</v>
+      </c>
+      <c r="G629" s="6">
+        <v>1717714</v>
+      </c>
+      <c r="H629" s="6">
+        <v>1718452</v>
+      </c>
+      <c r="I629" s="6">
+        <v>1718036</v>
+      </c>
+      <c r="J629" s="6">
+        <v>1717950</v>
+      </c>
+      <c r="K629" s="6">
+        <v>1717734</v>
+      </c>
+      <c r="L629" s="6">
+        <v>1709427.4859823601</v>
+      </c>
+      <c r="M629" s="6">
+        <v>1825749</v>
+      </c>
+      <c r="N629" s="30">
+        <v>1825749</v>
+      </c>
+      <c r="O629" s="30">
+        <v>1825749</v>
+      </c>
+    </row>
+    <row r="630" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A630" s="39"/>
+      <c r="B630" s="39"/>
+      <c r="C630" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D630" s="6">
+        <v>1094113.0342413399</v>
+      </c>
+      <c r="E630" s="6">
+        <v>1092912.34529015</v>
+      </c>
+      <c r="F630" s="6">
+        <v>1093565.1682094</v>
+      </c>
+      <c r="G630" s="6">
+        <v>1093913.0301154901</v>
+      </c>
+      <c r="H630" s="6">
+        <v>1094775.3526830201</v>
+      </c>
+      <c r="I630" s="6">
+        <v>1094616.72936302</v>
+      </c>
+      <c r="J630" s="6">
+        <v>1094594</v>
+      </c>
+      <c r="K630" s="6">
+        <v>1094681.77650704</v>
+      </c>
+      <c r="L630" s="6">
+        <v>1089653.35529608</v>
+      </c>
+      <c r="M630" s="6">
+        <v>1164300.334</v>
+      </c>
+      <c r="N630" s="30">
+        <v>1164300.33357773</v>
+      </c>
+      <c r="O630" s="30">
+        <v>1164300.33357773</v>
+      </c>
+    </row>
+    <row r="631" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A631" s="39"/>
+      <c r="B631" s="39"/>
+      <c r="C631" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D631" s="6">
+        <v>706088.57544977404</v>
+      </c>
+      <c r="E631" s="6">
+        <v>705381.55787926598</v>
+      </c>
+      <c r="F631" s="6">
+        <v>705840.88777736295</v>
+      </c>
+      <c r="G631" s="6">
+        <v>706206.24276398204</v>
+      </c>
+      <c r="H631" s="6">
+        <v>706697.792444063</v>
+      </c>
+      <c r="I631" s="6">
+        <v>706635.66201630805</v>
+      </c>
+      <c r="J631" s="6">
+        <v>706630</v>
+      </c>
+      <c r="K631" s="6">
+        <v>706470.58788720903</v>
+      </c>
+      <c r="L631" s="6">
+        <v>702828.71480491897</v>
+      </c>
+      <c r="M631" s="6">
+        <v>750758.451872873</v>
+      </c>
+      <c r="N631" s="30">
+        <v>750758.451872873</v>
+      </c>
+      <c r="O631" s="30">
+        <v>750758.451872873</v>
+      </c>
+    </row>
+    <row r="632" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A632" s="39"/>
+      <c r="B632" s="39"/>
+      <c r="C632" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D632" s="6">
+        <v>372453.39257216302</v>
+      </c>
+      <c r="E632" s="6">
+        <v>371995.46923991397</v>
+      </c>
+      <c r="F632" s="6">
+        <v>372199.65141864301</v>
+      </c>
+      <c r="G632" s="6">
+        <v>372197.565769904</v>
+      </c>
+      <c r="H632" s="6">
+        <v>372574.370047679</v>
+      </c>
+      <c r="I632" s="6">
+        <v>372497.127772404</v>
+      </c>
+      <c r="J632" s="5"/>
+      <c r="K632" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L632" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M632" s="5"/>
+      <c r="N632" s="30"/>
+      <c r="O632" s="30"/>
+    </row>
+    <row r="633" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A633" s="39"/>
+      <c r="B633" s="39"/>
+      <c r="C633" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D633" s="6">
+        <v>15571.066219399299</v>
+      </c>
+      <c r="E633" s="6">
+        <v>15535.3181709705</v>
+      </c>
+      <c r="F633" s="6">
+        <v>15524.6290133987</v>
+      </c>
+      <c r="G633" s="6">
+        <v>15509.2215816071</v>
+      </c>
+      <c r="H633" s="6">
+        <v>15503.190191281499</v>
+      </c>
+      <c r="I633" s="6">
+        <v>15483.9395743061</v>
+      </c>
+      <c r="J633" s="5"/>
+      <c r="K633" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L633" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M633" s="5"/>
+      <c r="N633" s="30"/>
+      <c r="O633" s="30"/>
+    </row>
+    <row r="634" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A634" s="39"/>
+      <c r="B634" s="39"/>
+      <c r="C634" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D634" s="5"/>
+      <c r="E634" s="5"/>
+      <c r="F634" s="5"/>
+      <c r="G634" s="5"/>
+      <c r="H634" s="5"/>
+      <c r="I634" s="5"/>
+      <c r="J634" s="6">
+        <v>387964</v>
+      </c>
+      <c r="K634" s="6">
+        <v>388211.18861983297</v>
+      </c>
+      <c r="L634" s="6">
+        <v>386824.64049116097</v>
+      </c>
+      <c r="M634" s="6">
+        <v>413541.88170485699</v>
+      </c>
+      <c r="N634" s="30">
+        <v>413541.88170485699</v>
+      </c>
+      <c r="O634" s="30">
+        <v>413541.88170485699</v>
+      </c>
+    </row>
+    <row r="635" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A635" s="39"/>
+      <c r="B635" s="39"/>
+      <c r="C635" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D635" s="6">
+        <v>625277.965758665</v>
+      </c>
+      <c r="E635" s="6">
+        <v>624250.23829874396</v>
+      </c>
+      <c r="F635" s="6">
+        <v>624134.83179059601</v>
+      </c>
+      <c r="G635" s="6">
+        <v>623800.96988450701</v>
+      </c>
+      <c r="H635" s="6">
+        <v>623676.64731697598</v>
+      </c>
+      <c r="I635" s="6">
+        <v>623419.270636981</v>
+      </c>
+      <c r="J635" s="6">
+        <v>623356</v>
+      </c>
+      <c r="K635" s="6">
+        <v>623052.223492958</v>
+      </c>
+      <c r="L635" s="6">
+        <v>619774.13068628102</v>
+      </c>
+      <c r="M635" s="6">
+        <v>661448.66639999999</v>
+      </c>
+      <c r="N635" s="30">
+        <v>661448.66642227001</v>
+      </c>
+      <c r="O635" s="30">
+        <v>661448.66642227001</v>
+      </c>
+    </row>
+    <row r="636" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A636" s="39"/>
+      <c r="B636" s="39"/>
+      <c r="C636" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D636" s="6">
+        <v>115590.272063821</v>
+      </c>
+      <c r="E636" s="6">
+        <v>115373.198726585</v>
+      </c>
+      <c r="F636" s="6">
+        <v>115327.55616795699</v>
+      </c>
+      <c r="G636" s="6">
+        <v>115276.688060746</v>
+      </c>
+      <c r="H636" s="6">
+        <v>115342.98307267</v>
+      </c>
+      <c r="I636" s="6">
+        <v>115243.36198074601</v>
+      </c>
+      <c r="J636" s="6">
+        <v>115173</v>
+      </c>
+      <c r="K636" s="6">
+        <v>115169.99119615799</v>
+      </c>
+      <c r="L636" s="6">
+        <v>114574.710730174</v>
+      </c>
+      <c r="M636" s="6">
+        <v>122313.7496</v>
+      </c>
+      <c r="N636" s="30">
+        <v>122313.749630131</v>
+      </c>
+      <c r="O636" s="30">
+        <v>122313.749630131</v>
+      </c>
+    </row>
+    <row r="637" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A637" s="39"/>
+      <c r="B637" s="39"/>
+      <c r="C637" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D637" s="6">
+        <v>98.5933595049963</v>
+      </c>
+      <c r="E637" s="6">
+        <v>105.21450954767</v>
+      </c>
+      <c r="F637" s="6">
+        <v>105.143109247414</v>
+      </c>
+      <c r="G637" s="6">
+        <v>105.03975313880601</v>
+      </c>
+      <c r="H637" s="6">
+        <v>104.980785372458</v>
+      </c>
+      <c r="I637" s="6">
+        <v>106.177226917884</v>
+      </c>
+      <c r="J637" s="5"/>
+      <c r="K637" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L637" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M637" s="5"/>
+      <c r="N637" s="30"/>
+      <c r="O637" s="30"/>
+    </row>
+    <row r="638" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A638" s="39"/>
+      <c r="B638" s="39"/>
+      <c r="C638" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D638" s="7">
+        <v>0</v>
+      </c>
+      <c r="E638" s="7">
+        <v>0</v>
+      </c>
+      <c r="F638" s="7">
+        <v>0</v>
+      </c>
+      <c r="G638" s="7">
+        <v>0</v>
+      </c>
+      <c r="H638" s="7">
+        <v>0</v>
+      </c>
+      <c r="I638" s="7">
+        <v>0</v>
+      </c>
+      <c r="J638" s="5"/>
+      <c r="K638" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L638" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M638" s="5"/>
+      <c r="N638" s="30"/>
+      <c r="O638" s="30"/>
+    </row>
+    <row r="639" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A639" s="39"/>
+      <c r="B639" s="39"/>
+      <c r="C639" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D639" s="5"/>
+      <c r="E639" s="5"/>
+      <c r="F639" s="5"/>
+      <c r="G639" s="5"/>
+      <c r="H639" s="5"/>
+      <c r="I639" s="5"/>
+      <c r="J639" s="6">
+        <v>508183</v>
+      </c>
+      <c r="K639" s="6">
+        <v>507882.23229680001</v>
+      </c>
+      <c r="L639" s="6">
+        <v>505199.41995610797</v>
+      </c>
+      <c r="M639" s="6">
+        <v>539134.91680000001</v>
+      </c>
+      <c r="N639" s="30">
+        <v>539134.91679213801</v>
+      </c>
+      <c r="O639" s="30">
+        <v>539134.91679213801</v>
+      </c>
+    </row>
+    <row r="640" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A640" s="39"/>
+      <c r="B640" s="39"/>
+      <c r="C640" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D640" s="6">
+        <v>509589.10033533903</v>
+      </c>
+      <c r="E640" s="6">
+        <v>508771.82506261102</v>
+      </c>
+      <c r="F640" s="6">
+        <v>508702.13251339103</v>
+      </c>
+      <c r="G640" s="6">
+        <v>508419.24207062199</v>
+      </c>
+      <c r="H640" s="6">
+        <v>508228.68345893401</v>
+      </c>
+      <c r="I640" s="6">
+        <v>508069.73142931802</v>
+      </c>
+      <c r="J640" s="5"/>
+      <c r="K640" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L640" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M640" s="5"/>
+      <c r="N640" s="30"/>
+      <c r="O640" s="30"/>
+    </row>
+    <row r="641" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A641" s="39"/>
+      <c r="B641" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="C641" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D641" s="6">
+        <v>3318520</v>
+      </c>
+      <c r="E641" s="6">
+        <v>3344773.1744364598</v>
+      </c>
+      <c r="F641" s="6">
+        <v>3327476</v>
+      </c>
+      <c r="G641" s="6">
+        <v>3328427</v>
+      </c>
+      <c r="H641" s="6">
+        <v>3328122</v>
+      </c>
+      <c r="I641" s="6">
+        <v>3328301</v>
+      </c>
+      <c r="J641" s="6">
+        <v>3326802</v>
+      </c>
+      <c r="K641" s="6">
+        <v>3326836</v>
+      </c>
+      <c r="L641" s="6">
+        <v>3322927.6498237499</v>
+      </c>
+      <c r="M641" s="6">
+        <v>3513983</v>
+      </c>
+      <c r="N641" s="30">
+        <v>3513983</v>
+      </c>
+      <c r="O641" s="30">
+        <v>3513983</v>
+      </c>
+    </row>
+    <row r="642" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A642" s="39"/>
+      <c r="B642" s="39"/>
+      <c r="C642" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D642" s="6">
+        <v>1703762.75396943</v>
+      </c>
+      <c r="E642" s="6">
+        <v>1717630.6685001899</v>
+      </c>
+      <c r="F642" s="6">
+        <v>1709068.24242551</v>
+      </c>
+      <c r="G642" s="6">
+        <v>1709750.6408194299</v>
+      </c>
+      <c r="H642" s="6">
+        <v>1709984.2930785001</v>
+      </c>
+      <c r="I642" s="6">
+        <v>1710414.5417588099</v>
+      </c>
+      <c r="J642" s="6">
+        <v>1709342</v>
+      </c>
+      <c r="K642" s="6">
+        <v>1708664.1140875299</v>
+      </c>
+      <c r="L642" s="6">
+        <v>1706693.3065123099</v>
+      </c>
+      <c r="M642" s="6">
+        <v>1804860.077</v>
+      </c>
+      <c r="N642" s="30">
+        <v>1804860.0773150299</v>
+      </c>
+      <c r="O642" s="30">
+        <v>1804860.0773150299</v>
+      </c>
+    </row>
+    <row r="643" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A643" s="39"/>
+      <c r="B643" s="39"/>
+      <c r="C643" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D643" s="6">
+        <v>759781.80654939497</v>
+      </c>
+      <c r="E643" s="6">
+        <v>766348.61417435098</v>
+      </c>
+      <c r="F643" s="6">
+        <v>762762.51898625295</v>
+      </c>
+      <c r="G643" s="6">
+        <v>763034.51278839901</v>
+      </c>
+      <c r="H643" s="6">
+        <v>763574.22072166705</v>
+      </c>
+      <c r="I643" s="6">
+        <v>764188.38941750897</v>
+      </c>
+      <c r="J643" s="6">
+        <v>763983</v>
+      </c>
+      <c r="K643" s="6">
+        <v>763452.04777166201</v>
+      </c>
+      <c r="L643" s="6">
+        <v>762546.90936919197</v>
+      </c>
+      <c r="M643" s="6">
+        <v>806381.67344672105</v>
+      </c>
+      <c r="N643" s="30">
+        <v>806381.67344672105</v>
+      </c>
+      <c r="O643" s="30">
+        <v>806381.67344672105</v>
+      </c>
+    </row>
+    <row r="644" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A644" s="39"/>
+      <c r="B644" s="39"/>
+      <c r="C644" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D644" s="6">
+        <v>943980.94742003595</v>
+      </c>
+      <c r="E644" s="6">
+        <v>951282.054325843</v>
+      </c>
+      <c r="F644" s="6">
+        <v>946305.72343926202</v>
+      </c>
+      <c r="G644" s="6">
+        <v>946716.12803103297</v>
+      </c>
+      <c r="H644" s="6">
+        <v>946410.07235682895</v>
+      </c>
+      <c r="I644" s="6">
+        <v>946224.60810849001</v>
+      </c>
+      <c r="J644" s="5"/>
+      <c r="K644" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L644" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M644" s="5"/>
+      <c r="N644" s="30"/>
+      <c r="O644" s="30"/>
+    </row>
+    <row r="645" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A645" s="39"/>
+      <c r="B645" s="39"/>
+      <c r="C645" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D645" s="7">
+        <v>0</v>
+      </c>
+      <c r="E645" s="7">
+        <v>0</v>
+      </c>
+      <c r="F645" s="7">
+        <v>0</v>
+      </c>
+      <c r="G645" s="7">
+        <v>0</v>
+      </c>
+      <c r="H645" s="7">
+        <v>0</v>
+      </c>
+      <c r="I645" s="6">
+        <v>1.5442328065745301</v>
+      </c>
+      <c r="J645" s="5"/>
+      <c r="K645" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L645" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M645" s="5"/>
+      <c r="N645" s="30"/>
+      <c r="O645" s="30"/>
+    </row>
+    <row r="646" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A646" s="39"/>
+      <c r="B646" s="39"/>
+      <c r="C646" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D646" s="5"/>
+      <c r="E646" s="5"/>
+      <c r="F646" s="5"/>
+      <c r="G646" s="5"/>
+      <c r="H646" s="5"/>
+      <c r="I646" s="5"/>
+      <c r="J646" s="6">
+        <v>945359</v>
+      </c>
+      <c r="K646" s="6">
+        <v>945212.06631587294</v>
+      </c>
+      <c r="L646" s="6">
+        <v>944146.39714311901</v>
+      </c>
+      <c r="M646" s="6">
+        <v>998478.40386830596</v>
+      </c>
+      <c r="N646" s="30">
+        <v>998478.40386830596</v>
+      </c>
+      <c r="O646" s="30">
+        <v>998478.40386830596</v>
+      </c>
+    </row>
+    <row r="647" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A647" s="39"/>
+      <c r="B647" s="39"/>
+      <c r="C647" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D647" s="6">
+        <v>1614757.24603057</v>
+      </c>
+      <c r="E647" s="6">
+        <v>1627142.5059362701</v>
+      </c>
+      <c r="F647" s="6">
+        <v>1618407.75757448</v>
+      </c>
+      <c r="G647" s="6">
+        <v>1618676.3591805701</v>
+      </c>
+      <c r="H647" s="6">
+        <v>1618137.7069214999</v>
+      </c>
+      <c r="I647" s="6">
+        <v>1617886.4582411901</v>
+      </c>
+      <c r="J647" s="6">
+        <v>1617460</v>
+      </c>
+      <c r="K647" s="6">
+        <v>1618171.8859124701</v>
+      </c>
+      <c r="L647" s="6">
+        <v>1616234.34331144</v>
+      </c>
+      <c r="M647" s="6">
+        <v>1709122.923</v>
+      </c>
+      <c r="N647" s="30">
+        <v>1709122.9226849701</v>
+      </c>
+      <c r="O647" s="30">
+        <v>1709122.9226849701</v>
+      </c>
+    </row>
+    <row r="648" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A648" s="39"/>
+      <c r="B648" s="39"/>
+      <c r="C648" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D648" s="6">
+        <v>398163.47407518001</v>
+      </c>
+      <c r="E648" s="6">
+        <v>401300.83590974798</v>
+      </c>
+      <c r="F648" s="6">
+        <v>399205.73271684902</v>
+      </c>
+      <c r="G648" s="6">
+        <v>399265.33374720102</v>
+      </c>
+      <c r="H648" s="6">
+        <v>399111.07857235102</v>
+      </c>
+      <c r="I648" s="6">
+        <v>399037.86423201801</v>
+      </c>
+      <c r="J648" s="6">
+        <v>399048</v>
+      </c>
+      <c r="K648" s="6">
+        <v>399107.80671412998</v>
+      </c>
+      <c r="L648" s="6">
+        <v>398731.44581774599</v>
+      </c>
+      <c r="M648" s="6">
+        <v>421754.65919999999</v>
+      </c>
+      <c r="N648" s="30">
+        <v>421754.65916646802</v>
+      </c>
+      <c r="O648" s="30">
+        <v>421754.65916646802</v>
+      </c>
+    </row>
+    <row r="649" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A649" s="39"/>
+      <c r="B649" s="39"/>
+      <c r="C649" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D649" s="6">
+        <v>5311.5459861719301</v>
+      </c>
+      <c r="E649" s="6">
+        <v>5411.0834273622004</v>
+      </c>
+      <c r="F649" s="6">
+        <v>5377.7161182636301</v>
+      </c>
+      <c r="G649" s="6">
+        <v>5656.9345451208901</v>
+      </c>
+      <c r="H649" s="6">
+        <v>5655.9272450753197</v>
+      </c>
+      <c r="I649" s="6">
+        <v>5650.5759470661997</v>
+      </c>
+      <c r="J649" s="5"/>
+      <c r="K649" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L649" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M649" s="5"/>
+      <c r="N649" s="30"/>
+      <c r="O649" s="30"/>
+    </row>
+    <row r="650" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A650" s="39"/>
+      <c r="B650" s="39"/>
+      <c r="C650" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D650" s="7">
+        <v>0</v>
+      </c>
+      <c r="E650" s="7">
+        <v>0</v>
+      </c>
+      <c r="F650" s="7">
+        <v>0</v>
+      </c>
+      <c r="G650" s="7">
+        <v>0</v>
+      </c>
+      <c r="H650" s="7">
+        <v>0</v>
+      </c>
+      <c r="I650" s="6">
+        <v>2.6340997318060402</v>
+      </c>
+      <c r="J650" s="5"/>
+      <c r="K650" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L650" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M650" s="5"/>
+      <c r="N650" s="30"/>
+      <c r="O650" s="30"/>
+    </row>
+    <row r="651" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A651" s="39"/>
+      <c r="B651" s="39"/>
+      <c r="C651" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D651" s="5"/>
+      <c r="E651" s="5"/>
+      <c r="F651" s="5"/>
+      <c r="G651" s="5"/>
+      <c r="H651" s="5"/>
+      <c r="I651" s="5"/>
+      <c r="J651" s="6">
+        <v>1218412</v>
+      </c>
+      <c r="K651" s="6">
+        <v>1219064.07919834</v>
+      </c>
+      <c r="L651" s="6">
+        <v>1217502.89749369</v>
+      </c>
+      <c r="M651" s="6">
+        <v>1287368.264</v>
+      </c>
+      <c r="N651" s="30">
+        <v>1287368.2635185099</v>
+      </c>
+      <c r="O651" s="30">
+        <v>1287368.2635185099</v>
+      </c>
+    </row>
+    <row r="652" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A652" s="39"/>
+      <c r="B652" s="39"/>
+      <c r="C652" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D652" s="6">
+        <v>1211282.22596922</v>
+      </c>
+      <c r="E652" s="6">
+        <v>1220430.58659916</v>
+      </c>
+      <c r="F652" s="6">
+        <v>1213824.30873937</v>
+      </c>
+      <c r="G652" s="6">
+        <v>1213754.0908882499</v>
+      </c>
+      <c r="H652" s="6">
+        <v>1213370.7011040801</v>
+      </c>
+      <c r="I652" s="6">
+        <v>1213195.38396238</v>
+      </c>
+      <c r="J652" s="5"/>
+      <c r="K652" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L652" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M652" s="5"/>
+      <c r="N652" s="30"/>
+      <c r="O652" s="30"/>
+    </row>
+    <row r="653" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A653" s="39"/>
+      <c r="B653" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C653" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D653" s="6">
+        <v>1456885</v>
+      </c>
+      <c r="E653" s="6">
+        <v>1452245.47316474</v>
+      </c>
+      <c r="F653" s="6">
+        <v>1453116</v>
+      </c>
+      <c r="G653" s="6">
+        <v>1452869</v>
+      </c>
+      <c r="H653" s="6">
+        <v>1453053</v>
+      </c>
+      <c r="I653" s="6">
+        <v>1453341</v>
+      </c>
+      <c r="J653" s="6">
+        <v>1453420</v>
+      </c>
+      <c r="K653" s="6">
+        <v>1453138</v>
+      </c>
+      <c r="L653" s="6">
+        <v>1440688.7639548201</v>
+      </c>
+      <c r="M653" s="6">
+        <v>1426707</v>
+      </c>
+      <c r="N653" s="30">
+        <v>1426707</v>
+      </c>
+      <c r="O653" s="30">
+        <v>1426707</v>
+      </c>
+    </row>
+    <row r="654" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A654" s="39"/>
+      <c r="B654" s="39"/>
+      <c r="C654" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D654" s="6">
+        <v>1060172.19086475</v>
+      </c>
+      <c r="E654" s="6">
+        <v>1056903.5535247601</v>
+      </c>
+      <c r="F654" s="6">
+        <v>1057606.7279616599</v>
+      </c>
+      <c r="G654" s="6">
+        <v>1057633.8005848201</v>
+      </c>
+      <c r="H654" s="6">
+        <v>1057807.07892795</v>
+      </c>
+      <c r="I654" s="6">
+        <v>1058054.29163266</v>
+      </c>
+      <c r="J654" s="6">
+        <v>1057861</v>
+      </c>
+      <c r="K654" s="6">
+        <v>1057576.3340590401</v>
+      </c>
+      <c r="L654" s="6">
+        <v>1048394.13207824</v>
+      </c>
+      <c r="M654" s="6">
+        <v>1038389.728</v>
+      </c>
+      <c r="N654" s="30">
+        <v>1038389.7278313</v>
+      </c>
+      <c r="O654" s="30">
+        <v>1038389.7278313</v>
+      </c>
+    </row>
+    <row r="655" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A655" s="39"/>
+      <c r="B655" s="39"/>
+      <c r="C655" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D655" s="6">
+        <v>545823.29383674497</v>
+      </c>
+      <c r="E655" s="6">
+        <v>544403.18744093599</v>
+      </c>
+      <c r="F655" s="6">
+        <v>544890.12525038305</v>
+      </c>
+      <c r="G655" s="6">
+        <v>544952.33763822797</v>
+      </c>
+      <c r="H655" s="6">
+        <v>545048.91585850704</v>
+      </c>
+      <c r="I655" s="6">
+        <v>545142.77008816402</v>
+      </c>
+      <c r="J655" s="6">
+        <v>545050</v>
+      </c>
+      <c r="K655" s="6">
+        <v>544790.381449988</v>
+      </c>
+      <c r="L655" s="6">
+        <v>539904.13582822599</v>
+      </c>
+      <c r="M655" s="6">
+        <v>534671.99434112501</v>
+      </c>
+      <c r="N655" s="30">
+        <v>534671.99434112501</v>
+      </c>
+      <c r="O655" s="30">
+        <v>534671.99434112501</v>
+      </c>
+    </row>
+    <row r="656" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A656" s="39"/>
+      <c r="B656" s="39"/>
+      <c r="C656" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D656" s="6">
+        <v>514348.897028003</v>
+      </c>
+      <c r="E656" s="6">
+        <v>512500.36608382</v>
+      </c>
+      <c r="F656" s="6">
+        <v>512716.60271127801</v>
+      </c>
+      <c r="G656" s="6">
+        <v>512681.462946588</v>
+      </c>
+      <c r="H656" s="6">
+        <v>512758.16306944197</v>
+      </c>
+      <c r="I656" s="6">
+        <v>512911.52154449699</v>
+      </c>
+      <c r="J656" s="5"/>
+      <c r="K656" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L656" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M656" s="5"/>
+      <c r="N656" s="30"/>
+      <c r="O656" s="30"/>
+    </row>
+    <row r="657" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A657" s="39"/>
+      <c r="B657" s="39"/>
+      <c r="C657" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D657" s="7">
+        <v>0</v>
+      </c>
+      <c r="E657" s="7">
+        <v>0</v>
+      </c>
+      <c r="F657" s="7">
+        <v>0</v>
+      </c>
+      <c r="G657" s="7">
+        <v>0</v>
+      </c>
+      <c r="H657" s="7">
+        <v>0</v>
+      </c>
+      <c r="I657" s="7">
+        <v>0</v>
+      </c>
+      <c r="J657" s="5"/>
+      <c r="K657" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L657" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M657" s="5"/>
+      <c r="N657" s="30"/>
+      <c r="O657" s="30"/>
+    </row>
+    <row r="658" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A658" s="39"/>
+      <c r="B658" s="39"/>
+      <c r="C658" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D658" s="5"/>
+      <c r="E658" s="5"/>
+      <c r="F658" s="5"/>
+      <c r="G658" s="5"/>
+      <c r="H658" s="5"/>
+      <c r="I658" s="5"/>
+      <c r="J658" s="6">
+        <v>512811</v>
+      </c>
+      <c r="K658" s="6">
+        <v>512785.95260905701</v>
+      </c>
+      <c r="L658" s="6">
+        <v>508489.99625000998</v>
+      </c>
+      <c r="M658" s="6">
+        <v>503717.733490174</v>
+      </c>
+      <c r="N658" s="30">
+        <v>503717.733490174</v>
+      </c>
+      <c r="O658" s="30">
+        <v>503717.733490174</v>
+      </c>
+    </row>
+    <row r="659" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A659" s="39"/>
+      <c r="B659" s="39"/>
+      <c r="C659" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D659" s="6">
+        <v>396712.80913525098</v>
+      </c>
+      <c r="E659" s="6">
+        <v>395341.91963998001</v>
+      </c>
+      <c r="F659" s="6">
+        <v>395509.272038339</v>
+      </c>
+      <c r="G659" s="6">
+        <v>395235.19941518398</v>
+      </c>
+      <c r="H659" s="6">
+        <v>395245.92107205099</v>
+      </c>
+      <c r="I659" s="6">
+        <v>395286.70836733899</v>
+      </c>
+      <c r="J659" s="6">
+        <v>395559</v>
+      </c>
+      <c r="K659" s="6">
+        <v>395561.66594095598</v>
+      </c>
+      <c r="L659" s="6">
+        <v>392294.63187658403</v>
+      </c>
+      <c r="M659" s="6">
+        <v>388317.27220000001</v>
+      </c>
+      <c r="N659" s="30">
+        <v>388317.2721687</v>
+      </c>
+      <c r="O659" s="30">
+        <v>388317.2721687</v>
+      </c>
+    </row>
+    <row r="660" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A660" s="39"/>
+      <c r="B660" s="39"/>
+      <c r="C660" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D660" s="6">
+        <v>101612.057715079</v>
+      </c>
+      <c r="E660" s="6">
+        <v>101245.60660732099</v>
+      </c>
+      <c r="F660" s="6">
+        <v>101253.522817474</v>
+      </c>
+      <c r="G660" s="6">
+        <v>101192.700616406</v>
+      </c>
+      <c r="H660" s="6">
+        <v>101168.566461435</v>
+      </c>
+      <c r="I660" s="6">
+        <v>101133.54757275899</v>
+      </c>
+      <c r="J660" s="6">
+        <v>101257</v>
+      </c>
+      <c r="K660" s="6">
+        <v>101141.828782654</v>
+      </c>
+      <c r="L660" s="6">
+        <v>100215.143136186</v>
+      </c>
+      <c r="M660" s="6">
+        <v>99143.344270000001</v>
+      </c>
+      <c r="N660" s="30">
+        <v>99143.344264531697</v>
+      </c>
+      <c r="O660" s="30">
+        <v>99143.344264531697</v>
+      </c>
+    </row>
+    <row r="661" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A661" s="39"/>
+      <c r="B661" s="39"/>
+      <c r="C661" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D661" s="6">
+        <v>22.813111766703301</v>
+      </c>
+      <c r="E661" s="6">
+        <v>22.717700967690799</v>
+      </c>
+      <c r="F661" s="6">
+        <v>22.709591313453501</v>
+      </c>
+      <c r="G661" s="6">
+        <v>22.6840166697543</v>
+      </c>
+      <c r="H661" s="6">
+        <v>27.087107206338999</v>
+      </c>
+      <c r="I661" s="6">
+        <v>27.992574615216999</v>
+      </c>
+      <c r="J661" s="5"/>
+      <c r="K661" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L661" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M661" s="5"/>
+      <c r="N661" s="30"/>
+      <c r="O661" s="30"/>
+    </row>
+    <row r="662" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A662" s="39"/>
+      <c r="B662" s="39"/>
+      <c r="C662" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D662" s="6">
+        <v>32.770653369255797</v>
+      </c>
+      <c r="E662" s="6">
+        <v>32.633597352781798</v>
+      </c>
+      <c r="F662" s="6">
+        <v>32.621511599757902</v>
+      </c>
+      <c r="G662" s="6">
+        <v>32.584338129555199</v>
+      </c>
+      <c r="H662" s="6">
+        <v>32.556882048168703</v>
+      </c>
+      <c r="I662" s="6">
+        <v>32.530705667863103</v>
+      </c>
+      <c r="J662" s="5"/>
+      <c r="K662" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L662" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M662" s="5"/>
+      <c r="N662" s="30"/>
+      <c r="O662" s="30"/>
+    </row>
+    <row r="663" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A663" s="39"/>
+      <c r="B663" s="39"/>
+      <c r="C663" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D663" s="5"/>
+      <c r="E663" s="5"/>
+      <c r="F663" s="5"/>
+      <c r="G663" s="5"/>
+      <c r="H663" s="5"/>
+      <c r="I663" s="5"/>
+      <c r="J663" s="6">
+        <v>294302</v>
+      </c>
+      <c r="K663" s="6">
+        <v>294419.83715830202</v>
+      </c>
+      <c r="L663" s="6">
+        <v>292079.48874039802</v>
+      </c>
+      <c r="M663" s="6">
+        <v>289173.92790000001</v>
+      </c>
+      <c r="N663" s="30">
+        <v>289173.92790416902</v>
+      </c>
+      <c r="O663" s="30">
+        <v>289173.92790416902</v>
+      </c>
+    </row>
+    <row r="664" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A664" s="39"/>
+      <c r="B664" s="39"/>
+      <c r="C664" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D664" s="6">
+        <v>295045.16765503603</v>
+      </c>
+      <c r="E664" s="6">
+        <v>294040.96173433901</v>
+      </c>
+      <c r="F664" s="6">
+        <v>294200.41811795201</v>
+      </c>
+      <c r="G664" s="6">
+        <v>293987.23044397897</v>
+      </c>
+      <c r="H664" s="6">
+        <v>294017.71062136203</v>
+      </c>
+      <c r="I664" s="6">
+        <v>294092.63751429698</v>
+      </c>
+      <c r="J664" s="5"/>
+      <c r="K664" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L664" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M664" s="5"/>
+      <c r="N664" s="30"/>
+      <c r="O664" s="30"/>
+    </row>
+    <row r="665" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A665" s="39"/>
+      <c r="B665" s="39" t="s">
+        <v>70</v>
+      </c>
+      <c r="C665" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D665" s="5"/>
+      <c r="E665" s="6">
+        <v>1667777.3282011901</v>
+      </c>
+      <c r="F665" s="6">
+        <v>1668204</v>
+      </c>
+      <c r="G665" s="6">
+        <v>1668553</v>
+      </c>
+      <c r="H665" s="6">
+        <v>1668311</v>
+      </c>
+      <c r="I665" s="6">
+        <v>1668540</v>
+      </c>
+      <c r="J665" s="6">
+        <v>1667852</v>
+      </c>
+      <c r="K665" s="6">
+        <v>1668093</v>
+      </c>
+      <c r="L665" s="6">
+        <v>1665814.27826158</v>
+      </c>
+      <c r="M665" s="6">
+        <v>1708342</v>
+      </c>
+      <c r="N665" s="30">
+        <v>1708342</v>
+      </c>
+      <c r="O665" s="30">
+        <v>1708342</v>
+      </c>
+    </row>
+    <row r="666" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A666" s="39"/>
+      <c r="B666" s="39"/>
+      <c r="C666" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D666" s="5"/>
+      <c r="E666" s="6">
+        <v>508153.64596328401</v>
+      </c>
+      <c r="F666" s="6">
+        <v>508618.32657905098</v>
+      </c>
+      <c r="G666" s="6">
+        <v>508713.16630585003</v>
+      </c>
+      <c r="H666" s="6">
+        <v>509094.607288645</v>
+      </c>
+      <c r="I666" s="6">
+        <v>509442.56646198599</v>
+      </c>
+      <c r="J666" s="6">
+        <v>509077</v>
+      </c>
+      <c r="K666" s="6">
+        <v>509197.60691544699</v>
+      </c>
+      <c r="L666" s="6">
+        <v>508317.02001410001</v>
+      </c>
+      <c r="M666" s="6">
+        <v>521771.91110000003</v>
+      </c>
+      <c r="N666" s="30">
+        <v>521771.91110862099</v>
+      </c>
+      <c r="O666" s="30">
+        <v>521771.91110862099</v>
+      </c>
+    </row>
+    <row r="667" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A667" s="39"/>
+      <c r="B667" s="39"/>
+      <c r="C667" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D667" s="5"/>
+      <c r="E667" s="6">
+        <v>320113.73483407602</v>
+      </c>
+      <c r="F667" s="6">
+        <v>320526.76514904998</v>
+      </c>
+      <c r="G667" s="6">
+        <v>320595.643377111</v>
+      </c>
+      <c r="H667" s="6">
+        <v>320785.97578021599</v>
+      </c>
+      <c r="I667" s="6">
+        <v>321243.55911331298</v>
+      </c>
+      <c r="J667" s="6">
+        <v>321051</v>
+      </c>
+      <c r="K667" s="6">
+        <v>320986.874277425</v>
+      </c>
+      <c r="L667" s="6">
+        <v>320536.509091113</v>
+      </c>
+      <c r="M667" s="6">
+        <v>329128.311562274</v>
+      </c>
+      <c r="N667" s="30">
+        <v>329128.311562274</v>
+      </c>
+      <c r="O667" s="30">
+        <v>329128.311562274</v>
+      </c>
+    </row>
+    <row r="668" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A668" s="39"/>
+      <c r="B668" s="39"/>
+      <c r="C668" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D668" s="5"/>
+      <c r="E668" s="6">
+        <v>188009.445742051</v>
+      </c>
+      <c r="F668" s="6">
+        <v>188061.11741634199</v>
+      </c>
+      <c r="G668" s="6">
+        <v>188087.10168458699</v>
+      </c>
+      <c r="H668" s="6">
+        <v>188278.24376735999</v>
+      </c>
+      <c r="I668" s="6">
+        <v>188168.65571475599</v>
+      </c>
+      <c r="J668" s="5"/>
+      <c r="K668" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L668" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M668" s="5"/>
+      <c r="N668" s="30"/>
+      <c r="O668" s="30"/>
+    </row>
+    <row r="669" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A669" s="39"/>
+      <c r="B669" s="39"/>
+      <c r="C669" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D669" s="5"/>
+      <c r="E669" s="6">
+        <v>30.465387158059499</v>
+      </c>
+      <c r="F669" s="6">
+        <v>30.444013658292601</v>
+      </c>
+      <c r="G669" s="6">
+        <v>30.421244150994099</v>
+      </c>
+      <c r="H669" s="6">
+        <v>30.387741068904202</v>
+      </c>
+      <c r="I669" s="6">
+        <v>30.351633916334801</v>
+      </c>
+      <c r="J669" s="5"/>
+      <c r="K669" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L669" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M669" s="5"/>
+      <c r="N669" s="30"/>
+      <c r="O669" s="30"/>
+    </row>
+    <row r="670" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A670" s="39"/>
+      <c r="B670" s="39"/>
+      <c r="C670" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D670" s="5"/>
+      <c r="E670" s="5"/>
+      <c r="F670" s="5"/>
+      <c r="G670" s="5"/>
+      <c r="H670" s="5"/>
+      <c r="I670" s="5"/>
+      <c r="J670" s="6">
+        <v>188026</v>
+      </c>
+      <c r="K670" s="6">
+        <v>188210.73263802199</v>
+      </c>
+      <c r="L670" s="6">
+        <v>187780.51092298701</v>
+      </c>
+      <c r="M670" s="6">
+        <v>192643.59954634699</v>
+      </c>
+      <c r="N670" s="30">
+        <v>192643.59954634699</v>
+      </c>
+      <c r="O670" s="30">
+        <v>192643.59954634699</v>
+      </c>
+    </row>
+    <row r="671" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A671" s="39"/>
+      <c r="B671" s="39"/>
+      <c r="C671" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D671" s="5"/>
+      <c r="E671" s="6">
+        <v>1159623.6822379101</v>
+      </c>
+      <c r="F671" s="6">
+        <v>1159585.6734209501</v>
+      </c>
+      <c r="G671" s="6">
+        <v>1159839.83369415</v>
+      </c>
+      <c r="H671" s="6">
+        <v>1159216.39271136</v>
+      </c>
+      <c r="I671" s="6">
+        <v>1159097.4335380101</v>
+      </c>
+      <c r="J671" s="6">
+        <v>1158775</v>
+      </c>
+      <c r="K671" s="6">
+        <v>1158895.39308455</v>
+      </c>
+      <c r="L671" s="6">
+        <v>1157497.25824748</v>
+      </c>
+      <c r="M671" s="6">
+        <v>1186570.0889999999</v>
+      </c>
+      <c r="N671" s="30">
+        <v>1186570.08889138</v>
+      </c>
+      <c r="O671" s="30">
+        <v>1186570.08889138</v>
+      </c>
+    </row>
+    <row r="672" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A672" s="39"/>
+      <c r="B672" s="39"/>
+      <c r="C672" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D672" s="5"/>
+      <c r="E672" s="6">
+        <v>17085.847438349101</v>
+      </c>
+      <c r="F672" s="6">
+        <v>17166.955716276101</v>
+      </c>
+      <c r="G672" s="6">
+        <v>17192.058114437401</v>
+      </c>
+      <c r="H672" s="6">
+        <v>17217.699050054602</v>
+      </c>
+      <c r="I672" s="6">
+        <v>17253.662831365898</v>
+      </c>
+      <c r="J672" s="6">
+        <v>17382</v>
+      </c>
+      <c r="K672" s="6">
+        <v>17432.772982145299</v>
+      </c>
+      <c r="L672" s="6">
+        <v>17416.304013057201</v>
+      </c>
+      <c r="M672" s="6">
+        <v>17946.531080000001</v>
+      </c>
+      <c r="N672" s="30">
+        <v>17946.531074744998</v>
+      </c>
+      <c r="O672" s="30">
+        <v>17946.531074744998</v>
+      </c>
+    </row>
+    <row r="673" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A673" s="39"/>
+      <c r="B673" s="39"/>
+      <c r="C673" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D673" s="5"/>
+      <c r="E673" s="6">
+        <v>136.76961609581701</v>
+      </c>
+      <c r="F673" s="6">
+        <v>136.66903745208501</v>
+      </c>
+      <c r="G673" s="6">
+        <v>136.56219345089301</v>
+      </c>
+      <c r="H673" s="6">
+        <v>136.40717176582999</v>
+      </c>
+      <c r="I673" s="6">
+        <v>136.245090795371</v>
+      </c>
+      <c r="J673" s="5"/>
+      <c r="K673" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L673" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M673" s="5"/>
+      <c r="N673" s="30"/>
+      <c r="O673" s="30"/>
+    </row>
+    <row r="674" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A674" s="39"/>
+      <c r="B674" s="39"/>
+      <c r="C674" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D674" s="5"/>
+      <c r="E674" s="7">
+        <v>0</v>
+      </c>
+      <c r="F674" s="7">
+        <v>0</v>
+      </c>
+      <c r="G674" s="7">
+        <v>0</v>
+      </c>
+      <c r="H674" s="7">
+        <v>0</v>
+      </c>
+      <c r="I674" s="7">
+        <v>0</v>
+      </c>
+      <c r="J674" s="5"/>
+      <c r="K674" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L674" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M674" s="5"/>
+      <c r="N674" s="30"/>
+      <c r="O674" s="30"/>
+    </row>
+    <row r="675" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A675" s="39"/>
+      <c r="B675" s="39"/>
+      <c r="C675" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D675" s="5"/>
+      <c r="E675" s="5"/>
+      <c r="F675" s="5"/>
+      <c r="G675" s="5"/>
+      <c r="H675" s="5"/>
+      <c r="I675" s="5"/>
+      <c r="J675" s="6">
+        <v>1141393</v>
+      </c>
+      <c r="K675" s="6">
+        <v>1141462.62010241</v>
+      </c>
+      <c r="L675" s="6">
+        <v>1140080.9542344201</v>
+      </c>
+      <c r="M675" s="6">
+        <v>1168623.558</v>
+      </c>
+      <c r="N675" s="30">
+        <v>1168623.55781663</v>
+      </c>
+      <c r="O675" s="30">
+        <v>1168623.55781663</v>
+      </c>
+    </row>
+    <row r="676" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A676" s="39"/>
+      <c r="B676" s="39"/>
+      <c r="C676" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D676" s="5"/>
+      <c r="E676" s="6">
+        <v>1142401.06518346</v>
+      </c>
+      <c r="F676" s="6">
+        <v>1142282.0486672199</v>
+      </c>
+      <c r="G676" s="6">
+        <v>1142511.21338626</v>
+      </c>
+      <c r="H676" s="6">
+        <v>1141862.28648953</v>
+      </c>
+      <c r="I676" s="6">
+        <v>1141707.52561585</v>
+      </c>
+      <c r="J676" s="5"/>
+      <c r="K676" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L676" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M676" s="5"/>
+      <c r="N676" s="30"/>
+      <c r="O676" s="30"/>
+    </row>
+    <row r="677" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A677" s="39"/>
+      <c r="B677" s="39" t="s">
+        <v>71</v>
+      </c>
+      <c r="C677" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D677" s="6">
+        <v>1690640</v>
+      </c>
+      <c r="E677" s="6">
+        <v>1685779.23207561</v>
+      </c>
+      <c r="F677" s="6">
+        <v>1687667</v>
+      </c>
+      <c r="G677" s="6">
+        <v>1687182</v>
+      </c>
+      <c r="H677" s="6">
+        <v>1687713</v>
+      </c>
+      <c r="I677" s="6">
+        <v>1687544</v>
+      </c>
+      <c r="J677" s="6">
+        <v>1686938</v>
+      </c>
+      <c r="K677" s="6">
+        <v>1687679</v>
+      </c>
+      <c r="L677" s="6">
+        <v>1673397.83822775</v>
+      </c>
+      <c r="M677" s="6">
+        <v>1485991</v>
+      </c>
+      <c r="N677" s="30">
+        <v>1485991</v>
+      </c>
+      <c r="O677" s="30">
+        <v>1485991</v>
+      </c>
+    </row>
+    <row r="678" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A678" s="39"/>
+      <c r="B678" s="39"/>
+      <c r="C678" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D678" s="6">
+        <v>704368.53493325401</v>
+      </c>
+      <c r="E678" s="6">
+        <v>702812.20603406301</v>
+      </c>
+      <c r="F678" s="6">
+        <v>703829.67164509604</v>
+      </c>
+      <c r="G678" s="6">
+        <v>703896.07552519301</v>
+      </c>
+      <c r="H678" s="6">
+        <v>704156.05850953504</v>
+      </c>
+      <c r="I678" s="6">
+        <v>704364.21382522699</v>
+      </c>
+      <c r="J678" s="6">
+        <v>703810</v>
+      </c>
+      <c r="K678" s="6">
+        <v>704227.57508517301</v>
+      </c>
+      <c r="L678" s="6">
+        <v>698261.23131458997</v>
+      </c>
+      <c r="M678" s="6">
+        <v>620174.48529999994</v>
+      </c>
+      <c r="N678" s="30">
+        <v>620174.48534525395</v>
+      </c>
+      <c r="O678" s="30">
+        <v>620174.48534525395</v>
+      </c>
+    </row>
+    <row r="679" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A679" s="39"/>
+      <c r="B679" s="39"/>
+      <c r="C679" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D679" s="6">
+        <v>213576.94280233799</v>
+      </c>
+      <c r="E679" s="6">
+        <v>213165.39900389401</v>
+      </c>
+      <c r="F679" s="6">
+        <v>213643.36914922699</v>
+      </c>
+      <c r="G679" s="6">
+        <v>213938.00812660699</v>
+      </c>
+      <c r="H679" s="6">
+        <v>214046.35185972301</v>
+      </c>
+      <c r="I679" s="6">
+        <v>214413.03486699</v>
+      </c>
+      <c r="J679" s="6">
+        <v>214152</v>
+      </c>
+      <c r="K679" s="6">
+        <v>214247.25088758199</v>
+      </c>
+      <c r="L679" s="6">
+        <v>212541.98311185199</v>
+      </c>
+      <c r="M679" s="6">
+        <v>188837.68452594601</v>
+      </c>
+      <c r="N679" s="30">
+        <v>188837.68452594601</v>
+      </c>
+      <c r="O679" s="30">
+        <v>188837.68452594601</v>
+      </c>
+    </row>
+    <row r="680" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A680" s="39"/>
+      <c r="B680" s="39"/>
+      <c r="C680" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D680" s="6">
+        <v>490791.59213091602</v>
+      </c>
+      <c r="E680" s="6">
+        <v>489646.807030169</v>
+      </c>
+      <c r="F680" s="6">
+        <v>490186.30249586998</v>
+      </c>
+      <c r="G680" s="6">
+        <v>489958.06739858602</v>
+      </c>
+      <c r="H680" s="6">
+        <v>490100.63876153901</v>
+      </c>
+      <c r="I680" s="6">
+        <v>489942.12104712299</v>
+      </c>
+      <c r="J680" s="5"/>
+      <c r="K680" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L680" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M680" s="5"/>
+      <c r="N680" s="30"/>
+      <c r="O680" s="30"/>
+    </row>
+    <row r="681" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A681" s="39"/>
+      <c r="B681" s="39"/>
+      <c r="C681" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D681" s="7">
+        <v>0</v>
+      </c>
+      <c r="E681" s="7">
+        <v>0</v>
+      </c>
+      <c r="F681" s="7">
+        <v>0</v>
+      </c>
+      <c r="G681" s="7">
+        <v>0</v>
+      </c>
+      <c r="H681" s="6">
+        <v>9.06788827342179</v>
+      </c>
+      <c r="I681" s="6">
+        <v>9.0579111141398307</v>
+      </c>
+      <c r="J681" s="5"/>
+      <c r="K681" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L681" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M681" s="5"/>
+      <c r="N681" s="30"/>
+      <c r="O681" s="30"/>
+    </row>
+    <row r="682" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A682" s="39"/>
+      <c r="B682" s="39"/>
+      <c r="C682" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D682" s="5"/>
+      <c r="E682" s="5"/>
+      <c r="F682" s="5"/>
+      <c r="G682" s="5"/>
+      <c r="H682" s="5"/>
+      <c r="I682" s="5"/>
+      <c r="J682" s="6">
+        <v>489658</v>
+      </c>
+      <c r="K682" s="6">
+        <v>489980.32419759099</v>
+      </c>
+      <c r="L682" s="6">
+        <v>485719.248202738</v>
+      </c>
+      <c r="M682" s="6">
+        <v>431336.80081930797</v>
+      </c>
+      <c r="N682" s="30">
+        <v>431336.80081930797</v>
+      </c>
+      <c r="O682" s="30">
+        <v>431336.80081930797</v>
+      </c>
+    </row>
+    <row r="683" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A683" s="39"/>
+      <c r="B683" s="39"/>
+      <c r="C683" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D683" s="6">
+        <v>986271.46506674599</v>
+      </c>
+      <c r="E683" s="6">
+        <v>982967.02604154299</v>
+      </c>
+      <c r="F683" s="6">
+        <v>983837.32835490396</v>
+      </c>
+      <c r="G683" s="6">
+        <v>983285.92447480699</v>
+      </c>
+      <c r="H683" s="6">
+        <v>983556.94149046496</v>
+      </c>
+      <c r="I683" s="6">
+        <v>983179.78617477301</v>
+      </c>
+      <c r="J683" s="6">
+        <v>983128</v>
+      </c>
+      <c r="K683" s="6">
+        <v>983451.42491482699</v>
+      </c>
+      <c r="L683" s="6">
+        <v>975136.60691315599</v>
+      </c>
+      <c r="M683" s="6">
+        <v>865816.51470000006</v>
+      </c>
+      <c r="N683" s="30">
+        <v>865816.51465474605</v>
+      </c>
+      <c r="O683" s="30">
+        <v>865816.51465474605</v>
+      </c>
+    </row>
+    <row r="684" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A684" s="39"/>
+      <c r="B684" s="39"/>
+      <c r="C684" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D684" s="6">
+        <v>137605.043902804</v>
+      </c>
+      <c r="E684" s="6">
+        <v>137114.71494800001</v>
+      </c>
+      <c r="F684" s="6">
+        <v>137292.50552934699</v>
+      </c>
+      <c r="G684" s="6">
+        <v>137255.86929508601</v>
+      </c>
+      <c r="H684" s="6">
+        <v>137246.951207323</v>
+      </c>
+      <c r="I684" s="6">
+        <v>137262.73994464401</v>
+      </c>
+      <c r="J684" s="6">
+        <v>137244</v>
+      </c>
+      <c r="K684" s="6">
+        <v>137234.32433829299</v>
+      </c>
+      <c r="L684" s="6">
+        <v>136314.545114826</v>
+      </c>
+      <c r="M684" s="6">
+        <v>121158.4731</v>
+      </c>
+      <c r="N684" s="30">
+        <v>121158.47313981201</v>
+      </c>
+      <c r="O684" s="30">
+        <v>121158.47313981201</v>
+      </c>
+    </row>
+    <row r="685" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A685" s="39"/>
+      <c r="B685" s="39"/>
+      <c r="C685" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D685" s="6">
+        <v>157.41287544419899</v>
+      </c>
+      <c r="E685" s="6">
+        <v>156.80313083731099</v>
+      </c>
+      <c r="F685" s="6">
+        <v>156.82246140303201</v>
+      </c>
+      <c r="G685" s="6">
+        <v>158.04981890189899</v>
+      </c>
+      <c r="H685" s="6">
+        <v>157.94244216884701</v>
+      </c>
+      <c r="I685" s="6">
+        <v>157.76866224838599</v>
+      </c>
+      <c r="J685" s="5"/>
+      <c r="K685" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L685" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M685" s="5"/>
+      <c r="N685" s="30"/>
+      <c r="O685" s="30"/>
+    </row>
+    <row r="686" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A686" s="39"/>
+      <c r="B686" s="39"/>
+      <c r="C686" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D686" s="7">
+        <v>0</v>
+      </c>
+      <c r="E686" s="7">
+        <v>0</v>
+      </c>
+      <c r="F686" s="7">
+        <v>0</v>
+      </c>
+      <c r="G686" s="7">
+        <v>0</v>
+      </c>
+      <c r="H686" s="7">
+        <v>0</v>
+      </c>
+      <c r="I686" s="7">
+        <v>0</v>
+      </c>
+      <c r="J686" s="5"/>
+      <c r="K686" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L686" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M686" s="5"/>
+      <c r="N686" s="30"/>
+      <c r="O686" s="30"/>
+    </row>
+    <row r="687" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A687" s="39"/>
+      <c r="B687" s="39"/>
+      <c r="C687" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D687" s="5"/>
+      <c r="E687" s="5"/>
+      <c r="F687" s="5"/>
+      <c r="G687" s="5"/>
+      <c r="H687" s="5"/>
+      <c r="I687" s="5"/>
+      <c r="J687" s="6">
+        <v>845884</v>
+      </c>
+      <c r="K687" s="6">
+        <v>846217.10057653405</v>
+      </c>
+      <c r="L687" s="6">
+        <v>838822.06179833005</v>
+      </c>
+      <c r="M687" s="6">
+        <v>744658.04150000005</v>
+      </c>
+      <c r="N687" s="30">
+        <v>744658.04151493404</v>
+      </c>
+      <c r="O687" s="30">
+        <v>744658.04151493404</v>
+      </c>
+    </row>
+    <row r="688" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A688" s="39"/>
+      <c r="B688" s="39"/>
+      <c r="C688" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D688" s="6">
+        <v>848509.00828849804</v>
+      </c>
+      <c r="E688" s="6">
+        <v>845695.50796270603</v>
+      </c>
+      <c r="F688" s="6">
+        <v>846388.000364154</v>
+      </c>
+      <c r="G688" s="6">
+        <v>845872.00536081905</v>
+      </c>
+      <c r="H688" s="6">
+        <v>846152.04784097301</v>
+      </c>
+      <c r="I688" s="6">
+        <v>845759.27756788104</v>
+      </c>
+      <c r="J688" s="5"/>
+      <c r="K688" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L688" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M688" s="5"/>
+      <c r="N688" s="30"/>
+      <c r="O688" s="30"/>
+    </row>
+    <row r="689" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A689" s="39"/>
+      <c r="B689" s="39" t="s">
+        <v>72</v>
+      </c>
+      <c r="C689" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D689" s="6">
+        <v>4228600</v>
+      </c>
+      <c r="E689" s="6">
+        <v>4216319.8823155202</v>
+      </c>
+      <c r="F689" s="6">
+        <v>4219773</v>
+      </c>
+      <c r="G689" s="6">
+        <v>4219853</v>
+      </c>
+      <c r="H689" s="6">
+        <v>4218804</v>
+      </c>
+      <c r="I689" s="6">
+        <v>4218140</v>
+      </c>
+      <c r="J689" s="6">
+        <v>4217938</v>
+      </c>
+      <c r="K689" s="6">
+        <v>4218584</v>
+      </c>
+      <c r="L689" s="6">
+        <v>4182736.07874532</v>
+      </c>
+      <c r="M689" s="6">
+        <v>3935934</v>
+      </c>
+      <c r="N689" s="30">
+        <v>3935934</v>
+      </c>
+      <c r="O689" s="30">
+        <v>3935934</v>
+      </c>
+    </row>
+    <row r="690" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A690" s="39"/>
+      <c r="B690" s="39"/>
+      <c r="C690" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D690" s="6">
+        <v>3181140.0501954402</v>
+      </c>
+      <c r="E690" s="6">
+        <v>3172040.5550553999</v>
+      </c>
+      <c r="F690" s="6">
+        <v>3174768.8992094598</v>
+      </c>
+      <c r="G690" s="6">
+        <v>3174835.4121236298</v>
+      </c>
+      <c r="H690" s="6">
+        <v>3173985.1967221899</v>
+      </c>
+      <c r="I690" s="6">
+        <v>3173516.0449208701</v>
+      </c>
+      <c r="J690" s="6">
+        <v>3172841</v>
+      </c>
+      <c r="K690" s="6">
+        <v>3172966.4272181098</v>
+      </c>
+      <c r="L690" s="6">
+        <v>3145686.5900293798</v>
+      </c>
+      <c r="M690" s="6">
+        <v>2959836.0159999998</v>
+      </c>
+      <c r="N690" s="30">
+        <v>2959836.0164604499</v>
+      </c>
+      <c r="O690" s="30">
+        <v>2959836.0164604499</v>
+      </c>
+    </row>
+    <row r="691" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A691" s="39"/>
+      <c r="B691" s="39"/>
+      <c r="C691" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D691" s="6">
+        <v>2104719.3400163599</v>
+      </c>
+      <c r="E691" s="6">
+        <v>2098454.3551500901</v>
+      </c>
+      <c r="F691" s="6">
+        <v>2100156.0435623298</v>
+      </c>
+      <c r="G691" s="6">
+        <v>2099850.2807205999</v>
+      </c>
+      <c r="H691" s="6">
+        <v>2099228.29276548</v>
+      </c>
+      <c r="I691" s="6">
+        <v>2098655.1386057502</v>
+      </c>
+      <c r="J691" s="6">
+        <v>2098044</v>
+      </c>
+      <c r="K691" s="6">
+        <v>2097850.5737789599</v>
+      </c>
+      <c r="L691" s="6">
+        <v>2079578.34544491</v>
+      </c>
+      <c r="M691" s="6">
+        <v>1956395.3589319</v>
+      </c>
+      <c r="N691" s="30">
+        <v>1956395.3589319</v>
+      </c>
+      <c r="O691" s="30">
+        <v>1956395.3589319</v>
+      </c>
+    </row>
+    <row r="692" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A692" s="39"/>
+      <c r="B692" s="39"/>
+      <c r="C692" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D692" s="6">
+        <v>1076420.71017908</v>
+      </c>
+      <c r="E692" s="6">
+        <v>1073586.1999053201</v>
+      </c>
+      <c r="F692" s="6">
+        <v>1074612.8556471299</v>
+      </c>
+      <c r="G692" s="6">
+        <v>1074985.1314030299</v>
+      </c>
+      <c r="H692" s="6">
+        <v>1074756.9039567099</v>
+      </c>
+      <c r="I692" s="6">
+        <v>1074860.9063151199</v>
+      </c>
+      <c r="J692" s="5"/>
+      <c r="K692" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L692" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M692" s="5"/>
+      <c r="N692" s="30"/>
+      <c r="O692" s="30"/>
+    </row>
+    <row r="693" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A693" s="39"/>
+      <c r="B693" s="39"/>
+      <c r="C693" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D693" s="7">
+        <v>0</v>
+      </c>
+      <c r="E693" s="7">
+        <v>0</v>
+      </c>
+      <c r="F693" s="7">
+        <v>0</v>
+      </c>
+      <c r="G693" s="7">
+        <v>0</v>
+      </c>
+      <c r="H693" s="7">
+        <v>0</v>
+      </c>
+      <c r="I693" s="7">
+        <v>0</v>
+      </c>
+      <c r="J693" s="5"/>
+      <c r="K693" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L693" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M693" s="5"/>
+      <c r="N693" s="30"/>
+      <c r="O693" s="30"/>
+    </row>
+    <row r="694" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A694" s="39"/>
+      <c r="B694" s="39"/>
+      <c r="C694" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D694" s="5"/>
+      <c r="E694" s="5"/>
+      <c r="F694" s="5"/>
+      <c r="G694" s="5"/>
+      <c r="H694" s="5"/>
+      <c r="I694" s="5"/>
+      <c r="J694" s="6">
+        <v>1074797</v>
+      </c>
+      <c r="K694" s="6">
+        <v>1075115.8534391499</v>
+      </c>
+      <c r="L694" s="6">
+        <v>1066108.2445844701</v>
+      </c>
+      <c r="M694" s="6">
+        <v>1003440.65752855</v>
+      </c>
+      <c r="N694" s="30">
+        <v>1003440.65752855</v>
+      </c>
+      <c r="O694" s="30">
+        <v>1003440.65752855</v>
+      </c>
+    </row>
+    <row r="695" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A695" s="39"/>
+      <c r="B695" s="39"/>
+      <c r="C695" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D695" s="6">
+        <v>1047459.94980456</v>
+      </c>
+      <c r="E695" s="6">
+        <v>1044279.32726012</v>
+      </c>
+      <c r="F695" s="6">
+        <v>1045004.10079054</v>
+      </c>
+      <c r="G695" s="6">
+        <v>1045017.5878763699</v>
+      </c>
+      <c r="H695" s="6">
+        <v>1044818.80327781</v>
+      </c>
+      <c r="I695" s="6">
+        <v>1044623.95507913</v>
+      </c>
+      <c r="J695" s="6">
+        <v>1045097</v>
+      </c>
+      <c r="K695" s="6">
+        <v>1045617.57278189</v>
+      </c>
+      <c r="L695" s="6">
+        <v>1037049.48871594</v>
+      </c>
+      <c r="M695" s="6">
+        <v>976097.98349999997</v>
+      </c>
+      <c r="N695" s="30">
+        <v>976097.98353955196</v>
+      </c>
+      <c r="O695" s="30">
+        <v>976097.98353955196</v>
+      </c>
+    </row>
+    <row r="696" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A696" s="39"/>
+      <c r="B696" s="39"/>
+      <c r="C696" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D696" s="6">
+        <v>180281.90537664</v>
+      </c>
+      <c r="E696" s="6">
+        <v>179791.18482075201</v>
+      </c>
+      <c r="F696" s="6">
+        <v>180004.295556645</v>
+      </c>
+      <c r="G696" s="6">
+        <v>179959.86575845099</v>
+      </c>
+      <c r="H696" s="6">
+        <v>180005.357540239</v>
+      </c>
+      <c r="I696" s="6">
+        <v>180211.222626262</v>
+      </c>
+      <c r="J696" s="6">
+        <v>180476</v>
+      </c>
+      <c r="K696" s="6">
+        <v>180710.51841455899</v>
+      </c>
+      <c r="L696" s="6">
+        <v>179392.09040171301</v>
+      </c>
+      <c r="M696" s="6">
+        <v>169046.48329999999</v>
+      </c>
+      <c r="N696" s="30">
+        <v>169046.48328637501</v>
+      </c>
+      <c r="O696" s="30">
+        <v>169046.48328637501</v>
+      </c>
+    </row>
+    <row r="697" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A697" s="39"/>
+      <c r="B697" s="39"/>
+      <c r="C697" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D697" s="6">
+        <v>47280.310027960899</v>
+      </c>
+      <c r="E697" s="6">
+        <v>47099.761021613798</v>
+      </c>
+      <c r="F697" s="6">
+        <v>47091.1926813338</v>
+      </c>
+      <c r="G697" s="6">
+        <v>47083.397483296198</v>
+      </c>
+      <c r="H697" s="6">
+        <v>47024.622359639201</v>
+      </c>
+      <c r="I697" s="6">
+        <v>46970.240752060199</v>
+      </c>
+      <c r="J697" s="5"/>
+      <c r="K697" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L697" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M697" s="5"/>
+      <c r="N697" s="30"/>
+      <c r="O697" s="30"/>
+    </row>
+    <row r="698" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A698" s="39"/>
+      <c r="B698" s="39"/>
+      <c r="C698" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D698" s="6">
+        <v>8411.2314194991795</v>
+      </c>
+      <c r="E698" s="6">
+        <v>8378.4156724291897</v>
+      </c>
+      <c r="F698" s="6">
+        <v>8405.8568540713804</v>
+      </c>
+      <c r="G698" s="6">
+        <v>8397.6068741598701</v>
+      </c>
+      <c r="H698" s="6">
+        <v>8392.9547956441693</v>
+      </c>
+      <c r="I698" s="6">
+        <v>8383.2487660957795</v>
+      </c>
+      <c r="J698" s="5"/>
+      <c r="K698" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L698" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M698" s="5"/>
+      <c r="N698" s="30"/>
+      <c r="O698" s="30"/>
+    </row>
+    <row r="699" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A699" s="39"/>
+      <c r="B699" s="39"/>
+      <c r="C699" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D699" s="5"/>
+      <c r="E699" s="5"/>
+      <c r="F699" s="5"/>
+      <c r="G699" s="5"/>
+      <c r="H699" s="5"/>
+      <c r="I699" s="5"/>
+      <c r="J699" s="6">
+        <v>864621</v>
+      </c>
+      <c r="K699" s="6">
+        <v>864907.05436733097</v>
+      </c>
+      <c r="L699" s="6">
+        <v>857657.39831422397</v>
+      </c>
+      <c r="M699" s="6">
+        <v>807051.50029999996</v>
+      </c>
+      <c r="N699" s="30">
+        <v>807051.50025317702</v>
+      </c>
+      <c r="O699" s="30">
+        <v>807051.50025317702</v>
+      </c>
+    </row>
+    <row r="700" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A700" s="39"/>
+      <c r="B700" s="39"/>
+      <c r="C700" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D700" s="6">
+        <v>811486.50298045902</v>
+      </c>
+      <c r="E700" s="6">
+        <v>809009.96574532299</v>
+      </c>
+      <c r="F700" s="6">
+        <v>809502.75569848798</v>
+      </c>
+      <c r="G700" s="6">
+        <v>809576.71776046196</v>
+      </c>
+      <c r="H700" s="6">
+        <v>809395.86858229199</v>
+      </c>
+      <c r="I700" s="6">
+        <v>809059.24293471396</v>
+      </c>
+      <c r="J700" s="5"/>
+      <c r="K700" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L700" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M700" s="5"/>
+      <c r="N700" s="30"/>
+      <c r="O700" s="30"/>
+    </row>
+    <row r="701" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A701" s="39"/>
+      <c r="B701" s="39" t="s">
+        <v>73</v>
+      </c>
+      <c r="C701" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D701" s="6">
+        <v>3825945</v>
+      </c>
+      <c r="E701" s="6">
+        <v>3665516.3190552001</v>
+      </c>
+      <c r="F701" s="6">
+        <v>3868162</v>
+      </c>
+      <c r="G701" s="6">
+        <v>3868704</v>
+      </c>
+      <c r="H701" s="6">
+        <v>3869166</v>
+      </c>
+      <c r="I701" s="6">
+        <v>3868312</v>
+      </c>
+      <c r="J701" s="6">
+        <v>3869096</v>
+      </c>
+      <c r="K701" s="6">
+        <v>3869098</v>
+      </c>
+      <c r="L701" s="6">
+        <v>3842729.2682756102</v>
+      </c>
+      <c r="M701" s="6">
+        <v>4479008</v>
+      </c>
+      <c r="N701" s="30">
+        <v>4479008</v>
+      </c>
+      <c r="O701" s="30">
+        <v>4479008</v>
+      </c>
+    </row>
+    <row r="702" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A702" s="39"/>
+      <c r="B702" s="39"/>
+      <c r="C702" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D702" s="6">
+        <v>2190192.8708888399</v>
+      </c>
+      <c r="E702" s="6">
+        <v>2098833.3698449899</v>
+      </c>
+      <c r="F702" s="6">
+        <v>2214723.68382031</v>
+      </c>
+      <c r="G702" s="6">
+        <v>2215027.3056393</v>
+      </c>
+      <c r="H702" s="6">
+        <v>2215884.1942620398</v>
+      </c>
+      <c r="I702" s="6">
+        <v>2215594.31960735</v>
+      </c>
+      <c r="J702" s="6">
+        <v>2215313</v>
+      </c>
+      <c r="K702" s="6">
+        <v>2215106.9050677898</v>
+      </c>
+      <c r="L702" s="6">
+        <v>2199824.0407815101</v>
+      </c>
+      <c r="M702" s="6">
+        <v>2563897.969</v>
+      </c>
+      <c r="N702" s="30">
+        <v>2563897.9690170698</v>
+      </c>
+      <c r="O702" s="30">
+        <v>2563897.9690170698</v>
+      </c>
+    </row>
+    <row r="703" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A703" s="39"/>
+      <c r="B703" s="39"/>
+      <c r="C703" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D703" s="6">
+        <v>1335131.08867005</v>
+      </c>
+      <c r="E703" s="6">
+        <v>1279182.99878313</v>
+      </c>
+      <c r="F703" s="6">
+        <v>1350195.77776398</v>
+      </c>
+      <c r="G703" s="6">
+        <v>1350358.84836659</v>
+      </c>
+      <c r="H703" s="6">
+        <v>1350573.5926705999</v>
+      </c>
+      <c r="I703" s="6">
+        <v>1350521.1790410499</v>
+      </c>
+      <c r="J703" s="6">
+        <v>1350138</v>
+      </c>
+      <c r="K703" s="6">
+        <v>1349517.0413939301</v>
+      </c>
+      <c r="L703" s="6">
+        <v>1339922.37920507</v>
+      </c>
+      <c r="M703" s="6">
+        <v>1561842.4789929399</v>
+      </c>
+      <c r="N703" s="30">
+        <v>1561842.4789929399</v>
+      </c>
+      <c r="O703" s="30">
+        <v>1561842.4789929399</v>
+      </c>
+    </row>
+    <row r="704" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A704" s="39"/>
+      <c r="B704" s="39"/>
+      <c r="C704" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D704" s="6">
+        <v>841611.27073912497</v>
+      </c>
+      <c r="E704" s="6">
+        <v>806776.75128691096</v>
+      </c>
+      <c r="F704" s="6">
+        <v>850941.43266048597</v>
+      </c>
+      <c r="G704" s="6">
+        <v>851093.67619774805</v>
+      </c>
+      <c r="H704" s="6">
+        <v>851747.77382630203</v>
+      </c>
+      <c r="I704" s="6">
+        <v>851526.86495276797</v>
+      </c>
+      <c r="J704" s="5"/>
+      <c r="K704" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L704" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M704" s="5"/>
+      <c r="N704" s="30"/>
+      <c r="O704" s="30"/>
+    </row>
+    <row r="705" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A705" s="39"/>
+      <c r="B705" s="39"/>
+      <c r="C705" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D705" s="6">
+        <v>13450.511479663401</v>
+      </c>
+      <c r="E705" s="6">
+        <v>12873.619774955399</v>
+      </c>
+      <c r="F705" s="6">
+        <v>13586.473395847799</v>
+      </c>
+      <c r="G705" s="6">
+        <v>13574.7810749693</v>
+      </c>
+      <c r="H705" s="6">
+        <v>13562.8277651316</v>
+      </c>
+      <c r="I705" s="6">
+        <v>13546.2756135338</v>
+      </c>
+      <c r="J705" s="5"/>
+      <c r="K705" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L705" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M705" s="5"/>
+      <c r="N705" s="30"/>
+      <c r="O705" s="30"/>
+    </row>
+    <row r="706" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A706" s="39"/>
+      <c r="B706" s="39"/>
+      <c r="C706" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D706" s="5"/>
+      <c r="E706" s="5"/>
+      <c r="F706" s="5"/>
+      <c r="G706" s="5"/>
+      <c r="H706" s="5"/>
+      <c r="I706" s="5"/>
+      <c r="J706" s="6">
+        <v>865175</v>
+      </c>
+      <c r="K706" s="6">
+        <v>865589.86367385997</v>
+      </c>
+      <c r="L706" s="6">
+        <v>859901.66157644498</v>
+      </c>
+      <c r="M706" s="6">
+        <v>1002055.49002414</v>
+      </c>
+      <c r="N706" s="30">
+        <v>1002055.49002414</v>
+      </c>
+      <c r="O706" s="30">
+        <v>1002055.49002414</v>
+      </c>
+    </row>
+    <row r="707" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A707" s="39"/>
+      <c r="B707" s="39"/>
+      <c r="C707" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D707" s="6">
+        <v>1635752.1291111601</v>
+      </c>
+      <c r="E707" s="6">
+        <v>1566682.94921021</v>
+      </c>
+      <c r="F707" s="6">
+        <v>1653438.31617969</v>
+      </c>
+      <c r="G707" s="6">
+        <v>1653676.6943607</v>
+      </c>
+      <c r="H707" s="6">
+        <v>1653281.8057379599</v>
+      </c>
+      <c r="I707" s="6">
+        <v>1652717.68039265</v>
+      </c>
+      <c r="J707" s="6">
+        <v>1653783</v>
+      </c>
+      <c r="K707" s="6">
+        <v>1653991.0949322099</v>
+      </c>
+      <c r="L707" s="6">
+        <v>1642905.2274940901</v>
+      </c>
+      <c r="M707" s="6">
+        <v>1915110.031</v>
+      </c>
+      <c r="N707" s="30">
+        <v>1915110.03098293</v>
+      </c>
+      <c r="O707" s="30">
+        <v>1915110.03098293</v>
+      </c>
+    </row>
+    <row r="708" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A708" s="39"/>
+      <c r="B708" s="39"/>
+      <c r="C708" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D708" s="6">
+        <v>473507.02480860503</v>
+      </c>
+      <c r="E708" s="6">
+        <v>453497.26245020301</v>
+      </c>
+      <c r="F708" s="6">
+        <v>478443.55061359197</v>
+      </c>
+      <c r="G708" s="6">
+        <v>478328.04006959702</v>
+      </c>
+      <c r="H708" s="6">
+        <v>478047.90335725201</v>
+      </c>
+      <c r="I708" s="6">
+        <v>477764.532768064</v>
+      </c>
+      <c r="J708" s="6">
+        <v>477759</v>
+      </c>
+      <c r="K708" s="6">
+        <v>477635.59798278601</v>
+      </c>
+      <c r="L708" s="6">
+        <v>474303.31491230702</v>
+      </c>
+      <c r="M708" s="6">
+        <v>552665.80900000001</v>
+      </c>
+      <c r="N708" s="30">
+        <v>552665.808981132</v>
+      </c>
+      <c r="O708" s="30">
+        <v>552665.808981132</v>
+      </c>
+    </row>
+    <row r="709" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A709" s="39"/>
+      <c r="B709" s="39"/>
+      <c r="C709" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D709" s="6">
+        <v>150.52761453556201</v>
+      </c>
+      <c r="E709" s="6">
+        <v>144.07149334743201</v>
+      </c>
+      <c r="F709" s="6">
+        <v>151.88531584183499</v>
+      </c>
+      <c r="G709" s="6">
+        <v>153.32305885518201</v>
+      </c>
+      <c r="H709" s="6">
+        <v>153.18903864845399</v>
+      </c>
+      <c r="I709" s="6">
+        <v>153.00208588058399</v>
+      </c>
+      <c r="J709" s="5"/>
+      <c r="K709" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L709" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M709" s="5"/>
+      <c r="N709" s="30"/>
+      <c r="O709" s="30"/>
+    </row>
+    <row r="710" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A710" s="39"/>
+      <c r="B710" s="39"/>
+      <c r="C710" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D710" s="7">
+        <v>0</v>
+      </c>
+      <c r="E710" s="7">
+        <v>0</v>
+      </c>
+      <c r="F710" s="7">
+        <v>0</v>
+      </c>
+      <c r="G710" s="7">
+        <v>0</v>
+      </c>
+      <c r="H710" s="7">
+        <v>0</v>
+      </c>
+      <c r="I710" s="6">
+        <v>13.9685441251778</v>
+      </c>
+      <c r="J710" s="5"/>
+      <c r="K710" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L710" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M710" s="5"/>
+      <c r="N710" s="30"/>
+      <c r="O710" s="30"/>
+    </row>
+    <row r="711" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A711" s="39"/>
+      <c r="B711" s="39"/>
+      <c r="C711" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D711" s="5"/>
+      <c r="E711" s="5"/>
+      <c r="F711" s="5"/>
+      <c r="G711" s="5"/>
+      <c r="H711" s="5"/>
+      <c r="I711" s="5"/>
+      <c r="J711" s="6">
+        <v>1176024</v>
+      </c>
+      <c r="K711" s="6">
+        <v>1176355.4969494301</v>
+      </c>
+      <c r="L711" s="6">
+        <v>1168601.91258179</v>
+      </c>
+      <c r="M711" s="6">
+        <v>1362444.2220000001</v>
+      </c>
+      <c r="N711" s="30">
+        <v>1362444.2220017901</v>
+      </c>
+      <c r="O711" s="30">
+        <v>1362444.2220017901</v>
+      </c>
+    </row>
+    <row r="712" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A712" s="39"/>
+      <c r="B712" s="39"/>
+      <c r="C712" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D712" s="6">
+        <v>1162094.57668802</v>
+      </c>
+      <c r="E712" s="6">
+        <v>1113041.61526666</v>
+      </c>
+      <c r="F712" s="6">
+        <v>1174842.88025026</v>
+      </c>
+      <c r="G712" s="6">
+        <v>1175195.33123225</v>
+      </c>
+      <c r="H712" s="6">
+        <v>1175080.7133420601</v>
+      </c>
+      <c r="I712" s="6">
+        <v>1174786.1769945801</v>
+      </c>
+      <c r="J712" s="5"/>
+      <c r="K712" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L712" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M712" s="5"/>
+      <c r="N712" s="30"/>
+      <c r="O712" s="30"/>
+    </row>
+    <row r="713" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A713" s="39"/>
+      <c r="B713" s="39" t="s">
+        <v>74</v>
+      </c>
+      <c r="C713" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D713" s="6">
+        <v>2540386</v>
+      </c>
+      <c r="E713" s="6">
+        <v>2711151.82355448</v>
+      </c>
+      <c r="F713" s="6">
+        <v>2709324</v>
+      </c>
+      <c r="G713" s="6">
+        <v>2713282</v>
+      </c>
+      <c r="H713" s="6">
+        <v>2713946</v>
+      </c>
+      <c r="I713" s="6">
+        <v>2714100</v>
+      </c>
+      <c r="J713" s="6">
+        <v>2713094</v>
+      </c>
+      <c r="K713" s="6">
+        <v>2713863</v>
+      </c>
+      <c r="L713" s="6">
+        <v>2687619.5404769098</v>
+      </c>
+      <c r="M713" s="6">
+        <v>2650127</v>
+      </c>
+      <c r="N713" s="30">
+        <v>2650127</v>
+      </c>
+      <c r="O713" s="30">
+        <v>2650127</v>
+      </c>
+    </row>
+    <row r="714" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A714" s="39"/>
+      <c r="B714" s="39"/>
+      <c r="C714" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D714" s="6">
+        <v>884065.01782146795</v>
+      </c>
+      <c r="E714" s="6">
+        <v>943750.64845461096</v>
+      </c>
+      <c r="F714" s="6">
+        <v>943519.082261784</v>
+      </c>
+      <c r="G714" s="6">
+        <v>945174.13047720701</v>
+      </c>
+      <c r="H714" s="6">
+        <v>945599.98496369994</v>
+      </c>
+      <c r="I714" s="6">
+        <v>946026.71151065</v>
+      </c>
+      <c r="J714" s="6">
+        <v>945858</v>
+      </c>
+      <c r="K714" s="6">
+        <v>946154.26458825497</v>
+      </c>
+      <c r="L714" s="6">
+        <v>936725.46304718195</v>
+      </c>
+      <c r="M714" s="6">
+        <v>923125.88230000006</v>
+      </c>
+      <c r="N714" s="30">
+        <v>923125.88234177604</v>
+      </c>
+      <c r="O714" s="30">
+        <v>923125.88234177604</v>
+      </c>
+    </row>
+    <row r="715" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A715" s="39"/>
+      <c r="B715" s="39"/>
+      <c r="C715" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D715" s="6">
+        <v>723758.85883315501</v>
+      </c>
+      <c r="E715" s="6">
+        <v>772443.81100120104</v>
+      </c>
+      <c r="F715" s="6">
+        <v>771985.97807800502</v>
+      </c>
+      <c r="G715" s="6">
+        <v>773148.77575050504</v>
+      </c>
+      <c r="H715" s="6">
+        <v>773353.09828715201</v>
+      </c>
+      <c r="I715" s="6">
+        <v>773215.52381003299</v>
+      </c>
+      <c r="J715" s="6">
+        <v>773006</v>
+      </c>
+      <c r="K715" s="6">
+        <v>773074.10020656697</v>
+      </c>
+      <c r="L715" s="6">
+        <v>765297.44878493005</v>
+      </c>
+      <c r="M715" s="6">
+        <v>754012.83812902705</v>
+      </c>
+      <c r="N715" s="30">
+        <v>754012.83812902705</v>
+      </c>
+      <c r="O715" s="30">
+        <v>754012.83812902705</v>
+      </c>
+    </row>
+    <row r="716" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A716" s="39"/>
+      <c r="B716" s="39"/>
+      <c r="C716" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D716" s="6">
+        <v>159289.253283333</v>
+      </c>
+      <c r="E716" s="6">
+        <v>170222.66050693099</v>
+      </c>
+      <c r="F716" s="6">
+        <v>170444.818130717</v>
+      </c>
+      <c r="G716" s="6">
+        <v>170936.56824082299</v>
+      </c>
+      <c r="H716" s="6">
+        <v>171158.92227902799</v>
+      </c>
+      <c r="I716" s="6">
+        <v>171724.24881682699</v>
+      </c>
+      <c r="J716" s="5"/>
+      <c r="K716" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L716" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M716" s="5"/>
+      <c r="N716" s="30"/>
+      <c r="O716" s="30"/>
+    </row>
+    <row r="717" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A717" s="39"/>
+      <c r="B717" s="39"/>
+      <c r="C717" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D717" s="6">
+        <v>1016.9057049798899</v>
+      </c>
+      <c r="E717" s="6">
+        <v>1084.17694647909</v>
+      </c>
+      <c r="F717" s="6">
+        <v>1088.2860530611999</v>
+      </c>
+      <c r="G717" s="6">
+        <v>1088.78648587936</v>
+      </c>
+      <c r="H717" s="6">
+        <v>1087.96439752013</v>
+      </c>
+      <c r="I717" s="6">
+        <v>1086.93888378988</v>
+      </c>
+      <c r="J717" s="5"/>
+      <c r="K717" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L717" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M717" s="5"/>
+      <c r="N717" s="30"/>
+      <c r="O717" s="30"/>
+    </row>
+    <row r="718" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A718" s="39"/>
+      <c r="B718" s="39"/>
+      <c r="C718" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D718" s="5"/>
+      <c r="E718" s="5"/>
+      <c r="F718" s="5"/>
+      <c r="G718" s="5"/>
+      <c r="H718" s="5"/>
+      <c r="I718" s="5"/>
+      <c r="J718" s="6">
+        <v>172852</v>
+      </c>
+      <c r="K718" s="6">
+        <v>173080.164381688</v>
+      </c>
+      <c r="L718" s="6">
+        <v>171428.01426225199</v>
+      </c>
+      <c r="M718" s="6">
+        <v>169113.044212749</v>
+      </c>
+      <c r="N718" s="30">
+        <v>169113.044212749</v>
+      </c>
+      <c r="O718" s="30">
+        <v>169113.044212749</v>
+      </c>
+    </row>
+    <row r="719" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A719" s="39"/>
+      <c r="B719" s="39"/>
+      <c r="C719" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D719" s="6">
+        <v>1656320.98217853</v>
+      </c>
+      <c r="E719" s="6">
+        <v>1767401.17509987</v>
+      </c>
+      <c r="F719" s="6">
+        <v>1765804.91773822</v>
+      </c>
+      <c r="G719" s="6">
+        <v>1768107.86952279</v>
+      </c>
+      <c r="H719" s="6">
+        <v>1768346.0150363001</v>
+      </c>
+      <c r="I719" s="6">
+        <v>1768073.2884893499</v>
+      </c>
+      <c r="J719" s="6">
+        <v>1767236</v>
+      </c>
+      <c r="K719" s="6">
+        <v>1767708.7354117499</v>
+      </c>
+      <c r="L719" s="6">
+        <v>1750894.07742973</v>
+      </c>
+      <c r="M719" s="6">
+        <v>1727001.118</v>
+      </c>
+      <c r="N719" s="30">
+        <v>1727001.11765822</v>
+      </c>
+      <c r="O719" s="30">
+        <v>1727001.11765822</v>
+      </c>
+    </row>
+    <row r="720" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A720" s="39"/>
+      <c r="B720" s="39"/>
+      <c r="C720" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D720" s="6">
+        <v>277920.78567374998</v>
+      </c>
+      <c r="E720" s="6">
+        <v>296431.86192873301</v>
+      </c>
+      <c r="F720" s="6">
+        <v>296062.38811518799</v>
+      </c>
+      <c r="G720" s="6">
+        <v>296326.62172427302</v>
+      </c>
+      <c r="H720" s="6">
+        <v>296227.68597125902</v>
+      </c>
+      <c r="I720" s="6">
+        <v>296029.58353596297</v>
+      </c>
+      <c r="J720" s="6">
+        <v>295772</v>
+      </c>
+      <c r="K720" s="6">
+        <v>295619.39107050898</v>
+      </c>
+      <c r="L720" s="6">
+        <v>292708.85163101298</v>
+      </c>
+      <c r="M720" s="6">
+        <v>289274.61310000002</v>
+      </c>
+      <c r="N720" s="30">
+        <v>289274.613141776</v>
+      </c>
+      <c r="O720" s="30">
+        <v>289274.613141776</v>
+      </c>
+    </row>
+    <row r="721" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A721" s="39"/>
+      <c r="B721" s="39"/>
+      <c r="C721" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D721" s="6">
+        <v>2033.8114099597799</v>
+      </c>
+      <c r="E721" s="6">
+        <v>2168.35389295819</v>
+      </c>
+      <c r="F721" s="6">
+        <v>2165.9092340069901</v>
+      </c>
+      <c r="G721" s="6">
+        <v>2166.9042059736698</v>
+      </c>
+      <c r="H721" s="6">
+        <v>2165.2670942649002</v>
+      </c>
+      <c r="I721" s="6">
+        <v>2163.2261165087398</v>
+      </c>
+      <c r="J721" s="5"/>
+      <c r="K721" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L721" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M721" s="5"/>
+      <c r="N721" s="30"/>
+      <c r="O721" s="30"/>
+    </row>
+    <row r="722" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A722" s="39"/>
+      <c r="B722" s="39"/>
+      <c r="C722" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D722" s="7">
+        <v>0</v>
+      </c>
+      <c r="E722" s="7">
+        <v>0</v>
+      </c>
+      <c r="F722" s="7">
+        <v>0</v>
+      </c>
+      <c r="G722" s="7">
+        <v>0</v>
+      </c>
+      <c r="H722" s="7">
+        <v>0</v>
+      </c>
+      <c r="I722" s="7">
+        <v>0</v>
+      </c>
+      <c r="J722" s="5"/>
+      <c r="K722" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L722" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M722" s="5"/>
+      <c r="N722" s="30"/>
+      <c r="O722" s="30"/>
+    </row>
+    <row r="723" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A723" s="39"/>
+      <c r="B723" s="39"/>
+      <c r="C723" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D723" s="5"/>
+      <c r="E723" s="5"/>
+      <c r="F723" s="5"/>
+      <c r="G723" s="5"/>
+      <c r="H723" s="5"/>
+      <c r="I723" s="5"/>
+      <c r="J723" s="6">
+        <v>1471464</v>
+      </c>
+      <c r="K723" s="6">
+        <v>1472089.3443412399</v>
+      </c>
+      <c r="L723" s="6">
+        <v>1458185.22579872</v>
+      </c>
+      <c r="M723" s="6">
+        <v>1437726.5049999999</v>
+      </c>
+      <c r="N723" s="30">
+        <v>1437726.50451645</v>
+      </c>
+      <c r="O723" s="30">
+        <v>1437726.50451645</v>
+      </c>
+    </row>
+    <row r="724" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A724" s="39"/>
+      <c r="B724" s="39"/>
+      <c r="C724" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D724" s="6">
+        <v>1376366.3850948201</v>
+      </c>
+      <c r="E724" s="6">
+        <v>1468800.95927818</v>
+      </c>
+      <c r="F724" s="6">
+        <v>1467576.6203890201</v>
+      </c>
+      <c r="G724" s="6">
+        <v>1469614.3435925499</v>
+      </c>
+      <c r="H724" s="6">
+        <v>1469953.0619707799</v>
+      </c>
+      <c r="I724" s="6">
+        <v>1469880.4788368801</v>
+      </c>
+      <c r="J724" s="5"/>
+      <c r="K724" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L724" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M724" s="5"/>
+      <c r="N724" s="30"/>
+      <c r="O724" s="30"/>
+    </row>
+    <row r="725" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A725" s="39"/>
+      <c r="B725" s="39" t="s">
+        <v>75</v>
+      </c>
+      <c r="C725" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D725" s="6">
+        <v>2557037</v>
+      </c>
+      <c r="E725" s="6">
+        <v>1131955.05880937</v>
+      </c>
+      <c r="F725" s="6">
+        <v>1132642</v>
+      </c>
+      <c r="G725" s="6">
+        <v>1132590</v>
+      </c>
+      <c r="H725" s="6">
+        <v>1133236</v>
+      </c>
+      <c r="I725" s="6">
+        <v>1132486</v>
+      </c>
+      <c r="J725" s="6">
+        <v>1132879</v>
+      </c>
+      <c r="K725" s="6">
+        <v>1133000</v>
+      </c>
+      <c r="L725" s="6">
+        <v>1119383.73778725</v>
+      </c>
+      <c r="M725" s="6">
+        <v>1334737</v>
+      </c>
+      <c r="N725" s="30">
+        <v>1334737</v>
+      </c>
+      <c r="O725" s="30">
+        <v>1334737</v>
+      </c>
+    </row>
+    <row r="726" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A726" s="39"/>
+      <c r="B726" s="39"/>
+      <c r="C726" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D726" s="6">
+        <v>1180309.37398626</v>
+      </c>
+      <c r="E726" s="6">
+        <v>686031.43667237996</v>
+      </c>
+      <c r="F726" s="6">
+        <v>686533.54032340494</v>
+      </c>
+      <c r="G726" s="6">
+        <v>686422.94095385505</v>
+      </c>
+      <c r="H726" s="6">
+        <v>686816.50748511299</v>
+      </c>
+      <c r="I726" s="6">
+        <v>686258.42580205202</v>
+      </c>
+      <c r="J726" s="6">
+        <v>686237</v>
+      </c>
+      <c r="K726" s="6">
+        <v>686456.75229632901</v>
+      </c>
+      <c r="L726" s="6">
+        <v>678108.75608183898</v>
+      </c>
+      <c r="M726" s="6">
+        <v>808782.11199999996</v>
+      </c>
+      <c r="N726" s="30">
+        <v>808782.11200246296</v>
+      </c>
+      <c r="O726" s="30">
+        <v>808782.11200246296</v>
+      </c>
+    </row>
+    <row r="727" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A727" s="39"/>
+      <c r="B727" s="39"/>
+      <c r="C727" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D727" s="6">
+        <v>861230.38767870201</v>
+      </c>
+      <c r="E727" s="6">
+        <v>531931.33575907897</v>
+      </c>
+      <c r="F727" s="6">
+        <v>532371.57823944103</v>
+      </c>
+      <c r="G727" s="6">
+        <v>532237.67831565998</v>
+      </c>
+      <c r="H727" s="6">
+        <v>532327.91088734695</v>
+      </c>
+      <c r="I727" s="6">
+        <v>531932.55006637296</v>
+      </c>
+      <c r="J727" s="6">
+        <v>531773</v>
+      </c>
+      <c r="K727" s="6">
+        <v>531749.91158378299</v>
+      </c>
+      <c r="L727" s="6">
+        <v>525362.19510003401</v>
+      </c>
+      <c r="M727" s="6">
+        <v>626559.35627164005</v>
+      </c>
+      <c r="N727" s="30">
+        <v>626559.35627164005</v>
+      </c>
+      <c r="O727" s="30">
+        <v>626559.35627164005</v>
+      </c>
+    </row>
+    <row r="728" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A728" s="39"/>
+      <c r="B728" s="39"/>
+      <c r="C728" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D728" s="6">
+        <v>319034.19580679398</v>
+      </c>
+      <c r="E728" s="6">
+        <v>154081.09194410199</v>
+      </c>
+      <c r="F728" s="6">
+        <v>154142.959878366</v>
+      </c>
+      <c r="G728" s="6">
+        <v>154166.279609441</v>
+      </c>
+      <c r="H728" s="6">
+        <v>154469.62101595401</v>
+      </c>
+      <c r="I728" s="6">
+        <v>154306.92661227001</v>
+      </c>
+      <c r="J728" s="5"/>
+      <c r="K728" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L728" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M728" s="5"/>
+      <c r="N728" s="30"/>
+      <c r="O728" s="30"/>
+    </row>
+    <row r="729" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A729" s="39"/>
+      <c r="B729" s="39"/>
+      <c r="C729" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D729" s="6">
+        <v>44.7905007659269</v>
+      </c>
+      <c r="E729" s="6">
+        <v>19.008969198933201</v>
+      </c>
+      <c r="F729" s="6">
+        <v>19.002205596837499</v>
+      </c>
+      <c r="G729" s="6">
+        <v>18.983028753925399</v>
+      </c>
+      <c r="H729" s="6">
+        <v>18.975581812795401</v>
+      </c>
+      <c r="I729" s="6">
+        <v>18.949123409498998</v>
+      </c>
+      <c r="J729" s="5"/>
+      <c r="K729" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L729" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M729" s="5"/>
+      <c r="N729" s="30"/>
+      <c r="O729" s="30"/>
+    </row>
+    <row r="730" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A730" s="39"/>
+      <c r="B730" s="39"/>
+      <c r="C730" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D730" s="5"/>
+      <c r="E730" s="5"/>
+      <c r="F730" s="5"/>
+      <c r="G730" s="5"/>
+      <c r="H730" s="5"/>
+      <c r="I730" s="5"/>
+      <c r="J730" s="6">
+        <v>154464</v>
+      </c>
+      <c r="K730" s="6">
+        <v>154706.84071254599</v>
+      </c>
+      <c r="L730" s="6">
+        <v>152746.560981805</v>
+      </c>
+      <c r="M730" s="6">
+        <v>182222.755730823</v>
+      </c>
+      <c r="N730" s="30">
+        <v>182222.755730823</v>
+      </c>
+      <c r="O730" s="30">
+        <v>182222.755730823</v>
+      </c>
+    </row>
+    <row r="731" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A731" s="39"/>
+      <c r="B731" s="39"/>
+      <c r="C731" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D731" s="6">
+        <v>1376727.62601374</v>
+      </c>
+      <c r="E731" s="6">
+        <v>445923.62213699502</v>
+      </c>
+      <c r="F731" s="6">
+        <v>446108.459676595</v>
+      </c>
+      <c r="G731" s="6">
+        <v>446167.059046145</v>
+      </c>
+      <c r="H731" s="6">
+        <v>446419.49251488701</v>
+      </c>
+      <c r="I731" s="6">
+        <v>446227.57419794798</v>
+      </c>
+      <c r="J731" s="6">
+        <v>446642</v>
+      </c>
+      <c r="K731" s="6">
+        <v>446543.24770367099</v>
+      </c>
+      <c r="L731" s="6">
+        <v>441274.98170541099</v>
+      </c>
+      <c r="M731" s="6">
+        <v>525954.88800000004</v>
+      </c>
+      <c r="N731" s="30">
+        <v>525954.88799753704</v>
+      </c>
+      <c r="O731" s="30">
+        <v>525954.88799753704</v>
+      </c>
+    </row>
+    <row r="732" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A732" s="39"/>
+      <c r="B732" s="39"/>
+      <c r="C732" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D732" s="6">
+        <v>37414.453412129398</v>
+      </c>
+      <c r="E732" s="6">
+        <v>21219.783098614302</v>
+      </c>
+      <c r="F732" s="6">
+        <v>21258.979054075</v>
+      </c>
+      <c r="G732" s="6">
+        <v>21387.672193614799</v>
+      </c>
+      <c r="H732" s="6">
+        <v>21421.695141783399</v>
+      </c>
+      <c r="I732" s="6">
+        <v>21460.463839814998</v>
+      </c>
+      <c r="J732" s="6">
+        <v>21506</v>
+      </c>
+      <c r="K732" s="6">
+        <v>21659.9203896012</v>
+      </c>
+      <c r="L732" s="6">
+        <v>21397.0888198994</v>
+      </c>
+      <c r="M732" s="6">
+        <v>25599.441770000001</v>
+      </c>
+      <c r="N732" s="30">
+        <v>25599.441769087902</v>
+      </c>
+      <c r="O732" s="30">
+        <v>25599.441769087902</v>
+      </c>
+    </row>
+    <row r="733" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A733" s="39"/>
+      <c r="B733" s="39"/>
+      <c r="C733" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D733" s="6">
+        <v>99.515254006926696</v>
+      </c>
+      <c r="E733" s="7">
+        <v>0</v>
+      </c>
+      <c r="F733" s="7">
+        <v>0</v>
+      </c>
+      <c r="G733" s="7">
+        <v>0</v>
+      </c>
+      <c r="H733" s="7">
+        <v>0</v>
+      </c>
+      <c r="I733" s="6">
+        <v>4.4037059129289302</v>
+      </c>
+      <c r="J733" s="5"/>
+      <c r="K733" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L733" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M733" s="5"/>
+      <c r="N733" s="30"/>
+      <c r="O733" s="30"/>
+    </row>
+    <row r="734" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A734" s="39"/>
+      <c r="B734" s="39"/>
+      <c r="C734" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D734" s="7">
+        <v>0</v>
+      </c>
+      <c r="E734" s="7">
+        <v>0</v>
+      </c>
+      <c r="F734" s="7">
+        <v>0</v>
+      </c>
+      <c r="G734" s="7">
+        <v>0</v>
+      </c>
+      <c r="H734" s="7">
+        <v>0</v>
+      </c>
+      <c r="I734" s="7">
+        <v>0</v>
+      </c>
+      <c r="J734" s="5"/>
+      <c r="K734" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L734" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M734" s="5"/>
+      <c r="N734" s="30"/>
+      <c r="O734" s="30"/>
+    </row>
+    <row r="735" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A735" s="39"/>
+      <c r="B735" s="39"/>
+      <c r="C735" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D735" s="5"/>
+      <c r="E735" s="5"/>
+      <c r="F735" s="5"/>
+      <c r="G735" s="5"/>
+      <c r="H735" s="5"/>
+      <c r="I735" s="5"/>
+      <c r="J735" s="6">
+        <v>425136</v>
+      </c>
+      <c r="K735" s="6">
+        <v>424883.32731407002</v>
+      </c>
+      <c r="L735" s="6">
+        <v>419877.89288551098</v>
+      </c>
+      <c r="M735" s="6">
+        <v>500355.44620000001</v>
+      </c>
+      <c r="N735" s="30">
+        <v>500355.446228449</v>
+      </c>
+      <c r="O735" s="30">
+        <v>500355.446228449</v>
+      </c>
+    </row>
+    <row r="736" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A736" s="39"/>
+      <c r="B736" s="39"/>
+      <c r="C736" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D736" s="6">
+        <v>1339213.6573476</v>
+      </c>
+      <c r="E736" s="6">
+        <v>424703.839038381</v>
+      </c>
+      <c r="F736" s="6">
+        <v>424849.48062251997</v>
+      </c>
+      <c r="G736" s="6">
+        <v>424779.38685253001</v>
+      </c>
+      <c r="H736" s="6">
+        <v>424997.79737310298</v>
+      </c>
+      <c r="I736" s="6">
+        <v>424762.70665221999</v>
+      </c>
+      <c r="J736" s="5"/>
+      <c r="K736" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L736" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M736" s="5"/>
+      <c r="N736" s="30"/>
+      <c r="O736" s="30"/>
+    </row>
+    <row r="737" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A737" s="39"/>
+      <c r="B737" s="39" t="s">
+        <v>76</v>
+      </c>
+      <c r="C737" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D737" s="6">
+        <v>2822892</v>
+      </c>
+      <c r="E737" s="6">
+        <v>2816343.43371836</v>
+      </c>
+      <c r="F737" s="6">
+        <v>2818151</v>
+      </c>
+      <c r="G737" s="6">
+        <v>2818573</v>
+      </c>
+      <c r="H737" s="6">
+        <v>2819080</v>
+      </c>
+      <c r="I737" s="6">
+        <v>2818487</v>
+      </c>
+      <c r="J737" s="6">
+        <v>2818576</v>
+      </c>
+      <c r="K737" s="6">
+        <v>2818172</v>
+      </c>
+      <c r="L737" s="6">
+        <v>2801505.8791216598</v>
+      </c>
+      <c r="M737" s="6">
+        <v>2787411</v>
+      </c>
+      <c r="N737" s="30">
+        <v>2787411</v>
+      </c>
+      <c r="O737" s="30">
+        <v>2787411</v>
+      </c>
+    </row>
+    <row r="738" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A738" s="39"/>
+      <c r="B738" s="39"/>
+      <c r="C738" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D738" s="6">
+        <v>2335297.3627028</v>
+      </c>
+      <c r="E738" s="6">
+        <v>2330008.9753686902</v>
+      </c>
+      <c r="F738" s="6">
+        <v>2331541.2152749798</v>
+      </c>
+      <c r="G738" s="6">
+        <v>2331940.9946032199</v>
+      </c>
+      <c r="H738" s="6">
+        <v>2332470.20098182</v>
+      </c>
+      <c r="I738" s="6">
+        <v>2332227.8424663399</v>
+      </c>
+      <c r="J738" s="6">
+        <v>2332027</v>
+      </c>
+      <c r="K738" s="6">
+        <v>2331513.3782783202</v>
+      </c>
+      <c r="L738" s="6">
+        <v>2317632.9428191399</v>
+      </c>
+      <c r="M738" s="6">
+        <v>2305979.8840000001</v>
+      </c>
+      <c r="N738" s="30">
+        <v>2305979.8837011</v>
+      </c>
+      <c r="O738" s="30">
+        <v>2305979.8837011</v>
+      </c>
+    </row>
+    <row r="739" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A739" s="39"/>
+      <c r="B739" s="39"/>
+      <c r="C739" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D739" s="6">
+        <v>1588180.2649367</v>
+      </c>
+      <c r="E739" s="6">
+        <v>1584231.7244489701</v>
+      </c>
+      <c r="F739" s="6">
+        <v>1584988.05999459</v>
+      </c>
+      <c r="G739" s="6">
+        <v>1584877.08522493</v>
+      </c>
+      <c r="H739" s="6">
+        <v>1584939.31738521</v>
+      </c>
+      <c r="I739" s="6">
+        <v>1584274.2814714699</v>
+      </c>
+      <c r="J739" s="6">
+        <v>1583711</v>
+      </c>
+      <c r="K739" s="6">
+        <v>1583019.5682862401</v>
+      </c>
+      <c r="L739" s="6">
+        <v>1572991.6620886701</v>
+      </c>
+      <c r="M739" s="6">
+        <v>1564661.3518636101</v>
+      </c>
+      <c r="N739" s="30">
+        <v>1564661.3518636101</v>
+      </c>
+      <c r="O739" s="30">
+        <v>1564661.3518636101</v>
+      </c>
+    </row>
+    <row r="740" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A740" s="39"/>
+      <c r="B740" s="39"/>
+      <c r="C740" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D740" s="6">
+        <v>738123.77523648099</v>
+      </c>
+      <c r="E740" s="6">
+        <v>736813.76517393102</v>
+      </c>
+      <c r="F740" s="6">
+        <v>737592.88475616404</v>
+      </c>
+      <c r="G740" s="6">
+        <v>738111.27036925196</v>
+      </c>
+      <c r="H740" s="6">
+        <v>738585.58482773602</v>
+      </c>
+      <c r="I740" s="6">
+        <v>739017.23849299701</v>
+      </c>
+      <c r="J740" s="5"/>
+      <c r="K740" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L740" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M740" s="5"/>
+      <c r="N740" s="30"/>
+      <c r="O740" s="30"/>
+    </row>
+    <row r="741" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A741" s="39"/>
+      <c r="B741" s="39"/>
+      <c r="C741" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D741" s="6">
+        <v>8993.3225296194796</v>
+      </c>
+      <c r="E741" s="6">
+        <v>8963.4857457867602</v>
+      </c>
+      <c r="F741" s="6">
+        <v>8960.2705242295906</v>
+      </c>
+      <c r="G741" s="6">
+        <v>8952.6390090348195</v>
+      </c>
+      <c r="H741" s="6">
+        <v>8945.2987688704106</v>
+      </c>
+      <c r="I741" s="6">
+        <v>8936.3225018706798</v>
+      </c>
+      <c r="J741" s="5"/>
+      <c r="K741" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L741" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M741" s="5"/>
+      <c r="N741" s="30"/>
+      <c r="O741" s="30"/>
+    </row>
+    <row r="742" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A742" s="39"/>
+      <c r="B742" s="39"/>
+      <c r="C742" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D742" s="5"/>
+      <c r="E742" s="5"/>
+      <c r="F742" s="5"/>
+      <c r="G742" s="5"/>
+      <c r="H742" s="5"/>
+      <c r="I742" s="5"/>
+      <c r="J742" s="6">
+        <v>748316</v>
+      </c>
+      <c r="K742" s="6">
+        <v>748493.80999207404</v>
+      </c>
+      <c r="L742" s="6">
+        <v>744641.28073047101</v>
+      </c>
+      <c r="M742" s="6">
+        <v>741318.53183749295</v>
+      </c>
+      <c r="N742" s="30">
+        <v>741318.53183749295</v>
+      </c>
+      <c r="O742" s="30">
+        <v>741318.53183749295</v>
+      </c>
+    </row>
+    <row r="743" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A743" s="39"/>
+      <c r="B743" s="39"/>
+      <c r="C743" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D743" s="6">
+        <v>487594.63729720202</v>
+      </c>
+      <c r="E743" s="6">
+        <v>486334.45834967698</v>
+      </c>
+      <c r="F743" s="6">
+        <v>486609.78472501499</v>
+      </c>
+      <c r="G743" s="6">
+        <v>486632.00539678498</v>
+      </c>
+      <c r="H743" s="6">
+        <v>486609.79901818401</v>
+      </c>
+      <c r="I743" s="6">
+        <v>486259.15753365803</v>
+      </c>
+      <c r="J743" s="6">
+        <v>486549</v>
+      </c>
+      <c r="K743" s="6">
+        <v>486658.62172168097</v>
+      </c>
+      <c r="L743" s="6">
+        <v>483872.936302519</v>
+      </c>
+      <c r="M743" s="6">
+        <v>481431.11629999999</v>
+      </c>
+      <c r="N743" s="30">
+        <v>481431.11629889702</v>
+      </c>
+      <c r="O743" s="30">
+        <v>481431.11629889702</v>
+      </c>
+    </row>
+    <row r="744" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A744" s="39"/>
+      <c r="B744" s="39"/>
+      <c r="C744" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D744" s="6">
+        <v>181195.036566364</v>
+      </c>
+      <c r="E744" s="6">
+        <v>180702.357667017</v>
+      </c>
+      <c r="F744" s="6">
+        <v>180740.078857655</v>
+      </c>
+      <c r="G744" s="6">
+        <v>180655.32890509701</v>
+      </c>
+      <c r="H744" s="6">
+        <v>180612.306666869</v>
+      </c>
+      <c r="I744" s="6">
+        <v>180463.60692281401</v>
+      </c>
+      <c r="J744" s="6">
+        <v>180539</v>
+      </c>
+      <c r="K744" s="6">
+        <v>180520.73429838801</v>
+      </c>
+      <c r="L744" s="6">
+        <v>179464.35444823001</v>
+      </c>
+      <c r="M744" s="6">
+        <v>178507.71840000001</v>
+      </c>
+      <c r="N744" s="30">
+        <v>178507.71838789299</v>
+      </c>
+      <c r="O744" s="30">
+        <v>178507.71838789299</v>
+      </c>
+    </row>
+    <row r="745" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A745" s="39"/>
+      <c r="B745" s="39"/>
+      <c r="C745" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D745" s="6">
+        <v>9505.6498070983798</v>
+      </c>
+      <c r="E745" s="6">
+        <v>9495.4568944734401</v>
+      </c>
+      <c r="F745" s="6">
+        <v>9492.0507943696193</v>
+      </c>
+      <c r="G745" s="6">
+        <v>9492.3454221550601</v>
+      </c>
+      <c r="H745" s="6">
+        <v>9495.9923802543508</v>
+      </c>
+      <c r="I745" s="6">
+        <v>9493.7293834619595</v>
+      </c>
+      <c r="J745" s="5"/>
+      <c r="K745" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L745" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M745" s="5"/>
+      <c r="N745" s="30"/>
+      <c r="O745" s="30"/>
+    </row>
+    <row r="746" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A746" s="39"/>
+      <c r="B746" s="39"/>
+      <c r="C746" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D746" s="7">
+        <v>0</v>
+      </c>
+      <c r="E746" s="7">
+        <v>0</v>
+      </c>
+      <c r="F746" s="7">
+        <v>0</v>
+      </c>
+      <c r="G746" s="6">
+        <v>2.3958699267942398</v>
+      </c>
+      <c r="H746" s="6">
+        <v>2.39490547319151</v>
+      </c>
+      <c r="I746" s="6">
+        <v>5.4667768052375303</v>
+      </c>
+      <c r="J746" s="5"/>
+      <c r="K746" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L746" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M746" s="5"/>
+      <c r="N746" s="30"/>
+      <c r="O746" s="30"/>
+    </row>
+    <row r="747" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A747" s="39"/>
+      <c r="B747" s="39"/>
+      <c r="C747" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D747" s="5"/>
+      <c r="E747" s="5"/>
+      <c r="F747" s="5"/>
+      <c r="G747" s="5"/>
+      <c r="H747" s="5"/>
+      <c r="I747" s="5"/>
+      <c r="J747" s="6">
+        <v>306010</v>
+      </c>
+      <c r="K747" s="6">
+        <v>306137.88742329302</v>
+      </c>
+      <c r="L747" s="6">
+        <v>304408.58185428899</v>
+      </c>
+      <c r="M747" s="6">
+        <v>302923.39789999998</v>
+      </c>
+      <c r="N747" s="30">
+        <v>302923.39791100402</v>
+      </c>
+      <c r="O747" s="30">
+        <v>302923.39791100402</v>
+      </c>
+    </row>
+    <row r="748" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A748" s="39"/>
+      <c r="B748" s="39"/>
+      <c r="C748" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D748" s="6">
+        <v>296893.950923739</v>
+      </c>
+      <c r="E748" s="6">
+        <v>296136.64378818701</v>
+      </c>
+      <c r="F748" s="6">
+        <v>296377.65507299098</v>
+      </c>
+      <c r="G748" s="6">
+        <v>296481.93519960501</v>
+      </c>
+      <c r="H748" s="6">
+        <v>296499.10506558802</v>
+      </c>
+      <c r="I748" s="6">
+        <v>296296.354450577</v>
+      </c>
+      <c r="J748" s="5"/>
+      <c r="K748" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L748" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M748" s="5"/>
+      <c r="N748" s="30"/>
+      <c r="O748" s="30"/>
+    </row>
+    <row r="749" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A749" s="39"/>
+      <c r="B749" s="39" t="s">
+        <v>77</v>
+      </c>
+      <c r="C749" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D749" s="6">
+        <v>3751421</v>
+      </c>
+      <c r="E749" s="6">
+        <v>3763934.9757591402</v>
+      </c>
+      <c r="F749" s="6">
+        <v>3764709</v>
+      </c>
+      <c r="G749" s="6">
+        <v>3716828</v>
+      </c>
+      <c r="H749" s="6">
+        <v>3716883</v>
+      </c>
+      <c r="I749" s="6">
+        <v>3716298</v>
+      </c>
+      <c r="J749" s="6">
+        <v>3715722</v>
+      </c>
+      <c r="K749" s="6">
+        <v>3716087</v>
+      </c>
+      <c r="L749" s="6">
+        <v>3702353.66013165</v>
+      </c>
+      <c r="M749" s="6">
+        <v>3720042</v>
+      </c>
+      <c r="N749" s="30">
+        <v>3720042</v>
+      </c>
+      <c r="O749" s="30">
+        <v>3720042</v>
+      </c>
+    </row>
+    <row r="750" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A750" s="39"/>
+      <c r="B750" s="39"/>
+      <c r="C750" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D750" s="6">
+        <v>2688470.9991353401</v>
+      </c>
+      <c r="E750" s="6">
+        <v>2697851.61799719</v>
+      </c>
+      <c r="F750" s="6">
+        <v>2698808.9726617001</v>
+      </c>
+      <c r="G750" s="6">
+        <v>2664816.2372232801</v>
+      </c>
+      <c r="H750" s="6">
+        <v>2665123.7518467801</v>
+      </c>
+      <c r="I750" s="6">
+        <v>2664992.5423315298</v>
+      </c>
+      <c r="J750" s="6">
+        <v>2664299</v>
+      </c>
+      <c r="K750" s="6">
+        <v>2664154.1855824599</v>
+      </c>
+      <c r="L750" s="6">
+        <v>2654269.77480915</v>
+      </c>
+      <c r="M750" s="6">
+        <v>2666759.1549999998</v>
+      </c>
+      <c r="N750" s="30">
+        <v>2666759.1549708499</v>
+      </c>
+      <c r="O750" s="30">
+        <v>2666759.1549708499</v>
+      </c>
+    </row>
+    <row r="751" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A751" s="39"/>
+      <c r="B751" s="39"/>
+      <c r="C751" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D751" s="6">
+        <v>1703836.0638697899</v>
+      </c>
+      <c r="E751" s="6">
+        <v>1709382.9777343499</v>
+      </c>
+      <c r="F751" s="6">
+        <v>1709701.16692359</v>
+      </c>
+      <c r="G751" s="6">
+        <v>1688078.0471592799</v>
+      </c>
+      <c r="H751" s="6">
+        <v>1687969.24659646</v>
+      </c>
+      <c r="I751" s="6">
+        <v>1687517.63060039</v>
+      </c>
+      <c r="J751" s="6">
+        <v>1686395</v>
+      </c>
+      <c r="K751" s="6">
+        <v>1686041.27950378</v>
+      </c>
+      <c r="L751" s="6">
+        <v>1679201.33338798</v>
+      </c>
+      <c r="M751" s="6">
+        <v>1686215.7128785599</v>
+      </c>
+      <c r="N751" s="30">
+        <v>1686215.7128785599</v>
+      </c>
+      <c r="O751" s="30">
+        <v>1686215.7128785599</v>
+      </c>
+    </row>
+    <row r="752" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A752" s="39"/>
+      <c r="B752" s="39"/>
+      <c r="C752" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D752" s="6">
+        <v>984549.99071371497</v>
+      </c>
+      <c r="E752" s="6">
+        <v>988383.49758681899</v>
+      </c>
+      <c r="F752" s="6">
+        <v>989022.72965833405</v>
+      </c>
+      <c r="G752" s="6">
+        <v>976654.27906680806</v>
+      </c>
+      <c r="H752" s="6">
+        <v>977070.67592498299</v>
+      </c>
+      <c r="I752" s="6">
+        <v>977384.09674171195</v>
+      </c>
+      <c r="J752" s="5"/>
+      <c r="K752" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L752" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M752" s="5"/>
+      <c r="N752" s="30"/>
+      <c r="O752" s="30"/>
+    </row>
+    <row r="753" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A753" s="39"/>
+      <c r="B753" s="39"/>
+      <c r="C753" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D753" s="6">
+        <v>84.944551839271995</v>
+      </c>
+      <c r="E753" s="6">
+        <v>85.142676023211806</v>
+      </c>
+      <c r="F753" s="6">
+        <v>85.076079772787196</v>
+      </c>
+      <c r="G753" s="6">
+        <v>83.910997190539106</v>
+      </c>
+      <c r="H753" s="6">
+        <v>83.829325337946997</v>
+      </c>
+      <c r="I753" s="6">
+        <v>90.814989428111105</v>
+      </c>
+      <c r="J753" s="5"/>
+      <c r="K753" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L753" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M753" s="5"/>
+      <c r="N753" s="30"/>
+      <c r="O753" s="30"/>
+    </row>
+    <row r="754" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A754" s="39"/>
+      <c r="B754" s="39"/>
+      <c r="C754" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D754" s="5"/>
+      <c r="E754" s="5"/>
+      <c r="F754" s="5"/>
+      <c r="G754" s="5"/>
+      <c r="H754" s="5"/>
+      <c r="I754" s="5"/>
+      <c r="J754" s="6">
+        <v>977904</v>
+      </c>
+      <c r="K754" s="6">
+        <v>978112.90607867797</v>
+      </c>
+      <c r="L754" s="6">
+        <v>975068.441421172</v>
+      </c>
+      <c r="M754" s="6">
+        <v>980543.44209229201</v>
+      </c>
+      <c r="N754" s="30">
+        <v>980543.44209229201</v>
+      </c>
+      <c r="O754" s="30">
+        <v>980543.44209229201</v>
+      </c>
+    </row>
+    <row r="755" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A755" s="39"/>
+      <c r="B755" s="39"/>
+      <c r="C755" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D755" s="6">
+        <v>1062950.0008646599</v>
+      </c>
+      <c r="E755" s="6">
+        <v>1066083.35776195</v>
+      </c>
+      <c r="F755" s="6">
+        <v>1065900.0273382999</v>
+      </c>
+      <c r="G755" s="6">
+        <v>1052011.7627767201</v>
+      </c>
+      <c r="H755" s="6">
+        <v>1051759.2481532199</v>
+      </c>
+      <c r="I755" s="6">
+        <v>1051305.45766847</v>
+      </c>
+      <c r="J755" s="6">
+        <v>1051423</v>
+      </c>
+      <c r="K755" s="6">
+        <v>1051932.8144175401</v>
+      </c>
+      <c r="L755" s="6">
+        <v>1048083.88532251</v>
+      </c>
+      <c r="M755" s="6">
+        <v>1053282.845</v>
+      </c>
+      <c r="N755" s="30">
+        <v>1053282.8450291499</v>
+      </c>
+      <c r="O755" s="30">
+        <v>1053282.8450291499</v>
+      </c>
+    </row>
+    <row r="756" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A756" s="39"/>
+      <c r="B756" s="39"/>
+      <c r="C756" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D756" s="6">
+        <v>346438.22332130797</v>
+      </c>
+      <c r="E756" s="6">
+        <v>347437.72747729102</v>
+      </c>
+      <c r="F756" s="6">
+        <v>347314.38584109501</v>
+      </c>
+      <c r="G756" s="6">
+        <v>342680.58212176198</v>
+      </c>
+      <c r="H756" s="6">
+        <v>342578.09929180401</v>
+      </c>
+      <c r="I756" s="6">
+        <v>342330.214907802</v>
+      </c>
+      <c r="J756" s="6">
+        <v>342150</v>
+      </c>
+      <c r="K756" s="6">
+        <v>342199.79644655302</v>
+      </c>
+      <c r="L756" s="6">
+        <v>340866.097346864</v>
+      </c>
+      <c r="M756" s="6">
+        <v>342575.83789999998</v>
+      </c>
+      <c r="N756" s="30">
+        <v>342575.83794850297</v>
+      </c>
+      <c r="O756" s="30">
+        <v>342575.83794850297</v>
+      </c>
+    </row>
+    <row r="757" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A757" s="39"/>
+      <c r="B757" s="39"/>
+      <c r="C757" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D757" s="6">
+        <v>118993.73651227901</v>
+      </c>
+      <c r="E757" s="6">
+        <v>119271.276818631</v>
+      </c>
+      <c r="F757" s="6">
+        <v>119182.566925463</v>
+      </c>
+      <c r="G757" s="6">
+        <v>117553.95574604299</v>
+      </c>
+      <c r="H757" s="6">
+        <v>117449.50451762399</v>
+      </c>
+      <c r="I757" s="6">
+        <v>117333.41751571999</v>
+      </c>
+      <c r="J757" s="5"/>
+      <c r="K757" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L757" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M757" s="5"/>
+      <c r="N757" s="30"/>
+      <c r="O757" s="30"/>
+    </row>
+    <row r="758" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A758" s="39"/>
+      <c r="B758" s="39"/>
+      <c r="C758" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D758" s="6">
+        <v>45.774576967399902</v>
+      </c>
+      <c r="E758" s="6">
+        <v>47.711279589062798</v>
+      </c>
+      <c r="F758" s="6">
+        <v>47.674406643046801</v>
+      </c>
+      <c r="G758" s="6">
+        <v>47.021964767559503</v>
+      </c>
+      <c r="H758" s="6">
+        <v>46.976637199961502</v>
+      </c>
+      <c r="I758" s="6">
+        <v>46.922273464753303</v>
+      </c>
+      <c r="J758" s="5"/>
+      <c r="K758" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L758" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M758" s="5"/>
+      <c r="N758" s="30"/>
+      <c r="O758" s="30"/>
+    </row>
+    <row r="759" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A759" s="39"/>
+      <c r="B759" s="39"/>
+      <c r="C759" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D759" s="5"/>
+      <c r="E759" s="5"/>
+      <c r="F759" s="5"/>
+      <c r="G759" s="5"/>
+      <c r="H759" s="5"/>
+      <c r="I759" s="5"/>
+      <c r="J759" s="6">
+        <v>709273</v>
+      </c>
+      <c r="K759" s="6">
+        <v>709733.01797098794</v>
+      </c>
+      <c r="L759" s="6">
+        <v>707217.78797564295</v>
+      </c>
+      <c r="M759" s="6">
+        <v>710707.00710000005</v>
+      </c>
+      <c r="N759" s="30">
+        <v>710707.00708064798</v>
+      </c>
+      <c r="O759" s="30">
+        <v>710707.00708064798</v>
+      </c>
+    </row>
+    <row r="760" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A760" s="39"/>
+      <c r="B760" s="39"/>
+      <c r="C760" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D760" s="6">
+        <v>597472.26645410596</v>
+      </c>
+      <c r="E760" s="6">
+        <v>599326.64218643599</v>
+      </c>
+      <c r="F760" s="6">
+        <v>599355.40016510105</v>
+      </c>
+      <c r="G760" s="6">
+        <v>591730.202944146</v>
+      </c>
+      <c r="H760" s="6">
+        <v>591684.66770659597</v>
+      </c>
+      <c r="I760" s="6">
+        <v>591594.90297148796</v>
+      </c>
+      <c r="J760" s="5"/>
+      <c r="K760" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L760" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M760" s="5"/>
+      <c r="N760" s="30"/>
+      <c r="O760" s="30"/>
+    </row>
+    <row r="761" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A761" s="39"/>
+      <c r="B761" s="39" t="s">
+        <v>78</v>
+      </c>
+      <c r="C761" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D761" s="6">
+        <v>2858673</v>
+      </c>
+      <c r="E761" s="6">
+        <v>2860748.6989486199</v>
+      </c>
+      <c r="F761" s="6">
+        <v>2863353</v>
+      </c>
+      <c r="G761" s="6">
+        <v>2832934</v>
+      </c>
+      <c r="H761" s="6">
+        <v>2833269</v>
+      </c>
+      <c r="I761" s="6">
+        <v>2832890</v>
+      </c>
+      <c r="J761" s="6">
+        <v>2831930</v>
+      </c>
+      <c r="K761" s="6">
+        <v>2832523</v>
+      </c>
+      <c r="L761" s="6">
+        <v>2801905.5992731201</v>
+      </c>
+      <c r="M761" s="6">
+        <v>2672715</v>
+      </c>
+      <c r="N761" s="30">
+        <v>2672715</v>
+      </c>
+      <c r="O761" s="30">
+        <v>2672715</v>
+      </c>
+    </row>
+    <row r="762" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A762" s="39"/>
+      <c r="B762" s="39"/>
+      <c r="C762" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D762" s="6">
+        <v>2033108.67366927</v>
+      </c>
+      <c r="E762" s="6">
+        <v>2034765.8016761399</v>
+      </c>
+      <c r="F762" s="6">
+        <v>2036748.9821143299</v>
+      </c>
+      <c r="G762" s="6">
+        <v>2015315.86312309</v>
+      </c>
+      <c r="H762" s="6">
+        <v>2015932.2831044199</v>
+      </c>
+      <c r="I762" s="6">
+        <v>2015750.95694579</v>
+      </c>
+      <c r="J762" s="6">
+        <v>2015131</v>
+      </c>
+      <c r="K762" s="6">
+        <v>2015221.01162298</v>
+      </c>
+      <c r="L762" s="6">
+        <v>1993470.4433180101</v>
+      </c>
+      <c r="M762" s="6">
+        <v>1901061.064</v>
+      </c>
+      <c r="N762" s="30">
+        <v>1901061.06413729</v>
+      </c>
+      <c r="O762" s="30">
+        <v>1901061.06413729</v>
+      </c>
+    </row>
+    <row r="763" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A763" s="39"/>
+      <c r="B763" s="39"/>
+      <c r="C763" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D763" s="6">
+        <v>957737.31294207403</v>
+      </c>
+      <c r="E763" s="6">
+        <v>958761.09339052602</v>
+      </c>
+      <c r="F763" s="6">
+        <v>960187.009250712</v>
+      </c>
+      <c r="G763" s="6">
+        <v>950375.92906003306</v>
+      </c>
+      <c r="H763" s="6">
+        <v>950790.40625210397</v>
+      </c>
+      <c r="I763" s="6">
+        <v>951084.44072698802</v>
+      </c>
+      <c r="J763" s="6">
+        <v>951120</v>
+      </c>
+      <c r="K763" s="6">
+        <v>951221.98462810297</v>
+      </c>
+      <c r="L763" s="6">
+        <v>941254.235449687</v>
+      </c>
+      <c r="M763" s="6">
+        <v>897603.40705184406</v>
+      </c>
+      <c r="N763" s="30">
+        <v>897603.40705184406</v>
+      </c>
+      <c r="O763" s="30">
+        <v>897603.40705184406</v>
+      </c>
+    </row>
+    <row r="764" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A764" s="39"/>
+      <c r="B764" s="39"/>
+      <c r="C764" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D764" s="6">
+        <v>1072033.03875555</v>
+      </c>
+      <c r="E764" s="6">
+        <v>1072667.3038875801</v>
+      </c>
+      <c r="F764" s="6">
+        <v>1073224.8697738899</v>
+      </c>
+      <c r="G764" s="6">
+        <v>1061641.5832084401</v>
+      </c>
+      <c r="H764" s="6">
+        <v>1061846.43395919</v>
+      </c>
+      <c r="I764" s="6">
+        <v>1061362.1734724101</v>
+      </c>
+      <c r="J764" s="5"/>
+      <c r="K764" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L764" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M764" s="5"/>
+      <c r="N764" s="30"/>
+      <c r="O764" s="30"/>
+    </row>
+    <row r="765" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A765" s="39"/>
+      <c r="B765" s="39"/>
+      <c r="C765" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D765" s="6">
+        <v>3338.3219716482899</v>
+      </c>
+      <c r="E765" s="6">
+        <v>3337.4043980333399</v>
+      </c>
+      <c r="F765" s="6">
+        <v>3337.1030897301798</v>
+      </c>
+      <c r="G765" s="6">
+        <v>3298.3508546082599</v>
+      </c>
+      <c r="H765" s="6">
+        <v>3295.4428931260099</v>
+      </c>
+      <c r="I765" s="6">
+        <v>3304.3427463971302</v>
+      </c>
+      <c r="J765" s="5"/>
+      <c r="K765" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L765" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M765" s="5"/>
+      <c r="N765" s="30"/>
+      <c r="O765" s="30"/>
+    </row>
+    <row r="766" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A766" s="39"/>
+      <c r="B766" s="39"/>
+      <c r="C766" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D766" s="5"/>
+      <c r="E766" s="5"/>
+      <c r="F766" s="5"/>
+      <c r="G766" s="5"/>
+      <c r="H766" s="5"/>
+      <c r="I766" s="5"/>
+      <c r="J766" s="6">
+        <v>1064011</v>
+      </c>
+      <c r="K766" s="6">
+        <v>1063999.0269948801</v>
+      </c>
+      <c r="L766" s="6">
+        <v>1052216.2078683199</v>
+      </c>
+      <c r="M766" s="6">
+        <v>1003457.65708545</v>
+      </c>
+      <c r="N766" s="30">
+        <v>1003457.65708545</v>
+      </c>
+      <c r="O766" s="30">
+        <v>1003457.65708545</v>
+      </c>
+    </row>
+    <row r="767" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A767" s="39"/>
+      <c r="B767" s="39"/>
+      <c r="C767" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D767" s="6">
+        <v>825564.32633072697</v>
+      </c>
+      <c r="E767" s="6">
+        <v>825982.89727247902</v>
+      </c>
+      <c r="F767" s="6">
+        <v>826604.01788566797</v>
+      </c>
+      <c r="G767" s="6">
+        <v>817618.13687691395</v>
+      </c>
+      <c r="H767" s="6">
+        <v>817336.71689557598</v>
+      </c>
+      <c r="I767" s="6">
+        <v>817139.04305420595</v>
+      </c>
+      <c r="J767" s="6">
+        <v>816799</v>
+      </c>
+      <c r="K767" s="6">
+        <v>817301.98837701697</v>
+      </c>
+      <c r="L767" s="6">
+        <v>808435.15595511801</v>
+      </c>
+      <c r="M767" s="6">
+        <v>771653.93590000004</v>
+      </c>
+      <c r="N767" s="30">
+        <v>771653.93586270802</v>
+      </c>
+      <c r="O767" s="30">
+        <v>771653.93586270802</v>
+      </c>
+    </row>
+    <row r="768" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A768" s="39"/>
+      <c r="B768" s="39"/>
+      <c r="C768" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D768" s="6">
+        <v>327763.03024808702</v>
+      </c>
+      <c r="E768" s="6">
+        <v>327897.74004831701</v>
+      </c>
+      <c r="F768" s="6">
+        <v>327939.96337793203</v>
+      </c>
+      <c r="G768" s="6">
+        <v>324295.020576148</v>
+      </c>
+      <c r="H768" s="6">
+        <v>324157.25373288098</v>
+      </c>
+      <c r="I768" s="6">
+        <v>323950.088429795</v>
+      </c>
+      <c r="J768" s="6">
+        <v>323744</v>
+      </c>
+      <c r="K768" s="6">
+        <v>323807.48210681602</v>
+      </c>
+      <c r="L768" s="6">
+        <v>320119.09247165598</v>
+      </c>
+      <c r="M768" s="6">
+        <v>305820.94929999998</v>
+      </c>
+      <c r="N768" s="30">
+        <v>305820.94930246199</v>
+      </c>
+      <c r="O768" s="30">
+        <v>305820.94930246199</v>
+      </c>
+    </row>
+    <row r="769" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A769" s="39"/>
+      <c r="B769" s="39"/>
+      <c r="C769" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D769" s="6">
+        <v>72693.936529438593</v>
+      </c>
+      <c r="E769" s="6">
+        <v>72673.955820959207</v>
+      </c>
+      <c r="F769" s="6">
+        <v>72699.422539460007</v>
+      </c>
+      <c r="G769" s="6">
+        <v>71869.895480888401</v>
+      </c>
+      <c r="H769" s="6">
+        <v>71806.511239291503</v>
+      </c>
+      <c r="I769" s="6">
+        <v>71725.113680075301</v>
+      </c>
+      <c r="J769" s="5"/>
+      <c r="K769" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L769" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M769" s="5"/>
+      <c r="N769" s="30"/>
+      <c r="O769" s="30"/>
+    </row>
+    <row r="770" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A770" s="39"/>
+      <c r="B770" s="39"/>
+      <c r="C770" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D770" s="7">
+        <v>0</v>
+      </c>
+      <c r="E770" s="6">
+        <v>5.5178706777261901</v>
+      </c>
+      <c r="F770" s="6">
+        <v>5.5183814097330997</v>
+      </c>
+      <c r="G770" s="6">
+        <v>5.4552972573410603</v>
+      </c>
+      <c r="H770" s="6">
+        <v>5.4514861074176597</v>
+      </c>
+      <c r="I770" s="6">
+        <v>5.4453064775263602</v>
+      </c>
+      <c r="J770" s="5"/>
+      <c r="K770" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L770" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M770" s="5"/>
+      <c r="N770" s="30"/>
+      <c r="O770" s="30"/>
+    </row>
+    <row r="771" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A771" s="39"/>
+      <c r="B771" s="39"/>
+      <c r="C771" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D771" s="5"/>
+      <c r="E771" s="5"/>
+      <c r="F771" s="5"/>
+      <c r="G771" s="5"/>
+      <c r="H771" s="5"/>
+      <c r="I771" s="5"/>
+      <c r="J771" s="6">
+        <v>493055</v>
+      </c>
+      <c r="K771" s="6">
+        <v>493494.506270201</v>
+      </c>
+      <c r="L771" s="6">
+        <v>488316.06348346302</v>
+      </c>
+      <c r="M771" s="6">
+        <v>465832.9866</v>
+      </c>
+      <c r="N771" s="30">
+        <v>465832.98656024598</v>
+      </c>
+      <c r="O771" s="30">
+        <v>465832.98656024598</v>
+      </c>
+    </row>
+    <row r="772" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A772" s="39"/>
+      <c r="B772" s="39"/>
+      <c r="C772" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D772" s="6">
+        <v>425107.35955320101</v>
+      </c>
+      <c r="E772" s="6">
+        <v>425405.68353252398</v>
+      </c>
+      <c r="F772" s="6">
+        <v>425959.11358686601</v>
+      </c>
+      <c r="G772" s="6">
+        <v>421447.76552262</v>
+      </c>
+      <c r="H772" s="6">
+        <v>421367.50043729699</v>
+      </c>
+      <c r="I772" s="6">
+        <v>421458.39563785802</v>
+      </c>
+      <c r="J772" s="5"/>
+      <c r="K772" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L772" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M772" s="5"/>
+      <c r="N772" s="30"/>
+      <c r="O772" s="30"/>
+    </row>
+    <row r="773" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A773" s="39"/>
+      <c r="B773" s="39" t="s">
+        <v>79</v>
+      </c>
+      <c r="C773" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D773" s="6">
+        <v>3108946</v>
+      </c>
+      <c r="E773" s="6">
+        <v>3175802.0670002</v>
+      </c>
+      <c r="F773" s="6">
+        <v>3100277</v>
+      </c>
+      <c r="G773" s="6">
+        <v>3099557</v>
+      </c>
+      <c r="H773" s="6">
+        <v>3099858</v>
+      </c>
+      <c r="I773" s="6">
+        <v>3099310</v>
+      </c>
+      <c r="J773" s="6">
+        <v>3098746</v>
+      </c>
+      <c r="K773" s="6">
+        <v>3099152</v>
+      </c>
+      <c r="L773" s="6">
+        <v>3070162.0402595298</v>
+      </c>
+      <c r="M773" s="6">
+        <v>3312947</v>
+      </c>
+      <c r="N773" s="30">
+        <v>3312947</v>
+      </c>
+      <c r="O773" s="30">
+        <v>3312947</v>
+      </c>
+    </row>
+    <row r="774" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A774" s="39"/>
+      <c r="B774" s="39"/>
+      <c r="C774" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D774" s="6">
+        <v>1212094.73385656</v>
+      </c>
+      <c r="E774" s="6">
+        <v>1239077.08554069</v>
+      </c>
+      <c r="F774" s="6">
+        <v>1210488.97305128</v>
+      </c>
+      <c r="G774" s="6">
+        <v>1211148.9047562401</v>
+      </c>
+      <c r="H774" s="6">
+        <v>1212219.44017608</v>
+      </c>
+      <c r="I774" s="6">
+        <v>1213094.68363405</v>
+      </c>
+      <c r="J774" s="6">
+        <v>1213531</v>
+      </c>
+      <c r="K774" s="6">
+        <v>1214123.1714964199</v>
+      </c>
+      <c r="L774" s="6">
+        <v>1203628.03211332</v>
+      </c>
+      <c r="M774" s="6">
+        <v>1299187.8459999999</v>
+      </c>
+      <c r="N774" s="30">
+        <v>1299187.8456679501</v>
+      </c>
+      <c r="O774" s="30">
+        <v>1299187.8456679501</v>
+      </c>
+    </row>
+    <row r="775" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A775" s="39"/>
+      <c r="B775" s="39"/>
+      <c r="C775" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D775" s="6">
+        <v>336847.43164615001</v>
+      </c>
+      <c r="E775" s="6">
+        <v>345322.117376749</v>
+      </c>
+      <c r="F775" s="6">
+        <v>337867.75371478603</v>
+      </c>
+      <c r="G775" s="6">
+        <v>338450.68431782402</v>
+      </c>
+      <c r="H775" s="6">
+        <v>339704.10243512102</v>
+      </c>
+      <c r="I775" s="6">
+        <v>340542.017886799</v>
+      </c>
+      <c r="J775" s="6">
+        <v>341137</v>
+      </c>
+      <c r="K775" s="6">
+        <v>341675.98291212902</v>
+      </c>
+      <c r="L775" s="6">
+        <v>339539.25409776601</v>
+      </c>
+      <c r="M775" s="6">
+        <v>366899.35906550498</v>
+      </c>
+      <c r="N775" s="30">
+        <v>366899.35906550498</v>
+      </c>
+      <c r="O775" s="30">
+        <v>366899.35906550498</v>
+      </c>
+    </row>
+    <row r="776" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A776" s="39"/>
+      <c r="B776" s="39"/>
+      <c r="C776" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D776" s="6">
+        <v>875247.30221041304</v>
+      </c>
+      <c r="E776" s="6">
+        <v>893754.96816394397</v>
+      </c>
+      <c r="F776" s="6">
+        <v>872621.21933649306</v>
+      </c>
+      <c r="G776" s="6">
+        <v>872698.22043841297</v>
+      </c>
+      <c r="H776" s="6">
+        <v>872515.33774096298</v>
+      </c>
+      <c r="I776" s="6">
+        <v>872552.66574724799</v>
+      </c>
+      <c r="J776" s="5"/>
+      <c r="K776" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L776" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M776" s="5"/>
+      <c r="N776" s="30"/>
+      <c r="O776" s="30"/>
+    </row>
+    <row r="777" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A777" s="39"/>
+      <c r="B777" s="39"/>
+      <c r="C777" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D777" s="7">
+        <v>0</v>
+      </c>
+      <c r="E777" s="7">
+        <v>0</v>
+      </c>
+      <c r="F777" s="7">
+        <v>0</v>
+      </c>
+      <c r="G777" s="7">
+        <v>0</v>
+      </c>
+      <c r="H777" s="7">
+        <v>0</v>
+      </c>
+      <c r="I777" s="7">
+        <v>0</v>
+      </c>
+      <c r="J777" s="5"/>
+      <c r="K777" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L777" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M777" s="5"/>
+      <c r="N777" s="30"/>
+      <c r="O777" s="30"/>
+    </row>
+    <row r="778" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A778" s="39"/>
+      <c r="B778" s="39"/>
+      <c r="C778" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D778" s="5"/>
+      <c r="E778" s="5"/>
+      <c r="F778" s="5"/>
+      <c r="G778" s="5"/>
+      <c r="H778" s="5"/>
+      <c r="I778" s="5"/>
+      <c r="J778" s="6">
+        <v>872394</v>
+      </c>
+      <c r="K778" s="6">
+        <v>872447.18858429603</v>
+      </c>
+      <c r="L778" s="6">
+        <v>864088.77801555698</v>
+      </c>
+      <c r="M778" s="6">
+        <v>932288.48660244804</v>
+      </c>
+      <c r="N778" s="30">
+        <v>932288.48660244804</v>
+      </c>
+      <c r="O778" s="30">
+        <v>932288.48660244804</v>
+      </c>
+    </row>
+    <row r="779" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A779" s="39"/>
+      <c r="B779" s="39"/>
+      <c r="C779" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D779" s="6">
+        <v>1896851.26614344</v>
+      </c>
+      <c r="E779" s="6">
+        <v>1936724.9814595</v>
+      </c>
+      <c r="F779" s="6">
+        <v>1889788.02694872</v>
+      </c>
+      <c r="G779" s="6">
+        <v>1888408.0952437599</v>
+      </c>
+      <c r="H779" s="6">
+        <v>1887638.55982392</v>
+      </c>
+      <c r="I779" s="6">
+        <v>1886215.31636595</v>
+      </c>
+      <c r="J779" s="6">
+        <v>1885215</v>
+      </c>
+      <c r="K779" s="6">
+        <v>1885028.8285035801</v>
+      </c>
+      <c r="L779" s="6">
+        <v>1866534.0081462001</v>
+      </c>
+      <c r="M779" s="6">
+        <v>2013759.1540000001</v>
+      </c>
+      <c r="N779" s="30">
+        <v>2013759.1543320499</v>
+      </c>
+      <c r="O779" s="30">
+        <v>2013759.1543320499</v>
+      </c>
+    </row>
+    <row r="780" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A780" s="39"/>
+      <c r="B780" s="39"/>
+      <c r="C780" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D780" s="6">
+        <v>291988.73192136898</v>
+      </c>
+      <c r="E780" s="6">
+        <v>298151.80753864202</v>
+      </c>
+      <c r="F780" s="6">
+        <v>290999.83616145398</v>
+      </c>
+      <c r="G780" s="6">
+        <v>290870.37323791301</v>
+      </c>
+      <c r="H780" s="6">
+        <v>290762.99197037902</v>
+      </c>
+      <c r="I780" s="6">
+        <v>290604.95449531497</v>
+      </c>
+      <c r="J780" s="6">
+        <v>290543</v>
+      </c>
+      <c r="K780" s="6">
+        <v>290412.05283033598</v>
+      </c>
+      <c r="L780" s="6">
+        <v>287723.91646580398</v>
+      </c>
+      <c r="M780" s="6">
+        <v>310411.51120000001</v>
+      </c>
+      <c r="N780" s="30">
+        <v>310411.511241553</v>
+      </c>
+      <c r="O780" s="30">
+        <v>310411.511241553</v>
+      </c>
+    </row>
+    <row r="781" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A781" s="39"/>
+      <c r="B781" s="39"/>
+      <c r="C781" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D781" s="6">
+        <v>494.34566626617601</v>
+      </c>
+      <c r="E781" s="6">
+        <v>504.47096410981698</v>
+      </c>
+      <c r="F781" s="6">
+        <v>491.982017319379</v>
+      </c>
+      <c r="G781" s="6">
+        <v>491.37657446029999</v>
+      </c>
+      <c r="H781" s="6">
+        <v>490.93381570981001</v>
+      </c>
+      <c r="I781" s="6">
+        <v>490.35636705176898</v>
+      </c>
+      <c r="J781" s="5"/>
+      <c r="K781" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L781" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M781" s="5"/>
+      <c r="N781" s="30"/>
+      <c r="O781" s="30"/>
+    </row>
+    <row r="782" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A782" s="39"/>
+      <c r="B782" s="39"/>
+      <c r="C782" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D782" s="7">
+        <v>0</v>
+      </c>
+      <c r="E782" s="7">
+        <v>0</v>
+      </c>
+      <c r="F782" s="7">
+        <v>0</v>
+      </c>
+      <c r="G782" s="7">
+        <v>0</v>
+      </c>
+      <c r="H782" s="7">
+        <v>0</v>
+      </c>
+      <c r="I782" s="7">
+        <v>0</v>
+      </c>
+      <c r="J782" s="5"/>
+      <c r="K782" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L782" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M782" s="5"/>
+      <c r="N782" s="30"/>
+      <c r="O782" s="30"/>
+    </row>
+    <row r="783" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A783" s="39"/>
+      <c r="B783" s="39"/>
+      <c r="C783" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D783" s="5"/>
+      <c r="E783" s="5"/>
+      <c r="F783" s="5"/>
+      <c r="G783" s="5"/>
+      <c r="H783" s="5"/>
+      <c r="I783" s="5"/>
+      <c r="J783" s="6">
+        <v>1594672</v>
+      </c>
+      <c r="K783" s="6">
+        <v>1594616.77567324</v>
+      </c>
+      <c r="L783" s="6">
+        <v>1578810.0916804001</v>
+      </c>
+      <c r="M783" s="6">
+        <v>1703347.6429999999</v>
+      </c>
+      <c r="N783" s="30">
+        <v>1703347.64309049</v>
+      </c>
+      <c r="O783" s="30">
+        <v>1703347.64309049</v>
+      </c>
+    </row>
+    <row r="784" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A784" s="39"/>
+      <c r="B784" s="39"/>
+      <c r="C784" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D784" s="6">
+        <v>1604368.1885557999</v>
+      </c>
+      <c r="E784" s="6">
+        <v>1638068.7029567501</v>
+      </c>
+      <c r="F784" s="6">
+        <v>1598296.2087699501</v>
+      </c>
+      <c r="G784" s="6">
+        <v>1597046.34543139</v>
+      </c>
+      <c r="H784" s="6">
+        <v>1596384.6340378299</v>
+      </c>
+      <c r="I784" s="6">
+        <v>1595120.00550359</v>
+      </c>
+      <c r="J784" s="5"/>
+      <c r="K784" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L784" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M784" s="5"/>
+      <c r="N784" s="30"/>
+      <c r="O784" s="30"/>
+    </row>
+    <row r="785" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A785" s="39"/>
+      <c r="B785" s="39" t="s">
+        <v>80</v>
+      </c>
+      <c r="C785" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D785" s="6">
+        <v>1899369</v>
+      </c>
+      <c r="E785" s="6">
+        <v>1959151.3479832001</v>
+      </c>
+      <c r="F785" s="6">
+        <v>1930169</v>
+      </c>
+      <c r="G785" s="6">
+        <v>1901322</v>
+      </c>
+      <c r="H785" s="6">
+        <v>1901318</v>
+      </c>
+      <c r="I785" s="6">
+        <v>1901303</v>
+      </c>
+      <c r="J785" s="6">
+        <v>1901177</v>
+      </c>
+      <c r="K785" s="6">
+        <v>1901376</v>
+      </c>
+      <c r="L785" s="6">
+        <v>1900336.7311774399</v>
+      </c>
+      <c r="M785" s="6">
+        <v>2195287</v>
+      </c>
+      <c r="N785" s="30">
+        <v>2195287</v>
+      </c>
+      <c r="O785" s="30">
+        <v>2195287</v>
+      </c>
+    </row>
+    <row r="786" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A786" s="39"/>
+      <c r="B786" s="39"/>
+      <c r="C786" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D786" s="6">
+        <v>1570638.4041513901</v>
+      </c>
+      <c r="E786" s="6">
+        <v>1620010.03835435</v>
+      </c>
+      <c r="F786" s="6">
+        <v>1595893.3941145099</v>
+      </c>
+      <c r="G786" s="6">
+        <v>1571972.45149808</v>
+      </c>
+      <c r="H786" s="6">
+        <v>1571852.7260475301</v>
+      </c>
+      <c r="I786" s="6">
+        <v>1571587.2737785999</v>
+      </c>
+      <c r="J786" s="6">
+        <v>1571164</v>
+      </c>
+      <c r="K786" s="6">
+        <v>1571066.82066974</v>
+      </c>
+      <c r="L786" s="6">
+        <v>1570008.2946341699</v>
+      </c>
+      <c r="M786" s="6">
+        <v>1813422.9369999999</v>
+      </c>
+      <c r="N786" s="30">
+        <v>1813422.93693208</v>
+      </c>
+      <c r="O786" s="30">
+        <v>1813422.93693208</v>
+      </c>
+    </row>
+    <row r="787" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A787" s="39"/>
+      <c r="B787" s="39"/>
+      <c r="C787" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D787" s="6">
+        <v>1134107.52393601</v>
+      </c>
+      <c r="E787" s="6">
+        <v>1169937.7704242701</v>
+      </c>
+      <c r="F787" s="6">
+        <v>1152566.57551907</v>
+      </c>
+      <c r="G787" s="6">
+        <v>1135382.80969795</v>
+      </c>
+      <c r="H787" s="6">
+        <v>1135435.8127343401</v>
+      </c>
+      <c r="I787" s="6">
+        <v>1135241.9094996201</v>
+      </c>
+      <c r="J787" s="6">
+        <v>1135018</v>
+      </c>
+      <c r="K787" s="6">
+        <v>1134860.8764132101</v>
+      </c>
+      <c r="L787" s="6">
+        <v>1133930.5345674399</v>
+      </c>
+      <c r="M787" s="6">
+        <v>1309948.3344311099</v>
+      </c>
+      <c r="N787" s="30">
+        <v>1309948.3344311099</v>
+      </c>
+      <c r="O787" s="30">
+        <v>1309948.3344311099</v>
+      </c>
+    </row>
+    <row r="788" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A788" s="39"/>
+      <c r="B788" s="39"/>
+      <c r="C788" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D788" s="6">
+        <v>436530.88021537301</v>
+      </c>
+      <c r="E788" s="6">
+        <v>450072.26793008298</v>
+      </c>
+      <c r="F788" s="6">
+        <v>443326.81859544298</v>
+      </c>
+      <c r="G788" s="6">
+        <v>436589.64180012501</v>
+      </c>
+      <c r="H788" s="6">
+        <v>436413.99509564001</v>
+      </c>
+      <c r="I788" s="6">
+        <v>436342.44900356198</v>
+      </c>
+      <c r="J788" s="5"/>
+      <c r="K788" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L788" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M788" s="5"/>
+      <c r="N788" s="30"/>
+      <c r="O788" s="30"/>
+    </row>
+    <row r="789" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A789" s="39"/>
+      <c r="B789" s="39"/>
+      <c r="C789" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D789" s="7">
+        <v>0</v>
+      </c>
+      <c r="E789" s="7">
+        <v>0</v>
+      </c>
+      <c r="F789" s="7">
+        <v>0</v>
+      </c>
+      <c r="G789" s="7">
+        <v>0</v>
+      </c>
+      <c r="H789" s="6">
+        <v>2.91821754545431</v>
+      </c>
+      <c r="I789" s="6">
+        <v>2.91527542484488</v>
+      </c>
+      <c r="J789" s="5"/>
+      <c r="K789" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L789" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M789" s="5"/>
+      <c r="N789" s="30"/>
+      <c r="O789" s="30"/>
+    </row>
+    <row r="790" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A790" s="39"/>
+      <c r="B790" s="39"/>
+      <c r="C790" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D790" s="5"/>
+      <c r="E790" s="5"/>
+      <c r="F790" s="5"/>
+      <c r="G790" s="5"/>
+      <c r="H790" s="5"/>
+      <c r="I790" s="5"/>
+      <c r="J790" s="6">
+        <v>436146</v>
+      </c>
+      <c r="K790" s="6">
+        <v>436205.94425653602</v>
+      </c>
+      <c r="L790" s="6">
+        <v>436077.760066733</v>
+      </c>
+      <c r="M790" s="6">
+        <v>503474.60250097001</v>
+      </c>
+      <c r="N790" s="30">
+        <v>503474.60250097001</v>
+      </c>
+      <c r="O790" s="30">
+        <v>503474.60250097001</v>
+      </c>
+    </row>
+    <row r="791" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A791" s="39"/>
+      <c r="B791" s="39"/>
+      <c r="C791" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D791" s="6">
+        <v>328730.59584861202</v>
+      </c>
+      <c r="E791" s="6">
+        <v>339141.309628852</v>
+      </c>
+      <c r="F791" s="6">
+        <v>334275.60588548798</v>
+      </c>
+      <c r="G791" s="6">
+        <v>329349.54850192001</v>
+      </c>
+      <c r="H791" s="6">
+        <v>329465.27395247202</v>
+      </c>
+      <c r="I791" s="6">
+        <v>329715.72622139601</v>
+      </c>
+      <c r="J791" s="6">
+        <v>330013</v>
+      </c>
+      <c r="K791" s="6">
+        <v>330309.17933025799</v>
+      </c>
+      <c r="L791" s="6">
+        <v>330328.436543271</v>
+      </c>
+      <c r="M791" s="6">
+        <v>381864.06310000003</v>
+      </c>
+      <c r="N791" s="30">
+        <v>381864.06306791602</v>
+      </c>
+      <c r="O791" s="30">
+        <v>381864.06306791602</v>
+      </c>
+    </row>
+    <row r="792" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A792" s="39"/>
+      <c r="B792" s="39"/>
+      <c r="C792" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D792" s="6">
+        <v>90380.876228411697</v>
+      </c>
+      <c r="E792" s="6">
+        <v>93194.933710149606</v>
+      </c>
+      <c r="F792" s="6">
+        <v>91810.137426697605</v>
+      </c>
+      <c r="G792" s="6">
+        <v>90421.869483977702</v>
+      </c>
+      <c r="H792" s="6">
+        <v>90478.314503943897</v>
+      </c>
+      <c r="I792" s="6">
+        <v>90485.581853633994</v>
+      </c>
+      <c r="J792" s="6">
+        <v>90545</v>
+      </c>
+      <c r="K792" s="6">
+        <v>90538.472807521393</v>
+      </c>
+      <c r="L792" s="6">
+        <v>90522.864454504801</v>
+      </c>
+      <c r="M792" s="6">
+        <v>104525.33809999999</v>
+      </c>
+      <c r="N792" s="30">
+        <v>104525.338109629</v>
+      </c>
+      <c r="O792" s="30">
+        <v>104525.338109629</v>
+      </c>
+    </row>
+    <row r="793" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A793" s="39"/>
+      <c r="B793" s="39"/>
+      <c r="C793" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D793" s="6">
+        <v>2343.4555355248499</v>
+      </c>
+      <c r="E793" s="6">
+        <v>2415.80935674073</v>
+      </c>
+      <c r="F793" s="6">
+        <v>2377.6898726465402</v>
+      </c>
+      <c r="G793" s="6">
+        <v>2339.8098244268399</v>
+      </c>
+      <c r="H793" s="6">
+        <v>2343.2207017238302</v>
+      </c>
+      <c r="I793" s="6">
+        <v>2340.85828774626</v>
+      </c>
+      <c r="J793" s="5"/>
+      <c r="K793" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L793" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M793" s="5"/>
+      <c r="N793" s="30"/>
+      <c r="O793" s="30"/>
+    </row>
+    <row r="794" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A794" s="39"/>
+      <c r="B794" s="39"/>
+      <c r="C794" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D794" s="7">
+        <v>0</v>
+      </c>
+      <c r="E794" s="7">
+        <v>0</v>
+      </c>
+      <c r="F794" s="7">
+        <v>0</v>
+      </c>
+      <c r="G794" s="7">
+        <v>0</v>
+      </c>
+      <c r="H794" s="6">
+        <v>7.7146699451576204</v>
+      </c>
+      <c r="I794" s="6">
+        <v>7.70689208449883</v>
+      </c>
+      <c r="J794" s="5"/>
+      <c r="K794" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L794" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M794" s="5"/>
+      <c r="N794" s="30"/>
+      <c r="O794" s="30"/>
+    </row>
+    <row r="795" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A795" s="39"/>
+      <c r="B795" s="39"/>
+      <c r="C795" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D795" s="5"/>
+      <c r="E795" s="5"/>
+      <c r="F795" s="5"/>
+      <c r="G795" s="5"/>
+      <c r="H795" s="5"/>
+      <c r="I795" s="5"/>
+      <c r="J795" s="6">
+        <v>239468</v>
+      </c>
+      <c r="K795" s="6">
+        <v>239770.70652273699</v>
+      </c>
+      <c r="L795" s="6">
+        <v>239805.572088766</v>
+      </c>
+      <c r="M795" s="6">
+        <v>277338.72499999998</v>
+      </c>
+      <c r="N795" s="30">
+        <v>277338.72495828703</v>
+      </c>
+      <c r="O795" s="30">
+        <v>277338.72495828703</v>
+      </c>
+    </row>
+    <row r="796" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A796" s="39"/>
+      <c r="B796" s="39"/>
+      <c r="C796" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D796" s="6">
+        <v>236006.264084675</v>
+      </c>
+      <c r="E796" s="6">
+        <v>243530.56656196201</v>
+      </c>
+      <c r="F796" s="6">
+        <v>240087.77858614401</v>
+      </c>
+      <c r="G796" s="6">
+        <v>236587.86919351501</v>
+      </c>
+      <c r="H796" s="6">
+        <v>236636.024076859</v>
+      </c>
+      <c r="I796" s="6">
+        <v>236881.579187931</v>
+      </c>
+      <c r="J796" s="5"/>
+      <c r="K796" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L796" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M796" s="5"/>
+      <c r="N796" s="30"/>
+      <c r="O796" s="30"/>
+    </row>
+    <row r="797" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A797" s="39"/>
+      <c r="B797" s="39" t="s">
+        <v>81</v>
+      </c>
+      <c r="C797" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D797" s="6">
+        <v>1292769</v>
+      </c>
+      <c r="E797" s="6">
+        <v>1286523.7279805499</v>
+      </c>
+      <c r="F797" s="6">
+        <v>1287852</v>
+      </c>
+      <c r="G797" s="6">
+        <v>1288060</v>
+      </c>
+      <c r="H797" s="6">
+        <v>1289197</v>
+      </c>
+      <c r="I797" s="6">
+        <v>1288781</v>
+      </c>
+      <c r="J797" s="6">
+        <v>1288544</v>
+      </c>
+      <c r="K797" s="6">
+        <v>1288664</v>
+      </c>
+      <c r="L797" s="6">
+        <v>1268603.7510702601</v>
+      </c>
+      <c r="M797" s="6">
+        <v>1230342</v>
+      </c>
+      <c r="N797" s="30">
+        <v>1230342</v>
+      </c>
+      <c r="O797" s="30">
+        <v>1230342</v>
+      </c>
+    </row>
+    <row r="798" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A798" s="39"/>
+      <c r="B798" s="39"/>
+      <c r="C798" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D798" s="6">
+        <v>722707.13856988295</v>
+      </c>
+      <c r="E798" s="6">
+        <v>719398.028332524</v>
+      </c>
+      <c r="F798" s="6">
+        <v>720280.76551014394</v>
+      </c>
+      <c r="G798" s="6">
+        <v>720304.25033990399</v>
+      </c>
+      <c r="H798" s="6">
+        <v>721178.27720126801</v>
+      </c>
+      <c r="I798" s="6">
+        <v>721210.80721343704</v>
+      </c>
+      <c r="J798" s="6">
+        <v>721012</v>
+      </c>
+      <c r="K798" s="6">
+        <v>721114.31562803802</v>
+      </c>
+      <c r="L798" s="6">
+        <v>710129.31498082203</v>
+      </c>
+      <c r="M798" s="6">
+        <v>688603.3077</v>
+      </c>
+      <c r="N798" s="30">
+        <v>688603.30767947703</v>
+      </c>
+      <c r="O798" s="30">
+        <v>688603.30767947703</v>
+      </c>
+    </row>
+    <row r="799" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A799" s="39"/>
+      <c r="B799" s="39"/>
+      <c r="C799" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D799" s="6">
+        <v>516321.85162178898</v>
+      </c>
+      <c r="E799" s="6">
+        <v>514073.12271170999</v>
+      </c>
+      <c r="F799" s="6">
+        <v>514623.649786858</v>
+      </c>
+      <c r="G799" s="6">
+        <v>514565.10455203801</v>
+      </c>
+      <c r="H799" s="6">
+        <v>515075.57305935503</v>
+      </c>
+      <c r="I799" s="6">
+        <v>514980.86865998799</v>
+      </c>
+      <c r="J799" s="6">
+        <v>514722</v>
+      </c>
+      <c r="K799" s="6">
+        <v>514642.81560397102</v>
+      </c>
+      <c r="L799" s="6">
+        <v>506698.05286919803</v>
+      </c>
+      <c r="M799" s="6">
+        <v>491068.34244244097</v>
+      </c>
+      <c r="N799" s="30">
+        <v>491068.34244244097</v>
+      </c>
+      <c r="O799" s="30">
+        <v>491068.34244244097</v>
+      </c>
+    </row>
+    <row r="800" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A800" s="39"/>
+      <c r="B800" s="39"/>
+      <c r="C800" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D800" s="6">
+        <v>206385.286948094</v>
+      </c>
+      <c r="E800" s="6">
+        <v>205324.90562081401</v>
+      </c>
+      <c r="F800" s="6">
+        <v>205657.115723286</v>
+      </c>
+      <c r="G800" s="6">
+        <v>205686.89157463401</v>
+      </c>
+      <c r="H800" s="6">
+        <v>206050.45517584</v>
+      </c>
+      <c r="I800" s="6">
+        <v>206177.75867877901</v>
+      </c>
+      <c r="J800" s="5"/>
+      <c r="K800" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L800" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M800" s="5"/>
+      <c r="N800" s="30"/>
+      <c r="O800" s="30"/>
+    </row>
+    <row r="801" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A801" s="39"/>
+      <c r="B801" s="39"/>
+      <c r="C801" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D801" s="7">
+        <v>0</v>
+      </c>
+      <c r="E801" s="7">
+        <v>0</v>
+      </c>
+      <c r="F801" s="7">
+        <v>0</v>
+      </c>
+      <c r="G801" s="6">
+        <v>52.2542132321827</v>
+      </c>
+      <c r="H801" s="6">
+        <v>52.248966072904103</v>
+      </c>
+      <c r="I801" s="6">
+        <v>52.179874670324601</v>
+      </c>
+      <c r="J801" s="5"/>
+      <c r="K801" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L801" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M801" s="5"/>
+      <c r="N801" s="30"/>
+      <c r="O801" s="30"/>
+    </row>
+    <row r="802" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A802" s="39"/>
+      <c r="B802" s="39"/>
+      <c r="C802" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D802" s="5"/>
+      <c r="E802" s="5"/>
+      <c r="F802" s="5"/>
+      <c r="G802" s="5"/>
+      <c r="H802" s="5"/>
+      <c r="I802" s="5"/>
+      <c r="J802" s="6">
+        <v>206290</v>
+      </c>
+      <c r="K802" s="6">
+        <v>206471.50002406701</v>
+      </c>
+      <c r="L802" s="6">
+        <v>203431.26211162499</v>
+      </c>
+      <c r="M802" s="6">
+        <v>197534.965237036</v>
+      </c>
+      <c r="N802" s="30">
+        <v>197534.965237036</v>
+      </c>
+      <c r="O802" s="30">
+        <v>197534.965237036</v>
+      </c>
+    </row>
+    <row r="803" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A803" s="39"/>
+      <c r="B803" s="39"/>
+      <c r="C803" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D803" s="6">
+        <v>570061.86143011705</v>
+      </c>
+      <c r="E803" s="6">
+        <v>567125.69964802498</v>
+      </c>
+      <c r="F803" s="6">
+        <v>567571.23448985606</v>
+      </c>
+      <c r="G803" s="6">
+        <v>567755.74966009601</v>
+      </c>
+      <c r="H803" s="6">
+        <v>568018.72279873304</v>
+      </c>
+      <c r="I803" s="6">
+        <v>567570.19278656296</v>
+      </c>
+      <c r="J803" s="6">
+        <v>567532</v>
+      </c>
+      <c r="K803" s="6">
+        <v>567549.68437196105</v>
+      </c>
+      <c r="L803" s="6">
+        <v>558474.43608944304</v>
+      </c>
+      <c r="M803" s="6">
+        <v>541738.6923</v>
+      </c>
+      <c r="N803" s="30">
+        <v>541738.69232052297</v>
+      </c>
+      <c r="O803" s="30">
+        <v>541738.69232052297</v>
+      </c>
+    </row>
+    <row r="804" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A804" s="39"/>
+      <c r="B804" s="39"/>
+      <c r="C804" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D804" s="6">
+        <v>87929.696213239804</v>
+      </c>
+      <c r="E804" s="6">
+        <v>87465.695436532202</v>
+      </c>
+      <c r="F804" s="6">
+        <v>87479.708945143604</v>
+      </c>
+      <c r="G804" s="6">
+        <v>87467.320466215999</v>
+      </c>
+      <c r="H804" s="6">
+        <v>87503.449746113401</v>
+      </c>
+      <c r="I804" s="6">
+        <v>87406.700687442601</v>
+      </c>
+      <c r="J804" s="6">
+        <v>87439</v>
+      </c>
+      <c r="K804" s="6">
+        <v>87450.696503511499</v>
+      </c>
+      <c r="L804" s="6">
+        <v>86185.966048030794</v>
+      </c>
+      <c r="M804" s="6">
+        <v>83552.576190000007</v>
+      </c>
+      <c r="N804" s="30">
+        <v>83552.576189612693</v>
+      </c>
+      <c r="O804" s="30">
+        <v>83552.576189612693</v>
+      </c>
+    </row>
+    <row r="805" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A805" s="39"/>
+      <c r="B805" s="39"/>
+      <c r="C805" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D805" s="7">
+        <v>0</v>
+      </c>
+      <c r="E805" s="7">
+        <v>0</v>
+      </c>
+      <c r="F805" s="7">
+        <v>0</v>
+      </c>
+      <c r="G805" s="7">
+        <v>0</v>
+      </c>
+      <c r="H805" s="7">
+        <v>0</v>
+      </c>
+      <c r="I805" s="7">
+        <v>0</v>
+      </c>
+      <c r="J805" s="5"/>
+      <c r="K805" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L805" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M805" s="5"/>
+      <c r="N805" s="30"/>
+      <c r="O805" s="30"/>
+    </row>
+    <row r="806" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A806" s="39"/>
+      <c r="B806" s="39"/>
+      <c r="C806" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D806" s="7">
+        <v>0</v>
+      </c>
+      <c r="E806" s="6">
+        <v>6.7436625394293301</v>
+      </c>
+      <c r="F806" s="6">
+        <v>6.7448642009075597</v>
+      </c>
+      <c r="G806" s="6">
+        <v>6.7402010788939997</v>
+      </c>
+      <c r="H806" s="6">
+        <v>6.74039603380582</v>
+      </c>
+      <c r="I806" s="6">
+        <v>6.7314828733948202</v>
+      </c>
+      <c r="J806" s="5"/>
+      <c r="K806" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L806" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M806" s="5"/>
+      <c r="N806" s="30"/>
+      <c r="O806" s="30"/>
+    </row>
+    <row r="807" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A807" s="39"/>
+      <c r="B807" s="39"/>
+      <c r="C807" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D807" s="5"/>
+      <c r="E807" s="5"/>
+      <c r="F807" s="5"/>
+      <c r="G807" s="5"/>
+      <c r="H807" s="5"/>
+      <c r="I807" s="5"/>
+      <c r="J807" s="6">
+        <v>480093</v>
+      </c>
+      <c r="K807" s="6">
+        <v>480098.98786845</v>
+      </c>
+      <c r="L807" s="6">
+        <v>472288.47004141199</v>
+      </c>
+      <c r="M807" s="6">
+        <v>458186.11609999998</v>
+      </c>
+      <c r="N807" s="30">
+        <v>458186.11613091</v>
+      </c>
+      <c r="O807" s="30">
+        <v>458186.11613091</v>
+      </c>
+    </row>
+    <row r="808" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A808" s="39"/>
+      <c r="B808" s="39"/>
+      <c r="C808" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D808" s="6">
+        <v>482132.16521687701</v>
+      </c>
+      <c r="E808" s="6">
+        <v>479653.26054895303</v>
+      </c>
+      <c r="F808" s="6">
+        <v>480084.78068051202</v>
+      </c>
+      <c r="G808" s="6">
+        <v>480281.68899280101</v>
+      </c>
+      <c r="H808" s="6">
+        <v>480508.53265658498</v>
+      </c>
+      <c r="I808" s="6">
+        <v>480156.76061624702</v>
+      </c>
+      <c r="J808" s="5"/>
+      <c r="K808" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L808" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M808" s="5"/>
+      <c r="N808" s="30"/>
+      <c r="O808" s="30"/>
+    </row>
+    <row r="809" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A809" s="39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B809" s="39" t="s">
+        <v>82</v>
+      </c>
+      <c r="C809" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D809" s="6">
+        <v>21682028</v>
+      </c>
+      <c r="E809" s="6">
+        <v>21777845.038784001</v>
+      </c>
+      <c r="F809" s="6">
+        <v>21714533</v>
+      </c>
+      <c r="G809" s="6">
+        <v>21750985</v>
+      </c>
+      <c r="H809" s="6">
+        <v>21751986</v>
+      </c>
+      <c r="I809" s="6">
+        <v>21747981</v>
+      </c>
+      <c r="J809" s="6">
+        <v>21749309</v>
+      </c>
+      <c r="K809" s="6">
+        <v>21748728</v>
+      </c>
+      <c r="L809" s="6">
+        <v>22489418.967380699</v>
+      </c>
+      <c r="M809" s="6">
+        <v>23928876</v>
+      </c>
+      <c r="N809" s="30">
+        <v>23928876</v>
+      </c>
+      <c r="O809" s="30">
+        <v>23928876</v>
+      </c>
+    </row>
+    <row r="810" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A810" s="39"/>
+      <c r="B810" s="39"/>
+      <c r="C810" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D810" s="6">
+        <v>11480848.640368501</v>
+      </c>
+      <c r="E810" s="6">
+        <v>11541718.616184499</v>
+      </c>
+      <c r="F810" s="6">
+        <v>11508317.032256801</v>
+      </c>
+      <c r="G810" s="6">
+        <v>11527829.9577117</v>
+      </c>
+      <c r="H810" s="6">
+        <v>11530553.293538099</v>
+      </c>
+      <c r="I810" s="6">
+        <v>11530724.098460499</v>
+      </c>
+      <c r="J810" s="6">
+        <v>11532569</v>
+      </c>
+      <c r="K810" s="6">
+        <v>11533155.8951612</v>
+      </c>
+      <c r="L810" s="6">
+        <v>11891129.8794917</v>
+      </c>
+      <c r="M810" s="6">
+        <v>12662076.93</v>
+      </c>
+      <c r="N810" s="30">
+        <v>12662076.930299001</v>
+      </c>
+      <c r="O810" s="30">
+        <v>12662076.930299001</v>
+      </c>
+    </row>
+    <row r="811" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A811" s="39"/>
+      <c r="B811" s="39"/>
+      <c r="C811" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D811" s="6">
+        <v>7104438.3830855899</v>
+      </c>
+      <c r="E811" s="6">
+        <v>7133992.8148332201</v>
+      </c>
+      <c r="F811" s="6">
+        <v>7125567.3631792599</v>
+      </c>
+      <c r="G811" s="6">
+        <v>7131721.7610034496</v>
+      </c>
+      <c r="H811" s="6">
+        <v>7133677.8282750202</v>
+      </c>
+      <c r="I811" s="6">
+        <v>7133877.5909471</v>
+      </c>
+      <c r="J811" s="6">
+        <v>7134577</v>
+      </c>
+      <c r="K811" s="6">
+        <v>7134825.7043061899</v>
+      </c>
+      <c r="L811" s="6">
+        <v>7309234.0971725099</v>
+      </c>
+      <c r="M811" s="6">
+        <v>7750561.1334142601</v>
+      </c>
+      <c r="N811" s="30">
+        <v>7750561.1334142601</v>
+      </c>
+      <c r="O811" s="30">
+        <v>7750561.1334142601</v>
+      </c>
+    </row>
+    <row r="812" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A812" s="39"/>
+      <c r="B812" s="39"/>
+      <c r="C812" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D812" s="6">
+        <v>4373927.38420761</v>
+      </c>
+      <c r="E812" s="6">
+        <v>4405186.6828070404</v>
+      </c>
+      <c r="F812" s="6">
+        <v>4380215.8590675704</v>
+      </c>
+      <c r="G812" s="6">
+        <v>4393524.0990562402</v>
+      </c>
+      <c r="H812" s="6">
+        <v>4394182.9161177101</v>
+      </c>
+      <c r="I812" s="6">
+        <v>4394154.0603580298</v>
+      </c>
+      <c r="J812" s="5"/>
+      <c r="K812" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L812" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M812" s="5"/>
+      <c r="N812" s="30"/>
+      <c r="O812" s="30"/>
+    </row>
+    <row r="813" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A813" s="39"/>
+      <c r="B813" s="39"/>
+      <c r="C813" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D813" s="6">
+        <v>2482.8730752625102</v>
+      </c>
+      <c r="E813" s="6">
+        <v>2539.1185442785099</v>
+      </c>
+      <c r="F813" s="6">
+        <v>2533.8100099629601</v>
+      </c>
+      <c r="G813" s="6">
+        <v>2584.0976519710298</v>
+      </c>
+      <c r="H813" s="6">
+        <v>2692.54914539841</v>
+      </c>
+      <c r="I813" s="6">
+        <v>2692.44715537713</v>
+      </c>
+      <c r="J813" s="5"/>
+      <c r="K813" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L813" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M813" s="5"/>
+      <c r="N813" s="30"/>
+      <c r="O813" s="30"/>
+    </row>
+    <row r="814" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A814" s="39"/>
+      <c r="B814" s="39"/>
+      <c r="C814" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D814" s="5"/>
+      <c r="E814" s="5"/>
+      <c r="F814" s="5"/>
+      <c r="G814" s="5"/>
+      <c r="H814" s="5"/>
+      <c r="I814" s="5"/>
+      <c r="J814" s="6">
+        <v>4397993</v>
+      </c>
+      <c r="K814" s="6">
+        <v>4398330.1908549601</v>
+      </c>
+      <c r="L814" s="6">
+        <v>4581895.7823191397</v>
+      </c>
+      <c r="M814" s="6">
+        <v>4911515.79688475</v>
+      </c>
+      <c r="N814" s="30">
+        <v>4911515.79688475</v>
+      </c>
+      <c r="O814" s="30">
+        <v>4911515.79688475</v>
+      </c>
+    </row>
+    <row r="815" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A815" s="39"/>
+      <c r="B815" s="39"/>
+      <c r="C815" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D815" s="6">
+        <v>10201179.359631499</v>
+      </c>
+      <c r="E815" s="6">
+        <v>10236126.422599399</v>
+      </c>
+      <c r="F815" s="6">
+        <v>10206215.967743199</v>
+      </c>
+      <c r="G815" s="6">
+        <v>10223155.0422883</v>
+      </c>
+      <c r="H815" s="6">
+        <v>10221432.706461901</v>
+      </c>
+      <c r="I815" s="6">
+        <v>10217256.901539501</v>
+      </c>
+      <c r="J815" s="6">
+        <v>10216740</v>
+      </c>
+      <c r="K815" s="6">
+        <v>10215572.1048388</v>
+      </c>
+      <c r="L815" s="6">
+        <v>10598289.087889001</v>
+      </c>
+      <c r="M815" s="6">
+        <v>11266799.07</v>
+      </c>
+      <c r="N815" s="30">
+        <v>11266799.069700999</v>
+      </c>
+      <c r="O815" s="30">
+        <v>11266799.069700999</v>
+      </c>
+    </row>
+    <row r="816" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A816" s="39"/>
+      <c r="B816" s="39"/>
+      <c r="C816" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D816" s="6">
+        <v>473330.28457816498</v>
+      </c>
+      <c r="E816" s="6">
+        <v>478469.283305199</v>
+      </c>
+      <c r="F816" s="6">
+        <v>478541.44464038598</v>
+      </c>
+      <c r="G816" s="6">
+        <v>479186.83800242201</v>
+      </c>
+      <c r="H816" s="6">
+        <v>479661.98320751602</v>
+      </c>
+      <c r="I816" s="6">
+        <v>479554.17215546197</v>
+      </c>
+      <c r="J816" s="6">
+        <v>479711</v>
+      </c>
+      <c r="K816" s="6">
+        <v>479883.27995262598</v>
+      </c>
+      <c r="L816" s="6">
+        <v>502085.84184073802</v>
+      </c>
+      <c r="M816" s="6">
+        <v>566734.60900000005</v>
+      </c>
+      <c r="N816" s="30">
+        <v>566734.609010741</v>
+      </c>
+      <c r="O816" s="30">
+        <v>566734.609010741</v>
+      </c>
+    </row>
+    <row r="817" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A817" s="39"/>
+      <c r="B817" s="39"/>
+      <c r="C817" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D817" s="6">
+        <v>78993.780512403901</v>
+      </c>
+      <c r="E817" s="6">
+        <v>79182.554530925001</v>
+      </c>
+      <c r="F817" s="6">
+        <v>79376.516635706299</v>
+      </c>
+      <c r="G817" s="6">
+        <v>79419.998071445094</v>
+      </c>
+      <c r="H817" s="6">
+        <v>79363.461447169495</v>
+      </c>
+      <c r="I817" s="6">
+        <v>79325.720986916494</v>
+      </c>
+      <c r="J817" s="5"/>
+      <c r="K817" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L817" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M817" s="5"/>
+      <c r="N817" s="30"/>
+      <c r="O817" s="30"/>
+    </row>
+    <row r="818" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A818" s="39"/>
+      <c r="B818" s="39"/>
+      <c r="C818" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D818" s="6">
+        <v>28.8899322658161</v>
+      </c>
+      <c r="E818" s="6">
+        <v>22.998528964107901</v>
+      </c>
+      <c r="F818" s="6">
+        <v>190.2110496192</v>
+      </c>
+      <c r="G818" s="6">
+        <v>188.344528231932</v>
+      </c>
+      <c r="H818" s="6">
+        <v>189.89531307475499</v>
+      </c>
+      <c r="I818" s="6">
+        <v>189.66199453362501</v>
+      </c>
+      <c r="J818" s="5"/>
+      <c r="K818" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L818" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M818" s="5"/>
+      <c r="N818" s="30"/>
+      <c r="O818" s="30"/>
+    </row>
+    <row r="819" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A819" s="39"/>
+      <c r="B819" s="39"/>
+      <c r="C819" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D819" s="5"/>
+      <c r="E819" s="5"/>
+      <c r="F819" s="5"/>
+      <c r="G819" s="5"/>
+      <c r="H819" s="5"/>
+      <c r="I819" s="5"/>
+      <c r="J819" s="6">
+        <v>9737029</v>
+      </c>
+      <c r="K819" s="6">
+        <v>9735688.8248862196</v>
+      </c>
+      <c r="L819" s="6">
+        <v>10096203.2460483</v>
+      </c>
+      <c r="M819" s="6">
+        <v>10700064.460000001</v>
+      </c>
+      <c r="N819" s="30">
+        <v>10700064.4606902</v>
+      </c>
+      <c r="O819" s="30">
+        <v>10700064.4606902</v>
+      </c>
+    </row>
+    <row r="820" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A820" s="39"/>
+      <c r="B820" s="39"/>
+      <c r="C820" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D820" s="6">
+        <v>9648826.4046087004</v>
+      </c>
+      <c r="E820" s="6">
+        <v>9678451.5862343498</v>
+      </c>
+      <c r="F820" s="6">
+        <v>9648107.7954175007</v>
+      </c>
+      <c r="G820" s="6">
+        <v>9664359.8616862409</v>
+      </c>
+      <c r="H820" s="6">
+        <v>9662217.3664941099</v>
+      </c>
+      <c r="I820" s="6">
+        <v>9658187.3464025799</v>
+      </c>
+      <c r="J820" s="5"/>
+      <c r="K820" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L820" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M820" s="5"/>
+      <c r="N820" s="30"/>
+      <c r="O820" s="30"/>
+    </row>
+    <row r="821" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A821" s="39"/>
+      <c r="B821" s="39" t="s">
+        <v>83</v>
+      </c>
+      <c r="C821" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D821" s="6">
+        <v>2856393</v>
+      </c>
+      <c r="E821" s="6">
+        <v>2929112.6088713598</v>
+      </c>
+      <c r="F821" s="6">
+        <v>2856317</v>
+      </c>
+      <c r="G821" s="6">
+        <v>2895156</v>
+      </c>
+      <c r="H821" s="6">
+        <v>2896220</v>
+      </c>
+      <c r="I821" s="6">
+        <v>2895556</v>
+      </c>
+      <c r="J821" s="6">
+        <v>2896122</v>
+      </c>
+      <c r="K821" s="6">
+        <v>2896653</v>
+      </c>
+      <c r="L821" s="6">
+        <v>3059483.0424482101</v>
+      </c>
+      <c r="M821" s="6">
+        <v>3414306</v>
+      </c>
+      <c r="N821" s="30">
+        <v>3414306</v>
+      </c>
+      <c r="O821" s="30">
+        <v>3414306</v>
+      </c>
+    </row>
+    <row r="822" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A822" s="39"/>
+      <c r="B822" s="39"/>
+      <c r="C822" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D822" s="6">
+        <v>1659566.10332362</v>
+      </c>
+      <c r="E822" s="6">
+        <v>1702341.6898734199</v>
+      </c>
+      <c r="F822" s="6">
+        <v>1660381.9511172699</v>
+      </c>
+      <c r="G822" s="6">
+        <v>1682985.76936335</v>
+      </c>
+      <c r="H822" s="6">
+        <v>1683910.7066600199</v>
+      </c>
+      <c r="I822" s="6">
+        <v>1683920.3276609101</v>
+      </c>
+      <c r="J822" s="6">
+        <v>1684411</v>
+      </c>
+      <c r="K822" s="6">
+        <v>1684707.6435702599</v>
+      </c>
+      <c r="L822" s="6">
+        <v>1779459.3186505099</v>
+      </c>
+      <c r="M822" s="6">
+        <v>1985831.149</v>
+      </c>
+      <c r="N822" s="30">
+        <v>1985831.14924104</v>
+      </c>
+      <c r="O822" s="30">
+        <v>1985831.14924104</v>
+      </c>
+    </row>
+    <row r="823" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A823" s="39"/>
+      <c r="B823" s="39"/>
+      <c r="C823" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D823" s="6">
+        <v>629332.52805292304</v>
+      </c>
+      <c r="E823" s="6">
+        <v>646028.12048873398</v>
+      </c>
+      <c r="F823" s="6">
+        <v>630571.51392674097</v>
+      </c>
+      <c r="G823" s="6">
+        <v>639593.46615408396</v>
+      </c>
+      <c r="H823" s="6">
+        <v>640434.77349286398</v>
+      </c>
+      <c r="I823" s="6">
+        <v>641069.01969014201</v>
+      </c>
+      <c r="J823" s="6">
+        <v>641465</v>
+      </c>
+      <c r="K823" s="6">
+        <v>641750.12632711895</v>
+      </c>
+      <c r="L823" s="6">
+        <v>678220.74070390803</v>
+      </c>
+      <c r="M823" s="6">
+        <v>757367.24303197896</v>
+      </c>
+      <c r="N823" s="30">
+        <v>757367.24303197896</v>
+      </c>
+      <c r="O823" s="30">
+        <v>757367.24303197896</v>
+      </c>
+    </row>
+    <row r="824" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A824" s="39"/>
+      <c r="B824" s="39"/>
+      <c r="C824" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D824" s="6">
+        <v>1030233.5752707</v>
+      </c>
+      <c r="E824" s="6">
+        <v>1056308.5326336999</v>
+      </c>
+      <c r="F824" s="6">
+        <v>1029805.52954336</v>
+      </c>
+      <c r="G824" s="6">
+        <v>1043380.15684463</v>
+      </c>
+      <c r="H824" s="6">
+        <v>1043463.79349667</v>
+      </c>
+      <c r="I824" s="6">
+        <v>1042835.49385806</v>
+      </c>
+      <c r="J824" s="5"/>
+      <c r="K824" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L824" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M824" s="5"/>
+      <c r="N824" s="30"/>
+      <c r="O824" s="30"/>
+    </row>
+    <row r="825" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A825" s="39"/>
+      <c r="B825" s="39"/>
+      <c r="C825" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D825" s="7">
+        <v>0</v>
+      </c>
+      <c r="E825" s="6">
+        <v>5.0367509877299703</v>
+      </c>
+      <c r="F825" s="6">
+        <v>4.9076471666507802</v>
+      </c>
+      <c r="G825" s="6">
+        <v>12.1463646395545</v>
+      </c>
+      <c r="H825" s="6">
+        <v>12.1396704907692</v>
+      </c>
+      <c r="I825" s="6">
+        <v>15.8141127167624</v>
+      </c>
+      <c r="J825" s="5"/>
+      <c r="K825" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L825" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M825" s="5"/>
+      <c r="N825" s="30"/>
+      <c r="O825" s="30"/>
+    </row>
+    <row r="826" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A826" s="39"/>
+      <c r="B826" s="39"/>
+      <c r="C826" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D826" s="5"/>
+      <c r="E826" s="5"/>
+      <c r="F826" s="5"/>
+      <c r="G826" s="5"/>
+      <c r="H826" s="5"/>
+      <c r="I826" s="5"/>
+      <c r="J826" s="6">
+        <v>1042946</v>
+      </c>
+      <c r="K826" s="6">
+        <v>1042957.51724314</v>
+      </c>
+      <c r="L826" s="6">
+        <v>1101238.5779466101</v>
+      </c>
+      <c r="M826" s="6">
+        <v>1228463.90620906</v>
+      </c>
+      <c r="N826" s="30">
+        <v>1228463.90620906</v>
+      </c>
+      <c r="O826" s="30">
+        <v>1228463.90620906</v>
+      </c>
+    </row>
+    <row r="827" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A827" s="39"/>
+      <c r="B827" s="39"/>
+      <c r="C827" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D827" s="6">
+        <v>1196826.89667638</v>
+      </c>
+      <c r="E827" s="6">
+        <v>1226770.9189979399</v>
+      </c>
+      <c r="F827" s="6">
+        <v>1195935.0488827301</v>
+      </c>
+      <c r="G827" s="6">
+        <v>1212170.23063665</v>
+      </c>
+      <c r="H827" s="6">
+        <v>1212309.2933399801</v>
+      </c>
+      <c r="I827" s="6">
+        <v>1211635.6723390899</v>
+      </c>
+      <c r="J827" s="6">
+        <v>1211711</v>
+      </c>
+      <c r="K827" s="6">
+        <v>1211945.3564297401</v>
+      </c>
+      <c r="L827" s="6">
+        <v>1280023.7237976999</v>
+      </c>
+      <c r="M827" s="6">
+        <v>1428474.851</v>
+      </c>
+      <c r="N827" s="30">
+        <v>1428474.85075896</v>
+      </c>
+      <c r="O827" s="30">
+        <v>1428474.85075896</v>
+      </c>
+    </row>
+    <row r="828" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A828" s="39"/>
+      <c r="B828" s="39"/>
+      <c r="C828" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D828" s="6">
+        <v>138872.51645475501</v>
+      </c>
+      <c r="E828" s="6">
+        <v>142333.36776466999</v>
+      </c>
+      <c r="F828" s="6">
+        <v>138930.07542056401</v>
+      </c>
+      <c r="G828" s="6">
+        <v>141036.08460988</v>
+      </c>
+      <c r="H828" s="6">
+        <v>141308.505793702</v>
+      </c>
+      <c r="I828" s="6">
+        <v>141297.18454703799</v>
+      </c>
+      <c r="J828" s="6">
+        <v>141381</v>
+      </c>
+      <c r="K828" s="6">
+        <v>141343.662702395</v>
+      </c>
+      <c r="L828" s="6">
+        <v>149316.408573325</v>
+      </c>
+      <c r="M828" s="6">
+        <v>166509.21040000001</v>
+      </c>
+      <c r="N828" s="30">
+        <v>166509.21038096401</v>
+      </c>
+      <c r="O828" s="30">
+        <v>166509.21038096401</v>
+      </c>
+    </row>
+    <row r="829" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A829" s="39"/>
+      <c r="B829" s="39"/>
+      <c r="C829" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D829" s="6">
+        <v>11611.9772296592</v>
+      </c>
+      <c r="E829" s="6">
+        <v>11901.7249624577</v>
+      </c>
+      <c r="F829" s="6">
+        <v>11594.325706309901</v>
+      </c>
+      <c r="G829" s="6">
+        <v>11740.231167443701</v>
+      </c>
+      <c r="H829" s="6">
+        <v>11732.794930796999</v>
+      </c>
+      <c r="I829" s="6">
+        <v>11718.381848253901</v>
+      </c>
+      <c r="J829" s="5"/>
+      <c r="K829" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L829" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M829" s="5"/>
+      <c r="N829" s="30"/>
+      <c r="O829" s="30"/>
+    </row>
+    <row r="830" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A830" s="39"/>
+      <c r="B830" s="39"/>
+      <c r="C830" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D830" s="7">
+        <v>0</v>
+      </c>
+      <c r="E830" s="7">
+        <v>0</v>
+      </c>
+      <c r="F830" s="7">
+        <v>0</v>
+      </c>
+      <c r="G830" s="7">
+        <v>0</v>
+      </c>
+      <c r="H830" s="7">
+        <v>0</v>
+      </c>
+      <c r="I830" s="7">
+        <v>0</v>
+      </c>
+      <c r="J830" s="5"/>
+      <c r="K830" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L830" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M830" s="5"/>
+      <c r="N830" s="30"/>
+      <c r="O830" s="30"/>
+    </row>
+    <row r="831" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A831" s="39"/>
+      <c r="B831" s="39"/>
+      <c r="C831" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D831" s="5"/>
+      <c r="E831" s="5"/>
+      <c r="F831" s="5"/>
+      <c r="G831" s="5"/>
+      <c r="H831" s="5"/>
+      <c r="I831" s="5"/>
+      <c r="J831" s="6">
+        <v>1070330</v>
+      </c>
+      <c r="K831" s="6">
+        <v>1070601.6937273401</v>
+      </c>
+      <c r="L831" s="6">
+        <v>1130707.31522437</v>
+      </c>
+      <c r="M831" s="6">
+        <v>1261965.6399999999</v>
+      </c>
+      <c r="N831" s="30">
+        <v>1261965.64037799</v>
+      </c>
+      <c r="O831" s="30">
+        <v>1261965.64037799</v>
+      </c>
+    </row>
+    <row r="832" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A832" s="39"/>
+      <c r="B832" s="39"/>
+      <c r="C832" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D832" s="6">
+        <v>1046342.4029919601</v>
+      </c>
+      <c r="E832" s="6">
+        <v>1072535.8262708101</v>
+      </c>
+      <c r="F832" s="6">
+        <v>1045410.64775586</v>
+      </c>
+      <c r="G832" s="6">
+        <v>1059393.91485933</v>
+      </c>
+      <c r="H832" s="6">
+        <v>1059267.99261548</v>
+      </c>
+      <c r="I832" s="6">
+        <v>1058620.1059437899</v>
+      </c>
+      <c r="J832" s="5"/>
+      <c r="K832" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L832" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M832" s="5"/>
+      <c r="N832" s="30"/>
+      <c r="O832" s="30"/>
+    </row>
+    <row r="833" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A833" s="39"/>
+      <c r="B833" s="39" t="s">
+        <v>84</v>
+      </c>
+      <c r="C833" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D833" s="6">
+        <v>1842529</v>
+      </c>
+      <c r="E833" s="6">
+        <v>1842089.68515496</v>
+      </c>
+      <c r="F833" s="6">
+        <v>1840422</v>
+      </c>
+      <c r="G833" s="6">
+        <v>1840313</v>
+      </c>
+      <c r="H833" s="6">
+        <v>1841007</v>
+      </c>
+      <c r="I833" s="6">
+        <v>1840594</v>
+      </c>
+      <c r="J833" s="6">
+        <v>1841322</v>
+      </c>
+      <c r="K833" s="6">
+        <v>1841249</v>
+      </c>
+      <c r="L833" s="6">
+        <v>1836913.3034731101</v>
+      </c>
+      <c r="M833" s="6">
+        <v>1890269</v>
+      </c>
+      <c r="N833" s="30">
+        <v>1890269</v>
+      </c>
+      <c r="O833" s="30">
+        <v>1890269</v>
+      </c>
+    </row>
+    <row r="834" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A834" s="39"/>
+      <c r="B834" s="39"/>
+      <c r="C834" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D834" s="6">
+        <v>726508.75238185702</v>
+      </c>
+      <c r="E834" s="6">
+        <v>726804.07657558599</v>
+      </c>
+      <c r="F834" s="6">
+        <v>726487.94705124199</v>
+      </c>
+      <c r="G834" s="6">
+        <v>726803.72606334998</v>
+      </c>
+      <c r="H834" s="6">
+        <v>727781.02482009097</v>
+      </c>
+      <c r="I834" s="6">
+        <v>728366.90130308503</v>
+      </c>
+      <c r="J834" s="6">
+        <v>729308</v>
+      </c>
+      <c r="K834" s="6">
+        <v>729529.05829182896</v>
+      </c>
+      <c r="L834" s="6">
+        <v>727788.72828881198</v>
+      </c>
+      <c r="M834" s="6">
+        <v>749205.42830000003</v>
+      </c>
+      <c r="N834" s="30">
+        <v>749205.42826626997</v>
+      </c>
+      <c r="O834" s="30">
+        <v>749205.42826626997</v>
+      </c>
+    </row>
+    <row r="835" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A835" s="39"/>
+      <c r="B835" s="39"/>
+      <c r="C835" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D835" s="6">
+        <v>353992.89780526399</v>
+      </c>
+      <c r="E835" s="6">
+        <v>354160.580694184</v>
+      </c>
+      <c r="F835" s="6">
+        <v>354234.469870414</v>
+      </c>
+      <c r="G835" s="6">
+        <v>354417.529066891</v>
+      </c>
+      <c r="H835" s="6">
+        <v>355023.10318253603</v>
+      </c>
+      <c r="I835" s="6">
+        <v>355035.876074592</v>
+      </c>
+      <c r="J835" s="6">
+        <v>355660</v>
+      </c>
+      <c r="K835" s="6">
+        <v>355575.33607697301</v>
+      </c>
+      <c r="L835" s="6">
+        <v>354333.629854756</v>
+      </c>
+      <c r="M835" s="6">
+        <v>364626.55993513798</v>
+      </c>
+      <c r="N835" s="30">
+        <v>364626.55993513798</v>
+      </c>
+      <c r="O835" s="30">
+        <v>364626.55993513798</v>
+      </c>
+    </row>
+    <row r="836" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A836" s="39"/>
+      <c r="B836" s="39"/>
+      <c r="C836" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D836" s="6">
+        <v>372515.85457659297</v>
+      </c>
+      <c r="E836" s="6">
+        <v>372643.49588140298</v>
+      </c>
+      <c r="F836" s="6">
+        <v>372253.47718082898</v>
+      </c>
+      <c r="G836" s="6">
+        <v>372376.59882767702</v>
+      </c>
+      <c r="H836" s="6">
+        <v>372748.32845838403</v>
+      </c>
+      <c r="I836" s="6">
+        <v>373321.44378858199</v>
+      </c>
+      <c r="J836" s="5"/>
+      <c r="K836" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L836" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M836" s="5"/>
+      <c r="N836" s="30"/>
+      <c r="O836" s="30"/>
+    </row>
+    <row r="837" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A837" s="39"/>
+      <c r="B837" s="39"/>
+      <c r="C837" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D837" s="7">
+        <v>0</v>
+      </c>
+      <c r="E837" s="7">
+        <v>0</v>
+      </c>
+      <c r="F837" s="7">
+        <v>0</v>
+      </c>
+      <c r="G837" s="6">
+        <v>9.5981687815390604</v>
+      </c>
+      <c r="H837" s="6">
+        <v>9.5931791713974395</v>
+      </c>
+      <c r="I837" s="6">
+        <v>9.5814399110511097</v>
+      </c>
+      <c r="J837" s="5"/>
+      <c r="K837" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L837" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M837" s="5"/>
+      <c r="N837" s="30"/>
+      <c r="O837" s="30"/>
+    </row>
+    <row r="838" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A838" s="39"/>
+      <c r="B838" s="39"/>
+      <c r="C838" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D838" s="5"/>
+      <c r="E838" s="5"/>
+      <c r="F838" s="5"/>
+      <c r="G838" s="5"/>
+      <c r="H838" s="5"/>
+      <c r="I838" s="5"/>
+      <c r="J838" s="6">
+        <v>373648</v>
+      </c>
+      <c r="K838" s="6">
+        <v>373953.72221485601</v>
+      </c>
+      <c r="L838" s="6">
+        <v>373455.09843405598</v>
+      </c>
+      <c r="M838" s="6">
+        <v>384578.86833113199</v>
+      </c>
+      <c r="N838" s="30">
+        <v>384578.86833113199</v>
+      </c>
+      <c r="O838" s="30">
+        <v>384578.86833113199</v>
+      </c>
+    </row>
+    <row r="839" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A839" s="39"/>
+      <c r="B839" s="39"/>
+      <c r="C839" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D839" s="6">
+        <v>1116020.24761814</v>
+      </c>
+      <c r="E839" s="6">
+        <v>1115285.60857938</v>
+      </c>
+      <c r="F839" s="6">
+        <v>1113934.0529487601</v>
+      </c>
+      <c r="G839" s="6">
+        <v>1113509.27393665</v>
+      </c>
+      <c r="H839" s="6">
+        <v>1113225.97517991</v>
+      </c>
+      <c r="I839" s="6">
+        <v>1112227.0986969101</v>
+      </c>
+      <c r="J839" s="6">
+        <v>1112014</v>
+      </c>
+      <c r="K839" s="6">
+        <v>1111719.9417081701</v>
+      </c>
+      <c r="L839" s="6">
+        <v>1109124.5751843001</v>
+      </c>
+      <c r="M839" s="6">
+        <v>1141063.5719999999</v>
+      </c>
+      <c r="N839" s="30">
+        <v>1141063.5717337299</v>
+      </c>
+      <c r="O839" s="30">
+        <v>1141063.5717337299</v>
+      </c>
+    </row>
+    <row r="840" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A840" s="39"/>
+      <c r="B840" s="39"/>
+      <c r="C840" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D840" s="6">
+        <v>1808.73127590948</v>
+      </c>
+      <c r="E840" s="6">
+        <v>1806.4899660007</v>
+      </c>
+      <c r="F840" s="6">
+        <v>1816.92141441993</v>
+      </c>
+      <c r="G840" s="6">
+        <v>1814.99566170189</v>
+      </c>
+      <c r="H840" s="6">
+        <v>1831.0261993522199</v>
+      </c>
+      <c r="I840" s="6">
+        <v>1828.78555598769</v>
+      </c>
+      <c r="J840" s="6">
+        <v>1828</v>
+      </c>
+      <c r="K840" s="6">
+        <v>1825.87899454135</v>
+      </c>
+      <c r="L840" s="6">
+        <v>1819.7577356203301</v>
+      </c>
+      <c r="M840" s="6">
+        <v>1870.7427889999999</v>
+      </c>
+      <c r="N840" s="30">
+        <v>1870.7427887875699</v>
+      </c>
+      <c r="O840" s="30">
+        <v>1870.7427887875699</v>
+      </c>
+    </row>
+    <row r="841" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A841" s="39"/>
+      <c r="B841" s="39"/>
+      <c r="C841" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D841" s="7">
+        <v>0</v>
+      </c>
+      <c r="E841" s="7">
+        <v>0</v>
+      </c>
+      <c r="F841" s="7">
+        <v>0</v>
+      </c>
+      <c r="G841" s="7">
+        <v>0</v>
+      </c>
+      <c r="H841" s="7">
+        <v>0</v>
+      </c>
+      <c r="I841" s="7">
+        <v>0</v>
+      </c>
+      <c r="J841" s="5"/>
+      <c r="K841" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L841" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M841" s="5"/>
+      <c r="N841" s="30"/>
+      <c r="O841" s="30"/>
+    </row>
+    <row r="842" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A842" s="39"/>
+      <c r="B842" s="39"/>
+      <c r="C842" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D842" s="6">
+        <v>21.354474860091099</v>
+      </c>
+      <c r="E842" s="6">
+        <v>21.328013219969002</v>
+      </c>
+      <c r="F842" s="6">
+        <v>188.543365151638</v>
+      </c>
+      <c r="G842" s="6">
+        <v>188.344528231932</v>
+      </c>
+      <c r="H842" s="6">
+        <v>188.22798731507501</v>
+      </c>
+      <c r="I842" s="6">
+        <v>187.99765102008101</v>
+      </c>
+      <c r="J842" s="5"/>
+      <c r="K842" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L842" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M842" s="5"/>
+      <c r="N842" s="30"/>
+      <c r="O842" s="30"/>
+    </row>
+    <row r="843" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A843" s="39"/>
+      <c r="B843" s="39"/>
+      <c r="C843" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D843" s="5"/>
+      <c r="E843" s="5"/>
+      <c r="F843" s="5"/>
+      <c r="G843" s="5"/>
+      <c r="H843" s="5"/>
+      <c r="I843" s="5"/>
+      <c r="J843" s="6">
+        <v>1110186</v>
+      </c>
+      <c r="K843" s="6">
+        <v>1109894.06271363</v>
+      </c>
+      <c r="L843" s="6">
+        <v>1107304.8174486801</v>
+      </c>
+      <c r="M843" s="6">
+        <v>1139192.8289999999</v>
+      </c>
+      <c r="N843" s="30">
+        <v>1139192.8289449399</v>
+      </c>
+      <c r="O843" s="30">
+        <v>1139192.8289449399</v>
+      </c>
+    </row>
+    <row r="844" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A844" s="39"/>
+      <c r="B844" s="39"/>
+      <c r="C844" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D844" s="6">
+        <v>1114190.1618673699</v>
+      </c>
+      <c r="E844" s="6">
+        <v>1113457.7906001499</v>
+      </c>
+      <c r="F844" s="6">
+        <v>1111928.5881691901</v>
+      </c>
+      <c r="G844" s="6">
+        <v>1111505.93374672</v>
+      </c>
+      <c r="H844" s="6">
+        <v>1111206.7209932399</v>
+      </c>
+      <c r="I844" s="6">
+        <v>1110210.3154899101</v>
+      </c>
+      <c r="J844" s="5"/>
+      <c r="K844" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L844" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M844" s="5"/>
+      <c r="N844" s="30"/>
+      <c r="O844" s="30"/>
+    </row>
+    <row r="845" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A845" s="39"/>
+      <c r="B845" s="39" t="s">
+        <v>85</v>
+      </c>
+      <c r="C845" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D845" s="6">
+        <v>1130504</v>
+      </c>
+      <c r="E845" s="6">
+        <v>1130472.41632608</v>
+      </c>
+      <c r="F845" s="6">
+        <v>1129525</v>
+      </c>
+      <c r="G845" s="6">
+        <v>1129142</v>
+      </c>
+      <c r="H845" s="6">
+        <v>1129300</v>
+      </c>
+      <c r="I845" s="6">
+        <v>1128922</v>
+      </c>
+      <c r="J845" s="6">
+        <v>1129246</v>
+      </c>
+      <c r="K845" s="6">
+        <v>1128827</v>
+      </c>
+      <c r="L845" s="6">
+        <v>1126453.2386924799</v>
+      </c>
+      <c r="M845" s="6">
+        <v>962642</v>
+      </c>
+      <c r="N845" s="30">
+        <v>962642</v>
+      </c>
+      <c r="O845" s="30">
+        <v>962642</v>
+      </c>
+    </row>
+    <row r="846" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A846" s="39"/>
+      <c r="B846" s="39"/>
+      <c r="C846" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D846" s="6">
+        <v>793771.65805807302</v>
+      </c>
+      <c r="E846" s="6">
+        <v>793655.59280598199</v>
+      </c>
+      <c r="F846" s="6">
+        <v>792799.20907397603</v>
+      </c>
+      <c r="G846" s="6">
+        <v>792259.69597372797</v>
+      </c>
+      <c r="H846" s="6">
+        <v>791963.14777898497</v>
+      </c>
+      <c r="I846" s="6">
+        <v>791683.685324908</v>
+      </c>
+      <c r="J846" s="6">
+        <v>791455</v>
+      </c>
+      <c r="K846" s="6">
+        <v>790997.93317326903</v>
+      </c>
+      <c r="L846" s="6">
+        <v>789109.52069041901</v>
+      </c>
+      <c r="M846" s="6">
+        <v>674549.00639999995</v>
+      </c>
+      <c r="N846" s="30">
+        <v>674549.00638671301</v>
+      </c>
+      <c r="O846" s="30">
+        <v>674549.00638671301</v>
+      </c>
+    </row>
+    <row r="847" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A847" s="39"/>
+      <c r="B847" s="39"/>
+      <c r="C847" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D847" s="6">
+        <v>682726.65579411702</v>
+      </c>
+      <c r="E847" s="6">
+        <v>682648.07349179697</v>
+      </c>
+      <c r="F847" s="6">
+        <v>681728.37998369196</v>
+      </c>
+      <c r="G847" s="6">
+        <v>681324.06241422996</v>
+      </c>
+      <c r="H847" s="6">
+        <v>680791.06366648001</v>
+      </c>
+      <c r="I847" s="6">
+        <v>680466.12584495498</v>
+      </c>
+      <c r="J847" s="6">
+        <v>680027</v>
+      </c>
+      <c r="K847" s="6">
+        <v>679517.722616727</v>
+      </c>
+      <c r="L847" s="6">
+        <v>677602.73873205495</v>
+      </c>
+      <c r="M847" s="6">
+        <v>579170.30155928503</v>
+      </c>
+      <c r="N847" s="30">
+        <v>579170.30155928503</v>
+      </c>
+      <c r="O847" s="30">
+        <v>579170.30155928503</v>
+      </c>
+    </row>
+    <row r="848" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A848" s="39"/>
+      <c r="B848" s="39"/>
+      <c r="C848" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D848" s="6">
+        <v>110972.815963783</v>
+      </c>
+      <c r="E848" s="6">
+        <v>110935.40734795399</v>
+      </c>
+      <c r="F848" s="6">
+        <v>110998.848711338</v>
+      </c>
+      <c r="G848" s="6">
+        <v>110863.74869078099</v>
+      </c>
+      <c r="H848" s="6">
+        <v>111009.778186108</v>
+      </c>
+      <c r="I848" s="6">
+        <v>111055.47027948</v>
+      </c>
+      <c r="J848" s="5"/>
+      <c r="K848" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L848" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M848" s="5"/>
+      <c r="N848" s="30"/>
+      <c r="O848" s="30"/>
+    </row>
+    <row r="849" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A849" s="39"/>
+      <c r="B849" s="39"/>
+      <c r="C849" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D849" s="6">
+        <v>72.1863001731964</v>
+      </c>
+      <c r="E849" s="6">
+        <v>72.111966231144606</v>
+      </c>
+      <c r="F849" s="6">
+        <v>71.980378946231397</v>
+      </c>
+      <c r="G849" s="6">
+        <v>71.884868716558103</v>
+      </c>
+      <c r="H849" s="6">
+        <v>162.30592639672199</v>
+      </c>
+      <c r="I849" s="6">
+        <v>162.08920047369199</v>
+      </c>
+      <c r="J849" s="5"/>
+      <c r="K849" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L849" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M849" s="5"/>
+      <c r="N849" s="30"/>
+      <c r="O849" s="30"/>
+    </row>
+    <row r="850" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A850" s="39"/>
+      <c r="B850" s="39"/>
+      <c r="C850" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D850" s="5"/>
+      <c r="E850" s="5"/>
+      <c r="F850" s="5"/>
+      <c r="G850" s="5"/>
+      <c r="H850" s="5"/>
+      <c r="I850" s="5"/>
+      <c r="J850" s="6">
+        <v>111428</v>
+      </c>
+      <c r="K850" s="6">
+        <v>111480.21055654201</v>
+      </c>
+      <c r="L850" s="6">
+        <v>111506.78195836399</v>
+      </c>
+      <c r="M850" s="6">
+        <v>95378.704827427704</v>
+      </c>
+      <c r="N850" s="30">
+        <v>95378.704827427704</v>
+      </c>
+      <c r="O850" s="30">
+        <v>95378.704827427704</v>
+      </c>
+    </row>
+    <row r="851" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A851" s="39"/>
+      <c r="B851" s="39"/>
+      <c r="C851" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D851" s="6">
+        <v>336732.34194192698</v>
+      </c>
+      <c r="E851" s="6">
+        <v>336816.82352010102</v>
+      </c>
+      <c r="F851" s="6">
+        <v>336725.79092602403</v>
+      </c>
+      <c r="G851" s="6">
+        <v>336882.30402627197</v>
+      </c>
+      <c r="H851" s="6">
+        <v>337336.85222101503</v>
+      </c>
+      <c r="I851" s="6">
+        <v>337238.314675092</v>
+      </c>
+      <c r="J851" s="6">
+        <v>337791</v>
+      </c>
+      <c r="K851" s="6">
+        <v>337829.06682673102</v>
+      </c>
+      <c r="L851" s="6">
+        <v>337343.71800206002</v>
+      </c>
+      <c r="M851" s="6">
+        <v>288092.99359999999</v>
+      </c>
+      <c r="N851" s="30">
+        <v>288092.99361328699</v>
+      </c>
+      <c r="O851" s="30">
+        <v>288092.99361328699</v>
+      </c>
+    </row>
+    <row r="852" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A852" s="39"/>
+      <c r="B852" s="39"/>
+      <c r="C852" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D852" s="6">
+        <v>2.29645836116618</v>
+      </c>
+      <c r="E852" s="6">
+        <v>17.068046439217699</v>
+      </c>
+      <c r="F852" s="6">
+        <v>17.0366646867231</v>
+      </c>
+      <c r="G852" s="6">
+        <v>17.013822255921699</v>
+      </c>
+      <c r="H852" s="6">
+        <v>27.4825762381126</v>
+      </c>
+      <c r="I852" s="6">
+        <v>27.445878953948998</v>
+      </c>
+      <c r="J852" s="6">
+        <v>292</v>
+      </c>
+      <c r="K852" s="6">
+        <v>340.34054399957898</v>
+      </c>
+      <c r="L852" s="6">
+        <v>339.28520246530201</v>
+      </c>
+      <c r="M852" s="6">
+        <v>289.65575200000001</v>
+      </c>
+      <c r="N852" s="30">
+        <v>289.65575180148801</v>
+      </c>
+      <c r="O852" s="30">
+        <v>289.65575180148801</v>
+      </c>
+    </row>
+    <row r="853" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A853" s="39"/>
+      <c r="B853" s="39"/>
+      <c r="C853" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D853" s="7">
+        <v>0</v>
+      </c>
+      <c r="E853" s="7">
+        <v>0</v>
+      </c>
+      <c r="F853" s="7">
+        <v>0</v>
+      </c>
+      <c r="G853" s="7">
+        <v>0</v>
+      </c>
+      <c r="H853" s="7">
+        <v>0</v>
+      </c>
+      <c r="I853" s="7">
+        <v>0</v>
+      </c>
+      <c r="J853" s="5"/>
+      <c r="K853" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L853" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M853" s="5"/>
+      <c r="N853" s="30"/>
+      <c r="O853" s="30"/>
+    </row>
+    <row r="854" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A854" s="39"/>
+      <c r="B854" s="39"/>
+      <c r="C854" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D854" s="7">
+        <v>0</v>
+      </c>
+      <c r="E854" s="7">
+        <v>0</v>
+      </c>
+      <c r="F854" s="7">
+        <v>0</v>
+      </c>
+      <c r="G854" s="7">
+        <v>0</v>
+      </c>
+      <c r="H854" s="7">
+        <v>0</v>
+      </c>
+      <c r="I854" s="7">
+        <v>0</v>
+      </c>
+      <c r="J854" s="5"/>
+      <c r="K854" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L854" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M854" s="5"/>
+      <c r="N854" s="30"/>
+      <c r="O854" s="30"/>
+    </row>
+    <row r="855" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A855" s="39"/>
+      <c r="B855" s="39"/>
+      <c r="C855" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D855" s="5"/>
+      <c r="E855" s="5"/>
+      <c r="F855" s="5"/>
+      <c r="G855" s="5"/>
+      <c r="H855" s="5"/>
+      <c r="I855" s="5"/>
+      <c r="J855" s="6">
+        <v>337499</v>
+      </c>
+      <c r="K855" s="6">
+        <v>337488.72628273099</v>
+      </c>
+      <c r="L855" s="6">
+        <v>337004.43279959401</v>
+      </c>
+      <c r="M855" s="6">
+        <v>287803.33789999998</v>
+      </c>
+      <c r="N855" s="30">
+        <v>287803.33786148601</v>
+      </c>
+      <c r="O855" s="30">
+        <v>287803.33786148601</v>
+      </c>
+    </row>
+    <row r="856" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A856" s="39"/>
+      <c r="B856" s="39"/>
+      <c r="C856" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D856" s="6">
+        <v>336730.04548356601</v>
+      </c>
+      <c r="E856" s="6">
+        <v>336799.75547366199</v>
+      </c>
+      <c r="F856" s="6">
+        <v>336708.75426133699</v>
+      </c>
+      <c r="G856" s="6">
+        <v>336865.29020401603</v>
+      </c>
+      <c r="H856" s="6">
+        <v>337309.36964477698</v>
+      </c>
+      <c r="I856" s="6">
+        <v>337210.86879613798</v>
+      </c>
+      <c r="J856" s="5"/>
+      <c r="K856" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L856" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M856" s="5"/>
+      <c r="N856" s="30"/>
+      <c r="O856" s="30"/>
+    </row>
+    <row r="857" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A857" s="39"/>
+      <c r="B857" s="39" t="s">
+        <v>86</v>
+      </c>
+      <c r="C857" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D857" s="6">
+        <v>109936</v>
+      </c>
+      <c r="E857" s="6">
+        <v>109564.465826606</v>
+      </c>
+      <c r="F857" s="6">
+        <v>109426</v>
+      </c>
+      <c r="G857" s="6">
+        <v>109432</v>
+      </c>
+      <c r="H857" s="6">
+        <v>109493</v>
+      </c>
+      <c r="I857" s="6">
+        <v>109406</v>
+      </c>
+      <c r="J857" s="6">
+        <v>109702</v>
+      </c>
+      <c r="K857" s="6">
+        <v>109713</v>
+      </c>
+      <c r="L857" s="6">
+        <v>109218.390400428</v>
+      </c>
+      <c r="M857" s="6">
+        <v>236614</v>
+      </c>
+      <c r="N857" s="30">
+        <v>236614</v>
+      </c>
+      <c r="O857" s="30">
+        <v>236614</v>
+      </c>
+    </row>
+    <row r="858" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A858" s="39"/>
+      <c r="B858" s="39"/>
+      <c r="C858" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D858" s="6">
+        <v>56188.771770076703</v>
+      </c>
+      <c r="E858" s="6">
+        <v>55995.714878144201</v>
+      </c>
+      <c r="F858" s="6">
+        <v>55966.558608023697</v>
+      </c>
+      <c r="G858" s="6">
+        <v>55986.976398061699</v>
+      </c>
+      <c r="H858" s="6">
+        <v>56058.516020036703</v>
+      </c>
+      <c r="I858" s="6">
+        <v>56027.031010403298</v>
+      </c>
+      <c r="J858" s="6">
+        <v>56227</v>
+      </c>
+      <c r="K858" s="6">
+        <v>56207.284635758297</v>
+      </c>
+      <c r="L858" s="6">
+        <v>56002.352298777099</v>
+      </c>
+      <c r="M858" s="6">
+        <v>121440.3553</v>
+      </c>
+      <c r="N858" s="30">
+        <v>121440.35531349199</v>
+      </c>
+      <c r="O858" s="30">
+        <v>121440.35531349199</v>
+      </c>
+    </row>
+    <row r="859" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A859" s="39"/>
+      <c r="B859" s="39"/>
+      <c r="C859" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D859" s="6">
+        <v>48862.560422675997</v>
+      </c>
+      <c r="E859" s="6">
+        <v>48690.158468009096</v>
+      </c>
+      <c r="F859" s="6">
+        <v>48677.7047763429</v>
+      </c>
+      <c r="G859" s="6">
+        <v>48705.162387575103</v>
+      </c>
+      <c r="H859" s="6">
+        <v>48773.662868306601</v>
+      </c>
+      <c r="I859" s="6">
+        <v>48755.207840991199</v>
+      </c>
+      <c r="J859" s="6">
+        <v>48917</v>
+      </c>
+      <c r="K859" s="6">
+        <v>48902.876365066797</v>
+      </c>
+      <c r="L859" s="6">
+        <v>48737.146253279498</v>
+      </c>
+      <c r="M859" s="6">
+        <v>105716.519238735</v>
+      </c>
+      <c r="N859" s="30">
+        <v>105716.519238735</v>
+      </c>
+      <c r="O859" s="30">
+        <v>105716.519238735</v>
+      </c>
+    </row>
+    <row r="860" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A860" s="39"/>
+      <c r="B860" s="39"/>
+      <c r="C860" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D860" s="6">
+        <v>7326.2113474006101</v>
+      </c>
+      <c r="E860" s="6">
+        <v>7305.5564101350601</v>
+      </c>
+      <c r="F860" s="6">
+        <v>7288.8538316807999</v>
+      </c>
+      <c r="G860" s="6">
+        <v>7281.8140104865797</v>
+      </c>
+      <c r="H860" s="6">
+        <v>7284.8531517301899</v>
+      </c>
+      <c r="I860" s="6">
+        <v>7271.8231694120796</v>
+      </c>
+      <c r="J860" s="5"/>
+      <c r="K860" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L860" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M860" s="5"/>
+      <c r="N860" s="30"/>
+      <c r="O860" s="30"/>
+    </row>
+    <row r="861" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A861" s="39"/>
+      <c r="B861" s="39"/>
+      <c r="C861" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D861" s="7">
+        <v>0</v>
+      </c>
+      <c r="E861" s="7">
+        <v>0</v>
+      </c>
+      <c r="F861" s="7">
+        <v>0</v>
+      </c>
+      <c r="G861" s="7">
+        <v>0</v>
+      </c>
+      <c r="H861" s="7">
+        <v>0</v>
+      </c>
+      <c r="I861" s="7">
+        <v>0</v>
+      </c>
+      <c r="J861" s="5"/>
+      <c r="K861" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L861" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M861" s="5"/>
+      <c r="N861" s="30"/>
+      <c r="O861" s="30"/>
+    </row>
+    <row r="862" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A862" s="39"/>
+      <c r="B862" s="39"/>
+      <c r="C862" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D862" s="5"/>
+      <c r="E862" s="5"/>
+      <c r="F862" s="5"/>
+      <c r="G862" s="5"/>
+      <c r="H862" s="5"/>
+      <c r="I862" s="5"/>
+      <c r="J862" s="6">
+        <v>7310</v>
+      </c>
+      <c r="K862" s="6">
+        <v>7304.4082706914996</v>
+      </c>
+      <c r="L862" s="6">
+        <v>7265.2060454976199</v>
+      </c>
+      <c r="M862" s="6">
+        <v>15723.836074757401</v>
+      </c>
+      <c r="N862" s="30">
+        <v>15723.836074757401</v>
+      </c>
+      <c r="O862" s="30">
+        <v>15723.836074757401</v>
+      </c>
+    </row>
+    <row r="863" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A863" s="39"/>
+      <c r="B863" s="39"/>
+      <c r="C863" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D863" s="6">
+        <v>53747.228229923297</v>
+      </c>
+      <c r="E863" s="6">
+        <v>53568.750948461602</v>
+      </c>
+      <c r="F863" s="6">
+        <v>53459.441391976303</v>
+      </c>
+      <c r="G863" s="6">
+        <v>53445.023601938301</v>
+      </c>
+      <c r="H863" s="6">
+        <v>53434.483979963297</v>
+      </c>
+      <c r="I863" s="6">
+        <v>53378.968989596702</v>
+      </c>
+      <c r="J863" s="6">
+        <v>53475</v>
+      </c>
+      <c r="K863" s="6">
+        <v>53505.715364241703</v>
+      </c>
+      <c r="L863" s="6">
+        <v>53216.038101651298</v>
+      </c>
+      <c r="M863" s="6">
+        <v>115173.6447</v>
+      </c>
+      <c r="N863" s="30">
+        <v>115173.64468650801</v>
+      </c>
+      <c r="O863" s="30">
+        <v>115173.64468650801</v>
+      </c>
+    </row>
+    <row r="864" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A864" s="39"/>
+      <c r="B864" s="39"/>
+      <c r="C864" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D864" s="7">
+        <v>0</v>
+      </c>
+      <c r="E864" s="7">
+        <v>0</v>
+      </c>
+      <c r="F864" s="7">
+        <v>0</v>
+      </c>
+      <c r="G864" s="7">
+        <v>0</v>
+      </c>
+      <c r="H864" s="7">
+        <v>0</v>
+      </c>
+      <c r="I864" s="7">
+        <v>0</v>
+      </c>
+      <c r="J864" s="6">
+        <v>4</v>
+      </c>
+      <c r="K864" s="6">
+        <v>14.7529951114811</v>
+      </c>
+      <c r="L864" s="6">
+        <v>14.6718044268034</v>
+      </c>
+      <c r="M864" s="6">
+        <v>31.753682999999999</v>
+      </c>
+      <c r="N864" s="30">
+        <v>31.753682728781499</v>
+      </c>
+      <c r="O864" s="30">
+        <v>31.753682728781499</v>
+      </c>
+    </row>
+    <row r="865" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A865" s="39"/>
+      <c r="B865" s="39"/>
+      <c r="C865" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D865" s="7">
+        <v>0</v>
+      </c>
+      <c r="E865" s="7">
+        <v>0</v>
+      </c>
+      <c r="F865" s="7">
+        <v>0</v>
+      </c>
+      <c r="G865" s="7">
+        <v>0</v>
+      </c>
+      <c r="H865" s="7">
+        <v>0</v>
+      </c>
+      <c r="I865" s="7">
+        <v>0</v>
+      </c>
+      <c r="J865" s="5"/>
+      <c r="K865" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L865" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M865" s="5"/>
+      <c r="N865" s="30"/>
+      <c r="O865" s="30"/>
+    </row>
+    <row r="866" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A866" s="39"/>
+      <c r="B866" s="39"/>
+      <c r="C866" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D866" s="7">
+        <v>0</v>
+      </c>
+      <c r="E866" s="6">
+        <v>1.67051574413895</v>
+      </c>
+      <c r="F866" s="6">
+        <v>1.6676844675620099</v>
+      </c>
+      <c r="G866" s="7">
+        <v>0</v>
+      </c>
+      <c r="H866" s="6">
+        <v>1.6673257596803199</v>
+      </c>
+      <c r="I866" s="6">
+        <v>1.6643435135437601</v>
+      </c>
+      <c r="J866" s="5"/>
+      <c r="K866" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L866" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M866" s="5"/>
+      <c r="N866" s="30"/>
+      <c r="O866" s="30"/>
+    </row>
+    <row r="867" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A867" s="39"/>
+      <c r="B867" s="39"/>
+      <c r="C867" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D867" s="5"/>
+      <c r="E867" s="5"/>
+      <c r="F867" s="5"/>
+      <c r="G867" s="5"/>
+      <c r="H867" s="5"/>
+      <c r="I867" s="5"/>
+      <c r="J867" s="6">
+        <v>53471</v>
+      </c>
+      <c r="K867" s="6">
+        <v>53490.962369130197</v>
+      </c>
+      <c r="L867" s="6">
+        <v>53201.3662972245</v>
+      </c>
+      <c r="M867" s="6">
+        <v>115141.891</v>
+      </c>
+      <c r="N867" s="30">
+        <v>115141.891003779</v>
+      </c>
+      <c r="O867" s="30">
+        <v>115141.891003779</v>
+      </c>
+    </row>
+    <row r="868" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A868" s="39"/>
+      <c r="B868" s="39"/>
+      <c r="C868" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D868" s="6">
+        <v>53747.228229923297</v>
+      </c>
+      <c r="E868" s="6">
+        <v>53567.080432717499</v>
+      </c>
+      <c r="F868" s="6">
+        <v>53457.773707508801</v>
+      </c>
+      <c r="G868" s="6">
+        <v>53445.023601938301</v>
+      </c>
+      <c r="H868" s="6">
+        <v>53432.816654203598</v>
+      </c>
+      <c r="I868" s="6">
+        <v>53377.304646083197</v>
+      </c>
+      <c r="J868" s="5"/>
+      <c r="K868" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L868" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M868" s="5"/>
+      <c r="N868" s="30"/>
+      <c r="O868" s="30"/>
+    </row>
+    <row r="869" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A869" s="39"/>
+      <c r="B869" s="39" t="s">
+        <v>87</v>
+      </c>
+      <c r="C869" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D869" s="6">
+        <v>3679709</v>
+      </c>
+      <c r="E869" s="6">
+        <v>3676353.8461404499</v>
+      </c>
+      <c r="F869" s="6">
+        <v>3671599</v>
+      </c>
+      <c r="G869" s="6">
+        <v>3672489</v>
+      </c>
+      <c r="H869" s="6">
+        <v>3672931</v>
+      </c>
+      <c r="I869" s="6">
+        <v>3673328</v>
+      </c>
+      <c r="J869" s="6">
+        <v>3673561</v>
+      </c>
+      <c r="K869" s="6">
+        <v>3673704</v>
+      </c>
+      <c r="L869" s="6">
+        <v>4017285.1854572599</v>
+      </c>
+      <c r="M869" s="6">
+        <v>4309104</v>
+      </c>
+      <c r="N869" s="30">
+        <v>4309104</v>
+      </c>
+      <c r="O869" s="30">
+        <v>4309104</v>
+      </c>
+    </row>
+    <row r="870" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A870" s="39"/>
+      <c r="B870" s="39"/>
+      <c r="C870" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D870" s="6">
+        <v>1394311.1790189</v>
+      </c>
+      <c r="E870" s="6">
+        <v>1393598.7508447799</v>
+      </c>
+      <c r="F870" s="6">
+        <v>1392578.2941047</v>
+      </c>
+      <c r="G870" s="6">
+        <v>1393599.8135577701</v>
+      </c>
+      <c r="H870" s="6">
+        <v>1394974.94826538</v>
+      </c>
+      <c r="I870" s="6">
+        <v>1395722.66428048</v>
+      </c>
+      <c r="J870" s="6">
+        <v>1396392</v>
+      </c>
+      <c r="K870" s="6">
+        <v>1396958.7734203101</v>
+      </c>
+      <c r="L870" s="6">
+        <v>1527635.22019393</v>
+      </c>
+      <c r="M870" s="6">
+        <v>1639465.372</v>
+      </c>
+      <c r="N870" s="30">
+        <v>1639465.3718135699</v>
+      </c>
+      <c r="O870" s="30">
+        <v>1639465.3718135699</v>
+      </c>
+    </row>
+    <row r="871" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A871" s="39"/>
+      <c r="B871" s="39"/>
+      <c r="C871" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D871" s="6">
+        <v>433074.47322200797</v>
+      </c>
+      <c r="E871" s="6">
+        <v>433458.44704352098</v>
+      </c>
+      <c r="F871" s="6">
+        <v>433418.40377144603</v>
+      </c>
+      <c r="G871" s="6">
+        <v>434077.66842684202</v>
+      </c>
+      <c r="H871" s="6">
+        <v>435138.16185731901</v>
+      </c>
+      <c r="I871" s="6">
+        <v>435875.43788130599</v>
+      </c>
+      <c r="J871" s="6">
+        <v>436646</v>
+      </c>
+      <c r="K871" s="6">
+        <v>437241.817261238</v>
+      </c>
+      <c r="L871" s="6">
+        <v>478274.49835816002</v>
+      </c>
+      <c r="M871" s="6">
+        <v>513307.00034474098</v>
+      </c>
+      <c r="N871" s="30">
+        <v>513307.00034474098</v>
+      </c>
+      <c r="O871" s="30">
+        <v>513307.00034474098</v>
+      </c>
+    </row>
+    <row r="872" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A872" s="39"/>
+      <c r="B872" s="39"/>
+      <c r="C872" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D872" s="6">
+        <v>961236.70579688996</v>
+      </c>
+      <c r="E872" s="6">
+        <v>960105.57036338304</v>
+      </c>
+      <c r="F872" s="6">
+        <v>959125.23550332501</v>
+      </c>
+      <c r="G872" s="6">
+        <v>959487.51556872297</v>
+      </c>
+      <c r="H872" s="6">
+        <v>959798.41589356505</v>
+      </c>
+      <c r="I872" s="6">
+        <v>959808.89010890096</v>
+      </c>
+      <c r="J872" s="5"/>
+      <c r="K872" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L872" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M872" s="5"/>
+      <c r="N872" s="30"/>
+      <c r="O872" s="30"/>
+    </row>
+    <row r="873" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A873" s="39"/>
+      <c r="B873" s="39"/>
+      <c r="C873" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D873" s="7">
+        <v>0</v>
+      </c>
+      <c r="E873" s="6">
+        <v>34.733437880738002</v>
+      </c>
+      <c r="F873" s="6">
+        <v>34.654829927790303</v>
+      </c>
+      <c r="G873" s="6">
+        <v>34.629562206020097</v>
+      </c>
+      <c r="H873" s="6">
+        <v>38.370514498941802</v>
+      </c>
+      <c r="I873" s="6">
+        <v>38.3362902749071</v>
+      </c>
+      <c r="J873" s="5"/>
+      <c r="K873" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L873" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M873" s="5"/>
+      <c r="N873" s="30"/>
+      <c r="O873" s="30"/>
+    </row>
+    <row r="874" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A874" s="39"/>
+      <c r="B874" s="39"/>
+      <c r="C874" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D874" s="5"/>
+      <c r="E874" s="5"/>
+      <c r="F874" s="5"/>
+      <c r="G874" s="5"/>
+      <c r="H874" s="5"/>
+      <c r="I874" s="5"/>
+      <c r="J874" s="6">
+        <v>959746</v>
+      </c>
+      <c r="K874" s="6">
+        <v>959716.95615907002</v>
+      </c>
+      <c r="L874" s="6">
+        <v>1049360.7218357699</v>
+      </c>
+      <c r="M874" s="6">
+        <v>1126158.3714688299</v>
+      </c>
+      <c r="N874" s="30">
+        <v>1126158.3714688299</v>
+      </c>
+      <c r="O874" s="30">
+        <v>1126158.3714688299</v>
+      </c>
+    </row>
+    <row r="875" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A875" s="39"/>
+      <c r="B875" s="39"/>
+      <c r="C875" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D875" s="6">
+        <v>2285397.8209811002</v>
+      </c>
+      <c r="E875" s="6">
+        <v>2282755.0952956602</v>
+      </c>
+      <c r="F875" s="6">
+        <v>2279020.7058953</v>
+      </c>
+      <c r="G875" s="6">
+        <v>2278889.1864422299</v>
+      </c>
+      <c r="H875" s="6">
+        <v>2277956.0517346198</v>
+      </c>
+      <c r="I875" s="6">
+        <v>2277605.3357195202</v>
+      </c>
+      <c r="J875" s="6">
+        <v>2277169</v>
+      </c>
+      <c r="K875" s="6">
+        <v>2276745.2265796899</v>
+      </c>
+      <c r="L875" s="6">
+        <v>2489649.9652633299</v>
+      </c>
+      <c r="M875" s="6">
+        <v>2669638.628</v>
+      </c>
+      <c r="N875" s="30">
+        <v>2669638.6281864299</v>
+      </c>
+      <c r="O875" s="30">
+        <v>2669638.6281864299</v>
+      </c>
+    </row>
+    <row r="876" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A876" s="39"/>
+      <c r="B876" s="39"/>
+      <c r="C876" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D876" s="6">
+        <v>3528.7030805846498</v>
+      </c>
+      <c r="E876" s="6">
+        <v>3521.9576179812502</v>
+      </c>
+      <c r="F876" s="6">
+        <v>3513.88547336997</v>
+      </c>
+      <c r="G876" s="6">
+        <v>3515.1613012983498</v>
+      </c>
+      <c r="H876" s="6">
+        <v>3517.2287595063299</v>
+      </c>
+      <c r="I876" s="6">
+        <v>3541.45909419804</v>
+      </c>
+      <c r="J876" s="6">
+        <v>3550</v>
+      </c>
+      <c r="K876" s="6">
+        <v>3546.4683093653998</v>
+      </c>
+      <c r="L876" s="6">
+        <v>3884.6194833929699</v>
+      </c>
+      <c r="M876" s="6">
+        <v>4162.6347290000003</v>
+      </c>
+      <c r="N876" s="30">
+        <v>4162.6347294964899</v>
+      </c>
+      <c r="O876" s="30">
+        <v>4162.6347294964899</v>
+      </c>
+    </row>
+    <row r="877" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A877" s="39"/>
+      <c r="B877" s="39"/>
+      <c r="C877" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D877" s="6">
+        <v>25201.4604598037</v>
+      </c>
+      <c r="E877" s="6">
+        <v>25153.285392307102</v>
+      </c>
+      <c r="F877" s="6">
+        <v>25095.636363072899</v>
+      </c>
+      <c r="G877" s="6">
+        <v>25076.6155370735</v>
+      </c>
+      <c r="H877" s="6">
+        <v>25054.547417448801</v>
+      </c>
+      <c r="I877" s="6">
+        <v>25032.200246578199</v>
+      </c>
+      <c r="J877" s="5"/>
+      <c r="K877" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L877" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M877" s="5"/>
+      <c r="N877" s="30"/>
+      <c r="O877" s="30"/>
+    </row>
+    <row r="878" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A878" s="39"/>
+      <c r="B878" s="39"/>
+      <c r="C878" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D878" s="7">
+        <v>0</v>
+      </c>
+      <c r="E878" s="7">
+        <v>0</v>
+      </c>
+      <c r="F878" s="7">
+        <v>0</v>
+      </c>
+      <c r="G878" s="7">
+        <v>0</v>
+      </c>
+      <c r="H878" s="7">
+        <v>0</v>
+      </c>
+      <c r="I878" s="7">
+        <v>0</v>
+      </c>
+      <c r="J878" s="5"/>
+      <c r="K878" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L878" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M878" s="5"/>
+      <c r="N878" s="30"/>
+      <c r="O878" s="30"/>
+    </row>
+    <row r="879" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A879" s="39"/>
+      <c r="B879" s="39"/>
+      <c r="C879" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D879" s="5"/>
+      <c r="E879" s="5"/>
+      <c r="F879" s="5"/>
+      <c r="G879" s="5"/>
+      <c r="H879" s="5"/>
+      <c r="I879" s="5"/>
+      <c r="J879" s="6">
+        <v>2273619</v>
+      </c>
+      <c r="K879" s="6">
+        <v>2273198.7582703298</v>
+      </c>
+      <c r="L879" s="6">
+        <v>2485765.34577994</v>
+      </c>
+      <c r="M879" s="6">
+        <v>2665475.9929999998</v>
+      </c>
+      <c r="N879" s="30">
+        <v>2665475.9934569402</v>
+      </c>
+      <c r="O879" s="30">
+        <v>2665475.9934569402</v>
+      </c>
+    </row>
+    <row r="880" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A880" s="39"/>
+      <c r="B880" s="39"/>
+      <c r="C880" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D880" s="6">
+        <v>2256667.6574407099</v>
+      </c>
+      <c r="E880" s="6">
+        <v>2254079.8522853702</v>
+      </c>
+      <c r="F880" s="6">
+        <v>2250411.1840588599</v>
+      </c>
+      <c r="G880" s="6">
+        <v>2250297.4096038602</v>
+      </c>
+      <c r="H880" s="6">
+        <v>2249384.27555766</v>
+      </c>
+      <c r="I880" s="6">
+        <v>2249031.67637874</v>
+      </c>
+      <c r="J880" s="5"/>
+      <c r="K880" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L880" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M880" s="5"/>
+      <c r="N880" s="30"/>
+      <c r="O880" s="30"/>
+    </row>
+    <row r="881" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A881" s="39"/>
+      <c r="B881" s="39" t="s">
+        <v>88</v>
+      </c>
+      <c r="C881" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D881" s="6">
+        <v>543627</v>
+      </c>
+      <c r="E881" s="6">
+        <v>543620.01181674597</v>
+      </c>
+      <c r="F881" s="6">
+        <v>542604</v>
+      </c>
+      <c r="G881" s="6">
+        <v>542470</v>
+      </c>
+      <c r="H881" s="6">
+        <v>542693</v>
+      </c>
+      <c r="I881" s="6">
+        <v>542477</v>
+      </c>
+      <c r="J881" s="6">
+        <v>542381</v>
+      </c>
+      <c r="K881" s="6">
+        <v>542161</v>
+      </c>
+      <c r="L881" s="6">
+        <v>567117.31984614697</v>
+      </c>
+      <c r="M881" s="6">
+        <v>607633</v>
+      </c>
+      <c r="N881" s="30">
+        <v>607633</v>
+      </c>
+      <c r="O881" s="30">
+        <v>607633</v>
+      </c>
+    </row>
+    <row r="882" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A882" s="39"/>
+      <c r="B882" s="39"/>
+      <c r="C882" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D882" s="6">
+        <v>116801.001379585</v>
+      </c>
+      <c r="E882" s="6">
+        <v>116889.380003992</v>
+      </c>
+      <c r="F882" s="6">
+        <v>116747.542085879</v>
+      </c>
+      <c r="G882" s="6">
+        <v>116796.688291648</v>
+      </c>
+      <c r="H882" s="6">
+        <v>117078.36052010499</v>
+      </c>
+      <c r="I882" s="6">
+        <v>117009.79365795301</v>
+      </c>
+      <c r="J882" s="6">
+        <v>117038</v>
+      </c>
+      <c r="K882" s="6">
+        <v>117098.615153155</v>
+      </c>
+      <c r="L882" s="6">
+        <v>122644.559305006</v>
+      </c>
+      <c r="M882" s="6">
+        <v>131538.2507</v>
+      </c>
+      <c r="N882" s="30">
+        <v>131538.25071841801</v>
+      </c>
+      <c r="O882" s="30">
+        <v>131538.25071841801</v>
+      </c>
+    </row>
+    <row r="883" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A883" s="39"/>
+      <c r="B883" s="39"/>
+      <c r="C883" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D883" s="6">
+        <v>73793.662285954793</v>
+      </c>
+      <c r="E883" s="6">
+        <v>73839.5672332088</v>
+      </c>
+      <c r="F883" s="6">
+        <v>73715.082112695003</v>
+      </c>
+      <c r="G883" s="6">
+        <v>73818.067727677</v>
+      </c>
+      <c r="H883" s="6">
+        <v>74009.303803800707</v>
+      </c>
+      <c r="I883" s="6">
+        <v>74001.028834774799</v>
+      </c>
+      <c r="J883" s="6">
+        <v>74039</v>
+      </c>
+      <c r="K883" s="6">
+        <v>74145.558615094793</v>
+      </c>
+      <c r="L883" s="6">
+        <v>77707.054782130901</v>
+      </c>
+      <c r="M883" s="6">
+        <v>83347.811463220103</v>
+      </c>
+      <c r="N883" s="30">
+        <v>83347.811463220103</v>
+      </c>
+      <c r="O883" s="30">
+        <v>83347.811463220103</v>
+      </c>
+    </row>
+    <row r="884" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A884" s="39"/>
+      <c r="B884" s="39"/>
+      <c r="C884" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D884" s="6">
+        <v>43007.339093629897</v>
+      </c>
+      <c r="E884" s="6">
+        <v>43049.812770783501</v>
+      </c>
+      <c r="F884" s="6">
+        <v>43032.459973184501</v>
+      </c>
+      <c r="G884" s="6">
+        <v>42978.620563970901</v>
+      </c>
+      <c r="H884" s="6">
+        <v>43069.056716304302</v>
+      </c>
+      <c r="I884" s="6">
+        <v>43008.7648231782</v>
+      </c>
+      <c r="J884" s="5"/>
+      <c r="K884" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L884" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M884" s="5"/>
+      <c r="N884" s="30"/>
+      <c r="O884" s="30"/>
+    </row>
+    <row r="885" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A885" s="39"/>
+      <c r="B885" s="39"/>
+      <c r="C885" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D885" s="7">
+        <v>0</v>
+      </c>
+      <c r="E885" s="7">
+        <v>0</v>
+      </c>
+      <c r="F885" s="7">
+        <v>0</v>
+      </c>
+      <c r="G885" s="7">
+        <v>0</v>
+      </c>
+      <c r="H885" s="7">
+        <v>0</v>
+      </c>
+      <c r="I885" s="7">
+        <v>0</v>
+      </c>
+      <c r="J885" s="5"/>
+      <c r="K885" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L885" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M885" s="5"/>
+      <c r="N885" s="30"/>
+      <c r="O885" s="30"/>
+    </row>
+    <row r="886" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A886" s="39"/>
+      <c r="B886" s="39"/>
+      <c r="C886" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D886" s="5"/>
+      <c r="E886" s="5"/>
+      <c r="F886" s="5"/>
+      <c r="G886" s="5"/>
+      <c r="H886" s="5"/>
+      <c r="I886" s="5"/>
+      <c r="J886" s="6">
+        <v>42999</v>
+      </c>
+      <c r="K886" s="6">
+        <v>42953.056538060198</v>
+      </c>
+      <c r="L886" s="6">
+        <v>44937.504522875402</v>
+      </c>
+      <c r="M886" s="6">
+        <v>48190.4392551981</v>
+      </c>
+      <c r="N886" s="30">
+        <v>48190.4392551981</v>
+      </c>
+      <c r="O886" s="30">
+        <v>48190.4392551981</v>
+      </c>
+    </row>
+    <row r="887" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A887" s="39"/>
+      <c r="B887" s="39"/>
+      <c r="C887" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D887" s="6">
+        <v>426825.99862041499</v>
+      </c>
+      <c r="E887" s="6">
+        <v>426730.63181275403</v>
+      </c>
+      <c r="F887" s="6">
+        <v>425856.45791412098</v>
+      </c>
+      <c r="G887" s="6">
+        <v>425673.311708352</v>
+      </c>
+      <c r="H887" s="6">
+        <v>425614.63947989501</v>
+      </c>
+      <c r="I887" s="6">
+        <v>425467.20634204702</v>
+      </c>
+      <c r="J887" s="6">
+        <v>425343</v>
+      </c>
+      <c r="K887" s="6">
+        <v>425062.384846845</v>
+      </c>
+      <c r="L887" s="6">
+        <v>444472.76054113999</v>
+      </c>
+      <c r="M887" s="6">
+        <v>476094.74930000002</v>
+      </c>
+      <c r="N887" s="30">
+        <v>476094.74928158202</v>
+      </c>
+      <c r="O887" s="30">
+        <v>476094.74928158202</v>
+      </c>
+    </row>
+    <row r="888" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A888" s="39"/>
+      <c r="B888" s="39"/>
+      <c r="C888" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D888" s="7">
+        <v>0</v>
+      </c>
+      <c r="E888" s="7">
+        <v>0</v>
+      </c>
+      <c r="F888" s="7">
+        <v>0</v>
+      </c>
+      <c r="G888" s="7">
+        <v>0</v>
+      </c>
+      <c r="H888" s="7">
+        <v>0</v>
+      </c>
+      <c r="I888" s="7">
+        <v>0</v>
+      </c>
+      <c r="J888" s="6">
+        <v>6</v>
+      </c>
+      <c r="K888" s="6">
+        <v>6.3729658123119304</v>
+      </c>
+      <c r="L888" s="6">
+        <v>44.4549765630385</v>
+      </c>
+      <c r="M888" s="6">
+        <v>67.962224000000006</v>
+      </c>
+      <c r="N888" s="30">
+        <v>67.962224290905993</v>
+      </c>
+      <c r="O888" s="30">
+        <v>67.962224290905993</v>
+      </c>
+    </row>
+    <row r="889" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A889" s="39"/>
+      <c r="B889" s="39"/>
+      <c r="C889" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D889" s="6">
+        <v>67.451781761608899</v>
+      </c>
+      <c r="E889" s="6">
+        <v>67.383076129626801</v>
+      </c>
+      <c r="F889" s="6">
+        <v>67.190478108912004</v>
+      </c>
+      <c r="G889" s="6">
+        <v>67.107411979638997</v>
+      </c>
+      <c r="H889" s="6">
+        <v>67.069016526959601</v>
+      </c>
+      <c r="I889" s="6">
+        <v>66.975127357220899</v>
+      </c>
+      <c r="J889" s="5"/>
+      <c r="K889" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L889" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M889" s="5"/>
+      <c r="N889" s="30"/>
+      <c r="O889" s="30"/>
+    </row>
+    <row r="890" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A890" s="39"/>
+      <c r="B890" s="39"/>
+      <c r="C890" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D890" s="7">
+        <v>0</v>
+      </c>
+      <c r="E890" s="7">
+        <v>0</v>
+      </c>
+      <c r="F890" s="7">
+        <v>0</v>
+      </c>
+      <c r="G890" s="7">
+        <v>0</v>
+      </c>
+      <c r="H890" s="7">
+        <v>0</v>
+      </c>
+      <c r="I890" s="7">
+        <v>0</v>
+      </c>
+      <c r="J890" s="5"/>
+      <c r="K890" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L890" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M890" s="5"/>
+      <c r="N890" s="30"/>
+      <c r="O890" s="30"/>
+    </row>
+    <row r="891" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A891" s="39"/>
+      <c r="B891" s="39"/>
+      <c r="C891" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D891" s="5"/>
+      <c r="E891" s="5"/>
+      <c r="F891" s="5"/>
+      <c r="G891" s="5"/>
+      <c r="H891" s="5"/>
+      <c r="I891" s="5"/>
+      <c r="J891" s="6">
+        <v>425337</v>
+      </c>
+      <c r="K891" s="6">
+        <v>425056.01188103302</v>
+      </c>
+      <c r="L891" s="6">
+        <v>444428.30556457699</v>
+      </c>
+      <c r="M891" s="6">
+        <v>476026.78710000002</v>
+      </c>
+      <c r="N891" s="30">
+        <v>476026.78705729102</v>
+      </c>
+      <c r="O891" s="30">
+        <v>476026.78705729102</v>
+      </c>
+    </row>
+    <row r="892" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A892" s="39"/>
+      <c r="B892" s="39"/>
+      <c r="C892" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D892" s="6">
+        <v>426758.54683865397</v>
+      </c>
+      <c r="E892" s="6">
+        <v>426663.24873662402</v>
+      </c>
+      <c r="F892" s="6">
+        <v>425789.26743601199</v>
+      </c>
+      <c r="G892" s="6">
+        <v>425606.20429637202</v>
+      </c>
+      <c r="H892" s="6">
+        <v>425547.57046336803</v>
+      </c>
+      <c r="I892" s="6">
+        <v>425400.23121469002</v>
+      </c>
+      <c r="J892" s="5"/>
+      <c r="K892" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L892" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M892" s="5"/>
+      <c r="N892" s="30"/>
+      <c r="O892" s="30"/>
+    </row>
+    <row r="893" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A893" s="39"/>
+      <c r="B893" s="39" t="s">
+        <v>89</v>
+      </c>
+      <c r="C893" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D893" s="6">
+        <v>2219729</v>
+      </c>
+      <c r="E893" s="6">
+        <v>2219406.6156218899</v>
+      </c>
+      <c r="F893" s="6">
+        <v>2216162</v>
+      </c>
+      <c r="G893" s="6">
+        <v>2215582</v>
+      </c>
+      <c r="H893" s="6">
+        <v>2215948</v>
+      </c>
+      <c r="I893" s="6">
+        <v>2215520</v>
+      </c>
+      <c r="J893" s="6">
+        <v>2216198</v>
+      </c>
+      <c r="K893" s="6">
+        <v>2216373</v>
+      </c>
+      <c r="L893" s="6">
+        <v>2205316.30304108</v>
+      </c>
+      <c r="M893" s="6">
+        <v>2294023</v>
+      </c>
+      <c r="N893" s="30">
+        <v>2294023</v>
+      </c>
+      <c r="O893" s="30">
+        <v>2294023</v>
+      </c>
+    </row>
+    <row r="894" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A894" s="39"/>
+      <c r="B894" s="39"/>
+      <c r="C894" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D894" s="6">
+        <v>947334.66435940599</v>
+      </c>
+      <c r="E894" s="6">
+        <v>947902.24441905099</v>
+      </c>
+      <c r="F894" s="6">
+        <v>946890.09895488201</v>
+      </c>
+      <c r="G894" s="6">
+        <v>947237.30338064302</v>
+      </c>
+      <c r="H894" s="6">
+        <v>947993.19245612505</v>
+      </c>
+      <c r="I894" s="6">
+        <v>948153.22372007195</v>
+      </c>
+      <c r="J894" s="6">
+        <v>948551</v>
+      </c>
+      <c r="K894" s="6">
+        <v>948833.98413112701</v>
+      </c>
+      <c r="L894" s="6">
+        <v>944380.75501776405</v>
+      </c>
+      <c r="M894" s="6">
+        <v>982952.65300000005</v>
+      </c>
+      <c r="N894" s="30">
+        <v>982952.65295994503</v>
+      </c>
+      <c r="O894" s="30">
+        <v>982952.65295994503</v>
+      </c>
+    </row>
+    <row r="895" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A895" s="39"/>
+      <c r="B895" s="39"/>
+      <c r="C895" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D895" s="6">
+        <v>298753.73518924502</v>
+      </c>
+      <c r="E895" s="6">
+        <v>299608.690222818</v>
+      </c>
+      <c r="F895" s="6">
+        <v>299497.552566987</v>
+      </c>
+      <c r="G895" s="6">
+        <v>300248.95562949602</v>
+      </c>
+      <c r="H895" s="6">
+        <v>300944.667518167</v>
+      </c>
+      <c r="I895" s="6">
+        <v>301340.348005198</v>
+      </c>
+      <c r="J895" s="6">
+        <v>301735</v>
+      </c>
+      <c r="K895" s="6">
+        <v>302079.041859333</v>
+      </c>
+      <c r="L895" s="6">
+        <v>300844.40421832801</v>
+      </c>
+      <c r="M895" s="6">
+        <v>313654.401003126</v>
+      </c>
+      <c r="N895" s="30">
+        <v>313654.401003126</v>
+      </c>
+      <c r="O895" s="30">
+        <v>313654.401003126</v>
+      </c>
+    </row>
+    <row r="896" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A896" s="39"/>
+      <c r="B896" s="39"/>
+      <c r="C896" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D896" s="6">
+        <v>648580.92917016102</v>
+      </c>
+      <c r="E896" s="6">
+        <v>648293.55419623305</v>
+      </c>
+      <c r="F896" s="6">
+        <v>647392.54638789396</v>
+      </c>
+      <c r="G896" s="6">
+        <v>646988.34775114805</v>
+      </c>
+      <c r="H896" s="6">
+        <v>647048.52493795799</v>
+      </c>
+      <c r="I896" s="6">
+        <v>646812.87571487401</v>
+      </c>
+      <c r="J896" s="5"/>
+      <c r="K896" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L896" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M896" s="5"/>
+      <c r="N896" s="30"/>
+      <c r="O896" s="30"/>
+    </row>
+    <row r="897" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A897" s="39"/>
+      <c r="B897" s="39"/>
+      <c r="C897" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D897" s="7">
+        <v>0</v>
+      </c>
+      <c r="E897" s="7">
+        <v>0</v>
+      </c>
+      <c r="F897" s="7">
+        <v>0</v>
+      </c>
+      <c r="G897" s="7">
+        <v>0</v>
+      </c>
+      <c r="H897" s="7">
+        <v>0</v>
+      </c>
+      <c r="I897" s="7">
+        <v>0</v>
+      </c>
+      <c r="J897" s="5"/>
+      <c r="K897" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L897" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M897" s="5"/>
+      <c r="N897" s="30"/>
+      <c r="O897" s="30"/>
+    </row>
+    <row r="898" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A898" s="39"/>
+      <c r="B898" s="39"/>
+      <c r="C898" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D898" s="5"/>
+      <c r="E898" s="5"/>
+      <c r="F898" s="5"/>
+      <c r="G898" s="5"/>
+      <c r="H898" s="5"/>
+      <c r="I898" s="5"/>
+      <c r="J898" s="6">
+        <v>646816</v>
+      </c>
+      <c r="K898" s="6">
+        <v>646754.94227179303</v>
+      </c>
+      <c r="L898" s="6">
+        <v>643536.35079943598</v>
+      </c>
+      <c r="M898" s="6">
+        <v>669298.25195681897</v>
+      </c>
+      <c r="N898" s="30">
+        <v>669298.25195681897</v>
+      </c>
+      <c r="O898" s="30">
+        <v>669298.25195681897</v>
+      </c>
+    </row>
+    <row r="899" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A899" s="39"/>
+      <c r="B899" s="39"/>
+      <c r="C899" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D899" s="6">
+        <v>1272394.3356405899</v>
+      </c>
+      <c r="E899" s="6">
+        <v>1271504.37120284</v>
+      </c>
+      <c r="F899" s="6">
+        <v>1269271.9010451201</v>
+      </c>
+      <c r="G899" s="6">
+        <v>1268344.69661936</v>
+      </c>
+      <c r="H899" s="6">
+        <v>1267954.8075438701</v>
+      </c>
+      <c r="I899" s="6">
+        <v>1267366.77627993</v>
+      </c>
+      <c r="J899" s="6">
+        <v>1267647</v>
+      </c>
+      <c r="K899" s="6">
+        <v>1267539.0158688701</v>
+      </c>
+      <c r="L899" s="6">
+        <v>1260935.54802332</v>
+      </c>
+      <c r="M899" s="6">
+        <v>1311070.3470000001</v>
+      </c>
+      <c r="N899" s="30">
+        <v>1311070.34704006</v>
+      </c>
+      <c r="O899" s="30">
+        <v>1311070.34704006</v>
+      </c>
+    </row>
+    <row r="900" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A900" s="39"/>
+      <c r="B900" s="39"/>
+      <c r="C900" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D900" s="6">
+        <v>1568.7593292836</v>
+      </c>
+      <c r="E900" s="6">
+        <v>1572.1276980868499</v>
+      </c>
+      <c r="F900" s="6">
+        <v>1568.25787867536</v>
+      </c>
+      <c r="G900" s="6">
+        <v>1569.10729069382</v>
+      </c>
+      <c r="H900" s="6">
+        <v>1584.3508920734901</v>
+      </c>
+      <c r="I900" s="6">
+        <v>1636.5205037333001</v>
+      </c>
+      <c r="J900" s="6">
+        <v>1659</v>
+      </c>
+      <c r="K900" s="6">
+        <v>1699.17395256597</v>
+      </c>
+      <c r="L900" s="6">
+        <v>1698.0266333423599</v>
+      </c>
+      <c r="M900" s="6">
+        <v>1764.561837</v>
+      </c>
+      <c r="N900" s="30">
+        <v>1764.56183702866</v>
+      </c>
+      <c r="O900" s="30">
+        <v>1764.56183702866</v>
+      </c>
+    </row>
+    <row r="901" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A901" s="39"/>
+      <c r="B901" s="39"/>
+      <c r="C901" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D901" s="6">
+        <v>51.261896082881698</v>
+      </c>
+      <c r="E901" s="6">
+        <v>51.203146272598197</v>
+      </c>
+      <c r="F901" s="6">
+        <v>109.988293809938</v>
+      </c>
+      <c r="G901" s="6">
+        <v>109.850583083308</v>
+      </c>
+      <c r="H901" s="6">
+        <v>109.75984335166</v>
+      </c>
+      <c r="I901" s="6">
+        <v>109.62887473001599</v>
+      </c>
+      <c r="J901" s="5"/>
+      <c r="K901" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L901" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M901" s="5"/>
+      <c r="N901" s="30"/>
+      <c r="O901" s="30"/>
+    </row>
+    <row r="902" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A902" s="39"/>
+      <c r="B902" s="39"/>
+      <c r="C902" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D902" s="7">
+        <v>0</v>
+      </c>
+      <c r="E902" s="7">
+        <v>0</v>
+      </c>
+      <c r="F902" s="7">
+        <v>0</v>
+      </c>
+      <c r="G902" s="7">
+        <v>0</v>
+      </c>
+      <c r="H902" s="7">
+        <v>0</v>
+      </c>
+      <c r="I902" s="7">
+        <v>0</v>
+      </c>
+      <c r="J902" s="5"/>
+      <c r="K902" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L902" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M902" s="5"/>
+      <c r="N902" s="30"/>
+      <c r="O902" s="30"/>
+    </row>
+    <row r="903" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A903" s="39"/>
+      <c r="B903" s="39"/>
+      <c r="C903" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D903" s="5"/>
+      <c r="E903" s="5"/>
+      <c r="F903" s="5"/>
+      <c r="G903" s="5"/>
+      <c r="H903" s="5"/>
+      <c r="I903" s="5"/>
+      <c r="J903" s="6">
+        <v>1265988</v>
+      </c>
+      <c r="K903" s="6">
+        <v>1265839.8419163099</v>
+      </c>
+      <c r="L903" s="6">
+        <v>1259237.5213899801</v>
+      </c>
+      <c r="M903" s="6">
+        <v>1309305.7849999999</v>
+      </c>
+      <c r="N903" s="30">
+        <v>1309305.7852030301</v>
+      </c>
+      <c r="O903" s="30">
+        <v>1309305.7852030301</v>
+      </c>
+    </row>
+    <row r="904" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A904" s="39"/>
+      <c r="B904" s="39"/>
+      <c r="C904" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D904" s="6">
+        <v>1270774.31441523</v>
+      </c>
+      <c r="E904" s="6">
+        <v>1269881.0403584801</v>
+      </c>
+      <c r="F904" s="6">
+        <v>1267593.65487263</v>
+      </c>
+      <c r="G904" s="6">
+        <v>1266665.73874558</v>
+      </c>
+      <c r="H904" s="6">
+        <v>1266260.6968084499</v>
+      </c>
+      <c r="I904" s="6">
+        <v>1265620.6269014601</v>
+      </c>
+      <c r="J904" s="5"/>
+      <c r="K904" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L904" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M904" s="5"/>
+      <c r="N904" s="30"/>
+      <c r="O904" s="30"/>
+    </row>
+    <row r="905" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A905" s="39" t="s">
+        <v>7</v>
+      </c>
+      <c r="B905" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="C905" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D905" s="6">
+        <v>2242099</v>
+      </c>
+      <c r="E905" s="6">
+        <v>2288681.9282524399</v>
+      </c>
+      <c r="F905" s="6">
+        <v>2287297</v>
+      </c>
+      <c r="G905" s="6">
+        <v>2269010</v>
+      </c>
+      <c r="H905" s="6">
+        <v>2269282</v>
+      </c>
+      <c r="I905" s="6">
+        <v>2268756</v>
+      </c>
+      <c r="J905" s="6">
+        <v>2268056</v>
+      </c>
+      <c r="K905" s="6">
+        <v>2268348</v>
+      </c>
+      <c r="L905" s="6">
+        <v>2340838.9812258598</v>
+      </c>
+      <c r="M905" s="6">
+        <v>2690530</v>
+      </c>
+      <c r="N905" s="30">
+        <v>2690530</v>
+      </c>
+      <c r="O905" s="30">
+        <v>2690530</v>
+      </c>
+    </row>
+    <row r="906" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A906" s="39"/>
+      <c r="B906" s="39"/>
+      <c r="C906" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D906" s="6">
+        <v>1388810.2890063999</v>
+      </c>
+      <c r="E906" s="6">
+        <v>1417981.7444637101</v>
+      </c>
+      <c r="F906" s="6">
+        <v>1417218.02245674</v>
+      </c>
+      <c r="G906" s="6">
+        <v>1405851.88540355</v>
+      </c>
+      <c r="H906" s="6">
+        <v>1406033.76973691</v>
+      </c>
+      <c r="I906" s="6">
+        <v>1405893.5690023</v>
+      </c>
+      <c r="J906" s="6">
+        <v>1405677</v>
+      </c>
+      <c r="K906" s="6">
+        <v>1405838.9387061601</v>
+      </c>
+      <c r="L906" s="6">
+        <v>1450683.3167006399</v>
+      </c>
+      <c r="M906" s="6">
+        <v>1667523.6969999999</v>
+      </c>
+      <c r="N906" s="30">
+        <v>1667523.6972024201</v>
+      </c>
+      <c r="O906" s="30">
+        <v>1667523.6972024201</v>
+      </c>
+    </row>
+    <row r="907" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A907" s="39"/>
+      <c r="B907" s="39"/>
+      <c r="C907" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D907" s="6">
+        <v>962660.23022180505</v>
+      </c>
+      <c r="E907" s="6">
+        <v>983055.63189580897</v>
+      </c>
+      <c r="F907" s="6">
+        <v>982585.809549595</v>
+      </c>
+      <c r="G907" s="6">
+        <v>974622.80358549894</v>
+      </c>
+      <c r="H907" s="6">
+        <v>974897.57849681797</v>
+      </c>
+      <c r="I907" s="6">
+        <v>974827.77954503696</v>
+      </c>
+      <c r="J907" s="6">
+        <v>974634</v>
+      </c>
+      <c r="K907" s="6">
+        <v>974735.46121689503</v>
+      </c>
+      <c r="L907" s="6">
+        <v>1006022.4740792901</v>
+      </c>
+      <c r="M907" s="6">
+        <v>1156454.8110342999</v>
+      </c>
+      <c r="N907" s="30">
+        <v>1156454.8110342999</v>
+      </c>
+      <c r="O907" s="30">
+        <v>1156454.8110342999</v>
+      </c>
+    </row>
+    <row r="908" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A908" s="39"/>
+      <c r="B908" s="39"/>
+      <c r="C908" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D908" s="6">
+        <v>425143.95740263502</v>
+      </c>
+      <c r="E908" s="6">
+        <v>433900.13543457299</v>
+      </c>
+      <c r="F908" s="6">
+        <v>433607.88171165797</v>
+      </c>
+      <c r="G908" s="6">
+        <v>430213.95689112297</v>
+      </c>
+      <c r="H908" s="6">
+        <v>430121.95919083903</v>
+      </c>
+      <c r="I908" s="6">
+        <v>430052.80566228199</v>
+      </c>
+      <c r="J908" s="5"/>
+      <c r="K908" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L908" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M908" s="5"/>
+      <c r="N908" s="30"/>
+      <c r="O908" s="30"/>
+    </row>
+    <row r="909" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A909" s="39"/>
+      <c r="B909" s="39"/>
+      <c r="C909" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D909" s="6">
+        <v>1006.10138196133</v>
+      </c>
+      <c r="E909" s="6">
+        <v>1025.9771333322601</v>
+      </c>
+      <c r="F909" s="6">
+        <v>1024.33119548747</v>
+      </c>
+      <c r="G909" s="6">
+        <v>1015.1249269236</v>
+      </c>
+      <c r="H909" s="6">
+        <v>1014.2320492514</v>
+      </c>
+      <c r="I909" s="6">
+        <v>1012.98379497602</v>
+      </c>
+      <c r="J909" s="5"/>
+      <c r="K909" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L909" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M909" s="5"/>
+      <c r="N909" s="30"/>
+      <c r="O909" s="30"/>
+    </row>
+    <row r="910" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A910" s="39"/>
+      <c r="B910" s="39"/>
+      <c r="C910" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D910" s="5"/>
+      <c r="E910" s="5"/>
+      <c r="F910" s="5"/>
+      <c r="G910" s="5"/>
+      <c r="H910" s="5"/>
+      <c r="I910" s="5"/>
+      <c r="J910" s="6">
+        <v>431043</v>
+      </c>
+      <c r="K910" s="6">
+        <v>431103.47748926398</v>
+      </c>
+      <c r="L910" s="6">
+        <v>444660.842621341</v>
+      </c>
+      <c r="M910" s="6">
+        <v>511068.88616811897</v>
+      </c>
+      <c r="N910" s="30">
+        <v>511068.88616811897</v>
+      </c>
+      <c r="O910" s="30">
+        <v>511068.88616811897</v>
+      </c>
+    </row>
+    <row r="911" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A911" s="39"/>
+      <c r="B911" s="39"/>
+      <c r="C911" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D911" s="6">
+        <v>853288.71099359903</v>
+      </c>
+      <c r="E911" s="6">
+        <v>870700.18378872203</v>
+      </c>
+      <c r="F911" s="6">
+        <v>870078.97754325904</v>
+      </c>
+      <c r="G911" s="6">
+        <v>863158.11459645396</v>
+      </c>
+      <c r="H911" s="6">
+        <v>863248.23026309197</v>
+      </c>
+      <c r="I911" s="6">
+        <v>862862.43099770404</v>
+      </c>
+      <c r="J911" s="6">
+        <v>862379</v>
+      </c>
+      <c r="K911" s="6">
+        <v>862509.06129384099</v>
+      </c>
+      <c r="L911" s="6">
+        <v>890155.66452522902</v>
+      </c>
+      <c r="M911" s="6">
+        <v>1023006.303</v>
+      </c>
+      <c r="N911" s="30">
+        <v>1023006.30279758</v>
+      </c>
+      <c r="O911" s="30">
+        <v>1023006.30279758</v>
+      </c>
+    </row>
+    <row r="912" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A912" s="39"/>
+      <c r="B912" s="39"/>
+      <c r="C912" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D912" s="6">
+        <v>152712.91365221399</v>
+      </c>
+      <c r="E912" s="6">
+        <v>155954.55929552799</v>
+      </c>
+      <c r="F912" s="6">
+        <v>155810.39677713401</v>
+      </c>
+      <c r="G912" s="6">
+        <v>154459.109086721</v>
+      </c>
+      <c r="H912" s="6">
+        <v>154474.99593787501</v>
+      </c>
+      <c r="I912" s="6">
+        <v>154436.39240888899</v>
+      </c>
+      <c r="J912" s="6">
+        <v>154281</v>
+      </c>
+      <c r="K912" s="6">
+        <v>154441.218435346</v>
+      </c>
+      <c r="L912" s="6">
+        <v>159330.61831345499</v>
+      </c>
+      <c r="M912" s="6">
+        <v>183008.878</v>
+      </c>
+      <c r="N912" s="30">
+        <v>183008.87802581501</v>
+      </c>
+      <c r="O912" s="30">
+        <v>183008.87802581501</v>
+      </c>
+    </row>
+    <row r="913" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A913" s="39"/>
+      <c r="B913" s="39"/>
+      <c r="C913" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D913" s="6">
+        <v>9054.9124376519394</v>
+      </c>
+      <c r="E913" s="6">
+        <v>9239.5768341834992</v>
+      </c>
+      <c r="F913" s="6">
+        <v>9242.5956155204494</v>
+      </c>
+      <c r="G913" s="6">
+        <v>9161.8350530510597</v>
+      </c>
+      <c r="H913" s="6">
+        <v>9159.7431639803599</v>
+      </c>
+      <c r="I913" s="6">
+        <v>9148.4699168232892</v>
+      </c>
+      <c r="J913" s="5"/>
+      <c r="K913" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L913" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M913" s="5"/>
+      <c r="N913" s="30"/>
+      <c r="O913" s="30"/>
+    </row>
+    <row r="914" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A914" s="39"/>
+      <c r="B914" s="39"/>
+      <c r="C914" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D914" s="7">
+        <v>0</v>
+      </c>
+      <c r="E914" s="7">
+        <v>0</v>
+      </c>
+      <c r="F914" s="7">
+        <v>0</v>
+      </c>
+      <c r="G914" s="7">
+        <v>0</v>
+      </c>
+      <c r="H914" s="7">
+        <v>0</v>
+      </c>
+      <c r="I914" s="7">
+        <v>0</v>
+      </c>
+      <c r="J914" s="5"/>
+      <c r="K914" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L914" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M914" s="5"/>
+      <c r="N914" s="30"/>
+      <c r="O914" s="30"/>
+    </row>
+    <row r="915" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A915" s="39"/>
+      <c r="B915" s="39"/>
+      <c r="C915" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D915" s="5"/>
+      <c r="E915" s="5"/>
+      <c r="F915" s="5"/>
+      <c r="G915" s="5"/>
+      <c r="H915" s="5"/>
+      <c r="I915" s="5"/>
+      <c r="J915" s="6">
+        <v>708098</v>
+      </c>
+      <c r="K915" s="6">
+        <v>708067.84285849496</v>
+      </c>
+      <c r="L915" s="6">
+        <v>730825.046211774</v>
+      </c>
+      <c r="M915" s="6">
+        <v>839997.42480000004</v>
+      </c>
+      <c r="N915" s="30">
+        <v>839997.42477176804</v>
+      </c>
+      <c r="O915" s="30">
+        <v>839997.42477176804</v>
+      </c>
+    </row>
+    <row r="916" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A916" s="39"/>
+      <c r="B916" s="39"/>
+      <c r="C916" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D916" s="6">
+        <v>691520.88490373199</v>
+      </c>
+      <c r="E916" s="6">
+        <v>705506.04765901004</v>
+      </c>
+      <c r="F916" s="6">
+        <v>705025.98515060497</v>
+      </c>
+      <c r="G916" s="6">
+        <v>699537.17045668198</v>
+      </c>
+      <c r="H916" s="6">
+        <v>699613.49116123596</v>
+      </c>
+      <c r="I916" s="6">
+        <v>699277.56867199205</v>
+      </c>
+      <c r="J916" s="5"/>
+      <c r="K916" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L916" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M916" s="5"/>
+      <c r="N916" s="30"/>
+      <c r="O916" s="30"/>
+    </row>
+    <row r="917" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A917" s="39"/>
+      <c r="B917" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="C917" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D917" s="6">
+        <v>669710</v>
+      </c>
+      <c r="E917" s="6">
+        <v>669404.45912490995</v>
+      </c>
+      <c r="F917" s="6">
+        <v>668217</v>
+      </c>
+      <c r="G917" s="6">
+        <v>668574</v>
+      </c>
+      <c r="H917" s="6">
+        <v>668663</v>
+      </c>
+      <c r="I917" s="6">
+        <v>668549</v>
+      </c>
+      <c r="J917" s="6">
+        <v>668692</v>
+      </c>
+      <c r="K917" s="6">
+        <v>668576</v>
+      </c>
+      <c r="L917" s="6">
+        <v>665302.40143358195</v>
+      </c>
+      <c r="M917" s="6">
+        <v>693307</v>
+      </c>
+      <c r="N917" s="30">
+        <v>693307</v>
+      </c>
+      <c r="O917" s="30">
+        <v>693307</v>
+      </c>
+    </row>
+    <row r="918" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A918" s="39"/>
+      <c r="B918" s="39"/>
+      <c r="C918" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D918" s="6">
+        <v>197279.15422211</v>
+      </c>
+      <c r="E918" s="6">
+        <v>197489.39109041501</v>
+      </c>
+      <c r="F918" s="6">
+        <v>197491.25632422001</v>
+      </c>
+      <c r="G918" s="6">
+        <v>197805.61001720899</v>
+      </c>
+      <c r="H918" s="6">
+        <v>198153.29337234501</v>
+      </c>
+      <c r="I918" s="6">
+        <v>198475.46170794201</v>
+      </c>
+      <c r="J918" s="6">
+        <v>198670</v>
+      </c>
+      <c r="K918" s="6">
+        <v>198908.13923180001</v>
+      </c>
+      <c r="L918" s="6">
+        <v>198111.017608233</v>
+      </c>
+      <c r="M918" s="6">
+        <v>206631.10060000001</v>
+      </c>
+      <c r="N918" s="30">
+        <v>206631.10062995701</v>
+      </c>
+      <c r="O918" s="30">
+        <v>206631.10062995701</v>
+      </c>
+    </row>
+    <row r="919" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A919" s="39"/>
+      <c r="B919" s="39"/>
+      <c r="C919" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D919" s="6">
+        <v>134771.82522672601</v>
+      </c>
+      <c r="E919" s="6">
+        <v>134992.42603023699</v>
+      </c>
+      <c r="F919" s="6">
+        <v>135059.29277485001</v>
+      </c>
+      <c r="G919" s="6">
+        <v>135308.03916193999</v>
+      </c>
+      <c r="H919" s="6">
+        <v>135512.958474771</v>
+      </c>
+      <c r="I919" s="6">
+        <v>135677.257472634</v>
+      </c>
+      <c r="J919" s="6">
+        <v>135645</v>
+      </c>
+      <c r="K919" s="6">
+        <v>135744.414716281</v>
+      </c>
+      <c r="L919" s="6">
+        <v>135152.91009890099</v>
+      </c>
+      <c r="M919" s="6">
+        <v>140810.88886955701</v>
+      </c>
+      <c r="N919" s="30">
+        <v>140810.88886955701</v>
+      </c>
+      <c r="O919" s="30">
+        <v>140810.88886955701</v>
+      </c>
+    </row>
+    <row r="920" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A920" s="39"/>
+      <c r="B920" s="39"/>
+      <c r="C920" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D920" s="6">
+        <v>62507.328995384501</v>
+      </c>
+      <c r="E920" s="6">
+        <v>62496.965060177899</v>
+      </c>
+      <c r="F920" s="6">
+        <v>62431.963549370303</v>
+      </c>
+      <c r="G920" s="6">
+        <v>62497.570855269099</v>
+      </c>
+      <c r="H920" s="6">
+        <v>62640.334897573899</v>
+      </c>
+      <c r="I920" s="6">
+        <v>62798.204235308498</v>
+      </c>
+      <c r="J920" s="5"/>
+      <c r="K920" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L920" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M920" s="5"/>
+      <c r="N920" s="30"/>
+      <c r="O920" s="30"/>
+    </row>
+    <row r="921" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A921" s="39"/>
+      <c r="B921" s="39"/>
+      <c r="C921" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D921" s="7">
+        <v>0</v>
+      </c>
+      <c r="E921" s="7">
+        <v>0</v>
+      </c>
+      <c r="F921" s="7">
+        <v>0</v>
+      </c>
+      <c r="G921" s="7">
+        <v>0</v>
+      </c>
+      <c r="H921" s="7">
+        <v>0</v>
+      </c>
+      <c r="I921" s="7">
+        <v>0</v>
+      </c>
+      <c r="J921" s="5"/>
+      <c r="K921" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L921" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M921" s="5"/>
+      <c r="N921" s="30"/>
+      <c r="O921" s="30"/>
+    </row>
+    <row r="922" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A922" s="39"/>
+      <c r="B922" s="39"/>
+      <c r="C922" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D922" s="5"/>
+      <c r="E922" s="5"/>
+      <c r="F922" s="5"/>
+      <c r="G922" s="5"/>
+      <c r="H922" s="5"/>
+      <c r="I922" s="5"/>
+      <c r="J922" s="6">
+        <v>63025</v>
+      </c>
+      <c r="K922" s="6">
+        <v>63163.724515519498</v>
+      </c>
+      <c r="L922" s="6">
+        <v>62958.107509331698</v>
+      </c>
+      <c r="M922" s="6">
+        <v>65820.211760399296</v>
+      </c>
+      <c r="N922" s="30">
+        <v>65820.211760399296</v>
+      </c>
+      <c r="O922" s="30">
+        <v>65820.211760399296</v>
+      </c>
+    </row>
+    <row r="923" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A923" s="39"/>
+      <c r="B923" s="39"/>
+      <c r="C923" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D923" s="6">
+        <v>472430.84577789</v>
+      </c>
+      <c r="E923" s="6">
+        <v>471915.06803449499</v>
+      </c>
+      <c r="F923" s="6">
+        <v>470725.74367578002</v>
+      </c>
+      <c r="G923" s="6">
+        <v>470768.38998279098</v>
+      </c>
+      <c r="H923" s="6">
+        <v>470509.70662765502</v>
+      </c>
+      <c r="I923" s="6">
+        <v>470073.53829205799</v>
+      </c>
+      <c r="J923" s="6">
+        <v>470022</v>
+      </c>
+      <c r="K923" s="6">
+        <v>469667.86076820001</v>
+      </c>
+      <c r="L923" s="6">
+        <v>467191.38382534898</v>
+      </c>
+      <c r="M923" s="6">
+        <v>486675.89939999999</v>
+      </c>
+      <c r="N923" s="30">
+        <v>486675.89937004301</v>
+      </c>
+      <c r="O923" s="30">
+        <v>486675.89937004301</v>
+      </c>
+    </row>
+    <row r="924" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A924" s="39"/>
+      <c r="B924" s="39"/>
+      <c r="C924" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D924" s="6">
+        <v>6823.2720232179799</v>
+      </c>
+      <c r="E924" s="6">
+        <v>6813.3100260317597</v>
+      </c>
+      <c r="F924" s="6">
+        <v>6821.1394516329501</v>
+      </c>
+      <c r="G924" s="6">
+        <v>6825.0292104170003</v>
+      </c>
+      <c r="H924" s="6">
+        <v>6852.04116007415</v>
+      </c>
+      <c r="I924" s="6">
+        <v>6844.8045540188205</v>
+      </c>
+      <c r="J924" s="6">
+        <v>6846</v>
+      </c>
+      <c r="K924" s="6">
+        <v>6840.8779377455703</v>
+      </c>
+      <c r="L924" s="6">
+        <v>6839.2072984606502</v>
+      </c>
+      <c r="M924" s="6">
+        <v>7126.6664540000002</v>
+      </c>
+      <c r="N924" s="30">
+        <v>7126.6664535967202</v>
+      </c>
+      <c r="O924" s="30">
+        <v>7126.6664535967202</v>
+      </c>
+    </row>
+    <row r="925" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A925" s="39"/>
+      <c r="B925" s="39"/>
+      <c r="C925" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D925" s="7">
+        <v>0</v>
+      </c>
+      <c r="E925" s="6">
+        <v>3.1009853779653098</v>
+      </c>
+      <c r="F925" s="7">
+        <v>0</v>
+      </c>
+      <c r="G925" s="7">
+        <v>0</v>
+      </c>
+      <c r="H925" s="7">
+        <v>0</v>
+      </c>
+      <c r="I925" s="6">
+        <v>23.2325821389224</v>
+      </c>
+      <c r="J925" s="5"/>
+      <c r="K925" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L925" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M925" s="5"/>
+      <c r="N925" s="30"/>
+      <c r="O925" s="30"/>
+    </row>
+    <row r="926" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A926" s="39"/>
+      <c r="B926" s="39"/>
+      <c r="C926" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D926" s="7">
+        <v>0</v>
+      </c>
+      <c r="E926" s="7">
+        <v>0</v>
+      </c>
+      <c r="F926" s="7">
+        <v>0</v>
+      </c>
+      <c r="G926" s="7">
+        <v>0</v>
+      </c>
+      <c r="H926" s="7">
+        <v>0</v>
+      </c>
+      <c r="I926" s="7">
+        <v>0</v>
+      </c>
+      <c r="J926" s="5"/>
+      <c r="K926" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L926" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M926" s="5"/>
+      <c r="N926" s="30"/>
+      <c r="O926" s="30"/>
+    </row>
+    <row r="927" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A927" s="39"/>
+      <c r="B927" s="39"/>
+      <c r="C927" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D927" s="5"/>
+      <c r="E927" s="5"/>
+      <c r="F927" s="5"/>
+      <c r="G927" s="5"/>
+      <c r="H927" s="5"/>
+      <c r="I927" s="5"/>
+      <c r="J927" s="6">
+        <v>463176</v>
+      </c>
+      <c r="K927" s="6">
+        <v>462826.98283045401</v>
+      </c>
+      <c r="L927" s="6">
+        <v>460352.17652688798</v>
+      </c>
+      <c r="M927" s="6">
+        <v>479549.2329</v>
+      </c>
+      <c r="N927" s="30">
+        <v>479549.23291644698</v>
+      </c>
+      <c r="O927" s="30">
+        <v>479549.23291644698</v>
+      </c>
+    </row>
+    <row r="928" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A928" s="39"/>
+      <c r="B928" s="39"/>
+      <c r="C928" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D928" s="6">
+        <v>465607.57375467202</v>
+      </c>
+      <c r="E928" s="6">
+        <v>465098.65702308499</v>
+      </c>
+      <c r="F928" s="6">
+        <v>463904.60422414698</v>
+      </c>
+      <c r="G928" s="6">
+        <v>463943.36077237403</v>
+      </c>
+      <c r="H928" s="6">
+        <v>463657.66546758101</v>
+      </c>
+      <c r="I928" s="6">
+        <v>463205.50115590001</v>
+      </c>
+      <c r="J928" s="5"/>
+      <c r="K928" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L928" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M928" s="5"/>
+      <c r="N928" s="30"/>
+      <c r="O928" s="30"/>
+    </row>
+    <row r="929" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A929" s="39"/>
+      <c r="B929" s="39" t="s">
+        <v>92</v>
+      </c>
+      <c r="C929" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D929" s="6">
+        <v>1826449</v>
+      </c>
+      <c r="E929" s="6">
+        <v>1826785.36722424</v>
+      </c>
+      <c r="F929" s="6">
+        <v>1825068</v>
+      </c>
+      <c r="G929" s="6">
+        <v>1828626</v>
+      </c>
+      <c r="H929" s="6">
+        <v>1828210</v>
+      </c>
+      <c r="I929" s="6">
+        <v>1827899</v>
+      </c>
+      <c r="J929" s="6">
+        <v>1827787</v>
+      </c>
+      <c r="K929" s="6">
+        <v>1827553</v>
+      </c>
+      <c r="L929" s="6">
+        <v>1826499.72373022</v>
+      </c>
+      <c r="M929" s="6">
+        <v>1756036</v>
+      </c>
+      <c r="N929" s="30">
+        <v>1756036</v>
+      </c>
+      <c r="O929" s="30">
+        <v>1756036</v>
+      </c>
+    </row>
+    <row r="930" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A930" s="39"/>
+      <c r="B930" s="39"/>
+      <c r="C930" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D930" s="6">
+        <v>921739.519867072</v>
+      </c>
+      <c r="E930" s="6">
+        <v>922099.07709834795</v>
+      </c>
+      <c r="F930" s="6">
+        <v>921757.32791256299</v>
+      </c>
+      <c r="G930" s="6">
+        <v>923809.57198175194</v>
+      </c>
+      <c r="H930" s="6">
+        <v>924309.05043295398</v>
+      </c>
+      <c r="I930" s="6">
+        <v>924756.68973557698</v>
+      </c>
+      <c r="J930" s="6">
+        <v>925211</v>
+      </c>
+      <c r="K930" s="6">
+        <v>925641.75326012203</v>
+      </c>
+      <c r="L930" s="6">
+        <v>925275.91717688297</v>
+      </c>
+      <c r="M930" s="6">
+        <v>890147.00800000003</v>
+      </c>
+      <c r="N930" s="30">
+        <v>890147.00799309101</v>
+      </c>
+      <c r="O930" s="30">
+        <v>890147.00799309101</v>
+      </c>
+    </row>
+    <row r="931" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A931" s="39"/>
+      <c r="B931" s="39"/>
+      <c r="C931" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D931" s="6">
+        <v>658560.27791786403</v>
+      </c>
+      <c r="E931" s="6">
+        <v>658748.98754539399</v>
+      </c>
+      <c r="F931" s="6">
+        <v>658479.46832742798</v>
+      </c>
+      <c r="G931" s="6">
+        <v>659815.13807932404</v>
+      </c>
+      <c r="H931" s="6">
+        <v>660331.66817329801</v>
+      </c>
+      <c r="I931" s="6">
+        <v>660398.07047423697</v>
+      </c>
+      <c r="J931" s="6">
+        <v>660318</v>
+      </c>
+      <c r="K931" s="6">
+        <v>660550.30875339406</v>
+      </c>
+      <c r="L931" s="6">
+        <v>660219.30591735896</v>
+      </c>
+      <c r="M931" s="6">
+        <v>634898.94767868205</v>
+      </c>
+      <c r="N931" s="30">
+        <v>634898.94767868205</v>
+      </c>
+      <c r="O931" s="30">
+        <v>634898.94767868205</v>
+      </c>
+    </row>
+    <row r="932" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A932" s="39"/>
+      <c r="B932" s="39"/>
+      <c r="C932" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D932" s="6">
+        <v>263179.24194920802</v>
+      </c>
+      <c r="E932" s="6">
+        <v>263350.08955295401</v>
+      </c>
+      <c r="F932" s="6">
+        <v>263277.85958513501</v>
+      </c>
+      <c r="G932" s="6">
+        <v>263943.16058524098</v>
+      </c>
+      <c r="H932" s="6">
+        <v>263907.96678809699</v>
+      </c>
+      <c r="I932" s="6">
+        <v>264289.28498908202</v>
+      </c>
+      <c r="J932" s="5"/>
+      <c r="K932" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L932" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M932" s="5"/>
+      <c r="N932" s="30"/>
+      <c r="O932" s="30"/>
+    </row>
+    <row r="933" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A933" s="39"/>
+      <c r="B933" s="39"/>
+      <c r="C933" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D933" s="7">
+        <v>0</v>
+      </c>
+      <c r="E933" s="7">
+        <v>0</v>
+      </c>
+      <c r="F933" s="7">
+        <v>0</v>
+      </c>
+      <c r="G933" s="6">
+        <v>51.273317186397001</v>
+      </c>
+      <c r="H933" s="6">
+        <v>69.415471559052605</v>
+      </c>
+      <c r="I933" s="6">
+        <v>69.334272256846006</v>
+      </c>
+      <c r="J933" s="5"/>
+      <c r="K933" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L933" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M933" s="5"/>
+      <c r="N933" s="30"/>
+      <c r="O933" s="30"/>
+    </row>
+    <row r="934" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A934" s="39"/>
+      <c r="B934" s="39"/>
+      <c r="C934" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D934" s="5"/>
+      <c r="E934" s="5"/>
+      <c r="F934" s="5"/>
+      <c r="G934" s="5"/>
+      <c r="H934" s="5"/>
+      <c r="I934" s="5"/>
+      <c r="J934" s="6">
+        <v>264893</v>
+      </c>
+      <c r="K934" s="6">
+        <v>265091.44450672797</v>
+      </c>
+      <c r="L934" s="6">
+        <v>265056.61125952401</v>
+      </c>
+      <c r="M934" s="6">
+        <v>255248.060314409</v>
+      </c>
+      <c r="N934" s="30">
+        <v>255248.060314409</v>
+      </c>
+      <c r="O934" s="30">
+        <v>255248.060314409</v>
+      </c>
+    </row>
+    <row r="935" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A935" s="39"/>
+      <c r="B935" s="39"/>
+      <c r="C935" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D935" s="6">
+        <v>904709.480132928</v>
+      </c>
+      <c r="E935" s="6">
+        <v>904686.29012588901</v>
+      </c>
+      <c r="F935" s="6">
+        <v>903310.67208743701</v>
+      </c>
+      <c r="G935" s="6">
+        <v>904816.42801824806</v>
+      </c>
+      <c r="H935" s="6">
+        <v>903900.94956704602</v>
+      </c>
+      <c r="I935" s="6">
+        <v>903142.31026442302</v>
+      </c>
+      <c r="J935" s="6">
+        <v>902576</v>
+      </c>
+      <c r="K935" s="6">
+        <v>901911.24673987797</v>
+      </c>
+      <c r="L935" s="6">
+        <v>901223.80655333598</v>
+      </c>
+      <c r="M935" s="6">
+        <v>865888.99199999997</v>
+      </c>
+      <c r="N935" s="30">
+        <v>865888.99200690899</v>
+      </c>
+      <c r="O935" s="30">
+        <v>865888.99200690899</v>
+      </c>
+    </row>
+    <row r="936" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A936" s="39"/>
+      <c r="B936" s="39"/>
+      <c r="C936" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D936" s="6">
+        <v>21317.310983496802</v>
+      </c>
+      <c r="E936" s="6">
+        <v>21304.769361170998</v>
+      </c>
+      <c r="F936" s="6">
+        <v>21289.2931322074</v>
+      </c>
+      <c r="G936" s="6">
+        <v>21321.051132198601</v>
+      </c>
+      <c r="H936" s="6">
+        <v>21300.9416205384</v>
+      </c>
+      <c r="I936" s="6">
+        <v>21276.024673968899</v>
+      </c>
+      <c r="J936" s="6">
+        <v>21282</v>
+      </c>
+      <c r="K936" s="6">
+        <v>21259.434017505399</v>
+      </c>
+      <c r="L936" s="6">
+        <v>21225.930625681602</v>
+      </c>
+      <c r="M936" s="6">
+        <v>20406.406640000001</v>
+      </c>
+      <c r="N936" s="30">
+        <v>20406.406635572199</v>
+      </c>
+      <c r="O936" s="30">
+        <v>20406.406635572199</v>
+      </c>
+    </row>
+    <row r="937" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A937" s="39"/>
+      <c r="B937" s="39"/>
+      <c r="C937" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D937" s="6">
+        <v>11901.1498262799</v>
+      </c>
+      <c r="E937" s="6">
+        <v>11891.421159370801</v>
+      </c>
+      <c r="F937" s="6">
+        <v>11868.3460294701</v>
+      </c>
+      <c r="G937" s="6">
+        <v>11880.2435929329</v>
+      </c>
+      <c r="H937" s="6">
+        <v>11865.6589885621</v>
+      </c>
+      <c r="I937" s="6">
+        <v>11863.9157962466</v>
+      </c>
+      <c r="J937" s="5"/>
+      <c r="K937" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L937" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M937" s="5"/>
+      <c r="N937" s="30"/>
+      <c r="O937" s="30"/>
+    </row>
+    <row r="938" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A938" s="39"/>
+      <c r="B938" s="39"/>
+      <c r="C938" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D938" s="7">
+        <v>0</v>
+      </c>
+      <c r="E938" s="7">
+        <v>0</v>
+      </c>
+      <c r="F938" s="7">
+        <v>0</v>
+      </c>
+      <c r="G938" s="7">
+        <v>0</v>
+      </c>
+      <c r="H938" s="7">
+        <v>0</v>
+      </c>
+      <c r="I938" s="7">
+        <v>0</v>
+      </c>
+      <c r="J938" s="5"/>
+      <c r="K938" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L938" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M938" s="5"/>
+      <c r="N938" s="30"/>
+      <c r="O938" s="30"/>
+    </row>
+    <row r="939" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A939" s="39"/>
+      <c r="B939" s="39"/>
+      <c r="C939" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D939" s="5"/>
+      <c r="E939" s="5"/>
+      <c r="F939" s="5"/>
+      <c r="G939" s="5"/>
+      <c r="H939" s="5"/>
+      <c r="I939" s="5"/>
+      <c r="J939" s="6">
+        <v>881294</v>
+      </c>
+      <c r="K939" s="6">
+        <v>880651.81272237306</v>
+      </c>
+      <c r="L939" s="6">
+        <v>879997.87592765398</v>
+      </c>
+      <c r="M939" s="6">
+        <v>845482.58539999998</v>
+      </c>
+      <c r="N939" s="30">
+        <v>845482.58537133597</v>
+      </c>
+      <c r="O939" s="30">
+        <v>845482.58537133597</v>
+      </c>
+    </row>
+    <row r="940" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A940" s="39"/>
+      <c r="B940" s="39"/>
+      <c r="C940" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D940" s="6">
+        <v>871491.01932315098</v>
+      </c>
+      <c r="E940" s="6">
+        <v>871490.09960534703</v>
+      </c>
+      <c r="F940" s="6">
+        <v>870153.03292575898</v>
+      </c>
+      <c r="G940" s="6">
+        <v>871615.13329311705</v>
+      </c>
+      <c r="H940" s="6">
+        <v>870734.34895794594</v>
+      </c>
+      <c r="I940" s="6">
+        <v>870002.36979420797</v>
+      </c>
+      <c r="J940" s="5"/>
+      <c r="K940" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L940" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M940" s="5"/>
+      <c r="N940" s="30"/>
+      <c r="O940" s="30"/>
+    </row>
+    <row r="941" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A941" s="39"/>
+      <c r="B941" s="39" t="s">
+        <v>93</v>
+      </c>
+      <c r="C941" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D941" s="6">
+        <v>1114844</v>
+      </c>
+      <c r="E941" s="6">
+        <v>1103473.84482872</v>
+      </c>
+      <c r="F941" s="6">
+        <v>1131725</v>
+      </c>
+      <c r="G941" s="6">
+        <v>1131596</v>
+      </c>
+      <c r="H941" s="6">
+        <v>1131644</v>
+      </c>
+      <c r="I941" s="6">
+        <v>1131648</v>
+      </c>
+      <c r="J941" s="6">
+        <v>1131260</v>
+      </c>
+      <c r="K941" s="6">
+        <v>1131319</v>
+      </c>
+      <c r="L941" s="6">
+        <v>1200847.9063447199</v>
+      </c>
+      <c r="M941" s="6">
+        <v>1384092</v>
+      </c>
+      <c r="N941" s="30">
+        <v>1384092</v>
+      </c>
+      <c r="O941" s="30">
+        <v>1384092</v>
+      </c>
+    </row>
+    <row r="942" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A942" s="39"/>
+      <c r="B942" s="39"/>
+      <c r="C942" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D942" s="6">
+        <v>619795.24336366495</v>
+      </c>
+      <c r="E942" s="6">
+        <v>613750.30022276903</v>
+      </c>
+      <c r="F942" s="6">
+        <v>629760.94689142494</v>
+      </c>
+      <c r="G942" s="6">
+        <v>630026.95780359302</v>
+      </c>
+      <c r="H942" s="6">
+        <v>630061.01968545199</v>
+      </c>
+      <c r="I942" s="6">
+        <v>630280.59010213602</v>
+      </c>
+      <c r="J942" s="6">
+        <v>630239</v>
+      </c>
+      <c r="K942" s="6">
+        <v>630407.23035775195</v>
+      </c>
+      <c r="L942" s="6">
+        <v>669333.53201196704</v>
+      </c>
+      <c r="M942" s="6">
+        <v>771689.90280000004</v>
+      </c>
+      <c r="N942" s="30">
+        <v>771689.90284759598</v>
+      </c>
+      <c r="O942" s="30">
+        <v>771689.90284759598</v>
+      </c>
+    </row>
+    <row r="943" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A943" s="39"/>
+      <c r="B943" s="39"/>
+      <c r="C943" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D943" s="6">
+        <v>442606.07179669099</v>
+      </c>
+      <c r="E943" s="6">
+        <v>438250.59699134697</v>
+      </c>
+      <c r="F943" s="6">
+        <v>449615.84993630601</v>
+      </c>
+      <c r="G943" s="6">
+        <v>449769.98480723798</v>
+      </c>
+      <c r="H943" s="6">
+        <v>449840.59859586798</v>
+      </c>
+      <c r="I943" s="6">
+        <v>449900.06257792999</v>
+      </c>
+      <c r="J943" s="6">
+        <v>449706</v>
+      </c>
+      <c r="K943" s="6">
+        <v>449843.81836394098</v>
+      </c>
+      <c r="L943" s="6">
+        <v>477507.47213730402</v>
+      </c>
+      <c r="M943" s="6">
+        <v>550496.0291714</v>
+      </c>
+      <c r="N943" s="30">
+        <v>550496.0291714</v>
+      </c>
+      <c r="O943" s="30">
+        <v>550496.0291714</v>
+      </c>
+    </row>
+    <row r="944" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A944" s="39"/>
+      <c r="B944" s="39"/>
+      <c r="C944" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D944" s="6">
+        <v>177189.17156697399</v>
+      </c>
+      <c r="E944" s="6">
+        <v>175499.70323142299</v>
+      </c>
+      <c r="F944" s="6">
+        <v>180145.09695511899</v>
+      </c>
+      <c r="G944" s="6">
+        <v>180256.97299635599</v>
+      </c>
+      <c r="H944" s="6">
+        <v>180220.42108958401</v>
+      </c>
+      <c r="I944" s="6">
+        <v>180380.527524206</v>
+      </c>
+      <c r="J944" s="5"/>
+      <c r="K944" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L944" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M944" s="5"/>
+      <c r="N944" s="30"/>
+      <c r="O944" s="30"/>
+    </row>
+    <row r="945" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A945" s="39"/>
+      <c r="B945" s="39"/>
+      <c r="C945" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D945" s="7">
+        <v>0</v>
+      </c>
+      <c r="E945" s="7">
+        <v>0</v>
+      </c>
+      <c r="F945" s="7">
+        <v>0</v>
+      </c>
+      <c r="G945" s="7">
+        <v>0</v>
+      </c>
+      <c r="H945" s="7">
+        <v>0</v>
+      </c>
+      <c r="I945" s="7">
+        <v>0</v>
+      </c>
+      <c r="J945" s="5"/>
+      <c r="K945" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L945" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M945" s="5"/>
+      <c r="N945" s="30"/>
+      <c r="O945" s="30"/>
+    </row>
+    <row r="946" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A946" s="39"/>
+      <c r="B946" s="39"/>
+      <c r="C946" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D946" s="5"/>
+      <c r="E946" s="5"/>
+      <c r="F946" s="5"/>
+      <c r="G946" s="5"/>
+      <c r="H946" s="5"/>
+      <c r="I946" s="5"/>
+      <c r="J946" s="6">
+        <v>180534</v>
+      </c>
+      <c r="K946" s="6">
+        <v>180563.41199381099</v>
+      </c>
+      <c r="L946" s="6">
+        <v>191826.059874664</v>
+      </c>
+      <c r="M946" s="6">
+        <v>221193.873676196</v>
+      </c>
+      <c r="N946" s="30">
+        <v>221193.873676196</v>
+      </c>
+      <c r="O946" s="30">
+        <v>221193.873676196</v>
+      </c>
+    </row>
+    <row r="947" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A947" s="39"/>
+      <c r="B947" s="39"/>
+      <c r="C947" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D947" s="6">
+        <v>495048.75663633499</v>
+      </c>
+      <c r="E947" s="6">
+        <v>489723.54460595403</v>
+      </c>
+      <c r="F947" s="6">
+        <v>501964.05310857401</v>
+      </c>
+      <c r="G947" s="6">
+        <v>501569.04219640698</v>
+      </c>
+      <c r="H947" s="6">
+        <v>501582.98031454801</v>
+      </c>
+      <c r="I947" s="6">
+        <v>501367.40989786398</v>
+      </c>
+      <c r="J947" s="6">
+        <v>501021</v>
+      </c>
+      <c r="K947" s="6">
+        <v>500911.76964224799</v>
+      </c>
+      <c r="L947" s="6">
+        <v>531514.37433274998</v>
+      </c>
+      <c r="M947" s="6">
+        <v>612402.09719999996</v>
+      </c>
+      <c r="N947" s="30">
+        <v>612402.09715240402</v>
+      </c>
+      <c r="O947" s="30">
+        <v>612402.09715240402</v>
+      </c>
+    </row>
+    <row r="948" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A948" s="39"/>
+      <c r="B948" s="39"/>
+      <c r="C948" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D948" s="6">
+        <v>145876.912113381</v>
+      </c>
+      <c r="E948" s="6">
+        <v>144328.50774994999</v>
+      </c>
+      <c r="F948" s="6">
+        <v>147959.16349359599</v>
+      </c>
+      <c r="G948" s="6">
+        <v>147818.96383171101</v>
+      </c>
+      <c r="H948" s="6">
+        <v>147956.732810065</v>
+      </c>
+      <c r="I948" s="6">
+        <v>147858.12746693799</v>
+      </c>
+      <c r="J948" s="6">
+        <v>147774</v>
+      </c>
+      <c r="K948" s="6">
+        <v>147758.642639147</v>
+      </c>
+      <c r="L948" s="6">
+        <v>156772.329441437</v>
+      </c>
+      <c r="M948" s="6">
+        <v>180587.4675</v>
+      </c>
+      <c r="N948" s="30">
+        <v>180587.467480038</v>
+      </c>
+      <c r="O948" s="30">
+        <v>180587.467480038</v>
+      </c>
+    </row>
+    <row r="949" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A949" s="39"/>
+      <c r="B949" s="39"/>
+      <c r="C949" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D949" s="6">
+        <v>20946.444771644401</v>
+      </c>
+      <c r="E949" s="6">
+        <v>20716.018493613799</v>
+      </c>
+      <c r="F949" s="6">
+        <v>21229.4212808353</v>
+      </c>
+      <c r="G949" s="6">
+        <v>21205.726576426099</v>
+      </c>
+      <c r="H949" s="6">
+        <v>21185.408451349998</v>
+      </c>
+      <c r="I949" s="6">
+        <v>21164.289351387401</v>
+      </c>
+      <c r="J949" s="5"/>
+      <c r="K949" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L949" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M949" s="5"/>
+      <c r="N949" s="30"/>
+      <c r="O949" s="30"/>
+    </row>
+    <row r="950" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A950" s="39"/>
+      <c r="B950" s="39"/>
+      <c r="C950" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D950" s="6">
+        <v>7.5354574057249897</v>
+      </c>
+      <c r="E950" s="7">
+        <v>0</v>
+      </c>
+      <c r="F950" s="7">
+        <v>0</v>
+      </c>
+      <c r="G950" s="7">
+        <v>0</v>
+      </c>
+      <c r="H950" s="7">
+        <v>0</v>
+      </c>
+      <c r="I950" s="7">
+        <v>0</v>
+      </c>
+      <c r="J950" s="5"/>
+      <c r="K950" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L950" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M950" s="5"/>
+      <c r="N950" s="30"/>
+      <c r="O950" s="30"/>
+    </row>
+    <row r="951" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A951" s="39"/>
+      <c r="B951" s="39"/>
+      <c r="C951" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D951" s="5"/>
+      <c r="E951" s="5"/>
+      <c r="F951" s="5"/>
+      <c r="G951" s="5"/>
+      <c r="H951" s="5"/>
+      <c r="I951" s="5"/>
+      <c r="J951" s="6">
+        <v>353247</v>
+      </c>
+      <c r="K951" s="6">
+        <v>353153.12700310099</v>
+      </c>
+      <c r="L951" s="6">
+        <v>374742.04489131301</v>
+      </c>
+      <c r="M951" s="6">
+        <v>431814.62969999999</v>
+      </c>
+      <c r="N951" s="30">
+        <v>431814.62967236497</v>
+      </c>
+      <c r="O951" s="30">
+        <v>431814.62967236497</v>
+      </c>
+    </row>
+    <row r="952" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A952" s="39"/>
+      <c r="B952" s="39"/>
+      <c r="C952" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D952" s="6">
+        <v>328217.86429390399</v>
+      </c>
+      <c r="E952" s="6">
+        <v>324679.01836238999</v>
+      </c>
+      <c r="F952" s="6">
+        <v>332775.46833414299</v>
+      </c>
+      <c r="G952" s="6">
+        <v>332544.35178826901</v>
+      </c>
+      <c r="H952" s="6">
+        <v>332440.83905313298</v>
+      </c>
+      <c r="I952" s="6">
+        <v>332344.99307953799</v>
+      </c>
+      <c r="J952" s="5"/>
+      <c r="K952" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L952" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M952" s="5"/>
+      <c r="N952" s="30"/>
+      <c r="O952" s="30"/>
+    </row>
+    <row r="953" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A953" s="39"/>
+      <c r="B953" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="C953" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D953" s="6">
+        <v>759370</v>
+      </c>
+      <c r="E953" s="6">
+        <v>757572.76743428304</v>
+      </c>
+      <c r="F953" s="6">
+        <v>756533</v>
+      </c>
+      <c r="G953" s="6">
+        <v>752685</v>
+      </c>
+      <c r="H953" s="6">
+        <v>751838</v>
+      </c>
+      <c r="I953" s="6">
+        <v>751404</v>
+      </c>
+      <c r="J953" s="6">
+        <v>751329</v>
+      </c>
+      <c r="K953" s="6">
+        <v>751063</v>
+      </c>
+      <c r="L953" s="6">
+        <v>745817.60517804499</v>
+      </c>
+      <c r="M953" s="6">
+        <v>862097</v>
+      </c>
+      <c r="N953" s="30">
+        <v>862097</v>
+      </c>
+      <c r="O953" s="30">
+        <v>862097</v>
+      </c>
+    </row>
+    <row r="954" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A954" s="39"/>
+      <c r="B954" s="39"/>
+      <c r="C954" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D954" s="6">
+        <v>728014.21927802102</v>
+      </c>
+      <c r="E954" s="6">
+        <v>726291.23896621098</v>
+      </c>
+      <c r="F954" s="6">
+        <v>725286.65469614498</v>
+      </c>
+      <c r="G954" s="6">
+        <v>721589.62517219398</v>
+      </c>
+      <c r="H954" s="6">
+        <v>720770.23194247298</v>
+      </c>
+      <c r="I954" s="6">
+        <v>720346.89401616901</v>
+      </c>
+      <c r="J954" s="6">
+        <v>720265</v>
+      </c>
+      <c r="K954" s="6">
+        <v>720002.76045044605</v>
+      </c>
+      <c r="L954" s="6">
+        <v>714966.59807456203</v>
+      </c>
+      <c r="M954" s="6">
+        <v>826427.1727</v>
+      </c>
+      <c r="N954" s="30">
+        <v>826427.17267296195</v>
+      </c>
+      <c r="O954" s="30">
+        <v>826427.17267296195</v>
+      </c>
+    </row>
+    <row r="955" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A955" s="39"/>
+      <c r="B955" s="39"/>
+      <c r="C955" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D955" s="6">
+        <v>720728.78703855805</v>
+      </c>
+      <c r="E955" s="6">
+        <v>719023.05904042104</v>
+      </c>
+      <c r="F955" s="6">
+        <v>718035.71554093703</v>
+      </c>
+      <c r="G955" s="6">
+        <v>714382.75448376604</v>
+      </c>
+      <c r="H955" s="6">
+        <v>713578.65594836802</v>
+      </c>
+      <c r="I955" s="6">
+        <v>713166.64767880901</v>
+      </c>
+      <c r="J955" s="6">
+        <v>713093</v>
+      </c>
+      <c r="K955" s="6">
+        <v>712840.12333499896</v>
+      </c>
+      <c r="L955" s="6">
+        <v>707861.09442793904</v>
+      </c>
+      <c r="M955" s="6">
+        <v>818222.070795062</v>
+      </c>
+      <c r="N955" s="30">
+        <v>818222.070795062</v>
+      </c>
+      <c r="O955" s="30">
+        <v>818222.070795062</v>
+      </c>
+    </row>
+    <row r="956" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A956" s="39"/>
+      <c r="B956" s="39"/>
+      <c r="C956" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D956" s="6">
+        <v>5880.8468463345898</v>
+      </c>
+      <c r="E956" s="6">
+        <v>5866.9206699431597</v>
+      </c>
+      <c r="F956" s="6">
+        <v>5853.00319677281</v>
+      </c>
+      <c r="G956" s="6">
+        <v>5817.4302449106799</v>
+      </c>
+      <c r="H956" s="6">
+        <v>5805.0836600745197</v>
+      </c>
+      <c r="I956" s="6">
+        <v>5795.9382925927703</v>
+      </c>
+      <c r="J956" s="5"/>
+      <c r="K956" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L956" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M956" s="5"/>
+      <c r="N956" s="30"/>
+      <c r="O956" s="30"/>
+    </row>
+    <row r="957" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A957" s="39"/>
+      <c r="B957" s="39"/>
+      <c r="C957" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D957" s="6">
+        <v>1404.5853931279901</v>
+      </c>
+      <c r="E957" s="6">
+        <v>1401.2592558466399</v>
+      </c>
+      <c r="F957" s="6">
+        <v>1397.9359584348199</v>
+      </c>
+      <c r="G957" s="6">
+        <v>1389.4404435173601</v>
+      </c>
+      <c r="H957" s="6">
+        <v>1386.49233403013</v>
+      </c>
+      <c r="I957" s="6">
+        <v>1384.3080447678501</v>
+      </c>
+      <c r="J957" s="5"/>
+      <c r="K957" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L957" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M957" s="5"/>
+      <c r="N957" s="30"/>
+      <c r="O957" s="30"/>
+    </row>
+    <row r="958" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A958" s="39"/>
+      <c r="B958" s="39"/>
+      <c r="C958" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D958" s="5"/>
+      <c r="E958" s="5"/>
+      <c r="F958" s="5"/>
+      <c r="G958" s="5"/>
+      <c r="H958" s="5"/>
+      <c r="I958" s="5"/>
+      <c r="J958" s="6">
+        <v>7172</v>
+      </c>
+      <c r="K958" s="6">
+        <v>7162.6371154475701</v>
+      </c>
+      <c r="L958" s="6">
+        <v>7105.50364662221</v>
+      </c>
+      <c r="M958" s="6">
+        <v>8205.1018779006899</v>
+      </c>
+      <c r="N958" s="30">
+        <v>8205.1018779006899</v>
+      </c>
+      <c r="O958" s="30">
+        <v>8205.1018779006899</v>
+      </c>
+    </row>
+    <row r="959" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A959" s="39"/>
+      <c r="B959" s="39"/>
+      <c r="C959" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D959" s="6">
+        <v>31355.780721979401</v>
+      </c>
+      <c r="E959" s="6">
+        <v>31281.528468071901</v>
+      </c>
+      <c r="F959" s="6">
+        <v>31246.345303855302</v>
+      </c>
+      <c r="G959" s="6">
+        <v>31095.374827806099</v>
+      </c>
+      <c r="H959" s="6">
+        <v>31067.768057527301</v>
+      </c>
+      <c r="I959" s="6">
+        <v>31057.105983830799</v>
+      </c>
+      <c r="J959" s="6">
+        <v>31064</v>
+      </c>
+      <c r="K959" s="6">
+        <v>31060.239549553698</v>
+      </c>
+      <c r="L959" s="6">
+        <v>30851.0071034838</v>
+      </c>
+      <c r="M959" s="6">
+        <v>35669.82733</v>
+      </c>
+      <c r="N959" s="30">
+        <v>35669.827327037499</v>
+      </c>
+      <c r="O959" s="30">
+        <v>35669.827327037499</v>
+      </c>
+    </row>
+    <row r="960" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A960" s="39"/>
+      <c r="B960" s="39"/>
+      <c r="C960" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D960" s="6">
+        <v>702.29269656399504</v>
+      </c>
+      <c r="E960" s="6">
+        <v>700.62962792331803</v>
+      </c>
+      <c r="F960" s="6">
+        <v>698.96847923518101</v>
+      </c>
+      <c r="G960" s="6">
+        <v>694.72022126054503</v>
+      </c>
+      <c r="H960" s="6">
+        <v>693.246665956166</v>
+      </c>
+      <c r="I960" s="6">
+        <v>692.15452053899196</v>
+      </c>
+      <c r="J960" s="6">
+        <v>692</v>
+      </c>
+      <c r="K960" s="6">
+        <v>690.45704360329501</v>
+      </c>
+      <c r="L960" s="6">
+        <v>684.949546107591</v>
+      </c>
+      <c r="M960" s="6">
+        <v>790.94756500000005</v>
+      </c>
+      <c r="N960" s="30">
+        <v>790.94756494935905</v>
+      </c>
+      <c r="O960" s="30">
+        <v>790.94756494935905</v>
+      </c>
+    </row>
+    <row r="961" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A961" s="39"/>
+      <c r="B961" s="39"/>
+      <c r="C961" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D961" s="6">
+        <v>102.42349086409899</v>
+      </c>
+      <c r="E961" s="6">
+        <v>102.180946271854</v>
+      </c>
+      <c r="F961" s="6">
+        <v>110.936629887243</v>
+      </c>
+      <c r="G961" s="6">
+        <v>119.169527874736</v>
+      </c>
+      <c r="H961" s="6">
+        <v>127.84880710697701</v>
+      </c>
+      <c r="I961" s="6">
+        <v>136.57935611602301</v>
+      </c>
+      <c r="J961" s="5"/>
+      <c r="K961" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L961" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M961" s="5"/>
+      <c r="N961" s="30"/>
+      <c r="O961" s="30"/>
+    </row>
+    <row r="962" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A962" s="39"/>
+      <c r="B962" s="39"/>
+      <c r="C962" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D962" s="7">
+        <v>0</v>
+      </c>
+      <c r="E962" s="7">
+        <v>0</v>
+      </c>
+      <c r="F962" s="7">
+        <v>0</v>
+      </c>
+      <c r="G962" s="7">
+        <v>0</v>
+      </c>
+      <c r="H962" s="7">
+        <v>0</v>
+      </c>
+      <c r="I962" s="7">
+        <v>0</v>
+      </c>
+      <c r="J962" s="5"/>
+      <c r="K962" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L962" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M962" s="5"/>
+      <c r="N962" s="30"/>
+      <c r="O962" s="30"/>
+    </row>
+    <row r="963" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A963" s="39"/>
+      <c r="B963" s="39"/>
+      <c r="C963" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D963" s="5"/>
+      <c r="E963" s="5"/>
+      <c r="F963" s="5"/>
+      <c r="G963" s="5"/>
+      <c r="H963" s="5"/>
+      <c r="I963" s="5"/>
+      <c r="J963" s="6">
+        <v>30372</v>
+      </c>
+      <c r="K963" s="6">
+        <v>30369.782505950399</v>
+      </c>
+      <c r="L963" s="6">
+        <v>30166.0575573762</v>
+      </c>
+      <c r="M963" s="6">
+        <v>34878.879760000003</v>
+      </c>
+      <c r="N963" s="30">
+        <v>34878.879762088101</v>
+      </c>
+      <c r="O963" s="30">
+        <v>34878.879762088101</v>
+      </c>
+    </row>
+    <row r="964" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A964" s="39"/>
+      <c r="B964" s="39"/>
+      <c r="C964" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D964" s="6">
+        <v>30551.0645345513</v>
+      </c>
+      <c r="E964" s="6">
+        <v>30478.717893876699</v>
+      </c>
+      <c r="F964" s="6">
+        <v>30436.440194732899</v>
+      </c>
+      <c r="G964" s="6">
+        <v>30281.485078670801</v>
+      </c>
+      <c r="H964" s="6">
+        <v>30246.672584464101</v>
+      </c>
+      <c r="I964" s="6">
+        <v>30228.372107175699</v>
+      </c>
+      <c r="J964" s="5"/>
+      <c r="K964" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L964" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M964" s="5"/>
+      <c r="N964" s="30"/>
+      <c r="O964" s="30"/>
+    </row>
+    <row r="965" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A965" s="39"/>
+      <c r="B965" s="39" t="s">
+        <v>95</v>
+      </c>
+      <c r="C965" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D965" s="6">
+        <v>1268629</v>
+      </c>
+      <c r="E965" s="6">
+        <v>1263782.82997712</v>
+      </c>
+      <c r="F965" s="6">
+        <v>1263016</v>
+      </c>
+      <c r="G965" s="6">
+        <v>1286466</v>
+      </c>
+      <c r="H965" s="6">
+        <v>1286001</v>
+      </c>
+      <c r="I965" s="6">
+        <v>1285685</v>
+      </c>
+      <c r="J965" s="6">
+        <v>1285556</v>
+      </c>
+      <c r="K965" s="6">
+        <v>1285360</v>
+      </c>
+      <c r="L965" s="6">
+        <v>1385128.4662884299</v>
+      </c>
+      <c r="M965" s="6">
+        <v>1397486</v>
+      </c>
+      <c r="N965" s="30">
+        <v>1397486</v>
+      </c>
+      <c r="O965" s="30">
+        <v>1397486</v>
+      </c>
+    </row>
+    <row r="966" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A966" s="39"/>
+      <c r="B966" s="39"/>
+      <c r="C966" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D966" s="6">
+        <v>792554.33963959001</v>
+      </c>
+      <c r="E966" s="6">
+        <v>789528.24245543103</v>
+      </c>
+      <c r="F966" s="6">
+        <v>788788.09793400997</v>
+      </c>
+      <c r="G966" s="6">
+        <v>803169.03309075604</v>
+      </c>
+      <c r="H966" s="6">
+        <v>802612.313661327</v>
+      </c>
+      <c r="I966" s="6">
+        <v>802149.33566120698</v>
+      </c>
+      <c r="J966" s="6">
+        <v>801800</v>
+      </c>
+      <c r="K966" s="6">
+        <v>801411.90272191504</v>
+      </c>
+      <c r="L966" s="6">
+        <v>863330.81831259106</v>
+      </c>
+      <c r="M966" s="6">
+        <v>870744.88859999995</v>
+      </c>
+      <c r="N966" s="30">
+        <v>870744.88862272503</v>
+      </c>
+      <c r="O966" s="30">
+        <v>870744.88862272503</v>
+      </c>
+    </row>
+    <row r="967" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A967" s="39"/>
+      <c r="B967" s="39"/>
+      <c r="C967" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D967" s="6">
+        <v>620556.08315677894</v>
+      </c>
+      <c r="E967" s="6">
+        <v>618187.549546147</v>
+      </c>
+      <c r="F967" s="6">
+        <v>617721.22277268395</v>
+      </c>
+      <c r="G967" s="6">
+        <v>629097.96183048701</v>
+      </c>
+      <c r="H967" s="6">
+        <v>628776.097576292</v>
+      </c>
+      <c r="I967" s="6">
+        <v>628527.50039140903</v>
+      </c>
+      <c r="J967" s="6">
+        <v>628366</v>
+      </c>
+      <c r="K967" s="6">
+        <v>628175.96070069203</v>
+      </c>
+      <c r="L967" s="6">
+        <v>676832.96822470205</v>
+      </c>
+      <c r="M967" s="6">
+        <v>682769.14966157498</v>
+      </c>
+      <c r="N967" s="30">
+        <v>682769.14966157498</v>
+      </c>
+      <c r="O967" s="30">
+        <v>682769.14966157498</v>
+      </c>
+    </row>
+    <row r="968" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A968" s="39"/>
+      <c r="B968" s="39"/>
+      <c r="C968" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D968" s="6">
+        <v>171998.256482811</v>
+      </c>
+      <c r="E968" s="6">
+        <v>171340.692909284</v>
+      </c>
+      <c r="F968" s="6">
+        <v>171066.87516132701</v>
+      </c>
+      <c r="G968" s="6">
+        <v>174071.071260269</v>
+      </c>
+      <c r="H968" s="6">
+        <v>173836.216085035</v>
+      </c>
+      <c r="I968" s="6">
+        <v>173621.83526979701</v>
+      </c>
+      <c r="J968" s="5"/>
+      <c r="K968" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L968" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M968" s="5"/>
+      <c r="N968" s="30"/>
+      <c r="O968" s="30"/>
+    </row>
+    <row r="969" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A969" s="39"/>
+      <c r="B969" s="39"/>
+      <c r="C969" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D969" s="7">
+        <v>0</v>
+      </c>
+      <c r="E969" s="7">
+        <v>0</v>
+      </c>
+      <c r="F969" s="7">
+        <v>0</v>
+      </c>
+      <c r="G969" s="7">
+        <v>0</v>
+      </c>
+      <c r="H969" s="7">
+        <v>0</v>
+      </c>
+      <c r="I969" s="7">
+        <v>0</v>
+      </c>
+      <c r="J969" s="5"/>
+      <c r="K969" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L969" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M969" s="5"/>
+      <c r="N969" s="30"/>
+      <c r="O969" s="30"/>
+    </row>
+    <row r="970" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A970" s="39"/>
+      <c r="B970" s="39"/>
+      <c r="C970" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D970" s="5"/>
+      <c r="E970" s="5"/>
+      <c r="F970" s="5"/>
+      <c r="G970" s="5"/>
+      <c r="H970" s="5"/>
+      <c r="I970" s="5"/>
+      <c r="J970" s="6">
+        <v>173434</v>
+      </c>
+      <c r="K970" s="6">
+        <v>173235.94202122401</v>
+      </c>
+      <c r="L970" s="6">
+        <v>186497.850087889</v>
+      </c>
+      <c r="M970" s="6">
+        <v>187975.73896115</v>
+      </c>
+      <c r="N970" s="30">
+        <v>187975.73896115</v>
+      </c>
+      <c r="O970" s="30">
+        <v>187975.73896115</v>
+      </c>
+    </row>
+    <row r="971" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A971" s="39"/>
+      <c r="B971" s="39"/>
+      <c r="C971" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D971" s="6">
+        <v>476074.66036041098</v>
+      </c>
+      <c r="E971" s="6">
+        <v>474254.58752168599</v>
+      </c>
+      <c r="F971" s="6">
+        <v>474227.90206599003</v>
+      </c>
+      <c r="G971" s="6">
+        <v>483296.96690924402</v>
+      </c>
+      <c r="H971" s="6">
+        <v>483388.686338673</v>
+      </c>
+      <c r="I971" s="6">
+        <v>483535.66433879302</v>
+      </c>
+      <c r="J971" s="6">
+        <v>483756</v>
+      </c>
+      <c r="K971" s="6">
+        <v>483948.09727808501</v>
+      </c>
+      <c r="L971" s="6">
+        <v>521797.64797583799</v>
+      </c>
+      <c r="M971" s="6">
+        <v>526740.03700000001</v>
+      </c>
+      <c r="N971" s="30">
+        <v>526741.11137727497</v>
+      </c>
+      <c r="O971" s="30">
+        <v>526741.11137727497</v>
+      </c>
+    </row>
+    <row r="972" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A972" s="39"/>
+      <c r="B972" s="39"/>
+      <c r="C972" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D972" s="7">
+        <v>0</v>
+      </c>
+      <c r="E972" s="7">
+        <v>0</v>
+      </c>
+      <c r="F972" s="7">
+        <v>0</v>
+      </c>
+      <c r="G972" s="7">
+        <v>0</v>
+      </c>
+      <c r="H972" s="7">
+        <v>0</v>
+      </c>
+      <c r="I972" s="7">
+        <v>0</v>
+      </c>
+      <c r="J972" s="7">
+        <v>0</v>
+      </c>
+      <c r="K972" s="7">
+        <v>0.990133420882368</v>
+      </c>
+      <c r="L972" s="7">
+        <v>1.0659198489384301</v>
+      </c>
+      <c r="M972" s="6">
+        <v>1.074354</v>
+      </c>
+      <c r="N972" s="30">
+        <v>1.0743542779325299</v>
+      </c>
+      <c r="O972" s="30">
+        <v>1.0743542779325299</v>
+      </c>
+    </row>
+    <row r="973" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A973" s="39"/>
+      <c r="B973" s="39"/>
+      <c r="C973" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D973" s="7">
+        <v>0</v>
+      </c>
+      <c r="E973" s="7">
+        <v>0</v>
+      </c>
+      <c r="F973" s="7">
+        <v>0</v>
+      </c>
+      <c r="G973" s="7">
+        <v>0</v>
+      </c>
+      <c r="H973" s="7">
+        <v>0</v>
+      </c>
+      <c r="I973" s="7">
+        <v>0</v>
+      </c>
+      <c r="J973" s="5"/>
+      <c r="K973" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L973" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M973" s="5"/>
+      <c r="N973" s="30"/>
+      <c r="O973" s="30"/>
+    </row>
+    <row r="974" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A974" s="39"/>
+      <c r="B974" s="39"/>
+      <c r="C974" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D974" s="7">
+        <v>0</v>
+      </c>
+      <c r="E974" s="7">
+        <v>0</v>
+      </c>
+      <c r="F974" s="7">
+        <v>0</v>
+      </c>
+      <c r="G974" s="7">
+        <v>0</v>
+      </c>
+      <c r="H974" s="7">
+        <v>0</v>
+      </c>
+      <c r="I974" s="7">
+        <v>0</v>
+      </c>
+      <c r="J974" s="5"/>
+      <c r="K974" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L974" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M974" s="5"/>
+      <c r="N974" s="30"/>
+      <c r="O974" s="30"/>
+    </row>
+    <row r="975" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A975" s="39"/>
+      <c r="B975" s="39"/>
+      <c r="C975" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D975" s="5"/>
+      <c r="E975" s="5"/>
+      <c r="F975" s="5"/>
+      <c r="G975" s="5"/>
+      <c r="H975" s="5"/>
+      <c r="I975" s="5"/>
+      <c r="J975" s="6">
+        <v>483756</v>
+      </c>
+      <c r="K975" s="6">
+        <v>483947.10714466398</v>
+      </c>
+      <c r="L975" s="6">
+        <v>521796.58205598901</v>
+      </c>
+      <c r="M975" s="6">
+        <v>526741.11140000005</v>
+      </c>
+      <c r="N975" s="30">
+        <v>526740.03702299704</v>
+      </c>
+      <c r="O975" s="30">
+        <v>526740.03702299704</v>
+      </c>
+    </row>
+    <row r="976" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A976" s="39"/>
+      <c r="B976" s="39"/>
+      <c r="C976" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D976" s="6">
+        <v>476074.66036041098</v>
+      </c>
+      <c r="E976" s="6">
+        <v>474254.58752168599</v>
+      </c>
+      <c r="F976" s="6">
+        <v>474227.90206599003</v>
+      </c>
+      <c r="G976" s="6">
+        <v>483296.96690924402</v>
+      </c>
+      <c r="H976" s="6">
+        <v>483388.686338673</v>
+      </c>
+      <c r="I976" s="6">
+        <v>483535.66433879302</v>
+      </c>
+      <c r="J976" s="5"/>
+      <c r="K976" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L976" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M976" s="5"/>
+      <c r="N976" s="30"/>
+      <c r="O976" s="30"/>
+    </row>
+    <row r="977" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A977" s="39"/>
+      <c r="B977" s="39" t="s">
+        <v>96</v>
+      </c>
+      <c r="C977" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D977" s="6">
+        <v>1418500</v>
+      </c>
+      <c r="E977" s="6">
+        <v>1417524.19218418</v>
+      </c>
+      <c r="F977" s="6">
+        <v>1416622</v>
+      </c>
+      <c r="G977" s="6">
+        <v>1409444</v>
+      </c>
+      <c r="H977" s="6">
+        <v>1408756</v>
+      </c>
+      <c r="I977" s="6">
+        <v>1408237</v>
+      </c>
+      <c r="J977" s="6">
+        <v>1408097</v>
+      </c>
+      <c r="K977" s="6">
+        <v>1407829</v>
+      </c>
+      <c r="L977" s="6">
+        <v>1403197.09982109</v>
+      </c>
+      <c r="M977" s="6">
+        <v>1430737</v>
+      </c>
+      <c r="N977" s="30">
+        <v>1430737</v>
+      </c>
+      <c r="O977" s="30">
+        <v>1430737</v>
+      </c>
+    </row>
+    <row r="978" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A978" s="39"/>
+      <c r="B978" s="39"/>
+      <c r="C978" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D978" s="6">
+        <v>1138173.74470009</v>
+      </c>
+      <c r="E978" s="6">
+        <v>1137391.1724866901</v>
+      </c>
+      <c r="F978" s="6">
+        <v>1136163.12504571</v>
+      </c>
+      <c r="G978" s="6">
+        <v>1129907.30121406</v>
+      </c>
+      <c r="H978" s="6">
+        <v>1128853.71818592</v>
+      </c>
+      <c r="I978" s="6">
+        <v>1127937.9312773601</v>
+      </c>
+      <c r="J978" s="6">
+        <v>1127325</v>
+      </c>
+      <c r="K978" s="6">
+        <v>1126611.8780572601</v>
+      </c>
+      <c r="L978" s="6">
+        <v>1122408.2251615601</v>
+      </c>
+      <c r="M978" s="6">
+        <v>1143930.946</v>
+      </c>
+      <c r="N978" s="30">
+        <v>1143930.94563082</v>
+      </c>
+      <c r="O978" s="30">
+        <v>1143930.94563082</v>
+      </c>
+    </row>
+    <row r="979" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A979" s="39"/>
+      <c r="B979" s="39"/>
+      <c r="C979" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D979" s="6">
+        <v>1044018.59495498</v>
+      </c>
+      <c r="E979" s="6">
+        <v>1043300.9261416</v>
+      </c>
+      <c r="F979" s="6">
+        <v>1042226.89726914</v>
+      </c>
+      <c r="G979" s="6">
+        <v>1036540.1672484</v>
+      </c>
+      <c r="H979" s="6">
+        <v>1035625.53462013</v>
+      </c>
+      <c r="I979" s="6">
+        <v>1034837.22863508</v>
+      </c>
+      <c r="J979" s="6">
+        <v>1034326</v>
+      </c>
+      <c r="K979" s="6">
+        <v>1033723.13809844</v>
+      </c>
+      <c r="L979" s="6">
+        <v>1029917.65938439</v>
+      </c>
+      <c r="M979" s="6">
+        <v>1049719.3996274599</v>
+      </c>
+      <c r="N979" s="30">
+        <v>1049719.3996274599</v>
+      </c>
+      <c r="O979" s="30">
+        <v>1049719.3996274599</v>
+      </c>
+    </row>
+    <row r="980" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A980" s="39"/>
+      <c r="B980" s="39"/>
+      <c r="C980" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D980" s="6">
+        <v>94155.149745108502</v>
+      </c>
+      <c r="E980" s="6">
+        <v>94090.246345096093</v>
+      </c>
+      <c r="F980" s="6">
+        <v>93936.2277765748</v>
+      </c>
+      <c r="G980" s="6">
+        <v>93367.133965658504</v>
+      </c>
+      <c r="H980" s="6">
+        <v>93228.183565789906</v>
+      </c>
+      <c r="I980" s="6">
+        <v>93100.702642278702</v>
+      </c>
+      <c r="J980" s="5"/>
+      <c r="K980" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L980" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M980" s="5"/>
+      <c r="N980" s="30"/>
+      <c r="O980" s="30"/>
+    </row>
+    <row r="981" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A981" s="39"/>
+      <c r="B981" s="39"/>
+      <c r="C981" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D981" s="7">
+        <v>0</v>
+      </c>
+      <c r="E981" s="7">
+        <v>0</v>
+      </c>
+      <c r="F981" s="7">
+        <v>0</v>
+      </c>
+      <c r="G981" s="7">
+        <v>0</v>
+      </c>
+      <c r="H981" s="7">
+        <v>0</v>
+      </c>
+      <c r="I981" s="7">
+        <v>0</v>
+      </c>
+      <c r="J981" s="5"/>
+      <c r="K981" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L981" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M981" s="5"/>
+      <c r="N981" s="30"/>
+      <c r="O981" s="30"/>
+    </row>
+    <row r="982" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A982" s="39"/>
+      <c r="B982" s="39"/>
+      <c r="C982" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D982" s="5"/>
+      <c r="E982" s="5"/>
+      <c r="F982" s="5"/>
+      <c r="G982" s="5"/>
+      <c r="H982" s="5"/>
+      <c r="I982" s="5"/>
+      <c r="J982" s="6">
+        <v>92999</v>
+      </c>
+      <c r="K982" s="6">
+        <v>92888.739958814796</v>
+      </c>
+      <c r="L982" s="6">
+        <v>92490.565777164695</v>
+      </c>
+      <c r="M982" s="6">
+        <v>94211.546003354495</v>
+      </c>
+      <c r="N982" s="30">
+        <v>94211.546003354495</v>
+      </c>
+      <c r="O982" s="30">
+        <v>94211.546003354495</v>
+      </c>
+    </row>
+    <row r="983" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A983" s="39"/>
+      <c r="B983" s="39"/>
+      <c r="C983" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D983" s="6">
+        <v>280326.25529990898</v>
+      </c>
+      <c r="E983" s="6">
+        <v>280133.01969749102</v>
+      </c>
+      <c r="F983" s="6">
+        <v>280458.87495428702</v>
+      </c>
+      <c r="G983" s="6">
+        <v>279536.69878594403</v>
+      </c>
+      <c r="H983" s="6">
+        <v>279902.28181407601</v>
+      </c>
+      <c r="I983" s="6">
+        <v>280299.06872263801</v>
+      </c>
+      <c r="J983" s="6">
+        <v>280772</v>
+      </c>
+      <c r="K983" s="6">
+        <v>281217.12194274401</v>
+      </c>
+      <c r="L983" s="6">
+        <v>280788.87465952802</v>
+      </c>
+      <c r="M983" s="6">
+        <v>286689.40730000002</v>
+      </c>
+      <c r="N983" s="30">
+        <v>286806.05436918401</v>
+      </c>
+      <c r="O983" s="30">
+        <v>286806.05436918401</v>
+      </c>
+    </row>
+    <row r="984" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A984" s="39"/>
+      <c r="B984" s="39"/>
+      <c r="C984" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D984" s="6">
+        <v>116.57651039656101</v>
+      </c>
+      <c r="E984" s="6">
+        <v>116.496151415594</v>
+      </c>
+      <c r="F984" s="6">
+        <v>116.306454864142</v>
+      </c>
+      <c r="G984" s="6">
+        <v>115.60183428357399</v>
+      </c>
+      <c r="H984" s="6">
+        <v>115.43079213563399</v>
+      </c>
+      <c r="I984" s="6">
+        <v>115.272951197194</v>
+      </c>
+      <c r="J984" s="6">
+        <v>116</v>
+      </c>
+      <c r="K984" s="6">
+        <v>115.00928206760599</v>
+      </c>
+      <c r="L984" s="6">
+        <v>114.51628661100099</v>
+      </c>
+      <c r="M984" s="6">
+        <v>116.64710100000001</v>
+      </c>
+      <c r="N984" s="30">
+        <v>116.647101393873</v>
+      </c>
+      <c r="O984" s="30">
+        <v>116.647101393873</v>
+      </c>
+    </row>
+    <row r="985" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A985" s="39"/>
+      <c r="B985" s="39"/>
+      <c r="C985" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D985" s="6">
+        <v>56.6986186560774</v>
+      </c>
+      <c r="E985" s="6">
+        <v>56.659534940138897</v>
+      </c>
+      <c r="F985" s="6">
+        <v>58.076238691525901</v>
+      </c>
+      <c r="G985" s="6">
+        <v>59.218621580247799</v>
+      </c>
+      <c r="H985" s="6">
+        <v>60.630828045648798</v>
+      </c>
+      <c r="I985" s="6">
+        <v>62.047887284980597</v>
+      </c>
+      <c r="J985" s="5"/>
+      <c r="K985" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L985" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M985" s="5"/>
+      <c r="N985" s="30"/>
+      <c r="O985" s="30"/>
+    </row>
+    <row r="986" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A986" s="39"/>
+      <c r="B986" s="39"/>
+      <c r="C986" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D986" s="7">
+        <v>0</v>
+      </c>
+      <c r="E986" s="7">
+        <v>0</v>
+      </c>
+      <c r="F986" s="7">
+        <v>0</v>
+      </c>
+      <c r="G986" s="7">
+        <v>0</v>
+      </c>
+      <c r="H986" s="7">
+        <v>0</v>
+      </c>
+      <c r="I986" s="7">
+        <v>0</v>
+      </c>
+      <c r="J986" s="5"/>
+      <c r="K986" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L986" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M986" s="5"/>
+      <c r="N986" s="30"/>
+      <c r="O986" s="30"/>
+    </row>
+    <row r="987" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A987" s="39"/>
+      <c r="B987" s="39"/>
+      <c r="C987" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D987" s="5"/>
+      <c r="E987" s="5"/>
+      <c r="F987" s="5"/>
+      <c r="G987" s="5"/>
+      <c r="H987" s="5"/>
+      <c r="I987" s="5"/>
+      <c r="J987" s="6">
+        <v>280656</v>
+      </c>
+      <c r="K987" s="6">
+        <v>281102.11266067601</v>
+      </c>
+      <c r="L987" s="6">
+        <v>280674.35837291699</v>
+      </c>
+      <c r="M987" s="6">
+        <v>286806.05440000002</v>
+      </c>
+      <c r="N987" s="30">
+        <v>286689.40726779</v>
+      </c>
+      <c r="O987" s="30">
+        <v>286689.40726779</v>
+      </c>
+    </row>
+    <row r="988" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A988" s="39"/>
+      <c r="B988" s="39"/>
+      <c r="C988" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D988" s="6">
+        <v>280152.980170856</v>
+      </c>
+      <c r="E988" s="6">
+        <v>279959.864011136</v>
+      </c>
+      <c r="F988" s="6">
+        <v>280284.492260731</v>
+      </c>
+      <c r="G988" s="6">
+        <v>279361.87833008001</v>
+      </c>
+      <c r="H988" s="6">
+        <v>279726.22019389499</v>
+      </c>
+      <c r="I988" s="6">
+        <v>280121.74788415601</v>
+      </c>
+      <c r="J988" s="5"/>
+      <c r="K988" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="L988" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="M988" s="5"/>
+      <c r="N988" s="30"/>
+      <c r="O988" s="30"/>
+    </row>
+    <row r="990" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A990" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B990" s="12"/>
+      <c r="C990" s="1"/>
+    </row>
+    <row r="991" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A991" s="41" t="s">
+        <v>99</v>
+      </c>
+      <c r="B991" s="42"/>
+      <c r="C991" s="42"/>
+      <c r="D991" s="42"/>
+      <c r="E991" s="42"/>
+      <c r="F991" s="42"/>
+      <c r="G991" s="42"/>
+      <c r="H991" s="42"/>
+      <c r="I991" s="42"/>
+      <c r="J991" s="42"/>
+      <c r="K991" s="28"/>
+      <c r="L991" s="28"/>
+    </row>
+  </sheetData>
+  <mergeCells count="95">
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A991:J991"/>
+    <mergeCell ref="B977:B988"/>
+    <mergeCell ref="B953:B964"/>
+    <mergeCell ref="B965:B976"/>
+    <mergeCell ref="B929:B940"/>
+    <mergeCell ref="B881:B892"/>
+    <mergeCell ref="B893:B904"/>
+    <mergeCell ref="B941:B952"/>
+    <mergeCell ref="A905:A988"/>
+    <mergeCell ref="B905:B916"/>
+    <mergeCell ref="B917:B928"/>
+    <mergeCell ref="B785:B796"/>
+    <mergeCell ref="B797:B808"/>
+    <mergeCell ref="A809:A904"/>
+    <mergeCell ref="B809:B820"/>
+    <mergeCell ref="B821:B832"/>
+    <mergeCell ref="B833:B844"/>
+    <mergeCell ref="B845:B856"/>
+    <mergeCell ref="B857:B868"/>
+    <mergeCell ref="B869:B880"/>
+    <mergeCell ref="A605:A808"/>
+    <mergeCell ref="B605:B616"/>
+    <mergeCell ref="B617:B628"/>
+    <mergeCell ref="B629:B640"/>
+    <mergeCell ref="B641:B652"/>
+    <mergeCell ref="B653:B664"/>
+    <mergeCell ref="B665:B676"/>
+    <mergeCell ref="B677:B688"/>
+    <mergeCell ref="B689:B700"/>
+    <mergeCell ref="B701:B712"/>
+    <mergeCell ref="B713:B724"/>
+    <mergeCell ref="B725:B736"/>
+    <mergeCell ref="B737:B748"/>
+    <mergeCell ref="B749:B760"/>
+    <mergeCell ref="B761:B772"/>
+    <mergeCell ref="B773:B784"/>
+    <mergeCell ref="B509:B520"/>
+    <mergeCell ref="B521:B532"/>
+    <mergeCell ref="B533:B544"/>
+    <mergeCell ref="B545:B556"/>
+    <mergeCell ref="A557:A604"/>
+    <mergeCell ref="B557:B568"/>
+    <mergeCell ref="B569:B580"/>
+    <mergeCell ref="B581:B592"/>
+    <mergeCell ref="B593:B604"/>
+    <mergeCell ref="B449:B460"/>
+    <mergeCell ref="B461:B472"/>
+    <mergeCell ref="B473:B484"/>
+    <mergeCell ref="B485:B496"/>
+    <mergeCell ref="B497:B508"/>
+    <mergeCell ref="B329:B340"/>
+    <mergeCell ref="B281:B292"/>
+    <mergeCell ref="B293:B304"/>
+    <mergeCell ref="B317:B328"/>
+    <mergeCell ref="A341:A556"/>
+    <mergeCell ref="B341:B352"/>
+    <mergeCell ref="B353:B364"/>
+    <mergeCell ref="A305:A340"/>
+    <mergeCell ref="B305:B316"/>
+    <mergeCell ref="B365:B376"/>
+    <mergeCell ref="B377:B388"/>
+    <mergeCell ref="B389:B400"/>
+    <mergeCell ref="B401:B412"/>
+    <mergeCell ref="B413:B424"/>
+    <mergeCell ref="B425:B436"/>
+    <mergeCell ref="B437:B448"/>
+    <mergeCell ref="B221:B232"/>
+    <mergeCell ref="B233:B244"/>
+    <mergeCell ref="B245:B256"/>
+    <mergeCell ref="B257:B268"/>
+    <mergeCell ref="B269:B280"/>
+    <mergeCell ref="B161:B172"/>
+    <mergeCell ref="B173:B184"/>
+    <mergeCell ref="B185:B196"/>
+    <mergeCell ref="B197:B208"/>
+    <mergeCell ref="B209:B220"/>
+    <mergeCell ref="A5:A16"/>
+    <mergeCell ref="B5:B16"/>
+    <mergeCell ref="A17:A28"/>
+    <mergeCell ref="B17:B28"/>
+    <mergeCell ref="A29:A304"/>
+    <mergeCell ref="B29:B40"/>
+    <mergeCell ref="B41:B52"/>
+    <mergeCell ref="B53:B64"/>
+    <mergeCell ref="B65:B76"/>
+    <mergeCell ref="B77:B88"/>
+    <mergeCell ref="B89:B100"/>
+    <mergeCell ref="B101:B112"/>
+    <mergeCell ref="B113:B124"/>
+    <mergeCell ref="B125:B136"/>
+    <mergeCell ref="B137:B148"/>
+    <mergeCell ref="B149:B160"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Metadata</vt:lpstr>
       <vt:lpstr>ข้อมูล</vt:lpstr>
-      <vt:lpstr>Metadata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>