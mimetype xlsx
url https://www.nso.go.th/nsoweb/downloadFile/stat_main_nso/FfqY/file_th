--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,199 +1,211 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\2568\กลุ่ม วิชาการ\1-2568\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ณิชา\1.ผอ.ว(วรุณี)\____________________________สรง\1.สรง.ไตรมาส 1-68\up web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6ADD0929-1E3D-431F-BB3B-AC9600E854A8}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{188E4667-775D-4956-AF83-6D8068B253FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{994E913D-6BBE-4CC1-AE8D-B11535576A4E}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E61EBC81-A2C5-4DF0-9D52-5A9F2AFC4BAD}"/>
   </bookViews>
   <sheets>
-    <sheet name="t7 " sheetId="1" r:id="rId1"/>
+    <sheet name="t7  (2)" sheetId="20" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="28">
   <si>
     <t xml:space="preserve">       หญิง                        </t>
   </si>
   <si>
     <t xml:space="preserve">       ชาย                         </t>
   </si>
   <si>
     <t xml:space="preserve">  หนองคาย                          </t>
   </si>
   <si>
     <t>ภาคตะวันออกเฉียงเหนือ</t>
   </si>
   <si>
     <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
   </si>
   <si>
     <t>ร้อยละ</t>
   </si>
   <si>
+    <t>อื่น ๆ</t>
+  </si>
+  <si>
+    <t>รวม</t>
+  </si>
+  <si>
+    <t>ไม่มี</t>
+  </si>
+  <si>
+    <t>ต่ำกว่า</t>
+  </si>
+  <si>
+    <t>ประถม</t>
+  </si>
+  <si>
+    <t>มัธยมศึกษา</t>
+  </si>
+  <si>
+    <t>มัธยมศึกษาตอนปลาย</t>
+  </si>
+  <si>
+    <t>อุดมศึกษา</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ภาคและเพศ </t>
+  </si>
+  <si>
     <t>การศึกษา</t>
   </si>
   <si>
+    <t>ประถมศึกษา</t>
+  </si>
+  <si>
     <t>ศึกษา</t>
   </si>
   <si>
+    <t>ตอนต้น</t>
+  </si>
+  <si>
+    <t>สายสามัญ</t>
+  </si>
+  <si>
+    <t>สายอาชีว-</t>
+  </si>
+  <si>
+    <t>สายวิชา-</t>
+  </si>
+  <si>
+    <t>สายวิชาการ</t>
+  </si>
+  <si>
+    <t>สายวิชาชีพ</t>
+  </si>
+  <si>
     <t>ไม่ทราบ</t>
   </si>
   <si>
-    <t>อื่น ๆ</t>
-[...46 lines deleted...]
-  <si>
     <t>ตารางที่ 7 จำนวนผู้มีงานทำ จำแนกตามระดับการศึกษาที่สำเร็จ และเพศ ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 1 (มกราคม - มีนาคม) 2568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">หญิง               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">    ชาย                    </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="188" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="189" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
-      <sz val="16"/>
-[...1 lines deleted...]
-      <name val="AngsanaUPC"/>
+      <sz val="14"/>
+      <name val="Cordia New"/>
       <family val="2"/>
-      <charset val="222"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <name val="TH SarabunPSK"/>
-[...3 lines deleted...]
-      <sz val="14"/>
       <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="14"/>
+      <name val="Cordia New"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="16"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -203,149 +215,171 @@
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="189" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="188" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="188" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="188" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="188" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="188" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="188" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="188" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="188" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="189" fontId="4" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="4"/>
+    </xf>
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="4"/>
+    </xf>
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="จุลภาค" xfId="1" builtinId="3"/>
+  <cellStyles count="7">
+    <cellStyle name="จุลภาค" xfId="2" builtinId="3"/>
+    <cellStyle name="จุลภาค 2" xfId="4" xr:uid="{33B5872B-5E7C-4269-B354-A26486DA5109}"/>
+    <cellStyle name="จุลภาค 2 2" xfId="6" xr:uid="{8B1272D1-D594-4E27-B241-815E1AD366B8}"/>
     <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
-    <cellStyle name="ปกติ 2" xfId="2" xr:uid="{BC8BE280-E425-4824-8836-082320DA1F27}"/>
+    <cellStyle name="ปกติ 2" xfId="3" xr:uid="{BC896BAD-23DF-445E-907F-26D08F905838}"/>
+    <cellStyle name="ปกติ 2 2" xfId="1" xr:uid="{6A7D230D-7D82-4FD6-9A4E-BDFC8031ECAF}"/>
+    <cellStyle name="ปกติ 2 2 2" xfId="5" xr:uid="{E61CF66B-1EED-4571-B14B-233E7E396417}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -620,2017 +654,2034 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AA12127-B342-4349-BD5A-B19F67E98EA8}">
-  <dimension ref="A1:N26"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{292E6345-7D58-48B7-A97F-87866B16ACD1}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:P27"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B16" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C17" sqref="C17"/>
+    <sheetView tabSelected="1" zoomScale="99" zoomScaleNormal="99" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F30" sqref="F30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
+  <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.7"/>
   <cols>
-    <col min="1" max="1" width="19.42578125" style="1" customWidth="1"/>
-[...958 lines deleted...]
-    <col min="16365" max="16384" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="21.5" style="11" customWidth="1"/>
+    <col min="2" max="2" width="12.69921875" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4" max="4" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5" max="5" width="10.69921875" style="11" customWidth="1"/>
+    <col min="6" max="7" width="12.796875" style="11" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9" max="9" width="11" style="11" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.796875" style="11" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12" max="12" width="9.09765625" style="11" customWidth="1"/>
+    <col min="13" max="13" width="11" style="11" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="8.69921875" style="11" customWidth="1"/>
+    <col min="15" max="237" width="8.796875" style="11"/>
+    <col min="238" max="238" width="15" style="11" customWidth="1"/>
+    <col min="239" max="239" width="11" style="11" customWidth="1"/>
+    <col min="240" max="240" width="8.8984375" style="11" customWidth="1"/>
+    <col min="241" max="241" width="11.09765625" style="11" customWidth="1"/>
+    <col min="242" max="242" width="8.3984375" style="11" customWidth="1"/>
+    <col min="243" max="243" width="9.69921875" style="11" customWidth="1"/>
+    <col min="244" max="244" width="9.59765625" style="11" customWidth="1"/>
+    <col min="245" max="245" width="10.8984375" style="11" customWidth="1"/>
+    <col min="246" max="246" width="10.296875" style="11" customWidth="1"/>
+    <col min="247" max="247" width="9.69921875" style="11" customWidth="1"/>
+    <col min="248" max="248" width="11.3984375" style="11" customWidth="1"/>
+    <col min="249" max="249" width="8.796875" style="11"/>
+    <col min="250" max="250" width="8.3984375" style="11" customWidth="1"/>
+    <col min="251" max="251" width="8" style="11" customWidth="1"/>
+    <col min="252" max="493" width="8.796875" style="11"/>
+    <col min="494" max="494" width="15" style="11" customWidth="1"/>
+    <col min="495" max="495" width="11" style="11" customWidth="1"/>
+    <col min="496" max="496" width="8.8984375" style="11" customWidth="1"/>
+    <col min="497" max="497" width="11.09765625" style="11" customWidth="1"/>
+    <col min="498" max="498" width="8.3984375" style="11" customWidth="1"/>
+    <col min="499" max="499" width="9.69921875" style="11" customWidth="1"/>
+    <col min="500" max="500" width="9.59765625" style="11" customWidth="1"/>
+    <col min="501" max="501" width="10.8984375" style="11" customWidth="1"/>
+    <col min="502" max="502" width="10.296875" style="11" customWidth="1"/>
+    <col min="503" max="503" width="9.69921875" style="11" customWidth="1"/>
+    <col min="504" max="504" width="11.3984375" style="11" customWidth="1"/>
+    <col min="505" max="505" width="8.796875" style="11"/>
+    <col min="506" max="506" width="8.3984375" style="11" customWidth="1"/>
+    <col min="507" max="507" width="8" style="11" customWidth="1"/>
+    <col min="508" max="749" width="8.796875" style="11"/>
+    <col min="750" max="750" width="15" style="11" customWidth="1"/>
+    <col min="751" max="751" width="11" style="11" customWidth="1"/>
+    <col min="752" max="752" width="8.8984375" style="11" customWidth="1"/>
+    <col min="753" max="753" width="11.09765625" style="11" customWidth="1"/>
+    <col min="754" max="754" width="8.3984375" style="11" customWidth="1"/>
+    <col min="755" max="755" width="9.69921875" style="11" customWidth="1"/>
+    <col min="756" max="756" width="9.59765625" style="11" customWidth="1"/>
+    <col min="757" max="757" width="10.8984375" style="11" customWidth="1"/>
+    <col min="758" max="758" width="10.296875" style="11" customWidth="1"/>
+    <col min="759" max="759" width="9.69921875" style="11" customWidth="1"/>
+    <col min="760" max="760" width="11.3984375" style="11" customWidth="1"/>
+    <col min="761" max="761" width="8.796875" style="11"/>
+    <col min="762" max="762" width="8.3984375" style="11" customWidth="1"/>
+    <col min="763" max="763" width="8" style="11" customWidth="1"/>
+    <col min="764" max="1005" width="8.796875" style="11"/>
+    <col min="1006" max="1006" width="15" style="11" customWidth="1"/>
+    <col min="1007" max="1007" width="11" style="11" customWidth="1"/>
+    <col min="1008" max="1008" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1009" max="1009" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1010" max="1010" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1011" max="1011" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1012" max="1012" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1013" max="1013" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1014" max="1014" width="10.296875" style="11" customWidth="1"/>
+    <col min="1015" max="1015" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1016" max="1016" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1017" max="1017" width="8.796875" style="11"/>
+    <col min="1018" max="1018" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1019" max="1019" width="8" style="11" customWidth="1"/>
+    <col min="1020" max="1261" width="8.796875" style="11"/>
+    <col min="1262" max="1262" width="15" style="11" customWidth="1"/>
+    <col min="1263" max="1263" width="11" style="11" customWidth="1"/>
+    <col min="1264" max="1264" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1265" max="1265" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1266" max="1266" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1267" max="1267" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1268" max="1268" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1269" max="1269" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1270" max="1270" width="10.296875" style="11" customWidth="1"/>
+    <col min="1271" max="1271" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1272" max="1272" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1273" max="1273" width="8.796875" style="11"/>
+    <col min="1274" max="1274" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1275" max="1275" width="8" style="11" customWidth="1"/>
+    <col min="1276" max="1517" width="8.796875" style="11"/>
+    <col min="1518" max="1518" width="15" style="11" customWidth="1"/>
+    <col min="1519" max="1519" width="11" style="11" customWidth="1"/>
+    <col min="1520" max="1520" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1521" max="1521" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1522" max="1522" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1523" max="1523" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1524" max="1524" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1525" max="1525" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1526" max="1526" width="10.296875" style="11" customWidth="1"/>
+    <col min="1527" max="1527" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1528" max="1528" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1529" max="1529" width="8.796875" style="11"/>
+    <col min="1530" max="1530" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1531" max="1531" width="8" style="11" customWidth="1"/>
+    <col min="1532" max="1773" width="8.796875" style="11"/>
+    <col min="1774" max="1774" width="15" style="11" customWidth="1"/>
+    <col min="1775" max="1775" width="11" style="11" customWidth="1"/>
+    <col min="1776" max="1776" width="8.8984375" style="11" customWidth="1"/>
+    <col min="1777" max="1777" width="11.09765625" style="11" customWidth="1"/>
+    <col min="1778" max="1778" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1779" max="1779" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1780" max="1780" width="9.59765625" style="11" customWidth="1"/>
+    <col min="1781" max="1781" width="10.8984375" style="11" customWidth="1"/>
+    <col min="1782" max="1782" width="10.296875" style="11" customWidth="1"/>
+    <col min="1783" max="1783" width="9.69921875" style="11" customWidth="1"/>
+    <col min="1784" max="1784" width="11.3984375" style="11" customWidth="1"/>
+    <col min="1785" max="1785" width="8.796875" style="11"/>
+    <col min="1786" max="1786" width="8.3984375" style="11" customWidth="1"/>
+    <col min="1787" max="1787" width="8" style="11" customWidth="1"/>
+    <col min="1788" max="2029" width="8.796875" style="11"/>
+    <col min="2030" max="2030" width="15" style="11" customWidth="1"/>
+    <col min="2031" max="2031" width="11" style="11" customWidth="1"/>
+    <col min="2032" max="2032" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2033" max="2033" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2034" max="2034" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2035" max="2035" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2036" max="2036" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2037" max="2037" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2038" max="2038" width="10.296875" style="11" customWidth="1"/>
+    <col min="2039" max="2039" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2040" max="2040" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2041" max="2041" width="8.796875" style="11"/>
+    <col min="2042" max="2042" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2043" max="2043" width="8" style="11" customWidth="1"/>
+    <col min="2044" max="2285" width="8.796875" style="11"/>
+    <col min="2286" max="2286" width="15" style="11" customWidth="1"/>
+    <col min="2287" max="2287" width="11" style="11" customWidth="1"/>
+    <col min="2288" max="2288" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2289" max="2289" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2290" max="2290" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2291" max="2291" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2292" max="2292" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2293" max="2293" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2294" max="2294" width="10.296875" style="11" customWidth="1"/>
+    <col min="2295" max="2295" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2296" max="2296" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2297" max="2297" width="8.796875" style="11"/>
+    <col min="2298" max="2298" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2299" max="2299" width="8" style="11" customWidth="1"/>
+    <col min="2300" max="2541" width="8.796875" style="11"/>
+    <col min="2542" max="2542" width="15" style="11" customWidth="1"/>
+    <col min="2543" max="2543" width="11" style="11" customWidth="1"/>
+    <col min="2544" max="2544" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2545" max="2545" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2546" max="2546" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2547" max="2547" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2548" max="2548" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2549" max="2549" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2550" max="2550" width="10.296875" style="11" customWidth="1"/>
+    <col min="2551" max="2551" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2552" max="2552" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2553" max="2553" width="8.796875" style="11"/>
+    <col min="2554" max="2554" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2555" max="2555" width="8" style="11" customWidth="1"/>
+    <col min="2556" max="2797" width="8.796875" style="11"/>
+    <col min="2798" max="2798" width="15" style="11" customWidth="1"/>
+    <col min="2799" max="2799" width="11" style="11" customWidth="1"/>
+    <col min="2800" max="2800" width="8.8984375" style="11" customWidth="1"/>
+    <col min="2801" max="2801" width="11.09765625" style="11" customWidth="1"/>
+    <col min="2802" max="2802" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2803" max="2803" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2804" max="2804" width="9.59765625" style="11" customWidth="1"/>
+    <col min="2805" max="2805" width="10.8984375" style="11" customWidth="1"/>
+    <col min="2806" max="2806" width="10.296875" style="11" customWidth="1"/>
+    <col min="2807" max="2807" width="9.69921875" style="11" customWidth="1"/>
+    <col min="2808" max="2808" width="11.3984375" style="11" customWidth="1"/>
+    <col min="2809" max="2809" width="8.796875" style="11"/>
+    <col min="2810" max="2810" width="8.3984375" style="11" customWidth="1"/>
+    <col min="2811" max="2811" width="8" style="11" customWidth="1"/>
+    <col min="2812" max="3053" width="8.796875" style="11"/>
+    <col min="3054" max="3054" width="15" style="11" customWidth="1"/>
+    <col min="3055" max="3055" width="11" style="11" customWidth="1"/>
+    <col min="3056" max="3056" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3057" max="3057" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3058" max="3058" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3059" max="3059" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3060" max="3060" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3061" max="3061" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3062" max="3062" width="10.296875" style="11" customWidth="1"/>
+    <col min="3063" max="3063" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3064" max="3064" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3065" max="3065" width="8.796875" style="11"/>
+    <col min="3066" max="3066" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3067" max="3067" width="8" style="11" customWidth="1"/>
+    <col min="3068" max="3309" width="8.796875" style="11"/>
+    <col min="3310" max="3310" width="15" style="11" customWidth="1"/>
+    <col min="3311" max="3311" width="11" style="11" customWidth="1"/>
+    <col min="3312" max="3312" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3313" max="3313" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3314" max="3314" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3315" max="3315" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3316" max="3316" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3317" max="3317" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3318" max="3318" width="10.296875" style="11" customWidth="1"/>
+    <col min="3319" max="3319" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3320" max="3320" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3321" max="3321" width="8.796875" style="11"/>
+    <col min="3322" max="3322" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3323" max="3323" width="8" style="11" customWidth="1"/>
+    <col min="3324" max="3565" width="8.796875" style="11"/>
+    <col min="3566" max="3566" width="15" style="11" customWidth="1"/>
+    <col min="3567" max="3567" width="11" style="11" customWidth="1"/>
+    <col min="3568" max="3568" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3569" max="3569" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3570" max="3570" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3571" max="3571" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3572" max="3572" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3573" max="3573" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3574" max="3574" width="10.296875" style="11" customWidth="1"/>
+    <col min="3575" max="3575" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3576" max="3576" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3577" max="3577" width="8.796875" style="11"/>
+    <col min="3578" max="3578" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3579" max="3579" width="8" style="11" customWidth="1"/>
+    <col min="3580" max="3821" width="8.796875" style="11"/>
+    <col min="3822" max="3822" width="15" style="11" customWidth="1"/>
+    <col min="3823" max="3823" width="11" style="11" customWidth="1"/>
+    <col min="3824" max="3824" width="8.8984375" style="11" customWidth="1"/>
+    <col min="3825" max="3825" width="11.09765625" style="11" customWidth="1"/>
+    <col min="3826" max="3826" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3827" max="3827" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3828" max="3828" width="9.59765625" style="11" customWidth="1"/>
+    <col min="3829" max="3829" width="10.8984375" style="11" customWidth="1"/>
+    <col min="3830" max="3830" width="10.296875" style="11" customWidth="1"/>
+    <col min="3831" max="3831" width="9.69921875" style="11" customWidth="1"/>
+    <col min="3832" max="3832" width="11.3984375" style="11" customWidth="1"/>
+    <col min="3833" max="3833" width="8.796875" style="11"/>
+    <col min="3834" max="3834" width="8.3984375" style="11" customWidth="1"/>
+    <col min="3835" max="3835" width="8" style="11" customWidth="1"/>
+    <col min="3836" max="4077" width="8.796875" style="11"/>
+    <col min="4078" max="4078" width="15" style="11" customWidth="1"/>
+    <col min="4079" max="4079" width="11" style="11" customWidth="1"/>
+    <col min="4080" max="4080" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4081" max="4081" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4082" max="4082" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4083" max="4083" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4084" max="4084" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4085" max="4085" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4086" max="4086" width="10.296875" style="11" customWidth="1"/>
+    <col min="4087" max="4087" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4088" max="4088" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4089" max="4089" width="8.796875" style="11"/>
+    <col min="4090" max="4090" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4091" max="4091" width="8" style="11" customWidth="1"/>
+    <col min="4092" max="4333" width="8.796875" style="11"/>
+    <col min="4334" max="4334" width="15" style="11" customWidth="1"/>
+    <col min="4335" max="4335" width="11" style="11" customWidth="1"/>
+    <col min="4336" max="4336" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4337" max="4337" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4338" max="4338" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4339" max="4339" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4340" max="4340" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4341" max="4341" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4342" max="4342" width="10.296875" style="11" customWidth="1"/>
+    <col min="4343" max="4343" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4344" max="4344" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4345" max="4345" width="8.796875" style="11"/>
+    <col min="4346" max="4346" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4347" max="4347" width="8" style="11" customWidth="1"/>
+    <col min="4348" max="4589" width="8.796875" style="11"/>
+    <col min="4590" max="4590" width="15" style="11" customWidth="1"/>
+    <col min="4591" max="4591" width="11" style="11" customWidth="1"/>
+    <col min="4592" max="4592" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4593" max="4593" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4594" max="4594" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4595" max="4595" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4596" max="4596" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4597" max="4597" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4598" max="4598" width="10.296875" style="11" customWidth="1"/>
+    <col min="4599" max="4599" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4600" max="4600" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4601" max="4601" width="8.796875" style="11"/>
+    <col min="4602" max="4602" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4603" max="4603" width="8" style="11" customWidth="1"/>
+    <col min="4604" max="4845" width="8.796875" style="11"/>
+    <col min="4846" max="4846" width="15" style="11" customWidth="1"/>
+    <col min="4847" max="4847" width="11" style="11" customWidth="1"/>
+    <col min="4848" max="4848" width="8.8984375" style="11" customWidth="1"/>
+    <col min="4849" max="4849" width="11.09765625" style="11" customWidth="1"/>
+    <col min="4850" max="4850" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4851" max="4851" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4852" max="4852" width="9.59765625" style="11" customWidth="1"/>
+    <col min="4853" max="4853" width="10.8984375" style="11" customWidth="1"/>
+    <col min="4854" max="4854" width="10.296875" style="11" customWidth="1"/>
+    <col min="4855" max="4855" width="9.69921875" style="11" customWidth="1"/>
+    <col min="4856" max="4856" width="11.3984375" style="11" customWidth="1"/>
+    <col min="4857" max="4857" width="8.796875" style="11"/>
+    <col min="4858" max="4858" width="8.3984375" style="11" customWidth="1"/>
+    <col min="4859" max="4859" width="8" style="11" customWidth="1"/>
+    <col min="4860" max="5101" width="8.796875" style="11"/>
+    <col min="5102" max="5102" width="15" style="11" customWidth="1"/>
+    <col min="5103" max="5103" width="11" style="11" customWidth="1"/>
+    <col min="5104" max="5104" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5105" max="5105" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5106" max="5106" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5107" max="5107" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5108" max="5108" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5109" max="5109" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5110" max="5110" width="10.296875" style="11" customWidth="1"/>
+    <col min="5111" max="5111" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5112" max="5112" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5113" max="5113" width="8.796875" style="11"/>
+    <col min="5114" max="5114" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5115" max="5115" width="8" style="11" customWidth="1"/>
+    <col min="5116" max="5357" width="8.796875" style="11"/>
+    <col min="5358" max="5358" width="15" style="11" customWidth="1"/>
+    <col min="5359" max="5359" width="11" style="11" customWidth="1"/>
+    <col min="5360" max="5360" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5361" max="5361" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5362" max="5362" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5363" max="5363" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5364" max="5364" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5365" max="5365" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5366" max="5366" width="10.296875" style="11" customWidth="1"/>
+    <col min="5367" max="5367" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5368" max="5368" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5369" max="5369" width="8.796875" style="11"/>
+    <col min="5370" max="5370" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5371" max="5371" width="8" style="11" customWidth="1"/>
+    <col min="5372" max="5613" width="8.796875" style="11"/>
+    <col min="5614" max="5614" width="15" style="11" customWidth="1"/>
+    <col min="5615" max="5615" width="11" style="11" customWidth="1"/>
+    <col min="5616" max="5616" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5617" max="5617" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5618" max="5618" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5619" max="5619" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5620" max="5620" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5621" max="5621" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5622" max="5622" width="10.296875" style="11" customWidth="1"/>
+    <col min="5623" max="5623" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5624" max="5624" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5625" max="5625" width="8.796875" style="11"/>
+    <col min="5626" max="5626" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5627" max="5627" width="8" style="11" customWidth="1"/>
+    <col min="5628" max="5869" width="8.796875" style="11"/>
+    <col min="5870" max="5870" width="15" style="11" customWidth="1"/>
+    <col min="5871" max="5871" width="11" style="11" customWidth="1"/>
+    <col min="5872" max="5872" width="8.8984375" style="11" customWidth="1"/>
+    <col min="5873" max="5873" width="11.09765625" style="11" customWidth="1"/>
+    <col min="5874" max="5874" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5875" max="5875" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5876" max="5876" width="9.59765625" style="11" customWidth="1"/>
+    <col min="5877" max="5877" width="10.8984375" style="11" customWidth="1"/>
+    <col min="5878" max="5878" width="10.296875" style="11" customWidth="1"/>
+    <col min="5879" max="5879" width="9.69921875" style="11" customWidth="1"/>
+    <col min="5880" max="5880" width="11.3984375" style="11" customWidth="1"/>
+    <col min="5881" max="5881" width="8.796875" style="11"/>
+    <col min="5882" max="5882" width="8.3984375" style="11" customWidth="1"/>
+    <col min="5883" max="5883" width="8" style="11" customWidth="1"/>
+    <col min="5884" max="6125" width="8.796875" style="11"/>
+    <col min="6126" max="6126" width="15" style="11" customWidth="1"/>
+    <col min="6127" max="6127" width="11" style="11" customWidth="1"/>
+    <col min="6128" max="6128" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6129" max="6129" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6130" max="6130" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6131" max="6131" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6132" max="6132" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6133" max="6133" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6134" max="6134" width="10.296875" style="11" customWidth="1"/>
+    <col min="6135" max="6135" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6136" max="6136" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6137" max="6137" width="8.796875" style="11"/>
+    <col min="6138" max="6138" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6139" max="6139" width="8" style="11" customWidth="1"/>
+    <col min="6140" max="6381" width="8.796875" style="11"/>
+    <col min="6382" max="6382" width="15" style="11" customWidth="1"/>
+    <col min="6383" max="6383" width="11" style="11" customWidth="1"/>
+    <col min="6384" max="6384" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6385" max="6385" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6386" max="6386" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6387" max="6387" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6388" max="6388" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6389" max="6389" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6390" max="6390" width="10.296875" style="11" customWidth="1"/>
+    <col min="6391" max="6391" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6392" max="6392" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6393" max="6393" width="8.796875" style="11"/>
+    <col min="6394" max="6394" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6395" max="6395" width="8" style="11" customWidth="1"/>
+    <col min="6396" max="6637" width="8.796875" style="11"/>
+    <col min="6638" max="6638" width="15" style="11" customWidth="1"/>
+    <col min="6639" max="6639" width="11" style="11" customWidth="1"/>
+    <col min="6640" max="6640" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6641" max="6641" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6642" max="6642" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6643" max="6643" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6644" max="6644" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6645" max="6645" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6646" max="6646" width="10.296875" style="11" customWidth="1"/>
+    <col min="6647" max="6647" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6648" max="6648" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6649" max="6649" width="8.796875" style="11"/>
+    <col min="6650" max="6650" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6651" max="6651" width="8" style="11" customWidth="1"/>
+    <col min="6652" max="6893" width="8.796875" style="11"/>
+    <col min="6894" max="6894" width="15" style="11" customWidth="1"/>
+    <col min="6895" max="6895" width="11" style="11" customWidth="1"/>
+    <col min="6896" max="6896" width="8.8984375" style="11" customWidth="1"/>
+    <col min="6897" max="6897" width="11.09765625" style="11" customWidth="1"/>
+    <col min="6898" max="6898" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6899" max="6899" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6900" max="6900" width="9.59765625" style="11" customWidth="1"/>
+    <col min="6901" max="6901" width="10.8984375" style="11" customWidth="1"/>
+    <col min="6902" max="6902" width="10.296875" style="11" customWidth="1"/>
+    <col min="6903" max="6903" width="9.69921875" style="11" customWidth="1"/>
+    <col min="6904" max="6904" width="11.3984375" style="11" customWidth="1"/>
+    <col min="6905" max="6905" width="8.796875" style="11"/>
+    <col min="6906" max="6906" width="8.3984375" style="11" customWidth="1"/>
+    <col min="6907" max="6907" width="8" style="11" customWidth="1"/>
+    <col min="6908" max="7149" width="8.796875" style="11"/>
+    <col min="7150" max="7150" width="15" style="11" customWidth="1"/>
+    <col min="7151" max="7151" width="11" style="11" customWidth="1"/>
+    <col min="7152" max="7152" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7153" max="7153" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7154" max="7154" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7155" max="7155" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7156" max="7156" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7157" max="7157" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7158" max="7158" width="10.296875" style="11" customWidth="1"/>
+    <col min="7159" max="7159" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7160" max="7160" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7161" max="7161" width="8.796875" style="11"/>
+    <col min="7162" max="7162" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7163" max="7163" width="8" style="11" customWidth="1"/>
+    <col min="7164" max="7405" width="8.796875" style="11"/>
+    <col min="7406" max="7406" width="15" style="11" customWidth="1"/>
+    <col min="7407" max="7407" width="11" style="11" customWidth="1"/>
+    <col min="7408" max="7408" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7409" max="7409" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7410" max="7410" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7411" max="7411" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7412" max="7412" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7413" max="7413" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7414" max="7414" width="10.296875" style="11" customWidth="1"/>
+    <col min="7415" max="7415" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7416" max="7416" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7417" max="7417" width="8.796875" style="11"/>
+    <col min="7418" max="7418" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7419" max="7419" width="8" style="11" customWidth="1"/>
+    <col min="7420" max="7661" width="8.796875" style="11"/>
+    <col min="7662" max="7662" width="15" style="11" customWidth="1"/>
+    <col min="7663" max="7663" width="11" style="11" customWidth="1"/>
+    <col min="7664" max="7664" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7665" max="7665" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7666" max="7666" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7667" max="7667" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7668" max="7668" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7669" max="7669" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7670" max="7670" width="10.296875" style="11" customWidth="1"/>
+    <col min="7671" max="7671" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7672" max="7672" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7673" max="7673" width="8.796875" style="11"/>
+    <col min="7674" max="7674" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7675" max="7675" width="8" style="11" customWidth="1"/>
+    <col min="7676" max="7917" width="8.796875" style="11"/>
+    <col min="7918" max="7918" width="15" style="11" customWidth="1"/>
+    <col min="7919" max="7919" width="11" style="11" customWidth="1"/>
+    <col min="7920" max="7920" width="8.8984375" style="11" customWidth="1"/>
+    <col min="7921" max="7921" width="11.09765625" style="11" customWidth="1"/>
+    <col min="7922" max="7922" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7923" max="7923" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7924" max="7924" width="9.59765625" style="11" customWidth="1"/>
+    <col min="7925" max="7925" width="10.8984375" style="11" customWidth="1"/>
+    <col min="7926" max="7926" width="10.296875" style="11" customWidth="1"/>
+    <col min="7927" max="7927" width="9.69921875" style="11" customWidth="1"/>
+    <col min="7928" max="7928" width="11.3984375" style="11" customWidth="1"/>
+    <col min="7929" max="7929" width="8.796875" style="11"/>
+    <col min="7930" max="7930" width="8.3984375" style="11" customWidth="1"/>
+    <col min="7931" max="7931" width="8" style="11" customWidth="1"/>
+    <col min="7932" max="8173" width="8.796875" style="11"/>
+    <col min="8174" max="8174" width="15" style="11" customWidth="1"/>
+    <col min="8175" max="8175" width="11" style="11" customWidth="1"/>
+    <col min="8176" max="8176" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8177" max="8177" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8178" max="8178" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8179" max="8179" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8180" max="8180" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8181" max="8181" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8182" max="8182" width="10.296875" style="11" customWidth="1"/>
+    <col min="8183" max="8183" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8184" max="8184" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8185" max="8185" width="8.796875" style="11"/>
+    <col min="8186" max="8186" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8187" max="8187" width="8" style="11" customWidth="1"/>
+    <col min="8188" max="8429" width="8.796875" style="11"/>
+    <col min="8430" max="8430" width="15" style="11" customWidth="1"/>
+    <col min="8431" max="8431" width="11" style="11" customWidth="1"/>
+    <col min="8432" max="8432" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8433" max="8433" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8434" max="8434" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8435" max="8435" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8436" max="8436" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8437" max="8437" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8438" max="8438" width="10.296875" style="11" customWidth="1"/>
+    <col min="8439" max="8439" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8440" max="8440" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8441" max="8441" width="8.796875" style="11"/>
+    <col min="8442" max="8442" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8443" max="8443" width="8" style="11" customWidth="1"/>
+    <col min="8444" max="8685" width="8.796875" style="11"/>
+    <col min="8686" max="8686" width="15" style="11" customWidth="1"/>
+    <col min="8687" max="8687" width="11" style="11" customWidth="1"/>
+    <col min="8688" max="8688" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8689" max="8689" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8690" max="8690" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8691" max="8691" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8692" max="8692" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8693" max="8693" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8694" max="8694" width="10.296875" style="11" customWidth="1"/>
+    <col min="8695" max="8695" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8696" max="8696" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8697" max="8697" width="8.796875" style="11"/>
+    <col min="8698" max="8698" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8699" max="8699" width="8" style="11" customWidth="1"/>
+    <col min="8700" max="8941" width="8.796875" style="11"/>
+    <col min="8942" max="8942" width="15" style="11" customWidth="1"/>
+    <col min="8943" max="8943" width="11" style="11" customWidth="1"/>
+    <col min="8944" max="8944" width="8.8984375" style="11" customWidth="1"/>
+    <col min="8945" max="8945" width="11.09765625" style="11" customWidth="1"/>
+    <col min="8946" max="8946" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8947" max="8947" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8948" max="8948" width="9.59765625" style="11" customWidth="1"/>
+    <col min="8949" max="8949" width="10.8984375" style="11" customWidth="1"/>
+    <col min="8950" max="8950" width="10.296875" style="11" customWidth="1"/>
+    <col min="8951" max="8951" width="9.69921875" style="11" customWidth="1"/>
+    <col min="8952" max="8952" width="11.3984375" style="11" customWidth="1"/>
+    <col min="8953" max="8953" width="8.796875" style="11"/>
+    <col min="8954" max="8954" width="8.3984375" style="11" customWidth="1"/>
+    <col min="8955" max="8955" width="8" style="11" customWidth="1"/>
+    <col min="8956" max="9197" width="8.796875" style="11"/>
+    <col min="9198" max="9198" width="15" style="11" customWidth="1"/>
+    <col min="9199" max="9199" width="11" style="11" customWidth="1"/>
+    <col min="9200" max="9200" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9201" max="9201" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9202" max="9202" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9203" max="9203" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9204" max="9204" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9205" max="9205" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9206" max="9206" width="10.296875" style="11" customWidth="1"/>
+    <col min="9207" max="9207" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9208" max="9208" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9209" max="9209" width="8.796875" style="11"/>
+    <col min="9210" max="9210" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9211" max="9211" width="8" style="11" customWidth="1"/>
+    <col min="9212" max="9453" width="8.796875" style="11"/>
+    <col min="9454" max="9454" width="15" style="11" customWidth="1"/>
+    <col min="9455" max="9455" width="11" style="11" customWidth="1"/>
+    <col min="9456" max="9456" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9457" max="9457" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9458" max="9458" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9459" max="9459" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9460" max="9460" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9461" max="9461" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9462" max="9462" width="10.296875" style="11" customWidth="1"/>
+    <col min="9463" max="9463" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9464" max="9464" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9465" max="9465" width="8.796875" style="11"/>
+    <col min="9466" max="9466" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9467" max="9467" width="8" style="11" customWidth="1"/>
+    <col min="9468" max="9709" width="8.796875" style="11"/>
+    <col min="9710" max="9710" width="15" style="11" customWidth="1"/>
+    <col min="9711" max="9711" width="11" style="11" customWidth="1"/>
+    <col min="9712" max="9712" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9713" max="9713" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9714" max="9714" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9715" max="9715" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9716" max="9716" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9717" max="9717" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9718" max="9718" width="10.296875" style="11" customWidth="1"/>
+    <col min="9719" max="9719" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9720" max="9720" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9721" max="9721" width="8.796875" style="11"/>
+    <col min="9722" max="9722" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9723" max="9723" width="8" style="11" customWidth="1"/>
+    <col min="9724" max="9965" width="8.796875" style="11"/>
+    <col min="9966" max="9966" width="15" style="11" customWidth="1"/>
+    <col min="9967" max="9967" width="11" style="11" customWidth="1"/>
+    <col min="9968" max="9968" width="8.8984375" style="11" customWidth="1"/>
+    <col min="9969" max="9969" width="11.09765625" style="11" customWidth="1"/>
+    <col min="9970" max="9970" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9971" max="9971" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9972" max="9972" width="9.59765625" style="11" customWidth="1"/>
+    <col min="9973" max="9973" width="10.8984375" style="11" customWidth="1"/>
+    <col min="9974" max="9974" width="10.296875" style="11" customWidth="1"/>
+    <col min="9975" max="9975" width="9.69921875" style="11" customWidth="1"/>
+    <col min="9976" max="9976" width="11.3984375" style="11" customWidth="1"/>
+    <col min="9977" max="9977" width="8.796875" style="11"/>
+    <col min="9978" max="9978" width="8.3984375" style="11" customWidth="1"/>
+    <col min="9979" max="9979" width="8" style="11" customWidth="1"/>
+    <col min="9980" max="10221" width="8.796875" style="11"/>
+    <col min="10222" max="10222" width="15" style="11" customWidth="1"/>
+    <col min="10223" max="10223" width="11" style="11" customWidth="1"/>
+    <col min="10224" max="10224" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10225" max="10225" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10226" max="10226" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10227" max="10227" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10228" max="10228" width="9.59765625" style="11" customWidth="1"/>
+    <col min="10229" max="10229" width="10.8984375" style="11" customWidth="1"/>
+    <col min="10230" max="10230" width="10.296875" style="11" customWidth="1"/>
+    <col min="10231" max="10231" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10232" max="10232" width="11.3984375" style="11" customWidth="1"/>
+    <col min="10233" max="10233" width="8.796875" style="11"/>
+    <col min="10234" max="10234" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10235" max="10235" width="8" style="11" customWidth="1"/>
+    <col min="10236" max="10477" width="8.796875" style="11"/>
+    <col min="10478" max="10478" width="15" style="11" customWidth="1"/>
+    <col min="10479" max="10479" width="11" style="11" customWidth="1"/>
+    <col min="10480" max="10480" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10481" max="10481" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10482" max="10482" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10483" max="10483" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10484" max="10484" width="9.59765625" style="11" customWidth="1"/>
+    <col min="10485" max="10485" width="10.8984375" style="11" customWidth="1"/>
+    <col min="10486" max="10486" width="10.296875" style="11" customWidth="1"/>
+    <col min="10487" max="10487" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10488" max="10488" width="11.3984375" style="11" customWidth="1"/>
+    <col min="10489" max="10489" width="8.796875" style="11"/>
+    <col min="10490" max="10490" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10491" max="10491" width="8" style="11" customWidth="1"/>
+    <col min="10492" max="10733" width="8.796875" style="11"/>
+    <col min="10734" max="10734" width="15" style="11" customWidth="1"/>
+    <col min="10735" max="10735" width="11" style="11" customWidth="1"/>
+    <col min="10736" max="10736" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10737" max="10737" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10738" max="10738" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10739" max="10739" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10740" max="10740" width="9.59765625" style="11" customWidth="1"/>
+    <col min="10741" max="10741" width="10.8984375" style="11" customWidth="1"/>
+    <col min="10742" max="10742" width="10.296875" style="11" customWidth="1"/>
+    <col min="10743" max="10743" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10744" max="10744" width="11.3984375" style="11" customWidth="1"/>
+    <col min="10745" max="10745" width="8.796875" style="11"/>
+    <col min="10746" max="10746" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10747" max="10747" width="8" style="11" customWidth="1"/>
+    <col min="10748" max="10989" width="8.796875" style="11"/>
+    <col min="10990" max="10990" width="15" style="11" customWidth="1"/>
+    <col min="10991" max="10991" width="11" style="11" customWidth="1"/>
+    <col min="10992" max="10992" width="8.8984375" style="11" customWidth="1"/>
+    <col min="10993" max="10993" width="11.09765625" style="11" customWidth="1"/>
+    <col min="10994" max="10994" width="8.3984375" style="11" customWidth="1"/>
+    <col min="10995" max="10995" width="9.69921875" style="11" customWidth="1"/>
+    <col min="10996" max="10996" width="9.59765625" style="11" customWidth="1"/>
+    <col min="10997" max="10997" width="10.8984375" style="11" customWidth="1"/>
+    <col min="10998" max="10998" width="10.296875" style="11" customWidth="1"/>
+    <col min="10999" max="10999" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11000" max="11000" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11001" max="11001" width="8.796875" style="11"/>
+    <col min="11002" max="11002" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11003" max="11003" width="8" style="11" customWidth="1"/>
+    <col min="11004" max="11245" width="8.796875" style="11"/>
+    <col min="11246" max="11246" width="15" style="11" customWidth="1"/>
+    <col min="11247" max="11247" width="11" style="11" customWidth="1"/>
+    <col min="11248" max="11248" width="8.8984375" style="11" customWidth="1"/>
+    <col min="11249" max="11249" width="11.09765625" style="11" customWidth="1"/>
+    <col min="11250" max="11250" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11251" max="11251" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11252" max="11252" width="9.59765625" style="11" customWidth="1"/>
+    <col min="11253" max="11253" width="10.8984375" style="11" customWidth="1"/>
+    <col min="11254" max="11254" width="10.296875" style="11" customWidth="1"/>
+    <col min="11255" max="11255" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11256" max="11256" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11257" max="11257" width="8.796875" style="11"/>
+    <col min="11258" max="11258" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11259" max="11259" width="8" style="11" customWidth="1"/>
+    <col min="11260" max="11501" width="8.796875" style="11"/>
+    <col min="11502" max="11502" width="15" style="11" customWidth="1"/>
+    <col min="11503" max="11503" width="11" style="11" customWidth="1"/>
+    <col min="11504" max="11504" width="8.8984375" style="11" customWidth="1"/>
+    <col min="11505" max="11505" width="11.09765625" style="11" customWidth="1"/>
+    <col min="11506" max="11506" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11507" max="11507" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11508" max="11508" width="9.59765625" style="11" customWidth="1"/>
+    <col min="11509" max="11509" width="10.8984375" style="11" customWidth="1"/>
+    <col min="11510" max="11510" width="10.296875" style="11" customWidth="1"/>
+    <col min="11511" max="11511" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11512" max="11512" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11513" max="11513" width="8.796875" style="11"/>
+    <col min="11514" max="11514" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11515" max="11515" width="8" style="11" customWidth="1"/>
+    <col min="11516" max="11757" width="8.796875" style="11"/>
+    <col min="11758" max="11758" width="15" style="11" customWidth="1"/>
+    <col min="11759" max="11759" width="11" style="11" customWidth="1"/>
+    <col min="11760" max="11760" width="8.8984375" style="11" customWidth="1"/>
+    <col min="11761" max="11761" width="11.09765625" style="11" customWidth="1"/>
+    <col min="11762" max="11762" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11763" max="11763" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11764" max="11764" width="9.59765625" style="11" customWidth="1"/>
+    <col min="11765" max="11765" width="10.8984375" style="11" customWidth="1"/>
+    <col min="11766" max="11766" width="10.296875" style="11" customWidth="1"/>
+    <col min="11767" max="11767" width="9.69921875" style="11" customWidth="1"/>
+    <col min="11768" max="11768" width="11.3984375" style="11" customWidth="1"/>
+    <col min="11769" max="11769" width="8.796875" style="11"/>
+    <col min="11770" max="11770" width="8.3984375" style="11" customWidth="1"/>
+    <col min="11771" max="11771" width="8" style="11" customWidth="1"/>
+    <col min="11772" max="12013" width="8.796875" style="11"/>
+    <col min="12014" max="12014" width="15" style="11" customWidth="1"/>
+    <col min="12015" max="12015" width="11" style="11" customWidth="1"/>
+    <col min="12016" max="12016" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12017" max="12017" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12018" max="12018" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12019" max="12019" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12020" max="12020" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12021" max="12021" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12022" max="12022" width="10.296875" style="11" customWidth="1"/>
+    <col min="12023" max="12023" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12024" max="12024" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12025" max="12025" width="8.796875" style="11"/>
+    <col min="12026" max="12026" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12027" max="12027" width="8" style="11" customWidth="1"/>
+    <col min="12028" max="12269" width="8.796875" style="11"/>
+    <col min="12270" max="12270" width="15" style="11" customWidth="1"/>
+    <col min="12271" max="12271" width="11" style="11" customWidth="1"/>
+    <col min="12272" max="12272" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12273" max="12273" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12274" max="12274" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12275" max="12275" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12276" max="12276" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12277" max="12277" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12278" max="12278" width="10.296875" style="11" customWidth="1"/>
+    <col min="12279" max="12279" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12280" max="12280" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12281" max="12281" width="8.796875" style="11"/>
+    <col min="12282" max="12282" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12283" max="12283" width="8" style="11" customWidth="1"/>
+    <col min="12284" max="12525" width="8.796875" style="11"/>
+    <col min="12526" max="12526" width="15" style="11" customWidth="1"/>
+    <col min="12527" max="12527" width="11" style="11" customWidth="1"/>
+    <col min="12528" max="12528" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12529" max="12529" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12530" max="12530" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12531" max="12531" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12532" max="12532" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12533" max="12533" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12534" max="12534" width="10.296875" style="11" customWidth="1"/>
+    <col min="12535" max="12535" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12536" max="12536" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12537" max="12537" width="8.796875" style="11"/>
+    <col min="12538" max="12538" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12539" max="12539" width="8" style="11" customWidth="1"/>
+    <col min="12540" max="12781" width="8.796875" style="11"/>
+    <col min="12782" max="12782" width="15" style="11" customWidth="1"/>
+    <col min="12783" max="12783" width="11" style="11" customWidth="1"/>
+    <col min="12784" max="12784" width="8.8984375" style="11" customWidth="1"/>
+    <col min="12785" max="12785" width="11.09765625" style="11" customWidth="1"/>
+    <col min="12786" max="12786" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12787" max="12787" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12788" max="12788" width="9.59765625" style="11" customWidth="1"/>
+    <col min="12789" max="12789" width="10.8984375" style="11" customWidth="1"/>
+    <col min="12790" max="12790" width="10.296875" style="11" customWidth="1"/>
+    <col min="12791" max="12791" width="9.69921875" style="11" customWidth="1"/>
+    <col min="12792" max="12792" width="11.3984375" style="11" customWidth="1"/>
+    <col min="12793" max="12793" width="8.796875" style="11"/>
+    <col min="12794" max="12794" width="8.3984375" style="11" customWidth="1"/>
+    <col min="12795" max="12795" width="8" style="11" customWidth="1"/>
+    <col min="12796" max="13037" width="8.796875" style="11"/>
+    <col min="13038" max="13038" width="15" style="11" customWidth="1"/>
+    <col min="13039" max="13039" width="11" style="11" customWidth="1"/>
+    <col min="13040" max="13040" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13041" max="13041" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13042" max="13042" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13043" max="13043" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13044" max="13044" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13045" max="13045" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13046" max="13046" width="10.296875" style="11" customWidth="1"/>
+    <col min="13047" max="13047" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13048" max="13048" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13049" max="13049" width="8.796875" style="11"/>
+    <col min="13050" max="13050" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13051" max="13051" width="8" style="11" customWidth="1"/>
+    <col min="13052" max="13293" width="8.796875" style="11"/>
+    <col min="13294" max="13294" width="15" style="11" customWidth="1"/>
+    <col min="13295" max="13295" width="11" style="11" customWidth="1"/>
+    <col min="13296" max="13296" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13297" max="13297" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13298" max="13298" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13299" max="13299" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13300" max="13300" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13301" max="13301" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13302" max="13302" width="10.296875" style="11" customWidth="1"/>
+    <col min="13303" max="13303" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13304" max="13304" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13305" max="13305" width="8.796875" style="11"/>
+    <col min="13306" max="13306" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13307" max="13307" width="8" style="11" customWidth="1"/>
+    <col min="13308" max="13549" width="8.796875" style="11"/>
+    <col min="13550" max="13550" width="15" style="11" customWidth="1"/>
+    <col min="13551" max="13551" width="11" style="11" customWidth="1"/>
+    <col min="13552" max="13552" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13553" max="13553" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13554" max="13554" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13555" max="13555" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13556" max="13556" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13557" max="13557" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13558" max="13558" width="10.296875" style="11" customWidth="1"/>
+    <col min="13559" max="13559" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13560" max="13560" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13561" max="13561" width="8.796875" style="11"/>
+    <col min="13562" max="13562" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13563" max="13563" width="8" style="11" customWidth="1"/>
+    <col min="13564" max="13805" width="8.796875" style="11"/>
+    <col min="13806" max="13806" width="15" style="11" customWidth="1"/>
+    <col min="13807" max="13807" width="11" style="11" customWidth="1"/>
+    <col min="13808" max="13808" width="8.8984375" style="11" customWidth="1"/>
+    <col min="13809" max="13809" width="11.09765625" style="11" customWidth="1"/>
+    <col min="13810" max="13810" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13811" max="13811" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13812" max="13812" width="9.59765625" style="11" customWidth="1"/>
+    <col min="13813" max="13813" width="10.8984375" style="11" customWidth="1"/>
+    <col min="13814" max="13814" width="10.296875" style="11" customWidth="1"/>
+    <col min="13815" max="13815" width="9.69921875" style="11" customWidth="1"/>
+    <col min="13816" max="13816" width="11.3984375" style="11" customWidth="1"/>
+    <col min="13817" max="13817" width="8.796875" style="11"/>
+    <col min="13818" max="13818" width="8.3984375" style="11" customWidth="1"/>
+    <col min="13819" max="13819" width="8" style="11" customWidth="1"/>
+    <col min="13820" max="14061" width="8.796875" style="11"/>
+    <col min="14062" max="14062" width="15" style="11" customWidth="1"/>
+    <col min="14063" max="14063" width="11" style="11" customWidth="1"/>
+    <col min="14064" max="14064" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14065" max="14065" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14066" max="14066" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14067" max="14067" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14068" max="14068" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14069" max="14069" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14070" max="14070" width="10.296875" style="11" customWidth="1"/>
+    <col min="14071" max="14071" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14072" max="14072" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14073" max="14073" width="8.796875" style="11"/>
+    <col min="14074" max="14074" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14075" max="14075" width="8" style="11" customWidth="1"/>
+    <col min="14076" max="14317" width="8.796875" style="11"/>
+    <col min="14318" max="14318" width="15" style="11" customWidth="1"/>
+    <col min="14319" max="14319" width="11" style="11" customWidth="1"/>
+    <col min="14320" max="14320" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14321" max="14321" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14322" max="14322" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14323" max="14323" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14324" max="14324" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14325" max="14325" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14326" max="14326" width="10.296875" style="11" customWidth="1"/>
+    <col min="14327" max="14327" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14328" max="14328" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14329" max="14329" width="8.796875" style="11"/>
+    <col min="14330" max="14330" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14331" max="14331" width="8" style="11" customWidth="1"/>
+    <col min="14332" max="14573" width="8.796875" style="11"/>
+    <col min="14574" max="14574" width="15" style="11" customWidth="1"/>
+    <col min="14575" max="14575" width="11" style="11" customWidth="1"/>
+    <col min="14576" max="14576" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14577" max="14577" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14578" max="14578" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14579" max="14579" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14580" max="14580" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14581" max="14581" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14582" max="14582" width="10.296875" style="11" customWidth="1"/>
+    <col min="14583" max="14583" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14584" max="14584" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14585" max="14585" width="8.796875" style="11"/>
+    <col min="14586" max="14586" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14587" max="14587" width="8" style="11" customWidth="1"/>
+    <col min="14588" max="14829" width="8.796875" style="11"/>
+    <col min="14830" max="14830" width="15" style="11" customWidth="1"/>
+    <col min="14831" max="14831" width="11" style="11" customWidth="1"/>
+    <col min="14832" max="14832" width="8.8984375" style="11" customWidth="1"/>
+    <col min="14833" max="14833" width="11.09765625" style="11" customWidth="1"/>
+    <col min="14834" max="14834" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14835" max="14835" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14836" max="14836" width="9.59765625" style="11" customWidth="1"/>
+    <col min="14837" max="14837" width="10.8984375" style="11" customWidth="1"/>
+    <col min="14838" max="14838" width="10.296875" style="11" customWidth="1"/>
+    <col min="14839" max="14839" width="9.69921875" style="11" customWidth="1"/>
+    <col min="14840" max="14840" width="11.3984375" style="11" customWidth="1"/>
+    <col min="14841" max="14841" width="8.796875" style="11"/>
+    <col min="14842" max="14842" width="8.3984375" style="11" customWidth="1"/>
+    <col min="14843" max="14843" width="8" style="11" customWidth="1"/>
+    <col min="14844" max="15085" width="8.796875" style="11"/>
+    <col min="15086" max="15086" width="15" style="11" customWidth="1"/>
+    <col min="15087" max="15087" width="11" style="11" customWidth="1"/>
+    <col min="15088" max="15088" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15089" max="15089" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15090" max="15090" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15091" max="15091" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15092" max="15092" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15093" max="15093" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15094" max="15094" width="10.296875" style="11" customWidth="1"/>
+    <col min="15095" max="15095" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15096" max="15096" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15097" max="15097" width="8.796875" style="11"/>
+    <col min="15098" max="15098" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15099" max="15099" width="8" style="11" customWidth="1"/>
+    <col min="15100" max="15341" width="8.796875" style="11"/>
+    <col min="15342" max="15342" width="15" style="11" customWidth="1"/>
+    <col min="15343" max="15343" width="11" style="11" customWidth="1"/>
+    <col min="15344" max="15344" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15345" max="15345" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15346" max="15346" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15347" max="15347" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15348" max="15348" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15349" max="15349" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15350" max="15350" width="10.296875" style="11" customWidth="1"/>
+    <col min="15351" max="15351" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15352" max="15352" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15353" max="15353" width="8.796875" style="11"/>
+    <col min="15354" max="15354" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15355" max="15355" width="8" style="11" customWidth="1"/>
+    <col min="15356" max="15597" width="8.796875" style="11"/>
+    <col min="15598" max="15598" width="15" style="11" customWidth="1"/>
+    <col min="15599" max="15599" width="11" style="11" customWidth="1"/>
+    <col min="15600" max="15600" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15601" max="15601" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15602" max="15602" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15603" max="15603" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15604" max="15604" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15605" max="15605" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15606" max="15606" width="10.296875" style="11" customWidth="1"/>
+    <col min="15607" max="15607" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15608" max="15608" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15609" max="15609" width="8.796875" style="11"/>
+    <col min="15610" max="15610" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15611" max="15611" width="8" style="11" customWidth="1"/>
+    <col min="15612" max="15853" width="8.796875" style="11"/>
+    <col min="15854" max="15854" width="15" style="11" customWidth="1"/>
+    <col min="15855" max="15855" width="11" style="11" customWidth="1"/>
+    <col min="15856" max="15856" width="8.8984375" style="11" customWidth="1"/>
+    <col min="15857" max="15857" width="11.09765625" style="11" customWidth="1"/>
+    <col min="15858" max="15858" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15859" max="15859" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15860" max="15860" width="9.59765625" style="11" customWidth="1"/>
+    <col min="15861" max="15861" width="10.8984375" style="11" customWidth="1"/>
+    <col min="15862" max="15862" width="10.296875" style="11" customWidth="1"/>
+    <col min="15863" max="15863" width="9.69921875" style="11" customWidth="1"/>
+    <col min="15864" max="15864" width="11.3984375" style="11" customWidth="1"/>
+    <col min="15865" max="15865" width="8.796875" style="11"/>
+    <col min="15866" max="15866" width="8.3984375" style="11" customWidth="1"/>
+    <col min="15867" max="15867" width="8" style="11" customWidth="1"/>
+    <col min="15868" max="16109" width="8.796875" style="11"/>
+    <col min="16110" max="16110" width="15" style="11" customWidth="1"/>
+    <col min="16111" max="16111" width="11" style="11" customWidth="1"/>
+    <col min="16112" max="16112" width="8.8984375" style="11" customWidth="1"/>
+    <col min="16113" max="16113" width="11.09765625" style="11" customWidth="1"/>
+    <col min="16114" max="16114" width="8.3984375" style="11" customWidth="1"/>
+    <col min="16115" max="16115" width="9.69921875" style="11" customWidth="1"/>
+    <col min="16116" max="16116" width="9.59765625" style="11" customWidth="1"/>
+    <col min="16117" max="16117" width="10.8984375" style="11" customWidth="1"/>
+    <col min="16118" max="16118" width="10.296875" style="11" customWidth="1"/>
+    <col min="16119" max="16119" width="9.69921875" style="11" customWidth="1"/>
+    <col min="16120" max="16120" width="11.3984375" style="11" customWidth="1"/>
+    <col min="16121" max="16121" width="8.796875" style="11"/>
+    <col min="16122" max="16122" width="8.3984375" style="11" customWidth="1"/>
+    <col min="16123" max="16123" width="8" style="11" customWidth="1"/>
+    <col min="16124" max="16364" width="8.796875" style="11"/>
+    <col min="16365" max="16384" width="8.8984375" style="11" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="24" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:14" s="2" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A1" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="B1" s="25"/>
-[...11 lines deleted...]
-      <c r="N1" s="25"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
     </row>
-    <row r="2" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.5">
-[...13 lines deleted...]
-      <c r="N2" s="22"/>
+    <row r="2" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="16"/>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+      <c r="K2" s="14"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="14"/>
+      <c r="N2" s="14"/>
     </row>
-    <row r="3" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.5">
-[...13 lines deleted...]
-      <c r="N3" s="22"/>
+    <row r="3" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="16"/>
+      <c r="B3" s="14"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="14"/>
+      <c r="F3" s="14"/>
+      <c r="G3" s="14"/>
+      <c r="H3" s="14"/>
+      <c r="I3" s="14"/>
+      <c r="J3" s="14"/>
+      <c r="K3" s="14"/>
+      <c r="L3" s="14"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="14"/>
     </row>
-    <row r="4" spans="1:14" s="15" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...2 lines deleted...]
-      <c r="C4" s="21" t="s">
+    <row r="4" spans="1:14" s="5" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4"/>
+      <c r="C4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="33" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="33"/>
+      <c r="I4" s="33"/>
+      <c r="J4" s="33" t="s">
+        <v>13</v>
+      </c>
+      <c r="K4" s="33"/>
+      <c r="L4" s="33"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+    </row>
+    <row r="5" spans="1:14" s="5" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="J5" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M5" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="N5" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="21" t="s">
-[...19 lines deleted...]
-      <c r="N4" s="20"/>
     </row>
-    <row r="5" spans="1:14" s="15" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...3 lines deleted...]
-      <c r="B5" s="18" t="s">
+    <row r="6" spans="1:14" s="5" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A6" s="8"/>
+      <c r="B6" s="9"/>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="18" t="s">
-[...8 lines deleted...]
-      <c r="F5" s="18" t="s">
+      <c r="I6" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="18" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="J6" s="9"/>
+      <c r="K6" s="9"/>
+      <c r="L6" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="M6" s="9"/>
+      <c r="N6" s="9"/>
     </row>
-    <row r="6" spans="1:14" s="15" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...19 lines deleted...]
-      <c r="N6" s="16"/>
+    <row r="7" spans="1:14" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="21">
+        <v>39383309.049999997</v>
+      </c>
+      <c r="C7" s="21">
+        <v>918589.83</v>
+      </c>
+      <c r="D7" s="21">
+        <v>4291358.01</v>
+      </c>
+      <c r="E7" s="21">
+        <v>8847244.7400000002</v>
+      </c>
+      <c r="F7" s="21">
+        <v>7207853.0899999999</v>
+      </c>
+      <c r="G7" s="21">
+        <v>6413752.9800000004</v>
+      </c>
+      <c r="H7" s="21">
+        <v>1588707.84</v>
+      </c>
+      <c r="I7" s="21">
+        <v>5243.79</v>
+      </c>
+      <c r="J7" s="21">
+        <v>6291228.6299999999</v>
+      </c>
+      <c r="K7" s="21">
+        <v>2250407.87</v>
+      </c>
+      <c r="L7" s="21">
+        <v>878231.05</v>
+      </c>
+      <c r="M7" s="21">
+        <v>268265.96999999997</v>
+      </c>
+      <c r="N7" s="21">
+        <v>422425.26</v>
+      </c>
     </row>
-    <row r="7" spans="1:14" s="4" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A7" s="4" t="s">
+    <row r="8" spans="1:14" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A8" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="22">
+        <v>21147296.09</v>
+      </c>
+      <c r="C8" s="22">
+        <v>445107.32</v>
+      </c>
+      <c r="D8" s="22">
+        <v>2229161.71</v>
+      </c>
+      <c r="E8" s="22">
+        <v>5104201.59</v>
+      </c>
+      <c r="F8" s="22">
+        <v>4357312.4800000004</v>
+      </c>
+      <c r="G8" s="22">
+        <v>3473952.14</v>
+      </c>
+      <c r="H8" s="22">
+        <v>951098.82</v>
+      </c>
+      <c r="I8" s="22">
+        <v>2559.5500000000002</v>
+      </c>
+      <c r="J8" s="22">
+        <v>2597074.44</v>
+      </c>
+      <c r="K8" s="22">
+        <v>1372015.8</v>
+      </c>
+      <c r="L8" s="22">
+        <v>244364.74</v>
+      </c>
+      <c r="M8" s="22">
+        <v>134456.82</v>
+      </c>
+      <c r="N8" s="22">
+        <v>235990.67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A9" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="22">
+        <v>18236012.949999999</v>
+      </c>
+      <c r="C9" s="22">
+        <v>473482.51</v>
+      </c>
+      <c r="D9" s="22">
+        <v>2062196.3</v>
+      </c>
+      <c r="E9" s="22">
+        <v>3743043.15</v>
+      </c>
+      <c r="F9" s="22">
+        <v>2850540.61</v>
+      </c>
+      <c r="G9" s="22">
+        <v>2939800.84</v>
+      </c>
+      <c r="H9" s="22">
+        <v>637609.02</v>
+      </c>
+      <c r="I9" s="22">
+        <v>2684.24</v>
+      </c>
+      <c r="J9" s="22">
+        <v>3694154.19</v>
+      </c>
+      <c r="K9" s="22">
+        <v>878392.06</v>
+      </c>
+      <c r="L9" s="22">
+        <v>633866.31000000006</v>
+      </c>
+      <c r="M9" s="22">
+        <v>133809.16</v>
+      </c>
+      <c r="N9" s="22">
+        <v>186434.58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="10" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="19">
+        <v>8790762.2699999996</v>
+      </c>
+      <c r="C10" s="19">
+        <v>42030.27</v>
+      </c>
+      <c r="D10" s="19">
+        <v>1319035.78</v>
+      </c>
+      <c r="E10" s="19">
+        <v>2491044.85</v>
+      </c>
+      <c r="F10" s="19">
+        <v>1679939.75</v>
+      </c>
+      <c r="G10" s="19">
+        <v>1620944.14</v>
+      </c>
+      <c r="H10" s="19">
+        <v>227807.84</v>
+      </c>
+      <c r="I10" s="19">
+        <v>0</v>
+      </c>
+      <c r="J10" s="19">
+        <v>779862.98</v>
+      </c>
+      <c r="K10" s="19">
+        <v>406031.19</v>
+      </c>
+      <c r="L10" s="19">
+        <v>223602.34</v>
+      </c>
+      <c r="M10" s="19">
+        <v>0</v>
+      </c>
+      <c r="N10" s="19">
+        <v>463.14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A11" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="20">
+        <v>4827788.3499999996</v>
+      </c>
+      <c r="C11" s="20">
+        <v>13603.58</v>
+      </c>
+      <c r="D11" s="20">
+        <v>734057.79</v>
+      </c>
+      <c r="E11" s="20">
+        <v>1451945.65</v>
+      </c>
+      <c r="F11" s="20">
+        <v>1065543.08</v>
+      </c>
+      <c r="G11" s="20">
+        <v>837232.78</v>
+      </c>
+      <c r="H11" s="20">
+        <v>137402.16</v>
+      </c>
+      <c r="I11" s="20">
+        <v>0</v>
+      </c>
+      <c r="J11" s="20">
+        <v>308460.95</v>
+      </c>
+      <c r="K11" s="20">
+        <v>225417.9</v>
+      </c>
+      <c r="L11" s="20">
+        <v>54063.37</v>
+      </c>
+      <c r="M11" s="19">
+        <v>0</v>
+      </c>
+      <c r="N11" s="20">
+        <v>61.11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="20">
+        <v>3962973.92</v>
+      </c>
+      <c r="C12" s="20">
+        <v>28426.69</v>
+      </c>
+      <c r="D12" s="20">
+        <v>584977.99</v>
+      </c>
+      <c r="E12" s="20">
+        <v>1039099.2</v>
+      </c>
+      <c r="F12" s="20">
+        <v>614396.67000000004</v>
+      </c>
+      <c r="G12" s="20">
+        <v>783711.37</v>
+      </c>
+      <c r="H12" s="20">
+        <v>90405.67</v>
+      </c>
+      <c r="I12" s="20">
+        <v>0</v>
+      </c>
+      <c r="J12" s="20">
+        <v>471402.03</v>
+      </c>
+      <c r="K12" s="20">
+        <v>180613.29</v>
+      </c>
+      <c r="L12" s="20">
+        <v>169538.97</v>
+      </c>
+      <c r="M12" s="19">
+        <v>0</v>
+      </c>
+      <c r="N12" s="20">
+        <v>402.03</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="10" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B13" s="26">
+        <v>219546</v>
+      </c>
+      <c r="C13" s="26">
+        <v>2184</v>
+      </c>
+      <c r="D13" s="26">
+        <v>32282</v>
+      </c>
+      <c r="E13" s="26">
+        <v>68962</v>
+      </c>
+      <c r="F13" s="26">
+        <v>35618</v>
+      </c>
+      <c r="G13" s="26">
+        <v>29722</v>
+      </c>
+      <c r="H13" s="26">
+        <v>7348</v>
+      </c>
+      <c r="I13" s="26">
+        <v>0</v>
+      </c>
+      <c r="J13" s="26">
+        <v>23404</v>
+      </c>
+      <c r="K13" s="26">
+        <v>15153</v>
+      </c>
+      <c r="L13" s="26">
+        <v>4540</v>
+      </c>
+      <c r="M13" s="23">
+        <v>0</v>
+      </c>
+      <c r="N13" s="23">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="25">
+        <v>124053</v>
+      </c>
+      <c r="C14" s="25">
+        <v>592</v>
+      </c>
+      <c r="D14" s="25">
+        <v>17784</v>
+      </c>
+      <c r="E14" s="25">
+        <v>42730</v>
+      </c>
+      <c r="F14" s="25">
+        <v>20008</v>
+      </c>
+      <c r="G14" s="25">
+        <v>18510</v>
+      </c>
+      <c r="H14" s="25">
+        <v>4463</v>
+      </c>
+      <c r="I14" s="25">
+        <v>0</v>
+      </c>
+      <c r="J14" s="25">
+        <v>8456</v>
+      </c>
+      <c r="K14" s="25">
+        <v>10305</v>
+      </c>
+      <c r="L14" s="25">
+        <v>1144</v>
+      </c>
+      <c r="M14" s="24">
+        <v>0</v>
+      </c>
+      <c r="N14" s="24">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A15" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="25">
+        <v>95493</v>
+      </c>
+      <c r="C15" s="25">
+        <v>1592</v>
+      </c>
+      <c r="D15" s="25">
+        <v>14498</v>
+      </c>
+      <c r="E15" s="25">
+        <v>26232</v>
+      </c>
+      <c r="F15" s="25">
+        <v>15610</v>
+      </c>
+      <c r="G15" s="25">
+        <v>11212</v>
+      </c>
+      <c r="H15" s="25">
+        <v>2885</v>
+      </c>
+      <c r="I15" s="25">
+        <v>0</v>
+      </c>
+      <c r="J15" s="25">
+        <v>14948</v>
+      </c>
+      <c r="K15" s="25">
+        <v>4848</v>
+      </c>
+      <c r="L15" s="25">
+        <v>3396</v>
+      </c>
+      <c r="M15" s="24">
+        <v>0</v>
+      </c>
+      <c r="N15" s="24">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A16" s="34" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="34"/>
+      <c r="C16" s="34"/>
+      <c r="D16" s="34"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="34"/>
+      <c r="H16" s="34"/>
+      <c r="I16" s="34"/>
+      <c r="J16" s="34"/>
+      <c r="K16" s="34"/>
+      <c r="L16" s="34"/>
+      <c r="M16" s="34"/>
+      <c r="N16" s="34"/>
+    </row>
+    <row r="17" spans="1:16" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="14">
-[...37 lines deleted...]
-      </c>
+      <c r="B17" s="17">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C17" s="17">
+        <v>2.3324343539385755</v>
+      </c>
+      <c r="D17" s="17">
+        <v>10.896387615758254</v>
+      </c>
+      <c r="E17" s="17">
+        <v>22.464452463270099</v>
+      </c>
+      <c r="F17" s="17">
+        <v>18.301796532254571</v>
+      </c>
+      <c r="G17" s="17">
+        <v>16.28545984253703</v>
+      </c>
+      <c r="H17" s="17">
+        <v>4.0339623010931334</v>
+      </c>
+      <c r="I17" s="17">
+        <v>1.3314752179261079E-2</v>
+      </c>
+      <c r="J17" s="17">
+        <v>15.974352541105228</v>
+      </c>
+      <c r="K17" s="17">
+        <v>5.7141157619410352</v>
+      </c>
+      <c r="L17" s="17">
+        <v>2.2299574900753552</v>
+      </c>
+      <c r="M17" s="17">
+        <v>0.68116665783318675</v>
+      </c>
+      <c r="N17" s="17">
+        <v>1.0725997134057481</v>
+      </c>
+      <c r="P17" s="29"/>
     </row>
-    <row r="8" spans="1:14" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A8" s="1" t="s">
+    <row r="18" spans="1:16" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="13">
-[...37 lines deleted...]
-      </c>
+      <c r="B18" s="18">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C18" s="18">
+        <v>2.1047954220988068</v>
+      </c>
+      <c r="D18" s="18">
+        <v>10.541119302027987</v>
+      </c>
+      <c r="E18" s="18">
+        <v>24.136426559108155</v>
+      </c>
+      <c r="F18" s="18">
+        <v>20.60458444169824</v>
+      </c>
+      <c r="G18" s="18">
+        <v>16.427405779043028</v>
+      </c>
+      <c r="H18" s="18">
+        <v>4.4974961146439405</v>
+      </c>
+      <c r="I18" s="18">
+        <v>1.210343861034009E-2</v>
+      </c>
+      <c r="J18" s="18">
+        <v>12.280881815562644</v>
+      </c>
+      <c r="K18" s="18">
+        <v>6.487901782624542</v>
+      </c>
+      <c r="L18" s="18">
+        <v>1.1555365705384606</v>
+      </c>
+      <c r="M18" s="18">
+        <v>0.63581093028522495</v>
+      </c>
+      <c r="N18" s="18">
+        <v>1.1159377964712651</v>
+      </c>
+      <c r="P18" s="29"/>
     </row>
-    <row r="9" spans="1:14" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A9" s="1" t="s">
+    <row r="19" spans="1:16" s="10" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="13">
-[...37 lines deleted...]
-      </c>
+      <c r="B19" s="18">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C19" s="18">
+        <v>2.5964146400762456</v>
+      </c>
+      <c r="D19" s="18">
+        <v>11.308372645129101</v>
+      </c>
+      <c r="E19" s="18">
+        <v>20.525556547161809</v>
+      </c>
+      <c r="F19" s="18">
+        <v>15.631380707042105</v>
+      </c>
+      <c r="G19" s="18">
+        <v>16.12085299599439</v>
+      </c>
+      <c r="H19" s="18">
+        <v>3.4964277649298339</v>
+      </c>
+      <c r="I19" s="18">
+        <v>1.4719445568281414E-2</v>
+      </c>
+      <c r="J19" s="18">
+        <v>20.257466366846376</v>
+      </c>
+      <c r="K19" s="18">
+        <v>4.8167988386957141</v>
+      </c>
+      <c r="L19" s="18">
+        <v>3.4759040352622699</v>
+      </c>
+      <c r="M19" s="18">
+        <v>0.73376324291324879</v>
+      </c>
+      <c r="N19" s="18">
+        <v>1.0223428800537235</v>
+      </c>
+      <c r="P19" s="29"/>
     </row>
-    <row r="10" spans="1:14" s="4" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A10" s="6" t="s">
+    <row r="20" spans="1:16" s="10" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="12">
-[...20 lines deleted...]
-      <c r="I10" s="12">
+      <c r="B20" s="17">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C20" s="17">
+        <v>0.47811860574862297</v>
+      </c>
+      <c r="D20" s="17">
+        <v>15.004794117814315</v>
+      </c>
+      <c r="E20" s="17">
+        <v>28.337074459414318</v>
+      </c>
+      <c r="F20" s="17">
+        <v>19.110285301800115</v>
+      </c>
+      <c r="G20" s="17">
+        <v>18.439176151216746</v>
+      </c>
+      <c r="H20" s="17">
+        <v>2.5914458041646027</v>
+      </c>
+      <c r="I20" s="17">
         <v>0</v>
       </c>
-      <c r="J10" s="12">
-[...8 lines deleted...]
-      <c r="M10" s="12">
+      <c r="J20" s="17">
+        <v>8.8713919913568535</v>
+      </c>
+      <c r="K20" s="17">
+        <v>4.6188393853585579</v>
+      </c>
+      <c r="L20" s="17">
+        <v>2.5436058117858762</v>
+      </c>
+      <c r="M20" s="17">
         <v>0</v>
       </c>
-      <c r="N10" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="N20" s="17">
+        <v>5.2684850957754317E-3</v>
+      </c>
+      <c r="P20" s="29"/>
     </row>
-    <row r="11" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...24 lines deleted...]
-      <c r="I11" s="11">
+    <row r="21" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="B21" s="18">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C21" s="18">
+        <v>0.28177664416461012</v>
+      </c>
+      <c r="D21" s="18">
+        <v>15.204846127937651</v>
+      </c>
+      <c r="E21" s="18">
+        <v>30.074757730421219</v>
+      </c>
+      <c r="F21" s="18">
+        <v>22.071039630393081</v>
+      </c>
+      <c r="G21" s="18">
+        <v>17.341952863364448</v>
+      </c>
+      <c r="H21" s="18">
+        <v>2.8460684279997492</v>
+      </c>
+      <c r="I21" s="18">
         <v>0</v>
       </c>
-      <c r="J11" s="11">
-[...8 lines deleted...]
-      <c r="M11" s="12">
+      <c r="J21" s="18">
+        <v>6.3892807148432675</v>
+      </c>
+      <c r="K21" s="18">
+        <v>4.6691752756725551</v>
+      </c>
+      <c r="L21" s="18">
+        <v>1.1198372024738823</v>
+      </c>
+      <c r="M21" s="18">
         <v>0</v>
       </c>
-      <c r="N11" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="N21" s="18">
+        <v>1.2657969979152049E-3</v>
+      </c>
+      <c r="P21" s="29"/>
     </row>
-    <row r="12" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A12" s="1" t="s">
+    <row r="22" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A22" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B22" s="18">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C22" s="18">
+        <v>0.71730701674665576</v>
+      </c>
+      <c r="D22" s="18">
+        <v>14.761086038133705</v>
+      </c>
+      <c r="E22" s="18">
+        <v>26.220187691772644</v>
+      </c>
+      <c r="F22" s="18">
+        <v>15.503424509036387</v>
+      </c>
+      <c r="G22" s="18">
+        <v>19.7758397057531</v>
+      </c>
+      <c r="H22" s="18">
+        <v>2.281258262734164</v>
+      </c>
+      <c r="I22" s="18">
         <v>0</v>
       </c>
-      <c r="B12" s="11">
-[...20 lines deleted...]
-      <c r="I12" s="11">
+      <c r="J22" s="18">
+        <v>11.895158522769185</v>
+      </c>
+      <c r="K22" s="18">
+        <v>4.5575190159212555</v>
+      </c>
+      <c r="L22" s="18">
+        <v>4.2780743306027107</v>
+      </c>
+      <c r="M22" s="18">
         <v>0</v>
       </c>
-      <c r="J12" s="11">
-[...8 lines deleted...]
-      <c r="M12" s="12">
+      <c r="N22" s="18">
+        <v>1.0144654194443953E-2</v>
+      </c>
+      <c r="P22" s="29"/>
+    </row>
+    <row r="23" spans="1:16" s="10" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C23" s="17">
+        <v>0.9947801371922057</v>
+      </c>
+      <c r="D23" s="17">
+        <v>14.70398003151959</v>
+      </c>
+      <c r="E23" s="17">
+        <v>31.411184899747663</v>
+      </c>
+      <c r="F23" s="17">
+        <v>16.223479361956038</v>
+      </c>
+      <c r="G23" s="17">
+        <v>13.537937379865722</v>
+      </c>
+      <c r="H23" s="17">
+        <v>3.3469067985752416</v>
+      </c>
+      <c r="I23" s="30">
         <v>0</v>
       </c>
-      <c r="N12" s="11">
-[...1 lines deleted...]
-      </c>
+      <c r="J23" s="17">
+        <v>10.660180554416844</v>
+      </c>
+      <c r="K23" s="17">
+        <v>6.9019704298871307</v>
+      </c>
+      <c r="L23" s="17">
+        <v>2.0679037650424057</v>
+      </c>
+      <c r="M23" s="30">
+        <v>0</v>
+      </c>
+      <c r="N23" s="17">
+        <v>0.15167664179716325</v>
+      </c>
+      <c r="P23" s="29"/>
     </row>
-    <row r="13" spans="1:14" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.5">
-[...24 lines deleted...]
-      <c r="I13" s="10">
+    <row r="24" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="18">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C24" s="18">
+        <v>0.47721538374726929</v>
+      </c>
+      <c r="D24" s="18">
+        <v>14.335808082029455</v>
+      </c>
+      <c r="E24" s="18">
+        <v>34.4449549789203</v>
+      </c>
+      <c r="F24" s="18">
+        <v>16.128590199350278</v>
+      </c>
+      <c r="G24" s="18">
+        <v>14.921041812773572</v>
+      </c>
+      <c r="H24" s="18">
+        <v>3.5976558406487551</v>
+      </c>
+      <c r="I24" s="31">
         <v>0</v>
       </c>
-      <c r="J13" s="10">
-[...8 lines deleted...]
-      <c r="M13" s="9">
+      <c r="J24" s="18">
+        <v>6.8164413597414013</v>
+      </c>
+      <c r="K24" s="18">
+        <v>8.3069333268844758</v>
+      </c>
+      <c r="L24" s="18">
+        <v>0.9221864848089123</v>
+      </c>
+      <c r="M24" s="31">
         <v>0</v>
       </c>
-      <c r="N13" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="N24" s="32">
+        <v>4.9172531095580119E-2</v>
+      </c>
+      <c r="P24" s="29"/>
     </row>
-    <row r="14" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.5">
-[...24 lines deleted...]
-      <c r="I14" s="8">
+    <row r="25" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="18">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C25" s="18">
+        <v>1.6671379053962072</v>
+      </c>
+      <c r="D25" s="18">
+        <v>15.182264668614454</v>
+      </c>
+      <c r="E25" s="18">
+        <v>27.470076340674186</v>
+      </c>
+      <c r="F25" s="18">
+        <v>16.346747929167581</v>
+      </c>
+      <c r="G25" s="18">
+        <v>11.741174745792886</v>
+      </c>
+      <c r="H25" s="18">
+        <v>3.0211638549422473</v>
+      </c>
+      <c r="I25" s="31">
         <v>0</v>
       </c>
-      <c r="J14" s="8">
-[...8 lines deleted...]
-      <c r="M14" s="7">
+      <c r="J25" s="18">
+        <v>15.653503398154839</v>
+      </c>
+      <c r="K25" s="18">
+        <v>5.0768119129150833</v>
+      </c>
+      <c r="L25" s="18">
+        <v>3.5562816122647738</v>
+      </c>
+      <c r="M25" s="31">
         <v>0</v>
       </c>
-      <c r="N14" s="7">
-[...1 lines deleted...]
-      </c>
+      <c r="N25" s="18">
+        <v>0.28483763207774393</v>
+      </c>
+      <c r="P25" s="29"/>
     </row>
-    <row r="15" spans="1:14" ht="21.75" customHeight="1" x14ac:dyDescent="0.5">
-[...41 lines deleted...]
-      </c>
+    <row r="26" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A26" s="13"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="13"/>
+      <c r="K26" s="13"/>
+      <c r="L26" s="13"/>
+      <c r="M26" s="13"/>
+      <c r="N26" s="13"/>
     </row>
-    <row r="16" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-[...427 lines deleted...]
-      <c r="N26" s="2"/>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.7">
+      <c r="G27" s="27"/>
+      <c r="J27" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.98425196850393704" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="88" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"FreesiaUPC,Bold"&amp;16 8</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>เวิร์กชีต</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>t7 </vt:lpstr>
+      <vt:lpstr>t7  (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>NSO</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>