--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,124 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\2568\กลุ่ม วิชาการ\1-2568\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ณิชา\1.ผอ.ว(วรุณี)\____________________________สรง\2.สรง.ไตรมาส 2-68\up web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27C934CC-6B11-41A7-BEED-CD7B2109AE0E}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2C5C620F-EB63-4228-B57D-624AB90DB827}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{7BFE1978-AA9A-4BB6-B9B2-70FC70D730A2}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E61EBC81-A2C5-4DF0-9D52-5A9F2AFC4BAD}"/>
   </bookViews>
   <sheets>
-    <sheet name="t3 " sheetId="1" r:id="rId1"/>
+    <sheet name="t3  (2)" sheetId="25" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="41">
   <si>
-    <t>ตารางที่ 3 จำนวนผู้มีงานทำ จำแนกตามอาชีพ และเพศ  ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 1 (มกราคม - มีนาคม) 2568</t>
+    <t xml:space="preserve">       หญิง                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">       ชาย                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  หนองคาย                          </t>
+  </si>
+  <si>
+    <t>ภาคตะวันออกเฉียงเหนือ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
+  </si>
+  <si>
+    <t>ร้อยละ</t>
+  </si>
+  <si>
+    <t>ภาคและเพศ</t>
   </si>
   <si>
     <t>ผู้จัดการ</t>
   </si>
   <si>
     <t>ผู้ประกอบ</t>
   </si>
   <si>
     <t>เจ้าหน้าที่เทคนิค</t>
   </si>
   <si>
     <t>เสมียน</t>
   </si>
   <si>
     <t>พนักงานบริการ</t>
   </si>
   <si>
     <t>ผู้ปฏิบัติงาน</t>
   </si>
   <si>
     <t>ช่างฝีมือ</t>
   </si>
   <si>
     <t>ผู้ควบคุม</t>
   </si>
   <si>
     <t>ผู้ประกอบอาชีพ</t>
   </si>
   <si>
     <t>คนงาน</t>
   </si>
   <si>
-    <t>ภาคและเพศ</t>
-[...1 lines deleted...]
-  <si>
     <t>ยอดรวม</t>
   </si>
   <si>
     <t>ข้าราชการอาวุโส</t>
   </si>
   <si>
     <t>วิชาชีพ</t>
   </si>
   <si>
     <t>และผู้ประกอบ</t>
   </si>
   <si>
     <t>และผู้จำหน่าย</t>
   </si>
   <si>
     <t>ที่มีฝีมือในด้าน</t>
   </si>
   <si>
     <t>และผู้ปฎิบัติงาน</t>
   </si>
   <si>
     <t>เครื่องจักรโรงงาน</t>
   </si>
   <si>
     <t>งานพื้นฐาน</t>
@@ -144,253 +147,250 @@
   <si>
     <t>การเกษตร ป่าไม้</t>
   </si>
   <si>
     <t>ที่เกี่ยวข้องฯ</t>
   </si>
   <si>
     <t xml:space="preserve"> และเครื่องจักรฯ</t>
   </si>
   <si>
     <t>จำแนกไว้ใน</t>
   </si>
   <si>
     <t>กฏหมาย</t>
   </si>
   <si>
     <t>เกี่ยวข้องฯ</t>
   </si>
   <si>
     <t>และการประมง</t>
   </si>
   <si>
     <t>หมวดอื่น</t>
   </si>
   <si>
-    <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
-[...14 lines deleted...]
-    <t>ร้อยละ</t>
+    <t>ตารางที่ 3 จำนวนผู้มีงานทำ จำแนกตามอาชีพ และเพศ  ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 2 (เมษายน - มิถุนายน) 2568</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="189" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="190" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
-      <sz val="16"/>
-[...1 lines deleted...]
-      <name val="AngsanaUPC"/>
+      <sz val="14"/>
+      <name val="Cordia New"/>
       <family val="2"/>
-      <charset val="222"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
-      <name val="TH SarabunPSK"/>
+      <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13.5"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFCC00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFCC00"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="4" fillId="3" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="จุลภาค" xfId="1" builtinId="3"/>
+  <cellStyles count="7">
+    <cellStyle name="จุลภาค" xfId="2" builtinId="3"/>
+    <cellStyle name="จุลภาค 2" xfId="4" xr:uid="{33B5872B-5E7C-4269-B354-A26486DA5109}"/>
+    <cellStyle name="จุลภาค 2 2" xfId="6" xr:uid="{8B1272D1-D594-4E27-B241-815E1AD366B8}"/>
     <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
-    <cellStyle name="ปกติ 2" xfId="2" xr:uid="{0FBF46EA-0C8B-4EB6-AE35-5A09FCB1683D}"/>
+    <cellStyle name="ปกติ 2" xfId="3" xr:uid="{BC896BAD-23DF-445E-907F-26D08F905838}"/>
+    <cellStyle name="ปกติ 2 2" xfId="1" xr:uid="{6A7D230D-7D82-4FD6-9A4E-BDFC8031ECAF}"/>
+    <cellStyle name="ปกติ 2 2 2" xfId="5" xr:uid="{E61CF66B-1EED-4571-B14B-233E7E396417}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -649,1844 +649,1841 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20A84C42-ABF9-45B4-A903-749CE8F57A8E}">
-  <dimension ref="A1:L25"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2C87EF2-64A2-45D3-BE37-87502857A350}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:N25"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" topLeftCell="A10" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+    <sheetView tabSelected="1" showWhiteSpace="0" topLeftCell="A19" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
+  <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.7"/>
   <cols>
-    <col min="1" max="1" width="19.28515625" style="4" customWidth="1"/>
-[...894 lines deleted...]
-    <col min="16362" max="16384" width="8.85546875" style="4" customWidth="1"/>
+    <col min="1" max="1" width="21.09765625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="11.8984375" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13" style="3" customWidth="1"/>
+    <col min="4" max="4" width="10.8984375" style="3" customWidth="1"/>
+    <col min="5" max="5" width="13.69921875" style="15" customWidth="1"/>
+    <col min="6" max="6" width="12.09765625" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.59765625" style="3" customWidth="1"/>
+    <col min="8" max="8" width="12.296875" style="3" customWidth="1"/>
+    <col min="9" max="9" width="14.09765625" style="3" customWidth="1"/>
+    <col min="10" max="10" width="15" style="3" customWidth="1"/>
+    <col min="11" max="11" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12" max="12" width="11.296875" style="3" customWidth="1"/>
+    <col min="13" max="239" width="8.796875" style="3"/>
+    <col min="240" max="240" width="16" style="3" customWidth="1"/>
+    <col min="241" max="241" width="10.69921875" style="3" customWidth="1"/>
+    <col min="242" max="242" width="13" style="3" customWidth="1"/>
+    <col min="243" max="243" width="10.8984375" style="3" customWidth="1"/>
+    <col min="244" max="244" width="13.69921875" style="3" customWidth="1"/>
+    <col min="245" max="245" width="8.796875" style="3"/>
+    <col min="246" max="246" width="12.59765625" style="3" customWidth="1"/>
+    <col min="247" max="247" width="12.296875" style="3" customWidth="1"/>
+    <col min="248" max="248" width="14.09765625" style="3" customWidth="1"/>
+    <col min="249" max="249" width="15" style="3" customWidth="1"/>
+    <col min="250" max="250" width="13.69921875" style="3" customWidth="1"/>
+    <col min="251" max="251" width="11.296875" style="3" customWidth="1"/>
+    <col min="252" max="252" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="253" max="495" width="8.796875" style="3"/>
+    <col min="496" max="496" width="16" style="3" customWidth="1"/>
+    <col min="497" max="497" width="10.69921875" style="3" customWidth="1"/>
+    <col min="498" max="498" width="13" style="3" customWidth="1"/>
+    <col min="499" max="499" width="10.8984375" style="3" customWidth="1"/>
+    <col min="500" max="500" width="13.69921875" style="3" customWidth="1"/>
+    <col min="501" max="501" width="8.796875" style="3"/>
+    <col min="502" max="502" width="12.59765625" style="3" customWidth="1"/>
+    <col min="503" max="503" width="12.296875" style="3" customWidth="1"/>
+    <col min="504" max="504" width="14.09765625" style="3" customWidth="1"/>
+    <col min="505" max="505" width="15" style="3" customWidth="1"/>
+    <col min="506" max="506" width="13.69921875" style="3" customWidth="1"/>
+    <col min="507" max="507" width="11.296875" style="3" customWidth="1"/>
+    <col min="508" max="508" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="509" max="751" width="8.796875" style="3"/>
+    <col min="752" max="752" width="16" style="3" customWidth="1"/>
+    <col min="753" max="753" width="10.69921875" style="3" customWidth="1"/>
+    <col min="754" max="754" width="13" style="3" customWidth="1"/>
+    <col min="755" max="755" width="10.8984375" style="3" customWidth="1"/>
+    <col min="756" max="756" width="13.69921875" style="3" customWidth="1"/>
+    <col min="757" max="757" width="8.796875" style="3"/>
+    <col min="758" max="758" width="12.59765625" style="3" customWidth="1"/>
+    <col min="759" max="759" width="12.296875" style="3" customWidth="1"/>
+    <col min="760" max="760" width="14.09765625" style="3" customWidth="1"/>
+    <col min="761" max="761" width="15" style="3" customWidth="1"/>
+    <col min="762" max="762" width="13.69921875" style="3" customWidth="1"/>
+    <col min="763" max="763" width="11.296875" style="3" customWidth="1"/>
+    <col min="764" max="764" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="765" max="1007" width="8.796875" style="3"/>
+    <col min="1008" max="1008" width="16" style="3" customWidth="1"/>
+    <col min="1009" max="1009" width="10.69921875" style="3" customWidth="1"/>
+    <col min="1010" max="1010" width="13" style="3" customWidth="1"/>
+    <col min="1011" max="1011" width="10.8984375" style="3" customWidth="1"/>
+    <col min="1012" max="1012" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1013" max="1013" width="8.796875" style="3"/>
+    <col min="1014" max="1014" width="12.59765625" style="3" customWidth="1"/>
+    <col min="1015" max="1015" width="12.296875" style="3" customWidth="1"/>
+    <col min="1016" max="1016" width="14.09765625" style="3" customWidth="1"/>
+    <col min="1017" max="1017" width="15" style="3" customWidth="1"/>
+    <col min="1018" max="1018" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1019" max="1019" width="11.296875" style="3" customWidth="1"/>
+    <col min="1020" max="1020" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1021" max="1263" width="8.796875" style="3"/>
+    <col min="1264" max="1264" width="16" style="3" customWidth="1"/>
+    <col min="1265" max="1265" width="10.69921875" style="3" customWidth="1"/>
+    <col min="1266" max="1266" width="13" style="3" customWidth="1"/>
+    <col min="1267" max="1267" width="10.8984375" style="3" customWidth="1"/>
+    <col min="1268" max="1268" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1269" max="1269" width="8.796875" style="3"/>
+    <col min="1270" max="1270" width="12.59765625" style="3" customWidth="1"/>
+    <col min="1271" max="1271" width="12.296875" style="3" customWidth="1"/>
+    <col min="1272" max="1272" width="14.09765625" style="3" customWidth="1"/>
+    <col min="1273" max="1273" width="15" style="3" customWidth="1"/>
+    <col min="1274" max="1274" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1275" max="1275" width="11.296875" style="3" customWidth="1"/>
+    <col min="1276" max="1276" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1277" max="1519" width="8.796875" style="3"/>
+    <col min="1520" max="1520" width="16" style="3" customWidth="1"/>
+    <col min="1521" max="1521" width="10.69921875" style="3" customWidth="1"/>
+    <col min="1522" max="1522" width="13" style="3" customWidth="1"/>
+    <col min="1523" max="1523" width="10.8984375" style="3" customWidth="1"/>
+    <col min="1524" max="1524" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1525" max="1525" width="8.796875" style="3"/>
+    <col min="1526" max="1526" width="12.59765625" style="3" customWidth="1"/>
+    <col min="1527" max="1527" width="12.296875" style="3" customWidth="1"/>
+    <col min="1528" max="1528" width="14.09765625" style="3" customWidth="1"/>
+    <col min="1529" max="1529" width="15" style="3" customWidth="1"/>
+    <col min="1530" max="1530" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1531" max="1531" width="11.296875" style="3" customWidth="1"/>
+    <col min="1532" max="1532" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1533" max="1775" width="8.796875" style="3"/>
+    <col min="1776" max="1776" width="16" style="3" customWidth="1"/>
+    <col min="1777" max="1777" width="10.69921875" style="3" customWidth="1"/>
+    <col min="1778" max="1778" width="13" style="3" customWidth="1"/>
+    <col min="1779" max="1779" width="10.8984375" style="3" customWidth="1"/>
+    <col min="1780" max="1780" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1781" max="1781" width="8.796875" style="3"/>
+    <col min="1782" max="1782" width="12.59765625" style="3" customWidth="1"/>
+    <col min="1783" max="1783" width="12.296875" style="3" customWidth="1"/>
+    <col min="1784" max="1784" width="14.09765625" style="3" customWidth="1"/>
+    <col min="1785" max="1785" width="15" style="3" customWidth="1"/>
+    <col min="1786" max="1786" width="13.69921875" style="3" customWidth="1"/>
+    <col min="1787" max="1787" width="11.296875" style="3" customWidth="1"/>
+    <col min="1788" max="1788" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1789" max="2031" width="8.796875" style="3"/>
+    <col min="2032" max="2032" width="16" style="3" customWidth="1"/>
+    <col min="2033" max="2033" width="10.69921875" style="3" customWidth="1"/>
+    <col min="2034" max="2034" width="13" style="3" customWidth="1"/>
+    <col min="2035" max="2035" width="10.8984375" style="3" customWidth="1"/>
+    <col min="2036" max="2036" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2037" max="2037" width="8.796875" style="3"/>
+    <col min="2038" max="2038" width="12.59765625" style="3" customWidth="1"/>
+    <col min="2039" max="2039" width="12.296875" style="3" customWidth="1"/>
+    <col min="2040" max="2040" width="14.09765625" style="3" customWidth="1"/>
+    <col min="2041" max="2041" width="15" style="3" customWidth="1"/>
+    <col min="2042" max="2042" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2043" max="2043" width="11.296875" style="3" customWidth="1"/>
+    <col min="2044" max="2044" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2045" max="2287" width="8.796875" style="3"/>
+    <col min="2288" max="2288" width="16" style="3" customWidth="1"/>
+    <col min="2289" max="2289" width="10.69921875" style="3" customWidth="1"/>
+    <col min="2290" max="2290" width="13" style="3" customWidth="1"/>
+    <col min="2291" max="2291" width="10.8984375" style="3" customWidth="1"/>
+    <col min="2292" max="2292" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2293" max="2293" width="8.796875" style="3"/>
+    <col min="2294" max="2294" width="12.59765625" style="3" customWidth="1"/>
+    <col min="2295" max="2295" width="12.296875" style="3" customWidth="1"/>
+    <col min="2296" max="2296" width="14.09765625" style="3" customWidth="1"/>
+    <col min="2297" max="2297" width="15" style="3" customWidth="1"/>
+    <col min="2298" max="2298" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2299" max="2299" width="11.296875" style="3" customWidth="1"/>
+    <col min="2300" max="2300" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2301" max="2543" width="8.796875" style="3"/>
+    <col min="2544" max="2544" width="16" style="3" customWidth="1"/>
+    <col min="2545" max="2545" width="10.69921875" style="3" customWidth="1"/>
+    <col min="2546" max="2546" width="13" style="3" customWidth="1"/>
+    <col min="2547" max="2547" width="10.8984375" style="3" customWidth="1"/>
+    <col min="2548" max="2548" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2549" max="2549" width="8.796875" style="3"/>
+    <col min="2550" max="2550" width="12.59765625" style="3" customWidth="1"/>
+    <col min="2551" max="2551" width="12.296875" style="3" customWidth="1"/>
+    <col min="2552" max="2552" width="14.09765625" style="3" customWidth="1"/>
+    <col min="2553" max="2553" width="15" style="3" customWidth="1"/>
+    <col min="2554" max="2554" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2555" max="2555" width="11.296875" style="3" customWidth="1"/>
+    <col min="2556" max="2556" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2557" max="2799" width="8.796875" style="3"/>
+    <col min="2800" max="2800" width="16" style="3" customWidth="1"/>
+    <col min="2801" max="2801" width="10.69921875" style="3" customWidth="1"/>
+    <col min="2802" max="2802" width="13" style="3" customWidth="1"/>
+    <col min="2803" max="2803" width="10.8984375" style="3" customWidth="1"/>
+    <col min="2804" max="2804" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2805" max="2805" width="8.796875" style="3"/>
+    <col min="2806" max="2806" width="12.59765625" style="3" customWidth="1"/>
+    <col min="2807" max="2807" width="12.296875" style="3" customWidth="1"/>
+    <col min="2808" max="2808" width="14.09765625" style="3" customWidth="1"/>
+    <col min="2809" max="2809" width="15" style="3" customWidth="1"/>
+    <col min="2810" max="2810" width="13.69921875" style="3" customWidth="1"/>
+    <col min="2811" max="2811" width="11.296875" style="3" customWidth="1"/>
+    <col min="2812" max="2812" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2813" max="3055" width="8.796875" style="3"/>
+    <col min="3056" max="3056" width="16" style="3" customWidth="1"/>
+    <col min="3057" max="3057" width="10.69921875" style="3" customWidth="1"/>
+    <col min="3058" max="3058" width="13" style="3" customWidth="1"/>
+    <col min="3059" max="3059" width="10.8984375" style="3" customWidth="1"/>
+    <col min="3060" max="3060" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3061" max="3061" width="8.796875" style="3"/>
+    <col min="3062" max="3062" width="12.59765625" style="3" customWidth="1"/>
+    <col min="3063" max="3063" width="12.296875" style="3" customWidth="1"/>
+    <col min="3064" max="3064" width="14.09765625" style="3" customWidth="1"/>
+    <col min="3065" max="3065" width="15" style="3" customWidth="1"/>
+    <col min="3066" max="3066" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3067" max="3067" width="11.296875" style="3" customWidth="1"/>
+    <col min="3068" max="3068" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3069" max="3311" width="8.796875" style="3"/>
+    <col min="3312" max="3312" width="16" style="3" customWidth="1"/>
+    <col min="3313" max="3313" width="10.69921875" style="3" customWidth="1"/>
+    <col min="3314" max="3314" width="13" style="3" customWidth="1"/>
+    <col min="3315" max="3315" width="10.8984375" style="3" customWidth="1"/>
+    <col min="3316" max="3316" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3317" max="3317" width="8.796875" style="3"/>
+    <col min="3318" max="3318" width="12.59765625" style="3" customWidth="1"/>
+    <col min="3319" max="3319" width="12.296875" style="3" customWidth="1"/>
+    <col min="3320" max="3320" width="14.09765625" style="3" customWidth="1"/>
+    <col min="3321" max="3321" width="15" style="3" customWidth="1"/>
+    <col min="3322" max="3322" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3323" max="3323" width="11.296875" style="3" customWidth="1"/>
+    <col min="3324" max="3324" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3325" max="3567" width="8.796875" style="3"/>
+    <col min="3568" max="3568" width="16" style="3" customWidth="1"/>
+    <col min="3569" max="3569" width="10.69921875" style="3" customWidth="1"/>
+    <col min="3570" max="3570" width="13" style="3" customWidth="1"/>
+    <col min="3571" max="3571" width="10.8984375" style="3" customWidth="1"/>
+    <col min="3572" max="3572" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3573" max="3573" width="8.796875" style="3"/>
+    <col min="3574" max="3574" width="12.59765625" style="3" customWidth="1"/>
+    <col min="3575" max="3575" width="12.296875" style="3" customWidth="1"/>
+    <col min="3576" max="3576" width="14.09765625" style="3" customWidth="1"/>
+    <col min="3577" max="3577" width="15" style="3" customWidth="1"/>
+    <col min="3578" max="3578" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3579" max="3579" width="11.296875" style="3" customWidth="1"/>
+    <col min="3580" max="3580" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3581" max="3823" width="8.796875" style="3"/>
+    <col min="3824" max="3824" width="16" style="3" customWidth="1"/>
+    <col min="3825" max="3825" width="10.69921875" style="3" customWidth="1"/>
+    <col min="3826" max="3826" width="13" style="3" customWidth="1"/>
+    <col min="3827" max="3827" width="10.8984375" style="3" customWidth="1"/>
+    <col min="3828" max="3828" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3829" max="3829" width="8.796875" style="3"/>
+    <col min="3830" max="3830" width="12.59765625" style="3" customWidth="1"/>
+    <col min="3831" max="3831" width="12.296875" style="3" customWidth="1"/>
+    <col min="3832" max="3832" width="14.09765625" style="3" customWidth="1"/>
+    <col min="3833" max="3833" width="15" style="3" customWidth="1"/>
+    <col min="3834" max="3834" width="13.69921875" style="3" customWidth="1"/>
+    <col min="3835" max="3835" width="11.296875" style="3" customWidth="1"/>
+    <col min="3836" max="3836" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3837" max="4079" width="8.796875" style="3"/>
+    <col min="4080" max="4080" width="16" style="3" customWidth="1"/>
+    <col min="4081" max="4081" width="10.69921875" style="3" customWidth="1"/>
+    <col min="4082" max="4082" width="13" style="3" customWidth="1"/>
+    <col min="4083" max="4083" width="10.8984375" style="3" customWidth="1"/>
+    <col min="4084" max="4084" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4085" max="4085" width="8.796875" style="3"/>
+    <col min="4086" max="4086" width="12.59765625" style="3" customWidth="1"/>
+    <col min="4087" max="4087" width="12.296875" style="3" customWidth="1"/>
+    <col min="4088" max="4088" width="14.09765625" style="3" customWidth="1"/>
+    <col min="4089" max="4089" width="15" style="3" customWidth="1"/>
+    <col min="4090" max="4090" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4091" max="4091" width="11.296875" style="3" customWidth="1"/>
+    <col min="4092" max="4092" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4093" max="4335" width="8.796875" style="3"/>
+    <col min="4336" max="4336" width="16" style="3" customWidth="1"/>
+    <col min="4337" max="4337" width="10.69921875" style="3" customWidth="1"/>
+    <col min="4338" max="4338" width="13" style="3" customWidth="1"/>
+    <col min="4339" max="4339" width="10.8984375" style="3" customWidth="1"/>
+    <col min="4340" max="4340" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4341" max="4341" width="8.796875" style="3"/>
+    <col min="4342" max="4342" width="12.59765625" style="3" customWidth="1"/>
+    <col min="4343" max="4343" width="12.296875" style="3" customWidth="1"/>
+    <col min="4344" max="4344" width="14.09765625" style="3" customWidth="1"/>
+    <col min="4345" max="4345" width="15" style="3" customWidth="1"/>
+    <col min="4346" max="4346" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4347" max="4347" width="11.296875" style="3" customWidth="1"/>
+    <col min="4348" max="4348" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4349" max="4591" width="8.796875" style="3"/>
+    <col min="4592" max="4592" width="16" style="3" customWidth="1"/>
+    <col min="4593" max="4593" width="10.69921875" style="3" customWidth="1"/>
+    <col min="4594" max="4594" width="13" style="3" customWidth="1"/>
+    <col min="4595" max="4595" width="10.8984375" style="3" customWidth="1"/>
+    <col min="4596" max="4596" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4597" max="4597" width="8.796875" style="3"/>
+    <col min="4598" max="4598" width="12.59765625" style="3" customWidth="1"/>
+    <col min="4599" max="4599" width="12.296875" style="3" customWidth="1"/>
+    <col min="4600" max="4600" width="14.09765625" style="3" customWidth="1"/>
+    <col min="4601" max="4601" width="15" style="3" customWidth="1"/>
+    <col min="4602" max="4602" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4603" max="4603" width="11.296875" style="3" customWidth="1"/>
+    <col min="4604" max="4604" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4605" max="4847" width="8.796875" style="3"/>
+    <col min="4848" max="4848" width="16" style="3" customWidth="1"/>
+    <col min="4849" max="4849" width="10.69921875" style="3" customWidth="1"/>
+    <col min="4850" max="4850" width="13" style="3" customWidth="1"/>
+    <col min="4851" max="4851" width="10.8984375" style="3" customWidth="1"/>
+    <col min="4852" max="4852" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4853" max="4853" width="8.796875" style="3"/>
+    <col min="4854" max="4854" width="12.59765625" style="3" customWidth="1"/>
+    <col min="4855" max="4855" width="12.296875" style="3" customWidth="1"/>
+    <col min="4856" max="4856" width="14.09765625" style="3" customWidth="1"/>
+    <col min="4857" max="4857" width="15" style="3" customWidth="1"/>
+    <col min="4858" max="4858" width="13.69921875" style="3" customWidth="1"/>
+    <col min="4859" max="4859" width="11.296875" style="3" customWidth="1"/>
+    <col min="4860" max="4860" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4861" max="5103" width="8.796875" style="3"/>
+    <col min="5104" max="5104" width="16" style="3" customWidth="1"/>
+    <col min="5105" max="5105" width="10.69921875" style="3" customWidth="1"/>
+    <col min="5106" max="5106" width="13" style="3" customWidth="1"/>
+    <col min="5107" max="5107" width="10.8984375" style="3" customWidth="1"/>
+    <col min="5108" max="5108" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5109" max="5109" width="8.796875" style="3"/>
+    <col min="5110" max="5110" width="12.59765625" style="3" customWidth="1"/>
+    <col min="5111" max="5111" width="12.296875" style="3" customWidth="1"/>
+    <col min="5112" max="5112" width="14.09765625" style="3" customWidth="1"/>
+    <col min="5113" max="5113" width="15" style="3" customWidth="1"/>
+    <col min="5114" max="5114" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5115" max="5115" width="11.296875" style="3" customWidth="1"/>
+    <col min="5116" max="5116" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5117" max="5359" width="8.796875" style="3"/>
+    <col min="5360" max="5360" width="16" style="3" customWidth="1"/>
+    <col min="5361" max="5361" width="10.69921875" style="3" customWidth="1"/>
+    <col min="5362" max="5362" width="13" style="3" customWidth="1"/>
+    <col min="5363" max="5363" width="10.8984375" style="3" customWidth="1"/>
+    <col min="5364" max="5364" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5365" max="5365" width="8.796875" style="3"/>
+    <col min="5366" max="5366" width="12.59765625" style="3" customWidth="1"/>
+    <col min="5367" max="5367" width="12.296875" style="3" customWidth="1"/>
+    <col min="5368" max="5368" width="14.09765625" style="3" customWidth="1"/>
+    <col min="5369" max="5369" width="15" style="3" customWidth="1"/>
+    <col min="5370" max="5370" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5371" max="5371" width="11.296875" style="3" customWidth="1"/>
+    <col min="5372" max="5372" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5373" max="5615" width="8.796875" style="3"/>
+    <col min="5616" max="5616" width="16" style="3" customWidth="1"/>
+    <col min="5617" max="5617" width="10.69921875" style="3" customWidth="1"/>
+    <col min="5618" max="5618" width="13" style="3" customWidth="1"/>
+    <col min="5619" max="5619" width="10.8984375" style="3" customWidth="1"/>
+    <col min="5620" max="5620" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5621" max="5621" width="8.796875" style="3"/>
+    <col min="5622" max="5622" width="12.59765625" style="3" customWidth="1"/>
+    <col min="5623" max="5623" width="12.296875" style="3" customWidth="1"/>
+    <col min="5624" max="5624" width="14.09765625" style="3" customWidth="1"/>
+    <col min="5625" max="5625" width="15" style="3" customWidth="1"/>
+    <col min="5626" max="5626" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5627" max="5627" width="11.296875" style="3" customWidth="1"/>
+    <col min="5628" max="5628" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5629" max="5871" width="8.796875" style="3"/>
+    <col min="5872" max="5872" width="16" style="3" customWidth="1"/>
+    <col min="5873" max="5873" width="10.69921875" style="3" customWidth="1"/>
+    <col min="5874" max="5874" width="13" style="3" customWidth="1"/>
+    <col min="5875" max="5875" width="10.8984375" style="3" customWidth="1"/>
+    <col min="5876" max="5876" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5877" max="5877" width="8.796875" style="3"/>
+    <col min="5878" max="5878" width="12.59765625" style="3" customWidth="1"/>
+    <col min="5879" max="5879" width="12.296875" style="3" customWidth="1"/>
+    <col min="5880" max="5880" width="14.09765625" style="3" customWidth="1"/>
+    <col min="5881" max="5881" width="15" style="3" customWidth="1"/>
+    <col min="5882" max="5882" width="13.69921875" style="3" customWidth="1"/>
+    <col min="5883" max="5883" width="11.296875" style="3" customWidth="1"/>
+    <col min="5884" max="5884" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5885" max="6127" width="8.796875" style="3"/>
+    <col min="6128" max="6128" width="16" style="3" customWidth="1"/>
+    <col min="6129" max="6129" width="10.69921875" style="3" customWidth="1"/>
+    <col min="6130" max="6130" width="13" style="3" customWidth="1"/>
+    <col min="6131" max="6131" width="10.8984375" style="3" customWidth="1"/>
+    <col min="6132" max="6132" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6133" max="6133" width="8.796875" style="3"/>
+    <col min="6134" max="6134" width="12.59765625" style="3" customWidth="1"/>
+    <col min="6135" max="6135" width="12.296875" style="3" customWidth="1"/>
+    <col min="6136" max="6136" width="14.09765625" style="3" customWidth="1"/>
+    <col min="6137" max="6137" width="15" style="3" customWidth="1"/>
+    <col min="6138" max="6138" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6139" max="6139" width="11.296875" style="3" customWidth="1"/>
+    <col min="6140" max="6140" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6141" max="6383" width="8.796875" style="3"/>
+    <col min="6384" max="6384" width="16" style="3" customWidth="1"/>
+    <col min="6385" max="6385" width="10.69921875" style="3" customWidth="1"/>
+    <col min="6386" max="6386" width="13" style="3" customWidth="1"/>
+    <col min="6387" max="6387" width="10.8984375" style="3" customWidth="1"/>
+    <col min="6388" max="6388" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6389" max="6389" width="8.796875" style="3"/>
+    <col min="6390" max="6390" width="12.59765625" style="3" customWidth="1"/>
+    <col min="6391" max="6391" width="12.296875" style="3" customWidth="1"/>
+    <col min="6392" max="6392" width="14.09765625" style="3" customWidth="1"/>
+    <col min="6393" max="6393" width="15" style="3" customWidth="1"/>
+    <col min="6394" max="6394" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6395" max="6395" width="11.296875" style="3" customWidth="1"/>
+    <col min="6396" max="6396" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6397" max="6639" width="8.796875" style="3"/>
+    <col min="6640" max="6640" width="16" style="3" customWidth="1"/>
+    <col min="6641" max="6641" width="10.69921875" style="3" customWidth="1"/>
+    <col min="6642" max="6642" width="13" style="3" customWidth="1"/>
+    <col min="6643" max="6643" width="10.8984375" style="3" customWidth="1"/>
+    <col min="6644" max="6644" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6645" max="6645" width="8.796875" style="3"/>
+    <col min="6646" max="6646" width="12.59765625" style="3" customWidth="1"/>
+    <col min="6647" max="6647" width="12.296875" style="3" customWidth="1"/>
+    <col min="6648" max="6648" width="14.09765625" style="3" customWidth="1"/>
+    <col min="6649" max="6649" width="15" style="3" customWidth="1"/>
+    <col min="6650" max="6650" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6651" max="6651" width="11.296875" style="3" customWidth="1"/>
+    <col min="6652" max="6652" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6653" max="6895" width="8.796875" style="3"/>
+    <col min="6896" max="6896" width="16" style="3" customWidth="1"/>
+    <col min="6897" max="6897" width="10.69921875" style="3" customWidth="1"/>
+    <col min="6898" max="6898" width="13" style="3" customWidth="1"/>
+    <col min="6899" max="6899" width="10.8984375" style="3" customWidth="1"/>
+    <col min="6900" max="6900" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6901" max="6901" width="8.796875" style="3"/>
+    <col min="6902" max="6902" width="12.59765625" style="3" customWidth="1"/>
+    <col min="6903" max="6903" width="12.296875" style="3" customWidth="1"/>
+    <col min="6904" max="6904" width="14.09765625" style="3" customWidth="1"/>
+    <col min="6905" max="6905" width="15" style="3" customWidth="1"/>
+    <col min="6906" max="6906" width="13.69921875" style="3" customWidth="1"/>
+    <col min="6907" max="6907" width="11.296875" style="3" customWidth="1"/>
+    <col min="6908" max="6908" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6909" max="7151" width="8.796875" style="3"/>
+    <col min="7152" max="7152" width="16" style="3" customWidth="1"/>
+    <col min="7153" max="7153" width="10.69921875" style="3" customWidth="1"/>
+    <col min="7154" max="7154" width="13" style="3" customWidth="1"/>
+    <col min="7155" max="7155" width="10.8984375" style="3" customWidth="1"/>
+    <col min="7156" max="7156" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7157" max="7157" width="8.796875" style="3"/>
+    <col min="7158" max="7158" width="12.59765625" style="3" customWidth="1"/>
+    <col min="7159" max="7159" width="12.296875" style="3" customWidth="1"/>
+    <col min="7160" max="7160" width="14.09765625" style="3" customWidth="1"/>
+    <col min="7161" max="7161" width="15" style="3" customWidth="1"/>
+    <col min="7162" max="7162" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7163" max="7163" width="11.296875" style="3" customWidth="1"/>
+    <col min="7164" max="7164" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7165" max="7407" width="8.796875" style="3"/>
+    <col min="7408" max="7408" width="16" style="3" customWidth="1"/>
+    <col min="7409" max="7409" width="10.69921875" style="3" customWidth="1"/>
+    <col min="7410" max="7410" width="13" style="3" customWidth="1"/>
+    <col min="7411" max="7411" width="10.8984375" style="3" customWidth="1"/>
+    <col min="7412" max="7412" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7413" max="7413" width="8.796875" style="3"/>
+    <col min="7414" max="7414" width="12.59765625" style="3" customWidth="1"/>
+    <col min="7415" max="7415" width="12.296875" style="3" customWidth="1"/>
+    <col min="7416" max="7416" width="14.09765625" style="3" customWidth="1"/>
+    <col min="7417" max="7417" width="15" style="3" customWidth="1"/>
+    <col min="7418" max="7418" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7419" max="7419" width="11.296875" style="3" customWidth="1"/>
+    <col min="7420" max="7420" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7421" max="7663" width="8.796875" style="3"/>
+    <col min="7664" max="7664" width="16" style="3" customWidth="1"/>
+    <col min="7665" max="7665" width="10.69921875" style="3" customWidth="1"/>
+    <col min="7666" max="7666" width="13" style="3" customWidth="1"/>
+    <col min="7667" max="7667" width="10.8984375" style="3" customWidth="1"/>
+    <col min="7668" max="7668" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7669" max="7669" width="8.796875" style="3"/>
+    <col min="7670" max="7670" width="12.59765625" style="3" customWidth="1"/>
+    <col min="7671" max="7671" width="12.296875" style="3" customWidth="1"/>
+    <col min="7672" max="7672" width="14.09765625" style="3" customWidth="1"/>
+    <col min="7673" max="7673" width="15" style="3" customWidth="1"/>
+    <col min="7674" max="7674" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7675" max="7675" width="11.296875" style="3" customWidth="1"/>
+    <col min="7676" max="7676" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7677" max="7919" width="8.796875" style="3"/>
+    <col min="7920" max="7920" width="16" style="3" customWidth="1"/>
+    <col min="7921" max="7921" width="10.69921875" style="3" customWidth="1"/>
+    <col min="7922" max="7922" width="13" style="3" customWidth="1"/>
+    <col min="7923" max="7923" width="10.8984375" style="3" customWidth="1"/>
+    <col min="7924" max="7924" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7925" max="7925" width="8.796875" style="3"/>
+    <col min="7926" max="7926" width="12.59765625" style="3" customWidth="1"/>
+    <col min="7927" max="7927" width="12.296875" style="3" customWidth="1"/>
+    <col min="7928" max="7928" width="14.09765625" style="3" customWidth="1"/>
+    <col min="7929" max="7929" width="15" style="3" customWidth="1"/>
+    <col min="7930" max="7930" width="13.69921875" style="3" customWidth="1"/>
+    <col min="7931" max="7931" width="11.296875" style="3" customWidth="1"/>
+    <col min="7932" max="7932" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7933" max="8175" width="8.796875" style="3"/>
+    <col min="8176" max="8176" width="16" style="3" customWidth="1"/>
+    <col min="8177" max="8177" width="10.69921875" style="3" customWidth="1"/>
+    <col min="8178" max="8178" width="13" style="3" customWidth="1"/>
+    <col min="8179" max="8179" width="10.8984375" style="3" customWidth="1"/>
+    <col min="8180" max="8180" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8181" max="8181" width="8.796875" style="3"/>
+    <col min="8182" max="8182" width="12.59765625" style="3" customWidth="1"/>
+    <col min="8183" max="8183" width="12.296875" style="3" customWidth="1"/>
+    <col min="8184" max="8184" width="14.09765625" style="3" customWidth="1"/>
+    <col min="8185" max="8185" width="15" style="3" customWidth="1"/>
+    <col min="8186" max="8186" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8187" max="8187" width="11.296875" style="3" customWidth="1"/>
+    <col min="8188" max="8188" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8189" max="8431" width="8.796875" style="3"/>
+    <col min="8432" max="8432" width="16" style="3" customWidth="1"/>
+    <col min="8433" max="8433" width="10.69921875" style="3" customWidth="1"/>
+    <col min="8434" max="8434" width="13" style="3" customWidth="1"/>
+    <col min="8435" max="8435" width="10.8984375" style="3" customWidth="1"/>
+    <col min="8436" max="8436" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8437" max="8437" width="8.796875" style="3"/>
+    <col min="8438" max="8438" width="12.59765625" style="3" customWidth="1"/>
+    <col min="8439" max="8439" width="12.296875" style="3" customWidth="1"/>
+    <col min="8440" max="8440" width="14.09765625" style="3" customWidth="1"/>
+    <col min="8441" max="8441" width="15" style="3" customWidth="1"/>
+    <col min="8442" max="8442" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8443" max="8443" width="11.296875" style="3" customWidth="1"/>
+    <col min="8444" max="8444" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8445" max="8687" width="8.796875" style="3"/>
+    <col min="8688" max="8688" width="16" style="3" customWidth="1"/>
+    <col min="8689" max="8689" width="10.69921875" style="3" customWidth="1"/>
+    <col min="8690" max="8690" width="13" style="3" customWidth="1"/>
+    <col min="8691" max="8691" width="10.8984375" style="3" customWidth="1"/>
+    <col min="8692" max="8692" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8693" max="8693" width="8.796875" style="3"/>
+    <col min="8694" max="8694" width="12.59765625" style="3" customWidth="1"/>
+    <col min="8695" max="8695" width="12.296875" style="3" customWidth="1"/>
+    <col min="8696" max="8696" width="14.09765625" style="3" customWidth="1"/>
+    <col min="8697" max="8697" width="15" style="3" customWidth="1"/>
+    <col min="8698" max="8698" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8699" max="8699" width="11.296875" style="3" customWidth="1"/>
+    <col min="8700" max="8700" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8701" max="8943" width="8.796875" style="3"/>
+    <col min="8944" max="8944" width="16" style="3" customWidth="1"/>
+    <col min="8945" max="8945" width="10.69921875" style="3" customWidth="1"/>
+    <col min="8946" max="8946" width="13" style="3" customWidth="1"/>
+    <col min="8947" max="8947" width="10.8984375" style="3" customWidth="1"/>
+    <col min="8948" max="8948" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8949" max="8949" width="8.796875" style="3"/>
+    <col min="8950" max="8950" width="12.59765625" style="3" customWidth="1"/>
+    <col min="8951" max="8951" width="12.296875" style="3" customWidth="1"/>
+    <col min="8952" max="8952" width="14.09765625" style="3" customWidth="1"/>
+    <col min="8953" max="8953" width="15" style="3" customWidth="1"/>
+    <col min="8954" max="8954" width="13.69921875" style="3" customWidth="1"/>
+    <col min="8955" max="8955" width="11.296875" style="3" customWidth="1"/>
+    <col min="8956" max="8956" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8957" max="9199" width="8.796875" style="3"/>
+    <col min="9200" max="9200" width="16" style="3" customWidth="1"/>
+    <col min="9201" max="9201" width="10.69921875" style="3" customWidth="1"/>
+    <col min="9202" max="9202" width="13" style="3" customWidth="1"/>
+    <col min="9203" max="9203" width="10.8984375" style="3" customWidth="1"/>
+    <col min="9204" max="9204" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9205" max="9205" width="8.796875" style="3"/>
+    <col min="9206" max="9206" width="12.59765625" style="3" customWidth="1"/>
+    <col min="9207" max="9207" width="12.296875" style="3" customWidth="1"/>
+    <col min="9208" max="9208" width="14.09765625" style="3" customWidth="1"/>
+    <col min="9209" max="9209" width="15" style="3" customWidth="1"/>
+    <col min="9210" max="9210" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9211" max="9211" width="11.296875" style="3" customWidth="1"/>
+    <col min="9212" max="9212" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9213" max="9455" width="8.796875" style="3"/>
+    <col min="9456" max="9456" width="16" style="3" customWidth="1"/>
+    <col min="9457" max="9457" width="10.69921875" style="3" customWidth="1"/>
+    <col min="9458" max="9458" width="13" style="3" customWidth="1"/>
+    <col min="9459" max="9459" width="10.8984375" style="3" customWidth="1"/>
+    <col min="9460" max="9460" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9461" max="9461" width="8.796875" style="3"/>
+    <col min="9462" max="9462" width="12.59765625" style="3" customWidth="1"/>
+    <col min="9463" max="9463" width="12.296875" style="3" customWidth="1"/>
+    <col min="9464" max="9464" width="14.09765625" style="3" customWidth="1"/>
+    <col min="9465" max="9465" width="15" style="3" customWidth="1"/>
+    <col min="9466" max="9466" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9467" max="9467" width="11.296875" style="3" customWidth="1"/>
+    <col min="9468" max="9468" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9469" max="9711" width="8.796875" style="3"/>
+    <col min="9712" max="9712" width="16" style="3" customWidth="1"/>
+    <col min="9713" max="9713" width="10.69921875" style="3" customWidth="1"/>
+    <col min="9714" max="9714" width="13" style="3" customWidth="1"/>
+    <col min="9715" max="9715" width="10.8984375" style="3" customWidth="1"/>
+    <col min="9716" max="9716" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9717" max="9717" width="8.796875" style="3"/>
+    <col min="9718" max="9718" width="12.59765625" style="3" customWidth="1"/>
+    <col min="9719" max="9719" width="12.296875" style="3" customWidth="1"/>
+    <col min="9720" max="9720" width="14.09765625" style="3" customWidth="1"/>
+    <col min="9721" max="9721" width="15" style="3" customWidth="1"/>
+    <col min="9722" max="9722" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9723" max="9723" width="11.296875" style="3" customWidth="1"/>
+    <col min="9724" max="9724" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9725" max="9967" width="8.796875" style="3"/>
+    <col min="9968" max="9968" width="16" style="3" customWidth="1"/>
+    <col min="9969" max="9969" width="10.69921875" style="3" customWidth="1"/>
+    <col min="9970" max="9970" width="13" style="3" customWidth="1"/>
+    <col min="9971" max="9971" width="10.8984375" style="3" customWidth="1"/>
+    <col min="9972" max="9972" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9973" max="9973" width="8.796875" style="3"/>
+    <col min="9974" max="9974" width="12.59765625" style="3" customWidth="1"/>
+    <col min="9975" max="9975" width="12.296875" style="3" customWidth="1"/>
+    <col min="9976" max="9976" width="14.09765625" style="3" customWidth="1"/>
+    <col min="9977" max="9977" width="15" style="3" customWidth="1"/>
+    <col min="9978" max="9978" width="13.69921875" style="3" customWidth="1"/>
+    <col min="9979" max="9979" width="11.296875" style="3" customWidth="1"/>
+    <col min="9980" max="9980" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9981" max="10223" width="8.796875" style="3"/>
+    <col min="10224" max="10224" width="16" style="3" customWidth="1"/>
+    <col min="10225" max="10225" width="10.69921875" style="3" customWidth="1"/>
+    <col min="10226" max="10226" width="13" style="3" customWidth="1"/>
+    <col min="10227" max="10227" width="10.8984375" style="3" customWidth="1"/>
+    <col min="10228" max="10228" width="13.69921875" style="3" customWidth="1"/>
+    <col min="10229" max="10229" width="8.796875" style="3"/>
+    <col min="10230" max="10230" width="12.59765625" style="3" customWidth="1"/>
+    <col min="10231" max="10231" width="12.296875" style="3" customWidth="1"/>
+    <col min="10232" max="10232" width="14.09765625" style="3" customWidth="1"/>
+    <col min="10233" max="10233" width="15" style="3" customWidth="1"/>
+    <col min="10234" max="10234" width="13.69921875" style="3" customWidth="1"/>
+    <col min="10235" max="10235" width="11.296875" style="3" customWidth="1"/>
+    <col min="10236" max="10236" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="10237" max="10479" width="8.796875" style="3"/>
+    <col min="10480" max="10480" width="16" style="3" customWidth="1"/>
+    <col min="10481" max="10481" width="10.69921875" style="3" customWidth="1"/>
+    <col min="10482" max="10482" width="13" style="3" customWidth="1"/>
+    <col min="10483" max="10483" width="10.8984375" style="3" customWidth="1"/>
+    <col min="10484" max="10484" width="13.69921875" style="3" customWidth="1"/>
+    <col min="10485" max="10485" width="8.796875" style="3"/>
+    <col min="10486" max="10486" width="12.59765625" style="3" customWidth="1"/>
+    <col min="10487" max="10487" width="12.296875" style="3" customWidth="1"/>
+    <col min="10488" max="10488" width="14.09765625" style="3" customWidth="1"/>
+    <col min="10489" max="10489" width="15" style="3" customWidth="1"/>
+    <col min="10490" max="10490" width="13.69921875" style="3" customWidth="1"/>
+    <col min="10491" max="10491" width="11.296875" style="3" customWidth="1"/>
+    <col min="10492" max="10492" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="10493" max="10735" width="8.796875" style="3"/>
+    <col min="10736" max="10736" width="16" style="3" customWidth="1"/>
+    <col min="10737" max="10737" width="10.69921875" style="3" customWidth="1"/>
+    <col min="10738" max="10738" width="13" style="3" customWidth="1"/>
+    <col min="10739" max="10739" width="10.8984375" style="3" customWidth="1"/>
+    <col min="10740" max="10740" width="13.69921875" style="3" customWidth="1"/>
+    <col min="10741" max="10741" width="8.796875" style="3"/>
+    <col min="10742" max="10742" width="12.59765625" style="3" customWidth="1"/>
+    <col min="10743" max="10743" width="12.296875" style="3" customWidth="1"/>
+    <col min="10744" max="10744" width="14.09765625" style="3" customWidth="1"/>
+    <col min="10745" max="10745" width="15" style="3" customWidth="1"/>
+    <col min="10746" max="10746" width="13.69921875" style="3" customWidth="1"/>
+    <col min="10747" max="10747" width="11.296875" style="3" customWidth="1"/>
+    <col min="10748" max="10748" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="10749" max="10991" width="8.796875" style="3"/>
+    <col min="10992" max="10992" width="16" style="3" customWidth="1"/>
+    <col min="10993" max="10993" width="10.69921875" style="3" customWidth="1"/>
+    <col min="10994" max="10994" width="13" style="3" customWidth="1"/>
+    <col min="10995" max="10995" width="10.8984375" style="3" customWidth="1"/>
+    <col min="10996" max="10996" width="13.69921875" style="3" customWidth="1"/>
+    <col min="10997" max="10997" width="8.796875" style="3"/>
+    <col min="10998" max="10998" width="12.59765625" style="3" customWidth="1"/>
+    <col min="10999" max="10999" width="12.296875" style="3" customWidth="1"/>
+    <col min="11000" max="11000" width="14.09765625" style="3" customWidth="1"/>
+    <col min="11001" max="11001" width="15" style="3" customWidth="1"/>
+    <col min="11002" max="11002" width="13.69921875" style="3" customWidth="1"/>
+    <col min="11003" max="11003" width="11.296875" style="3" customWidth="1"/>
+    <col min="11004" max="11004" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11005" max="11247" width="8.796875" style="3"/>
+    <col min="11248" max="11248" width="16" style="3" customWidth="1"/>
+    <col min="11249" max="11249" width="10.69921875" style="3" customWidth="1"/>
+    <col min="11250" max="11250" width="13" style="3" customWidth="1"/>
+    <col min="11251" max="11251" width="10.8984375" style="3" customWidth="1"/>
+    <col min="11252" max="11252" width="13.69921875" style="3" customWidth="1"/>
+    <col min="11253" max="11253" width="8.796875" style="3"/>
+    <col min="11254" max="11254" width="12.59765625" style="3" customWidth="1"/>
+    <col min="11255" max="11255" width="12.296875" style="3" customWidth="1"/>
+    <col min="11256" max="11256" width="14.09765625" style="3" customWidth="1"/>
+    <col min="11257" max="11257" width="15" style="3" customWidth="1"/>
+    <col min="11258" max="11258" width="13.69921875" style="3" customWidth="1"/>
+    <col min="11259" max="11259" width="11.296875" style="3" customWidth="1"/>
+    <col min="11260" max="11260" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11261" max="11503" width="8.796875" style="3"/>
+    <col min="11504" max="11504" width="16" style="3" customWidth="1"/>
+    <col min="11505" max="11505" width="10.69921875" style="3" customWidth="1"/>
+    <col min="11506" max="11506" width="13" style="3" customWidth="1"/>
+    <col min="11507" max="11507" width="10.8984375" style="3" customWidth="1"/>
+    <col min="11508" max="11508" width="13.69921875" style="3" customWidth="1"/>
+    <col min="11509" max="11509" width="8.796875" style="3"/>
+    <col min="11510" max="11510" width="12.59765625" style="3" customWidth="1"/>
+    <col min="11511" max="11511" width="12.296875" style="3" customWidth="1"/>
+    <col min="11512" max="11512" width="14.09765625" style="3" customWidth="1"/>
+    <col min="11513" max="11513" width="15" style="3" customWidth="1"/>
+    <col min="11514" max="11514" width="13.69921875" style="3" customWidth="1"/>
+    <col min="11515" max="11515" width="11.296875" style="3" customWidth="1"/>
+    <col min="11516" max="11516" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11517" max="11759" width="8.796875" style="3"/>
+    <col min="11760" max="11760" width="16" style="3" customWidth="1"/>
+    <col min="11761" max="11761" width="10.69921875" style="3" customWidth="1"/>
+    <col min="11762" max="11762" width="13" style="3" customWidth="1"/>
+    <col min="11763" max="11763" width="10.8984375" style="3" customWidth="1"/>
+    <col min="11764" max="11764" width="13.69921875" style="3" customWidth="1"/>
+    <col min="11765" max="11765" width="8.796875" style="3"/>
+    <col min="11766" max="11766" width="12.59765625" style="3" customWidth="1"/>
+    <col min="11767" max="11767" width="12.296875" style="3" customWidth="1"/>
+    <col min="11768" max="11768" width="14.09765625" style="3" customWidth="1"/>
+    <col min="11769" max="11769" width="15" style="3" customWidth="1"/>
+    <col min="11770" max="11770" width="13.69921875" style="3" customWidth="1"/>
+    <col min="11771" max="11771" width="11.296875" style="3" customWidth="1"/>
+    <col min="11772" max="11772" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11773" max="12015" width="8.796875" style="3"/>
+    <col min="12016" max="12016" width="16" style="3" customWidth="1"/>
+    <col min="12017" max="12017" width="10.69921875" style="3" customWidth="1"/>
+    <col min="12018" max="12018" width="13" style="3" customWidth="1"/>
+    <col min="12019" max="12019" width="10.8984375" style="3" customWidth="1"/>
+    <col min="12020" max="12020" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12021" max="12021" width="8.796875" style="3"/>
+    <col min="12022" max="12022" width="12.59765625" style="3" customWidth="1"/>
+    <col min="12023" max="12023" width="12.296875" style="3" customWidth="1"/>
+    <col min="12024" max="12024" width="14.09765625" style="3" customWidth="1"/>
+    <col min="12025" max="12025" width="15" style="3" customWidth="1"/>
+    <col min="12026" max="12026" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12027" max="12027" width="11.296875" style="3" customWidth="1"/>
+    <col min="12028" max="12028" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12029" max="12271" width="8.796875" style="3"/>
+    <col min="12272" max="12272" width="16" style="3" customWidth="1"/>
+    <col min="12273" max="12273" width="10.69921875" style="3" customWidth="1"/>
+    <col min="12274" max="12274" width="13" style="3" customWidth="1"/>
+    <col min="12275" max="12275" width="10.8984375" style="3" customWidth="1"/>
+    <col min="12276" max="12276" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12277" max="12277" width="8.796875" style="3"/>
+    <col min="12278" max="12278" width="12.59765625" style="3" customWidth="1"/>
+    <col min="12279" max="12279" width="12.296875" style="3" customWidth="1"/>
+    <col min="12280" max="12280" width="14.09765625" style="3" customWidth="1"/>
+    <col min="12281" max="12281" width="15" style="3" customWidth="1"/>
+    <col min="12282" max="12282" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12283" max="12283" width="11.296875" style="3" customWidth="1"/>
+    <col min="12284" max="12284" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12285" max="12527" width="8.796875" style="3"/>
+    <col min="12528" max="12528" width="16" style="3" customWidth="1"/>
+    <col min="12529" max="12529" width="10.69921875" style="3" customWidth="1"/>
+    <col min="12530" max="12530" width="13" style="3" customWidth="1"/>
+    <col min="12531" max="12531" width="10.8984375" style="3" customWidth="1"/>
+    <col min="12532" max="12532" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12533" max="12533" width="8.796875" style="3"/>
+    <col min="12534" max="12534" width="12.59765625" style="3" customWidth="1"/>
+    <col min="12535" max="12535" width="12.296875" style="3" customWidth="1"/>
+    <col min="12536" max="12536" width="14.09765625" style="3" customWidth="1"/>
+    <col min="12537" max="12537" width="15" style="3" customWidth="1"/>
+    <col min="12538" max="12538" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12539" max="12539" width="11.296875" style="3" customWidth="1"/>
+    <col min="12540" max="12540" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12541" max="12783" width="8.796875" style="3"/>
+    <col min="12784" max="12784" width="16" style="3" customWidth="1"/>
+    <col min="12785" max="12785" width="10.69921875" style="3" customWidth="1"/>
+    <col min="12786" max="12786" width="13" style="3" customWidth="1"/>
+    <col min="12787" max="12787" width="10.8984375" style="3" customWidth="1"/>
+    <col min="12788" max="12788" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12789" max="12789" width="8.796875" style="3"/>
+    <col min="12790" max="12790" width="12.59765625" style="3" customWidth="1"/>
+    <col min="12791" max="12791" width="12.296875" style="3" customWidth="1"/>
+    <col min="12792" max="12792" width="14.09765625" style="3" customWidth="1"/>
+    <col min="12793" max="12793" width="15" style="3" customWidth="1"/>
+    <col min="12794" max="12794" width="13.69921875" style="3" customWidth="1"/>
+    <col min="12795" max="12795" width="11.296875" style="3" customWidth="1"/>
+    <col min="12796" max="12796" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12797" max="13039" width="8.796875" style="3"/>
+    <col min="13040" max="13040" width="16" style="3" customWidth="1"/>
+    <col min="13041" max="13041" width="10.69921875" style="3" customWidth="1"/>
+    <col min="13042" max="13042" width="13" style="3" customWidth="1"/>
+    <col min="13043" max="13043" width="10.8984375" style="3" customWidth="1"/>
+    <col min="13044" max="13044" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13045" max="13045" width="8.796875" style="3"/>
+    <col min="13046" max="13046" width="12.59765625" style="3" customWidth="1"/>
+    <col min="13047" max="13047" width="12.296875" style="3" customWidth="1"/>
+    <col min="13048" max="13048" width="14.09765625" style="3" customWidth="1"/>
+    <col min="13049" max="13049" width="15" style="3" customWidth="1"/>
+    <col min="13050" max="13050" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13051" max="13051" width="11.296875" style="3" customWidth="1"/>
+    <col min="13052" max="13052" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13053" max="13295" width="8.796875" style="3"/>
+    <col min="13296" max="13296" width="16" style="3" customWidth="1"/>
+    <col min="13297" max="13297" width="10.69921875" style="3" customWidth="1"/>
+    <col min="13298" max="13298" width="13" style="3" customWidth="1"/>
+    <col min="13299" max="13299" width="10.8984375" style="3" customWidth="1"/>
+    <col min="13300" max="13300" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13301" max="13301" width="8.796875" style="3"/>
+    <col min="13302" max="13302" width="12.59765625" style="3" customWidth="1"/>
+    <col min="13303" max="13303" width="12.296875" style="3" customWidth="1"/>
+    <col min="13304" max="13304" width="14.09765625" style="3" customWidth="1"/>
+    <col min="13305" max="13305" width="15" style="3" customWidth="1"/>
+    <col min="13306" max="13306" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13307" max="13307" width="11.296875" style="3" customWidth="1"/>
+    <col min="13308" max="13308" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13309" max="13551" width="8.796875" style="3"/>
+    <col min="13552" max="13552" width="16" style="3" customWidth="1"/>
+    <col min="13553" max="13553" width="10.69921875" style="3" customWidth="1"/>
+    <col min="13554" max="13554" width="13" style="3" customWidth="1"/>
+    <col min="13555" max="13555" width="10.8984375" style="3" customWidth="1"/>
+    <col min="13556" max="13556" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13557" max="13557" width="8.796875" style="3"/>
+    <col min="13558" max="13558" width="12.59765625" style="3" customWidth="1"/>
+    <col min="13559" max="13559" width="12.296875" style="3" customWidth="1"/>
+    <col min="13560" max="13560" width="14.09765625" style="3" customWidth="1"/>
+    <col min="13561" max="13561" width="15" style="3" customWidth="1"/>
+    <col min="13562" max="13562" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13563" max="13563" width="11.296875" style="3" customWidth="1"/>
+    <col min="13564" max="13564" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13565" max="13807" width="8.796875" style="3"/>
+    <col min="13808" max="13808" width="16" style="3" customWidth="1"/>
+    <col min="13809" max="13809" width="10.69921875" style="3" customWidth="1"/>
+    <col min="13810" max="13810" width="13" style="3" customWidth="1"/>
+    <col min="13811" max="13811" width="10.8984375" style="3" customWidth="1"/>
+    <col min="13812" max="13812" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13813" max="13813" width="8.796875" style="3"/>
+    <col min="13814" max="13814" width="12.59765625" style="3" customWidth="1"/>
+    <col min="13815" max="13815" width="12.296875" style="3" customWidth="1"/>
+    <col min="13816" max="13816" width="14.09765625" style="3" customWidth="1"/>
+    <col min="13817" max="13817" width="15" style="3" customWidth="1"/>
+    <col min="13818" max="13818" width="13.69921875" style="3" customWidth="1"/>
+    <col min="13819" max="13819" width="11.296875" style="3" customWidth="1"/>
+    <col min="13820" max="13820" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13821" max="14063" width="8.796875" style="3"/>
+    <col min="14064" max="14064" width="16" style="3" customWidth="1"/>
+    <col min="14065" max="14065" width="10.69921875" style="3" customWidth="1"/>
+    <col min="14066" max="14066" width="13" style="3" customWidth="1"/>
+    <col min="14067" max="14067" width="10.8984375" style="3" customWidth="1"/>
+    <col min="14068" max="14068" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14069" max="14069" width="8.796875" style="3"/>
+    <col min="14070" max="14070" width="12.59765625" style="3" customWidth="1"/>
+    <col min="14071" max="14071" width="12.296875" style="3" customWidth="1"/>
+    <col min="14072" max="14072" width="14.09765625" style="3" customWidth="1"/>
+    <col min="14073" max="14073" width="15" style="3" customWidth="1"/>
+    <col min="14074" max="14074" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14075" max="14075" width="11.296875" style="3" customWidth="1"/>
+    <col min="14076" max="14076" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14077" max="14319" width="8.796875" style="3"/>
+    <col min="14320" max="14320" width="16" style="3" customWidth="1"/>
+    <col min="14321" max="14321" width="10.69921875" style="3" customWidth="1"/>
+    <col min="14322" max="14322" width="13" style="3" customWidth="1"/>
+    <col min="14323" max="14323" width="10.8984375" style="3" customWidth="1"/>
+    <col min="14324" max="14324" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14325" max="14325" width="8.796875" style="3"/>
+    <col min="14326" max="14326" width="12.59765625" style="3" customWidth="1"/>
+    <col min="14327" max="14327" width="12.296875" style="3" customWidth="1"/>
+    <col min="14328" max="14328" width="14.09765625" style="3" customWidth="1"/>
+    <col min="14329" max="14329" width="15" style="3" customWidth="1"/>
+    <col min="14330" max="14330" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14331" max="14331" width="11.296875" style="3" customWidth="1"/>
+    <col min="14332" max="14332" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14333" max="14575" width="8.796875" style="3"/>
+    <col min="14576" max="14576" width="16" style="3" customWidth="1"/>
+    <col min="14577" max="14577" width="10.69921875" style="3" customWidth="1"/>
+    <col min="14578" max="14578" width="13" style="3" customWidth="1"/>
+    <col min="14579" max="14579" width="10.8984375" style="3" customWidth="1"/>
+    <col min="14580" max="14580" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14581" max="14581" width="8.796875" style="3"/>
+    <col min="14582" max="14582" width="12.59765625" style="3" customWidth="1"/>
+    <col min="14583" max="14583" width="12.296875" style="3" customWidth="1"/>
+    <col min="14584" max="14584" width="14.09765625" style="3" customWidth="1"/>
+    <col min="14585" max="14585" width="15" style="3" customWidth="1"/>
+    <col min="14586" max="14586" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14587" max="14587" width="11.296875" style="3" customWidth="1"/>
+    <col min="14588" max="14588" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14589" max="14831" width="8.796875" style="3"/>
+    <col min="14832" max="14832" width="16" style="3" customWidth="1"/>
+    <col min="14833" max="14833" width="10.69921875" style="3" customWidth="1"/>
+    <col min="14834" max="14834" width="13" style="3" customWidth="1"/>
+    <col min="14835" max="14835" width="10.8984375" style="3" customWidth="1"/>
+    <col min="14836" max="14836" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14837" max="14837" width="8.796875" style="3"/>
+    <col min="14838" max="14838" width="12.59765625" style="3" customWidth="1"/>
+    <col min="14839" max="14839" width="12.296875" style="3" customWidth="1"/>
+    <col min="14840" max="14840" width="14.09765625" style="3" customWidth="1"/>
+    <col min="14841" max="14841" width="15" style="3" customWidth="1"/>
+    <col min="14842" max="14842" width="13.69921875" style="3" customWidth="1"/>
+    <col min="14843" max="14843" width="11.296875" style="3" customWidth="1"/>
+    <col min="14844" max="14844" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14845" max="15087" width="8.796875" style="3"/>
+    <col min="15088" max="15088" width="16" style="3" customWidth="1"/>
+    <col min="15089" max="15089" width="10.69921875" style="3" customWidth="1"/>
+    <col min="15090" max="15090" width="13" style="3" customWidth="1"/>
+    <col min="15091" max="15091" width="10.8984375" style="3" customWidth="1"/>
+    <col min="15092" max="15092" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15093" max="15093" width="8.796875" style="3"/>
+    <col min="15094" max="15094" width="12.59765625" style="3" customWidth="1"/>
+    <col min="15095" max="15095" width="12.296875" style="3" customWidth="1"/>
+    <col min="15096" max="15096" width="14.09765625" style="3" customWidth="1"/>
+    <col min="15097" max="15097" width="15" style="3" customWidth="1"/>
+    <col min="15098" max="15098" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15099" max="15099" width="11.296875" style="3" customWidth="1"/>
+    <col min="15100" max="15100" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15101" max="15343" width="8.796875" style="3"/>
+    <col min="15344" max="15344" width="16" style="3" customWidth="1"/>
+    <col min="15345" max="15345" width="10.69921875" style="3" customWidth="1"/>
+    <col min="15346" max="15346" width="13" style="3" customWidth="1"/>
+    <col min="15347" max="15347" width="10.8984375" style="3" customWidth="1"/>
+    <col min="15348" max="15348" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15349" max="15349" width="8.796875" style="3"/>
+    <col min="15350" max="15350" width="12.59765625" style="3" customWidth="1"/>
+    <col min="15351" max="15351" width="12.296875" style="3" customWidth="1"/>
+    <col min="15352" max="15352" width="14.09765625" style="3" customWidth="1"/>
+    <col min="15353" max="15353" width="15" style="3" customWidth="1"/>
+    <col min="15354" max="15354" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15355" max="15355" width="11.296875" style="3" customWidth="1"/>
+    <col min="15356" max="15356" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15357" max="15599" width="8.796875" style="3"/>
+    <col min="15600" max="15600" width="16" style="3" customWidth="1"/>
+    <col min="15601" max="15601" width="10.69921875" style="3" customWidth="1"/>
+    <col min="15602" max="15602" width="13" style="3" customWidth="1"/>
+    <col min="15603" max="15603" width="10.8984375" style="3" customWidth="1"/>
+    <col min="15604" max="15604" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15605" max="15605" width="8.796875" style="3"/>
+    <col min="15606" max="15606" width="12.59765625" style="3" customWidth="1"/>
+    <col min="15607" max="15607" width="12.296875" style="3" customWidth="1"/>
+    <col min="15608" max="15608" width="14.09765625" style="3" customWidth="1"/>
+    <col min="15609" max="15609" width="15" style="3" customWidth="1"/>
+    <col min="15610" max="15610" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15611" max="15611" width="11.296875" style="3" customWidth="1"/>
+    <col min="15612" max="15612" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15613" max="15855" width="8.796875" style="3"/>
+    <col min="15856" max="15856" width="16" style="3" customWidth="1"/>
+    <col min="15857" max="15857" width="10.69921875" style="3" customWidth="1"/>
+    <col min="15858" max="15858" width="13" style="3" customWidth="1"/>
+    <col min="15859" max="15859" width="10.8984375" style="3" customWidth="1"/>
+    <col min="15860" max="15860" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15861" max="15861" width="8.796875" style="3"/>
+    <col min="15862" max="15862" width="12.59765625" style="3" customWidth="1"/>
+    <col min="15863" max="15863" width="12.296875" style="3" customWidth="1"/>
+    <col min="15864" max="15864" width="14.09765625" style="3" customWidth="1"/>
+    <col min="15865" max="15865" width="15" style="3" customWidth="1"/>
+    <col min="15866" max="15866" width="13.69921875" style="3" customWidth="1"/>
+    <col min="15867" max="15867" width="11.296875" style="3" customWidth="1"/>
+    <col min="15868" max="15868" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15869" max="16111" width="8.796875" style="3"/>
+    <col min="16112" max="16112" width="16" style="3" customWidth="1"/>
+    <col min="16113" max="16113" width="10.69921875" style="3" customWidth="1"/>
+    <col min="16114" max="16114" width="13" style="3" customWidth="1"/>
+    <col min="16115" max="16115" width="10.8984375" style="3" customWidth="1"/>
+    <col min="16116" max="16116" width="13.69921875" style="3" customWidth="1"/>
+    <col min="16117" max="16117" width="8.796875" style="3"/>
+    <col min="16118" max="16118" width="12.59765625" style="3" customWidth="1"/>
+    <col min="16119" max="16119" width="12.296875" style="3" customWidth="1"/>
+    <col min="16120" max="16120" width="14.09765625" style="3" customWidth="1"/>
+    <col min="16121" max="16121" width="15" style="3" customWidth="1"/>
+    <col min="16122" max="16122" width="13.69921875" style="3" customWidth="1"/>
+    <col min="16123" max="16123" width="11.296875" style="3" customWidth="1"/>
+    <col min="16124" max="16124" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="16125" max="16367" width="8.796875" style="3"/>
+    <col min="16368" max="16384" width="8.8984375" style="3" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.8">
       <c r="A1" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
+      <c r="L1" s="5"/>
+    </row>
+    <row r="2" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A2" s="1"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="6"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
+    </row>
+    <row r="3" spans="1:12" s="9" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="7"/>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I3" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="K3" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="L3" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" s="9" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A4" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" s="11"/>
+      <c r="G4" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="J4" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="K4" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="L4" s="11" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" s="9" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="11"/>
+      <c r="B5" s="11"/>
+      <c r="C5" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="J5" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" s="11"/>
+      <c r="L5" s="11" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" s="9" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A6" s="13"/>
+      <c r="B6" s="13"/>
+      <c r="C6" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" s="13"/>
+      <c r="E6" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" s="2" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="21">
+        <v>39509992.509999998</v>
+      </c>
+      <c r="C7" s="21">
+        <v>1373063.69</v>
+      </c>
+      <c r="D7" s="21">
+        <v>2260456.9700000002</v>
+      </c>
+      <c r="E7" s="21">
+        <v>1798568.84</v>
+      </c>
+      <c r="F7" s="21">
+        <v>1896736.51</v>
+      </c>
+      <c r="G7" s="21">
+        <v>8550018.1899999995</v>
+      </c>
+      <c r="H7" s="21">
+        <v>9913115.6799999997</v>
+      </c>
+      <c r="I7" s="21">
+        <v>4175168.24</v>
+      </c>
+      <c r="J7" s="21">
+        <v>4464320.92</v>
+      </c>
+      <c r="K7" s="21">
+        <v>4972104.71</v>
+      </c>
+      <c r="L7" s="21">
+        <v>106438.75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B8" s="22">
+        <v>21255853.120000001</v>
+      </c>
+      <c r="C8" s="22">
+        <v>881382.81</v>
+      </c>
+      <c r="D8" s="22">
+        <v>844228.98</v>
+      </c>
+      <c r="E8" s="22">
+        <v>749221.49</v>
+      </c>
+      <c r="F8" s="22">
+        <v>547243.79</v>
+      </c>
+      <c r="G8" s="22">
+        <v>3323941.17</v>
+      </c>
+      <c r="H8" s="22">
+        <v>5884702.8399999999</v>
+      </c>
+      <c r="I8" s="22">
+        <v>3141557.43</v>
+      </c>
+      <c r="J8" s="22">
+        <v>3176362.42</v>
+      </c>
+      <c r="K8" s="22">
+        <v>2643376.31</v>
+      </c>
+      <c r="L8" s="22">
+        <v>63835.9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A9" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2"/>
-[...9 lines deleted...]
-      <c r="L1" s="2"/>
+      <c r="B9" s="22">
+        <v>18254139.390000001</v>
+      </c>
+      <c r="C9" s="22">
+        <v>491680.89</v>
+      </c>
+      <c r="D9" s="22">
+        <v>1416227.99</v>
+      </c>
+      <c r="E9" s="22">
+        <v>1049347.3600000001</v>
+      </c>
+      <c r="F9" s="22">
+        <v>1349492.72</v>
+      </c>
+      <c r="G9" s="22">
+        <v>5226077.01</v>
+      </c>
+      <c r="H9" s="22">
+        <v>4028412.84</v>
+      </c>
+      <c r="I9" s="22">
+        <v>1033610.82</v>
+      </c>
+      <c r="J9" s="22">
+        <v>1287958.5</v>
+      </c>
+      <c r="K9" s="22">
+        <v>2328728.4</v>
+      </c>
+      <c r="L9" s="22">
+        <v>42602.86</v>
+      </c>
     </row>
-    <row r="2" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...11 lines deleted...]
-      <c r="L2" s="2"/>
+    <row r="10" spans="1:12" s="2" customFormat="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="19">
+        <v>8995228.8200000003</v>
+      </c>
+      <c r="C10" s="19">
+        <v>245612.86</v>
+      </c>
+      <c r="D10" s="19">
+        <v>373473.12</v>
+      </c>
+      <c r="E10" s="19">
+        <v>208951.97</v>
+      </c>
+      <c r="F10" s="19">
+        <v>214970.63</v>
+      </c>
+      <c r="G10" s="19">
+        <v>1704723.71</v>
+      </c>
+      <c r="H10" s="19">
+        <v>4126112.18</v>
+      </c>
+      <c r="I10" s="19">
+        <v>726496.02</v>
+      </c>
+      <c r="J10" s="19">
+        <v>425828.28</v>
+      </c>
+      <c r="K10" s="19">
+        <v>969060.05</v>
+      </c>
+      <c r="L10" s="19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="3" spans="1:12" s="7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...2 lines deleted...]
-      <c r="C3" s="5" t="s">
+    <row r="11" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A11" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="B11" s="20">
+        <v>4914224.51</v>
+      </c>
+      <c r="C11" s="20">
+        <v>165393.20000000001</v>
+      </c>
+      <c r="D11" s="20">
+        <v>114940.32</v>
+      </c>
+      <c r="E11" s="20">
+        <v>91295.54</v>
+      </c>
+      <c r="F11" s="20">
+        <v>63733.01</v>
+      </c>
+      <c r="G11" s="20">
+        <v>618897.1</v>
+      </c>
+      <c r="H11" s="20">
+        <v>2377600.5099999998</v>
+      </c>
+      <c r="I11" s="20">
+        <v>569730.65</v>
+      </c>
+      <c r="J11" s="20">
+        <v>302661.7</v>
+      </c>
+      <c r="K11" s="20">
+        <v>609972.5</v>
+      </c>
+      <c r="L11" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="20">
+        <v>4081004.3</v>
+      </c>
+      <c r="C12" s="20">
+        <v>80219.66</v>
+      </c>
+      <c r="D12" s="20">
+        <v>258532.8</v>
+      </c>
+      <c r="E12" s="20">
+        <v>117656.43</v>
+      </c>
+      <c r="F12" s="20">
+        <v>151237.62</v>
+      </c>
+      <c r="G12" s="20">
+        <v>1085826.6100000001</v>
+      </c>
+      <c r="H12" s="20">
+        <v>1748511.68</v>
+      </c>
+      <c r="I12" s="20">
+        <v>156765.37</v>
+      </c>
+      <c r="J12" s="20">
+        <v>123166.57</v>
+      </c>
+      <c r="K12" s="20">
+        <v>359087.55</v>
+      </c>
+      <c r="L12" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="2" customFormat="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="6" t="s">
+      <c r="B13" s="21">
+        <v>218026</v>
+      </c>
+      <c r="C13" s="21">
+        <v>7223</v>
+      </c>
+      <c r="D13" s="21">
+        <v>8410</v>
+      </c>
+      <c r="E13" s="21">
+        <v>3655</v>
+      </c>
+      <c r="F13" s="21">
+        <v>6487</v>
+      </c>
+      <c r="G13" s="21">
+        <v>44426</v>
+      </c>
+      <c r="H13" s="21">
+        <v>98202</v>
+      </c>
+      <c r="I13" s="21">
+        <v>18606</v>
+      </c>
+      <c r="J13" s="21">
+        <v>8865</v>
+      </c>
+      <c r="K13" s="21">
+        <v>22152</v>
+      </c>
+      <c r="L13" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B14" s="22">
+        <v>122248</v>
+      </c>
+      <c r="C14" s="22">
+        <v>5141</v>
+      </c>
+      <c r="D14" s="22">
+        <v>1997</v>
+      </c>
+      <c r="E14" s="22">
+        <v>2080</v>
+      </c>
+      <c r="F14" s="22">
+        <v>1832</v>
+      </c>
+      <c r="G14" s="22">
+        <v>15157</v>
+      </c>
+      <c r="H14" s="22">
+        <v>58860</v>
+      </c>
+      <c r="I14" s="22">
+        <v>14583</v>
+      </c>
+      <c r="J14" s="22">
+        <v>7200</v>
+      </c>
+      <c r="K14" s="22">
+        <v>15398</v>
+      </c>
+      <c r="L14" s="22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A15" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B15" s="22">
+        <v>95778</v>
+      </c>
+      <c r="C15" s="22">
+        <v>2082</v>
+      </c>
+      <c r="D15" s="22">
+        <v>6413</v>
+      </c>
+      <c r="E15" s="22">
+        <v>1575</v>
+      </c>
+      <c r="F15" s="22">
+        <v>4655</v>
+      </c>
+      <c r="G15" s="22">
+        <v>29269</v>
+      </c>
+      <c r="H15" s="22">
+        <v>39342</v>
+      </c>
+      <c r="I15" s="22">
+        <v>4023</v>
+      </c>
+      <c r="J15" s="22">
+        <v>1665</v>
+      </c>
+      <c r="K15" s="22">
+        <v>6754</v>
+      </c>
+      <c r="L15" s="22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A16" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="25"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="25"/>
+      <c r="H16" s="25"/>
+      <c r="I16" s="25"/>
+      <c r="J16" s="25"/>
+      <c r="K16" s="25"/>
+      <c r="L16" s="25"/>
+    </row>
+    <row r="17" spans="1:14" s="2" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" s="16">
+        <v>99.999999974689956</v>
+      </c>
+      <c r="C17" s="17">
+        <v>3.4752314611360071</v>
+      </c>
+      <c r="D17" s="17">
+        <v>5.7212285459884038</v>
+      </c>
+      <c r="E17" s="17">
+        <v>4.5521872461625534</v>
+      </c>
+      <c r="F17" s="17">
+        <v>4.8006501381136299</v>
+      </c>
+      <c r="G17" s="17">
+        <v>21.640141257521083</v>
+      </c>
+      <c r="H17" s="17">
+        <v>25.090148213748677</v>
+      </c>
+      <c r="I17" s="17">
+        <v>10.567372896725463</v>
+      </c>
+      <c r="J17" s="17">
+        <v>11.299219859052311</v>
+      </c>
+      <c r="K17" s="17">
+        <v>12.584423317067342</v>
+      </c>
+      <c r="L17" s="17">
+        <v>0.26939703917448299</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B18" s="17">
+        <v>100.00000009409172</v>
+      </c>
+      <c r="C18" s="17">
+        <v>4.1465416844205221</v>
+      </c>
+      <c r="D18" s="17">
+        <v>3.9717482767400676</v>
+      </c>
+      <c r="E18" s="17">
+        <v>3.5247773202527659</v>
+      </c>
+      <c r="F18" s="17">
+        <v>2.5745557560570873</v>
+      </c>
+      <c r="G18" s="17">
+        <v>15.637768812358068</v>
+      </c>
+      <c r="H18" s="17">
+        <v>27.685093638810386</v>
+      </c>
+      <c r="I18" s="17">
+        <v>14.779728728197009</v>
+      </c>
+      <c r="J18" s="17">
+        <v>14.943471814882392</v>
+      </c>
+      <c r="K18" s="17">
+        <v>12.435992547919902</v>
+      </c>
+      <c r="L18" s="17">
+        <v>0.30032151445352101</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B19" s="17">
+        <v>100</v>
+      </c>
+      <c r="C19" s="17">
+        <v>2.6935309273980512</v>
+      </c>
+      <c r="D19" s="17">
+        <v>7.7583936429007405</v>
+      </c>
+      <c r="E19" s="17">
+        <v>5.748544686663533</v>
+      </c>
+      <c r="F19" s="17">
+        <v>7.3928038521458879</v>
+      </c>
+      <c r="G19" s="17">
+        <v>28.629544775268638</v>
+      </c>
+      <c r="H19" s="17">
+        <v>22.068489529595947</v>
+      </c>
+      <c r="I19" s="17">
+        <v>5.662336623583764</v>
+      </c>
+      <c r="J19" s="17">
+        <v>7.0557065029621207</v>
+      </c>
+      <c r="K19" s="17">
+        <v>12.757262066683495</v>
+      </c>
+      <c r="L19" s="17">
+        <v>0.23338739279781515</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" s="2" customFormat="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="5" t="s">
-[...18 lines deleted...]
-        <v>10</v>
+      <c r="B20" s="16">
+        <v>100</v>
+      </c>
+      <c r="C20" s="17">
+        <v>2.7304792897975441</v>
+      </c>
+      <c r="D20" s="17">
+        <v>4.1519023859584259</v>
+      </c>
+      <c r="E20" s="17">
+        <v>2.3229200077202705</v>
+      </c>
+      <c r="F20" s="17">
+        <v>2.3898294785123655</v>
+      </c>
+      <c r="G20" s="17">
+        <v>18.951421293583056</v>
+      </c>
+      <c r="H20" s="17">
+        <v>45.870008007200425</v>
+      </c>
+      <c r="I20" s="17">
+        <v>8.0764595824923102</v>
+      </c>
+      <c r="J20" s="17">
+        <v>4.7339349395227508</v>
+      </c>
+      <c r="K20" s="17">
+        <v>10.773045015212853</v>
+      </c>
+      <c r="L20" s="17">
+        <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:12" s="7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...32 lines deleted...]
-        <v>21</v>
+    <row r="21" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B21" s="17">
+        <v>100.00000040698181</v>
+      </c>
+      <c r="C21" s="17">
+        <v>3.3656012187363418</v>
+      </c>
+      <c r="D21" s="17">
+        <v>2.3389309903547733</v>
+      </c>
+      <c r="E21" s="17">
+        <v>1.857781218872314</v>
+      </c>
+      <c r="F21" s="17">
+        <v>1.2969087975184919</v>
+      </c>
+      <c r="G21" s="17">
+        <v>12.593993187340152</v>
+      </c>
+      <c r="H21" s="17">
+        <v>48.382008293715501</v>
+      </c>
+      <c r="I21" s="17">
+        <v>11.593500639636019</v>
+      </c>
+      <c r="J21" s="17">
+        <v>6.158890367831404</v>
+      </c>
+      <c r="K21" s="17">
+        <v>12.412385692976816</v>
+      </c>
+      <c r="L21" s="17">
+        <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:12" s="7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...28 lines deleted...]
-        <v>30</v>
+    <row r="22" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A22" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B22" s="17">
+        <v>99.999999754962275</v>
+      </c>
+      <c r="C22" s="17">
+        <v>1.9656842802150445</v>
+      </c>
+      <c r="D22" s="17">
+        <v>6.3350288555197061</v>
+      </c>
+      <c r="E22" s="17">
+        <v>2.8830263668185792</v>
+      </c>
+      <c r="F22" s="17">
+        <v>3.7058921991334342</v>
+      </c>
+      <c r="G22" s="17">
+        <v>26.606847976121962</v>
+      </c>
+      <c r="H22" s="17">
+        <v>42.845132018116225</v>
+      </c>
+      <c r="I22" s="17">
+        <v>3.8413429262988035</v>
+      </c>
+      <c r="J22" s="17">
+        <v>3.0180455825542749</v>
+      </c>
+      <c r="K22" s="17">
+        <v>8.7989995501842522</v>
+      </c>
+      <c r="L22" s="17">
+        <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" s="7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...19 lines deleted...]
-      </c>
+    <row r="23" spans="1:14" s="2" customFormat="1" x14ac:dyDescent="0.7">
+      <c r="A23" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="16">
+        <v>100.00000000000001</v>
+      </c>
+      <c r="C23" s="17">
+        <v>3.3129076348692359</v>
+      </c>
+      <c r="D23" s="17">
+        <v>3.8573381156375848</v>
+      </c>
+      <c r="E23" s="17">
+        <v>1.6764055663086055</v>
+      </c>
+      <c r="F23" s="17">
+        <v>2.9753332171392404</v>
+      </c>
+      <c r="G23" s="17">
+        <v>20.376468861511928</v>
+      </c>
+      <c r="H23" s="17">
+        <v>45.041417078697037</v>
+      </c>
+      <c r="I23" s="17">
+        <v>8.5338445873427933</v>
+      </c>
+      <c r="J23" s="17">
+        <v>4.0660288222505576</v>
+      </c>
+      <c r="K23" s="17">
+        <v>10.160256116243017</v>
+      </c>
+      <c r="L23" s="17">
+        <v>0</v>
+      </c>
+      <c r="N23" s="23"/>
     </row>
-    <row r="7" spans="1:12" s="13" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.5">
-[...35 lines deleted...]
-      </c>
+    <row r="24" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B24" s="17">
+        <v>100</v>
+      </c>
+      <c r="C24" s="17">
+        <v>4.2053857731823827</v>
+      </c>
+      <c r="D24" s="17">
+        <v>1.633564557293371</v>
+      </c>
+      <c r="E24" s="17">
+        <v>1.7014593285779727</v>
+      </c>
+      <c r="F24" s="17">
+        <v>1.4985930240167529</v>
+      </c>
+      <c r="G24" s="17">
+        <v>12.39856684771939</v>
+      </c>
+      <c r="H24" s="17">
+        <v>48.148026961586282</v>
+      </c>
+      <c r="I24" s="17">
+        <v>11.929029513775276</v>
+      </c>
+      <c r="J24" s="17">
+        <v>5.8896669066160587</v>
+      </c>
+      <c r="K24" s="17">
+        <v>12.59570708723251</v>
+      </c>
+      <c r="L24" s="17">
+        <v>0</v>
+      </c>
+      <c r="N24" s="23"/>
     </row>
-    <row r="8" spans="1:12" ht="19.5" customHeight="1" x14ac:dyDescent="0.5">
-[...109 lines deleted...]
-      <c r="L10" s="17">
+    <row r="25" spans="1:14" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="24" t="s">
         <v>0</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="L11" s="18">
+      <c r="B25" s="18">
+        <v>100</v>
+      </c>
+      <c r="C25" s="18">
+        <v>2.1737768589864062</v>
+      </c>
+      <c r="D25" s="18">
+        <v>6.6956921213639875</v>
+      </c>
+      <c r="E25" s="18">
+        <v>1.6444277391467768</v>
+      </c>
+      <c r="F25" s="18">
+        <v>4.8601975401449184</v>
+      </c>
+      <c r="G25" s="18">
+        <v>30.559209839420326</v>
+      </c>
+      <c r="H25" s="18">
+        <v>41.076238802230158</v>
+      </c>
+      <c r="I25" s="18">
+        <v>4.2003382822777668</v>
+      </c>
+      <c r="J25" s="18">
+        <v>1.7383950385265929</v>
+      </c>
+      <c r="K25" s="18">
+        <v>7.0517237779030673</v>
+      </c>
+      <c r="L25" s="18">
         <v>0</v>
       </c>
-    </row>
-[...517 lines deleted...]
-      </c>
+      <c r="N25" s="23"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A16:L16"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.98425196850393704" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="88" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"FreesiaUPC,Bold"&amp;16 3</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>เวิร์กชีต</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>t3 </vt:lpstr>
+      <vt:lpstr>t3  (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>NSO</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>