--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,152 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\2568\กลุ่ม วิชาการ\1-2568\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ณิชา\1.ผอ.ว(วรุณี)\____________________________สรง\2.สรง.ไตรมาส 2-68\up web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B35FC1A0-C726-43B4-813B-3B767E0AB29E}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5457807C-AD57-445E-ABEE-226D06A21DD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{BEBCA812-C4A0-4636-98BC-6F7563F9B441}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E61EBC81-A2C5-4DF0-9D52-5A9F2AFC4BAD}"/>
   </bookViews>
   <sheets>
-    <sheet name="t5 " sheetId="1" r:id="rId1"/>
+    <sheet name="t5  (2)" sheetId="23" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="16">
   <si>
     <t xml:space="preserve">       หญิง                        </t>
   </si>
   <si>
     <t xml:space="preserve">       ชาย                         </t>
   </si>
   <si>
     <t xml:space="preserve">  หนองคาย                          </t>
   </si>
   <si>
     <t>ภาคตะวันออกเฉียงเหนือ</t>
   </si>
   <si>
     <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
   </si>
   <si>
     <t>ร้อยละ</t>
   </si>
   <si>
-    <t>ครัวเรือน</t>
+    <t>ภาคและเพศ</t>
+  </si>
+  <si>
+    <t>ยอดรวม</t>
+  </si>
+  <si>
+    <t>นายจ้าง</t>
+  </si>
+  <si>
+    <t>ลูกจ้างรัฐบาล</t>
+  </si>
+  <si>
+    <t>ลูกจ้างเอกชน</t>
+  </si>
+  <si>
+    <t>ทำงานส่วนตัว</t>
+  </si>
+  <si>
+    <t>ช่วยธุรกิจ</t>
   </si>
   <si>
     <t>การรวมกลุ่ม</t>
   </si>
   <si>
-    <t>ช่วยธุรกิจ</t>
+    <t>ครัวเรือน</t>
   </si>
   <si>
-    <t>ทำงานส่วนตัว</t>
-[...17 lines deleted...]
-    <t>ตารางที่ 5 จำนวนผู้มีงานทำ จำแนกตามสถานภาพการทำงาน และเพศ  ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 1 (มกราคม - มีนาคม) 2568</t>
+    <t>ตารางที่ 5 จำนวนผู้มีงานทำ จำแนกตามสถานภาพการทำงาน และเพศ  ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 2 (เมษายน - มิถุนายน) 2568</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="189" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="190" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
-      <sz val="16"/>
-[...1 lines deleted...]
-      <name val="AngsanaUPC"/>
+      <sz val="14"/>
+      <name val="Cordia New"/>
       <family val="2"/>
-      <charset val="222"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC00"/>
         <bgColor indexed="64"/>
@@ -164,131 +170,148 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="189" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="จุลภาค" xfId="1" builtinId="3"/>
+  <cellStyles count="7">
+    <cellStyle name="จุลภาค" xfId="2" builtinId="3"/>
+    <cellStyle name="จุลภาค 2" xfId="4" xr:uid="{33B5872B-5E7C-4269-B354-A26486DA5109}"/>
+    <cellStyle name="จุลภาค 2 2" xfId="6" xr:uid="{8B1272D1-D594-4E27-B241-815E1AD366B8}"/>
     <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
-    <cellStyle name="ปกติ 2" xfId="2" xr:uid="{9F24B27E-A6E0-4C4B-BBCE-507D8429E883}"/>
+    <cellStyle name="ปกติ 2" xfId="3" xr:uid="{BC896BAD-23DF-445E-907F-26D08F905838}"/>
+    <cellStyle name="ปกติ 2 2" xfId="1" xr:uid="{6A7D230D-7D82-4FD6-9A4E-BDFC8031ECAF}"/>
+    <cellStyle name="ปกติ 2 2 2" xfId="5" xr:uid="{E61CF66B-1EED-4571-B14B-233E7E396417}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -563,951 +586,966 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2BAD2B99-C2B3-40D8-A4F8-4AB6DC31B500}">
-  <dimension ref="A1:H23"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D632C7E-08B3-42E3-9232-3F6FDC1A5838}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
+  <dimension ref="A1:K23"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
-      <selection activeCell="I18" sqref="I18"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="21.75" x14ac:dyDescent="0.5"/>
+  <sheetFormatPr defaultRowHeight="21" x14ac:dyDescent="0.7"/>
   <cols>
-    <col min="1" max="1" width="23.85546875" style="1" customWidth="1"/>
-[...317 lines deleted...]
-    <col min="16368" max="16384" width="8.85546875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="23.8984375" style="3" customWidth="1"/>
+    <col min="2" max="8" width="16.296875" style="3" customWidth="1"/>
+    <col min="9" max="243" width="8.796875" style="3"/>
+    <col min="244" max="244" width="23.8984375" style="3" customWidth="1"/>
+    <col min="245" max="251" width="16.296875" style="3" customWidth="1"/>
+    <col min="252" max="252" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="253" max="253" width="4.296875" style="3" customWidth="1"/>
+    <col min="254" max="499" width="8.796875" style="3"/>
+    <col min="500" max="500" width="23.8984375" style="3" customWidth="1"/>
+    <col min="501" max="507" width="16.296875" style="3" customWidth="1"/>
+    <col min="508" max="508" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="509" max="509" width="4.296875" style="3" customWidth="1"/>
+    <col min="510" max="755" width="8.796875" style="3"/>
+    <col min="756" max="756" width="23.8984375" style="3" customWidth="1"/>
+    <col min="757" max="763" width="16.296875" style="3" customWidth="1"/>
+    <col min="764" max="764" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="765" max="765" width="4.296875" style="3" customWidth="1"/>
+    <col min="766" max="1011" width="8.796875" style="3"/>
+    <col min="1012" max="1012" width="23.8984375" style="3" customWidth="1"/>
+    <col min="1013" max="1019" width="16.296875" style="3" customWidth="1"/>
+    <col min="1020" max="1020" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1021" max="1021" width="4.296875" style="3" customWidth="1"/>
+    <col min="1022" max="1267" width="8.796875" style="3"/>
+    <col min="1268" max="1268" width="23.8984375" style="3" customWidth="1"/>
+    <col min="1269" max="1275" width="16.296875" style="3" customWidth="1"/>
+    <col min="1276" max="1276" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1277" max="1277" width="4.296875" style="3" customWidth="1"/>
+    <col min="1278" max="1523" width="8.796875" style="3"/>
+    <col min="1524" max="1524" width="23.8984375" style="3" customWidth="1"/>
+    <col min="1525" max="1531" width="16.296875" style="3" customWidth="1"/>
+    <col min="1532" max="1532" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1533" max="1533" width="4.296875" style="3" customWidth="1"/>
+    <col min="1534" max="1779" width="8.796875" style="3"/>
+    <col min="1780" max="1780" width="23.8984375" style="3" customWidth="1"/>
+    <col min="1781" max="1787" width="16.296875" style="3" customWidth="1"/>
+    <col min="1788" max="1788" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="1789" max="1789" width="4.296875" style="3" customWidth="1"/>
+    <col min="1790" max="2035" width="8.796875" style="3"/>
+    <col min="2036" max="2036" width="23.8984375" style="3" customWidth="1"/>
+    <col min="2037" max="2043" width="16.296875" style="3" customWidth="1"/>
+    <col min="2044" max="2044" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2045" max="2045" width="4.296875" style="3" customWidth="1"/>
+    <col min="2046" max="2291" width="8.796875" style="3"/>
+    <col min="2292" max="2292" width="23.8984375" style="3" customWidth="1"/>
+    <col min="2293" max="2299" width="16.296875" style="3" customWidth="1"/>
+    <col min="2300" max="2300" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2301" max="2301" width="4.296875" style="3" customWidth="1"/>
+    <col min="2302" max="2547" width="8.796875" style="3"/>
+    <col min="2548" max="2548" width="23.8984375" style="3" customWidth="1"/>
+    <col min="2549" max="2555" width="16.296875" style="3" customWidth="1"/>
+    <col min="2556" max="2556" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2557" max="2557" width="4.296875" style="3" customWidth="1"/>
+    <col min="2558" max="2803" width="8.796875" style="3"/>
+    <col min="2804" max="2804" width="23.8984375" style="3" customWidth="1"/>
+    <col min="2805" max="2811" width="16.296875" style="3" customWidth="1"/>
+    <col min="2812" max="2812" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2813" max="2813" width="4.296875" style="3" customWidth="1"/>
+    <col min="2814" max="3059" width="8.796875" style="3"/>
+    <col min="3060" max="3060" width="23.8984375" style="3" customWidth="1"/>
+    <col min="3061" max="3067" width="16.296875" style="3" customWidth="1"/>
+    <col min="3068" max="3068" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3069" max="3069" width="4.296875" style="3" customWidth="1"/>
+    <col min="3070" max="3315" width="8.796875" style="3"/>
+    <col min="3316" max="3316" width="23.8984375" style="3" customWidth="1"/>
+    <col min="3317" max="3323" width="16.296875" style="3" customWidth="1"/>
+    <col min="3324" max="3324" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3325" max="3325" width="4.296875" style="3" customWidth="1"/>
+    <col min="3326" max="3571" width="8.796875" style="3"/>
+    <col min="3572" max="3572" width="23.8984375" style="3" customWidth="1"/>
+    <col min="3573" max="3579" width="16.296875" style="3" customWidth="1"/>
+    <col min="3580" max="3580" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3581" max="3581" width="4.296875" style="3" customWidth="1"/>
+    <col min="3582" max="3827" width="8.796875" style="3"/>
+    <col min="3828" max="3828" width="23.8984375" style="3" customWidth="1"/>
+    <col min="3829" max="3835" width="16.296875" style="3" customWidth="1"/>
+    <col min="3836" max="3836" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="3837" max="3837" width="4.296875" style="3" customWidth="1"/>
+    <col min="3838" max="4083" width="8.796875" style="3"/>
+    <col min="4084" max="4084" width="23.8984375" style="3" customWidth="1"/>
+    <col min="4085" max="4091" width="16.296875" style="3" customWidth="1"/>
+    <col min="4092" max="4092" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4093" max="4093" width="4.296875" style="3" customWidth="1"/>
+    <col min="4094" max="4339" width="8.796875" style="3"/>
+    <col min="4340" max="4340" width="23.8984375" style="3" customWidth="1"/>
+    <col min="4341" max="4347" width="16.296875" style="3" customWidth="1"/>
+    <col min="4348" max="4348" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4349" max="4349" width="4.296875" style="3" customWidth="1"/>
+    <col min="4350" max="4595" width="8.796875" style="3"/>
+    <col min="4596" max="4596" width="23.8984375" style="3" customWidth="1"/>
+    <col min="4597" max="4603" width="16.296875" style="3" customWidth="1"/>
+    <col min="4604" max="4604" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4605" max="4605" width="4.296875" style="3" customWidth="1"/>
+    <col min="4606" max="4851" width="8.796875" style="3"/>
+    <col min="4852" max="4852" width="23.8984375" style="3" customWidth="1"/>
+    <col min="4853" max="4859" width="16.296875" style="3" customWidth="1"/>
+    <col min="4860" max="4860" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="4861" max="4861" width="4.296875" style="3" customWidth="1"/>
+    <col min="4862" max="5107" width="8.796875" style="3"/>
+    <col min="5108" max="5108" width="23.8984375" style="3" customWidth="1"/>
+    <col min="5109" max="5115" width="16.296875" style="3" customWidth="1"/>
+    <col min="5116" max="5116" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5117" max="5117" width="4.296875" style="3" customWidth="1"/>
+    <col min="5118" max="5363" width="8.796875" style="3"/>
+    <col min="5364" max="5364" width="23.8984375" style="3" customWidth="1"/>
+    <col min="5365" max="5371" width="16.296875" style="3" customWidth="1"/>
+    <col min="5372" max="5372" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5373" max="5373" width="4.296875" style="3" customWidth="1"/>
+    <col min="5374" max="5619" width="8.796875" style="3"/>
+    <col min="5620" max="5620" width="23.8984375" style="3" customWidth="1"/>
+    <col min="5621" max="5627" width="16.296875" style="3" customWidth="1"/>
+    <col min="5628" max="5628" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5629" max="5629" width="4.296875" style="3" customWidth="1"/>
+    <col min="5630" max="5875" width="8.796875" style="3"/>
+    <col min="5876" max="5876" width="23.8984375" style="3" customWidth="1"/>
+    <col min="5877" max="5883" width="16.296875" style="3" customWidth="1"/>
+    <col min="5884" max="5884" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="5885" max="5885" width="4.296875" style="3" customWidth="1"/>
+    <col min="5886" max="6131" width="8.796875" style="3"/>
+    <col min="6132" max="6132" width="23.8984375" style="3" customWidth="1"/>
+    <col min="6133" max="6139" width="16.296875" style="3" customWidth="1"/>
+    <col min="6140" max="6140" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6141" max="6141" width="4.296875" style="3" customWidth="1"/>
+    <col min="6142" max="6387" width="8.796875" style="3"/>
+    <col min="6388" max="6388" width="23.8984375" style="3" customWidth="1"/>
+    <col min="6389" max="6395" width="16.296875" style="3" customWidth="1"/>
+    <col min="6396" max="6396" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6397" max="6397" width="4.296875" style="3" customWidth="1"/>
+    <col min="6398" max="6643" width="8.796875" style="3"/>
+    <col min="6644" max="6644" width="23.8984375" style="3" customWidth="1"/>
+    <col min="6645" max="6651" width="16.296875" style="3" customWidth="1"/>
+    <col min="6652" max="6652" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6653" max="6653" width="4.296875" style="3" customWidth="1"/>
+    <col min="6654" max="6899" width="8.796875" style="3"/>
+    <col min="6900" max="6900" width="23.8984375" style="3" customWidth="1"/>
+    <col min="6901" max="6907" width="16.296875" style="3" customWidth="1"/>
+    <col min="6908" max="6908" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="6909" max="6909" width="4.296875" style="3" customWidth="1"/>
+    <col min="6910" max="7155" width="8.796875" style="3"/>
+    <col min="7156" max="7156" width="23.8984375" style="3" customWidth="1"/>
+    <col min="7157" max="7163" width="16.296875" style="3" customWidth="1"/>
+    <col min="7164" max="7164" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7165" max="7165" width="4.296875" style="3" customWidth="1"/>
+    <col min="7166" max="7411" width="8.796875" style="3"/>
+    <col min="7412" max="7412" width="23.8984375" style="3" customWidth="1"/>
+    <col min="7413" max="7419" width="16.296875" style="3" customWidth="1"/>
+    <col min="7420" max="7420" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7421" max="7421" width="4.296875" style="3" customWidth="1"/>
+    <col min="7422" max="7667" width="8.796875" style="3"/>
+    <col min="7668" max="7668" width="23.8984375" style="3" customWidth="1"/>
+    <col min="7669" max="7675" width="16.296875" style="3" customWidth="1"/>
+    <col min="7676" max="7676" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7677" max="7677" width="4.296875" style="3" customWidth="1"/>
+    <col min="7678" max="7923" width="8.796875" style="3"/>
+    <col min="7924" max="7924" width="23.8984375" style="3" customWidth="1"/>
+    <col min="7925" max="7931" width="16.296875" style="3" customWidth="1"/>
+    <col min="7932" max="7932" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="7933" max="7933" width="4.296875" style="3" customWidth="1"/>
+    <col min="7934" max="8179" width="8.796875" style="3"/>
+    <col min="8180" max="8180" width="23.8984375" style="3" customWidth="1"/>
+    <col min="8181" max="8187" width="16.296875" style="3" customWidth="1"/>
+    <col min="8188" max="8188" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8189" max="8189" width="4.296875" style="3" customWidth="1"/>
+    <col min="8190" max="8435" width="8.796875" style="3"/>
+    <col min="8436" max="8436" width="23.8984375" style="3" customWidth="1"/>
+    <col min="8437" max="8443" width="16.296875" style="3" customWidth="1"/>
+    <col min="8444" max="8444" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8445" max="8445" width="4.296875" style="3" customWidth="1"/>
+    <col min="8446" max="8691" width="8.796875" style="3"/>
+    <col min="8692" max="8692" width="23.8984375" style="3" customWidth="1"/>
+    <col min="8693" max="8699" width="16.296875" style="3" customWidth="1"/>
+    <col min="8700" max="8700" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8701" max="8701" width="4.296875" style="3" customWidth="1"/>
+    <col min="8702" max="8947" width="8.796875" style="3"/>
+    <col min="8948" max="8948" width="23.8984375" style="3" customWidth="1"/>
+    <col min="8949" max="8955" width="16.296875" style="3" customWidth="1"/>
+    <col min="8956" max="8956" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="8957" max="8957" width="4.296875" style="3" customWidth="1"/>
+    <col min="8958" max="9203" width="8.796875" style="3"/>
+    <col min="9204" max="9204" width="23.8984375" style="3" customWidth="1"/>
+    <col min="9205" max="9211" width="16.296875" style="3" customWidth="1"/>
+    <col min="9212" max="9212" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9213" max="9213" width="4.296875" style="3" customWidth="1"/>
+    <col min="9214" max="9459" width="8.796875" style="3"/>
+    <col min="9460" max="9460" width="23.8984375" style="3" customWidth="1"/>
+    <col min="9461" max="9467" width="16.296875" style="3" customWidth="1"/>
+    <col min="9468" max="9468" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9469" max="9469" width="4.296875" style="3" customWidth="1"/>
+    <col min="9470" max="9715" width="8.796875" style="3"/>
+    <col min="9716" max="9716" width="23.8984375" style="3" customWidth="1"/>
+    <col min="9717" max="9723" width="16.296875" style="3" customWidth="1"/>
+    <col min="9724" max="9724" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9725" max="9725" width="4.296875" style="3" customWidth="1"/>
+    <col min="9726" max="9971" width="8.796875" style="3"/>
+    <col min="9972" max="9972" width="23.8984375" style="3" customWidth="1"/>
+    <col min="9973" max="9979" width="16.296875" style="3" customWidth="1"/>
+    <col min="9980" max="9980" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="9981" max="9981" width="4.296875" style="3" customWidth="1"/>
+    <col min="9982" max="10227" width="8.796875" style="3"/>
+    <col min="10228" max="10228" width="23.8984375" style="3" customWidth="1"/>
+    <col min="10229" max="10235" width="16.296875" style="3" customWidth="1"/>
+    <col min="10236" max="10236" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="10237" max="10237" width="4.296875" style="3" customWidth="1"/>
+    <col min="10238" max="10483" width="8.796875" style="3"/>
+    <col min="10484" max="10484" width="23.8984375" style="3" customWidth="1"/>
+    <col min="10485" max="10491" width="16.296875" style="3" customWidth="1"/>
+    <col min="10492" max="10492" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="10493" max="10493" width="4.296875" style="3" customWidth="1"/>
+    <col min="10494" max="10739" width="8.796875" style="3"/>
+    <col min="10740" max="10740" width="23.8984375" style="3" customWidth="1"/>
+    <col min="10741" max="10747" width="16.296875" style="3" customWidth="1"/>
+    <col min="10748" max="10748" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="10749" max="10749" width="4.296875" style="3" customWidth="1"/>
+    <col min="10750" max="10995" width="8.796875" style="3"/>
+    <col min="10996" max="10996" width="23.8984375" style="3" customWidth="1"/>
+    <col min="10997" max="11003" width="16.296875" style="3" customWidth="1"/>
+    <col min="11004" max="11004" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11005" max="11005" width="4.296875" style="3" customWidth="1"/>
+    <col min="11006" max="11251" width="8.796875" style="3"/>
+    <col min="11252" max="11252" width="23.8984375" style="3" customWidth="1"/>
+    <col min="11253" max="11259" width="16.296875" style="3" customWidth="1"/>
+    <col min="11260" max="11260" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11261" max="11261" width="4.296875" style="3" customWidth="1"/>
+    <col min="11262" max="11507" width="8.796875" style="3"/>
+    <col min="11508" max="11508" width="23.8984375" style="3" customWidth="1"/>
+    <col min="11509" max="11515" width="16.296875" style="3" customWidth="1"/>
+    <col min="11516" max="11516" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11517" max="11517" width="4.296875" style="3" customWidth="1"/>
+    <col min="11518" max="11763" width="8.796875" style="3"/>
+    <col min="11764" max="11764" width="23.8984375" style="3" customWidth="1"/>
+    <col min="11765" max="11771" width="16.296875" style="3" customWidth="1"/>
+    <col min="11772" max="11772" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="11773" max="11773" width="4.296875" style="3" customWidth="1"/>
+    <col min="11774" max="12019" width="8.796875" style="3"/>
+    <col min="12020" max="12020" width="23.8984375" style="3" customWidth="1"/>
+    <col min="12021" max="12027" width="16.296875" style="3" customWidth="1"/>
+    <col min="12028" max="12028" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12029" max="12029" width="4.296875" style="3" customWidth="1"/>
+    <col min="12030" max="12275" width="8.796875" style="3"/>
+    <col min="12276" max="12276" width="23.8984375" style="3" customWidth="1"/>
+    <col min="12277" max="12283" width="16.296875" style="3" customWidth="1"/>
+    <col min="12284" max="12284" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12285" max="12285" width="4.296875" style="3" customWidth="1"/>
+    <col min="12286" max="12531" width="8.796875" style="3"/>
+    <col min="12532" max="12532" width="23.8984375" style="3" customWidth="1"/>
+    <col min="12533" max="12539" width="16.296875" style="3" customWidth="1"/>
+    <col min="12540" max="12540" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12541" max="12541" width="4.296875" style="3" customWidth="1"/>
+    <col min="12542" max="12787" width="8.796875" style="3"/>
+    <col min="12788" max="12788" width="23.8984375" style="3" customWidth="1"/>
+    <col min="12789" max="12795" width="16.296875" style="3" customWidth="1"/>
+    <col min="12796" max="12796" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="12797" max="12797" width="4.296875" style="3" customWidth="1"/>
+    <col min="12798" max="13043" width="8.796875" style="3"/>
+    <col min="13044" max="13044" width="23.8984375" style="3" customWidth="1"/>
+    <col min="13045" max="13051" width="16.296875" style="3" customWidth="1"/>
+    <col min="13052" max="13052" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13053" max="13053" width="4.296875" style="3" customWidth="1"/>
+    <col min="13054" max="13299" width="8.796875" style="3"/>
+    <col min="13300" max="13300" width="23.8984375" style="3" customWidth="1"/>
+    <col min="13301" max="13307" width="16.296875" style="3" customWidth="1"/>
+    <col min="13308" max="13308" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13309" max="13309" width="4.296875" style="3" customWidth="1"/>
+    <col min="13310" max="13555" width="8.796875" style="3"/>
+    <col min="13556" max="13556" width="23.8984375" style="3" customWidth="1"/>
+    <col min="13557" max="13563" width="16.296875" style="3" customWidth="1"/>
+    <col min="13564" max="13564" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13565" max="13565" width="4.296875" style="3" customWidth="1"/>
+    <col min="13566" max="13811" width="8.796875" style="3"/>
+    <col min="13812" max="13812" width="23.8984375" style="3" customWidth="1"/>
+    <col min="13813" max="13819" width="16.296875" style="3" customWidth="1"/>
+    <col min="13820" max="13820" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="13821" max="13821" width="4.296875" style="3" customWidth="1"/>
+    <col min="13822" max="14067" width="8.796875" style="3"/>
+    <col min="14068" max="14068" width="23.8984375" style="3" customWidth="1"/>
+    <col min="14069" max="14075" width="16.296875" style="3" customWidth="1"/>
+    <col min="14076" max="14076" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14077" max="14077" width="4.296875" style="3" customWidth="1"/>
+    <col min="14078" max="14323" width="8.796875" style="3"/>
+    <col min="14324" max="14324" width="23.8984375" style="3" customWidth="1"/>
+    <col min="14325" max="14331" width="16.296875" style="3" customWidth="1"/>
+    <col min="14332" max="14332" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14333" max="14333" width="4.296875" style="3" customWidth="1"/>
+    <col min="14334" max="14579" width="8.796875" style="3"/>
+    <col min="14580" max="14580" width="23.8984375" style="3" customWidth="1"/>
+    <col min="14581" max="14587" width="16.296875" style="3" customWidth="1"/>
+    <col min="14588" max="14588" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14589" max="14589" width="4.296875" style="3" customWidth="1"/>
+    <col min="14590" max="14835" width="8.796875" style="3"/>
+    <col min="14836" max="14836" width="23.8984375" style="3" customWidth="1"/>
+    <col min="14837" max="14843" width="16.296875" style="3" customWidth="1"/>
+    <col min="14844" max="14844" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="14845" max="14845" width="4.296875" style="3" customWidth="1"/>
+    <col min="14846" max="15091" width="8.796875" style="3"/>
+    <col min="15092" max="15092" width="23.8984375" style="3" customWidth="1"/>
+    <col min="15093" max="15099" width="16.296875" style="3" customWidth="1"/>
+    <col min="15100" max="15100" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15101" max="15101" width="4.296875" style="3" customWidth="1"/>
+    <col min="15102" max="15347" width="8.796875" style="3"/>
+    <col min="15348" max="15348" width="23.8984375" style="3" customWidth="1"/>
+    <col min="15349" max="15355" width="16.296875" style="3" customWidth="1"/>
+    <col min="15356" max="15356" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15357" max="15357" width="4.296875" style="3" customWidth="1"/>
+    <col min="15358" max="15603" width="8.796875" style="3"/>
+    <col min="15604" max="15604" width="23.8984375" style="3" customWidth="1"/>
+    <col min="15605" max="15611" width="16.296875" style="3" customWidth="1"/>
+    <col min="15612" max="15612" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15613" max="15613" width="4.296875" style="3" customWidth="1"/>
+    <col min="15614" max="15859" width="8.796875" style="3"/>
+    <col min="15860" max="15860" width="23.8984375" style="3" customWidth="1"/>
+    <col min="15861" max="15867" width="16.296875" style="3" customWidth="1"/>
+    <col min="15868" max="15868" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="15869" max="15869" width="4.296875" style="3" customWidth="1"/>
+    <col min="15870" max="16115" width="8.796875" style="3"/>
+    <col min="16116" max="16116" width="23.8984375" style="3" customWidth="1"/>
+    <col min="16117" max="16123" width="16.296875" style="3" customWidth="1"/>
+    <col min="16124" max="16124" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="16125" max="16125" width="4.296875" style="3" customWidth="1"/>
+    <col min="16126" max="16372" width="8.796875" style="3"/>
+    <col min="16373" max="16384" width="8.8984375" style="3" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="18" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="20" t="s">
+    <row r="1" spans="1:11" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A1" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="19"/>
-[...18 lines deleted...]
-      <c r="A3" s="24" t="s">
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+    </row>
+    <row r="2" spans="1:11" s="10" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A2" s="8"/>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+    </row>
+    <row r="3" spans="1:11" s="1" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="29" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="H3" s="27" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" s="1" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A4" s="30"/>
+      <c r="B4" s="28"/>
+      <c r="C4" s="28"/>
+      <c r="D4" s="28"/>
+      <c r="E4" s="28"/>
+      <c r="F4" s="28"/>
+      <c r="G4" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="21" t="s">
-[...34 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="H4" s="28"/>
+    </row>
+    <row r="5" spans="1:11" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="11">
-[...22 lines deleted...]
-      <c r="A6" s="1" t="s">
+      <c r="B5" s="19">
+        <v>39509992.509999998</v>
+      </c>
+      <c r="C5" s="19">
+        <v>977705.45</v>
+      </c>
+      <c r="D5" s="19">
+        <v>3713636.9</v>
+      </c>
+      <c r="E5" s="19">
+        <v>16038829.6</v>
+      </c>
+      <c r="F5" s="19">
+        <v>12984683.43</v>
+      </c>
+      <c r="G5" s="19">
+        <v>5776791.9100000001</v>
+      </c>
+      <c r="H5" s="19">
+        <v>18345.21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A6" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="8">
-[...22 lines deleted...]
-      <c r="A7" s="1" t="s">
+      <c r="B6" s="20">
+        <v>21255853.120000001</v>
+      </c>
+      <c r="C6" s="20">
+        <v>714850.08</v>
+      </c>
+      <c r="D6" s="20">
+        <v>1734922.51</v>
+      </c>
+      <c r="E6" s="20">
+        <v>8663256.8800000008</v>
+      </c>
+      <c r="F6" s="20">
+        <v>7697532.0999999996</v>
+      </c>
+      <c r="G6" s="20">
+        <v>2430458.09</v>
+      </c>
+      <c r="H6" s="20">
+        <v>14833.46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A7" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="8">
-[...22 lines deleted...]
-      <c r="A8" s="7" t="s">
+      <c r="B7" s="20">
+        <v>18254139.390000001</v>
+      </c>
+      <c r="C7" s="20">
+        <v>262855.38</v>
+      </c>
+      <c r="D7" s="20">
+        <v>1978714.39</v>
+      </c>
+      <c r="E7" s="20">
+        <v>7375572.7199999997</v>
+      </c>
+      <c r="F7" s="20">
+        <v>5287151.33</v>
+      </c>
+      <c r="G7" s="20">
+        <v>3346333.82</v>
+      </c>
+      <c r="H7" s="20">
+        <v>3511.75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A8" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="11">
-[...22 lines deleted...]
-      <c r="A9" s="1" t="s">
+      <c r="B8" s="19">
+        <v>8995228.8200000003</v>
+      </c>
+      <c r="C8" s="19">
+        <v>107625.54</v>
+      </c>
+      <c r="D8" s="19">
+        <v>893777.22</v>
+      </c>
+      <c r="E8" s="19">
+        <v>2010946.95</v>
+      </c>
+      <c r="F8" s="19">
+        <v>3905220.37</v>
+      </c>
+      <c r="G8" s="19">
+        <v>2063738.42</v>
+      </c>
+      <c r="H8" s="19">
+        <v>13920.32</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A9" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="8">
-[...22 lines deleted...]
-      <c r="A10" s="1" t="s">
+      <c r="B9" s="20">
+        <v>4914224.51</v>
+      </c>
+      <c r="C9" s="20">
+        <v>79389.63</v>
+      </c>
+      <c r="D9" s="20">
+        <v>408915.16</v>
+      </c>
+      <c r="E9" s="20">
+        <v>1162445.6599999999</v>
+      </c>
+      <c r="F9" s="20">
+        <v>2364917.0299999998</v>
+      </c>
+      <c r="G9" s="20">
+        <v>886655.43</v>
+      </c>
+      <c r="H9" s="20">
+        <v>11901.6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A10" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="9">
-[...22 lines deleted...]
-      <c r="A11" s="5" t="s">
+      <c r="B10" s="18">
+        <v>4081004.3</v>
+      </c>
+      <c r="C10" s="18">
+        <v>28235.919999999998</v>
+      </c>
+      <c r="D10" s="18">
+        <v>484862.06</v>
+      </c>
+      <c r="E10" s="18">
+        <v>848501.29</v>
+      </c>
+      <c r="F10" s="18">
+        <v>1540303.34</v>
+      </c>
+      <c r="G10" s="18">
+        <v>1177082.99</v>
+      </c>
+      <c r="H10" s="18">
+        <v>2018.72</v>
+      </c>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="14"/>
+    </row>
+    <row r="11" spans="1:11" s="2" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A11" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="10">
-[...17 lines deleted...]
-      <c r="H11" s="10">
+      <c r="B11" s="17">
+        <v>218026</v>
+      </c>
+      <c r="C11" s="17">
+        <v>3933</v>
+      </c>
+      <c r="D11" s="17">
+        <v>20840</v>
+      </c>
+      <c r="E11" s="17">
+        <v>58729</v>
+      </c>
+      <c r="F11" s="17">
+        <v>75037</v>
+      </c>
+      <c r="G11" s="17">
+        <v>59487</v>
+      </c>
+      <c r="H11" s="17">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="I11" s="13"/>
+      <c r="J11" s="13"/>
+      <c r="K11" s="13"/>
+    </row>
+    <row r="12" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B12" s="9">
-[...17 lines deleted...]
-      <c r="H12" s="9">
+      <c r="B12" s="18">
+        <v>122248</v>
+      </c>
+      <c r="C12" s="18">
+        <v>3152</v>
+      </c>
+      <c r="D12" s="18">
+        <v>8323</v>
+      </c>
+      <c r="E12" s="18">
+        <v>39882</v>
+      </c>
+      <c r="F12" s="18">
+        <v>43893</v>
+      </c>
+      <c r="G12" s="18">
+        <v>26998</v>
+      </c>
+      <c r="H12" s="18">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="14"/>
+    </row>
+    <row r="13" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B13" s="8">
-[...17 lines deleted...]
-      <c r="H13" s="8">
+      <c r="B13" s="20">
+        <v>95778</v>
+      </c>
+      <c r="C13" s="20">
+        <v>781</v>
+      </c>
+      <c r="D13" s="20">
+        <v>12517</v>
+      </c>
+      <c r="E13" s="20">
+        <v>18847</v>
+      </c>
+      <c r="F13" s="20">
+        <v>31144</v>
+      </c>
+      <c r="G13" s="20">
+        <v>32489</v>
+      </c>
+      <c r="H13" s="20">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A14" s="23" t="s">
+    <row r="14" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="B14" s="23"/>
-[...8 lines deleted...]
-      <c r="A15" s="5" t="s">
+      <c r="B14" s="26"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+    </row>
+    <row r="15" spans="1:11" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A15" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B15" s="6">
+      <c r="B15" s="11">
         <v>100</v>
       </c>
-      <c r="C15" s="6">
-[...19 lines deleted...]
-      <c r="A16" s="1" t="s">
+      <c r="C15" s="11">
+        <v>2.4745776647579527</v>
+      </c>
+      <c r="D15" s="11">
+        <v>9.3992346342765742</v>
+      </c>
+      <c r="E15" s="11">
+        <v>40.594362542439264</v>
+      </c>
+      <c r="F15" s="11">
+        <v>32.864302433652881</v>
+      </c>
+      <c r="G15" s="11">
+        <v>14.621090876030642</v>
+      </c>
+      <c r="H15" s="11">
+        <v>4.6431823532633719E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A16" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B16" s="4">
+      <c r="B16" s="12">
         <v>100</v>
       </c>
-      <c r="C16" s="4">
-[...19 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="C16" s="12">
+        <v>3.3630740481895085</v>
+      </c>
+      <c r="D16" s="12">
+        <v>8.1620930489380417</v>
+      </c>
+      <c r="E16" s="12">
+        <v>40.757041512714409</v>
+      </c>
+      <c r="F16" s="12">
+        <v>36.213705733397539</v>
+      </c>
+      <c r="G16" s="12">
+        <v>11.434300360841032</v>
+      </c>
+      <c r="H16" s="12">
+        <v>6.9785295919470483E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B17" s="4">
+      <c r="B17" s="12">
         <v>100</v>
       </c>
-      <c r="C17" s="4">
-[...19 lines deleted...]
-      <c r="A18" s="7" t="s">
+      <c r="C17" s="12">
+        <v>1.4399768424251087</v>
+      </c>
+      <c r="D17" s="12">
+        <v>10.83981198852892</v>
+      </c>
+      <c r="E17" s="12">
+        <v>40.404932615122313</v>
+      </c>
+      <c r="F17" s="12">
+        <v>28.96412269589884</v>
+      </c>
+      <c r="G17" s="12">
+        <v>18.331917755778679</v>
+      </c>
+      <c r="H17" s="12">
+        <v>1.9238102246133881E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="6">
+      <c r="B18" s="11">
         <v>100</v>
       </c>
-      <c r="C18" s="6">
-[...19 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="C18" s="11">
+        <v>1.1964736212235676</v>
+      </c>
+      <c r="D18" s="11">
+        <v>9.9361254492245372</v>
+      </c>
+      <c r="E18" s="11">
+        <v>22.355706455502926</v>
+      </c>
+      <c r="F18" s="11">
+        <v>43.414352743502526</v>
+      </c>
+      <c r="G18" s="11">
+        <v>22.942589469336035</v>
+      </c>
+      <c r="H18" s="11">
+        <v>0.15475226121040464</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B19" s="4">
+      <c r="B19" s="12">
         <v>100</v>
       </c>
-      <c r="C19" s="4">
-[...19 lines deleted...]
-      <c r="A20" s="1" t="s">
+      <c r="C19" s="12">
+        <v>1.6155067770804801</v>
+      </c>
+      <c r="D19" s="12">
+        <v>8.3210516566325943</v>
+      </c>
+      <c r="E19" s="12">
+        <v>23.654712104311244</v>
+      </c>
+      <c r="F19" s="12">
+        <v>48.123911009511446</v>
+      </c>
+      <c r="G19" s="12">
+        <v>18.042631715253076</v>
+      </c>
+      <c r="H19" s="12">
+        <v>0.24218673721115766</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B20" s="4">
+      <c r="B20" s="12">
         <v>100</v>
       </c>
-      <c r="C20" s="4">
-[...19 lines deleted...]
-      <c r="A21" s="5" t="s">
+      <c r="C20" s="12">
+        <v>0.69188655351331041</v>
+      </c>
+      <c r="D20" s="12">
+        <v>11.880949500592292</v>
+      </c>
+      <c r="E20" s="12">
+        <v>20.791482380942359</v>
+      </c>
+      <c r="F20" s="12">
+        <v>37.743242270046132</v>
+      </c>
+      <c r="G20" s="12">
+        <v>28.842973529824512</v>
+      </c>
+      <c r="H20" s="12">
+        <v>4.9466255156849506E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" s="2" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B21" s="6">
+      <c r="B21" s="15">
         <v>100</v>
       </c>
-      <c r="C21" s="6">
-[...14 lines deleted...]
-      <c r="H21" s="6">
+      <c r="C21" s="15">
+        <v>1.8039132947446634</v>
+      </c>
+      <c r="D21" s="15">
+        <v>9.5584930237678076</v>
+      </c>
+      <c r="E21" s="15">
+        <v>26.936695623457751</v>
+      </c>
+      <c r="F21" s="15">
+        <v>34.41653747718162</v>
+      </c>
+      <c r="G21" s="15">
+        <v>27.284360580848155</v>
+      </c>
+      <c r="H21" s="15">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="K21" s="24"/>
+    </row>
+    <row r="22" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A22" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B22" s="4">
+      <c r="B22" s="16">
         <v>100</v>
       </c>
-      <c r="C22" s="4">
-[...14 lines deleted...]
-      <c r="H22" s="4">
+      <c r="C22" s="16">
+        <v>2.578365290229697</v>
+      </c>
+      <c r="D22" s="16">
+        <v>6.8082913421896469</v>
+      </c>
+      <c r="E22" s="16">
+        <v>32.623846606897459</v>
+      </c>
+      <c r="F22" s="16">
+        <v>35.904881879458152</v>
+      </c>
+      <c r="G22" s="16">
+        <v>22.08461488122505</v>
+      </c>
+      <c r="H22" s="16">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="3" t="s">
+      <c r="K22" s="24"/>
+    </row>
+    <row r="23" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A23" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B23" s="2">
+      <c r="B23" s="21">
         <v>100</v>
       </c>
-      <c r="C23" s="2">
-[...14 lines deleted...]
-      <c r="H23" s="2">
+      <c r="C23" s="21">
+        <v>0.81542734239595727</v>
+      </c>
+      <c r="D23" s="21">
+        <v>13.06876318152394</v>
+      </c>
+      <c r="E23" s="21">
+        <v>19.677796571237653</v>
+      </c>
+      <c r="F23" s="21">
+        <v>32.516861909833153</v>
+      </c>
+      <c r="G23" s="21">
+        <v>33.921150995009292</v>
+      </c>
+      <c r="H23" s="21">
         <v>0</v>
       </c>
+      <c r="K23" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="A14:H14"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.47244094488188981" right="0.23622047244094491" top="0.98425196850393704" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"FreesiaUPC,Bold"&amp;16 6</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>เวิร์กชีต</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>t5 </vt:lpstr>
+      <vt:lpstr>t5  (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>NSO</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>