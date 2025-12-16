--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,362 +1,396 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\2568\กลุ่ม วิชาการ\1-2568\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ณิชา\1.ผอ.ว(วรุณี)\____________________________สรง\2.สรง.ไตรมาส 2-68\up web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CDFB3DDD-8CCF-4322-9207-F8529C7109D5}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16DE2CAB-2AA4-4E5D-8375-B1274151F697}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{D72AE4D4-ABCF-4521-9E7C-81C1DBF66F83}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E61EBC81-A2C5-4DF0-9D52-5A9F2AFC4BAD}"/>
   </bookViews>
   <sheets>
-    <sheet name="t1 " sheetId="1" r:id="rId1"/>
+    <sheet name="t1  (2)" sheetId="27" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="29">
   <si>
-    <t>ตารางที่ 1 ประชากรอายุ 15 ปีขึ้นไป จำแนกตามสถานภาพแรงงาน และเพศ ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 1 (มกราคม - มีนาคม) 2568</t>
+    <t xml:space="preserve">       หญิง                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">       ชาย                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  หนองคาย                          </t>
+  </si>
+  <si>
+    <t>ภาคตะวันออกเฉียงเหนือ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  ทั่วราชอาณาจักร                  </t>
+  </si>
+  <si>
+    <t>ร้อยละ</t>
+  </si>
+  <si>
+    <t>อื่น ๆ</t>
+  </si>
+  <si>
+    <t>ผู้ป่วย/ผู้พิการ</t>
+  </si>
+  <si>
+    <t>จนไม่สามารถทำงานได้</t>
+  </si>
+  <si>
+    <t>เรียนหนังสือ</t>
+  </si>
+  <si>
+    <t>ทำงานบ้าน</t>
+  </si>
+  <si>
+    <t>รวม</t>
+  </si>
+  <si>
+    <t>ที่รอฤดูกาล</t>
+  </si>
+  <si>
+    <t>ผู้ว่างงาน</t>
+  </si>
+  <si>
+    <t>ผู้มีงานทำ</t>
+  </si>
+  <si>
+    <t>ขึ้นไป</t>
+  </si>
+  <si>
+    <t>ว่างงาน</t>
+  </si>
+  <si>
+    <t>ผู้ดูแลเด็ก/ผู้สูงอายุ</t>
+  </si>
+  <si>
+    <t>เด็ก/ชรา/ป่วย/พิการ</t>
+  </si>
+  <si>
+    <t>กำลังแรงงาน</t>
+  </si>
+  <si>
+    <t>กำลังแรงงานปัจจุบัน</t>
+  </si>
+  <si>
+    <t>อายุ 15 ปี</t>
+  </si>
+  <si>
+    <t>ภาคและเพศ</t>
+  </si>
+  <si>
+    <t>อัตราการ</t>
+  </si>
+  <si>
+    <t>ผู้อยู่นอกกำลังแรงงาน</t>
+  </si>
+  <si>
+    <t>กำลังแรงงานรวม</t>
   </si>
   <si>
     <t>ประชากร</t>
   </si>
   <si>
-    <t>กำลังแรงงานรวม</t>
+    <t>ตารางที่ 1 ประชากรอายุ 15 ปีขึ้นไป จำแนกตามสถานภาพแรงงาน และเพศ ทั่วราชอาณาจักร ภาคตะวันออกเฉียงเหนือ จังหวัดหนองคาย ไตรมาสที่ 2 (เมษายน - มิถุนายน) 2568</t>
   </si>
   <si>
-    <t>ผู้อยู่นอกกำลังแรงงาน</t>
-[...71 lines deleted...]
-    <t>ร้อยละ</t>
+    <t xml:space="preserve"> --</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
-[...2 lines deleted...]
-    <numFmt numFmtId="167" formatCode="0.000"/>
+    <numFmt numFmtId="188" formatCode="0.0"/>
+    <numFmt numFmtId="189" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="190" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="191" formatCode="0.000"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
-[...6 lines deleted...]
-    </font>
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="14"/>
       <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <name val="TH SarabunPSK"/>
+      <sz val="14"/>
+      <name val="Cordia New"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="TH SarabunPSK"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="TH SarabunPSK"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Cordia New"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFCC00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFCC00"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
-      </top>
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
-      <bottom style="thin">
+      <top style="thin">
         <color indexed="64"/>
-      </bottom>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
-[...46 lines deleted...]
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="190" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="189" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="190" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="190" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="188" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="190" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="188" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="190" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="จุลภาค" xfId="1" builtinId="3"/>
+  <cellStyles count="7">
+    <cellStyle name="จุลภาค" xfId="2" builtinId="3"/>
+    <cellStyle name="จุลภาค 2" xfId="4" xr:uid="{33B5872B-5E7C-4269-B354-A26486DA5109}"/>
+    <cellStyle name="จุลภาค 2 2" xfId="6" xr:uid="{8B1272D1-D594-4E27-B241-815E1AD366B8}"/>
     <cellStyle name="ปกติ" xfId="0" builtinId="0"/>
-    <cellStyle name="ปกติ 2" xfId="2" xr:uid="{6D59D934-AFF3-4A6F-8F5A-EBBC5904837E}"/>
-    <cellStyle name="ปกติ 2 2" xfId="3" xr:uid="{97E1A461-B947-4E9A-9258-61137B7691D7}"/>
+    <cellStyle name="ปกติ 2" xfId="3" xr:uid="{BC896BAD-23DF-445E-907F-26D08F905838}"/>
+    <cellStyle name="ปกติ 2 2" xfId="1" xr:uid="{6A7D230D-7D82-4FD6-9A4E-BDFC8031ECAF}"/>
+    <cellStyle name="ปกติ 2 2 2" xfId="5" xr:uid="{E61CF66B-1EED-4571-B14B-233E7E396417}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -626,2452 +660,2460 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1EDFB55B-16DA-420E-8387-381344E8F35B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E88682D5-7307-48AC-B58A-8C213F0B17F3}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+  </sheetPr>
   <dimension ref="A1:IJ25"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="B20" sqref="B20"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="18.5" x14ac:dyDescent="0.65"/>
   <cols>
-    <col min="1" max="1" width="20.85546875" style="3" customWidth="1"/>
-[...964 lines deleted...]
-    <col min="16373" max="16384" width="8.85546875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="23" style="14" customWidth="1"/>
+    <col min="2" max="2" width="13.296875" style="14" customWidth="1"/>
+    <col min="3" max="4" width="11.59765625" style="14" customWidth="1"/>
+    <col min="5" max="5" width="14.3984375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.09765625" style="14" customWidth="1"/>
+    <col min="7" max="7" width="11" style="14" customWidth="1"/>
+    <col min="8" max="8" width="12.3984375" style="14" customWidth="1"/>
+    <col min="9" max="9" width="11.59765625" style="14" customWidth="1"/>
+    <col min="10" max="10" width="11.69921875" style="14" customWidth="1"/>
+    <col min="11" max="11" width="18.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.296875" style="14" customWidth="1"/>
+    <col min="13" max="13" width="12.296875" style="14" customWidth="1"/>
+    <col min="14" max="14" width="7.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10.296875" style="14" customWidth="1"/>
+    <col min="16" max="16" width="4.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.09765625" style="14" customWidth="1"/>
+    <col min="18" max="18" width="6.09765625" style="14" customWidth="1"/>
+    <col min="19" max="19" width="8.796875" style="14"/>
+    <col min="20" max="20" width="4.69921875" style="14" customWidth="1"/>
+    <col min="21" max="244" width="8.796875" style="14"/>
+    <col min="245" max="245" width="20.8984375" style="14" customWidth="1"/>
+    <col min="246" max="246" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="247" max="248" width="11.59765625" style="14" customWidth="1"/>
+    <col min="249" max="249" width="14.3984375" style="14" customWidth="1"/>
+    <col min="250" max="250" width="10.09765625" style="14" customWidth="1"/>
+    <col min="251" max="251" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="252" max="252" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="253" max="253" width="8.796875" style="14"/>
+    <col min="254" max="254" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="255" max="255" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="256" max="256" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="257" max="257" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="258" max="258" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="259" max="259" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="260" max="500" width="8.796875" style="14"/>
+    <col min="501" max="501" width="20.8984375" style="14" customWidth="1"/>
+    <col min="502" max="502" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="503" max="504" width="11.59765625" style="14" customWidth="1"/>
+    <col min="505" max="505" width="14.3984375" style="14" customWidth="1"/>
+    <col min="506" max="506" width="10.09765625" style="14" customWidth="1"/>
+    <col min="507" max="507" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="508" max="508" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="509" max="509" width="8.796875" style="14"/>
+    <col min="510" max="510" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="511" max="511" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="512" max="512" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="513" max="513" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="514" max="514" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="515" max="515" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="516" max="756" width="8.796875" style="14"/>
+    <col min="757" max="757" width="20.8984375" style="14" customWidth="1"/>
+    <col min="758" max="758" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="759" max="760" width="11.59765625" style="14" customWidth="1"/>
+    <col min="761" max="761" width="14.3984375" style="14" customWidth="1"/>
+    <col min="762" max="762" width="10.09765625" style="14" customWidth="1"/>
+    <col min="763" max="763" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="764" max="764" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="765" max="765" width="8.796875" style="14"/>
+    <col min="766" max="766" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="767" max="767" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="768" max="768" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="769" max="769" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="770" max="770" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="771" max="771" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="772" max="1012" width="8.796875" style="14"/>
+    <col min="1013" max="1013" width="20.8984375" style="14" customWidth="1"/>
+    <col min="1014" max="1014" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1015" max="1016" width="11.59765625" style="14" customWidth="1"/>
+    <col min="1017" max="1017" width="14.3984375" style="14" customWidth="1"/>
+    <col min="1018" max="1018" width="10.09765625" style="14" customWidth="1"/>
+    <col min="1019" max="1019" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1020" max="1020" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1021" max="1021" width="8.796875" style="14"/>
+    <col min="1022" max="1022" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="1023" max="1023" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="1024" max="1024" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="1025" max="1025" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1026" max="1026" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1027" max="1027" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1028" max="1268" width="8.796875" style="14"/>
+    <col min="1269" max="1269" width="20.8984375" style="14" customWidth="1"/>
+    <col min="1270" max="1270" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1271" max="1272" width="11.59765625" style="14" customWidth="1"/>
+    <col min="1273" max="1273" width="14.3984375" style="14" customWidth="1"/>
+    <col min="1274" max="1274" width="10.09765625" style="14" customWidth="1"/>
+    <col min="1275" max="1275" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1276" max="1276" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1277" max="1277" width="8.796875" style="14"/>
+    <col min="1278" max="1278" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="1279" max="1279" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="1280" max="1280" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="1281" max="1281" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1282" max="1282" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1283" max="1283" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1284" max="1524" width="8.796875" style="14"/>
+    <col min="1525" max="1525" width="20.8984375" style="14" customWidth="1"/>
+    <col min="1526" max="1526" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1527" max="1528" width="11.59765625" style="14" customWidth="1"/>
+    <col min="1529" max="1529" width="14.3984375" style="14" customWidth="1"/>
+    <col min="1530" max="1530" width="10.09765625" style="14" customWidth="1"/>
+    <col min="1531" max="1531" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1532" max="1532" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1533" max="1533" width="8.796875" style="14"/>
+    <col min="1534" max="1534" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="1535" max="1535" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="1536" max="1536" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="1537" max="1537" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1538" max="1538" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1539" max="1539" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1540" max="1780" width="8.796875" style="14"/>
+    <col min="1781" max="1781" width="20.8984375" style="14" customWidth="1"/>
+    <col min="1782" max="1782" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1783" max="1784" width="11.59765625" style="14" customWidth="1"/>
+    <col min="1785" max="1785" width="14.3984375" style="14" customWidth="1"/>
+    <col min="1786" max="1786" width="10.09765625" style="14" customWidth="1"/>
+    <col min="1787" max="1787" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1788" max="1788" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1789" max="1789" width="8.796875" style="14"/>
+    <col min="1790" max="1790" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="1791" max="1791" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="1792" max="1792" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="1793" max="1793" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="1794" max="1794" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1795" max="1795" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="1796" max="2036" width="8.796875" style="14"/>
+    <col min="2037" max="2037" width="20.8984375" style="14" customWidth="1"/>
+    <col min="2038" max="2038" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2039" max="2040" width="11.59765625" style="14" customWidth="1"/>
+    <col min="2041" max="2041" width="14.3984375" style="14" customWidth="1"/>
+    <col min="2042" max="2042" width="10.09765625" style="14" customWidth="1"/>
+    <col min="2043" max="2043" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2044" max="2044" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2045" max="2045" width="8.796875" style="14"/>
+    <col min="2046" max="2046" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="2047" max="2047" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="2048" max="2048" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="2049" max="2049" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2050" max="2050" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2051" max="2051" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2052" max="2292" width="8.796875" style="14"/>
+    <col min="2293" max="2293" width="20.8984375" style="14" customWidth="1"/>
+    <col min="2294" max="2294" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2295" max="2296" width="11.59765625" style="14" customWidth="1"/>
+    <col min="2297" max="2297" width="14.3984375" style="14" customWidth="1"/>
+    <col min="2298" max="2298" width="10.09765625" style="14" customWidth="1"/>
+    <col min="2299" max="2299" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2300" max="2300" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2301" max="2301" width="8.796875" style="14"/>
+    <col min="2302" max="2302" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="2303" max="2303" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="2304" max="2304" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="2305" max="2305" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2306" max="2306" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2307" max="2307" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2308" max="2548" width="8.796875" style="14"/>
+    <col min="2549" max="2549" width="20.8984375" style="14" customWidth="1"/>
+    <col min="2550" max="2550" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2551" max="2552" width="11.59765625" style="14" customWidth="1"/>
+    <col min="2553" max="2553" width="14.3984375" style="14" customWidth="1"/>
+    <col min="2554" max="2554" width="10.09765625" style="14" customWidth="1"/>
+    <col min="2555" max="2555" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2556" max="2556" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2557" max="2557" width="8.796875" style="14"/>
+    <col min="2558" max="2558" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="2559" max="2559" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="2560" max="2560" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="2561" max="2561" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2562" max="2562" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2563" max="2563" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2564" max="2804" width="8.796875" style="14"/>
+    <col min="2805" max="2805" width="20.8984375" style="14" customWidth="1"/>
+    <col min="2806" max="2806" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2807" max="2808" width="11.59765625" style="14" customWidth="1"/>
+    <col min="2809" max="2809" width="14.3984375" style="14" customWidth="1"/>
+    <col min="2810" max="2810" width="10.09765625" style="14" customWidth="1"/>
+    <col min="2811" max="2811" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2812" max="2812" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2813" max="2813" width="8.796875" style="14"/>
+    <col min="2814" max="2814" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="2815" max="2815" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="2816" max="2816" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="2817" max="2817" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2818" max="2818" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2819" max="2819" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="2820" max="3060" width="8.796875" style="14"/>
+    <col min="3061" max="3061" width="20.8984375" style="14" customWidth="1"/>
+    <col min="3062" max="3062" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3063" max="3064" width="11.59765625" style="14" customWidth="1"/>
+    <col min="3065" max="3065" width="14.3984375" style="14" customWidth="1"/>
+    <col min="3066" max="3066" width="10.09765625" style="14" customWidth="1"/>
+    <col min="3067" max="3067" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3068" max="3068" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3069" max="3069" width="8.796875" style="14"/>
+    <col min="3070" max="3070" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="3071" max="3071" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="3072" max="3072" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="3073" max="3073" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3074" max="3074" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3075" max="3075" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3076" max="3316" width="8.796875" style="14"/>
+    <col min="3317" max="3317" width="20.8984375" style="14" customWidth="1"/>
+    <col min="3318" max="3318" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3319" max="3320" width="11.59765625" style="14" customWidth="1"/>
+    <col min="3321" max="3321" width="14.3984375" style="14" customWidth="1"/>
+    <col min="3322" max="3322" width="10.09765625" style="14" customWidth="1"/>
+    <col min="3323" max="3323" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3324" max="3324" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3325" max="3325" width="8.796875" style="14"/>
+    <col min="3326" max="3326" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="3327" max="3327" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="3328" max="3328" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="3329" max="3329" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3330" max="3330" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3331" max="3331" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3332" max="3572" width="8.796875" style="14"/>
+    <col min="3573" max="3573" width="20.8984375" style="14" customWidth="1"/>
+    <col min="3574" max="3574" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3575" max="3576" width="11.59765625" style="14" customWidth="1"/>
+    <col min="3577" max="3577" width="14.3984375" style="14" customWidth="1"/>
+    <col min="3578" max="3578" width="10.09765625" style="14" customWidth="1"/>
+    <col min="3579" max="3579" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3580" max="3580" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3581" max="3581" width="8.796875" style="14"/>
+    <col min="3582" max="3582" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="3583" max="3583" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="3584" max="3584" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="3585" max="3585" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3586" max="3586" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3587" max="3587" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3588" max="3828" width="8.796875" style="14"/>
+    <col min="3829" max="3829" width="20.8984375" style="14" customWidth="1"/>
+    <col min="3830" max="3830" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3831" max="3832" width="11.59765625" style="14" customWidth="1"/>
+    <col min="3833" max="3833" width="14.3984375" style="14" customWidth="1"/>
+    <col min="3834" max="3834" width="10.09765625" style="14" customWidth="1"/>
+    <col min="3835" max="3835" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3836" max="3836" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3837" max="3837" width="8.796875" style="14"/>
+    <col min="3838" max="3838" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="3839" max="3839" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="3840" max="3840" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="3841" max="3841" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="3842" max="3842" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3843" max="3843" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="3844" max="4084" width="8.796875" style="14"/>
+    <col min="4085" max="4085" width="20.8984375" style="14" customWidth="1"/>
+    <col min="4086" max="4086" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4087" max="4088" width="11.59765625" style="14" customWidth="1"/>
+    <col min="4089" max="4089" width="14.3984375" style="14" customWidth="1"/>
+    <col min="4090" max="4090" width="10.09765625" style="14" customWidth="1"/>
+    <col min="4091" max="4091" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4092" max="4092" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4093" max="4093" width="8.796875" style="14"/>
+    <col min="4094" max="4094" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="4095" max="4095" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="4096" max="4096" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="4097" max="4097" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4098" max="4098" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4099" max="4099" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4100" max="4340" width="8.796875" style="14"/>
+    <col min="4341" max="4341" width="20.8984375" style="14" customWidth="1"/>
+    <col min="4342" max="4342" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4343" max="4344" width="11.59765625" style="14" customWidth="1"/>
+    <col min="4345" max="4345" width="14.3984375" style="14" customWidth="1"/>
+    <col min="4346" max="4346" width="10.09765625" style="14" customWidth="1"/>
+    <col min="4347" max="4347" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4348" max="4348" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4349" max="4349" width="8.796875" style="14"/>
+    <col min="4350" max="4350" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="4351" max="4351" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="4352" max="4352" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="4353" max="4353" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4354" max="4354" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4355" max="4355" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4356" max="4596" width="8.796875" style="14"/>
+    <col min="4597" max="4597" width="20.8984375" style="14" customWidth="1"/>
+    <col min="4598" max="4598" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4599" max="4600" width="11.59765625" style="14" customWidth="1"/>
+    <col min="4601" max="4601" width="14.3984375" style="14" customWidth="1"/>
+    <col min="4602" max="4602" width="10.09765625" style="14" customWidth="1"/>
+    <col min="4603" max="4603" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4604" max="4604" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4605" max="4605" width="8.796875" style="14"/>
+    <col min="4606" max="4606" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="4607" max="4607" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="4608" max="4608" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="4609" max="4609" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4610" max="4610" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4611" max="4611" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4612" max="4852" width="8.796875" style="14"/>
+    <col min="4853" max="4853" width="20.8984375" style="14" customWidth="1"/>
+    <col min="4854" max="4854" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4855" max="4856" width="11.59765625" style="14" customWidth="1"/>
+    <col min="4857" max="4857" width="14.3984375" style="14" customWidth="1"/>
+    <col min="4858" max="4858" width="10.09765625" style="14" customWidth="1"/>
+    <col min="4859" max="4859" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4860" max="4860" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4861" max="4861" width="8.796875" style="14"/>
+    <col min="4862" max="4862" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="4863" max="4863" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="4864" max="4864" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="4865" max="4865" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="4866" max="4866" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4867" max="4867" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="4868" max="5108" width="8.796875" style="14"/>
+    <col min="5109" max="5109" width="20.8984375" style="14" customWidth="1"/>
+    <col min="5110" max="5110" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5111" max="5112" width="11.59765625" style="14" customWidth="1"/>
+    <col min="5113" max="5113" width="14.3984375" style="14" customWidth="1"/>
+    <col min="5114" max="5114" width="10.09765625" style="14" customWidth="1"/>
+    <col min="5115" max="5115" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5116" max="5116" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5117" max="5117" width="8.796875" style="14"/>
+    <col min="5118" max="5118" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="5119" max="5119" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="5120" max="5120" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="5121" max="5121" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5122" max="5122" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5123" max="5123" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5124" max="5364" width="8.796875" style="14"/>
+    <col min="5365" max="5365" width="20.8984375" style="14" customWidth="1"/>
+    <col min="5366" max="5366" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5367" max="5368" width="11.59765625" style="14" customWidth="1"/>
+    <col min="5369" max="5369" width="14.3984375" style="14" customWidth="1"/>
+    <col min="5370" max="5370" width="10.09765625" style="14" customWidth="1"/>
+    <col min="5371" max="5371" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5372" max="5372" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5373" max="5373" width="8.796875" style="14"/>
+    <col min="5374" max="5374" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="5375" max="5375" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="5376" max="5376" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="5377" max="5377" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5378" max="5378" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5379" max="5379" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5380" max="5620" width="8.796875" style="14"/>
+    <col min="5621" max="5621" width="20.8984375" style="14" customWidth="1"/>
+    <col min="5622" max="5622" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5623" max="5624" width="11.59765625" style="14" customWidth="1"/>
+    <col min="5625" max="5625" width="14.3984375" style="14" customWidth="1"/>
+    <col min="5626" max="5626" width="10.09765625" style="14" customWidth="1"/>
+    <col min="5627" max="5627" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5628" max="5628" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5629" max="5629" width="8.796875" style="14"/>
+    <col min="5630" max="5630" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="5631" max="5631" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="5632" max="5632" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="5633" max="5633" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5634" max="5634" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5635" max="5635" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5636" max="5876" width="8.796875" style="14"/>
+    <col min="5877" max="5877" width="20.8984375" style="14" customWidth="1"/>
+    <col min="5878" max="5878" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5879" max="5880" width="11.59765625" style="14" customWidth="1"/>
+    <col min="5881" max="5881" width="14.3984375" style="14" customWidth="1"/>
+    <col min="5882" max="5882" width="10.09765625" style="14" customWidth="1"/>
+    <col min="5883" max="5883" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5884" max="5884" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5885" max="5885" width="8.796875" style="14"/>
+    <col min="5886" max="5886" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="5887" max="5887" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="5888" max="5888" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="5889" max="5889" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="5890" max="5890" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5891" max="5891" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="5892" max="6132" width="8.796875" style="14"/>
+    <col min="6133" max="6133" width="20.8984375" style="14" customWidth="1"/>
+    <col min="6134" max="6134" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6135" max="6136" width="11.59765625" style="14" customWidth="1"/>
+    <col min="6137" max="6137" width="14.3984375" style="14" customWidth="1"/>
+    <col min="6138" max="6138" width="10.09765625" style="14" customWidth="1"/>
+    <col min="6139" max="6139" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6140" max="6140" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6141" max="6141" width="8.796875" style="14"/>
+    <col min="6142" max="6142" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="6143" max="6143" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="6144" max="6144" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="6145" max="6145" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6146" max="6146" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6147" max="6147" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6148" max="6388" width="8.796875" style="14"/>
+    <col min="6389" max="6389" width="20.8984375" style="14" customWidth="1"/>
+    <col min="6390" max="6390" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6391" max="6392" width="11.59765625" style="14" customWidth="1"/>
+    <col min="6393" max="6393" width="14.3984375" style="14" customWidth="1"/>
+    <col min="6394" max="6394" width="10.09765625" style="14" customWidth="1"/>
+    <col min="6395" max="6395" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6396" max="6396" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6397" max="6397" width="8.796875" style="14"/>
+    <col min="6398" max="6398" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="6399" max="6399" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="6400" max="6400" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="6401" max="6401" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6402" max="6402" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6403" max="6403" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6404" max="6644" width="8.796875" style="14"/>
+    <col min="6645" max="6645" width="20.8984375" style="14" customWidth="1"/>
+    <col min="6646" max="6646" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6647" max="6648" width="11.59765625" style="14" customWidth="1"/>
+    <col min="6649" max="6649" width="14.3984375" style="14" customWidth="1"/>
+    <col min="6650" max="6650" width="10.09765625" style="14" customWidth="1"/>
+    <col min="6651" max="6651" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6652" max="6652" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6653" max="6653" width="8.796875" style="14"/>
+    <col min="6654" max="6654" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="6655" max="6655" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="6656" max="6656" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="6657" max="6657" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6658" max="6658" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6659" max="6659" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6660" max="6900" width="8.796875" style="14"/>
+    <col min="6901" max="6901" width="20.8984375" style="14" customWidth="1"/>
+    <col min="6902" max="6902" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6903" max="6904" width="11.59765625" style="14" customWidth="1"/>
+    <col min="6905" max="6905" width="14.3984375" style="14" customWidth="1"/>
+    <col min="6906" max="6906" width="10.09765625" style="14" customWidth="1"/>
+    <col min="6907" max="6907" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6908" max="6908" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6909" max="6909" width="8.796875" style="14"/>
+    <col min="6910" max="6910" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="6911" max="6911" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="6912" max="6912" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="6913" max="6913" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="6914" max="6914" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6915" max="6915" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="6916" max="7156" width="8.796875" style="14"/>
+    <col min="7157" max="7157" width="20.8984375" style="14" customWidth="1"/>
+    <col min="7158" max="7158" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7159" max="7160" width="11.59765625" style="14" customWidth="1"/>
+    <col min="7161" max="7161" width="14.3984375" style="14" customWidth="1"/>
+    <col min="7162" max="7162" width="10.09765625" style="14" customWidth="1"/>
+    <col min="7163" max="7163" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7164" max="7164" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7165" max="7165" width="8.796875" style="14"/>
+    <col min="7166" max="7166" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="7167" max="7167" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="7168" max="7168" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="7169" max="7169" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7170" max="7170" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7171" max="7171" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7172" max="7412" width="8.796875" style="14"/>
+    <col min="7413" max="7413" width="20.8984375" style="14" customWidth="1"/>
+    <col min="7414" max="7414" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7415" max="7416" width="11.59765625" style="14" customWidth="1"/>
+    <col min="7417" max="7417" width="14.3984375" style="14" customWidth="1"/>
+    <col min="7418" max="7418" width="10.09765625" style="14" customWidth="1"/>
+    <col min="7419" max="7419" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7420" max="7420" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7421" max="7421" width="8.796875" style="14"/>
+    <col min="7422" max="7422" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="7423" max="7423" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="7424" max="7424" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="7425" max="7425" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7426" max="7426" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7427" max="7427" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7428" max="7668" width="8.796875" style="14"/>
+    <col min="7669" max="7669" width="20.8984375" style="14" customWidth="1"/>
+    <col min="7670" max="7670" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7671" max="7672" width="11.59765625" style="14" customWidth="1"/>
+    <col min="7673" max="7673" width="14.3984375" style="14" customWidth="1"/>
+    <col min="7674" max="7674" width="10.09765625" style="14" customWidth="1"/>
+    <col min="7675" max="7675" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7676" max="7676" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7677" max="7677" width="8.796875" style="14"/>
+    <col min="7678" max="7678" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="7679" max="7679" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="7680" max="7680" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="7681" max="7681" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7682" max="7682" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7683" max="7683" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7684" max="7924" width="8.796875" style="14"/>
+    <col min="7925" max="7925" width="20.8984375" style="14" customWidth="1"/>
+    <col min="7926" max="7926" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7927" max="7928" width="11.59765625" style="14" customWidth="1"/>
+    <col min="7929" max="7929" width="14.3984375" style="14" customWidth="1"/>
+    <col min="7930" max="7930" width="10.09765625" style="14" customWidth="1"/>
+    <col min="7931" max="7931" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7932" max="7932" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7933" max="7933" width="8.796875" style="14"/>
+    <col min="7934" max="7934" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="7935" max="7935" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="7936" max="7936" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="7937" max="7937" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="7938" max="7938" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7939" max="7939" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="7940" max="8180" width="8.796875" style="14"/>
+    <col min="8181" max="8181" width="20.8984375" style="14" customWidth="1"/>
+    <col min="8182" max="8182" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8183" max="8184" width="11.59765625" style="14" customWidth="1"/>
+    <col min="8185" max="8185" width="14.3984375" style="14" customWidth="1"/>
+    <col min="8186" max="8186" width="10.09765625" style="14" customWidth="1"/>
+    <col min="8187" max="8187" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8188" max="8188" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8189" max="8189" width="8.796875" style="14"/>
+    <col min="8190" max="8190" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="8191" max="8191" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="8192" max="8192" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="8193" max="8193" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8194" max="8194" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8195" max="8195" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8196" max="8436" width="8.796875" style="14"/>
+    <col min="8437" max="8437" width="20.8984375" style="14" customWidth="1"/>
+    <col min="8438" max="8438" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8439" max="8440" width="11.59765625" style="14" customWidth="1"/>
+    <col min="8441" max="8441" width="14.3984375" style="14" customWidth="1"/>
+    <col min="8442" max="8442" width="10.09765625" style="14" customWidth="1"/>
+    <col min="8443" max="8443" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8444" max="8444" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8445" max="8445" width="8.796875" style="14"/>
+    <col min="8446" max="8446" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="8447" max="8447" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="8448" max="8448" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="8449" max="8449" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8450" max="8450" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8451" max="8451" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8452" max="8692" width="8.796875" style="14"/>
+    <col min="8693" max="8693" width="20.8984375" style="14" customWidth="1"/>
+    <col min="8694" max="8694" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8695" max="8696" width="11.59765625" style="14" customWidth="1"/>
+    <col min="8697" max="8697" width="14.3984375" style="14" customWidth="1"/>
+    <col min="8698" max="8698" width="10.09765625" style="14" customWidth="1"/>
+    <col min="8699" max="8699" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8700" max="8700" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8701" max="8701" width="8.796875" style="14"/>
+    <col min="8702" max="8702" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="8703" max="8703" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="8704" max="8704" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="8705" max="8705" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8706" max="8706" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8707" max="8707" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8708" max="8948" width="8.796875" style="14"/>
+    <col min="8949" max="8949" width="20.8984375" style="14" customWidth="1"/>
+    <col min="8950" max="8950" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8951" max="8952" width="11.59765625" style="14" customWidth="1"/>
+    <col min="8953" max="8953" width="14.3984375" style="14" customWidth="1"/>
+    <col min="8954" max="8954" width="10.09765625" style="14" customWidth="1"/>
+    <col min="8955" max="8955" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8956" max="8956" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8957" max="8957" width="8.796875" style="14"/>
+    <col min="8958" max="8958" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="8959" max="8959" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="8960" max="8960" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="8961" max="8961" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="8962" max="8962" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8963" max="8963" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="8964" max="9204" width="8.796875" style="14"/>
+    <col min="9205" max="9205" width="20.8984375" style="14" customWidth="1"/>
+    <col min="9206" max="9206" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9207" max="9208" width="11.59765625" style="14" customWidth="1"/>
+    <col min="9209" max="9209" width="14.3984375" style="14" customWidth="1"/>
+    <col min="9210" max="9210" width="10.09765625" style="14" customWidth="1"/>
+    <col min="9211" max="9211" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9212" max="9212" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9213" max="9213" width="8.796875" style="14"/>
+    <col min="9214" max="9214" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="9215" max="9215" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="9216" max="9216" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="9217" max="9217" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9218" max="9218" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9219" max="9219" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9220" max="9460" width="8.796875" style="14"/>
+    <col min="9461" max="9461" width="20.8984375" style="14" customWidth="1"/>
+    <col min="9462" max="9462" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9463" max="9464" width="11.59765625" style="14" customWidth="1"/>
+    <col min="9465" max="9465" width="14.3984375" style="14" customWidth="1"/>
+    <col min="9466" max="9466" width="10.09765625" style="14" customWidth="1"/>
+    <col min="9467" max="9467" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9468" max="9468" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9469" max="9469" width="8.796875" style="14"/>
+    <col min="9470" max="9470" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="9471" max="9471" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="9472" max="9472" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="9473" max="9473" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9474" max="9474" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9475" max="9475" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9476" max="9716" width="8.796875" style="14"/>
+    <col min="9717" max="9717" width="20.8984375" style="14" customWidth="1"/>
+    <col min="9718" max="9718" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9719" max="9720" width="11.59765625" style="14" customWidth="1"/>
+    <col min="9721" max="9721" width="14.3984375" style="14" customWidth="1"/>
+    <col min="9722" max="9722" width="10.09765625" style="14" customWidth="1"/>
+    <col min="9723" max="9723" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9724" max="9724" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9725" max="9725" width="8.796875" style="14"/>
+    <col min="9726" max="9726" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="9727" max="9727" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="9728" max="9728" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="9729" max="9729" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9730" max="9730" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9731" max="9731" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9732" max="9972" width="8.796875" style="14"/>
+    <col min="9973" max="9973" width="20.8984375" style="14" customWidth="1"/>
+    <col min="9974" max="9974" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9975" max="9976" width="11.59765625" style="14" customWidth="1"/>
+    <col min="9977" max="9977" width="14.3984375" style="14" customWidth="1"/>
+    <col min="9978" max="9978" width="10.09765625" style="14" customWidth="1"/>
+    <col min="9979" max="9979" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9980" max="9980" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9981" max="9981" width="8.796875" style="14"/>
+    <col min="9982" max="9982" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="9983" max="9983" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="9984" max="9984" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="9985" max="9985" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="9986" max="9986" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9987" max="9987" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="9988" max="10228" width="8.796875" style="14"/>
+    <col min="10229" max="10229" width="20.8984375" style="14" customWidth="1"/>
+    <col min="10230" max="10230" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10231" max="10232" width="11.59765625" style="14" customWidth="1"/>
+    <col min="10233" max="10233" width="14.3984375" style="14" customWidth="1"/>
+    <col min="10234" max="10234" width="10.09765625" style="14" customWidth="1"/>
+    <col min="10235" max="10235" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10236" max="10236" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10237" max="10237" width="8.796875" style="14"/>
+    <col min="10238" max="10238" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="10239" max="10239" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="10240" max="10240" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="10241" max="10241" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10242" max="10242" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10243" max="10243" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10244" max="10484" width="8.796875" style="14"/>
+    <col min="10485" max="10485" width="20.8984375" style="14" customWidth="1"/>
+    <col min="10486" max="10486" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10487" max="10488" width="11.59765625" style="14" customWidth="1"/>
+    <col min="10489" max="10489" width="14.3984375" style="14" customWidth="1"/>
+    <col min="10490" max="10490" width="10.09765625" style="14" customWidth="1"/>
+    <col min="10491" max="10491" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10492" max="10492" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10493" max="10493" width="8.796875" style="14"/>
+    <col min="10494" max="10494" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="10495" max="10495" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="10496" max="10496" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="10497" max="10497" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10498" max="10498" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10499" max="10499" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10500" max="10740" width="8.796875" style="14"/>
+    <col min="10741" max="10741" width="20.8984375" style="14" customWidth="1"/>
+    <col min="10742" max="10742" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10743" max="10744" width="11.59765625" style="14" customWidth="1"/>
+    <col min="10745" max="10745" width="14.3984375" style="14" customWidth="1"/>
+    <col min="10746" max="10746" width="10.09765625" style="14" customWidth="1"/>
+    <col min="10747" max="10747" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10748" max="10748" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10749" max="10749" width="8.796875" style="14"/>
+    <col min="10750" max="10750" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="10751" max="10751" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="10752" max="10752" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="10753" max="10753" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10754" max="10754" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10755" max="10755" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="10756" max="10996" width="8.796875" style="14"/>
+    <col min="10997" max="10997" width="20.8984375" style="14" customWidth="1"/>
+    <col min="10998" max="10998" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="10999" max="11000" width="11.59765625" style="14" customWidth="1"/>
+    <col min="11001" max="11001" width="14.3984375" style="14" customWidth="1"/>
+    <col min="11002" max="11002" width="10.09765625" style="14" customWidth="1"/>
+    <col min="11003" max="11003" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11004" max="11004" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11005" max="11005" width="8.796875" style="14"/>
+    <col min="11006" max="11006" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="11007" max="11007" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="11008" max="11008" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="11009" max="11009" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11010" max="11010" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11011" max="11011" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11012" max="11252" width="8.796875" style="14"/>
+    <col min="11253" max="11253" width="20.8984375" style="14" customWidth="1"/>
+    <col min="11254" max="11254" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11255" max="11256" width="11.59765625" style="14" customWidth="1"/>
+    <col min="11257" max="11257" width="14.3984375" style="14" customWidth="1"/>
+    <col min="11258" max="11258" width="10.09765625" style="14" customWidth="1"/>
+    <col min="11259" max="11259" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11260" max="11260" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11261" max="11261" width="8.796875" style="14"/>
+    <col min="11262" max="11262" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="11263" max="11263" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="11264" max="11264" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="11265" max="11265" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11266" max="11266" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11267" max="11267" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11268" max="11508" width="8.796875" style="14"/>
+    <col min="11509" max="11509" width="20.8984375" style="14" customWidth="1"/>
+    <col min="11510" max="11510" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11511" max="11512" width="11.59765625" style="14" customWidth="1"/>
+    <col min="11513" max="11513" width="14.3984375" style="14" customWidth="1"/>
+    <col min="11514" max="11514" width="10.09765625" style="14" customWidth="1"/>
+    <col min="11515" max="11515" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11516" max="11516" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11517" max="11517" width="8.796875" style="14"/>
+    <col min="11518" max="11518" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="11519" max="11519" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="11520" max="11520" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="11521" max="11521" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11522" max="11522" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11523" max="11523" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11524" max="11764" width="8.796875" style="14"/>
+    <col min="11765" max="11765" width="20.8984375" style="14" customWidth="1"/>
+    <col min="11766" max="11766" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11767" max="11768" width="11.59765625" style="14" customWidth="1"/>
+    <col min="11769" max="11769" width="14.3984375" style="14" customWidth="1"/>
+    <col min="11770" max="11770" width="10.09765625" style="14" customWidth="1"/>
+    <col min="11771" max="11771" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11772" max="11772" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11773" max="11773" width="8.796875" style="14"/>
+    <col min="11774" max="11774" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="11775" max="11775" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="11776" max="11776" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="11777" max="11777" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="11778" max="11778" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11779" max="11779" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="11780" max="12020" width="8.796875" style="14"/>
+    <col min="12021" max="12021" width="20.8984375" style="14" customWidth="1"/>
+    <col min="12022" max="12022" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12023" max="12024" width="11.59765625" style="14" customWidth="1"/>
+    <col min="12025" max="12025" width="14.3984375" style="14" customWidth="1"/>
+    <col min="12026" max="12026" width="10.09765625" style="14" customWidth="1"/>
+    <col min="12027" max="12027" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12028" max="12028" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12029" max="12029" width="8.796875" style="14"/>
+    <col min="12030" max="12030" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="12031" max="12031" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="12032" max="12032" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="12033" max="12033" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12034" max="12034" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12035" max="12035" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12036" max="12276" width="8.796875" style="14"/>
+    <col min="12277" max="12277" width="20.8984375" style="14" customWidth="1"/>
+    <col min="12278" max="12278" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12279" max="12280" width="11.59765625" style="14" customWidth="1"/>
+    <col min="12281" max="12281" width="14.3984375" style="14" customWidth="1"/>
+    <col min="12282" max="12282" width="10.09765625" style="14" customWidth="1"/>
+    <col min="12283" max="12283" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12284" max="12284" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12285" max="12285" width="8.796875" style="14"/>
+    <col min="12286" max="12286" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="12287" max="12287" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="12288" max="12288" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="12289" max="12289" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12290" max="12290" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12291" max="12291" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12292" max="12532" width="8.796875" style="14"/>
+    <col min="12533" max="12533" width="20.8984375" style="14" customWidth="1"/>
+    <col min="12534" max="12534" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12535" max="12536" width="11.59765625" style="14" customWidth="1"/>
+    <col min="12537" max="12537" width="14.3984375" style="14" customWidth="1"/>
+    <col min="12538" max="12538" width="10.09765625" style="14" customWidth="1"/>
+    <col min="12539" max="12539" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12540" max="12540" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12541" max="12541" width="8.796875" style="14"/>
+    <col min="12542" max="12542" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="12543" max="12543" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="12544" max="12544" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="12545" max="12545" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12546" max="12546" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12547" max="12547" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12548" max="12788" width="8.796875" style="14"/>
+    <col min="12789" max="12789" width="20.8984375" style="14" customWidth="1"/>
+    <col min="12790" max="12790" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12791" max="12792" width="11.59765625" style="14" customWidth="1"/>
+    <col min="12793" max="12793" width="14.3984375" style="14" customWidth="1"/>
+    <col min="12794" max="12794" width="10.09765625" style="14" customWidth="1"/>
+    <col min="12795" max="12795" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12796" max="12796" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12797" max="12797" width="8.796875" style="14"/>
+    <col min="12798" max="12798" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="12799" max="12799" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="12800" max="12800" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="12801" max="12801" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12802" max="12802" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12803" max="12803" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="12804" max="13044" width="8.796875" style="14"/>
+    <col min="13045" max="13045" width="20.8984375" style="14" customWidth="1"/>
+    <col min="13046" max="13046" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13047" max="13048" width="11.59765625" style="14" customWidth="1"/>
+    <col min="13049" max="13049" width="14.3984375" style="14" customWidth="1"/>
+    <col min="13050" max="13050" width="10.09765625" style="14" customWidth="1"/>
+    <col min="13051" max="13051" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13052" max="13052" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13053" max="13053" width="8.796875" style="14"/>
+    <col min="13054" max="13054" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="13055" max="13055" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="13056" max="13056" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="13057" max="13057" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13058" max="13058" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13059" max="13059" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13060" max="13300" width="8.796875" style="14"/>
+    <col min="13301" max="13301" width="20.8984375" style="14" customWidth="1"/>
+    <col min="13302" max="13302" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13303" max="13304" width="11.59765625" style="14" customWidth="1"/>
+    <col min="13305" max="13305" width="14.3984375" style="14" customWidth="1"/>
+    <col min="13306" max="13306" width="10.09765625" style="14" customWidth="1"/>
+    <col min="13307" max="13307" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13308" max="13308" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13309" max="13309" width="8.796875" style="14"/>
+    <col min="13310" max="13310" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="13311" max="13311" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="13312" max="13312" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="13313" max="13313" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13314" max="13314" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13315" max="13315" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13316" max="13556" width="8.796875" style="14"/>
+    <col min="13557" max="13557" width="20.8984375" style="14" customWidth="1"/>
+    <col min="13558" max="13558" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13559" max="13560" width="11.59765625" style="14" customWidth="1"/>
+    <col min="13561" max="13561" width="14.3984375" style="14" customWidth="1"/>
+    <col min="13562" max="13562" width="10.09765625" style="14" customWidth="1"/>
+    <col min="13563" max="13563" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13564" max="13564" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13565" max="13565" width="8.796875" style="14"/>
+    <col min="13566" max="13566" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="13567" max="13567" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="13568" max="13568" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="13569" max="13569" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13570" max="13570" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13571" max="13571" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13572" max="13812" width="8.796875" style="14"/>
+    <col min="13813" max="13813" width="20.8984375" style="14" customWidth="1"/>
+    <col min="13814" max="13814" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13815" max="13816" width="11.59765625" style="14" customWidth="1"/>
+    <col min="13817" max="13817" width="14.3984375" style="14" customWidth="1"/>
+    <col min="13818" max="13818" width="10.09765625" style="14" customWidth="1"/>
+    <col min="13819" max="13819" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13820" max="13820" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13821" max="13821" width="8.796875" style="14"/>
+    <col min="13822" max="13822" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="13823" max="13823" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="13824" max="13824" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="13825" max="13825" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13826" max="13826" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13827" max="13827" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="13828" max="14068" width="8.796875" style="14"/>
+    <col min="14069" max="14069" width="20.8984375" style="14" customWidth="1"/>
+    <col min="14070" max="14070" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14071" max="14072" width="11.59765625" style="14" customWidth="1"/>
+    <col min="14073" max="14073" width="14.3984375" style="14" customWidth="1"/>
+    <col min="14074" max="14074" width="10.09765625" style="14" customWidth="1"/>
+    <col min="14075" max="14075" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14076" max="14076" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14077" max="14077" width="8.796875" style="14"/>
+    <col min="14078" max="14078" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="14079" max="14079" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="14080" max="14080" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="14081" max="14081" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14082" max="14082" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14083" max="14083" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14084" max="14324" width="8.796875" style="14"/>
+    <col min="14325" max="14325" width="20.8984375" style="14" customWidth="1"/>
+    <col min="14326" max="14326" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14327" max="14328" width="11.59765625" style="14" customWidth="1"/>
+    <col min="14329" max="14329" width="14.3984375" style="14" customWidth="1"/>
+    <col min="14330" max="14330" width="10.09765625" style="14" customWidth="1"/>
+    <col min="14331" max="14331" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14332" max="14332" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14333" max="14333" width="8.796875" style="14"/>
+    <col min="14334" max="14334" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="14335" max="14335" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="14336" max="14336" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="14337" max="14337" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14338" max="14338" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14339" max="14339" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14340" max="14580" width="8.796875" style="14"/>
+    <col min="14581" max="14581" width="20.8984375" style="14" customWidth="1"/>
+    <col min="14582" max="14582" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14583" max="14584" width="11.59765625" style="14" customWidth="1"/>
+    <col min="14585" max="14585" width="14.3984375" style="14" customWidth="1"/>
+    <col min="14586" max="14586" width="10.09765625" style="14" customWidth="1"/>
+    <col min="14587" max="14587" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14588" max="14588" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14589" max="14589" width="8.796875" style="14"/>
+    <col min="14590" max="14590" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="14591" max="14591" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="14592" max="14592" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="14593" max="14593" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14594" max="14594" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14595" max="14595" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14596" max="14836" width="8.796875" style="14"/>
+    <col min="14837" max="14837" width="20.8984375" style="14" customWidth="1"/>
+    <col min="14838" max="14838" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14839" max="14840" width="11.59765625" style="14" customWidth="1"/>
+    <col min="14841" max="14841" width="14.3984375" style="14" customWidth="1"/>
+    <col min="14842" max="14842" width="10.09765625" style="14" customWidth="1"/>
+    <col min="14843" max="14843" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14844" max="14844" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14845" max="14845" width="8.796875" style="14"/>
+    <col min="14846" max="14846" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="14847" max="14847" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="14848" max="14848" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="14849" max="14849" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="14850" max="14850" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14851" max="14851" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="14852" max="15092" width="8.796875" style="14"/>
+    <col min="15093" max="15093" width="20.8984375" style="14" customWidth="1"/>
+    <col min="15094" max="15094" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15095" max="15096" width="11.59765625" style="14" customWidth="1"/>
+    <col min="15097" max="15097" width="14.3984375" style="14" customWidth="1"/>
+    <col min="15098" max="15098" width="10.09765625" style="14" customWidth="1"/>
+    <col min="15099" max="15099" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15100" max="15100" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15101" max="15101" width="8.796875" style="14"/>
+    <col min="15102" max="15102" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="15103" max="15103" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="15104" max="15104" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="15105" max="15105" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15106" max="15106" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15107" max="15107" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15108" max="15348" width="8.796875" style="14"/>
+    <col min="15349" max="15349" width="20.8984375" style="14" customWidth="1"/>
+    <col min="15350" max="15350" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15351" max="15352" width="11.59765625" style="14" customWidth="1"/>
+    <col min="15353" max="15353" width="14.3984375" style="14" customWidth="1"/>
+    <col min="15354" max="15354" width="10.09765625" style="14" customWidth="1"/>
+    <col min="15355" max="15355" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15356" max="15356" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15357" max="15357" width="8.796875" style="14"/>
+    <col min="15358" max="15358" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="15359" max="15359" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="15360" max="15360" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="15361" max="15361" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15362" max="15362" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15363" max="15363" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15364" max="15604" width="8.796875" style="14"/>
+    <col min="15605" max="15605" width="20.8984375" style="14" customWidth="1"/>
+    <col min="15606" max="15606" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15607" max="15608" width="11.59765625" style="14" customWidth="1"/>
+    <col min="15609" max="15609" width="14.3984375" style="14" customWidth="1"/>
+    <col min="15610" max="15610" width="10.09765625" style="14" customWidth="1"/>
+    <col min="15611" max="15611" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15612" max="15612" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15613" max="15613" width="8.796875" style="14"/>
+    <col min="15614" max="15614" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="15615" max="15615" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="15616" max="15616" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="15617" max="15617" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15618" max="15618" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15619" max="15619" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15620" max="15860" width="8.796875" style="14"/>
+    <col min="15861" max="15861" width="20.8984375" style="14" customWidth="1"/>
+    <col min="15862" max="15862" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15863" max="15864" width="11.59765625" style="14" customWidth="1"/>
+    <col min="15865" max="15865" width="14.3984375" style="14" customWidth="1"/>
+    <col min="15866" max="15866" width="10.09765625" style="14" customWidth="1"/>
+    <col min="15867" max="15867" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15868" max="15868" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15869" max="15869" width="8.796875" style="14"/>
+    <col min="15870" max="15870" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="15871" max="15871" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="15872" max="15872" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="15873" max="15873" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="15874" max="15874" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15875" max="15875" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="15876" max="16116" width="8.796875" style="14"/>
+    <col min="16117" max="16117" width="20.8984375" style="14" customWidth="1"/>
+    <col min="16118" max="16118" width="11.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="16119" max="16120" width="11.59765625" style="14" customWidth="1"/>
+    <col min="16121" max="16121" width="14.3984375" style="14" customWidth="1"/>
+    <col min="16122" max="16122" width="10.09765625" style="14" customWidth="1"/>
+    <col min="16123" max="16123" width="10.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="16124" max="16124" width="10.09765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="16125" max="16125" width="8.796875" style="14"/>
+    <col min="16126" max="16126" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="16127" max="16127" width="17.8984375" style="14" bestFit="1" customWidth="1"/>
+    <col min="16128" max="16128" width="15" style="14" bestFit="1" customWidth="1"/>
+    <col min="16129" max="16129" width="9.59765625" style="14" bestFit="1" customWidth="1"/>
+    <col min="16130" max="16130" width="9.69921875" style="14" bestFit="1" customWidth="1"/>
+    <col min="16131" max="16131" width="10.296875" style="14" bestFit="1" customWidth="1"/>
+    <col min="16132" max="16372" width="8.796875" style="14"/>
+    <col min="16373" max="16384" width="8.8984375" style="14" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:244" ht="25.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:244" ht="25.5" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A1" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="17"/>
+      <c r="K1" s="17"/>
+      <c r="L1" s="17"/>
+      <c r="M1" s="17"/>
+    </row>
+    <row r="2" spans="1:244" s="12" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.8">
+      <c r="A2" s="3"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+      <c r="G2" s="15"/>
+      <c r="H2" s="15"/>
+      <c r="I2" s="15"/>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+      <c r="M2" s="15"/>
+    </row>
+    <row r="3" spans="1:244" s="6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="4"/>
+      <c r="B3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" s="18"/>
+      <c r="D3" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" s="52"/>
+      <c r="F3" s="52"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" s="52"/>
+      <c r="J3" s="52"/>
+      <c r="K3" s="52"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="52"/>
+      <c r="N3" s="34" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:244" s="6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A4" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="8"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="L4" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="M4" s="8"/>
+      <c r="N4" s="19" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:244" s="6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A5" s="9"/>
+      <c r="B5" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="I5" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="J5" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="L5" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="M5" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="N5" s="35"/>
+    </row>
+    <row r="6" spans="1:244" s="11" customFormat="1" ht="21" x14ac:dyDescent="0.7">
+      <c r="A6" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="28">
+        <v>59425865.030000001</v>
+      </c>
+      <c r="C6" s="28">
+        <v>40114402.68</v>
+      </c>
+      <c r="D6" s="28">
+        <v>39875523.460000001</v>
+      </c>
+      <c r="E6" s="28">
+        <v>39509992.509999998</v>
+      </c>
+      <c r="F6" s="28">
+        <v>365530.95</v>
+      </c>
+      <c r="G6" s="28">
+        <v>238879.22</v>
+      </c>
+      <c r="H6" s="28">
+        <v>19311462.350000001</v>
+      </c>
+      <c r="I6" s="28">
+        <v>4794295.34</v>
+      </c>
+      <c r="J6" s="28">
+        <v>4483210.25</v>
+      </c>
+      <c r="K6" s="28">
+        <v>7514405.5099999998</v>
+      </c>
+      <c r="L6" s="28">
+        <v>575830.91</v>
+      </c>
+      <c r="M6" s="28">
+        <v>1943720.34</v>
+      </c>
+      <c r="N6" s="30">
+        <v>0.91122122125538774</v>
+      </c>
+      <c r="O6" s="16"/>
+    </row>
+    <row r="7" spans="1:244" s="11" customFormat="1" ht="21" x14ac:dyDescent="0.7">
+      <c r="A7" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="B7" s="29">
+        <v>28294132</v>
+      </c>
+      <c r="C7" s="29">
+        <v>21578924.870000001</v>
+      </c>
+      <c r="D7" s="29">
+        <v>21433348.390000001</v>
+      </c>
+      <c r="E7" s="29">
+        <v>21255853.120000001</v>
+      </c>
+      <c r="F7" s="29">
+        <v>177495.26</v>
+      </c>
+      <c r="G7" s="29">
+        <v>145576.48000000001</v>
+      </c>
+      <c r="H7" s="29">
+        <v>6715207.1299999999</v>
+      </c>
+      <c r="I7" s="29">
+        <v>304349.53000000003</v>
+      </c>
+      <c r="J7" s="29">
+        <v>2081385.78</v>
+      </c>
+      <c r="K7" s="29">
+        <v>3037484.14</v>
+      </c>
+      <c r="L7" s="29">
+        <v>81614.39</v>
+      </c>
+      <c r="M7" s="29">
+        <v>1210373.29</v>
+      </c>
+      <c r="N7" s="31">
+        <v>0.82253986734418805</v>
+      </c>
+      <c r="O7" s="16"/>
+    </row>
+    <row r="8" spans="1:244" s="11" customFormat="1" ht="21" x14ac:dyDescent="0.7">
+      <c r="A8" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2"/>
-[...10 lines deleted...]
-      <c r="M1" s="2"/>
+      <c r="B8" s="29">
+        <v>31131733.030000001</v>
+      </c>
+      <c r="C8" s="29">
+        <v>18535477.82</v>
+      </c>
+      <c r="D8" s="29">
+        <v>18442175.07</v>
+      </c>
+      <c r="E8" s="29">
+        <v>18254139.390000001</v>
+      </c>
+      <c r="F8" s="29">
+        <v>188035.69</v>
+      </c>
+      <c r="G8" s="29">
+        <v>93302.74</v>
+      </c>
+      <c r="H8" s="29">
+        <v>12596255.220000001</v>
+      </c>
+      <c r="I8" s="29">
+        <v>4489945.8099999996</v>
+      </c>
+      <c r="J8" s="29">
+        <v>2401824.4700000002</v>
+      </c>
+      <c r="K8" s="29">
+        <v>4476921.37</v>
+      </c>
+      <c r="L8" s="29">
+        <v>494216.52</v>
+      </c>
+      <c r="M8" s="29">
+        <v>733347.04999999993</v>
+      </c>
+      <c r="N8" s="31">
+        <v>1.0144636778508469</v>
+      </c>
+      <c r="O8" s="16"/>
     </row>
-    <row r="2" spans="1:244" s="5" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-[...12 lines deleted...]
-      <c r="M2" s="4"/>
+    <row r="9" spans="1:244" s="11" customFormat="1" ht="21" x14ac:dyDescent="0.7">
+      <c r="A9" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="28">
+        <v>14943041.01</v>
+      </c>
+      <c r="C9" s="28">
+        <v>9229948.6999999993</v>
+      </c>
+      <c r="D9" s="28">
+        <v>9064776.5800000001</v>
+      </c>
+      <c r="E9" s="28">
+        <v>8995228.8200000003</v>
+      </c>
+      <c r="F9" s="28">
+        <v>69547.759999999995</v>
+      </c>
+      <c r="G9" s="28">
+        <v>165172.12</v>
+      </c>
+      <c r="H9" s="28">
+        <v>5713092.3099999996</v>
+      </c>
+      <c r="I9" s="28">
+        <v>1190462.52</v>
+      </c>
+      <c r="J9" s="28">
+        <v>1376366.16</v>
+      </c>
+      <c r="K9" s="28">
+        <v>2362233.62</v>
+      </c>
+      <c r="L9" s="28">
+        <v>250086.78</v>
+      </c>
+      <c r="M9" s="49">
+        <v>533943.24</v>
+      </c>
+      <c r="N9" s="30">
+        <v>0.75350104600256329</v>
+      </c>
     </row>
-    <row r="3" spans="1:244" s="10" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...1 lines deleted...]
-      <c r="B3" s="7" t="s">
+    <row r="10" spans="1:244" s="12" customFormat="1" ht="21" x14ac:dyDescent="0.7">
+      <c r="A10" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="8"/>
-      <c r="D3" s="40" t="s">
+      <c r="B10" s="29">
+        <v>7075578</v>
+      </c>
+      <c r="C10" s="29">
+        <v>5033411.51</v>
+      </c>
+      <c r="D10" s="29">
+        <v>4934771.5199999996</v>
+      </c>
+      <c r="E10" s="29">
+        <v>4914224.51</v>
+      </c>
+      <c r="F10" s="29">
+        <v>20547</v>
+      </c>
+      <c r="G10" s="29">
+        <v>98640</v>
+      </c>
+      <c r="H10" s="29">
+        <v>2042166.48</v>
+      </c>
+      <c r="I10" s="29">
+        <v>81895.53</v>
+      </c>
+      <c r="J10" s="29">
+        <v>648237.31999999995</v>
+      </c>
+      <c r="K10" s="29">
+        <v>949340.87</v>
+      </c>
+      <c r="L10" s="29">
+        <v>23731.88</v>
+      </c>
+      <c r="M10" s="50">
+        <v>338960.88</v>
+      </c>
+      <c r="N10" s="31">
+        <v>0.40821220278093256</v>
+      </c>
+    </row>
+    <row r="11" spans="1:244" s="12" customFormat="1" ht="21" x14ac:dyDescent="0.7">
+      <c r="A11" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="29">
+        <v>7867463.0099999998</v>
+      </c>
+      <c r="C11" s="29">
+        <v>4196537.1900000004</v>
+      </c>
+      <c r="D11" s="29">
+        <v>4130005.06</v>
+      </c>
+      <c r="E11" s="29">
+        <v>4081004.3</v>
+      </c>
+      <c r="F11" s="29">
+        <v>49000.76</v>
+      </c>
+      <c r="G11" s="29">
+        <v>66532.12</v>
+      </c>
+      <c r="H11" s="29">
+        <v>3670925.83</v>
+      </c>
+      <c r="I11" s="29">
+        <v>1108566.98</v>
+      </c>
+      <c r="J11" s="29">
+        <v>728128.83</v>
+      </c>
+      <c r="K11" s="29">
+        <v>1412892.75</v>
+      </c>
+      <c r="L11" s="29">
+        <v>226354.9</v>
+      </c>
+      <c r="M11" s="50">
+        <v>194982.35</v>
+      </c>
+      <c r="N11" s="31">
+        <v>1.1676474622163422</v>
+      </c>
+    </row>
+    <row r="12" spans="1:244" s="21" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A12" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="40"/>
-[...2 lines deleted...]
-      <c r="H3" s="40" t="s">
+      <c r="B12" s="25">
+        <v>376964</v>
+      </c>
+      <c r="C12" s="25">
+        <v>221038</v>
+      </c>
+      <c r="D12" s="25">
+        <v>218973</v>
+      </c>
+      <c r="E12" s="25">
+        <v>218026</v>
+      </c>
+      <c r="F12" s="25">
+        <v>947</v>
+      </c>
+      <c r="G12" s="25">
+        <v>2065</v>
+      </c>
+      <c r="H12" s="25">
+        <v>155926</v>
+      </c>
+      <c r="I12" s="25">
+        <v>48945</v>
+      </c>
+      <c r="J12" s="25">
+        <v>31646</v>
+      </c>
+      <c r="K12" s="25">
+        <v>58903</v>
+      </c>
+      <c r="L12" s="25">
+        <v>5973</v>
+      </c>
+      <c r="M12" s="25">
+        <v>10459</v>
+      </c>
+      <c r="N12" s="23">
+        <v>0.42842826648447185</v>
+      </c>
+      <c r="O12" s="39"/>
+    </row>
+    <row r="13" spans="1:244" s="22" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A13" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="B13" s="26">
+        <v>177107</v>
+      </c>
+      <c r="C13" s="26">
+        <v>124823</v>
+      </c>
+      <c r="D13" s="26">
+        <v>123126</v>
+      </c>
+      <c r="E13" s="26">
+        <v>122248</v>
+      </c>
+      <c r="F13" s="26">
+        <v>878</v>
+      </c>
+      <c r="G13" s="26">
+        <v>1697</v>
+      </c>
+      <c r="H13" s="26">
+        <v>52284</v>
+      </c>
+      <c r="I13" s="26">
+        <v>1639</v>
+      </c>
+      <c r="J13" s="26">
+        <v>14589</v>
+      </c>
+      <c r="K13" s="26">
+        <v>26310</v>
+      </c>
+      <c r="L13" s="26">
+        <v>1221</v>
+      </c>
+      <c r="M13" s="26">
+        <v>8525</v>
+      </c>
+      <c r="N13" s="24">
+        <v>0.70354241110644933</v>
+      </c>
+      <c r="O13" s="39"/>
+    </row>
+    <row r="14" spans="1:244" s="22" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A14" s="38" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="27">
+        <v>199857</v>
+      </c>
+      <c r="C14" s="27">
+        <v>96215</v>
+      </c>
+      <c r="D14" s="27">
+        <v>95847</v>
+      </c>
+      <c r="E14" s="27">
+        <v>95778</v>
+      </c>
+      <c r="F14" s="27">
+        <v>69</v>
+      </c>
+      <c r="G14" s="27">
+        <v>368</v>
+      </c>
+      <c r="H14" s="27">
+        <v>103642</v>
+      </c>
+      <c r="I14" s="27">
+        <v>47306</v>
+      </c>
+      <c r="J14" s="27">
+        <v>17057</v>
+      </c>
+      <c r="K14" s="27">
+        <v>32593</v>
+      </c>
+      <c r="L14" s="27">
+        <v>4752</v>
+      </c>
+      <c r="M14" s="27">
+        <v>1934</v>
+      </c>
+      <c r="N14" s="32" t="s">
+        <v>28</v>
+      </c>
+      <c r="O14" s="39"/>
+    </row>
+    <row r="15" spans="1:244" s="44" customFormat="1" ht="21" x14ac:dyDescent="0.7">
+      <c r="A15" s="40"/>
+      <c r="B15" s="53" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="53"/>
+      <c r="D15" s="53"/>
+      <c r="E15" s="53"/>
+      <c r="F15" s="53"/>
+      <c r="G15" s="53"/>
+      <c r="H15" s="53"/>
+      <c r="I15" s="53"/>
+      <c r="J15" s="53"/>
+      <c r="K15" s="53"/>
+      <c r="L15" s="53"/>
+      <c r="M15" s="53"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="43"/>
+      <c r="Q15" s="43"/>
+      <c r="R15" s="41"/>
+      <c r="S15" s="41"/>
+      <c r="T15" s="41"/>
+      <c r="U15" s="41"/>
+      <c r="V15" s="41"/>
+      <c r="W15" s="41"/>
+      <c r="X15" s="41"/>
+      <c r="Y15" s="41"/>
+      <c r="Z15" s="41"/>
+      <c r="AA15" s="41"/>
+      <c r="AB15" s="41"/>
+      <c r="AC15" s="41"/>
+      <c r="AD15" s="41"/>
+      <c r="AE15" s="41"/>
+      <c r="AF15" s="41"/>
+      <c r="AG15" s="41"/>
+      <c r="AH15" s="41"/>
+      <c r="AI15" s="41"/>
+      <c r="AJ15" s="41"/>
+      <c r="AK15" s="41"/>
+      <c r="AL15" s="41"/>
+      <c r="AM15" s="41"/>
+      <c r="AN15" s="41"/>
+      <c r="AO15" s="41"/>
+      <c r="AP15" s="41"/>
+      <c r="AQ15" s="41"/>
+      <c r="AR15" s="41"/>
+      <c r="AS15" s="41"/>
+      <c r="AT15" s="41"/>
+      <c r="AU15" s="41"/>
+      <c r="AV15" s="41"/>
+      <c r="AW15" s="41"/>
+      <c r="AX15" s="41"/>
+      <c r="AY15" s="41"/>
+      <c r="AZ15" s="41"/>
+      <c r="BA15" s="41"/>
+      <c r="BB15" s="41"/>
+      <c r="BC15" s="41"/>
+      <c r="BD15" s="41"/>
+      <c r="BE15" s="41"/>
+      <c r="BF15" s="41"/>
+      <c r="BG15" s="41"/>
+      <c r="BH15" s="41"/>
+      <c r="BI15" s="41"/>
+      <c r="BJ15" s="41"/>
+      <c r="BK15" s="41"/>
+      <c r="BL15" s="41"/>
+      <c r="BM15" s="41"/>
+      <c r="BN15" s="41"/>
+      <c r="BO15" s="41"/>
+      <c r="BP15" s="41"/>
+      <c r="BQ15" s="41"/>
+      <c r="BR15" s="41"/>
+      <c r="BS15" s="41"/>
+      <c r="BT15" s="41"/>
+      <c r="BU15" s="41"/>
+      <c r="BV15" s="41"/>
+      <c r="BW15" s="41"/>
+      <c r="BX15" s="41"/>
+      <c r="BY15" s="41"/>
+      <c r="BZ15" s="41"/>
+      <c r="CA15" s="41"/>
+      <c r="CB15" s="41"/>
+      <c r="CC15" s="41"/>
+      <c r="CD15" s="41"/>
+      <c r="CE15" s="41"/>
+      <c r="CF15" s="41"/>
+      <c r="CG15" s="41"/>
+      <c r="CH15" s="41"/>
+      <c r="CI15" s="41"/>
+      <c r="CJ15" s="41"/>
+      <c r="CK15" s="41"/>
+      <c r="CL15" s="41"/>
+      <c r="CM15" s="41"/>
+      <c r="CN15" s="41"/>
+      <c r="CO15" s="41"/>
+      <c r="CP15" s="41"/>
+      <c r="CQ15" s="41"/>
+      <c r="CR15" s="41"/>
+      <c r="CS15" s="41"/>
+      <c r="CT15" s="41"/>
+      <c r="CU15" s="41"/>
+      <c r="CV15" s="41"/>
+      <c r="CW15" s="41"/>
+      <c r="CX15" s="41"/>
+      <c r="CY15" s="41"/>
+      <c r="CZ15" s="41"/>
+      <c r="DA15" s="41"/>
+      <c r="DB15" s="41"/>
+      <c r="DC15" s="41"/>
+      <c r="DD15" s="41"/>
+      <c r="DE15" s="41"/>
+      <c r="DF15" s="41"/>
+      <c r="DG15" s="41"/>
+      <c r="DH15" s="41"/>
+      <c r="DI15" s="41"/>
+      <c r="DJ15" s="41"/>
+      <c r="DK15" s="41"/>
+      <c r="DL15" s="41"/>
+      <c r="DM15" s="41"/>
+      <c r="DN15" s="41"/>
+      <c r="DO15" s="41"/>
+      <c r="DP15" s="41"/>
+      <c r="DQ15" s="41"/>
+      <c r="DR15" s="41"/>
+      <c r="DS15" s="41"/>
+      <c r="DT15" s="41"/>
+      <c r="DU15" s="41"/>
+      <c r="DV15" s="41"/>
+      <c r="DW15" s="41"/>
+      <c r="DX15" s="41"/>
+      <c r="DY15" s="41"/>
+      <c r="DZ15" s="41"/>
+      <c r="EA15" s="41"/>
+      <c r="EB15" s="41"/>
+      <c r="EC15" s="41"/>
+      <c r="ED15" s="41"/>
+      <c r="EE15" s="41"/>
+      <c r="EF15" s="41"/>
+      <c r="EG15" s="41"/>
+      <c r="EH15" s="41"/>
+      <c r="EI15" s="41"/>
+      <c r="EJ15" s="41"/>
+      <c r="EK15" s="41"/>
+      <c r="EL15" s="41"/>
+      <c r="EM15" s="41"/>
+      <c r="EN15" s="41"/>
+      <c r="EO15" s="41"/>
+      <c r="EP15" s="41"/>
+      <c r="EQ15" s="41"/>
+      <c r="ER15" s="41"/>
+      <c r="ES15" s="41"/>
+      <c r="ET15" s="41"/>
+      <c r="EU15" s="41"/>
+      <c r="EV15" s="41"/>
+      <c r="EW15" s="41"/>
+      <c r="EX15" s="41"/>
+      <c r="EY15" s="41"/>
+      <c r="EZ15" s="41"/>
+      <c r="FA15" s="41"/>
+      <c r="FB15" s="41"/>
+      <c r="FC15" s="41"/>
+      <c r="FD15" s="41"/>
+      <c r="FE15" s="41"/>
+      <c r="FF15" s="41"/>
+      <c r="FG15" s="41"/>
+      <c r="FH15" s="41"/>
+      <c r="FI15" s="41"/>
+      <c r="FJ15" s="41"/>
+      <c r="FK15" s="41"/>
+      <c r="FL15" s="41"/>
+      <c r="FM15" s="41"/>
+      <c r="FN15" s="41"/>
+      <c r="FO15" s="41"/>
+      <c r="FP15" s="41"/>
+      <c r="FQ15" s="41"/>
+      <c r="FR15" s="41"/>
+      <c r="FS15" s="41"/>
+      <c r="FT15" s="41"/>
+      <c r="FU15" s="41"/>
+      <c r="FV15" s="41"/>
+      <c r="FW15" s="41"/>
+      <c r="FX15" s="41"/>
+      <c r="FY15" s="41"/>
+      <c r="FZ15" s="41"/>
+      <c r="GA15" s="41"/>
+      <c r="GB15" s="41"/>
+      <c r="GC15" s="41"/>
+      <c r="GD15" s="41"/>
+      <c r="GE15" s="41"/>
+      <c r="GF15" s="41"/>
+      <c r="GG15" s="41"/>
+      <c r="GH15" s="41"/>
+      <c r="GI15" s="41"/>
+      <c r="GJ15" s="41"/>
+      <c r="GK15" s="41"/>
+      <c r="GL15" s="41"/>
+      <c r="GM15" s="41"/>
+      <c r="GN15" s="41"/>
+      <c r="GO15" s="41"/>
+      <c r="GP15" s="41"/>
+      <c r="GQ15" s="41"/>
+      <c r="GR15" s="41"/>
+      <c r="GS15" s="41"/>
+      <c r="GT15" s="41"/>
+      <c r="GU15" s="41"/>
+      <c r="GV15" s="41"/>
+      <c r="GW15" s="41"/>
+      <c r="GX15" s="41"/>
+      <c r="GY15" s="41"/>
+      <c r="GZ15" s="41"/>
+      <c r="HA15" s="41"/>
+      <c r="HB15" s="41"/>
+      <c r="HC15" s="41"/>
+      <c r="HD15" s="41"/>
+      <c r="HE15" s="41"/>
+      <c r="HF15" s="41"/>
+      <c r="HG15" s="41"/>
+      <c r="HH15" s="41"/>
+      <c r="HI15" s="41"/>
+      <c r="HJ15" s="41"/>
+      <c r="HK15" s="41"/>
+      <c r="HL15" s="41"/>
+      <c r="HM15" s="41"/>
+      <c r="HN15" s="41"/>
+      <c r="HO15" s="41"/>
+      <c r="HP15" s="41"/>
+      <c r="HQ15" s="41"/>
+      <c r="HR15" s="41"/>
+      <c r="HS15" s="41"/>
+      <c r="HT15" s="41"/>
+      <c r="HU15" s="41"/>
+      <c r="HV15" s="41"/>
+      <c r="HW15" s="41"/>
+      <c r="HX15" s="41"/>
+      <c r="HY15" s="41"/>
+      <c r="HZ15" s="41"/>
+      <c r="IA15" s="41"/>
+      <c r="IB15" s="41"/>
+      <c r="IC15" s="41"/>
+      <c r="ID15" s="41"/>
+      <c r="IE15" s="41"/>
+      <c r="IF15" s="41"/>
+      <c r="IG15" s="41"/>
+      <c r="IH15" s="41"/>
+      <c r="II15" s="41"/>
+      <c r="IJ15" s="41"/>
+    </row>
+    <row r="16" spans="1:244" s="21" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A16" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="B16" s="45">
+        <v>100</v>
+      </c>
+      <c r="C16" s="45">
+        <v>67.503270940606455</v>
+      </c>
+      <c r="D16" s="45">
+        <v>67.101292408397612</v>
+      </c>
+      <c r="E16" s="45">
+        <v>66.486188278545271</v>
+      </c>
+      <c r="F16" s="45">
+        <v>0.61510412985232743</v>
+      </c>
+      <c r="G16" s="45">
+        <v>0.40197853220883945</v>
+      </c>
+      <c r="H16" s="45">
+        <v>32.496729059393552</v>
+      </c>
+      <c r="I16" s="45">
+        <v>8.0676912949936739</v>
+      </c>
+      <c r="J16" s="45">
+        <v>7.5442069673478676</v>
+      </c>
+      <c r="K16" s="45">
+        <v>12.645008206790928</v>
+      </c>
+      <c r="L16" s="45">
+        <v>0.9689903709593507</v>
+      </c>
+      <c r="M16" s="45">
+        <v>3.270832219301731</v>
+      </c>
+      <c r="N16" s="46"/>
+      <c r="O16" s="39"/>
+    </row>
+    <row r="17" spans="1:244" s="21" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A17" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="B17" s="47">
+        <v>100</v>
+      </c>
+      <c r="C17" s="47">
+        <v>76.26643174634232</v>
+      </c>
+      <c r="D17" s="47">
+        <v>75.751920539566299</v>
+      </c>
+      <c r="E17" s="47">
+        <v>75.124598697708777</v>
+      </c>
+      <c r="F17" s="47">
+        <v>0.62732180651450986</v>
+      </c>
+      <c r="G17" s="47">
+        <v>0.51451120677601991</v>
+      </c>
+      <c r="H17" s="47">
+        <v>23.733568253657683</v>
+      </c>
+      <c r="I17" s="47">
+        <v>1.0756630738840125</v>
+      </c>
+      <c r="J17" s="47">
+        <v>7.3562453868526516</v>
+      </c>
+      <c r="K17" s="47">
+        <v>10.735385485584079</v>
+      </c>
+      <c r="L17" s="47">
+        <v>0.28844988070317901</v>
+      </c>
+      <c r="M17" s="47">
+        <v>4.2778244266337628</v>
+      </c>
+      <c r="N17" s="48"/>
+      <c r="O17" s="39"/>
+    </row>
+    <row r="18" spans="1:244" s="21" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A18" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B18" s="47">
+        <v>100</v>
+      </c>
+      <c r="C18" s="47">
+        <v>59.538856388554862</v>
+      </c>
+      <c r="D18" s="47">
+        <v>59.239153349504356</v>
+      </c>
+      <c r="E18" s="47">
+        <v>58.635153309356255</v>
+      </c>
+      <c r="F18" s="47">
+        <v>0.60400007226966757</v>
+      </c>
+      <c r="G18" s="47">
+        <v>0.29970300692894003</v>
+      </c>
+      <c r="H18" s="47">
+        <v>40.4611436435667</v>
+      </c>
+      <c r="I18" s="47">
+        <v>14.422408818915661</v>
+      </c>
+      <c r="J18" s="47">
+        <v>7.7150361905181732</v>
+      </c>
+      <c r="K18" s="47">
+        <v>14.380572278728678</v>
+      </c>
+      <c r="L18" s="47">
+        <v>1.587500829214197</v>
+      </c>
+      <c r="M18" s="47">
+        <v>2.3556255261899883</v>
+      </c>
+      <c r="N18" s="48"/>
+      <c r="O18" s="39"/>
+    </row>
+    <row r="19" spans="1:244" s="21" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A19" s="51" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="40"/>
-[...6 lines deleted...]
-      </c>
+      <c r="B19" s="37">
+        <v>100</v>
+      </c>
+      <c r="C19" s="37">
+        <v>61.767539109497491</v>
+      </c>
+      <c r="D19" s="37">
+        <v>60.662194354775444</v>
+      </c>
+      <c r="E19" s="37">
+        <v>60.196775301495343</v>
+      </c>
+      <c r="F19" s="37">
+        <v>0.46541905328010602</v>
+      </c>
+      <c r="G19" s="37">
+        <v>1.1053447547220512</v>
+      </c>
+      <c r="H19" s="37">
+        <v>38.232460890502502</v>
+      </c>
+      <c r="I19" s="37">
+        <v>7.9666683588924982</v>
+      </c>
+      <c r="J19" s="37">
+        <v>9.2107500680679717</v>
+      </c>
+      <c r="K19" s="37">
+        <v>15.808252272206005</v>
+      </c>
+      <c r="L19" s="37">
+        <v>1.6736003055378084</v>
+      </c>
+      <c r="M19" s="37">
+        <v>3.5731899527190012</v>
+      </c>
+      <c r="N19" s="46"/>
     </row>
-    <row r="4" spans="1:244" s="10" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...27 lines deleted...]
-      </c>
+    <row r="20" spans="1:244" s="22" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A20" s="37" t="s">
+        <v>1</v>
+      </c>
+      <c r="B20" s="33">
+        <v>100</v>
+      </c>
+      <c r="C20" s="33">
+        <v>71.137813900150633</v>
+      </c>
+      <c r="D20" s="33">
+        <v>69.743722986305841</v>
+      </c>
+      <c r="E20" s="33">
+        <v>69.453329607842633</v>
+      </c>
+      <c r="F20" s="33">
+        <v>0.29039323713200532</v>
+      </c>
+      <c r="G20" s="33">
+        <v>1.3940910551759869</v>
+      </c>
+      <c r="H20" s="33">
+        <v>28.862185958518161</v>
+      </c>
+      <c r="I20" s="33">
+        <v>1.1574394346299341</v>
+      </c>
+      <c r="J20" s="33">
+        <v>9.1616164785406919</v>
+      </c>
+      <c r="K20" s="33">
+        <v>13.417149383414332</v>
+      </c>
+      <c r="L20" s="33">
+        <v>0.33540553153396091</v>
+      </c>
+      <c r="M20" s="33">
+        <v>4.7905751303992412</v>
+      </c>
+      <c r="N20" s="48"/>
     </row>
-    <row r="5" spans="1:244" s="10" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-[...37 lines deleted...]
-      <c r="N5" s="16"/>
+    <row r="21" spans="1:244" s="22" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A21" s="37" t="s">
+        <v>0</v>
+      </c>
+      <c r="B21" s="33">
+        <v>100</v>
+      </c>
+      <c r="C21" s="33">
+        <v>53.340412082852616</v>
+      </c>
+      <c r="D21" s="33">
+        <v>52.494750274014955</v>
+      </c>
+      <c r="E21" s="33">
+        <v>51.871922305993778</v>
+      </c>
+      <c r="F21" s="33">
+        <v>0.6228279680211678</v>
+      </c>
+      <c r="G21" s="33">
+        <v>0.84566168173188516</v>
+      </c>
+      <c r="H21" s="33">
+        <v>46.659588044253162</v>
+      </c>
+      <c r="I21" s="33">
+        <v>14.090526750376167</v>
+      </c>
+      <c r="J21" s="33">
+        <v>9.2549380794610183</v>
+      </c>
+      <c r="K21" s="33">
+        <v>17.958683100309869</v>
+      </c>
+      <c r="L21" s="33">
+        <v>2.8771015473767063</v>
+      </c>
+      <c r="M21" s="33">
+        <v>2.4783383125178493</v>
+      </c>
+      <c r="N21" s="48"/>
     </row>
-    <row r="6" spans="1:244" s="17" customFormat="1" ht="21.75" x14ac:dyDescent="0.5">
-[...42 lines deleted...]
-      <c r="O6" s="20"/>
+    <row r="22" spans="1:244" s="21" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A22" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="B22" s="45">
+        <v>100</v>
+      </c>
+      <c r="C22" s="45">
+        <v>58.636368459587651</v>
+      </c>
+      <c r="D22" s="45">
+        <v>58.088570791905859</v>
+      </c>
+      <c r="E22" s="45">
+        <v>57.837353169002881</v>
+      </c>
+      <c r="F22" s="45">
+        <v>0.25121762290298277</v>
+      </c>
+      <c r="G22" s="45">
+        <v>0.5477976676817945</v>
+      </c>
+      <c r="H22" s="45">
+        <v>41.363631540412349</v>
+      </c>
+      <c r="I22" s="45">
+        <v>12.98399847200263</v>
+      </c>
+      <c r="J22" s="45">
+        <v>8.3949660975583882</v>
+      </c>
+      <c r="K22" s="45">
+        <v>15.625630033637163</v>
+      </c>
+      <c r="L22" s="45">
+        <v>1.5845014378030791</v>
+      </c>
+      <c r="M22" s="45">
+        <v>2.7745354994110842</v>
+      </c>
+      <c r="N22" s="46"/>
     </row>
-    <row r="7" spans="1:244" s="17" customFormat="1" ht="21.75" x14ac:dyDescent="0.5">
-[...42 lines deleted...]
-      <c r="O7" s="20"/>
+    <row r="23" spans="1:244" s="36" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A23" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="B23" s="47">
+        <v>100</v>
+      </c>
+      <c r="C23" s="47">
+        <v>70.478863060183954</v>
+      </c>
+      <c r="D23" s="47">
+        <v>69.520685235479121</v>
+      </c>
+      <c r="E23" s="47">
+        <v>69.024939725702538</v>
+      </c>
+      <c r="F23" s="47">
+        <v>0.49574550977657578</v>
+      </c>
+      <c r="G23" s="47">
+        <v>0.95817782470483948</v>
+      </c>
+      <c r="H23" s="47">
+        <v>29.521136939816046</v>
+      </c>
+      <c r="I23" s="47">
+        <v>0.92542926027768513</v>
+      </c>
+      <c r="J23" s="47">
+        <v>8.2373932142715987</v>
+      </c>
+      <c r="K23" s="47">
+        <v>14.855426380662538</v>
+      </c>
+      <c r="L23" s="47">
+        <v>0.68941374423371182</v>
+      </c>
+      <c r="M23" s="47">
+        <v>4.8134743403705107</v>
+      </c>
+      <c r="N23" s="48"/>
     </row>
-    <row r="8" spans="1:244" s="17" customFormat="1" ht="21.75" x14ac:dyDescent="0.5">
-[...42 lines deleted...]
-      <c r="O8" s="20"/>
+    <row r="24" spans="1:244" s="36" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A24" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="47">
+        <v>100</v>
+      </c>
+      <c r="C24" s="47">
+        <v>48.141921473853806</v>
+      </c>
+      <c r="D24" s="47">
+        <v>47.9577898197211</v>
+      </c>
+      <c r="E24" s="47">
+        <v>47.923265134571217</v>
+      </c>
+      <c r="F24" s="47">
+        <v>3.4524685149882169E-2</v>
+      </c>
+      <c r="G24" s="47">
+        <v>0.18413165413270488</v>
+      </c>
+      <c r="H24" s="47">
+        <v>51.858078526146187</v>
+      </c>
+      <c r="I24" s="47">
+        <v>23.669923995656895</v>
+      </c>
+      <c r="J24" s="47">
+        <v>8.5346022406020303</v>
+      </c>
+      <c r="K24" s="47">
+        <v>16.308160334639268</v>
+      </c>
+      <c r="L24" s="47">
+        <v>2.377700055539711</v>
+      </c>
+      <c r="M24" s="47">
+        <v>0.96769189970829139</v>
+      </c>
+      <c r="N24" s="48"/>
     </row>
-    <row r="9" spans="1:244" s="17" customFormat="1" ht="21.75" x14ac:dyDescent="0.5">
-[...1139 lines deleted...]
-      <c r="IJ25" s="32"/>
+    <row r="25" spans="1:244" ht="16.5" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A25" s="2"/>
+      <c r="B25" s="20"/>
+      <c r="C25" s="20"/>
+      <c r="D25" s="20"/>
+      <c r="E25" s="20"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="20"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="20"/>
+      <c r="K25" s="20"/>
+      <c r="L25" s="20"/>
+      <c r="M25" s="20"/>
+      <c r="N25" s="2"/>
+      <c r="O25" s="1"/>
+      <c r="P25" s="1"/>
+      <c r="Q25" s="1"/>
+      <c r="R25" s="1"/>
+      <c r="S25" s="1"/>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+      <c r="X25" s="1"/>
+      <c r="Y25" s="1"/>
+      <c r="Z25" s="1"/>
+      <c r="AA25" s="1"/>
+      <c r="AB25" s="1"/>
+      <c r="AC25" s="1"/>
+      <c r="AD25" s="1"/>
+      <c r="AE25" s="1"/>
+      <c r="AF25" s="1"/>
+      <c r="AG25" s="1"/>
+      <c r="AH25" s="1"/>
+      <c r="AI25" s="1"/>
+      <c r="AJ25" s="1"/>
+      <c r="AK25" s="1"/>
+      <c r="AL25" s="1"/>
+      <c r="AM25" s="1"/>
+      <c r="AN25" s="1"/>
+      <c r="AO25" s="1"/>
+      <c r="AP25" s="1"/>
+      <c r="AQ25" s="1"/>
+      <c r="AR25" s="1"/>
+      <c r="AS25" s="1"/>
+      <c r="AT25" s="1"/>
+      <c r="AU25" s="1"/>
+      <c r="AV25" s="1"/>
+      <c r="AW25" s="1"/>
+      <c r="AX25" s="1"/>
+      <c r="AY25" s="1"/>
+      <c r="AZ25" s="1"/>
+      <c r="BA25" s="1"/>
+      <c r="BB25" s="1"/>
+      <c r="BC25" s="1"/>
+      <c r="BD25" s="1"/>
+      <c r="BE25" s="1"/>
+      <c r="BF25" s="1"/>
+      <c r="BG25" s="1"/>
+      <c r="BH25" s="1"/>
+      <c r="BI25" s="1"/>
+      <c r="BJ25" s="1"/>
+      <c r="BK25" s="1"/>
+      <c r="BL25" s="1"/>
+      <c r="BM25" s="1"/>
+      <c r="BN25" s="1"/>
+      <c r="BO25" s="1"/>
+      <c r="BP25" s="1"/>
+      <c r="BQ25" s="1"/>
+      <c r="BR25" s="1"/>
+      <c r="BS25" s="1"/>
+      <c r="BT25" s="1"/>
+      <c r="BU25" s="1"/>
+      <c r="BV25" s="1"/>
+      <c r="BW25" s="1"/>
+      <c r="BX25" s="1"/>
+      <c r="BY25" s="1"/>
+      <c r="BZ25" s="1"/>
+      <c r="CA25" s="1"/>
+      <c r="CB25" s="1"/>
+      <c r="CC25" s="1"/>
+      <c r="CD25" s="1"/>
+      <c r="CE25" s="1"/>
+      <c r="CF25" s="1"/>
+      <c r="CG25" s="1"/>
+      <c r="CH25" s="1"/>
+      <c r="CI25" s="1"/>
+      <c r="CJ25" s="1"/>
+      <c r="CK25" s="1"/>
+      <c r="CL25" s="1"/>
+      <c r="CM25" s="1"/>
+      <c r="CN25" s="1"/>
+      <c r="CO25" s="1"/>
+      <c r="CP25" s="1"/>
+      <c r="CQ25" s="1"/>
+      <c r="CR25" s="1"/>
+      <c r="CS25" s="1"/>
+      <c r="CT25" s="1"/>
+      <c r="CU25" s="1"/>
+      <c r="CV25" s="1"/>
+      <c r="CW25" s="1"/>
+      <c r="CX25" s="1"/>
+      <c r="CY25" s="1"/>
+      <c r="CZ25" s="1"/>
+      <c r="DA25" s="1"/>
+      <c r="DB25" s="1"/>
+      <c r="DC25" s="1"/>
+      <c r="DD25" s="1"/>
+      <c r="DE25" s="1"/>
+      <c r="DF25" s="1"/>
+      <c r="DG25" s="1"/>
+      <c r="DH25" s="1"/>
+      <c r="DI25" s="1"/>
+      <c r="DJ25" s="1"/>
+      <c r="DK25" s="1"/>
+      <c r="DL25" s="1"/>
+      <c r="DM25" s="1"/>
+      <c r="DN25" s="1"/>
+      <c r="DO25" s="1"/>
+      <c r="DP25" s="1"/>
+      <c r="DQ25" s="1"/>
+      <c r="DR25" s="1"/>
+      <c r="DS25" s="1"/>
+      <c r="DT25" s="1"/>
+      <c r="DU25" s="1"/>
+      <c r="DV25" s="1"/>
+      <c r="DW25" s="1"/>
+      <c r="DX25" s="1"/>
+      <c r="DY25" s="1"/>
+      <c r="DZ25" s="1"/>
+      <c r="EA25" s="1"/>
+      <c r="EB25" s="1"/>
+      <c r="EC25" s="1"/>
+      <c r="ED25" s="1"/>
+      <c r="EE25" s="1"/>
+      <c r="EF25" s="1"/>
+      <c r="EG25" s="1"/>
+      <c r="EH25" s="1"/>
+      <c r="EI25" s="1"/>
+      <c r="EJ25" s="1"/>
+      <c r="EK25" s="1"/>
+      <c r="EL25" s="1"/>
+      <c r="EM25" s="1"/>
+      <c r="EN25" s="1"/>
+      <c r="EO25" s="1"/>
+      <c r="EP25" s="1"/>
+      <c r="EQ25" s="1"/>
+      <c r="ER25" s="1"/>
+      <c r="ES25" s="1"/>
+      <c r="ET25" s="1"/>
+      <c r="EU25" s="1"/>
+      <c r="EV25" s="1"/>
+      <c r="EW25" s="1"/>
+      <c r="EX25" s="1"/>
+      <c r="EY25" s="1"/>
+      <c r="EZ25" s="1"/>
+      <c r="FA25" s="1"/>
+      <c r="FB25" s="1"/>
+      <c r="FC25" s="1"/>
+      <c r="FD25" s="1"/>
+      <c r="FE25" s="1"/>
+      <c r="FF25" s="1"/>
+      <c r="FG25" s="1"/>
+      <c r="FH25" s="1"/>
+      <c r="FI25" s="1"/>
+      <c r="FJ25" s="1"/>
+      <c r="FK25" s="1"/>
+      <c r="FL25" s="1"/>
+      <c r="FM25" s="1"/>
+      <c r="FN25" s="1"/>
+      <c r="FO25" s="1"/>
+      <c r="FP25" s="1"/>
+      <c r="FQ25" s="1"/>
+      <c r="FR25" s="1"/>
+      <c r="FS25" s="1"/>
+      <c r="FT25" s="1"/>
+      <c r="FU25" s="1"/>
+      <c r="FV25" s="1"/>
+      <c r="FW25" s="1"/>
+      <c r="FX25" s="1"/>
+      <c r="FY25" s="1"/>
+      <c r="FZ25" s="1"/>
+      <c r="GA25" s="1"/>
+      <c r="GB25" s="1"/>
+      <c r="GC25" s="1"/>
+      <c r="GD25" s="1"/>
+      <c r="GE25" s="1"/>
+      <c r="GF25" s="1"/>
+      <c r="GG25" s="1"/>
+      <c r="GH25" s="1"/>
+      <c r="GI25" s="1"/>
+      <c r="GJ25" s="1"/>
+      <c r="GK25" s="1"/>
+      <c r="GL25" s="1"/>
+      <c r="GM25" s="1"/>
+      <c r="GN25" s="1"/>
+      <c r="GO25" s="1"/>
+      <c r="GP25" s="1"/>
+      <c r="GQ25" s="1"/>
+      <c r="GR25" s="1"/>
+      <c r="GS25" s="1"/>
+      <c r="GT25" s="1"/>
+      <c r="GU25" s="1"/>
+      <c r="GV25" s="1"/>
+      <c r="GW25" s="1"/>
+      <c r="GX25" s="1"/>
+      <c r="GY25" s="1"/>
+      <c r="GZ25" s="1"/>
+      <c r="HA25" s="1"/>
+      <c r="HB25" s="1"/>
+      <c r="HC25" s="1"/>
+      <c r="HD25" s="1"/>
+      <c r="HE25" s="1"/>
+      <c r="HF25" s="1"/>
+      <c r="HG25" s="1"/>
+      <c r="HH25" s="1"/>
+      <c r="HI25" s="1"/>
+      <c r="HJ25" s="1"/>
+      <c r="HK25" s="1"/>
+      <c r="HL25" s="1"/>
+      <c r="HM25" s="1"/>
+      <c r="HN25" s="1"/>
+      <c r="HO25" s="1"/>
+      <c r="HP25" s="1"/>
+      <c r="HQ25" s="1"/>
+      <c r="HR25" s="1"/>
+      <c r="HS25" s="1"/>
+      <c r="HT25" s="1"/>
+      <c r="HU25" s="1"/>
+      <c r="HV25" s="1"/>
+      <c r="HW25" s="1"/>
+      <c r="HX25" s="1"/>
+      <c r="HY25" s="1"/>
+      <c r="HZ25" s="1"/>
+      <c r="IA25" s="1"/>
+      <c r="IB25" s="1"/>
+      <c r="IC25" s="1"/>
+      <c r="ID25" s="1"/>
+      <c r="IE25" s="1"/>
+      <c r="IF25" s="1"/>
+      <c r="IG25" s="1"/>
+      <c r="IH25" s="1"/>
+      <c r="II25" s="1"/>
+      <c r="IJ25" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="H3:M3"/>
     <mergeCell ref="B15:M15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>เวิร์กชีต</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>t1 </vt:lpstr>
+      <vt:lpstr>t1  (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>NSO</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>